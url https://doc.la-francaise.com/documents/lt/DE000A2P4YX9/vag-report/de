--- v0 (2025-12-09)
+++ v1 (2026-03-07)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\VAG-Reporting\2025-11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\VAG-Reporting\2026-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02426262-8258-4F63-94AD-4E59EFC07854}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3B8C6B7E-EF5E-4336-9B5B-4EE0E5D1EA51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Schuldnerliste" sheetId="14" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D11" i="14" l="1"/>
   <c r="D20" i="14"/>
   <c r="D19" i="14"/>
@@ -386,156 +386,156 @@
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Fonds/Anteilsklasse)</t>
     </r>
   </si>
   <si>
     <t>10c_andere Aussteller (Schuldner) [max. 15 Prozent des Sicherungsvermögens] nach § 4 Abs. 2 Satz 2 AnlV:
 a: Schuldverschreibungen mit besonderer Deckungsmasse ein und desselben Kreditinstituts mit Sitz in EWR/OECD
 b: Anlagen bei ein und demselben Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. b AnlV, wenn und soweit diese Anlagen durch eine umfassende Institutsicherung oder ein Einlagensicherungssystem tatsächlich abgesichert sind
 c: Anlagen bei ein und demselben öffentlich-rechtlichen Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. c AnlV
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
-    <t>28.11.2025</t>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>La Française Systematic Global Listed Infrastructure IC</t>
   </si>
   <si>
     <t>DE000A2P4YX9</t>
   </si>
   <si>
     <t>La Francaise Systematic Asset Management GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">Neue Mainzer Straße 80 60311 Frankfurt am Main  </t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>Italgas S.P.A.</t>
-[...14 lines deleted...]
-    <t>702394</t>
+    <t>Iridium Communications Inc.</t>
+  </si>
+  <si>
+    <t>549300U620NVQ4J1CT96</t>
+  </si>
+  <si>
+    <t>276421</t>
+  </si>
+  <si>
+    <t>Engie S.A.</t>
+  </si>
+  <si>
+    <t>LAXUQCHT4FH58LRZDY46</t>
+  </si>
+  <si>
+    <t>471821</t>
   </si>
   <si>
     <t>MTR Corporation Ltd.</t>
   </si>
   <si>
     <t>254900IH4U9NHH9AQM97</t>
   </si>
   <si>
     <t>476596</t>
   </si>
   <si>
-    <t>Engie S.A.</t>
-[...59 lines deleted...]
-    <t>868439</t>
+    <t>Kinder Morgan Inc.</t>
+  </si>
+  <si>
+    <t>549300WR7IX8XE0TBO16</t>
+  </si>
+  <si>
+    <t>721996</t>
+  </si>
+  <si>
+    <t>Elia Group</t>
+  </si>
+  <si>
+    <t>549300S1MP1NFDIKT460</t>
+  </si>
+  <si>
+    <t>402490</t>
+  </si>
+  <si>
+    <t>Canadian Pacific Kansas City Ltd.</t>
+  </si>
+  <si>
+    <t>54930036474DURYNB481</t>
+  </si>
+  <si>
+    <t>451857</t>
+  </si>
+  <si>
+    <t>Helios Towers PLC</t>
+  </si>
+  <si>
+    <t>213800DGC7GS4XCHCU30</t>
+  </si>
+  <si>
+    <t>860940</t>
+  </si>
+  <si>
+    <t>Cellnex Telecom S.A.</t>
+  </si>
+  <si>
+    <t>5493008T4YG3AQUI7P67</t>
+  </si>
+  <si>
+    <t>768477</t>
+  </si>
+  <si>
+    <t>TC Energy Corp.</t>
+  </si>
+  <si>
+    <t>549300UGKOFV2IWJJG27</t>
+  </si>
+  <si>
+    <t>201123</t>
+  </si>
+  <si>
+    <t>Pembina Pipeline Corp.</t>
+  </si>
+  <si>
+    <t>5493002W3L9YICM6FU21</t>
+  </si>
+  <si>
+    <t>282473</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
@@ -1020,51 +1020,51 @@
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20246482-765D-4455-8789-8C055DECB832}">
   <dimension ref="A1:L20"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D30" sqref="D30"/>
+      <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="2" max="2" width="62" customWidth="1" collapsed="1"/>
     <col min="3" max="3" width="30.28515625" customWidth="1" collapsed="1"/>
     <col min="4" max="4" width="37" customWidth="1" collapsed="1"/>
     <col min="5" max="5" width="29.5703125" customWidth="1" collapsed="1"/>
     <col min="6" max="6" width="32.5703125" customWidth="1" collapsed="1"/>
     <col min="7" max="7" width="38.140625" customWidth="1" collapsed="1"/>
     <col min="8" max="8" width="47.28515625" customWidth="1" collapsed="1"/>
     <col min="9" max="9" width="77.7109375" customWidth="1" collapsed="1"/>
     <col min="10" max="10" width="45.42578125" customWidth="1" collapsed="1"/>
     <col min="11" max="11" width="35.140625" customWidth="1" collapsed="1"/>
     <col min="12" max="12" width="61.5703125" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="190.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>24</v>
       </c>
@@ -1222,423 +1222,423 @@
       <c r="B8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="11" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="13"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A9" s="18" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="16">
-        <v>1346.79</v>
+        <v>1501.87</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A10" s="18" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="19" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="12"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A11" s="18">
         <v>1</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="21" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="20" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="8">
-        <v>2.3913863462212426</v>
+        <v>2.1324139437206782</v>
       </c>
       <c r="I11" s="8">
         <v>0</v>
       </c>
       <c r="J11" s="8">
-        <v>2.3913863462212426</v>
+        <v>2.1324139437206782</v>
       </c>
       <c r="K11" s="8">
         <v>0</v>
       </c>
       <c r="L11" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="18">
         <v>2</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="21" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="20" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>41</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="8">
-        <v>2.2697640021621752</v>
+        <v>2.1250897217195144</v>
       </c>
       <c r="I12" s="8">
         <v>0</v>
       </c>
       <c r="J12" s="8">
-        <v>2.2697640021621752</v>
+        <v>2.1250897217195144</v>
       </c>
       <c r="K12" s="8">
         <v>0</v>
       </c>
       <c r="L12" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A13" s="18">
         <v>3</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="20" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>44</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="8">
-        <v>2.2627102032088104</v>
+        <v>2.1211612753734355</v>
       </c>
       <c r="I13" s="8">
         <v>0</v>
       </c>
       <c r="J13" s="8">
-        <v>2.2627102032088104</v>
+        <v>2.1211612753734355</v>
       </c>
       <c r="K13" s="8">
         <v>0</v>
       </c>
       <c r="L13" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A14" s="18">
         <v>4</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="20" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="8">
-        <v>2.2390985393438632</v>
+        <v>2.1124387928084132</v>
       </c>
       <c r="I14" s="8">
         <v>0</v>
       </c>
       <c r="J14" s="8">
-        <v>2.2390985393438632</v>
+        <v>2.1124387928084132</v>
       </c>
       <c r="K14" s="8">
         <v>0</v>
       </c>
       <c r="L14" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="18">
         <v>5</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="20" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>50</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="8">
-        <v>2.1583139786990122</v>
+        <v>2.0980566841515822</v>
       </c>
       <c r="I15" s="8">
         <v>0</v>
       </c>
       <c r="J15" s="8">
-        <v>2.1583139786990122</v>
+        <v>2.0980566841515822</v>
       </c>
       <c r="K15" s="8">
         <v>0</v>
       </c>
       <c r="L15" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A16" s="18">
         <v>6</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="20" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="8">
-        <v>2.1439093787310886</v>
+        <v>2.0860715936042231</v>
       </c>
       <c r="I16" s="8">
         <v>0</v>
       </c>
       <c r="J16" s="8">
-        <v>2.1439093787310886</v>
+        <v>2.0860715936042231</v>
       </c>
       <c r="K16" s="8">
         <v>0</v>
       </c>
       <c r="L16" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="18">
         <v>7</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="20" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>56</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="8">
-        <v>2.1272030127889088</v>
+        <v>2.0807448866942857</v>
       </c>
       <c r="I17" s="8">
         <v>0</v>
       </c>
       <c r="J17" s="8">
-        <v>2.1272030127889088</v>
+        <v>2.0807448866942857</v>
       </c>
       <c r="K17" s="8">
         <v>0</v>
       </c>
       <c r="L17" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A18" s="18">
         <v>8</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="20" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8">
-        <v>2.1064871190206058</v>
+        <v>2.069225883001546</v>
       </c>
       <c r="I18" s="8">
         <v>0</v>
       </c>
       <c r="J18" s="8">
-        <v>2.1064871190206058</v>
+        <v>2.069225883001546</v>
       </c>
       <c r="K18" s="8">
         <v>0</v>
       </c>
       <c r="L18" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A19" s="18">
         <v>9</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="20" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>62</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="8">
-        <v>2.0948297881187297</v>
+        <v>2.0583061338361746</v>
       </c>
       <c r="I19" s="8">
         <v>0</v>
       </c>
       <c r="J19" s="8">
-        <v>2.0948297881187297</v>
+        <v>2.0583061338361746</v>
       </c>
       <c r="K19" s="8">
         <v>0</v>
       </c>
       <c r="L19" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A20" s="18">
         <v>10</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="20" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>65</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="8">
-        <v>2.0936417798739524</v>
+        <v>2.047985639198171</v>
       </c>
       <c r="I20" s="8">
         <v>0</v>
       </c>
       <c r="J20" s="8">
-        <v>2.0936417798739524</v>
+        <v>2.047985639198171</v>
       </c>
       <c r="K20" s="8">
         <v>0</v>
       </c>
       <c r="L20" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1679,47 +1679,47 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_SetDate">
     <vt:lpwstr>2022-05-04T08:35:31Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Name">
     <vt:lpwstr>511d2ef4-471a-450b-b804-da016b8121de</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_SiteId">
     <vt:lpwstr>a1eacbd5-fb0e-46f1-81e3-4965ea8e45bb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_ActionId">
     <vt:lpwstr>7736cded-10bf-48be-af80-da406f20d31b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
-    <vt:lpwstr>2025-12-04T10:39:50Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-05T08:40:43Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
     <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
     <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
-    <vt:lpwstr>1beca25c-3092-4536-b0af-7a52338d6d34</vt:lpwstr>
+    <vt:lpwstr>26fb3be2-f70d-4b72-b522-93bf0d25b391</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>