--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -1,632 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
-[...14 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId4" Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
-  <mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\12 Recht\07 D Selbstregulierung Standards\Versicherungsreporting\VAG-Reporting\BaFin\Überarbeitung-BaFin_Sammelverfügung\BVI-Datenblätter\Überarbeitung_BVI_Datenblätter\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\VAG-Reporting\2025-11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9763144E-D10B-4E07-A698-F0888F928BB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A8F62D6-5ACF-4D9D-92BA-1BDC5C927852}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="BVI-Datenblatt" sheetId="11" r:id="rId1"/>
-    <sheet name="BVI-Schuldnerliste" sheetId="14" r:id="rId2"/>
+    <sheet name="BVI-Schuldnerliste" sheetId="14" r:id="rId1"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D11" i="14" l="1"/>
   <c r="D20" i="14"/>
   <c r="D19" i="14"/>
   <c r="D18" i="14"/>
   <c r="D17" i="14"/>
   <c r="D16" i="14"/>
   <c r="D15" i="14"/>
   <c r="D14" i="14"/>
   <c r="D13" i="14"/>
   <c r="D12" i="14"/>
-  <c r="E54" i="11" l="1"/>
-[...26 lines deleted...]
-  <c r="D56" i="11"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
-[...502 lines deleted...]
-<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Felix Ertl</author>
     <author>Grommes, Isabell</author>
   </authors>
   <commentList>
     <comment ref="C4" authorId="0" shapeId="0" xr:uid="{137ACCB7-1AEE-465A-9522-59E8ED53CD95}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t>Format Zahl anstatt Text</t>
         </r>
       </text>
     </comment>
     <comment ref="C5" authorId="0" shapeId="0" xr:uid="{9AC6B4A1-C8F6-4F26-B9BF-F4B7309B5987}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
@@ -797,480 +260,89 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Segoe UI"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="66">
   <si>
     <t>Anzahl der Anteile</t>
   </si>
   <si>
     <t>Buchwert eines Anteils</t>
   </si>
   <si>
     <t>Berichtsstichtag</t>
   </si>
   <si>
-    <t>Nr. der AnlV</t>
-[...43 lines deleted...]
-  <si>
     <t>a</t>
   </si>
   <si>
     <t>b</t>
   </si>
   <si>
     <t>c</t>
   </si>
   <si>
     <t>d</t>
   </si>
   <si>
     <t>e</t>
   </si>
   <si>
     <t>Name der Verwaltungsgesellschaft</t>
   </si>
   <si>
     <t>Sitz der Verwaltungsgesellschaft</t>
   </si>
   <si>
-    <t>Inländisches Investmentvermögen oder EU-Investmentvermögen</t>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">01_Zeile </t>
   </si>
   <si>
-    <t>02_Bezeichnung</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">03_Textangabe </t>
   </si>
   <si>
-    <t>05_Zeitwert</t>
-[...267 lines deleted...]
-  <si>
     <t>Anteilswert</t>
-  </si>
-[...42 lines deleted...]
-    <t>Währung des Fonds/der Anteilscheinklasse</t>
   </si>
   <si>
     <t>04_Zeitwert</t>
   </si>
   <si>
     <t>05_LEI des Ausstellers (Schuldners)</t>
   </si>
   <si>
     <t>06_WM-Nummer des Ausstellers (Schuldners)</t>
   </si>
   <si>
     <t>07_sonstiger Identifier des Ausstellers (Schuldners)</t>
   </si>
   <si>
     <t>f</t>
   </si>
   <si>
     <t>g</t>
   </si>
   <si>
     <t>h</t>
   </si>
   <si>
     <t>i</t>
   </si>
@@ -1314,258 +386,196 @@
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Fonds/Anteilsklasse)</t>
     </r>
   </si>
   <si>
     <t>10c_andere Aussteller (Schuldner) [max. 15 Prozent des Sicherungsvermögens] nach § 4 Abs. 2 Satz 2 AnlV:
 a: Schuldverschreibungen mit besonderer Deckungsmasse ein und desselben Kreditinstituts mit Sitz in EWR/OECD
 b: Anlagen bei ein und demselben Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. b AnlV, wenn und soweit diese Anlagen durch eine umfassende Institutsicherung oder ein Einlagensicherungssystem tatsächlich abgesichert sind
 c: Anlagen bei ein und demselben öffentlich-rechtlichen Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. c AnlV
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
-    <t>45b</t>
-[...23 lines deleted...]
-    <t>30.09.2025</t>
+    <t>28.11.2025</t>
   </si>
   <si>
     <t>La Française Systematic Global Listed Infrastructure RC</t>
   </si>
   <si>
     <t>DE000A2P4YW1</t>
   </si>
   <si>
-    <t xml:space="preserve">   </t>
-[...5 lines deleted...]
-    <t>NMX Infrastructure Composite TR EUR</t>
+    <t>La Francaise Systematic Asset Management GmbH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neue Mainzer Straße 80 60311 Frankfurt am Main  </t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>Helios Towers PLC</t>
-[...5 lines deleted...]
-    <t>860940</t>
+    <t>Italgas S.P.A.</t>
+  </si>
+  <si>
+    <t>815600F25FF44EF1FA76</t>
+  </si>
+  <si>
+    <t>803327</t>
+  </si>
+  <si>
+    <t>Qube Holdings Ltd.</t>
+  </si>
+  <si>
+    <t>391200RT2MUFEO3RFW25</t>
+  </si>
+  <si>
+    <t>702394</t>
+  </si>
+  <si>
+    <t>MTR Corporation Ltd.</t>
+  </si>
+  <si>
+    <t>254900IH4U9NHH9AQM97</t>
+  </si>
+  <si>
+    <t>476596</t>
+  </si>
+  <si>
+    <t>Engie S.A.</t>
+  </si>
+  <si>
+    <t>LAXUQCHT4FH58LRZDY46</t>
+  </si>
+  <si>
+    <t>471821</t>
+  </si>
+  <si>
+    <t>Snam S.p.A.</t>
+  </si>
+  <si>
+    <t>8156002278562044AF79</t>
+  </si>
+  <si>
+    <t>764545</t>
+  </si>
+  <si>
+    <t>Hydro One Ltd.</t>
+  </si>
+  <si>
+    <t>5493007QZDXTP1W2VL44</t>
+  </si>
+  <si>
+    <t>753323</t>
   </si>
   <si>
     <t>Northwest Natural Holding Co.</t>
   </si>
   <si>
     <t>254900PSJL6ZEC8FR782</t>
   </si>
   <si>
     <t>771271</t>
   </si>
   <si>
-    <t>One Gas Inc.</t>
-[...14 lines deleted...]
-    <t>889290</t>
+    <t>Aéroports de Paris S.A.</t>
+  </si>
+  <si>
+    <t>969500PJMBSFHYC37989</t>
+  </si>
+  <si>
+    <t>458939</t>
   </si>
   <si>
     <t>Spire Inc.</t>
   </si>
   <si>
     <t>549300NXSY15DRY2R511</t>
   </si>
   <si>
     <t>794816</t>
   </si>
   <si>
-    <t>TC Energy Corp.</t>
-[...41 lines deleted...]
-    <t>864151</t>
+    <t>Canadian Utilities Ltd.</t>
+  </si>
+  <si>
+    <t>LWV4QIQODEH3VBHUFX07</t>
+  </si>
+  <si>
+    <t>868439</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="11">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
-      <name val="Arial"/>
-[...10 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Segoe UI"/>
-      <family val="2"/>
-[...12 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
@@ -1598,140 +608,105 @@
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="7" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="2" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="4" fontId="2" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="2" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId3" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId4" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId5" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId6" Target="calcChain.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2036,1520 +1011,715 @@
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst/>
         </a:custGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing1.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId3" Target="../comments1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
-[...2 lines deleted...]
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings2.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/><Relationship Id="rId2" Target="../drawings/vmlDrawing2.vml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing"/><Relationship Id="rId3" Target="../comments2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-[...826 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20246482-765D-4455-8789-8C055DECB832}">
   <dimension ref="A1:L20"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="C39" sqref="C39"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B25" sqref="B25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" bestFit="true" customWidth="true" width="9.0" collapsed="true"/>
-[...10 lines deleted...]
-    <col min="12" max="12" customWidth="true" width="61.5703125" collapsed="true"/>
+    <col min="1" max="1" width="9" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="2" max="2" width="62" customWidth="1" collapsed="1"/>
+    <col min="3" max="3" width="30.28515625" customWidth="1" collapsed="1"/>
+    <col min="4" max="4" width="37" customWidth="1" collapsed="1"/>
+    <col min="5" max="5" width="29.5703125" customWidth="1" collapsed="1"/>
+    <col min="6" max="6" width="32.5703125" customWidth="1" collapsed="1"/>
+    <col min="7" max="7" width="38.140625" customWidth="1" collapsed="1"/>
+    <col min="8" max="8" width="47.28515625" customWidth="1" collapsed="1"/>
+    <col min="9" max="9" width="77.7109375" customWidth="1" collapsed="1"/>
+    <col min="10" max="10" width="45.42578125" customWidth="1" collapsed="1"/>
+    <col min="11" max="11" width="35.140625" customWidth="1" collapsed="1"/>
+    <col min="12" max="12" width="61.5703125" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="190.15" customHeight="1">
-      <c r="A1" s="3" t="s">
+    <row r="1" spans="1:12" ht="190.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A2" s="17" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" s="13"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A3" s="17" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" s="13"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A4" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="15"/>
+      <c r="D4" s="13"/>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+      <c r="L4" s="3"/>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A5" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="15"/>
+      <c r="D5" s="13"/>
+      <c r="E5" s="3"/>
+      <c r="F5" s="3"/>
+      <c r="G5" s="3"/>
+      <c r="H5" s="3"/>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A6" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" s="13"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="3"/>
+      <c r="H6" s="3"/>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="L6" s="3"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A7" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D7" s="13"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="L7" s="3"/>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A8" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="13"/>
+      <c r="E8" s="3"/>
+      <c r="F8" s="3"/>
+      <c r="G8" s="3"/>
+      <c r="H8" s="3"/>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+      <c r="K8" s="3"/>
+      <c r="L8" s="3"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A9" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="14"/>
+      <c r="D9" s="16">
+        <v>12.94</v>
+      </c>
+      <c r="E9" s="3"/>
+      <c r="F9" s="3"/>
+      <c r="G9" s="3"/>
+      <c r="H9" s="3"/>
+      <c r="I9" s="3"/>
+      <c r="J9" s="3"/>
+      <c r="K9" s="3"/>
+      <c r="L9" s="3"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A10" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="B1" s="14" t="s">
-[...95 lines deleted...]
-      <c r="B5" s="5" t="s">
+      <c r="D10" s="12"/>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5"/>
+      <c r="K10" s="5"/>
+      <c r="L10" s="5"/>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A11" s="18">
         <v>1</v>
       </c>
-      <c r="C5" s="24"/>
-[...116 lines deleted...]
-      <c r="D11" s="38" t="str">
+      <c r="B11" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" s="14"/>
+      <c r="D11" s="21" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
-      <c r="E11" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A12" s="30">
+      <c r="E11" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G11" s="8"/>
+      <c r="H11" s="8">
+        <v>2.3913387987646733</v>
+      </c>
+      <c r="I11" s="8">
+        <v>0</v>
+      </c>
+      <c r="J11" s="8">
+        <v>2.3913387987646733</v>
+      </c>
+      <c r="K11" s="8">
+        <v>0</v>
+      </c>
+      <c r="L11" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A12" s="18">
         <v>2</v>
       </c>
-      <c r="B12" s="13" t="s">
-[...3 lines deleted...]
-      <c r="D12" s="38" t="str">
+      <c r="B12" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="14"/>
+      <c r="D12" s="21" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
-      <c r="E12" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A13" s="30">
+      <c r="E12" s="20" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" s="8"/>
+      <c r="H12" s="8">
+        <v>2.2697387492897647</v>
+      </c>
+      <c r="I12" s="8">
+        <v>0</v>
+      </c>
+      <c r="J12" s="8">
+        <v>2.2697387492897647</v>
+      </c>
+      <c r="K12" s="8">
+        <v>0</v>
+      </c>
+      <c r="L12" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A13" s="18">
         <v>3</v>
       </c>
-      <c r="B13" s="13" t="s">
-[...3 lines deleted...]
-      <c r="D13" s="38" t="str">
+      <c r="B13" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="14"/>
+      <c r="D13" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E13" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A14" s="30">
+      <c r="E13" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="F13" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" s="8"/>
+      <c r="H13" s="8">
+        <v>2.262704035683778</v>
+      </c>
+      <c r="I13" s="8">
+        <v>0</v>
+      </c>
+      <c r="J13" s="8">
+        <v>2.262704035683778</v>
+      </c>
+      <c r="K13" s="8">
+        <v>0</v>
+      </c>
+      <c r="L13" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A14" s="18">
         <v>4</v>
       </c>
-      <c r="B14" s="11" t="s">
-[...3 lines deleted...]
-      <c r="D14" s="38" t="str">
+      <c r="B14" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" s="14"/>
+      <c r="D14" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E14" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A15" s="30">
+      <c r="E14" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="8"/>
+      <c r="H14" s="8">
+        <v>2.2390488448768346</v>
+      </c>
+      <c r="I14" s="8">
+        <v>0</v>
+      </c>
+      <c r="J14" s="8">
+        <v>2.2390488448768346</v>
+      </c>
+      <c r="K14" s="8">
+        <v>0</v>
+      </c>
+      <c r="L14" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A15" s="18">
         <v>5</v>
       </c>
-      <c r="B15" s="11" t="s">
-[...3 lines deleted...]
-      <c r="D15" s="38" t="str">
+      <c r="B15" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" s="14"/>
+      <c r="D15" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E15" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A16" s="30">
+      <c r="E15" s="20" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" s="8"/>
+      <c r="H15" s="8">
+        <v>2.1583428997707919</v>
+      </c>
+      <c r="I15" s="8">
+        <v>0</v>
+      </c>
+      <c r="J15" s="8">
+        <v>2.1583428997707919</v>
+      </c>
+      <c r="K15" s="8">
+        <v>0</v>
+      </c>
+      <c r="L15" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A16" s="18">
         <v>6</v>
       </c>
-      <c r="B16" s="11" t="s">
-[...3 lines deleted...]
-      <c r="D16" s="38" t="str">
+      <c r="B16" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="14"/>
+      <c r="D16" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E16" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A17" s="30">
+      <c r="E16" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" s="8"/>
+      <c r="H16" s="8">
+        <v>2.1438869498332154</v>
+      </c>
+      <c r="I16" s="8">
+        <v>0</v>
+      </c>
+      <c r="J16" s="8">
+        <v>2.1438869498332154</v>
+      </c>
+      <c r="K16" s="8">
+        <v>0</v>
+      </c>
+      <c r="L16" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A17" s="18">
         <v>7</v>
       </c>
-      <c r="B17" s="11" t="s">
-[...3 lines deleted...]
-      <c r="D17" s="38" t="str">
+      <c r="B17" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" s="14"/>
+      <c r="D17" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E17" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A18" s="30">
+      <c r="E17" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="F17" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G17" s="8"/>
+      <c r="H17" s="8">
+        <v>2.1271891680871375</v>
+      </c>
+      <c r="I17" s="8">
+        <v>0</v>
+      </c>
+      <c r="J17" s="8">
+        <v>2.1271891680871375</v>
+      </c>
+      <c r="K17" s="8">
+        <v>0</v>
+      </c>
+      <c r="L17" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A18" s="18">
         <v>8</v>
       </c>
-      <c r="B18" s="11" t="s">
-[...3 lines deleted...]
-      <c r="D18" s="38" t="str">
+      <c r="B18" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C18" s="14"/>
+      <c r="D18" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E18" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A19" s="30">
+      <c r="E18" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8">
+        <v>2.1064715499947821</v>
+      </c>
+      <c r="I18" s="8">
+        <v>0</v>
+      </c>
+      <c r="J18" s="8">
+        <v>2.1064715499947821</v>
+      </c>
+      <c r="K18" s="8">
+        <v>0</v>
+      </c>
+      <c r="L18" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A19" s="18">
         <v>9</v>
       </c>
-      <c r="B19" s="11" t="s">
-[...3 lines deleted...]
-      <c r="D19" s="38" t="str">
+      <c r="B19" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C19" s="14"/>
+      <c r="D19" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E19" s="37" t="s">
-[...23 lines deleted...]
-      <c r="A20" s="30">
+      <c r="E19" s="20" t="s">
+        <v>61</v>
+      </c>
+      <c r="F19" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G19" s="8"/>
+      <c r="H19" s="8">
+        <v>2.0948758682266724</v>
+      </c>
+      <c r="I19" s="8">
+        <v>0</v>
+      </c>
+      <c r="J19" s="8">
+        <v>2.0948758682266724</v>
+      </c>
+      <c r="K19" s="8">
+        <v>0</v>
+      </c>
+      <c r="L19" s="8">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A20" s="18">
         <v>10</v>
       </c>
-      <c r="B20" s="11" t="s">
-[...3 lines deleted...]
-      <c r="D20" s="38" t="str">
+      <c r="B20" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C20" s="14"/>
+      <c r="D20" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="E20" s="37" t="s">
-[...19 lines deleted...]
-        <v>0.0</v>
+      <c r="E20" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="F20" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G20" s="8"/>
+      <c r="H20" s="8">
+        <v>2.0936389955047408</v>
+      </c>
+      <c r="I20" s="8">
+        <v>0</v>
+      </c>
+      <c r="J20" s="8">
+        <v>2.0936389955047408</v>
+      </c>
+      <c r="K20" s="8">
+        <v>0</v>
+      </c>
+      <c r="L20" s="8">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;C&amp;1#&amp;"Arial"&amp;10&amp;K000000Internal</oddFooter>
+    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arbeitsblätter</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>BVI-Datenblatt</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>BVI-Schuldnerliste</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>BVI</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vorschlag</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_SetDate">
     <vt:lpwstr>2022-05-04T08:35:31Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Name">
     <vt:lpwstr>511d2ef4-471a-450b-b804-da016b8121de</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_SiteId">
     <vt:lpwstr>a1eacbd5-fb0e-46f1-81e3-4965ea8e45bb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_ActionId">
     <vt:lpwstr>7736cded-10bf-48be-af80-da406f20d31b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
+    <vt:lpwstr>2025-12-04T10:40:08Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
+    <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
+    <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
+    <vt:lpwstr>2e72092f-5c61-49ad-a727-088d20809a95</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>