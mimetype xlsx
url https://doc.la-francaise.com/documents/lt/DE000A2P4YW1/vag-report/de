--- v1 (2025-12-17)
+++ v2 (2026-03-10)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\VAG-Reporting\2025-11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\VAG-Reporting\2026-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3A8F62D6-5ACF-4D9D-92BA-1BDC5C927852}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E30F8E1-6967-4AB8-89DA-B7AEE65D61A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="BVI-Schuldnerliste" sheetId="14" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D11" i="14" l="1"/>
   <c r="D20" i="14"/>
   <c r="D19" i="14"/>
@@ -386,156 +386,156 @@
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Fonds/Anteilsklasse)</t>
     </r>
   </si>
   <si>
     <t>10c_andere Aussteller (Schuldner) [max. 15 Prozent des Sicherungsvermögens] nach § 4 Abs. 2 Satz 2 AnlV:
 a: Schuldverschreibungen mit besonderer Deckungsmasse ein und desselben Kreditinstituts mit Sitz in EWR/OECD
 b: Anlagen bei ein und demselben Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. b AnlV, wenn und soweit diese Anlagen durch eine umfassende Institutsicherung oder ein Einlagensicherungssystem tatsächlich abgesichert sind
 c: Anlagen bei ein und demselben öffentlich-rechtlichen Kreditinstitut nach § 2 Abs. 1 Nr. 18 Bst. c AnlV
 d: Anlagen bei ein und der selben multilateralen Entwicklungsbank nach § 2 Abs. 1 Nr. 18 Bst. d AnlV 
 (prozent vom Wert des Fonds/Anteilsklasse)</t>
   </si>
   <si>
-    <t>28.11.2025</t>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>La Française Systematic Global Listed Infrastructure RC</t>
   </si>
   <si>
     <t>DE000A2P4YW1</t>
   </si>
   <si>
     <t>La Francaise Systematic Asset Management GmbH</t>
   </si>
   <si>
     <t xml:space="preserve">Neue Mainzer Straße 80 60311 Frankfurt am Main  </t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>Italgas S.P.A.</t>
-[...14 lines deleted...]
-    <t>702394</t>
+    <t>Iridium Communications Inc.</t>
+  </si>
+  <si>
+    <t>549300U620NVQ4J1CT96</t>
+  </si>
+  <si>
+    <t>276421</t>
+  </si>
+  <si>
+    <t>Engie S.A.</t>
+  </si>
+  <si>
+    <t>LAXUQCHT4FH58LRZDY46</t>
+  </si>
+  <si>
+    <t>471821</t>
   </si>
   <si>
     <t>MTR Corporation Ltd.</t>
   </si>
   <si>
     <t>254900IH4U9NHH9AQM97</t>
   </si>
   <si>
     <t>476596</t>
   </si>
   <si>
-    <t>Engie S.A.</t>
-[...59 lines deleted...]
-    <t>868439</t>
+    <t>Kinder Morgan Inc.</t>
+  </si>
+  <si>
+    <t>549300WR7IX8XE0TBO16</t>
+  </si>
+  <si>
+    <t>721996</t>
+  </si>
+  <si>
+    <t>Elia Group</t>
+  </si>
+  <si>
+    <t>549300S1MP1NFDIKT460</t>
+  </si>
+  <si>
+    <t>402490</t>
+  </si>
+  <si>
+    <t>Canadian Pacific Kansas City Ltd.</t>
+  </si>
+  <si>
+    <t>54930036474DURYNB481</t>
+  </si>
+  <si>
+    <t>451857</t>
+  </si>
+  <si>
+    <t>Helios Towers PLC</t>
+  </si>
+  <si>
+    <t>213800DGC7GS4XCHCU30</t>
+  </si>
+  <si>
+    <t>860940</t>
+  </si>
+  <si>
+    <t>Cellnex Telecom S.A.</t>
+  </si>
+  <si>
+    <t>5493008T4YG3AQUI7P67</t>
+  </si>
+  <si>
+    <t>768477</t>
+  </si>
+  <si>
+    <t>TC Energy Corp.</t>
+  </si>
+  <si>
+    <t>549300UGKOFV2IWJJG27</t>
+  </si>
+  <si>
+    <t>201123</t>
+  </si>
+  <si>
+    <t>Pembina Pipeline Corp.</t>
+  </si>
+  <si>
+    <t>5493002W3L9YICM6FU21</t>
+  </si>
+  <si>
+    <t>282473</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
@@ -1020,51 +1020,51 @@
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:round/>
           <a:headEnd type="none" w="med" len="med"/>
           <a:tailEnd type="none" w="med" len="med"/>
         </a:ln>
         <a:effectLst/>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20246482-765D-4455-8789-8C055DECB832}">
   <dimension ref="A1:L20"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B25" sqref="B25"/>
+      <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="2" max="2" width="62" customWidth="1" collapsed="1"/>
     <col min="3" max="3" width="30.28515625" customWidth="1" collapsed="1"/>
     <col min="4" max="4" width="37" customWidth="1" collapsed="1"/>
     <col min="5" max="5" width="29.5703125" customWidth="1" collapsed="1"/>
     <col min="6" max="6" width="32.5703125" customWidth="1" collapsed="1"/>
     <col min="7" max="7" width="38.140625" customWidth="1" collapsed="1"/>
     <col min="8" max="8" width="47.28515625" customWidth="1" collapsed="1"/>
     <col min="9" max="9" width="77.7109375" customWidth="1" collapsed="1"/>
     <col min="10" max="10" width="45.42578125" customWidth="1" collapsed="1"/>
     <col min="11" max="11" width="35.140625" customWidth="1" collapsed="1"/>
     <col min="12" max="12" width="61.5703125" customWidth="1" collapsed="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="190.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>24</v>
       </c>
@@ -1222,423 +1222,423 @@
       <c r="B8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="11" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="13"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A9" s="18" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="16">
-        <v>12.94</v>
+        <v>14.4</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A10" s="18" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="19" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="12"/>
       <c r="E10" s="5"/>
       <c r="F10" s="5"/>
       <c r="G10" s="5"/>
       <c r="H10" s="5"/>
       <c r="I10" s="5"/>
       <c r="J10" s="5"/>
       <c r="K10" s="5"/>
       <c r="L10" s="5"/>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A11" s="18">
         <v>1</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="21" t="str">
         <f>IF($C$4&gt;0,PRODUCT($C$4,$C$5,H11/100),"")</f>
         <v/>
       </c>
       <c r="E11" s="20" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="8"/>
       <c r="H11" s="8">
-        <v>2.3913387987646733</v>
+        <v>2.132377862107667</v>
       </c>
       <c r="I11" s="8">
         <v>0</v>
       </c>
       <c r="J11" s="8">
-        <v>2.3913387987646733</v>
+        <v>2.132377862107667</v>
       </c>
       <c r="K11" s="8">
         <v>0</v>
       </c>
       <c r="L11" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12" s="18">
         <v>2</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="21" t="str">
         <f t="shared" ref="D12:D20" si="0">IF($C$4&gt;0,PRODUCT($C$4,$C$5,H12/100),"")</f>
         <v/>
       </c>
       <c r="E12" s="20" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="8" t="s">
         <v>41</v>
       </c>
       <c r="G12" s="8"/>
       <c r="H12" s="8">
-        <v>2.2697387492897647</v>
+        <v>2.1250854256838223</v>
       </c>
       <c r="I12" s="8">
         <v>0</v>
       </c>
       <c r="J12" s="8">
-        <v>2.2697387492897647</v>
+        <v>2.1250854256838223</v>
       </c>
       <c r="K12" s="8">
         <v>0</v>
       </c>
       <c r="L12" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A13" s="18">
         <v>3</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E13" s="20" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="8" t="s">
         <v>44</v>
       </c>
       <c r="G13" s="8"/>
       <c r="H13" s="8">
-        <v>2.262704035683778</v>
+        <v>2.1211266744823063</v>
       </c>
       <c r="I13" s="8">
         <v>0</v>
       </c>
       <c r="J13" s="8">
-        <v>2.262704035683778</v>
+        <v>2.1211266744823063</v>
       </c>
       <c r="K13" s="8">
         <v>0</v>
       </c>
       <c r="L13" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A14" s="18">
         <v>4</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E14" s="20" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>47</v>
       </c>
       <c r="G14" s="8"/>
       <c r="H14" s="8">
-        <v>2.2390488448768346</v>
+        <v>2.112445202549158</v>
       </c>
       <c r="I14" s="8">
         <v>0</v>
       </c>
       <c r="J14" s="8">
-        <v>2.2390488448768346</v>
+        <v>2.112445202549158</v>
       </c>
       <c r="K14" s="8">
         <v>0</v>
       </c>
       <c r="L14" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15" s="18">
         <v>5</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E15" s="20" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>50</v>
       </c>
       <c r="G15" s="8"/>
       <c r="H15" s="8">
-        <v>2.1583428997707919</v>
+        <v>2.0980686850278643</v>
       </c>
       <c r="I15" s="8">
         <v>0</v>
       </c>
       <c r="J15" s="8">
-        <v>2.1583428997707919</v>
+        <v>2.0980686850278643</v>
       </c>
       <c r="K15" s="8">
         <v>0</v>
       </c>
       <c r="L15" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A16" s="18">
         <v>6</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="14"/>
       <c r="D16" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E16" s="20" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="8"/>
       <c r="H16" s="8">
-        <v>2.1438869498332154</v>
+        <v>2.0861229796478518</v>
       </c>
       <c r="I16" s="8">
         <v>0</v>
       </c>
       <c r="J16" s="8">
-        <v>2.1438869498332154</v>
+        <v>2.0861229796478518</v>
       </c>
       <c r="K16" s="8">
         <v>0</v>
       </c>
       <c r="L16" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="18">
         <v>7</v>
       </c>
       <c r="B17" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="14"/>
       <c r="D17" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E17" s="20" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>56</v>
       </c>
       <c r="G17" s="8"/>
       <c r="H17" s="8">
-        <v>2.1271891680871375</v>
+        <v>2.0807751929370322</v>
       </c>
       <c r="I17" s="8">
         <v>0</v>
       </c>
       <c r="J17" s="8">
-        <v>2.1271891680871375</v>
+        <v>2.0807751929370322</v>
       </c>
       <c r="K17" s="8">
         <v>0</v>
       </c>
       <c r="L17" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A18" s="18">
         <v>8</v>
       </c>
       <c r="B18" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="14"/>
       <c r="D18" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E18" s="20" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8">
-        <v>2.1064715499947821</v>
+        <v>2.0692461982098109</v>
       </c>
       <c r="I18" s="8">
         <v>0</v>
       </c>
       <c r="J18" s="8">
-        <v>2.1064715499947821</v>
+        <v>2.0692461982098109</v>
       </c>
       <c r="K18" s="8">
         <v>0</v>
       </c>
       <c r="L18" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A19" s="18">
         <v>9</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="14"/>
       <c r="D19" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E19" s="20" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>62</v>
       </c>
       <c r="G19" s="8"/>
       <c r="H19" s="8">
-        <v>2.0948758682266724</v>
+        <v>2.0583422694617766</v>
       </c>
       <c r="I19" s="8">
         <v>0</v>
       </c>
       <c r="J19" s="8">
-        <v>2.0948758682266724</v>
+        <v>2.0583422694617766</v>
       </c>
       <c r="K19" s="8">
         <v>0</v>
       </c>
       <c r="L19" s="8">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A20" s="18">
         <v>10</v>
       </c>
       <c r="B20" s="7" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="14"/>
       <c r="D20" s="21" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
       <c r="E20" s="20" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>65</v>
       </c>
       <c r="G20" s="8"/>
       <c r="H20" s="8">
-        <v>2.0936389955047408</v>
+        <v>2.0479939549174637</v>
       </c>
       <c r="I20" s="8">
         <v>0</v>
       </c>
       <c r="J20" s="8">
-        <v>2.0936389955047408</v>
+        <v>2.0479939549174637</v>
       </c>
       <c r="K20" s="8">
         <v>0</v>
       </c>
       <c r="L20" s="8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1679,47 +1679,47 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_SetDate">
     <vt:lpwstr>2022-05-04T08:35:31Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_Name">
     <vt:lpwstr>511d2ef4-471a-450b-b804-da016b8121de</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_SiteId">
     <vt:lpwstr>a1eacbd5-fb0e-46f1-81e3-4965ea8e45bb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_ActionId">
     <vt:lpwstr>7736cded-10bf-48be-af80-da406f20d31b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_511d2ef4-471a-450b-b804-da016b8121de_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
-    <vt:lpwstr>2025-12-04T10:40:08Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-05T08:37:54Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
     <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
     <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
-    <vt:lpwstr>2e72092f-5c61-49ad-a727-088d20809a95</vt:lpwstr>
+    <vt:lpwstr>ded5a80d-8cdd-4402-9f66-08efb22a61ae</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>