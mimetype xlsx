--- v0 (2025-10-21)
+++ v1 (2025-12-15)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5E6F41E-0CDF-4160-82F2-CF80C59B2688}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6E03748-A631-4760-B4C5-8A4794AFCDAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="621" uniqueCount="275">
   <si>
     <t>KAG</t>
   </si>
   <si>
     <t>ISIN_Fonds</t>
   </si>
   <si>
     <t>Name_Fonds</t>
   </si>
   <si>
     <t>Stichtag</t>
   </si>
   <si>
     <t>ISIN_Bestand</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Emittent_Bezeichnung</t>
   </si>
   <si>
     <t>Konzern_Bezeichnung</t>
   </si>
   <si>
@@ -89,110 +89,80 @@
  / FV</t>
   </si>
   <si>
     <t>Bemessungs-
 grundlage / FV</t>
   </si>
   <si>
     <t>Hülle</t>
   </si>
   <si>
     <t>Emittent_LEI</t>
   </si>
   <si>
     <t>Konzern_LEI</t>
   </si>
   <si>
     <t>La Francaise Systematic Asset Management GmbH</t>
   </si>
   <si>
     <t>DE000A0MKQM3</t>
   </si>
   <si>
     <t>La Française Systematic Global Listed Real Estate I</t>
   </si>
   <si>
-    <t>US0084921008</t>
-[...2 lines deleted...]
-    <t>AGREE REALTY CORP</t>
+    <t>US0144911049</t>
+  </si>
+  <si>
+    <t>ALEXANDER &amp; BALDWIN INC</t>
   </si>
   <si>
     <t>bilanziell</t>
   </si>
   <si>
-    <t>890700</t>
-[...13 lines deleted...]
-  <si>
     <t>283026</t>
   </si>
   <si>
     <t>Alexander &amp; Baldwin Inc. [NEW]</t>
   </si>
   <si>
     <t>CH0008837566</t>
   </si>
   <si>
     <t>ALLREAL HOLDING AG-REG</t>
   </si>
   <si>
     <t>935276</t>
   </si>
   <si>
     <t>Allreal Holding AG</t>
   </si>
   <si>
     <t>5067006XH174LA44H658</t>
   </si>
   <si>
-    <t>US0534841012</t>
-[...13 lines deleted...]
-  <si>
     <t>US11120U1051</t>
   </si>
   <si>
     <t>BRIXMOR PROPERTY GROUP INC</t>
   </si>
   <si>
     <t>725716</t>
   </si>
   <si>
     <t>Brixmor Property Group Inc.</t>
   </si>
   <si>
     <t>5299007UXW6Y0W2EGZ95</t>
   </si>
   <si>
     <t>SG1M51904654</t>
   </si>
   <si>
     <t>CAPITALAND INTEGRATED COMMER</t>
   </si>
   <si>
     <t>691418</t>
   </si>
   <si>
     <t>CapitaLand Integrated Commercial Trust</t>
@@ -245,110 +215,110 @@
   <si>
     <t>52990016II9MJ2OSWA10</t>
   </si>
   <si>
     <t>CA17039A1066</t>
   </si>
   <si>
     <t>CHOICE PROPERTIES REIT</t>
   </si>
   <si>
     <t>464631</t>
   </si>
   <si>
     <t>Choice Properties Reit</t>
   </si>
   <si>
     <t>853286</t>
   </si>
   <si>
     <t>Loblaw Companies Ltd.</t>
   </si>
   <si>
     <t>5493007MYGFSLOZGT937</t>
   </si>
   <si>
-    <t>SG1R89002252</t>
-[...11 lines deleted...]
-    <t>254900BPLPJS0RJ72373</t>
+    <t>ES0139140174</t>
+  </si>
+  <si>
+    <t>COLONIAL SFL SOCIMI SA</t>
+  </si>
+  <si>
+    <t>868826</t>
+  </si>
+  <si>
+    <t>Colonial SFL SOCIMI S.A.</t>
+  </si>
+  <si>
+    <t>95980020140005007414</t>
   </si>
   <si>
     <t>US22002T1088</t>
   </si>
   <si>
     <t>COPT DEFENSE PROPERTIES</t>
   </si>
   <si>
     <t>913833</t>
   </si>
   <si>
     <t>COPT Defense Properties</t>
   </si>
   <si>
     <t>YY1J47X6LF9TYY8JY420</t>
   </si>
   <si>
+    <t>CA26153W1095</t>
+  </si>
+  <si>
+    <t>DREAM INDUSTRIAL REAL ESTATE</t>
+  </si>
+  <si>
+    <t>715832</t>
+  </si>
+  <si>
+    <t>Dream Industrial Real Estate Investment Trust</t>
+  </si>
+  <si>
+    <t>549300QOI0TM3CBYUH79</t>
+  </si>
+  <si>
     <t>US26884U1097</t>
   </si>
   <si>
     <t>EPR PROPERTIES</t>
   </si>
   <si>
     <t>910640</t>
   </si>
   <si>
     <t>EPR Properties</t>
   </si>
   <si>
     <t>549300YSSXFHMPOWZ492</t>
   </si>
   <si>
-    <t>US29444U7000</t>
-[...13 lines deleted...]
-  <si>
     <t>US29472R1086</t>
   </si>
   <si>
     <t>EQUITY LIFESTYLE PROPERTIES</t>
   </si>
   <si>
     <t>885878</t>
   </si>
   <si>
     <t>Equity Lifestyle Properties Inc.</t>
   </si>
   <si>
     <t>529900PEQG66LENB6798</t>
   </si>
   <si>
     <t>US29670E1073</t>
   </si>
   <si>
     <t>ESSENTIAL PROPERTIES REALTY</t>
   </si>
   <si>
     <t>809558</t>
   </si>
   <si>
     <t>Essential Properties Realty Trust Inc.</t>
@@ -365,122 +335,179 @@
   <si>
     <t>974885</t>
   </si>
   <si>
     <t>Eurocommercial Properties N.V.</t>
   </si>
   <si>
     <t>724500SFK53FPNM68L95</t>
   </si>
   <si>
     <t>CA31890B1031</t>
   </si>
   <si>
     <t>FIRST CAPITAL REAL ESTATE IN</t>
   </si>
   <si>
     <t>811922</t>
   </si>
   <si>
     <t>First Capital Real Estate Investment Trust</t>
   </si>
   <si>
     <t>54930042UG2WCIIAQZ39</t>
   </si>
   <si>
+    <t>US35086T1097</t>
+  </si>
+  <si>
+    <t>FOUR CORNERS PROPERTY TRUST</t>
+  </si>
+  <si>
+    <t>753263</t>
+  </si>
+  <si>
+    <t>Four Corners Property Trust Inc.</t>
+  </si>
+  <si>
+    <t>549300SVTPZPBDVNER42</t>
+  </si>
+  <si>
     <t>US36467J1088</t>
   </si>
   <si>
     <t>GAMING AND LEISURE PROPE-W/I</t>
   </si>
   <si>
     <t>743417</t>
   </si>
   <si>
     <t>Gaming &amp; Leisure Properties Inc.</t>
   </si>
   <si>
     <t>5493006GWRDBCZYWTM57</t>
   </si>
   <si>
     <t>US3742971092</t>
   </si>
   <si>
     <t>GETTY REALTY CORP</t>
   </si>
   <si>
     <t>929043</t>
   </si>
   <si>
     <t>Getty Realty Corp.</t>
   </si>
   <si>
     <t>2549000P1W5SFJWCNP90</t>
   </si>
   <si>
     <t>AU000000GPT8</t>
   </si>
   <si>
     <t>GPT GROUP</t>
   </si>
   <si>
     <t>867152</t>
   </si>
   <si>
     <t>GPT Group</t>
   </si>
   <si>
-    <t>ES0139140174</t>
-[...11 lines deleted...]
-    <t>95980020140005007414</t>
+    <t>US44107P1049</t>
+  </si>
+  <si>
+    <t>HOST HOTELS &amp; RESORTS INC</t>
+  </si>
+  <si>
+    <t>858528</t>
+  </si>
+  <si>
+    <t>Host Hotels &amp; Resorts Inc.</t>
+  </si>
+  <si>
+    <t>N6EL63S0K3PB1YFTDI24</t>
+  </si>
+  <si>
+    <t>AU000000INA9</t>
+  </si>
+  <si>
+    <t>INGENIA COMMUNITIES GROUP</t>
+  </si>
+  <si>
+    <t>226225</t>
+  </si>
+  <si>
+    <t>Ingenia Communities Group</t>
+  </si>
+  <si>
+    <t>US46124J2015</t>
+  </si>
+  <si>
+    <t>INVENTRUST PROPERTIES CORP</t>
+  </si>
+  <si>
+    <t>856020</t>
+  </si>
+  <si>
+    <t>InvenTrust Properties Corp.</t>
+  </si>
+  <si>
+    <t>5493006BQYSOBYVUFA03</t>
   </si>
   <si>
     <t>JP3027680002</t>
   </si>
   <si>
     <t>JAPAN REAL ESTATE INVESTMENT</t>
   </si>
   <si>
     <t>798084</t>
   </si>
   <si>
     <t>Japan Real Estate Investment Corp.</t>
   </si>
   <si>
     <t>3538003YAIR3CBGJJ928</t>
   </si>
   <si>
+    <t>US48020Q1076</t>
+  </si>
+  <si>
+    <t>JONES LANG LASALLE INC</t>
+  </si>
+  <si>
+    <t>908217</t>
+  </si>
+  <si>
+    <t>Jones Lang Lasalle Inc.</t>
+  </si>
+  <si>
+    <t>6SYKCME112RT8TQUO411</t>
+  </si>
+  <si>
     <t>CA49410M1023</t>
   </si>
   <si>
     <t>KILLAM APARTMENT REAL ESTATE</t>
   </si>
   <si>
     <t>246508</t>
   </si>
   <si>
     <t>Killam Apartment Real Estate Investment Trust</t>
   </si>
   <si>
     <t>2549001RZSL75H60JE41</t>
   </si>
   <si>
     <t>US49446R1095</t>
   </si>
   <si>
     <t>KIMCO REALTY CORP</t>
   </si>
   <si>
     <t>883111</t>
   </si>
   <si>
     <t>Kimco Realty Corp.</t>
@@ -518,225 +545,174 @@
   <si>
     <t>403416</t>
   </si>
   <si>
     <t>Caisse Fédérale du Crédit Mutuel Nord Europe</t>
   </si>
   <si>
     <t>969500HZG40X186MLQ68</t>
   </si>
   <si>
     <t>GB00B4WFW713</t>
   </si>
   <si>
     <t>LONDONMETRIC PROPERTY PLC</t>
   </si>
   <si>
     <t>701591</t>
   </si>
   <si>
     <t>Londonmetric Property PLC</t>
   </si>
   <si>
     <t>213800OCERWWPQDURL87</t>
   </si>
   <si>
-    <t>US5021751020</t>
-[...26 lines deleted...]
-    <t>549300FQZKFR5YNSHZ21</t>
+    <t>ES0105025003</t>
+  </si>
+  <si>
+    <t>MERLIN PROPERTIES SOCIMI SA</t>
+  </si>
+  <si>
+    <t>761208</t>
+  </si>
+  <si>
+    <t>Merlin Properties SOCIMI S.A.</t>
+  </si>
+  <si>
+    <t>959800L8KD863DP30X04</t>
+  </si>
+  <si>
+    <t>AU000000NSR2</t>
+  </si>
+  <si>
+    <t>NATIONAL STORAGE REIT</t>
+  </si>
+  <si>
+    <t>283788</t>
   </si>
   <si>
     <t>US6374171063</t>
   </si>
   <si>
     <t>NNN REIT INC</t>
   </si>
   <si>
     <t>902846</t>
   </si>
   <si>
     <t>NNN REIT Inc.</t>
   </si>
   <si>
     <t>5493008JKH5SOTI0JS97</t>
   </si>
   <si>
     <t>JP3762900003</t>
   </si>
   <si>
     <t>NOMURA REAL ESTATE HOLDINGS</t>
   </si>
   <si>
     <t>246699</t>
   </si>
   <si>
     <t>Nomura Real Estate Holdings Inc.</t>
   </si>
   <si>
     <t>353800UZ91CT24OL9P59</t>
   </si>
   <si>
     <t>US6819361006</t>
   </si>
   <si>
     <t>OMEGA HEALTHCARE INVESTORS</t>
   </si>
   <si>
     <t>890454</t>
   </si>
   <si>
     <t>Omega Healthcare Investors Inc.</t>
   </si>
   <si>
     <t>549300OJ7ENK42CZ8E73</t>
   </si>
   <si>
-    <t>JP3040880001</t>
-[...43 lines deleted...]
-  <si>
     <t>US7588491032</t>
   </si>
   <si>
     <t>REGENCY CENTERS CORP</t>
   </si>
   <si>
     <t>888499</t>
   </si>
   <si>
     <t>Regency Centers Corp.</t>
   </si>
   <si>
     <t>529900053A7X7FJ97S58</t>
   </si>
   <si>
     <t>AU0000253502</t>
   </si>
   <si>
     <t>REGION GROUP</t>
   </si>
   <si>
     <t>743086</t>
   </si>
   <si>
     <t>Region RE Ltd.</t>
   </si>
   <si>
     <t>CA7669101031</t>
   </si>
   <si>
     <t>RIOCAN REAL ESTATE INVST TR</t>
   </si>
   <si>
     <t>902914</t>
   </si>
   <si>
     <t>Riocan Real Estate Investment Trust</t>
   </si>
   <si>
     <t>549300S8HVUSEU3JBY60</t>
   </si>
   <si>
-    <t>US78410G1040</t>
-[...11 lines deleted...]
-    <t>5299001HX8ZN8Y8QIT49</t>
+    <t>US78573L1061</t>
+  </si>
+  <si>
+    <t>SABRA HEALTH CARE REIT INC</t>
+  </si>
+  <si>
+    <t>282491</t>
+  </si>
+  <si>
+    <t>Sabra Health Care Reit Inc.</t>
+  </si>
+  <si>
+    <t>549300E3BC7GU7TAZ621</t>
   </si>
   <si>
     <t>AU000000SCG8</t>
   </si>
   <si>
     <t>SCENTRE GROUP</t>
   </si>
   <si>
     <t>743760</t>
   </si>
   <si>
     <t>Scentre Group Ltd.</t>
   </si>
   <si>
     <t>529900TUCASM3W86E831</t>
   </si>
   <si>
     <t>US8288061091</t>
   </si>
   <si>
     <t>SIMON PROPERTY GROUP INC</t>
   </si>
   <si>
     <t>916647</t>
   </si>
@@ -752,132 +728,144 @@
   <si>
     <t>SMARTCENTRES REAL ESTATE INV</t>
   </si>
   <si>
     <t>202856</t>
   </si>
   <si>
     <t>SmartCentres Real Estate Investment Trust</t>
   </si>
   <si>
     <t>549300HKEP2IYWZ14H97</t>
   </si>
   <si>
     <t>AU000000SGP0</t>
   </si>
   <si>
     <t>STOCKLAND</t>
   </si>
   <si>
     <t>887471</t>
   </si>
   <si>
     <t>Stockland</t>
   </si>
   <si>
-    <t>HK0016000132</t>
-[...28 lines deleted...]
-  <si>
     <t>US8754651060</t>
   </si>
   <si>
     <t>TANGER INC</t>
   </si>
   <si>
     <t>886676</t>
   </si>
   <si>
     <t>Tanger Inc.</t>
   </si>
   <si>
     <t>UKEW8YSXE4Y581KYOL30</t>
   </si>
   <si>
     <t>JP3569200003</t>
   </si>
   <si>
     <t>TOKYU FUDOSAN HOLDINGS CORP</t>
   </si>
   <si>
     <t>283527</t>
   </si>
   <si>
     <t>Tokyu Fudosan Holdings Corp.</t>
   </si>
   <si>
+    <t>FR0013326246</t>
+  </si>
+  <si>
+    <t>UNIBAIL-RODAMCO-WESTFIELD</t>
+  </si>
+  <si>
+    <t>863733</t>
+  </si>
+  <si>
+    <t>Unibail-Rodamco-Westfield SE</t>
+  </si>
+  <si>
+    <t>969500SHQITWXSIS7N89</t>
+  </si>
+  <si>
     <t>US9256521090</t>
   </si>
   <si>
     <t>VICI PROPERTIES INC</t>
   </si>
   <si>
     <t>806565</t>
   </si>
   <si>
     <t>Vici Properties Inc.</t>
   </si>
   <si>
     <t>254900RKH6RY9KCJQH63</t>
   </si>
   <si>
     <t>AU000000VCX7</t>
   </si>
   <si>
     <t>VICINITY CENTRES</t>
   </si>
   <si>
     <t>282944</t>
   </si>
   <si>
     <t>Vicinity Centres Ltd.</t>
+  </si>
+  <si>
+    <t>US9290421091</t>
+  </si>
+  <si>
+    <t>VORNADO REALTY TRUST</t>
+  </si>
+  <si>
+    <t>893899</t>
+  </si>
+  <si>
+    <t>Vornado Realty Trust</t>
+  </si>
+  <si>
+    <t>AU0000088064</t>
+  </si>
+  <si>
+    <t>WAYPOINT REIT</t>
+  </si>
+  <si>
+    <t>803136</t>
+  </si>
+  <si>
+    <t>Waypoint REIT Ltd.</t>
+  </si>
+  <si>
+    <t>5493003CS5K82RREKA54</t>
   </si>
   <si>
     <t>US95040Q1040</t>
   </si>
   <si>
     <t>WELLTOWER INC</t>
   </si>
   <si>
     <t>874732</t>
   </si>
   <si>
     <t>Welltower Inc.</t>
   </si>
   <si>
     <t>254900F33BIAR82QTA19</t>
   </si>
   <si>
     <t>Sammelposten Accounts</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
     <t>BNP Paribas S.A.</t>
   </si>
@@ -1238,52 +1226,52 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R53"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="K11" sqref="K11"/>
+    <sheetView tabSelected="1" topLeftCell="F1" workbookViewId="0">
+      <selection activeCell="P60" sqref="P60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="47" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="47.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="20.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" style="5" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="42.5703125" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.7109375" style="5" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="42.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="28.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="27.85546875" style="4" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="19" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
@@ -1332,2868 +1320,2856 @@
       </c>
       <c r="O1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2">
-        <v>1.8500545300000001E-2</v>
+        <v>1.6833092300000001E-2</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>1.8500545300000001E-2</v>
+        <v>1.6833092300000001E-2</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
         <v>1</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
-      <c r="Q2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Q2"/>
+      <c r="R2"/>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G3">
-        <v>1.94105015E-2</v>
+        <v>2.1278626200000001E-2</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>1.94105015E-2</v>
+        <v>2.1278626200000001E-2</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
         <v>1</v>
       </c>
       <c r="M3" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" t="s">
         <v>29</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>28</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q3" t="s">
         <v>30</v>
       </c>
-      <c r="O3" t="s">
-[...2 lines deleted...]
-      <c r="P3" t="s">
+      <c r="R3" t="s">
         <v>30</v>
       </c>
-      <c r="Q3"/>
-      <c r="R3"/>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="G4">
-        <v>1.89792947E-2</v>
+        <v>1.8598573300000001E-2</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>1.89792947E-2</v>
+        <v>1.8598573300000001E-2</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
         <v>1</v>
       </c>
       <c r="M4" t="s">
         <v>33</v>
       </c>
       <c r="N4" t="s">
         <v>34</v>
       </c>
       <c r="O4" t="s">
         <v>33</v>
       </c>
       <c r="P4" t="s">
         <v>34</v>
       </c>
       <c r="Q4" t="s">
         <v>35</v>
       </c>
       <c r="R4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E5" t="s">
         <v>36</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5">
-        <v>1.8060583200000001E-2</v>
+        <v>2.0330792800000001E-2</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>1.8060583200000001E-2</v>
+        <v>2.0330792800000001E-2</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
         <v>1</v>
       </c>
       <c r="M5" t="s">
         <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>39</v>
       </c>
       <c r="O5" t="s">
         <v>38</v>
       </c>
       <c r="P5" t="s">
         <v>39</v>
       </c>
       <c r="Q5" t="s">
         <v>40</v>
       </c>
       <c r="R5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E6" t="s">
         <v>41</v>
       </c>
       <c r="F6" t="s">
         <v>42</v>
       </c>
       <c r="G6">
-        <v>2.02249634E-2</v>
+        <v>2.1405458400000001E-2</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>2.02249634E-2</v>
+        <v>2.1405458400000001E-2</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
         <v>1</v>
       </c>
       <c r="M6" t="s">
         <v>43</v>
       </c>
       <c r="N6" t="s">
         <v>44</v>
       </c>
       <c r="O6" t="s">
         <v>43</v>
       </c>
       <c r="P6" t="s">
         <v>44</v>
       </c>
       <c r="Q6" t="s">
         <v>45</v>
       </c>
       <c r="R6" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>47</v>
       </c>
       <c r="G7">
-        <v>1.9720941700000001E-2</v>
+        <v>1.8921324E-2</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>1.9720941700000001E-2</v>
+        <v>1.8921324E-2</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
         <v>1</v>
       </c>
       <c r="M7" t="s">
         <v>48</v>
       </c>
       <c r="N7" t="s">
         <v>49</v>
       </c>
       <c r="O7" t="s">
         <v>48</v>
       </c>
       <c r="P7" t="s">
         <v>49</v>
       </c>
       <c r="Q7" t="s">
         <v>50</v>
       </c>
       <c r="R7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8" t="s">
         <v>52</v>
       </c>
       <c r="G8">
-        <v>2.1562530699999999E-2</v>
+        <v>2.01722823E-2</v>
       </c>
       <c r="H8"/>
       <c r="I8">
-        <v>2.1562530699999999E-2</v>
+        <v>2.01722823E-2</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
       <c r="M8" t="s">
         <v>53</v>
       </c>
       <c r="N8" t="s">
         <v>54</v>
       </c>
       <c r="O8" t="s">
         <v>53</v>
       </c>
       <c r="P8" t="s">
         <v>54</v>
       </c>
       <c r="Q8" t="s">
         <v>55</v>
       </c>
       <c r="R8" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9">
-        <v>1.94690795E-2</v>
+        <v>2.02473497E-2</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>1.94690795E-2</v>
+        <v>2.02473497E-2</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
         <v>1</v>
       </c>
       <c r="M9" t="s">
         <v>58</v>
       </c>
       <c r="N9" t="s">
         <v>59</v>
       </c>
       <c r="O9" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="P9" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="Q9" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>62</v>
+      </c>
+      <c r="R9"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G10">
-        <v>2.1390862199999999E-2</v>
+        <v>1.8495798300000001E-2</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>2.1390862199999999E-2</v>
+        <v>1.8495798300000001E-2</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
         <v>1</v>
       </c>
       <c r="M10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="N10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="O10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="Q10" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="R10" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="G11">
-        <v>1.84954651E-2</v>
+        <v>2.1399456899999999E-2</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>1.84954651E-2</v>
+        <v>2.1399456899999999E-2</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
         <v>1</v>
       </c>
       <c r="M11" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="N11" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="O11" t="s">
         <v>70</v>
       </c>
       <c r="P11" t="s">
         <v>71</v>
       </c>
       <c r="Q11" t="s">
         <v>72</v>
       </c>
-      <c r="R11"/>
+      <c r="R11" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E12" t="s">
         <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12">
-        <v>2.47922748E-2</v>
+        <v>1.9674714499999999E-2</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>2.4792274900000001E-2</v>
+        <v>1.9674714499999999E-2</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>1</v>
       </c>
       <c r="M12" t="s">
         <v>75</v>
       </c>
       <c r="N12" t="s">
         <v>76</v>
       </c>
       <c r="O12" t="s">
         <v>75</v>
       </c>
       <c r="P12" t="s">
         <v>76</v>
       </c>
       <c r="Q12" t="s">
         <v>77</v>
       </c>
       <c r="R12" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>79</v>
       </c>
       <c r="G13">
-        <v>2.0050949500000002E-2</v>
+        <v>1.7228131300000001E-2</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>2.0050949500000002E-2</v>
+        <v>1.7228131300000001E-2</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
         <v>1</v>
       </c>
       <c r="M13" t="s">
         <v>80</v>
       </c>
       <c r="N13" t="s">
         <v>81</v>
       </c>
       <c r="O13" t="s">
         <v>80</v>
       </c>
       <c r="P13" t="s">
         <v>81</v>
       </c>
       <c r="Q13" t="s">
         <v>82</v>
       </c>
       <c r="R13" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E14" t="s">
         <v>83</v>
       </c>
       <c r="F14" t="s">
         <v>84</v>
       </c>
       <c r="G14">
-        <v>1.8944697399999998E-2</v>
+        <v>2.0307985000000001E-2</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>1.8944697399999998E-2</v>
+        <v>2.0307985000000001E-2</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
         <v>1</v>
       </c>
       <c r="M14" t="s">
         <v>85</v>
       </c>
       <c r="N14" t="s">
         <v>86</v>
       </c>
       <c r="O14" t="s">
         <v>85</v>
       </c>
       <c r="P14" t="s">
         <v>86</v>
       </c>
       <c r="Q14" t="s">
         <v>87</v>
       </c>
       <c r="R14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E15" t="s">
         <v>88</v>
       </c>
       <c r="F15" t="s">
         <v>89</v>
       </c>
       <c r="G15">
-        <v>1.87331658E-2</v>
+        <v>2.0905989E-2</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>1.87331658E-2</v>
+        <v>2.0905989E-2</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
       <c r="M15" t="s">
         <v>90</v>
       </c>
       <c r="N15" t="s">
         <v>91</v>
       </c>
       <c r="O15" t="s">
         <v>90</v>
       </c>
       <c r="P15" t="s">
         <v>91</v>
       </c>
       <c r="Q15" t="s">
         <v>92</v>
       </c>
       <c r="R15" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E16" t="s">
         <v>93</v>
       </c>
       <c r="F16" t="s">
         <v>94</v>
       </c>
       <c r="G16">
-        <v>1.8727343099999998E-2</v>
+        <v>1.8819934300000001E-2</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>1.8727343099999998E-2</v>
+        <v>1.8819934300000001E-2</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
         <v>1</v>
       </c>
       <c r="M16" t="s">
         <v>95</v>
       </c>
       <c r="N16" t="s">
         <v>96</v>
       </c>
       <c r="O16" t="s">
         <v>95</v>
       </c>
       <c r="P16" t="s">
         <v>96</v>
       </c>
       <c r="Q16" t="s">
         <v>97</v>
       </c>
       <c r="R16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E17" t="s">
         <v>98</v>
       </c>
       <c r="F17" t="s">
         <v>99</v>
       </c>
       <c r="G17">
-        <v>1.7744640499999999E-2</v>
+        <v>1.9545842899999999E-2</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>1.7744640499999999E-2</v>
+        <v>1.9545842899999999E-2</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
         <v>1</v>
       </c>
       <c r="M17" t="s">
         <v>100</v>
       </c>
       <c r="N17" t="s">
         <v>101</v>
       </c>
       <c r="O17" t="s">
         <v>100</v>
       </c>
       <c r="P17" t="s">
         <v>101</v>
       </c>
       <c r="Q17" t="s">
         <v>102</v>
       </c>
       <c r="R17" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>104</v>
       </c>
       <c r="G18">
-        <v>1.8950642399999999E-2</v>
+        <v>1.9357679999999999E-2</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>1.8950642399999999E-2</v>
+        <v>1.9357679999999999E-2</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
         <v>1</v>
       </c>
       <c r="M18" t="s">
         <v>105</v>
       </c>
       <c r="N18" t="s">
         <v>106</v>
       </c>
       <c r="O18" t="s">
         <v>105</v>
       </c>
       <c r="P18" t="s">
         <v>106</v>
       </c>
       <c r="Q18" t="s">
         <v>107</v>
       </c>
       <c r="R18" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E19" t="s">
         <v>108</v>
       </c>
       <c r="F19" t="s">
         <v>109</v>
       </c>
       <c r="G19">
-        <v>2.0280639199999999E-2</v>
+        <v>1.7906435500000002E-2</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>2.0280639199999999E-2</v>
+        <v>1.7906435500000002E-2</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
         <v>1</v>
       </c>
       <c r="M19" t="s">
         <v>110</v>
       </c>
       <c r="N19" t="s">
         <v>111</v>
       </c>
       <c r="O19" t="s">
         <v>110</v>
       </c>
       <c r="P19" t="s">
         <v>111</v>
       </c>
       <c r="Q19" t="s">
         <v>112</v>
       </c>
       <c r="R19" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>19</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E20" t="s">
         <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>114</v>
       </c>
       <c r="G20">
-        <v>1.8997598899999999E-2</v>
+        <v>2.0721147299999999E-2</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>1.8997598899999999E-2</v>
+        <v>2.0721147299999999E-2</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
         <v>1</v>
       </c>
       <c r="M20" t="s">
         <v>115</v>
       </c>
       <c r="N20" t="s">
         <v>116</v>
       </c>
       <c r="O20" t="s">
         <v>115</v>
       </c>
       <c r="P20" t="s">
         <v>116</v>
       </c>
       <c r="Q20" t="s">
         <v>117</v>
       </c>
       <c r="R20" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>19</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E21" t="s">
         <v>118</v>
       </c>
       <c r="F21" t="s">
         <v>119</v>
       </c>
       <c r="G21">
-        <v>1.8468973100000001E-2</v>
+        <v>1.9937838999999999E-2</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>1.8468973100000001E-2</v>
+        <v>1.9937838999999999E-2</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21">
         <v>1</v>
       </c>
       <c r="M21" t="s">
         <v>120</v>
       </c>
       <c r="N21" t="s">
         <v>121</v>
       </c>
       <c r="O21" t="s">
         <v>120</v>
       </c>
       <c r="P21" t="s">
         <v>121</v>
       </c>
-      <c r="Q21" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Q21"/>
+      <c r="R21"/>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>19</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E22" t="s">
+        <v>122</v>
+      </c>
+      <c r="F22" t="s">
         <v>123</v>
       </c>
-      <c r="F22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G22">
-        <v>2.0869776900000001E-2</v>
+        <v>2.04050143E-2</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>2.0869776900000001E-2</v>
+        <v>2.04050143E-2</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
         <v>1</v>
       </c>
       <c r="M22" t="s">
+        <v>124</v>
+      </c>
+      <c r="N22" t="s">
         <v>125</v>
       </c>
-      <c r="N22" t="s">
+      <c r="O22" t="s">
+        <v>124</v>
+      </c>
+      <c r="P22" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q22" t="s">
         <v>126</v>
       </c>
-      <c r="O22" t="s">
-[...2 lines deleted...]
-      <c r="P22" t="s">
+      <c r="R22" t="s">
         <v>126</v>
       </c>
-      <c r="Q22"/>
-      <c r="R22"/>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>19</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E23" t="s">
         <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>128</v>
       </c>
       <c r="G23">
-        <v>1.75452618E-2</v>
+        <v>1.8340491E-2</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>1.75452618E-2</v>
+        <v>1.8340491E-2</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
         <v>1</v>
       </c>
       <c r="M23" t="s">
         <v>129</v>
       </c>
       <c r="N23" t="s">
         <v>130</v>
       </c>
       <c r="O23" t="s">
         <v>129</v>
       </c>
       <c r="P23" t="s">
         <v>130</v>
       </c>
-      <c r="Q23" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Q23"/>
+      <c r="R23"/>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>19</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E24" t="s">
+        <v>131</v>
+      </c>
+      <c r="F24" t="s">
         <v>132</v>
       </c>
-      <c r="F24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G24">
-        <v>1.9440643899999999E-2</v>
+        <v>1.9619143700000001E-2</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>1.9440643899999999E-2</v>
+        <v>1.9619143700000001E-2</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
         <v>1</v>
       </c>
       <c r="M24" t="s">
+        <v>133</v>
+      </c>
+      <c r="N24" t="s">
         <v>134</v>
       </c>
-      <c r="N24" t="s">
+      <c r="O24" t="s">
+        <v>133</v>
+      </c>
+      <c r="P24" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q24" t="s">
         <v>135</v>
       </c>
-      <c r="O24" t="s">
-[...2 lines deleted...]
-      <c r="P24" t="s">
+      <c r="R24" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>19</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E25" t="s">
+        <v>136</v>
+      </c>
+      <c r="F25" t="s">
         <v>137</v>
       </c>
-      <c r="F25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G25">
-        <v>1.7094750200000002E-2</v>
+        <v>1.99409711E-2</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>1.7094750200000002E-2</v>
+        <v>1.99409711E-2</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
         <v>1</v>
       </c>
       <c r="M25" t="s">
+        <v>138</v>
+      </c>
+      <c r="N25" t="s">
         <v>139</v>
       </c>
-      <c r="N25" t="s">
+      <c r="O25" t="s">
+        <v>138</v>
+      </c>
+      <c r="P25" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q25" t="s">
         <v>140</v>
       </c>
-      <c r="O25" t="s">
-[...2 lines deleted...]
-      <c r="P25" t="s">
+      <c r="R25" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
         <v>19</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E26" t="s">
+        <v>141</v>
+      </c>
+      <c r="F26" t="s">
         <v>142</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26">
-        <v>1.9780982799999999E-2</v>
+        <v>2.13871094E-2</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>1.9780982799999999E-2</v>
+        <v>2.13871094E-2</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26">
         <v>1</v>
       </c>
       <c r="M26" t="s">
+        <v>143</v>
+      </c>
+      <c r="N26" t="s">
         <v>144</v>
       </c>
-      <c r="N26" t="s">
+      <c r="O26" t="s">
+        <v>143</v>
+      </c>
+      <c r="P26" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q26" t="s">
         <v>145</v>
       </c>
-      <c r="O26" t="s">
-[...2 lines deleted...]
-      <c r="P26" t="s">
+      <c r="R26" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>19</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E27" t="s">
+        <v>146</v>
+      </c>
+      <c r="F27" t="s">
         <v>147</v>
       </c>
-      <c r="F27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G27">
-        <v>1.8938338200000002E-2</v>
+        <v>1.83378825E-2</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>1.8938338200000002E-2</v>
+        <v>1.83378825E-2</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27">
         <v>1</v>
       </c>
       <c r="M27" t="s">
+        <v>148</v>
+      </c>
+      <c r="N27" t="s">
         <v>149</v>
       </c>
-      <c r="N27" t="s">
+      <c r="O27" t="s">
+        <v>148</v>
+      </c>
+      <c r="P27" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q27" t="s">
         <v>150</v>
       </c>
-      <c r="O27" t="s">
-[...2 lines deleted...]
-      <c r="P27" t="s">
+      <c r="R27" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>19</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E28" t="s">
+        <v>151</v>
+      </c>
+      <c r="F28" t="s">
         <v>152</v>
       </c>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28">
-        <v>1.1918329199999999E-2</v>
+        <v>1.8876766900000001E-2</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>1.1918329199999999E-2</v>
+        <v>1.8876766900000001E-2</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
-        <v>12.5</v>
+        <v>1</v>
       </c>
       <c r="M28" t="s">
+        <v>153</v>
+      </c>
+      <c r="N28" t="s">
         <v>154</v>
       </c>
-      <c r="N28" t="s">
+      <c r="O28" t="s">
+        <v>153</v>
+      </c>
+      <c r="P28" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q28" t="s">
         <v>155</v>
       </c>
-      <c r="O28" t="s">
-[...8 lines deleted...]
-      <c r="R28"/>
+      <c r="R28" t="s">
+        <v>155</v>
+      </c>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>19</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E29" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="F29" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="G29">
-        <v>1.6699028000000001E-2</v>
+        <v>1.9795215299999998E-2</v>
       </c>
       <c r="H29"/>
       <c r="I29">
-        <v>1.6699028000000001E-2</v>
+        <v>1.9795215299999998E-2</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29">
         <v>1</v>
       </c>
       <c r="M29" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="N29" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="O29" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="P29" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="Q29" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="R29" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>19</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E30" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F30" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="G30">
-        <v>2.0263445599999999E-2</v>
+        <v>1.01090016E-2</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>2.0263445599999999E-2</v>
+        <v>1.01090016E-2</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
-        <v>1</v>
+        <v>12.5</v>
       </c>
       <c r="M30" t="s">
+        <v>163</v>
+      </c>
+      <c r="N30" t="s">
+        <v>164</v>
+      </c>
+      <c r="O30" t="s">
+        <v>165</v>
+      </c>
+      <c r="P30" t="s">
         <v>166</v>
       </c>
-      <c r="N30" t="s">
+      <c r="Q30" t="s">
         <v>167</v>
       </c>
-      <c r="O30" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="R30"/>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>19</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E31" t="s">
+        <v>168</v>
+      </c>
+      <c r="F31" t="s">
         <v>169</v>
       </c>
-      <c r="F31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31">
-        <v>1.79620799E-2</v>
+        <v>1.9867235399999999E-2</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>1.79620799E-2</v>
+        <v>1.9867235399999999E-2</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31">
         <v>1</v>
       </c>
       <c r="M31" t="s">
+        <v>170</v>
+      </c>
+      <c r="N31" t="s">
         <v>171</v>
       </c>
-      <c r="N31" t="s">
+      <c r="O31" t="s">
+        <v>170</v>
+      </c>
+      <c r="P31" t="s">
+        <v>171</v>
+      </c>
+      <c r="Q31" t="s">
         <v>172</v>
       </c>
-      <c r="O31" t="s">
-[...2 lines deleted...]
-      <c r="P31" t="s">
+      <c r="R31" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>19</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E32" t="s">
+        <v>173</v>
+      </c>
+      <c r="F32" t="s">
         <v>174</v>
       </c>
-      <c r="F32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32">
-        <v>1.8757594200000002E-2</v>
+        <v>1.9275404199999999E-2</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>1.8757594200000002E-2</v>
+        <v>1.9275404199999999E-2</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
         <v>1</v>
       </c>
       <c r="M32" t="s">
+        <v>175</v>
+      </c>
+      <c r="N32" t="s">
         <v>176</v>
       </c>
-      <c r="N32" t="s">
+      <c r="O32" t="s">
+        <v>175</v>
+      </c>
+      <c r="P32" t="s">
+        <v>176</v>
+      </c>
+      <c r="Q32" t="s">
         <v>177</v>
       </c>
-      <c r="O32" t="s">
-[...2 lines deleted...]
-      <c r="P32" t="s">
+      <c r="R32" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>19</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E33" t="s">
+        <v>178</v>
+      </c>
+      <c r="F33" t="s">
         <v>179</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33">
-        <v>2.0849538399999999E-2</v>
+        <v>2.2591103500000001E-2</v>
       </c>
       <c r="H33"/>
       <c r="I33">
-        <v>2.0849538399999999E-2</v>
+        <v>2.2591103500000001E-2</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
         <v>1</v>
       </c>
       <c r="M33" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="N33" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="O33" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="P33" t="s">
-        <v>182</v>
-[...6 lines deleted...]
-      </c>
+        <v>179</v>
+      </c>
+      <c r="Q33"/>
+      <c r="R33"/>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>19</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E34" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F34" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="G34">
-        <v>2.1917903999999998E-2</v>
+        <v>1.9071952600000001E-2</v>
       </c>
       <c r="H34"/>
       <c r="I34">
-        <v>2.1917903999999998E-2</v>
+        <v>1.9071952600000001E-2</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34">
         <v>1</v>
       </c>
       <c r="M34" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="N34" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="O34" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="P34" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="Q34" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="R34" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>19</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E35" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="F35" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="G35">
-        <v>1.7881376800000001E-2</v>
+        <v>1.9336075000000001E-2</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>1.7881376800000001E-2</v>
+        <v>1.9336075000000001E-2</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
         <v>1</v>
       </c>
       <c r="M35" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="N35" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="O35" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="P35" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="Q35" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="R35" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>19</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E36" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F36" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="G36">
-        <v>1.7733911799999998E-2</v>
+        <v>2.1279025999999999E-2</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>1.7733911799999998E-2</v>
+        <v>2.1279025999999999E-2</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
         <v>1</v>
       </c>
       <c r="M36" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="N36" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="O36" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="P36" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="Q36" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="R36" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E37" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="F37" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="G37">
-        <v>1.87273861E-2</v>
+        <v>1.9185971900000001E-2</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>1.87273861E-2</v>
+        <v>1.9185971900000001E-2</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
         <v>1</v>
       </c>
       <c r="M37" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="N37" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="O37" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="P37" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="Q37" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="R37" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E38" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F38" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="G38">
-        <v>1.9474868100000001E-2</v>
+        <v>1.9346460400000001E-2</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>1.9474868100000001E-2</v>
+        <v>1.9346460400000001E-2</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
         <v>1</v>
       </c>
       <c r="M38" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="N38" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="O38" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="P38" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="Q38"/>
+      <c r="R38"/>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E39" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="F39" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="G39">
-        <v>2.0393217700000001E-2</v>
+        <v>2.00571451E-2</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>2.0393217700000001E-2</v>
+        <v>2.00571451E-2</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
         <v>1</v>
       </c>
       <c r="M39" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="N39" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="O39" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="P39" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-      <c r="R39"/>
+        <v>208</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>209</v>
+      </c>
+      <c r="R39" t="s">
+        <v>209</v>
+      </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E40" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F40" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G40">
-        <v>1.9921340400000001E-2</v>
+        <v>2.0662104099999998E-2</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>1.9921340400000001E-2</v>
+        <v>2.0662104099999998E-2</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
         <v>1</v>
       </c>
       <c r="M40" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="N40" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="O40" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="P40" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="Q40" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="R40" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E41" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F41" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="G41">
-        <v>1.5930799299999999E-2</v>
+        <v>1.9413231100000001E-2</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>1.5930799299999999E-2</v>
+        <v>1.9413231100000001E-2</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
         <v>1</v>
       </c>
       <c r="M41" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="N41" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="O41" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="P41" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="Q41" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="R41" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E42" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="F42" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="G42">
-        <v>2.1398848299999999E-2</v>
+        <v>1.9520388E-2</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>2.1398848299999999E-2</v>
+        <v>1.9520388E-2</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
         <v>1</v>
       </c>
       <c r="M42" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="N42" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="O42" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="P42" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="Q42" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="R42" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E43" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="F43" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="G43">
-        <v>2.2214255799999999E-2</v>
+        <v>1.9217522500000001E-2</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>2.2214255799999999E-2</v>
+        <v>1.9217522500000001E-2</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
         <v>1</v>
       </c>
       <c r="M43" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="N43" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="O43" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="P43" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="Q43" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="R43" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="44" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>19</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E44" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="F44" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="G44">
-        <v>1.9455531099999999E-2</v>
+        <v>1.92524471E-2</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>1.9455531099999999E-2</v>
+        <v>1.92524471E-2</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
         <v>1</v>
       </c>
       <c r="M44" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="N44" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="O44" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="P44" t="s">
-        <v>236</v>
-[...6 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="Q44"/>
+      <c r="R44"/>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>19</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E45" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F45" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G45">
-        <v>2.1555897000000001E-2</v>
+        <v>1.97364854E-2</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>2.1555897000000001E-2</v>
+        <v>1.97364854E-2</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
         <v>1</v>
       </c>
       <c r="M45" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="N45" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="O45" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="P45" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-      <c r="R45"/>
+        <v>237</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>238</v>
+      </c>
+      <c r="R45" t="s">
+        <v>238</v>
+      </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>19</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E46" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="F46" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="G46">
-        <v>1.9731598400000001E-2</v>
+        <v>2.23367854E-2</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>1.9731598400000001E-2</v>
+        <v>2.23367854E-2</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
         <v>1</v>
       </c>
       <c r="M46" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="N46" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="O46" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="P46" t="s">
-        <v>245</v>
-[...6 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="Q46"/>
+      <c r="R46"/>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>19</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E47" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="F47" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G47">
-        <v>1.7784660300000001E-2</v>
+        <v>1.99147317E-2</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>1.7784660300000001E-2</v>
+        <v>1.99147317E-2</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
         <v>1</v>
       </c>
       <c r="M47" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="N47" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="O47" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="P47" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="Q47" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="R47" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
         <v>19</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E48" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F48" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="G48">
-        <v>2.1058092099999998E-2</v>
+        <v>1.6975231300000001E-2</v>
       </c>
       <c r="H48"/>
       <c r="I48">
-        <v>2.1058092099999998E-2</v>
+        <v>1.6975231300000001E-2</v>
       </c>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
         <v>1</v>
       </c>
       <c r="M48" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="N48" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="O48" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="P48" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="Q48" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="R48" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
         <v>19</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E49" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="F49" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="G49">
-        <v>2.21888794E-2</v>
+        <v>1.8791793800000001E-2</v>
       </c>
       <c r="H49"/>
       <c r="I49">
-        <v>2.21888794E-2</v>
+        <v>1.8791793800000001E-2</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
         <v>1</v>
       </c>
       <c r="M49" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="N49" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="O49" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="P49" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="Q49"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>19</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E50" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="F50" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="G50">
-        <v>1.9031440300000001E-2</v>
+        <v>1.7781995299999999E-2</v>
       </c>
       <c r="H50"/>
       <c r="I50">
-        <v>1.9031440300000001E-2</v>
+        <v>1.7781995299999999E-2</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
         <v>1</v>
       </c>
       <c r="M50" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="N50" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="O50" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="P50" t="s">
-        <v>264</v>
-[...6 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="Q50"/>
+      <c r="R50"/>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
         <v>19</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E51" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="F51" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="G51">
-        <v>1.92751476E-2</v>
+        <v>1.9216670799999998E-2</v>
       </c>
       <c r="H51"/>
       <c r="I51">
-        <v>1.92751476E-2</v>
+        <v>1.9216670799999998E-2</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
         <v>1</v>
       </c>
       <c r="M51" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="N51" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="O51" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="P51" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-      <c r="R51"/>
+        <v>264</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>265</v>
+      </c>
+      <c r="R51" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>19</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E52" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="F52" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="G52">
-        <v>2.2042798700000001E-2</v>
+        <v>2.2957126899999999E-2</v>
       </c>
       <c r="H52"/>
       <c r="I52">
-        <v>2.2042798700000001E-2</v>
+        <v>2.2957126800000002E-2</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
         <v>1</v>
       </c>
       <c r="M52" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="N52" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="O52" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="P52" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="Q52" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="R52" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>19</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="G53">
-        <v>1.06565857E-2</v>
+        <v>5.3130636999999996E-3</v>
       </c>
       <c r="H53"/>
       <c r="I53">
-        <v>1.2136746E-2</v>
+        <v>6.8180033000000001E-3</v>
       </c>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
-        <v>0.60370999999999997</v>
+        <v>0.75300999999999996</v>
       </c>
       <c r="M53" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="N53" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="O53" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="P53" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="Q53" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="R53" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.6" right="0.56999999999999995" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
+    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stahl, Cornelia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
-    <vt:lpwstr>2025-10-09T17:41:12Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-05T11:48:11Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
     <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
     <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
-    <vt:lpwstr>55394392-4bb3-4732-9269-1997427c81a3</vt:lpwstr>
+    <vt:lpwstr>7bade462-e887-4928-9030-bd1aafd35122</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>