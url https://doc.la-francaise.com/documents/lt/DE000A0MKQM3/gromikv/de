--- v1 (2025-12-15)
+++ v2 (2026-03-12)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2026-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6E03748-A631-4760-B4C5-8A4794AFCDAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E317BFBD-F45D-4CA2-80F5-A157E61F892B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="621" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="627" uniqueCount="279">
   <si>
     <t>KAG</t>
   </si>
   <si>
     <t>ISIN_Fonds</t>
   </si>
   <si>
     <t>Name_Fonds</t>
   </si>
   <si>
     <t>Stichtag</t>
   </si>
   <si>
     <t>ISIN_Bestand</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Emittent_Bezeichnung</t>
   </si>
   <si>
     <t>Konzern_Bezeichnung</t>
   </si>
   <si>
@@ -89,78 +89,66 @@
  / FV</t>
   </si>
   <si>
     <t>Bemessungs-
 grundlage / FV</t>
   </si>
   <si>
     <t>Hülle</t>
   </si>
   <si>
     <t>Emittent_LEI</t>
   </si>
   <si>
     <t>Konzern_LEI</t>
   </si>
   <si>
     <t>La Francaise Systematic Asset Management GmbH</t>
   </si>
   <si>
     <t>DE000A0MKQM3</t>
   </si>
   <si>
     <t>La Française Systematic Global Listed Real Estate I</t>
   </si>
   <si>
-    <t>US0144911049</t>
-[...2 lines deleted...]
-    <t>ALEXANDER &amp; BALDWIN INC</t>
+    <t>US0534841012</t>
+  </si>
+  <si>
+    <t>AVALONBAY COMMUNITIES INC</t>
   </si>
   <si>
     <t>bilanziell</t>
   </si>
   <si>
-    <t>283026</t>
-[...17 lines deleted...]
-    <t>5067006XH174LA44H658</t>
+    <t>914867</t>
+  </si>
+  <si>
+    <t>Avalonbay Communities Inc.</t>
+  </si>
+  <si>
+    <t>K9G90K85RBWD2LAGQX17</t>
   </si>
   <si>
     <t>US11120U1051</t>
   </si>
   <si>
     <t>BRIXMOR PROPERTY GROUP INC</t>
   </si>
   <si>
     <t>725716</t>
   </si>
   <si>
     <t>Brixmor Property Group Inc.</t>
   </si>
   <si>
     <t>5299007UXW6Y0W2EGZ95</t>
   </si>
   <si>
     <t>SG1M51904654</t>
   </si>
   <si>
     <t>CAPITALAND INTEGRATED COMMER</t>
   </si>
   <si>
     <t>691418</t>
   </si>
@@ -194,101 +182,143 @@
   <si>
     <t>929005</t>
   </si>
   <si>
     <t>Carmila S.A.S.</t>
   </si>
   <si>
     <t>222100P6D3QKU33LZQ72</t>
   </si>
   <si>
     <t>US12504L1098</t>
   </si>
   <si>
     <t>CBRE GROUP INC - A</t>
   </si>
   <si>
     <t>231279</t>
   </si>
   <si>
     <t>CBRE Group Inc.</t>
   </si>
   <si>
     <t>52990016II9MJ2OSWA10</t>
   </si>
   <si>
+    <t>AU000000CHC0</t>
+  </si>
+  <si>
+    <t>CHARTER HALL GROUP</t>
+  </si>
+  <si>
+    <t>246352</t>
+  </si>
+  <si>
+    <t>Charter Hall Group</t>
+  </si>
+  <si>
     <t>CA17039A1066</t>
   </si>
   <si>
     <t>CHOICE PROPERTIES REIT</t>
   </si>
   <si>
     <t>464631</t>
   </si>
   <si>
     <t>Choice Properties Reit</t>
   </si>
   <si>
     <t>853286</t>
   </si>
   <si>
     <t>Loblaw Companies Ltd.</t>
   </si>
   <si>
     <t>5493007MYGFSLOZGT937</t>
   </si>
   <si>
-    <t>ES0139140174</t>
-[...13 lines deleted...]
-  <si>
     <t>US22002T1088</t>
   </si>
   <si>
     <t>COPT DEFENSE PROPERTIES</t>
   </si>
   <si>
     <t>913833</t>
   </si>
   <si>
     <t>COPT Defense Properties</t>
   </si>
   <si>
     <t>YY1J47X6LF9TYY8JY420</t>
   </si>
   <si>
+    <t>FR0000064578</t>
+  </si>
+  <si>
+    <t>COVIVIO</t>
+  </si>
+  <si>
+    <t>659094</t>
+  </si>
+  <si>
+    <t>Covivio S.A.</t>
+  </si>
+  <si>
+    <t>969500P8M3W2XX376054</t>
+  </si>
+  <si>
+    <t>CA2271071094</t>
+  </si>
+  <si>
+    <t>CROMBIE REAL ESTATE INVESTME</t>
+  </si>
+  <si>
+    <t>273329</t>
+  </si>
+  <si>
+    <t>Crombie Real Estate Investment Trust</t>
+  </si>
+  <si>
+    <t>549300OGQML2MCFAPT83</t>
+  </si>
+  <si>
+    <t>NL00150006R6</t>
+  </si>
+  <si>
+    <t>CTP NV</t>
+  </si>
+  <si>
+    <t>486882</t>
+  </si>
+  <si>
+    <t>CTP N.V.</t>
+  </si>
+  <si>
+    <t>3157000YTVO4TN65UM14</t>
+  </si>
+  <si>
     <t>CA26153W1095</t>
   </si>
   <si>
     <t>DREAM INDUSTRIAL REAL ESTATE</t>
   </si>
   <si>
     <t>715832</t>
   </si>
   <si>
     <t>Dream Industrial Real Estate Investment Trust</t>
   </si>
   <si>
     <t>549300QOI0TM3CBYUH79</t>
   </si>
   <si>
     <t>US26884U1097</t>
   </si>
   <si>
     <t>EPR PROPERTIES</t>
   </si>
   <si>
     <t>910640</t>
   </si>
   <si>
     <t>EPR Properties</t>
@@ -305,125 +335,95 @@
   <si>
     <t>885878</t>
   </si>
   <si>
     <t>Equity Lifestyle Properties Inc.</t>
   </si>
   <si>
     <t>529900PEQG66LENB6798</t>
   </si>
   <si>
     <t>US29670E1073</t>
   </si>
   <si>
     <t>ESSENTIAL PROPERTIES REALTY</t>
   </si>
   <si>
     <t>809558</t>
   </si>
   <si>
     <t>Essential Properties Realty Trust Inc.</t>
   </si>
   <si>
     <t>2549009LXQLVYCGLZO50</t>
   </si>
   <si>
+    <t>US2971781057</t>
+  </si>
+  <si>
+    <t>ESSEX PROPERTY TRUST INC</t>
+  </si>
+  <si>
+    <t>891315</t>
+  </si>
+  <si>
+    <t>Essex Property Trust Inc.</t>
+  </si>
+  <si>
+    <t>549300TR2H2VEFX0NC60</t>
+  </si>
+  <si>
     <t>NL0015000K93</t>
   </si>
   <si>
     <t>EUROCOMMERCIAL PROPERTIES NV</t>
   </si>
   <si>
     <t>974885</t>
   </si>
   <si>
     <t>Eurocommercial Properties N.V.</t>
   </si>
   <si>
     <t>724500SFK53FPNM68L95</t>
   </si>
   <si>
     <t>CA31890B1031</t>
   </si>
   <si>
     <t>FIRST CAPITAL REAL ESTATE IN</t>
   </si>
   <si>
     <t>811922</t>
   </si>
   <si>
     <t>First Capital Real Estate Investment Trust</t>
   </si>
   <si>
     <t>54930042UG2WCIIAQZ39</t>
   </si>
   <si>
-    <t>US35086T1097</t>
-[...43 lines deleted...]
-  <si>
     <t>AU000000GPT8</t>
   </si>
   <si>
     <t>GPT GROUP</t>
   </si>
   <si>
     <t>867152</t>
   </si>
   <si>
     <t>GPT Group</t>
   </si>
   <si>
     <t>US44107P1049</t>
   </si>
   <si>
     <t>HOST HOTELS &amp; RESORTS INC</t>
   </si>
   <si>
     <t>858528</t>
   </si>
   <si>
     <t>Host Hotels &amp; Resorts Inc.</t>
   </si>
   <si>
     <t>N6EL63S0K3PB1YFTDI24</t>
@@ -479,185 +479,176 @@
   <si>
     <t>908217</t>
   </si>
   <si>
     <t>Jones Lang Lasalle Inc.</t>
   </si>
   <si>
     <t>6SYKCME112RT8TQUO411</t>
   </si>
   <si>
     <t>CA49410M1023</t>
   </si>
   <si>
     <t>KILLAM APARTMENT REAL ESTATE</t>
   </si>
   <si>
     <t>246508</t>
   </si>
   <si>
     <t>Killam Apartment Real Estate Investment Trust</t>
   </si>
   <si>
     <t>2549001RZSL75H60JE41</t>
   </si>
   <si>
-    <t>US49446R1095</t>
-[...11 lines deleted...]
-    <t>254900ARY41P4V1JL861</t>
+    <t>US49427F1084</t>
+  </si>
+  <si>
+    <t>KILROY REALTY CORP</t>
+  </si>
+  <si>
+    <t>905164</t>
+  </si>
+  <si>
+    <t>Kilroy Realty Corp.</t>
+  </si>
+  <si>
+    <t>549300CXXI18B214UN80</t>
   </si>
   <si>
     <t>FR0000121964</t>
   </si>
   <si>
     <t>KLEPIERRE</t>
   </si>
   <si>
     <t>863272</t>
   </si>
   <si>
     <t>Klépierre S.A.</t>
   </si>
   <si>
     <t>969500PB4U31KEFHZ621</t>
   </si>
   <si>
     <t>FR0010609115</t>
   </si>
   <si>
     <t>LF TRESORERIE ISR PART I</t>
   </si>
   <si>
     <t>239934</t>
   </si>
   <si>
     <t>La Française SICAV - La Française Trésorerie</t>
   </si>
   <si>
     <t>403416</t>
   </si>
   <si>
     <t>Caisse Fédérale du Crédit Mutuel Nord Europe</t>
   </si>
   <si>
     <t>969500HZG40X186MLQ68</t>
   </si>
   <si>
-    <t>GB00B4WFW713</t>
-[...13 lines deleted...]
-  <si>
     <t>ES0105025003</t>
   </si>
   <si>
     <t>MERLIN PROPERTIES SOCIMI SA</t>
   </si>
   <si>
     <t>761208</t>
   </si>
   <si>
     <t>Merlin Properties SOCIMI S.A.</t>
   </si>
   <si>
     <t>959800L8KD863DP30X04</t>
   </si>
   <si>
-    <t>AU000000NSR2</t>
-[...7 lines deleted...]
-  <si>
     <t>US6374171063</t>
   </si>
   <si>
     <t>NNN REIT INC</t>
   </si>
   <si>
     <t>902846</t>
   </si>
   <si>
     <t>NNN REIT Inc.</t>
   </si>
   <si>
     <t>5493008JKH5SOTI0JS97</t>
   </si>
   <si>
-    <t>JP3762900003</t>
-[...11 lines deleted...]
-    <t>353800UZ91CT24OL9P59</t>
+    <t>JP3048110005</t>
+  </si>
+  <si>
+    <t>NOMURA REAL ESTATE MASTER FU</t>
+  </si>
+  <si>
+    <t>744362</t>
+  </si>
+  <si>
+    <t>Nomura Real Estate Master Fund Inc.</t>
+  </si>
+  <si>
+    <t>353800TNNZOQ1CPZE086</t>
   </si>
   <si>
     <t>US6819361006</t>
   </si>
   <si>
     <t>OMEGA HEALTHCARE INVESTORS</t>
   </si>
   <si>
     <t>890454</t>
   </si>
   <si>
     <t>Omega Healthcare Investors Inc.</t>
   </si>
   <si>
     <t>549300OJ7ENK42CZ8E73</t>
   </si>
   <si>
+    <t>JP3040880001</t>
+  </si>
+  <si>
+    <t>ORIX JREIT INC</t>
+  </si>
+  <si>
+    <t>661521</t>
+  </si>
+  <si>
+    <t>Orix Jreit Inc.</t>
+  </si>
+  <si>
+    <t>353800WVNTBIU65TA247</t>
+  </si>
+  <si>
     <t>US7588491032</t>
   </si>
   <si>
     <t>REGENCY CENTERS CORP</t>
   </si>
   <si>
     <t>888499</t>
   </si>
   <si>
     <t>Regency Centers Corp.</t>
   </si>
   <si>
     <t>529900053A7X7FJ97S58</t>
   </si>
   <si>
     <t>AU0000253502</t>
   </si>
   <si>
     <t>REGION GROUP</t>
   </si>
   <si>
     <t>743086</t>
   </si>
   <si>
     <t>Region RE Ltd.</t>
@@ -686,201 +677,222 @@
   <si>
     <t>282491</t>
   </si>
   <si>
     <t>Sabra Health Care Reit Inc.</t>
   </si>
   <si>
     <t>549300E3BC7GU7TAZ621</t>
   </si>
   <si>
     <t>AU000000SCG8</t>
   </si>
   <si>
     <t>SCENTRE GROUP</t>
   </si>
   <si>
     <t>743760</t>
   </si>
   <si>
     <t>Scentre Group Ltd.</t>
   </si>
   <si>
     <t>529900TUCASM3W86E831</t>
   </si>
   <si>
+    <t>JP3420600003</t>
+  </si>
+  <si>
+    <t>SEKISUI HOUSE LTD</t>
+  </si>
+  <si>
+    <t>850022</t>
+  </si>
+  <si>
+    <t>Sekisui House Ltd.</t>
+  </si>
+  <si>
+    <t>529900GMNDOYQSAJAE76</t>
+  </si>
+  <si>
     <t>US8288061091</t>
   </si>
   <si>
     <t>SIMON PROPERTY GROUP INC</t>
   </si>
   <si>
     <t>916647</t>
   </si>
   <si>
     <t>Simon Property Group Inc.</t>
   </si>
   <si>
     <t>529900GQL5X8H7AO3T64</t>
   </si>
   <si>
+    <t>GG00B1W3VF54</t>
+  </si>
+  <si>
+    <t>SIRIUS REAL ESTATE LTD</t>
+  </si>
+  <si>
+    <t>270118</t>
+  </si>
+  <si>
+    <t>Sirius Real Estate Ltd.</t>
+  </si>
+  <si>
+    <t>213800NURUF5W8QSK566</t>
+  </si>
+  <si>
     <t>CA83179X1087</t>
   </si>
   <si>
     <t>SMARTCENTRES REAL ESTATE INV</t>
   </si>
   <si>
     <t>202856</t>
   </si>
   <si>
     <t>SmartCentres Real Estate Investment Trust</t>
   </si>
   <si>
     <t>549300HKEP2IYWZ14H97</t>
   </si>
   <si>
+    <t>US85254J1025</t>
+  </si>
+  <si>
+    <t>STAG INDUSTRIAL INC</t>
+  </si>
+  <si>
+    <t>721521</t>
+  </si>
+  <si>
+    <t>STAG Industrial Inc.</t>
+  </si>
+  <si>
+    <t>549300QWYX2W6FASVQ07</t>
+  </si>
+  <si>
     <t>AU000000SGP0</t>
   </si>
   <si>
     <t>STOCKLAND</t>
   </si>
   <si>
     <t>887471</t>
   </si>
   <si>
     <t>Stockland</t>
   </si>
   <si>
     <t>US8754651060</t>
   </si>
   <si>
     <t>TANGER INC</t>
   </si>
   <si>
     <t>886676</t>
   </si>
   <si>
     <t>Tanger Inc.</t>
   </si>
   <si>
     <t>UKEW8YSXE4Y581KYOL30</t>
   </si>
   <si>
-    <t>JP3569200003</t>
-[...10 lines deleted...]
-  <si>
     <t>FR0013326246</t>
   </si>
   <si>
     <t>UNIBAIL-RODAMCO-WESTFIELD</t>
   </si>
   <si>
     <t>863733</t>
   </si>
   <si>
     <t>Unibail-Rodamco-Westfield SE</t>
   </si>
   <si>
     <t>969500SHQITWXSIS7N89</t>
   </si>
   <si>
+    <t>US92276F1003</t>
+  </si>
+  <si>
+    <t>VENTAS INC</t>
+  </si>
+  <si>
+    <t>878380</t>
+  </si>
+  <si>
+    <t>Ventas Inc.</t>
+  </si>
+  <si>
+    <t>ORQTRC074CWLT3DKHT41</t>
+  </si>
+  <si>
     <t>US9256521090</t>
   </si>
   <si>
     <t>VICI PROPERTIES INC</t>
   </si>
   <si>
     <t>806565</t>
   </si>
   <si>
     <t>Vici Properties Inc.</t>
   </si>
   <si>
     <t>254900RKH6RY9KCJQH63</t>
   </si>
   <si>
     <t>AU000000VCX7</t>
   </si>
   <si>
     <t>VICINITY CENTRES</t>
   </si>
   <si>
     <t>282944</t>
   </si>
   <si>
     <t>Vicinity Centres Ltd.</t>
   </si>
   <si>
-    <t>US9290421091</t>
-[...38 lines deleted...]
-    <t>254900F33BIAR82QTA19</t>
+    <t>US92936U1097</t>
+  </si>
+  <si>
+    <t>WP CAREY INC</t>
+  </si>
+  <si>
+    <t>938259</t>
+  </si>
+  <si>
+    <t>W.P. Carey Inc.</t>
+  </si>
+  <si>
+    <t>54930042CRNE713E3Q67</t>
   </si>
   <si>
     <t>Sammelposten Accounts</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
     <t>BNP Paribas S.A.</t>
   </si>
   <si>
     <t>R0MUWSFPU8MPRO8K5P83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1226,74 +1238,74 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R53"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="F1" workbookViewId="0">
-      <selection activeCell="P60" sqref="P60"/>
+    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
+      <selection activeCell="P63" sqref="P62:P63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="47" style="4" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="43.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="43.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6" style="5" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.85546875" style="5" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="20.85546875" style="5" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="18" max="18" width="27.85546875" style="4" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="10" max="10" width="20.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="17.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="40.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="40.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="24" style="4" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="24" style="4" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="19" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>13</v>
       </c>
@@ -1320,2803 +1332,2815 @@
       </c>
       <c r="O1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2">
-        <v>1.6833092300000001E-2</v>
+        <v>1.8659235100000001E-2</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>1.6833092300000001E-2</v>
+        <v>1.8659235100000001E-2</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
-      <c r="Q2"/>
-      <c r="R2"/>
+      <c r="Q2" t="s">
+        <v>26</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G3">
-        <v>2.1278626200000001E-2</v>
+        <v>1.92666864E-2</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>2.1278626200000001E-2</v>
+        <v>1.92666864E-2</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N3" t="s">
+        <v>30</v>
+      </c>
+      <c r="O3" t="s">
         <v>29</v>
       </c>
-      <c r="O3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="R3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G4">
-        <v>1.8598573300000001E-2</v>
+        <v>1.93506479E-2</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>1.8598573300000001E-2</v>
+        <v>1.93506479E-2</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="N4" t="s">
+        <v>35</v>
+      </c>
+      <c r="O4" t="s">
         <v>34</v>
       </c>
-      <c r="O4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="Q4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="R4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G5">
-        <v>2.0330792800000001E-2</v>
+        <v>2.0537326500000001E-2</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>2.0330792800000001E-2</v>
+        <v>2.0537326500000001E-2</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
         <v>39</v>
       </c>
-      <c r="O5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Q5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G6">
-        <v>2.1405458400000001E-2</v>
+        <v>2.12342625E-2</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>2.1405458400000001E-2</v>
+        <v>2.12342625E-2</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N6" t="s">
+        <v>45</v>
+      </c>
+      <c r="O6" t="s">
         <v>44</v>
       </c>
-      <c r="O6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Q6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="R6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G7">
-        <v>1.8921324E-2</v>
+        <v>1.6853101400000001E-2</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>1.8921324E-2</v>
+        <v>1.6853101400000001E-2</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="N7" t="s">
+        <v>50</v>
+      </c>
+      <c r="O7" t="s">
         <v>49</v>
       </c>
-      <c r="O7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G8">
-        <v>2.01722823E-2</v>
+        <v>1.8342153900000002E-2</v>
       </c>
       <c r="H8"/>
       <c r="I8">
-        <v>2.01722823E-2</v>
+        <v>1.8342153900000002E-2</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N8" t="s">
+        <v>55</v>
+      </c>
+      <c r="O8" t="s">
         <v>54</v>
       </c>
-      <c r="O8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P8" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="Q8" t="s">
         <v>55</v>
       </c>
-      <c r="R8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q8"/>
+      <c r="R8"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9">
-        <v>2.02473497E-2</v>
+        <v>1.9786591199999998E-2</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>2.02473497E-2</v>
+        <v>1.9786591199999998E-2</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M9" t="s">
         <v>58</v>
       </c>
       <c r="N9" t="s">
         <v>59</v>
       </c>
       <c r="O9" t="s">
         <v>60</v>
       </c>
       <c r="P9" t="s">
         <v>61</v>
       </c>
       <c r="Q9" t="s">
         <v>62</v>
       </c>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E10" t="s">
         <v>63</v>
       </c>
       <c r="F10" t="s">
         <v>64</v>
       </c>
       <c r="G10">
-        <v>1.8495798300000001E-2</v>
+        <v>2.0290650899999998E-2</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>1.8495798300000001E-2</v>
+        <v>2.0290650899999998E-2</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M10" t="s">
         <v>65</v>
       </c>
       <c r="N10" t="s">
         <v>66</v>
       </c>
       <c r="O10" t="s">
         <v>65</v>
       </c>
       <c r="P10" t="s">
         <v>66</v>
       </c>
       <c r="Q10" t="s">
         <v>67</v>
       </c>
       <c r="R10" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E11" t="s">
         <v>68</v>
       </c>
       <c r="F11" t="s">
         <v>69</v>
       </c>
       <c r="G11">
-        <v>2.1399456899999999E-2</v>
+        <v>1.94391407E-2</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>2.1399456899999999E-2</v>
+        <v>1.94391407E-2</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M11" t="s">
         <v>70</v>
       </c>
       <c r="N11" t="s">
         <v>71</v>
       </c>
       <c r="O11" t="s">
         <v>70</v>
       </c>
       <c r="P11" t="s">
         <v>71</v>
       </c>
       <c r="Q11" t="s">
         <v>72</v>
       </c>
       <c r="R11" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E12" t="s">
         <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12">
-        <v>1.9674714499999999E-2</v>
+        <v>1.9885302300000001E-2</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>1.9674714499999999E-2</v>
+        <v>1.9885302300000001E-2</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M12" t="s">
         <v>75</v>
       </c>
       <c r="N12" t="s">
         <v>76</v>
       </c>
       <c r="O12" t="s">
         <v>75</v>
       </c>
       <c r="P12" t="s">
         <v>76</v>
       </c>
       <c r="Q12" t="s">
         <v>77</v>
       </c>
       <c r="R12" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E13" t="s">
         <v>78</v>
       </c>
       <c r="F13" t="s">
         <v>79</v>
       </c>
       <c r="G13">
-        <v>1.7228131300000001E-2</v>
+        <v>1.8724936800000001E-2</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>1.7228131300000001E-2</v>
+        <v>1.8724936800000001E-2</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M13" t="s">
         <v>80</v>
       </c>
       <c r="N13" t="s">
         <v>81</v>
       </c>
       <c r="O13" t="s">
         <v>80</v>
       </c>
       <c r="P13" t="s">
         <v>81</v>
       </c>
       <c r="Q13" t="s">
         <v>82</v>
       </c>
       <c r="R13" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E14" t="s">
         <v>83</v>
       </c>
       <c r="F14" t="s">
         <v>84</v>
       </c>
       <c r="G14">
-        <v>2.0307985000000001E-2</v>
+        <v>1.9449752099999999E-2</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>2.0307985000000001E-2</v>
+        <v>1.9449752099999999E-2</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M14" t="s">
         <v>85</v>
       </c>
       <c r="N14" t="s">
         <v>86</v>
       </c>
       <c r="O14" t="s">
         <v>85</v>
       </c>
       <c r="P14" t="s">
         <v>86</v>
       </c>
       <c r="Q14" t="s">
         <v>87</v>
       </c>
       <c r="R14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E15" t="s">
         <v>88</v>
       </c>
       <c r="F15" t="s">
         <v>89</v>
       </c>
       <c r="G15">
-        <v>2.0905989E-2</v>
+        <v>1.89532995E-2</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>2.0905989E-2</v>
+        <v>1.89532995E-2</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M15" t="s">
         <v>90</v>
       </c>
       <c r="N15" t="s">
         <v>91</v>
       </c>
       <c r="O15" t="s">
         <v>90</v>
       </c>
       <c r="P15" t="s">
         <v>91</v>
       </c>
       <c r="Q15" t="s">
         <v>92</v>
       </c>
       <c r="R15" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E16" t="s">
         <v>93</v>
       </c>
       <c r="F16" t="s">
         <v>94</v>
       </c>
       <c r="G16">
-        <v>1.8819934300000001E-2</v>
+        <v>1.9213269500000001E-2</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>1.8819934300000001E-2</v>
+        <v>1.9213269500000001E-2</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M16" t="s">
         <v>95</v>
       </c>
       <c r="N16" t="s">
         <v>96</v>
       </c>
       <c r="O16" t="s">
         <v>95</v>
       </c>
       <c r="P16" t="s">
         <v>96</v>
       </c>
       <c r="Q16" t="s">
         <v>97</v>
       </c>
       <c r="R16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E17" t="s">
         <v>98</v>
       </c>
       <c r="F17" t="s">
         <v>99</v>
       </c>
       <c r="G17">
-        <v>1.9545842899999999E-2</v>
+        <v>1.9550207E-2</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>1.9545842899999999E-2</v>
+        <v>1.9550207E-2</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M17" t="s">
         <v>100</v>
       </c>
       <c r="N17" t="s">
         <v>101</v>
       </c>
       <c r="O17" t="s">
         <v>100</v>
       </c>
       <c r="P17" t="s">
         <v>101</v>
       </c>
       <c r="Q17" t="s">
         <v>102</v>
       </c>
       <c r="R17" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>104</v>
       </c>
       <c r="G18">
-        <v>1.9357679999999999E-2</v>
+        <v>1.9190654200000001E-2</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>1.9357679999999999E-2</v>
+        <v>1.9190654200000001E-2</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M18" t="s">
         <v>105</v>
       </c>
       <c r="N18" t="s">
         <v>106</v>
       </c>
       <c r="O18" t="s">
         <v>105</v>
       </c>
       <c r="P18" t="s">
         <v>106</v>
       </c>
       <c r="Q18" t="s">
         <v>107</v>
       </c>
       <c r="R18" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E19" t="s">
         <v>108</v>
       </c>
       <c r="F19" t="s">
         <v>109</v>
       </c>
       <c r="G19">
-        <v>1.7906435500000002E-2</v>
+        <v>2.09981313E-2</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>1.7906435500000002E-2</v>
+        <v>2.09981313E-2</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M19" t="s">
         <v>110</v>
       </c>
       <c r="N19" t="s">
         <v>111</v>
       </c>
       <c r="O19" t="s">
         <v>110</v>
       </c>
       <c r="P19" t="s">
         <v>111</v>
       </c>
       <c r="Q19" t="s">
         <v>112</v>
       </c>
       <c r="R19" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>19</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E20" t="s">
         <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>114</v>
       </c>
       <c r="G20">
-        <v>2.0721147299999999E-2</v>
+        <v>2.1218985700000002E-2</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>2.0721147299999999E-2</v>
+        <v>2.1218985700000002E-2</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M20" t="s">
         <v>115</v>
       </c>
       <c r="N20" t="s">
         <v>116</v>
       </c>
       <c r="O20" t="s">
         <v>115</v>
       </c>
       <c r="P20" t="s">
         <v>116</v>
       </c>
       <c r="Q20" t="s">
         <v>117</v>
       </c>
       <c r="R20" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>19</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E21" t="s">
         <v>118</v>
       </c>
       <c r="F21" t="s">
         <v>119</v>
       </c>
       <c r="G21">
-        <v>1.9937838999999999E-2</v>
+        <v>1.8722168899999999E-2</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>1.9937838999999999E-2</v>
+        <v>1.8722168899999999E-2</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M21" t="s">
         <v>120</v>
       </c>
       <c r="N21" t="s">
         <v>121</v>
       </c>
       <c r="O21" t="s">
         <v>120</v>
       </c>
       <c r="P21" t="s">
         <v>121</v>
       </c>
       <c r="Q21"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>19</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E22" t="s">
         <v>122</v>
       </c>
       <c r="F22" t="s">
         <v>123</v>
       </c>
       <c r="G22">
-        <v>2.04050143E-2</v>
+        <v>2.01014586E-2</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>2.04050143E-2</v>
+        <v>2.01014586E-2</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M22" t="s">
         <v>124</v>
       </c>
       <c r="N22" t="s">
         <v>125</v>
       </c>
       <c r="O22" t="s">
         <v>124</v>
       </c>
       <c r="P22" t="s">
         <v>125</v>
       </c>
       <c r="Q22" t="s">
         <v>126</v>
       </c>
       <c r="R22" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>19</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E23" t="s">
         <v>127</v>
       </c>
       <c r="F23" t="s">
         <v>128</v>
       </c>
       <c r="G23">
-        <v>1.8340491E-2</v>
+        <v>1.7648608699999999E-2</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>1.8340491E-2</v>
+        <v>1.7648608699999999E-2</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M23" t="s">
         <v>129</v>
       </c>
       <c r="N23" t="s">
         <v>130</v>
       </c>
       <c r="O23" t="s">
         <v>129</v>
       </c>
       <c r="P23" t="s">
         <v>130</v>
       </c>
       <c r="Q23"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>19</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E24" t="s">
         <v>131</v>
       </c>
       <c r="F24" t="s">
         <v>132</v>
       </c>
       <c r="G24">
-        <v>1.9619143700000001E-2</v>
+        <v>2.0915797199999999E-2</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>1.9619143700000001E-2</v>
+        <v>2.0915797199999999E-2</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M24" t="s">
         <v>133</v>
       </c>
       <c r="N24" t="s">
         <v>134</v>
       </c>
       <c r="O24" t="s">
         <v>133</v>
       </c>
       <c r="P24" t="s">
         <v>134</v>
       </c>
       <c r="Q24" t="s">
         <v>135</v>
       </c>
       <c r="R24" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>19</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E25" t="s">
         <v>136</v>
       </c>
       <c r="F25" t="s">
         <v>137</v>
       </c>
       <c r="G25">
-        <v>1.99409711E-2</v>
+        <v>1.8913729099999999E-2</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>1.99409711E-2</v>
+        <v>1.8913729099999999E-2</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M25" t="s">
         <v>138</v>
       </c>
       <c r="N25" t="s">
         <v>139</v>
       </c>
       <c r="O25" t="s">
         <v>138</v>
       </c>
       <c r="P25" t="s">
         <v>139</v>
       </c>
       <c r="Q25" t="s">
         <v>140</v>
       </c>
       <c r="R25" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
         <v>19</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E26" t="s">
         <v>141</v>
       </c>
       <c r="F26" t="s">
         <v>142</v>
       </c>
       <c r="G26">
-        <v>2.13871094E-2</v>
+        <v>1.70151092E-2</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>2.13871094E-2</v>
+        <v>1.70151092E-2</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M26" t="s">
         <v>143</v>
       </c>
       <c r="N26" t="s">
         <v>144</v>
       </c>
       <c r="O26" t="s">
         <v>143</v>
       </c>
       <c r="P26" t="s">
         <v>144</v>
       </c>
       <c r="Q26" t="s">
         <v>145</v>
       </c>
       <c r="R26" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>19</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E27" t="s">
         <v>146</v>
       </c>
       <c r="F27" t="s">
         <v>147</v>
       </c>
       <c r="G27">
-        <v>1.83378825E-2</v>
+        <v>1.84756843E-2</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>1.83378825E-2</v>
+        <v>1.84756843E-2</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M27" t="s">
         <v>148</v>
       </c>
       <c r="N27" t="s">
         <v>149</v>
       </c>
       <c r="O27" t="s">
         <v>148</v>
       </c>
       <c r="P27" t="s">
         <v>149</v>
       </c>
       <c r="Q27" t="s">
         <v>150</v>
       </c>
       <c r="R27" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>19</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E28" t="s">
         <v>151</v>
       </c>
       <c r="F28" t="s">
         <v>152</v>
       </c>
       <c r="G28">
-        <v>1.8876766900000001E-2</v>
+        <v>1.41312561E-2</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>1.8876766900000001E-2</v>
+        <v>1.41312561E-2</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M28" t="s">
         <v>153</v>
       </c>
       <c r="N28" t="s">
         <v>154</v>
       </c>
       <c r="O28" t="s">
         <v>153</v>
       </c>
       <c r="P28" t="s">
         <v>154</v>
       </c>
       <c r="Q28" t="s">
         <v>155</v>
       </c>
       <c r="R28" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>19</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E29" t="s">
         <v>156</v>
       </c>
       <c r="F29" t="s">
         <v>157</v>
       </c>
       <c r="G29">
-        <v>1.9795215299999998E-2</v>
+        <v>2.0201337699999999E-2</v>
       </c>
       <c r="H29"/>
       <c r="I29">
-        <v>1.9795215299999998E-2</v>
+        <v>2.0201337699999999E-2</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M29" t="s">
         <v>158</v>
       </c>
       <c r="N29" t="s">
         <v>159</v>
       </c>
       <c r="O29" t="s">
         <v>158</v>
       </c>
       <c r="P29" t="s">
         <v>159</v>
       </c>
       <c r="Q29" t="s">
         <v>160</v>
       </c>
       <c r="R29" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>19</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E30" t="s">
         <v>161</v>
       </c>
       <c r="F30" t="s">
         <v>162</v>
       </c>
       <c r="G30">
-        <v>1.01090016E-2</v>
+        <v>1.0850978799999999E-2</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>1.01090016E-2</v>
+        <v>1.0850978799999999E-2</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
         <v>12.5</v>
       </c>
       <c r="M30" t="s">
         <v>163</v>
       </c>
       <c r="N30" t="s">
         <v>164</v>
       </c>
       <c r="O30" t="s">
         <v>165</v>
       </c>
       <c r="P30" t="s">
         <v>166</v>
       </c>
       <c r="Q30" t="s">
         <v>167</v>
       </c>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>19</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E31" t="s">
         <v>168</v>
       </c>
       <c r="F31" t="s">
         <v>169</v>
       </c>
       <c r="G31">
-        <v>1.9867235399999999E-2</v>
+        <v>1.9500350499999999E-2</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>1.9867235399999999E-2</v>
+        <v>1.9500350499999999E-2</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M31" t="s">
         <v>170</v>
       </c>
       <c r="N31" t="s">
         <v>171</v>
       </c>
       <c r="O31" t="s">
         <v>170</v>
       </c>
       <c r="P31" t="s">
         <v>171</v>
       </c>
       <c r="Q31" t="s">
         <v>172</v>
       </c>
       <c r="R31" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>19</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E32" t="s">
         <v>173</v>
       </c>
       <c r="F32" t="s">
         <v>174</v>
       </c>
       <c r="G32">
-        <v>1.9275404199999999E-2</v>
+        <v>2.0853416199999999E-2</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>1.9275404199999999E-2</v>
+        <v>2.0853416199999999E-2</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M32" t="s">
         <v>175</v>
       </c>
       <c r="N32" t="s">
         <v>176</v>
       </c>
       <c r="O32" t="s">
         <v>175</v>
       </c>
       <c r="P32" t="s">
         <v>176</v>
       </c>
       <c r="Q32" t="s">
         <v>177</v>
       </c>
       <c r="R32" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>19</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E33" t="s">
         <v>178</v>
       </c>
       <c r="F33" t="s">
         <v>179</v>
       </c>
       <c r="G33">
-        <v>2.2591103500000001E-2</v>
+        <v>1.7331181300000002E-2</v>
       </c>
       <c r="H33"/>
       <c r="I33">
-        <v>2.2591103500000001E-2</v>
+        <v>1.7331181300000002E-2</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M33" t="s">
         <v>180</v>
       </c>
       <c r="N33" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="O33" t="s">
         <v>180</v>
       </c>
       <c r="P33" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-      <c r="R33"/>
+        <v>181</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>182</v>
+      </c>
+      <c r="R33" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>19</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E34" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F34" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G34">
-        <v>1.9071952600000001E-2</v>
+        <v>2.0578385800000001E-2</v>
       </c>
       <c r="H34"/>
       <c r="I34">
-        <v>1.9071952600000001E-2</v>
+        <v>2.0578385800000001E-2</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M34" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="N34" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="O34" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="P34" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="Q34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="R34" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>19</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E35" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F35" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G35">
-        <v>1.9336075000000001E-2</v>
+        <v>1.7295875299999999E-2</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>1.9336075000000001E-2</v>
+        <v>1.7295875299999999E-2</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M35" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="N35" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="O35" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="P35" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="Q35" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="R35" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>19</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E36" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F36" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G36">
-        <v>2.1279025999999999E-2</v>
+        <v>1.9544561700000001E-2</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>2.1279025999999999E-2</v>
+        <v>1.9544561700000001E-2</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="N36" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="O36" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P36" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="Q36" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="R36" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E37" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F37" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="G37">
-        <v>1.9185971900000001E-2</v>
+        <v>1.98153771E-2</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>1.9185971900000001E-2</v>
+        <v>1.98153771E-2</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M37" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="N37" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="O37" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="P37" t="s">
-        <v>199</v>
-[...6 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="Q37"/>
+      <c r="R37"/>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G38">
-        <v>1.9346460400000001E-2</v>
+        <v>1.93255284E-2</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>1.9346460400000001E-2</v>
+        <v>1.93255284E-2</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N38" t="s">
+        <v>205</v>
+      </c>
+      <c r="O38" t="s">
         <v>204</v>
       </c>
-      <c r="O38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P38" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-      <c r="R38"/>
+        <v>205</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>206</v>
+      </c>
+      <c r="R38" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E39" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F39" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="G39">
-        <v>2.00571451E-2</v>
+        <v>2.0117019399999998E-2</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>2.00571451E-2</v>
+        <v>2.0117019399999998E-2</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M39" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="N39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="O39" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="P39" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="Q39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="R39" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E40" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F40" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="G40">
-        <v>2.0662104099999998E-2</v>
+        <v>1.8365468199999999E-2</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>2.0662104099999998E-2</v>
+        <v>1.8365468199999999E-2</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M40" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="N40" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="O40" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="P40" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="Q40" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="R40" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E41" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F41" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="G41">
-        <v>1.9413231100000001E-2</v>
+        <v>2.0834327199999999E-2</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>1.9413231100000001E-2</v>
+        <v>2.0834327199999999E-2</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M41" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="N41" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="O41" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="P41" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="Q41" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="R41" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E42" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F42" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="G42">
-        <v>1.9520388E-2</v>
+        <v>2.0827321699999998E-2</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>1.9520388E-2</v>
+        <v>2.0827321699999998E-2</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="N42" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="O42" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P42" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="Q42" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="R42" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E43" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F43" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G43">
-        <v>1.9217522500000001E-2</v>
+        <v>2.1183335899999999E-2</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>1.9217522500000001E-2</v>
+        <v>2.1183335899999999E-2</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="N43" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="O43" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P43" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="Q43" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="R43" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
     <row r="44" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>19</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E44" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F44" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="G44">
-        <v>1.92524471E-2</v>
+        <v>2.0280370900000001E-2</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>1.92524471E-2</v>
+        <v>2.0280370900000001E-2</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="N44" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="O44" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P44" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-      <c r="R44"/>
+        <v>235</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>236</v>
+      </c>
+      <c r="R44" t="s">
+        <v>236</v>
+      </c>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>19</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E45" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F45" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="G45">
-        <v>1.97364854E-2</v>
+        <v>1.9547176100000001E-2</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>1.97364854E-2</v>
+        <v>1.9547176100000001E-2</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="N45" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="O45" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="P45" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="Q45" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="R45" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>19</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E46" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F46" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="G46">
-        <v>2.23367854E-2</v>
+        <v>1.8559079999999999E-2</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>2.23367854E-2</v>
+        <v>1.8559079999999999E-2</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M46" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="N46" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="O46" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="P46" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="Q46"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>19</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E47" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F47" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="G47">
-        <v>1.99147317E-2</v>
+        <v>2.0506238999999999E-2</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>1.99147317E-2</v>
+        <v>2.0506238999999999E-2</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="N47" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="O47" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="P47" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="Q47" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="R47" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
         <v>19</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E48" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F48" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="G48">
-        <v>1.6975231300000001E-2</v>
+        <v>2.1326898600000001E-2</v>
       </c>
       <c r="H48"/>
       <c r="I48">
-        <v>1.6975231300000001E-2</v>
+        <v>2.1326898300000001E-2</v>
       </c>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M48" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="N48" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="O48" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="P48" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="Q48" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="R48" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
         <v>19</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E49" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="F49" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="G49">
-        <v>1.8791793800000001E-2</v>
+        <v>1.9338001600000002E-2</v>
       </c>
       <c r="H49"/>
       <c r="I49">
-        <v>1.8791793800000001E-2</v>
+        <v>1.9338001600000002E-2</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M49" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="N49" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="O49" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="P49" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-      <c r="R49"/>
+        <v>259</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>260</v>
+      </c>
+      <c r="R49" t="s">
+        <v>260</v>
+      </c>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>19</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E50" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F50" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="G50">
-        <v>1.7781995299999999E-2</v>
+        <v>2.0551864E-2</v>
       </c>
       <c r="H50"/>
       <c r="I50">
-        <v>1.7781995299999999E-2</v>
+        <v>2.0551864E-2</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M50" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="N50" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="O50" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="P50" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-      <c r="R50"/>
+        <v>264</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>265</v>
+      </c>
+      <c r="R50" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
         <v>19</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E51" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F51" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="G51">
-        <v>1.9216670799999998E-2</v>
+        <v>1.8897258699999999E-2</v>
       </c>
       <c r="H51"/>
       <c r="I51">
-        <v>1.9216670799999998E-2</v>
+        <v>1.8897258699999999E-2</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M51" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="N51" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="O51" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="P51" t="s">
-        <v>264</v>
-[...6 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="Q51"/>
+      <c r="R51"/>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>19</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E52" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="F52" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="G52">
-        <v>2.2957126899999999E-2</v>
+        <v>2.11986919E-2</v>
       </c>
       <c r="H52"/>
       <c r="I52">
-        <v>2.2957126800000002E-2</v>
+        <v>2.11986919E-2</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M52" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="N52" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="O52" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="P52" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="Q52" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="R52" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>19</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E53"/>
       <c r="F53" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="G53">
-        <v>5.3130636999999996E-3</v>
+        <v>1.6301807000000001E-2</v>
       </c>
       <c r="H53"/>
       <c r="I53">
-        <v>6.8180033000000001E-3</v>
+        <v>2.7982949699999999E-2</v>
       </c>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
-        <v>0.75300999999999996</v>
+        <v>0.90275000000000005</v>
       </c>
       <c r="M53" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="N53" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="O53" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="P53" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="Q53" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="R53" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.6" right="0.56999999999999995" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
@@ -4129,47 +4153,47 @@
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stahl, Cornelia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
-    <vt:lpwstr>2025-12-05T11:48:11Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-09T12:36:47Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
     <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
     <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
-    <vt:lpwstr>7bade462-e887-4928-9030-bd1aafd35122</vt:lpwstr>
+    <vt:lpwstr>4010fc22-b807-4608-9ac5-7d977a8aebcc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>