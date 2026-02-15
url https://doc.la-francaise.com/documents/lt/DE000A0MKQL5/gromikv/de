--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2026-01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C8AA59E0-5039-4EEB-AB87-2087320926A7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DFD2CFDA-709F-4C43-8A4F-7341925A9A8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="128">
   <si>
     <t>KAG</t>
   </si>
   <si>
     <t>ISIN_Fonds</t>
   </si>
   <si>
     <t>Name_Fonds</t>
   </si>
   <si>
     <t>Stichtag</t>
   </si>
   <si>
@@ -176,57 +176,57 @@
   <si>
     <t>Amundi Index Solutions - Amundi USD Corporate Bond ESG</t>
   </si>
   <si>
     <t>549300JEQE3CM0S0ZJ51</t>
   </si>
   <si>
     <t>LU2572257397</t>
   </si>
   <si>
     <t>AMUNDI MSCI PAC ESG CLIM ZER</t>
   </si>
   <si>
     <t>868292</t>
   </si>
   <si>
     <t>AMUNDI INDEX SOLUTIONS - AMUNDI MSCI PACIFIC ESG BROAD TRANSITION</t>
   </si>
   <si>
     <t>213800SBLTEAN62APV17</t>
   </si>
   <si>
     <t>LU1859444769</t>
   </si>
   <si>
-    <t>BNPP EASY Corp Bond SRI PAB 9UC</t>
+    <t>BNP PARIBAS EASY EUR CORP-UA</t>
   </si>
   <si>
     <t>771327</t>
   </si>
   <si>
-    <t>BNP Paribas Easy - Euro Corp Bond SRI PAB</t>
+    <t>BNP Paribas Easy - BNP Paribas Easy EUR Corp Bond SRI PAB</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
     <t>BNP Paribas S.A.</t>
   </si>
   <si>
     <t>213800R5FRPLL29GH115</t>
   </si>
   <si>
     <t>LU1291102447</t>
   </si>
   <si>
     <t>BNPP EASY MSCI JAPAN MIN TE 9IL</t>
   </si>
   <si>
     <t>744587</t>
   </si>
   <si>
     <t>BNP Paribas Easy - MSCI Japan ex CW</t>
   </si>
   <si>
     <t>213800I1PJ1VY5QRDU86</t>
   </si>
@@ -785,74 +785,74 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R20"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J26" sqref="J26"/>
+    <sheetView tabSelected="1" topLeftCell="G1" workbookViewId="0">
+      <selection activeCell="J27" sqref="J27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="47" style="4" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="43.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.140625" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="36.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6" style="5" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.85546875" style="5" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="20.85546875" style="5" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="18" max="18" width="13.28515625" style="4" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="10" max="10" width="20.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="17.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="70.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="39.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="24" style="4" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="12.42578125" style="4" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="19" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>13</v>
       </c>
@@ -879,1074 +879,1074 @@
       </c>
       <c r="O1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2">
-        <v>6.1660291200000002E-2</v>
+        <v>6.2032912799999999E-2</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>6.1660291200000002E-2</v>
+        <v>6.2032912799999999E-2</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
         <v>12.5</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>26</v>
       </c>
       <c r="P2" t="s">
         <v>27</v>
       </c>
       <c r="Q2" t="s">
         <v>28</v>
       </c>
       <c r="R2"/>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E3" t="s">
         <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>30</v>
       </c>
       <c r="G3">
-        <v>8.1041622999999993E-2</v>
+        <v>8.81775739E-2</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>8.1041622999999993E-2</v>
+        <v>8.81775739E-2</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
         <v>12.5</v>
       </c>
       <c r="M3" t="s">
         <v>31</v>
       </c>
       <c r="N3" t="s">
         <v>32</v>
       </c>
       <c r="O3" t="s">
         <v>26</v>
       </c>
       <c r="P3" t="s">
         <v>27</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3"/>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4">
-        <v>8.5007297499999995E-2</v>
+        <v>8.3365713800000005E-2</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>8.5007297499999995E-2</v>
+        <v>8.3365713800000005E-2</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
         <v>12.5</v>
       </c>
       <c r="M4" t="s">
         <v>36</v>
       </c>
       <c r="N4" t="s">
         <v>37</v>
       </c>
       <c r="O4" t="s">
         <v>26</v>
       </c>
       <c r="P4" t="s">
         <v>27</v>
       </c>
       <c r="Q4" t="s">
         <v>38</v>
       </c>
       <c r="R4"/>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5">
-        <v>5.4094626700000002E-2</v>
+        <v>5.3873292199999999E-2</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>5.4094626700000002E-2</v>
+        <v>5.3873292199999999E-2</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
-        <v>0.86099999999999999</v>
+        <v>0.86628000000000005</v>
       </c>
       <c r="M5" t="s">
         <v>41</v>
       </c>
       <c r="N5" t="s">
         <v>42</v>
       </c>
       <c r="O5" t="s">
         <v>26</v>
       </c>
       <c r="P5" t="s">
         <v>27</v>
       </c>
       <c r="Q5" t="s">
         <v>43</v>
       </c>
       <c r="R5"/>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E6" t="s">
         <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>45</v>
       </c>
       <c r="G6">
-        <v>1.5161099799999999E-2</v>
+        <v>1.6082773299999999E-2</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>1.5161099799999999E-2</v>
+        <v>1.6082773299999999E-2</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
-        <v>12.5</v>
+        <v>1.34988</v>
       </c>
       <c r="M6" t="s">
         <v>46</v>
       </c>
       <c r="N6" t="s">
         <v>47</v>
       </c>
       <c r="O6" t="s">
         <v>26</v>
       </c>
       <c r="P6" t="s">
         <v>27</v>
       </c>
       <c r="Q6" t="s">
         <v>48</v>
       </c>
       <c r="R6"/>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E7" t="s">
         <v>49</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7">
-        <v>3.6303671599999997E-2</v>
+        <v>3.6560287900000002E-2</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>3.6303671599999997E-2</v>
+        <v>3.6560287900000002E-2</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
         <v>12.5</v>
       </c>
       <c r="M7" t="s">
         <v>51</v>
       </c>
       <c r="N7" t="s">
         <v>52</v>
       </c>
       <c r="O7" t="s">
         <v>53</v>
       </c>
       <c r="P7" t="s">
         <v>54</v>
       </c>
       <c r="Q7" t="s">
         <v>55</v>
       </c>
       <c r="R7"/>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E8" t="s">
         <v>56</v>
       </c>
       <c r="F8" t="s">
         <v>57</v>
       </c>
       <c r="G8">
-        <v>2.9567580999999999E-2</v>
+        <v>3.22805486E-2</v>
       </c>
       <c r="H8"/>
       <c r="I8">
-        <v>2.9567580999999999E-2</v>
+        <v>3.22805486E-2</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
         <v>12.5</v>
       </c>
       <c r="M8" t="s">
         <v>58</v>
       </c>
       <c r="N8" t="s">
         <v>59</v>
       </c>
       <c r="O8" t="s">
         <v>53</v>
       </c>
       <c r="P8" t="s">
         <v>54</v>
       </c>
       <c r="Q8" t="s">
         <v>60</v>
       </c>
       <c r="R8"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E9" t="s">
         <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>62</v>
       </c>
       <c r="G9">
-        <v>0.1149857123</v>
+        <v>0.1181928086</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>0.1149857123</v>
+        <v>0.1181928086</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
         <v>12.5</v>
       </c>
       <c r="M9" t="s">
         <v>63</v>
       </c>
       <c r="N9" t="s">
         <v>64</v>
       </c>
       <c r="O9" t="s">
         <v>53</v>
       </c>
       <c r="P9" t="s">
         <v>54</v>
       </c>
       <c r="Q9" t="s">
         <v>65</v>
       </c>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E10" t="s">
         <v>66</v>
       </c>
       <c r="F10" t="s">
         <v>67</v>
       </c>
       <c r="G10">
-        <v>0.1109727194</v>
+        <v>0.10818802180000001</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>0.1109727194</v>
+        <v>0.10818802180000001</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
         <v>12.5</v>
       </c>
       <c r="M10" t="s">
         <v>68</v>
       </c>
       <c r="N10" t="s">
         <v>69</v>
       </c>
       <c r="O10" t="s">
         <v>70</v>
       </c>
       <c r="P10" t="s">
         <v>71</v>
       </c>
       <c r="Q10" t="s">
         <v>72</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E11" t="s">
         <v>73</v>
       </c>
       <c r="F11" t="s">
         <v>74</v>
       </c>
       <c r="G11">
-        <v>1.9587239999999999E-2</v>
+        <v>1.9939791799999999E-2</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>1.9587239999999999E-2</v>
+        <v>1.9939791799999999E-2</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
-        <v>1.4863500000000001</v>
+        <v>1.45488</v>
       </c>
       <c r="M11" t="s">
         <v>75</v>
       </c>
       <c r="N11" t="s">
         <v>76</v>
       </c>
       <c r="O11" t="s">
         <v>77</v>
       </c>
       <c r="P11" t="s">
         <v>78</v>
       </c>
       <c r="Q11" t="s">
         <v>79</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E12" t="s">
         <v>80</v>
       </c>
       <c r="F12" t="s">
         <v>81</v>
       </c>
       <c r="G12">
-        <v>4.1198209399999998E-2</v>
+        <v>4.1057896300000001E-2</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>4.1198209399999998E-2</v>
+        <v>4.1057896300000001E-2</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>12.5</v>
       </c>
       <c r="M12" t="s">
         <v>82</v>
       </c>
       <c r="N12" t="s">
         <v>83</v>
       </c>
       <c r="O12" t="s">
         <v>77</v>
       </c>
       <c r="P12" t="s">
         <v>78</v>
       </c>
       <c r="Q12" t="s">
         <v>84</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E13" t="s">
         <v>85</v>
       </c>
       <c r="F13" t="s">
         <v>86</v>
       </c>
       <c r="G13">
-        <v>2.3880061500000001E-2</v>
+        <v>2.42639186E-2</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>2.3880061500000001E-2</v>
+        <v>2.42639186E-2</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
         <v>12.5</v>
       </c>
       <c r="M13" t="s">
         <v>87</v>
       </c>
       <c r="N13" t="s">
         <v>88</v>
       </c>
       <c r="O13" t="s">
         <v>77</v>
       </c>
       <c r="P13" t="s">
         <v>78</v>
       </c>
       <c r="Q13" t="s">
         <v>89</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E14" t="s">
         <v>90</v>
       </c>
       <c r="F14" t="s">
         <v>91</v>
       </c>
       <c r="G14">
-        <v>1.76532961E-2</v>
+        <v>1.7558113699999999E-2</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>1.76532961E-2</v>
+        <v>1.7558113699999999E-2</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
-        <v>0.67737999999999998</v>
+        <v>0.67212000000000005</v>
       </c>
       <c r="M14" t="s">
         <v>92</v>
       </c>
       <c r="N14" t="s">
         <v>93</v>
       </c>
       <c r="O14" t="s">
         <v>77</v>
       </c>
       <c r="P14" t="s">
         <v>78</v>
       </c>
       <c r="Q14" t="s">
         <v>94</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E15" t="s">
         <v>95</v>
       </c>
       <c r="F15" t="s">
         <v>96</v>
       </c>
       <c r="G15">
-        <v>9.3037910599999996E-2</v>
+        <v>9.0494255199999998E-2</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>9.3037910599999996E-2</v>
+        <v>9.0494255199999998E-2</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
-        <v>1.1989099999999999</v>
+        <v>1.1992700000000001</v>
       </c>
       <c r="M15" t="s">
         <v>97</v>
       </c>
       <c r="N15" t="s">
         <v>98</v>
       </c>
       <c r="O15" t="s">
         <v>99</v>
       </c>
       <c r="P15" t="s">
         <v>100</v>
       </c>
       <c r="Q15" t="s">
         <v>101</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E16" t="s">
         <v>102</v>
       </c>
       <c r="F16" t="s">
         <v>103</v>
       </c>
       <c r="G16">
-        <v>8.0820948E-3</v>
+        <v>4.8580278999999999E-3</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>8.0820948E-3</v>
+        <v>4.8580278999999999E-3</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
         <v>12.5</v>
       </c>
       <c r="M16" t="s">
         <v>104</v>
       </c>
       <c r="N16" t="s">
         <v>105</v>
       </c>
       <c r="O16" t="s">
         <v>106</v>
       </c>
       <c r="P16" t="s">
         <v>107</v>
       </c>
       <c r="Q16" t="s">
         <v>108</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E17" t="s">
         <v>109</v>
       </c>
       <c r="F17" t="s">
         <v>110</v>
       </c>
       <c r="G17">
-        <v>1.7955197199999998E-2</v>
+        <v>1.8136568200000001E-2</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>1.7955197199999998E-2</v>
+        <v>1.8136568200000001E-2</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
         <v>12.5</v>
       </c>
       <c r="M17" t="s">
         <v>111</v>
       </c>
       <c r="N17" t="s">
         <v>112</v>
       </c>
       <c r="O17" t="s">
         <v>113</v>
       </c>
       <c r="P17" t="s">
         <v>114</v>
       </c>
       <c r="Q17" t="s">
         <v>115</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E18" t="s">
         <v>116</v>
       </c>
       <c r="F18" t="s">
         <v>117</v>
       </c>
       <c r="G18">
-        <v>0.16860441300000001</v>
+        <v>0.1697065707</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>0.16860441309999999</v>
+        <v>0.16970657080000001</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
         <v>12.5</v>
       </c>
       <c r="M18" t="s">
         <v>118</v>
       </c>
       <c r="N18" t="s">
         <v>119</v>
       </c>
       <c r="O18" t="s">
         <v>113</v>
       </c>
       <c r="P18" t="s">
         <v>114</v>
       </c>
       <c r="Q18" t="s">
         <v>120</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E19"/>
       <c r="F19" t="s">
         <v>121</v>
       </c>
       <c r="G19">
-        <v>2.0642481800000001E-2</v>
+        <v>1.0959585799999999E-2</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>3.2736394500000002E-2</v>
+        <v>2.7388205499999999E-2</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
-        <v>0.2</v>
+        <v>0.20000999999999999</v>
       </c>
       <c r="M19" t="s">
         <v>53</v>
       </c>
       <c r="N19" t="s">
         <v>54</v>
       </c>
       <c r="O19" t="s">
         <v>53</v>
       </c>
       <c r="P19" t="s">
         <v>54</v>
       </c>
       <c r="Q19" t="s">
         <v>122</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>19</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="6">
-        <v>45930</v>
+        <v>46052</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>123</v>
       </c>
       <c r="G20">
-        <v>5.6447310000000005E-4</v>
+        <v>4.2713389000000003E-3</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>1.2504572800000001E-2</v>
+        <v>1.48830804E-2</v>
       </c>
       <c r="J20" t="s">
         <v>124</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
         <v>0.3</v>
       </c>
       <c r="M20" t="s">
         <v>125</v>
       </c>
       <c r="N20" t="s">
         <v>126</v>
       </c>
       <c r="O20" t="s">
         <v>125</v>
       </c>
       <c r="P20" t="s">
         <v>126</v>
       </c>
       <c r="Q20" t="s">
         <v>127</v>
       </c>
       <c r="R20"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.6" right="0.56999999999999995" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
+    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stahl, Cornelia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
-    <vt:lpwstr>2025-10-09T17:40:55Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-09T09:09:04Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
     <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
     <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
-    <vt:lpwstr>6d464faf-e808-4f00-869b-965d6abdd921</vt:lpwstr>
+    <vt:lpwstr>7a603c6d-a562-4028-aca8-8774d7338ef5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>