--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAF40538-AE7B-46FD-ACBD-D400C47A4770}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B25BBBBD-DA1D-427D-A2E3-BD08CF1E87AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1237" uniqueCount="533">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1238" uniqueCount="529">
   <si>
     <t>KAG</t>
   </si>
   <si>
     <t>ISIN_Fonds</t>
   </si>
   <si>
     <t>Name_Fonds</t>
   </si>
   <si>
     <t>Stichtag</t>
   </si>
   <si>
     <t>ISIN_Bestand</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Emittent_Bezeichnung</t>
   </si>
   <si>
     <t>Konzern_Bezeichnung</t>
   </si>
   <si>
@@ -248,65 +248,50 @@
   <si>
     <t>767041</t>
   </si>
   <si>
     <t>Rue La Boétie SAS</t>
   </si>
   <si>
     <t>96950010FL2T1TJKR531</t>
   </si>
   <si>
     <t>NL0011872643</t>
   </si>
   <si>
     <t>ASR NEDERLAND NV</t>
   </si>
   <si>
     <t>457809</t>
   </si>
   <si>
     <t>ASR Nederland N.V.</t>
   </si>
   <si>
     <t>7245000G0HS48PZWUD53</t>
   </si>
   <si>
-    <t>GB00BVYVFW23</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0000120628</t>
   </si>
   <si>
     <t>AXA SA</t>
   </si>
   <si>
     <t>855705</t>
   </si>
   <si>
     <t>AXA S.A.</t>
   </si>
   <si>
     <t>F5WCUMTUM4RKZ1MAIE39</t>
   </si>
   <si>
     <t>IT0004776628</t>
   </si>
   <si>
     <t>BANCA MEDIOLANUM SPA</t>
   </si>
   <si>
     <t>450602</t>
   </si>
   <si>
     <t>Banca Mediolanum S.p.A.</t>
@@ -353,245 +338,215 @@
   <si>
     <t>314508</t>
   </si>
   <si>
     <t>Banco de Sabadell S.A.</t>
   </si>
   <si>
     <t>SI5RG2M0WQQLZCXKRM20</t>
   </si>
   <si>
     <t>ES0113900J37</t>
   </si>
   <si>
     <t>BANCO SANTANDER SA</t>
   </si>
   <si>
     <t>858872</t>
   </si>
   <si>
     <t>Banco Santander S.A.</t>
   </si>
   <si>
     <t>5493006QMFDDMYWIAM13</t>
   </si>
   <si>
-    <t>IE00BD1RP616</t>
-[...13 lines deleted...]
-  <si>
     <t>ES0113679I37</t>
   </si>
   <si>
     <t>BANKINTER SA</t>
   </si>
   <si>
     <t>869110</t>
   </si>
   <si>
     <t>Bankinter S.A.</t>
   </si>
   <si>
     <t>VWMYAEQSTOPNV0SUGU82</t>
   </si>
   <si>
-    <t>FR0013280286</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0000131104</t>
   </si>
   <si>
     <t>BNP PARIBAS</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
     <t>BNP Paribas S.A.</t>
   </si>
   <si>
     <t>R0MUWSFPU8MPRO8K5P83</t>
   </si>
   <si>
     <t>FR0000120503</t>
   </si>
   <si>
     <t>BOUYGUES SA</t>
   </si>
   <si>
     <t>858821</t>
   </si>
   <si>
     <t>Bouygues S.A.</t>
   </si>
   <si>
     <t>969500MOCLNQFNZN0D63</t>
   </si>
   <si>
     <t>IT0000066123</t>
   </si>
   <si>
     <t>BPER BANCA SPA</t>
   </si>
   <si>
     <t>897832</t>
   </si>
   <si>
     <t>BPER Banca S.p.A.</t>
   </si>
   <si>
     <t>N747OI7JINV7RUUH6190</t>
   </si>
   <si>
+    <t>GB0030913577</t>
+  </si>
+  <si>
+    <t>BT GROUP PLC</t>
+  </si>
+  <si>
+    <t>794796</t>
+  </si>
+  <si>
+    <t>BT Group PLC</t>
+  </si>
+  <si>
+    <t>213800LRO7NS5CYQMN21</t>
+  </si>
+  <si>
     <t>FR0006174348</t>
   </si>
   <si>
     <t>BUREAU VERITAS SA</t>
   </si>
   <si>
     <t>272222</t>
   </si>
   <si>
     <t>Bureau Veritas SA</t>
   </si>
   <si>
     <t>969500TPU5T3HA5D1F11</t>
   </si>
   <si>
     <t>ES0140609019</t>
   </si>
   <si>
     <t>CAIXABANK SA</t>
   </si>
   <si>
     <t>271972</t>
   </si>
   <si>
     <t>Caixabank S.A.</t>
   </si>
   <si>
     <t>7CUNS533WID6K7DGFI87</t>
   </si>
   <si>
-    <t>FR0000120172</t>
-[...13 lines deleted...]
-  <si>
     <t>GB00B033F229</t>
   </si>
   <si>
     <t>CENTRICA PLC</t>
   </si>
   <si>
     <t>905218</t>
   </si>
   <si>
     <t>Centrica PLC</t>
   </si>
   <si>
     <t>E26EDV109X6EEPBKVH76</t>
   </si>
   <si>
     <t>GB00BDCPN049</t>
   </si>
   <si>
     <t>COCA-COLA EUROPACIFIC PARTNE</t>
   </si>
   <si>
     <t>477462</t>
   </si>
   <si>
     <t>Coca-Cola Europacific Partners PLC</t>
   </si>
   <si>
     <t>549300LTH67W4GWMRF57</t>
   </si>
   <si>
-    <t>DE000CBK1001</t>
-[...13 lines deleted...]
-  <si>
     <t>GB00BD6K4575</t>
   </si>
   <si>
     <t>COMPASS GROUP PLC</t>
   </si>
   <si>
     <t>881384</t>
   </si>
   <si>
     <t>Compass Group PLC</t>
   </si>
   <si>
     <t>2138008M6MH9OZ6U2T68</t>
   </si>
   <si>
+    <t>DE0005439004</t>
+  </si>
+  <si>
+    <t>CONTINENTAL AG</t>
+  </si>
+  <si>
+    <t>543900</t>
+  </si>
+  <si>
+    <t>Continental AG</t>
+  </si>
+  <si>
+    <t>529900A7YD9C0LLXM621</t>
+  </si>
+  <si>
     <t>FR0000045072</t>
   </si>
   <si>
     <t>CREDIT AGRICOLE SA</t>
   </si>
   <si>
     <t>460989</t>
   </si>
   <si>
     <t>Crédit Agricole S.A.</t>
   </si>
   <si>
     <t>969500TJ5KRTCJQWXH05</t>
   </si>
   <si>
     <t>FR0000120644</t>
   </si>
   <si>
     <t>DANONE</t>
   </si>
   <si>
     <t>851194</t>
   </si>
   <si>
     <t>Danone S.A.</t>
@@ -665,110 +620,125 @@
   <si>
     <t>E.ON SE</t>
   </si>
   <si>
     <t>761440</t>
   </si>
   <si>
     <t>Q9MAIUP40P25UFBFG033</t>
   </si>
   <si>
     <t>FI0009007884</t>
   </si>
   <si>
     <t>ELISA OYJ</t>
   </si>
   <si>
     <t>615402</t>
   </si>
   <si>
     <t>Elisa Oyj</t>
   </si>
   <si>
     <t>743700TU2S3DXWGU7H32</t>
   </si>
   <si>
-    <t>IT0003128367</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0010208488</t>
   </si>
   <si>
     <t>ENGIE</t>
   </si>
   <si>
     <t>471821</t>
   </si>
   <si>
     <t>Engie S.A.</t>
   </si>
   <si>
     <t>LAXUQCHT4FH58LRZDY46</t>
   </si>
   <si>
+    <t>SE0000108656</t>
+  </si>
+  <si>
+    <t>ERICSSON LM-B SHS</t>
+  </si>
+  <si>
+    <t>857463</t>
+  </si>
+  <si>
+    <t>Telefonaktiebolaget L.M. Ericsson</t>
+  </si>
+  <si>
+    <t>549300W9JLPW15XIFM52</t>
+  </si>
+  <si>
+    <t>AT0000652011</t>
+  </si>
+  <si>
+    <t>ERSTE GROUP BANK AG</t>
+  </si>
+  <si>
+    <t>879150</t>
+  </si>
+  <si>
+    <t>Erste Group Bank AG</t>
+  </si>
+  <si>
+    <t>PQOH26KWDF7CG10L6792</t>
+  </si>
+  <si>
+    <t>SE0009922164</t>
+  </si>
+  <si>
+    <t>ESSITY AKTIEBOLAG-B</t>
+  </si>
+  <si>
+    <t>478592</t>
+  </si>
+  <si>
+    <t>Essity AB</t>
+  </si>
+  <si>
+    <t>549300G8E6YUVJ1DA153</t>
+  </si>
+  <si>
     <t>NL0006294274</t>
   </si>
   <si>
     <t>EURONEXT NV - W/I</t>
   </si>
   <si>
     <t>693285</t>
   </si>
   <si>
     <t>Euronext N.V.</t>
   </si>
   <si>
     <t>724500QJ4QSZ3H9QU415</t>
   </si>
   <si>
-    <t>FR0013451333</t>
-[...13 lines deleted...]
-  <si>
     <t>NL0015001FS8</t>
   </si>
   <si>
     <t>FERROVIAL SE</t>
   </si>
   <si>
     <t>777366</t>
   </si>
   <si>
     <t>Ferrovial SE</t>
   </si>
   <si>
     <t>72450022R2ZFL41Y6I04</t>
   </si>
   <si>
     <t>DE0005785604</t>
   </si>
   <si>
     <t>FRESENIUS SE &amp; CO KGAA</t>
   </si>
   <si>
     <t>578560</t>
   </si>
   <si>
     <t>Fresenius SE &amp; Co. KGaA</t>
@@ -800,99 +770,105 @@
   <si>
     <t>922734</t>
   </si>
   <si>
     <t>Geberit AG</t>
   </si>
   <si>
     <t>52990093Z5OHD6T7BS47</t>
   </si>
   <si>
     <t>IT0000062072</t>
   </si>
   <si>
     <t>GENERALI</t>
   </si>
   <si>
     <t>850312</t>
   </si>
   <si>
     <t>Generali S.p.A.</t>
   </si>
   <si>
     <t>549300X5UKJVE386ZB61</t>
   </si>
   <si>
+    <t>CH0010645932</t>
+  </si>
+  <si>
+    <t>GIVAUDAN-REG</t>
+  </si>
+  <si>
+    <t>938427</t>
+  </si>
+  <si>
+    <t>Givaudan SA</t>
+  </si>
+  <si>
+    <t>213800SVRMQA1TD91D41</t>
+  </si>
+  <si>
     <t>NO0010582521</t>
   </si>
   <si>
     <t>GJENSIDIGE FORSIKRING ASA</t>
   </si>
   <si>
     <t>721285</t>
   </si>
   <si>
     <t>Gjensidige Forsikring ASA</t>
   </si>
   <si>
     <t>5967007LIEEXZX6FAO47</t>
   </si>
   <si>
-    <t>GB00BMX86B70</t>
-[...32 lines deleted...]
-    <t>529900KIN5BE45V5KB18</t>
+    <t>GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t>GSK PLC</t>
+  </si>
+  <si>
+    <t>940561</t>
+  </si>
+  <si>
+    <t>5493000HZTVUYLO1D793</t>
+  </si>
+  <si>
+    <t>GB0004052071</t>
+  </si>
+  <si>
+    <t>HALMA PLC</t>
+  </si>
+  <si>
+    <t>865047</t>
+  </si>
+  <si>
+    <t>Halma PLC</t>
+  </si>
+  <si>
+    <t>2138007FRGLUR9KGBT40</t>
   </si>
   <si>
     <t>DE0006048432</t>
   </si>
   <si>
     <t>HENKEL AG &amp; CO KGAA VOR-PREF</t>
   </si>
   <si>
     <t>604840</t>
   </si>
   <si>
     <t>Henkel AG &amp; Co. KGaA</t>
   </si>
   <si>
     <t>549300VZCL1HTH4O4Y49</t>
   </si>
   <si>
     <t>GB0005405286</t>
   </si>
   <si>
     <t>HSBC HOLDINGS PLC</t>
   </si>
   <si>
     <t>881335</t>
   </si>
@@ -926,50 +902,65 @@
   <si>
     <t>756434</t>
   </si>
   <si>
     <t>Industria de Diseño Textil S.A.</t>
   </si>
   <si>
     <t>549300TTCXZOGZM2EY83</t>
   </si>
   <si>
     <t>NL0011821202</t>
   </si>
   <si>
     <t>ING GROEP NV</t>
   </si>
   <si>
     <t>881111</t>
   </si>
   <si>
     <t>ING Groep N.V.</t>
   </si>
   <si>
     <t>549300NYKK9MWM7GGW15</t>
   </si>
   <si>
+    <t>GB0031638363</t>
+  </si>
+  <si>
+    <t>INTERTEK GROUP PLC</t>
+  </si>
+  <si>
+    <t>633526</t>
+  </si>
+  <si>
+    <t>Intertek Group PLC</t>
+  </si>
+  <si>
+    <t>2138003GAT25WW1RN369</t>
+  </si>
+  <si>
     <t>IT0000072618</t>
   </si>
   <si>
     <t>INTESA SANPAOLO</t>
   </si>
   <si>
     <t>850605</t>
   </si>
   <si>
     <t>Intesa Sanpaolo S.p.A.</t>
   </si>
   <si>
     <t>2W8N8UU78PMDQKZENC08</t>
   </si>
   <si>
     <t>PTJMT0AE0001</t>
   </si>
   <si>
     <t>JERONIMO MARTINS</t>
   </si>
   <si>
     <t>878605</t>
   </si>
   <si>
     <t>Jerónimo Martins, SGPS, S.A.</t>
@@ -1067,110 +1058,80 @@
   <si>
     <t>549300YO0JZHAL7FVP81</t>
   </si>
   <si>
     <t>FR0010609115</t>
   </si>
   <si>
     <t>LF TRESORERIE ISR PART I</t>
   </si>
   <si>
     <t>239934</t>
   </si>
   <si>
     <t>La Française SICAV - La Française Trésorerie</t>
   </si>
   <si>
     <t>403416</t>
   </si>
   <si>
     <t>Caisse Fédérale du Crédit Mutuel Nord Europe</t>
   </si>
   <si>
     <t>969500HZG40X186MLQ68</t>
   </si>
   <si>
-    <t>GB0008706128</t>
-[...43 lines deleted...]
-  <si>
     <t>GB00BM8PJY71</t>
   </si>
   <si>
     <t>NATWEST GROUP PLC</t>
   </si>
   <si>
     <t>865142</t>
   </si>
   <si>
     <t>NatWest Group PLC</t>
   </si>
   <si>
     <t>2138005O9XJIJN4JPN90</t>
   </si>
   <si>
+    <t>FI0009013296</t>
+  </si>
+  <si>
+    <t>NESTE OYJ</t>
+  </si>
+  <si>
+    <t>227058</t>
+  </si>
+  <si>
+    <t>Neste Oyj</t>
+  </si>
+  <si>
+    <t>5493009GY1X8GQ66AM14</t>
+  </si>
+  <si>
     <t>CH0038863350</t>
   </si>
   <si>
     <t>NESTLE SA-REG</t>
   </si>
   <si>
     <t>851882</t>
   </si>
   <si>
     <t>Nestlé S.A.</t>
   </si>
   <si>
     <t>KY37LUS27QQX7BB93L28</t>
   </si>
   <si>
     <t>NL0010773842</t>
   </si>
   <si>
     <t>NN GROUP NV - W/I</t>
   </si>
   <si>
     <t>471047</t>
   </si>
   <si>
     <t>NN Group N.V.</t>
@@ -1202,230 +1163,287 @@
   <si>
     <t>904278</t>
   </si>
   <si>
     <t>Novartis AG</t>
   </si>
   <si>
     <t>5493007HIVTX6SY6XD66</t>
   </si>
   <si>
     <t>FR0000133308</t>
   </si>
   <si>
     <t>ORANGE</t>
   </si>
   <si>
     <t>405705</t>
   </si>
   <si>
     <t>Orange S.A.</t>
   </si>
   <si>
     <t>969500MCOONR8990S771</t>
   </si>
   <si>
+    <t>FI0009014377</t>
+  </si>
+  <si>
+    <t>ORION OYJ-CLASS B</t>
+  </si>
+  <si>
+    <t>228518</t>
+  </si>
+  <si>
+    <t>Orion Corp.</t>
+  </si>
+  <si>
+    <t>74370029VAHCXDR7B745</t>
+  </si>
+  <si>
     <t>NO0003733800</t>
   </si>
   <si>
     <t>ORKLA ASA</t>
   </si>
   <si>
     <t>864042</t>
   </si>
   <si>
     <t>Orkla ASA</t>
   </si>
   <si>
     <t>549300PZS8G8RG6RVZ52</t>
   </si>
   <si>
-    <t>DK0060252690</t>
-[...13 lines deleted...]
-  <si>
     <t>GB0006776081</t>
   </si>
   <si>
     <t>PEARSON PLC</t>
   </si>
   <si>
     <t>858266</t>
   </si>
   <si>
     <t>Pearson PLC</t>
   </si>
   <si>
     <t>2138004JBXWWJKIURC57</t>
   </si>
   <si>
     <t>IT0003796171</t>
   </si>
   <si>
     <t>POSTE ITALIANE SPA</t>
   </si>
   <si>
     <t>505888</t>
   </si>
   <si>
     <t>Poste Italiane S.p.A.</t>
   </si>
   <si>
     <t>815600354DEDBD0BA991</t>
   </si>
   <si>
     <t>GB00B24CGK77</t>
   </si>
   <si>
     <t>RECKITT BENCKISER GROUP PLC</t>
   </si>
   <si>
     <t>265032</t>
   </si>
   <si>
     <t>Reckitt Benckiser Group PLC</t>
   </si>
   <si>
     <t>5493003JFSMOJG48V108</t>
   </si>
   <si>
+    <t>IT0003828271</t>
+  </si>
+  <si>
+    <t>RECORDATI INDUSTRIA CHIMICA</t>
+  </si>
+  <si>
+    <t>869073</t>
+  </si>
+  <si>
+    <t>Recordati - Industria Chimica e Farmaceutica S.p.A.</t>
+  </si>
+  <si>
+    <t>815600FBF92FD3531704</t>
+  </si>
+  <si>
     <t>GB00B2B0DG97</t>
   </si>
   <si>
     <t>RELX PLC</t>
   </si>
   <si>
     <t>852102</t>
   </si>
   <si>
     <t>Relx PLC</t>
   </si>
   <si>
     <t>549300WSX3VBUFFJOO66</t>
   </si>
   <si>
     <t>CH0012032048</t>
   </si>
   <si>
     <t>ROCHE HOLDING AG-GENUSSCHEIN</t>
   </si>
   <si>
     <t>851311</t>
   </si>
   <si>
     <t>Roche Holding AG</t>
   </si>
   <si>
     <t>549300U41AUUVOAAOB37</t>
   </si>
   <si>
-    <t>GB00B019KW72</t>
-[...11 lines deleted...]
-    <t>213800VGZAAJIKJ9Y484</t>
+    <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>SAFRAN SA</t>
+  </si>
+  <si>
+    <t>852400</t>
+  </si>
+  <si>
+    <t>SAFRAN</t>
+  </si>
+  <si>
+    <t>969500UIC89GT3UL7L24</t>
   </si>
   <si>
     <t>FI4000552500</t>
   </si>
   <si>
     <t>SAMPO OYJ-A SHS</t>
   </si>
   <si>
     <t>875213</t>
   </si>
   <si>
     <t>Sampo OYJ</t>
   </si>
   <si>
     <t>743700UF3RL386WIDA22</t>
   </si>
   <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>SAP SE</t>
+  </si>
+  <si>
+    <t>716460</t>
+  </si>
+  <si>
+    <t>529900D6BF99LW9R2E68</t>
+  </si>
+  <si>
     <t>DE000A12DM80</t>
   </si>
   <si>
     <t>SCOUT24 SE</t>
   </si>
   <si>
     <t>704053</t>
   </si>
   <si>
     <t>Scout24 SE</t>
   </si>
   <si>
     <t>5493007EIKM2ENQS7U66</t>
   </si>
   <si>
-    <t>CH1256740924</t>
-[...11 lines deleted...]
-    <t>2138007JNS19JHNA2336</t>
+    <t>SE0000148884</t>
+  </si>
+  <si>
+    <t>SKANDINAVISKA ENSKILDA BAN-A</t>
+  </si>
+  <si>
+    <t>859768</t>
+  </si>
+  <si>
+    <t>Skandinaviska Enskilda Banken AB</t>
+  </si>
+  <si>
+    <t>F3JS33DEI6XQ4ZBPTN86</t>
+  </si>
+  <si>
+    <t>GB00B1WY2338</t>
+  </si>
+  <si>
+    <t>SMITHS GROUP PLC</t>
+  </si>
+  <si>
+    <t>859697</t>
+  </si>
+  <si>
+    <t>Smiths Group PLC</t>
+  </si>
+  <si>
+    <t>213800MJL6IPZS3ASA11</t>
   </si>
   <si>
     <t>IT0003153415</t>
   </si>
   <si>
     <t>SNAM SPA</t>
   </si>
   <si>
     <t>764545</t>
   </si>
   <si>
     <t>Snam S.p.A.</t>
   </si>
   <si>
     <t>8156002278562044AF79</t>
   </si>
   <si>
+    <t>SE0007100599</t>
+  </si>
+  <si>
+    <t>SVENSKA HANDELSBANKEN-A SHS</t>
+  </si>
+  <si>
+    <t>853492</t>
+  </si>
+  <si>
+    <t>Svenska Handelsbanken AB [publ]</t>
+  </si>
+  <si>
+    <t>NHBDILHZTYCNBV5UYZ31</t>
+  </si>
+  <si>
     <t>SE0000242455</t>
   </si>
   <si>
     <t>SWEDBANK AB - A SHARES</t>
   </si>
   <si>
     <t>895705</t>
   </si>
   <si>
     <t>Swedbank AB</t>
   </si>
   <si>
     <t>M312WZV08Y7LYUC71685</t>
   </si>
   <si>
     <t>CH0014852781</t>
   </si>
   <si>
     <t>SWISS LIFE HOLDING AG-REG</t>
   </si>
   <si>
     <t>200183</t>
   </si>
   <si>
     <t>Swiss Life Holding AG</t>
@@ -1472,95 +1490,65 @@
   <si>
     <t>916234</t>
   </si>
   <si>
     <t>Swisscom AG</t>
   </si>
   <si>
     <t>5493005SL9HHOXS3B739</t>
   </si>
   <si>
     <t>SE0005190238</t>
   </si>
   <si>
     <t>TELE2 AB-B SHS</t>
   </si>
   <si>
     <t>900760</t>
   </si>
   <si>
     <t>Tele2 AB</t>
   </si>
   <si>
     <t>213800EKD193RVI9HL76</t>
   </si>
   <si>
-    <t>ES0178430E18</t>
-[...13 lines deleted...]
-  <si>
     <t>SE0000667925</t>
   </si>
   <si>
     <t>TELIA CO AB</t>
   </si>
   <si>
     <t>308565</t>
   </si>
   <si>
     <t>Telia Company AB</t>
   </si>
   <si>
     <t>213800FSR9RNDUOTXO25</t>
   </si>
   <si>
-    <t>IT0003242622</t>
-[...13 lines deleted...]
-  <si>
     <t>GB00BLGZ9862</t>
   </si>
   <si>
     <t>TESCO PLC</t>
   </si>
   <si>
     <t>852647</t>
   </si>
   <si>
     <t>Tesco PLC</t>
   </si>
   <si>
     <t>2138002P5RNKC5W2JZ46</t>
   </si>
   <si>
     <t>DK0060636678</t>
   </si>
   <si>
     <t>TRYG A/S</t>
   </si>
   <si>
     <t>209862</t>
   </si>
   <si>
     <t>Tryg AS</t>
@@ -1592,63 +1580,63 @@
   <si>
     <t>852726</t>
   </si>
   <si>
     <t>Unilever PLC</t>
   </si>
   <si>
     <t>549300MKFYEKVRWML317</t>
   </si>
   <si>
     <t>FR0000125486</t>
   </si>
   <si>
     <t>VINCI SA</t>
   </si>
   <si>
     <t>867475</t>
   </si>
   <si>
     <t>VINCI S.A.</t>
   </si>
   <si>
     <t>213800WFQ334R8UXUG83</t>
   </si>
   <si>
-    <t>NL0000395903</t>
-[...11 lines deleted...]
-    <t>724500TEM53I0U077B74</t>
+    <t>SE0000115446</t>
+  </si>
+  <si>
+    <t>VOLVO AB-B SHS</t>
+  </si>
+  <si>
+    <t>853539</t>
+  </si>
+  <si>
+    <t>AB Volvo [publ]</t>
+  </si>
+  <si>
+    <t>549300HGV012CNC8JD22</t>
   </si>
   <si>
     <t>CH0011075394</t>
   </si>
   <si>
     <t>ZURICH INSURANCE GROUP AG</t>
   </si>
   <si>
     <t>579919</t>
   </si>
   <si>
     <t>Zurich Insurance Group AG</t>
   </si>
   <si>
     <t>529900QVNRBND50TXP03</t>
   </si>
   <si>
     <t>Sammelposten Accounts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
@@ -2000,72 +1988,72 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R103"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="I1" workbookViewId="0">
-      <selection activeCell="J18" sqref="J18"/>
+    <sheetView tabSelected="1" topLeftCell="G1" workbookViewId="0">
+      <selection activeCell="P114" sqref="P114"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="47" style="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="40.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="13.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="20.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.85546875" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="12.7109375" style="5" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="54.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="47.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="12.7109375" style="5" bestFit="1" customWidth="1"/>
-    <col min="16" max="16" width="54.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="47.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="28.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="28.85546875" style="4" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="19" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
@@ -2094,5588 +2082,5590 @@
       </c>
       <c r="O1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2">
-        <v>3.8182480999999998E-3</v>
+        <v>2.9125912E-3</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>3.8182480999999998E-3</v>
+        <v>2.9125912E-3</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
         <v>1</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
       <c r="Q2" t="s">
         <v>26</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3">
-        <v>1.43592843E-2</v>
+        <v>4.4868968E-3</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>1.43592843E-2</v>
+        <v>4.4868968E-3</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
         <v>1</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4">
-        <v>2.0094983100000002E-2</v>
+        <v>1.9484346100000001E-2</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>2.0094983100000002E-2</v>
+        <v>1.9484346100000001E-2</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
         <v>1</v>
       </c>
       <c r="M4" t="s">
         <v>34</v>
       </c>
       <c r="N4" t="s">
         <v>35</v>
       </c>
       <c r="O4" t="s">
         <v>34</v>
       </c>
       <c r="P4" t="s">
         <v>35</v>
       </c>
       <c r="Q4" t="s">
         <v>36</v>
       </c>
       <c r="R4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="G5">
-        <v>4.0274597000000004E-3</v>
+        <v>3.8363900999999999E-3</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>4.0274597000000004E-3</v>
+        <v>3.8363900999999999E-3</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
         <v>1</v>
       </c>
       <c r="M5" t="s">
         <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>40</v>
       </c>
       <c r="O5" t="s">
         <v>39</v>
       </c>
       <c r="P5" t="s">
         <v>40</v>
       </c>
       <c r="Q5" t="s">
         <v>41</v>
       </c>
       <c r="R5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E6" t="s">
         <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6">
-        <v>4.3955041999999998E-3</v>
+        <v>4.3663883999999998E-3</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>4.3955041999999998E-3</v>
+        <v>4.3663883999999998E-3</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
         <v>1</v>
       </c>
       <c r="M6" t="s">
         <v>44</v>
       </c>
       <c r="N6" t="s">
         <v>45</v>
       </c>
       <c r="O6" t="s">
         <v>44</v>
       </c>
       <c r="P6" t="s">
         <v>45</v>
       </c>
       <c r="Q6" t="s">
         <v>46</v>
       </c>
       <c r="R6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7">
-        <v>4.2443448E-3</v>
+        <v>6.5933238000000002E-3</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>4.2443448E-3</v>
+        <v>6.5933238000000002E-3</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
         <v>1</v>
       </c>
       <c r="M7" t="s">
         <v>49</v>
       </c>
       <c r="N7" t="s">
         <v>50</v>
       </c>
       <c r="O7" t="s">
         <v>49</v>
       </c>
       <c r="P7" t="s">
         <v>50</v>
       </c>
       <c r="Q7" t="s">
         <v>51</v>
       </c>
       <c r="R7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E8" t="s">
         <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8">
-        <v>4.0506207000000002E-3</v>
+        <v>3.9859967999999997E-3</v>
       </c>
       <c r="H8"/>
       <c r="I8">
-        <v>4.0506207000000002E-3</v>
+        <v>3.9859967999999997E-3</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
       <c r="M8" t="s">
         <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>55</v>
       </c>
       <c r="O8" t="s">
         <v>54</v>
       </c>
       <c r="P8" t="s">
         <v>55</v>
       </c>
       <c r="Q8" t="s">
         <v>56</v>
       </c>
       <c r="R8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E9" t="s">
         <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>58</v>
       </c>
       <c r="G9">
-        <v>3.6815858000000001E-3</v>
+        <v>3.6000858000000001E-3</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>3.6815858000000001E-3</v>
+        <v>3.6000858000000001E-3</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
         <v>1</v>
       </c>
       <c r="M9" t="s">
         <v>59</v>
       </c>
       <c r="N9" t="s">
         <v>60</v>
       </c>
       <c r="O9" t="s">
         <v>59</v>
       </c>
       <c r="P9" t="s">
         <v>60</v>
       </c>
       <c r="Q9" t="s">
         <v>61</v>
       </c>
       <c r="R9" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E10" t="s">
         <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>63</v>
       </c>
       <c r="G10">
-        <v>3.8567292999999998E-3</v>
+        <v>3.9133051000000002E-3</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>3.8567292999999998E-3</v>
+        <v>3.9133051000000002E-3</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
         <v>1</v>
       </c>
       <c r="M10" t="s">
         <v>64</v>
       </c>
       <c r="N10" t="s">
         <v>65</v>
       </c>
       <c r="O10" t="s">
         <v>66</v>
       </c>
       <c r="P10" t="s">
         <v>67</v>
       </c>
       <c r="Q10" t="s">
         <v>68</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E11" t="s">
         <v>69</v>
       </c>
       <c r="F11" t="s">
         <v>70</v>
       </c>
       <c r="G11">
-        <v>4.0030804999999997E-3</v>
+        <v>3.8361879999999999E-3</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>4.0030804999999997E-3</v>
+        <v>3.8361879999999999E-3</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
         <v>1</v>
       </c>
       <c r="M11" t="s">
         <v>71</v>
       </c>
       <c r="N11" t="s">
         <v>72</v>
       </c>
       <c r="O11" t="s">
         <v>71</v>
       </c>
       <c r="P11" t="s">
         <v>72</v>
       </c>
       <c r="Q11" t="s">
         <v>73</v>
       </c>
       <c r="R11" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E12" t="s">
         <v>74</v>
       </c>
       <c r="F12" t="s">
         <v>75</v>
       </c>
       <c r="G12">
-        <v>3.7018457999999999E-3</v>
+        <v>3.6320280999999999E-3</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>3.7018457999999999E-3</v>
+        <v>3.6320280999999999E-3</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>1</v>
       </c>
       <c r="M12" t="s">
         <v>76</v>
       </c>
       <c r="N12" t="s">
         <v>77</v>
       </c>
       <c r="O12" t="s">
         <v>76</v>
       </c>
       <c r="P12" t="s">
         <v>77</v>
       </c>
       <c r="Q12" t="s">
         <v>78</v>
       </c>
       <c r="R12" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E13" t="s">
         <v>79</v>
       </c>
       <c r="F13" t="s">
         <v>80</v>
       </c>
       <c r="G13">
-        <v>3.8284055000000002E-3</v>
+        <v>4.1465981000000001E-3</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>3.8284055000000002E-3</v>
+        <v>4.1465981000000001E-3</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
         <v>1</v>
       </c>
       <c r="M13" t="s">
         <v>81</v>
       </c>
       <c r="N13" t="s">
         <v>82</v>
       </c>
       <c r="O13" t="s">
         <v>81</v>
       </c>
       <c r="P13" t="s">
         <v>82</v>
       </c>
       <c r="Q13" t="s">
         <v>83</v>
       </c>
       <c r="R13" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E14" t="s">
         <v>84</v>
       </c>
       <c r="F14" t="s">
         <v>85</v>
       </c>
       <c r="G14">
-        <v>4.5937514999999998E-3</v>
+        <v>4.3225375000000002E-3</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>4.5937514999999998E-3</v>
+        <v>4.3225375000000002E-3</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
         <v>1</v>
       </c>
       <c r="M14" t="s">
         <v>86</v>
       </c>
       <c r="N14" t="s">
         <v>87</v>
       </c>
       <c r="O14" t="s">
         <v>86</v>
       </c>
       <c r="P14" t="s">
         <v>87</v>
       </c>
       <c r="Q14" t="s">
         <v>88</v>
       </c>
       <c r="R14" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E15" t="s">
         <v>89</v>
       </c>
       <c r="F15" t="s">
         <v>90</v>
       </c>
       <c r="G15">
-        <v>4.9662070999999999E-3</v>
+        <v>3.7489023999999998E-3</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>4.9662070999999999E-3</v>
+        <v>3.7489023999999998E-3</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
       <c r="M15" t="s">
         <v>91</v>
       </c>
       <c r="N15" t="s">
         <v>92</v>
       </c>
       <c r="O15" t="s">
         <v>91</v>
       </c>
       <c r="P15" t="s">
         <v>92</v>
       </c>
       <c r="Q15" t="s">
         <v>93</v>
       </c>
       <c r="R15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E16" t="s">
         <v>94</v>
       </c>
       <c r="F16" t="s">
         <v>95</v>
       </c>
       <c r="G16">
-        <v>5.0656140000000004E-3</v>
+        <v>3.6058409999999998E-3</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>5.0656140000000004E-3</v>
+        <v>3.6058409999999998E-3</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
         <v>1</v>
       </c>
       <c r="M16" t="s">
         <v>96</v>
       </c>
       <c r="N16" t="s">
         <v>97</v>
       </c>
       <c r="O16" t="s">
         <v>96</v>
       </c>
       <c r="P16" t="s">
         <v>97</v>
       </c>
       <c r="Q16" t="s">
         <v>98</v>
       </c>
       <c r="R16" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E17" t="s">
         <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>100</v>
       </c>
       <c r="G17">
-        <v>4.7589785999999999E-3</v>
+        <v>3.9971627000000001E-3</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>4.7589785999999999E-3</v>
+        <v>3.9971627000000001E-3</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
         <v>1</v>
       </c>
       <c r="M17" t="s">
         <v>101</v>
       </c>
       <c r="N17" t="s">
         <v>102</v>
       </c>
       <c r="O17" t="s">
         <v>101</v>
       </c>
       <c r="P17" t="s">
         <v>102</v>
       </c>
       <c r="Q17" t="s">
         <v>103</v>
       </c>
       <c r="R17" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E18" t="s">
         <v>104</v>
       </c>
       <c r="F18" t="s">
         <v>105</v>
       </c>
       <c r="G18">
-        <v>4.9587114000000003E-3</v>
+        <v>3.8622119999999999E-3</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>4.9587114000000003E-3</v>
+        <v>3.8622119999999999E-3</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
         <v>1</v>
       </c>
       <c r="M18" t="s">
         <v>106</v>
       </c>
       <c r="N18" t="s">
         <v>107</v>
       </c>
       <c r="O18" t="s">
         <v>106</v>
       </c>
       <c r="P18" t="s">
         <v>107</v>
       </c>
       <c r="Q18" t="s">
         <v>108</v>
       </c>
       <c r="R18" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E19" t="s">
         <v>109</v>
       </c>
       <c r="F19" t="s">
         <v>110</v>
       </c>
       <c r="G19">
-        <v>4.5670095999999997E-3</v>
+        <v>3.6316533E-3</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>4.5670095999999997E-3</v>
+        <v>3.6316533E-3</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
         <v>1</v>
       </c>
       <c r="M19" t="s">
         <v>111</v>
       </c>
       <c r="N19" t="s">
         <v>112</v>
       </c>
       <c r="O19" t="s">
         <v>111</v>
       </c>
       <c r="P19" t="s">
         <v>112</v>
       </c>
       <c r="Q19" t="s">
         <v>113</v>
       </c>
       <c r="R19" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>19</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E20" t="s">
         <v>114</v>
       </c>
       <c r="F20" t="s">
         <v>115</v>
       </c>
       <c r="G20">
-        <v>4.7806715E-3</v>
+        <v>2.1593899900000001E-2</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>4.7806715E-3</v>
+        <v>2.1593899900000001E-2</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
         <v>1</v>
       </c>
       <c r="M20" t="s">
         <v>116</v>
       </c>
       <c r="N20" t="s">
         <v>117</v>
       </c>
       <c r="O20" t="s">
         <v>116</v>
       </c>
       <c r="P20" t="s">
         <v>117</v>
       </c>
       <c r="Q20" t="s">
         <v>118</v>
       </c>
       <c r="R20" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>19</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E21" t="s">
         <v>119</v>
       </c>
       <c r="F21" t="s">
         <v>120</v>
       </c>
       <c r="G21">
-        <v>1.9136749099999999E-2</v>
+        <v>4.2105518999999998E-3</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>1.9136749099999999E-2</v>
+        <v>4.2105518999999998E-3</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21">
         <v>1</v>
       </c>
       <c r="M21" t="s">
         <v>121</v>
       </c>
       <c r="N21" t="s">
         <v>122</v>
       </c>
       <c r="O21" t="s">
         <v>121</v>
       </c>
       <c r="P21" t="s">
         <v>122</v>
       </c>
       <c r="Q21" t="s">
         <v>123</v>
       </c>
       <c r="R21" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>19</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E22" t="s">
         <v>124</v>
       </c>
       <c r="F22" t="s">
         <v>125</v>
       </c>
       <c r="G22">
-        <v>3.9978568000000004E-3</v>
+        <v>3.6556453E-3</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>3.9978568000000004E-3</v>
+        <v>3.6556453E-3</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
         <v>1</v>
       </c>
       <c r="M22" t="s">
         <v>126</v>
       </c>
       <c r="N22" t="s">
         <v>127</v>
       </c>
       <c r="O22" t="s">
         <v>126</v>
       </c>
       <c r="P22" t="s">
         <v>127</v>
       </c>
       <c r="Q22" t="s">
         <v>128</v>
       </c>
       <c r="R22" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>19</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E23" t="s">
         <v>129</v>
       </c>
       <c r="F23" t="s">
         <v>130</v>
       </c>
       <c r="G23">
-        <v>1.9458763600000002E-2</v>
+        <v>1.9876322599999999E-2</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>1.9458763600000002E-2</v>
+        <v>1.9876322599999999E-2</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
         <v>1</v>
       </c>
       <c r="M23" t="s">
         <v>131</v>
       </c>
       <c r="N23" t="s">
         <v>132</v>
       </c>
       <c r="O23" t="s">
         <v>131</v>
       </c>
       <c r="P23" t="s">
         <v>132</v>
       </c>
       <c r="Q23" t="s">
         <v>133</v>
       </c>
       <c r="R23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>19</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E24" t="s">
         <v>134</v>
       </c>
       <c r="F24" t="s">
         <v>135</v>
       </c>
       <c r="G24">
-        <v>4.8479444999999996E-3</v>
+        <v>4.0921118000000001E-3</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>4.8479444999999996E-3</v>
+        <v>4.0921118000000001E-3</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
         <v>1</v>
       </c>
       <c r="M24" t="s">
         <v>136</v>
       </c>
       <c r="N24" t="s">
         <v>137</v>
       </c>
       <c r="O24" t="s">
         <v>136</v>
       </c>
       <c r="P24" t="s">
         <v>137</v>
       </c>
       <c r="Q24" t="s">
         <v>138</v>
       </c>
       <c r="R24" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>19</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E25" t="s">
         <v>139</v>
       </c>
       <c r="F25" t="s">
         <v>140</v>
       </c>
       <c r="G25">
-        <v>1.8594614400000001E-2</v>
+        <v>1.30614875E-2</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>1.8594614400000001E-2</v>
+        <v>1.30614875E-2</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
         <v>1</v>
       </c>
       <c r="M25" t="s">
         <v>141</v>
       </c>
       <c r="N25" t="s">
         <v>142</v>
       </c>
       <c r="O25" t="s">
         <v>141</v>
       </c>
       <c r="P25" t="s">
         <v>142</v>
       </c>
       <c r="Q25" t="s">
         <v>143</v>
       </c>
       <c r="R25" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
         <v>19</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E26" t="s">
         <v>144</v>
       </c>
       <c r="F26" t="s">
         <v>145</v>
       </c>
       <c r="G26">
-        <v>4.7786117999999997E-3</v>
+        <v>1.9703921900000001E-2</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>4.7786117999999997E-3</v>
+        <v>1.9703921900000001E-2</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26">
         <v>1</v>
       </c>
       <c r="M26" t="s">
         <v>146</v>
       </c>
       <c r="N26" t="s">
         <v>147</v>
       </c>
       <c r="O26" t="s">
         <v>146</v>
       </c>
       <c r="P26" t="s">
         <v>147</v>
       </c>
       <c r="Q26" t="s">
         <v>148</v>
       </c>
       <c r="R26" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>19</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E27" t="s">
         <v>149</v>
       </c>
       <c r="F27" t="s">
         <v>150</v>
       </c>
       <c r="G27">
-        <v>2.08545152E-2</v>
+        <v>1.80179143E-2</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>2.08545152E-2</v>
+        <v>1.80179143E-2</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27">
         <v>1</v>
       </c>
       <c r="M27" t="s">
         <v>151</v>
       </c>
       <c r="N27" t="s">
         <v>152</v>
       </c>
       <c r="O27" t="s">
         <v>151</v>
       </c>
       <c r="P27" t="s">
         <v>152</v>
       </c>
       <c r="Q27" t="s">
         <v>153</v>
       </c>
       <c r="R27" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>19</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E28" t="s">
         <v>154</v>
       </c>
       <c r="F28" t="s">
         <v>155</v>
       </c>
       <c r="G28">
-        <v>1.8057137099999999E-2</v>
+        <v>4.3564494999999998E-3</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>1.8057137099999999E-2</v>
+        <v>4.3564494999999998E-3</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
         <v>1</v>
       </c>
       <c r="M28" t="s">
         <v>156</v>
       </c>
       <c r="N28" t="s">
         <v>157</v>
       </c>
       <c r="O28" t="s">
         <v>156</v>
       </c>
       <c r="P28" t="s">
         <v>157</v>
       </c>
       <c r="Q28" t="s">
         <v>158</v>
       </c>
       <c r="R28" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>19</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E29" t="s">
         <v>159</v>
       </c>
       <c r="F29" t="s">
         <v>160</v>
       </c>
       <c r="G29">
-        <v>1.924621E-2</v>
+        <v>1.8835376099999999E-2</v>
       </c>
       <c r="H29"/>
       <c r="I29">
-        <v>1.924621E-2</v>
+        <v>1.8835376099999999E-2</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29">
         <v>1</v>
       </c>
       <c r="M29" t="s">
         <v>161</v>
       </c>
       <c r="N29" t="s">
         <v>162</v>
       </c>
       <c r="O29" t="s">
-        <v>161</v>
+        <v>66</v>
       </c>
       <c r="P29" t="s">
-        <v>162</v>
+        <v>67</v>
       </c>
       <c r="Q29" t="s">
         <v>163</v>
       </c>
-      <c r="R29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R29"/>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>19</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E30" t="s">
         <v>164</v>
       </c>
       <c r="F30" t="s">
         <v>165</v>
       </c>
       <c r="G30">
-        <v>5.6954644999999996E-3</v>
+        <v>1.9933831400000001E-2</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>5.6954644999999996E-3</v>
+        <v>1.9933831400000001E-2</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
         <v>1</v>
       </c>
       <c r="M30" t="s">
         <v>166</v>
       </c>
       <c r="N30" t="s">
         <v>167</v>
       </c>
       <c r="O30" t="s">
         <v>166</v>
       </c>
       <c r="P30" t="s">
         <v>167</v>
       </c>
       <c r="Q30" t="s">
         <v>168</v>
       </c>
       <c r="R30" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>19</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E31" t="s">
         <v>169</v>
       </c>
       <c r="F31" t="s">
         <v>170</v>
       </c>
       <c r="G31">
-        <v>1.94499414E-2</v>
+        <v>4.1511406000000004E-3</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>1.94499414E-2</v>
+        <v>4.1511406000000004E-3</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31">
         <v>1</v>
       </c>
       <c r="M31" t="s">
         <v>171</v>
       </c>
       <c r="N31" t="s">
         <v>172</v>
       </c>
       <c r="O31" t="s">
         <v>171</v>
       </c>
       <c r="P31" t="s">
         <v>172</v>
       </c>
       <c r="Q31" t="s">
         <v>173</v>
       </c>
       <c r="R31" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>19</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E32" t="s">
         <v>174</v>
       </c>
       <c r="F32" t="s">
         <v>175</v>
       </c>
       <c r="G32">
-        <v>6.3186541000000004E-3</v>
+        <v>6.4908218999999998E-3</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>6.3186541000000004E-3</v>
+        <v>6.4908218999999998E-3</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
         <v>1</v>
       </c>
       <c r="M32" t="s">
         <v>176</v>
       </c>
       <c r="N32" t="s">
         <v>177</v>
       </c>
       <c r="O32" t="s">
-        <v>66</v>
+        <v>176</v>
       </c>
       <c r="P32" t="s">
-        <v>67</v>
+        <v>177</v>
       </c>
       <c r="Q32" t="s">
         <v>178</v>
       </c>
-      <c r="R32"/>
+      <c r="R32" t="s">
+        <v>178</v>
+      </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>19</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E33" t="s">
         <v>179</v>
       </c>
       <c r="F33" t="s">
         <v>180</v>
       </c>
       <c r="G33">
-        <v>2.0892241200000002E-2</v>
+        <v>7.9348601999999994E-3</v>
       </c>
       <c r="H33"/>
       <c r="I33">
-        <v>2.0892241200000002E-2</v>
+        <v>7.9348601999999994E-3</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
         <v>1</v>
       </c>
       <c r="M33" t="s">
         <v>181</v>
       </c>
       <c r="N33" t="s">
         <v>182</v>
       </c>
       <c r="O33" t="s">
         <v>181</v>
       </c>
       <c r="P33" t="s">
         <v>182</v>
       </c>
       <c r="Q33" t="s">
         <v>183</v>
       </c>
       <c r="R33" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>19</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E34" t="s">
         <v>184</v>
       </c>
       <c r="F34" t="s">
         <v>185</v>
       </c>
       <c r="G34">
-        <v>4.1388468000000001E-3</v>
+        <v>3.7711483999999999E-3</v>
       </c>
       <c r="H34"/>
       <c r="I34">
-        <v>4.1388468000000001E-3</v>
+        <v>3.7711483999999999E-3</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34">
         <v>1</v>
       </c>
       <c r="M34" t="s">
         <v>186</v>
       </c>
       <c r="N34" t="s">
         <v>187</v>
       </c>
       <c r="O34" t="s">
         <v>186</v>
       </c>
       <c r="P34" t="s">
         <v>187</v>
       </c>
       <c r="Q34" t="s">
         <v>188</v>
       </c>
       <c r="R34" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>19</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E35" t="s">
         <v>189</v>
       </c>
       <c r="F35" t="s">
         <v>190</v>
       </c>
       <c r="G35">
-        <v>4.7460797999999997E-3</v>
+        <v>1.8496752700000001E-2</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>4.7460797999999997E-3</v>
+        <v>1.8496752700000001E-2</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
         <v>1</v>
       </c>
       <c r="M35" t="s">
         <v>191</v>
       </c>
       <c r="N35" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="O35" t="s">
         <v>191</v>
       </c>
       <c r="P35" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q35" t="s">
         <v>192</v>
       </c>
-      <c r="Q35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R35" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>19</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E36" t="s">
+        <v>193</v>
+      </c>
+      <c r="F36" t="s">
         <v>194</v>
       </c>
-      <c r="F36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36">
-        <v>3.6607275000000001E-3</v>
+        <v>4.6106973000000001E-3</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>3.6607275000000001E-3</v>
+        <v>4.6106973000000001E-3</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
         <v>1</v>
       </c>
       <c r="M36" t="s">
+        <v>195</v>
+      </c>
+      <c r="N36" t="s">
         <v>196</v>
       </c>
-      <c r="N36" t="s">
+      <c r="O36" t="s">
+        <v>195</v>
+      </c>
+      <c r="P36" t="s">
+        <v>196</v>
+      </c>
+      <c r="Q36" t="s">
         <v>197</v>
       </c>
-      <c r="O36" t="s">
-[...2 lines deleted...]
-      <c r="P36" t="s">
+      <c r="R36" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E37" t="s">
+        <v>198</v>
+      </c>
+      <c r="F37" t="s">
         <v>199</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37">
-        <v>3.9077866000000001E-3</v>
+        <v>2.29710817E-2</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>3.9077866000000001E-3</v>
+        <v>2.29710812E-2</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
         <v>1</v>
       </c>
       <c r="M37" t="s">
+        <v>200</v>
+      </c>
+      <c r="N37" t="s">
         <v>201</v>
       </c>
-      <c r="N37" t="s">
+      <c r="O37" t="s">
+        <v>200</v>
+      </c>
+      <c r="P37" t="s">
+        <v>201</v>
+      </c>
+      <c r="Q37" t="s">
         <v>202</v>
       </c>
-      <c r="O37" t="s">
-[...2 lines deleted...]
-      <c r="P37" t="s">
+      <c r="R37" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E38" t="s">
+        <v>203</v>
+      </c>
+      <c r="F38" t="s">
         <v>204</v>
       </c>
-      <c r="F38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G38">
-        <v>1.98711071E-2</v>
+        <v>4.5720798999999996E-3</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>1.98711071E-2</v>
+        <v>4.5720798999999996E-3</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
         <v>1</v>
       </c>
       <c r="M38" t="s">
+        <v>205</v>
+      </c>
+      <c r="N38" t="s">
         <v>206</v>
       </c>
-      <c r="N38" t="s">
+      <c r="O38" t="s">
         <v>205</v>
       </c>
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="Q38" t="s">
         <v>207</v>
       </c>
       <c r="R38" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E39" t="s">
         <v>208</v>
       </c>
       <c r="F39" t="s">
         <v>209</v>
       </c>
       <c r="G39">
-        <v>3.6934273000000001E-3</v>
+        <v>4.9586252000000004E-3</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>3.6934273000000001E-3</v>
+        <v>4.9586252000000004E-3</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
         <v>1</v>
       </c>
       <c r="M39" t="s">
         <v>210</v>
       </c>
       <c r="N39" t="s">
         <v>211</v>
       </c>
       <c r="O39" t="s">
         <v>210</v>
       </c>
       <c r="P39" t="s">
         <v>211</v>
       </c>
       <c r="Q39" t="s">
         <v>212</v>
       </c>
       <c r="R39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E40" t="s">
         <v>213</v>
       </c>
       <c r="F40" t="s">
         <v>214</v>
       </c>
       <c r="G40">
-        <v>3.894013E-3</v>
+        <v>4.1009228999999998E-3</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>3.894013E-3</v>
+        <v>4.1009228999999998E-3</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
         <v>1</v>
       </c>
       <c r="M40" t="s">
         <v>215</v>
       </c>
       <c r="N40" t="s">
         <v>216</v>
       </c>
       <c r="O40" t="s">
         <v>215</v>
       </c>
       <c r="P40" t="s">
         <v>216</v>
       </c>
       <c r="Q40" t="s">
         <v>217</v>
       </c>
       <c r="R40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E41" t="s">
         <v>218</v>
       </c>
       <c r="F41" t="s">
         <v>219</v>
       </c>
       <c r="G41">
-        <v>1.78742585E-2</v>
+        <v>1.9896039399999999E-2</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>1.78742585E-2</v>
+        <v>1.9896039399999999E-2</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
         <v>1</v>
       </c>
       <c r="M41" t="s">
         <v>220</v>
       </c>
       <c r="N41" t="s">
         <v>221</v>
       </c>
       <c r="O41" t="s">
         <v>220</v>
       </c>
       <c r="P41" t="s">
         <v>221</v>
       </c>
       <c r="Q41" t="s">
         <v>222</v>
       </c>
       <c r="R41" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E42" t="s">
         <v>223</v>
       </c>
       <c r="F42" t="s">
         <v>224</v>
       </c>
       <c r="G42">
-        <v>1.71507298E-2</v>
+        <v>4.4507269000000002E-3</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>1.71507298E-2</v>
+        <v>4.4507269000000002E-3</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
         <v>1</v>
       </c>
       <c r="M42" t="s">
         <v>225</v>
       </c>
       <c r="N42" t="s">
         <v>226</v>
       </c>
       <c r="O42" t="s">
         <v>225</v>
       </c>
       <c r="P42" t="s">
         <v>226</v>
       </c>
       <c r="Q42" t="s">
         <v>227</v>
       </c>
       <c r="R42" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E43" t="s">
         <v>228</v>
       </c>
       <c r="F43" t="s">
         <v>229</v>
       </c>
       <c r="G43">
-        <v>1.6800275199999999E-2</v>
+        <v>1.15726176E-2</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>1.6800275199999999E-2</v>
+        <v>1.15726176E-2</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
         <v>1</v>
       </c>
       <c r="M43" t="s">
         <v>230</v>
       </c>
       <c r="N43" t="s">
         <v>231</v>
       </c>
       <c r="O43" t="s">
         <v>230</v>
       </c>
       <c r="P43" t="s">
         <v>231</v>
       </c>
       <c r="Q43" t="s">
         <v>232</v>
       </c>
       <c r="R43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>19</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E44" t="s">
         <v>233</v>
       </c>
       <c r="F44" t="s">
         <v>234</v>
       </c>
       <c r="G44">
-        <v>4.2290254999999997E-3</v>
+        <v>1.7889607500000002E-2</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>4.2290254999999997E-3</v>
+        <v>1.7889607500000002E-2</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
         <v>1</v>
       </c>
       <c r="M44" t="s">
         <v>235</v>
       </c>
       <c r="N44" t="s">
         <v>236</v>
       </c>
       <c r="O44" t="s">
         <v>235</v>
       </c>
       <c r="P44" t="s">
         <v>236</v>
       </c>
       <c r="Q44" t="s">
         <v>237</v>
       </c>
       <c r="R44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>19</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E45" t="s">
         <v>238</v>
       </c>
       <c r="F45" t="s">
         <v>239</v>
       </c>
       <c r="G45">
-        <v>4.3749469999999997E-3</v>
+        <v>2.0233142199999998E-2</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>4.3749469999999997E-3</v>
+        <v>2.0233142199999998E-2</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
         <v>1</v>
       </c>
       <c r="M45" t="s">
         <v>240</v>
       </c>
       <c r="N45" t="s">
         <v>241</v>
       </c>
       <c r="O45" t="s">
         <v>240</v>
       </c>
       <c r="P45" t="s">
         <v>241</v>
       </c>
       <c r="Q45" t="s">
         <v>242</v>
       </c>
       <c r="R45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>19</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E46" t="s">
         <v>243</v>
       </c>
       <c r="F46" t="s">
         <v>244</v>
       </c>
       <c r="G46">
-        <v>2.0887903400000001E-2</v>
+        <v>3.9074657000000004E-3</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>2.0887903400000001E-2</v>
+        <v>3.9074657000000004E-3</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
         <v>1</v>
       </c>
       <c r="M46" t="s">
         <v>245</v>
       </c>
       <c r="N46" t="s">
         <v>246</v>
       </c>
       <c r="O46" t="s">
         <v>245</v>
       </c>
       <c r="P46" t="s">
         <v>246</v>
       </c>
       <c r="Q46" t="s">
         <v>247</v>
       </c>
       <c r="R46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>19</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E47" t="s">
         <v>248</v>
       </c>
       <c r="F47" t="s">
         <v>249</v>
       </c>
       <c r="G47">
-        <v>3.7544432000000002E-3</v>
+        <v>2.0182200500000001E-2</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>3.7544432000000002E-3</v>
+        <v>2.0182200500000001E-2</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
         <v>1</v>
       </c>
       <c r="M47" t="s">
         <v>250</v>
       </c>
       <c r="N47" t="s">
         <v>251</v>
       </c>
       <c r="O47" t="s">
         <v>250</v>
       </c>
       <c r="P47" t="s">
         <v>251</v>
       </c>
       <c r="Q47" t="s">
         <v>252</v>
       </c>
       <c r="R47" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
         <v>19</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E48" t="s">
         <v>253</v>
       </c>
       <c r="F48" t="s">
         <v>254</v>
       </c>
       <c r="G48">
-        <v>4.2890539E-3</v>
+        <v>1.8337492699999999E-2</v>
       </c>
       <c r="H48"/>
       <c r="I48">
-        <v>4.2890539E-3</v>
+        <v>1.8337492699999999E-2</v>
       </c>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
         <v>1</v>
       </c>
       <c r="M48" t="s">
         <v>255</v>
       </c>
       <c r="N48" t="s">
         <v>256</v>
       </c>
       <c r="O48" t="s">
         <v>255</v>
       </c>
       <c r="P48" t="s">
         <v>256</v>
       </c>
       <c r="Q48" t="s">
         <v>257</v>
       </c>
       <c r="R48" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
         <v>19</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E49" t="s">
         <v>258</v>
       </c>
       <c r="F49" t="s">
         <v>259</v>
       </c>
       <c r="G49">
-        <v>1.6522296999999998E-2</v>
+        <v>2.1988913299999999E-2</v>
       </c>
       <c r="H49"/>
       <c r="I49">
-        <v>1.6522296999999998E-2</v>
+        <v>2.1988913299999999E-2</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
         <v>1</v>
       </c>
       <c r="M49" t="s">
         <v>260</v>
       </c>
       <c r="N49" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="O49" t="s">
         <v>260</v>
       </c>
       <c r="P49" t="s">
+        <v>259</v>
+      </c>
+      <c r="Q49" t="s">
         <v>261</v>
       </c>
-      <c r="Q49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R49" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>19</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E50" t="s">
+        <v>262</v>
+      </c>
+      <c r="F50" t="s">
         <v>263</v>
       </c>
-      <c r="F50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G50">
-        <v>1.7061983400000001E-2</v>
+        <v>3.9588634999999997E-3</v>
       </c>
       <c r="H50"/>
       <c r="I50">
-        <v>1.7061983400000001E-2</v>
+        <v>3.9588634999999997E-3</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
         <v>1</v>
       </c>
       <c r="M50" t="s">
+        <v>264</v>
+      </c>
+      <c r="N50" t="s">
         <v>265</v>
       </c>
-      <c r="N50" t="s">
+      <c r="O50" t="s">
+        <v>264</v>
+      </c>
+      <c r="P50" t="s">
+        <v>265</v>
+      </c>
+      <c r="Q50" t="s">
         <v>266</v>
       </c>
-      <c r="O50" t="s">
-[...2 lines deleted...]
-      <c r="P50" t="s">
+      <c r="R50" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
         <v>19</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E51" t="s">
+        <v>267</v>
+      </c>
+      <c r="F51" t="s">
         <v>268</v>
       </c>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51">
-        <v>3.7548573E-3</v>
+        <v>1.92963661E-2</v>
       </c>
       <c r="H51"/>
       <c r="I51">
-        <v>3.7548573E-3</v>
+        <v>1.92963661E-2</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
         <v>1</v>
       </c>
       <c r="M51" t="s">
+        <v>269</v>
+      </c>
+      <c r="N51" t="s">
         <v>270</v>
       </c>
-      <c r="N51" t="s">
+      <c r="O51" t="s">
+        <v>269</v>
+      </c>
+      <c r="P51" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q51" t="s">
         <v>271</v>
       </c>
-      <c r="O51" t="s">
-[...8 lines deleted...]
-      <c r="R51"/>
+      <c r="R51" t="s">
+        <v>271</v>
+      </c>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>19</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E52" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="F52" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="G52">
-        <v>2.02607712E-2</v>
+        <v>3.8875278999999999E-3</v>
       </c>
       <c r="H52"/>
       <c r="I52">
-        <v>2.02607712E-2</v>
+        <v>3.8875278999999999E-3</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
         <v>1</v>
       </c>
       <c r="M52" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="N52" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="O52" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="P52" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="Q52" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="R52" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>19</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E53" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="F53" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="G53">
-        <v>6.4649642000000002E-3</v>
+        <v>2.1734436900000001E-2</v>
       </c>
       <c r="H53"/>
       <c r="I53">
-        <v>6.4649642000000002E-3</v>
+        <v>2.1734436900000001E-2</v>
       </c>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
         <v>1</v>
       </c>
       <c r="M53" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="N53" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="O53" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="P53" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="Q53" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="R53" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>19</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E54" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="F54" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="G54">
-        <v>7.2212038999999997E-3</v>
+        <v>1.9949813100000002E-2</v>
       </c>
       <c r="H54"/>
       <c r="I54">
-        <v>7.2212038999999997E-3</v>
+        <v>1.9949813100000002E-2</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54">
         <v>1</v>
       </c>
       <c r="M54" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="N54" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="O54" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="P54" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="Q54" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="R54" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
     </row>
     <row r="55" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
         <v>19</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E55" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="F55" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="G55">
-        <v>2.0848766599999999E-2</v>
+        <v>3.8464684000000002E-3</v>
       </c>
       <c r="H55"/>
       <c r="I55">
-        <v>2.0848766599999999E-2</v>
+        <v>3.8464684000000002E-3</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55">
         <v>1</v>
       </c>
       <c r="M55" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="N55" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="O55" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="P55" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="Q55" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="R55" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="56" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E56" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F56" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="G56">
-        <v>4.6697008E-3</v>
+        <v>3.7538911000000001E-3</v>
       </c>
       <c r="H56"/>
       <c r="I56">
-        <v>4.6697008E-3</v>
+        <v>3.7538911000000001E-3</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56">
         <v>1</v>
       </c>
       <c r="M56" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="N56" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="O56" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="P56" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="Q56" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="R56" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
     </row>
     <row r="57" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
         <v>19</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E57" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="F57" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="G57">
-        <v>4.5641904999999998E-3</v>
+        <v>3.8186101000000001E-3</v>
       </c>
       <c r="H57"/>
       <c r="I57">
-        <v>4.5641904999999998E-3</v>
+        <v>3.8186101000000001E-3</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57">
         <v>1</v>
       </c>
       <c r="L57">
         <v>1</v>
       </c>
       <c r="M57" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="N57" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="O57" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="P57" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="Q57" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="R57" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
     </row>
     <row r="58" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E58" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="F58" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="G58">
-        <v>1.8430661500000001E-2</v>
+        <v>1.8902704199999999E-2</v>
       </c>
       <c r="H58"/>
       <c r="I58">
-        <v>1.8430661500000001E-2</v>
+        <v>1.8902704199999999E-2</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58">
         <v>1</v>
       </c>
       <c r="L58">
         <v>1</v>
       </c>
       <c r="M58" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="N58" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="O58" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="P58" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="Q58" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="R58" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
     </row>
     <row r="59" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E59" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="F59" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="G59">
-        <v>4.5713085000000002E-3</v>
+        <v>4.0198689999999997E-3</v>
       </c>
       <c r="H59"/>
       <c r="I59">
-        <v>4.5713085000000002E-3</v>
+        <v>4.0198689999999997E-3</v>
       </c>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
         <v>1</v>
       </c>
       <c r="M59" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="N59" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="O59" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="P59" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="Q59" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="R59" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
     </row>
     <row r="60" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
         <v>19</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E60" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="F60" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="G60">
-        <v>3.3922683E-3</v>
+        <v>3.8685983000000001E-3</v>
       </c>
       <c r="H60"/>
       <c r="I60">
-        <v>3.3922683E-3</v>
+        <v>3.8685983000000001E-3</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60">
         <v>1</v>
       </c>
       <c r="M60" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="N60" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="O60" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="P60" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="Q60" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="R60" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
     </row>
     <row r="61" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>19</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E61" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="F61" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="G61">
-        <v>1.9442260699999998E-2</v>
+        <v>1.9439857299999998E-2</v>
       </c>
       <c r="H61"/>
       <c r="I61">
-        <v>1.9442260699999998E-2</v>
+        <v>1.9439857299999998E-2</v>
       </c>
       <c r="J61" t="s">
         <v>23</v>
       </c>
       <c r="K61">
         <v>1</v>
       </c>
       <c r="L61">
         <v>1</v>
       </c>
       <c r="M61" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="N61" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="O61" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="P61" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="Q61" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="R61" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
     </row>
     <row r="62" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>19</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E62" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="F62" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="G62">
-        <v>2.0445331399999999E-2</v>
+        <v>1.52748951E-2</v>
       </c>
       <c r="H62"/>
       <c r="I62">
-        <v>2.0445331399999999E-2</v>
+        <v>1.52748951E-2</v>
       </c>
       <c r="J62" t="s">
         <v>23</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62">
         <v>1</v>
       </c>
       <c r="M62" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="N62" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="O62" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="P62" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="Q62" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="R62" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="63" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>19</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E63" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="F63" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="G63">
-        <v>1.01772709E-2</v>
+        <v>4.7888061999999997E-3</v>
       </c>
       <c r="H63"/>
       <c r="I63">
-        <v>1.01772709E-2</v>
+        <v>4.7888061999999997E-3</v>
       </c>
       <c r="J63" t="s">
         <v>23</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63">
         <v>1</v>
       </c>
       <c r="M63" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="N63" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="O63" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="P63" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="Q63" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="R63" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
     </row>
     <row r="64" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
         <v>19</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E64" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="F64" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="G64">
-        <v>1.43880473E-2</v>
+        <v>1.85329441E-2</v>
       </c>
       <c r="H64"/>
       <c r="I64">
-        <v>1.43880473E-2</v>
+        <v>1.85329441E-2</v>
       </c>
       <c r="J64" t="s">
         <v>23</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64">
         <v>1</v>
       </c>
       <c r="M64" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="N64" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="O64" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="P64" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="Q64" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="R64" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
     </row>
     <row r="65" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
         <v>19</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E65" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="F65" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="G65">
-        <v>6.2737061E-3</v>
+        <v>7.4775459999999998E-3</v>
       </c>
       <c r="H65"/>
       <c r="I65">
-        <v>6.2737061E-3</v>
+        <v>7.4775459999999998E-3</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65">
         <v>12.5</v>
       </c>
       <c r="M65" t="s">
+        <v>339</v>
+      </c>
+      <c r="N65" t="s">
+        <v>340</v>
+      </c>
+      <c r="O65" t="s">
+        <v>341</v>
+      </c>
+      <c r="P65" t="s">
         <v>342</v>
       </c>
-      <c r="N65" t="s">
+      <c r="Q65" t="s">
         <v>343</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
         <v>19</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E66" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="F66" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="G66">
-        <v>4.2126567999999998E-3</v>
+        <v>4.6212591000000004E-3</v>
       </c>
       <c r="H66"/>
       <c r="I66">
-        <v>4.2126567999999998E-3</v>
+        <v>4.6212591000000004E-3</v>
       </c>
       <c r="J66" t="s">
         <v>23</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66">
         <v>1</v>
       </c>
       <c r="M66" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="N66" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="O66" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="P66" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="Q66" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="R66" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
     </row>
     <row r="67" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
         <v>19</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E67" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="F67" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="G67">
-        <v>3.551205E-3</v>
+        <v>1.29083618E-2</v>
       </c>
       <c r="H67"/>
       <c r="I67">
-        <v>3.551205E-3</v>
+        <v>1.29083618E-2</v>
       </c>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
         <v>1</v>
       </c>
       <c r="M67" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="N67" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="O67" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="P67" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="Q67" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="R67" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="68" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
         <v>19</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E68" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="F68" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="G68">
-        <v>3.8530772E-3</v>
+        <v>4.1946767000000003E-3</v>
       </c>
       <c r="H68"/>
       <c r="I68">
-        <v>3.8530772E-3</v>
+        <v>4.1946767000000003E-3</v>
       </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68">
         <v>1</v>
       </c>
       <c r="L68">
         <v>1</v>
       </c>
       <c r="M68" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="N68" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="O68" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="P68" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="Q68" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="R68" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="69" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
         <v>19</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E69" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F69" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="G69">
-        <v>3.9825994E-3</v>
+        <v>3.9914036999999999E-3</v>
       </c>
       <c r="H69"/>
       <c r="I69">
-        <v>3.9825994E-3</v>
+        <v>3.9914036999999999E-3</v>
       </c>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69">
         <v>1</v>
       </c>
       <c r="M69" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="N69" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="O69" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="P69" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="Q69" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="R69" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
     </row>
     <row r="70" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
         <v>19</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E70" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="F70" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="G70">
-        <v>3.6223602999999999E-3</v>
+        <v>4.0931242999999997E-3</v>
       </c>
       <c r="H70"/>
       <c r="I70">
-        <v>3.6223602999999999E-3</v>
+        <v>4.0931242999999997E-3</v>
       </c>
       <c r="J70" t="s">
         <v>23</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
         <v>1</v>
       </c>
       <c r="M70" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="N70" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="O70" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="P70" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="Q70" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="R70" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
     </row>
     <row r="71" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
         <v>19</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E71" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="F71" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="G71">
-        <v>4.1616300000000004E-3</v>
+        <v>2.0154947900000001E-2</v>
       </c>
       <c r="H71"/>
       <c r="I71">
-        <v>4.1616300000000004E-3</v>
+        <v>2.0154947900000001E-2</v>
       </c>
       <c r="J71" t="s">
         <v>23</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71">
         <v>1</v>
       </c>
       <c r="M71" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="N71" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="O71" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="P71" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="Q71" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="R71" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
     </row>
     <row r="72" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
         <v>19</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E72" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="F72" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="G72">
-        <v>4.3883465999999998E-3</v>
+        <v>1.9772851800000001E-2</v>
       </c>
       <c r="H72"/>
       <c r="I72">
-        <v>4.3883465999999998E-3</v>
+        <v>1.9772851800000001E-2</v>
       </c>
       <c r="J72" t="s">
         <v>23</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72">
         <v>1</v>
       </c>
       <c r="M72" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="N72" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="O72" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="P72" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="Q72" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="R72" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
     </row>
     <row r="73" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
         <v>19</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E73" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="F73" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="G73">
-        <v>2.0146463100000001E-2</v>
+        <v>3.6883250000000001E-3</v>
       </c>
       <c r="H73"/>
       <c r="I73">
-        <v>2.0146463100000001E-2</v>
+        <v>3.6883250000000001E-3</v>
       </c>
       <c r="J73" t="s">
         <v>23</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
         <v>1</v>
       </c>
       <c r="M73" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="N73" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="O73" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="P73" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="Q73" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="R73" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
     </row>
     <row r="74" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
         <v>19</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E74" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="F74" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="G74">
-        <v>2.0753662999999999E-2</v>
+        <v>3.9609906000000004E-3</v>
       </c>
       <c r="H74"/>
       <c r="I74">
-        <v>2.0753662999999999E-2</v>
+        <v>3.9609906000000004E-3</v>
       </c>
       <c r="J74" t="s">
         <v>23</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
         <v>1</v>
       </c>
       <c r="M74" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="N74" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="O74" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="P74" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="Q74" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="R74" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
     </row>
     <row r="75" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
         <v>19</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E75" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="F75" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="G75">
-        <v>3.7672719999999999E-3</v>
+        <v>1.8005586000000001E-2</v>
       </c>
       <c r="H75"/>
       <c r="I75">
-        <v>3.7672719999999999E-3</v>
+        <v>1.8005586000000001E-2</v>
       </c>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75">
         <v>1</v>
       </c>
       <c r="M75" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="N75" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="O75" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="P75" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="Q75" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="R75" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
     </row>
     <row r="76" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
         <v>19</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E76" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="F76" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="G76">
-        <v>1.13165482E-2</v>
+        <v>8.8817335000000008E-3</v>
       </c>
       <c r="H76"/>
       <c r="I76">
-        <v>1.13165482E-2</v>
+        <v>8.8817335000000008E-3</v>
       </c>
       <c r="J76" t="s">
         <v>23</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
       <c r="L76">
         <v>1</v>
       </c>
       <c r="M76" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="N76" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="O76" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="P76" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="Q76" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="R76" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
     </row>
     <row r="77" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
         <v>19</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E77" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="F77" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="G77">
-        <v>3.7637394E-3</v>
+        <v>3.9146266999999998E-3</v>
       </c>
       <c r="H77"/>
       <c r="I77">
-        <v>3.7637394E-3</v>
+        <v>3.9146266999999998E-3</v>
       </c>
       <c r="J77" t="s">
         <v>23</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
         <v>1</v>
       </c>
       <c r="M77" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="N77" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="O77" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="P77" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="Q77" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="R77" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
     </row>
     <row r="78" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
         <v>19</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E78" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="F78" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="G78">
-        <v>4.3506246000000002E-3</v>
+        <v>3.7729119999999998E-3</v>
       </c>
       <c r="H78"/>
       <c r="I78">
-        <v>4.3506246000000002E-3</v>
+        <v>3.7729119999999998E-3</v>
       </c>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78">
         <v>1</v>
       </c>
       <c r="M78" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="N78" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="O78" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="P78" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="Q78" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="R78" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
     </row>
     <row r="79" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
         <v>19</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E79" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F79" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="G79">
-        <v>4.4422330999999999E-3</v>
+        <v>3.2545344E-3</v>
       </c>
       <c r="H79"/>
       <c r="I79">
-        <v>4.4422330999999999E-3</v>
+        <v>3.2545344E-3</v>
       </c>
       <c r="J79" t="s">
         <v>23</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79">
         <v>1</v>
       </c>
       <c r="M79" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="N79" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="O79" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="P79" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="Q79" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="R79" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
     </row>
     <row r="80" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
         <v>19</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E80" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="F80" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="G80">
-        <v>1.2342989800000001E-2</v>
+        <v>2.2957939300000001E-2</v>
       </c>
       <c r="H80"/>
       <c r="I80">
-        <v>1.2342989800000001E-2</v>
+        <v>2.2957939300000001E-2</v>
       </c>
       <c r="J80" t="s">
         <v>23</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80">
         <v>1</v>
       </c>
       <c r="M80" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="N80" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="O80" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="P80" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="Q80" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="R80" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
     </row>
     <row r="81" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
         <v>19</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E81" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="F81" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="G81">
-        <v>1.5551219099999999E-2</v>
+        <v>3.7286658000000002E-3</v>
       </c>
       <c r="H81"/>
       <c r="I81">
-        <v>1.5551219099999999E-2</v>
+        <v>3.7286658000000002E-3</v>
       </c>
       <c r="J81" t="s">
         <v>23</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81">
         <v>1</v>
       </c>
       <c r="M81" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="N81" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="O81" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="P81" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="Q81" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="R81" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="82" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
         <v>19</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E82" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="F82" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="G82">
-        <v>4.4346311999999997E-3</v>
+        <v>1.9805893099999999E-2</v>
       </c>
       <c r="H82"/>
       <c r="I82">
-        <v>4.4346311999999997E-3</v>
+        <v>1.9805893099999999E-2</v>
       </c>
       <c r="J82" t="s">
         <v>23</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82">
         <v>1</v>
       </c>
       <c r="M82" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="N82" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="O82" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="P82" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="Q82" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="R82" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
     </row>
     <row r="83" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
         <v>19</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E83" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="F83" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="G83">
-        <v>2.0998843499999999E-2</v>
+        <v>1.7557725699999999E-2</v>
       </c>
       <c r="H83"/>
       <c r="I83">
-        <v>2.0998843499999999E-2</v>
+        <v>1.7557725699999999E-2</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83">
         <v>1</v>
       </c>
       <c r="M83" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="N83" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="O83" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="P83" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="Q83" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="R83" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
     </row>
     <row r="84" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
         <v>19</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E84" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="F84" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="G84">
-        <v>1.2244948E-2</v>
+        <v>3.1634524999999999E-3</v>
       </c>
       <c r="H84"/>
       <c r="I84">
-        <v>1.2244948E-2</v>
+        <v>3.1634524999999999E-3</v>
       </c>
       <c r="J84" t="s">
         <v>23</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84">
         <v>1</v>
       </c>
       <c r="M84" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="N84" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="O84" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="P84" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="Q84" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="R84" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
     </row>
     <row r="85" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
         <v>19</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E85" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="F85" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="G85">
-        <v>2.0055450400000001E-2</v>
+        <v>3.8938354000000001E-3</v>
       </c>
       <c r="H85"/>
       <c r="I85">
-        <v>2.0055450400000001E-2</v>
+        <v>3.8938354000000001E-3</v>
       </c>
       <c r="J85" t="s">
         <v>23</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85">
         <v>1</v>
       </c>
       <c r="M85" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="N85" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="O85" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="P85" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="Q85" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="R85" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
     </row>
     <row r="86" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
         <v>19</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E86" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="F86" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="G86">
-        <v>1.9549922899999999E-2</v>
+        <v>3.9870764999999997E-3</v>
       </c>
       <c r="H86"/>
       <c r="I86">
-        <v>1.9549922899999999E-2</v>
+        <v>3.9870764999999997E-3</v>
       </c>
       <c r="J86" t="s">
         <v>23</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86">
         <v>1</v>
       </c>
       <c r="M86" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="N86" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="O86" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="P86" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="Q86" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="R86" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
     </row>
     <row r="87" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E87" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="F87" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="G87">
-        <v>4.4743203E-3</v>
+        <v>2.1566586799999999E-2</v>
       </c>
       <c r="H87"/>
       <c r="I87">
-        <v>4.4743203E-3</v>
+        <v>2.1566586799999999E-2</v>
       </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
         <v>1</v>
       </c>
       <c r="M87" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="N87" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="O87" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="P87" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="Q87" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="R87" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
     </row>
     <row r="88" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
         <v>19</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E88" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="F88" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="G88">
-        <v>4.1345263E-3</v>
+        <v>4.0738592000000001E-3</v>
       </c>
       <c r="H88"/>
       <c r="I88">
-        <v>4.1345263E-3</v>
+        <v>4.0738592000000001E-3</v>
       </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88">
         <v>1</v>
       </c>
       <c r="M88" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="N88" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="O88" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="P88" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="Q88" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="R88" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
     </row>
     <row r="89" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
         <v>19</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E89" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="F89" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="G89">
-        <v>1.8211033099999999E-2</v>
+        <v>4.0578636999999999E-3</v>
       </c>
       <c r="H89"/>
       <c r="I89">
-        <v>1.8211033099999999E-2</v>
+        <v>4.0578636999999999E-3</v>
       </c>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89">
         <v>1</v>
       </c>
       <c r="M89" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="N89" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="O89" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="P89" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="Q89" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="R89" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
     </row>
     <row r="90" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
         <v>19</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E90" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="F90" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="G90">
-        <v>4.1639269E-3</v>
+        <v>5.5056806999999996E-3</v>
       </c>
       <c r="H90"/>
       <c r="I90">
-        <v>4.1639269E-3</v>
+        <v>5.5056806999999996E-3</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
       <c r="L90">
         <v>1</v>
       </c>
       <c r="M90" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="N90" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="O90" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="P90" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="Q90" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="R90" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
     </row>
     <row r="91" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
         <v>19</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E91" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="F91" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="G91">
-        <v>1.9999731999999999E-2</v>
+        <v>2.04537134E-2</v>
       </c>
       <c r="H91"/>
       <c r="I91">
-        <v>1.9999731999999999E-2</v>
+        <v>2.04537134E-2</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91">
         <v>1</v>
       </c>
       <c r="M91" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="N91" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="O91" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="P91" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="Q91" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="R91" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
     </row>
     <row r="92" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
         <v>19</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E92" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="F92" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="G92">
-        <v>4.5250936000000002E-3</v>
+        <v>3.7112129000000001E-3</v>
       </c>
       <c r="H92"/>
       <c r="I92">
-        <v>4.5250936000000002E-3</v>
+        <v>3.7112129000000001E-3</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92">
         <v>1</v>
       </c>
       <c r="M92" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="N92" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="O92" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="P92" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="Q92" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="R92" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
     </row>
     <row r="93" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
         <v>19</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E93" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="F93" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="G93">
-        <v>3.8358696999999998E-3</v>
+        <v>1.92398623E-2</v>
       </c>
       <c r="H93"/>
       <c r="I93">
-        <v>3.8358696999999998E-3</v>
+        <v>1.92398623E-2</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93">
         <v>1</v>
       </c>
       <c r="M93" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="N93" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="O93" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="P93" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="Q93" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="R93" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
     </row>
     <row r="94" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
         <v>19</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E94" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="F94" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="G94">
-        <v>4.1419975000000003E-3</v>
+        <v>3.6298019000000001E-3</v>
       </c>
       <c r="H94"/>
       <c r="I94">
-        <v>4.1419975000000003E-3</v>
+        <v>3.6298019000000001E-3</v>
       </c>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94">
         <v>1</v>
       </c>
       <c r="M94" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="N94" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="O94" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="P94" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="Q94" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="R94" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
     </row>
     <row r="95" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
         <v>19</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E95" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="F95" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="G95">
-        <v>1.9394610699999999E-2</v>
+        <v>4.0925668E-3</v>
       </c>
       <c r="H95"/>
       <c r="I95">
-        <v>1.9394610699999999E-2</v>
+        <v>4.0925668E-3</v>
       </c>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95">
         <v>1</v>
       </c>
       <c r="M95" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="N95" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="O95" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="P95" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="Q95" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="R95" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
     </row>
     <row r="96" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
         <v>19</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E96" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="F96" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="G96">
-        <v>2.12234156E-2</v>
+        <v>1.7635678599999999E-2</v>
       </c>
       <c r="H96"/>
       <c r="I96">
-        <v>2.1223415900000001E-2</v>
+        <v>1.7635678599999999E-2</v>
       </c>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96">
         <v>1</v>
       </c>
       <c r="M96" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="N96" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="O96" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="P96" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="Q96" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="R96" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
     </row>
     <row r="97" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
         <v>19</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E97" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="F97" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="G97">
-        <v>1.9286249799999999E-2</v>
+        <v>1.8891571499999999E-2</v>
       </c>
       <c r="H97"/>
       <c r="I97">
-        <v>1.9286249799999999E-2</v>
+        <v>1.8891571499999999E-2</v>
       </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97">
         <v>1</v>
       </c>
       <c r="M97" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="N97" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="O97" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="P97" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="Q97" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="R97" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
     </row>
     <row r="98" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
         <v>19</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E98" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="F98" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="G98">
-        <v>4.4902724000000001E-3</v>
+        <v>3.7999797E-3</v>
       </c>
       <c r="H98"/>
       <c r="I98">
-        <v>4.4902724000000001E-3</v>
+        <v>3.7999797E-3</v>
       </c>
       <c r="J98" t="s">
         <v>23</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98">
         <v>1</v>
       </c>
       <c r="M98" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="N98" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="O98" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="P98" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="Q98" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="R98" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
     </row>
     <row r="99" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
         <v>19</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E99" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="F99" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="G99">
-        <v>1.9030384000000001E-2</v>
+        <v>1.9735099999999998E-2</v>
       </c>
       <c r="H99"/>
       <c r="I99">
-        <v>1.9030384000000001E-2</v>
+        <v>1.9735099999999998E-2</v>
       </c>
       <c r="J99" t="s">
         <v>23</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99">
         <v>1</v>
       </c>
       <c r="M99" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="N99" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="O99" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="P99" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="Q99" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="R99" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
     </row>
     <row r="100" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
         <v>19</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E100" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="F100" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="G100">
-        <v>3.6901615000000001E-3</v>
+        <v>3.9759467999999996E-3</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>3.6901615000000001E-3</v>
+        <v>3.9759467999999996E-3</v>
       </c>
       <c r="J100" t="s">
         <v>23</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100">
         <v>1</v>
       </c>
       <c r="M100" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="N100" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="O100" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="P100" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="Q100" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="R100" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
     </row>
     <row r="101" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
         <v>19</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E101" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="F101" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="G101">
-        <v>1.6139857300000001E-2</v>
+        <v>4.0410690000000004E-3</v>
       </c>
       <c r="H101"/>
       <c r="I101">
-        <v>1.6139857300000001E-2</v>
+        <v>4.0410690000000004E-3</v>
       </c>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101">
         <v>1</v>
       </c>
       <c r="M101" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="N101" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="O101" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="P101" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="Q101" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="R101" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="102" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
         <v>19</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E102" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="F102" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="G102">
-        <v>3.9781356E-3</v>
+        <v>1.9643866199999999E-2</v>
       </c>
       <c r="H102"/>
       <c r="I102">
-        <v>3.9781356E-3</v>
+        <v>1.9643866199999999E-2</v>
       </c>
       <c r="J102" t="s">
         <v>23</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
         <v>1</v>
       </c>
       <c r="M102" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="N102" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="O102" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="P102" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="Q102" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="R102" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
     </row>
     <row r="103" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
         <v>19</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" s="6">
-        <v>45930</v>
+        <v>45989</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G103">
-        <v>6.9460366999999999E-3</v>
+        <v>7.2682253999999998E-3</v>
       </c>
       <c r="H103"/>
       <c r="I103">
-        <v>8.4506766999999997E-3</v>
+        <v>8.7060109E-3</v>
       </c>
       <c r="J103" t="s">
         <v>23</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
-        <v>0.93545</v>
+        <v>0.96301000000000003</v>
       </c>
       <c r="M103" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="N103" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="O103" t="s">
-        <v>126</v>
+        <v>111</v>
       </c>
       <c r="P103" t="s">
-        <v>127</v>
+        <v>112</v>
       </c>
       <c r="Q103" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="R103" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.6" right="0.56999999999999995" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
+    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stahl, Cornelia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
-    <vt:lpwstr>2025-10-09T17:40:16Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-05T11:45:59Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
     <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
     <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
-    <vt:lpwstr>bba802a5-f029-4135-9ee7-41e7b1d739b0</vt:lpwstr>
+    <vt:lpwstr>08cba664-e2ca-4939-b047-bd520fc47a30</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>