--- v1 (2026-01-01)
+++ v2 (2026-03-17)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2026-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B25BBBBD-DA1D-427D-A2E3-BD08CF1E87AB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F107EDB7-274B-4E30-BCD0-C888805CBB1F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1238" uniqueCount="529">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1235" uniqueCount="534">
   <si>
     <t>KAG</t>
   </si>
   <si>
     <t>ISIN_Fonds</t>
   </si>
   <si>
     <t>Name_Fonds</t>
   </si>
   <si>
     <t>Stichtag</t>
   </si>
   <si>
     <t>ISIN_Bestand</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Emittent_Bezeichnung</t>
   </si>
   <si>
     <t>Konzern_Bezeichnung</t>
   </si>
   <si>
@@ -197,101 +197,101 @@
   <si>
     <t>852272</t>
   </si>
   <si>
     <t>Alfa-Laval AB</t>
   </si>
   <si>
     <t>549300UCKT2UK88AG251</t>
   </si>
   <si>
     <t>DE0008404005</t>
   </si>
   <si>
     <t>ALLIANZ SE-REG</t>
   </si>
   <si>
     <t>840400</t>
   </si>
   <si>
     <t>Allianz SE</t>
   </si>
   <si>
     <t>529900K9B0N5BT694847</t>
   </si>
   <si>
-    <t>ES0109067019</t>
-[...13 lines deleted...]
-  <si>
     <t>FR0004125920</t>
   </si>
   <si>
     <t>AMUNDI SA</t>
   </si>
   <si>
     <t>700254</t>
   </si>
   <si>
     <t>Amundi S.A.</t>
   </si>
   <si>
     <t>767041</t>
   </si>
   <si>
     <t>Rue La Boétie SAS</t>
   </si>
   <si>
     <t>96950010FL2T1TJKR531</t>
   </si>
   <si>
     <t>NL0011872643</t>
   </si>
   <si>
     <t>ASR NEDERLAND NV</t>
   </si>
   <si>
     <t>457809</t>
   </si>
   <si>
     <t>ASR Nederland N.V.</t>
   </si>
   <si>
     <t>7245000G0HS48PZWUD53</t>
   </si>
   <si>
+    <t>GB0009895292</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA PLC</t>
+  </si>
+  <si>
+    <t>886455</t>
+  </si>
+  <si>
+    <t>AstraZeneca PLC</t>
+  </si>
+  <si>
+    <t>PY6ZZQWO2IZFZC3IOL08</t>
+  </si>
+  <si>
     <t>FR0000120628</t>
   </si>
   <si>
     <t>AXA SA</t>
   </si>
   <si>
     <t>855705</t>
   </si>
   <si>
     <t>AXA S.A.</t>
   </si>
   <si>
     <t>F5WCUMTUM4RKZ1MAIE39</t>
   </si>
   <si>
     <t>IT0004776628</t>
   </si>
   <si>
     <t>BANCA MEDIOLANUM SPA</t>
   </si>
   <si>
     <t>450602</t>
   </si>
   <si>
     <t>Banca Mediolanum S.p.A.</t>
@@ -308,1353 +308,1368 @@
   <si>
     <t>875773</t>
   </si>
   <si>
     <t>Banco Bilbao Vizcaya Argentaria S.A. (BBVA)</t>
   </si>
   <si>
     <t>K8MS7FD7N5Z2WQ51AZ71</t>
   </si>
   <si>
     <t>IT0005218380</t>
   </si>
   <si>
     <t>BANCO BPM SPA</t>
   </si>
   <si>
     <t>744737</t>
   </si>
   <si>
     <t>Banco BPM S.p.A.</t>
   </si>
   <si>
     <t>815600E4E6DCD2D25E30</t>
   </si>
   <si>
-    <t>ES0113860A34</t>
-[...13 lines deleted...]
-  <si>
     <t>ES0113900J37</t>
   </si>
   <si>
     <t>BANCO SANTANDER SA</t>
   </si>
   <si>
     <t>858872</t>
   </si>
   <si>
     <t>Banco Santander S.A.</t>
   </si>
   <si>
     <t>5493006QMFDDMYWIAM13</t>
   </si>
   <si>
     <t>ES0113679I37</t>
   </si>
   <si>
     <t>BANKINTER SA</t>
   </si>
   <si>
     <t>869110</t>
   </si>
   <si>
     <t>Bankinter S.A.</t>
   </si>
   <si>
     <t>VWMYAEQSTOPNV0SUGU82</t>
   </si>
   <si>
-    <t>FR0000131104</t>
-[...2 lines deleted...]
-    <t>BNP PARIBAS</t>
+    <t>FR0000120503</t>
+  </si>
+  <si>
+    <t>BOUYGUES SA</t>
+  </si>
+  <si>
+    <t>858821</t>
+  </si>
+  <si>
+    <t>Bouygues S.A.</t>
+  </si>
+  <si>
+    <t>969500MOCLNQFNZN0D63</t>
+  </si>
+  <si>
+    <t>IT0000066123</t>
+  </si>
+  <si>
+    <t>BPER BANCA SPA</t>
+  </si>
+  <si>
+    <t>897832</t>
+  </si>
+  <si>
+    <t>BPER Banca S.p.A.</t>
+  </si>
+  <si>
+    <t>N747OI7JINV7RUUH6190</t>
+  </si>
+  <si>
+    <t>GB0030913577</t>
+  </si>
+  <si>
+    <t>BT GROUP PLC</t>
+  </si>
+  <si>
+    <t>794796</t>
+  </si>
+  <si>
+    <t>BT Group PLC</t>
+  </si>
+  <si>
+    <t>213800LRO7NS5CYQMN21</t>
+  </si>
+  <si>
+    <t>FR0006174348</t>
+  </si>
+  <si>
+    <t>BUREAU VERITAS SA</t>
+  </si>
+  <si>
+    <t>272222</t>
+  </si>
+  <si>
+    <t>Bureau Veritas SA</t>
+  </si>
+  <si>
+    <t>969500TPU5T3HA5D1F11</t>
+  </si>
+  <si>
+    <t>ES0140609019</t>
+  </si>
+  <si>
+    <t>CAIXABANK SA</t>
+  </si>
+  <si>
+    <t>271972</t>
+  </si>
+  <si>
+    <t>Caixabank S.A.</t>
+  </si>
+  <si>
+    <t>7CUNS533WID6K7DGFI87</t>
+  </si>
+  <si>
+    <t>GB00B033F229</t>
+  </si>
+  <si>
+    <t>CENTRICA PLC</t>
+  </si>
+  <si>
+    <t>905218</t>
+  </si>
+  <si>
+    <t>Centrica PLC</t>
+  </si>
+  <si>
+    <t>E26EDV109X6EEPBKVH76</t>
+  </si>
+  <si>
+    <t>GB00BDCPN049</t>
+  </si>
+  <si>
+    <t>COCA-COLA EUROPACIFIC PARTNE</t>
+  </si>
+  <si>
+    <t>477462</t>
+  </si>
+  <si>
+    <t>Coca-Cola Europacific Partners PLC</t>
+  </si>
+  <si>
+    <t>549300LTH67W4GWMRF57</t>
+  </si>
+  <si>
+    <t>GB00BD6K4575</t>
+  </si>
+  <si>
+    <t>COMPASS GROUP PLC</t>
+  </si>
+  <si>
+    <t>881384</t>
+  </si>
+  <si>
+    <t>Compass Group PLC</t>
+  </si>
+  <si>
+    <t>2138008M6MH9OZ6U2T68</t>
+  </si>
+  <si>
+    <t>FR0000045072</t>
+  </si>
+  <si>
+    <t>CREDIT AGRICOLE SA</t>
+  </si>
+  <si>
+    <t>460989</t>
+  </si>
+  <si>
+    <t>Crédit Agricole S.A.</t>
+  </si>
+  <si>
+    <t>969500TJ5KRTCJQWXH05</t>
+  </si>
+  <si>
+    <t>FR0000120644</t>
+  </si>
+  <si>
+    <t>DANONE</t>
+  </si>
+  <si>
+    <t>851194</t>
+  </si>
+  <si>
+    <t>Danone S.A.</t>
+  </si>
+  <si>
+    <t>969500KMUQ2B6CBAF162</t>
+  </si>
+  <si>
+    <t>DK0010274414</t>
+  </si>
+  <si>
+    <t>DANSKE BANK A/S</t>
+  </si>
+  <si>
+    <t>850857</t>
+  </si>
+  <si>
+    <t>Danske Bank A/S</t>
+  </si>
+  <si>
+    <t>MAES062Z21O4RZ2U7M96</t>
+  </si>
+  <si>
+    <t>DE0005557508</t>
+  </si>
+  <si>
+    <t>DEUTSCHE TELEKOM AG-REG</t>
+  </si>
+  <si>
+    <t>555700</t>
+  </si>
+  <si>
+    <t>Deutsche Telekom AG</t>
+  </si>
+  <si>
+    <t>549300V9QSIG4WX4GJ96</t>
+  </si>
+  <si>
+    <t>DE0005552004</t>
+  </si>
+  <si>
+    <t>DHL GROUP</t>
+  </si>
+  <si>
+    <t>555200</t>
+  </si>
+  <si>
+    <t>Deutsche Post AG</t>
+  </si>
+  <si>
+    <t>8ER8GIG7CSMVD8VUFE78</t>
+  </si>
+  <si>
+    <t>NO0010161896</t>
+  </si>
+  <si>
+    <t>DNB BANK ASA</t>
+  </si>
+  <si>
+    <t>467203</t>
+  </si>
+  <si>
+    <t>DNB Bank ASA</t>
+  </si>
+  <si>
+    <t>549300GKFG0RYRRQ1414</t>
+  </si>
+  <si>
+    <t>DE000ENAG999</t>
+  </si>
+  <si>
+    <t>E.ON SE</t>
+  </si>
+  <si>
+    <t>761440</t>
+  </si>
+  <si>
+    <t>Q9MAIUP40P25UFBFG033</t>
+  </si>
+  <si>
+    <t>FI0009007884</t>
+  </si>
+  <si>
+    <t>ELISA OYJ</t>
+  </si>
+  <si>
+    <t>615402</t>
+  </si>
+  <si>
+    <t>Elisa Oyj</t>
+  </si>
+  <si>
+    <t>743700TU2S3DXWGU7H32</t>
+  </si>
+  <si>
+    <t>GB00BL6K5J42</t>
+  </si>
+  <si>
+    <t>ENDEAVOUR MINING PLC</t>
+  </si>
+  <si>
+    <t>874205</t>
+  </si>
+  <si>
+    <t>Endeavour Mining PLC</t>
+  </si>
+  <si>
+    <t>529900NI5MXQ91GHXR07</t>
+  </si>
+  <si>
+    <t>FR0010208488</t>
+  </si>
+  <si>
+    <t>ENGIE</t>
+  </si>
+  <si>
+    <t>471821</t>
+  </si>
+  <si>
+    <t>Engie S.A.</t>
+  </si>
+  <si>
+    <t>LAXUQCHT4FH58LRZDY46</t>
+  </si>
+  <si>
+    <t>SE0000108656</t>
+  </si>
+  <si>
+    <t>ERICSSON LM-B SHS</t>
+  </si>
+  <si>
+    <t>857463</t>
+  </si>
+  <si>
+    <t>Telefonaktiebolaget L.M. Ericsson</t>
+  </si>
+  <si>
+    <t>549300W9JLPW15XIFM52</t>
+  </si>
+  <si>
+    <t>AT0000652011</t>
+  </si>
+  <si>
+    <t>ERSTE GROUP BANK AG</t>
+  </si>
+  <si>
+    <t>879150</t>
+  </si>
+  <si>
+    <t>Erste Group Bank AG</t>
+  </si>
+  <si>
+    <t>PQOH26KWDF7CG10L6792</t>
+  </si>
+  <si>
+    <t>SE0009922164</t>
+  </si>
+  <si>
+    <t>ESSITY AKTIEBOLAG-B</t>
+  </si>
+  <si>
+    <t>478592</t>
+  </si>
+  <si>
+    <t>Essity AB</t>
+  </si>
+  <si>
+    <t>549300G8E6YUVJ1DA153</t>
+  </si>
+  <si>
+    <t>NL0006294274</t>
+  </si>
+  <si>
+    <t>EURONEXT NV - W/I</t>
+  </si>
+  <si>
+    <t>693285</t>
+  </si>
+  <si>
+    <t>Euronext N.V.</t>
+  </si>
+  <si>
+    <t>724500QJ4QSZ3H9QU415</t>
+  </si>
+  <si>
+    <t>NL0015001FS8</t>
+  </si>
+  <si>
+    <t>FERROVIAL SE</t>
+  </si>
+  <si>
+    <t>777366</t>
+  </si>
+  <si>
+    <t>Ferrovial SE</t>
+  </si>
+  <si>
+    <t>72450022R2ZFL41Y6I04</t>
+  </si>
+  <si>
+    <t>DE0005785604</t>
+  </si>
+  <si>
+    <t>FRESENIUS SE &amp; CO KGAA</t>
+  </si>
+  <si>
+    <t>578560</t>
+  </si>
+  <si>
+    <t>Fresenius SE &amp; Co. KGaA</t>
+  </si>
+  <si>
+    <t>XDFJ0CYCOO1FXRFTQS51</t>
+  </si>
+  <si>
+    <t>DE0006602006</t>
+  </si>
+  <si>
+    <t>GEA GROUP AG</t>
+  </si>
+  <si>
+    <t>660200</t>
+  </si>
+  <si>
+    <t>GEA Group AG</t>
+  </si>
+  <si>
+    <t>549300PHUU0ZZWO8EO07</t>
+  </si>
+  <si>
+    <t>CH0030170408</t>
+  </si>
+  <si>
+    <t>GEBERIT AG-REG</t>
+  </si>
+  <si>
+    <t>922734</t>
+  </si>
+  <si>
+    <t>Geberit AG</t>
+  </si>
+  <si>
+    <t>52990093Z5OHD6T7BS47</t>
+  </si>
+  <si>
+    <t>IT0000062072</t>
+  </si>
+  <si>
+    <t>GENERALI</t>
+  </si>
+  <si>
+    <t>850312</t>
+  </si>
+  <si>
+    <t>Generali S.p.A.</t>
+  </si>
+  <si>
+    <t>549300X5UKJVE386ZB61</t>
+  </si>
+  <si>
+    <t>CH0010645932</t>
+  </si>
+  <si>
+    <t>GIVAUDAN-REG</t>
+  </si>
+  <si>
+    <t>938427</t>
+  </si>
+  <si>
+    <t>Givaudan SA</t>
+  </si>
+  <si>
+    <t>213800SVRMQA1TD91D41</t>
+  </si>
+  <si>
+    <t>NO0010582521</t>
+  </si>
+  <si>
+    <t>GJENSIDIGE FORSIKRING ASA</t>
+  </si>
+  <si>
+    <t>721285</t>
+  </si>
+  <si>
+    <t>Gjensidige Forsikring ASA</t>
+  </si>
+  <si>
+    <t>5967007LIEEXZX6FAO47</t>
+  </si>
+  <si>
+    <t>GB00BN7SWP63</t>
+  </si>
+  <si>
+    <t>GSK PLC</t>
+  </si>
+  <si>
+    <t>940561</t>
+  </si>
+  <si>
+    <t>5493000HZTVUYLO1D793</t>
+  </si>
+  <si>
+    <t>GB0004052071</t>
+  </si>
+  <si>
+    <t>HALMA PLC</t>
+  </si>
+  <si>
+    <t>865047</t>
+  </si>
+  <si>
+    <t>Halma PLC</t>
+  </si>
+  <si>
+    <t>2138007FRGLUR9KGBT40</t>
+  </si>
+  <si>
+    <t>DE0008402215</t>
+  </si>
+  <si>
+    <t>HANNOVER RUECK SE</t>
+  </si>
+  <si>
+    <t>840220</t>
+  </si>
+  <si>
+    <t>Hannover Rück SE</t>
+  </si>
+  <si>
+    <t>787023</t>
+  </si>
+  <si>
+    <t>HDI Haftpflichtverband der Deutschen Industrie VVaG</t>
+  </si>
+  <si>
+    <t>529900KIN5BE45V5KB18</t>
+  </si>
+  <si>
+    <t>DE0006048432</t>
+  </si>
+  <si>
+    <t>HENKEL AG &amp; CO KGAA VOR-PREF</t>
+  </si>
+  <si>
+    <t>604840</t>
+  </si>
+  <si>
+    <t>Henkel AG &amp; Co. KGaA</t>
+  </si>
+  <si>
+    <t>549300VZCL1HTH4O4Y49</t>
+  </si>
+  <si>
+    <t>GB0005405286</t>
+  </si>
+  <si>
+    <t>HSBC HOLDINGS PLC</t>
+  </si>
+  <si>
+    <t>881335</t>
+  </si>
+  <si>
+    <t>HSBC Holdings PLC</t>
+  </si>
+  <si>
+    <t>MLU0ZO3ML4LN2LL2TL39</t>
+  </si>
+  <si>
+    <t>ES0144580Y14</t>
+  </si>
+  <si>
+    <t>IBERDROLA SA</t>
+  </si>
+  <si>
+    <t>851357</t>
+  </si>
+  <si>
+    <t>Iberdrola S.A.</t>
+  </si>
+  <si>
+    <t>5QK37QC7NWOJ8D7WVQ45</t>
+  </si>
+  <si>
+    <t>ES0148396007</t>
+  </si>
+  <si>
+    <t>INDUSTRIA DE DISENO TEXTIL</t>
+  </si>
+  <si>
+    <t>756434</t>
+  </si>
+  <si>
+    <t>Industria de Diseño Textil S.A.</t>
+  </si>
+  <si>
+    <t>549300TTCXZOGZM2EY83</t>
+  </si>
+  <si>
+    <t>NL0011821202</t>
+  </si>
+  <si>
+    <t>ING GROEP NV</t>
+  </si>
+  <si>
+    <t>881111</t>
+  </si>
+  <si>
+    <t>ING Groep N.V.</t>
+  </si>
+  <si>
+    <t>549300NYKK9MWM7GGW15</t>
+  </si>
+  <si>
+    <t>IT0000072618</t>
+  </si>
+  <si>
+    <t>INTESA SANPAOLO</t>
+  </si>
+  <si>
+    <t>850605</t>
+  </si>
+  <si>
+    <t>Intesa Sanpaolo S.p.A.</t>
+  </si>
+  <si>
+    <t>2W8N8UU78PMDQKZENC08</t>
+  </si>
+  <si>
+    <t>BE0003565737</t>
+  </si>
+  <si>
+    <t>KBC GROUP NV</t>
+  </si>
+  <si>
+    <t>854943</t>
+  </si>
+  <si>
+    <t>KBC Groep N.V.</t>
+  </si>
+  <si>
+    <t>213800X3Q9LSAKRUWY91</t>
+  </si>
+  <si>
+    <t>FR0000121964</t>
+  </si>
+  <si>
+    <t>KLEPIERRE</t>
+  </si>
+  <si>
+    <t>863272</t>
+  </si>
+  <si>
+    <t>Klépierre S.A.</t>
+  </si>
+  <si>
+    <t>969500PB4U31KEFHZ621</t>
+  </si>
+  <si>
+    <t>FI0009013403</t>
+  </si>
+  <si>
+    <t>KONE OYJ-B</t>
+  </si>
+  <si>
+    <t>227286</t>
+  </si>
+  <si>
+    <t>KONE Oyj</t>
+  </si>
+  <si>
+    <t>2138001CNF45JP5XZK38</t>
+  </si>
+  <si>
+    <t>NL0011794037</t>
+  </si>
+  <si>
+    <t>KONINKLIJKE AHOLD DELHAIZE N</t>
+  </si>
+  <si>
+    <t>851287</t>
+  </si>
+  <si>
+    <t>Koninklijke Ahold Delhaize N.V.</t>
+  </si>
+  <si>
+    <t>724500C9GNBV20UYRX36</t>
+  </si>
+  <si>
+    <t>NL0000009082</t>
+  </si>
+  <si>
+    <t>KONINKLIJKE KPN NV</t>
+  </si>
+  <si>
+    <t>890963</t>
+  </si>
+  <si>
+    <t>Koninklijke KPN N.V.</t>
+  </si>
+  <si>
+    <t>549300YO0JZHAL7FVP81</t>
+  </si>
+  <si>
+    <t>FR0010609115</t>
+  </si>
+  <si>
+    <t>LF TRESORERIE ISR PART I</t>
+  </si>
+  <si>
+    <t>239934</t>
+  </si>
+  <si>
+    <t>La Française SICAV - La Française Trésorerie</t>
+  </si>
+  <si>
+    <t>403416</t>
+  </si>
+  <si>
+    <t>Caisse Fédérale du Crédit Mutuel Nord Europe</t>
+  </si>
+  <si>
+    <t>969500HZG40X186MLQ68</t>
+  </si>
+  <si>
+    <t>GB0008706128</t>
+  </si>
+  <si>
+    <t>LLOYDS BANKING GROUP PLC</t>
+  </si>
+  <si>
+    <t>871784</t>
+  </si>
+  <si>
+    <t>Lloyds Banking Group PLC</t>
+  </si>
+  <si>
+    <t>549300PPXHEU2JF0AM85</t>
+  </si>
+  <si>
+    <t>CH0025751329</t>
+  </si>
+  <si>
+    <t>LOGITECH INTERNATIONAL-REG</t>
+  </si>
+  <si>
+    <t>875377</t>
+  </si>
+  <si>
+    <t>Logitech International S.A.</t>
+  </si>
+  <si>
+    <t>549300SN6PRK6IJJC215</t>
+  </si>
+  <si>
+    <t>GB00BKFB1C65</t>
+  </si>
+  <si>
+    <t>M&amp;G PLC</t>
+  </si>
+  <si>
+    <t>843219</t>
+  </si>
+  <si>
+    <t>254900TWUJUQ44TQJY84</t>
+  </si>
+  <si>
+    <t>ES0124244E34</t>
+  </si>
+  <si>
+    <t>MAPFRE SA</t>
+  </si>
+  <si>
+    <t>856730</t>
+  </si>
+  <si>
+    <t>Mapfre S.A.</t>
+  </si>
+  <si>
+    <t>95980020140005693107</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>MOWI ASA</t>
+  </si>
+  <si>
+    <t>924848</t>
+  </si>
+  <si>
+    <t>Mowi ASA</t>
+  </si>
+  <si>
+    <t>549300W1OGQF5LZIH349</t>
+  </si>
+  <si>
+    <t>DE0008430026</t>
+  </si>
+  <si>
+    <t>MUENCHENER RUECKVER AG-REG</t>
+  </si>
+  <si>
+    <t>843000</t>
+  </si>
+  <si>
+    <t>Münchener Rückversicherungs-Gesellschaft AG in München</t>
+  </si>
+  <si>
+    <t>529900MUF4C20K50JS49</t>
+  </si>
+  <si>
+    <t>GB00BM8PJY71</t>
+  </si>
+  <si>
+    <t>NATWEST GROUP PLC</t>
+  </si>
+  <si>
+    <t>865142</t>
+  </si>
+  <si>
+    <t>NatWest Group PLC</t>
+  </si>
+  <si>
+    <t>2138005O9XJIJN4JPN90</t>
+  </si>
+  <si>
+    <t>FI0009013296</t>
+  </si>
+  <si>
+    <t>NESTE OYJ</t>
+  </si>
+  <si>
+    <t>227058</t>
+  </si>
+  <si>
+    <t>Neste Oyj</t>
+  </si>
+  <si>
+    <t>5493009GY1X8GQ66AM14</t>
+  </si>
+  <si>
+    <t>CH0038863350</t>
+  </si>
+  <si>
+    <t>NESTLE SA-REG</t>
+  </si>
+  <si>
+    <t>851882</t>
+  </si>
+  <si>
+    <t>Nestlé S.A.</t>
+  </si>
+  <si>
+    <t>KY37LUS27QQX7BB93L28</t>
+  </si>
+  <si>
+    <t>NL0010773842</t>
+  </si>
+  <si>
+    <t>NN GROUP NV - W/I</t>
+  </si>
+  <si>
+    <t>471047</t>
+  </si>
+  <si>
+    <t>NN Group N.V.</t>
+  </si>
+  <si>
+    <t>724500OHYNDT9OY6Q215</t>
+  </si>
+  <si>
+    <t>FI4000297767</t>
+  </si>
+  <si>
+    <t>NORDEA BANK ABP</t>
+  </si>
+  <si>
+    <t>771265</t>
+  </si>
+  <si>
+    <t>Nordea Bank Abp</t>
+  </si>
+  <si>
+    <t>529900ODI3047E2LIV03</t>
+  </si>
+  <si>
+    <t>CH0012005267</t>
+  </si>
+  <si>
+    <t>NOVARTIS AG-REG</t>
+  </si>
+  <si>
+    <t>904278</t>
+  </si>
+  <si>
+    <t>Novartis AG</t>
+  </si>
+  <si>
+    <t>5493007HIVTX6SY6XD66</t>
+  </si>
+  <si>
+    <t>FR0000133308</t>
+  </si>
+  <si>
+    <t>ORANGE</t>
+  </si>
+  <si>
+    <t>405705</t>
+  </si>
+  <si>
+    <t>Orange S.A.</t>
+  </si>
+  <si>
+    <t>969500MCOONR8990S771</t>
+  </si>
+  <si>
+    <t>NO0003733800</t>
+  </si>
+  <si>
+    <t>ORKLA ASA</t>
+  </si>
+  <si>
+    <t>864042</t>
+  </si>
+  <si>
+    <t>Orkla ASA</t>
+  </si>
+  <si>
+    <t>549300PZS8G8RG6RVZ52</t>
+  </si>
+  <si>
+    <t>GB0006776081</t>
+  </si>
+  <si>
+    <t>PEARSON PLC</t>
+  </si>
+  <si>
+    <t>858266</t>
+  </si>
+  <si>
+    <t>Pearson PLC</t>
+  </si>
+  <si>
+    <t>2138004JBXWWJKIURC57</t>
+  </si>
+  <si>
+    <t>IT0003796171</t>
+  </si>
+  <si>
+    <t>POSTE ITALIANE SPA</t>
+  </si>
+  <si>
+    <t>505888</t>
+  </si>
+  <si>
+    <t>Poste Italiane S.p.A.</t>
+  </si>
+  <si>
+    <t>815600354DEDBD0BA991</t>
+  </si>
+  <si>
+    <t>GB00BSZBP530</t>
+  </si>
+  <si>
+    <t>RECKITT BENCKISER GROUP PLC</t>
+  </si>
+  <si>
+    <t>265032</t>
+  </si>
+  <si>
+    <t>Reckitt Benckiser Group PLC</t>
+  </si>
+  <si>
+    <t>5493003JFSMOJG48V108</t>
+  </si>
+  <si>
+    <t>IT0003828271</t>
+  </si>
+  <si>
+    <t>RECORDATI INDUSTRIA CHIMICA</t>
+  </si>
+  <si>
+    <t>869073</t>
+  </si>
+  <si>
+    <t>Recordati - Industria Chimica e Farmaceutica S.p.A.</t>
+  </si>
+  <si>
+    <t>815600FBF92FD3531704</t>
+  </si>
+  <si>
+    <t>GB00B2B0DG97</t>
+  </si>
+  <si>
+    <t>RELX PLC</t>
+  </si>
+  <si>
+    <t>852102</t>
+  </si>
+  <si>
+    <t>Relx PLC</t>
+  </si>
+  <si>
+    <t>549300WSX3VBUFFJOO66</t>
+  </si>
+  <si>
+    <t>CH0012032048</t>
+  </si>
+  <si>
+    <t>ROCHE HOLDING AG-GENUSSCHEIN</t>
+  </si>
+  <si>
+    <t>851311</t>
+  </si>
+  <si>
+    <t>Roche Holding AG</t>
+  </si>
+  <si>
+    <t>549300U41AUUVOAAOB37</t>
+  </si>
+  <si>
+    <t>GB00B63H8491</t>
+  </si>
+  <si>
+    <t>ROLLS-ROYCE HOLDINGS PLC</t>
+  </si>
+  <si>
+    <t>282676</t>
+  </si>
+  <si>
+    <t>Rolls Royce Holdings PLC</t>
+  </si>
+  <si>
+    <t>213800EC7997ZBLZJH69</t>
+  </si>
+  <si>
+    <t>FR0000073272</t>
+  </si>
+  <si>
+    <t>SAFRAN SA</t>
+  </si>
+  <si>
+    <t>852400</t>
+  </si>
+  <si>
+    <t>SAFRAN</t>
+  </si>
+  <si>
+    <t>969500UIC89GT3UL7L24</t>
+  </si>
+  <si>
+    <t>GB00B019KW72</t>
+  </si>
+  <si>
+    <t>SAINSBURY (J) PLC</t>
+  </si>
+  <si>
+    <t>864234</t>
+  </si>
+  <si>
+    <t>J. Sainsbury PLC</t>
+  </si>
+  <si>
+    <t>213800VGZAAJIKJ9Y484</t>
+  </si>
+  <si>
+    <t>FI4000552500</t>
+  </si>
+  <si>
+    <t>SAMPO OYJ-A SHS</t>
+  </si>
+  <si>
+    <t>875213</t>
+  </si>
+  <si>
+    <t>Sampo OYJ</t>
+  </si>
+  <si>
+    <t>743700UF3RL386WIDA22</t>
+  </si>
+  <si>
+    <t>CH1256740924</t>
+  </si>
+  <si>
+    <t>SGS SA-REG</t>
+  </si>
+  <si>
+    <t>866659</t>
+  </si>
+  <si>
+    <t>SGS S.A.</t>
+  </si>
+  <si>
+    <t>2138007JNS19JHNA2336</t>
+  </si>
+  <si>
+    <t>GB00B1WY2338</t>
+  </si>
+  <si>
+    <t>SMITHS GROUP PLC</t>
+  </si>
+  <si>
+    <t>859697</t>
+  </si>
+  <si>
+    <t>Smiths Group PLC</t>
+  </si>
+  <si>
+    <t>213800MJL6IPZS3ASA11</t>
+  </si>
+  <si>
+    <t>IT0003153415</t>
+  </si>
+  <si>
+    <t>SNAM SPA</t>
+  </si>
+  <si>
+    <t>764545</t>
+  </si>
+  <si>
+    <t>Snam S.p.A.</t>
+  </si>
+  <si>
+    <t>8156002278562044AF79</t>
+  </si>
+  <si>
+    <t>SE0007100599</t>
+  </si>
+  <si>
+    <t>SVENSKA HANDELSBANKEN-A SHS</t>
+  </si>
+  <si>
+    <t>853492</t>
+  </si>
+  <si>
+    <t>Svenska Handelsbanken AB [publ]</t>
+  </si>
+  <si>
+    <t>NHBDILHZTYCNBV5UYZ31</t>
+  </si>
+  <si>
+    <t>SE0000242455</t>
+  </si>
+  <si>
+    <t>SWEDBANK AB - A SHARES</t>
+  </si>
+  <si>
+    <t>895705</t>
+  </si>
+  <si>
+    <t>Swedbank AB</t>
+  </si>
+  <si>
+    <t>M312WZV08Y7LYUC71685</t>
+  </si>
+  <si>
+    <t>CH0014852781</t>
+  </si>
+  <si>
+    <t>SWISS LIFE HOLDING AG-REG</t>
+  </si>
+  <si>
+    <t>200183</t>
+  </si>
+  <si>
+    <t>Swiss Life Holding AG</t>
+  </si>
+  <si>
+    <t>5493000KUC3Z24U77V93</t>
+  </si>
+  <si>
+    <t>CH0126881561</t>
+  </si>
+  <si>
+    <t>SWISS RE AG</t>
+  </si>
+  <si>
+    <t>282675</t>
+  </si>
+  <si>
+    <t>Swiss Re AG</t>
+  </si>
+  <si>
+    <t>529900PS9YW3YY29F326</t>
+  </si>
+  <si>
+    <t>CH0008742519</t>
+  </si>
+  <si>
+    <t>SWISSCOM AG-REG</t>
+  </si>
+  <si>
+    <t>916234</t>
+  </si>
+  <si>
+    <t>Swisscom AG</t>
+  </si>
+  <si>
+    <t>5493005SL9HHOXS3B739</t>
+  </si>
+  <si>
+    <t>SE0005190238</t>
+  </si>
+  <si>
+    <t>TELE2 AB-B SHS</t>
+  </si>
+  <si>
+    <t>900760</t>
+  </si>
+  <si>
+    <t>Tele2 AB</t>
+  </si>
+  <si>
+    <t>213800EKD193RVI9HL76</t>
+  </si>
+  <si>
+    <t>SE0000667925</t>
+  </si>
+  <si>
+    <t>TELIA CO AB</t>
+  </si>
+  <si>
+    <t>308565</t>
+  </si>
+  <si>
+    <t>Telia Company AB</t>
+  </si>
+  <si>
+    <t>213800FSR9RNDUOTXO25</t>
+  </si>
+  <si>
+    <t>IT0003242622</t>
+  </si>
+  <si>
+    <t>TERNA-RETE ELETTRICA NAZIONA</t>
+  </si>
+  <si>
+    <t>202685</t>
+  </si>
+  <si>
+    <t>Terna Rete Elettrica Nazionale S.p.A.</t>
+  </si>
+  <si>
+    <t>8156009E94ED54DE7C31</t>
+  </si>
+  <si>
+    <t>GB00BLGZ9862</t>
+  </si>
+  <si>
+    <t>TESCO PLC</t>
+  </si>
+  <si>
+    <t>852647</t>
+  </si>
+  <si>
+    <t>Tesco PLC</t>
+  </si>
+  <si>
+    <t>2138002P5RNKC5W2JZ46</t>
+  </si>
+  <si>
+    <t>FR0013326246</t>
+  </si>
+  <si>
+    <t>UNIBAIL-RODAMCO-WESTFIELD</t>
+  </si>
+  <si>
+    <t>863733</t>
+  </si>
+  <si>
+    <t>Unibail-Rodamco-Westfield SE</t>
+  </si>
+  <si>
+    <t>969500SHQITWXSIS7N89</t>
+  </si>
+  <si>
+    <t>IT0005239360</t>
+  </si>
+  <si>
+    <t>UNICREDIT SPA</t>
+  </si>
+  <si>
+    <t>850832</t>
+  </si>
+  <si>
+    <t>UniCredit S.p.A.</t>
+  </si>
+  <si>
+    <t>549300TRUWO2CD2G5692</t>
+  </si>
+  <si>
+    <t>IT0004810054</t>
+  </si>
+  <si>
+    <t>UNIPOL ASSICURAZIONI SPA</t>
+  </si>
+  <si>
+    <t>871482</t>
+  </si>
+  <si>
+    <t>Unipol Assicurazioni S.p.A.</t>
+  </si>
+  <si>
+    <t>8156005CE5E7340CCA86</t>
+  </si>
+  <si>
+    <t>FR0000125486</t>
+  </si>
+  <si>
+    <t>VINCI SA</t>
+  </si>
+  <si>
+    <t>867475</t>
+  </si>
+  <si>
+    <t>VINCI S.A.</t>
+  </si>
+  <si>
+    <t>213800WFQ334R8UXUG83</t>
+  </si>
+  <si>
+    <t>CH0011075394</t>
+  </si>
+  <si>
+    <t>ZURICH INSURANCE GROUP AG</t>
+  </si>
+  <si>
+    <t>579919</t>
+  </si>
+  <si>
+    <t>Zurich Insurance Group AG</t>
+  </si>
+  <si>
+    <t>529900QVNRBND50TXP03</t>
+  </si>
+  <si>
+    <t>Sammelposten Accounts</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
     <t>BNP Paribas S.A.</t>
   </si>
   <si>
     <t>R0MUWSFPU8MPRO8K5P83</t>
-  </si>
-[...1243 lines deleted...]
-    <t>Sammelposten Accounts</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1988,74 +2003,74 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R103"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="G1" workbookViewId="0">
-      <selection activeCell="P114" sqref="P114"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="I4" sqref="I4:I5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="47" style="4" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="5.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="43.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="38" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6" style="5" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.85546875" style="5" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="20.85546875" style="5" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="18" max="18" width="28.85546875" style="4" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="10" max="10" width="20.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="17.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="50.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="50.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="24.7109375" style="4" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="24.7109375" style="4" bestFit="1" customWidth="1" collapsed="1"/>
     <col min="19" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>13</v>
       </c>
@@ -2082,5538 +2097,5532 @@
       </c>
       <c r="O1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="2" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2">
-        <v>2.9125912E-3</v>
+        <v>3.6600513000000002E-3</v>
       </c>
       <c r="H2"/>
       <c r="I2">
-        <v>2.9125912E-3</v>
+        <v>3.6600513000000002E-3</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
       <c r="Q2" t="s">
         <v>26</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="F3" t="s">
         <v>28</v>
       </c>
       <c r="G3">
-        <v>4.4868968E-3</v>
+        <v>4.5438539999999999E-3</v>
       </c>
       <c r="H3"/>
       <c r="I3">
-        <v>4.4868968E-3</v>
+        <v>4.5438539999999999E-3</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M3" t="s">
         <v>29</v>
       </c>
       <c r="N3" t="s">
         <v>30</v>
       </c>
       <c r="O3" t="s">
         <v>29</v>
       </c>
       <c r="P3" t="s">
         <v>30</v>
       </c>
       <c r="Q3" t="s">
         <v>31</v>
       </c>
       <c r="R3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4">
-        <v>1.9484346100000001E-2</v>
+        <v>1.96681431E-2</v>
       </c>
       <c r="H4"/>
       <c r="I4">
-        <v>1.9484346100000001E-2</v>
+        <v>1.96681431E-2</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M4" t="s">
         <v>34</v>
       </c>
       <c r="N4" t="s">
         <v>35</v>
       </c>
       <c r="O4" t="s">
         <v>34</v>
       </c>
       <c r="P4" t="s">
         <v>35</v>
       </c>
       <c r="Q4" t="s">
         <v>36</v>
       </c>
       <c r="R4" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>19</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="G5">
-        <v>3.8363900999999999E-3</v>
+        <v>1.15603266E-2</v>
       </c>
       <c r="H5"/>
       <c r="I5">
-        <v>3.8363900999999999E-3</v>
+        <v>1.15603266E-2</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M5" t="s">
         <v>39</v>
       </c>
       <c r="N5" t="s">
         <v>40</v>
       </c>
       <c r="O5" t="s">
         <v>39</v>
       </c>
       <c r="P5" t="s">
         <v>40</v>
       </c>
       <c r="Q5" t="s">
         <v>41</v>
       </c>
       <c r="R5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E6" t="s">
         <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>43</v>
       </c>
       <c r="G6">
-        <v>4.3663883999999998E-3</v>
+        <v>3.3928291E-3</v>
       </c>
       <c r="H6"/>
       <c r="I6">
-        <v>4.3663883999999998E-3</v>
+        <v>3.3928291E-3</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M6" t="s">
         <v>44</v>
       </c>
       <c r="N6" t="s">
         <v>45</v>
       </c>
       <c r="O6" t="s">
         <v>44</v>
       </c>
       <c r="P6" t="s">
         <v>45</v>
       </c>
       <c r="Q6" t="s">
         <v>46</v>
       </c>
       <c r="R6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7">
-        <v>6.5933238000000002E-3</v>
+        <v>5.7000148999999996E-3</v>
       </c>
       <c r="H7"/>
       <c r="I7">
-        <v>6.5933238000000002E-3</v>
+        <v>5.7000148999999996E-3</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M7" t="s">
         <v>49</v>
       </c>
       <c r="N7" t="s">
         <v>50</v>
       </c>
       <c r="O7" t="s">
         <v>49</v>
       </c>
       <c r="P7" t="s">
         <v>50</v>
       </c>
       <c r="Q7" t="s">
         <v>51</v>
       </c>
       <c r="R7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E8" t="s">
         <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>53</v>
       </c>
       <c r="G8">
-        <v>3.9859967999999997E-3</v>
+        <v>3.5350614000000001E-3</v>
       </c>
       <c r="H8"/>
       <c r="I8">
-        <v>3.9859967999999997E-3</v>
+        <v>3.5350614000000001E-3</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M8" t="s">
         <v>54</v>
       </c>
       <c r="N8" t="s">
         <v>55</v>
       </c>
       <c r="O8" t="s">
         <v>54</v>
       </c>
       <c r="P8" t="s">
         <v>55</v>
       </c>
       <c r="Q8" t="s">
         <v>56</v>
       </c>
       <c r="R8" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E9" t="s">
         <v>57</v>
       </c>
       <c r="F9" t="s">
         <v>58</v>
       </c>
       <c r="G9">
-        <v>3.6000858000000001E-3</v>
+        <v>4.1088853999999998E-3</v>
       </c>
       <c r="H9"/>
       <c r="I9">
-        <v>3.6000858000000001E-3</v>
+        <v>4.1088853999999998E-3</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M9" t="s">
         <v>59</v>
       </c>
       <c r="N9" t="s">
         <v>60</v>
       </c>
       <c r="O9" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="P9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="Q9" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="R9"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F10" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="G10">
-        <v>3.9133051000000002E-3</v>
+        <v>3.6117659000000002E-3</v>
       </c>
       <c r="H10"/>
       <c r="I10">
-        <v>3.9133051000000002E-3</v>
+        <v>3.6117659000000002E-3</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="N10" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O10" t="s">
         <v>66</v>
       </c>
       <c r="P10" t="s">
         <v>67</v>
       </c>
       <c r="Q10" t="s">
         <v>68</v>
       </c>
-      <c r="R10"/>
+      <c r="R10" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E11" t="s">
         <v>69</v>
       </c>
       <c r="F11" t="s">
         <v>70</v>
       </c>
       <c r="G11">
-        <v>3.8361879999999999E-3</v>
+        <v>4.1082612999999999E-3</v>
       </c>
       <c r="H11"/>
       <c r="I11">
-        <v>3.8361879999999999E-3</v>
+        <v>4.1082612999999999E-3</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M11" t="s">
         <v>71</v>
       </c>
       <c r="N11" t="s">
         <v>72</v>
       </c>
       <c r="O11" t="s">
         <v>71</v>
       </c>
       <c r="P11" t="s">
         <v>72</v>
       </c>
       <c r="Q11" t="s">
         <v>73</v>
       </c>
       <c r="R11" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
         <v>19</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E12" t="s">
         <v>74</v>
       </c>
       <c r="F12" t="s">
         <v>75</v>
       </c>
       <c r="G12">
-        <v>3.6320280999999999E-3</v>
+        <v>3.6871571E-3</v>
       </c>
       <c r="H12"/>
       <c r="I12">
-        <v>3.6320280999999999E-3</v>
+        <v>3.6871571E-3</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M12" t="s">
         <v>76</v>
       </c>
       <c r="N12" t="s">
         <v>77</v>
       </c>
       <c r="O12" t="s">
         <v>76</v>
       </c>
       <c r="P12" t="s">
         <v>77</v>
       </c>
       <c r="Q12" t="s">
         <v>78</v>
       </c>
       <c r="R12" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
         <v>19</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E13" t="s">
         <v>79</v>
       </c>
       <c r="F13" t="s">
         <v>80</v>
       </c>
       <c r="G13">
-        <v>4.1465981000000001E-3</v>
+        <v>3.32139E-3</v>
       </c>
       <c r="H13"/>
       <c r="I13">
-        <v>4.1465981000000001E-3</v>
+        <v>3.32139E-3</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M13" t="s">
         <v>81</v>
       </c>
       <c r="N13" t="s">
         <v>82</v>
       </c>
       <c r="O13" t="s">
         <v>81</v>
       </c>
       <c r="P13" t="s">
         <v>82</v>
       </c>
       <c r="Q13" t="s">
         <v>83</v>
       </c>
       <c r="R13" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E14" t="s">
         <v>84</v>
       </c>
       <c r="F14" t="s">
         <v>85</v>
       </c>
       <c r="G14">
-        <v>4.3225375000000002E-3</v>
+        <v>3.4983748000000001E-3</v>
       </c>
       <c r="H14"/>
       <c r="I14">
-        <v>4.3225375000000002E-3</v>
+        <v>3.4983748000000001E-3</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M14" t="s">
         <v>86</v>
       </c>
       <c r="N14" t="s">
         <v>87</v>
       </c>
       <c r="O14" t="s">
         <v>86</v>
       </c>
       <c r="P14" t="s">
         <v>87</v>
       </c>
       <c r="Q14" t="s">
         <v>88</v>
       </c>
       <c r="R14" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>19</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E15" t="s">
         <v>89</v>
       </c>
       <c r="F15" t="s">
         <v>90</v>
       </c>
       <c r="G15">
-        <v>3.7489023999999998E-3</v>
+        <v>3.4721216000000001E-3</v>
       </c>
       <c r="H15"/>
       <c r="I15">
-        <v>3.7489023999999998E-3</v>
+        <v>3.4721216000000001E-3</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M15" t="s">
         <v>91</v>
       </c>
       <c r="N15" t="s">
         <v>92</v>
       </c>
       <c r="O15" t="s">
         <v>91</v>
       </c>
       <c r="P15" t="s">
         <v>92</v>
       </c>
       <c r="Q15" t="s">
         <v>93</v>
       </c>
       <c r="R15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>19</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E16" t="s">
         <v>94</v>
       </c>
       <c r="F16" t="s">
         <v>95</v>
       </c>
       <c r="G16">
-        <v>3.6058409999999998E-3</v>
+        <v>3.8014558999999999E-3</v>
       </c>
       <c r="H16"/>
       <c r="I16">
-        <v>3.6058409999999998E-3</v>
+        <v>3.8014558999999999E-3</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M16" t="s">
         <v>96</v>
       </c>
       <c r="N16" t="s">
         <v>97</v>
       </c>
       <c r="O16" t="s">
         <v>96</v>
       </c>
       <c r="P16" t="s">
         <v>97</v>
       </c>
       <c r="Q16" t="s">
         <v>98</v>
       </c>
       <c r="R16" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>19</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E17" t="s">
         <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>100</v>
       </c>
       <c r="G17">
-        <v>3.9971627000000001E-3</v>
+        <v>3.6375205000000002E-3</v>
       </c>
       <c r="H17"/>
       <c r="I17">
-        <v>3.9971627000000001E-3</v>
+        <v>3.6375205000000002E-3</v>
       </c>
       <c r="J17" t="s">
         <v>23</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M17" t="s">
         <v>101</v>
       </c>
       <c r="N17" t="s">
         <v>102</v>
       </c>
       <c r="O17" t="s">
         <v>101</v>
       </c>
       <c r="P17" t="s">
         <v>102</v>
       </c>
       <c r="Q17" t="s">
         <v>103</v>
       </c>
       <c r="R17" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E18" t="s">
         <v>104</v>
       </c>
       <c r="F18" t="s">
         <v>105</v>
       </c>
       <c r="G18">
-        <v>3.8622119999999999E-3</v>
+        <v>2.1063336799999999E-2</v>
       </c>
       <c r="H18"/>
       <c r="I18">
-        <v>3.8622119999999999E-3</v>
+        <v>2.1063336799999999E-2</v>
       </c>
       <c r="J18" t="s">
         <v>23</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M18" t="s">
         <v>106</v>
       </c>
       <c r="N18" t="s">
         <v>107</v>
       </c>
       <c r="O18" t="s">
         <v>106</v>
       </c>
       <c r="P18" t="s">
         <v>107</v>
       </c>
       <c r="Q18" t="s">
         <v>108</v>
       </c>
       <c r="R18" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E19" t="s">
         <v>109</v>
       </c>
       <c r="F19" t="s">
         <v>110</v>
       </c>
       <c r="G19">
-        <v>3.6316533E-3</v>
+        <v>3.5499304999999999E-3</v>
       </c>
       <c r="H19"/>
       <c r="I19">
-        <v>3.6316533E-3</v>
+        <v>3.5499304999999999E-3</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M19" t="s">
         <v>111</v>
       </c>
       <c r="N19" t="s">
         <v>112</v>
       </c>
       <c r="O19" t="s">
         <v>111</v>
       </c>
       <c r="P19" t="s">
         <v>112</v>
       </c>
       <c r="Q19" t="s">
         <v>113</v>
       </c>
       <c r="R19" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
         <v>19</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E20" t="s">
         <v>114</v>
       </c>
       <c r="F20" t="s">
         <v>115</v>
       </c>
       <c r="G20">
-        <v>2.1593899900000001E-2</v>
+        <v>4.2812626999999999E-3</v>
       </c>
       <c r="H20"/>
       <c r="I20">
-        <v>2.1593899900000001E-2</v>
+        <v>4.2812626999999999E-3</v>
       </c>
       <c r="J20" t="s">
         <v>23</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M20" t="s">
         <v>116</v>
       </c>
       <c r="N20" t="s">
         <v>117</v>
       </c>
       <c r="O20" t="s">
         <v>116</v>
       </c>
       <c r="P20" t="s">
         <v>117</v>
       </c>
       <c r="Q20" t="s">
         <v>118</v>
       </c>
       <c r="R20" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
         <v>19</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E21" t="s">
         <v>119</v>
       </c>
       <c r="F21" t="s">
         <v>120</v>
       </c>
       <c r="G21">
-        <v>4.2105518999999998E-3</v>
+        <v>1.9700633700000001E-2</v>
       </c>
       <c r="H21"/>
       <c r="I21">
-        <v>4.2105518999999998E-3</v>
+        <v>1.9700633700000001E-2</v>
       </c>
       <c r="J21" t="s">
         <v>23</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M21" t="s">
         <v>121</v>
       </c>
       <c r="N21" t="s">
         <v>122</v>
       </c>
       <c r="O21" t="s">
         <v>121</v>
       </c>
       <c r="P21" t="s">
         <v>122</v>
       </c>
       <c r="Q21" t="s">
         <v>123</v>
       </c>
       <c r="R21" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>19</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E22" t="s">
         <v>124</v>
       </c>
       <c r="F22" t="s">
         <v>125</v>
       </c>
       <c r="G22">
-        <v>3.6556453E-3</v>
+        <v>3.6160611999999999E-3</v>
       </c>
       <c r="H22"/>
       <c r="I22">
-        <v>3.6556453E-3</v>
+        <v>3.6160611999999999E-3</v>
       </c>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M22" t="s">
         <v>126</v>
       </c>
       <c r="N22" t="s">
         <v>127</v>
       </c>
       <c r="O22" t="s">
         <v>126</v>
       </c>
       <c r="P22" t="s">
         <v>127</v>
       </c>
       <c r="Q22" t="s">
         <v>128</v>
       </c>
       <c r="R22" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
         <v>19</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E23" t="s">
         <v>129</v>
       </c>
       <c r="F23" t="s">
         <v>130</v>
       </c>
       <c r="G23">
-        <v>1.9876322599999999E-2</v>
+        <v>4.1199378E-3</v>
       </c>
       <c r="H23"/>
       <c r="I23">
-        <v>1.9876322599999999E-2</v>
+        <v>4.1199378E-3</v>
       </c>
       <c r="J23" t="s">
         <v>23</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M23" t="s">
         <v>131</v>
       </c>
       <c r="N23" t="s">
         <v>132</v>
       </c>
       <c r="O23" t="s">
         <v>131</v>
       </c>
       <c r="P23" t="s">
         <v>132</v>
       </c>
       <c r="Q23" t="s">
         <v>133</v>
       </c>
       <c r="R23" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>19</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E24" t="s">
         <v>134</v>
       </c>
       <c r="F24" t="s">
         <v>135</v>
       </c>
       <c r="G24">
-        <v>4.0921118000000001E-3</v>
+        <v>1.9734121E-2</v>
       </c>
       <c r="H24"/>
       <c r="I24">
-        <v>4.0921118000000001E-3</v>
+        <v>1.9734121E-2</v>
       </c>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M24" t="s">
         <v>136</v>
       </c>
       <c r="N24" t="s">
         <v>137</v>
       </c>
       <c r="O24" t="s">
         <v>136</v>
       </c>
       <c r="P24" t="s">
         <v>137</v>
       </c>
       <c r="Q24" t="s">
         <v>138</v>
       </c>
       <c r="R24" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
         <v>19</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E25" t="s">
         <v>139</v>
       </c>
       <c r="F25" t="s">
         <v>140</v>
       </c>
       <c r="G25">
-        <v>1.30614875E-2</v>
+        <v>1.78317947E-2</v>
       </c>
       <c r="H25"/>
       <c r="I25">
-        <v>1.30614875E-2</v>
+        <v>1.78317947E-2</v>
       </c>
       <c r="J25" t="s">
         <v>23</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M25" t="s">
         <v>141</v>
       </c>
       <c r="N25" t="s">
         <v>142</v>
       </c>
       <c r="O25" t="s">
         <v>141</v>
       </c>
       <c r="P25" t="s">
         <v>142</v>
       </c>
       <c r="Q25" t="s">
         <v>143</v>
       </c>
       <c r="R25" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
         <v>19</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E26" t="s">
         <v>144</v>
       </c>
       <c r="F26" t="s">
         <v>145</v>
       </c>
       <c r="G26">
-        <v>1.9703921900000001E-2</v>
+        <v>1.9229420300000001E-2</v>
       </c>
       <c r="H26"/>
       <c r="I26">
-        <v>1.9703921900000001E-2</v>
+        <v>1.9229420300000001E-2</v>
       </c>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M26" t="s">
         <v>146</v>
       </c>
       <c r="N26" t="s">
         <v>147</v>
       </c>
       <c r="O26" t="s">
-        <v>146</v>
+        <v>61</v>
       </c>
       <c r="P26" t="s">
-        <v>147</v>
+        <v>62</v>
       </c>
       <c r="Q26" t="s">
         <v>148</v>
       </c>
-      <c r="R26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R26"/>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
         <v>19</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E27" t="s">
         <v>149</v>
       </c>
       <c r="F27" t="s">
         <v>150</v>
       </c>
       <c r="G27">
-        <v>1.80179143E-2</v>
+        <v>1.7684356299999999E-2</v>
       </c>
       <c r="H27"/>
       <c r="I27">
-        <v>1.80179143E-2</v>
+        <v>1.7684356299999999E-2</v>
       </c>
       <c r="J27" t="s">
         <v>23</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M27" t="s">
         <v>151</v>
       </c>
       <c r="N27" t="s">
         <v>152</v>
       </c>
       <c r="O27" t="s">
         <v>151</v>
       </c>
       <c r="P27" t="s">
         <v>152</v>
       </c>
       <c r="Q27" t="s">
         <v>153</v>
       </c>
       <c r="R27" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
         <v>19</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E28" t="s">
         <v>154</v>
       </c>
       <c r="F28" t="s">
         <v>155</v>
       </c>
       <c r="G28">
-        <v>4.3564494999999998E-3</v>
+        <v>3.7702959000000002E-3</v>
       </c>
       <c r="H28"/>
       <c r="I28">
-        <v>4.3564494999999998E-3</v>
+        <v>3.7702959000000002E-3</v>
       </c>
       <c r="J28" t="s">
         <v>23</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M28" t="s">
         <v>156</v>
       </c>
       <c r="N28" t="s">
         <v>157</v>
       </c>
       <c r="O28" t="s">
         <v>156</v>
       </c>
       <c r="P28" t="s">
         <v>157</v>
       </c>
       <c r="Q28" t="s">
         <v>158</v>
       </c>
       <c r="R28" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
         <v>19</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E29" t="s">
         <v>159</v>
       </c>
       <c r="F29" t="s">
         <v>160</v>
       </c>
       <c r="G29">
-        <v>1.8835376099999999E-2</v>
+        <v>4.5221879000000003E-3</v>
       </c>
       <c r="H29"/>
       <c r="I29">
-        <v>1.8835376099999999E-2</v>
+        <v>4.5221879000000003E-3</v>
       </c>
       <c r="J29" t="s">
         <v>23</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M29" t="s">
         <v>161</v>
       </c>
       <c r="N29" t="s">
         <v>162</v>
       </c>
       <c r="O29" t="s">
-        <v>66</v>
+        <v>161</v>
       </c>
       <c r="P29" t="s">
-        <v>67</v>
+        <v>162</v>
       </c>
       <c r="Q29" t="s">
         <v>163</v>
       </c>
-      <c r="R29"/>
+      <c r="R29" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
         <v>19</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E30" t="s">
         <v>164</v>
       </c>
       <c r="F30" t="s">
         <v>165</v>
       </c>
       <c r="G30">
-        <v>1.9933831400000001E-2</v>
+        <v>3.7992906000000001E-3</v>
       </c>
       <c r="H30"/>
       <c r="I30">
-        <v>1.9933831400000001E-2</v>
+        <v>3.7992906000000001E-3</v>
       </c>
       <c r="J30" t="s">
         <v>23</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M30" t="s">
         <v>166</v>
       </c>
       <c r="N30" t="s">
         <v>167</v>
       </c>
       <c r="O30" t="s">
         <v>166</v>
       </c>
       <c r="P30" t="s">
         <v>167</v>
       </c>
       <c r="Q30" t="s">
         <v>168</v>
       </c>
       <c r="R30" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>19</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E31" t="s">
         <v>169</v>
       </c>
       <c r="F31" t="s">
         <v>170</v>
       </c>
       <c r="G31">
-        <v>4.1511406000000004E-3</v>
+        <v>4.0884440999999997E-3</v>
       </c>
       <c r="H31"/>
       <c r="I31">
-        <v>4.1511406000000004E-3</v>
+        <v>4.0884440999999997E-3</v>
       </c>
       <c r="J31" t="s">
         <v>23</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M31" t="s">
         <v>171</v>
       </c>
       <c r="N31" t="s">
         <v>172</v>
       </c>
       <c r="O31" t="s">
         <v>171</v>
       </c>
       <c r="P31" t="s">
         <v>172</v>
       </c>
       <c r="Q31" t="s">
         <v>173</v>
       </c>
       <c r="R31" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>19</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E32" t="s">
         <v>174</v>
       </c>
       <c r="F32" t="s">
         <v>175</v>
       </c>
       <c r="G32">
-        <v>6.4908218999999998E-3</v>
+        <v>2.1753311399999999E-2</v>
       </c>
       <c r="H32"/>
       <c r="I32">
-        <v>6.4908218999999998E-3</v>
+        <v>2.1753311399999999E-2</v>
       </c>
       <c r="J32" t="s">
         <v>23</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M32" t="s">
         <v>176</v>
       </c>
       <c r="N32" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="O32" t="s">
         <v>176</v>
       </c>
       <c r="P32" t="s">
+        <v>175</v>
+      </c>
+      <c r="Q32" t="s">
         <v>177</v>
       </c>
-      <c r="Q32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R32" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>19</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E33" t="s">
+        <v>178</v>
+      </c>
+      <c r="F33" t="s">
         <v>179</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33">
-        <v>7.9348601999999994E-3</v>
+        <v>9.8776329000000006E-3</v>
       </c>
       <c r="H33"/>
       <c r="I33">
-        <v>7.9348601999999994E-3</v>
+        <v>9.8776329000000006E-3</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M33" t="s">
+        <v>180</v>
+      </c>
+      <c r="N33" t="s">
         <v>181</v>
       </c>
-      <c r="N33" t="s">
+      <c r="O33" t="s">
+        <v>180</v>
+      </c>
+      <c r="P33" t="s">
+        <v>181</v>
+      </c>
+      <c r="Q33" t="s">
         <v>182</v>
       </c>
-      <c r="O33" t="s">
-[...2 lines deleted...]
-      <c r="P33" t="s">
+      <c r="R33" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>19</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E34" t="s">
+        <v>183</v>
+      </c>
+      <c r="F34" t="s">
         <v>184</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34">
-        <v>3.7711483999999999E-3</v>
+        <v>2.4914608599999999E-2</v>
       </c>
       <c r="H34"/>
       <c r="I34">
-        <v>3.7711483999999999E-3</v>
+        <v>2.4914608800000002E-2</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M34" t="s">
+        <v>185</v>
+      </c>
+      <c r="N34" t="s">
         <v>186</v>
       </c>
-      <c r="N34" t="s">
+      <c r="O34" t="s">
+        <v>185</v>
+      </c>
+      <c r="P34" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q34" t="s">
         <v>187</v>
       </c>
-      <c r="O34" t="s">
-[...2 lines deleted...]
-      <c r="P34" t="s">
+      <c r="R34" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>19</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E35" t="s">
+        <v>188</v>
+      </c>
+      <c r="F35" t="s">
         <v>189</v>
       </c>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35">
-        <v>1.8496752700000001E-2</v>
+        <v>1.9519641599999998E-2</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>1.8496752700000001E-2</v>
+        <v>1.9519641599999998E-2</v>
       </c>
       <c r="J35" t="s">
         <v>23</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M35" t="s">
+        <v>190</v>
+      </c>
+      <c r="N35" t="s">
         <v>191</v>
       </c>
-      <c r="N35" t="s">
+      <c r="O35" t="s">
         <v>190</v>
       </c>
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="Q35" t="s">
         <v>192</v>
       </c>
       <c r="R35" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
         <v>19</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E36" t="s">
         <v>193</v>
       </c>
       <c r="F36" t="s">
         <v>194</v>
       </c>
       <c r="G36">
-        <v>4.6106973000000001E-3</v>
+        <v>4.2900191000000004E-3</v>
       </c>
       <c r="H36"/>
       <c r="I36">
-        <v>4.6106973000000001E-3</v>
+        <v>4.2900191000000004E-3</v>
       </c>
       <c r="J36" t="s">
         <v>23</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M36" t="s">
         <v>195</v>
       </c>
       <c r="N36" t="s">
         <v>196</v>
       </c>
       <c r="O36" t="s">
         <v>195</v>
       </c>
       <c r="P36" t="s">
         <v>196</v>
       </c>
       <c r="Q36" t="s">
         <v>197</v>
       </c>
       <c r="R36" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E37" t="s">
         <v>198</v>
       </c>
       <c r="F37" t="s">
         <v>199</v>
       </c>
       <c r="G37">
-        <v>2.29710817E-2</v>
+        <v>3.517582E-3</v>
       </c>
       <c r="H37"/>
       <c r="I37">
-        <v>2.29710812E-2</v>
+        <v>3.517582E-3</v>
       </c>
       <c r="J37" t="s">
         <v>23</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M37" t="s">
         <v>200</v>
       </c>
       <c r="N37" t="s">
         <v>201</v>
       </c>
       <c r="O37" t="s">
         <v>200</v>
       </c>
       <c r="P37" t="s">
         <v>201</v>
       </c>
       <c r="Q37" t="s">
         <v>202</v>
       </c>
       <c r="R37" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>19</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E38" t="s">
         <v>203</v>
       </c>
       <c r="F38" t="s">
         <v>204</v>
       </c>
       <c r="G38">
-        <v>4.5720798999999996E-3</v>
+        <v>4.0541691999999999E-3</v>
       </c>
       <c r="H38"/>
       <c r="I38">
-        <v>4.5720798999999996E-3</v>
+        <v>4.0541691999999999E-3</v>
       </c>
       <c r="J38" t="s">
         <v>23</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M38" t="s">
         <v>205</v>
       </c>
       <c r="N38" t="s">
         <v>206</v>
       </c>
       <c r="O38" t="s">
         <v>205</v>
       </c>
       <c r="P38" t="s">
         <v>206</v>
       </c>
       <c r="Q38" t="s">
         <v>207</v>
       </c>
       <c r="R38" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
         <v>19</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E39" t="s">
         <v>208</v>
       </c>
       <c r="F39" t="s">
         <v>209</v>
       </c>
       <c r="G39">
-        <v>4.9586252000000004E-3</v>
+        <v>1.9984891899999999E-2</v>
       </c>
       <c r="H39"/>
       <c r="I39">
-        <v>4.9586252000000004E-3</v>
+        <v>1.9984891899999999E-2</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M39" t="s">
         <v>210</v>
       </c>
       <c r="N39" t="s">
         <v>211</v>
       </c>
       <c r="O39" t="s">
         <v>210</v>
       </c>
       <c r="P39" t="s">
         <v>211</v>
       </c>
       <c r="Q39" t="s">
         <v>212</v>
       </c>
       <c r="R39" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
         <v>19</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E40" t="s">
         <v>213</v>
       </c>
       <c r="F40" t="s">
         <v>214</v>
       </c>
       <c r="G40">
-        <v>4.1009228999999998E-3</v>
+        <v>4.0475670000000002E-3</v>
       </c>
       <c r="H40"/>
       <c r="I40">
-        <v>4.1009228999999998E-3</v>
+        <v>4.0475670000000002E-3</v>
       </c>
       <c r="J40" t="s">
         <v>23</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M40" t="s">
         <v>215</v>
       </c>
       <c r="N40" t="s">
         <v>216</v>
       </c>
       <c r="O40" t="s">
         <v>215</v>
       </c>
       <c r="P40" t="s">
         <v>216</v>
       </c>
       <c r="Q40" t="s">
         <v>217</v>
       </c>
       <c r="R40" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>19</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E41" t="s">
         <v>218</v>
       </c>
       <c r="F41" t="s">
         <v>219</v>
       </c>
       <c r="G41">
-        <v>1.9896039399999999E-2</v>
+        <v>1.9200180300000001E-2</v>
       </c>
       <c r="H41"/>
       <c r="I41">
-        <v>1.9896039399999999E-2</v>
+        <v>1.9200180300000001E-2</v>
       </c>
       <c r="J41" t="s">
         <v>23</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M41" t="s">
         <v>220</v>
       </c>
       <c r="N41" t="s">
         <v>221</v>
       </c>
       <c r="O41" t="s">
         <v>220</v>
       </c>
       <c r="P41" t="s">
         <v>221</v>
       </c>
       <c r="Q41" t="s">
         <v>222</v>
       </c>
       <c r="R41" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
         <v>19</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E42" t="s">
         <v>223</v>
       </c>
       <c r="F42" t="s">
         <v>224</v>
       </c>
       <c r="G42">
-        <v>4.4507269000000002E-3</v>
+        <v>2.1060861399999999E-2</v>
       </c>
       <c r="H42"/>
       <c r="I42">
-        <v>4.4507269000000002E-3</v>
+        <v>2.1060861399999999E-2</v>
       </c>
       <c r="J42" t="s">
         <v>23</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M42" t="s">
         <v>225</v>
       </c>
       <c r="N42" t="s">
         <v>226</v>
       </c>
       <c r="O42" t="s">
         <v>225</v>
       </c>
       <c r="P42" t="s">
         <v>226</v>
       </c>
       <c r="Q42" t="s">
         <v>227</v>
       </c>
       <c r="R42" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>19</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E43" t="s">
         <v>228</v>
       </c>
       <c r="F43" t="s">
         <v>229</v>
       </c>
       <c r="G43">
-        <v>1.15726176E-2</v>
+        <v>1.9439196999999998E-2</v>
       </c>
       <c r="H43"/>
       <c r="I43">
-        <v>1.15726176E-2</v>
+        <v>1.9439196999999998E-2</v>
       </c>
       <c r="J43" t="s">
         <v>23</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M43" t="s">
         <v>230</v>
       </c>
       <c r="N43" t="s">
         <v>231</v>
       </c>
       <c r="O43" t="s">
         <v>230</v>
       </c>
       <c r="P43" t="s">
         <v>231</v>
       </c>
       <c r="Q43" t="s">
         <v>232</v>
       </c>
       <c r="R43" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="44" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>19</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E44" t="s">
         <v>233</v>
       </c>
       <c r="F44" t="s">
         <v>234</v>
       </c>
       <c r="G44">
-        <v>1.7889607500000002E-2</v>
+        <v>3.6521883999999999E-3</v>
       </c>
       <c r="H44"/>
       <c r="I44">
-        <v>1.7889607500000002E-2</v>
+        <v>3.6521883999999999E-3</v>
       </c>
       <c r="J44" t="s">
         <v>23</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M44" t="s">
         <v>235</v>
       </c>
       <c r="N44" t="s">
         <v>236</v>
       </c>
       <c r="O44" t="s">
         <v>235</v>
       </c>
       <c r="P44" t="s">
         <v>236</v>
       </c>
       <c r="Q44" t="s">
         <v>237</v>
       </c>
       <c r="R44" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>19</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E45" t="s">
         <v>238</v>
       </c>
       <c r="F45" t="s">
         <v>239</v>
       </c>
       <c r="G45">
-        <v>2.0233142199999998E-2</v>
+        <v>1.84141219E-2</v>
       </c>
       <c r="H45"/>
       <c r="I45">
-        <v>2.0233142199999998E-2</v>
+        <v>1.84141219E-2</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M45" t="s">
         <v>240</v>
       </c>
       <c r="N45" t="s">
         <v>241</v>
       </c>
       <c r="O45" t="s">
         <v>240</v>
       </c>
       <c r="P45" t="s">
         <v>241</v>
       </c>
       <c r="Q45" t="s">
         <v>242</v>
       </c>
       <c r="R45" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>19</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E46" t="s">
         <v>243</v>
       </c>
       <c r="F46" t="s">
         <v>244</v>
       </c>
       <c r="G46">
-        <v>3.9074657000000004E-3</v>
+        <v>1.7048576400000001E-2</v>
       </c>
       <c r="H46"/>
       <c r="I46">
-        <v>3.9074657000000004E-3</v>
+        <v>1.7048576400000001E-2</v>
       </c>
       <c r="J46" t="s">
         <v>23</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M46" t="s">
         <v>245</v>
       </c>
       <c r="N46" t="s">
         <v>246</v>
       </c>
       <c r="O46" t="s">
         <v>245</v>
       </c>
       <c r="P46" t="s">
         <v>246</v>
       </c>
       <c r="Q46" t="s">
         <v>247</v>
       </c>
       <c r="R46" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
         <v>19</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E47" t="s">
         <v>248</v>
       </c>
       <c r="F47" t="s">
         <v>249</v>
       </c>
       <c r="G47">
-        <v>2.0182200500000001E-2</v>
+        <v>2.13498674E-2</v>
       </c>
       <c r="H47"/>
       <c r="I47">
-        <v>2.0182200500000001E-2</v>
+        <v>2.13498674E-2</v>
       </c>
       <c r="J47" t="s">
         <v>23</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M47" t="s">
         <v>250</v>
       </c>
       <c r="N47" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="O47" t="s">
         <v>250</v>
       </c>
       <c r="P47" t="s">
+        <v>249</v>
+      </c>
+      <c r="Q47" t="s">
         <v>251</v>
       </c>
-      <c r="Q47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R47" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
         <v>19</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E48" t="s">
+        <v>252</v>
+      </c>
+      <c r="F48" t="s">
         <v>253</v>
       </c>
-      <c r="F48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G48">
-        <v>1.8337492699999999E-2</v>
+        <v>4.2565885999999997E-3</v>
       </c>
       <c r="H48"/>
       <c r="I48">
-        <v>1.8337492699999999E-2</v>
+        <v>4.2565885999999997E-3</v>
       </c>
       <c r="J48" t="s">
         <v>23</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M48" t="s">
+        <v>254</v>
+      </c>
+      <c r="N48" t="s">
         <v>255</v>
       </c>
-      <c r="N48" t="s">
+      <c r="O48" t="s">
+        <v>254</v>
+      </c>
+      <c r="P48" t="s">
+        <v>255</v>
+      </c>
+      <c r="Q48" t="s">
         <v>256</v>
       </c>
-      <c r="O48" t="s">
-[...2 lines deleted...]
-      <c r="P48" t="s">
+      <c r="R48" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
         <v>19</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E49" t="s">
+        <v>257</v>
+      </c>
+      <c r="F49" t="s">
         <v>258</v>
       </c>
-      <c r="F49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G49">
-        <v>2.1988913299999999E-2</v>
+        <v>3.6654383000000001E-3</v>
       </c>
       <c r="H49"/>
       <c r="I49">
-        <v>2.1988913299999999E-2</v>
+        <v>3.6654383000000001E-3</v>
       </c>
       <c r="J49" t="s">
         <v>23</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M49" t="s">
+        <v>259</v>
+      </c>
+      <c r="N49" t="s">
         <v>260</v>
       </c>
-      <c r="N49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O49" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P49" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="Q49" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="R49"/>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>19</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E50" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F50" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="G50">
-        <v>3.9588634999999997E-3</v>
+        <v>2.1646026700000001E-2</v>
       </c>
       <c r="H50"/>
       <c r="I50">
-        <v>3.9588634999999997E-3</v>
+        <v>2.1646026700000001E-2</v>
       </c>
       <c r="J50" t="s">
         <v>23</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M50" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="N50" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="O50" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="P50" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="Q50" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="R50" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
         <v>19</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E51" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F51" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="G51">
-        <v>1.92963661E-2</v>
+        <v>4.1121176000000004E-3</v>
       </c>
       <c r="H51"/>
       <c r="I51">
-        <v>1.92963661E-2</v>
+        <v>4.1121176000000004E-3</v>
       </c>
       <c r="J51" t="s">
         <v>23</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M51" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="N51" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="O51" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="P51" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="Q51" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="R51" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>19</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E52" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F52" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="G52">
-        <v>3.8875278999999999E-3</v>
+        <v>1.95879074E-2</v>
       </c>
       <c r="H52"/>
       <c r="I52">
-        <v>3.8875278999999999E-3</v>
+        <v>1.95879074E-2</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="N52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="O52" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="P52" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="Q52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="R52" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>19</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E53" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F53" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="G53">
-        <v>2.1734436900000001E-2</v>
+        <v>1.8447282299999999E-2</v>
       </c>
       <c r="H53"/>
       <c r="I53">
-        <v>2.1734436900000001E-2</v>
+        <v>1.8447282299999999E-2</v>
       </c>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="N53" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="O53" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="P53" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="Q53" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="R53" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>19</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E54" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F54" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G54">
-        <v>1.9949813100000002E-2</v>
+        <v>3.6172721E-3</v>
       </c>
       <c r="H54"/>
       <c r="I54">
-        <v>1.9949813100000002E-2</v>
+        <v>3.6172721E-3</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M54" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="N54" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="O54" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="P54" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="Q54" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="R54" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="55" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
         <v>19</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E55" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F55" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="G55">
-        <v>3.8464684000000002E-3</v>
+        <v>3.5061277000000002E-3</v>
       </c>
       <c r="H55"/>
       <c r="I55">
-        <v>3.8464684000000002E-3</v>
+        <v>3.5061277000000002E-3</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M55" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="N55" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="O55" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P55" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="Q55" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="R55" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="56" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
         <v>19</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E56" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F56" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G56">
-        <v>3.7538911000000001E-3</v>
+        <v>3.6685024999999999E-3</v>
       </c>
       <c r="H56"/>
       <c r="I56">
-        <v>3.7538911000000001E-3</v>
+        <v>3.6685024999999999E-3</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M56" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="N56" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="O56" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="P56" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="Q56" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="R56" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="57" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
         <v>19</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E57" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F57" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="G57">
-        <v>3.8186101000000001E-3</v>
+        <v>1.9813670299999999E-2</v>
       </c>
       <c r="H57"/>
       <c r="I57">
-        <v>3.8186101000000001E-3</v>
+        <v>1.9813670299999999E-2</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57">
         <v>1</v>
       </c>
       <c r="L57">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M57" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="N57" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="O57" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="P57" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="Q57" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="R57" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
     </row>
     <row r="58" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
         <v>19</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E58" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F58" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="G58">
-        <v>1.8902704199999999E-2</v>
+        <v>1.8866654399999998E-2</v>
       </c>
       <c r="H58"/>
       <c r="I58">
-        <v>1.8902704199999999E-2</v>
+        <v>1.8866654399999998E-2</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58">
         <v>1</v>
       </c>
       <c r="L58">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M58" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="N58" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="O58" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="P58" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="Q58" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="R58" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="59" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>19</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E59" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="F59" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="G59">
-        <v>4.0198689999999997E-3</v>
+        <v>2.20871981E-2</v>
       </c>
       <c r="H59"/>
       <c r="I59">
-        <v>4.0198689999999997E-3</v>
+        <v>2.20871981E-2</v>
       </c>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M59" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="N59" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="O59" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="P59" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="Q59" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="R59" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
     </row>
     <row r="60" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
         <v>19</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E60" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F60" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G60">
-        <v>3.8685983000000001E-3</v>
+        <v>2.20994825E-2</v>
       </c>
       <c r="H60"/>
       <c r="I60">
-        <v>3.8685983000000001E-3</v>
+        <v>2.20994825E-2</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="N60" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="O60" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="P60" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="Q60" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="R60" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="61" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
         <v>19</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E61" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F61" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="G61">
-        <v>1.9439857299999998E-2</v>
+        <v>7.1331331000000003E-3</v>
       </c>
       <c r="H61"/>
       <c r="I61">
-        <v>1.9439857299999998E-2</v>
+        <v>7.1331331000000003E-3</v>
       </c>
       <c r="J61" t="s">
         <v>23</v>
       </c>
       <c r="K61">
         <v>1</v>
       </c>
       <c r="L61">
-        <v>1</v>
+        <v>12.5</v>
       </c>
       <c r="M61" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="N61" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="O61" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="P61" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="Q61" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="R61"/>
     </row>
     <row r="62" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
         <v>19</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E62" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F62" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="G62">
-        <v>1.52748951E-2</v>
+        <v>3.6586743999999999E-3</v>
       </c>
       <c r="H62"/>
       <c r="I62">
-        <v>1.52748951E-2</v>
+        <v>3.6586743999999999E-3</v>
       </c>
       <c r="J62" t="s">
         <v>23</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M62" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="N62" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="O62" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="P62" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="Q62" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="R62" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
     </row>
     <row r="63" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>19</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E63" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F63" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="G63">
-        <v>4.7888061999999997E-3</v>
+        <v>1.5522586099999999E-2</v>
       </c>
       <c r="H63"/>
       <c r="I63">
-        <v>4.7888061999999997E-3</v>
+        <v>1.5522586099999999E-2</v>
       </c>
       <c r="J63" t="s">
         <v>23</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M63" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="N63" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="O63" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="P63" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="Q63" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="R63" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
     </row>
     <row r="64" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
         <v>19</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E64" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F64" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="G64">
-        <v>1.85329441E-2</v>
+        <v>3.8652856999999998E-3</v>
       </c>
       <c r="H64"/>
       <c r="I64">
-        <v>1.85329441E-2</v>
+        <v>3.8652856999999998E-3</v>
       </c>
       <c r="J64" t="s">
         <v>23</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M64" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="N64" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="O64" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="P64" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="Q64" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="R64" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="65" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
         <v>19</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E65" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F65" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="G65">
-        <v>7.4775459999999998E-3</v>
+        <v>3.348499E-3</v>
       </c>
       <c r="H65"/>
       <c r="I65">
-        <v>7.4775459999999998E-3</v>
+        <v>3.348499E-3</v>
       </c>
       <c r="J65" t="s">
         <v>23</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65">
-        <v>12.5</v>
+        <v>1.3</v>
       </c>
       <c r="M65" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="N65" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="O65" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="P65" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="Q65" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="R65"/>
+        <v>344</v>
+      </c>
+      <c r="R65" t="s">
+        <v>344</v>
+      </c>
     </row>
     <row r="66" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
         <v>19</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E66" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F66" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="G66">
-        <v>4.6212591000000004E-3</v>
+        <v>3.6233278999999998E-3</v>
       </c>
       <c r="H66"/>
       <c r="I66">
-        <v>4.6212591000000004E-3</v>
+        <v>3.6233278999999998E-3</v>
       </c>
       <c r="J66" t="s">
         <v>23</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M66" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N66" t="s">
+        <v>348</v>
+      </c>
+      <c r="O66" t="s">
         <v>347</v>
       </c>
-      <c r="O66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P66" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="Q66" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="R66" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="67" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
         <v>19</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E67" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F67" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="G67">
-        <v>1.29083618E-2</v>
+        <v>3.7518078000000001E-3</v>
       </c>
       <c r="H67"/>
       <c r="I67">
-        <v>1.29083618E-2</v>
+        <v>3.7518078000000001E-3</v>
       </c>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M67" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="N67" t="s">
+        <v>353</v>
+      </c>
+      <c r="O67" t="s">
         <v>352</v>
       </c>
-      <c r="O67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P67" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="Q67" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="R67" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="68" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
         <v>19</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E68" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F68" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="G68">
-        <v>4.1946767000000003E-3</v>
+        <v>3.3351366E-3</v>
       </c>
       <c r="H68"/>
       <c r="I68">
-        <v>4.1946767000000003E-3</v>
+        <v>3.3351366E-3</v>
       </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68">
         <v>1</v>
       </c>
       <c r="L68">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M68" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="N68" t="s">
+        <v>358</v>
+      </c>
+      <c r="O68" t="s">
         <v>357</v>
       </c>
-      <c r="O68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P68" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="Q68" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="R68" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="69" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
         <v>19</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E69" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F69" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="G69">
-        <v>3.9914036999999999E-3</v>
+        <v>1.87018306E-2</v>
       </c>
       <c r="H69"/>
       <c r="I69">
-        <v>3.9914036999999999E-3</v>
+        <v>1.87018306E-2</v>
       </c>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M69" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="N69" t="s">
+        <v>363</v>
+      </c>
+      <c r="O69" t="s">
         <v>362</v>
       </c>
-      <c r="O69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P69" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="Q69" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="R69" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="70" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
         <v>19</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E70" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F70" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="G70">
-        <v>4.0931242999999997E-3</v>
+        <v>1.02741841E-2</v>
       </c>
       <c r="H70"/>
       <c r="I70">
-        <v>4.0931242999999997E-3</v>
+        <v>1.02741841E-2</v>
       </c>
       <c r="J70" t="s">
         <v>23</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M70" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="N70" t="s">
+        <v>368</v>
+      </c>
+      <c r="O70" t="s">
         <v>367</v>
       </c>
-      <c r="O70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P70" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="Q70" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="R70" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="71" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
         <v>19</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E71" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F71" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="G71">
-        <v>2.0154947900000001E-2</v>
+        <v>3.7738416999999998E-3</v>
       </c>
       <c r="H71"/>
       <c r="I71">
-        <v>2.0154947900000001E-2</v>
+        <v>3.7738416999999998E-3</v>
       </c>
       <c r="J71" t="s">
         <v>23</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M71" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="N71" t="s">
+        <v>373</v>
+      </c>
+      <c r="O71" t="s">
         <v>372</v>
       </c>
-      <c r="O71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P71" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="Q71" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="R71" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="72" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
         <v>19</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E72" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F72" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G72">
-        <v>1.9772851800000001E-2</v>
+        <v>3.6423283999999999E-3</v>
       </c>
       <c r="H72"/>
       <c r="I72">
-        <v>1.9772851800000001E-2</v>
+        <v>3.6423283999999999E-3</v>
       </c>
       <c r="J72" t="s">
         <v>23</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M72" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="N72" t="s">
+        <v>378</v>
+      </c>
+      <c r="O72" t="s">
         <v>377</v>
       </c>
-      <c r="O72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P72" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="Q72" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="R72" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="73" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
         <v>19</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E73" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F73" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="G73">
-        <v>3.6883250000000001E-3</v>
+        <v>2.2137209800000002E-2</v>
       </c>
       <c r="H73"/>
       <c r="I73">
-        <v>3.6883250000000001E-3</v>
+        <v>2.2137209800000002E-2</v>
       </c>
       <c r="J73" t="s">
         <v>23</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M73" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="N73" t="s">
+        <v>383</v>
+      </c>
+      <c r="O73" t="s">
         <v>382</v>
       </c>
-      <c r="O73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P73" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="Q73" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="R73" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="74" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
         <v>19</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E74" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F74" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G74">
-        <v>3.9609906000000004E-3</v>
+        <v>1.9749635000000001E-2</v>
       </c>
       <c r="H74"/>
       <c r="I74">
-        <v>3.9609906000000004E-3</v>
+        <v>1.9749635000000001E-2</v>
       </c>
       <c r="J74" t="s">
         <v>23</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M74" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="N74" t="s">
+        <v>388</v>
+      </c>
+      <c r="O74" t="s">
         <v>387</v>
       </c>
-      <c r="O74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P74" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="Q74" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="R74" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
     </row>
     <row r="75" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
         <v>19</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E75" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F75" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="G75">
-        <v>1.8005586000000001E-2</v>
+        <v>4.8886186000000002E-3</v>
       </c>
       <c r="H75"/>
       <c r="I75">
-        <v>1.8005586000000001E-2</v>
+        <v>4.8886186000000002E-3</v>
       </c>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M75" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="N75" t="s">
+        <v>393</v>
+      </c>
+      <c r="O75" t="s">
         <v>392</v>
       </c>
-      <c r="O75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P75" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="Q75" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="R75" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="76" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
         <v>19</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E76" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F76" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="G76">
-        <v>8.8817335000000008E-3</v>
+        <v>1.65661E-2</v>
       </c>
       <c r="H76"/>
       <c r="I76">
-        <v>8.8817335000000008E-3</v>
+        <v>1.65661E-2</v>
       </c>
       <c r="J76" t="s">
         <v>23</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
       <c r="L76">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M76" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="N76" t="s">
+        <v>398</v>
+      </c>
+      <c r="O76" t="s">
         <v>397</v>
       </c>
-      <c r="O76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P76" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="Q76" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="R76" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="77" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
         <v>19</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E77" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F77" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="G77">
-        <v>3.9146266999999998E-3</v>
+        <v>1.47439878E-2</v>
       </c>
       <c r="H77"/>
       <c r="I77">
-        <v>3.9146266999999998E-3</v>
+        <v>1.47439878E-2</v>
       </c>
       <c r="J77" t="s">
         <v>23</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M77" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="N77" t="s">
+        <v>403</v>
+      </c>
+      <c r="O77" t="s">
         <v>402</v>
       </c>
-      <c r="O77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P77" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="Q77" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="R77" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="78" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
         <v>19</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E78" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F78" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G78">
-        <v>3.7729119999999998E-3</v>
+        <v>3.7066193000000001E-3</v>
       </c>
       <c r="H78"/>
       <c r="I78">
-        <v>3.7729119999999998E-3</v>
+        <v>3.7066193000000001E-3</v>
       </c>
       <c r="J78" t="s">
         <v>23</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M78" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="N78" t="s">
+        <v>408</v>
+      </c>
+      <c r="O78" t="s">
         <v>407</v>
       </c>
-      <c r="O78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P78" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="Q78" t="s">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="R78"/>
     </row>
     <row r="79" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
         <v>19</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E79" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F79" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G79">
-        <v>3.2545344E-3</v>
+        <v>4.0468185000000004E-3</v>
       </c>
       <c r="H79"/>
       <c r="I79">
-        <v>3.2545344E-3</v>
+        <v>4.0468185000000004E-3</v>
       </c>
       <c r="J79" t="s">
         <v>23</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M79" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="N79" t="s">
+        <v>413</v>
+      </c>
+      <c r="O79" t="s">
         <v>412</v>
       </c>
-      <c r="O79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P79" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="Q79" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="R79" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="80" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
         <v>19</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E80" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F80" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="G80">
-        <v>2.2957939300000001E-2</v>
+        <v>3.0155480999999999E-3</v>
       </c>
       <c r="H80"/>
       <c r="I80">
-        <v>2.2957939300000001E-2</v>
+        <v>3.0155480999999999E-3</v>
       </c>
       <c r="J80" t="s">
         <v>23</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M80" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="N80" t="s">
+        <v>418</v>
+      </c>
+      <c r="O80" t="s">
         <v>417</v>
       </c>
-      <c r="O80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P80" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="Q80" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="R80" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="81" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
         <v>19</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E81" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F81" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G81">
-        <v>3.7286658000000002E-3</v>
+        <v>2.0855479999999999E-2</v>
       </c>
       <c r="H81"/>
       <c r="I81">
-        <v>3.7286658000000002E-3</v>
+        <v>2.0855479999999999E-2</v>
       </c>
       <c r="J81" t="s">
         <v>23</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M81" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="N81" t="s">
+        <v>423</v>
+      </c>
+      <c r="O81" t="s">
         <v>422</v>
       </c>
-      <c r="O81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P81" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Q81" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="R81" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
     </row>
     <row r="82" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
         <v>19</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E82" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F82" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="G82">
-        <v>1.9805893099999999E-2</v>
+        <v>3.8036285E-3</v>
       </c>
       <c r="H82"/>
       <c r="I82">
-        <v>1.9805893099999999E-2</v>
+        <v>3.8036285E-3</v>
       </c>
       <c r="J82" t="s">
         <v>23</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M82" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="N82" t="s">
+        <v>428</v>
+      </c>
+      <c r="O82" t="s">
         <v>427</v>
       </c>
-      <c r="O82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P82" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="Q82" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="R82" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="83" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
         <v>19</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E83" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F83" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="G83">
-        <v>1.7557725699999999E-2</v>
+        <v>3.9401701999999999E-3</v>
       </c>
       <c r="H83"/>
       <c r="I83">
-        <v>1.7557725699999999E-2</v>
+        <v>3.9401701999999999E-3</v>
       </c>
       <c r="J83" t="s">
         <v>23</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M83" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="N83" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="O83" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P83" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="Q83" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="R83" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="84" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
         <v>19</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E84" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="F84" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="G84">
-        <v>3.1634524999999999E-3</v>
+        <v>3.7532311000000001E-3</v>
       </c>
       <c r="H84"/>
       <c r="I84">
-        <v>3.1634524999999999E-3</v>
+        <v>3.7532311000000001E-3</v>
       </c>
       <c r="J84" t="s">
         <v>23</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M84" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="N84" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="O84" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="P84" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="Q84" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="R84" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="85" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
         <v>19</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E85" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="F85" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="G85">
-        <v>3.8938354000000001E-3</v>
+        <v>1.6702611199999998E-2</v>
       </c>
       <c r="H85"/>
       <c r="I85">
-        <v>3.8938354000000001E-3</v>
+        <v>1.6702611199999998E-2</v>
       </c>
       <c r="J85" t="s">
         <v>23</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M85" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="N85" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="O85" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="P85" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="Q85" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="R85" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="86" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
         <v>19</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E86" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F86" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="G86">
-        <v>3.9870764999999997E-3</v>
+        <v>1.9558779700000001E-2</v>
       </c>
       <c r="H86"/>
       <c r="I86">
-        <v>3.9870764999999997E-3</v>
+        <v>1.9558779700000001E-2</v>
       </c>
       <c r="J86" t="s">
         <v>23</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M86" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="N86" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="O86" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="P86" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="Q86" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="R86" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="87" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E87" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="F87" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="G87">
-        <v>2.1566586799999999E-2</v>
+        <v>4.0281659000000001E-3</v>
       </c>
       <c r="H87"/>
       <c r="I87">
-        <v>2.1566586799999999E-2</v>
+        <v>4.0281659000000001E-3</v>
       </c>
       <c r="J87" t="s">
         <v>23</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M87" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="N87" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="O87" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="P87" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="Q87" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="R87" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="88" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
         <v>19</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E88" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="F88" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G88">
-        <v>4.0738592000000001E-3</v>
+        <v>2.1198714399999999E-2</v>
       </c>
       <c r="H88"/>
       <c r="I88">
-        <v>4.0738592000000001E-3</v>
+        <v>2.1198714399999999E-2</v>
       </c>
       <c r="J88" t="s">
         <v>23</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M88" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="N88" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="O88" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="P88" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="Q88" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="R88" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="89" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
         <v>19</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E89" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="F89" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="G89">
-        <v>4.0578636999999999E-3</v>
+        <v>3.9142782999999999E-3</v>
       </c>
       <c r="H89"/>
       <c r="I89">
-        <v>4.0578636999999999E-3</v>
+        <v>3.9142782999999999E-3</v>
       </c>
       <c r="J89" t="s">
         <v>23</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M89" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="N89" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="O89" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="P89" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="Q89" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="R89" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
     </row>
     <row r="90" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
         <v>19</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E90" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="F90" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="G90">
-        <v>5.5056806999999996E-3</v>
+        <v>3.9402035000000004E-3</v>
       </c>
       <c r="H90"/>
       <c r="I90">
-        <v>5.5056806999999996E-3</v>
+        <v>3.9402035000000004E-3</v>
       </c>
       <c r="J90" t="s">
         <v>23</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
       <c r="L90">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M90" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="N90" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="O90" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="P90" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="Q90" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="R90" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="91" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
         <v>19</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E91" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F91" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="G91">
-        <v>2.04537134E-2</v>
+        <v>3.5176373999999998E-3</v>
       </c>
       <c r="H91"/>
       <c r="I91">
-        <v>2.04537134E-2</v>
+        <v>3.5176373999999998E-3</v>
       </c>
       <c r="J91" t="s">
         <v>23</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M91" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="N91" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="O91" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="P91" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="Q91" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="R91" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="92" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
         <v>19</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E92" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F92" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="G92">
-        <v>3.7112129000000001E-3</v>
+        <v>3.8854171E-3</v>
       </c>
       <c r="H92"/>
       <c r="I92">
-        <v>3.7112129000000001E-3</v>
+        <v>3.8854171E-3</v>
       </c>
       <c r="J92" t="s">
         <v>23</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M92" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="N92" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="O92" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="P92" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="Q92" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="R92" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="93" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
         <v>19</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E93" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F93" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="G93">
-        <v>1.92398623E-2</v>
+        <v>2.3023057900000001E-2</v>
       </c>
       <c r="H93"/>
       <c r="I93">
-        <v>1.92398623E-2</v>
+        <v>2.3023057900000001E-2</v>
       </c>
       <c r="J93" t="s">
         <v>23</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M93" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="N93" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="O93" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="P93" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="Q93" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="R93" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="94" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
         <v>19</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E94" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="F94" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="G94">
-        <v>3.6298019000000001E-3</v>
+        <v>4.5531822000000003E-3</v>
       </c>
       <c r="H94"/>
       <c r="I94">
-        <v>3.6298019000000001E-3</v>
+        <v>4.5531822000000003E-3</v>
       </c>
       <c r="J94" t="s">
         <v>23</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M94" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="N94" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="O94" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="P94" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="Q94" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="R94" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="95" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
         <v>19</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E95" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="F95" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="G95">
-        <v>4.0925668E-3</v>
+        <v>4.3248293000000002E-3</v>
       </c>
       <c r="H95"/>
       <c r="I95">
-        <v>4.0925668E-3</v>
+        <v>4.3248293000000002E-3</v>
       </c>
       <c r="J95" t="s">
         <v>23</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M95" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="N95" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="O95" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="P95" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="Q95" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="R95" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="96" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
         <v>19</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E96" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="F96" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="G96">
-        <v>1.7635678599999999E-2</v>
+        <v>1.21830529E-2</v>
       </c>
       <c r="H96"/>
       <c r="I96">
-        <v>1.7635678599999999E-2</v>
+        <v>1.21830529E-2</v>
       </c>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M96" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="N96" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="O96" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="P96" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="Q96" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="R96" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="97" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
         <v>19</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E97" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="F97" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="G97">
-        <v>1.8891571499999999E-2</v>
+        <v>1.9132000999999999E-2</v>
       </c>
       <c r="H97"/>
       <c r="I97">
-        <v>1.8891571499999999E-2</v>
+        <v>1.9132000999999999E-2</v>
       </c>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M97" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="N97" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="O97" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="P97" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="Q97" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="R97" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="98" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
         <v>19</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E98" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="F98" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="G98">
-        <v>3.7999797E-3</v>
+        <v>4.1700097000000004E-3</v>
       </c>
       <c r="H98"/>
       <c r="I98">
-        <v>3.7999797E-3</v>
+        <v>4.1700097000000004E-3</v>
       </c>
       <c r="J98" t="s">
         <v>23</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M98" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="N98" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="O98" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="P98" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="Q98" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="R98" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="99" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
         <v>19</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E99" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="F99" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="G99">
-        <v>1.9735099999999998E-2</v>
+        <v>3.6627106999999998E-3</v>
       </c>
       <c r="H99"/>
       <c r="I99">
-        <v>1.9735099999999998E-2</v>
+        <v>3.6627106999999998E-3</v>
       </c>
       <c r="J99" t="s">
         <v>23</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M99" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="N99" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="O99" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="P99" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="Q99" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="R99" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="100" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
         <v>19</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E100" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="F100" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="G100">
-        <v>3.9759467999999996E-3</v>
+        <v>3.7066377999999999E-3</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>3.9759467999999996E-3</v>
+        <v>3.7066377999999999E-3</v>
       </c>
       <c r="J100" t="s">
         <v>23</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M100" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="N100" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="O100" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="P100" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="Q100" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="R100" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
     </row>
     <row r="101" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
         <v>19</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E101" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="F101" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="G101">
-        <v>4.0410690000000004E-3</v>
+        <v>4.1990715999999997E-3</v>
       </c>
       <c r="H101"/>
       <c r="I101">
-        <v>4.0410690000000004E-3</v>
+        <v>4.1990715999999997E-3</v>
       </c>
       <c r="J101" t="s">
         <v>23</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M101" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="N101" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="O101" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="P101" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="Q101" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="R101" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
     </row>
     <row r="102" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
         <v>19</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E102" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="F102" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G102">
-        <v>1.9643866199999999E-2</v>
+        <v>3.5890153999999998E-3</v>
       </c>
       <c r="H102"/>
       <c r="I102">
-        <v>1.9643866199999999E-2</v>
+        <v>3.5890153999999998E-3</v>
       </c>
       <c r="J102" t="s">
         <v>23</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="M102" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="N102" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="O102" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="P102" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="Q102" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="R102" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="103" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
         <v>19</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" s="6">
-        <v>45989</v>
+        <v>46080</v>
       </c>
       <c r="E103"/>
       <c r="F103" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="G103">
-        <v>7.2682253999999998E-3</v>
+        <v>9.0759702999999997E-3</v>
       </c>
       <c r="H103"/>
       <c r="I103">
-        <v>8.7060109E-3</v>
+        <v>1.6836314799999998E-2</v>
       </c>
       <c r="J103" t="s">
         <v>23</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
-        <v>0.96301000000000003</v>
+        <v>0.97765000000000002</v>
       </c>
       <c r="M103" t="s">
-        <v>111</v>
+        <v>531</v>
       </c>
       <c r="N103" t="s">
-        <v>112</v>
+        <v>532</v>
       </c>
       <c r="O103" t="s">
-        <v>111</v>
+        <v>531</v>
       </c>
       <c r="P103" t="s">
-        <v>112</v>
+        <v>532</v>
       </c>
       <c r="Q103" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="R103"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.6" right="0.56999999999999995" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -7625,47 +7634,47 @@
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stahl, Cornelia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
-    <vt:lpwstr>2025-12-05T11:45:59Z</vt:lpwstr>
+    <vt:lpwstr>2026-03-09T12:42:36Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
     <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
     <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
-    <vt:lpwstr>08cba664-e2ca-4939-b047-bd520fc47a30</vt:lpwstr>
+    <vt:lpwstr>013dc6dc-b030-4204-9359-5ffdfd12237e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
     <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>