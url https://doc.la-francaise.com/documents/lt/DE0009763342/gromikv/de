--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1,68 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-[...9 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <mc:AlternateContent>
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2025-09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\root\client\850\CRR\template\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C9394101-FDAA-4F0F-9FFB-DB0085F41EF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-795" yWindow="195" windowWidth="15480" windowHeight="11040" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="638" uniqueCount="285">
   <si>
     <t>KAG</t>
   </si>
   <si>
     <t>ISIN_Fonds</t>
   </si>
   <si>
     <t>Name_Fonds</t>
   </si>
   <si>
     <t>Stichtag</t>
   </si>
   <si>
     <t>ISIN_Bestand</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Emittent_Bezeichnung</t>
   </si>
   <si>
     <t>Konzern_Bezeichnung</t>
   </si>
   <si>
@@ -167,50 +164,65 @@
   <si>
     <t>713468</t>
   </si>
   <si>
     <t>American Tower Corp.</t>
   </si>
   <si>
     <t>5493006ORUSIL88JOE18</t>
   </si>
   <si>
     <t>AU0000013559</t>
   </si>
   <si>
     <t>ATLAS ARTERIA</t>
   </si>
   <si>
     <t>720227</t>
   </si>
   <si>
     <t>Atlas Arteria</t>
   </si>
   <si>
     <t>254900SGF4ZQDBH2YC59</t>
   </si>
   <si>
+    <t>NZAIAE0002S6</t>
+  </si>
+  <si>
+    <t>AUCKLAND INTL AIRPORT LTD</t>
+  </si>
+  <si>
+    <t>915662</t>
+  </si>
+  <si>
+    <t>Auckland International Airport Ltd.</t>
+  </si>
+  <si>
+    <t>549300HFZIZDJWB7AK60</t>
+  </si>
+  <si>
     <t>CA1363751027</t>
   </si>
   <si>
     <t>CANADIAN NATL RAILWAY CO</t>
   </si>
   <si>
     <t>451712</t>
   </si>
   <si>
     <t>Canadian National Railway Co.</t>
   </si>
   <si>
     <t>3SU7BEP7TH9YEQOZCS77</t>
   </si>
   <si>
     <t>CA13646K1084</t>
   </si>
   <si>
     <t>CANADIAN PACIFIC KANSAS CITY</t>
   </si>
   <si>
     <t>451857</t>
   </si>
   <si>
     <t>Canadian Pacific Kansas City Ltd.</t>
@@ -218,65 +230,50 @@
   <si>
     <t>54930036474DURYNB481</t>
   </si>
   <si>
     <t>CA1367178326</t>
   </si>
   <si>
     <t>CANADIAN UTILITIES LTD-A</t>
   </si>
   <si>
     <t>868439</t>
   </si>
   <si>
     <t>Canadian Utilities Ltd.</t>
   </si>
   <si>
     <t>866126</t>
   </si>
   <si>
     <t>ATCO Ltd.</t>
   </si>
   <si>
     <t>LWV4QIQODEH3VBHUFX07</t>
   </si>
   <si>
-    <t>ES0105066007</t>
-[...13 lines deleted...]
-  <si>
     <t>GB00B033F229</t>
   </si>
   <si>
     <t>CENTRICA PLC</t>
   </si>
   <si>
     <t>905218</t>
   </si>
   <si>
     <t>Centrica PLC</t>
   </si>
   <si>
     <t>E26EDV109X6EEPBKVH76</t>
   </si>
   <si>
     <t>HK0144000764</t>
   </si>
   <si>
     <t>CHINA MERCHANTS PORT HOLDING</t>
   </si>
   <si>
     <t>884558</t>
   </si>
   <si>
     <t>China Merchants Port Holdings Co. Ltd.</t>
@@ -584,65 +581,50 @@
   <si>
     <t>476596</t>
   </si>
   <si>
     <t>MTR Corporation Ltd.</t>
   </si>
   <si>
     <t>254900IH4U9NHH9AQM97</t>
   </si>
   <si>
     <t>GB00BDR05C01</t>
   </si>
   <si>
     <t>NATIONAL GRID PLC</t>
   </si>
   <si>
     <t>529953</t>
   </si>
   <si>
     <t>National Grid PLC</t>
   </si>
   <si>
     <t>8R95QZMKZLJX5Q2XR704</t>
   </si>
   <si>
-    <t>SG1DH9000006</t>
-[...13 lines deleted...]
-  <si>
     <t>US6460251068</t>
   </si>
   <si>
     <t>NEW JERSEY RESOURCES CORP</t>
   </si>
   <si>
     <t>873388</t>
   </si>
   <si>
     <t>New Jersey Resources Corp.</t>
   </si>
   <si>
     <t>549300QKBSQBIX4DQ583</t>
   </si>
   <si>
     <t>US6558441084</t>
   </si>
   <si>
     <t>NORFOLK SOUTHERN CORP</t>
   </si>
   <si>
     <t>867028</t>
   </si>
   <si>
     <t>Norfolk Southern Corp.</t>
@@ -687,50 +669,65 @@
     <t>ONEOK INC</t>
   </si>
   <si>
     <t>911060</t>
   </si>
   <si>
     <t>Oneok Inc. [New]</t>
   </si>
   <si>
     <t>2T3D6M0JSY48PSZI1Q41</t>
   </si>
   <si>
     <t>CA7063271034</t>
   </si>
   <si>
     <t>PEMBINA PIPELINE CORP</t>
   </si>
   <si>
     <t>282473</t>
   </si>
   <si>
     <t>Pembina Pipeline Corp.</t>
   </si>
   <si>
     <t>5493002W3L9YICM6FU21</t>
+  </si>
+  <si>
+    <t>US7445731067</t>
+  </si>
+  <si>
+    <t>PUBLIC SERVICE ENTERPRISE GP</t>
+  </si>
+  <si>
+    <t>852070</t>
+  </si>
+  <si>
+    <t>Public Service Enterprise Group Inc.</t>
+  </si>
+  <si>
+    <t>PUSS41EMO3E6XXNV3U28</t>
   </si>
   <si>
     <t>AU000000QUB5</t>
   </si>
   <si>
     <t>QUBE HOLDINGS LTD</t>
   </si>
   <si>
     <t>702394</t>
   </si>
   <si>
     <t>Qube Holdings Ltd.</t>
   </si>
   <si>
     <t>391200RT2MUFEO3RFW25</t>
   </si>
   <si>
     <t>ES0173093024</t>
   </si>
   <si>
     <t>REDEIA CORP SA</t>
   </si>
   <si>
     <t>253479</t>
   </si>
@@ -884,240 +881,245 @@
   <si>
     <t>928438</t>
   </si>
   <si>
     <t>Koninklijke Vopak N.V.</t>
   </si>
   <si>
     <t>724500UL634GFV1KYF10</t>
   </si>
   <si>
     <t>Sammelposten Accounts</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
     <t>BNP Paribas S.A.</t>
   </si>
   <si>
     <t>R0MUWSFPU8MPRO8K5P83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy"/>
+    <numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1245,2997 +1247,2963 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R53"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="J10" sqref="J10"/>
+    <sheetView tabSelected="true" workbookViewId="0">
+      <selection activeCell="D5" sqref="D5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="47" style="4" bestFit="1" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="19" max="16384" width="11.42578125" style="4"/>
+    <col min="18" max="18" bestFit="true" customWidth="true" style="5" width="28.12890625" collapsed="true"/>
+    <col min="1" max="1" bestFit="true" customWidth="true" style="5" width="47.03515625" collapsed="false"/>
+    <col min="2" max="2" bestFit="true" customWidth="true" style="5" width="14.91796875" collapsed="false"/>
+    <col min="3" max="3" bestFit="true" customWidth="true" style="5" width="49.48046875" collapsed="false"/>
+    <col min="4" max="4" bestFit="true" customWidth="true" style="5" width="11.02734375" collapsed="false"/>
+    <col min="5" max="5" bestFit="true" customWidth="true" style="5" width="16.24609375" collapsed="false"/>
+    <col min="6" max="6" bestFit="true" customWidth="true" style="5" width="37.01953125" collapsed="false"/>
+    <col min="7" max="7" bestFit="true" customWidth="true" style="6" width="13.80859375" collapsed="false"/>
+    <col min="8" max="8" customWidth="true" style="6" width="5.90234375" collapsed="false" bestFit="true"/>
+    <col min="9" max="9" bestFit="true" customWidth="true" style="6" width="14.90234375" collapsed="false"/>
+    <col min="10" max="10" bestFit="true" customWidth="true" style="7" width="20.90625" collapsed="false"/>
+    <col min="11" max="11" bestFit="true" customWidth="true" style="7" width="17.79296875" collapsed="false"/>
+    <col min="12" max="12" customWidth="true" style="7" width="14.4609375" collapsed="false" bestFit="true"/>
+    <col min="13" max="13" bestFit="true" customWidth="true" style="7" width="12.6796875" collapsed="false"/>
+    <col min="14" max="14" bestFit="true" customWidth="true" style="5" width="44.8125" collapsed="false"/>
+    <col min="15" max="15" bestFit="true" customWidth="true" style="7" width="12.6796875" collapsed="false"/>
+    <col min="16" max="16" bestFit="true" customWidth="true" style="5" width="44.8125" collapsed="false"/>
+    <col min="17" max="17" bestFit="true" customWidth="true" style="5" width="28.1328125" collapsed="false"/>
+    <col min="19" max="16384" style="5" width="11.42578125" collapsed="false"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:18" s="1" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="2" t="s">
+      <c r="K1" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="2" t="s">
+      <c r="L1" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="4" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="O1" s="2" t="s">
+      <c r="O1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="Q1" s="2" t="s">
+      <c r="Q1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2" spans="1:18" x14ac:dyDescent="0.2">
+    <row r="2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
-      <c r="D2" s="6">
-        <v>45930</v>
+      <c r="D2" s="8" t="n">
+        <v>45961.0</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
-      <c r="G2">
-        <v>2.0624602799999999E-2</v>
+      <c r="G2" t="n">
+        <v>0.0200988073</v>
       </c>
       <c r="H2"/>
-      <c r="I2">
-        <v>2.0624602799999999E-2</v>
+      <c r="I2" t="n">
+        <v>0.0200988073</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
-      <c r="K2">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="K2" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L2" t="n">
+        <v>1.0</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
       <c r="Q2" t="s">
         <v>26</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="3" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="3">
+      <c r="A3" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E3" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="F3" t="s">
+      <c r="F3" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="G3">
-[...15 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G3" s="0" t="n">
+        <v>0.0197422633</v>
+      </c>
+      <c r="H3" s="0"/>
+      <c r="I3" s="0" t="n">
+        <v>0.0197422633</v>
+      </c>
+      <c r="J3" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L3" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M3" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="N3" t="s">
+      <c r="N3" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="O3" t="s">
+      <c r="O3" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="P3" t="s">
+      <c r="P3" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="Q3" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="R3" t="s">
+      <c r="R3" s="0" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="4" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="4">
+      <c r="A4" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E4" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="F4" t="s">
+      <c r="F4" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="G4">
-[...15 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G4" s="0" t="n">
+        <v>0.0190634174</v>
+      </c>
+      <c r="H4" s="0"/>
+      <c r="I4" s="0" t="n">
+        <v>0.0190634174</v>
+      </c>
+      <c r="J4" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L4" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M4" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="N4" t="s">
+      <c r="N4" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="O4" t="s">
+      <c r="O4" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="P4" t="s">
+      <c r="P4" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="Q4" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="R4" t="s">
+      <c r="R4" s="0" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E5" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F5" t="s">
+      <c r="F5" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="G5">
-[...15 lines deleted...]
-      <c r="M5" t="s">
+      <c r="G5" s="0" t="n">
+        <v>0.018214076</v>
+      </c>
+      <c r="H5" s="0"/>
+      <c r="I5" s="0" t="n">
+        <v>0.018214076</v>
+      </c>
+      <c r="J5" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L5" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M5" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="N5" t="s">
+      <c r="N5" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="O5" t="s">
+      <c r="O5" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="P5" t="s">
+      <c r="P5" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="Q5" t="s">
+      <c r="Q5" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="R5" t="s">
+      <c r="R5" s="0" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="6" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E6" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="F6" t="s">
+      <c r="F6" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="G6">
-[...15 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G6" s="0" t="n">
+        <v>0.0195108396</v>
+      </c>
+      <c r="H6" s="0"/>
+      <c r="I6" s="0" t="n">
+        <v>0.0195108396</v>
+      </c>
+      <c r="J6" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L6" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M6" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="N6" t="s">
+      <c r="N6" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="O6" t="s">
+      <c r="O6" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="P6" t="s">
+      <c r="P6" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="Q6" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="R6" t="s">
+      <c r="R6" s="0" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="7" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E7" t="s">
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E7" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="F7" t="s">
+      <c r="F7" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="G7">
-[...15 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G7" s="0" t="n">
+        <v>0.0198697642</v>
+      </c>
+      <c r="H7" s="0"/>
+      <c r="I7" s="0" t="n">
+        <v>0.0198697642</v>
+      </c>
+      <c r="J7" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L7" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M7" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="N7" t="s">
+      <c r="N7" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="O7" t="s">
+      <c r="O7" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="P7" t="s">
+      <c r="P7" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="Q7" s="0" t="s">
         <v>51</v>
       </c>
-      <c r="R7" t="s">
+      <c r="R7" s="0" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E8" t="s">
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E8" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="F8" t="s">
+      <c r="F8" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="G8">
-[...15 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G8" s="0" t="n">
+        <v>0.0198030826</v>
+      </c>
+      <c r="H8" s="0"/>
+      <c r="I8" s="0" t="n">
+        <v>0.0198030826</v>
+      </c>
+      <c r="J8" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L8" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M8" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="N8" t="s">
+      <c r="N8" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="O8" t="s">
+      <c r="O8" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="P8" t="s">
+      <c r="P8" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="Q8" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="R8" t="s">
+      <c r="R8" s="0" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E9" t="s">
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E9" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="F9" t="s">
+      <c r="F9" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="G9">
-[...15 lines deleted...]
-      <c r="M9" t="s">
+      <c r="G9" s="0" t="n">
+        <v>0.0191258698</v>
+      </c>
+      <c r="H9" s="0"/>
+      <c r="I9" s="0" t="n">
+        <v>0.0191258698</v>
+      </c>
+      <c r="J9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L9" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M9" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="N9" t="s">
+      <c r="N9" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="O9" t="s">
+      <c r="O9" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="P9" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q9" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="P9" t="s">
+      <c r="R9" s="0" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E10" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="F10" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="R9"/>
-[...14 lines deleted...]
-      <c r="E10" t="s">
+      <c r="G10" s="0" t="n">
+        <v>0.0197451826</v>
+      </c>
+      <c r="H10" s="0"/>
+      <c r="I10" s="0" t="n">
+        <v>0.0197451826</v>
+      </c>
+      <c r="J10" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L10" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M10" s="0" t="s">
         <v>64</v>
       </c>
-      <c r="F10" t="s">
+      <c r="N10" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="G10">
-[...15 lines deleted...]
-      <c r="M10" t="s">
+      <c r="O10" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="N10" t="s">
+      <c r="P10" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="O10" t="s">
-[...5 lines deleted...]
-      <c r="Q10" t="s">
+      <c r="Q10" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="R10" t="s">
-[...16 lines deleted...]
-      <c r="E11" t="s">
+      <c r="R10" s="0"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E11" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="F11" t="s">
+      <c r="F11" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="G11">
-[...15 lines deleted...]
-      <c r="M11" t="s">
+      <c r="G11" s="0" t="n">
+        <v>0.0203037665</v>
+      </c>
+      <c r="H11" s="0"/>
+      <c r="I11" s="0" t="n">
+        <v>0.0203037665</v>
+      </c>
+      <c r="J11" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L11" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M11" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="N11" t="s">
+      <c r="N11" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="O11" t="s">
+      <c r="O11" s="0" t="s">
         <v>71</v>
       </c>
-      <c r="P11" t="s">
+      <c r="P11" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="Q11" t="s">
+      <c r="Q11" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="R11" t="s">
+      <c r="R11" s="0" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E12" t="s">
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E12" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="F12" t="s">
+      <c r="F12" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="G12">
-[...15 lines deleted...]
-      <c r="M12" t="s">
+      <c r="G12" s="0" t="n">
+        <v>0.0202992287</v>
+      </c>
+      <c r="H12" s="0"/>
+      <c r="I12" s="0" t="n">
+        <v>0.0202992287</v>
+      </c>
+      <c r="J12" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L12" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M12" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="N12" t="s">
+      <c r="N12" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="O12" t="s">
+      <c r="O12" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="P12" t="s">
+      <c r="P12" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="Q12" t="s">
+      <c r="Q12" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="R12" t="s">
+      <c r="R12" s="0" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E13" t="s">
+    <row r="13">
+      <c r="A13" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E13" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="F13" t="s">
+      <c r="F13" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="G13">
-[...15 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G13" s="0" t="n">
+        <v>0.0189210659</v>
+      </c>
+      <c r="H13" s="0"/>
+      <c r="I13" s="0" t="n">
+        <v>0.0189210659</v>
+      </c>
+      <c r="J13" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L13" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M13" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="N13" t="s">
+      <c r="N13" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="O13" t="s">
+      <c r="O13" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="P13" t="s">
+      <c r="P13" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="Q13" t="s">
+      <c r="Q13" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="R13" t="s">
+      <c r="R13" s="0" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E14" t="s">
+    <row r="14">
+      <c r="A14" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E14" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="F14" t="s">
+      <c r="F14" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="G14">
-[...15 lines deleted...]
-      <c r="M14" t="s">
+      <c r="G14" s="0" t="n">
+        <v>0.0190726005</v>
+      </c>
+      <c r="H14" s="0"/>
+      <c r="I14" s="0" t="n">
+        <v>0.0190726005</v>
+      </c>
+      <c r="J14" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L14" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M14" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="N14" t="s">
+      <c r="N14" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="O14" t="s">
+      <c r="O14" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="P14" t="s">
+      <c r="P14" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="Q14" t="s">
+      <c r="Q14" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="R14" t="s">
+      <c r="R14" s="0" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E15" t="s">
+    <row r="15">
+      <c r="A15" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="F15" t="s">
+      <c r="F15" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="G15">
-[...15 lines deleted...]
-      <c r="M15" t="s">
+      <c r="G15" s="0" t="n">
+        <v>0.0199342747</v>
+      </c>
+      <c r="H15" s="0"/>
+      <c r="I15" s="0" t="n">
+        <v>0.0199342747</v>
+      </c>
+      <c r="J15" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L15" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M15" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="N15" t="s">
+      <c r="N15" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="O15" t="s">
+      <c r="O15" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="P15" t="s">
+      <c r="P15" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="Q15" t="s">
+      <c r="Q15" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="R15" t="s">
+      <c r="R15" s="0" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E16" t="s">
+    <row r="16">
+      <c r="A16" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E16" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="F16" t="s">
+      <c r="F16" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="G16">
-[...15 lines deleted...]
-      <c r="M16" t="s">
+      <c r="G16" s="0" t="n">
+        <v>0.0208791856</v>
+      </c>
+      <c r="H16" s="0"/>
+      <c r="I16" s="0" t="n">
+        <v>0.0208791856</v>
+      </c>
+      <c r="J16" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L16" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="N16" t="s">
+      <c r="N16" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="O16" t="s">
+      <c r="O16" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="P16" t="s">
+      <c r="P16" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="Q16" t="s">
+      <c r="Q16" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="R16" t="s">
+      <c r="R16" s="0" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E17" t="s">
+    <row r="17">
+      <c r="A17" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="F17" t="s">
+      <c r="F17" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="G17">
-[...15 lines deleted...]
-      <c r="M17" t="s">
+      <c r="G17" s="0" t="n">
+        <v>0.0210355796</v>
+      </c>
+      <c r="H17" s="0"/>
+      <c r="I17" s="0" t="n">
+        <v>0.0210355796</v>
+      </c>
+      <c r="J17" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L17" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M17" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="N17" t="s">
+      <c r="N17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="O17" t="s">
+      <c r="O17" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="P17" t="s">
+      <c r="P17" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="Q17" t="s">
+      <c r="Q17" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="R17" t="s">
+      <c r="R17" s="0" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E18" t="s">
+    <row r="18">
+      <c r="A18" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="F18" t="s">
+      <c r="F18" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="G18">
-[...15 lines deleted...]
-      <c r="M18" t="s">
+      <c r="G18" s="0" t="n">
+        <v>0.0202229018</v>
+      </c>
+      <c r="H18" s="0"/>
+      <c r="I18" s="0" t="n">
+        <v>0.0202229018</v>
+      </c>
+      <c r="J18" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L18" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M18" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="N18" t="s">
+      <c r="N18" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="O18" t="s">
+      <c r="O18" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="P18" t="s">
+      <c r="P18" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="Q18" t="s">
+      <c r="Q18" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="R18" t="s">
+      <c r="R18" s="0" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E19" t="s">
+    <row r="19">
+      <c r="A19" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E19" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="F19" t="s">
+      <c r="F19" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="G19">
-[...15 lines deleted...]
-      <c r="M19" t="s">
+      <c r="G19" s="0" t="n">
+        <v>0.0199768783</v>
+      </c>
+      <c r="H19" s="0"/>
+      <c r="I19" s="0" t="n">
+        <v>0.0199768783</v>
+      </c>
+      <c r="J19" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L19" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M19" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="N19" t="s">
+      <c r="N19" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="O19" t="s">
+      <c r="O19" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="P19" t="s">
+      <c r="P19" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="Q19" t="s">
+      <c r="Q19" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="R19" t="s">
+      <c r="R19" s="0" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E20" t="s">
+    <row r="20">
+      <c r="A20" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E20" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="F20" t="s">
+      <c r="F20" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="G20">
-[...15 lines deleted...]
-      <c r="M20" t="s">
+      <c r="G20" s="0" t="n">
+        <v>0.0179629276</v>
+      </c>
+      <c r="H20" s="0"/>
+      <c r="I20" s="0" t="n">
+        <v>0.0179629276</v>
+      </c>
+      <c r="J20" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L20" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M20" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="N20" t="s">
+      <c r="N20" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="O20" t="s">
+      <c r="O20" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="P20" t="s">
+      <c r="P20" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="Q20" t="s">
+      <c r="Q20" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="R20" t="s">
+      <c r="R20" s="0" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E21" t="s">
+    <row r="21">
+      <c r="A21" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="F21" t="s">
+      <c r="F21" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="G21">
-[...15 lines deleted...]
-      <c r="M21" t="s">
+      <c r="G21" s="0" t="n">
+        <v>0.0191352828</v>
+      </c>
+      <c r="H21" s="0"/>
+      <c r="I21" s="0" t="n">
+        <v>0.0191352828</v>
+      </c>
+      <c r="J21" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L21" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M21" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="N21" t="s">
+      <c r="N21" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="O21" t="s">
+      <c r="O21" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="P21" t="s">
+      <c r="P21" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="Q21" t="s">
+      <c r="Q21" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="R21" t="s">
+      <c r="R21" s="0" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E22" t="s">
+    <row r="22">
+      <c r="A22" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="F22" t="s">
+      <c r="F22" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="G22">
-[...15 lines deleted...]
-      <c r="M22" t="s">
+      <c r="G22" s="0" t="n">
+        <v>0.0193964324</v>
+      </c>
+      <c r="H22" s="0"/>
+      <c r="I22" s="0" t="n">
+        <v>0.0193964324</v>
+      </c>
+      <c r="J22" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L22" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M22" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="N22" t="s">
+      <c r="N22" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="O22" t="s">
+      <c r="O22" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="P22" t="s">
+      <c r="P22" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="Q22" t="s">
+      <c r="Q22" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="R22" t="s">
+      <c r="R22" s="0" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E23" t="s">
+    <row r="23">
+      <c r="A23" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="F23" t="s">
+      <c r="F23" s="0" t="s">
         <v>130</v>
       </c>
-      <c r="G23">
-[...15 lines deleted...]
-      <c r="M23" t="s">
+      <c r="G23" s="0" t="n">
+        <v>0.0196494135</v>
+      </c>
+      <c r="H23" s="0"/>
+      <c r="I23" s="0" t="n">
+        <v>0.0196494135</v>
+      </c>
+      <c r="J23" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L23" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M23" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="N23" t="s">
+      <c r="N23" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="O23" t="s">
+      <c r="O23" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="P23" t="s">
+      <c r="P23" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="Q23" t="s">
+      <c r="Q23" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="R23" t="s">
+      <c r="R23" s="0" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E24" t="s">
+    <row r="24">
+      <c r="A24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="F24" t="s">
+      <c r="F24" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="G24">
-[...15 lines deleted...]
-      <c r="M24" t="s">
+      <c r="G24" s="0" t="n">
+        <v>0.0192723788</v>
+      </c>
+      <c r="H24" s="0"/>
+      <c r="I24" s="0" t="n">
+        <v>0.0192723788</v>
+      </c>
+      <c r="J24" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L24" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M24" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="N24" t="s">
+      <c r="N24" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="O24" t="s">
+      <c r="O24" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="P24" t="s">
+      <c r="P24" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="Q24" t="s">
+      <c r="Q24" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="R24" t="s">
+      <c r="R24" s="0" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E25" t="s">
+    <row r="25">
+      <c r="A25" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E25" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="F25" t="s">
+      <c r="F25" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="G25">
-[...15 lines deleted...]
-      <c r="M25" t="s">
+      <c r="G25" s="0" t="n">
+        <v>0.0196640465</v>
+      </c>
+      <c r="H25" s="0"/>
+      <c r="I25" s="0" t="n">
+        <v>0.0196640465</v>
+      </c>
+      <c r="J25" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L25" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M25" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="N25" t="s">
+      <c r="N25" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="O25" t="s">
+      <c r="O25" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="P25" t="s">
+      <c r="P25" s="0" t="s">
         <v>142</v>
       </c>
-      <c r="Q25" t="s">
+      <c r="Q25" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="R25" t="s">
+      <c r="R25" s="0" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E26" t="s">
+    <row r="26">
+      <c r="A26" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="F26" t="s">
+      <c r="F26" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="G26">
-[...15 lines deleted...]
-      <c r="M26" t="s">
+      <c r="G26" s="0" t="n">
+        <v>0.0210448064</v>
+      </c>
+      <c r="H26" s="0"/>
+      <c r="I26" s="0" t="n">
+        <v>0.0210448064</v>
+      </c>
+      <c r="J26" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L26" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M26" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="N26" t="s">
+      <c r="N26" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="O26" t="s">
+      <c r="O26" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="P26" t="s">
+      <c r="P26" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="Q26" t="s">
+      <c r="Q26" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="R26" t="s">
+      <c r="R26" s="0" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E27" t="s">
+    <row r="27">
+      <c r="A27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="F27" t="s">
+      <c r="F27" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="G27">
-[...15 lines deleted...]
-      <c r="M27" t="s">
+      <c r="G27" s="0" t="n">
+        <v>0.0205422588</v>
+      </c>
+      <c r="H27" s="0"/>
+      <c r="I27" s="0" t="n">
+        <v>0.0205422588</v>
+      </c>
+      <c r="J27" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L27" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M27" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="N27" t="s">
+      <c r="N27" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="O27" t="s">
+      <c r="O27" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="P27" t="s">
+      <c r="P27" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="Q27" t="s">
+      <c r="Q27" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="R27" t="s">
+      <c r="R27" s="0" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E28" t="s">
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E28" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="F28" t="s">
+      <c r="F28" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="G28">
-[...15 lines deleted...]
-      <c r="M28" t="s">
+      <c r="G28" s="0" t="n">
+        <v>0.0182819118</v>
+      </c>
+      <c r="H28" s="0"/>
+      <c r="I28" s="0" t="n">
+        <v>0.0182819118</v>
+      </c>
+      <c r="J28" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L28" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M28" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="N28" t="s">
+      <c r="N28" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="O28" t="s">
+      <c r="O28" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="P28" t="s">
+      <c r="P28" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="Q28" t="s">
+      <c r="Q28" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="R28" t="s">
+      <c r="R28" s="0" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E29" t="s">
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E29" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="F29" t="s">
+      <c r="F29" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="G29">
-[...15 lines deleted...]
-      <c r="M29" t="s">
+      <c r="G29" s="0" t="n">
+        <v>0.0226544608</v>
+      </c>
+      <c r="H29" s="0"/>
+      <c r="I29" s="0" t="n">
+        <v>0.0226544607</v>
+      </c>
+      <c r="J29" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L29" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M29" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="N29" t="s">
+      <c r="N29" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="O29" t="s">
+      <c r="O29" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="P29" t="s">
+      <c r="P29" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="Q29" t="s">
+      <c r="Q29" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="R29" t="s">
+      <c r="R29" s="0" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E30" t="s">
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E30" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="F30" t="s">
+      <c r="F30" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="G30">
-[...15 lines deleted...]
-      <c r="M30" t="s">
+      <c r="G30" s="0" t="n">
+        <v>0.0182396922</v>
+      </c>
+      <c r="H30" s="0"/>
+      <c r="I30" s="0" t="n">
+        <v>0.0182396922</v>
+      </c>
+      <c r="J30" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L30" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M30" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="N30" t="s">
+      <c r="N30" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="O30" t="s">
+      <c r="O30" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="P30" t="s">
+      <c r="P30" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="Q30" t="s">
+      <c r="Q30" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="R30" t="s">
+      <c r="R30" s="0" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E31" t="s">
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E31" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="F31" t="s">
+      <c r="F31" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="G31">
-[...12 lines deleted...]
-      <c r="L31">
+      <c r="G31" s="0" t="n">
+        <v>0.0123181653</v>
+      </c>
+      <c r="H31" s="0"/>
+      <c r="I31" s="0" t="n">
+        <v>0.0123181653</v>
+      </c>
+      <c r="J31" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L31" s="0" t="n">
         <v>12.5</v>
       </c>
-      <c r="M31" t="s">
+      <c r="M31" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="N31" t="s">
+      <c r="N31" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="O31" t="s">
+      <c r="O31" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="P31" t="s">
+      <c r="P31" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="Q31" t="s">
+      <c r="Q31" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="R31"/>
-[...14 lines deleted...]
-      <c r="E32" t="s">
+      <c r="R31" s="0"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E32" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="F32" t="s">
+      <c r="F32" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="G32">
-[...15 lines deleted...]
-      <c r="M32" t="s">
+      <c r="G32" s="0" t="n">
+        <v>0.0213184831</v>
+      </c>
+      <c r="H32" s="0"/>
+      <c r="I32" s="0" t="n">
+        <v>0.0213184831</v>
+      </c>
+      <c r="J32" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L32" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M32" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="N32" t="s">
+      <c r="N32" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="O32" t="s">
+      <c r="O32" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="P32" t="s">
+      <c r="P32" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="Q32" t="s">
+      <c r="Q32" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="R32" t="s">
+      <c r="R32" s="0" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E33" t="s">
+    <row r="33">
+      <c r="A33" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="F33" t="s">
+      <c r="F33" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="G33">
-[...15 lines deleted...]
-      <c r="M33" t="s">
+      <c r="G33" s="0" t="n">
+        <v>0.0202907317</v>
+      </c>
+      <c r="H33" s="0"/>
+      <c r="I33" s="0" t="n">
+        <v>0.0202907317</v>
+      </c>
+      <c r="J33" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L33" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M33" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="N33" t="s">
+      <c r="N33" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="O33" t="s">
+      <c r="O33" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="P33" t="s">
+      <c r="P33" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="Q33" t="s">
+      <c r="Q33" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="R33" t="s">
+      <c r="R33" s="0" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E34" t="s">
+    <row r="34">
+      <c r="A34" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E34" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="F34" t="s">
+      <c r="F34" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="G34">
-[...15 lines deleted...]
-      <c r="M34" t="s">
+      <c r="G34" s="0" t="n">
+        <v>0.0181090777</v>
+      </c>
+      <c r="H34" s="0"/>
+      <c r="I34" s="0" t="n">
+        <v>0.0181090777</v>
+      </c>
+      <c r="J34" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L34" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M34" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="N34" t="s">
+      <c r="N34" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="O34" t="s">
+      <c r="O34" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="P34" t="s">
+      <c r="P34" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="Q34" t="s">
+      <c r="Q34" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="R34" t="s">
+      <c r="R34" s="0" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E35" t="s">
+    <row r="35">
+      <c r="A35" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="F35" t="s">
+      <c r="F35" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="G35">
-[...15 lines deleted...]
-      <c r="M35" t="s">
+      <c r="G35" s="0" t="n">
+        <v>0.0184663464</v>
+      </c>
+      <c r="H35" s="0"/>
+      <c r="I35" s="0" t="n">
+        <v>0.0184663464</v>
+      </c>
+      <c r="J35" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L35" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M35" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="N35" t="s">
+      <c r="N35" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="O35" t="s">
+      <c r="O35" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="P35" t="s">
+      <c r="P35" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="Q35" t="s">
+      <c r="Q35" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="R35" t="s">
+      <c r="R35" s="0" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="36" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E36" t="s">
+    <row r="36">
+      <c r="A36" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E36" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="F36" t="s">
+      <c r="F36" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="G36">
-[...15 lines deleted...]
-      <c r="M36" t="s">
+      <c r="G36" s="0" t="n">
+        <v>0.0199514937</v>
+      </c>
+      <c r="H36" s="0"/>
+      <c r="I36" s="0" t="n">
+        <v>0.0199514937</v>
+      </c>
+      <c r="J36" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L36" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M36" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="N36" t="s">
+      <c r="N36" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="O36" t="s">
+      <c r="O36" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="P36" t="s">
+      <c r="P36" s="0" t="s">
         <v>199</v>
       </c>
-      <c r="Q36" t="s">
+      <c r="Q36" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="R36" t="s">
+      <c r="R36" s="0" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="37" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E37" t="s">
+    <row r="37">
+      <c r="A37" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E37" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="F37" t="s">
+      <c r="F37" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="G37">
-[...15 lines deleted...]
-      <c r="M37" t="s">
+      <c r="G37" s="0" t="n">
+        <v>0.0194792606</v>
+      </c>
+      <c r="H37" s="0"/>
+      <c r="I37" s="0" t="n">
+        <v>0.0194792606</v>
+      </c>
+      <c r="J37" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L37" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M37" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="N37" t="s">
+      <c r="N37" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="O37" t="s">
+      <c r="O37" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="P37" t="s">
+      <c r="P37" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="Q37" t="s">
+      <c r="Q37" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="R37" t="s">
+      <c r="R37" s="0" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="38" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E38" t="s">
+    <row r="38">
+      <c r="A38" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E38" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="F38" t="s">
+      <c r="F38" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="G38">
-[...15 lines deleted...]
-      <c r="M38" t="s">
+      <c r="G38" s="0" t="n">
+        <v>0.0182025122</v>
+      </c>
+      <c r="H38" s="0"/>
+      <c r="I38" s="0" t="n">
+        <v>0.0182025122</v>
+      </c>
+      <c r="J38" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L38" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M38" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="N38" t="s">
+      <c r="N38" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="O38" t="s">
+      <c r="O38" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="P38" t="s">
+      <c r="P38" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="Q38" t="s">
+      <c r="Q38" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="R38" t="s">
+      <c r="R38" s="0" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E39" t="s">
+    <row r="39">
+      <c r="A39" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E39" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="F39" t="s">
+      <c r="F39" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="G39">
-[...15 lines deleted...]
-      <c r="M39" t="s">
+      <c r="G39" s="0" t="n">
+        <v>0.0183499787</v>
+      </c>
+      <c r="H39" s="0"/>
+      <c r="I39" s="0" t="n">
+        <v>0.0183499787</v>
+      </c>
+      <c r="J39" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L39" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M39" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="N39" t="s">
+      <c r="N39" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="O39" t="s">
+      <c r="O39" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="P39" t="s">
+      <c r="P39" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="Q39" t="s">
+      <c r="Q39" s="0" t="s">
         <v>215</v>
       </c>
-      <c r="R39" t="s">
+      <c r="R39" s="0" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="40" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E40" t="s">
+    <row r="40">
+      <c r="A40" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="F40" t="s">
+      <c r="F40" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="G40">
-[...15 lines deleted...]
-      <c r="M40" t="s">
+      <c r="G40" s="0" t="n">
+        <v>0.0189745301</v>
+      </c>
+      <c r="H40" s="0"/>
+      <c r="I40" s="0" t="n">
+        <v>0.0189745301</v>
+      </c>
+      <c r="J40" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L40" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M40" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="N40" t="s">
+      <c r="N40" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="O40" t="s">
+      <c r="O40" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="P40" t="s">
+      <c r="P40" s="0" t="s">
         <v>219</v>
       </c>
-      <c r="Q40" t="s">
+      <c r="Q40" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="R40" t="s">
+      <c r="R40" s="0" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="41" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E41" t="s">
+    <row r="41">
+      <c r="A41" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E41" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="F41" t="s">
+      <c r="F41" s="0" t="s">
         <v>222</v>
       </c>
-      <c r="G41">
-[...15 lines deleted...]
-      <c r="M41" t="s">
+      <c r="G41" s="0" t="n">
+        <v>0.0208575938</v>
+      </c>
+      <c r="H41" s="0"/>
+      <c r="I41" s="0" t="n">
+        <v>0.0208575938</v>
+      </c>
+      <c r="J41" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L41" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M41" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="N41" t="s">
+      <c r="N41" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="O41" t="s">
+      <c r="O41" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="P41" t="s">
+      <c r="P41" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="Q41" t="s">
+      <c r="Q41" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="R41" t="s">
+      <c r="R41" s="0" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="42" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E42" t="s">
+    <row r="42">
+      <c r="A42" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B42" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E42" s="0" t="s">
         <v>226</v>
       </c>
-      <c r="F42" t="s">
+      <c r="F42" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="G42">
-[...15 lines deleted...]
-      <c r="M42" t="s">
+      <c r="G42" s="0" t="n">
+        <v>0.0183826044</v>
+      </c>
+      <c r="H42" s="0"/>
+      <c r="I42" s="0" t="n">
+        <v>0.0183826044</v>
+      </c>
+      <c r="J42" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L42" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M42" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="N42" t="s">
+      <c r="N42" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="O42" t="s">
+      <c r="O42" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="P42" t="s">
+      <c r="P42" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="Q42" t="s">
+      <c r="Q42" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="R42" t="s">
+      <c r="R42" s="0" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="43" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E43" t="s">
+    <row r="43">
+      <c r="A43" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E43" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="F43" t="s">
+      <c r="F43" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="G43">
-[...15 lines deleted...]
-      <c r="M43" t="s">
+      <c r="G43" s="0" t="n">
+        <v>0.0204486428</v>
+      </c>
+      <c r="H43" s="0"/>
+      <c r="I43" s="0" t="n">
+        <v>0.0204486428</v>
+      </c>
+      <c r="J43" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L43" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M43" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="N43" t="s">
+      <c r="N43" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="O43" t="s">
+      <c r="O43" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="P43" t="s">
+      <c r="P43" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="Q43" t="s">
+      <c r="Q43" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="R43" t="s">
+      <c r="R43" s="0" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="44" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E44" t="s">
+    <row r="44">
+      <c r="A44" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B44" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="F44" t="s">
+      <c r="F44" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="G44">
-[...15 lines deleted...]
-      <c r="M44" t="s">
+      <c r="G44" s="0" t="n">
+        <v>0.01941839</v>
+      </c>
+      <c r="H44" s="0"/>
+      <c r="I44" s="0" t="n">
+        <v>0.01941839</v>
+      </c>
+      <c r="J44" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L44" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M44" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="N44" t="s">
+      <c r="N44" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="O44" t="s">
+      <c r="O44" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="P44" t="s">
+      <c r="P44" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="Q44" t="s">
+      <c r="Q44" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="R44" t="s">
+      <c r="R44" s="0" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="45" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E45" t="s">
+    <row r="45">
+      <c r="A45" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E45" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="F45" t="s">
+      <c r="F45" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="G45">
-[...15 lines deleted...]
-      <c r="M45" t="s">
+      <c r="G45" s="0" t="n">
+        <v>0.020402477</v>
+      </c>
+      <c r="H45" s="0"/>
+      <c r="I45" s="0" t="n">
+        <v>0.020402477</v>
+      </c>
+      <c r="J45" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L45" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M45" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="N45" t="s">
+      <c r="N45" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="O45" t="s">
+      <c r="O45" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="P45" t="s">
+      <c r="P45" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="Q45" t="s">
+      <c r="Q45" s="0" t="s">
         <v>245</v>
       </c>
-      <c r="R45" t="s">
+      <c r="R45" s="0" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="46" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E46" t="s">
+    <row r="46">
+      <c r="A46" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="F46" t="s">
+      <c r="F46" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="G46">
-[...15 lines deleted...]
-      <c r="M46" t="s">
+      <c r="G46" s="0" t="n">
+        <v>0.020804304</v>
+      </c>
+      <c r="H46" s="0"/>
+      <c r="I46" s="0" t="n">
+        <v>0.020804304</v>
+      </c>
+      <c r="J46" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L46" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M46" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="N46" t="s">
+      <c r="N46" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="O46" t="s">
+      <c r="O46" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="P46" t="s">
+      <c r="P46" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="Q46" t="s">
+      <c r="Q46" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="R46" t="s">
+      <c r="R46" s="0" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="47" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E47" t="s">
+    <row r="47">
+      <c r="A47" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E47" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="F47" t="s">
+      <c r="F47" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="G47">
-[...15 lines deleted...]
-      <c r="M47" t="s">
+      <c r="G47" s="0" t="n">
+        <v>0.0182783636</v>
+      </c>
+      <c r="H47" s="0"/>
+      <c r="I47" s="0" t="n">
+        <v>0.0182783636</v>
+      </c>
+      <c r="J47" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L47" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M47" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="N47" t="s">
+      <c r="N47" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="O47" t="s">
+      <c r="O47" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="P47" t="s">
+      <c r="P47" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="Q47" t="s">
+      <c r="Q47" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="R47" t="s">
+      <c r="R47" s="0" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="48" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E48" t="s">
+    <row r="48">
+      <c r="A48" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E48" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="F48" t="s">
+      <c r="F48" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="G48">
-[...15 lines deleted...]
-      <c r="M48" t="s">
+      <c r="G48" s="0" t="n">
+        <v>0.0198211034</v>
+      </c>
+      <c r="H48" s="0"/>
+      <c r="I48" s="0" t="n">
+        <v>0.0198211034</v>
+      </c>
+      <c r="J48" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L48" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M48" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="N48" t="s">
+      <c r="N48" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="O48" t="s">
+      <c r="O48" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="P48" t="s">
+      <c r="P48" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="Q48" t="s">
+      <c r="Q48" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="R48" t="s">
+      <c r="R48" s="0" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="49" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E49" t="s">
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E49" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="F49" t="s">
+      <c r="F49" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="G49">
-[...15 lines deleted...]
-      <c r="M49" t="s">
+      <c r="G49" s="0" t="n">
+        <v>0.0206135933</v>
+      </c>
+      <c r="H49" s="0"/>
+      <c r="I49" s="0" t="n">
+        <v>0.0206135933</v>
+      </c>
+      <c r="J49" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L49" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M49" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="N49" t="s">
+      <c r="N49" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="O49" t="s">
+      <c r="O49" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="P49" t="s">
+      <c r="P49" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="Q49" t="s">
+      <c r="Q49" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="R49" t="s">
+      <c r="R49" s="0" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="50" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E50" t="s">
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E50" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="F50" t="s">
+      <c r="F50" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="G50">
-[...15 lines deleted...]
-      <c r="M50" t="s">
+      <c r="G50" s="0" t="n">
+        <v>0.0183041221</v>
+      </c>
+      <c r="H50" s="0"/>
+      <c r="I50" s="0" t="n">
+        <v>0.0183041221</v>
+      </c>
+      <c r="J50" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L50" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M50" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="N50" t="s">
+      <c r="N50" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="O50" t="s">
+      <c r="O50" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="P50" t="s">
+      <c r="P50" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="Q50" t="s">
+      <c r="Q50" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="R50" t="s">
+      <c r="R50" s="0" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="51" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E51" t="s">
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E51" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="F51" t="s">
+      <c r="F51" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="G51">
-[...15 lines deleted...]
-      <c r="M51" t="s">
+      <c r="G51" s="0" t="n">
+        <v>0.0199928189</v>
+      </c>
+      <c r="H51" s="0"/>
+      <c r="I51" s="0" t="n">
+        <v>0.0199928189</v>
+      </c>
+      <c r="J51" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L51" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M51" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="N51" t="s">
+      <c r="N51" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="O51" t="s">
+      <c r="O51" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="P51" t="s">
+      <c r="P51" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="Q51" t="s">
+      <c r="Q51" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="R51" t="s">
+      <c r="R51" s="0" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="52" spans="1:18" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E52" t="s">
+    <row r="52">
+      <c r="A52" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E52" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="F52" t="s">
+      <c r="F52" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="G52">
-[...15 lines deleted...]
-      <c r="M52" t="s">
+      <c r="G52" s="0" t="n">
+        <v>0.0194383089</v>
+      </c>
+      <c r="H52" s="0"/>
+      <c r="I52" s="0" t="n">
+        <v>0.0194383089</v>
+      </c>
+      <c r="J52" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L52" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="M52" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="N52" t="s">
+      <c r="N52" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="O52" t="s">
+      <c r="O52" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="P52" t="s">
+      <c r="P52" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="Q52" t="s">
+      <c r="Q52" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="R52" t="s">
+      <c r="R52" s="0" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="53" spans="1:18" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="F53" t="s">
+    <row r="53">
+      <c r="A53" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" s="8" t="n">
+        <v>45961.0</v>
+      </c>
+      <c r="E53" s="0"/>
+      <c r="F53" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="G53">
-[...15 lines deleted...]
-      <c r="M53" t="s">
+      <c r="G53" s="0" t="n">
+        <v>0.0061147023</v>
+      </c>
+      <c r="H53" s="0"/>
+      <c r="I53" s="0" t="n">
+        <v>0.007622735</v>
+      </c>
+      <c r="J53" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" s="0" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="L53" s="0" t="n">
+        <v>0.36511</v>
+      </c>
+      <c r="M53" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="N53" t="s">
+      <c r="N53" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="O53" t="s">
+      <c r="O53" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="P53" t="s">
+      <c r="P53" s="0" t="s">
         <v>283</v>
       </c>
-      <c r="Q53" t="s">
+      <c r="Q53" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="R53" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R53" s="0"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.6" right="0.56999999999999995" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0">
-[...1 lines deleted...]
-  </headerFooter>
+  <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Stahl, Cornelia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>