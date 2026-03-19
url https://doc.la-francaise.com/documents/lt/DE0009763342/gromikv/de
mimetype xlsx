--- v1 (2025-12-07)
+++ v2 (2026-03-19)
@@ -1,65 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/><Relationship Id="rId3" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\root\client\850\CRR\template\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\FundAdministration\La Francaise\Meldewesen\GroMiKV\2026-02\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CC868195-BFF4-41D5-B2DE-D21827620F3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-795" yWindow="195" windowWidth="15480" windowHeight="11040" activeTab="0"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="638" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="285">
   <si>
     <t>KAG</t>
   </si>
   <si>
     <t>ISIN_Fonds</t>
   </si>
   <si>
     <t>Name_Fonds</t>
   </si>
   <si>
     <t>Stichtag</t>
   </si>
   <si>
     <t>ISIN_Bestand</t>
   </si>
   <si>
     <t>Bezeichnung</t>
   </si>
   <si>
     <t>Emittent_Bezeichnung</t>
   </si>
   <si>
     <t>Konzern_Bezeichnung</t>
   </si>
   <si>
@@ -119,110 +122,80 @@
   <si>
     <t>458939</t>
   </si>
   <si>
     <t>Aéroports de Paris S.A.</t>
   </si>
   <si>
     <t>969500PJMBSFHYC37989</t>
   </si>
   <si>
     <t>ES0105046017</t>
   </si>
   <si>
     <t>AENA SME SA</t>
   </si>
   <si>
     <t>768729</t>
   </si>
   <si>
     <t>Aena SME S.A.</t>
   </si>
   <si>
     <t>959800R7QMXKF0NFMT29</t>
   </si>
   <si>
-    <t>US0298991011</t>
-[...13 lines deleted...]
-  <si>
     <t>US03027X1000</t>
   </si>
   <si>
     <t>AMERICAN TOWER CORP</t>
   </si>
   <si>
     <t>713468</t>
   </si>
   <si>
     <t>American Tower Corp.</t>
   </si>
   <si>
     <t>5493006ORUSIL88JOE18</t>
   </si>
   <si>
     <t>AU0000013559</t>
   </si>
   <si>
     <t>ATLAS ARTERIA</t>
   </si>
   <si>
     <t>720227</t>
   </si>
   <si>
     <t>Atlas Arteria</t>
   </si>
   <si>
     <t>254900SGF4ZQDBH2YC59</t>
   </si>
   <si>
-    <t>NZAIAE0002S6</t>
-[...13 lines deleted...]
-  <si>
     <t>CA1363751027</t>
   </si>
   <si>
     <t>CANADIAN NATL RAILWAY CO</t>
   </si>
   <si>
     <t>451712</t>
   </si>
   <si>
     <t>Canadian National Railway Co.</t>
   </si>
   <si>
     <t>3SU7BEP7TH9YEQOZCS77</t>
   </si>
   <si>
     <t>CA13646K1084</t>
   </si>
   <si>
     <t>CANADIAN PACIFIC KANSAS CITY</t>
   </si>
   <si>
     <t>451857</t>
   </si>
   <si>
     <t>Canadian Pacific Kansas City Ltd.</t>
@@ -230,50 +203,65 @@
   <si>
     <t>54930036474DURYNB481</t>
   </si>
   <si>
     <t>CA1367178326</t>
   </si>
   <si>
     <t>CANADIAN UTILITIES LTD-A</t>
   </si>
   <si>
     <t>868439</t>
   </si>
   <si>
     <t>Canadian Utilities Ltd.</t>
   </si>
   <si>
     <t>866126</t>
   </si>
   <si>
     <t>ATCO Ltd.</t>
   </si>
   <si>
     <t>LWV4QIQODEH3VBHUFX07</t>
   </si>
   <si>
+    <t>ES0105066007</t>
+  </si>
+  <si>
+    <t>CELLNEX TELECOM SA</t>
+  </si>
+  <si>
+    <t>768477</t>
+  </si>
+  <si>
+    <t>Cellnex Telecom S.A.</t>
+  </si>
+  <si>
+    <t>5493008T4YG3AQUI7P67</t>
+  </si>
+  <si>
     <t>GB00B033F229</t>
   </si>
   <si>
     <t>CENTRICA PLC</t>
   </si>
   <si>
     <t>905218</t>
   </si>
   <si>
     <t>Centrica PLC</t>
   </si>
   <si>
     <t>E26EDV109X6EEPBKVH76</t>
   </si>
   <si>
     <t>HK0144000764</t>
   </si>
   <si>
     <t>CHINA MERCHANTS PORT HOLDING</t>
   </si>
   <si>
     <t>884558</t>
   </si>
   <si>
     <t>China Merchants Port Holdings Co. Ltd.</t>
@@ -290,50 +278,65 @@
   <si>
     <t>282901</t>
   </si>
   <si>
     <t>Chorus Ltd.</t>
   </si>
   <si>
     <t>R7NJHU48LTCIOB9BVU57</t>
   </si>
   <si>
     <t>US2091151041</t>
   </si>
   <si>
     <t>CONSOLIDATED EDISON INC</t>
   </si>
   <si>
     <t>911563</t>
   </si>
   <si>
     <t>Consolidated Edison Inc.</t>
   </si>
   <si>
     <t>54930033SBW53OO8T749</t>
   </si>
   <si>
+    <t>BE0003822393</t>
+  </si>
+  <si>
+    <t>ELIA GROUP SA/NV</t>
+  </si>
+  <si>
+    <t>402490</t>
+  </si>
+  <si>
+    <t>Elia Group</t>
+  </si>
+  <si>
+    <t>549300S1MP1NFDIKT460</t>
+  </si>
+  <si>
     <t>ES0130960018</t>
   </si>
   <si>
     <t>ENAGAS SA</t>
   </si>
   <si>
     <t>662211</t>
   </si>
   <si>
     <t>Enagas S.A.</t>
   </si>
   <si>
     <t>213800OU3FQKGM4M2U23</t>
   </si>
   <si>
     <t>IT0003128367</t>
   </si>
   <si>
     <t>ENEL SPA</t>
   </si>
   <si>
     <t>456528</t>
   </si>
   <si>
     <t>ENEL S.p.A.</t>
@@ -455,95 +458,95 @@
   <si>
     <t>860940</t>
   </si>
   <si>
     <t>Helios Towers PLC</t>
   </si>
   <si>
     <t>213800DGC7GS4XCHCU30</t>
   </si>
   <si>
     <t>IT0001250932</t>
   </si>
   <si>
     <t>HERA SPA</t>
   </si>
   <si>
     <t>201274</t>
   </si>
   <si>
     <t>Hera S.p.A.</t>
   </si>
   <si>
     <t>8156009414FD99443B48</t>
   </si>
   <si>
-    <t>HK0003000038</t>
-[...13 lines deleted...]
-  <si>
     <t>CA4488112083</t>
   </si>
   <si>
     <t>HYDRO ONE LTD</t>
   </si>
   <si>
     <t>753323</t>
   </si>
   <si>
     <t>Hydro One Ltd.</t>
   </si>
   <si>
     <t>5493007QZDXTP1W2VL44</t>
   </si>
   <si>
     <t>IT0005090300</t>
   </si>
   <si>
     <t>INFRASTRUTTURE WIRELESS ITAL</t>
   </si>
   <si>
     <t>727055</t>
   </si>
   <si>
     <t>Infrastrutture Wireless Italiane S.p.A.</t>
   </si>
   <si>
     <t>81560066183FE361C071</t>
   </si>
   <si>
+    <t>US46269C1027</t>
+  </si>
+  <si>
+    <t>IRIDIUM COMMUNICATIONS INC</t>
+  </si>
+  <si>
+    <t>276421</t>
+  </si>
+  <si>
+    <t>Iridium Communications Inc.</t>
+  </si>
+  <si>
+    <t>549300U620NVQ4J1CT96</t>
+  </si>
+  <si>
     <t>IT0005211237</t>
   </si>
   <si>
     <t>ITALGAS SPA</t>
   </si>
   <si>
     <t>803327</t>
   </si>
   <si>
     <t>Italgas S.P.A.</t>
   </si>
   <si>
     <t>815600F25FF44EF1FA76</t>
   </si>
   <si>
     <t>US49456B1017</t>
   </si>
   <si>
     <t>KINDER MORGAN INC</t>
   </si>
   <si>
     <t>721996</t>
   </si>
   <si>
     <t>Kinder Morgan Inc.</t>
@@ -686,108 +689,108 @@
   <si>
     <t>282473</t>
   </si>
   <si>
     <t>Pembina Pipeline Corp.</t>
   </si>
   <si>
     <t>5493002W3L9YICM6FU21</t>
   </si>
   <si>
     <t>US7445731067</t>
   </si>
   <si>
     <t>PUBLIC SERVICE ENTERPRISE GP</t>
   </si>
   <si>
     <t>852070</t>
   </si>
   <si>
     <t>Public Service Enterprise Group Inc.</t>
   </si>
   <si>
     <t>PUSS41EMO3E6XXNV3U28</t>
   </si>
   <si>
-    <t>AU000000QUB5</t>
-[...13 lines deleted...]
-  <si>
     <t>ES0173093024</t>
   </si>
   <si>
     <t>REDEIA CORP SA</t>
   </si>
   <si>
     <t>253479</t>
   </si>
   <si>
     <t>Redeia Corporacion S.A.</t>
   </si>
   <si>
     <t>5493009HMD0C90GUV498</t>
   </si>
   <si>
     <t>PTREL0AM0008</t>
   </si>
   <si>
     <t>REDES ENERGETICAS NACIONAIS</t>
   </si>
   <si>
     <t>261171</t>
   </si>
   <si>
     <t>REN - Redes Energeticas Nacionais, SGPS, S.A.</t>
   </si>
   <si>
     <t>549300FR1FN48IGHR915</t>
   </si>
   <si>
     <t>US78410G1040</t>
   </si>
   <si>
     <t>SBA COMMUNICATIONS CORP</t>
   </si>
   <si>
     <t>744754</t>
   </si>
   <si>
     <t>SBA Communications Corp.</t>
   </si>
   <si>
     <t>5299001HX8ZN8Y8QIT49</t>
+  </si>
+  <si>
+    <t>GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t>SEVERN TRENT PLC</t>
+  </si>
+  <si>
+    <t>878228</t>
+  </si>
+  <si>
+    <t>Severn Trent PLC</t>
+  </si>
+  <si>
+    <t>213800RPBXRETY4A4C59</t>
   </si>
   <si>
     <t>IT0003153415</t>
   </si>
   <si>
     <t>SNAM SPA</t>
   </si>
   <si>
     <t>764545</t>
   </si>
   <si>
     <t>Snam S.p.A.</t>
   </si>
   <si>
     <t>8156002278562044AF79</t>
   </si>
   <si>
     <t>US84857L1017</t>
   </si>
   <si>
     <t>SPIRE INC</t>
   </si>
   <si>
     <t>794816</t>
   </si>
@@ -881,245 +884,240 @@
   <si>
     <t>928438</t>
   </si>
   <si>
     <t>Koninklijke Vopak N.V.</t>
   </si>
   <si>
     <t>724500UL634GFV1KYF10</t>
   </si>
   <si>
     <t>Sammelposten Accounts</t>
   </si>
   <si>
     <t>871001</t>
   </si>
   <si>
     <t>BNP Paribas S.A.</t>
   </si>
   <si>
     <t>R0MUWSFPU8MPRO8K5P83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="164" formatCode="dd.MM.yyyy"/>
+    <numFmt numFmtId="164" formatCode="dd\.mm\.yyyy"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="true"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId4" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1247,2963 +1245,2997 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="../printerSettings/printerSettings1.bin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R53"/>
   <sheetViews>
-    <sheetView tabSelected="true" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+    <sheetView tabSelected="1" topLeftCell="F21" workbookViewId="0">
+      <selection activeCell="K56" sqref="K56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="18" max="18" bestFit="true" customWidth="true" style="5" width="28.12890625" collapsed="true"/>
-[...17 lines deleted...]
-    <col min="19" max="16384" style="5" width="11.42578125" collapsed="false"/>
+    <col min="1" max="1" width="43.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="13.85546875" style="4" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="46.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="10.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="31.42578125" style="4" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="13.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6" style="5" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.85546875" style="5" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="20.42578125" style="5" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="17.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="41.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="12.5703125" style="5" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="41.28515625" style="4" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="24" style="4" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="24" style="4" bestFit="1" customWidth="1" collapsed="1"/>
+    <col min="19" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" s="1" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:18" s="1" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="K1" s="4" t="s">
+      <c r="K1" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="4" t="s">
+      <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="4" t="s">
+      <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="O1" s="4" t="s">
+      <c r="O1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="P1" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="Q1" s="4" t="s">
+      <c r="Q1" s="2" t="s">
         <v>16</v>
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="2">
+    <row r="2" spans="1:18" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>18</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
-      <c r="D2" s="8" t="n">
-        <v>45961.0</v>
+      <c r="D2" s="6">
+        <v>46080</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
-      <c r="G2" t="n">
-        <v>0.0200988073</v>
+      <c r="G2">
+        <v>1.80263274E-2</v>
       </c>
       <c r="H2"/>
-      <c r="I2" t="n">
-        <v>0.0200988073</v>
+      <c r="I2">
+        <v>1.80263274E-2</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
-      <c r="K2" t="n">
-[...3 lines deleted...]
-        <v>1.0</v>
+      <c r="K2">
+        <v>1</v>
+      </c>
+      <c r="L2">
+        <v>1.3</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>24</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
       <c r="Q2" t="s">
         <v>26</v>
       </c>
       <c r="R2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="3">
-[...12 lines deleted...]
-      <c r="E3" s="0" t="s">
+    <row r="3" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="0" t="s">
+      <c r="F3" t="s">
         <v>28</v>
       </c>
-      <c r="G3" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M3" s="0" t="s">
+      <c r="G3">
+        <v>1.8490324400000001E-2</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3">
+        <v>1.8490324400000001E-2</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3">
+        <v>1</v>
+      </c>
+      <c r="L3">
+        <v>1.3</v>
+      </c>
+      <c r="M3" t="s">
         <v>29</v>
       </c>
-      <c r="N3" s="0" t="s">
+      <c r="N3" t="s">
         <v>30</v>
       </c>
-      <c r="O3" s="0" t="s">
+      <c r="O3" t="s">
         <v>29</v>
       </c>
-      <c r="P3" s="0" t="s">
+      <c r="P3" t="s">
         <v>30</v>
       </c>
-      <c r="Q3" s="0" t="s">
+      <c r="Q3" t="s">
         <v>31</v>
       </c>
-      <c r="R3" s="0" t="s">
+      <c r="R3" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="4">
-[...12 lines deleted...]
-      <c r="E4" s="0" t="s">
+    <row r="4" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E4" t="s">
         <v>32</v>
       </c>
-      <c r="F4" s="0" t="s">
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="G4" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M4" s="0" t="s">
+      <c r="G4">
+        <v>1.9599796499999999E-2</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4">
+        <v>1.9599796499999999E-2</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4">
+        <v>1</v>
+      </c>
+      <c r="L4">
+        <v>1.3</v>
+      </c>
+      <c r="M4" t="s">
         <v>34</v>
       </c>
-      <c r="N4" s="0" t="s">
+      <c r="N4" t="s">
         <v>35</v>
       </c>
-      <c r="O4" s="0" t="s">
+      <c r="O4" t="s">
         <v>34</v>
       </c>
-      <c r="P4" s="0" t="s">
+      <c r="P4" t="s">
         <v>35</v>
       </c>
-      <c r="Q4" s="0" t="s">
+      <c r="Q4" t="s">
         <v>36</v>
       </c>
-      <c r="R4" s="0" t="s">
+      <c r="R4" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="5">
-[...12 lines deleted...]
-      <c r="E5" s="0" t="s">
+    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E5" t="s">
         <v>37</v>
       </c>
-      <c r="F5" s="0" t="s">
+      <c r="F5" t="s">
         <v>38</v>
       </c>
-      <c r="G5" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M5" s="0" t="s">
+      <c r="G5">
+        <v>1.8075876899999999E-2</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5">
+        <v>1.8075876899999999E-2</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5">
+        <v>1</v>
+      </c>
+      <c r="L5">
+        <v>1.3</v>
+      </c>
+      <c r="M5" t="s">
         <v>39</v>
       </c>
-      <c r="N5" s="0" t="s">
+      <c r="N5" t="s">
         <v>40</v>
       </c>
-      <c r="O5" s="0" t="s">
+      <c r="O5" t="s">
         <v>39</v>
       </c>
-      <c r="P5" s="0" t="s">
+      <c r="P5" t="s">
         <v>40</v>
       </c>
-      <c r="Q5" s="0" t="s">
+      <c r="Q5" t="s">
         <v>41</v>
       </c>
-      <c r="R5" s="0" t="s">
+      <c r="R5" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="6">
-[...12 lines deleted...]
-      <c r="E6" s="0" t="s">
+    <row r="6" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E6" t="s">
         <v>42</v>
       </c>
-      <c r="F6" s="0" t="s">
+      <c r="F6" t="s">
         <v>43</v>
       </c>
-      <c r="G6" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M6" s="0" t="s">
+      <c r="G6">
+        <v>1.9464323400000001E-2</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6">
+        <v>1.9464323400000001E-2</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6">
+        <v>1</v>
+      </c>
+      <c r="L6">
+        <v>1.3</v>
+      </c>
+      <c r="M6" t="s">
         <v>44</v>
       </c>
-      <c r="N6" s="0" t="s">
+      <c r="N6" t="s">
         <v>45</v>
       </c>
-      <c r="O6" s="0" t="s">
+      <c r="O6" t="s">
         <v>44</v>
       </c>
-      <c r="P6" s="0" t="s">
+      <c r="P6" t="s">
         <v>45</v>
       </c>
-      <c r="Q6" s="0" t="s">
+      <c r="Q6" t="s">
         <v>46</v>
       </c>
-      <c r="R6" s="0" t="s">
+      <c r="R6" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="7">
-[...12 lines deleted...]
-      <c r="E7" s="0" t="s">
+    <row r="7" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E7" t="s">
         <v>47</v>
       </c>
-      <c r="F7" s="0" t="s">
+      <c r="F7" t="s">
         <v>48</v>
       </c>
-      <c r="G7" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M7" s="0" t="s">
+      <c r="G7">
+        <v>2.0861010900000001E-2</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7">
+        <v>2.0861010900000001E-2</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7">
+        <v>1</v>
+      </c>
+      <c r="L7">
+        <v>1.3</v>
+      </c>
+      <c r="M7" t="s">
         <v>49</v>
       </c>
-      <c r="N7" s="0" t="s">
+      <c r="N7" t="s">
         <v>50</v>
       </c>
-      <c r="O7" s="0" t="s">
+      <c r="O7" t="s">
         <v>49</v>
       </c>
-      <c r="P7" s="0" t="s">
+      <c r="P7" t="s">
         <v>50</v>
       </c>
-      <c r="Q7" s="0" t="s">
+      <c r="Q7" t="s">
         <v>51</v>
       </c>
-      <c r="R7" s="0" t="s">
+      <c r="R7" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="8">
-[...12 lines deleted...]
-      <c r="E8" s="0" t="s">
+    <row r="8" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E8" t="s">
         <v>52</v>
       </c>
-      <c r="F8" s="0" t="s">
+      <c r="F8" t="s">
         <v>53</v>
       </c>
-      <c r="G8" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M8" s="0" t="s">
+      <c r="G8">
+        <v>1.9345806E-2</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8">
+        <v>1.9345806E-2</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8">
+        <v>1</v>
+      </c>
+      <c r="L8">
+        <v>1.3</v>
+      </c>
+      <c r="M8" t="s">
         <v>54</v>
       </c>
-      <c r="N8" s="0" t="s">
+      <c r="N8" t="s">
         <v>55</v>
       </c>
-      <c r="O8" s="0" t="s">
-[...5 lines deleted...]
-      <c r="Q8" s="0" t="s">
+      <c r="O8" t="s">
         <v>56</v>
       </c>
-      <c r="R8" s="0" t="s">
-[...16 lines deleted...]
-      <c r="E9" s="0" t="s">
+      <c r="P8" t="s">
         <v>57</v>
       </c>
-      <c r="F9" s="0" t="s">
+      <c r="Q8" t="s">
         <v>58</v>
       </c>
-      <c r="G9" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M9" s="0" t="s">
+      <c r="R8"/>
+    </row>
+    <row r="9" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E9" t="s">
         <v>59</v>
       </c>
-      <c r="N9" s="0" t="s">
+      <c r="F9" t="s">
         <v>60</v>
       </c>
-      <c r="O9" s="0" t="s">
-[...5 lines deleted...]
-      <c r="Q9" s="0" t="s">
+      <c r="G9">
+        <v>2.0692357200000001E-2</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9">
+        <v>2.0692357200000001E-2</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9">
+        <v>1</v>
+      </c>
+      <c r="L9">
+        <v>1.3</v>
+      </c>
+      <c r="M9" t="s">
         <v>61</v>
       </c>
-      <c r="R9" s="0" t="s">
+      <c r="N9" t="s">
+        <v>62</v>
+      </c>
+      <c r="O9" t="s">
         <v>61</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E10" s="0" t="s">
+      <c r="P9" t="s">
         <v>62</v>
       </c>
-      <c r="F10" s="0" t="s">
+      <c r="Q9" t="s">
         <v>63</v>
       </c>
-      <c r="G10" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M10" s="0" t="s">
+      <c r="R9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>19</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E10" t="s">
         <v>64</v>
       </c>
-      <c r="N10" s="0" t="s">
+      <c r="F10" t="s">
         <v>65</v>
       </c>
-      <c r="O10" s="0" t="s">
+      <c r="G10">
+        <v>1.9191503799999999E-2</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10">
+        <v>1.9191503799999999E-2</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10">
+        <v>1</v>
+      </c>
+      <c r="L10">
+        <v>1.3</v>
+      </c>
+      <c r="M10" t="s">
         <v>66</v>
       </c>
-      <c r="P10" s="0" t="s">
+      <c r="N10" t="s">
         <v>67</v>
       </c>
-      <c r="Q10" s="0" t="s">
+      <c r="O10" t="s">
+        <v>66</v>
+      </c>
+      <c r="P10" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q10" t="s">
         <v>68</v>
       </c>
-      <c r="R10" s="0"/>
-[...14 lines deleted...]
-      <c r="E11" s="0" t="s">
+      <c r="R10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E11" t="s">
         <v>69</v>
       </c>
-      <c r="F11" s="0" t="s">
+      <c r="F11" t="s">
         <v>70</v>
       </c>
-      <c r="G11" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M11" s="0" t="s">
+      <c r="G11">
+        <v>1.9762241E-2</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11">
+        <v>1.9762241E-2</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11">
+        <v>1</v>
+      </c>
+      <c r="L11">
+        <v>1.3</v>
+      </c>
+      <c r="M11" t="s">
         <v>71</v>
       </c>
-      <c r="N11" s="0" t="s">
+      <c r="N11" t="s">
         <v>72</v>
       </c>
-      <c r="O11" s="0" t="s">
+      <c r="O11" t="s">
         <v>71</v>
       </c>
-      <c r="P11" s="0" t="s">
+      <c r="P11" t="s">
         <v>72</v>
       </c>
-      <c r="Q11" s="0" t="s">
+      <c r="Q11" t="s">
         <v>73</v>
       </c>
-      <c r="R11" s="0" t="s">
+      <c r="R11" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="12">
-[...12 lines deleted...]
-      <c r="E12" s="0" t="s">
+    <row r="12" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E12" t="s">
         <v>74</v>
       </c>
-      <c r="F12" s="0" t="s">
+      <c r="F12" t="s">
         <v>75</v>
       </c>
-      <c r="G12" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M12" s="0" t="s">
+      <c r="G12">
+        <v>1.8223374600000002E-2</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12">
+        <v>1.8223374600000002E-2</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12">
+        <v>1</v>
+      </c>
+      <c r="L12">
+        <v>1.3</v>
+      </c>
+      <c r="M12" t="s">
         <v>76</v>
       </c>
-      <c r="N12" s="0" t="s">
+      <c r="N12" t="s">
         <v>77</v>
       </c>
-      <c r="O12" s="0" t="s">
+      <c r="O12" t="s">
         <v>76</v>
       </c>
-      <c r="P12" s="0" t="s">
+      <c r="P12" t="s">
         <v>77</v>
       </c>
-      <c r="Q12" s="0" t="s">
+      <c r="Q12" t="s">
         <v>78</v>
       </c>
-      <c r="R12" s="0" t="s">
+      <c r="R12" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="13">
-[...12 lines deleted...]
-      <c r="E13" s="0" t="s">
+    <row r="13" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E13" t="s">
         <v>79</v>
       </c>
-      <c r="F13" s="0" t="s">
+      <c r="F13" t="s">
         <v>80</v>
       </c>
-      <c r="G13" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M13" s="0" t="s">
+      <c r="G13">
+        <v>1.9528699699999999E-2</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13">
+        <v>1.9528699699999999E-2</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13">
+        <v>1</v>
+      </c>
+      <c r="L13">
+        <v>1.3</v>
+      </c>
+      <c r="M13" t="s">
         <v>81</v>
       </c>
-      <c r="N13" s="0" t="s">
+      <c r="N13" t="s">
         <v>82</v>
       </c>
-      <c r="O13" s="0" t="s">
+      <c r="O13" t="s">
         <v>81</v>
       </c>
-      <c r="P13" s="0" t="s">
+      <c r="P13" t="s">
         <v>82</v>
       </c>
-      <c r="Q13" s="0" t="s">
+      <c r="Q13" t="s">
         <v>83</v>
       </c>
-      <c r="R13" s="0" t="s">
+      <c r="R13" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="14">
-[...12 lines deleted...]
-      <c r="E14" s="0" t="s">
+    <row r="14" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>19</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E14" t="s">
         <v>84</v>
       </c>
-      <c r="F14" s="0" t="s">
+      <c r="F14" t="s">
         <v>85</v>
       </c>
-      <c r="G14" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M14" s="0" t="s">
+      <c r="G14">
+        <v>2.0980829600000001E-2</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14">
+        <v>2.0980829600000001E-2</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14">
+        <v>1</v>
+      </c>
+      <c r="L14">
+        <v>1.3</v>
+      </c>
+      <c r="M14" t="s">
         <v>86</v>
       </c>
-      <c r="N14" s="0" t="s">
+      <c r="N14" t="s">
         <v>87</v>
       </c>
-      <c r="O14" s="0" t="s">
+      <c r="O14" t="s">
         <v>86</v>
       </c>
-      <c r="P14" s="0" t="s">
+      <c r="P14" t="s">
         <v>87</v>
       </c>
-      <c r="Q14" s="0" t="s">
+      <c r="Q14" t="s">
         <v>88</v>
       </c>
-      <c r="R14" s="0" t="s">
+      <c r="R14" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="15">
-[...12 lines deleted...]
-      <c r="E15" s="0" t="s">
+    <row r="15" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E15" t="s">
         <v>89</v>
       </c>
-      <c r="F15" s="0" t="s">
+      <c r="F15" t="s">
         <v>90</v>
       </c>
-      <c r="G15" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M15" s="0" t="s">
+      <c r="G15">
+        <v>1.9589124199999999E-2</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15">
+        <v>1.9589124199999999E-2</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15">
+        <v>1</v>
+      </c>
+      <c r="L15">
+        <v>1.3</v>
+      </c>
+      <c r="M15" t="s">
         <v>91</v>
       </c>
-      <c r="N15" s="0" t="s">
+      <c r="N15" t="s">
         <v>92</v>
       </c>
-      <c r="O15" s="0" t="s">
+      <c r="O15" t="s">
         <v>91</v>
       </c>
-      <c r="P15" s="0" t="s">
+      <c r="P15" t="s">
         <v>92</v>
       </c>
-      <c r="Q15" s="0" t="s">
+      <c r="Q15" t="s">
         <v>93</v>
       </c>
-      <c r="R15" s="0" t="s">
+      <c r="R15" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="16">
-[...12 lines deleted...]
-      <c r="E16" s="0" t="s">
+    <row r="16" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E16" t="s">
         <v>94</v>
       </c>
-      <c r="F16" s="0" t="s">
+      <c r="F16" t="s">
         <v>95</v>
       </c>
-      <c r="G16" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M16" s="0" t="s">
+      <c r="G16">
+        <v>1.92530403E-2</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16">
+        <v>1.92530403E-2</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16">
+        <v>1</v>
+      </c>
+      <c r="L16">
+        <v>1.3</v>
+      </c>
+      <c r="M16" t="s">
         <v>96</v>
       </c>
-      <c r="N16" s="0" t="s">
+      <c r="N16" t="s">
         <v>97</v>
       </c>
-      <c r="O16" s="0" t="s">
+      <c r="O16" t="s">
         <v>96</v>
       </c>
-      <c r="P16" s="0" t="s">
+      <c r="P16" t="s">
         <v>97</v>
       </c>
-      <c r="Q16" s="0" t="s">
+      <c r="Q16" t="s">
         <v>98</v>
       </c>
-      <c r="R16" s="0" t="s">
+      <c r="R16" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="17">
-[...12 lines deleted...]
-      <c r="E17" s="0" t="s">
+    <row r="17" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
+        <v>19</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E17" t="s">
         <v>99</v>
       </c>
-      <c r="F17" s="0" t="s">
+      <c r="F17" t="s">
         <v>100</v>
       </c>
-      <c r="G17" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M17" s="0" t="s">
+      <c r="G17">
+        <v>2.1250585200000002E-2</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17">
+        <v>2.1250585200000002E-2</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17">
+        <v>1</v>
+      </c>
+      <c r="L17">
+        <v>1.3</v>
+      </c>
+      <c r="M17" t="s">
         <v>101</v>
       </c>
-      <c r="N17" s="0" t="s">
+      <c r="N17" t="s">
         <v>102</v>
       </c>
-      <c r="O17" s="0" t="s">
+      <c r="O17" t="s">
         <v>101</v>
       </c>
-      <c r="P17" s="0" t="s">
+      <c r="P17" t="s">
         <v>102</v>
       </c>
-      <c r="Q17" s="0" t="s">
+      <c r="Q17" t="s">
         <v>103</v>
       </c>
-      <c r="R17" s="0" t="s">
+      <c r="R17" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="18">
-[...12 lines deleted...]
-      <c r="E18" s="0" t="s">
+    <row r="18" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E18" t="s">
         <v>104</v>
       </c>
-      <c r="F18" s="0" t="s">
+      <c r="F18" t="s">
         <v>105</v>
       </c>
-      <c r="G18" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M18" s="0" t="s">
+      <c r="G18">
+        <v>1.9718950200000002E-2</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18">
+        <v>1.9718950200000002E-2</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18">
+        <v>1</v>
+      </c>
+      <c r="L18">
+        <v>1.3</v>
+      </c>
+      <c r="M18" t="s">
         <v>106</v>
       </c>
-      <c r="N18" s="0" t="s">
+      <c r="N18" t="s">
         <v>107</v>
       </c>
-      <c r="O18" s="0" t="s">
+      <c r="O18" t="s">
         <v>106</v>
       </c>
-      <c r="P18" s="0" t="s">
+      <c r="P18" t="s">
         <v>107</v>
       </c>
-      <c r="Q18" s="0" t="s">
+      <c r="Q18" t="s">
         <v>108</v>
       </c>
-      <c r="R18" s="0" t="s">
+      <c r="R18" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="19">
-[...12 lines deleted...]
-      <c r="E19" s="0" t="s">
+    <row r="19" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E19" t="s">
         <v>109</v>
       </c>
-      <c r="F19" s="0" t="s">
+      <c r="F19" t="s">
         <v>110</v>
       </c>
-      <c r="G19" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M19" s="0" t="s">
+      <c r="G19">
+        <v>1.9671696799999999E-2</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19">
+        <v>1.9671696799999999E-2</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19">
+        <v>1</v>
+      </c>
+      <c r="L19">
+        <v>1.3</v>
+      </c>
+      <c r="M19" t="s">
         <v>111</v>
       </c>
-      <c r="N19" s="0" t="s">
+      <c r="N19" t="s">
         <v>112</v>
       </c>
-      <c r="O19" s="0" t="s">
+      <c r="O19" t="s">
         <v>111</v>
       </c>
-      <c r="P19" s="0" t="s">
+      <c r="P19" t="s">
         <v>112</v>
       </c>
-      <c r="Q19" s="0" t="s">
+      <c r="Q19" t="s">
         <v>113</v>
       </c>
-      <c r="R19" s="0" t="s">
+      <c r="R19" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="20">
-[...12 lines deleted...]
-      <c r="E20" s="0" t="s">
+    <row r="20" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E20" t="s">
         <v>114</v>
       </c>
-      <c r="F20" s="0" t="s">
+      <c r="F20" t="s">
         <v>115</v>
       </c>
-      <c r="G20" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M20" s="0" t="s">
+      <c r="G20">
+        <v>1.6671289400000001E-2</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20">
+        <v>1.6671289400000001E-2</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20">
+        <v>1</v>
+      </c>
+      <c r="L20">
+        <v>1.3</v>
+      </c>
+      <c r="M20" t="s">
         <v>116</v>
       </c>
-      <c r="N20" s="0" t="s">
+      <c r="N20" t="s">
         <v>117</v>
       </c>
-      <c r="O20" s="0" t="s">
+      <c r="O20" t="s">
         <v>116</v>
       </c>
-      <c r="P20" s="0" t="s">
+      <c r="P20" t="s">
         <v>117</v>
       </c>
-      <c r="Q20" s="0" t="s">
+      <c r="Q20" t="s">
         <v>118</v>
       </c>
-      <c r="R20" s="0" t="s">
+      <c r="R20" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="21">
-[...12 lines deleted...]
-      <c r="E21" s="0" t="s">
+    <row r="21" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E21" t="s">
         <v>119</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="F21" t="s">
         <v>120</v>
       </c>
-      <c r="G21" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M21" s="0" t="s">
+      <c r="G21">
+        <v>1.8348584800000001E-2</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21">
+        <v>1.8348584800000001E-2</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21">
+        <v>1</v>
+      </c>
+      <c r="L21">
+        <v>1.3</v>
+      </c>
+      <c r="M21" t="s">
         <v>121</v>
       </c>
-      <c r="N21" s="0" t="s">
+      <c r="N21" t="s">
         <v>122</v>
       </c>
-      <c r="O21" s="0" t="s">
+      <c r="O21" t="s">
         <v>121</v>
       </c>
-      <c r="P21" s="0" t="s">
+      <c r="P21" t="s">
         <v>122</v>
       </c>
-      <c r="Q21" s="0" t="s">
+      <c r="Q21" t="s">
         <v>123</v>
       </c>
-      <c r="R21" s="0" t="s">
+      <c r="R21" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="22">
-[...12 lines deleted...]
-      <c r="E22" s="0" t="s">
+    <row r="22" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E22" t="s">
         <v>124</v>
       </c>
-      <c r="F22" s="0" t="s">
+      <c r="F22" t="s">
         <v>125</v>
       </c>
-      <c r="G22" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M22" s="0" t="s">
+      <c r="G22">
+        <v>1.9577368000000001E-2</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22">
+        <v>1.9577368000000001E-2</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22">
+        <v>1</v>
+      </c>
+      <c r="L22">
+        <v>1.3</v>
+      </c>
+      <c r="M22" t="s">
         <v>126</v>
       </c>
-      <c r="N22" s="0" t="s">
+      <c r="N22" t="s">
         <v>127</v>
       </c>
-      <c r="O22" s="0" t="s">
+      <c r="O22" t="s">
         <v>126</v>
       </c>
-      <c r="P22" s="0" t="s">
+      <c r="P22" t="s">
         <v>127</v>
       </c>
-      <c r="Q22" s="0" t="s">
+      <c r="Q22" t="s">
         <v>128</v>
       </c>
-      <c r="R22" s="0" t="s">
+      <c r="R22" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="23">
-[...12 lines deleted...]
-      <c r="E23" s="0" t="s">
+    <row r="23" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E23" t="s">
         <v>129</v>
       </c>
-      <c r="F23" s="0" t="s">
+      <c r="F23" t="s">
         <v>130</v>
       </c>
-      <c r="G23" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M23" s="0" t="s">
+      <c r="G23">
+        <v>1.9617771700000002E-2</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23">
+        <v>1.9617771700000002E-2</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23">
+        <v>1</v>
+      </c>
+      <c r="L23">
+        <v>1.3</v>
+      </c>
+      <c r="M23" t="s">
         <v>131</v>
       </c>
-      <c r="N23" s="0" t="s">
+      <c r="N23" t="s">
         <v>132</v>
       </c>
-      <c r="O23" s="0" t="s">
+      <c r="O23" t="s">
         <v>131</v>
       </c>
-      <c r="P23" s="0" t="s">
+      <c r="P23" t="s">
         <v>132</v>
       </c>
-      <c r="Q23" s="0" t="s">
+      <c r="Q23" t="s">
         <v>133</v>
       </c>
-      <c r="R23" s="0" t="s">
+      <c r="R23" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="24">
-[...12 lines deleted...]
-      <c r="E24" s="0" t="s">
+    <row r="24" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E24" t="s">
         <v>134</v>
       </c>
-      <c r="F24" s="0" t="s">
+      <c r="F24" t="s">
         <v>135</v>
       </c>
-      <c r="G24" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M24" s="0" t="s">
+      <c r="G24">
+        <v>2.08074613E-2</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24">
+        <v>2.08074613E-2</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24">
+        <v>1</v>
+      </c>
+      <c r="L24">
+        <v>1.3</v>
+      </c>
+      <c r="M24" t="s">
         <v>136</v>
       </c>
-      <c r="N24" s="0" t="s">
+      <c r="N24" t="s">
         <v>137</v>
       </c>
-      <c r="O24" s="0" t="s">
+      <c r="O24" t="s">
         <v>136</v>
       </c>
-      <c r="P24" s="0" t="s">
+      <c r="P24" t="s">
         <v>137</v>
       </c>
-      <c r="Q24" s="0" t="s">
+      <c r="Q24" t="s">
         <v>138</v>
       </c>
-      <c r="R24" s="0" t="s">
+      <c r="R24" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="25">
-[...12 lines deleted...]
-      <c r="E25" s="0" t="s">
+    <row r="25" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E25" t="s">
         <v>139</v>
       </c>
-      <c r="F25" s="0" t="s">
+      <c r="F25" t="s">
         <v>140</v>
       </c>
-      <c r="G25" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M25" s="0" t="s">
+      <c r="G25">
+        <v>1.8786234499999999E-2</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25">
+        <v>1.8786234499999999E-2</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
+      </c>
+      <c r="L25">
+        <v>1.3</v>
+      </c>
+      <c r="M25" t="s">
         <v>141</v>
       </c>
-      <c r="N25" s="0" t="s">
+      <c r="N25" t="s">
         <v>142</v>
       </c>
-      <c r="O25" s="0" t="s">
+      <c r="O25" t="s">
         <v>141</v>
       </c>
-      <c r="P25" s="0" t="s">
+      <c r="P25" t="s">
         <v>142</v>
       </c>
-      <c r="Q25" s="0" t="s">
+      <c r="Q25" t="s">
         <v>143</v>
       </c>
-      <c r="R25" s="0" t="s">
+      <c r="R25" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="26">
-[...12 lines deleted...]
-      <c r="E26" s="0" t="s">
+    <row r="26" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A26" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E26" t="s">
         <v>144</v>
       </c>
-      <c r="F26" s="0" t="s">
+      <c r="F26" t="s">
         <v>145</v>
       </c>
-      <c r="G26" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M26" s="0" t="s">
+      <c r="G26">
+        <v>1.9109900700000002E-2</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26">
+        <v>1.9109900700000002E-2</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26">
+        <v>1</v>
+      </c>
+      <c r="L26">
+        <v>1.3</v>
+      </c>
+      <c r="M26" t="s">
         <v>146</v>
       </c>
-      <c r="N26" s="0" t="s">
+      <c r="N26" t="s">
         <v>147</v>
       </c>
-      <c r="O26" s="0" t="s">
+      <c r="O26" t="s">
         <v>146</v>
       </c>
-      <c r="P26" s="0" t="s">
+      <c r="P26" t="s">
         <v>147</v>
       </c>
-      <c r="Q26" s="0" t="s">
+      <c r="Q26" t="s">
         <v>148</v>
       </c>
-      <c r="R26" s="0" t="s">
+      <c r="R26" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="27">
-[...12 lines deleted...]
-      <c r="E27" s="0" t="s">
+    <row r="27" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" t="s">
+        <v>19</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E27" t="s">
         <v>149</v>
       </c>
-      <c r="F27" s="0" t="s">
+      <c r="F27" t="s">
         <v>150</v>
       </c>
-      <c r="G27" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M27" s="0" t="s">
+      <c r="G27">
+        <v>2.0237353699999999E-2</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27">
+        <v>2.0237353699999999E-2</v>
+      </c>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27">
+        <v>1</v>
+      </c>
+      <c r="L27">
+        <v>1.3</v>
+      </c>
+      <c r="M27" t="s">
         <v>151</v>
       </c>
-      <c r="N27" s="0" t="s">
+      <c r="N27" t="s">
         <v>152</v>
       </c>
-      <c r="O27" s="0" t="s">
+      <c r="O27" t="s">
         <v>151</v>
       </c>
-      <c r="P27" s="0" t="s">
+      <c r="P27" t="s">
         <v>152</v>
       </c>
-      <c r="Q27" s="0" t="s">
+      <c r="Q27" t="s">
         <v>153</v>
       </c>
-      <c r="R27" s="0" t="s">
+      <c r="R27" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="28">
-[...12 lines deleted...]
-      <c r="E28" s="0" t="s">
+    <row r="28" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A28" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E28" t="s">
         <v>154</v>
       </c>
-      <c r="F28" s="0" t="s">
+      <c r="F28" t="s">
         <v>155</v>
       </c>
-      <c r="G28" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M28" s="0" t="s">
+      <c r="G28">
+        <v>2.1323976099999999E-2</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28">
+        <v>2.1323976099999999E-2</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28">
+        <v>1</v>
+      </c>
+      <c r="L28">
+        <v>1.3</v>
+      </c>
+      <c r="M28" t="s">
         <v>156</v>
       </c>
-      <c r="N28" s="0" t="s">
+      <c r="N28" t="s">
         <v>157</v>
       </c>
-      <c r="O28" s="0" t="s">
+      <c r="O28" t="s">
         <v>156</v>
       </c>
-      <c r="P28" s="0" t="s">
+      <c r="P28" t="s">
         <v>157</v>
       </c>
-      <c r="Q28" s="0" t="s">
+      <c r="Q28" t="s">
         <v>158</v>
       </c>
-      <c r="R28" s="0" t="s">
+      <c r="R28" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="29">
-[...12 lines deleted...]
-      <c r="E29" s="0" t="s">
+    <row r="29" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B29" t="s">
+        <v>19</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E29" t="s">
         <v>159</v>
       </c>
-      <c r="F29" s="0" t="s">
+      <c r="F29" t="s">
         <v>160</v>
       </c>
-      <c r="G29" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M29" s="0" t="s">
+      <c r="G29">
+        <v>1.8943480799999999E-2</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29">
+        <v>1.8943480799999999E-2</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29">
+        <v>1</v>
+      </c>
+      <c r="L29">
+        <v>1.3</v>
+      </c>
+      <c r="M29" t="s">
         <v>161</v>
       </c>
-      <c r="N29" s="0" t="s">
+      <c r="N29" t="s">
         <v>162</v>
       </c>
-      <c r="O29" s="0" t="s">
+      <c r="O29" t="s">
         <v>161</v>
       </c>
-      <c r="P29" s="0" t="s">
+      <c r="P29" t="s">
         <v>162</v>
       </c>
-      <c r="Q29" s="0" t="s">
+      <c r="Q29" t="s">
         <v>163</v>
       </c>
-      <c r="R29" s="0" t="s">
+      <c r="R29" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="30">
-[...12 lines deleted...]
-      <c r="E30" s="0" t="s">
+    <row r="30" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E30" t="s">
         <v>164</v>
       </c>
-      <c r="F30" s="0" t="s">
+      <c r="F30" t="s">
         <v>165</v>
       </c>
-      <c r="G30" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M30" s="0" t="s">
+      <c r="G30">
+        <v>2.11244615E-2</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30">
+        <v>2.11244615E-2</v>
+      </c>
+      <c r="J30" t="s">
+        <v>23</v>
+      </c>
+      <c r="K30">
+        <v>1</v>
+      </c>
+      <c r="L30">
+        <v>1.3</v>
+      </c>
+      <c r="M30" t="s">
         <v>166</v>
       </c>
-      <c r="N30" s="0" t="s">
+      <c r="N30" t="s">
         <v>167</v>
       </c>
-      <c r="O30" s="0" t="s">
+      <c r="O30" t="s">
         <v>166</v>
       </c>
-      <c r="P30" s="0" t="s">
+      <c r="P30" t="s">
         <v>167</v>
       </c>
-      <c r="Q30" s="0" t="s">
+      <c r="Q30" t="s">
         <v>168</v>
       </c>
-      <c r="R30" s="0" t="s">
+      <c r="R30" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="31">
-[...12 lines deleted...]
-      <c r="E31" s="0" t="s">
+    <row r="31" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" t="s">
+        <v>19</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E31" t="s">
         <v>169</v>
       </c>
-      <c r="F31" s="0" t="s">
+      <c r="F31" t="s">
         <v>170</v>
       </c>
-      <c r="G31" s="0" t="n">
-[...12 lines deleted...]
-      <c r="L31" s="0" t="n">
+      <c r="G31">
+        <v>2.5512729899999999E-2</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31">
+        <v>2.5512729599999999E-2</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31">
+        <v>1</v>
+      </c>
+      <c r="L31">
         <v>12.5</v>
       </c>
-      <c r="M31" s="0" t="s">
+      <c r="M31" t="s">
         <v>171</v>
       </c>
-      <c r="N31" s="0" t="s">
+      <c r="N31" t="s">
         <v>172</v>
       </c>
-      <c r="O31" s="0" t="s">
+      <c r="O31" t="s">
         <v>173</v>
       </c>
-      <c r="P31" s="0" t="s">
+      <c r="P31" t="s">
         <v>174</v>
       </c>
-      <c r="Q31" s="0" t="s">
+      <c r="Q31" t="s">
         <v>175</v>
       </c>
-      <c r="R31" s="0"/>
-[...14 lines deleted...]
-      <c r="E32" s="0" t="s">
+      <c r="R31"/>
+    </row>
+    <row r="32" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E32" t="s">
         <v>176</v>
       </c>
-      <c r="F32" s="0" t="s">
+      <c r="F32" t="s">
         <v>177</v>
       </c>
-      <c r="G32" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M32" s="0" t="s">
+      <c r="G32">
+        <v>2.12115893E-2</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32">
+        <v>2.12115893E-2</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32">
+        <v>1</v>
+      </c>
+      <c r="L32">
+        <v>1.3</v>
+      </c>
+      <c r="M32" t="s">
         <v>178</v>
       </c>
-      <c r="N32" s="0" t="s">
+      <c r="N32" t="s">
         <v>179</v>
       </c>
-      <c r="O32" s="0" t="s">
+      <c r="O32" t="s">
         <v>178</v>
       </c>
-      <c r="P32" s="0" t="s">
+      <c r="P32" t="s">
         <v>179</v>
       </c>
-      <c r="Q32" s="0" t="s">
+      <c r="Q32" t="s">
         <v>180</v>
       </c>
-      <c r="R32" s="0" t="s">
+      <c r="R32" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="33">
-[...12 lines deleted...]
-      <c r="E33" s="0" t="s">
+    <row r="33" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E33" t="s">
         <v>181</v>
       </c>
-      <c r="F33" s="0" t="s">
+      <c r="F33" t="s">
         <v>182</v>
       </c>
-      <c r="G33" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M33" s="0" t="s">
+      <c r="G33">
+        <v>2.0273801000000001E-2</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33">
+        <v>2.0273801000000001E-2</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33">
+        <v>1</v>
+      </c>
+      <c r="L33">
+        <v>1.3</v>
+      </c>
+      <c r="M33" t="s">
         <v>183</v>
       </c>
-      <c r="N33" s="0" t="s">
+      <c r="N33" t="s">
         <v>184</v>
       </c>
-      <c r="O33" s="0" t="s">
+      <c r="O33" t="s">
         <v>183</v>
       </c>
-      <c r="P33" s="0" t="s">
+      <c r="P33" t="s">
         <v>184</v>
       </c>
-      <c r="Q33" s="0" t="s">
+      <c r="Q33" t="s">
         <v>185</v>
       </c>
-      <c r="R33" s="0" t="s">
+      <c r="R33" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="34">
-[...12 lines deleted...]
-      <c r="E34" s="0" t="s">
+    <row r="34" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
+        <v>18</v>
+      </c>
+      <c r="B34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E34" t="s">
         <v>186</v>
       </c>
-      <c r="F34" s="0" t="s">
+      <c r="F34" t="s">
         <v>187</v>
       </c>
-      <c r="G34" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M34" s="0" t="s">
+      <c r="G34">
+        <v>2.00987636E-2</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34">
+        <v>2.00987636E-2</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34">
+        <v>1</v>
+      </c>
+      <c r="L34">
+        <v>1.3</v>
+      </c>
+      <c r="M34" t="s">
         <v>188</v>
       </c>
-      <c r="N34" s="0" t="s">
+      <c r="N34" t="s">
         <v>189</v>
       </c>
-      <c r="O34" s="0" t="s">
+      <c r="O34" t="s">
         <v>188</v>
       </c>
-      <c r="P34" s="0" t="s">
+      <c r="P34" t="s">
         <v>189</v>
       </c>
-      <c r="Q34" s="0" t="s">
+      <c r="Q34" t="s">
         <v>190</v>
       </c>
-      <c r="R34" s="0" t="s">
+      <c r="R34" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="35">
-[...12 lines deleted...]
-      <c r="E35" s="0" t="s">
+    <row r="35" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B35" t="s">
+        <v>19</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E35" t="s">
         <v>191</v>
       </c>
-      <c r="F35" s="0" t="s">
+      <c r="F35" t="s">
         <v>192</v>
       </c>
-      <c r="G35" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M35" s="0" t="s">
+      <c r="G35">
+        <v>1.8866643700000001E-2</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35">
+        <v>1.8866643700000001E-2</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35">
+        <v>1</v>
+      </c>
+      <c r="L35">
+        <v>1.3</v>
+      </c>
+      <c r="M35" t="s">
         <v>193</v>
       </c>
-      <c r="N35" s="0" t="s">
+      <c r="N35" t="s">
         <v>194</v>
       </c>
-      <c r="O35" s="0" t="s">
+      <c r="O35" t="s">
         <v>193</v>
       </c>
-      <c r="P35" s="0" t="s">
+      <c r="P35" t="s">
         <v>194</v>
       </c>
-      <c r="Q35" s="0" t="s">
+      <c r="Q35" t="s">
         <v>195</v>
       </c>
-      <c r="R35" s="0" t="s">
+      <c r="R35" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="36">
-[...12 lines deleted...]
-      <c r="E36" s="0" t="s">
+    <row r="36" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B36" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E36" t="s">
         <v>196</v>
       </c>
-      <c r="F36" s="0" t="s">
+      <c r="F36" t="s">
         <v>197</v>
       </c>
-      <c r="G36" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M36" s="0" t="s">
+      <c r="G36">
+        <v>2.0028420200000001E-2</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36">
+        <v>2.0028420200000001E-2</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36">
+        <v>1</v>
+      </c>
+      <c r="L36">
+        <v>1.3</v>
+      </c>
+      <c r="M36" t="s">
         <v>198</v>
       </c>
-      <c r="N36" s="0" t="s">
+      <c r="N36" t="s">
         <v>199</v>
       </c>
-      <c r="O36" s="0" t="s">
+      <c r="O36" t="s">
         <v>198</v>
       </c>
-      <c r="P36" s="0" t="s">
+      <c r="P36" t="s">
         <v>199</v>
       </c>
-      <c r="Q36" s="0" t="s">
+      <c r="Q36" t="s">
         <v>200</v>
       </c>
-      <c r="R36" s="0" t="s">
+      <c r="R36" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="37">
-[...12 lines deleted...]
-      <c r="E37" s="0" t="s">
+    <row r="37" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" t="s">
+        <v>19</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E37" t="s">
         <v>201</v>
       </c>
-      <c r="F37" s="0" t="s">
+      <c r="F37" t="s">
         <v>202</v>
       </c>
-      <c r="G37" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M37" s="0" t="s">
+      <c r="G37">
+        <v>1.9548843900000001E-2</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37">
+        <v>1.9548843900000001E-2</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37">
+        <v>1</v>
+      </c>
+      <c r="L37">
+        <v>1.3</v>
+      </c>
+      <c r="M37" t="s">
         <v>203</v>
       </c>
-      <c r="N37" s="0" t="s">
+      <c r="N37" t="s">
         <v>204</v>
       </c>
-      <c r="O37" s="0" t="s">
+      <c r="O37" t="s">
         <v>203</v>
       </c>
-      <c r="P37" s="0" t="s">
+      <c r="P37" t="s">
         <v>204</v>
       </c>
-      <c r="Q37" s="0" t="s">
+      <c r="Q37" t="s">
         <v>205</v>
       </c>
-      <c r="R37" s="0" t="s">
+      <c r="R37" t="s">
         <v>205</v>
       </c>
     </row>
-    <row r="38">
-[...12 lines deleted...]
-      <c r="E38" s="0" t="s">
+    <row r="38" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A38" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E38" t="s">
         <v>206</v>
       </c>
-      <c r="F38" s="0" t="s">
+      <c r="F38" t="s">
         <v>207</v>
       </c>
-      <c r="G38" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M38" s="0" t="s">
+      <c r="G38">
+        <v>1.9377373E-2</v>
+      </c>
+      <c r="H38"/>
+      <c r="I38">
+        <v>1.9377373E-2</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38">
+        <v>1</v>
+      </c>
+      <c r="L38">
+        <v>1.3</v>
+      </c>
+      <c r="M38" t="s">
         <v>208</v>
       </c>
-      <c r="N38" s="0" t="s">
+      <c r="N38" t="s">
         <v>209</v>
       </c>
-      <c r="O38" s="0" t="s">
+      <c r="O38" t="s">
         <v>208</v>
       </c>
-      <c r="P38" s="0" t="s">
+      <c r="P38" t="s">
         <v>209</v>
       </c>
-      <c r="Q38" s="0" t="s">
+      <c r="Q38" t="s">
         <v>210</v>
       </c>
-      <c r="R38" s="0" t="s">
+      <c r="R38" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="39">
-[...12 lines deleted...]
-      <c r="E39" s="0" t="s">
+    <row r="39" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A39" t="s">
+        <v>18</v>
+      </c>
+      <c r="B39" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E39" t="s">
         <v>211</v>
       </c>
-      <c r="F39" s="0" t="s">
+      <c r="F39" t="s">
         <v>212</v>
       </c>
-      <c r="G39" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M39" s="0" t="s">
+      <c r="G39">
+        <v>2.0479861799999999E-2</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39">
+        <v>2.0479861799999999E-2</v>
+      </c>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39">
+        <v>1</v>
+      </c>
+      <c r="L39">
+        <v>1.3</v>
+      </c>
+      <c r="M39" t="s">
         <v>213</v>
       </c>
-      <c r="N39" s="0" t="s">
+      <c r="N39" t="s">
         <v>214</v>
       </c>
-      <c r="O39" s="0" t="s">
+      <c r="O39" t="s">
         <v>213</v>
       </c>
-      <c r="P39" s="0" t="s">
+      <c r="P39" t="s">
         <v>214</v>
       </c>
-      <c r="Q39" s="0" t="s">
+      <c r="Q39" t="s">
         <v>215</v>
       </c>
-      <c r="R39" s="0" t="s">
+      <c r="R39" t="s">
         <v>215</v>
       </c>
     </row>
-    <row r="40">
-[...12 lines deleted...]
-      <c r="E40" s="0" t="s">
+    <row r="40" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A40" t="s">
+        <v>18</v>
+      </c>
+      <c r="B40" t="s">
+        <v>19</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E40" t="s">
         <v>216</v>
       </c>
-      <c r="F40" s="0" t="s">
+      <c r="F40" t="s">
         <v>217</v>
       </c>
-      <c r="G40" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M40" s="0" t="s">
+      <c r="G40">
+        <v>1.8833856600000001E-2</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40">
+        <v>1.8833856600000001E-2</v>
+      </c>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40">
+        <v>1</v>
+      </c>
+      <c r="L40">
+        <v>1.3</v>
+      </c>
+      <c r="M40" t="s">
         <v>218</v>
       </c>
-      <c r="N40" s="0" t="s">
+      <c r="N40" t="s">
         <v>219</v>
       </c>
-      <c r="O40" s="0" t="s">
+      <c r="O40" t="s">
         <v>218</v>
       </c>
-      <c r="P40" s="0" t="s">
+      <c r="P40" t="s">
         <v>219</v>
       </c>
-      <c r="Q40" s="0" t="s">
+      <c r="Q40" t="s">
         <v>220</v>
       </c>
-      <c r="R40" s="0" t="s">
+      <c r="R40" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="41">
-[...12 lines deleted...]
-      <c r="E41" s="0" t="s">
+    <row r="41" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" t="s">
+        <v>19</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E41" t="s">
         <v>221</v>
       </c>
-      <c r="F41" s="0" t="s">
+      <c r="F41" t="s">
         <v>222</v>
       </c>
-      <c r="G41" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M41" s="0" t="s">
+      <c r="G41">
+        <v>1.8092692699999999E-2</v>
+      </c>
+      <c r="H41"/>
+      <c r="I41">
+        <v>1.8092692699999999E-2</v>
+      </c>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41">
+        <v>1</v>
+      </c>
+      <c r="L41">
+        <v>1.3</v>
+      </c>
+      <c r="M41" t="s">
         <v>223</v>
       </c>
-      <c r="N41" s="0" t="s">
+      <c r="N41" t="s">
         <v>224</v>
       </c>
-      <c r="O41" s="0" t="s">
+      <c r="O41" t="s">
         <v>223</v>
       </c>
-      <c r="P41" s="0" t="s">
+      <c r="P41" t="s">
         <v>224</v>
       </c>
-      <c r="Q41" s="0" t="s">
+      <c r="Q41" t="s">
         <v>225</v>
       </c>
-      <c r="R41" s="0" t="s">
+      <c r="R41" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="42">
-[...12 lines deleted...]
-      <c r="E42" s="0" t="s">
+    <row r="42" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
+        <v>18</v>
+      </c>
+      <c r="B42" t="s">
+        <v>19</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E42" t="s">
         <v>226</v>
       </c>
-      <c r="F42" s="0" t="s">
+      <c r="F42" t="s">
         <v>227</v>
       </c>
-      <c r="G42" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M42" s="0" t="s">
+      <c r="G42">
+        <v>2.01805431E-2</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42">
+        <v>2.01805431E-2</v>
+      </c>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42">
+        <v>1</v>
+      </c>
+      <c r="L42">
+        <v>1.3</v>
+      </c>
+      <c r="M42" t="s">
         <v>228</v>
       </c>
-      <c r="N42" s="0" t="s">
+      <c r="N42" t="s">
         <v>229</v>
       </c>
-      <c r="O42" s="0" t="s">
+      <c r="O42" t="s">
         <v>228</v>
       </c>
-      <c r="P42" s="0" t="s">
+      <c r="P42" t="s">
         <v>229</v>
       </c>
-      <c r="Q42" s="0" t="s">
+      <c r="Q42" t="s">
         <v>230</v>
       </c>
-      <c r="R42" s="0" t="s">
+      <c r="R42" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="43">
-[...12 lines deleted...]
-      <c r="E43" s="0" t="s">
+    <row r="43" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A43" t="s">
+        <v>18</v>
+      </c>
+      <c r="B43" t="s">
+        <v>19</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E43" t="s">
         <v>231</v>
       </c>
-      <c r="F43" s="0" t="s">
+      <c r="F43" t="s">
         <v>232</v>
       </c>
-      <c r="G43" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M43" s="0" t="s">
+      <c r="G43">
+        <v>1.9112679300000001E-2</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43">
+        <v>1.9112679300000001E-2</v>
+      </c>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43">
+        <v>1</v>
+      </c>
+      <c r="L43">
+        <v>1.3</v>
+      </c>
+      <c r="M43" t="s">
         <v>233</v>
       </c>
-      <c r="N43" s="0" t="s">
+      <c r="N43" t="s">
         <v>234</v>
       </c>
-      <c r="O43" s="0" t="s">
+      <c r="O43" t="s">
         <v>233</v>
       </c>
-      <c r="P43" s="0" t="s">
+      <c r="P43" t="s">
         <v>234</v>
       </c>
-      <c r="Q43" s="0" t="s">
+      <c r="Q43" t="s">
         <v>235</v>
       </c>
-      <c r="R43" s="0" t="s">
+      <c r="R43" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="44">
-[...12 lines deleted...]
-      <c r="E44" s="0" t="s">
+    <row r="44" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A44" t="s">
+        <v>18</v>
+      </c>
+      <c r="B44" t="s">
+        <v>19</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E44" t="s">
         <v>236</v>
       </c>
-      <c r="F44" s="0" t="s">
+      <c r="F44" t="s">
         <v>237</v>
       </c>
-      <c r="G44" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M44" s="0" t="s">
+      <c r="G44">
+        <v>1.9835096399999998E-2</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44">
+        <v>1.9835096399999998E-2</v>
+      </c>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44">
+        <v>1</v>
+      </c>
+      <c r="L44">
+        <v>1.3</v>
+      </c>
+      <c r="M44" t="s">
         <v>238</v>
       </c>
-      <c r="N44" s="0" t="s">
+      <c r="N44" t="s">
         <v>239</v>
       </c>
-      <c r="O44" s="0" t="s">
+      <c r="O44" t="s">
         <v>238</v>
       </c>
-      <c r="P44" s="0" t="s">
+      <c r="P44" t="s">
         <v>239</v>
       </c>
-      <c r="Q44" s="0" t="s">
+      <c r="Q44" t="s">
         <v>240</v>
       </c>
-      <c r="R44" s="0" t="s">
+      <c r="R44" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="45">
-[...12 lines deleted...]
-      <c r="E45" s="0" t="s">
+    <row r="45" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A45" t="s">
+        <v>18</v>
+      </c>
+      <c r="B45" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E45" t="s">
         <v>241</v>
       </c>
-      <c r="F45" s="0" t="s">
+      <c r="F45" t="s">
         <v>242</v>
       </c>
-      <c r="G45" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M45" s="0" t="s">
+      <c r="G45">
+        <v>1.97797085E-2</v>
+      </c>
+      <c r="H45"/>
+      <c r="I45">
+        <v>1.97797085E-2</v>
+      </c>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45">
+        <v>1</v>
+      </c>
+      <c r="L45">
+        <v>1.3</v>
+      </c>
+      <c r="M45" t="s">
         <v>243</v>
       </c>
-      <c r="N45" s="0" t="s">
+      <c r="N45" t="s">
         <v>244</v>
       </c>
-      <c r="O45" s="0" t="s">
+      <c r="O45" t="s">
         <v>243</v>
       </c>
-      <c r="P45" s="0" t="s">
+      <c r="P45" t="s">
         <v>244</v>
       </c>
-      <c r="Q45" s="0" t="s">
+      <c r="Q45" t="s">
         <v>245</v>
       </c>
-      <c r="R45" s="0" t="s">
+      <c r="R45" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="46">
-[...12 lines deleted...]
-      <c r="E46" s="0" t="s">
+    <row r="46" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A46" t="s">
+        <v>18</v>
+      </c>
+      <c r="B46" t="s">
+        <v>19</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E46" t="s">
         <v>246</v>
       </c>
-      <c r="F46" s="0" t="s">
+      <c r="F46" t="s">
         <v>247</v>
       </c>
-      <c r="G46" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M46" s="0" t="s">
+      <c r="G46">
+        <v>1.9008495399999999E-2</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46">
+        <v>1.9008495399999999E-2</v>
+      </c>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46">
+        <v>1</v>
+      </c>
+      <c r="L46">
+        <v>1.3</v>
+      </c>
+      <c r="M46" t="s">
         <v>248</v>
       </c>
-      <c r="N46" s="0" t="s">
+      <c r="N46" t="s">
         <v>249</v>
       </c>
-      <c r="O46" s="0" t="s">
+      <c r="O46" t="s">
         <v>248</v>
       </c>
-      <c r="P46" s="0" t="s">
+      <c r="P46" t="s">
         <v>249</v>
       </c>
-      <c r="Q46" s="0" t="s">
+      <c r="Q46" t="s">
         <v>250</v>
       </c>
-      <c r="R46" s="0" t="s">
+      <c r="R46" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="47">
-[...12 lines deleted...]
-      <c r="E47" s="0" t="s">
+    <row r="47" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A47" t="s">
+        <v>18</v>
+      </c>
+      <c r="B47" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E47" t="s">
         <v>251</v>
       </c>
-      <c r="F47" s="0" t="s">
+      <c r="F47" t="s">
         <v>252</v>
       </c>
-      <c r="G47" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M47" s="0" t="s">
+      <c r="G47">
+        <v>2.05832746E-2</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47">
+        <v>2.05832746E-2</v>
+      </c>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47">
+        <v>1</v>
+      </c>
+      <c r="L47">
+        <v>1.3</v>
+      </c>
+      <c r="M47" t="s">
         <v>253</v>
       </c>
-      <c r="N47" s="0" t="s">
+      <c r="N47" t="s">
         <v>254</v>
       </c>
-      <c r="O47" s="0" t="s">
+      <c r="O47" t="s">
         <v>253</v>
       </c>
-      <c r="P47" s="0" t="s">
+      <c r="P47" t="s">
         <v>254</v>
       </c>
-      <c r="Q47" s="0" t="s">
+      <c r="Q47" t="s">
         <v>255</v>
       </c>
-      <c r="R47" s="0" t="s">
+      <c r="R47" t="s">
         <v>255</v>
       </c>
     </row>
-    <row r="48">
-[...12 lines deleted...]
-      <c r="E48" s="0" t="s">
+    <row r="48" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A48" t="s">
+        <v>18</v>
+      </c>
+      <c r="B48" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E48" t="s">
         <v>256</v>
       </c>
-      <c r="F48" s="0" t="s">
+      <c r="F48" t="s">
         <v>257</v>
       </c>
-      <c r="G48" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M48" s="0" t="s">
+      <c r="G48">
+        <v>1.9082320900000001E-2</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48">
+        <v>1.9082320900000001E-2</v>
+      </c>
+      <c r="J48" t="s">
+        <v>23</v>
+      </c>
+      <c r="K48">
+        <v>1</v>
+      </c>
+      <c r="L48">
+        <v>1.3</v>
+      </c>
+      <c r="M48" t="s">
         <v>258</v>
       </c>
-      <c r="N48" s="0" t="s">
+      <c r="N48" t="s">
         <v>259</v>
       </c>
-      <c r="O48" s="0" t="s">
+      <c r="O48" t="s">
         <v>258</v>
       </c>
-      <c r="P48" s="0" t="s">
+      <c r="P48" t="s">
         <v>259</v>
       </c>
-      <c r="Q48" s="0" t="s">
+      <c r="Q48" t="s">
         <v>260</v>
       </c>
-      <c r="R48" s="0" t="s">
+      <c r="R48" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="49">
-[...12 lines deleted...]
-      <c r="E49" s="0" t="s">
+    <row r="49" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A49" t="s">
+        <v>18</v>
+      </c>
+      <c r="B49" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E49" t="s">
         <v>261</v>
       </c>
-      <c r="F49" s="0" t="s">
+      <c r="F49" t="s">
         <v>262</v>
       </c>
-      <c r="G49" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M49" s="0" t="s">
+      <c r="G49">
+        <v>1.8786464900000001E-2</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49">
+        <v>1.8786464900000001E-2</v>
+      </c>
+      <c r="J49" t="s">
+        <v>23</v>
+      </c>
+      <c r="K49">
+        <v>1</v>
+      </c>
+      <c r="L49">
+        <v>1.3</v>
+      </c>
+      <c r="M49" t="s">
         <v>263</v>
       </c>
-      <c r="N49" s="0" t="s">
+      <c r="N49" t="s">
         <v>264</v>
       </c>
-      <c r="O49" s="0" t="s">
+      <c r="O49" t="s">
         <v>263</v>
       </c>
-      <c r="P49" s="0" t="s">
+      <c r="P49" t="s">
         <v>264</v>
       </c>
-      <c r="Q49" s="0" t="s">
+      <c r="Q49" t="s">
         <v>265</v>
       </c>
-      <c r="R49" s="0" t="s">
+      <c r="R49" t="s">
         <v>265</v>
       </c>
     </row>
-    <row r="50">
-[...12 lines deleted...]
-      <c r="E50" s="0" t="s">
+    <row r="50" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A50" t="s">
+        <v>18</v>
+      </c>
+      <c r="B50" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E50" t="s">
         <v>266</v>
       </c>
-      <c r="F50" s="0" t="s">
+      <c r="F50" t="s">
         <v>267</v>
       </c>
-      <c r="G50" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M50" s="0" t="s">
+      <c r="G50">
+        <v>1.99702491E-2</v>
+      </c>
+      <c r="H50"/>
+      <c r="I50">
+        <v>1.99702491E-2</v>
+      </c>
+      <c r="J50" t="s">
+        <v>23</v>
+      </c>
+      <c r="K50">
+        <v>1</v>
+      </c>
+      <c r="L50">
+        <v>1.3</v>
+      </c>
+      <c r="M50" t="s">
         <v>268</v>
       </c>
-      <c r="N50" s="0" t="s">
+      <c r="N50" t="s">
         <v>269</v>
       </c>
-      <c r="O50" s="0" t="s">
+      <c r="O50" t="s">
         <v>268</v>
       </c>
-      <c r="P50" s="0" t="s">
+      <c r="P50" t="s">
         <v>269</v>
       </c>
-      <c r="Q50" s="0" t="s">
+      <c r="Q50" t="s">
         <v>270</v>
       </c>
-      <c r="R50" s="0" t="s">
+      <c r="R50" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="51">
-[...12 lines deleted...]
-      <c r="E51" s="0" t="s">
+    <row r="51" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A51" t="s">
+        <v>18</v>
+      </c>
+      <c r="B51" t="s">
+        <v>19</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E51" t="s">
         <v>271</v>
       </c>
-      <c r="F51" s="0" t="s">
+      <c r="F51" t="s">
         <v>272</v>
       </c>
-      <c r="G51" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M51" s="0" t="s">
+      <c r="G51">
+        <v>1.9710629E-2</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51">
+        <v>1.9710629E-2</v>
+      </c>
+      <c r="J51" t="s">
+        <v>23</v>
+      </c>
+      <c r="K51">
+        <v>1</v>
+      </c>
+      <c r="L51">
+        <v>1.3</v>
+      </c>
+      <c r="M51" t="s">
         <v>273</v>
       </c>
-      <c r="N51" s="0" t="s">
+      <c r="N51" t="s">
         <v>274</v>
       </c>
-      <c r="O51" s="0" t="s">
+      <c r="O51" t="s">
         <v>273</v>
       </c>
-      <c r="P51" s="0" t="s">
+      <c r="P51" t="s">
         <v>274</v>
       </c>
-      <c r="Q51" s="0" t="s">
+      <c r="Q51" t="s">
         <v>275</v>
       </c>
-      <c r="R51" s="0" t="s">
+      <c r="R51" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="52">
-[...12 lines deleted...]
-      <c r="E52" s="0" t="s">
+    <row r="52" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A52" t="s">
+        <v>18</v>
+      </c>
+      <c r="B52" t="s">
+        <v>19</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E52" t="s">
         <v>276</v>
       </c>
-      <c r="F52" s="0" t="s">
+      <c r="F52" t="s">
         <v>277</v>
       </c>
-      <c r="G52" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M52" s="0" t="s">
+      <c r="G52">
+        <v>2.02583055E-2</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52">
+        <v>2.02583055E-2</v>
+      </c>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52">
+        <v>1</v>
+      </c>
+      <c r="L52">
+        <v>1.3</v>
+      </c>
+      <c r="M52" t="s">
         <v>278</v>
       </c>
-      <c r="N52" s="0" t="s">
+      <c r="N52" t="s">
         <v>279</v>
       </c>
-      <c r="O52" s="0" t="s">
+      <c r="O52" t="s">
         <v>278</v>
       </c>
-      <c r="P52" s="0" t="s">
+      <c r="P52" t="s">
         <v>279</v>
       </c>
-      <c r="Q52" s="0" t="s">
+      <c r="Q52" t="s">
         <v>280</v>
       </c>
-      <c r="R52" s="0" t="s">
+      <c r="R52" t="s">
         <v>280</v>
       </c>
     </row>
-    <row r="53">
-[...13 lines deleted...]
-      <c r="F53" s="0" t="s">
+    <row r="53" spans="1:18" x14ac:dyDescent="0.2">
+      <c r="A53" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" s="6">
+        <v>46080</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53" t="s">
         <v>281</v>
       </c>
-      <c r="G53" s="0" t="n">
-[...15 lines deleted...]
-      <c r="M53" s="0" t="s">
+      <c r="G53">
+        <v>-4.9060930000000003E-3</v>
+      </c>
+      <c r="H53"/>
+      <c r="I53">
+        <v>3.2313693000000001E-3</v>
+      </c>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53">
+        <v>1</v>
+      </c>
+      <c r="L53">
+        <v>0.56325999999999998</v>
+      </c>
+      <c r="M53" t="s">
         <v>282</v>
       </c>
-      <c r="N53" s="0" t="s">
+      <c r="N53" t="s">
         <v>283</v>
       </c>
-      <c r="O53" s="0" t="s">
+      <c r="O53" t="s">
         <v>282</v>
       </c>
-      <c r="P53" s="0" t="s">
+      <c r="P53" t="s">
         <v>283</v>
       </c>
-      <c r="Q53" s="0" t="s">
+      <c r="Q53" t="s">
         <v>284</v>
       </c>
-      <c r="R53" s="0"/>
+      <c r="R53" t="s">
+        <v>284</v>
+      </c>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.6" right="0.56999999999999995" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
-  <headerFooter alignWithMargins="0"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter>&amp;R_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;KFF8C00 Classification : Confidential</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Stahl, Cornelia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SetDate">
+    <vt:lpwstr>2026-03-09T12:41:24Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Name">
+    <vt:lpwstr>Intra and extragroup use</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_SiteId">
+    <vt:lpwstr>614f9c25-bffa-42c7-86d8-964101f55fa2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ActionId">
+    <vt:lpwstr>c4de4c6c-abe7-46d8-9e71-c96f9d54f9a1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a6b9b49c-3903-4fd4-a343-18d82815dc85_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>