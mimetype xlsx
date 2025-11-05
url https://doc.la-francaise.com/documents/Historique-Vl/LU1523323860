--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528ec74fbb074a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf2dd286b5e34772bd0261724002390a.psmdcp" Id="Ra40b0abaeb5f41ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400c6bf45f464ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/934ff53d665b4bc5969bf6f47ba7b86a.psmdcp" Id="Rd92a226452aa4e64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1523323860" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,17649 +420,17817 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B2199"/>
+  <x:dimension ref="A1:B2220"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45933</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>113.74</x:v>
+        <x:v>113.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45932</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>113.72</x:v>
+        <x:v>114.13</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45931</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>113.58</x:v>
+        <x:v>114.28</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45930</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>113.33</x:v>
+        <x:v>114.53</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45929</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>113.1</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45926</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>112.99</x:v>
+        <x:v>114.45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45925</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>112.85</x:v>
+        <x:v>114.05</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45924</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>113.12</x:v>
+        <x:v>113.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45923</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>113.25</x:v>
+        <x:v>113.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45922</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>113.27</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45919</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>113.06</x:v>
+        <x:v>113.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45918</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>112.98</x:v>
+        <x:v>113.33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45917</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>112.71</x:v>
+        <x:v>113.42</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45916</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>112.7</x:v>
+        <x:v>113.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45915</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>112.89</x:v>
+        <x:v>113.08</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45912</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>112.73</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45911</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>112.84</x:v>
+        <x:v>112.59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45910</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>112.43</x:v>
+        <x:v>113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45909</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>112.27</x:v>
+        <x:v>113.67</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45908</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>112.29</x:v>
+        <x:v>113.56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45905</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>112.13</x:v>
+        <x:v>113.75</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45904</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>111.97</x:v>
+        <x:v>113.74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45903</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>111.58</x:v>
+        <x:v>113.72</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45902</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>111.45</x:v>
+        <x:v>113.58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45901</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>111.77</x:v>
+        <x:v>113.33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45898</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>111.83</x:v>
+        <x:v>113.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45897</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>112.01</x:v>
+        <x:v>112.99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45896</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>111.86</x:v>
+        <x:v>112.85</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45895</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>111.77</x:v>
+        <x:v>113.12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45894</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>111.74</x:v>
+        <x:v>113.25</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45891</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>111.9</x:v>
+        <x:v>113.27</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45890</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>111.59</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45889</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>111.74</x:v>
+        <x:v>112.98</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45888</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>111.76</x:v>
+        <x:v>112.71</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45887</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>111.8</x:v>
+        <x:v>112.7</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45883</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>112.09</x:v>
+        <x:v>112.89</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45882</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>112.13</x:v>
+        <x:v>112.73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45881</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>111.86</x:v>
+        <x:v>112.84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45880</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>111.54</x:v>
+        <x:v>112.43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45877</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>111.54</x:v>
+        <x:v>112.27</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45876</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>111.31</x:v>
+        <x:v>112.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45875</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>111.19</x:v>
+        <x:v>112.13</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45874</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>111.04</x:v>
+        <x:v>111.97</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45873</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>111.13</x:v>
+        <x:v>111.58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45870</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>110.59</x:v>
+        <x:v>111.45</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45869</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>110.97</x:v>
+        <x:v>111.77</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45868</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>111.19</x:v>
+        <x:v>111.83</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45867</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>111.26</x:v>
+        <x:v>112.01</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45866</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>111.19</x:v>
+        <x:v>111.86</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45863</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>111.15</x:v>
+        <x:v>111.77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45862</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>111.06</x:v>
+        <x:v>111.74</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45861</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>110.98</x:v>
+        <x:v>111.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45860</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>110.64</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45859</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>110.62</x:v>
+        <x:v>111.74</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45856</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>110.51</x:v>
+        <x:v>111.76</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45855</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>110.4</x:v>
+        <x:v>111.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45854</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>110.17</x:v>
+        <x:v>112.09</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45853</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>110.12</x:v>
+        <x:v>112.13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45849</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>110.28</x:v>
+        <x:v>111.86</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45848</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>110.57</x:v>
+        <x:v>111.54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45847</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>110.53</x:v>
+        <x:v>111.54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45846</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>110.31</x:v>
+        <x:v>111.31</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45845</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>110.45</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45842</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>110.65</x:v>
+        <x:v>111.04</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45841</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>110.68</x:v>
+        <x:v>111.13</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45840</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>110.36</x:v>
+        <x:v>110.59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45839</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>110.23</x:v>
+        <x:v>110.97</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45838</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>110.18</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45835</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>109.92</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45834</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>109.76</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45833</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>109.55</x:v>
+        <x:v>111.15</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45832</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>109.56</x:v>
+        <x:v>111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45828</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>108.82</x:v>
+        <x:v>110.98</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45827</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>108.86</x:v>
+        <x:v>110.64</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45826</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>108.95</x:v>
+        <x:v>110.62</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45825</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>108.84</x:v>
+        <x:v>110.51</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45824</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>109.04</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45821</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>108.65</x:v>
+        <x:v>110.17</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45820</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>109.18</x:v>
+        <x:v>110.12</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45819</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>109.03</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45818</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>109.03</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45814</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>108.87</x:v>
+        <x:v>110.53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45813</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>108.62</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45812</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>108.67</x:v>
+        <x:v>110.45</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45811</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>108.56</x:v>
+        <x:v>110.65</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45810</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>108.23</x:v>
+        <x:v>110.68</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45807</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>108.2</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45805</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>107.98</x:v>
+        <x:v>110.23</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45804</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>108.19</x:v>
+        <x:v>110.18</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45803</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>107.49</x:v>
+        <x:v>109.92</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45800</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>107.42</x:v>
+        <x:v>109.76</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45799</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>107.6</x:v>
+        <x:v>109.55</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45798</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>107.66</x:v>
+        <x:v>109.56</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45797</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>108.18</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45796</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>108.18</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45793</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>108.09</x:v>
+        <x:v>108.95</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45792</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>107.79</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45791</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>107.59</x:v>
+        <x:v>109.04</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45790</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>107.66</x:v>
+        <x:v>108.65</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45789</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>107.52</x:v>
+        <x:v>109.18</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45784</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>106.65</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45783</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>106.32</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45782</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>106.36</x:v>
+        <x:v>108.87</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45779</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>106.53</x:v>
+        <x:v>108.62</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45777</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>106.17</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45776</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>106.1</x:v>
+        <x:v>108.56</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45775</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>105.98</x:v>
+        <x:v>108.23</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45772</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>105.89</x:v>
+        <x:v>108.2</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45771</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>105.66</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45770</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>105.09</x:v>
+        <x:v>108.19</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45769</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>104.46</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45764</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>104.38</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45763</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>104.27</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45762</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>104.59</x:v>
+        <x:v>107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45761</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>104.33</x:v>
+        <x:v>108.18</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45758</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>103.65</x:v>
+        <x:v>108.18</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45757</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>103.5</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45756</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>103.67</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45755</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>102.18</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45754</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>102.29</x:v>
+        <x:v>107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45751</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>103.02</x:v>
+        <x:v>107.52</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45750</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>104.45</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45749</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>105.78</x:v>
+        <x:v>106.32</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45748</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>105.61</x:v>
+        <x:v>106.36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45747</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>105.37</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45744</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>105.37</x:v>
+        <x:v>106.17</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45743</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>105.75</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45742</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>105.91</x:v>
+        <x:v>105.98</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45741</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>106.16</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45740</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>106.09</x:v>
+        <x:v>105.66</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45737</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>105.84</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45736</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>105.9</x:v>
+        <x:v>104.46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45735</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>105.95</x:v>
+        <x:v>104.38</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45734</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>105.65</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45733</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>105.71</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45730</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>105.35</x:v>
+        <x:v>104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45729</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>104.92</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45728</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>105.3</x:v>
+        <x:v>103.5</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45727</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>105.24</x:v>
+        <x:v>103.67</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45726</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>105.79</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45723</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>106.28</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45722</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>106.1</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45721</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>106.57</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45720</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>106.63</x:v>
+        <x:v>105.78</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45719</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>107</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45716</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>107.28</x:v>
+        <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45715</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>107.06</x:v>
+        <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45714</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>107.34</x:v>
+        <x:v>105.75</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45713</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>107.23</x:v>
+        <x:v>105.91</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45712</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>107.08</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45709</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>107.16</x:v>
+        <x:v>106.09</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45708</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>107.4</x:v>
+        <x:v>105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45707</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>107.51</x:v>
+        <x:v>105.9</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45706</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>107.51</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45705</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>107.45</x:v>
+        <x:v>105.65</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45702</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>107.45</x:v>
+        <x:v>105.71</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45701</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>107.38</x:v>
+        <x:v>105.35</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45700</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>106.92</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45699</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>107.21</x:v>
+        <x:v>105.3</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45698</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>107.28</x:v>
+        <x:v>105.24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45695</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>107.1</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45694</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>107.34</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45693</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>107.3</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45692</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>106.93</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45691</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>106.67</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45688</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45687</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>106.98</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45686</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>106.67</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45685</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>106.64</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45684</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>106.52</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45681</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45680</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>106.79</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45679</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>106.65</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45678</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>106.52</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45677</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>106.14</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45674</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>106.09</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45673</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>105.81</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45672</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>105.59</x:v>
+        <x:v>107.38</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45671</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>104.89</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45670</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>104.77</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45667</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>104.95</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45666</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>105.58</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45665</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>105.59</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45664</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>105.74</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45663</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>105.93</x:v>
+        <x:v>106.93</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45660</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>105.83</x:v>
+        <x:v>106.67</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45659</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>105.58</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45657</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>105.53</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45656</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>105.61</x:v>
+        <x:v>106.67</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45653</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>105.73</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45650</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45649</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>105.72</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45646</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>105.63</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45645</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>105.42</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45644</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>105.9</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45643</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>106.66</x:v>
+        <x:v>106.14</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45642</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>106.87</x:v>
+        <x:v>106.09</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45639</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>106.96</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45638</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>106.96</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45637</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>107.2</x:v>
+        <x:v>104.89</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45636</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>107.07</x:v>
+        <x:v>104.77</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45635</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>107.26</x:v>
+        <x:v>104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45632</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>107.34</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45631</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>107.21</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45630</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>107.16</x:v>
+        <x:v>105.74</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45629</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>107.02</x:v>
+        <x:v>105.93</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45628</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>106.95</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45625</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>106.84</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45624</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>106.62</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45623</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>106.57</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45622</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>106.59</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45621</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>106.58</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45618</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>106.23</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45617</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>106.07</x:v>
+        <x:v>105.63</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45616</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>105.72</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45615</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>105.76</x:v>
+        <x:v>105.9</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45614</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>105.59</x:v>
+        <x:v>106.66</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45611</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>105.52</x:v>
+        <x:v>106.87</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45610</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45609</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>106</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45608</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>106.13</x:v>
+        <x:v>107.2</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45604</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>106.41</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45603</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>106.28</x:v>
+        <x:v>107.26</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45602</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>105.83</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45601</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>105.44</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45600</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>105.22</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45596</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>105.23</x:v>
+        <x:v>107.02</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45595</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>105.78</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45594</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>106.01</x:v>
+        <x:v>106.84</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45593</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>106.02</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45590</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>105.95</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45589</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>106.08</x:v>
+        <x:v>106.59</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45588</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>106.05</x:v>
+        <x:v>106.58</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45587</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>106.38</x:v>
+        <x:v>106.23</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45586</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>106.57</x:v>
+        <x:v>106.07</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45583</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>107.04</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45582</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>106.9</x:v>
+        <x:v>105.76</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45581</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>106.98</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45580</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>106.83</x:v>
+        <x:v>105.52</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45579</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>106.9</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45576</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>106.59</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45575</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>106.47</x:v>
+        <x:v>106.13</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45574</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>106.65</x:v>
+        <x:v>106.41</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45573</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45572</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>106.52</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45569</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>106.77</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45568</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>106.82</x:v>
+        <x:v>105.22</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45567</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>106.9</x:v>
+        <x:v>105.23</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45566</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>106.94</x:v>
+        <x:v>105.78</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45565</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>107</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45562</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>106.97</x:v>
+        <x:v>106.02</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45561</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>106.92</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45560</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>106.6</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45559</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>106.78</x:v>
+        <x:v>106.05</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45558</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>106.62</x:v>
+        <x:v>106.38</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45555</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>106.61</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45554</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>106.79</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45553</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>106.44</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45552</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45551</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>106.45</x:v>
+        <x:v>106.83</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45548</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>106.3</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45547</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.59</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45546</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45545</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>105.67</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45544</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>105.61</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45541</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>105.33</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45540</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>105.58</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45539</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>105.63</x:v>
+        <x:v>106.82</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45538</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>105.67</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45537</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>106.1</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45534</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>106.11</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45533</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>105.84</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45532</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>105.89</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45531</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>105.95</x:v>
+        <x:v>106.6</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45530</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>105.89</x:v>
+        <x:v>106.78</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45527</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>105.96</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45526</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>105.44</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45525</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>105.76</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45524</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>105.55</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45523</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>105.54</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45520</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>105.25</x:v>
+        <x:v>106.45</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45518</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>104.66</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45517</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>104.34</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45516</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>103.77</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45513</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>103.75</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45512</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>103.5</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45511</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>102.99</x:v>
+        <x:v>105.33</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45510</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>103.01</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45509</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>102.73</x:v>
+        <x:v>105.63</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45506</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>103.91</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45505</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>104.4</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45504</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>104.84</x:v>
+        <x:v>106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45503</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>104.27</x:v>
+        <x:v>105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45502</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>104.3</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45499</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>104.2</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45498</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>103.76</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45497</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>103.84</x:v>
+        <x:v>105.96</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45496</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45495</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>104.49</x:v>
+        <x:v>105.76</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45492</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>104.21</x:v>
+        <x:v>105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45491</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>104.59</x:v>
+        <x:v>105.54</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45490</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>104.82</x:v>
+        <x:v>105.25</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45489</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>105.2</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45488</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>104.82</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45485</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>104.71</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45484</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>104.45</x:v>
+        <x:v>103.75</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45483</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>104.29</x:v>
+        <x:v>103.5</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45482</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>103.89</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45481</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>103.92</x:v>
+        <x:v>103.01</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45478</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>103.74</x:v>
+        <x:v>102.73</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45477</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>103.56</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45476</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>103.51</x:v>
+        <x:v>104.4</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45475</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>103.09</x:v>
+        <x:v>104.84</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45474</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>102.97</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45471</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>103.22</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45470</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>103.35</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45469</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>103.4</x:v>
+        <x:v>103.76</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45468</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>103.59</x:v>
+        <x:v>103.84</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45467</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>103.45</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45464</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>103.54</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45463</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>103.59</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45462</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>103.74</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45461</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>103.7</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45460</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>103.25</x:v>
+        <x:v>105.2</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45457</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>103.26</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45456</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>103.41</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45455</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>103.36</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45454</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>102.89</x:v>
+        <x:v>104.29</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45453</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>102.97</x:v>
+        <x:v>103.89</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45450</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>102.99</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45449</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>103.3</x:v>
+        <x:v>103.74</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45448</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>103.34</x:v>
+        <x:v>103.56</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45447</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>103.02</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45446</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>102.99</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45443</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>102.71</x:v>
+        <x:v>102.97</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45442</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>102.38</x:v>
+        <x:v>103.22</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45441</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>102.24</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45440</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>102.67</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45439</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>102.82</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45436</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>102.75</x:v>
+        <x:v>103.45</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45435</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>102.61</x:v>
+        <x:v>103.54</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45434</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>102.88</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45433</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>103.05</x:v>
+        <x:v>103.74</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45429</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>102.91</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45428</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>103.04</x:v>
+        <x:v>103.25</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45427</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>103.04</x:v>
+        <x:v>103.26</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45426</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>102.41</x:v>
+        <x:v>103.41</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45425</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>102.33</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45422</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>102.25</x:v>
+        <x:v>102.89</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45419</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>101.99</x:v>
+        <x:v>102.97</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45418</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>101.81</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45415</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>101.47</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45414</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>100.91</x:v>
+        <x:v>103.34</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45412</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>100.53</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45411</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>101.06</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45408</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>100.78</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45407</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>100.32</x:v>
+        <x:v>102.38</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45406</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>100.69</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45405</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>100.82</x:v>
+        <x:v>102.67</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45404</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>100.48</x:v>
+        <x:v>102.82</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45401</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>100.14</x:v>
+        <x:v>102.75</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45400</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>100.14</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45399</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>100.22</x:v>
+        <x:v>102.88</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45398</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>100.16</x:v>
+        <x:v>103.05</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45397</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>100.68</x:v>
+        <x:v>102.91</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45394</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>101.23</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45393</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>101.55</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45392</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>101.66</x:v>
+        <x:v>102.41</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45391</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>102.3</x:v>
+        <x:v>102.33</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45390</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>102.05</x:v>
+        <x:v>102.25</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45387</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>102.07</x:v>
+        <x:v>101.99</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45386</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>102</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45385</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>102.03</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45384</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>101.9</x:v>
+        <x:v>100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45379</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>102.52</x:v>
+        <x:v>100.53</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45378</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>102.55</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45377</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>102.14</x:v>
+        <x:v>100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45376</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>102.14</x:v>
+        <x:v>100.32</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45373</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>102.36</x:v>
+        <x:v>100.69</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45372</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>102.34</x:v>
+        <x:v>100.82</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45371</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>101.85</x:v>
+        <x:v>100.48</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45370</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>101.53</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45369</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>101.38</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45366</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>101.34</x:v>
+        <x:v>100.22</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45365</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>101.48</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45364</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>101.78</x:v>
+        <x:v>100.68</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45363</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>101.78</x:v>
+        <x:v>101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45362</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>101.58</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45359</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>101.63</x:v>
+        <x:v>101.66</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45358</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>101.65</x:v>
+        <x:v>102.3</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45357</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>101.36</x:v>
+        <x:v>102.05</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45356</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>101.06</x:v>
+        <x:v>102.07</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45355</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>101.08</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45352</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>101.13</x:v>
+        <x:v>102.03</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45351</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>100.64</x:v>
+        <x:v>101.9</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45350</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>100.42</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45349</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>100.47</x:v>
+        <x:v>102.55</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45348</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>100.52</x:v>
+        <x:v>102.14</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45345</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>100.58</x:v>
+        <x:v>102.14</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45344</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>100.33</x:v>
+        <x:v>102.36</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45343</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>99.87</x:v>
+        <x:v>102.34</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45342</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>99.9</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45341</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>99.97</x:v>
+        <x:v>101.53</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45338</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>99.96</x:v>
+        <x:v>101.38</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45337</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>100.03</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45336</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>99.63</x:v>
+        <x:v>101.48</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45335</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>99.39</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45334</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>99.94</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45331</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>99.8</x:v>
+        <x:v>101.58</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45330</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>99.67</x:v>
+        <x:v>101.63</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45329</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>99.69</x:v>
+        <x:v>101.65</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45328</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>99.59</x:v>
+        <x:v>101.36</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45327</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>99.35</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45324</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>99.7</x:v>
+        <x:v>101.08</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45323</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>99.83</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45322</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>99.73</x:v>
+        <x:v>100.64</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45321</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>99.87</x:v>
+        <x:v>100.42</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45320</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>99.78</x:v>
+        <x:v>100.47</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45317</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>99.53</x:v>
+        <x:v>100.52</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45316</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>99.45</x:v>
+        <x:v>100.58</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45315</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>99.1</x:v>
+        <x:v>100.33</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45314</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>99.11</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45313</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>99.25</x:v>
+        <x:v>99.9</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45310</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>99.1</x:v>
+        <x:v>99.97</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45309</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>98.86</x:v>
+        <x:v>99.96</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45308</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>98.63</x:v>
+        <x:v>100.03</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45307</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>99.03</x:v>
+        <x:v>99.63</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45306</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>99.3</x:v>
+        <x:v>99.39</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45303</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>99.35</x:v>
+        <x:v>99.94</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45302</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>99.12</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45301</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>98.97</x:v>
+        <x:v>99.67</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45300</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>98.75</x:v>
+        <x:v>99.69</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45299</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>98.8</x:v>
+        <x:v>99.59</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45296</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>98.57</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45295</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>98.66</x:v>
+        <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45294</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>98.93</x:v>
+        <x:v>99.83</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45293</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>99.38</x:v>
+        <x:v>99.73</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45289</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>99.66</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45288</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>99.68</x:v>
+        <x:v>99.78</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45287</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>99.7</x:v>
+        <x:v>99.53</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45282</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>99.54</x:v>
+        <x:v>99.45</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45281</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>99.5</x:v>
+        <x:v>99.1</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45280</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>99.35</x:v>
+        <x:v>99.11</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45279</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>99.46</x:v>
+        <x:v>99.25</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45278</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>99.26</x:v>
+        <x:v>99.1</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45275</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>99.27</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45274</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>99.16</x:v>
+        <x:v>98.63</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45273</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>98.36</x:v>
+        <x:v>99.03</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45272</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>97.85</x:v>
+        <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45271</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>97.76</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45268</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>97.49</x:v>
+        <x:v>99.12</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45267</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>97.54</x:v>
+        <x:v>98.97</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45266</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>97.42</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45265</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>97.16</x:v>
+        <x:v>98.8</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45264</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>96.94</x:v>
+        <x:v>98.57</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45261</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>96.89</x:v>
+        <x:v>98.66</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45260</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>96.36</x:v>
+        <x:v>98.93</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45259</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>96.16</x:v>
+        <x:v>99.38</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45258</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>95.79</x:v>
+        <x:v>99.66</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45257</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>95.73</x:v>
+        <x:v>99.68</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45254</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>95.67</x:v>
+        <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45253</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>95.64</x:v>
+        <x:v>99.54</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45252</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>95.6</x:v>
+        <x:v>99.5</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45251</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>95.41</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45250</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>95.37</x:v>
+        <x:v>99.46</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45247</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>95.12</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45246</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>95</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45245</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>94.91</x:v>
+        <x:v>99.16</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45244</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>94.81</x:v>
+        <x:v>98.36</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45243</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>94.02</x:v>
+        <x:v>97.85</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45240</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>94.14</x:v>
+        <x:v>97.76</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45239</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>93.9</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45238</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>94.12</x:v>
+        <x:v>97.54</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45237</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>94.05</x:v>
+        <x:v>97.42</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45236</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>94.08</x:v>
+        <x:v>97.16</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45233</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>94.29</x:v>
+        <x:v>96.94</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45232</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>93.82</x:v>
+        <x:v>96.89</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45230</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>92.47</x:v>
+        <x:v>96.36</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45229</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>92.19</x:v>
+        <x:v>96.16</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45226</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>92.02</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45225</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>92.21</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45224</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>92.36</x:v>
+        <x:v>95.67</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45223</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>92.61</x:v>
+        <x:v>95.64</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45222</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>92.24</x:v>
+        <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45219</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>92.2</x:v>
+        <x:v>95.41</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45218</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>92.45</x:v>
+        <x:v>95.37</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45217</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>92.98</x:v>
+        <x:v>95.12</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45216</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>93.41</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45215</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>93.62</x:v>
+        <x:v>94.91</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45212</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>93.62</x:v>
+        <x:v>94.81</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45211</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>93.8</x:v>
+        <x:v>94.02</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45210</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>93.85</x:v>
+        <x:v>94.14</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45209</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>93.38</x:v>
+        <x:v>93.9</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45208</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>92.81</x:v>
+        <x:v>94.12</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45205</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>92.66</x:v>
+        <x:v>94.05</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45204</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>92.64</x:v>
+        <x:v>94.08</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45203</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>92.62</x:v>
+        <x:v>94.29</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45202</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>92.63</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45201</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>93.35</x:v>
+        <x:v>92.47</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45198</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>93.72</x:v>
+        <x:v>92.19</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45197</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>93.63</x:v>
+        <x:v>92.02</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45196</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>93.62</x:v>
+        <x:v>92.21</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45195</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>93.82</x:v>
+        <x:v>92.36</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45194</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>94.21</x:v>
+        <x:v>92.61</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45191</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>94.46</x:v>
+        <x:v>92.24</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45190</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>94.37</x:v>
+        <x:v>92.2</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45189</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>94.98</x:v>
+        <x:v>92.45</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45188</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>94.96</x:v>
+        <x:v>92.98</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45187</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>95.05</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45184</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>95.04</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45183</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>95.32</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45182</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>95.05</x:v>
+        <x:v>93.8</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45181</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>95.02</x:v>
+        <x:v>93.85</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45180</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>95.15</x:v>
+        <x:v>93.38</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45177</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>95.2</x:v>
+        <x:v>92.81</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45176</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>95.11</x:v>
+        <x:v>92.66</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45175</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>95.07</x:v>
+        <x:v>92.64</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45174</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>95.33</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45173</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>95.68</x:v>
+        <x:v>92.63</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45170</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>95.69</x:v>
+        <x:v>93.35</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45169</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>95.8</x:v>
+        <x:v>93.72</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45168</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>95.79</x:v>
+        <x:v>93.63</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45167</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>95.65</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45166</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>95.13</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45163</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>94.92</x:v>
+        <x:v>94.21</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45162</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>94.9</x:v>
+        <x:v>94.46</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45161</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>95.08</x:v>
+        <x:v>94.37</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45160</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>94.55</x:v>
+        <x:v>94.98</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45159</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>94.5</x:v>
+        <x:v>94.96</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45156</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>94.51</x:v>
+        <x:v>95.05</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45155</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>94.54</x:v>
+        <x:v>95.04</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45154</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>94.9</x:v>
+        <x:v>95.32</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45152</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>95.55</x:v>
+        <x:v>95.05</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45149</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>95.57</x:v>
+        <x:v>95.02</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45148</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>95.77</x:v>
+        <x:v>95.15</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45147</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>95.75</x:v>
+        <x:v>95.2</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45146</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>95.76</x:v>
+        <x:v>95.11</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45145</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>95.77</x:v>
+        <x:v>95.07</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45142</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>95.64</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45141</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>95.5</x:v>
+        <x:v>95.68</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45140</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>95.83</x:v>
+        <x:v>95.69</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45139</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>96.49</x:v>
+        <x:v>95.8</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45138</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>96.66</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45135</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>96.62</x:v>
+        <x:v>95.65</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45134</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>96.34</x:v>
+        <x:v>95.13</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45133</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>96.27</x:v>
+        <x:v>94.92</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45132</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>96.3</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45131</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>96.15</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45128</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>96.2</x:v>
+        <x:v>94.55</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45127</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>96.1</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45126</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>96.37</x:v>
+        <x:v>94.51</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45125</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>96.24</x:v>
+        <x:v>94.54</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45124</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>96.02</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45120</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>96.01</x:v>
+        <x:v>95.55</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45119</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>95.43</x:v>
+        <x:v>95.57</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45118</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>94.94</x:v>
+        <x:v>95.77</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45117</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>94.74</x:v>
+        <x:v>95.75</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45114</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>94.6</x:v>
+        <x:v>95.76</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45113</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>94.97</x:v>
+        <x:v>95.77</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45112</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>95.51</x:v>
+        <x:v>95.64</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45111</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>95.78</x:v>
+        <x:v>95.5</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45110</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>95.79</x:v>
+        <x:v>95.83</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45107</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>95.67</x:v>
+        <x:v>96.49</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45106</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>95.37</x:v>
+        <x:v>96.66</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45105</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>95.43</x:v>
+        <x:v>96.62</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45104</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>95.43</x:v>
+        <x:v>96.34</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45103</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>95.23</x:v>
+        <x:v>96.27</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45099</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>95.38</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45098</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>95.49</x:v>
+        <x:v>96.15</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45097</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>95.6</x:v>
+        <x:v>96.2</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45096</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>95.81</x:v>
+        <x:v>96.1</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45093</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>95.86</x:v>
+        <x:v>96.37</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45092</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>95.89</x:v>
+        <x:v>96.24</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45091</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>95.7</x:v>
+        <x:v>96.02</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45090</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>95.56</x:v>
+        <x:v>96.01</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45089</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>95.33</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45086</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>95.03</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45085</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>94.9</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45084</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>94.64</x:v>
+        <x:v>94.6</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45083</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>94.59</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45082</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>94.43</x:v>
+        <x:v>95.51</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45079</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>94.49</x:v>
+        <x:v>95.78</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45078</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>93.96</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45077</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>93.82</x:v>
+        <x:v>95.67</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45076</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>94.04</x:v>
+        <x:v>95.37</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45072</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>93.75</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45071</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>93.41</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45070</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>93.41</x:v>
+        <x:v>95.23</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45069</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>93.82</x:v>
+        <x:v>95.38</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45068</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>93.99</x:v>
+        <x:v>95.49</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45065</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>93.95</x:v>
+        <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45063</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>93.89</x:v>
+        <x:v>95.81</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45062</x:v>
+        <x:v>45093</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>93.88</x:v>
+        <x:v>95.86</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45061</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>94.13</x:v>
+        <x:v>95.89</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45058</x:v>
+        <x:v>45091</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>94.15</x:v>
+        <x:v>95.7</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45057</x:v>
+        <x:v>45090</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>94.22</x:v>
+        <x:v>95.56</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45056</x:v>
+        <x:v>45089</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>94.14</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45051</x:v>
+        <x:v>45086</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>94.37</x:v>
+        <x:v>95.03</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45050</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>93.96</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45049</x:v>
+        <x:v>45084</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>94.23</x:v>
+        <x:v>94.64</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45048</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>94.49</x:v>
+        <x:v>94.59</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45044</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>94.74</x:v>
+        <x:v>94.43</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45043</x:v>
+        <x:v>45079</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>94.31</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45042</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>94.25</x:v>
+        <x:v>93.96</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45041</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>94.48</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45040</x:v>
+        <x:v>45076</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>94.5</x:v>
+        <x:v>94.04</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45037</x:v>
+        <x:v>45072</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>94.44</x:v>
+        <x:v>93.75</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45036</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>94.49</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45035</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>94.53</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45034</x:v>
+        <x:v>45069</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>94.76</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45033</x:v>
+        <x:v>45068</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>94.73</x:v>
+        <x:v>93.99</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45030</x:v>
+        <x:v>45065</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>94.79</x:v>
+        <x:v>93.95</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45029</x:v>
+        <x:v>45063</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>94.81</x:v>
+        <x:v>93.89</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45028</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>94.67</x:v>
+        <x:v>93.88</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45027</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>94.63</x:v>
+        <x:v>94.13</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45022</x:v>
+        <x:v>45058</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>94.67</x:v>
+        <x:v>94.15</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45021</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>94.78</x:v>
+        <x:v>94.22</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45020</x:v>
+        <x:v>45056</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>94.94</x:v>
+        <x:v>94.14</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45019</x:v>
+        <x:v>45051</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>95.08</x:v>
+        <x:v>94.37</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45016</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>94.76</x:v>
+        <x:v>93.96</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45015</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>94.3</x:v>
+        <x:v>94.23</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45014</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>93.94</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45013</x:v>
+        <x:v>45044</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>93.58</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45012</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>93.58</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45009</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>93.68</x:v>
+        <x:v>94.25</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45008</x:v>
+        <x:v>45041</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>93.78</x:v>
+        <x:v>94.48</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45007</x:v>
+        <x:v>45040</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>93.68</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45006</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>93.63</x:v>
+        <x:v>94.44</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45005</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>93.11</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45002</x:v>
+        <x:v>45035</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>93.36</x:v>
+        <x:v>94.53</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45001</x:v>
+        <x:v>45034</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>93.56</x:v>
+        <x:v>94.76</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45000</x:v>
+        <x:v>45033</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>93.59</x:v>
+        <x:v>94.73</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>44999</x:v>
+        <x:v>45030</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>94.07</x:v>
+        <x:v>94.79</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>44998</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>94.07</x:v>
+        <x:v>94.81</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>44995</x:v>
+        <x:v>45028</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>94.64</x:v>
+        <x:v>94.67</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>44994</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>94.86</x:v>
+        <x:v>94.63</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>44993</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>95.29</x:v>
+        <x:v>94.67</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>44992</x:v>
+        <x:v>45021</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>95.46</x:v>
+        <x:v>94.78</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>44991</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>95.73</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>44988</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>95.4</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>44987</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>94.88</x:v>
+        <x:v>94.76</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>44986</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>95.03</x:v>
+        <x:v>94.3</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>44985</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>95.25</x:v>
+        <x:v>93.94</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>44984</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>95.47</x:v>
+        <x:v>93.58</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>44981</x:v>
+        <x:v>45012</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>95.42</x:v>
+        <x:v>93.58</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>44980</x:v>
+        <x:v>45009</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>95.68</x:v>
+        <x:v>93.68</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>44979</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>95.36</x:v>
+        <x:v>93.78</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>44978</x:v>
+        <x:v>45007</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>95.43</x:v>
+        <x:v>93.68</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>44977</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>96.37</x:v>
+        <x:v>93.63</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>44974</x:v>
+        <x:v>45005</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>96.34</x:v>
+        <x:v>93.11</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>44973</x:v>
+        <x:v>45002</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>96.64</x:v>
+        <x:v>93.36</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>44972</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>96.91</x:v>
+        <x:v>93.56</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>44971</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>97.08</x:v>
+        <x:v>93.59</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>44970</x:v>
+        <x:v>44999</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>97.25</x:v>
+        <x:v>94.07</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>44967</x:v>
+        <x:v>44998</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>96.98</x:v>
+        <x:v>94.07</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>44966</x:v>
+        <x:v>44995</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>97.46</x:v>
+        <x:v>94.64</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>44965</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>97.75</x:v>
+        <x:v>94.86</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>44964</x:v>
+        <x:v>44993</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>98.08</x:v>
+        <x:v>95.29</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>44963</x:v>
+        <x:v>44992</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>98.11</x:v>
+        <x:v>95.46</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>44960</x:v>
+        <x:v>44991</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>98.82</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>44959</x:v>
+        <x:v>44988</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>99.09</x:v>
+        <x:v>95.4</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>44958</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>98.08</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>44957</x:v>
+        <x:v>44986</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>97.52</x:v>
+        <x:v>95.03</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>44956</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>97.29</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>44953</x:v>
+        <x:v>44984</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>97.68</x:v>
+        <x:v>95.47</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>44952</x:v>
+        <x:v>44981</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>97.62</x:v>
+        <x:v>95.42</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>44951</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>97.41</x:v>
+        <x:v>95.68</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>44950</x:v>
+        <x:v>44979</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>97.4</x:v>
+        <x:v>95.36</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>44949</x:v>
+        <x:v>44978</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>97.33</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>44946</x:v>
+        <x:v>44977</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>97.07</x:v>
+        <x:v>96.37</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>44945</x:v>
+        <x:v>44974</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>96.94</x:v>
+        <x:v>96.34</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>44944</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>97.43</x:v>
+        <x:v>96.64</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>44943</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>97.17</x:v>
+        <x:v>96.91</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>44942</x:v>
+        <x:v>44971</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>97.18</x:v>
+        <x:v>97.08</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>44939</x:v>
+        <x:v>44970</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>97.18</x:v>
+        <x:v>97.25</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>44938</x:v>
+        <x:v>44967</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>97.04</x:v>
+        <x:v>96.98</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>44937</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>96.58</x:v>
+        <x:v>97.46</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>44936</x:v>
+        <x:v>44965</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>96.03</x:v>
+        <x:v>97.75</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>44935</x:v>
+        <x:v>44964</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>96.19</x:v>
+        <x:v>98.08</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>44932</x:v>
+        <x:v>44963</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>95.99</x:v>
+        <x:v>98.11</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>44931</x:v>
+        <x:v>44960</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>95.08</x:v>
+        <x:v>98.82</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>44930</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>95.25</x:v>
+        <x:v>99.09</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>44929</x:v>
+        <x:v>44958</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>94.88</x:v>
+        <x:v>98.08</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>44928</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>94.75</x:v>
+        <x:v>97.52</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>44925</x:v>
+        <x:v>44956</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>94.74</x:v>
+        <x:v>97.29</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
-        <x:v>44924</x:v>
+        <x:v>44953</x:v>
       </x:c>
       <x:c r="B687" s="3">
-        <x:v>94.82</x:v>
+        <x:v>97.68</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:2">
       <x:c r="A688" s="2">
-        <x:v>44923</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="B688" s="3">
-        <x:v>94.61</x:v>
+        <x:v>97.62</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:2">
       <x:c r="A689" s="2">
-        <x:v>44922</x:v>
+        <x:v>44951</x:v>
       </x:c>
       <x:c r="B689" s="3">
-        <x:v>94.9</x:v>
+        <x:v>97.41</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:2">
       <x:c r="A690" s="2">
-        <x:v>44918</x:v>
+        <x:v>44950</x:v>
       </x:c>
       <x:c r="B690" s="3">
-        <x:v>94.97</x:v>
+        <x:v>97.4</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:2">
       <x:c r="A691" s="2">
-        <x:v>44917</x:v>
+        <x:v>44949</x:v>
       </x:c>
       <x:c r="B691" s="3">
-        <x:v>94.93</x:v>
+        <x:v>97.33</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:2">
       <x:c r="A692" s="2">
-        <x:v>44916</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B692" s="3">
-        <x:v>95</x:v>
+        <x:v>97.07</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:2">
       <x:c r="A693" s="2">
-        <x:v>44915</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="B693" s="3">
-        <x:v>94.66</x:v>
+        <x:v>96.94</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:2">
       <x:c r="A694" s="2">
-        <x:v>44914</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="B694" s="3">
-        <x:v>94.87</x:v>
+        <x:v>97.43</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:2">
       <x:c r="A695" s="2">
-        <x:v>44911</x:v>
+        <x:v>44943</x:v>
       </x:c>
       <x:c r="B695" s="3">
-        <x:v>95.26</x:v>
+        <x:v>97.17</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:2">
       <x:c r="A696" s="2">
-        <x:v>44910</x:v>
+        <x:v>44942</x:v>
       </x:c>
       <x:c r="B696" s="3">
-        <x:v>95.85</x:v>
+        <x:v>97.18</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:2">
       <x:c r="A697" s="2">
-        <x:v>44909</x:v>
+        <x:v>44939</x:v>
       </x:c>
       <x:c r="B697" s="3">
-        <x:v>96.33</x:v>
+        <x:v>97.18</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:2">
       <x:c r="A698" s="2">
-        <x:v>44908</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="B698" s="3">
-        <x:v>96.23</x:v>
+        <x:v>97.04</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:2">
       <x:c r="A699" s="2">
-        <x:v>44907</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="B699" s="3">
-        <x:v>95.63</x:v>
+        <x:v>96.58</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:2">
       <x:c r="A700" s="2">
-        <x:v>44904</x:v>
+        <x:v>44936</x:v>
       </x:c>
       <x:c r="B700" s="3">
-        <x:v>95.5</x:v>
+        <x:v>96.03</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:2">
       <x:c r="A701" s="2">
-        <x:v>44903</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="B701" s="3">
-        <x:v>95.47</x:v>
+        <x:v>96.19</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:2">
       <x:c r="A702" s="2">
-        <x:v>44902</x:v>
+        <x:v>44932</x:v>
       </x:c>
       <x:c r="B702" s="3">
-        <x:v>95.33</x:v>
+        <x:v>95.99</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:2">
       <x:c r="A703" s="2">
-        <x:v>44901</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="B703" s="3">
-        <x:v>95.41</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:2">
       <x:c r="A704" s="2">
-        <x:v>44900</x:v>
+        <x:v>44930</x:v>
       </x:c>
       <x:c r="B704" s="3">
-        <x:v>95.78</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:2">
       <x:c r="A705" s="2">
-        <x:v>44897</x:v>
+        <x:v>44929</x:v>
       </x:c>
       <x:c r="B705" s="3">
-        <x:v>95.53</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:2">
       <x:c r="A706" s="2">
-        <x:v>44896</x:v>
+        <x:v>44928</x:v>
       </x:c>
       <x:c r="B706" s="3">
-        <x:v>95.32</x:v>
+        <x:v>94.75</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:2">
       <x:c r="A707" s="2">
-        <x:v>44895</x:v>
+        <x:v>44925</x:v>
       </x:c>
       <x:c r="B707" s="3">
-        <x:v>94.88</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:2">
       <x:c r="A708" s="2">
-        <x:v>44894</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="B708" s="3">
-        <x:v>94.53</x:v>
+        <x:v>94.82</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:2">
       <x:c r="A709" s="2">
-        <x:v>44893</x:v>
+        <x:v>44923</x:v>
       </x:c>
       <x:c r="B709" s="3">
-        <x:v>94.27</x:v>
+        <x:v>94.61</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:2">
       <x:c r="A710" s="2">
-        <x:v>44890</x:v>
+        <x:v>44922</x:v>
       </x:c>
       <x:c r="B710" s="3">
-        <x:v>94.42</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:2">
       <x:c r="A711" s="2">
-        <x:v>44889</x:v>
+        <x:v>44918</x:v>
       </x:c>
       <x:c r="B711" s="3">
-        <x:v>94.06</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:2">
       <x:c r="A712" s="2">
-        <x:v>44888</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="B712" s="3">
-        <x:v>93.78</x:v>
+        <x:v>94.93</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:2">
       <x:c r="A713" s="2">
-        <x:v>44887</x:v>
+        <x:v>44916</x:v>
       </x:c>
       <x:c r="B713" s="3">
-        <x:v>93.4</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:2">
       <x:c r="A714" s="2">
-        <x:v>44886</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="B714" s="3">
-        <x:v>92.82</x:v>
+        <x:v>94.66</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:2">
       <x:c r="A715" s="2">
-        <x:v>44883</x:v>
+        <x:v>44914</x:v>
       </x:c>
       <x:c r="B715" s="3">
-        <x:v>92.94</x:v>
+        <x:v>94.87</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:2">
       <x:c r="A716" s="2">
-        <x:v>44882</x:v>
+        <x:v>44911</x:v>
       </x:c>
       <x:c r="B716" s="3">
-        <x:v>92.84</x:v>
+        <x:v>95.26</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:2">
       <x:c r="A717" s="2">
-        <x:v>44881</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B717" s="3">
-        <x:v>92.97</x:v>
+        <x:v>95.85</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:2">
       <x:c r="A718" s="2">
-        <x:v>44880</x:v>
+        <x:v>44909</x:v>
       </x:c>
       <x:c r="B718" s="3">
-        <x:v>93.15</x:v>
+        <x:v>96.33</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:2">
       <x:c r="A719" s="2">
-        <x:v>44879</x:v>
+        <x:v>44908</x:v>
       </x:c>
       <x:c r="B719" s="3">
-        <x:v>92.77</x:v>
+        <x:v>96.23</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:2">
       <x:c r="A720" s="2">
-        <x:v>44875</x:v>
+        <x:v>44907</x:v>
       </x:c>
       <x:c r="B720" s="3">
-        <x:v>91.49</x:v>
+        <x:v>95.63</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:2">
       <x:c r="A721" s="2">
-        <x:v>44874</x:v>
+        <x:v>44904</x:v>
       </x:c>
       <x:c r="B721" s="3">
-        <x:v>90.1</x:v>
+        <x:v>95.5</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:2">
       <x:c r="A722" s="2">
-        <x:v>44873</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="B722" s="3">
-        <x:v>90.26</x:v>
+        <x:v>95.47</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:2">
       <x:c r="A723" s="2">
-        <x:v>44872</x:v>
+        <x:v>44902</x:v>
       </x:c>
       <x:c r="B723" s="3">
-        <x:v>90.14</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:2">
       <x:c r="A724" s="2">
-        <x:v>44869</x:v>
+        <x:v>44901</x:v>
       </x:c>
       <x:c r="B724" s="3">
-        <x:v>89.62</x:v>
+        <x:v>95.41</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:2">
       <x:c r="A725" s="2">
-        <x:v>44868</x:v>
+        <x:v>44900</x:v>
       </x:c>
       <x:c r="B725" s="3">
-        <x:v>89.21</x:v>
+        <x:v>95.78</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:2">
       <x:c r="A726" s="2">
-        <x:v>44867</x:v>
+        <x:v>44897</x:v>
       </x:c>
       <x:c r="B726" s="3">
-        <x:v>89.84</x:v>
+        <x:v>95.53</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:2">
       <x:c r="A727" s="2">
-        <x:v>44865</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="B727" s="3">
-        <x:v>89.91</x:v>
+        <x:v>95.32</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:2">
       <x:c r="A728" s="2">
-        <x:v>44862</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B728" s="3">
-        <x:v>90.12</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:2">
       <x:c r="A729" s="2">
-        <x:v>44861</x:v>
+        <x:v>44894</x:v>
       </x:c>
       <x:c r="B729" s="3">
-        <x:v>89.72</x:v>
+        <x:v>94.53</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:2">
       <x:c r="A730" s="2">
-        <x:v>44860</x:v>
+        <x:v>44893</x:v>
       </x:c>
       <x:c r="B730" s="3">
-        <x:v>89.58</x:v>
+        <x:v>94.27</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:2">
       <x:c r="A731" s="2">
-        <x:v>44859</x:v>
+        <x:v>44890</x:v>
       </x:c>
       <x:c r="B731" s="3">
-        <x:v>89.37</x:v>
+        <x:v>94.42</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:2">
       <x:c r="A732" s="2">
-        <x:v>44858</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="B732" s="3">
-        <x:v>88.77</x:v>
+        <x:v>94.06</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:2">
       <x:c r="A733" s="2">
-        <x:v>44855</x:v>
+        <x:v>44888</x:v>
       </x:c>
       <x:c r="B733" s="3">
-        <x:v>88.45</x:v>
+        <x:v>93.78</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:2">
       <x:c r="A734" s="2">
-        <x:v>44854</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="B734" s="3">
-        <x:v>88.35</x:v>
+        <x:v>93.4</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:2">
       <x:c r="A735" s="2">
-        <x:v>44853</x:v>
+        <x:v>44886</x:v>
       </x:c>
       <x:c r="B735" s="3">
-        <x:v>88.54</x:v>
+        <x:v>92.82</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:2">
       <x:c r="A736" s="2">
-        <x:v>44852</x:v>
+        <x:v>44883</x:v>
       </x:c>
       <x:c r="B736" s="3">
-        <x:v>88.96</x:v>
+        <x:v>92.94</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:2">
       <x:c r="A737" s="2">
-        <x:v>44851</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="B737" s="3">
-        <x:v>88.63</x:v>
+        <x:v>92.84</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:2">
       <x:c r="A738" s="2">
-        <x:v>44848</x:v>
+        <x:v>44881</x:v>
       </x:c>
       <x:c r="B738" s="3">
-        <x:v>88.24</x:v>
+        <x:v>92.97</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:2">
       <x:c r="A739" s="2">
-        <x:v>44847</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B739" s="3">
-        <x:v>88.4</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:2">
       <x:c r="A740" s="2">
-        <x:v>44846</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="B740" s="3">
-        <x:v>88.24</x:v>
+        <x:v>92.77</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:2">
       <x:c r="A741" s="2">
-        <x:v>44845</x:v>
+        <x:v>44875</x:v>
       </x:c>
       <x:c r="B741" s="3">
-        <x:v>88.44</x:v>
+        <x:v>91.49</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:2">
       <x:c r="A742" s="2">
-        <x:v>44844</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="B742" s="3">
-        <x:v>89</x:v>
+        <x:v>90.1</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:2">
       <x:c r="A743" s="2">
-        <x:v>44841</x:v>
+        <x:v>44873</x:v>
       </x:c>
       <x:c r="B743" s="3">
-        <x:v>89.21</x:v>
+        <x:v>90.26</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:2">
       <x:c r="A744" s="2">
-        <x:v>44840</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="B744" s="3">
-        <x:v>89.85</x:v>
+        <x:v>90.14</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:2">
       <x:c r="A745" s="2">
-        <x:v>44839</x:v>
+        <x:v>44869</x:v>
       </x:c>
       <x:c r="B745" s="3">
-        <x:v>90.06</x:v>
+        <x:v>89.62</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:2">
       <x:c r="A746" s="2">
-        <x:v>44838</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="B746" s="3">
-        <x:v>90.26</x:v>
+        <x:v>89.21</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:2">
       <x:c r="A747" s="2">
-        <x:v>44837</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B747" s="3">
-        <x:v>89.1</x:v>
+        <x:v>89.84</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:2">
       <x:c r="A748" s="2">
-        <x:v>44834</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B748" s="3">
-        <x:v>88.46</x:v>
+        <x:v>89.91</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:2">
       <x:c r="A749" s="2">
-        <x:v>44833</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B749" s="3">
-        <x:v>88.49</x:v>
+        <x:v>90.12</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:2">
       <x:c r="A750" s="2">
-        <x:v>44832</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B750" s="3">
-        <x:v>89.04</x:v>
+        <x:v>89.72</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:2">
       <x:c r="A751" s="2">
-        <x:v>44831</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B751" s="3">
-        <x:v>89.01</x:v>
+        <x:v>89.58</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:2">
       <x:c r="A752" s="2">
-        <x:v>44830</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B752" s="3">
-        <x:v>89.44</x:v>
+        <x:v>89.37</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:2">
       <x:c r="A753" s="2">
-        <x:v>44827</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B753" s="3">
-        <x:v>90.45</x:v>
+        <x:v>88.77</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:2">
       <x:c r="A754" s="2">
-        <x:v>44826</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B754" s="3">
-        <x:v>91.37</x:v>
+        <x:v>88.45</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:2">
       <x:c r="A755" s="2">
-        <x:v>44825</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B755" s="3">
-        <x:v>92</x:v>
+        <x:v>88.35</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:2">
       <x:c r="A756" s="2">
-        <x:v>44824</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B756" s="3">
-        <x:v>92.23</x:v>
+        <x:v>88.54</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:2">
       <x:c r="A757" s="2">
-        <x:v>44823</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B757" s="3">
-        <x:v>92.75</x:v>
+        <x:v>88.96</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:2">
       <x:c r="A758" s="2">
-        <x:v>44820</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B758" s="3">
-        <x:v>92.7</x:v>
+        <x:v>88.63</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:2">
       <x:c r="A759" s="2">
-        <x:v>44819</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B759" s="3">
-        <x:v>93.15</x:v>
+        <x:v>88.24</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:2">
       <x:c r="A760" s="2">
-        <x:v>44818</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B760" s="3">
-        <x:v>93.24</x:v>
+        <x:v>88.4</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:2">
       <x:c r="A761" s="2">
-        <x:v>44817</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B761" s="3">
-        <x:v>93.66</x:v>
+        <x:v>88.24</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:2">
       <x:c r="A762" s="2">
-        <x:v>44816</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B762" s="3">
-        <x:v>94.85</x:v>
+        <x:v>88.44</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:2">
       <x:c r="A763" s="2">
-        <x:v>44813</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B763" s="3">
-        <x:v>94.32</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:2">
       <x:c r="A764" s="2">
-        <x:v>44812</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B764" s="3">
-        <x:v>93.62</x:v>
+        <x:v>89.21</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:2">
       <x:c r="A765" s="2">
-        <x:v>44811</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="B765" s="3">
-        <x:v>93.16</x:v>
+        <x:v>89.85</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:2">
       <x:c r="A766" s="2">
-        <x:v>44810</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B766" s="3">
-        <x:v>92.8</x:v>
+        <x:v>90.06</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:2">
       <x:c r="A767" s="2">
-        <x:v>44809</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B767" s="3">
-        <x:v>93.04</x:v>
+        <x:v>90.26</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:2">
       <x:c r="A768" s="2">
-        <x:v>44806</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B768" s="3">
-        <x:v>93.24</x:v>
+        <x:v>89.1</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:2">
       <x:c r="A769" s="2">
-        <x:v>44805</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B769" s="3">
-        <x:v>93.19</x:v>
+        <x:v>88.46</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:2">
       <x:c r="A770" s="2">
-        <x:v>44804</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B770" s="3">
-        <x:v>93.84</x:v>
+        <x:v>88.49</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:2">
       <x:c r="A771" s="2">
-        <x:v>44803</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B771" s="3">
-        <x:v>94.31</x:v>
+        <x:v>89.04</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:2">
       <x:c r="A772" s="2">
-        <x:v>44802</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B772" s="3">
-        <x:v>94.74</x:v>
+        <x:v>89.01</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:2">
       <x:c r="A773" s="2">
-        <x:v>44799</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B773" s="3">
-        <x:v>95.25</x:v>
+        <x:v>89.44</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:2">
       <x:c r="A774" s="2">
-        <x:v>44798</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B774" s="3">
-        <x:v>95.84</x:v>
+        <x:v>90.45</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:2">
       <x:c r="A775" s="2">
-        <x:v>44797</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B775" s="3">
-        <x:v>94.95</x:v>
+        <x:v>91.37</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:2">
       <x:c r="A776" s="2">
-        <x:v>44796</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B776" s="3">
-        <x:v>94.88</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:2">
       <x:c r="A777" s="2">
-        <x:v>44795</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B777" s="3">
-        <x:v>94.78</x:v>
+        <x:v>92.23</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:2">
       <x:c r="A778" s="2">
-        <x:v>44792</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B778" s="3">
-        <x:v>95.7</x:v>
+        <x:v>92.75</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:2">
       <x:c r="A779" s="2">
-        <x:v>44791</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B779" s="3">
-        <x:v>96.17</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:2">
       <x:c r="A780" s="2">
-        <x:v>44790</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B780" s="3">
-        <x:v>96.14</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:2">
       <x:c r="A781" s="2">
-        <x:v>44789</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B781" s="3">
-        <x:v>96.82</x:v>
+        <x:v>93.24</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:2">
       <x:c r="A782" s="2">
-        <x:v>44785</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B782" s="3">
-        <x:v>96.36</x:v>
+        <x:v>93.66</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:2">
       <x:c r="A783" s="2">
-        <x:v>44784</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B783" s="3">
-        <x:v>96.15</x:v>
+        <x:v>94.85</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:2">
       <x:c r="A784" s="2">
-        <x:v>44783</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B784" s="3">
-        <x:v>95.84</x:v>
+        <x:v>94.32</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:2">
       <x:c r="A785" s="2">
-        <x:v>44782</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B785" s="3">
-        <x:v>95.18</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:2">
       <x:c r="A786" s="2">
-        <x:v>44781</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B786" s="3">
-        <x:v>95.59</x:v>
+        <x:v>93.16</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:2">
       <x:c r="A787" s="2">
-        <x:v>44778</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B787" s="3">
-        <x:v>95.43</x:v>
+        <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:2">
       <x:c r="A788" s="2">
-        <x:v>44777</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B788" s="3">
-        <x:v>95.52</x:v>
+        <x:v>93.04</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:2">
       <x:c r="A789" s="2">
-        <x:v>44776</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B789" s="3">
-        <x:v>95.36</x:v>
+        <x:v>93.24</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:2">
       <x:c r="A790" s="2">
-        <x:v>44775</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B790" s="3">
-        <x:v>94.94</x:v>
+        <x:v>93.19</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:2">
       <x:c r="A791" s="2">
-        <x:v>44774</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B791" s="3">
-        <x:v>95.31</x:v>
+        <x:v>93.84</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:2">
       <x:c r="A792" s="2">
-        <x:v>44771</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B792" s="3">
-        <x:v>95.24</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:2">
       <x:c r="A793" s="2">
-        <x:v>44770</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B793" s="3">
-        <x:v>94.59</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:2">
       <x:c r="A794" s="2">
-        <x:v>44769</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B794" s="3">
-        <x:v>94.02</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:2">
       <x:c r="A795" s="2">
-        <x:v>44768</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B795" s="3">
-        <x:v>93.51</x:v>
+        <x:v>95.84</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:2">
       <x:c r="A796" s="2">
-        <x:v>44767</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B796" s="3">
-        <x:v>93.73</x:v>
+        <x:v>94.95</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:2">
       <x:c r="A797" s="2">
-        <x:v>44764</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B797" s="3">
-        <x:v>93.49</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:2">
       <x:c r="A798" s="2">
-        <x:v>44763</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B798" s="3">
-        <x:v>93.25</x:v>
+        <x:v>94.78</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:2">
       <x:c r="A799" s="2">
-        <x:v>44762</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B799" s="3">
-        <x:v>92.99</x:v>
+        <x:v>95.7</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:2">
       <x:c r="A800" s="2">
-        <x:v>44761</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B800" s="3">
-        <x:v>92.36</x:v>
+        <x:v>96.17</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:2">
       <x:c r="A801" s="2">
-        <x:v>44760</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B801" s="3">
-        <x:v>91.53</x:v>
+        <x:v>96.14</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:2">
       <x:c r="A802" s="2">
-        <x:v>44757</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B802" s="3">
-        <x:v>91.3</x:v>
+        <x:v>96.82</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:2">
       <x:c r="A803" s="2">
-        <x:v>44755</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B803" s="3">
-        <x:v>91.32</x:v>
+        <x:v>96.36</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:2">
       <x:c r="A804" s="2">
-        <x:v>44754</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B804" s="3">
-        <x:v>91.58</x:v>
+        <x:v>96.15</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:2">
       <x:c r="A805" s="2">
-        <x:v>44753</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B805" s="3">
-        <x:v>91.8</x:v>
+        <x:v>95.84</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:2">
       <x:c r="A806" s="2">
-        <x:v>44750</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B806" s="3">
-        <x:v>92.15</x:v>
+        <x:v>95.18</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:2">
       <x:c r="A807" s="2">
-        <x:v>44749</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B807" s="3">
-        <x:v>92.14</x:v>
+        <x:v>95.59</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:2">
       <x:c r="A808" s="2">
-        <x:v>44748</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B808" s="3">
-        <x:v>91.83</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:2">
       <x:c r="A809" s="2">
-        <x:v>44747</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B809" s="3">
-        <x:v>91.95</x:v>
+        <x:v>95.52</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:2">
       <x:c r="A810" s="2">
-        <x:v>44746</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B810" s="3">
-        <x:v>92.13</x:v>
+        <x:v>95.36</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:2">
       <x:c r="A811" s="2">
-        <x:v>44743</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B811" s="3">
-        <x:v>92.19</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:2">
       <x:c r="A812" s="2">
-        <x:v>44742</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B812" s="3">
-        <x:v>91.93</x:v>
+        <x:v>95.31</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:2">
       <x:c r="A813" s="2">
-        <x:v>44741</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B813" s="3">
-        <x:v>92.33</x:v>
+        <x:v>95.24</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:2">
       <x:c r="A814" s="2">
-        <x:v>44740</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B814" s="3">
-        <x:v>92.82</x:v>
+        <x:v>94.59</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:2">
       <x:c r="A815" s="2">
-        <x:v>44739</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B815" s="3">
-        <x:v>93.34</x:v>
+        <x:v>94.02</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:2">
       <x:c r="A816" s="2">
-        <x:v>44736</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B816" s="3">
-        <x:v>93.38</x:v>
+        <x:v>93.51</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:2">
       <x:c r="A817" s="2">
-        <x:v>44734</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B817" s="3">
-        <x:v>92.78</x:v>
+        <x:v>93.73</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:2">
       <x:c r="A818" s="2">
-        <x:v>44733</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B818" s="3">
-        <x:v>93.05</x:v>
+        <x:v>93.49</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:2">
       <x:c r="A819" s="2">
-        <x:v>44732</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B819" s="3">
-        <x:v>92.62</x:v>
+        <x:v>93.25</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:2">
       <x:c r="A820" s="2">
-        <x:v>44729</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B820" s="3">
-        <x:v>92.52</x:v>
+        <x:v>92.99</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:2">
       <x:c r="A821" s="2">
-        <x:v>44728</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B821" s="3">
-        <x:v>92.62</x:v>
+        <x:v>92.36</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:2">
       <x:c r="A822" s="2">
-        <x:v>44727</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B822" s="3">
-        <x:v>93.71</x:v>
+        <x:v>91.53</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:2">
       <x:c r="A823" s="2">
-        <x:v>44726</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B823" s="3">
-        <x:v>93.27</x:v>
+        <x:v>91.3</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:2">
       <x:c r="A824" s="2">
-        <x:v>44725</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B824" s="3">
-        <x:v>93.76</x:v>
+        <x:v>91.32</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:2">
       <x:c r="A825" s="2">
-        <x:v>44722</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B825" s="3">
-        <x:v>95.73</x:v>
+        <x:v>91.58</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:2">
       <x:c r="A826" s="2">
-        <x:v>44721</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B826" s="3">
-        <x:v>97.06</x:v>
+        <x:v>91.8</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:2">
       <x:c r="A827" s="2">
-        <x:v>44720</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B827" s="3">
-        <x:v>97.91</x:v>
+        <x:v>92.15</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:2">
       <x:c r="A828" s="2">
-        <x:v>44719</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="B828" s="3">
-        <x:v>98.37</x:v>
+        <x:v>92.14</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:2">
       <x:c r="A829" s="2">
-        <x:v>44715</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="B829" s="3">
-        <x:v>98.37</x:v>
+        <x:v>91.83</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:2">
       <x:c r="A830" s="2">
-        <x:v>44714</x:v>
+        <x:v>44747</x:v>
       </x:c>
       <x:c r="B830" s="3">
-        <x:v>98.62</x:v>
+        <x:v>91.95</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:2">
       <x:c r="A831" s="2">
-        <x:v>44713</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B831" s="3">
-        <x:v>98.56</x:v>
+        <x:v>92.13</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:2">
       <x:c r="A832" s="2">
-        <x:v>44712</x:v>
+        <x:v>44743</x:v>
       </x:c>
       <x:c r="B832" s="3">
-        <x:v>98.86</x:v>
+        <x:v>92.19</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:2">
       <x:c r="A833" s="2">
-        <x:v>44711</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B833" s="3">
-        <x:v>99.23</x:v>
+        <x:v>91.93</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:2">
       <x:c r="A834" s="2">
-        <x:v>44708</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B834" s="3">
-        <x:v>98.92</x:v>
+        <x:v>92.33</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:2">
       <x:c r="A835" s="2">
-        <x:v>44706</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="B835" s="3">
-        <x:v>97.72</x:v>
+        <x:v>92.82</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:2">
       <x:c r="A836" s="2">
-        <x:v>44705</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B836" s="3">
-        <x:v>97.26</x:v>
+        <x:v>93.34</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:2">
       <x:c r="A837" s="2">
-        <x:v>44704</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B837" s="3">
-        <x:v>97.27</x:v>
+        <x:v>93.38</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:2">
       <x:c r="A838" s="2">
-        <x:v>44701</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B838" s="3">
-        <x:v>96.87</x:v>
+        <x:v>92.78</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:2">
       <x:c r="A839" s="2">
-        <x:v>44700</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B839" s="3">
-        <x:v>96.76</x:v>
+        <x:v>93.05</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:2">
       <x:c r="A840" s="2">
-        <x:v>44699</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B840" s="3">
-        <x:v>97.28</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:2">
       <x:c r="A841" s="2">
-        <x:v>44698</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B841" s="3">
-        <x:v>98.09</x:v>
+        <x:v>92.52</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:2">
       <x:c r="A842" s="2">
-        <x:v>44697</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B842" s="3">
-        <x:v>97.67</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:2">
       <x:c r="A843" s="2">
-        <x:v>44694</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B843" s="3">
-        <x:v>97.49</x:v>
+        <x:v>93.71</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:2">
       <x:c r="A844" s="2">
-        <x:v>44693</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B844" s="3">
-        <x:v>97.12</x:v>
+        <x:v>93.27</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:2">
       <x:c r="A845" s="2">
-        <x:v>44692</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B845" s="3">
-        <x:v>97.06</x:v>
+        <x:v>93.76</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:2">
       <x:c r="A846" s="2">
-        <x:v>44691</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B846" s="3">
-        <x:v>96.98</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:2">
       <x:c r="A847" s="2">
-        <x:v>44687</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B847" s="3">
-        <x:v>97.89</x:v>
+        <x:v>97.06</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:2">
       <x:c r="A848" s="2">
-        <x:v>44686</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="B848" s="3">
-        <x:v>98.61</x:v>
+        <x:v>97.91</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:2">
       <x:c r="A849" s="2">
-        <x:v>44685</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B849" s="3">
-        <x:v>99.32</x:v>
+        <x:v>98.37</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:2">
       <x:c r="A850" s="2">
-        <x:v>44684</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B850" s="3">
-        <x:v>98.85</x:v>
+        <x:v>98.37</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:2">
       <x:c r="A851" s="2">
-        <x:v>44683</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B851" s="3">
-        <x:v>98.64</x:v>
+        <x:v>98.62</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:2">
       <x:c r="A852" s="2">
-        <x:v>44680</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B852" s="3">
-        <x:v>98.85</x:v>
+        <x:v>98.56</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:2">
       <x:c r="A853" s="2">
-        <x:v>44679</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B853" s="3">
-        <x:v>99.37</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:2">
       <x:c r="A854" s="2">
-        <x:v>44678</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B854" s="3">
-        <x:v>99.17</x:v>
+        <x:v>99.23</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:2">
       <x:c r="A855" s="2">
-        <x:v>44677</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B855" s="3">
-        <x:v>99.49</x:v>
+        <x:v>98.92</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:2">
       <x:c r="A856" s="2">
-        <x:v>44676</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B856" s="3">
-        <x:v>99.82</x:v>
+        <x:v>97.72</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:2">
       <x:c r="A857" s="2">
-        <x:v>44673</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B857" s="3">
-        <x:v>100.21</x:v>
+        <x:v>97.26</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:2">
       <x:c r="A858" s="2">
-        <x:v>44672</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B858" s="3">
-        <x:v>100.98</x:v>
+        <x:v>97.27</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:2">
       <x:c r="A859" s="2">
-        <x:v>44671</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B859" s="3">
-        <x:v>101.34</x:v>
+        <x:v>96.87</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:2">
       <x:c r="A860" s="2">
-        <x:v>44670</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B860" s="3">
-        <x:v>101.1</x:v>
+        <x:v>96.76</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:2">
       <x:c r="A861" s="2">
-        <x:v>44665</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B861" s="3">
-        <x:v>101.07</x:v>
+        <x:v>97.28</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:2">
       <x:c r="A862" s="2">
-        <x:v>44664</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B862" s="3">
-        <x:v>101.23</x:v>
+        <x:v>98.09</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:2">
       <x:c r="A863" s="2">
-        <x:v>44663</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B863" s="3">
-        <x:v>101.05</x:v>
+        <x:v>97.67</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:2">
       <x:c r="A864" s="2">
-        <x:v>44662</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B864" s="3">
-        <x:v>101.34</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:2">
       <x:c r="A865" s="2">
-        <x:v>44659</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B865" s="3">
-        <x:v>102.21</x:v>
+        <x:v>97.12</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:2">
       <x:c r="A866" s="2">
-        <x:v>44658</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B866" s="3">
-        <x:v>102.3</x:v>
+        <x:v>97.06</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:2">
       <x:c r="A867" s="2">
-        <x:v>44657</x:v>
+        <x:v>44691</x:v>
       </x:c>
       <x:c r="B867" s="3">
-        <x:v>102.37</x:v>
+        <x:v>96.98</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:2">
       <x:c r="A868" s="2">
-        <x:v>44656</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B868" s="3">
-        <x:v>102.5</x:v>
+        <x:v>97.89</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:2">
       <x:c r="A869" s="2">
-        <x:v>44655</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B869" s="3">
-        <x:v>102.9</x:v>
+        <x:v>98.61</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:2">
       <x:c r="A870" s="2">
-        <x:v>44652</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B870" s="3">
-        <x:v>102.28</x:v>
+        <x:v>99.32</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:2">
       <x:c r="A871" s="2">
-        <x:v>44651</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B871" s="3">
-        <x:v>102.37</x:v>
+        <x:v>98.85</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:2">
       <x:c r="A872" s="2">
-        <x:v>44650</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B872" s="3">
-        <x:v>102.88</x:v>
+        <x:v>98.64</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:2">
       <x:c r="A873" s="2">
-        <x:v>44649</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B873" s="3">
-        <x:v>102.48</x:v>
+        <x:v>98.85</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:2">
       <x:c r="A874" s="2">
-        <x:v>44648</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B874" s="3">
-        <x:v>101.5</x:v>
+        <x:v>99.37</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:2">
       <x:c r="A875" s="2">
-        <x:v>44645</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B875" s="3">
-        <x:v>101.13</x:v>
+        <x:v>99.17</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:2">
       <x:c r="A876" s="2">
-        <x:v>44644</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B876" s="3">
-        <x:v>101.06</x:v>
+        <x:v>99.49</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:2">
       <x:c r="A877" s="2">
-        <x:v>44643</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B877" s="3">
-        <x:v>100.68</x:v>
+        <x:v>99.82</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:2">
       <x:c r="A878" s="2">
-        <x:v>44642</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B878" s="3">
-        <x:v>101.17</x:v>
+        <x:v>100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:2">
       <x:c r="A879" s="2">
-        <x:v>44641</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B879" s="3">
-        <x:v>101.29</x:v>
+        <x:v>100.98</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:2">
       <x:c r="A880" s="2">
-        <x:v>44638</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B880" s="3">
-        <x:v>101.37</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:2">
       <x:c r="A881" s="2">
-        <x:v>44637</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B881" s="3">
-        <x:v>100.9</x:v>
+        <x:v>101.1</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:2">
       <x:c r="A882" s="2">
-        <x:v>44636</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B882" s="3">
-        <x:v>99.95</x:v>
+        <x:v>101.07</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:2">
       <x:c r="A883" s="2">
-        <x:v>44635</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B883" s="3">
-        <x:v>98.78</x:v>
+        <x:v>101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:2">
       <x:c r="A884" s="2">
-        <x:v>44634</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B884" s="3">
-        <x:v>98.74</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:2">
       <x:c r="A885" s="2">
-        <x:v>44631</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B885" s="3">
-        <x:v>98.99</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:2">
       <x:c r="A886" s="2">
-        <x:v>44630</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B886" s="3">
-        <x:v>99.3</x:v>
+        <x:v>102.21</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:2">
       <x:c r="A887" s="2">
-        <x:v>44629</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B887" s="3">
-        <x:v>99.4</x:v>
+        <x:v>102.3</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:2">
       <x:c r="A888" s="2">
-        <x:v>44628</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B888" s="3">
-        <x:v>98.26</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:2">
       <x:c r="A889" s="2">
-        <x:v>44627</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B889" s="3">
-        <x:v>98.76</x:v>
+        <x:v>102.5</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:2">
       <x:c r="A890" s="2">
-        <x:v>44624</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B890" s="3">
-        <x:v>100.19</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:2">
       <x:c r="A891" s="2">
-        <x:v>44623</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B891" s="3">
-        <x:v>101.2</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:2">
       <x:c r="A892" s="2">
-        <x:v>44622</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B892" s="3">
-        <x:v>101.47</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:2">
       <x:c r="A893" s="2">
-        <x:v>44621</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B893" s="3">
-        <x:v>101.27</x:v>
+        <x:v>102.88</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:2">
       <x:c r="A894" s="2">
-        <x:v>44620</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B894" s="3">
-        <x:v>101.69</x:v>
+        <x:v>102.48</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:2">
       <x:c r="A895" s="2">
-        <x:v>44617</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B895" s="3">
-        <x:v>101.88</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:2">
       <x:c r="A896" s="2">
-        <x:v>44616</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B896" s="3">
-        <x:v>100.71</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:2">
       <x:c r="A897" s="2">
-        <x:v>44615</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B897" s="3">
-        <x:v>102</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:2">
       <x:c r="A898" s="2">
-        <x:v>44614</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B898" s="3">
-        <x:v>102.37</x:v>
+        <x:v>100.68</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:2">
       <x:c r="A899" s="2">
-        <x:v>44613</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B899" s="3">
-        <x:v>102.93</x:v>
+        <x:v>101.17</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:2">
       <x:c r="A900" s="2">
-        <x:v>44610</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B900" s="3">
-        <x:v>103.02</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:2">
       <x:c r="A901" s="2">
-        <x:v>44609</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B901" s="3">
-        <x:v>103.04</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:2">
       <x:c r="A902" s="2">
-        <x:v>44608</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B902" s="3">
-        <x:v>103.52</x:v>
+        <x:v>100.9</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:2">
       <x:c r="A903" s="2">
-        <x:v>44607</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B903" s="3">
-        <x:v>103.4</x:v>
+        <x:v>99.95</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:2">
       <x:c r="A904" s="2">
-        <x:v>44606</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B904" s="3">
-        <x:v>103.08</x:v>
+        <x:v>98.78</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:2">
       <x:c r="A905" s="2">
-        <x:v>44603</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B905" s="3">
-        <x:v>103.77</x:v>
+        <x:v>98.74</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:2">
       <x:c r="A906" s="2">
-        <x:v>44602</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B906" s="3">
-        <x:v>104.16</x:v>
+        <x:v>98.99</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:2">
       <x:c r="A907" s="2">
-        <x:v>44601</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B907" s="3">
-        <x:v>104.67</x:v>
+        <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:2">
       <x:c r="A908" s="2">
-        <x:v>44600</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B908" s="3">
-        <x:v>103.8</x:v>
+        <x:v>99.4</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:2">
       <x:c r="A909" s="2">
-        <x:v>44599</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B909" s="3">
-        <x:v>103.68</x:v>
+        <x:v>98.26</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:2">
       <x:c r="A910" s="2">
-        <x:v>44596</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B910" s="3">
-        <x:v>104.19</x:v>
+        <x:v>98.76</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:2">
       <x:c r="A911" s="2">
-        <x:v>44595</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B911" s="3">
-        <x:v>104.93</x:v>
+        <x:v>100.19</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:2">
       <x:c r="A912" s="2">
-        <x:v>44594</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B912" s="3">
-        <x:v>105.62</x:v>
+        <x:v>101.2</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:2">
       <x:c r="A913" s="2">
-        <x:v>44593</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B913" s="3">
-        <x:v>105.04</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:2">
       <x:c r="A914" s="2">
-        <x:v>44592</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B914" s="3">
-        <x:v>104.83</x:v>
+        <x:v>101.27</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:2">
       <x:c r="A915" s="2">
-        <x:v>44589</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B915" s="3">
-        <x:v>104.64</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:2">
       <x:c r="A916" s="2">
-        <x:v>44588</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B916" s="3">
-        <x:v>104.65</x:v>
+        <x:v>101.88</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:2">
       <x:c r="A917" s="2">
-        <x:v>44587</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B917" s="3">
-        <x:v>105.05</x:v>
+        <x:v>100.71</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:2">
       <x:c r="A918" s="2">
-        <x:v>44586</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B918" s="3">
-        <x:v>104.9</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:2">
       <x:c r="A919" s="2">
-        <x:v>44585</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B919" s="3">
-        <x:v>105.07</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:2">
       <x:c r="A920" s="2">
-        <x:v>44582</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B920" s="3">
-        <x:v>105.44</x:v>
+        <x:v>102.93</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:2">
       <x:c r="A921" s="2">
-        <x:v>44581</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B921" s="3">
-        <x:v>105.61</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:2">
       <x:c r="A922" s="2">
-        <x:v>44580</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B922" s="3">
-        <x:v>105.7</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:2">
       <x:c r="A923" s="2">
-        <x:v>44579</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B923" s="3">
-        <x:v>105.34</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:2">
       <x:c r="A924" s="2">
-        <x:v>44578</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B924" s="3">
-        <x:v>106.27</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:2">
       <x:c r="A925" s="2">
-        <x:v>44575</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B925" s="3">
-        <x:v>106.26</x:v>
+        <x:v>103.08</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:2">
       <x:c r="A926" s="2">
-        <x:v>44574</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B926" s="3">
-        <x:v>106.92</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:2">
       <x:c r="A927" s="2">
-        <x:v>44573</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B927" s="3">
-        <x:v>107.07</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:2">
       <x:c r="A928" s="2">
-        <x:v>44572</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B928" s="3">
-        <x:v>106.94</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:2">
       <x:c r="A929" s="2">
-        <x:v>44571</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B929" s="3">
-        <x:v>106.95</x:v>
+        <x:v>103.8</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:2">
       <x:c r="A930" s="2">
-        <x:v>44568</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B930" s="3">
-        <x:v>107.53</x:v>
+        <x:v>103.68</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:2">
       <x:c r="A931" s="2">
-        <x:v>44567</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="B931" s="3">
-        <x:v>107.87</x:v>
+        <x:v>104.19</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:2">
       <x:c r="A932" s="2">
-        <x:v>44566</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B932" s="3">
-        <x:v>108.97</x:v>
+        <x:v>104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:2">
       <x:c r="A933" s="2">
-        <x:v>44565</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B933" s="3">
-        <x:v>109.18</x:v>
+        <x:v>105.62</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:2">
       <x:c r="A934" s="2">
-        <x:v>44564</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B934" s="3">
-        <x:v>109.14</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:2">
       <x:c r="A935" s="2">
-        <x:v>44561</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B935" s="3">
-        <x:v>109.09</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:2">
       <x:c r="A936" s="2">
-        <x:v>44560</x:v>
+        <x:v>44589</x:v>
       </x:c>
       <x:c r="B936" s="3">
-        <x:v>109.07</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:2">
       <x:c r="A937" s="2">
-        <x:v>44559</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="B937" s="3">
-        <x:v>108.95</x:v>
+        <x:v>104.65</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:2">
       <x:c r="A938" s="2">
-        <x:v>44558</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="B938" s="3">
-        <x:v>108.83</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:2">
       <x:c r="A939" s="2">
-        <x:v>44557</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="B939" s="3">
-        <x:v>108.64</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:2">
       <x:c r="A940" s="2">
-        <x:v>44554</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="B940" s="3">
-        <x:v>108.34</x:v>
+        <x:v>105.07</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:2">
       <x:c r="A941" s="2">
-        <x:v>44553</x:v>
+        <x:v>44582</x:v>
       </x:c>
       <x:c r="B941" s="3">
-        <x:v>108.39</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:2">
       <x:c r="A942" s="2">
-        <x:v>44552</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="B942" s="3">
-        <x:v>108.15</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:2">
       <x:c r="A943" s="2">
-        <x:v>44551</x:v>
+        <x:v>44580</x:v>
       </x:c>
       <x:c r="B943" s="3">
-        <x:v>107.88</x:v>
+        <x:v>105.7</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:2">
       <x:c r="A944" s="2">
-        <x:v>44550</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="B944" s="3">
-        <x:v>107.46</x:v>
+        <x:v>105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:2">
       <x:c r="A945" s="2">
-        <x:v>44547</x:v>
+        <x:v>44578</x:v>
       </x:c>
       <x:c r="B945" s="3">
-        <x:v>107.92</x:v>
+        <x:v>106.27</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:2">
       <x:c r="A946" s="2">
-        <x:v>44546</x:v>
+        <x:v>44575</x:v>
       </x:c>
       <x:c r="B946" s="3">
-        <x:v>108.03</x:v>
+        <x:v>106.26</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:2">
       <x:c r="A947" s="2">
-        <x:v>44545</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="B947" s="3">
-        <x:v>107.79</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:2">
       <x:c r="A948" s="2">
-        <x:v>44544</x:v>
+        <x:v>44573</x:v>
       </x:c>
       <x:c r="B948" s="3">
-        <x:v>107.83</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:2">
       <x:c r="A949" s="2">
-        <x:v>44543</x:v>
+        <x:v>44572</x:v>
       </x:c>
       <x:c r="B949" s="3">
-        <x:v>108.67</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:2">
       <x:c r="A950" s="2">
-        <x:v>44540</x:v>
+        <x:v>44571</x:v>
       </x:c>
       <x:c r="B950" s="3">
-        <x:v>108.84</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:2">
       <x:c r="A951" s="2">
-        <x:v>44539</x:v>
+        <x:v>44568</x:v>
       </x:c>
       <x:c r="B951" s="3">
-        <x:v>108.86</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:2">
       <x:c r="A952" s="2">
-        <x:v>44538</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="B952" s="3">
-        <x:v>108.86</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:2">
       <x:c r="A953" s="2">
-        <x:v>44537</x:v>
+        <x:v>44566</x:v>
       </x:c>
       <x:c r="B953" s="3">
-        <x:v>108.78</x:v>
+        <x:v>108.97</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:2">
       <x:c r="A954" s="2">
-        <x:v>44536</x:v>
+        <x:v>44565</x:v>
       </x:c>
       <x:c r="B954" s="3">
-        <x:v>107.74</x:v>
+        <x:v>109.18</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:2">
       <x:c r="A955" s="2">
-        <x:v>44533</x:v>
+        <x:v>44564</x:v>
       </x:c>
       <x:c r="B955" s="3">
-        <x:v>107.3</x:v>
+        <x:v>109.14</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:2">
       <x:c r="A956" s="2">
-        <x:v>44532</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B956" s="3">
-        <x:v>107.24</x:v>
+        <x:v>109.09</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:2">
       <x:c r="A957" s="2">
-        <x:v>44531</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="B957" s="3">
-        <x:v>106.94</x:v>
+        <x:v>109.07</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:2">
       <x:c r="A958" s="2">
-        <x:v>44530</x:v>
+        <x:v>44559</x:v>
       </x:c>
       <x:c r="B958" s="3">
-        <x:v>106.73</x:v>
+        <x:v>108.95</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:2">
       <x:c r="A959" s="2">
-        <x:v>44529</x:v>
+        <x:v>44558</x:v>
       </x:c>
       <x:c r="B959" s="3">
-        <x:v>106.91</x:v>
+        <x:v>108.83</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:2">
       <x:c r="A960" s="2">
-        <x:v>44526</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="B960" s="3">
-        <x:v>107.07</x:v>
+        <x:v>108.64</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:2">
       <x:c r="A961" s="2">
-        <x:v>44525</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="B961" s="3">
-        <x:v>108.79</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:2">
       <x:c r="A962" s="2">
-        <x:v>44524</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="B962" s="3">
-        <x:v>108.77</x:v>
+        <x:v>108.39</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:2">
       <x:c r="A963" s="2">
-        <x:v>44523</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="B963" s="3">
-        <x:v>108.76</x:v>
+        <x:v>108.15</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:2">
       <x:c r="A964" s="2">
-        <x:v>44522</x:v>
+        <x:v>44551</x:v>
       </x:c>
       <x:c r="B964" s="3">
-        <x:v>109.38</x:v>
+        <x:v>107.88</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:2">
       <x:c r="A965" s="2">
-        <x:v>44519</x:v>
+        <x:v>44550</x:v>
       </x:c>
       <x:c r="B965" s="3">
-        <x:v>109.59</x:v>
+        <x:v>107.46</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:2">
       <x:c r="A966" s="2">
-        <x:v>44518</x:v>
+        <x:v>44547</x:v>
       </x:c>
       <x:c r="B966" s="3">
-        <x:v>109.83</x:v>
+        <x:v>107.92</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:2">
       <x:c r="A967" s="2">
-        <x:v>44517</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="B967" s="3">
-        <x:v>109.86</x:v>
+        <x:v>108.03</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:2">
       <x:c r="A968" s="2">
-        <x:v>44516</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B968" s="3">
-        <x:v>109.93</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:2">
       <x:c r="A969" s="2">
-        <x:v>44515</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="B969" s="3">
-        <x:v>110.16</x:v>
+        <x:v>107.83</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:2">
       <x:c r="A970" s="2">
-        <x:v>44512</x:v>
+        <x:v>44543</x:v>
       </x:c>
       <x:c r="B970" s="3">
-        <x:v>109.96</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:2">
       <x:c r="A971" s="2">
-        <x:v>44511</x:v>
+        <x:v>44540</x:v>
       </x:c>
       <x:c r="B971" s="3">
-        <x:v>109.34</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:2">
       <x:c r="A972" s="2">
-        <x:v>44510</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="B972" s="3">
-        <x:v>109.25</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:2">
       <x:c r="A973" s="2">
-        <x:v>44509</x:v>
+        <x:v>44538</x:v>
       </x:c>
       <x:c r="B973" s="3">
-        <x:v>109.08</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:2">
       <x:c r="A974" s="2">
-        <x:v>44508</x:v>
+        <x:v>44537</x:v>
       </x:c>
       <x:c r="B974" s="3">
-        <x:v>109.4</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:2">
       <x:c r="A975" s="2">
-        <x:v>44505</x:v>
+        <x:v>44536</x:v>
       </x:c>
       <x:c r="B975" s="3">
-        <x:v>109.47</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:2">
       <x:c r="A976" s="2">
-        <x:v>44504</x:v>
+        <x:v>44533</x:v>
       </x:c>
       <x:c r="B976" s="3">
-        <x:v>109.32</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:2">
       <x:c r="A977" s="2">
-        <x:v>44503</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="B977" s="3">
-        <x:v>109.37</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:2">
       <x:c r="A978" s="2">
-        <x:v>44502</x:v>
+        <x:v>44531</x:v>
       </x:c>
       <x:c r="B978" s="3">
-        <x:v>109.27</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:2">
       <x:c r="A979" s="2">
-        <x:v>44498</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B979" s="3">
-        <x:v>109.36</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:2">
       <x:c r="A980" s="2">
-        <x:v>44497</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="B980" s="3">
-        <x:v>109.77</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:2">
       <x:c r="A981" s="2">
-        <x:v>44496</x:v>
+        <x:v>44526</x:v>
       </x:c>
       <x:c r="B981" s="3">
-        <x:v>109.75</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:2">
       <x:c r="A982" s="2">
-        <x:v>44495</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="B982" s="3">
-        <x:v>109.65</x:v>
+        <x:v>108.79</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:2">
       <x:c r="A983" s="2">
-        <x:v>44494</x:v>
+        <x:v>44524</x:v>
       </x:c>
       <x:c r="B983" s="3">
-        <x:v>109.42</x:v>
+        <x:v>108.77</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:2">
       <x:c r="A984" s="2">
-        <x:v>44491</x:v>
+        <x:v>44523</x:v>
       </x:c>
       <x:c r="B984" s="3">
-        <x:v>109.42</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:2">
       <x:c r="A985" s="2">
-        <x:v>44490</x:v>
+        <x:v>44522</x:v>
       </x:c>
       <x:c r="B985" s="3">
-        <x:v>109.4</x:v>
+        <x:v>109.38</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:2">
       <x:c r="A986" s="2">
-        <x:v>44489</x:v>
+        <x:v>44519</x:v>
       </x:c>
       <x:c r="B986" s="3">
-        <x:v>109.67</x:v>
+        <x:v>109.59</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:2">
       <x:c r="A987" s="2">
-        <x:v>44488</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="B987" s="3">
-        <x:v>109.4</x:v>
+        <x:v>109.83</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:2">
       <x:c r="A988" s="2">
-        <x:v>44487</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="B988" s="3">
-        <x:v>109.25</x:v>
+        <x:v>109.86</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:2">
       <x:c r="A989" s="2">
-        <x:v>44484</x:v>
+        <x:v>44516</x:v>
       </x:c>
       <x:c r="B989" s="3">
-        <x:v>109.25</x:v>
+        <x:v>109.93</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:2">
       <x:c r="A990" s="2">
-        <x:v>44483</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B990" s="3">
-        <x:v>108.84</x:v>
+        <x:v>110.16</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:2">
       <x:c r="A991" s="2">
-        <x:v>44482</x:v>
+        <x:v>44512</x:v>
       </x:c>
       <x:c r="B991" s="3">
-        <x:v>108.25</x:v>
+        <x:v>109.96</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:2">
       <x:c r="A992" s="2">
-        <x:v>44481</x:v>
+        <x:v>44511</x:v>
       </x:c>
       <x:c r="B992" s="3">
-        <x:v>107.9</x:v>
+        <x:v>109.34</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:2">
       <x:c r="A993" s="2">
-        <x:v>44480</x:v>
+        <x:v>44510</x:v>
       </x:c>
       <x:c r="B993" s="3">
-        <x:v>108.17</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:2">
       <x:c r="A994" s="2">
-        <x:v>44477</x:v>
+        <x:v>44509</x:v>
       </x:c>
       <x:c r="B994" s="3">
-        <x:v>108.29</x:v>
+        <x:v>109.08</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:2">
       <x:c r="A995" s="2">
-        <x:v>44476</x:v>
+        <x:v>44508</x:v>
       </x:c>
       <x:c r="B995" s="3">
-        <x:v>108.52</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:2">
       <x:c r="A996" s="2">
-        <x:v>44475</x:v>
+        <x:v>44505</x:v>
       </x:c>
       <x:c r="B996" s="3">
-        <x:v>108.13</x:v>
+        <x:v>109.47</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:2">
       <x:c r="A997" s="2">
-        <x:v>44474</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="B997" s="3">
-        <x:v>108.52</x:v>
+        <x:v>109.32</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:2">
       <x:c r="A998" s="2">
-        <x:v>44473</x:v>
+        <x:v>44503</x:v>
       </x:c>
       <x:c r="B998" s="3">
-        <x:v>108.58</x:v>
+        <x:v>109.37</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:2">
       <x:c r="A999" s="2">
-        <x:v>44470</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="B999" s="3">
-        <x:v>108.68</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:2">
       <x:c r="A1000" s="2">
-        <x:v>44469</x:v>
+        <x:v>44498</x:v>
       </x:c>
       <x:c r="B1000" s="3">
-        <x:v>108.82</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:2">
       <x:c r="A1001" s="2">
-        <x:v>44468</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="B1001" s="3">
-        <x:v>109.03</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:2">
       <x:c r="A1002" s="2">
-        <x:v>44467</x:v>
+        <x:v>44496</x:v>
       </x:c>
       <x:c r="B1002" s="3">
-        <x:v>108.86</x:v>
+        <x:v>109.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:2">
       <x:c r="A1003" s="2">
-        <x:v>44466</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="B1003" s="3">
-        <x:v>109.55</x:v>
+        <x:v>109.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:2">
       <x:c r="A1004" s="2">
-        <x:v>44463</x:v>
+        <x:v>44494</x:v>
       </x:c>
       <x:c r="B1004" s="3">
-        <x:v>109.77</x:v>
+        <x:v>109.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:2">
       <x:c r="A1005" s="2">
-        <x:v>44462</x:v>
+        <x:v>44491</x:v>
       </x:c>
       <x:c r="B1005" s="3">
-        <x:v>110.27</x:v>
+        <x:v>109.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:2">
       <x:c r="A1006" s="2">
-        <x:v>44461</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="B1006" s="3">
-        <x:v>110.06</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:2">
       <x:c r="A1007" s="2">
-        <x:v>44460</x:v>
+        <x:v>44489</x:v>
       </x:c>
       <x:c r="B1007" s="3">
-        <x:v>109.79</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:2">
       <x:c r="A1008" s="2">
-        <x:v>44459</x:v>
+        <x:v>44488</x:v>
       </x:c>
       <x:c r="B1008" s="3">
-        <x:v>109.6</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:2">
       <x:c r="A1009" s="2">
-        <x:v>44456</x:v>
+        <x:v>44487</x:v>
       </x:c>
       <x:c r="B1009" s="3">
-        <x:v>110.4</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:2">
       <x:c r="A1010" s="2">
-        <x:v>44455</x:v>
+        <x:v>44484</x:v>
       </x:c>
       <x:c r="B1010" s="3">
-        <x:v>110.93</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:2">
       <x:c r="A1011" s="2">
-        <x:v>44454</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="B1011" s="3">
-        <x:v>111.03</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:2">
       <x:c r="A1012" s="2">
-        <x:v>44453</x:v>
+        <x:v>44482</x:v>
       </x:c>
       <x:c r="B1012" s="3">
-        <x:v>111.15</x:v>
+        <x:v>108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:2">
       <x:c r="A1013" s="2">
-        <x:v>44452</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="B1013" s="3">
-        <x:v>111.19</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:2">
       <x:c r="A1014" s="2">
-        <x:v>44449</x:v>
+        <x:v>44480</x:v>
       </x:c>
       <x:c r="B1014" s="3">
-        <x:v>111.08</x:v>
+        <x:v>108.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:2">
       <x:c r="A1015" s="2">
-        <x:v>44448</x:v>
+        <x:v>44477</x:v>
       </x:c>
       <x:c r="B1015" s="3">
-        <x:v>111.26</x:v>
+        <x:v>108.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:2">
       <x:c r="A1016" s="2">
-        <x:v>44447</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="B1016" s="3">
-        <x:v>111.43</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:2">
       <x:c r="A1017" s="2">
-        <x:v>44446</x:v>
+        <x:v>44475</x:v>
       </x:c>
       <x:c r="B1017" s="3">
-        <x:v>111.65</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:2">
       <x:c r="A1018" s="2">
-        <x:v>44445</x:v>
+        <x:v>44474</x:v>
       </x:c>
       <x:c r="B1018" s="3">
-        <x:v>111.96</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:2">
       <x:c r="A1019" s="2">
-        <x:v>44442</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="B1019" s="3">
-        <x:v>111.8</x:v>
+        <x:v>108.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:2">
       <x:c r="A1020" s="2">
-        <x:v>44441</x:v>
+        <x:v>44470</x:v>
       </x:c>
       <x:c r="B1020" s="3">
-        <x:v>111.94</x:v>
+        <x:v>108.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:2">
       <x:c r="A1021" s="2">
-        <x:v>44440</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B1021" s="3">
-        <x:v>111.78</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:2">
       <x:c r="A1022" s="2">
-        <x:v>44439</x:v>
+        <x:v>44468</x:v>
       </x:c>
       <x:c r="B1022" s="3">
-        <x:v>111.61</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:2">
       <x:c r="A1023" s="2">
-        <x:v>44438</x:v>
+        <x:v>44467</x:v>
       </x:c>
       <x:c r="B1023" s="3">
-        <x:v>111.43</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:2">
       <x:c r="A1024" s="2">
-        <x:v>44435</x:v>
+        <x:v>44466</x:v>
       </x:c>
       <x:c r="B1024" s="3">
-        <x:v>111.26</x:v>
+        <x:v>109.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:2">
       <x:c r="A1025" s="2">
-        <x:v>44434</x:v>
+        <x:v>44463</x:v>
       </x:c>
       <x:c r="B1025" s="3">
-        <x:v>110.99</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:2">
       <x:c r="A1026" s="2">
-        <x:v>44433</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="B1026" s="3">
-        <x:v>111.12</x:v>
+        <x:v>110.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:2">
       <x:c r="A1027" s="2">
-        <x:v>44432</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="B1027" s="3">
-        <x:v>111.02</x:v>
+        <x:v>110.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:2">
       <x:c r="A1028" s="2">
-        <x:v>44431</x:v>
+        <x:v>44460</x:v>
       </x:c>
       <x:c r="B1028" s="3">
-        <x:v>110.84</x:v>
+        <x:v>109.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:2">
       <x:c r="A1029" s="2">
-        <x:v>44428</x:v>
+        <x:v>44459</x:v>
       </x:c>
       <x:c r="B1029" s="3">
-        <x:v>110.8</x:v>
+        <x:v>109.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:2">
       <x:c r="A1030" s="2">
-        <x:v>44427</x:v>
+        <x:v>44456</x:v>
       </x:c>
       <x:c r="B1030" s="3">
-        <x:v>110.69</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:2">
       <x:c r="A1031" s="2">
-        <x:v>44426</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="B1031" s="3">
-        <x:v>111.07</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:2">
       <x:c r="A1032" s="2">
-        <x:v>44425</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B1032" s="3">
-        <x:v>111.02</x:v>
+        <x:v>111.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:2">
       <x:c r="A1033" s="2">
-        <x:v>44424</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="B1033" s="3">
-        <x:v>111.13</x:v>
+        <x:v>111.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:2">
       <x:c r="A1034" s="2">
-        <x:v>44421</x:v>
+        <x:v>44452</x:v>
       </x:c>
       <x:c r="B1034" s="3">
-        <x:v>111.2</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:2">
       <x:c r="A1035" s="2">
-        <x:v>44420</x:v>
+        <x:v>44449</x:v>
       </x:c>
       <x:c r="B1035" s="3">
-        <x:v>110.99</x:v>
+        <x:v>111.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:2">
       <x:c r="A1036" s="2">
-        <x:v>44419</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="B1036" s="3">
-        <x:v>110.87</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:2">
       <x:c r="A1037" s="2">
-        <x:v>44418</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="B1037" s="3">
-        <x:v>110.77</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:2">
       <x:c r="A1038" s="2">
-        <x:v>44417</x:v>
+        <x:v>44446</x:v>
       </x:c>
       <x:c r="B1038" s="3">
-        <x:v>110.88</x:v>
+        <x:v>111.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:2">
       <x:c r="A1039" s="2">
-        <x:v>44414</x:v>
+        <x:v>44445</x:v>
       </x:c>
       <x:c r="B1039" s="3">
-        <x:v>110.97</x:v>
+        <x:v>111.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:2">
       <x:c r="A1040" s="2">
-        <x:v>44413</x:v>
+        <x:v>44442</x:v>
       </x:c>
       <x:c r="B1040" s="3">
-        <x:v>111.01</x:v>
+        <x:v>111.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:2">
       <x:c r="A1041" s="2">
-        <x:v>44412</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="B1041" s="3">
-        <x:v>110.9</x:v>
+        <x:v>111.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:2">
       <x:c r="A1042" s="2">
-        <x:v>44411</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="B1042" s="3">
-        <x:v>110.76</x:v>
+        <x:v>111.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:2">
       <x:c r="A1043" s="2">
-        <x:v>44410</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B1043" s="3">
-        <x:v>110.68</x:v>
+        <x:v>111.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:2">
       <x:c r="A1044" s="2">
-        <x:v>44407</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="B1044" s="3">
-        <x:v>110.48</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:2">
       <x:c r="A1045" s="2">
-        <x:v>44406</x:v>
+        <x:v>44435</x:v>
       </x:c>
       <x:c r="B1045" s="3">
-        <x:v>110.57</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:2">
       <x:c r="A1046" s="2">
-        <x:v>44405</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="B1046" s="3">
-        <x:v>110.39</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:2">
       <x:c r="A1047" s="2">
-        <x:v>44404</x:v>
+        <x:v>44433</x:v>
       </x:c>
       <x:c r="B1047" s="3">
-        <x:v>110.37</x:v>
+        <x:v>111.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:2">
       <x:c r="A1048" s="2">
-        <x:v>44403</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="B1048" s="3">
-        <x:v>110.36</x:v>
+        <x:v>111.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:2">
       <x:c r="A1049" s="2">
-        <x:v>44400</x:v>
+        <x:v>44431</x:v>
       </x:c>
       <x:c r="B1049" s="3">
-        <x:v>110.33</x:v>
+        <x:v>110.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:2">
       <x:c r="A1050" s="2">
-        <x:v>44399</x:v>
+        <x:v>44428</x:v>
       </x:c>
       <x:c r="B1050" s="3">
-        <x:v>110.13</x:v>
+        <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:2">
       <x:c r="A1051" s="2">
-        <x:v>44398</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="B1051" s="3">
-        <x:v>110.13</x:v>
+        <x:v>110.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:2">
       <x:c r="A1052" s="2">
-        <x:v>44397</x:v>
+        <x:v>44426</x:v>
       </x:c>
       <x:c r="B1052" s="3">
-        <x:v>109.89</x:v>
+        <x:v>111.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:2">
       <x:c r="A1053" s="2">
-        <x:v>44396</x:v>
+        <x:v>44425</x:v>
       </x:c>
       <x:c r="B1053" s="3">
-        <x:v>109.63</x:v>
+        <x:v>111.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:2">
       <x:c r="A1054" s="2">
-        <x:v>44393</x:v>
+        <x:v>44424</x:v>
       </x:c>
       <x:c r="B1054" s="3">
-        <x:v>110.34</x:v>
+        <x:v>111.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:2">
       <x:c r="A1055" s="2">
-        <x:v>44392</x:v>
+        <x:v>44421</x:v>
       </x:c>
       <x:c r="B1055" s="3">
-        <x:v>110.36</x:v>
+        <x:v>111.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:2">
       <x:c r="A1056" s="2">
-        <x:v>44391</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="B1056" s="3">
-        <x:v>110.44</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:2">
       <x:c r="A1057" s="2">
-        <x:v>44390</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="B1057" s="3">
-        <x:v>110.28</x:v>
+        <x:v>110.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:2">
       <x:c r="A1058" s="2">
-        <x:v>44389</x:v>
+        <x:v>44418</x:v>
       </x:c>
       <x:c r="B1058" s="3">
-        <x:v>110.61</x:v>
+        <x:v>110.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:2">
       <x:c r="A1059" s="2">
-        <x:v>44386</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="B1059" s="3">
-        <x:v>110.42</x:v>
+        <x:v>110.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:2">
       <x:c r="A1060" s="2">
-        <x:v>44385</x:v>
+        <x:v>44414</x:v>
       </x:c>
       <x:c r="B1060" s="3">
-        <x:v>109.89</x:v>
+        <x:v>110.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:2">
       <x:c r="A1061" s="2">
-        <x:v>44384</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="B1061" s="3">
-        <x:v>110.34</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:2">
       <x:c r="A1062" s="2">
-        <x:v>44383</x:v>
+        <x:v>44412</x:v>
       </x:c>
       <x:c r="B1062" s="3">
-        <x:v>110.14</x:v>
+        <x:v>110.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:2">
       <x:c r="A1063" s="2">
-        <x:v>44382</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="B1063" s="3">
-        <x:v>110.21</x:v>
+        <x:v>110.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:2">
       <x:c r="A1064" s="2">
-        <x:v>44379</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="B1064" s="3">
-        <x:v>110.12</x:v>
+        <x:v>110.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:2">
       <x:c r="A1065" s="2">
-        <x:v>44378</x:v>
+        <x:v>44407</x:v>
       </x:c>
       <x:c r="B1065" s="3">
-        <x:v>109.98</x:v>
+        <x:v>110.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:2">
       <x:c r="A1066" s="2">
-        <x:v>44377</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="B1066" s="3">
-        <x:v>109.93</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:2">
       <x:c r="A1067" s="2">
-        <x:v>44376</x:v>
+        <x:v>44405</x:v>
       </x:c>
       <x:c r="B1067" s="3">
-        <x:v>110.21</x:v>
+        <x:v>110.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:2">
       <x:c r="A1068" s="2">
-        <x:v>44375</x:v>
+        <x:v>44404</x:v>
       </x:c>
       <x:c r="B1068" s="3">
-        <x:v>110.28</x:v>
+        <x:v>110.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:2">
       <x:c r="A1069" s="2">
-        <x:v>44372</x:v>
+        <x:v>44403</x:v>
       </x:c>
       <x:c r="B1069" s="3">
-        <x:v>110.4</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:2">
       <x:c r="A1070" s="2">
-        <x:v>44371</x:v>
+        <x:v>44400</x:v>
       </x:c>
       <x:c r="B1070" s="3">
-        <x:v>110.02</x:v>
+        <x:v>110.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:2">
       <x:c r="A1071" s="2">
-        <x:v>44369</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="B1071" s="3">
-        <x:v>110.2</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:2">
       <x:c r="A1072" s="2">
-        <x:v>44368</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="B1072" s="3">
-        <x:v>110.17</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:2">
       <x:c r="A1073" s="2">
-        <x:v>44365</x:v>
+        <x:v>44397</x:v>
       </x:c>
       <x:c r="B1073" s="3">
-        <x:v>110.04</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:2">
       <x:c r="A1074" s="2">
-        <x:v>44364</x:v>
+        <x:v>44396</x:v>
       </x:c>
       <x:c r="B1074" s="3">
-        <x:v>110.42</x:v>
+        <x:v>109.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:2">
       <x:c r="A1075" s="2">
-        <x:v>44363</x:v>
+        <x:v>44393</x:v>
       </x:c>
       <x:c r="B1075" s="3">
-        <x:v>110.57</x:v>
+        <x:v>110.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:2">
       <x:c r="A1076" s="2">
-        <x:v>44362</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B1076" s="3">
-        <x:v>110.81</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:2">
       <x:c r="A1077" s="2">
-        <x:v>44361</x:v>
+        <x:v>44391</x:v>
       </x:c>
       <x:c r="B1077" s="3">
-        <x:v>111.1</x:v>
+        <x:v>110.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:2">
       <x:c r="A1078" s="2">
-        <x:v>44358</x:v>
+        <x:v>44390</x:v>
       </x:c>
       <x:c r="B1078" s="3">
-        <x:v>111.1</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:2">
       <x:c r="A1079" s="2">
-        <x:v>44357</x:v>
+        <x:v>44389</x:v>
       </x:c>
       <x:c r="B1079" s="3">
-        <x:v>110.91</x:v>
+        <x:v>110.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:2">
       <x:c r="A1080" s="2">
-        <x:v>44356</x:v>
+        <x:v>44386</x:v>
       </x:c>
       <x:c r="B1080" s="3">
-        <x:v>110.8</x:v>
+        <x:v>110.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:2">
       <x:c r="A1081" s="2">
-        <x:v>44355</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="B1081" s="3">
-        <x:v>110.63</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:2">
       <x:c r="A1082" s="2">
-        <x:v>44354</x:v>
+        <x:v>44384</x:v>
       </x:c>
       <x:c r="B1082" s="3">
-        <x:v>110.39</x:v>
+        <x:v>110.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:2">
       <x:c r="A1083" s="2">
-        <x:v>44351</x:v>
+        <x:v>44383</x:v>
       </x:c>
       <x:c r="B1083" s="3">
         <x:v>110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:2">
       <x:c r="A1084" s="2">
-        <x:v>44350</x:v>
+        <x:v>44382</x:v>
       </x:c>
       <x:c r="B1084" s="3">
-        <x:v>109.99</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:2">
       <x:c r="A1085" s="2">
-        <x:v>44349</x:v>
+        <x:v>44379</x:v>
       </x:c>
       <x:c r="B1085" s="3">
-        <x:v>110.09</x:v>
+        <x:v>110.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:2">
       <x:c r="A1086" s="2">
-        <x:v>44348</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="B1086" s="3">
-        <x:v>109.7</x:v>
+        <x:v>109.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:2">
       <x:c r="A1087" s="2">
-        <x:v>44347</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B1087" s="3">
-        <x:v>109.24</x:v>
+        <x:v>109.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:2">
       <x:c r="A1088" s="2">
-        <x:v>44344</x:v>
+        <x:v>44376</x:v>
       </x:c>
       <x:c r="B1088" s="3">
-        <x:v>109.4</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:2">
       <x:c r="A1089" s="2">
-        <x:v>44343</x:v>
+        <x:v>44375</x:v>
       </x:c>
       <x:c r="B1089" s="3">
-        <x:v>109.11</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:2">
       <x:c r="A1090" s="2">
-        <x:v>44342</x:v>
+        <x:v>44372</x:v>
       </x:c>
       <x:c r="B1090" s="3">
-        <x:v>109.03</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:2">
       <x:c r="A1091" s="2">
-        <x:v>44341</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="B1091" s="3">
-        <x:v>108.94</x:v>
+        <x:v>110.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:2">
       <x:c r="A1092" s="2">
-        <x:v>44337</x:v>
+        <x:v>44369</x:v>
       </x:c>
       <x:c r="B1092" s="3">
-        <x:v>108.57</x:v>
+        <x:v>110.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:2">
       <x:c r="A1093" s="2">
-        <x:v>44336</x:v>
+        <x:v>44368</x:v>
       </x:c>
       <x:c r="B1093" s="3">
-        <x:v>108.46</x:v>
+        <x:v>110.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:2">
       <x:c r="A1094" s="2">
-        <x:v>44335</x:v>
+        <x:v>44365</x:v>
       </x:c>
       <x:c r="B1094" s="3">
-        <x:v>108.1</x:v>
+        <x:v>110.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:2">
       <x:c r="A1095" s="2">
-        <x:v>44334</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="B1095" s="3">
-        <x:v>108.64</x:v>
+        <x:v>110.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:2">
       <x:c r="A1096" s="2">
-        <x:v>44333</x:v>
+        <x:v>44363</x:v>
       </x:c>
       <x:c r="B1096" s="3">
-        <x:v>108.48</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:2">
       <x:c r="A1097" s="2">
-        <x:v>44330</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B1097" s="3">
-        <x:v>108.35</x:v>
+        <x:v>110.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:2">
       <x:c r="A1098" s="2">
-        <x:v>44328</x:v>
+        <x:v>44361</x:v>
       </x:c>
       <x:c r="B1098" s="3">
-        <x:v>107.98</x:v>
+        <x:v>111.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:2">
       <x:c r="A1099" s="2">
-        <x:v>44327</x:v>
+        <x:v>44358</x:v>
       </x:c>
       <x:c r="B1099" s="3">
-        <x:v>108.43</x:v>
+        <x:v>111.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:2">
       <x:c r="A1100" s="2">
-        <x:v>44326</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="B1100" s="3">
-        <x:v>108.96</x:v>
+        <x:v>110.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:2">
       <x:c r="A1101" s="2">
-        <x:v>44323</x:v>
+        <x:v>44356</x:v>
       </x:c>
       <x:c r="B1101" s="3">
-        <x:v>108.89</x:v>
+        <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:2">
       <x:c r="A1102" s="2">
-        <x:v>44322</x:v>
+        <x:v>44355</x:v>
       </x:c>
       <x:c r="B1102" s="3">
-        <x:v>108.5</x:v>
+        <x:v>110.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:2">
       <x:c r="A1103" s="2">
-        <x:v>44321</x:v>
+        <x:v>44354</x:v>
       </x:c>
       <x:c r="B1103" s="3">
-        <x:v>108.21</x:v>
+        <x:v>110.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:2">
       <x:c r="A1104" s="2">
-        <x:v>44320</x:v>
+        <x:v>44351</x:v>
       </x:c>
       <x:c r="B1104" s="3">
-        <x:v>108.11</x:v>
+        <x:v>110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:2">
       <x:c r="A1105" s="2">
-        <x:v>44319</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="B1105" s="3">
-        <x:v>108.31</x:v>
+        <x:v>109.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:2">
       <x:c r="A1106" s="2">
-        <x:v>44316</x:v>
+        <x:v>44349</x:v>
       </x:c>
       <x:c r="B1106" s="3">
-        <x:v>108.24</x:v>
+        <x:v>110.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:2">
       <x:c r="A1107" s="2">
-        <x:v>44315</x:v>
+        <x:v>44348</x:v>
       </x:c>
       <x:c r="B1107" s="3">
-        <x:v>108.26</x:v>
+        <x:v>109.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:2">
       <x:c r="A1108" s="2">
-        <x:v>44314</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B1108" s="3">
-        <x:v>108.21</x:v>
+        <x:v>109.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:2">
       <x:c r="A1109" s="2">
-        <x:v>44313</x:v>
+        <x:v>44344</x:v>
       </x:c>
       <x:c r="B1109" s="3">
-        <x:v>108.35</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:2">
       <x:c r="A1110" s="2">
-        <x:v>44312</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="B1110" s="3">
-        <x:v>108.49</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:2">
       <x:c r="A1111" s="2">
-        <x:v>44309</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="B1111" s="3">
-        <x:v>108.51</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:2">
       <x:c r="A1112" s="2">
-        <x:v>44308</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="B1112" s="3">
-        <x:v>108.44</x:v>
+        <x:v>108.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:2">
       <x:c r="A1113" s="2">
-        <x:v>44307</x:v>
+        <x:v>44337</x:v>
       </x:c>
       <x:c r="B1113" s="3">
-        <x:v>108.34</x:v>
+        <x:v>108.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:2">
       <x:c r="A1114" s="2">
-        <x:v>44306</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="B1114" s="3">
-        <x:v>108.41</x:v>
+        <x:v>108.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:2">
       <x:c r="A1115" s="2">
-        <x:v>44305</x:v>
+        <x:v>44335</x:v>
       </x:c>
       <x:c r="B1115" s="3">
-        <x:v>108.81</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:2">
       <x:c r="A1116" s="2">
-        <x:v>44302</x:v>
+        <x:v>44334</x:v>
       </x:c>
       <x:c r="B1116" s="3">
-        <x:v>108.78</x:v>
+        <x:v>108.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:2">
       <x:c r="A1117" s="2">
-        <x:v>44301</x:v>
+        <x:v>44333</x:v>
       </x:c>
       <x:c r="B1117" s="3">
-        <x:v>108.52</x:v>
+        <x:v>108.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:2">
       <x:c r="A1118" s="2">
-        <x:v>44300</x:v>
+        <x:v>44330</x:v>
       </x:c>
       <x:c r="B1118" s="3">
-        <x:v>108.06</x:v>
+        <x:v>108.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:2">
       <x:c r="A1119" s="2">
-        <x:v>44299</x:v>
+        <x:v>44328</x:v>
       </x:c>
       <x:c r="B1119" s="3">
         <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:2">
       <x:c r="A1120" s="2">
-        <x:v>44298</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="B1120" s="3">
-        <x:v>107.95</x:v>
+        <x:v>108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:2">
       <x:c r="A1121" s="2">
-        <x:v>44295</x:v>
+        <x:v>44326</x:v>
       </x:c>
       <x:c r="B1121" s="3">
-        <x:v>107.8</x:v>
+        <x:v>108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:2">
       <x:c r="A1122" s="2">
-        <x:v>44294</x:v>
+        <x:v>44323</x:v>
       </x:c>
       <x:c r="B1122" s="3">
-        <x:v>107.87</x:v>
+        <x:v>108.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:2">
       <x:c r="A1123" s="2">
-        <x:v>44293</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="B1123" s="3">
-        <x:v>107.75</x:v>
+        <x:v>108.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:2">
       <x:c r="A1124" s="2">
-        <x:v>44292</x:v>
+        <x:v>44321</x:v>
       </x:c>
       <x:c r="B1124" s="3">
-        <x:v>107.59</x:v>
+        <x:v>108.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:2">
       <x:c r="A1125" s="2">
-        <x:v>44287</x:v>
+        <x:v>44320</x:v>
       </x:c>
       <x:c r="B1125" s="3">
-        <x:v>107.1</x:v>
+        <x:v>108.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:2">
       <x:c r="A1126" s="2">
-        <x:v>44286</x:v>
+        <x:v>44319</x:v>
       </x:c>
       <x:c r="B1126" s="3">
-        <x:v>106.49</x:v>
+        <x:v>108.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:2">
       <x:c r="A1127" s="2">
-        <x:v>44285</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B1127" s="3">
-        <x:v>106.53</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:2">
       <x:c r="A1128" s="2">
-        <x:v>44284</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="B1128" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:2">
       <x:c r="A1129" s="2">
-        <x:v>44281</x:v>
+        <x:v>44314</x:v>
       </x:c>
       <x:c r="B1129" s="3">
-        <x:v>106.77</x:v>
+        <x:v>108.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:2">
       <x:c r="A1130" s="2">
-        <x:v>44280</x:v>
+        <x:v>44313</x:v>
       </x:c>
       <x:c r="B1130" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:2">
       <x:c r="A1131" s="2">
-        <x:v>44279</x:v>
+        <x:v>44312</x:v>
       </x:c>
       <x:c r="B1131" s="3">
-        <x:v>106.61</x:v>
+        <x:v>108.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:2">
       <x:c r="A1132" s="2">
-        <x:v>44278</x:v>
+        <x:v>44309</x:v>
       </x:c>
       <x:c r="B1132" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:2">
       <x:c r="A1133" s="2">
-        <x:v>44277</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="B1133" s="3">
-        <x:v>106.76</x:v>
+        <x:v>108.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:2">
       <x:c r="A1134" s="2">
-        <x:v>44274</x:v>
+        <x:v>44307</x:v>
       </x:c>
       <x:c r="B1134" s="3">
-        <x:v>107.08</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:2">
       <x:c r="A1135" s="2">
-        <x:v>44273</x:v>
+        <x:v>44306</x:v>
       </x:c>
       <x:c r="B1135" s="3">
-        <x:v>107.24</x:v>
+        <x:v>108.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:2">
       <x:c r="A1136" s="2">
-        <x:v>44272</x:v>
+        <x:v>44305</x:v>
       </x:c>
       <x:c r="B1136" s="3">
-        <x:v>107.44</x:v>
+        <x:v>108.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:2">
       <x:c r="A1137" s="2">
-        <x:v>44271</x:v>
+        <x:v>44302</x:v>
       </x:c>
       <x:c r="B1137" s="3">
-        <x:v>107.54</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:2">
       <x:c r="A1138" s="2">
-        <x:v>44270</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B1138" s="3">
-        <x:v>107.28</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:2">
       <x:c r="A1139" s="2">
-        <x:v>44267</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="B1139" s="3">
-        <x:v>107.04</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:2">
       <x:c r="A1140" s="2">
-        <x:v>44266</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="B1140" s="3">
-        <x:v>107.18</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:2">
       <x:c r="A1141" s="2">
-        <x:v>44265</x:v>
+        <x:v>44298</x:v>
       </x:c>
       <x:c r="B1141" s="3">
-        <x:v>106.6</x:v>
+        <x:v>107.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:2">
       <x:c r="A1142" s="2">
-        <x:v>44264</x:v>
+        <x:v>44295</x:v>
       </x:c>
       <x:c r="B1142" s="3">
-        <x:v>106.28</x:v>
+        <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:2">
       <x:c r="A1143" s="2">
-        <x:v>44263</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="B1143" s="3">
-        <x:v>106.07</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:2">
       <x:c r="A1144" s="2">
-        <x:v>44260</x:v>
+        <x:v>44293</x:v>
       </x:c>
       <x:c r="B1144" s="3">
-        <x:v>106.2</x:v>
+        <x:v>107.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:2">
       <x:c r="A1145" s="2">
-        <x:v>44259</x:v>
+        <x:v>44292</x:v>
       </x:c>
       <x:c r="B1145" s="3">
-        <x:v>106.53</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:2">
       <x:c r="A1146" s="2">
-        <x:v>44258</x:v>
+        <x:v>44287</x:v>
       </x:c>
       <x:c r="B1146" s="3">
-        <x:v>106.95</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:2">
       <x:c r="A1147" s="2">
-        <x:v>44257</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B1147" s="3">
-        <x:v>107.06</x:v>
+        <x:v>106.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:2">
       <x:c r="A1148" s="2">
-        <x:v>44256</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="B1148" s="3">
-        <x:v>107</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:2">
       <x:c r="A1149" s="2">
-        <x:v>44253</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="B1149" s="3">
-        <x:v>106.47</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:2">
       <x:c r="A1150" s="2">
-        <x:v>44252</x:v>
+        <x:v>44281</x:v>
       </x:c>
       <x:c r="B1150" s="3">
-        <x:v>107.21</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:2">
       <x:c r="A1151" s="2">
-        <x:v>44251</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="B1151" s="3">
-        <x:v>107.78</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:2">
       <x:c r="A1152" s="2">
-        <x:v>44250</x:v>
+        <x:v>44279</x:v>
       </x:c>
       <x:c r="B1152" s="3">
-        <x:v>107.59</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:2">
       <x:c r="A1153" s="2">
-        <x:v>44249</x:v>
+        <x:v>44278</x:v>
       </x:c>
       <x:c r="B1153" s="3">
-        <x:v>107.49</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:2">
       <x:c r="A1154" s="2">
-        <x:v>44246</x:v>
+        <x:v>44277</x:v>
       </x:c>
       <x:c r="B1154" s="3">
-        <x:v>107.73</x:v>
+        <x:v>106.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:2">
       <x:c r="A1155" s="2">
-        <x:v>44245</x:v>
+        <x:v>44274</x:v>
       </x:c>
       <x:c r="B1155" s="3">
-        <x:v>107.79</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:2">
       <x:c r="A1156" s="2">
-        <x:v>44244</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="B1156" s="3">
-        <x:v>107.94</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:2">
       <x:c r="A1157" s="2">
-        <x:v>44243</x:v>
+        <x:v>44272</x:v>
       </x:c>
       <x:c r="B1157" s="3">
-        <x:v>108.22</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:2">
       <x:c r="A1158" s="2">
-        <x:v>44242</x:v>
+        <x:v>44271</x:v>
       </x:c>
       <x:c r="B1158" s="3">
-        <x:v>108.52</x:v>
+        <x:v>107.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:2">
       <x:c r="A1159" s="2">
-        <x:v>44239</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B1159" s="3">
-        <x:v>108.36</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:2">
       <x:c r="A1160" s="2">
-        <x:v>44238</x:v>
+        <x:v>44267</x:v>
       </x:c>
       <x:c r="B1160" s="3">
-        <x:v>108.4</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:2">
       <x:c r="A1161" s="2">
-        <x:v>44237</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="B1161" s="3">
-        <x:v>108.19</x:v>
+        <x:v>107.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:2">
       <x:c r="A1162" s="2">
-        <x:v>44236</x:v>
+        <x:v>44265</x:v>
       </x:c>
       <x:c r="B1162" s="3">
-        <x:v>108.09</x:v>
+        <x:v>106.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:2">
       <x:c r="A1163" s="2">
-        <x:v>44235</x:v>
+        <x:v>44264</x:v>
       </x:c>
       <x:c r="B1163" s="3">
-        <x:v>108.1</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:2">
       <x:c r="A1164" s="2">
-        <x:v>44232</x:v>
+        <x:v>44263</x:v>
       </x:c>
       <x:c r="B1164" s="3">
-        <x:v>108.1</x:v>
+        <x:v>106.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:2">
       <x:c r="A1165" s="2">
-        <x:v>44231</x:v>
+        <x:v>44260</x:v>
       </x:c>
       <x:c r="B1165" s="3">
-        <x:v>107.74</x:v>
+        <x:v>106.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:2">
       <x:c r="A1166" s="2">
-        <x:v>44230</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="B1166" s="3">
-        <x:v>107.64</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:2">
       <x:c r="A1167" s="2">
-        <x:v>44229</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="B1167" s="3">
-        <x:v>107.41</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:2">
       <x:c r="A1168" s="2">
-        <x:v>44228</x:v>
+        <x:v>44257</x:v>
       </x:c>
       <x:c r="B1168" s="3">
-        <x:v>107.11</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:2">
       <x:c r="A1169" s="2">
-        <x:v>44225</x:v>
+        <x:v>44256</x:v>
       </x:c>
       <x:c r="B1169" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:2">
       <x:c r="A1170" s="2">
-        <x:v>44224</x:v>
+        <x:v>44253</x:v>
       </x:c>
       <x:c r="B1170" s="3">
-        <x:v>106.92</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:2">
       <x:c r="A1171" s="2">
-        <x:v>44223</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="B1171" s="3">
-        <x:v>106.91</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:2">
       <x:c r="A1172" s="2">
-        <x:v>44222</x:v>
+        <x:v>44251</x:v>
       </x:c>
       <x:c r="B1172" s="3">
-        <x:v>107.31</x:v>
+        <x:v>107.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:2">
       <x:c r="A1173" s="2">
-        <x:v>44221</x:v>
+        <x:v>44250</x:v>
       </x:c>
       <x:c r="B1173" s="3">
-        <x:v>107.21</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:2">
       <x:c r="A1174" s="2">
-        <x:v>44218</x:v>
+        <x:v>44249</x:v>
       </x:c>
       <x:c r="B1174" s="3">
-        <x:v>107.3</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:2">
       <x:c r="A1175" s="2">
-        <x:v>44217</x:v>
+        <x:v>44246</x:v>
       </x:c>
       <x:c r="B1175" s="3">
-        <x:v>107.46</x:v>
+        <x:v>107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:2">
       <x:c r="A1176" s="2">
-        <x:v>44216</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="B1176" s="3">
-        <x:v>107.47</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:2">
       <x:c r="A1177" s="2">
-        <x:v>44215</x:v>
+        <x:v>44244</x:v>
       </x:c>
       <x:c r="B1177" s="3">
-        <x:v>107.16</x:v>
+        <x:v>107.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:2">
       <x:c r="A1178" s="2">
-        <x:v>44214</x:v>
+        <x:v>44243</x:v>
       </x:c>
       <x:c r="B1178" s="3">
-        <x:v>107.17</x:v>
+        <x:v>108.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:2">
       <x:c r="A1179" s="2">
-        <x:v>44211</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B1179" s="3">
-        <x:v>107.11</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:2">
       <x:c r="A1180" s="2">
-        <x:v>44210</x:v>
+        <x:v>44239</x:v>
       </x:c>
       <x:c r="B1180" s="3">
-        <x:v>107.3</x:v>
+        <x:v>108.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:2">
       <x:c r="A1181" s="2">
-        <x:v>44209</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="B1181" s="3">
-        <x:v>107.06</x:v>
+        <x:v>108.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:2">
       <x:c r="A1182" s="2">
-        <x:v>44208</x:v>
+        <x:v>44237</x:v>
       </x:c>
       <x:c r="B1182" s="3">
-        <x:v>106.94</x:v>
+        <x:v>108.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:2">
       <x:c r="A1183" s="2">
-        <x:v>44207</x:v>
+        <x:v>44236</x:v>
       </x:c>
       <x:c r="B1183" s="3">
-        <x:v>107.23</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:2">
       <x:c r="A1184" s="2">
-        <x:v>44204</x:v>
+        <x:v>44235</x:v>
       </x:c>
       <x:c r="B1184" s="3">
-        <x:v>107.57</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:2">
       <x:c r="A1185" s="2">
-        <x:v>44203</x:v>
+        <x:v>44232</x:v>
       </x:c>
       <x:c r="B1185" s="3">
-        <x:v>107.45</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:2">
       <x:c r="A1186" s="2">
-        <x:v>44202</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="B1186" s="3">
-        <x:v>107.49</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:2">
       <x:c r="A1187" s="2">
-        <x:v>44201</x:v>
+        <x:v>44230</x:v>
       </x:c>
       <x:c r="B1187" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:2">
       <x:c r="A1188" s="2">
-        <x:v>44200</x:v>
+        <x:v>44229</x:v>
       </x:c>
       <x:c r="B1188" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:2">
       <x:c r="A1189" s="2">
-        <x:v>44196</x:v>
+        <x:v>44228</x:v>
       </x:c>
       <x:c r="B1189" s="3">
-        <x:v>107.49</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:2">
       <x:c r="A1190" s="2">
-        <x:v>44195</x:v>
+        <x:v>44225</x:v>
       </x:c>
       <x:c r="B1190" s="3">
-        <x:v>107.44</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:2">
       <x:c r="A1191" s="2">
-        <x:v>44194</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="B1191" s="3">
-        <x:v>107.42</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:2">
       <x:c r="A1192" s="2">
-        <x:v>44193</x:v>
+        <x:v>44223</x:v>
       </x:c>
       <x:c r="B1192" s="3">
-        <x:v>107.26</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:2">
       <x:c r="A1193" s="2">
-        <x:v>44189</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="B1193" s="3">
-        <x:v>107.16</x:v>
+        <x:v>107.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:2">
       <x:c r="A1194" s="2">
-        <x:v>44188</x:v>
+        <x:v>44221</x:v>
       </x:c>
       <x:c r="B1194" s="3">
-        <x:v>106.98</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:2">
       <x:c r="A1195" s="2">
-        <x:v>44187</x:v>
+        <x:v>44218</x:v>
       </x:c>
       <x:c r="B1195" s="3">
-        <x:v>106.91</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:2">
       <x:c r="A1196" s="2">
-        <x:v>44186</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="B1196" s="3">
-        <x:v>106.73</x:v>
+        <x:v>107.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:2">
       <x:c r="A1197" s="2">
-        <x:v>44183</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="B1197" s="3">
-        <x:v>107.25</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:2">
       <x:c r="A1198" s="2">
-        <x:v>44182</x:v>
+        <x:v>44215</x:v>
       </x:c>
       <x:c r="B1198" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:2">
       <x:c r="A1199" s="2">
-        <x:v>44181</x:v>
+        <x:v>44214</x:v>
       </x:c>
       <x:c r="B1199" s="3">
-        <x:v>107.18</x:v>
+        <x:v>107.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:2">
       <x:c r="A1200" s="2">
-        <x:v>44180</x:v>
+        <x:v>44211</x:v>
       </x:c>
       <x:c r="B1200" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:2">
       <x:c r="A1201" s="2">
-        <x:v>44179</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="B1201" s="3">
-        <x:v>106.62</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:2">
       <x:c r="A1202" s="2">
-        <x:v>44176</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="B1202" s="3">
-        <x:v>106.51</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:2">
       <x:c r="A1203" s="2">
-        <x:v>44175</x:v>
+        <x:v>44208</x:v>
       </x:c>
       <x:c r="B1203" s="3">
-        <x:v>106.65</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:2">
       <x:c r="A1204" s="2">
-        <x:v>44174</x:v>
+        <x:v>44207</x:v>
       </x:c>
       <x:c r="B1204" s="3">
-        <x:v>106.71</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:2">
       <x:c r="A1205" s="2">
-        <x:v>44173</x:v>
+        <x:v>44204</x:v>
       </x:c>
       <x:c r="B1205" s="3">
-        <x:v>106.68</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:2">
       <x:c r="A1206" s="2">
-        <x:v>44172</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="B1206" s="3">
-        <x:v>106.73</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:2">
       <x:c r="A1207" s="2">
-        <x:v>44169</x:v>
+        <x:v>44202</x:v>
       </x:c>
       <x:c r="B1207" s="3">
-        <x:v>106.79</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:2">
       <x:c r="A1208" s="2">
-        <x:v>44168</x:v>
+        <x:v>44201</x:v>
       </x:c>
       <x:c r="B1208" s="3">
-        <x:v>105.94</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:2">
       <x:c r="A1209" s="2">
-        <x:v>44167</x:v>
+        <x:v>44200</x:v>
       </x:c>
       <x:c r="B1209" s="3">
-        <x:v>106.03</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:2">
       <x:c r="A1210" s="2">
-        <x:v>44166</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B1210" s="3">
-        <x:v>105.94</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:2">
       <x:c r="A1211" s="2">
-        <x:v>44165</x:v>
+        <x:v>44195</x:v>
       </x:c>
       <x:c r="B1211" s="3">
-        <x:v>105.49</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:2">
       <x:c r="A1212" s="2">
-        <x:v>44162</x:v>
+        <x:v>44194</x:v>
       </x:c>
       <x:c r="B1212" s="3">
-        <x:v>105.81</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:2">
       <x:c r="A1213" s="2">
-        <x:v>44161</x:v>
+        <x:v>44193</x:v>
       </x:c>
       <x:c r="B1213" s="3">
-        <x:v>105.82</x:v>
+        <x:v>107.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:2">
       <x:c r="A1214" s="2">
-        <x:v>44160</x:v>
+        <x:v>44189</x:v>
       </x:c>
       <x:c r="B1214" s="3">
-        <x:v>105.82</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:2">
       <x:c r="A1215" s="2">
-        <x:v>44159</x:v>
+        <x:v>44188</x:v>
       </x:c>
       <x:c r="B1215" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:2">
       <x:c r="A1216" s="2">
-        <x:v>44158</x:v>
+        <x:v>44187</x:v>
       </x:c>
       <x:c r="B1216" s="3">
-        <x:v>105.24</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:2">
       <x:c r="A1217" s="2">
-        <x:v>44155</x:v>
+        <x:v>44186</x:v>
       </x:c>
       <x:c r="B1217" s="3">
-        <x:v>105.19</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:2">
       <x:c r="A1218" s="2">
-        <x:v>44154</x:v>
+        <x:v>44183</x:v>
       </x:c>
       <x:c r="B1218" s="3">
-        <x:v>104.96</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:2">
       <x:c r="A1219" s="2">
-        <x:v>44153</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="B1219" s="3">
-        <x:v>104.94</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:2">
       <x:c r="A1220" s="2">
-        <x:v>44152</x:v>
+        <x:v>44181</x:v>
       </x:c>
       <x:c r="B1220" s="3">
-        <x:v>104.96</x:v>
+        <x:v>107.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:2">
       <x:c r="A1221" s="2">
-        <x:v>44151</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B1221" s="3">
-        <x:v>104.96</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:2">
       <x:c r="A1222" s="2">
-        <x:v>44148</x:v>
+        <x:v>44179</x:v>
       </x:c>
       <x:c r="B1222" s="3">
-        <x:v>104.35</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:2">
       <x:c r="A1223" s="2">
-        <x:v>44147</x:v>
+        <x:v>44176</x:v>
       </x:c>
       <x:c r="B1223" s="3">
-        <x:v>104.12</x:v>
+        <x:v>106.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:2">
       <x:c r="A1224" s="2">
-        <x:v>44146</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="B1224" s="3">
-        <x:v>104.24</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:2">
       <x:c r="A1225" s="2">
-        <x:v>44145</x:v>
+        <x:v>44174</x:v>
       </x:c>
       <x:c r="B1225" s="3">
-        <x:v>103.96</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:2">
       <x:c r="A1226" s="2">
-        <x:v>44144</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="B1226" s="3">
-        <x:v>103.52</x:v>
+        <x:v>106.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:2">
       <x:c r="A1227" s="2">
-        <x:v>44141</x:v>
+        <x:v>44172</x:v>
       </x:c>
       <x:c r="B1227" s="3">
-        <x:v>101.86</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:2">
       <x:c r="A1228" s="2">
-        <x:v>44140</x:v>
+        <x:v>44169</x:v>
       </x:c>
       <x:c r="B1228" s="3">
-        <x:v>102.03</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:2">
       <x:c r="A1229" s="2">
-        <x:v>44139</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="B1229" s="3">
-        <x:v>101.27</x:v>
+        <x:v>105.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:2">
       <x:c r="A1230" s="2">
-        <x:v>44138</x:v>
+        <x:v>44167</x:v>
       </x:c>
       <x:c r="B1230" s="3">
-        <x:v>100.73</x:v>
+        <x:v>106.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:2">
       <x:c r="A1231" s="2">
-        <x:v>44137</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="B1231" s="3">
-        <x:v>100.1</x:v>
+        <x:v>105.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:2">
       <x:c r="A1232" s="2">
-        <x:v>44134</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B1232" s="3">
-        <x:v>99.8</x:v>
+        <x:v>105.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:2">
       <x:c r="A1233" s="2">
-        <x:v>44133</x:v>
+        <x:v>44162</x:v>
       </x:c>
       <x:c r="B1233" s="3">
-        <x:v>99.97</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:2">
       <x:c r="A1234" s="2">
-        <x:v>44132</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="B1234" s="3">
-        <x:v>100.04</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:2">
       <x:c r="A1235" s="2">
-        <x:v>44131</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="B1235" s="3">
-        <x:v>100.8</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:2">
       <x:c r="A1236" s="2">
-        <x:v>44130</x:v>
+        <x:v>44159</x:v>
       </x:c>
       <x:c r="B1236" s="3">
-        <x:v>101.05</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:2">
       <x:c r="A1237" s="2">
-        <x:v>44127</x:v>
+        <x:v>44158</x:v>
       </x:c>
       <x:c r="B1237" s="3">
-        <x:v>101.5</x:v>
+        <x:v>105.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:2">
       <x:c r="A1238" s="2">
-        <x:v>44126</x:v>
+        <x:v>44155</x:v>
       </x:c>
       <x:c r="B1238" s="3">
-        <x:v>101.31</x:v>
+        <x:v>105.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:2">
       <x:c r="A1239" s="2">
-        <x:v>44125</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="B1239" s="3">
-        <x:v>101.34</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:2">
       <x:c r="A1240" s="2">
-        <x:v>44124</x:v>
+        <x:v>44153</x:v>
       </x:c>
       <x:c r="B1240" s="3">
-        <x:v>101.51</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:2">
       <x:c r="A1241" s="2">
-        <x:v>44123</x:v>
+        <x:v>44152</x:v>
       </x:c>
       <x:c r="B1241" s="3">
-        <x:v>101.54</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:2">
       <x:c r="A1242" s="2">
-        <x:v>44120</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="B1242" s="3">
-        <x:v>101.55</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:2">
       <x:c r="A1243" s="2">
-        <x:v>44119</x:v>
+        <x:v>44148</x:v>
       </x:c>
       <x:c r="B1243" s="3">
-        <x:v>101.43</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:2">
       <x:c r="A1244" s="2">
-        <x:v>44118</x:v>
+        <x:v>44147</x:v>
       </x:c>
       <x:c r="B1244" s="3">
-        <x:v>101.9</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:2">
       <x:c r="A1245" s="2">
-        <x:v>44117</x:v>
+        <x:v>44146</x:v>
       </x:c>
       <x:c r="B1245" s="3">
-        <x:v>102.09</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:2">
       <x:c r="A1246" s="2">
-        <x:v>44116</x:v>
+        <x:v>44145</x:v>
       </x:c>
       <x:c r="B1246" s="3">
-        <x:v>102.18</x:v>
+        <x:v>103.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:2">
       <x:c r="A1247" s="2">
-        <x:v>44113</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="B1247" s="3">
-        <x:v>101.95</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:2">
       <x:c r="A1248" s="2">
-        <x:v>44112</x:v>
+        <x:v>44141</x:v>
       </x:c>
       <x:c r="B1248" s="3">
-        <x:v>101.74</x:v>
+        <x:v>101.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:2">
       <x:c r="A1249" s="2">
-        <x:v>44111</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="B1249" s="3">
-        <x:v>101.29</x:v>
+        <x:v>102.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:2">
       <x:c r="A1250" s="2">
-        <x:v>44110</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B1250" s="3">
-        <x:v>101.24</x:v>
+        <x:v>101.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:2">
       <x:c r="A1251" s="2">
-        <x:v>44109</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="B1251" s="3">
-        <x:v>101.02</x:v>
+        <x:v>100.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:2">
       <x:c r="A1252" s="2">
-        <x:v>44106</x:v>
+        <x:v>44137</x:v>
       </x:c>
       <x:c r="B1252" s="3">
-        <x:v>100.51</x:v>
+        <x:v>100.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:2">
       <x:c r="A1253" s="2">
-        <x:v>44105</x:v>
+        <x:v>44134</x:v>
       </x:c>
       <x:c r="B1253" s="3">
-        <x:v>100.34</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:2">
       <x:c r="A1254" s="2">
-        <x:v>44104</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="B1254" s="3">
-        <x:v>99.74</x:v>
+        <x:v>99.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:2">
       <x:c r="A1255" s="2">
-        <x:v>44103</x:v>
+        <x:v>44132</x:v>
       </x:c>
       <x:c r="B1255" s="3">
-        <x:v>99.6</x:v>
+        <x:v>100.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:2">
       <x:c r="A1256" s="2">
-        <x:v>44102</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="B1256" s="3">
-        <x:v>99.85</x:v>
+        <x:v>100.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:2">
       <x:c r="A1257" s="2">
-        <x:v>44099</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="B1257" s="3">
-        <x:v>99.28</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:2">
       <x:c r="A1258" s="2">
-        <x:v>44098</x:v>
+        <x:v>44127</x:v>
       </x:c>
       <x:c r="B1258" s="3">
-        <x:v>99.27</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:2">
       <x:c r="A1259" s="2">
-        <x:v>44097</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="B1259" s="3">
-        <x:v>99.73</x:v>
+        <x:v>101.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:2">
       <x:c r="A1260" s="2">
-        <x:v>44096</x:v>
+        <x:v>44125</x:v>
       </x:c>
       <x:c r="B1260" s="3">
-        <x:v>100.16</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:2">
       <x:c r="A1261" s="2">
-        <x:v>44095</x:v>
+        <x:v>44124</x:v>
       </x:c>
       <x:c r="B1261" s="3">
-        <x:v>100.31</x:v>
+        <x:v>101.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:2">
       <x:c r="A1262" s="2">
-        <x:v>44092</x:v>
+        <x:v>44123</x:v>
       </x:c>
       <x:c r="B1262" s="3">
-        <x:v>101.57</x:v>
+        <x:v>101.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:2">
       <x:c r="A1263" s="2">
-        <x:v>44091</x:v>
+        <x:v>44120</x:v>
       </x:c>
       <x:c r="B1263" s="3">
-        <x:v>102.02</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:2">
       <x:c r="A1264" s="2">
-        <x:v>44090</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B1264" s="3">
-        <x:v>102.32</x:v>
+        <x:v>101.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:2">
       <x:c r="A1265" s="2">
-        <x:v>44089</x:v>
+        <x:v>44118</x:v>
       </x:c>
       <x:c r="B1265" s="3">
-        <x:v>102.1</x:v>
+        <x:v>101.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:2">
       <x:c r="A1266" s="2">
-        <x:v>44088</x:v>
+        <x:v>44117</x:v>
       </x:c>
       <x:c r="B1266" s="3">
-        <x:v>101.85</x:v>
+        <x:v>102.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:2">
       <x:c r="A1267" s="2">
-        <x:v>44085</x:v>
+        <x:v>44116</x:v>
       </x:c>
       <x:c r="B1267" s="3">
-        <x:v>101.55</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:2">
       <x:c r="A1268" s="2">
-        <x:v>44084</x:v>
+        <x:v>44113</x:v>
       </x:c>
       <x:c r="B1268" s="3">
-        <x:v>101.69</x:v>
+        <x:v>101.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:2">
       <x:c r="A1269" s="2">
-        <x:v>44083</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="B1269" s="3">
-        <x:v>101.8</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:2">
       <x:c r="A1270" s="2">
-        <x:v>44082</x:v>
+        <x:v>44111</x:v>
       </x:c>
       <x:c r="B1270" s="3">
-        <x:v>101.58</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:2">
       <x:c r="A1271" s="2">
-        <x:v>44081</x:v>
+        <x:v>44110</x:v>
       </x:c>
       <x:c r="B1271" s="3">
-        <x:v>101.97</x:v>
+        <x:v>101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:2">
       <x:c r="A1272" s="2">
-        <x:v>44078</x:v>
+        <x:v>44109</x:v>
       </x:c>
       <x:c r="B1272" s="3">
-        <x:v>102.08</x:v>
+        <x:v>101.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:2">
       <x:c r="A1273" s="2">
-        <x:v>44077</x:v>
+        <x:v>44106</x:v>
       </x:c>
       <x:c r="B1273" s="3">
-        <x:v>101.94</x:v>
+        <x:v>100.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:2">
       <x:c r="A1274" s="2">
-        <x:v>44076</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="B1274" s="3">
-        <x:v>101.98</x:v>
+        <x:v>100.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:2">
       <x:c r="A1275" s="2">
-        <x:v>44075</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B1275" s="3">
-        <x:v>101.26</x:v>
+        <x:v>99.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:2">
       <x:c r="A1276" s="2">
-        <x:v>44074</x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="B1276" s="3">
-        <x:v>101.21</x:v>
+        <x:v>99.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:2">
       <x:c r="A1277" s="2">
-        <x:v>44071</x:v>
+        <x:v>44102</x:v>
       </x:c>
       <x:c r="B1277" s="3">
-        <x:v>101.4</x:v>
+        <x:v>99.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:2">
       <x:c r="A1278" s="2">
-        <x:v>44070</x:v>
+        <x:v>44099</x:v>
       </x:c>
       <x:c r="B1278" s="3">
-        <x:v>101.33</x:v>
+        <x:v>99.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:2">
       <x:c r="A1279" s="2">
-        <x:v>44069</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="B1279" s="3">
-        <x:v>101.33</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:2">
       <x:c r="A1280" s="2">
-        <x:v>44068</x:v>
+        <x:v>44097</x:v>
       </x:c>
       <x:c r="B1280" s="3">
-        <x:v>101.31</x:v>
+        <x:v>99.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:2">
       <x:c r="A1281" s="2">
-        <x:v>44067</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="B1281" s="3">
-        <x:v>101.29</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:2">
       <x:c r="A1282" s="2">
-        <x:v>44064</x:v>
+        <x:v>44095</x:v>
       </x:c>
       <x:c r="B1282" s="3">
-        <x:v>100.91</x:v>
+        <x:v>100.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:2">
       <x:c r="A1283" s="2">
-        <x:v>44063</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="B1283" s="3">
-        <x:v>100.71</x:v>
+        <x:v>101.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:2">
       <x:c r="A1284" s="2">
-        <x:v>44062</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="B1284" s="3">
-        <x:v>100.72</x:v>
+        <x:v>102.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:2">
       <x:c r="A1285" s="2">
-        <x:v>44061</x:v>
+        <x:v>44090</x:v>
       </x:c>
       <x:c r="B1285" s="3">
-        <x:v>100.75</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:2">
       <x:c r="A1286" s="2">
-        <x:v>44060</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B1286" s="3">
-        <x:v>100.98</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:2">
       <x:c r="A1287" s="2">
-        <x:v>44057</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="B1287" s="3">
-        <x:v>101.05</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:2">
       <x:c r="A1288" s="2">
-        <x:v>44056</x:v>
+        <x:v>44085</x:v>
       </x:c>
       <x:c r="B1288" s="3">
-        <x:v>101.2</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:2">
       <x:c r="A1289" s="2">
-        <x:v>44055</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="B1289" s="3">
-        <x:v>101.44</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:2">
       <x:c r="A1290" s="2">
-        <x:v>44054</x:v>
+        <x:v>44083</x:v>
       </x:c>
       <x:c r="B1290" s="3">
-        <x:v>101.26</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:2">
       <x:c r="A1291" s="2">
-        <x:v>44053</x:v>
+        <x:v>44082</x:v>
       </x:c>
       <x:c r="B1291" s="3">
-        <x:v>100.89</x:v>
+        <x:v>101.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:2">
       <x:c r="A1292" s="2">
-        <x:v>44050</x:v>
+        <x:v>44081</x:v>
       </x:c>
       <x:c r="B1292" s="3">
-        <x:v>100.66</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:2">
       <x:c r="A1293" s="2">
-        <x:v>44049</x:v>
+        <x:v>44078</x:v>
       </x:c>
       <x:c r="B1293" s="3">
-        <x:v>100.44</x:v>
+        <x:v>102.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:2">
       <x:c r="A1294" s="2">
-        <x:v>44048</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="B1294" s="3">
-        <x:v>100.4</x:v>
+        <x:v>101.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:2">
       <x:c r="A1295" s="2">
-        <x:v>44047</x:v>
+        <x:v>44076</x:v>
       </x:c>
       <x:c r="B1295" s="3">
-        <x:v>100.16</x:v>
+        <x:v>101.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:2">
       <x:c r="A1296" s="2">
-        <x:v>44046</x:v>
+        <x:v>44075</x:v>
       </x:c>
       <x:c r="B1296" s="3">
-        <x:v>99.86</x:v>
+        <x:v>101.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:2">
       <x:c r="A1297" s="2">
-        <x:v>44043</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B1297" s="3">
-        <x:v>99.58</x:v>
+        <x:v>101.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:2">
       <x:c r="A1298" s="2">
-        <x:v>44042</x:v>
+        <x:v>44071</x:v>
       </x:c>
       <x:c r="B1298" s="3">
-        <x:v>99.63</x:v>
+        <x:v>101.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:2">
       <x:c r="A1299" s="2">
-        <x:v>44041</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="B1299" s="3">
-        <x:v>100.16</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:2">
       <x:c r="A1300" s="2">
-        <x:v>44040</x:v>
+        <x:v>44069</x:v>
       </x:c>
       <x:c r="B1300" s="3">
-        <x:v>100.1</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:2">
       <x:c r="A1301" s="2">
-        <x:v>44039</x:v>
+        <x:v>44068</x:v>
       </x:c>
       <x:c r="B1301" s="3">
-        <x:v>99.87</x:v>
+        <x:v>101.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:2">
       <x:c r="A1302" s="2">
-        <x:v>44036</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="B1302" s="3">
-        <x:v>100.01</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:2">
       <x:c r="A1303" s="2">
-        <x:v>44035</x:v>
+        <x:v>44064</x:v>
       </x:c>
       <x:c r="B1303" s="3">
-        <x:v>100.39</x:v>
+        <x:v>100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:2">
       <x:c r="A1304" s="2">
-        <x:v>44034</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="B1304" s="3">
-        <x:v>100.33</x:v>
+        <x:v>100.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:2">
       <x:c r="A1305" s="2">
-        <x:v>44033</x:v>
+        <x:v>44062</x:v>
       </x:c>
       <x:c r="B1305" s="3">
-        <x:v>100.29</x:v>
+        <x:v>100.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:2">
       <x:c r="A1306" s="2">
-        <x:v>44032</x:v>
+        <x:v>44061</x:v>
       </x:c>
       <x:c r="B1306" s="3">
-        <x:v>99.8</x:v>
+        <x:v>100.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:2">
       <x:c r="A1307" s="2">
-        <x:v>44029</x:v>
+        <x:v>44060</x:v>
       </x:c>
       <x:c r="B1307" s="3">
-        <x:v>99.76</x:v>
+        <x:v>100.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:2">
       <x:c r="A1308" s="2">
-        <x:v>44028</x:v>
+        <x:v>44057</x:v>
       </x:c>
       <x:c r="B1308" s="3">
-        <x:v>99.65</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:2">
       <x:c r="A1309" s="2">
-        <x:v>44027</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="B1309" s="3">
-        <x:v>99.84</x:v>
+        <x:v>101.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:2">
       <x:c r="A1310" s="2">
-        <x:v>44026</x:v>
+        <x:v>44055</x:v>
       </x:c>
       <x:c r="B1310" s="3">
-        <x:v>99.28</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:2">
       <x:c r="A1311" s="2">
-        <x:v>44025</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="B1311" s="3">
-        <x:v>99.44</x:v>
+        <x:v>101.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:2">
       <x:c r="A1312" s="2">
-        <x:v>44022</x:v>
+        <x:v>44053</x:v>
       </x:c>
       <x:c r="B1312" s="3">
-        <x:v>99.29</x:v>
+        <x:v>100.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:2">
       <x:c r="A1313" s="2">
-        <x:v>44021</x:v>
+        <x:v>44050</x:v>
       </x:c>
       <x:c r="B1313" s="3">
-        <x:v>99.27</x:v>
+        <x:v>100.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:2">
       <x:c r="A1314" s="2">
-        <x:v>44020</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="B1314" s="3">
-        <x:v>99.57</x:v>
+        <x:v>100.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:2">
       <x:c r="A1315" s="2">
-        <x:v>44019</x:v>
+        <x:v>44048</x:v>
       </x:c>
       <x:c r="B1315" s="3">
-        <x:v>99.87</x:v>
+        <x:v>100.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:2">
       <x:c r="A1316" s="2">
-        <x:v>44018</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="B1316" s="3">
-        <x:v>100.36</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:2">
       <x:c r="A1317" s="2">
-        <x:v>44015</x:v>
+        <x:v>44046</x:v>
       </x:c>
       <x:c r="B1317" s="3">
-        <x:v>99.87</x:v>
+        <x:v>99.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:2">
       <x:c r="A1318" s="2">
-        <x:v>44014</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B1318" s="3">
-        <x:v>99.95</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:2">
       <x:c r="A1319" s="2">
-        <x:v>44013</x:v>
+        <x:v>44042</x:v>
       </x:c>
       <x:c r="B1319" s="3">
-        <x:v>99.26</x:v>
+        <x:v>99.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:2">
       <x:c r="A1320" s="2">
-        <x:v>44012</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="B1320" s="3">
-        <x:v>98.75</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:2">
       <x:c r="A1321" s="2">
-        <x:v>44011</x:v>
+        <x:v>44040</x:v>
       </x:c>
       <x:c r="B1321" s="3">
-        <x:v>98.54</x:v>
+        <x:v>100.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:2">
       <x:c r="A1322" s="2">
-        <x:v>44008</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="B1322" s="3">
-        <x:v>98.58</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:2">
       <x:c r="A1323" s="2">
-        <x:v>44007</x:v>
+        <x:v>44036</x:v>
       </x:c>
       <x:c r="B1323" s="3">
-        <x:v>98.77</x:v>
+        <x:v>100.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:2">
       <x:c r="A1324" s="2">
-        <x:v>44006</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="B1324" s="3">
-        <x:v>98.89</x:v>
+        <x:v>100.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:2">
       <x:c r="A1325" s="2">
-        <x:v>44004</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="B1325" s="3">
-        <x:v>99.56</x:v>
+        <x:v>100.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:2">
       <x:c r="A1326" s="2">
-        <x:v>44001</x:v>
+        <x:v>44033</x:v>
       </x:c>
       <x:c r="B1326" s="3">
-        <x:v>99.89</x:v>
+        <x:v>100.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:2">
       <x:c r="A1327" s="2">
-        <x:v>44000</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="B1327" s="3">
-        <x:v>100.12</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:2">
       <x:c r="A1328" s="2">
-        <x:v>43999</x:v>
+        <x:v>44029</x:v>
       </x:c>
       <x:c r="B1328" s="3">
-        <x:v>100.49</x:v>
+        <x:v>99.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:2">
       <x:c r="A1329" s="2">
-        <x:v>43998</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="B1329" s="3">
-        <x:v>100.51</x:v>
+        <x:v>99.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:2">
       <x:c r="A1330" s="2">
-        <x:v>43997</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B1330" s="3">
-        <x:v>98.86</x:v>
+        <x:v>99.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:2">
       <x:c r="A1331" s="2">
-        <x:v>43994</x:v>
+        <x:v>44026</x:v>
       </x:c>
       <x:c r="B1331" s="3">
-        <x:v>99.26</x:v>
+        <x:v>99.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:2">
       <x:c r="A1332" s="2">
-        <x:v>43993</x:v>
+        <x:v>44025</x:v>
       </x:c>
       <x:c r="B1332" s="3">
-        <x:v>98.68</x:v>
+        <x:v>99.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:2">
       <x:c r="A1333" s="2">
-        <x:v>43992</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="B1333" s="3">
-        <x:v>100.94</x:v>
+        <x:v>99.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:2">
       <x:c r="A1334" s="2">
-        <x:v>43991</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="B1334" s="3">
-        <x:v>101.6</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:2">
       <x:c r="A1335" s="2">
-        <x:v>43990</x:v>
+        <x:v>44020</x:v>
       </x:c>
       <x:c r="B1335" s="3">
-        <x:v>102.29</x:v>
+        <x:v>99.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:2">
       <x:c r="A1336" s="2">
-        <x:v>43987</x:v>
+        <x:v>44019</x:v>
       </x:c>
       <x:c r="B1336" s="3">
-        <x:v>101.44</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:2">
       <x:c r="A1337" s="2">
-        <x:v>43986</x:v>
+        <x:v>44018</x:v>
       </x:c>
       <x:c r="B1337" s="3">
-        <x:v>99.74</x:v>
+        <x:v>100.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:2">
       <x:c r="A1338" s="2">
-        <x:v>43985</x:v>
+        <x:v>44015</x:v>
       </x:c>
       <x:c r="B1338" s="3">
-        <x:v>99.88</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:2">
       <x:c r="A1339" s="2">
-        <x:v>43984</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="B1339" s="3">
-        <x:v>98.38</x:v>
+        <x:v>99.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:2">
       <x:c r="A1340" s="2">
-        <x:v>43980</x:v>
+        <x:v>44013</x:v>
       </x:c>
       <x:c r="B1340" s="3">
-        <x:v>96.62</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:2">
       <x:c r="A1341" s="2">
-        <x:v>43979</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B1341" s="3">
-        <x:v>96.92</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:2">
       <x:c r="A1342" s="2">
-        <x:v>43978</x:v>
+        <x:v>44011</x:v>
       </x:c>
       <x:c r="B1342" s="3">
-        <x:v>96.51</x:v>
+        <x:v>98.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:2">
       <x:c r="A1343" s="2">
-        <x:v>43977</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="B1343" s="3">
-        <x:v>95.82</x:v>
+        <x:v>98.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:2">
       <x:c r="A1344" s="2">
-        <x:v>43976</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="B1344" s="3">
-        <x:v>94.63</x:v>
+        <x:v>98.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:2">
       <x:c r="A1345" s="2">
-        <x:v>43973</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="B1345" s="3">
-        <x:v>94.26</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:2">
       <x:c r="A1346" s="2">
-        <x:v>43971</x:v>
+        <x:v>44004</x:v>
       </x:c>
       <x:c r="B1346" s="3">
-        <x:v>94.04</x:v>
+        <x:v>99.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:2">
       <x:c r="A1347" s="2">
-        <x:v>43970</x:v>
+        <x:v>44001</x:v>
       </x:c>
       <x:c r="B1347" s="3">
-        <x:v>93.39</x:v>
+        <x:v>99.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:2">
       <x:c r="A1348" s="2">
-        <x:v>43969</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="B1348" s="3">
-        <x:v>93.44</x:v>
+        <x:v>100.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:2">
       <x:c r="A1349" s="2">
-        <x:v>43966</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="B1349" s="3">
-        <x:v>92.08</x:v>
+        <x:v>100.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:2">
       <x:c r="A1350" s="2">
-        <x:v>43965</x:v>
+        <x:v>43998</x:v>
       </x:c>
       <x:c r="B1350" s="3">
-        <x:v>92.13</x:v>
+        <x:v>100.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:2">
       <x:c r="A1351" s="2">
-        <x:v>43964</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B1351" s="3">
-        <x:v>92.66</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:2">
       <x:c r="A1352" s="2">
-        <x:v>43963</x:v>
+        <x:v>43994</x:v>
       </x:c>
       <x:c r="B1352" s="3">
-        <x:v>93.32</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:2">
       <x:c r="A1353" s="2">
-        <x:v>43962</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="B1353" s="3">
-        <x:v>93.85</x:v>
+        <x:v>98.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:2">
       <x:c r="A1354" s="2">
-        <x:v>43959</x:v>
+        <x:v>43992</x:v>
       </x:c>
       <x:c r="B1354" s="3">
-        <x:v>93.91</x:v>
+        <x:v>100.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:2">
       <x:c r="A1355" s="2">
-        <x:v>43958</x:v>
+        <x:v>43991</x:v>
       </x:c>
       <x:c r="B1355" s="3">
-        <x:v>93.56</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:2">
       <x:c r="A1356" s="2">
-        <x:v>43957</x:v>
+        <x:v>43990</x:v>
       </x:c>
       <x:c r="B1356" s="3">
-        <x:v>93.13</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:2">
       <x:c r="A1357" s="2">
-        <x:v>43956</x:v>
+        <x:v>43987</x:v>
       </x:c>
       <x:c r="B1357" s="3">
-        <x:v>93.15</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:2">
       <x:c r="A1358" s="2">
-        <x:v>43955</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="B1358" s="3">
-        <x:v>92.56</x:v>
+        <x:v>99.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:2">
       <x:c r="A1359" s="2">
-        <x:v>43951</x:v>
+        <x:v>43985</x:v>
       </x:c>
       <x:c r="B1359" s="3">
-        <x:v>93.69</x:v>
+        <x:v>99.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:2">
       <x:c r="A1360" s="2">
-        <x:v>43950</x:v>
+        <x:v>43984</x:v>
       </x:c>
       <x:c r="B1360" s="3">
-        <x:v>94.15</x:v>
+        <x:v>98.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:2">
       <x:c r="A1361" s="2">
-        <x:v>43949</x:v>
+        <x:v>43980</x:v>
       </x:c>
       <x:c r="B1361" s="3">
-        <x:v>93.26</x:v>
+        <x:v>96.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:2">
       <x:c r="A1362" s="2">
-        <x:v>43948</x:v>
+        <x:v>43979</x:v>
       </x:c>
       <x:c r="B1362" s="3">
-        <x:v>92.7</x:v>
+        <x:v>96.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:2">
       <x:c r="A1363" s="2">
-        <x:v>43945</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="B1363" s="3">
-        <x:v>92.11</x:v>
+        <x:v>96.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:2">
       <x:c r="A1364" s="2">
-        <x:v>43944</x:v>
+        <x:v>43977</x:v>
       </x:c>
       <x:c r="B1364" s="3">
-        <x:v>92.35</x:v>
+        <x:v>95.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:2">
       <x:c r="A1365" s="2">
-        <x:v>43943</x:v>
+        <x:v>43976</x:v>
       </x:c>
       <x:c r="B1365" s="3">
-        <x:v>92.06</x:v>
+        <x:v>94.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:2">
       <x:c r="A1366" s="2">
-        <x:v>43942</x:v>
+        <x:v>43973</x:v>
       </x:c>
       <x:c r="B1366" s="3">
-        <x:v>91.91</x:v>
+        <x:v>94.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:2">
       <x:c r="A1367" s="2">
-        <x:v>43941</x:v>
+        <x:v>43971</x:v>
       </x:c>
       <x:c r="B1367" s="3">
-        <x:v>92.49</x:v>
+        <x:v>94.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:2">
       <x:c r="A1368" s="2">
-        <x:v>43938</x:v>
+        <x:v>43970</x:v>
       </x:c>
       <x:c r="B1368" s="3">
-        <x:v>92.89</x:v>
+        <x:v>93.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:2">
       <x:c r="A1369" s="2">
-        <x:v>43937</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="B1369" s="3">
-        <x:v>92.26</x:v>
+        <x:v>93.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:2">
       <x:c r="A1370" s="2">
-        <x:v>43936</x:v>
+        <x:v>43966</x:v>
       </x:c>
       <x:c r="B1370" s="3">
-        <x:v>92.61</x:v>
+        <x:v>92.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:2">
       <x:c r="A1371" s="2">
-        <x:v>43935</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="B1371" s="3">
-        <x:v>93.17</x:v>
+        <x:v>92.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:2">
       <x:c r="A1372" s="2">
-        <x:v>43930</x:v>
+        <x:v>43964</x:v>
       </x:c>
       <x:c r="B1372" s="3">
-        <x:v>92.51</x:v>
+        <x:v>92.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:2">
       <x:c r="A1373" s="2">
-        <x:v>43929</x:v>
+        <x:v>43963</x:v>
       </x:c>
       <x:c r="B1373" s="3">
-        <x:v>91.01</x:v>
+        <x:v>93.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:2">
       <x:c r="A1374" s="2">
-        <x:v>43928</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="B1374" s="3">
-        <x:v>90.66</x:v>
+        <x:v>93.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:2">
       <x:c r="A1375" s="2">
-        <x:v>43927</x:v>
+        <x:v>43959</x:v>
       </x:c>
       <x:c r="B1375" s="3">
-        <x:v>89.52</x:v>
+        <x:v>93.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:2">
       <x:c r="A1376" s="2">
-        <x:v>43924</x:v>
+        <x:v>43958</x:v>
       </x:c>
       <x:c r="B1376" s="3">
-        <x:v>88.58</x:v>
+        <x:v>93.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:2">
       <x:c r="A1377" s="2">
-        <x:v>43923</x:v>
+        <x:v>43957</x:v>
       </x:c>
       <x:c r="B1377" s="3">
-        <x:v>88.78</x:v>
+        <x:v>93.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:2">
       <x:c r="A1378" s="2">
-        <x:v>43922</x:v>
+        <x:v>43956</x:v>
       </x:c>
       <x:c r="B1378" s="3">
-        <x:v>88.86</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:2">
       <x:c r="A1379" s="2">
-        <x:v>43921</x:v>
+        <x:v>43955</x:v>
       </x:c>
       <x:c r="B1379" s="3">
-        <x:v>90.18</x:v>
+        <x:v>92.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:2">
       <x:c r="A1380" s="2">
-        <x:v>43920</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B1380" s="3">
-        <x:v>89.3</x:v>
+        <x:v>93.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:2">
       <x:c r="A1381" s="2">
-        <x:v>43917</x:v>
+        <x:v>43950</x:v>
       </x:c>
       <x:c r="B1381" s="3">
-        <x:v>89.61</x:v>
+        <x:v>94.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:2">
       <x:c r="A1382" s="2">
-        <x:v>43916</x:v>
+        <x:v>43949</x:v>
       </x:c>
       <x:c r="B1382" s="3">
-        <x:v>89.78</x:v>
+        <x:v>93.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:2">
       <x:c r="A1383" s="2">
-        <x:v>43915</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="B1383" s="3">
-        <x:v>88.2</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:2">
       <x:c r="A1384" s="2">
-        <x:v>43914</x:v>
+        <x:v>43945</x:v>
       </x:c>
       <x:c r="B1384" s="3">
-        <x:v>86.34</x:v>
+        <x:v>92.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:2">
       <x:c r="A1385" s="2">
-        <x:v>43913</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="B1385" s="3">
-        <x:v>84.1</x:v>
+        <x:v>92.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:2">
       <x:c r="A1386" s="2">
-        <x:v>43910</x:v>
+        <x:v>43943</x:v>
       </x:c>
       <x:c r="B1386" s="3">
-        <x:v>85.95</x:v>
+        <x:v>92.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:2">
       <x:c r="A1387" s="2">
-        <x:v>43909</x:v>
+        <x:v>43942</x:v>
       </x:c>
       <x:c r="B1387" s="3">
-        <x:v>85.23</x:v>
+        <x:v>91.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:2">
       <x:c r="A1388" s="2">
-        <x:v>43908</x:v>
+        <x:v>43941</x:v>
       </x:c>
       <x:c r="B1388" s="3">
-        <x:v>85.59</x:v>
+        <x:v>92.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:2">
       <x:c r="A1389" s="2">
-        <x:v>43907</x:v>
+        <x:v>43938</x:v>
       </x:c>
       <x:c r="B1389" s="3">
-        <x:v>89.11</x:v>
+        <x:v>92.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:2">
       <x:c r="A1390" s="2">
-        <x:v>43906</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="B1390" s="3">
-        <x:v>89.75</x:v>
+        <x:v>92.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:2">
       <x:c r="A1391" s="2">
-        <x:v>43903</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B1391" s="3">
-        <x:v>93.95</x:v>
+        <x:v>92.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:2">
       <x:c r="A1392" s="2">
-        <x:v>43902</x:v>
+        <x:v>43935</x:v>
       </x:c>
       <x:c r="B1392" s="3">
-        <x:v>94.06</x:v>
+        <x:v>93.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:2">
       <x:c r="A1393" s="2">
-        <x:v>43901</x:v>
+        <x:v>43930</x:v>
       </x:c>
       <x:c r="B1393" s="3">
-        <x:v>98.7</x:v>
+        <x:v>92.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:2">
       <x:c r="A1394" s="2">
-        <x:v>43900</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="B1394" s="3">
-        <x:v>100.14</x:v>
+        <x:v>91.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:2">
       <x:c r="A1395" s="2">
-        <x:v>43899</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="B1395" s="3">
-        <x:v>100.07</x:v>
+        <x:v>90.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:2">
       <x:c r="A1396" s="2">
-        <x:v>43896</x:v>
+        <x:v>43927</x:v>
       </x:c>
       <x:c r="B1396" s="3">
-        <x:v>103.7</x:v>
+        <x:v>89.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:2">
       <x:c r="A1397" s="2">
-        <x:v>43895</x:v>
+        <x:v>43924</x:v>
       </x:c>
       <x:c r="B1397" s="3">
-        <x:v>105.04</x:v>
+        <x:v>88.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:2">
       <x:c r="A1398" s="2">
-        <x:v>43894</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="B1398" s="3">
-        <x:v>105.79</x:v>
+        <x:v>88.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:2">
       <x:c r="A1399" s="2">
-        <x:v>43893</x:v>
+        <x:v>43922</x:v>
       </x:c>
       <x:c r="B1399" s="3">
-        <x:v>105.58</x:v>
+        <x:v>88.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:2">
       <x:c r="A1400" s="2">
-        <x:v>43892</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B1400" s="3">
-        <x:v>104.9</x:v>
+        <x:v>90.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:2">
       <x:c r="A1401" s="2">
-        <x:v>43889</x:v>
+        <x:v>43920</x:v>
       </x:c>
       <x:c r="B1401" s="3">
-        <x:v>104.59</x:v>
+        <x:v>89.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:2">
       <x:c r="A1402" s="2">
-        <x:v>43888</x:v>
+        <x:v>43917</x:v>
       </x:c>
       <x:c r="B1402" s="3">
-        <x:v>106.19</x:v>
+        <x:v>89.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:2">
       <x:c r="A1403" s="2">
-        <x:v>43887</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="B1403" s="3">
-        <x:v>108.01</x:v>
+        <x:v>89.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:2">
       <x:c r="A1404" s="2">
-        <x:v>43886</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="B1404" s="3">
-        <x:v>108.45</x:v>
+        <x:v>88.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:2">
       <x:c r="A1405" s="2">
-        <x:v>43885</x:v>
+        <x:v>43914</x:v>
       </x:c>
       <x:c r="B1405" s="3">
-        <x:v>109.21</x:v>
+        <x:v>86.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:2">
       <x:c r="A1406" s="2">
-        <x:v>43882</x:v>
+        <x:v>43913</x:v>
       </x:c>
       <x:c r="B1406" s="3">
-        <x:v>110.31</x:v>
+        <x:v>84.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:2">
       <x:c r="A1407" s="2">
-        <x:v>43881</x:v>
+        <x:v>43910</x:v>
       </x:c>
       <x:c r="B1407" s="3">
-        <x:v>110.53</x:v>
+        <x:v>85.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:2">
       <x:c r="A1408" s="2">
-        <x:v>43880</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="B1408" s="3">
-        <x:v>110.59</x:v>
+        <x:v>85.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:2">
       <x:c r="A1409" s="2">
-        <x:v>43879</x:v>
+        <x:v>43908</x:v>
       </x:c>
       <x:c r="B1409" s="3">
-        <x:v>110.43</x:v>
+        <x:v>85.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:2">
       <x:c r="A1410" s="2">
-        <x:v>43878</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="B1410" s="3">
-        <x:v>110.57</x:v>
+        <x:v>89.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:2">
       <x:c r="A1411" s="2">
-        <x:v>43875</x:v>
+        <x:v>43906</x:v>
       </x:c>
       <x:c r="B1411" s="3">
-        <x:v>110.43</x:v>
+        <x:v>89.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:2">
       <x:c r="A1412" s="2">
-        <x:v>43874</x:v>
+        <x:v>43903</x:v>
       </x:c>
       <x:c r="B1412" s="3">
-        <x:v>110.21</x:v>
+        <x:v>93.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:2">
       <x:c r="A1413" s="2">
-        <x:v>43873</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="B1413" s="3">
-        <x:v>110.13</x:v>
+        <x:v>94.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:2">
       <x:c r="A1414" s="2">
-        <x:v>43872</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="B1414" s="3">
-        <x:v>109.81</x:v>
+        <x:v>98.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:2">
       <x:c r="A1415" s="2">
-        <x:v>43871</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="B1415" s="3">
-        <x:v>109.56</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:2">
       <x:c r="A1416" s="2">
-        <x:v>43868</x:v>
+        <x:v>43899</x:v>
       </x:c>
       <x:c r="B1416" s="3">
-        <x:v>109.54</x:v>
+        <x:v>100.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:2">
       <x:c r="A1417" s="2">
-        <x:v>43867</x:v>
+        <x:v>43896</x:v>
       </x:c>
       <x:c r="B1417" s="3">
-        <x:v>109.58</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:2">
       <x:c r="A1418" s="2">
-        <x:v>43866</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="B1418" s="3">
-        <x:v>109.25</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:2">
       <x:c r="A1419" s="2">
-        <x:v>43865</x:v>
+        <x:v>43894</x:v>
       </x:c>
       <x:c r="B1419" s="3">
-        <x:v>108.82</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:2">
       <x:c r="A1420" s="2">
-        <x:v>43864</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="B1420" s="3">
-        <x:v>108.45</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:2">
       <x:c r="A1421" s="2">
-        <x:v>43861</x:v>
+        <x:v>43892</x:v>
       </x:c>
       <x:c r="B1421" s="3">
-        <x:v>108.46</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:2">
       <x:c r="A1422" s="2">
-        <x:v>43860</x:v>
+        <x:v>43889</x:v>
       </x:c>
       <x:c r="B1422" s="3">
-        <x:v>108.69</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:2">
       <x:c r="A1423" s="2">
-        <x:v>43859</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="B1423" s="3">
-        <x:v>108.93</x:v>
+        <x:v>106.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:2">
       <x:c r="A1424" s="2">
-        <x:v>43858</x:v>
+        <x:v>43887</x:v>
       </x:c>
       <x:c r="B1424" s="3">
-        <x:v>108.67</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:2">
       <x:c r="A1425" s="2">
-        <x:v>43857</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="B1425" s="3">
-        <x:v>108.43</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:2">
       <x:c r="A1426" s="2">
-        <x:v>43854</x:v>
+        <x:v>43885</x:v>
       </x:c>
       <x:c r="B1426" s="3">
-        <x:v>109.09</x:v>
+        <x:v>109.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:2">
       <x:c r="A1427" s="2">
-        <x:v>43853</x:v>
+        <x:v>43882</x:v>
       </x:c>
       <x:c r="B1427" s="3">
-        <x:v>109.06</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:2">
       <x:c r="A1428" s="2">
-        <x:v>43852</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="B1428" s="3">
-        <x:v>109.27</x:v>
+        <x:v>110.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:2">
       <x:c r="A1429" s="2">
-        <x:v>43851</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="B1429" s="3">
-        <x:v>109.31</x:v>
+        <x:v>110.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:2">
       <x:c r="A1430" s="2">
-        <x:v>43850</x:v>
+        <x:v>43879</x:v>
       </x:c>
       <x:c r="B1430" s="3">
-        <x:v>109.48</x:v>
+        <x:v>110.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:2">
       <x:c r="A1431" s="2">
-        <x:v>43847</x:v>
+        <x:v>43878</x:v>
       </x:c>
       <x:c r="B1431" s="3">
-        <x:v>109.46</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:2">
       <x:c r="A1432" s="2">
-        <x:v>43846</x:v>
+        <x:v>43875</x:v>
       </x:c>
       <x:c r="B1432" s="3">
-        <x:v>109.33</x:v>
+        <x:v>110.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:2">
       <x:c r="A1433" s="2">
-        <x:v>43845</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="B1433" s="3">
-        <x:v>109.14</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:2">
       <x:c r="A1434" s="2">
-        <x:v>43844</x:v>
+        <x:v>43873</x:v>
       </x:c>
       <x:c r="B1434" s="3">
-        <x:v>109.11</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:2">
       <x:c r="A1435" s="2">
-        <x:v>43843</x:v>
+        <x:v>43872</x:v>
       </x:c>
       <x:c r="B1435" s="3">
-        <x:v>109.08</x:v>
+        <x:v>109.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:2">
       <x:c r="A1436" s="2">
-        <x:v>43840</x:v>
+        <x:v>43871</x:v>
       </x:c>
       <x:c r="B1436" s="3">
-        <x:v>109.11</x:v>
+        <x:v>109.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:2">
       <x:c r="A1437" s="2">
-        <x:v>43839</x:v>
+        <x:v>43868</x:v>
       </x:c>
       <x:c r="B1437" s="3">
-        <x:v>109.03</x:v>
+        <x:v>109.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:2">
       <x:c r="A1438" s="2">
-        <x:v>43838</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="B1438" s="3">
-        <x:v>108.92</x:v>
+        <x:v>109.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:2">
       <x:c r="A1439" s="2">
-        <x:v>43837</x:v>
+        <x:v>43866</x:v>
       </x:c>
       <x:c r="B1439" s="3">
-        <x:v>108.91</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:2">
       <x:c r="A1440" s="2">
-        <x:v>43836</x:v>
+        <x:v>43865</x:v>
       </x:c>
       <x:c r="B1440" s="3">
-        <x:v>108.81</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:2">
       <x:c r="A1441" s="2">
-        <x:v>43833</x:v>
+        <x:v>43864</x:v>
       </x:c>
       <x:c r="B1441" s="3">
-        <x:v>108.83</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:2">
       <x:c r="A1442" s="2">
-        <x:v>43832</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B1442" s="3">
-        <x:v>108.84</x:v>
+        <x:v>108.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:2">
       <x:c r="A1443" s="2">
-        <x:v>43830</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="B1443" s="3">
         <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:2">
       <x:c r="A1444" s="2">
-        <x:v>43829</x:v>
+        <x:v>43859</x:v>
       </x:c>
       <x:c r="B1444" s="3">
-        <x:v>108.67</x:v>
+        <x:v>108.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:2">
       <x:c r="A1445" s="2">
-        <x:v>43826</x:v>
+        <x:v>43858</x:v>
       </x:c>
       <x:c r="B1445" s="3">
-        <x:v>108.78</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:2">
       <x:c r="A1446" s="2">
-        <x:v>43823</x:v>
+        <x:v>43857</x:v>
       </x:c>
       <x:c r="B1446" s="3">
-        <x:v>108.6</x:v>
+        <x:v>108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:2">
       <x:c r="A1447" s="2">
-        <x:v>43822</x:v>
+        <x:v>43854</x:v>
       </x:c>
       <x:c r="B1447" s="3">
-        <x:v>108.54</x:v>
+        <x:v>109.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:2">
       <x:c r="A1448" s="2">
-        <x:v>43819</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="B1448" s="3">
-        <x:v>108.53</x:v>
+        <x:v>109.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:2">
       <x:c r="A1449" s="2">
-        <x:v>43818</x:v>
+        <x:v>43852</x:v>
       </x:c>
       <x:c r="B1449" s="3">
-        <x:v>108.33</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:2">
       <x:c r="A1450" s="2">
-        <x:v>43817</x:v>
+        <x:v>43851</x:v>
       </x:c>
       <x:c r="B1450" s="3">
-        <x:v>108.34</x:v>
+        <x:v>109.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:2">
       <x:c r="A1451" s="2">
-        <x:v>43816</x:v>
+        <x:v>43850</x:v>
       </x:c>
       <x:c r="B1451" s="3">
-        <x:v>108.2</x:v>
+        <x:v>109.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:2">
       <x:c r="A1452" s="2">
-        <x:v>43815</x:v>
+        <x:v>43847</x:v>
       </x:c>
       <x:c r="B1452" s="3">
-        <x:v>108.1</x:v>
+        <x:v>109.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:2">
       <x:c r="A1453" s="2">
-        <x:v>43812</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="B1453" s="3">
-        <x:v>107.79</x:v>
+        <x:v>109.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:2">
       <x:c r="A1454" s="2">
-        <x:v>43811</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B1454" s="3">
-        <x:v>107.44</x:v>
+        <x:v>109.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:2">
       <x:c r="A1455" s="2">
-        <x:v>43810</x:v>
+        <x:v>43844</x:v>
       </x:c>
       <x:c r="B1455" s="3">
-        <x:v>107.33</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:2">
       <x:c r="A1456" s="2">
-        <x:v>43809</x:v>
+        <x:v>43843</x:v>
       </x:c>
       <x:c r="B1456" s="3">
-        <x:v>107.24</x:v>
+        <x:v>109.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:2">
       <x:c r="A1457" s="2">
-        <x:v>43808</x:v>
+        <x:v>43840</x:v>
       </x:c>
       <x:c r="B1457" s="3">
-        <x:v>107.21</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:2">
       <x:c r="A1458" s="2">
-        <x:v>43805</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="B1458" s="3">
-        <x:v>107.1</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:2">
       <x:c r="A1459" s="2">
-        <x:v>43804</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B1459" s="3">
-        <x:v>106.81</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:2">
       <x:c r="A1460" s="2">
-        <x:v>43803</x:v>
+        <x:v>43837</x:v>
       </x:c>
       <x:c r="B1460" s="3">
-        <x:v>106.76</x:v>
+        <x:v>108.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:2">
       <x:c r="A1461" s="2">
-        <x:v>43802</x:v>
+        <x:v>43836</x:v>
       </x:c>
       <x:c r="B1461" s="3">
-        <x:v>106.56</x:v>
+        <x:v>108.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:2">
       <x:c r="A1462" s="2">
-        <x:v>43801</x:v>
+        <x:v>43833</x:v>
       </x:c>
       <x:c r="B1462" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:2">
       <x:c r="A1463" s="2">
-        <x:v>43798</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="B1463" s="3">
-        <x:v>107.01</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:2">
       <x:c r="A1464" s="2">
-        <x:v>43797</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B1464" s="3">
-        <x:v>107.05</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:2">
       <x:c r="A1465" s="2">
-        <x:v>43796</x:v>
+        <x:v>43829</x:v>
       </x:c>
       <x:c r="B1465" s="3">
-        <x:v>107.03</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:2">
       <x:c r="A1466" s="2">
-        <x:v>43795</x:v>
+        <x:v>43826</x:v>
       </x:c>
       <x:c r="B1466" s="3">
-        <x:v>106.91</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:2">
       <x:c r="A1467" s="2">
-        <x:v>43794</x:v>
+        <x:v>43823</x:v>
       </x:c>
       <x:c r="B1467" s="3">
-        <x:v>106.75</x:v>
+        <x:v>108.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:2">
       <x:c r="A1468" s="2">
-        <x:v>43791</x:v>
+        <x:v>43822</x:v>
       </x:c>
       <x:c r="B1468" s="3">
-        <x:v>106.72</x:v>
+        <x:v>108.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:2">
       <x:c r="A1469" s="2">
-        <x:v>43790</x:v>
+        <x:v>43819</x:v>
       </x:c>
       <x:c r="B1469" s="3">
-        <x:v>106.57</x:v>
+        <x:v>108.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:2">
       <x:c r="A1470" s="2">
-        <x:v>43789</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="B1470" s="3">
-        <x:v>106.78</x:v>
+        <x:v>108.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:2">
       <x:c r="A1471" s="2">
-        <x:v>43788</x:v>
+        <x:v>43817</x:v>
       </x:c>
       <x:c r="B1471" s="3">
-        <x:v>106.83</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:2">
       <x:c r="A1472" s="2">
-        <x:v>43787</x:v>
+        <x:v>43816</x:v>
       </x:c>
       <x:c r="B1472" s="3">
-        <x:v>106.94</x:v>
+        <x:v>108.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:2">
       <x:c r="A1473" s="2">
-        <x:v>43784</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="B1473" s="3">
-        <x:v>107.14</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:2">
       <x:c r="A1474" s="2">
-        <x:v>43783</x:v>
+        <x:v>43812</x:v>
       </x:c>
       <x:c r="B1474" s="3">
-        <x:v>107.11</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:2">
       <x:c r="A1475" s="2">
-        <x:v>43782</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="B1475" s="3">
-        <x:v>107.05</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:2">
       <x:c r="A1476" s="2">
-        <x:v>43781</x:v>
+        <x:v>43810</x:v>
       </x:c>
       <x:c r="B1476" s="3">
-        <x:v>107.15</x:v>
+        <x:v>107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:2">
       <x:c r="A1477" s="2">
-        <x:v>43780</x:v>
+        <x:v>43809</x:v>
       </x:c>
       <x:c r="B1477" s="3">
-        <x:v>107.25</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:2">
       <x:c r="A1478" s="2">
-        <x:v>43777</x:v>
+        <x:v>43808</x:v>
       </x:c>
       <x:c r="B1478" s="3">
-        <x:v>107.33</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:2">
       <x:c r="A1479" s="2">
-        <x:v>43776</x:v>
+        <x:v>43805</x:v>
       </x:c>
       <x:c r="B1479" s="3">
-        <x:v>107.43</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:2">
       <x:c r="A1480" s="2">
-        <x:v>43775</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="B1480" s="3">
-        <x:v>107.49</x:v>
+        <x:v>106.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:2">
       <x:c r="A1481" s="2">
-        <x:v>43774</x:v>
+        <x:v>43803</x:v>
       </x:c>
       <x:c r="B1481" s="3">
-        <x:v>107.51</x:v>
+        <x:v>106.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:2">
       <x:c r="A1482" s="2">
-        <x:v>43773</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="B1482" s="3">
-        <x:v>107.58</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:2">
       <x:c r="A1483" s="2">
-        <x:v>43769</x:v>
+        <x:v>43801</x:v>
       </x:c>
       <x:c r="B1483" s="3">
-        <x:v>107.27</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:2">
       <x:c r="A1484" s="2">
-        <x:v>43768</x:v>
+        <x:v>43798</x:v>
       </x:c>
       <x:c r="B1484" s="3">
-        <x:v>107.39</x:v>
+        <x:v>107.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:2">
       <x:c r="A1485" s="2">
-        <x:v>43767</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="B1485" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:2">
       <x:c r="A1486" s="2">
-        <x:v>43766</x:v>
+        <x:v>43796</x:v>
       </x:c>
       <x:c r="B1486" s="3">
-        <x:v>107.47</x:v>
+        <x:v>107.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:2">
       <x:c r="A1487" s="2">
-        <x:v>43763</x:v>
+        <x:v>43795</x:v>
       </x:c>
       <x:c r="B1487" s="3">
-        <x:v>107.56</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:2">
       <x:c r="A1488" s="2">
-        <x:v>43762</x:v>
+        <x:v>43794</x:v>
       </x:c>
       <x:c r="B1488" s="3">
-        <x:v>107.55</x:v>
+        <x:v>106.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:2">
       <x:c r="A1489" s="2">
-        <x:v>43761</x:v>
+        <x:v>43791</x:v>
       </x:c>
       <x:c r="B1489" s="3">
-        <x:v>107.53</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:2">
       <x:c r="A1490" s="2">
-        <x:v>43760</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="B1490" s="3">
-        <x:v>107.42</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:2">
       <x:c r="A1491" s="2">
-        <x:v>43759</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="B1491" s="3">
-        <x:v>107.43</x:v>
+        <x:v>106.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:2">
       <x:c r="A1492" s="2">
-        <x:v>43756</x:v>
+        <x:v>43788</x:v>
       </x:c>
       <x:c r="B1492" s="3">
-        <x:v>107.41</x:v>
+        <x:v>106.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:2">
       <x:c r="A1493" s="2">
-        <x:v>43755</x:v>
+        <x:v>43787</x:v>
       </x:c>
       <x:c r="B1493" s="3">
-        <x:v>107.59</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:2">
       <x:c r="A1494" s="2">
-        <x:v>43754</x:v>
+        <x:v>43784</x:v>
       </x:c>
       <x:c r="B1494" s="3">
-        <x:v>107.64</x:v>
+        <x:v>107.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:2">
       <x:c r="A1495" s="2">
-        <x:v>43753</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="B1495" s="3">
-        <x:v>107.65</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:2">
       <x:c r="A1496" s="2">
-        <x:v>43752</x:v>
+        <x:v>43782</x:v>
       </x:c>
       <x:c r="B1496" s="3">
-        <x:v>107.51</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:2">
       <x:c r="A1497" s="2">
-        <x:v>43749</x:v>
+        <x:v>43781</x:v>
       </x:c>
       <x:c r="B1497" s="3">
-        <x:v>107.58</x:v>
+        <x:v>107.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:2">
       <x:c r="A1498" s="2">
-        <x:v>43748</x:v>
+        <x:v>43780</x:v>
       </x:c>
       <x:c r="B1498" s="3">
-        <x:v>107.23</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:2">
       <x:c r="A1499" s="2">
-        <x:v>43747</x:v>
+        <x:v>43777</x:v>
       </x:c>
       <x:c r="B1499" s="3">
-        <x:v>107.16</x:v>
+        <x:v>107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:2">
       <x:c r="A1500" s="2">
-        <x:v>43746</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="B1500" s="3">
-        <x:v>107.05</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:2">
       <x:c r="A1501" s="2">
-        <x:v>43745</x:v>
+        <x:v>43775</x:v>
       </x:c>
       <x:c r="B1501" s="3">
-        <x:v>107.36</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:2">
       <x:c r="A1502" s="2">
-        <x:v>43742</x:v>
+        <x:v>43774</x:v>
       </x:c>
       <x:c r="B1502" s="3">
-        <x:v>107.34</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:2">
       <x:c r="A1503" s="2">
-        <x:v>43741</x:v>
+        <x:v>43773</x:v>
       </x:c>
       <x:c r="B1503" s="3">
-        <x:v>107.32</x:v>
+        <x:v>107.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:2">
       <x:c r="A1504" s="2">
-        <x:v>43740</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B1504" s="3">
-        <x:v>107.42</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:2">
       <x:c r="A1505" s="2">
-        <x:v>43739</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="B1505" s="3">
-        <x:v>107.87</x:v>
+        <x:v>107.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:2">
       <x:c r="A1506" s="2">
-        <x:v>43738</x:v>
+        <x:v>43767</x:v>
       </x:c>
       <x:c r="B1506" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:2">
       <x:c r="A1507" s="2">
-        <x:v>43735</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="B1507" s="3">
-        <x:v>108.13</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:2">
       <x:c r="A1508" s="2">
-        <x:v>43734</x:v>
+        <x:v>43763</x:v>
       </x:c>
       <x:c r="B1508" s="3">
-        <x:v>108.14</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:2">
       <x:c r="A1509" s="2">
-        <x:v>43733</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="B1509" s="3">
-        <x:v>108.06</x:v>
+        <x:v>107.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:2">
       <x:c r="A1510" s="2">
-        <x:v>43732</x:v>
+        <x:v>43761</x:v>
       </x:c>
       <x:c r="B1510" s="3">
-        <x:v>108.24</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:2">
       <x:c r="A1511" s="2">
-        <x:v>43731</x:v>
+        <x:v>43760</x:v>
       </x:c>
       <x:c r="B1511" s="3">
-        <x:v>108.44</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:2">
       <x:c r="A1512" s="2">
-        <x:v>43728</x:v>
+        <x:v>43759</x:v>
       </x:c>
       <x:c r="B1512" s="3">
-        <x:v>108.54</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:2">
       <x:c r="A1513" s="2">
-        <x:v>43727</x:v>
+        <x:v>43756</x:v>
       </x:c>
       <x:c r="B1513" s="3">
-        <x:v>108.37</x:v>
+        <x:v>107.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:2">
       <x:c r="A1514" s="2">
-        <x:v>43726</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="B1514" s="3">
-        <x:v>108.29</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:2">
       <x:c r="A1515" s="2">
-        <x:v>43725</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="B1515" s="3">
-        <x:v>108.24</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:2">
       <x:c r="A1516" s="2">
-        <x:v>43724</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B1516" s="3">
-        <x:v>108.33</x:v>
+        <x:v>107.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:2">
       <x:c r="A1517" s="2">
-        <x:v>43721</x:v>
+        <x:v>43752</x:v>
       </x:c>
       <x:c r="B1517" s="3">
-        <x:v>108.25</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:2">
       <x:c r="A1518" s="2">
-        <x:v>43720</x:v>
+        <x:v>43749</x:v>
       </x:c>
       <x:c r="B1518" s="3">
-        <x:v>108.3</x:v>
+        <x:v>107.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:2">
       <x:c r="A1519" s="2">
-        <x:v>43719</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="B1519" s="3">
-        <x:v>108.09</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:2">
       <x:c r="A1520" s="2">
-        <x:v>43718</x:v>
+        <x:v>43747</x:v>
       </x:c>
       <x:c r="B1520" s="3">
-        <x:v>108.05</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:2">
       <x:c r="A1521" s="2">
-        <x:v>43717</x:v>
+        <x:v>43746</x:v>
       </x:c>
       <x:c r="B1521" s="3">
-        <x:v>108.12</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:2">
       <x:c r="A1522" s="2">
-        <x:v>43714</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="B1522" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:2">
       <x:c r="A1523" s="2">
-        <x:v>43713</x:v>
+        <x:v>43742</x:v>
       </x:c>
       <x:c r="B1523" s="3">
-        <x:v>108.13</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:2">
       <x:c r="A1524" s="2">
-        <x:v>43712</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="B1524" s="3">
-        <x:v>108.02</x:v>
+        <x:v>107.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:2">
       <x:c r="A1525" s="2">
-        <x:v>43711</x:v>
+        <x:v>43740</x:v>
       </x:c>
       <x:c r="B1525" s="3">
-        <x:v>107.79</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:2">
       <x:c r="A1526" s="2">
-        <x:v>43710</x:v>
+        <x:v>43739</x:v>
       </x:c>
       <x:c r="B1526" s="3">
-        <x:v>107.73</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:2">
       <x:c r="A1527" s="2">
-        <x:v>43707</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B1527" s="3">
-        <x:v>107.74</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:2">
       <x:c r="A1528" s="2">
-        <x:v>43706</x:v>
+        <x:v>43735</x:v>
       </x:c>
       <x:c r="B1528" s="3">
-        <x:v>107.56</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:2">
       <x:c r="A1529" s="2">
-        <x:v>43705</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="B1529" s="3">
-        <x:v>107.4</x:v>
+        <x:v>108.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:2">
       <x:c r="A1530" s="2">
-        <x:v>43704</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="B1530" s="3">
-        <x:v>107.29</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:2">
       <x:c r="A1531" s="2">
-        <x:v>43703</x:v>
+        <x:v>43732</x:v>
       </x:c>
       <x:c r="B1531" s="3">
-        <x:v>107.24</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:2">
       <x:c r="A1532" s="2">
-        <x:v>43700</x:v>
+        <x:v>43731</x:v>
       </x:c>
       <x:c r="B1532" s="3">
-        <x:v>107.2</x:v>
+        <x:v>108.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:2">
       <x:c r="A1533" s="2">
-        <x:v>43699</x:v>
+        <x:v>43728</x:v>
       </x:c>
       <x:c r="B1533" s="3">
-        <x:v>107.35</x:v>
+        <x:v>108.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:2">
       <x:c r="A1534" s="2">
-        <x:v>43698</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="B1534" s="3">
-        <x:v>107.13</x:v>
+        <x:v>108.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:2">
       <x:c r="A1535" s="2">
-        <x:v>43697</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="B1535" s="3">
-        <x:v>106.71</x:v>
+        <x:v>108.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:2">
       <x:c r="A1536" s="2">
-        <x:v>43696</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="B1536" s="3">
-        <x:v>106.75</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:2">
       <x:c r="A1537" s="2">
-        <x:v>43693</x:v>
+        <x:v>43724</x:v>
       </x:c>
       <x:c r="B1537" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:2">
       <x:c r="A1538" s="2">
-        <x:v>43691</x:v>
+        <x:v>43721</x:v>
       </x:c>
       <x:c r="B1538" s="3">
-        <x:v>106.38</x:v>
+        <x:v>108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:2">
       <x:c r="A1539" s="2">
-        <x:v>43690</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="B1539" s="3">
-        <x:v>106.56</x:v>
+        <x:v>108.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:2">
       <x:c r="A1540" s="2">
-        <x:v>43689</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="B1540" s="3">
-        <x:v>106.54</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:2">
       <x:c r="A1541" s="2">
-        <x:v>43686</x:v>
+        <x:v>43718</x:v>
       </x:c>
       <x:c r="B1541" s="3">
-        <x:v>106.88</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:2">
       <x:c r="A1542" s="2">
-        <x:v>43685</x:v>
+        <x:v>43717</x:v>
       </x:c>
       <x:c r="B1542" s="3">
-        <x:v>106.87</x:v>
+        <x:v>108.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:2">
       <x:c r="A1543" s="2">
-        <x:v>43684</x:v>
+        <x:v>43714</x:v>
       </x:c>
       <x:c r="B1543" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:2">
       <x:c r="A1544" s="2">
-        <x:v>43683</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="B1544" s="3">
-        <x:v>106.55</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:2">
       <x:c r="A1545" s="2">
-        <x:v>43682</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="B1545" s="3">
-        <x:v>106.56</x:v>
+        <x:v>108.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:2">
       <x:c r="A1546" s="2">
-        <x:v>43679</x:v>
+        <x:v>43711</x:v>
       </x:c>
       <x:c r="B1546" s="3">
-        <x:v>107.42</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:2">
       <x:c r="A1547" s="2">
-        <x:v>43678</x:v>
+        <x:v>43710</x:v>
       </x:c>
       <x:c r="B1547" s="3">
-        <x:v>107.68</x:v>
+        <x:v>107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:2">
       <x:c r="A1548" s="2">
-        <x:v>43677</x:v>
+        <x:v>43707</x:v>
       </x:c>
       <x:c r="B1548" s="3">
-        <x:v>107.81</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:2">
       <x:c r="A1549" s="2">
-        <x:v>43676</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="B1549" s="3">
-        <x:v>107.81</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:2">
       <x:c r="A1550" s="2">
-        <x:v>43675</x:v>
+        <x:v>43705</x:v>
       </x:c>
       <x:c r="B1550" s="3">
-        <x:v>108.06</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:2">
       <x:c r="A1551" s="2">
-        <x:v>43672</x:v>
+        <x:v>43704</x:v>
       </x:c>
       <x:c r="B1551" s="3">
-        <x:v>108.04</x:v>
+        <x:v>107.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:2">
       <x:c r="A1552" s="2">
-        <x:v>43671</x:v>
+        <x:v>43703</x:v>
       </x:c>
       <x:c r="B1552" s="3">
-        <x:v>108.05</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:2">
       <x:c r="A1553" s="2">
-        <x:v>43670</x:v>
+        <x:v>43700</x:v>
       </x:c>
       <x:c r="B1553" s="3">
-        <x:v>107.9</x:v>
+        <x:v>107.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:2">
       <x:c r="A1554" s="2">
-        <x:v>43669</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="B1554" s="3">
-        <x:v>107.69</x:v>
+        <x:v>107.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:2">
       <x:c r="A1555" s="2">
-        <x:v>43668</x:v>
+        <x:v>43698</x:v>
       </x:c>
       <x:c r="B1555" s="3">
-        <x:v>107.22</x:v>
+        <x:v>107.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:2">
       <x:c r="A1556" s="2">
-        <x:v>43665</x:v>
+        <x:v>43697</x:v>
       </x:c>
       <x:c r="B1556" s="3">
-        <x:v>107.21</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:2">
       <x:c r="A1557" s="2">
-        <x:v>43664</x:v>
+        <x:v>43696</x:v>
       </x:c>
       <x:c r="B1557" s="3">
-        <x:v>107.25</x:v>
+        <x:v>106.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:2">
       <x:c r="A1558" s="2">
-        <x:v>43663</x:v>
+        <x:v>43693</x:v>
       </x:c>
       <x:c r="B1558" s="3">
-        <x:v>107.4</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:2">
       <x:c r="A1559" s="2">
-        <x:v>43662</x:v>
+        <x:v>43691</x:v>
       </x:c>
       <x:c r="B1559" s="3">
-        <x:v>107.5</x:v>
+        <x:v>106.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:2">
       <x:c r="A1560" s="2">
-        <x:v>43661</x:v>
+        <x:v>43690</x:v>
       </x:c>
       <x:c r="B1560" s="3">
-        <x:v>107.49</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:2">
       <x:c r="A1561" s="2">
-        <x:v>43658</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="B1561" s="3">
-        <x:v>107.36</x:v>
+        <x:v>106.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:2">
       <x:c r="A1562" s="2">
-        <x:v>43657</x:v>
+        <x:v>43686</x:v>
       </x:c>
       <x:c r="B1562" s="3">
-        <x:v>107.43</x:v>
+        <x:v>106.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:2">
       <x:c r="A1563" s="2">
-        <x:v>43656</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="B1563" s="3">
-        <x:v>107.52</x:v>
+        <x:v>106.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:2">
       <x:c r="A1564" s="2">
-        <x:v>43655</x:v>
+        <x:v>43684</x:v>
       </x:c>
       <x:c r="B1564" s="3">
-        <x:v>107.53</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:2">
       <x:c r="A1565" s="2">
-        <x:v>43654</x:v>
+        <x:v>43683</x:v>
       </x:c>
       <x:c r="B1565" s="3">
-        <x:v>107.7</x:v>
+        <x:v>106.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:2">
       <x:c r="A1566" s="2">
-        <x:v>43651</x:v>
+        <x:v>43682</x:v>
       </x:c>
       <x:c r="B1566" s="3">
-        <x:v>107.77</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:2">
       <x:c r="A1567" s="2">
-        <x:v>43650</x:v>
+        <x:v>43679</x:v>
       </x:c>
       <x:c r="B1567" s="3">
-        <x:v>107.79</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:2">
       <x:c r="A1568" s="2">
-        <x:v>43649</x:v>
+        <x:v>43678</x:v>
       </x:c>
       <x:c r="B1568" s="3">
-        <x:v>107.64</x:v>
+        <x:v>107.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:2">
       <x:c r="A1569" s="2">
-        <x:v>43648</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B1569" s="3">
-        <x:v>107.23</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:2">
       <x:c r="A1570" s="2">
-        <x:v>43647</x:v>
+        <x:v>43676</x:v>
       </x:c>
       <x:c r="B1570" s="3">
-        <x:v>107.12</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:2">
       <x:c r="A1571" s="2">
-        <x:v>43644</x:v>
+        <x:v>43675</x:v>
       </x:c>
       <x:c r="B1571" s="3">
-        <x:v>106.66</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:2">
       <x:c r="A1572" s="2">
-        <x:v>43643</x:v>
+        <x:v>43672</x:v>
       </x:c>
       <x:c r="B1572" s="3">
-        <x:v>106.39</x:v>
+        <x:v>108.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:2">
       <x:c r="A1573" s="2">
-        <x:v>43642</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="B1573" s="3">
-        <x:v>106.35</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:2">
       <x:c r="A1574" s="2">
-        <x:v>43641</x:v>
+        <x:v>43670</x:v>
       </x:c>
       <x:c r="B1574" s="3">
-        <x:v>106.5</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:2">
       <x:c r="A1575" s="2">
-        <x:v>43640</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="B1575" s="3">
-        <x:v>106.7</x:v>
+        <x:v>107.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:2">
       <x:c r="A1576" s="2">
-        <x:v>43637</x:v>
+        <x:v>43668</x:v>
       </x:c>
       <x:c r="B1576" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:2">
       <x:c r="A1577" s="2">
-        <x:v>43636</x:v>
+        <x:v>43665</x:v>
       </x:c>
       <x:c r="B1577" s="3">
-        <x:v>106.9</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:2">
       <x:c r="A1578" s="2">
-        <x:v>43635</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="B1578" s="3">
-        <x:v>106.13</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:2">
       <x:c r="A1579" s="2">
-        <x:v>43634</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="B1579" s="3">
-        <x:v>105.85</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:2">
       <x:c r="A1580" s="2">
-        <x:v>43633</x:v>
+        <x:v>43662</x:v>
       </x:c>
       <x:c r="B1580" s="3">
-        <x:v>105.18</x:v>
+        <x:v>107.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:2">
       <x:c r="A1581" s="2">
-        <x:v>43630</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B1581" s="3">
-        <x:v>105.2</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:2">
       <x:c r="A1582" s="2">
-        <x:v>43629</x:v>
+        <x:v>43658</x:v>
       </x:c>
       <x:c r="B1582" s="3">
-        <x:v>105.17</x:v>
+        <x:v>107.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:2">
       <x:c r="A1583" s="2">
-        <x:v>43628</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="B1583" s="3">
-        <x:v>105.03</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:2">
       <x:c r="A1584" s="2">
-        <x:v>43627</x:v>
+        <x:v>43656</x:v>
       </x:c>
       <x:c r="B1584" s="3">
-        <x:v>105.06</x:v>
+        <x:v>107.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:2">
       <x:c r="A1585" s="2">
-        <x:v>43623</x:v>
+        <x:v>43655</x:v>
       </x:c>
       <x:c r="B1585" s="3">
-        <x:v>104.7</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:2">
       <x:c r="A1586" s="2">
-        <x:v>43622</x:v>
+        <x:v>43654</x:v>
       </x:c>
       <x:c r="B1586" s="3">
-        <x:v>104.39</x:v>
+        <x:v>107.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:2">
       <x:c r="A1587" s="2">
-        <x:v>43621</x:v>
+        <x:v>43651</x:v>
       </x:c>
       <x:c r="B1587" s="3">
-        <x:v>104.37</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:2">
       <x:c r="A1588" s="2">
-        <x:v>43620</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="B1588" s="3">
-        <x:v>104.1</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:2">
       <x:c r="A1589" s="2">
-        <x:v>43619</x:v>
+        <x:v>43649</x:v>
       </x:c>
       <x:c r="B1589" s="3">
-        <x:v>103.77</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:2">
       <x:c r="A1590" s="2">
-        <x:v>43616</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="B1590" s="3">
-        <x:v>103.81</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:2">
       <x:c r="A1591" s="2">
-        <x:v>43614</x:v>
+        <x:v>43647</x:v>
       </x:c>
       <x:c r="B1591" s="3">
-        <x:v>104.09</x:v>
+        <x:v>107.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:2">
       <x:c r="A1592" s="2">
-        <x:v>43613</x:v>
+        <x:v>43644</x:v>
       </x:c>
       <x:c r="B1592" s="3">
-        <x:v>104.46</x:v>
+        <x:v>106.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:2">
       <x:c r="A1593" s="2">
-        <x:v>43612</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="B1593" s="3">
-        <x:v>104.6</x:v>
+        <x:v>106.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:2">
       <x:c r="A1594" s="2">
-        <x:v>43609</x:v>
+        <x:v>43642</x:v>
       </x:c>
       <x:c r="B1594" s="3">
-        <x:v>104.49</x:v>
+        <x:v>106.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:2">
       <x:c r="A1595" s="2">
-        <x:v>43608</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="B1595" s="3">
-        <x:v>104.39</x:v>
+        <x:v>106.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:2">
       <x:c r="A1596" s="2">
-        <x:v>43607</x:v>
+        <x:v>43640</x:v>
       </x:c>
       <x:c r="B1596" s="3">
-        <x:v>104.9</x:v>
+        <x:v>106.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:2">
       <x:c r="A1597" s="2">
-        <x:v>43606</x:v>
+        <x:v>43637</x:v>
       </x:c>
       <x:c r="B1597" s="3">
-        <x:v>104.91</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:2">
       <x:c r="A1598" s="2">
-        <x:v>43605</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="B1598" s="3">
-        <x:v>104.83</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:2">
       <x:c r="A1599" s="2">
-        <x:v>43602</x:v>
+        <x:v>43635</x:v>
       </x:c>
       <x:c r="B1599" s="3">
-        <x:v>104.93</x:v>
+        <x:v>106.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:2">
       <x:c r="A1600" s="2">
-        <x:v>43601</x:v>
+        <x:v>43634</x:v>
       </x:c>
       <x:c r="B1600" s="3">
-        <x:v>104.92</x:v>
+        <x:v>105.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:2">
       <x:c r="A1601" s="2">
-        <x:v>43600</x:v>
+        <x:v>43633</x:v>
       </x:c>
       <x:c r="B1601" s="3">
-        <x:v>104.58</x:v>
+        <x:v>105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:2">
       <x:c r="A1602" s="2">
-        <x:v>43599</x:v>
+        <x:v>43630</x:v>
       </x:c>
       <x:c r="B1602" s="3">
-        <x:v>104.4</x:v>
+        <x:v>105.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:2">
       <x:c r="A1603" s="2">
-        <x:v>43598</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="B1603" s="3">
-        <x:v>104.21</x:v>
+        <x:v>105.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:2">
       <x:c r="A1604" s="2">
-        <x:v>43595</x:v>
+        <x:v>43628</x:v>
       </x:c>
       <x:c r="B1604" s="3">
-        <x:v>104.63</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:2">
       <x:c r="A1605" s="2">
-        <x:v>43593</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="B1605" s="3">
-        <x:v>104.88</x:v>
+        <x:v>105.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:2">
       <x:c r="A1606" s="2">
-        <x:v>43592</x:v>
+        <x:v>43623</x:v>
       </x:c>
       <x:c r="B1606" s="3">
-        <x:v>105.16</x:v>
+        <x:v>104.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:2">
       <x:c r="A1607" s="2">
-        <x:v>43591</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="B1607" s="3">
-        <x:v>105.54</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:2">
       <x:c r="A1608" s="2">
-        <x:v>43588</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="B1608" s="3">
-        <x:v>105.68</x:v>
+        <x:v>104.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:2">
       <x:c r="A1609" s="2">
-        <x:v>43587</x:v>
+        <x:v>43620</x:v>
       </x:c>
       <x:c r="B1609" s="3">
-        <x:v>105.6</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:2">
       <x:c r="A1610" s="2">
-        <x:v>43585</x:v>
+        <x:v>43619</x:v>
       </x:c>
       <x:c r="B1610" s="3">
-        <x:v>105.68</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:2">
       <x:c r="A1611" s="2">
-        <x:v>43584</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B1611" s="3">
-        <x:v>105.66</x:v>
+        <x:v>103.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:2">
       <x:c r="A1612" s="2">
-        <x:v>43581</x:v>
+        <x:v>43614</x:v>
       </x:c>
       <x:c r="B1612" s="3">
-        <x:v>105.68</x:v>
+        <x:v>104.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:2">
       <x:c r="A1613" s="2">
-        <x:v>43580</x:v>
+        <x:v>43613</x:v>
       </x:c>
       <x:c r="B1613" s="3">
-        <x:v>105.59</x:v>
+        <x:v>104.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:2">
       <x:c r="A1614" s="2">
-        <x:v>43579</x:v>
+        <x:v>43612</x:v>
       </x:c>
       <x:c r="B1614" s="3">
-        <x:v>105.89</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:2">
       <x:c r="A1615" s="2">
-        <x:v>43578</x:v>
+        <x:v>43609</x:v>
       </x:c>
       <x:c r="B1615" s="3">
-        <x:v>105.99</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:2">
       <x:c r="A1616" s="2">
-        <x:v>43573</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="B1616" s="3">
-        <x:v>105.82</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:2">
       <x:c r="A1617" s="2">
-        <x:v>43572</x:v>
+        <x:v>43607</x:v>
       </x:c>
       <x:c r="B1617" s="3">
-        <x:v>105.77</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:2">
       <x:c r="A1618" s="2">
-        <x:v>43571</x:v>
+        <x:v>43606</x:v>
       </x:c>
       <x:c r="B1618" s="3">
-        <x:v>105.73</x:v>
+        <x:v>104.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:2">
       <x:c r="A1619" s="2">
-        <x:v>43570</x:v>
+        <x:v>43605</x:v>
       </x:c>
       <x:c r="B1619" s="3">
-        <x:v>105.72</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:2">
       <x:c r="A1620" s="2">
-        <x:v>43567</x:v>
+        <x:v>43602</x:v>
       </x:c>
       <x:c r="B1620" s="3">
-        <x:v>105.61</x:v>
+        <x:v>104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:2">
       <x:c r="A1621" s="2">
-        <x:v>43566</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="B1621" s="3">
-        <x:v>105.57</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:2">
       <x:c r="A1622" s="2">
-        <x:v>43565</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B1622" s="3">
-        <x:v>105.64</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:2">
       <x:c r="A1623" s="2">
-        <x:v>43564</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="B1623" s="3">
-        <x:v>105.57</x:v>
+        <x:v>104.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:2">
       <x:c r="A1624" s="2">
-        <x:v>43563</x:v>
+        <x:v>43598</x:v>
       </x:c>
       <x:c r="B1624" s="3">
-        <x:v>105.61</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:2">
       <x:c r="A1625" s="2">
-        <x:v>43560</x:v>
+        <x:v>43595</x:v>
       </x:c>
       <x:c r="B1625" s="3">
-        <x:v>105.7</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:2">
       <x:c r="A1626" s="2">
-        <x:v>43559</x:v>
+        <x:v>43593</x:v>
       </x:c>
       <x:c r="B1626" s="3">
-        <x:v>105.59</x:v>
+        <x:v>104.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:2">
       <x:c r="A1627" s="2">
-        <x:v>43558</x:v>
+        <x:v>43592</x:v>
       </x:c>
       <x:c r="B1627" s="3">
-        <x:v>105.69</x:v>
+        <x:v>105.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:2">
       <x:c r="A1628" s="2">
-        <x:v>43557</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="B1628" s="3">
-        <x:v>105.57</x:v>
+        <x:v>105.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:2">
       <x:c r="A1629" s="2">
-        <x:v>43556</x:v>
+        <x:v>43588</x:v>
       </x:c>
       <x:c r="B1629" s="3">
-        <x:v>105.43</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:2">
       <x:c r="A1630" s="2">
-        <x:v>43553</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="B1630" s="3">
-        <x:v>105.03</x:v>
+        <x:v>105.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:2">
       <x:c r="A1631" s="2">
-        <x:v>43552</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B1631" s="3">
-        <x:v>104.73</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:2">
       <x:c r="A1632" s="2">
-        <x:v>43551</x:v>
+        <x:v>43584</x:v>
       </x:c>
       <x:c r="B1632" s="3">
-        <x:v>104.64</x:v>
+        <x:v>105.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:2">
       <x:c r="A1633" s="2">
-        <x:v>43550</x:v>
+        <x:v>43581</x:v>
       </x:c>
       <x:c r="B1633" s="3">
-        <x:v>104.79</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:2">
       <x:c r="A1634" s="2">
-        <x:v>43549</x:v>
+        <x:v>43580</x:v>
       </x:c>
       <x:c r="B1634" s="3">
-        <x:v>104.45</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:2">
       <x:c r="A1635" s="2">
-        <x:v>43546</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="B1635" s="3">
-        <x:v>104.63</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:2">
       <x:c r="A1636" s="2">
-        <x:v>43545</x:v>
+        <x:v>43578</x:v>
       </x:c>
       <x:c r="B1636" s="3">
-        <x:v>105.03</x:v>
+        <x:v>105.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:2">
       <x:c r="A1637" s="2">
-        <x:v>43544</x:v>
+        <x:v>43573</x:v>
       </x:c>
       <x:c r="B1637" s="3">
-        <x:v>104.85</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:2">
       <x:c r="A1638" s="2">
-        <x:v>43543</x:v>
+        <x:v>43572</x:v>
       </x:c>
       <x:c r="B1638" s="3">
-        <x:v>105</x:v>
+        <x:v>105.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:2">
       <x:c r="A1639" s="2">
-        <x:v>43542</x:v>
+        <x:v>43571</x:v>
       </x:c>
       <x:c r="B1639" s="3">
-        <x:v>104.85</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:2">
       <x:c r="A1640" s="2">
-        <x:v>43539</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B1640" s="3">
-        <x:v>104.67</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:2">
       <x:c r="A1641" s="2">
-        <x:v>43538</x:v>
+        <x:v>43567</x:v>
       </x:c>
       <x:c r="B1641" s="3">
-        <x:v>104.57</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:2">
       <x:c r="A1642" s="2">
-        <x:v>43537</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="B1642" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:2">
       <x:c r="A1643" s="2">
-        <x:v>43536</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="B1643" s="3">
-        <x:v>104.35</x:v>
+        <x:v>105.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:2">
       <x:c r="A1644" s="2">
-        <x:v>43535</x:v>
+        <x:v>43564</x:v>
       </x:c>
       <x:c r="B1644" s="3">
-        <x:v>104.12</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:2">
       <x:c r="A1645" s="2">
-        <x:v>43532</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="B1645" s="3">
-        <x:v>103.77</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:2">
       <x:c r="A1646" s="2">
-        <x:v>43531</x:v>
+        <x:v>43560</x:v>
       </x:c>
       <x:c r="B1646" s="3">
-        <x:v>104.09</x:v>
+        <x:v>105.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:2">
       <x:c r="A1647" s="2">
-        <x:v>43530</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="B1647" s="3">
-        <x:v>104.19</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:2">
       <x:c r="A1648" s="2">
-        <x:v>43529</x:v>
+        <x:v>43558</x:v>
       </x:c>
       <x:c r="B1648" s="3">
-        <x:v>104.15</x:v>
+        <x:v>105.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:2">
       <x:c r="A1649" s="2">
-        <x:v>43528</x:v>
+        <x:v>43557</x:v>
       </x:c>
       <x:c r="B1649" s="3">
-        <x:v>104.21</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:2">
       <x:c r="A1650" s="2">
-        <x:v>43525</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="B1650" s="3">
-        <x:v>104.15</x:v>
+        <x:v>105.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:2">
       <x:c r="A1651" s="2">
-        <x:v>43524</x:v>
+        <x:v>43553</x:v>
       </x:c>
       <x:c r="B1651" s="3">
-        <x:v>104.18</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:2">
       <x:c r="A1652" s="2">
-        <x:v>43523</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="B1652" s="3">
-        <x:v>104.12</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:2">
       <x:c r="A1653" s="2">
-        <x:v>43522</x:v>
+        <x:v>43551</x:v>
       </x:c>
       <x:c r="B1653" s="3">
-        <x:v>103.98</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:2">
       <x:c r="A1654" s="2">
-        <x:v>43521</x:v>
+        <x:v>43550</x:v>
       </x:c>
       <x:c r="B1654" s="3">
-        <x:v>103.91</x:v>
+        <x:v>104.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:2">
       <x:c r="A1655" s="2">
-        <x:v>43518</x:v>
+        <x:v>43549</x:v>
       </x:c>
       <x:c r="B1655" s="3">
-        <x:v>103.71</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:2">
       <x:c r="A1656" s="2">
-        <x:v>43517</x:v>
+        <x:v>43546</x:v>
       </x:c>
       <x:c r="B1656" s="3">
-        <x:v>103.47</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:2">
       <x:c r="A1657" s="2">
-        <x:v>43516</x:v>
+        <x:v>43545</x:v>
       </x:c>
       <x:c r="B1657" s="3">
-        <x:v>103.22</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:2">
       <x:c r="A1658" s="2">
-        <x:v>43515</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="B1658" s="3">
-        <x:v>103.18</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:2">
       <x:c r="A1659" s="2">
-        <x:v>43514</x:v>
+        <x:v>43543</x:v>
       </x:c>
       <x:c r="B1659" s="3">
-        <x:v>103.09</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:2">
       <x:c r="A1660" s="2">
-        <x:v>43511</x:v>
+        <x:v>43542</x:v>
       </x:c>
       <x:c r="B1660" s="3">
-        <x:v>102.91</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:2">
       <x:c r="A1661" s="2">
-        <x:v>43510</x:v>
+        <x:v>43539</x:v>
       </x:c>
       <x:c r="B1661" s="3">
-        <x:v>102.69</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:2">
       <x:c r="A1662" s="2">
-        <x:v>43509</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="B1662" s="3">
-        <x:v>102.75</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:2">
       <x:c r="A1663" s="2">
-        <x:v>43508</x:v>
+        <x:v>43537</x:v>
       </x:c>
       <x:c r="B1663" s="3">
-        <x:v>102.52</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:2">
       <x:c r="A1664" s="2">
-        <x:v>43507</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="B1664" s="3">
-        <x:v>102.29</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:2">
       <x:c r="A1665" s="2">
-        <x:v>43504</x:v>
+        <x:v>43535</x:v>
       </x:c>
       <x:c r="B1665" s="3">
-        <x:v>102.26</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:2">
       <x:c r="A1666" s="2">
-        <x:v>43503</x:v>
+        <x:v>43532</x:v>
       </x:c>
       <x:c r="B1666" s="3">
-        <x:v>102.54</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:2">
       <x:c r="A1667" s="2">
-        <x:v>43502</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="B1667" s="3">
-        <x:v>102.9</x:v>
+        <x:v>104.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:2">
       <x:c r="A1668" s="2">
-        <x:v>43501</x:v>
+        <x:v>43530</x:v>
       </x:c>
       <x:c r="B1668" s="3">
-        <x:v>102.72</x:v>
+        <x:v>104.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:2">
       <x:c r="A1669" s="2">
-        <x:v>43500</x:v>
+        <x:v>43529</x:v>
       </x:c>
       <x:c r="B1669" s="3">
-        <x:v>102.18</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:2">
       <x:c r="A1670" s="2">
-        <x:v>43497</x:v>
+        <x:v>43528</x:v>
       </x:c>
       <x:c r="B1670" s="3">
-        <x:v>102.1</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:2">
       <x:c r="A1671" s="2">
-        <x:v>43496</x:v>
+        <x:v>43525</x:v>
       </x:c>
       <x:c r="B1671" s="3">
-        <x:v>102.25</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:2">
       <x:c r="A1672" s="2">
-        <x:v>43495</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B1672" s="3">
-        <x:v>101.75</x:v>
+        <x:v>104.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:2">
       <x:c r="A1673" s="2">
-        <x:v>43494</x:v>
+        <x:v>43523</x:v>
       </x:c>
       <x:c r="B1673" s="3">
-        <x:v>101.6</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:2">
       <x:c r="A1674" s="2">
-        <x:v>43493</x:v>
+        <x:v>43522</x:v>
       </x:c>
       <x:c r="B1674" s="3">
-        <x:v>101.61</x:v>
+        <x:v>103.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:2">
       <x:c r="A1675" s="2">
-        <x:v>43490</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="B1675" s="3">
-        <x:v>101.87</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:2">
       <x:c r="A1676" s="2">
-        <x:v>43489</x:v>
+        <x:v>43518</x:v>
       </x:c>
       <x:c r="B1676" s="3">
-        <x:v>101.65</x:v>
+        <x:v>103.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:2">
       <x:c r="A1677" s="2">
-        <x:v>43488</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="B1677" s="3">
-        <x:v>101.33</x:v>
+        <x:v>103.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:2">
       <x:c r="A1678" s="2">
-        <x:v>43487</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="B1678" s="3">
-        <x:v>101.21</x:v>
+        <x:v>103.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:2">
       <x:c r="A1679" s="2">
-        <x:v>43486</x:v>
+        <x:v>43515</x:v>
       </x:c>
       <x:c r="B1679" s="3">
-        <x:v>101.37</x:v>
+        <x:v>103.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:2">
       <x:c r="A1680" s="2">
-        <x:v>43483</x:v>
+        <x:v>43514</x:v>
       </x:c>
       <x:c r="B1680" s="3">
-        <x:v>101.37</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:2">
       <x:c r="A1681" s="2">
-        <x:v>43482</x:v>
+        <x:v>43511</x:v>
       </x:c>
       <x:c r="B1681" s="3">
-        <x:v>100.66</x:v>
+        <x:v>102.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:2">
       <x:c r="A1682" s="2">
-        <x:v>43481</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="B1682" s="3">
-        <x:v>100.69</x:v>
+        <x:v>102.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:2">
       <x:c r="A1683" s="2">
-        <x:v>43480</x:v>
+        <x:v>43509</x:v>
       </x:c>
       <x:c r="B1683" s="3">
-        <x:v>100.21</x:v>
+        <x:v>102.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:2">
       <x:c r="A1684" s="2">
-        <x:v>43479</x:v>
+        <x:v>43508</x:v>
       </x:c>
       <x:c r="B1684" s="3">
-        <x:v>99.87</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:2">
       <x:c r="A1685" s="2">
-        <x:v>43476</x:v>
+        <x:v>43507</x:v>
       </x:c>
       <x:c r="B1685" s="3">
-        <x:v>100</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:2">
       <x:c r="A1686" s="2">
-        <x:v>43475</x:v>
+        <x:v>43504</x:v>
       </x:c>
       <x:c r="B1686" s="3">
-        <x:v>99.87</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:2">
       <x:c r="A1687" s="2">
-        <x:v>43474</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="B1687" s="3">
-        <x:v>99.93</x:v>
+        <x:v>102.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:2">
       <x:c r="A1688" s="2">
-        <x:v>43473</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="B1688" s="3">
-        <x:v>99.34</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:2">
       <x:c r="A1689" s="2">
-        <x:v>43472</x:v>
+        <x:v>43501</x:v>
       </x:c>
       <x:c r="B1689" s="3">
-        <x:v>98.94</x:v>
+        <x:v>102.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:2">
       <x:c r="A1690" s="2">
-        <x:v>43469</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="B1690" s="3">
-        <x:v>98.52</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:2">
       <x:c r="A1691" s="2">
-        <x:v>43468</x:v>
+        <x:v>43497</x:v>
       </x:c>
       <x:c r="B1691" s="3">
-        <x:v>97.61</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:2">
       <x:c r="A1692" s="2">
-        <x:v>43467</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B1692" s="3">
-        <x:v>97.58</x:v>
+        <x:v>102.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:2">
       <x:c r="A1693" s="2">
-        <x:v>43465</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="B1693" s="3">
-        <x:v>97.69</x:v>
+        <x:v>101.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:2">
       <x:c r="A1694" s="2">
-        <x:v>43462</x:v>
+        <x:v>43494</x:v>
       </x:c>
       <x:c r="B1694" s="3">
-        <x:v>97.64</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:2">
       <x:c r="A1695" s="2">
-        <x:v>43461</x:v>
+        <x:v>43493</x:v>
       </x:c>
       <x:c r="B1695" s="3">
-        <x:v>97.28</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:2">
       <x:c r="A1696" s="2">
-        <x:v>43458</x:v>
+        <x:v>43490</x:v>
       </x:c>
       <x:c r="B1696" s="3">
-        <x:v>97.42</x:v>
+        <x:v>101.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:2">
       <x:c r="A1697" s="2">
-        <x:v>43455</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="B1697" s="3">
-        <x:v>97.64</x:v>
+        <x:v>101.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:2">
       <x:c r="A1698" s="2">
-        <x:v>43454</x:v>
+        <x:v>43488</x:v>
       </x:c>
       <x:c r="B1698" s="3">
-        <x:v>97.96</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:2">
       <x:c r="A1699" s="2">
-        <x:v>43453</x:v>
+        <x:v>43487</x:v>
       </x:c>
       <x:c r="B1699" s="3">
-        <x:v>98.5</x:v>
+        <x:v>101.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:2">
       <x:c r="A1700" s="2">
-        <x:v>43452</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="B1700" s="3">
-        <x:v>98.48</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:2">
       <x:c r="A1701" s="2">
-        <x:v>43451</x:v>
+        <x:v>43483</x:v>
       </x:c>
       <x:c r="B1701" s="3">
-        <x:v>98.67</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:2">
       <x:c r="A1702" s="2">
-        <x:v>43448</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="B1702" s="3">
-        <x:v>99.13</x:v>
+        <x:v>100.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:2">
       <x:c r="A1703" s="2">
-        <x:v>43447</x:v>
+        <x:v>43481</x:v>
       </x:c>
       <x:c r="B1703" s="3">
-        <x:v>99.32</x:v>
+        <x:v>100.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:2">
       <x:c r="A1704" s="2">
-        <x:v>43446</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B1704" s="3">
-        <x:v>99</x:v>
+        <x:v>100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:2">
       <x:c r="A1705" s="2">
-        <x:v>43445</x:v>
+        <x:v>43479</x:v>
       </x:c>
       <x:c r="B1705" s="3">
-        <x:v>98.56</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:2">
       <x:c r="A1706" s="2">
-        <x:v>43444</x:v>
+        <x:v>43476</x:v>
       </x:c>
       <x:c r="B1706" s="3">
-        <x:v>98.32</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:2">
       <x:c r="A1707" s="2">
-        <x:v>43441</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="B1707" s="3">
-        <x:v>98.89</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:2">
       <x:c r="A1708" s="2">
-        <x:v>43440</x:v>
+        <x:v>43474</x:v>
       </x:c>
       <x:c r="B1708" s="3">
-        <x:v>98.66</x:v>
+        <x:v>99.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:2">
       <x:c r="A1709" s="2">
-        <x:v>43439</x:v>
+        <x:v>43473</x:v>
       </x:c>
       <x:c r="B1709" s="3">
-        <x:v>99.26</x:v>
+        <x:v>99.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:2">
       <x:c r="A1710" s="2">
-        <x:v>43438</x:v>
+        <x:v>43472</x:v>
       </x:c>
       <x:c r="B1710" s="3">
-        <x:v>99.58</x:v>
+        <x:v>98.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:2">
       <x:c r="A1711" s="2">
-        <x:v>43437</x:v>
+        <x:v>43469</x:v>
       </x:c>
       <x:c r="B1711" s="3">
-        <x:v>100.01</x:v>
+        <x:v>98.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:2">
       <x:c r="A1712" s="2">
-        <x:v>43434</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="B1712" s="3">
-        <x:v>99.43</x:v>
+        <x:v>97.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:2">
       <x:c r="A1713" s="2">
-        <x:v>43433</x:v>
+        <x:v>43467</x:v>
       </x:c>
       <x:c r="B1713" s="3">
-        <x:v>99.41</x:v>
+        <x:v>97.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:2">
       <x:c r="A1714" s="2">
-        <x:v>43432</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B1714" s="3">
-        <x:v>99.23</x:v>
+        <x:v>97.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:2">
       <x:c r="A1715" s="2">
-        <x:v>43431</x:v>
+        <x:v>43462</x:v>
       </x:c>
       <x:c r="B1715" s="3">
-        <x:v>99.12</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:2">
       <x:c r="A1716" s="2">
-        <x:v>43430</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="B1716" s="3">
-        <x:v>99.48</x:v>
+        <x:v>97.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:2">
       <x:c r="A1717" s="2">
-        <x:v>43427</x:v>
+        <x:v>43458</x:v>
       </x:c>
       <x:c r="B1717" s="3">
-        <x:v>99.38</x:v>
+        <x:v>97.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:2">
       <x:c r="A1718" s="2">
-        <x:v>43426</x:v>
+        <x:v>43455</x:v>
       </x:c>
       <x:c r="B1718" s="3">
-        <x:v>99.48</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:2">
       <x:c r="A1719" s="2">
-        <x:v>43425</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="B1719" s="3">
-        <x:v>99.49</x:v>
+        <x:v>97.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:2">
       <x:c r="A1720" s="2">
-        <x:v>43424</x:v>
+        <x:v>43453</x:v>
       </x:c>
       <x:c r="B1720" s="3">
-        <x:v>99.09</x:v>
+        <x:v>98.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:2">
       <x:c r="A1721" s="2">
-        <x:v>43423</x:v>
+        <x:v>43452</x:v>
       </x:c>
       <x:c r="B1721" s="3">
-        <x:v>99.98</x:v>
+        <x:v>98.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:2">
       <x:c r="A1722" s="2">
-        <x:v>43420</x:v>
+        <x:v>43451</x:v>
       </x:c>
       <x:c r="B1722" s="3">
-        <x:v>100.53</x:v>
+        <x:v>98.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:2">
       <x:c r="A1723" s="2">
-        <x:v>43419</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="B1723" s="3">
-        <x:v>100.83</x:v>
+        <x:v>99.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:2">
       <x:c r="A1724" s="2">
-        <x:v>43418</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="B1724" s="3">
-        <x:v>101.35</x:v>
+        <x:v>99.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:2">
       <x:c r="A1725" s="2">
-        <x:v>43417</x:v>
+        <x:v>43446</x:v>
       </x:c>
       <x:c r="B1725" s="3">
-        <x:v>101.69</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:2">
       <x:c r="A1726" s="2">
-        <x:v>43416</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="B1726" s="3">
-        <x:v>101.81</x:v>
+        <x:v>98.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:2">
       <x:c r="A1727" s="2">
-        <x:v>43413</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="B1727" s="3">
-        <x:v>102.02</x:v>
+        <x:v>98.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:2">
       <x:c r="A1728" s="2">
-        <x:v>43412</x:v>
+        <x:v>43441</x:v>
       </x:c>
       <x:c r="B1728" s="3">
-        <x:v>102.2</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:2">
       <x:c r="A1729" s="2">
-        <x:v>43411</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="B1729" s="3">
-        <x:v>102.24</x:v>
+        <x:v>98.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:2">
       <x:c r="A1730" s="2">
-        <x:v>43410</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="B1730" s="3">
-        <x:v>101.95</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:2">
       <x:c r="A1731" s="2">
-        <x:v>43409</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="B1731" s="3">
-        <x:v>101.81</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:2">
       <x:c r="A1732" s="2">
-        <x:v>43406</x:v>
+        <x:v>43437</x:v>
       </x:c>
       <x:c r="B1732" s="3">
-        <x:v>101.78</x:v>
+        <x:v>100.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:2">
       <x:c r="A1733" s="2">
-        <x:v>43404</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B1733" s="3">
-        <x:v>101.37</x:v>
+        <x:v>99.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:2">
       <x:c r="A1734" s="2">
-        <x:v>43403</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="B1734" s="3">
-        <x:v>101.25</x:v>
+        <x:v>99.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:2">
       <x:c r="A1735" s="2">
-        <x:v>43402</x:v>
+        <x:v>43432</x:v>
       </x:c>
       <x:c r="B1735" s="3">
-        <x:v>101.3</x:v>
+        <x:v>99.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:2">
       <x:c r="A1736" s="2">
-        <x:v>43399</x:v>
+        <x:v>43431</x:v>
       </x:c>
       <x:c r="B1736" s="3">
-        <x:v>101.28</x:v>
+        <x:v>99.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:2">
       <x:c r="A1737" s="2">
-        <x:v>43398</x:v>
+        <x:v>43430</x:v>
       </x:c>
       <x:c r="B1737" s="3">
-        <x:v>101.47</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:2">
       <x:c r="A1738" s="2">
-        <x:v>43397</x:v>
+        <x:v>43427</x:v>
       </x:c>
       <x:c r="B1738" s="3">
-        <x:v>101.35</x:v>
+        <x:v>99.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:2">
       <x:c r="A1739" s="2">
-        <x:v>43396</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="B1739" s="3">
-        <x:v>101.22</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:2">
       <x:c r="A1740" s="2">
-        <x:v>43395</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="B1740" s="3">
-        <x:v>101.6</x:v>
+        <x:v>99.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:2">
       <x:c r="A1741" s="2">
-        <x:v>43392</x:v>
+        <x:v>43424</x:v>
       </x:c>
       <x:c r="B1741" s="3">
-        <x:v>101.68</x:v>
+        <x:v>99.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:2">
       <x:c r="A1742" s="2">
-        <x:v>43391</x:v>
+        <x:v>43423</x:v>
       </x:c>
       <x:c r="B1742" s="3">
-        <x:v>101.83</x:v>
+        <x:v>99.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:2">
       <x:c r="A1743" s="2">
-        <x:v>43390</x:v>
+        <x:v>43420</x:v>
       </x:c>
       <x:c r="B1743" s="3">
-        <x:v>102.1</x:v>
+        <x:v>100.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:2">
       <x:c r="A1744" s="2">
-        <x:v>43389</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B1744" s="3">
-        <x:v>102</x:v>
+        <x:v>100.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:2">
       <x:c r="A1745" s="2">
-        <x:v>43388</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="B1745" s="3">
-        <x:v>101.61</x:v>
+        <x:v>101.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:2">
       <x:c r="A1746" s="2">
-        <x:v>43385</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="B1746" s="3">
-        <x:v>101.51</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:2">
       <x:c r="A1747" s="2">
-        <x:v>43384</x:v>
+        <x:v>43416</x:v>
       </x:c>
       <x:c r="B1747" s="3">
-        <x:v>101.3</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:2">
       <x:c r="A1748" s="2">
-        <x:v>43383</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="B1748" s="3">
-        <x:v>101.89</x:v>
+        <x:v>102.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:2">
       <x:c r="A1749" s="2">
-        <x:v>43382</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="B1749" s="3">
-        <x:v>102.23</x:v>
+        <x:v>102.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:2">
       <x:c r="A1750" s="2">
-        <x:v>43381</x:v>
+        <x:v>43411</x:v>
       </x:c>
       <x:c r="B1750" s="3">
-        <x:v>102.36</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:2">
       <x:c r="A1751" s="2">
-        <x:v>43378</x:v>
+        <x:v>43410</x:v>
       </x:c>
       <x:c r="B1751" s="3">
-        <x:v>102.39</x:v>
+        <x:v>101.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:2">
       <x:c r="A1752" s="2">
-        <x:v>43377</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="B1752" s="3">
-        <x:v>102.71</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:2">
       <x:c r="A1753" s="2">
-        <x:v>43376</x:v>
+        <x:v>43406</x:v>
       </x:c>
       <x:c r="B1753" s="3">
-        <x:v>103.35</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:2">
       <x:c r="A1754" s="2">
-        <x:v>43375</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B1754" s="3">
-        <x:v>103.3</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:2">
       <x:c r="A1755" s="2">
-        <x:v>43374</x:v>
+        <x:v>43403</x:v>
       </x:c>
       <x:c r="B1755" s="3">
-        <x:v>103.48</x:v>
+        <x:v>101.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:2">
       <x:c r="A1756" s="2">
-        <x:v>43371</x:v>
+        <x:v>43402</x:v>
       </x:c>
       <x:c r="B1756" s="3">
-        <x:v>103.49</x:v>
+        <x:v>101.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:2">
       <x:c r="A1757" s="2">
-        <x:v>43370</x:v>
+        <x:v>43399</x:v>
       </x:c>
       <x:c r="B1757" s="3">
-        <x:v>103.65</x:v>
+        <x:v>101.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:2">
       <x:c r="A1758" s="2">
-        <x:v>43369</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="B1758" s="3">
-        <x:v>103.37</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:2">
       <x:c r="A1759" s="2">
-        <x:v>43368</x:v>
+        <x:v>43397</x:v>
       </x:c>
       <x:c r="B1759" s="3">
-        <x:v>103.29</x:v>
+        <x:v>101.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:2">
       <x:c r="A1760" s="2">
-        <x:v>43367</x:v>
+        <x:v>43396</x:v>
       </x:c>
       <x:c r="B1760" s="3">
-        <x:v>103.3</x:v>
+        <x:v>101.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:2">
       <x:c r="A1761" s="2">
-        <x:v>43364</x:v>
+        <x:v>43395</x:v>
       </x:c>
       <x:c r="B1761" s="3">
-        <x:v>103.38</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:2">
       <x:c r="A1762" s="2">
-        <x:v>43363</x:v>
+        <x:v>43392</x:v>
       </x:c>
       <x:c r="B1762" s="3">
-        <x:v>103.04</x:v>
+        <x:v>101.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:2">
       <x:c r="A1763" s="2">
-        <x:v>43362</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="B1763" s="3">
-        <x:v>102.61</x:v>
+        <x:v>101.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:2">
       <x:c r="A1764" s="2">
-        <x:v>43361</x:v>
+        <x:v>43390</x:v>
       </x:c>
       <x:c r="B1764" s="3">
-        <x:v>102.45</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:2">
       <x:c r="A1765" s="2">
-        <x:v>43360</x:v>
+        <x:v>43389</x:v>
       </x:c>
       <x:c r="B1765" s="3">
-        <x:v>102.42</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:2">
       <x:c r="A1766" s="2">
-        <x:v>43357</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B1766" s="3">
-        <x:v>102.44</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:2">
       <x:c r="A1767" s="2">
-        <x:v>43356</x:v>
+        <x:v>43385</x:v>
       </x:c>
       <x:c r="B1767" s="3">
-        <x:v>102.22</x:v>
+        <x:v>101.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:2">
       <x:c r="A1768" s="2">
-        <x:v>43355</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="B1768" s="3">
-        <x:v>101.85</x:v>
+        <x:v>101.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:2">
       <x:c r="A1769" s="2">
-        <x:v>43354</x:v>
+        <x:v>43383</x:v>
       </x:c>
       <x:c r="B1769" s="3">
-        <x:v>101.61</x:v>
+        <x:v>101.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:2">
       <x:c r="A1770" s="2">
-        <x:v>43353</x:v>
+        <x:v>43382</x:v>
       </x:c>
       <x:c r="B1770" s="3">
-        <x:v>101.73</x:v>
+        <x:v>102.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:2">
       <x:c r="A1771" s="2">
-        <x:v>43350</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="B1771" s="3">
-        <x:v>101.78</x:v>
+        <x:v>102.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:2">
       <x:c r="A1772" s="2">
-        <x:v>43349</x:v>
+        <x:v>43378</x:v>
       </x:c>
       <x:c r="B1772" s="3">
-        <x:v>101.78</x:v>
+        <x:v>102.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:2">
       <x:c r="A1773" s="2">
-        <x:v>43348</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="B1773" s="3">
-        <x:v>101.62</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:2">
       <x:c r="A1774" s="2">
-        <x:v>43347</x:v>
+        <x:v>43376</x:v>
       </x:c>
       <x:c r="B1774" s="3">
-        <x:v>101.74</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:2">
       <x:c r="A1775" s="2">
-        <x:v>43346</x:v>
+        <x:v>43375</x:v>
       </x:c>
       <x:c r="B1775" s="3">
-        <x:v>102.26</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:2">
       <x:c r="A1776" s="2">
-        <x:v>43343</x:v>
+        <x:v>43374</x:v>
       </x:c>
       <x:c r="B1776" s="3">
-        <x:v>102.28</x:v>
+        <x:v>103.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:2">
       <x:c r="A1777" s="2">
-        <x:v>43342</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B1777" s="3">
-        <x:v>102.6</x:v>
+        <x:v>103.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:2">
       <x:c r="A1778" s="2">
-        <x:v>43341</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="B1778" s="3">
-        <x:v>102.98</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:2">
       <x:c r="A1779" s="2">
-        <x:v>43340</x:v>
+        <x:v>43369</x:v>
       </x:c>
       <x:c r="B1779" s="3">
-        <x:v>103.03</x:v>
+        <x:v>103.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:2">
       <x:c r="A1780" s="2">
-        <x:v>43339</x:v>
+        <x:v>43368</x:v>
       </x:c>
       <x:c r="B1780" s="3">
-        <x:v>102.96</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:2">
       <x:c r="A1781" s="2">
-        <x:v>43336</x:v>
+        <x:v>43367</x:v>
       </x:c>
       <x:c r="B1781" s="3">
-        <x:v>102.85</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:2">
       <x:c r="A1782" s="2">
-        <x:v>43335</x:v>
+        <x:v>43364</x:v>
       </x:c>
       <x:c r="B1782" s="3">
-        <x:v>102.86</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:2">
       <x:c r="A1783" s="2">
-        <x:v>43334</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="B1783" s="3">
-        <x:v>102.9</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:2">
       <x:c r="A1784" s="2">
-        <x:v>43333</x:v>
+        <x:v>43362</x:v>
       </x:c>
       <x:c r="B1784" s="3">
-        <x:v>102.66</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:2">
       <x:c r="A1785" s="2">
-        <x:v>43332</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="B1785" s="3">
-        <x:v>102.52</x:v>
+        <x:v>102.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:2">
       <x:c r="A1786" s="2">
-        <x:v>43329</x:v>
+        <x:v>43360</x:v>
       </x:c>
       <x:c r="B1786" s="3">
         <x:v>102.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:2">
       <x:c r="A1787" s="2">
-        <x:v>43328</x:v>
+        <x:v>43357</x:v>
       </x:c>
       <x:c r="B1787" s="3">
-        <x:v>102.45</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:2">
       <x:c r="A1788" s="2">
-        <x:v>43326</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="B1788" s="3">
-        <x:v>102.43</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:2">
       <x:c r="A1789" s="2">
-        <x:v>43325</x:v>
+        <x:v>43355</x:v>
       </x:c>
       <x:c r="B1789" s="3">
-        <x:v>102.1</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:2">
       <x:c r="A1790" s="2">
-        <x:v>43322</x:v>
+        <x:v>43354</x:v>
       </x:c>
       <x:c r="B1790" s="3">
-        <x:v>102.96</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:2">
       <x:c r="A1791" s="2">
-        <x:v>43321</x:v>
+        <x:v>43353</x:v>
       </x:c>
       <x:c r="B1791" s="3">
-        <x:v>103.77</x:v>
+        <x:v>101.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:2">
       <x:c r="A1792" s="2">
-        <x:v>43320</x:v>
+        <x:v>43350</x:v>
       </x:c>
       <x:c r="B1792" s="3">
-        <x:v>103.9</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:2">
       <x:c r="A1793" s="2">
-        <x:v>43319</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="B1793" s="3">
-        <x:v>104.02</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:2">
       <x:c r="A1794" s="2">
-        <x:v>43318</x:v>
+        <x:v>43348</x:v>
       </x:c>
       <x:c r="B1794" s="3">
-        <x:v>103.94</x:v>
+        <x:v>101.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:2">
       <x:c r="A1795" s="2">
-        <x:v>43315</x:v>
+        <x:v>43347</x:v>
       </x:c>
       <x:c r="B1795" s="3">
-        <x:v>103.95</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:2">
       <x:c r="A1796" s="2">
-        <x:v>43314</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="B1796" s="3">
-        <x:v>103.63</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:2">
       <x:c r="A1797" s="2">
-        <x:v>43313</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B1797" s="3">
-        <x:v>103.94</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:2">
       <x:c r="A1798" s="2">
-        <x:v>43312</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="B1798" s="3">
-        <x:v>104.16</x:v>
+        <x:v>102.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:2">
       <x:c r="A1799" s="2">
-        <x:v>43311</x:v>
+        <x:v>43341</x:v>
       </x:c>
       <x:c r="B1799" s="3">
-        <x:v>104.02</x:v>
+        <x:v>102.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:2">
       <x:c r="A1800" s="2">
-        <x:v>43308</x:v>
+        <x:v>43340</x:v>
       </x:c>
       <x:c r="B1800" s="3">
-        <x:v>104.08</x:v>
+        <x:v>103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:2">
       <x:c r="A1801" s="2">
-        <x:v>43307</x:v>
+        <x:v>43339</x:v>
       </x:c>
       <x:c r="B1801" s="3">
-        <x:v>103.92</x:v>
+        <x:v>102.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:2">
       <x:c r="A1802" s="2">
-        <x:v>43306</x:v>
+        <x:v>43336</x:v>
       </x:c>
       <x:c r="B1802" s="3">
-        <x:v>103.55</x:v>
+        <x:v>102.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:2">
       <x:c r="A1803" s="2">
-        <x:v>43305</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="B1803" s="3">
-        <x:v>103.43</x:v>
+        <x:v>102.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:2">
       <x:c r="A1804" s="2">
-        <x:v>43304</x:v>
+        <x:v>43334</x:v>
       </x:c>
       <x:c r="B1804" s="3">
-        <x:v>103.35</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:2">
       <x:c r="A1805" s="2">
-        <x:v>43301</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="B1805" s="3">
-        <x:v>103.42</x:v>
+        <x:v>102.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:2">
       <x:c r="A1806" s="2">
-        <x:v>43300</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="B1806" s="3">
-        <x:v>103.44</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:2">
       <x:c r="A1807" s="2">
-        <x:v>43299</x:v>
+        <x:v>43329</x:v>
       </x:c>
       <x:c r="B1807" s="3">
-        <x:v>103.53</x:v>
+        <x:v>102.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:2">
       <x:c r="A1808" s="2">
-        <x:v>43298</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="B1808" s="3">
-        <x:v>103.4</x:v>
+        <x:v>102.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:2">
       <x:c r="A1809" s="2">
-        <x:v>43297</x:v>
+        <x:v>43326</x:v>
       </x:c>
       <x:c r="B1809" s="3">
-        <x:v>103.44</x:v>
+        <x:v>102.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:2">
       <x:c r="A1810" s="2">
-        <x:v>43294</x:v>
+        <x:v>43325</x:v>
       </x:c>
       <x:c r="B1810" s="3">
-        <x:v>103.59</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:2">
       <x:c r="A1811" s="2">
-        <x:v>43293</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="B1811" s="3">
-        <x:v>103.36</x:v>
+        <x:v>102.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:2">
       <x:c r="A1812" s="2">
-        <x:v>43292</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="B1812" s="3">
-        <x:v>103.17</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:2">
       <x:c r="A1813" s="2">
-        <x:v>43291</x:v>
+        <x:v>43320</x:v>
       </x:c>
       <x:c r="B1813" s="3">
-        <x:v>103.6</x:v>
+        <x:v>103.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:2">
       <x:c r="A1814" s="2">
-        <x:v>43290</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="B1814" s="3">
-        <x:v>103.51</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:2">
       <x:c r="A1815" s="2">
-        <x:v>43287</x:v>
+        <x:v>43318</x:v>
       </x:c>
       <x:c r="B1815" s="3">
-        <x:v>103.05</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:2">
       <x:c r="A1816" s="2">
-        <x:v>43286</x:v>
+        <x:v>43315</x:v>
       </x:c>
       <x:c r="B1816" s="3">
-        <x:v>102.7</x:v>
+        <x:v>103.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:2">
       <x:c r="A1817" s="2">
-        <x:v>43285</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="B1817" s="3">
-        <x:v>102.31</x:v>
+        <x:v>103.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:2">
       <x:c r="A1818" s="2">
-        <x:v>43284</x:v>
+        <x:v>43313</x:v>
       </x:c>
       <x:c r="B1818" s="3">
-        <x:v>102.28</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:2">
       <x:c r="A1819" s="2">
-        <x:v>43283</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B1819" s="3">
-        <x:v>101.74</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:2">
       <x:c r="A1820" s="2">
-        <x:v>43280</x:v>
+        <x:v>43311</x:v>
       </x:c>
       <x:c r="B1820" s="3">
-        <x:v>102.05</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:2">
       <x:c r="A1821" s="2">
-        <x:v>43279</x:v>
+        <x:v>43308</x:v>
       </x:c>
       <x:c r="B1821" s="3">
-        <x:v>101.94</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:2">
       <x:c r="A1822" s="2">
-        <x:v>43278</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="B1822" s="3">
-        <x:v>102.26</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:2">
       <x:c r="A1823" s="2">
-        <x:v>43277</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="B1823" s="3">
-        <x:v>102.22</x:v>
+        <x:v>103.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:2">
       <x:c r="A1824" s="2">
-        <x:v>43276</x:v>
+        <x:v>43305</x:v>
       </x:c>
       <x:c r="B1824" s="3">
-        <x:v>102.32</x:v>
+        <x:v>103.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:2">
       <x:c r="A1825" s="2">
-        <x:v>43273</x:v>
+        <x:v>43304</x:v>
       </x:c>
       <x:c r="B1825" s="3">
-        <x:v>102.87</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:2">
       <x:c r="A1826" s="2">
-        <x:v>43272</x:v>
+        <x:v>43301</x:v>
       </x:c>
       <x:c r="B1826" s="3">
-        <x:v>102.37</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:2">
       <x:c r="A1827" s="2">
-        <x:v>43271</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="B1827" s="3">
-        <x:v>102.44</x:v>
+        <x:v>103.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:2">
       <x:c r="A1828" s="2">
-        <x:v>43270</x:v>
+        <x:v>43299</x:v>
       </x:c>
       <x:c r="B1828" s="3">
-        <x:v>102</x:v>
+        <x:v>103.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:2">
       <x:c r="A1829" s="2">
-        <x:v>43269</x:v>
+        <x:v>43298</x:v>
       </x:c>
       <x:c r="B1829" s="3">
-        <x:v>102.47</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:2">
       <x:c r="A1830" s="2">
-        <x:v>43266</x:v>
+        <x:v>43297</x:v>
       </x:c>
       <x:c r="B1830" s="3">
-        <x:v>102.92</x:v>
+        <x:v>103.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:2">
       <x:c r="A1831" s="2">
-        <x:v>43265</x:v>
+        <x:v>43294</x:v>
       </x:c>
       <x:c r="B1831" s="3">
-        <x:v>103.31</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:2">
       <x:c r="A1832" s="2">
-        <x:v>43264</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="B1832" s="3">
-        <x:v>103.03</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:2">
       <x:c r="A1833" s="2">
-        <x:v>43263</x:v>
+        <x:v>43292</x:v>
       </x:c>
       <x:c r="B1833" s="3">
-        <x:v>103.09</x:v>
+        <x:v>103.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:2">
       <x:c r="A1834" s="2">
-        <x:v>43262</x:v>
+        <x:v>43291</x:v>
       </x:c>
       <x:c r="B1834" s="3">
-        <x:v>103.29</x:v>
+        <x:v>103.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:2">
       <x:c r="A1835" s="2">
-        <x:v>43259</x:v>
+        <x:v>43290</x:v>
       </x:c>
       <x:c r="B1835" s="3">
-        <x:v>103.23</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:2">
       <x:c r="A1836" s="2">
-        <x:v>43258</x:v>
+        <x:v>43287</x:v>
       </x:c>
       <x:c r="B1836" s="3">
-        <x:v>103.43</x:v>
+        <x:v>103.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:2">
       <x:c r="A1837" s="2">
-        <x:v>43257</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="B1837" s="3">
-        <x:v>103.36</x:v>
+        <x:v>102.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:2">
       <x:c r="A1838" s="2">
-        <x:v>43256</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="B1838" s="3">
-        <x:v>103.4</x:v>
+        <x:v>102.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:2">
       <x:c r="A1839" s="2">
-        <x:v>43255</x:v>
+        <x:v>43284</x:v>
       </x:c>
       <x:c r="B1839" s="3">
-        <x:v>103.51</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:2">
       <x:c r="A1840" s="2">
-        <x:v>43252</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="B1840" s="3">
-        <x:v>103.15</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:2">
       <x:c r="A1841" s="2">
-        <x:v>43251</x:v>
+        <x:v>43280</x:v>
       </x:c>
       <x:c r="B1841" s="3">
-        <x:v>103.1</x:v>
+        <x:v>102.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:2">
       <x:c r="A1842" s="2">
-        <x:v>43250</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="B1842" s="3">
-        <x:v>103.46</x:v>
+        <x:v>101.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:2">
       <x:c r="A1843" s="2">
-        <x:v>43249</x:v>
+        <x:v>43278</x:v>
       </x:c>
       <x:c r="B1843" s="3">
-        <x:v>103.42</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:2">
       <x:c r="A1844" s="2">
-        <x:v>43248</x:v>
+        <x:v>43277</x:v>
       </x:c>
       <x:c r="B1844" s="3">
-        <x:v>103.91</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:2">
       <x:c r="A1845" s="2">
-        <x:v>43245</x:v>
+        <x:v>43276</x:v>
       </x:c>
       <x:c r="B1845" s="3">
-        <x:v>103.97</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:2">
       <x:c r="A1846" s="2">
-        <x:v>43244</x:v>
+        <x:v>43273</x:v>
       </x:c>
       <x:c r="B1846" s="3">
-        <x:v>103.98</x:v>
+        <x:v>102.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:2">
       <x:c r="A1847" s="2">
-        <x:v>43243</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="B1847" s="3">
-        <x:v>103.93</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:2">
       <x:c r="A1848" s="2">
-        <x:v>43242</x:v>
+        <x:v>43271</x:v>
       </x:c>
       <x:c r="B1848" s="3">
-        <x:v>104.08</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:2">
       <x:c r="A1849" s="2">
-        <x:v>43238</x:v>
+        <x:v>43270</x:v>
       </x:c>
       <x:c r="B1849" s="3">
-        <x:v>103.82</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:2">
       <x:c r="A1850" s="2">
-        <x:v>43237</x:v>
+        <x:v>43269</x:v>
       </x:c>
       <x:c r="B1850" s="3">
-        <x:v>104.12</x:v>
+        <x:v>102.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:2">
       <x:c r="A1851" s="2">
-        <x:v>43236</x:v>
+        <x:v>43266</x:v>
       </x:c>
       <x:c r="B1851" s="3">
-        <x:v>104.1</x:v>
+        <x:v>102.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:2">
       <x:c r="A1852" s="2">
-        <x:v>43235</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="B1852" s="3">
-        <x:v>104.17</x:v>
+        <x:v>103.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:2">
       <x:c r="A1853" s="2">
-        <x:v>43234</x:v>
+        <x:v>43264</x:v>
       </x:c>
       <x:c r="B1853" s="3">
-        <x:v>104.6</x:v>
+        <x:v>103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:2">
       <x:c r="A1854" s="2">
-        <x:v>43231</x:v>
+        <x:v>43263</x:v>
       </x:c>
       <x:c r="B1854" s="3">
-        <x:v>104.62</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:2">
       <x:c r="A1855" s="2">
-        <x:v>43229</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="B1855" s="3">
-        <x:v>103.78</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:2">
       <x:c r="A1856" s="2">
-        <x:v>43227</x:v>
+        <x:v>43259</x:v>
       </x:c>
       <x:c r="B1856" s="3">
-        <x:v>104.2</x:v>
+        <x:v>103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:2">
       <x:c r="A1857" s="2">
-        <x:v>43224</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="B1857" s="3">
-        <x:v>104.08</x:v>
+        <x:v>103.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:2">
       <x:c r="A1858" s="2">
-        <x:v>43223</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="B1858" s="3">
-        <x:v>104.08</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:2">
       <x:c r="A1859" s="2">
-        <x:v>43222</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="B1859" s="3">
-        <x:v>104.33</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:2">
       <x:c r="A1860" s="2">
-        <x:v>43220</x:v>
+        <x:v>43255</x:v>
       </x:c>
       <x:c r="B1860" s="3">
-        <x:v>104.62</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:2">
       <x:c r="A1861" s="2">
-        <x:v>43217</x:v>
+        <x:v>43252</x:v>
       </x:c>
       <x:c r="B1861" s="3">
-        <x:v>104.6</x:v>
+        <x:v>103.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:2">
       <x:c r="A1862" s="2">
-        <x:v>43216</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B1862" s="3">
-        <x:v>104.43</x:v>
+        <x:v>103.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:2">
       <x:c r="A1863" s="2">
-        <x:v>43215</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="B1863" s="3">
-        <x:v>104.11</x:v>
+        <x:v>103.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:2">
       <x:c r="A1864" s="2">
-        <x:v>43214</x:v>
+        <x:v>43249</x:v>
       </x:c>
       <x:c r="B1864" s="3">
-        <x:v>104.49</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:2">
       <x:c r="A1865" s="2">
-        <x:v>43213</x:v>
+        <x:v>43248</x:v>
       </x:c>
       <x:c r="B1865" s="3">
-        <x:v>104.47</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:2">
       <x:c r="A1866" s="2">
-        <x:v>43210</x:v>
+        <x:v>43245</x:v>
       </x:c>
       <x:c r="B1866" s="3">
-        <x:v>104.55</x:v>
+        <x:v>103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:2">
       <x:c r="A1867" s="2">
-        <x:v>43209</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="B1867" s="3">
-        <x:v>104.72</x:v>
+        <x:v>103.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:2">
       <x:c r="A1868" s="2">
-        <x:v>43208</x:v>
+        <x:v>43243</x:v>
       </x:c>
       <x:c r="B1868" s="3">
-        <x:v>104.85</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:2">
       <x:c r="A1869" s="2">
-        <x:v>43207</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="B1869" s="3">
-        <x:v>104.7</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:2">
       <x:c r="A1870" s="2">
-        <x:v>43206</x:v>
+        <x:v>43238</x:v>
       </x:c>
       <x:c r="B1870" s="3">
-        <x:v>104.55</x:v>
+        <x:v>103.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:2">
       <x:c r="A1871" s="2">
-        <x:v>43203</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="B1871" s="3">
-        <x:v>104.64</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:2">
       <x:c r="A1872" s="2">
-        <x:v>43202</x:v>
+        <x:v>43236</x:v>
       </x:c>
       <x:c r="B1872" s="3">
-        <x:v>104.48</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:2">
       <x:c r="A1873" s="2">
-        <x:v>43201</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B1873" s="3">
-        <x:v>104.27</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:2">
       <x:c r="A1874" s="2">
-        <x:v>43200</x:v>
+        <x:v>43234</x:v>
       </x:c>
       <x:c r="B1874" s="3">
-        <x:v>104.32</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:2">
       <x:c r="A1875" s="2">
-        <x:v>43199</x:v>
+        <x:v>43231</x:v>
       </x:c>
       <x:c r="B1875" s="3">
-        <x:v>104.15</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:2">
       <x:c r="A1876" s="2">
-        <x:v>43196</x:v>
+        <x:v>43229</x:v>
       </x:c>
       <x:c r="B1876" s="3">
-        <x:v>104.24</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:2">
       <x:c r="A1877" s="2">
-        <x:v>43195</x:v>
+        <x:v>43227</x:v>
       </x:c>
       <x:c r="B1877" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:2">
       <x:c r="A1878" s="2">
-        <x:v>43194</x:v>
+        <x:v>43224</x:v>
       </x:c>
       <x:c r="B1878" s="3">
-        <x:v>103.72</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:2">
       <x:c r="A1879" s="2">
-        <x:v>43193</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="B1879" s="3">
-        <x:v>103.71</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:2">
       <x:c r="A1880" s="2">
-        <x:v>43188</x:v>
+        <x:v>43222</x:v>
       </x:c>
       <x:c r="B1880" s="3">
-        <x:v>103.81</x:v>
+        <x:v>104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:2">
       <x:c r="A1881" s="2">
-        <x:v>43187</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B1881" s="3">
-        <x:v>103.53</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:2">
       <x:c r="A1882" s="2">
-        <x:v>43186</x:v>
+        <x:v>43217</x:v>
       </x:c>
       <x:c r="B1882" s="3">
-        <x:v>103.42</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:2">
       <x:c r="A1883" s="2">
-        <x:v>43185</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="B1883" s="3">
-        <x:v>103.08</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:2">
       <x:c r="A1884" s="2">
-        <x:v>43182</x:v>
+        <x:v>43215</x:v>
       </x:c>
       <x:c r="B1884" s="3">
-        <x:v>103.11</x:v>
+        <x:v>104.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:2">
       <x:c r="A1885" s="2">
-        <x:v>43181</x:v>
+        <x:v>43214</x:v>
       </x:c>
       <x:c r="B1885" s="3">
-        <x:v>103.4</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:2">
       <x:c r="A1886" s="2">
-        <x:v>43180</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B1886" s="3">
-        <x:v>103.82</x:v>
+        <x:v>104.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:2">
       <x:c r="A1887" s="2">
-        <x:v>43179</x:v>
+        <x:v>43210</x:v>
       </x:c>
       <x:c r="B1887" s="3">
-        <x:v>103.7</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:2">
       <x:c r="A1888" s="2">
-        <x:v>43178</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="B1888" s="3">
-        <x:v>103.83</x:v>
+        <x:v>104.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:2">
       <x:c r="A1889" s="2">
-        <x:v>43175</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="B1889" s="3">
-        <x:v>104.25</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:2">
       <x:c r="A1890" s="2">
-        <x:v>43174</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="B1890" s="3">
-        <x:v>104.16</x:v>
+        <x:v>104.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:2">
       <x:c r="A1891" s="2">
-        <x:v>43173</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="B1891" s="3">
-        <x:v>104.16</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:2">
       <x:c r="A1892" s="2">
-        <x:v>43172</x:v>
+        <x:v>43203</x:v>
       </x:c>
       <x:c r="B1892" s="3">
-        <x:v>104.13</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:2">
       <x:c r="A1893" s="2">
-        <x:v>43171</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="B1893" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:2">
       <x:c r="A1894" s="2">
-        <x:v>43168</x:v>
+        <x:v>43201</x:v>
       </x:c>
       <x:c r="B1894" s="3">
-        <x:v>104.31</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:2">
       <x:c r="A1895" s="2">
-        <x:v>43167</x:v>
+        <x:v>43200</x:v>
       </x:c>
       <x:c r="B1895" s="3">
-        <x:v>104.25</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:2">
       <x:c r="A1896" s="2">
-        <x:v>43166</x:v>
+        <x:v>43199</x:v>
       </x:c>
       <x:c r="B1896" s="3">
-        <x:v>104.05</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:2">
       <x:c r="A1897" s="2">
-        <x:v>43165</x:v>
+        <x:v>43196</x:v>
       </x:c>
       <x:c r="B1897" s="3">
-        <x:v>104.17</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:2">
       <x:c r="A1898" s="2">
-        <x:v>43164</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="B1898" s="3">
-        <x:v>104.03</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:2">
       <x:c r="A1899" s="2">
-        <x:v>43161</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="B1899" s="3">
-        <x:v>103.94</x:v>
+        <x:v>103.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:2">
       <x:c r="A1900" s="2">
-        <x:v>43160</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="B1900" s="3">
-        <x:v>104.42</x:v>
+        <x:v>103.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:2">
       <x:c r="A1901" s="2">
-        <x:v>43159</x:v>
+        <x:v>43188</x:v>
       </x:c>
       <x:c r="B1901" s="3">
-        <x:v>104.73</x:v>
+        <x:v>103.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:2">
       <x:c r="A1902" s="2">
-        <x:v>43158</x:v>
+        <x:v>43187</x:v>
       </x:c>
       <x:c r="B1902" s="3">
-        <x:v>104.96</x:v>
+        <x:v>103.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:2">
       <x:c r="A1903" s="2">
-        <x:v>43157</x:v>
+        <x:v>43186</x:v>
       </x:c>
       <x:c r="B1903" s="3">
-        <x:v>105.07</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:2">
       <x:c r="A1904" s="2">
-        <x:v>43154</x:v>
+        <x:v>43185</x:v>
       </x:c>
       <x:c r="B1904" s="3">
-        <x:v>104.76</x:v>
+        <x:v>103.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:2">
       <x:c r="A1905" s="2">
-        <x:v>43153</x:v>
+        <x:v>43182</x:v>
       </x:c>
       <x:c r="B1905" s="3">
-        <x:v>104.58</x:v>
+        <x:v>103.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:2">
       <x:c r="A1906" s="2">
-        <x:v>43152</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="B1906" s="3">
-        <x:v>104.61</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:2">
       <x:c r="A1907" s="2">
-        <x:v>43151</x:v>
+        <x:v>43180</x:v>
       </x:c>
       <x:c r="B1907" s="3">
-        <x:v>104.73</x:v>
+        <x:v>103.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:2">
       <x:c r="A1908" s="2">
-        <x:v>43150</x:v>
+        <x:v>43179</x:v>
       </x:c>
       <x:c r="B1908" s="3">
-        <x:v>104.71</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:2">
       <x:c r="A1909" s="2">
-        <x:v>43147</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="B1909" s="3">
-        <x:v>104.63</x:v>
+        <x:v>103.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:2">
       <x:c r="A1910" s="2">
-        <x:v>43146</x:v>
+        <x:v>43175</x:v>
       </x:c>
       <x:c r="B1910" s="3">
-        <x:v>104.1</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:2">
       <x:c r="A1911" s="2">
-        <x:v>43145</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B1911" s="3">
-        <x:v>103.58</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:2">
       <x:c r="A1912" s="2">
-        <x:v>43144</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="B1912" s="3">
-        <x:v>103.65</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:2">
       <x:c r="A1913" s="2">
-        <x:v>43143</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="B1913" s="3">
-        <x:v>103.99</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:2">
       <x:c r="A1914" s="2">
-        <x:v>43140</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="B1914" s="3">
-        <x:v>103.73</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:2">
       <x:c r="A1915" s="2">
-        <x:v>43139</x:v>
+        <x:v>43168</x:v>
       </x:c>
       <x:c r="B1915" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:2">
       <x:c r="A1916" s="2">
-        <x:v>43138</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="B1916" s="3">
-        <x:v>105.51</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:2">
       <x:c r="A1917" s="2">
-        <x:v>43137</x:v>
+        <x:v>43166</x:v>
       </x:c>
       <x:c r="B1917" s="3">
-        <x:v>105</x:v>
+        <x:v>104.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:2">
       <x:c r="A1918" s="2">
-        <x:v>43136</x:v>
+        <x:v>43165</x:v>
       </x:c>
       <x:c r="B1918" s="3">
-        <x:v>105.6</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1919" spans="1:2">
       <x:c r="A1919" s="2">
-        <x:v>43133</x:v>
+        <x:v>43164</x:v>
       </x:c>
       <x:c r="B1919" s="3">
-        <x:v>106.3</x:v>
+        <x:v>104.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:2">
       <x:c r="A1920" s="2">
-        <x:v>43132</x:v>
+        <x:v>43161</x:v>
       </x:c>
       <x:c r="B1920" s="3">
-        <x:v>106.85</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:2">
       <x:c r="A1921" s="2">
-        <x:v>43131</x:v>
+        <x:v>43160</x:v>
       </x:c>
       <x:c r="B1921" s="3">
-        <x:v>107.09</x:v>
+        <x:v>104.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:2">
       <x:c r="A1922" s="2">
-        <x:v>43130</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B1922" s="3">
-        <x:v>106.97</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:2">
       <x:c r="A1923" s="2">
-        <x:v>43129</x:v>
+        <x:v>43158</x:v>
       </x:c>
       <x:c r="B1923" s="3">
-        <x:v>107.43</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:2">
       <x:c r="A1924" s="2">
-        <x:v>43126</x:v>
+        <x:v>43157</x:v>
       </x:c>
       <x:c r="B1924" s="3">
-        <x:v>107.65</x:v>
+        <x:v>105.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:2">
       <x:c r="A1925" s="2">
-        <x:v>43125</x:v>
+        <x:v>43154</x:v>
       </x:c>
       <x:c r="B1925" s="3">
-        <x:v>107.6</x:v>
+        <x:v>104.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1926" spans="1:2">
       <x:c r="A1926" s="2">
-        <x:v>43124</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="B1926" s="3">
-        <x:v>107.64</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1927" spans="1:2">
       <x:c r="A1927" s="2">
-        <x:v>43123</x:v>
+        <x:v>43152</x:v>
       </x:c>
       <x:c r="B1927" s="3">
-        <x:v>107.77</x:v>
+        <x:v>104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1928" spans="1:2">
       <x:c r="A1928" s="2">
-        <x:v>43122</x:v>
+        <x:v>43151</x:v>
       </x:c>
       <x:c r="B1928" s="3">
-        <x:v>107.64</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1929" spans="1:2">
       <x:c r="A1929" s="2">
-        <x:v>43119</x:v>
+        <x:v>43150</x:v>
       </x:c>
       <x:c r="B1929" s="3">
-        <x:v>107.56</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1930" spans="1:2">
       <x:c r="A1930" s="2">
-        <x:v>43118</x:v>
+        <x:v>43147</x:v>
       </x:c>
       <x:c r="B1930" s="3">
-        <x:v>107.6</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1931" spans="1:2">
       <x:c r="A1931" s="2">
-        <x:v>43117</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B1931" s="3">
-        <x:v>107.71</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1932" spans="1:2">
       <x:c r="A1932" s="2">
-        <x:v>43116</x:v>
+        <x:v>43145</x:v>
       </x:c>
       <x:c r="B1932" s="3">
-        <x:v>107.81</x:v>
+        <x:v>103.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1933" spans="1:2">
       <x:c r="A1933" s="2">
-        <x:v>43115</x:v>
+        <x:v>43144</x:v>
       </x:c>
       <x:c r="B1933" s="3">
-        <x:v>107.8</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1934" spans="1:2">
       <x:c r="A1934" s="2">
-        <x:v>43112</x:v>
+        <x:v>43143</x:v>
       </x:c>
       <x:c r="B1934" s="3">
-        <x:v>107.77</x:v>
+        <x:v>103.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1935" spans="1:2">
       <x:c r="A1935" s="2">
-        <x:v>43111</x:v>
+        <x:v>43140</x:v>
       </x:c>
       <x:c r="B1935" s="3">
-        <x:v>107.79</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1936" spans="1:2">
       <x:c r="A1936" s="2">
-        <x:v>43110</x:v>
+        <x:v>43139</x:v>
       </x:c>
       <x:c r="B1936" s="3">
-        <x:v>107.79</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1937" spans="1:2">
       <x:c r="A1937" s="2">
-        <x:v>43109</x:v>
+        <x:v>43138</x:v>
       </x:c>
       <x:c r="B1937" s="3">
-        <x:v>108.1</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1938" spans="1:2">
       <x:c r="A1938" s="2">
-        <x:v>43108</x:v>
+        <x:v>43137</x:v>
       </x:c>
       <x:c r="B1938" s="3">
-        <x:v>108.05</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="1939" spans="1:2">
       <x:c r="A1939" s="2">
-        <x:v>43105</x:v>
+        <x:v>43136</x:v>
       </x:c>
       <x:c r="B1939" s="3">
-        <x:v>108.01</x:v>
+        <x:v>105.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1940" spans="1:2">
       <x:c r="A1940" s="2">
-        <x:v>43104</x:v>
+        <x:v>43133</x:v>
       </x:c>
       <x:c r="B1940" s="3">
-        <x:v>107.7</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1941" spans="1:2">
       <x:c r="A1941" s="2">
-        <x:v>43103</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="B1941" s="3">
-        <x:v>107.4</x:v>
+        <x:v>106.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1942" spans="1:2">
       <x:c r="A1942" s="2">
-        <x:v>43102</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B1942" s="3">
-        <x:v>107.11</x:v>
+        <x:v>107.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1943" spans="1:2">
       <x:c r="A1943" s="2">
-        <x:v>43098</x:v>
+        <x:v>43130</x:v>
       </x:c>
       <x:c r="B1943" s="3">
-        <x:v>107.04</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1944" spans="1:2">
       <x:c r="A1944" s="2">
-        <x:v>43097</x:v>
+        <x:v>43129</x:v>
       </x:c>
       <x:c r="B1944" s="3">
-        <x:v>107</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1945" spans="1:2">
       <x:c r="A1945" s="2">
-        <x:v>43096</x:v>
+        <x:v>43126</x:v>
       </x:c>
       <x:c r="B1945" s="3">
-        <x:v>106.97</x:v>
+        <x:v>107.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1946" spans="1:2">
       <x:c r="A1946" s="2">
-        <x:v>43091</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="B1946" s="3">
-        <x:v>106.94</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1947" spans="1:2">
       <x:c r="A1947" s="2">
-        <x:v>43090</x:v>
+        <x:v>43124</x:v>
       </x:c>
       <x:c r="B1947" s="3">
-        <x:v>106.95</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1948" spans="1:2">
       <x:c r="A1948" s="2">
-        <x:v>43089</x:v>
+        <x:v>43123</x:v>
       </x:c>
       <x:c r="B1948" s="3">
-        <x:v>106.81</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1949" spans="1:2">
       <x:c r="A1949" s="2">
-        <x:v>43088</x:v>
+        <x:v>43122</x:v>
       </x:c>
       <x:c r="B1949" s="3">
-        <x:v>106.91</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1950" spans="1:2">
       <x:c r="A1950" s="2">
-        <x:v>43087</x:v>
+        <x:v>43119</x:v>
       </x:c>
       <x:c r="B1950" s="3">
-        <x:v>106.94</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1951" spans="1:2">
       <x:c r="A1951" s="2">
-        <x:v>43084</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="B1951" s="3">
-        <x:v>106.71</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1952" spans="1:2">
       <x:c r="A1952" s="2">
-        <x:v>43083</x:v>
+        <x:v>43117</x:v>
       </x:c>
       <x:c r="B1952" s="3">
-        <x:v>106.61</x:v>
+        <x:v>107.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1953" spans="1:2">
       <x:c r="A1953" s="2">
-        <x:v>43082</x:v>
+        <x:v>43116</x:v>
       </x:c>
       <x:c r="B1953" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1954" spans="1:2">
       <x:c r="A1954" s="2">
-        <x:v>43081</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B1954" s="3">
-        <x:v>106.77</x:v>
+        <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1955" spans="1:2">
       <x:c r="A1955" s="2">
-        <x:v>43080</x:v>
+        <x:v>43112</x:v>
       </x:c>
       <x:c r="B1955" s="3">
-        <x:v>106.45</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1956" spans="1:2">
       <x:c r="A1956" s="2">
-        <x:v>43077</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="B1956" s="3">
-        <x:v>106.41</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1957" spans="1:2">
       <x:c r="A1957" s="2">
-        <x:v>43076</x:v>
+        <x:v>43110</x:v>
       </x:c>
       <x:c r="B1957" s="3">
-        <x:v>106.31</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1958" spans="1:2">
       <x:c r="A1958" s="2">
-        <x:v>43075</x:v>
+        <x:v>43109</x:v>
       </x:c>
       <x:c r="B1958" s="3">
-        <x:v>106.37</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1959" spans="1:2">
       <x:c r="A1959" s="2">
-        <x:v>43074</x:v>
+        <x:v>43108</x:v>
       </x:c>
       <x:c r="B1959" s="3">
-        <x:v>106.48</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1960" spans="1:2">
       <x:c r="A1960" s="2">
-        <x:v>43073</x:v>
+        <x:v>43105</x:v>
       </x:c>
       <x:c r="B1960" s="3">
-        <x:v>106.44</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1961" spans="1:2">
       <x:c r="A1961" s="2">
-        <x:v>43070</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="B1961" s="3">
-        <x:v>106.22</x:v>
+        <x:v>107.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1962" spans="1:2">
       <x:c r="A1962" s="2">
-        <x:v>43069</x:v>
+        <x:v>43103</x:v>
       </x:c>
       <x:c r="B1962" s="3">
-        <x:v>106.33</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1963" spans="1:2">
       <x:c r="A1963" s="2">
-        <x:v>43068</x:v>
+        <x:v>43102</x:v>
       </x:c>
       <x:c r="B1963" s="3">
-        <x:v>106.4</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1964" spans="1:2">
       <x:c r="A1964" s="2">
-        <x:v>43067</x:v>
+        <x:v>43098</x:v>
       </x:c>
       <x:c r="B1964" s="3">
-        <x:v>106.44</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1965" spans="1:2">
       <x:c r="A1965" s="2">
-        <x:v>43066</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="B1965" s="3">
-        <x:v>106.49</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="1966" spans="1:2">
       <x:c r="A1966" s="2">
-        <x:v>43063</x:v>
+        <x:v>43096</x:v>
       </x:c>
       <x:c r="B1966" s="3">
-        <x:v>106.52</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1967" spans="1:2">
       <x:c r="A1967" s="2">
-        <x:v>43062</x:v>
+        <x:v>43091</x:v>
       </x:c>
       <x:c r="B1967" s="3">
-        <x:v>106.48</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1968" spans="1:2">
       <x:c r="A1968" s="2">
-        <x:v>43061</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="B1968" s="3">
-        <x:v>106.43</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1969" spans="1:2">
       <x:c r="A1969" s="2">
-        <x:v>43060</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="B1969" s="3">
-        <x:v>106.36</x:v>
+        <x:v>106.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1970" spans="1:2">
       <x:c r="A1970" s="2">
-        <x:v>43059</x:v>
+        <x:v>43088</x:v>
       </x:c>
       <x:c r="B1970" s="3">
-        <x:v>106.03</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1971" spans="1:2">
       <x:c r="A1971" s="2">
-        <x:v>43056</x:v>
+        <x:v>43087</x:v>
       </x:c>
       <x:c r="B1971" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1972" spans="1:2">
       <x:c r="A1972" s="2">
-        <x:v>43055</x:v>
+        <x:v>43084</x:v>
       </x:c>
       <x:c r="B1972" s="3">
-        <x:v>105.83</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1973" spans="1:2">
       <x:c r="A1973" s="2">
-        <x:v>43054</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="B1973" s="3">
-        <x:v>105.31</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1974" spans="1:2">
       <x:c r="A1974" s="2">
-        <x:v>43053</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="B1974" s="3">
-        <x:v>105.68</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1975" spans="1:2">
       <x:c r="A1975" s="2">
-        <x:v>43052</x:v>
+        <x:v>43081</x:v>
       </x:c>
       <x:c r="B1975" s="3">
-        <x:v>105.86</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1976" spans="1:2">
       <x:c r="A1976" s="2">
-        <x:v>43049</x:v>
+        <x:v>43080</x:v>
       </x:c>
       <x:c r="B1976" s="3">
-        <x:v>106.01</x:v>
+        <x:v>106.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1977" spans="1:2">
       <x:c r="A1977" s="2">
-        <x:v>43048</x:v>
+        <x:v>43077</x:v>
       </x:c>
       <x:c r="B1977" s="3">
-        <x:v>106.28</x:v>
+        <x:v>106.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1978" spans="1:2">
       <x:c r="A1978" s="2">
-        <x:v>43047</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="B1978" s="3">
-        <x:v>106.62</x:v>
+        <x:v>106.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1979" spans="1:2">
       <x:c r="A1979" s="2">
-        <x:v>43046</x:v>
+        <x:v>43075</x:v>
       </x:c>
       <x:c r="B1979" s="3">
-        <x:v>106.9</x:v>
+        <x:v>106.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1980" spans="1:2">
       <x:c r="A1980" s="2">
-        <x:v>43045</x:v>
+        <x:v>43074</x:v>
       </x:c>
       <x:c r="B1980" s="3">
-        <x:v>107.04</x:v>
+        <x:v>106.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1981" spans="1:2">
       <x:c r="A1981" s="2">
-        <x:v>43042</x:v>
+        <x:v>43073</x:v>
       </x:c>
       <x:c r="B1981" s="3">
-        <x:v>106.94</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1982" spans="1:2">
       <x:c r="A1982" s="2">
-        <x:v>43041</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="B1982" s="3">
-        <x:v>106.99</x:v>
+        <x:v>106.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1983" spans="1:2">
       <x:c r="A1983" s="2">
-        <x:v>43039</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B1983" s="3">
-        <x:v>106.7</x:v>
+        <x:v>106.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1984" spans="1:2">
       <x:c r="A1984" s="2">
-        <x:v>43038</x:v>
+        <x:v>43068</x:v>
       </x:c>
       <x:c r="B1984" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1985" spans="1:2">
       <x:c r="A1985" s="2">
-        <x:v>43035</x:v>
+        <x:v>43067</x:v>
       </x:c>
       <x:c r="B1985" s="3">
-        <x:v>106.28</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1986" spans="1:2">
       <x:c r="A1986" s="2">
-        <x:v>43034</x:v>
+        <x:v>43066</x:v>
       </x:c>
       <x:c r="B1986" s="3">
-        <x:v>106.12</x:v>
+        <x:v>106.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1987" spans="1:2">
       <x:c r="A1987" s="2">
-        <x:v>43033</x:v>
+        <x:v>43063</x:v>
       </x:c>
       <x:c r="B1987" s="3">
-        <x:v>105.93</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1988" spans="1:2">
       <x:c r="A1988" s="2">
-        <x:v>43032</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="B1988" s="3">
-        <x:v>106.21</x:v>
+        <x:v>106.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1989" spans="1:2">
       <x:c r="A1989" s="2">
-        <x:v>43031</x:v>
+        <x:v>43061</x:v>
       </x:c>
       <x:c r="B1989" s="3">
-        <x:v>106.37</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1990" spans="1:2">
       <x:c r="A1990" s="2">
-        <x:v>43028</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="B1990" s="3">
-        <x:v>106.29</x:v>
+        <x:v>106.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1991" spans="1:2">
       <x:c r="A1991" s="2">
-        <x:v>43027</x:v>
+        <x:v>43059</x:v>
       </x:c>
       <x:c r="B1991" s="3">
-        <x:v>106.32</x:v>
+        <x:v>106.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1992" spans="1:2">
       <x:c r="A1992" s="2">
-        <x:v>43026</x:v>
+        <x:v>43056</x:v>
       </x:c>
       <x:c r="B1992" s="3">
-        <x:v>106.4</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1993" spans="1:2">
       <x:c r="A1993" s="2">
-        <x:v>43025</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="B1993" s="3">
-        <x:v>106.34</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1994" spans="1:2">
       <x:c r="A1994" s="2">
-        <x:v>43024</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B1994" s="3">
-        <x:v>106.25</x:v>
+        <x:v>105.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1995" spans="1:2">
       <x:c r="A1995" s="2">
-        <x:v>43021</x:v>
+        <x:v>43053</x:v>
       </x:c>
       <x:c r="B1995" s="3">
-        <x:v>106.16</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1996" spans="1:2">
       <x:c r="A1996" s="2">
-        <x:v>43020</x:v>
+        <x:v>43052</x:v>
       </x:c>
       <x:c r="B1996" s="3">
-        <x:v>106.08</x:v>
+        <x:v>105.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1997" spans="1:2">
       <x:c r="A1997" s="2">
-        <x:v>43019</x:v>
+        <x:v>43049</x:v>
       </x:c>
       <x:c r="B1997" s="3">
         <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1998" spans="1:2">
       <x:c r="A1998" s="2">
-        <x:v>43018</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="B1998" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1999" spans="1:2">
       <x:c r="A1999" s="2">
-        <x:v>43017</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="B1999" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2000" spans="1:2">
       <x:c r="A2000" s="2">
-        <x:v>43014</x:v>
+        <x:v>43046</x:v>
       </x:c>
       <x:c r="B2000" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2001" spans="1:2">
       <x:c r="A2001" s="2">
-        <x:v>43013</x:v>
+        <x:v>43045</x:v>
       </x:c>
       <x:c r="B2001" s="3">
-        <x:v>106.08</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2002" spans="1:2">
       <x:c r="A2002" s="2">
-        <x:v>43012</x:v>
+        <x:v>43042</x:v>
       </x:c>
       <x:c r="B2002" s="3">
-        <x:v>105.92</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2003" spans="1:2">
       <x:c r="A2003" s="2">
-        <x:v>43011</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="B2003" s="3">
-        <x:v>105.98</x:v>
+        <x:v>106.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2004" spans="1:2">
       <x:c r="A2004" s="2">
-        <x:v>43010</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B2004" s="3">
-        <x:v>105.86</x:v>
+        <x:v>106.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2005" spans="1:2">
       <x:c r="A2005" s="2">
-        <x:v>43007</x:v>
+        <x:v>43038</x:v>
       </x:c>
       <x:c r="B2005" s="3">
-        <x:v>105.73</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2006" spans="1:2">
       <x:c r="A2006" s="2">
-        <x:v>43006</x:v>
+        <x:v>43035</x:v>
       </x:c>
       <x:c r="B2006" s="3">
-        <x:v>105.48</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2007" spans="1:2">
       <x:c r="A2007" s="2">
-        <x:v>43005</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="B2007" s="3">
-        <x:v>105.46</x:v>
+        <x:v>106.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2008" spans="1:2">
       <x:c r="A2008" s="2">
-        <x:v>43004</x:v>
+        <x:v>43033</x:v>
       </x:c>
       <x:c r="B2008" s="3">
-        <x:v>105.51</x:v>
+        <x:v>105.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2009" spans="1:2">
       <x:c r="A2009" s="2">
-        <x:v>43003</x:v>
+        <x:v>43032</x:v>
       </x:c>
       <x:c r="B2009" s="3">
-        <x:v>105.42</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2010" spans="1:2">
       <x:c r="A2010" s="2">
-        <x:v>43000</x:v>
+        <x:v>43031</x:v>
       </x:c>
       <x:c r="B2010" s="3">
-        <x:v>105.42</x:v>
+        <x:v>106.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2011" spans="1:2">
       <x:c r="A2011" s="2">
-        <x:v>42999</x:v>
+        <x:v>43028</x:v>
       </x:c>
       <x:c r="B2011" s="3">
-        <x:v>105.32</x:v>
+        <x:v>106.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2012" spans="1:2">
       <x:c r="A2012" s="2">
-        <x:v>42998</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="B2012" s="3">
-        <x:v>105.36</x:v>
+        <x:v>106.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2013" spans="1:2">
       <x:c r="A2013" s="2">
-        <x:v>42997</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="B2013" s="3">
-        <x:v>105.46</x:v>
+        <x:v>106.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2014" spans="1:2">
       <x:c r="A2014" s="2">
-        <x:v>42996</x:v>
+        <x:v>43025</x:v>
       </x:c>
       <x:c r="B2014" s="3">
-        <x:v>105.47</x:v>
+        <x:v>106.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2015" spans="1:2">
       <x:c r="A2015" s="2">
-        <x:v>42993</x:v>
+        <x:v>43024</x:v>
       </x:c>
       <x:c r="B2015" s="3">
-        <x:v>105.47</x:v>
+        <x:v>106.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2016" spans="1:2">
       <x:c r="A2016" s="2">
-        <x:v>42992</x:v>
+        <x:v>43021</x:v>
       </x:c>
       <x:c r="B2016" s="3">
-        <x:v>105.51</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2017" spans="1:2">
       <x:c r="A2017" s="2">
-        <x:v>42991</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="B2017" s="3">
-        <x:v>105.47</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2018" spans="1:2">
       <x:c r="A2018" s="2">
-        <x:v>42990</x:v>
+        <x:v>43019</x:v>
       </x:c>
       <x:c r="B2018" s="3">
-        <x:v>105.45</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2019" spans="1:2">
       <x:c r="A2019" s="2">
-        <x:v>42989</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="B2019" s="3">
-        <x:v>105.46</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2020" spans="1:2">
       <x:c r="A2020" s="2">
-        <x:v>42986</x:v>
+        <x:v>43017</x:v>
       </x:c>
       <x:c r="B2020" s="3">
-        <x:v>105.26</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2021" spans="1:2">
       <x:c r="A2021" s="2">
-        <x:v>42985</x:v>
+        <x:v>43014</x:v>
       </x:c>
       <x:c r="B2021" s="3">
-        <x:v>105.21</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2022" spans="1:2">
       <x:c r="A2022" s="2">
-        <x:v>42984</x:v>
+        <x:v>43013</x:v>
       </x:c>
       <x:c r="B2022" s="3">
-        <x:v>105.16</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2023" spans="1:2">
       <x:c r="A2023" s="2">
-        <x:v>42983</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="B2023" s="3">
-        <x:v>105.05</x:v>
+        <x:v>105.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2024" spans="1:2">
       <x:c r="A2024" s="2">
-        <x:v>42982</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="B2024" s="3">
-        <x:v>104.92</x:v>
+        <x:v>105.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2025" spans="1:2">
       <x:c r="A2025" s="2">
-        <x:v>42979</x:v>
+        <x:v>43010</x:v>
       </x:c>
       <x:c r="B2025" s="3">
-        <x:v>105.03</x:v>
+        <x:v>105.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2026" spans="1:2">
       <x:c r="A2026" s="2">
-        <x:v>42978</x:v>
+        <x:v>43007</x:v>
       </x:c>
       <x:c r="B2026" s="3">
-        <x:v>104.95</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2027" spans="1:2">
       <x:c r="A2027" s="2">
-        <x:v>42977</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="B2027" s="3">
-        <x:v>104.62</x:v>
+        <x:v>105.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2028" spans="1:2">
       <x:c r="A2028" s="2">
-        <x:v>42976</x:v>
+        <x:v>43005</x:v>
       </x:c>
       <x:c r="B2028" s="3">
-        <x:v>104.34</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2029" spans="1:2">
       <x:c r="A2029" s="2">
-        <x:v>42975</x:v>
+        <x:v>43004</x:v>
       </x:c>
       <x:c r="B2029" s="3">
-        <x:v>104.52</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2030" spans="1:2">
       <x:c r="A2030" s="2">
-        <x:v>42972</x:v>
+        <x:v>43003</x:v>
       </x:c>
       <x:c r="B2030" s="3">
-        <x:v>104.63</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2031" spans="1:2">
       <x:c r="A2031" s="2">
-        <x:v>42971</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="B2031" s="3">
-        <x:v>104.67</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2032" spans="1:2">
       <x:c r="A2032" s="2">
-        <x:v>42970</x:v>
+        <x:v>42999</x:v>
       </x:c>
       <x:c r="B2032" s="3">
-        <x:v>104.58</x:v>
+        <x:v>105.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2033" spans="1:2">
       <x:c r="A2033" s="2">
-        <x:v>42969</x:v>
+        <x:v>42998</x:v>
       </x:c>
       <x:c r="B2033" s="3">
-        <x:v>104.6</x:v>
+        <x:v>105.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2034" spans="1:2">
       <x:c r="A2034" s="2">
-        <x:v>42968</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="B2034" s="3">
-        <x:v>104.48</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2035" spans="1:2">
       <x:c r="A2035" s="2">
-        <x:v>42965</x:v>
+        <x:v>42996</x:v>
       </x:c>
       <x:c r="B2035" s="3">
-        <x:v>104.54</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2036" spans="1:2">
       <x:c r="A2036" s="2">
-        <x:v>42964</x:v>
+        <x:v>42993</x:v>
       </x:c>
       <x:c r="B2036" s="3">
-        <x:v>104.72</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2037" spans="1:2">
       <x:c r="A2037" s="2">
-        <x:v>42963</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="B2037" s="3">
-        <x:v>104.83</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2038" spans="1:2">
       <x:c r="A2038" s="2">
-        <x:v>42961</x:v>
+        <x:v>42991</x:v>
       </x:c>
       <x:c r="B2038" s="3">
-        <x:v>104.58</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2039" spans="1:2">
       <x:c r="A2039" s="2">
-        <x:v>42958</x:v>
+        <x:v>42990</x:v>
       </x:c>
       <x:c r="B2039" s="3">
-        <x:v>104.13</x:v>
+        <x:v>105.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2040" spans="1:2">
       <x:c r="A2040" s="2">
-        <x:v>42957</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="B2040" s="3">
-        <x:v>104.5</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2041" spans="1:2">
       <x:c r="A2041" s="2">
-        <x:v>42956</x:v>
+        <x:v>42986</x:v>
       </x:c>
       <x:c r="B2041" s="3">
-        <x:v>104.79</x:v>
+        <x:v>105.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2042" spans="1:2">
       <x:c r="A2042" s="2">
-        <x:v>42955</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="B2042" s="3">
-        <x:v>105.06</x:v>
+        <x:v>105.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2043" spans="1:2">
       <x:c r="A2043" s="2">
-        <x:v>42954</x:v>
+        <x:v>42984</x:v>
       </x:c>
       <x:c r="B2043" s="3">
-        <x:v>105.04</x:v>
+        <x:v>105.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2044" spans="1:2">
       <x:c r="A2044" s="2">
-        <x:v>42951</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="B2044" s="3">
-        <x:v>105.09</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2045" spans="1:2">
       <x:c r="A2045" s="2">
-        <x:v>42950</x:v>
+        <x:v>42982</x:v>
       </x:c>
       <x:c r="B2045" s="3">
-        <x:v>104.94</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2046" spans="1:2">
       <x:c r="A2046" s="2">
-        <x:v>42949</x:v>
+        <x:v>42979</x:v>
       </x:c>
       <x:c r="B2046" s="3">
-        <x:v>104.88</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2047" spans="1:2">
       <x:c r="A2047" s="2">
-        <x:v>42948</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B2047" s="3">
-        <x:v>104.84</x:v>
+        <x:v>104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2048" spans="1:2">
       <x:c r="A2048" s="2">
-        <x:v>42947</x:v>
+        <x:v>42977</x:v>
       </x:c>
       <x:c r="B2048" s="3">
-        <x:v>104.6</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2049" spans="1:2">
       <x:c r="A2049" s="2">
-        <x:v>42944</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="B2049" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2050" spans="1:2">
       <x:c r="A2050" s="2">
-        <x:v>42943</x:v>
+        <x:v>42975</x:v>
       </x:c>
       <x:c r="B2050" s="3">
-        <x:v>104.86</x:v>
+        <x:v>104.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2051" spans="1:2">
       <x:c r="A2051" s="2">
-        <x:v>42942</x:v>
+        <x:v>42972</x:v>
       </x:c>
       <x:c r="B2051" s="3">
-        <x:v>104.64</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2052" spans="1:2">
       <x:c r="A2052" s="2">
-        <x:v>42941</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="B2052" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2053" spans="1:2">
       <x:c r="A2053" s="2">
-        <x:v>42940</x:v>
+        <x:v>42970</x:v>
       </x:c>
       <x:c r="B2053" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2054" spans="1:2">
       <x:c r="A2054" s="2">
-        <x:v>42937</x:v>
+        <x:v>42969</x:v>
       </x:c>
       <x:c r="B2054" s="3">
-        <x:v>104.44</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2055" spans="1:2">
       <x:c r="A2055" s="2">
-        <x:v>42936</x:v>
+        <x:v>42968</x:v>
       </x:c>
       <x:c r="B2055" s="3">
-        <x:v>104.45</x:v>
+        <x:v>104.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2056" spans="1:2">
       <x:c r="A2056" s="2">
-        <x:v>42935</x:v>
+        <x:v>42965</x:v>
       </x:c>
       <x:c r="B2056" s="3">
-        <x:v>104.43</x:v>
+        <x:v>104.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2057" spans="1:2">
       <x:c r="A2057" s="2">
-        <x:v>42934</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="B2057" s="3">
-        <x:v>104.14</x:v>
+        <x:v>104.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2058" spans="1:2">
       <x:c r="A2058" s="2">
-        <x:v>42933</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="B2058" s="3">
-        <x:v>104.22</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2059" spans="1:2">
       <x:c r="A2059" s="2">
-        <x:v>42930</x:v>
+        <x:v>42961</x:v>
       </x:c>
       <x:c r="B2059" s="3">
-        <x:v>104.12</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2060" spans="1:2">
       <x:c r="A2060" s="2">
-        <x:v>42929</x:v>
+        <x:v>42958</x:v>
       </x:c>
       <x:c r="B2060" s="3">
-        <x:v>104.01</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2061" spans="1:2">
       <x:c r="A2061" s="2">
-        <x:v>42928</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="B2061" s="3">
-        <x:v>103.89</x:v>
+        <x:v>104.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2062" spans="1:2">
       <x:c r="A2062" s="2">
-        <x:v>42927</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="B2062" s="3">
-        <x:v>103.32</x:v>
+        <x:v>104.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2063" spans="1:2">
       <x:c r="A2063" s="2">
-        <x:v>42926</x:v>
+        <x:v>42955</x:v>
       </x:c>
       <x:c r="B2063" s="3">
-        <x:v>103.35</x:v>
+        <x:v>105.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2064" spans="1:2">
       <x:c r="A2064" s="2">
-        <x:v>42923</x:v>
+        <x:v>42954</x:v>
       </x:c>
       <x:c r="B2064" s="3">
-        <x:v>103.29</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2065" spans="1:2">
       <x:c r="A2065" s="2">
-        <x:v>42922</x:v>
+        <x:v>42951</x:v>
       </x:c>
       <x:c r="B2065" s="3">
-        <x:v>103.55</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2066" spans="1:2">
       <x:c r="A2066" s="2">
-        <x:v>42921</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="B2066" s="3">
-        <x:v>104</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2067" spans="1:2">
       <x:c r="A2067" s="2">
-        <x:v>42920</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="B2067" s="3">
-        <x:v>104.13</x:v>
+        <x:v>104.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2068" spans="1:2">
       <x:c r="A2068" s="2">
-        <x:v>42919</x:v>
+        <x:v>42948</x:v>
       </x:c>
       <x:c r="B2068" s="3">
-        <x:v>104.2</x:v>
+        <x:v>104.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2069" spans="1:2">
       <x:c r="A2069" s="2">
-        <x:v>42916</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B2069" s="3">
-        <x:v>104.03</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2070" spans="1:2">
       <x:c r="A2070" s="2">
-        <x:v>42915</x:v>
+        <x:v>42944</x:v>
       </x:c>
       <x:c r="B2070" s="3">
-        <x:v>104.23</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2071" spans="1:2">
       <x:c r="A2071" s="2">
-        <x:v>42914</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="B2071" s="3">
-        <x:v>104.44</x:v>
+        <x:v>104.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2072" spans="1:2">
       <x:c r="A2072" s="2">
-        <x:v>42913</x:v>
+        <x:v>42942</x:v>
       </x:c>
       <x:c r="B2072" s="3">
-        <x:v>104.67</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2073" spans="1:2">
       <x:c r="A2073" s="2">
-        <x:v>42912</x:v>
+        <x:v>42941</x:v>
       </x:c>
       <x:c r="B2073" s="3">
-        <x:v>104.78</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2074" spans="1:2">
       <x:c r="A2074" s="2">
-        <x:v>42908</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="B2074" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2075" spans="1:2">
       <x:c r="A2075" s="2">
-        <x:v>42907</x:v>
+        <x:v>42937</x:v>
       </x:c>
       <x:c r="B2075" s="3">
         <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2076" spans="1:2">
       <x:c r="A2076" s="2">
-        <x:v>42906</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="B2076" s="3">
-        <x:v>104.71</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2077" spans="1:2">
       <x:c r="A2077" s="2">
-        <x:v>42905</x:v>
+        <x:v>42935</x:v>
       </x:c>
       <x:c r="B2077" s="3">
-        <x:v>105.14</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2078" spans="1:2">
       <x:c r="A2078" s="2">
-        <x:v>42902</x:v>
+        <x:v>42934</x:v>
       </x:c>
       <x:c r="B2078" s="3">
-        <x:v>105.04</x:v>
+        <x:v>104.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2079" spans="1:2">
       <x:c r="A2079" s="2">
-        <x:v>42901</x:v>
+        <x:v>42933</x:v>
       </x:c>
       <x:c r="B2079" s="3">
-        <x:v>105.1</x:v>
+        <x:v>104.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2080" spans="1:2">
       <x:c r="A2080" s="2">
-        <x:v>42900</x:v>
+        <x:v>42930</x:v>
       </x:c>
       <x:c r="B2080" s="3">
-        <x:v>105.21</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2081" spans="1:2">
       <x:c r="A2081" s="2">
-        <x:v>42899</x:v>
+        <x:v>42929</x:v>
       </x:c>
       <x:c r="B2081" s="3">
-        <x:v>105.25</x:v>
+        <x:v>104.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2082" spans="1:2">
       <x:c r="A2082" s="2">
-        <x:v>42898</x:v>
+        <x:v>42928</x:v>
       </x:c>
       <x:c r="B2082" s="3">
-        <x:v>105.18</x:v>
+        <x:v>103.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2083" spans="1:2">
       <x:c r="A2083" s="2">
-        <x:v>42895</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="B2083" s="3">
-        <x:v>105.13</x:v>
+        <x:v>103.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2084" spans="1:2">
       <x:c r="A2084" s="2">
-        <x:v>42894</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="B2084" s="3">
-        <x:v>104.97</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2085" spans="1:2">
       <x:c r="A2085" s="2">
-        <x:v>42893</x:v>
+        <x:v>42923</x:v>
       </x:c>
       <x:c r="B2085" s="3">
-        <x:v>105.13</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2086" spans="1:2">
       <x:c r="A2086" s="2">
-        <x:v>42892</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="B2086" s="3">
-        <x:v>105.08</x:v>
+        <x:v>103.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2087" spans="1:2">
       <x:c r="A2087" s="2">
-        <x:v>42888</x:v>
+        <x:v>42921</x:v>
       </x:c>
       <x:c r="B2087" s="3">
-        <x:v>105.05</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2088" spans="1:2">
       <x:c r="A2088" s="2">
-        <x:v>42887</x:v>
+        <x:v>42920</x:v>
       </x:c>
       <x:c r="B2088" s="3">
-        <x:v>104.94</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2089" spans="1:2">
       <x:c r="A2089" s="2">
-        <x:v>42886</x:v>
+        <x:v>42919</x:v>
       </x:c>
       <x:c r="B2089" s="3">
-        <x:v>104.74</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2090" spans="1:2">
       <x:c r="A2090" s="2">
-        <x:v>42885</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B2090" s="3">
-        <x:v>104.87</x:v>
+        <x:v>104.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2091" spans="1:2">
       <x:c r="A2091" s="2">
-        <x:v>42884</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="B2091" s="3">
-        <x:v>104.82</x:v>
+        <x:v>104.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2092" spans="1:2">
       <x:c r="A2092" s="2">
-        <x:v>42881</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="B2092" s="3">
-        <x:v>104.83</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2093" spans="1:2">
       <x:c r="A2093" s="2">
-        <x:v>42879</x:v>
+        <x:v>42913</x:v>
       </x:c>
       <x:c r="B2093" s="3">
-        <x:v>104.77</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2094" spans="1:2">
       <x:c r="A2094" s="2">
-        <x:v>42878</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="B2094" s="3">
-        <x:v>104.61</x:v>
+        <x:v>104.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2095" spans="1:2">
       <x:c r="A2095" s="2">
-        <x:v>42877</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="B2095" s="3">
-        <x:v>104.47</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2096" spans="1:2">
       <x:c r="A2096" s="2">
-        <x:v>42874</x:v>
+        <x:v>42907</x:v>
       </x:c>
       <x:c r="B2096" s="3">
-        <x:v>104.34</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2097" spans="1:2">
       <x:c r="A2097" s="2">
-        <x:v>42873</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="B2097" s="3">
-        <x:v>103.92</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2098" spans="1:2">
       <x:c r="A2098" s="2">
-        <x:v>42872</x:v>
+        <x:v>42905</x:v>
       </x:c>
       <x:c r="B2098" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2099" spans="1:2">
       <x:c r="A2099" s="2">
-        <x:v>42871</x:v>
+        <x:v>42902</x:v>
       </x:c>
       <x:c r="B2099" s="3">
-        <x:v>104.73</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2100" spans="1:2">
       <x:c r="A2100" s="2">
-        <x:v>42870</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B2100" s="3">
-        <x:v>104.75</x:v>
+        <x:v>105.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2101" spans="1:2">
       <x:c r="A2101" s="2">
-        <x:v>42867</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="B2101" s="3">
-        <x:v>104.51</x:v>
+        <x:v>105.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2102" spans="1:2">
       <x:c r="A2102" s="2">
-        <x:v>42866</x:v>
+        <x:v>42899</x:v>
       </x:c>
       <x:c r="B2102" s="3">
-        <x:v>104.53</x:v>
+        <x:v>105.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2103" spans="1:2">
       <x:c r="A2103" s="2">
-        <x:v>42865</x:v>
+        <x:v>42898</x:v>
       </x:c>
       <x:c r="B2103" s="3">
-        <x:v>104.56</x:v>
+        <x:v>105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2104" spans="1:2">
       <x:c r="A2104" s="2">
-        <x:v>42864</x:v>
+        <x:v>42895</x:v>
       </x:c>
       <x:c r="B2104" s="3">
-        <x:v>104.38</x:v>
+        <x:v>105.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2105" spans="1:2">
       <x:c r="A2105" s="2">
-        <x:v>42863</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="B2105" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2106" spans="1:2">
       <x:c r="A2106" s="2">
-        <x:v>42860</x:v>
+        <x:v>42893</x:v>
       </x:c>
       <x:c r="B2106" s="3">
-        <x:v>104.24</x:v>
+        <x:v>105.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2107" spans="1:2">
       <x:c r="A2107" s="2">
-        <x:v>42859</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="B2107" s="3">
-        <x:v>104.35</x:v>
+        <x:v>105.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2108" spans="1:2">
       <x:c r="A2108" s="2">
-        <x:v>42858</x:v>
+        <x:v>42888</x:v>
       </x:c>
       <x:c r="B2108" s="3">
-        <x:v>104.53</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2109" spans="1:2">
       <x:c r="A2109" s="2">
-        <x:v>42857</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="B2109" s="3">
-        <x:v>104.52</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2110" spans="1:2">
       <x:c r="A2110" s="2">
-        <x:v>42853</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B2110" s="3">
-        <x:v>104.23</x:v>
+        <x:v>104.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2111" spans="1:2">
       <x:c r="A2111" s="2">
-        <x:v>42852</x:v>
+        <x:v>42885</x:v>
       </x:c>
       <x:c r="B2111" s="3">
-        <x:v>104.17</x:v>
+        <x:v>104.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2112" spans="1:2">
       <x:c r="A2112" s="2">
-        <x:v>42851</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="B2112" s="3">
-        <x:v>104.14</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2113" spans="1:2">
       <x:c r="A2113" s="2">
-        <x:v>42850</x:v>
+        <x:v>42881</x:v>
       </x:c>
       <x:c r="B2113" s="3">
-        <x:v>104.04</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2114" spans="1:2">
       <x:c r="A2114" s="2">
-        <x:v>42849</x:v>
+        <x:v>42879</x:v>
       </x:c>
       <x:c r="B2114" s="3">
-        <x:v>103.93</x:v>
+        <x:v>104.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2115" spans="1:2">
       <x:c r="A2115" s="2">
-        <x:v>42846</x:v>
+        <x:v>42878</x:v>
       </x:c>
       <x:c r="B2115" s="3">
-        <x:v>103.62</x:v>
+        <x:v>104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2116" spans="1:2">
       <x:c r="A2116" s="2">
-        <x:v>42845</x:v>
+        <x:v>42877</x:v>
       </x:c>
       <x:c r="B2116" s="3">
-        <x:v>103.51</x:v>
+        <x:v>104.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2117" spans="1:2">
       <x:c r="A2117" s="2">
-        <x:v>42844</x:v>
+        <x:v>42874</x:v>
       </x:c>
       <x:c r="B2117" s="3">
-        <x:v>103.52</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2118" spans="1:2">
       <x:c r="A2118" s="2">
-        <x:v>42843</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="B2118" s="3">
-        <x:v>103.45</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2119" spans="1:2">
       <x:c r="A2119" s="2">
-        <x:v>42838</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="B2119" s="3">
-        <x:v>103.37</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2120" spans="1:2">
       <x:c r="A2120" s="2">
-        <x:v>42837</x:v>
+        <x:v>42871</x:v>
       </x:c>
       <x:c r="B2120" s="3">
-        <x:v>103.39</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2121" spans="1:2">
       <x:c r="A2121" s="2">
-        <x:v>42836</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B2121" s="3">
-        <x:v>103.33</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2122" spans="1:2">
       <x:c r="A2122" s="2">
-        <x:v>42835</x:v>
+        <x:v>42867</x:v>
       </x:c>
       <x:c r="B2122" s="3">
-        <x:v>103.21</x:v>
+        <x:v>104.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2123" spans="1:2">
       <x:c r="A2123" s="2">
-        <x:v>42832</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="B2123" s="3">
-        <x:v>103.19</x:v>
+        <x:v>104.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2124" spans="1:2">
       <x:c r="A2124" s="2">
-        <x:v>42831</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="B2124" s="3">
-        <x:v>103.13</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2125" spans="1:2">
       <x:c r="A2125" s="2">
-        <x:v>42830</x:v>
+        <x:v>42864</x:v>
       </x:c>
       <x:c r="B2125" s="3">
-        <x:v>103.06</x:v>
+        <x:v>104.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2126" spans="1:2">
       <x:c r="A2126" s="2">
-        <x:v>42829</x:v>
+        <x:v>42863</x:v>
       </x:c>
       <x:c r="B2126" s="3">
-        <x:v>102.77</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2127" spans="1:2">
       <x:c r="A2127" s="2">
-        <x:v>42828</x:v>
+        <x:v>42860</x:v>
       </x:c>
       <x:c r="B2127" s="3">
-        <x:v>102.71</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2128" spans="1:2">
       <x:c r="A2128" s="2">
-        <x:v>42825</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="B2128" s="3">
-        <x:v>102.72</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2129" spans="1:2">
       <x:c r="A2129" s="2">
-        <x:v>42824</x:v>
+        <x:v>42858</x:v>
       </x:c>
       <x:c r="B2129" s="3">
-        <x:v>102.71</x:v>
+        <x:v>104.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2130" spans="1:2">
       <x:c r="A2130" s="2">
-        <x:v>42823</x:v>
+        <x:v>42857</x:v>
       </x:c>
       <x:c r="B2130" s="3">
-        <x:v>102.51</x:v>
+        <x:v>104.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2131" spans="1:2">
       <x:c r="A2131" s="2">
-        <x:v>42822</x:v>
+        <x:v>42853</x:v>
       </x:c>
       <x:c r="B2131" s="3">
-        <x:v>102.29</x:v>
+        <x:v>104.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2132" spans="1:2">
       <x:c r="A2132" s="2">
-        <x:v>42821</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="B2132" s="3">
-        <x:v>102.04</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2133" spans="1:2">
       <x:c r="A2133" s="2">
-        <x:v>42818</x:v>
+        <x:v>42851</x:v>
       </x:c>
       <x:c r="B2133" s="3">
-        <x:v>102.19</x:v>
+        <x:v>104.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2134" spans="1:2">
       <x:c r="A2134" s="2">
-        <x:v>42817</x:v>
+        <x:v>42850</x:v>
       </x:c>
       <x:c r="B2134" s="3">
-        <x:v>102.1</x:v>
+        <x:v>104.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2135" spans="1:2">
       <x:c r="A2135" s="2">
-        <x:v>42816</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="B2135" s="3">
-        <x:v>101.84</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2136" spans="1:2">
       <x:c r="A2136" s="2">
-        <x:v>42815</x:v>
+        <x:v>42846</x:v>
       </x:c>
       <x:c r="B2136" s="3">
-        <x:v>102.19</x:v>
+        <x:v>103.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2137" spans="1:2">
       <x:c r="A2137" s="2">
-        <x:v>42814</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="B2137" s="3">
-        <x:v>102.18</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2138" spans="1:2">
       <x:c r="A2138" s="2">
-        <x:v>42811</x:v>
+        <x:v>42844</x:v>
       </x:c>
       <x:c r="B2138" s="3">
-        <x:v>102.16</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2139" spans="1:2">
       <x:c r="A2139" s="2">
-        <x:v>42810</x:v>
+        <x:v>42843</x:v>
       </x:c>
       <x:c r="B2139" s="3">
-        <x:v>102</x:v>
+        <x:v>103.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2140" spans="1:2">
       <x:c r="A2140" s="2">
-        <x:v>42809</x:v>
+        <x:v>42838</x:v>
       </x:c>
       <x:c r="B2140" s="3">
-        <x:v>101.45</x:v>
+        <x:v>103.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2141" spans="1:2">
       <x:c r="A2141" s="2">
-        <x:v>42808</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="B2141" s="3">
-        <x:v>101.14</x:v>
+        <x:v>103.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2142" spans="1:2">
       <x:c r="A2142" s="2">
-        <x:v>42807</x:v>
+        <x:v>42836</x:v>
       </x:c>
       <x:c r="B2142" s="3">
-        <x:v>101.54</x:v>
+        <x:v>103.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2143" spans="1:2">
       <x:c r="A2143" s="2">
-        <x:v>42804</x:v>
+        <x:v>42835</x:v>
       </x:c>
       <x:c r="B2143" s="3">
-        <x:v>101.5</x:v>
+        <x:v>103.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2144" spans="1:2">
       <x:c r="A2144" s="2">
-        <x:v>42803</x:v>
+        <x:v>42832</x:v>
       </x:c>
       <x:c r="B2144" s="3">
-        <x:v>101.57</x:v>
+        <x:v>103.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2145" spans="1:2">
       <x:c r="A2145" s="2">
-        <x:v>42802</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="B2145" s="3">
-        <x:v>102.09</x:v>
+        <x:v>103.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2146" spans="1:2">
       <x:c r="A2146" s="2">
-        <x:v>42801</x:v>
+        <x:v>42830</x:v>
       </x:c>
       <x:c r="B2146" s="3">
-        <x:v>102.64</x:v>
+        <x:v>103.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2147" spans="1:2">
       <x:c r="A2147" s="2">
-        <x:v>42800</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="B2147" s="3">
-        <x:v>102.71</x:v>
+        <x:v>102.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2148" spans="1:2">
       <x:c r="A2148" s="2">
-        <x:v>42797</x:v>
+        <x:v>42828</x:v>
       </x:c>
       <x:c r="B2148" s="3">
-        <x:v>102.78</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2149" spans="1:2">
       <x:c r="A2149" s="2">
-        <x:v>42796</x:v>
+        <x:v>42825</x:v>
       </x:c>
       <x:c r="B2149" s="3">
-        <x:v>102.87</x:v>
+        <x:v>102.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2150" spans="1:2">
       <x:c r="A2150" s="2">
-        <x:v>42795</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="B2150" s="3">
-        <x:v>102.83</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2151" spans="1:2">
       <x:c r="A2151" s="2">
-        <x:v>42794</x:v>
+        <x:v>42823</x:v>
       </x:c>
       <x:c r="B2151" s="3">
-        <x:v>102.56</x:v>
+        <x:v>102.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2152" spans="1:2">
       <x:c r="A2152" s="2">
-        <x:v>42793</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="B2152" s="3">
-        <x:v>102.51</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2153" spans="1:2">
       <x:c r="A2153" s="2">
-        <x:v>42790</x:v>
+        <x:v>42821</x:v>
       </x:c>
       <x:c r="B2153" s="3">
-        <x:v>102.48</x:v>
+        <x:v>102.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2154" spans="1:2">
       <x:c r="A2154" s="2">
-        <x:v>42789</x:v>
+        <x:v>42818</x:v>
       </x:c>
       <x:c r="B2154" s="3">
-        <x:v>102.61</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2155" spans="1:2">
       <x:c r="A2155" s="2">
-        <x:v>42788</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="B2155" s="3">
-        <x:v>102.44</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2156" spans="1:2">
       <x:c r="A2156" s="2">
-        <x:v>42787</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="B2156" s="3">
-        <x:v>102.39</x:v>
+        <x:v>101.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2157" spans="1:2">
       <x:c r="A2157" s="2">
-        <x:v>42786</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="B2157" s="3">
-        <x:v>102.24</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2158" spans="1:2">
       <x:c r="A2158" s="2">
-        <x:v>42783</x:v>
+        <x:v>42814</x:v>
       </x:c>
       <x:c r="B2158" s="3">
-        <x:v>102.19</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2159" spans="1:2">
       <x:c r="A2159" s="2">
-        <x:v>42782</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="B2159" s="3">
-        <x:v>102.24</x:v>
+        <x:v>102.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2160" spans="1:2">
       <x:c r="A2160" s="2">
-        <x:v>42781</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="B2160" s="3">
-        <x:v>102.22</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2161" spans="1:2">
       <x:c r="A2161" s="2">
-        <x:v>42780</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B2161" s="3">
-        <x:v>102.32</x:v>
+        <x:v>101.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2162" spans="1:2">
       <x:c r="A2162" s="2">
-        <x:v>42779</x:v>
+        <x:v>42808</x:v>
       </x:c>
       <x:c r="B2162" s="3">
-        <x:v>102.13</x:v>
+        <x:v>101.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2163" spans="1:2">
       <x:c r="A2163" s="2">
-        <x:v>42776</x:v>
+        <x:v>42807</x:v>
       </x:c>
       <x:c r="B2163" s="3">
-        <x:v>101.89</x:v>
+        <x:v>101.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2164" spans="1:2">
       <x:c r="A2164" s="2">
-        <x:v>42775</x:v>
+        <x:v>42804</x:v>
       </x:c>
       <x:c r="B2164" s="3">
-        <x:v>101.73</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2165" spans="1:2">
       <x:c r="A2165" s="2">
-        <x:v>42774</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="B2165" s="3">
-        <x:v>101.48</x:v>
+        <x:v>101.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2166" spans="1:2">
       <x:c r="A2166" s="2">
-        <x:v>42773</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="B2166" s="3">
-        <x:v>101.59</x:v>
+        <x:v>102.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2167" spans="1:2">
       <x:c r="A2167" s="2">
-        <x:v>42772</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="B2167" s="3">
-        <x:v>101.72</x:v>
+        <x:v>102.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2168" spans="1:2">
       <x:c r="A2168" s="2">
-        <x:v>42769</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="B2168" s="3">
-        <x:v>101.73</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2169" spans="1:2">
       <x:c r="A2169" s="2">
-        <x:v>42768</x:v>
+        <x:v>42797</x:v>
       </x:c>
       <x:c r="B2169" s="3">
-        <x:v>101.34</x:v>
+        <x:v>102.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2170" spans="1:2">
       <x:c r="A2170" s="2">
-        <x:v>42767</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="B2170" s="3">
-        <x:v>101.13</x:v>
+        <x:v>102.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2171" spans="1:2">
       <x:c r="A2171" s="2">
-        <x:v>42766</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="B2171" s="3">
-        <x:v>100.96</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2172" spans="1:2">
       <x:c r="A2172" s="2">
-        <x:v>42765</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B2172" s="3">
-        <x:v>101.19</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2173" spans="1:2">
       <x:c r="A2173" s="2">
-        <x:v>42762</x:v>
+        <x:v>42793</x:v>
       </x:c>
       <x:c r="B2173" s="3">
-        <x:v>101.44</x:v>
+        <x:v>102.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2174" spans="1:2">
       <x:c r="A2174" s="2">
-        <x:v>42761</x:v>
+        <x:v>42790</x:v>
       </x:c>
       <x:c r="B2174" s="3">
-        <x:v>101.55</x:v>
+        <x:v>102.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2175" spans="1:2">
       <x:c r="A2175" s="2">
-        <x:v>42760</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="B2175" s="3">
-        <x:v>101.52</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2176" spans="1:2">
       <x:c r="A2176" s="2">
-        <x:v>42759</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="B2176" s="3">
-        <x:v>101.34</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2177" spans="1:2">
       <x:c r="A2177" s="2">
-        <x:v>42758</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="B2177" s="3">
-        <x:v>101.22</x:v>
+        <x:v>102.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2178" spans="1:2">
       <x:c r="A2178" s="2">
-        <x:v>42755</x:v>
+        <x:v>42786</x:v>
       </x:c>
       <x:c r="B2178" s="3">
-        <x:v>101.32</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2179" spans="1:2">
       <x:c r="A2179" s="2">
-        <x:v>42754</x:v>
+        <x:v>42783</x:v>
       </x:c>
       <x:c r="B2179" s="3">
-        <x:v>101.24</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2180" spans="1:2">
       <x:c r="A2180" s="2">
-        <x:v>42753</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="B2180" s="3">
-        <x:v>101.44</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2181" spans="1:2">
       <x:c r="A2181" s="2">
-        <x:v>42752</x:v>
+        <x:v>42781</x:v>
       </x:c>
       <x:c r="B2181" s="3">
-        <x:v>101.45</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2182" spans="1:2">
       <x:c r="A2182" s="2">
-        <x:v>42751</x:v>
+        <x:v>42780</x:v>
       </x:c>
       <x:c r="B2182" s="3">
-        <x:v>101.36</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2183" spans="1:2">
       <x:c r="A2183" s="2">
-        <x:v>42748</x:v>
+        <x:v>42779</x:v>
       </x:c>
       <x:c r="B2183" s="3">
-        <x:v>101.47</x:v>
+        <x:v>102.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2184" spans="1:2">
       <x:c r="A2184" s="2">
-        <x:v>42747</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="B2184" s="3">
-        <x:v>101.19</x:v>
+        <x:v>101.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2185" spans="1:2">
       <x:c r="A2185" s="2">
-        <x:v>42746</x:v>
+        <x:v>42775</x:v>
       </x:c>
       <x:c r="B2185" s="3">
-        <x:v>101.1</x:v>
+        <x:v>101.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2186" spans="1:2">
       <x:c r="A2186" s="2">
-        <x:v>42745</x:v>
+        <x:v>42774</x:v>
       </x:c>
       <x:c r="B2186" s="3">
-        <x:v>101.16</x:v>
+        <x:v>101.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2187" spans="1:2">
       <x:c r="A2187" s="2">
-        <x:v>42744</x:v>
+        <x:v>42773</x:v>
       </x:c>
       <x:c r="B2187" s="3">
-        <x:v>101.25</x:v>
+        <x:v>101.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2188" spans="1:2">
       <x:c r="A2188" s="2">
-        <x:v>42741</x:v>
+        <x:v>42772</x:v>
       </x:c>
       <x:c r="B2188" s="3">
-        <x:v>101.48</x:v>
+        <x:v>101.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2189" spans="1:2">
       <x:c r="A2189" s="2">
-        <x:v>42740</x:v>
+        <x:v>42769</x:v>
       </x:c>
       <x:c r="B2189" s="3">
-        <x:v>101.49</x:v>
+        <x:v>101.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2190" spans="1:2">
       <x:c r="A2190" s="2">
-        <x:v>42739</x:v>
+        <x:v>42768</x:v>
       </x:c>
       <x:c r="B2190" s="3">
-        <x:v>101.07</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2191" spans="1:2">
       <x:c r="A2191" s="2">
-        <x:v>42738</x:v>
+        <x:v>42767</x:v>
       </x:c>
       <x:c r="B2191" s="3">
-        <x:v>100.81</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2192" spans="1:2">
       <x:c r="A2192" s="2">
-        <x:v>42737</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="B2192" s="3">
-        <x:v>100.38</x:v>
+        <x:v>100.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2193" spans="1:2">
       <x:c r="A2193" s="2">
-        <x:v>42734</x:v>
+        <x:v>42765</x:v>
       </x:c>
       <x:c r="B2193" s="3">
-        <x:v>100.3</x:v>
+        <x:v>101.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2194" spans="1:2">
       <x:c r="A2194" s="2">
-        <x:v>42733</x:v>
+        <x:v>42762</x:v>
       </x:c>
       <x:c r="B2194" s="3">
-        <x:v>100.19</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2195" spans="1:2">
       <x:c r="A2195" s="2">
-        <x:v>42732</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="B2195" s="3">
-        <x:v>100.11</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2196" spans="1:2">
       <x:c r="A2196" s="2">
-        <x:v>42731</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="B2196" s="3">
-        <x:v>100.11</x:v>
+        <x:v>101.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2197" spans="1:2">
       <x:c r="A2197" s="2">
-        <x:v>42727</x:v>
+        <x:v>42759</x:v>
       </x:c>
       <x:c r="B2197" s="3">
-        <x:v>100.03</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2198" spans="1:2">
       <x:c r="A2198" s="2">
-        <x:v>42726</x:v>
+        <x:v>42758</x:v>
       </x:c>
       <x:c r="B2198" s="3">
-        <x:v>99.91</x:v>
+        <x:v>101.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2199" spans="1:2">
       <x:c r="A2199" s="2">
+        <x:v>42755</x:v>
+      </x:c>
+      <x:c r="B2199" s="3">
+        <x:v>101.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2200" spans="1:2">
+      <x:c r="A2200" s="2">
+        <x:v>42754</x:v>
+      </x:c>
+      <x:c r="B2200" s="3">
+        <x:v>101.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2201" spans="1:2">
+      <x:c r="A2201" s="2">
+        <x:v>42753</x:v>
+      </x:c>
+      <x:c r="B2201" s="3">
+        <x:v>101.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2202" spans="1:2">
+      <x:c r="A2202" s="2">
+        <x:v>42752</x:v>
+      </x:c>
+      <x:c r="B2202" s="3">
+        <x:v>101.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2203" spans="1:2">
+      <x:c r="A2203" s="2">
+        <x:v>42751</x:v>
+      </x:c>
+      <x:c r="B2203" s="3">
+        <x:v>101.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2204" spans="1:2">
+      <x:c r="A2204" s="2">
+        <x:v>42748</x:v>
+      </x:c>
+      <x:c r="B2204" s="3">
+        <x:v>101.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2205" spans="1:2">
+      <x:c r="A2205" s="2">
+        <x:v>42747</x:v>
+      </x:c>
+      <x:c r="B2205" s="3">
+        <x:v>101.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2206" spans="1:2">
+      <x:c r="A2206" s="2">
+        <x:v>42746</x:v>
+      </x:c>
+      <x:c r="B2206" s="3">
+        <x:v>101.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2207" spans="1:2">
+      <x:c r="A2207" s="2">
+        <x:v>42745</x:v>
+      </x:c>
+      <x:c r="B2207" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2208" spans="1:2">
+      <x:c r="A2208" s="2">
+        <x:v>42744</x:v>
+      </x:c>
+      <x:c r="B2208" s="3">
+        <x:v>101.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2209" spans="1:2">
+      <x:c r="A2209" s="2">
+        <x:v>42741</x:v>
+      </x:c>
+      <x:c r="B2209" s="3">
+        <x:v>101.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2210" spans="1:2">
+      <x:c r="A2210" s="2">
+        <x:v>42740</x:v>
+      </x:c>
+      <x:c r="B2210" s="3">
+        <x:v>101.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2211" spans="1:2">
+      <x:c r="A2211" s="2">
+        <x:v>42739</x:v>
+      </x:c>
+      <x:c r="B2211" s="3">
+        <x:v>101.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2212" spans="1:2">
+      <x:c r="A2212" s="2">
+        <x:v>42738</x:v>
+      </x:c>
+      <x:c r="B2212" s="3">
+        <x:v>100.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2213" spans="1:2">
+      <x:c r="A2213" s="2">
+        <x:v>42737</x:v>
+      </x:c>
+      <x:c r="B2213" s="3">
+        <x:v>100.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2214" spans="1:2">
+      <x:c r="A2214" s="2">
+        <x:v>42734</x:v>
+      </x:c>
+      <x:c r="B2214" s="3">
+        <x:v>100.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2215" spans="1:2">
+      <x:c r="A2215" s="2">
+        <x:v>42733</x:v>
+      </x:c>
+      <x:c r="B2215" s="3">
+        <x:v>100.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2216" spans="1:2">
+      <x:c r="A2216" s="2">
+        <x:v>42732</x:v>
+      </x:c>
+      <x:c r="B2216" s="3">
+        <x:v>100.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2217" spans="1:2">
+      <x:c r="A2217" s="2">
+        <x:v>42731</x:v>
+      </x:c>
+      <x:c r="B2217" s="3">
+        <x:v>100.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2218" spans="1:2">
+      <x:c r="A2218" s="2">
+        <x:v>42727</x:v>
+      </x:c>
+      <x:c r="B2218" s="3">
+        <x:v>100.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2219" spans="1:2">
+      <x:c r="A2219" s="2">
+        <x:v>42726</x:v>
+      </x:c>
+      <x:c r="B2219" s="3">
+        <x:v>99.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2220" spans="1:2">
+      <x:c r="A2220" s="2">
         <x:v>42725</x:v>
       </x:c>
-      <x:c r="B2199" s="3">
+      <x:c r="B2220" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - LU1523323860</vt:lpstr>
       <vt:lpstr>nav - LU1523323860!Print_Area</vt:lpstr>
       <vt:lpstr>nav - LU1523323860!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>