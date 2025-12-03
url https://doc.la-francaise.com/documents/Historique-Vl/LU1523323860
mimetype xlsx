--- v1 (2025-11-05)
+++ v2 (2025-12-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400c6bf45f464ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/934ff53d665b4bc5969bf6f47ba7b86a.psmdcp" Id="Rd92a226452aa4e64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddee91dcbde84245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a402a2316eb347a083a67f9b363f73ed.psmdcp" Id="R91804e4a01334b26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1523323860" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,17817 +420,17969 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B2220"/>
+  <x:dimension ref="A1:B2239"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45964</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>113.98</x:v>
+        <x:v>114.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45961</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>114.13</x:v>
+        <x:v>114.43</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45960</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>114.28</x:v>
+        <x:v>114.25</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45959</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>114.53</x:v>
+        <x:v>114.24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45958</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>114.5</x:v>
+        <x:v>113.94</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45957</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>114.45</x:v>
+        <x:v>113.52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45954</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>114.05</x:v>
+        <x:v>113.15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45953</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>113.89</x:v>
+        <x:v>112.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45952</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>113.74</x:v>
+        <x:v>113.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45951</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>113.82</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45950</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>113.63</x:v>
+        <x:v>113.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45947</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>113.33</x:v>
+        <x:v>113.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45946</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>113.42</x:v>
+        <x:v>113.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45945</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>113.4</x:v>
+        <x:v>114.46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45944</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>113.08</x:v>
+        <x:v>114.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45943</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>113</x:v>
+        <x:v>113.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45940</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>112.59</x:v>
+        <x:v>113.62</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45939</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>113.5</x:v>
+        <x:v>113.87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45938</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>113.67</x:v>
+        <x:v>113.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45937</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>113.56</x:v>
+        <x:v>113.98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45936</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>113.75</x:v>
+        <x:v>114.13</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45933</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>113.74</x:v>
+        <x:v>114.28</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45932</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>113.72</x:v>
+        <x:v>114.53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45931</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>113.58</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45930</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>113.33</x:v>
+        <x:v>114.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45929</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>113.1</x:v>
+        <x:v>114.05</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45926</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>112.99</x:v>
+        <x:v>113.89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45925</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>112.85</x:v>
+        <x:v>113.74</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45924</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>113.12</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45923</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>113.25</x:v>
+        <x:v>113.63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45922</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>113.27</x:v>
+        <x:v>113.33</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45919</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>113.06</x:v>
+        <x:v>113.42</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45918</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>112.98</x:v>
+        <x:v>113.4</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45917</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>112.71</x:v>
+        <x:v>113.08</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45916</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>112.7</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45915</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>112.89</x:v>
+        <x:v>112.59</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45912</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>112.73</x:v>
+        <x:v>113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45911</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>112.84</x:v>
+        <x:v>113.67</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45910</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>112.43</x:v>
+        <x:v>113.56</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45909</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>112.27</x:v>
+        <x:v>113.75</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45908</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>112.29</x:v>
+        <x:v>113.74</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45905</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>112.13</x:v>
+        <x:v>113.72</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45904</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>111.97</x:v>
+        <x:v>113.58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45903</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>111.58</x:v>
+        <x:v>113.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45902</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>111.45</x:v>
+        <x:v>113.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45901</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>111.77</x:v>
+        <x:v>112.99</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45898</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>111.83</x:v>
+        <x:v>112.85</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45897</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>112.01</x:v>
+        <x:v>113.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45896</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>111.86</x:v>
+        <x:v>113.25</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45895</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>111.77</x:v>
+        <x:v>113.27</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45894</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>111.74</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45891</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>111.9</x:v>
+        <x:v>112.98</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45890</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>111.59</x:v>
+        <x:v>112.71</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45889</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>111.74</x:v>
+        <x:v>112.7</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45888</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>111.76</x:v>
+        <x:v>112.89</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45887</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>111.8</x:v>
+        <x:v>112.73</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45883</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>112.09</x:v>
+        <x:v>112.84</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45882</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>112.13</x:v>
+        <x:v>112.43</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45881</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>111.86</x:v>
+        <x:v>112.27</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45880</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>111.54</x:v>
+        <x:v>112.29</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45877</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>111.54</x:v>
+        <x:v>112.13</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45876</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>111.31</x:v>
+        <x:v>111.97</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45875</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>111.19</x:v>
+        <x:v>111.58</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45874</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>111.04</x:v>
+        <x:v>111.45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45873</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>111.13</x:v>
+        <x:v>111.77</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45870</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>110.59</x:v>
+        <x:v>111.83</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45869</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>110.97</x:v>
+        <x:v>112.01</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45868</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>111.19</x:v>
+        <x:v>111.86</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45867</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>111.26</x:v>
+        <x:v>111.77</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45866</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>111.19</x:v>
+        <x:v>111.74</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45863</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>111.15</x:v>
+        <x:v>111.9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45862</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>111.06</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45861</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>110.98</x:v>
+        <x:v>111.74</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45860</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>110.64</x:v>
+        <x:v>111.76</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45859</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>110.62</x:v>
+        <x:v>111.8</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45856</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>110.51</x:v>
+        <x:v>112.09</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45855</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>110.4</x:v>
+        <x:v>112.13</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45854</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>110.17</x:v>
+        <x:v>111.86</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45853</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>110.12</x:v>
+        <x:v>111.54</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45849</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>110.28</x:v>
+        <x:v>111.54</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45848</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>110.57</x:v>
+        <x:v>111.31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45847</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>110.53</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45846</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>110.31</x:v>
+        <x:v>111.04</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45845</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>110.45</x:v>
+        <x:v>111.13</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45842</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>110.65</x:v>
+        <x:v>110.59</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45841</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>110.68</x:v>
+        <x:v>110.97</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45840</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>110.36</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45839</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>110.23</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45838</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>110.18</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45835</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>109.92</x:v>
+        <x:v>111.15</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45834</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>109.76</x:v>
+        <x:v>111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45833</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>109.55</x:v>
+        <x:v>110.98</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45832</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>109.56</x:v>
+        <x:v>110.64</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45828</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>108.82</x:v>
+        <x:v>110.62</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45827</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>108.86</x:v>
+        <x:v>110.51</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45826</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>108.95</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45825</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>108.84</x:v>
+        <x:v>110.17</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45824</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>109.04</x:v>
+        <x:v>110.12</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45821</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>108.65</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45820</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>109.18</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45819</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>109.03</x:v>
+        <x:v>110.53</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45818</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>109.03</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45814</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>108.87</x:v>
+        <x:v>110.45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45813</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>108.62</x:v>
+        <x:v>110.65</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45812</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>108.67</x:v>
+        <x:v>110.68</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45811</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>108.56</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45810</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>108.23</x:v>
+        <x:v>110.23</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45807</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>108.2</x:v>
+        <x:v>110.18</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45805</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>107.98</x:v>
+        <x:v>109.92</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45804</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>108.19</x:v>
+        <x:v>109.76</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45803</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>107.49</x:v>
+        <x:v>109.55</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45800</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>107.42</x:v>
+        <x:v>109.56</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45799</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>107.6</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45798</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>107.66</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45797</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>108.18</x:v>
+        <x:v>108.95</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45796</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>108.18</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45793</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>108.09</x:v>
+        <x:v>109.04</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45792</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>107.79</x:v>
+        <x:v>108.65</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45791</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>107.59</x:v>
+        <x:v>109.18</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45790</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>107.66</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45789</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>107.52</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45784</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.87</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45783</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>106.32</x:v>
+        <x:v>108.62</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45782</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>106.36</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45779</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>106.53</x:v>
+        <x:v>108.56</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45777</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>106.17</x:v>
+        <x:v>108.23</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45776</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>106.1</x:v>
+        <x:v>108.2</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45775</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>105.98</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45772</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>105.89</x:v>
+        <x:v>108.19</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45771</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>105.66</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45770</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>105.09</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45769</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>104.46</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45764</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>104.38</x:v>
+        <x:v>107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45763</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>104.27</x:v>
+        <x:v>108.18</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45762</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>104.59</x:v>
+        <x:v>108.18</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45761</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>104.33</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45758</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>103.65</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45757</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>103.5</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45756</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>103.67</x:v>
+        <x:v>107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45755</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>102.18</x:v>
+        <x:v>107.52</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45754</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>102.29</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45751</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>103.02</x:v>
+        <x:v>106.32</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45750</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>104.45</x:v>
+        <x:v>106.36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45749</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>105.78</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45748</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>105.61</x:v>
+        <x:v>106.17</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45747</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>105.37</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45744</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>105.37</x:v>
+        <x:v>105.98</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45743</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>105.75</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45742</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>105.91</x:v>
+        <x:v>105.66</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45741</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>106.16</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45740</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>106.09</x:v>
+        <x:v>104.46</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45737</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>105.84</x:v>
+        <x:v>104.38</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45736</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>105.9</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45735</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>105.95</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45734</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>105.65</x:v>
+        <x:v>104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45733</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>105.71</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45730</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>105.35</x:v>
+        <x:v>103.5</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45729</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>104.92</x:v>
+        <x:v>103.67</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45728</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>105.3</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45727</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>105.24</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45726</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>105.79</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45723</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>106.28</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45722</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>106.1</x:v>
+        <x:v>105.78</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45721</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>106.57</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45720</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>106.63</x:v>
+        <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45719</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>107</x:v>
+        <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45716</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>107.28</x:v>
+        <x:v>105.75</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45715</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>107.06</x:v>
+        <x:v>105.91</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45714</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>107.34</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45713</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>107.23</x:v>
+        <x:v>106.09</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45712</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>107.08</x:v>
+        <x:v>105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45709</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>107.16</x:v>
+        <x:v>105.9</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45708</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>107.4</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45707</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>107.51</x:v>
+        <x:v>105.65</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45706</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>107.51</x:v>
+        <x:v>105.71</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45705</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>107.45</x:v>
+        <x:v>105.35</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45702</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>107.45</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45701</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>107.38</x:v>
+        <x:v>105.3</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45700</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>106.92</x:v>
+        <x:v>105.24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45699</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>107.21</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45698</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>107.28</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45695</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>107.1</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45694</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>107.34</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45693</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>107.3</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45692</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>106.93</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45691</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>106.67</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45688</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45687</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>106.98</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45686</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>106.67</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45685</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>106.64</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45684</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>106.52</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45681</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45680</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>106.79</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45679</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>106.65</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45678</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>106.52</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45677</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>106.14</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45674</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>106.09</x:v>
+        <x:v>107.38</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45673</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>105.81</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45672</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>105.59</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45671</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>104.89</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45670</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>104.77</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45667</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>104.95</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45666</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>105.58</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45665</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>105.59</x:v>
+        <x:v>106.93</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45664</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>105.74</x:v>
+        <x:v>106.67</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45663</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>105.93</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45660</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>105.83</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45659</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>105.58</x:v>
+        <x:v>106.67</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45657</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>105.53</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45656</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>105.61</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45653</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>105.73</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45650</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45649</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>105.72</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45646</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>105.63</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45645</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>105.42</x:v>
+        <x:v>106.14</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45644</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>105.9</x:v>
+        <x:v>106.09</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45643</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>106.66</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45642</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>106.87</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45639</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>106.96</x:v>
+        <x:v>104.89</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45638</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>106.96</x:v>
+        <x:v>104.77</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45637</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>107.2</x:v>
+        <x:v>104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45636</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>107.07</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45635</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>107.26</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45632</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>107.34</x:v>
+        <x:v>105.74</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45631</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>107.21</x:v>
+        <x:v>105.93</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45630</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>107.16</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45629</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>107.02</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45628</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>106.95</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45625</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>106.84</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45624</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>106.62</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45623</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>106.57</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45622</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>106.59</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45621</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>106.58</x:v>
+        <x:v>105.63</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45618</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>106.23</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45617</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>106.07</x:v>
+        <x:v>105.9</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45616</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>105.72</x:v>
+        <x:v>106.66</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45615</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>105.76</x:v>
+        <x:v>106.87</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45614</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>105.59</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45611</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>105.52</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45610</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>105.97</x:v>
+        <x:v>107.2</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45609</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>106</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45608</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>106.13</x:v>
+        <x:v>107.26</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45604</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>106.41</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45603</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>106.28</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45602</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>105.83</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45601</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>105.44</x:v>
+        <x:v>107.02</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45600</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>105.22</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45596</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>105.23</x:v>
+        <x:v>106.84</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45595</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>105.78</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45594</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>106.01</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45593</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>106.02</x:v>
+        <x:v>106.59</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45590</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>105.95</x:v>
+        <x:v>106.58</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45589</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>106.08</x:v>
+        <x:v>106.23</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45588</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>106.05</x:v>
+        <x:v>106.07</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45587</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>106.38</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45586</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>106.57</x:v>
+        <x:v>105.76</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45583</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>107.04</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45582</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>106.9</x:v>
+        <x:v>105.52</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45581</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>106.98</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45580</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>106.83</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45579</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>106.9</x:v>
+        <x:v>106.13</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45576</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>106.59</x:v>
+        <x:v>106.41</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45575</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>106.47</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45574</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>106.65</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45573</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>106.53</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45572</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>106.52</x:v>
+        <x:v>105.22</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45569</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>106.77</x:v>
+        <x:v>105.23</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45568</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>106.82</x:v>
+        <x:v>105.78</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45567</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>106.9</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45566</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>106.94</x:v>
+        <x:v>106.02</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45565</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>107</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45562</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>106.97</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45561</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>106.92</x:v>
+        <x:v>106.05</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45560</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>106.6</x:v>
+        <x:v>106.38</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45559</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>106.78</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45558</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>106.62</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45555</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>106.61</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45554</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>106.79</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45553</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>106.44</x:v>
+        <x:v>106.83</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45552</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45551</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>106.45</x:v>
+        <x:v>106.59</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45548</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>106.3</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45547</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45546</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45545</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>105.67</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45544</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>105.61</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45541</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>105.33</x:v>
+        <x:v>106.82</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45540</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>105.58</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45539</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>105.63</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45538</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>105.67</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45537</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>106.1</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45534</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>106.11</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45533</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>105.84</x:v>
+        <x:v>106.6</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45532</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>105.89</x:v>
+        <x:v>106.78</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45531</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>105.95</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45530</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>105.89</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45527</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>105.96</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45526</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>105.44</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45525</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>105.76</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45524</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>105.55</x:v>
+        <x:v>106.45</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45523</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>105.54</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45520</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>105.25</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45518</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>104.66</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45517</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>104.34</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45516</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>103.77</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45513</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>103.75</x:v>
+        <x:v>105.33</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45512</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>103.5</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45511</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>102.99</x:v>
+        <x:v>105.63</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45510</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>103.01</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45509</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>102.73</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45506</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>103.91</x:v>
+        <x:v>106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45505</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>104.4</x:v>
+        <x:v>105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45504</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>104.84</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45503</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>104.27</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45502</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>104.3</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45499</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>104.2</x:v>
+        <x:v>105.96</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45498</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>103.76</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45497</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>103.84</x:v>
+        <x:v>105.76</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45496</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45495</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>104.49</x:v>
+        <x:v>105.54</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45492</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>104.21</x:v>
+        <x:v>105.25</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45491</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>104.59</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45490</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>104.82</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45489</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>105.2</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45488</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>104.82</x:v>
+        <x:v>103.75</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45485</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>104.71</x:v>
+        <x:v>103.5</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45484</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>104.45</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45483</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>104.29</x:v>
+        <x:v>103.01</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45482</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>103.89</x:v>
+        <x:v>102.73</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45481</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>103.92</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45478</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>103.74</x:v>
+        <x:v>104.4</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45477</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>103.56</x:v>
+        <x:v>104.84</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45476</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>103.51</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45475</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>103.09</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45474</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>102.97</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45471</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>103.22</x:v>
+        <x:v>103.76</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45470</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>103.35</x:v>
+        <x:v>103.84</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45469</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>103.4</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45468</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>103.59</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45467</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>103.45</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45464</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>103.54</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45463</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>103.59</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45462</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>103.74</x:v>
+        <x:v>105.2</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45461</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>103.7</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45460</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>103.25</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45457</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>103.26</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45456</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>103.41</x:v>
+        <x:v>104.29</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45455</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>103.36</x:v>
+        <x:v>103.89</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45454</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>102.89</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45453</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>102.97</x:v>
+        <x:v>103.74</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45450</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>102.99</x:v>
+        <x:v>103.56</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45449</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>103.3</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45448</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>103.34</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45447</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>103.02</x:v>
+        <x:v>102.97</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45446</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>102.99</x:v>
+        <x:v>103.22</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45443</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>102.71</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45442</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>102.38</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45441</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>102.24</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45440</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>102.67</x:v>
+        <x:v>103.45</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45439</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>102.82</x:v>
+        <x:v>103.54</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45436</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>102.75</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45435</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>102.61</x:v>
+        <x:v>103.74</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45434</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>102.88</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45433</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>103.05</x:v>
+        <x:v>103.25</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45429</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>102.91</x:v>
+        <x:v>103.26</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45428</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>103.04</x:v>
+        <x:v>103.41</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45427</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>103.04</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45426</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>102.41</x:v>
+        <x:v>102.89</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45425</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>102.33</x:v>
+        <x:v>102.97</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45422</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>102.25</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45419</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>101.99</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45418</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>101.81</x:v>
+        <x:v>103.34</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45415</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>101.47</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45414</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>100.91</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45412</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>100.53</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45411</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>101.06</x:v>
+        <x:v>102.38</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45408</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>100.78</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45407</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>100.32</x:v>
+        <x:v>102.67</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45406</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>100.69</x:v>
+        <x:v>102.82</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45405</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>100.82</x:v>
+        <x:v>102.75</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45404</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>100.48</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45401</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>100.14</x:v>
+        <x:v>102.88</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45400</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>100.14</x:v>
+        <x:v>103.05</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45399</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>100.22</x:v>
+        <x:v>102.91</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45398</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>100.16</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45397</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>100.68</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45394</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>101.23</x:v>
+        <x:v>102.41</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45393</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>101.55</x:v>
+        <x:v>102.33</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45392</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>101.66</x:v>
+        <x:v>102.25</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45391</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>102.3</x:v>
+        <x:v>101.99</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45390</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>102.05</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45387</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>102.07</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45386</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>102</x:v>
+        <x:v>100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45385</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>102.03</x:v>
+        <x:v>100.53</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45384</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>101.9</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45379</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>102.52</x:v>
+        <x:v>100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45378</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>102.55</x:v>
+        <x:v>100.32</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45377</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>102.14</x:v>
+        <x:v>100.69</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45376</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>102.14</x:v>
+        <x:v>100.82</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45373</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>102.36</x:v>
+        <x:v>100.48</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45372</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>102.34</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45371</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>101.85</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45370</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>101.53</x:v>
+        <x:v>100.22</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45369</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>101.38</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45366</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>101.34</x:v>
+        <x:v>100.68</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45365</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>101.48</x:v>
+        <x:v>101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45364</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>101.78</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45363</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>101.78</x:v>
+        <x:v>101.66</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45362</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>101.58</x:v>
+        <x:v>102.3</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45359</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>101.63</x:v>
+        <x:v>102.05</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45358</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>101.65</x:v>
+        <x:v>102.07</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45357</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>101.36</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45356</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>101.06</x:v>
+        <x:v>102.03</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45355</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>101.08</x:v>
+        <x:v>101.9</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45352</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>101.13</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45351</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>100.64</x:v>
+        <x:v>102.55</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45350</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>100.42</x:v>
+        <x:v>102.14</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45349</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>100.47</x:v>
+        <x:v>102.14</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45348</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>100.52</x:v>
+        <x:v>102.36</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45345</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>100.58</x:v>
+        <x:v>102.34</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45344</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>100.33</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45343</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>99.87</x:v>
+        <x:v>101.53</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45342</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>99.9</x:v>
+        <x:v>101.38</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45341</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>99.97</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45338</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>99.96</x:v>
+        <x:v>101.48</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45337</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>100.03</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45336</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>99.63</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45335</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>99.39</x:v>
+        <x:v>101.58</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45334</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>99.94</x:v>
+        <x:v>101.63</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45331</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>99.8</x:v>
+        <x:v>101.65</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45330</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>99.67</x:v>
+        <x:v>101.36</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45329</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>99.69</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45328</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>99.59</x:v>
+        <x:v>101.08</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45327</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>99.35</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45324</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>99.7</x:v>
+        <x:v>100.64</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45323</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>99.83</x:v>
+        <x:v>100.42</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45322</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>99.73</x:v>
+        <x:v>100.47</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45321</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>99.87</x:v>
+        <x:v>100.52</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45320</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>99.78</x:v>
+        <x:v>100.58</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45317</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>99.53</x:v>
+        <x:v>100.33</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45316</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>99.45</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45315</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>99.1</x:v>
+        <x:v>99.9</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45314</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>99.11</x:v>
+        <x:v>99.97</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45313</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>99.25</x:v>
+        <x:v>99.96</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45310</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>99.1</x:v>
+        <x:v>100.03</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45309</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>98.86</x:v>
+        <x:v>99.63</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45308</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>98.63</x:v>
+        <x:v>99.39</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45307</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>99.03</x:v>
+        <x:v>99.94</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45306</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>99.3</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45303</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>99.35</x:v>
+        <x:v>99.67</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45302</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>99.12</x:v>
+        <x:v>99.69</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45301</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>98.97</x:v>
+        <x:v>99.59</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45300</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>98.75</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45299</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>98.8</x:v>
+        <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45296</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>98.57</x:v>
+        <x:v>99.83</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45295</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>98.66</x:v>
+        <x:v>99.73</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45294</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>98.93</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45293</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>99.38</x:v>
+        <x:v>99.78</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45289</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>99.66</x:v>
+        <x:v>99.53</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45288</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>99.68</x:v>
+        <x:v>99.45</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45287</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>99.7</x:v>
+        <x:v>99.1</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45282</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>99.54</x:v>
+        <x:v>99.11</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45281</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>99.5</x:v>
+        <x:v>99.25</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45280</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>99.35</x:v>
+        <x:v>99.1</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45279</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>99.46</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45278</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>99.26</x:v>
+        <x:v>98.63</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45275</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>99.27</x:v>
+        <x:v>99.03</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45274</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>99.16</x:v>
+        <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45273</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>98.36</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45272</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>97.85</x:v>
+        <x:v>99.12</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45271</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>97.76</x:v>
+        <x:v>98.97</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45268</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>97.49</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45267</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>97.54</x:v>
+        <x:v>98.8</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45266</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>97.42</x:v>
+        <x:v>98.57</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45265</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>97.16</x:v>
+        <x:v>98.66</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45264</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>96.94</x:v>
+        <x:v>98.93</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45261</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>96.89</x:v>
+        <x:v>99.38</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45260</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>96.36</x:v>
+        <x:v>99.66</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45259</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>96.16</x:v>
+        <x:v>99.68</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45258</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>95.79</x:v>
+        <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45257</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>95.73</x:v>
+        <x:v>99.54</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45254</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>95.67</x:v>
+        <x:v>99.5</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45253</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>95.64</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45252</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>95.6</x:v>
+        <x:v>99.46</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45251</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>95.41</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45250</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>95.37</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45247</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>95.12</x:v>
+        <x:v>99.16</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45246</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>95</x:v>
+        <x:v>98.36</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45245</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>94.91</x:v>
+        <x:v>97.85</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45244</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>94.81</x:v>
+        <x:v>97.76</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45243</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>94.02</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45240</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>94.14</x:v>
+        <x:v>97.54</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45239</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>93.9</x:v>
+        <x:v>97.42</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45238</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>94.12</x:v>
+        <x:v>97.16</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45237</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>94.05</x:v>
+        <x:v>96.94</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45236</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>94.08</x:v>
+        <x:v>96.89</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45233</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>94.29</x:v>
+        <x:v>96.36</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45232</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>93.82</x:v>
+        <x:v>96.16</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45230</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>92.47</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45229</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>92.19</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45226</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>92.02</x:v>
+        <x:v>95.67</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45225</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>92.21</x:v>
+        <x:v>95.64</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45224</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>92.36</x:v>
+        <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45223</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>92.61</x:v>
+        <x:v>95.41</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45222</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>92.24</x:v>
+        <x:v>95.37</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45219</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>92.2</x:v>
+        <x:v>95.12</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45218</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>92.45</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45217</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>92.98</x:v>
+        <x:v>94.91</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45216</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>93.41</x:v>
+        <x:v>94.81</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45215</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>93.62</x:v>
+        <x:v>94.02</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45212</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>93.62</x:v>
+        <x:v>94.14</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45211</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>93.8</x:v>
+        <x:v>93.9</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45210</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>93.85</x:v>
+        <x:v>94.12</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45209</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>93.38</x:v>
+        <x:v>94.05</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45208</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>92.81</x:v>
+        <x:v>94.08</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45205</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>92.66</x:v>
+        <x:v>94.29</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45204</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>92.64</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45203</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>92.62</x:v>
+        <x:v>92.47</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45202</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>92.63</x:v>
+        <x:v>92.19</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45201</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>93.35</x:v>
+        <x:v>92.02</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45198</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>93.72</x:v>
+        <x:v>92.21</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45197</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>93.63</x:v>
+        <x:v>92.36</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45196</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>93.62</x:v>
+        <x:v>92.61</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45195</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>93.82</x:v>
+        <x:v>92.24</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45194</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>94.21</x:v>
+        <x:v>92.2</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45191</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>94.46</x:v>
+        <x:v>92.45</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45190</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>94.37</x:v>
+        <x:v>92.98</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45189</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>94.98</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45188</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>94.96</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45187</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>95.05</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45184</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>95.04</x:v>
+        <x:v>93.8</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45183</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>95.32</x:v>
+        <x:v>93.85</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45182</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>95.05</x:v>
+        <x:v>93.38</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45181</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>95.02</x:v>
+        <x:v>92.81</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45180</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>95.15</x:v>
+        <x:v>92.66</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45177</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>95.2</x:v>
+        <x:v>92.64</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45176</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>95.11</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45175</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>95.07</x:v>
+        <x:v>92.63</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45174</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>95.33</x:v>
+        <x:v>93.35</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45173</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>95.68</x:v>
+        <x:v>93.72</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45170</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>95.69</x:v>
+        <x:v>93.63</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45169</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>95.8</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45168</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>95.79</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45167</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>95.65</x:v>
+        <x:v>94.21</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45166</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>95.13</x:v>
+        <x:v>94.46</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45163</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>94.92</x:v>
+        <x:v>94.37</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45162</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>94.9</x:v>
+        <x:v>94.98</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45161</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>95.08</x:v>
+        <x:v>94.96</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45160</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>94.55</x:v>
+        <x:v>95.05</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45159</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>94.5</x:v>
+        <x:v>95.04</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45156</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>94.51</x:v>
+        <x:v>95.32</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45155</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>94.54</x:v>
+        <x:v>95.05</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45154</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>94.9</x:v>
+        <x:v>95.02</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45152</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>95.55</x:v>
+        <x:v>95.15</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45149</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>95.57</x:v>
+        <x:v>95.2</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45148</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>95.77</x:v>
+        <x:v>95.11</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45147</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>95.75</x:v>
+        <x:v>95.07</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45146</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>95.76</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45145</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>95.77</x:v>
+        <x:v>95.68</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45142</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>95.64</x:v>
+        <x:v>95.69</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45141</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>95.5</x:v>
+        <x:v>95.8</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45140</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>95.83</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45139</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>96.49</x:v>
+        <x:v>95.65</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45138</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>96.66</x:v>
+        <x:v>95.13</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45135</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>96.62</x:v>
+        <x:v>94.92</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45134</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>96.34</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45133</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>96.27</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45132</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>96.3</x:v>
+        <x:v>94.55</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45131</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>96.15</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45128</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>96.2</x:v>
+        <x:v>94.51</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45127</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>96.1</x:v>
+        <x:v>94.54</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45126</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>96.37</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45125</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>96.24</x:v>
+        <x:v>95.55</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45124</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>96.02</x:v>
+        <x:v>95.57</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45120</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>96.01</x:v>
+        <x:v>95.77</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45119</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>95.43</x:v>
+        <x:v>95.75</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45118</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>94.94</x:v>
+        <x:v>95.76</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45117</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>94.74</x:v>
+        <x:v>95.77</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45114</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>94.6</x:v>
+        <x:v>95.64</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45113</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>94.97</x:v>
+        <x:v>95.5</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45112</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>95.51</x:v>
+        <x:v>95.83</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45111</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>95.78</x:v>
+        <x:v>96.49</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45110</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>95.79</x:v>
+        <x:v>96.66</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45107</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>95.67</x:v>
+        <x:v>96.62</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45106</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>95.37</x:v>
+        <x:v>96.34</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45105</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>95.43</x:v>
+        <x:v>96.27</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45104</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>95.43</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45103</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>95.23</x:v>
+        <x:v>96.15</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45099</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>95.38</x:v>
+        <x:v>96.2</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45098</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>95.49</x:v>
+        <x:v>96.1</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45097</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>95.6</x:v>
+        <x:v>96.37</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45096</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>95.81</x:v>
+        <x:v>96.24</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45093</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>95.86</x:v>
+        <x:v>96.02</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45092</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>95.89</x:v>
+        <x:v>96.01</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45091</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>95.7</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45090</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>95.56</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45089</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>95.33</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45086</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>95.03</x:v>
+        <x:v>94.6</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45085</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>94.9</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45084</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>94.64</x:v>
+        <x:v>95.51</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45083</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>94.59</x:v>
+        <x:v>95.78</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45082</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>94.43</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45079</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>94.49</x:v>
+        <x:v>95.67</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45078</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>93.96</x:v>
+        <x:v>95.37</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45077</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>93.82</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45076</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>94.04</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45072</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>93.75</x:v>
+        <x:v>95.23</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45071</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>93.41</x:v>
+        <x:v>95.38</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45070</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>93.41</x:v>
+        <x:v>95.49</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45069</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>93.82</x:v>
+        <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45068</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>93.99</x:v>
+        <x:v>95.81</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45065</x:v>
+        <x:v>45093</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>93.95</x:v>
+        <x:v>95.86</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45063</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>93.89</x:v>
+        <x:v>95.89</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45062</x:v>
+        <x:v>45091</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>93.88</x:v>
+        <x:v>95.7</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45061</x:v>
+        <x:v>45090</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>94.13</x:v>
+        <x:v>95.56</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45058</x:v>
+        <x:v>45089</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>94.15</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45057</x:v>
+        <x:v>45086</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>94.22</x:v>
+        <x:v>95.03</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45056</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>94.14</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45051</x:v>
+        <x:v>45084</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>94.37</x:v>
+        <x:v>94.64</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45050</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>93.96</x:v>
+        <x:v>94.59</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45049</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>94.23</x:v>
+        <x:v>94.43</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45048</x:v>
+        <x:v>45079</x:v>
       </x:c>
       <x:c r="B623" s="3">
         <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45044</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>94.74</x:v>
+        <x:v>93.96</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45043</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>94.31</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45042</x:v>
+        <x:v>45076</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>94.25</x:v>
+        <x:v>94.04</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45041</x:v>
+        <x:v>45072</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>94.48</x:v>
+        <x:v>93.75</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45040</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>94.5</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45037</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>94.44</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45036</x:v>
+        <x:v>45069</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>94.49</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45035</x:v>
+        <x:v>45068</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>94.53</x:v>
+        <x:v>93.99</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45034</x:v>
+        <x:v>45065</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>94.76</x:v>
+        <x:v>93.95</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45033</x:v>
+        <x:v>45063</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>94.73</x:v>
+        <x:v>93.89</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45030</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>94.79</x:v>
+        <x:v>93.88</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45029</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>94.81</x:v>
+        <x:v>94.13</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45028</x:v>
+        <x:v>45058</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>94.67</x:v>
+        <x:v>94.15</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45027</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>94.63</x:v>
+        <x:v>94.22</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45022</x:v>
+        <x:v>45056</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>94.67</x:v>
+        <x:v>94.14</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45021</x:v>
+        <x:v>45051</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>94.78</x:v>
+        <x:v>94.37</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45020</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>94.94</x:v>
+        <x:v>93.96</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45019</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>95.08</x:v>
+        <x:v>94.23</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45016</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>94.76</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45015</x:v>
+        <x:v>45044</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>94.3</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45014</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>93.94</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45013</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>93.58</x:v>
+        <x:v>94.25</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45012</x:v>
+        <x:v>45041</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>93.58</x:v>
+        <x:v>94.48</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45009</x:v>
+        <x:v>45040</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>93.68</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45008</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>93.78</x:v>
+        <x:v>94.44</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45007</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>93.68</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45006</x:v>
+        <x:v>45035</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>93.63</x:v>
+        <x:v>94.53</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45005</x:v>
+        <x:v>45034</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>93.11</x:v>
+        <x:v>94.76</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45002</x:v>
+        <x:v>45033</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>93.36</x:v>
+        <x:v>94.73</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45001</x:v>
+        <x:v>45030</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>93.56</x:v>
+        <x:v>94.79</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45000</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>93.59</x:v>
+        <x:v>94.81</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>44999</x:v>
+        <x:v>45028</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>94.07</x:v>
+        <x:v>94.67</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>44998</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>94.07</x:v>
+        <x:v>94.63</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>44995</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>94.64</x:v>
+        <x:v>94.67</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>44994</x:v>
+        <x:v>45021</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>94.86</x:v>
+        <x:v>94.78</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>44993</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>95.29</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>44992</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>95.46</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>44991</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>95.73</x:v>
+        <x:v>94.76</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>44988</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>95.4</x:v>
+        <x:v>94.3</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>44987</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>94.88</x:v>
+        <x:v>93.94</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>44986</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>95.03</x:v>
+        <x:v>93.58</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>44985</x:v>
+        <x:v>45012</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>95.25</x:v>
+        <x:v>93.58</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>44984</x:v>
+        <x:v>45009</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>95.47</x:v>
+        <x:v>93.68</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>44981</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>95.42</x:v>
+        <x:v>93.78</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>44980</x:v>
+        <x:v>45007</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>95.68</x:v>
+        <x:v>93.68</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>44979</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>95.36</x:v>
+        <x:v>93.63</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>44978</x:v>
+        <x:v>45005</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>95.43</x:v>
+        <x:v>93.11</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>44977</x:v>
+        <x:v>45002</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>96.37</x:v>
+        <x:v>93.36</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>44974</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>96.34</x:v>
+        <x:v>93.56</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>44973</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>96.64</x:v>
+        <x:v>93.59</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>44972</x:v>
+        <x:v>44999</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>96.91</x:v>
+        <x:v>94.07</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>44971</x:v>
+        <x:v>44998</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>97.08</x:v>
+        <x:v>94.07</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>44970</x:v>
+        <x:v>44995</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>97.25</x:v>
+        <x:v>94.64</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>44967</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>96.98</x:v>
+        <x:v>94.86</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>44966</x:v>
+        <x:v>44993</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>97.46</x:v>
+        <x:v>95.29</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>44965</x:v>
+        <x:v>44992</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>97.75</x:v>
+        <x:v>95.46</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>44964</x:v>
+        <x:v>44991</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>98.08</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>44963</x:v>
+        <x:v>44988</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>98.11</x:v>
+        <x:v>95.4</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>44960</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>98.82</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>44959</x:v>
+        <x:v>44986</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>99.09</x:v>
+        <x:v>95.03</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>44958</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>98.08</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>44957</x:v>
+        <x:v>44984</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>97.52</x:v>
+        <x:v>95.47</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>44956</x:v>
+        <x:v>44981</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>97.29</x:v>
+        <x:v>95.42</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
-        <x:v>44953</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B687" s="3">
-        <x:v>97.68</x:v>
+        <x:v>95.68</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:2">
       <x:c r="A688" s="2">
-        <x:v>44952</x:v>
+        <x:v>44979</x:v>
       </x:c>
       <x:c r="B688" s="3">
-        <x:v>97.62</x:v>
+        <x:v>95.36</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:2">
       <x:c r="A689" s="2">
-        <x:v>44951</x:v>
+        <x:v>44978</x:v>
       </x:c>
       <x:c r="B689" s="3">
-        <x:v>97.41</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:2">
       <x:c r="A690" s="2">
-        <x:v>44950</x:v>
+        <x:v>44977</x:v>
       </x:c>
       <x:c r="B690" s="3">
-        <x:v>97.4</x:v>
+        <x:v>96.37</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:2">
       <x:c r="A691" s="2">
-        <x:v>44949</x:v>
+        <x:v>44974</x:v>
       </x:c>
       <x:c r="B691" s="3">
-        <x:v>97.33</x:v>
+        <x:v>96.34</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:2">
       <x:c r="A692" s="2">
-        <x:v>44946</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="B692" s="3">
-        <x:v>97.07</x:v>
+        <x:v>96.64</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:2">
       <x:c r="A693" s="2">
-        <x:v>44945</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B693" s="3">
-        <x:v>96.94</x:v>
+        <x:v>96.91</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:2">
       <x:c r="A694" s="2">
-        <x:v>44944</x:v>
+        <x:v>44971</x:v>
       </x:c>
       <x:c r="B694" s="3">
-        <x:v>97.43</x:v>
+        <x:v>97.08</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:2">
       <x:c r="A695" s="2">
-        <x:v>44943</x:v>
+        <x:v>44970</x:v>
       </x:c>
       <x:c r="B695" s="3">
-        <x:v>97.17</x:v>
+        <x:v>97.25</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:2">
       <x:c r="A696" s="2">
-        <x:v>44942</x:v>
+        <x:v>44967</x:v>
       </x:c>
       <x:c r="B696" s="3">
-        <x:v>97.18</x:v>
+        <x:v>96.98</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:2">
       <x:c r="A697" s="2">
-        <x:v>44939</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="B697" s="3">
-        <x:v>97.18</x:v>
+        <x:v>97.46</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:2">
       <x:c r="A698" s="2">
-        <x:v>44938</x:v>
+        <x:v>44965</x:v>
       </x:c>
       <x:c r="B698" s="3">
-        <x:v>97.04</x:v>
+        <x:v>97.75</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:2">
       <x:c r="A699" s="2">
-        <x:v>44937</x:v>
+        <x:v>44964</x:v>
       </x:c>
       <x:c r="B699" s="3">
-        <x:v>96.58</x:v>
+        <x:v>98.08</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:2">
       <x:c r="A700" s="2">
-        <x:v>44936</x:v>
+        <x:v>44963</x:v>
       </x:c>
       <x:c r="B700" s="3">
-        <x:v>96.03</x:v>
+        <x:v>98.11</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:2">
       <x:c r="A701" s="2">
-        <x:v>44935</x:v>
+        <x:v>44960</x:v>
       </x:c>
       <x:c r="B701" s="3">
-        <x:v>96.19</x:v>
+        <x:v>98.82</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:2">
       <x:c r="A702" s="2">
-        <x:v>44932</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="B702" s="3">
-        <x:v>95.99</x:v>
+        <x:v>99.09</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:2">
       <x:c r="A703" s="2">
-        <x:v>44931</x:v>
+        <x:v>44958</x:v>
       </x:c>
       <x:c r="B703" s="3">
-        <x:v>95.08</x:v>
+        <x:v>98.08</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:2">
       <x:c r="A704" s="2">
-        <x:v>44930</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B704" s="3">
-        <x:v>95.25</x:v>
+        <x:v>97.52</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:2">
       <x:c r="A705" s="2">
-        <x:v>44929</x:v>
+        <x:v>44956</x:v>
       </x:c>
       <x:c r="B705" s="3">
-        <x:v>94.88</x:v>
+        <x:v>97.29</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:2">
       <x:c r="A706" s="2">
-        <x:v>44928</x:v>
+        <x:v>44953</x:v>
       </x:c>
       <x:c r="B706" s="3">
-        <x:v>94.75</x:v>
+        <x:v>97.68</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:2">
       <x:c r="A707" s="2">
-        <x:v>44925</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="B707" s="3">
-        <x:v>94.74</x:v>
+        <x:v>97.62</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:2">
       <x:c r="A708" s="2">
-        <x:v>44924</x:v>
+        <x:v>44951</x:v>
       </x:c>
       <x:c r="B708" s="3">
-        <x:v>94.82</x:v>
+        <x:v>97.41</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:2">
       <x:c r="A709" s="2">
-        <x:v>44923</x:v>
+        <x:v>44950</x:v>
       </x:c>
       <x:c r="B709" s="3">
-        <x:v>94.61</x:v>
+        <x:v>97.4</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:2">
       <x:c r="A710" s="2">
-        <x:v>44922</x:v>
+        <x:v>44949</x:v>
       </x:c>
       <x:c r="B710" s="3">
-        <x:v>94.9</x:v>
+        <x:v>97.33</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:2">
       <x:c r="A711" s="2">
-        <x:v>44918</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B711" s="3">
-        <x:v>94.97</x:v>
+        <x:v>97.07</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:2">
       <x:c r="A712" s="2">
-        <x:v>44917</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="B712" s="3">
-        <x:v>94.93</x:v>
+        <x:v>96.94</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:2">
       <x:c r="A713" s="2">
-        <x:v>44916</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="B713" s="3">
-        <x:v>95</x:v>
+        <x:v>97.43</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:2">
       <x:c r="A714" s="2">
-        <x:v>44915</x:v>
+        <x:v>44943</x:v>
       </x:c>
       <x:c r="B714" s="3">
-        <x:v>94.66</x:v>
+        <x:v>97.17</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:2">
       <x:c r="A715" s="2">
-        <x:v>44914</x:v>
+        <x:v>44942</x:v>
       </x:c>
       <x:c r="B715" s="3">
-        <x:v>94.87</x:v>
+        <x:v>97.18</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:2">
       <x:c r="A716" s="2">
-        <x:v>44911</x:v>
+        <x:v>44939</x:v>
       </x:c>
       <x:c r="B716" s="3">
-        <x:v>95.26</x:v>
+        <x:v>97.18</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:2">
       <x:c r="A717" s="2">
-        <x:v>44910</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="B717" s="3">
-        <x:v>95.85</x:v>
+        <x:v>97.04</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:2">
       <x:c r="A718" s="2">
-        <x:v>44909</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="B718" s="3">
-        <x:v>96.33</x:v>
+        <x:v>96.58</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:2">
       <x:c r="A719" s="2">
-        <x:v>44908</x:v>
+        <x:v>44936</x:v>
       </x:c>
       <x:c r="B719" s="3">
-        <x:v>96.23</x:v>
+        <x:v>96.03</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:2">
       <x:c r="A720" s="2">
-        <x:v>44907</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="B720" s="3">
-        <x:v>95.63</x:v>
+        <x:v>96.19</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:2">
       <x:c r="A721" s="2">
-        <x:v>44904</x:v>
+        <x:v>44932</x:v>
       </x:c>
       <x:c r="B721" s="3">
-        <x:v>95.5</x:v>
+        <x:v>95.99</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:2">
       <x:c r="A722" s="2">
-        <x:v>44903</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="B722" s="3">
-        <x:v>95.47</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:2">
       <x:c r="A723" s="2">
-        <x:v>44902</x:v>
+        <x:v>44930</x:v>
       </x:c>
       <x:c r="B723" s="3">
-        <x:v>95.33</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:2">
       <x:c r="A724" s="2">
-        <x:v>44901</x:v>
+        <x:v>44929</x:v>
       </x:c>
       <x:c r="B724" s="3">
-        <x:v>95.41</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:2">
       <x:c r="A725" s="2">
-        <x:v>44900</x:v>
+        <x:v>44928</x:v>
       </x:c>
       <x:c r="B725" s="3">
-        <x:v>95.78</x:v>
+        <x:v>94.75</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:2">
       <x:c r="A726" s="2">
-        <x:v>44897</x:v>
+        <x:v>44925</x:v>
       </x:c>
       <x:c r="B726" s="3">
-        <x:v>95.53</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:2">
       <x:c r="A727" s="2">
-        <x:v>44896</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="B727" s="3">
-        <x:v>95.32</x:v>
+        <x:v>94.82</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:2">
       <x:c r="A728" s="2">
-        <x:v>44895</x:v>
+        <x:v>44923</x:v>
       </x:c>
       <x:c r="B728" s="3">
-        <x:v>94.88</x:v>
+        <x:v>94.61</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:2">
       <x:c r="A729" s="2">
-        <x:v>44894</x:v>
+        <x:v>44922</x:v>
       </x:c>
       <x:c r="B729" s="3">
-        <x:v>94.53</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:2">
       <x:c r="A730" s="2">
-        <x:v>44893</x:v>
+        <x:v>44918</x:v>
       </x:c>
       <x:c r="B730" s="3">
-        <x:v>94.27</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:2">
       <x:c r="A731" s="2">
-        <x:v>44890</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="B731" s="3">
-        <x:v>94.42</x:v>
+        <x:v>94.93</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:2">
       <x:c r="A732" s="2">
-        <x:v>44889</x:v>
+        <x:v>44916</x:v>
       </x:c>
       <x:c r="B732" s="3">
-        <x:v>94.06</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:2">
       <x:c r="A733" s="2">
-        <x:v>44888</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="B733" s="3">
-        <x:v>93.78</x:v>
+        <x:v>94.66</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:2">
       <x:c r="A734" s="2">
-        <x:v>44887</x:v>
+        <x:v>44914</x:v>
       </x:c>
       <x:c r="B734" s="3">
-        <x:v>93.4</x:v>
+        <x:v>94.87</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:2">
       <x:c r="A735" s="2">
-        <x:v>44886</x:v>
+        <x:v>44911</x:v>
       </x:c>
       <x:c r="B735" s="3">
-        <x:v>92.82</x:v>
+        <x:v>95.26</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:2">
       <x:c r="A736" s="2">
-        <x:v>44883</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B736" s="3">
-        <x:v>92.94</x:v>
+        <x:v>95.85</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:2">
       <x:c r="A737" s="2">
-        <x:v>44882</x:v>
+        <x:v>44909</x:v>
       </x:c>
       <x:c r="B737" s="3">
-        <x:v>92.84</x:v>
+        <x:v>96.33</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:2">
       <x:c r="A738" s="2">
-        <x:v>44881</x:v>
+        <x:v>44908</x:v>
       </x:c>
       <x:c r="B738" s="3">
-        <x:v>92.97</x:v>
+        <x:v>96.23</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:2">
       <x:c r="A739" s="2">
-        <x:v>44880</x:v>
+        <x:v>44907</x:v>
       </x:c>
       <x:c r="B739" s="3">
-        <x:v>93.15</x:v>
+        <x:v>95.63</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:2">
       <x:c r="A740" s="2">
-        <x:v>44879</x:v>
+        <x:v>44904</x:v>
       </x:c>
       <x:c r="B740" s="3">
-        <x:v>92.77</x:v>
+        <x:v>95.5</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:2">
       <x:c r="A741" s="2">
-        <x:v>44875</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="B741" s="3">
-        <x:v>91.49</x:v>
+        <x:v>95.47</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:2">
       <x:c r="A742" s="2">
-        <x:v>44874</x:v>
+        <x:v>44902</x:v>
       </x:c>
       <x:c r="B742" s="3">
-        <x:v>90.1</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:2">
       <x:c r="A743" s="2">
-        <x:v>44873</x:v>
+        <x:v>44901</x:v>
       </x:c>
       <x:c r="B743" s="3">
-        <x:v>90.26</x:v>
+        <x:v>95.41</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:2">
       <x:c r="A744" s="2">
-        <x:v>44872</x:v>
+        <x:v>44900</x:v>
       </x:c>
       <x:c r="B744" s="3">
-        <x:v>90.14</x:v>
+        <x:v>95.78</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:2">
       <x:c r="A745" s="2">
-        <x:v>44869</x:v>
+        <x:v>44897</x:v>
       </x:c>
       <x:c r="B745" s="3">
-        <x:v>89.62</x:v>
+        <x:v>95.53</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:2">
       <x:c r="A746" s="2">
-        <x:v>44868</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="B746" s="3">
-        <x:v>89.21</x:v>
+        <x:v>95.32</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:2">
       <x:c r="A747" s="2">
-        <x:v>44867</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B747" s="3">
-        <x:v>89.84</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:2">
       <x:c r="A748" s="2">
-        <x:v>44865</x:v>
+        <x:v>44894</x:v>
       </x:c>
       <x:c r="B748" s="3">
-        <x:v>89.91</x:v>
+        <x:v>94.53</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:2">
       <x:c r="A749" s="2">
-        <x:v>44862</x:v>
+        <x:v>44893</x:v>
       </x:c>
       <x:c r="B749" s="3">
-        <x:v>90.12</x:v>
+        <x:v>94.27</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:2">
       <x:c r="A750" s="2">
-        <x:v>44861</x:v>
+        <x:v>44890</x:v>
       </x:c>
       <x:c r="B750" s="3">
-        <x:v>89.72</x:v>
+        <x:v>94.42</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:2">
       <x:c r="A751" s="2">
-        <x:v>44860</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="B751" s="3">
-        <x:v>89.58</x:v>
+        <x:v>94.06</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:2">
       <x:c r="A752" s="2">
-        <x:v>44859</x:v>
+        <x:v>44888</x:v>
       </x:c>
       <x:c r="B752" s="3">
-        <x:v>89.37</x:v>
+        <x:v>93.78</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:2">
       <x:c r="A753" s="2">
-        <x:v>44858</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="B753" s="3">
-        <x:v>88.77</x:v>
+        <x:v>93.4</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:2">
       <x:c r="A754" s="2">
-        <x:v>44855</x:v>
+        <x:v>44886</x:v>
       </x:c>
       <x:c r="B754" s="3">
-        <x:v>88.45</x:v>
+        <x:v>92.82</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:2">
       <x:c r="A755" s="2">
-        <x:v>44854</x:v>
+        <x:v>44883</x:v>
       </x:c>
       <x:c r="B755" s="3">
-        <x:v>88.35</x:v>
+        <x:v>92.94</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:2">
       <x:c r="A756" s="2">
-        <x:v>44853</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="B756" s="3">
-        <x:v>88.54</x:v>
+        <x:v>92.84</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:2">
       <x:c r="A757" s="2">
-        <x:v>44852</x:v>
+        <x:v>44881</x:v>
       </x:c>
       <x:c r="B757" s="3">
-        <x:v>88.96</x:v>
+        <x:v>92.97</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:2">
       <x:c r="A758" s="2">
-        <x:v>44851</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B758" s="3">
-        <x:v>88.63</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:2">
       <x:c r="A759" s="2">
-        <x:v>44848</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="B759" s="3">
-        <x:v>88.24</x:v>
+        <x:v>92.77</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:2">
       <x:c r="A760" s="2">
-        <x:v>44847</x:v>
+        <x:v>44875</x:v>
       </x:c>
       <x:c r="B760" s="3">
-        <x:v>88.4</x:v>
+        <x:v>91.49</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:2">
       <x:c r="A761" s="2">
-        <x:v>44846</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="B761" s="3">
-        <x:v>88.24</x:v>
+        <x:v>90.1</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:2">
       <x:c r="A762" s="2">
-        <x:v>44845</x:v>
+        <x:v>44873</x:v>
       </x:c>
       <x:c r="B762" s="3">
-        <x:v>88.44</x:v>
+        <x:v>90.26</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:2">
       <x:c r="A763" s="2">
-        <x:v>44844</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="B763" s="3">
-        <x:v>89</x:v>
+        <x:v>90.14</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:2">
       <x:c r="A764" s="2">
-        <x:v>44841</x:v>
+        <x:v>44869</x:v>
       </x:c>
       <x:c r="B764" s="3">
-        <x:v>89.21</x:v>
+        <x:v>89.62</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:2">
       <x:c r="A765" s="2">
-        <x:v>44840</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="B765" s="3">
-        <x:v>89.85</x:v>
+        <x:v>89.21</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:2">
       <x:c r="A766" s="2">
-        <x:v>44839</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B766" s="3">
-        <x:v>90.06</x:v>
+        <x:v>89.84</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:2">
       <x:c r="A767" s="2">
-        <x:v>44838</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B767" s="3">
-        <x:v>90.26</x:v>
+        <x:v>89.91</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:2">
       <x:c r="A768" s="2">
-        <x:v>44837</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B768" s="3">
-        <x:v>89.1</x:v>
+        <x:v>90.12</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:2">
       <x:c r="A769" s="2">
-        <x:v>44834</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B769" s="3">
-        <x:v>88.46</x:v>
+        <x:v>89.72</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:2">
       <x:c r="A770" s="2">
-        <x:v>44833</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B770" s="3">
-        <x:v>88.49</x:v>
+        <x:v>89.58</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:2">
       <x:c r="A771" s="2">
-        <x:v>44832</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B771" s="3">
-        <x:v>89.04</x:v>
+        <x:v>89.37</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:2">
       <x:c r="A772" s="2">
-        <x:v>44831</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B772" s="3">
-        <x:v>89.01</x:v>
+        <x:v>88.77</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:2">
       <x:c r="A773" s="2">
-        <x:v>44830</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B773" s="3">
-        <x:v>89.44</x:v>
+        <x:v>88.45</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:2">
       <x:c r="A774" s="2">
-        <x:v>44827</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B774" s="3">
-        <x:v>90.45</x:v>
+        <x:v>88.35</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:2">
       <x:c r="A775" s="2">
-        <x:v>44826</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B775" s="3">
-        <x:v>91.37</x:v>
+        <x:v>88.54</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:2">
       <x:c r="A776" s="2">
-        <x:v>44825</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B776" s="3">
-        <x:v>92</x:v>
+        <x:v>88.96</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:2">
       <x:c r="A777" s="2">
-        <x:v>44824</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B777" s="3">
-        <x:v>92.23</x:v>
+        <x:v>88.63</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:2">
       <x:c r="A778" s="2">
-        <x:v>44823</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B778" s="3">
-        <x:v>92.75</x:v>
+        <x:v>88.24</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:2">
       <x:c r="A779" s="2">
-        <x:v>44820</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B779" s="3">
-        <x:v>92.7</x:v>
+        <x:v>88.4</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:2">
       <x:c r="A780" s="2">
-        <x:v>44819</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B780" s="3">
-        <x:v>93.15</x:v>
+        <x:v>88.24</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:2">
       <x:c r="A781" s="2">
-        <x:v>44818</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B781" s="3">
-        <x:v>93.24</x:v>
+        <x:v>88.44</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:2">
       <x:c r="A782" s="2">
-        <x:v>44817</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B782" s="3">
-        <x:v>93.66</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:2">
       <x:c r="A783" s="2">
-        <x:v>44816</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B783" s="3">
-        <x:v>94.85</x:v>
+        <x:v>89.21</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:2">
       <x:c r="A784" s="2">
-        <x:v>44813</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="B784" s="3">
-        <x:v>94.32</x:v>
+        <x:v>89.85</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:2">
       <x:c r="A785" s="2">
-        <x:v>44812</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B785" s="3">
-        <x:v>93.62</x:v>
+        <x:v>90.06</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:2">
       <x:c r="A786" s="2">
-        <x:v>44811</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B786" s="3">
-        <x:v>93.16</x:v>
+        <x:v>90.26</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:2">
       <x:c r="A787" s="2">
-        <x:v>44810</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B787" s="3">
-        <x:v>92.8</x:v>
+        <x:v>89.1</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:2">
       <x:c r="A788" s="2">
-        <x:v>44809</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B788" s="3">
-        <x:v>93.04</x:v>
+        <x:v>88.46</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:2">
       <x:c r="A789" s="2">
-        <x:v>44806</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B789" s="3">
-        <x:v>93.24</x:v>
+        <x:v>88.49</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:2">
       <x:c r="A790" s="2">
-        <x:v>44805</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B790" s="3">
-        <x:v>93.19</x:v>
+        <x:v>89.04</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:2">
       <x:c r="A791" s="2">
-        <x:v>44804</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B791" s="3">
-        <x:v>93.84</x:v>
+        <x:v>89.01</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:2">
       <x:c r="A792" s="2">
-        <x:v>44803</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B792" s="3">
-        <x:v>94.31</x:v>
+        <x:v>89.44</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:2">
       <x:c r="A793" s="2">
-        <x:v>44802</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B793" s="3">
-        <x:v>94.74</x:v>
+        <x:v>90.45</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:2">
       <x:c r="A794" s="2">
-        <x:v>44799</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B794" s="3">
-        <x:v>95.25</x:v>
+        <x:v>91.37</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:2">
       <x:c r="A795" s="2">
-        <x:v>44798</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B795" s="3">
-        <x:v>95.84</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:2">
       <x:c r="A796" s="2">
-        <x:v>44797</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B796" s="3">
-        <x:v>94.95</x:v>
+        <x:v>92.23</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:2">
       <x:c r="A797" s="2">
-        <x:v>44796</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B797" s="3">
-        <x:v>94.88</x:v>
+        <x:v>92.75</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:2">
       <x:c r="A798" s="2">
-        <x:v>44795</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B798" s="3">
-        <x:v>94.78</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:2">
       <x:c r="A799" s="2">
-        <x:v>44792</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B799" s="3">
-        <x:v>95.7</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:2">
       <x:c r="A800" s="2">
-        <x:v>44791</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B800" s="3">
-        <x:v>96.17</x:v>
+        <x:v>93.24</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:2">
       <x:c r="A801" s="2">
-        <x:v>44790</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B801" s="3">
-        <x:v>96.14</x:v>
+        <x:v>93.66</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:2">
       <x:c r="A802" s="2">
-        <x:v>44789</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B802" s="3">
-        <x:v>96.82</x:v>
+        <x:v>94.85</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:2">
       <x:c r="A803" s="2">
-        <x:v>44785</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B803" s="3">
-        <x:v>96.36</x:v>
+        <x:v>94.32</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:2">
       <x:c r="A804" s="2">
-        <x:v>44784</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B804" s="3">
-        <x:v>96.15</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:2">
       <x:c r="A805" s="2">
-        <x:v>44783</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B805" s="3">
-        <x:v>95.84</x:v>
+        <x:v>93.16</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:2">
       <x:c r="A806" s="2">
-        <x:v>44782</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B806" s="3">
-        <x:v>95.18</x:v>
+        <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:2">
       <x:c r="A807" s="2">
-        <x:v>44781</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B807" s="3">
-        <x:v>95.59</x:v>
+        <x:v>93.04</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:2">
       <x:c r="A808" s="2">
-        <x:v>44778</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B808" s="3">
-        <x:v>95.43</x:v>
+        <x:v>93.24</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:2">
       <x:c r="A809" s="2">
-        <x:v>44777</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B809" s="3">
-        <x:v>95.52</x:v>
+        <x:v>93.19</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:2">
       <x:c r="A810" s="2">
-        <x:v>44776</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B810" s="3">
-        <x:v>95.36</x:v>
+        <x:v>93.84</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:2">
       <x:c r="A811" s="2">
-        <x:v>44775</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B811" s="3">
-        <x:v>94.94</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:2">
       <x:c r="A812" s="2">
-        <x:v>44774</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B812" s="3">
-        <x:v>95.31</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:2">
       <x:c r="A813" s="2">
-        <x:v>44771</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B813" s="3">
-        <x:v>95.24</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:2">
       <x:c r="A814" s="2">
-        <x:v>44770</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B814" s="3">
-        <x:v>94.59</x:v>
+        <x:v>95.84</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:2">
       <x:c r="A815" s="2">
-        <x:v>44769</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B815" s="3">
-        <x:v>94.02</x:v>
+        <x:v>94.95</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:2">
       <x:c r="A816" s="2">
-        <x:v>44768</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B816" s="3">
-        <x:v>93.51</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:2">
       <x:c r="A817" s="2">
-        <x:v>44767</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B817" s="3">
-        <x:v>93.73</x:v>
+        <x:v>94.78</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:2">
       <x:c r="A818" s="2">
-        <x:v>44764</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B818" s="3">
-        <x:v>93.49</x:v>
+        <x:v>95.7</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:2">
       <x:c r="A819" s="2">
-        <x:v>44763</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B819" s="3">
-        <x:v>93.25</x:v>
+        <x:v>96.17</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:2">
       <x:c r="A820" s="2">
-        <x:v>44762</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B820" s="3">
-        <x:v>92.99</x:v>
+        <x:v>96.14</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:2">
       <x:c r="A821" s="2">
-        <x:v>44761</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B821" s="3">
-        <x:v>92.36</x:v>
+        <x:v>96.82</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:2">
       <x:c r="A822" s="2">
-        <x:v>44760</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B822" s="3">
-        <x:v>91.53</x:v>
+        <x:v>96.36</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:2">
       <x:c r="A823" s="2">
-        <x:v>44757</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B823" s="3">
-        <x:v>91.3</x:v>
+        <x:v>96.15</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:2">
       <x:c r="A824" s="2">
-        <x:v>44755</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B824" s="3">
-        <x:v>91.32</x:v>
+        <x:v>95.84</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:2">
       <x:c r="A825" s="2">
-        <x:v>44754</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B825" s="3">
-        <x:v>91.58</x:v>
+        <x:v>95.18</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:2">
       <x:c r="A826" s="2">
-        <x:v>44753</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B826" s="3">
-        <x:v>91.8</x:v>
+        <x:v>95.59</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:2">
       <x:c r="A827" s="2">
-        <x:v>44750</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B827" s="3">
-        <x:v>92.15</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:2">
       <x:c r="A828" s="2">
-        <x:v>44749</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B828" s="3">
-        <x:v>92.14</x:v>
+        <x:v>95.52</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:2">
       <x:c r="A829" s="2">
-        <x:v>44748</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B829" s="3">
-        <x:v>91.83</x:v>
+        <x:v>95.36</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:2">
       <x:c r="A830" s="2">
-        <x:v>44747</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B830" s="3">
-        <x:v>91.95</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:2">
       <x:c r="A831" s="2">
-        <x:v>44746</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B831" s="3">
-        <x:v>92.13</x:v>
+        <x:v>95.31</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:2">
       <x:c r="A832" s="2">
-        <x:v>44743</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B832" s="3">
-        <x:v>92.19</x:v>
+        <x:v>95.24</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:2">
       <x:c r="A833" s="2">
-        <x:v>44742</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B833" s="3">
-        <x:v>91.93</x:v>
+        <x:v>94.59</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:2">
       <x:c r="A834" s="2">
-        <x:v>44741</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B834" s="3">
-        <x:v>92.33</x:v>
+        <x:v>94.02</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:2">
       <x:c r="A835" s="2">
-        <x:v>44740</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B835" s="3">
-        <x:v>92.82</x:v>
+        <x:v>93.51</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:2">
       <x:c r="A836" s="2">
-        <x:v>44739</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B836" s="3">
-        <x:v>93.34</x:v>
+        <x:v>93.73</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:2">
       <x:c r="A837" s="2">
-        <x:v>44736</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B837" s="3">
-        <x:v>93.38</x:v>
+        <x:v>93.49</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:2">
       <x:c r="A838" s="2">
-        <x:v>44734</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B838" s="3">
-        <x:v>92.78</x:v>
+        <x:v>93.25</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:2">
       <x:c r="A839" s="2">
-        <x:v>44733</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B839" s="3">
-        <x:v>93.05</x:v>
+        <x:v>92.99</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:2">
       <x:c r="A840" s="2">
-        <x:v>44732</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B840" s="3">
-        <x:v>92.62</x:v>
+        <x:v>92.36</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:2">
       <x:c r="A841" s="2">
-        <x:v>44729</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B841" s="3">
-        <x:v>92.52</x:v>
+        <x:v>91.53</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:2">
       <x:c r="A842" s="2">
-        <x:v>44728</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B842" s="3">
-        <x:v>92.62</x:v>
+        <x:v>91.3</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:2">
       <x:c r="A843" s="2">
-        <x:v>44727</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B843" s="3">
-        <x:v>93.71</x:v>
+        <x:v>91.32</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:2">
       <x:c r="A844" s="2">
-        <x:v>44726</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B844" s="3">
-        <x:v>93.27</x:v>
+        <x:v>91.58</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:2">
       <x:c r="A845" s="2">
-        <x:v>44725</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B845" s="3">
-        <x:v>93.76</x:v>
+        <x:v>91.8</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:2">
       <x:c r="A846" s="2">
-        <x:v>44722</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B846" s="3">
-        <x:v>95.73</x:v>
+        <x:v>92.15</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:2">
       <x:c r="A847" s="2">
-        <x:v>44721</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="B847" s="3">
-        <x:v>97.06</x:v>
+        <x:v>92.14</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:2">
       <x:c r="A848" s="2">
-        <x:v>44720</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="B848" s="3">
-        <x:v>97.91</x:v>
+        <x:v>91.83</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:2">
       <x:c r="A849" s="2">
-        <x:v>44719</x:v>
+        <x:v>44747</x:v>
       </x:c>
       <x:c r="B849" s="3">
-        <x:v>98.37</x:v>
+        <x:v>91.95</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:2">
       <x:c r="A850" s="2">
-        <x:v>44715</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B850" s="3">
-        <x:v>98.37</x:v>
+        <x:v>92.13</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:2">
       <x:c r="A851" s="2">
-        <x:v>44714</x:v>
+        <x:v>44743</x:v>
       </x:c>
       <x:c r="B851" s="3">
-        <x:v>98.62</x:v>
+        <x:v>92.19</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:2">
       <x:c r="A852" s="2">
-        <x:v>44713</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B852" s="3">
-        <x:v>98.56</x:v>
+        <x:v>91.93</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:2">
       <x:c r="A853" s="2">
-        <x:v>44712</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B853" s="3">
-        <x:v>98.86</x:v>
+        <x:v>92.33</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:2">
       <x:c r="A854" s="2">
-        <x:v>44711</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="B854" s="3">
-        <x:v>99.23</x:v>
+        <x:v>92.82</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:2">
       <x:c r="A855" s="2">
-        <x:v>44708</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B855" s="3">
-        <x:v>98.92</x:v>
+        <x:v>93.34</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:2">
       <x:c r="A856" s="2">
-        <x:v>44706</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B856" s="3">
-        <x:v>97.72</x:v>
+        <x:v>93.38</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:2">
       <x:c r="A857" s="2">
-        <x:v>44705</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B857" s="3">
-        <x:v>97.26</x:v>
+        <x:v>92.78</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:2">
       <x:c r="A858" s="2">
-        <x:v>44704</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B858" s="3">
-        <x:v>97.27</x:v>
+        <x:v>93.05</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:2">
       <x:c r="A859" s="2">
-        <x:v>44701</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B859" s="3">
-        <x:v>96.87</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:2">
       <x:c r="A860" s="2">
-        <x:v>44700</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B860" s="3">
-        <x:v>96.76</x:v>
+        <x:v>92.52</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:2">
       <x:c r="A861" s="2">
-        <x:v>44699</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B861" s="3">
-        <x:v>97.28</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:2">
       <x:c r="A862" s="2">
-        <x:v>44698</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B862" s="3">
-        <x:v>98.09</x:v>
+        <x:v>93.71</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:2">
       <x:c r="A863" s="2">
-        <x:v>44697</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B863" s="3">
-        <x:v>97.67</x:v>
+        <x:v>93.27</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:2">
       <x:c r="A864" s="2">
-        <x:v>44694</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B864" s="3">
-        <x:v>97.49</x:v>
+        <x:v>93.76</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:2">
       <x:c r="A865" s="2">
-        <x:v>44693</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B865" s="3">
-        <x:v>97.12</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:2">
       <x:c r="A866" s="2">
-        <x:v>44692</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B866" s="3">
         <x:v>97.06</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:2">
       <x:c r="A867" s="2">
-        <x:v>44691</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="B867" s="3">
-        <x:v>96.98</x:v>
+        <x:v>97.91</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:2">
       <x:c r="A868" s="2">
-        <x:v>44687</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B868" s="3">
-        <x:v>97.89</x:v>
+        <x:v>98.37</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:2">
       <x:c r="A869" s="2">
-        <x:v>44686</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B869" s="3">
-        <x:v>98.61</x:v>
+        <x:v>98.37</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:2">
       <x:c r="A870" s="2">
-        <x:v>44685</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B870" s="3">
-        <x:v>99.32</x:v>
+        <x:v>98.62</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:2">
       <x:c r="A871" s="2">
-        <x:v>44684</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B871" s="3">
-        <x:v>98.85</x:v>
+        <x:v>98.56</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:2">
       <x:c r="A872" s="2">
-        <x:v>44683</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B872" s="3">
-        <x:v>98.64</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:2">
       <x:c r="A873" s="2">
-        <x:v>44680</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B873" s="3">
-        <x:v>98.85</x:v>
+        <x:v>99.23</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:2">
       <x:c r="A874" s="2">
-        <x:v>44679</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B874" s="3">
-        <x:v>99.37</x:v>
+        <x:v>98.92</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:2">
       <x:c r="A875" s="2">
-        <x:v>44678</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B875" s="3">
-        <x:v>99.17</x:v>
+        <x:v>97.72</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:2">
       <x:c r="A876" s="2">
-        <x:v>44677</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B876" s="3">
-        <x:v>99.49</x:v>
+        <x:v>97.26</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:2">
       <x:c r="A877" s="2">
-        <x:v>44676</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B877" s="3">
-        <x:v>99.82</x:v>
+        <x:v>97.27</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:2">
       <x:c r="A878" s="2">
-        <x:v>44673</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B878" s="3">
-        <x:v>100.21</x:v>
+        <x:v>96.87</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:2">
       <x:c r="A879" s="2">
-        <x:v>44672</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B879" s="3">
-        <x:v>100.98</x:v>
+        <x:v>96.76</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:2">
       <x:c r="A880" s="2">
-        <x:v>44671</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B880" s="3">
-        <x:v>101.34</x:v>
+        <x:v>97.28</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:2">
       <x:c r="A881" s="2">
-        <x:v>44670</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B881" s="3">
-        <x:v>101.1</x:v>
+        <x:v>98.09</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:2">
       <x:c r="A882" s="2">
-        <x:v>44665</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B882" s="3">
-        <x:v>101.07</x:v>
+        <x:v>97.67</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:2">
       <x:c r="A883" s="2">
-        <x:v>44664</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B883" s="3">
-        <x:v>101.23</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:2">
       <x:c r="A884" s="2">
-        <x:v>44663</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B884" s="3">
-        <x:v>101.05</x:v>
+        <x:v>97.12</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:2">
       <x:c r="A885" s="2">
-        <x:v>44662</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B885" s="3">
-        <x:v>101.34</x:v>
+        <x:v>97.06</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:2">
       <x:c r="A886" s="2">
-        <x:v>44659</x:v>
+        <x:v>44691</x:v>
       </x:c>
       <x:c r="B886" s="3">
-        <x:v>102.21</x:v>
+        <x:v>96.98</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:2">
       <x:c r="A887" s="2">
-        <x:v>44658</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B887" s="3">
-        <x:v>102.3</x:v>
+        <x:v>97.89</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:2">
       <x:c r="A888" s="2">
-        <x:v>44657</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B888" s="3">
-        <x:v>102.37</x:v>
+        <x:v>98.61</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:2">
       <x:c r="A889" s="2">
-        <x:v>44656</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B889" s="3">
-        <x:v>102.5</x:v>
+        <x:v>99.32</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:2">
       <x:c r="A890" s="2">
-        <x:v>44655</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B890" s="3">
-        <x:v>102.9</x:v>
+        <x:v>98.85</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:2">
       <x:c r="A891" s="2">
-        <x:v>44652</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B891" s="3">
-        <x:v>102.28</x:v>
+        <x:v>98.64</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:2">
       <x:c r="A892" s="2">
-        <x:v>44651</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B892" s="3">
-        <x:v>102.37</x:v>
+        <x:v>98.85</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:2">
       <x:c r="A893" s="2">
-        <x:v>44650</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B893" s="3">
-        <x:v>102.88</x:v>
+        <x:v>99.37</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:2">
       <x:c r="A894" s="2">
-        <x:v>44649</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B894" s="3">
-        <x:v>102.48</x:v>
+        <x:v>99.17</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:2">
       <x:c r="A895" s="2">
-        <x:v>44648</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B895" s="3">
-        <x:v>101.5</x:v>
+        <x:v>99.49</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:2">
       <x:c r="A896" s="2">
-        <x:v>44645</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B896" s="3">
-        <x:v>101.13</x:v>
+        <x:v>99.82</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:2">
       <x:c r="A897" s="2">
-        <x:v>44644</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B897" s="3">
-        <x:v>101.06</x:v>
+        <x:v>100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:2">
       <x:c r="A898" s="2">
-        <x:v>44643</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B898" s="3">
-        <x:v>100.68</x:v>
+        <x:v>100.98</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:2">
       <x:c r="A899" s="2">
-        <x:v>44642</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B899" s="3">
-        <x:v>101.17</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:2">
       <x:c r="A900" s="2">
-        <x:v>44641</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B900" s="3">
-        <x:v>101.29</x:v>
+        <x:v>101.1</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:2">
       <x:c r="A901" s="2">
-        <x:v>44638</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B901" s="3">
-        <x:v>101.37</x:v>
+        <x:v>101.07</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:2">
       <x:c r="A902" s="2">
-        <x:v>44637</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B902" s="3">
-        <x:v>100.9</x:v>
+        <x:v>101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:2">
       <x:c r="A903" s="2">
-        <x:v>44636</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B903" s="3">
-        <x:v>99.95</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:2">
       <x:c r="A904" s="2">
-        <x:v>44635</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B904" s="3">
-        <x:v>98.78</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:2">
       <x:c r="A905" s="2">
-        <x:v>44634</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B905" s="3">
-        <x:v>98.74</x:v>
+        <x:v>102.21</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:2">
       <x:c r="A906" s="2">
-        <x:v>44631</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B906" s="3">
-        <x:v>98.99</x:v>
+        <x:v>102.3</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:2">
       <x:c r="A907" s="2">
-        <x:v>44630</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B907" s="3">
-        <x:v>99.3</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:2">
       <x:c r="A908" s="2">
-        <x:v>44629</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B908" s="3">
-        <x:v>99.4</x:v>
+        <x:v>102.5</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:2">
       <x:c r="A909" s="2">
-        <x:v>44628</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B909" s="3">
-        <x:v>98.26</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:2">
       <x:c r="A910" s="2">
-        <x:v>44627</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B910" s="3">
-        <x:v>98.76</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:2">
       <x:c r="A911" s="2">
-        <x:v>44624</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B911" s="3">
-        <x:v>100.19</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:2">
       <x:c r="A912" s="2">
-        <x:v>44623</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B912" s="3">
-        <x:v>101.2</x:v>
+        <x:v>102.88</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:2">
       <x:c r="A913" s="2">
-        <x:v>44622</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B913" s="3">
-        <x:v>101.47</x:v>
+        <x:v>102.48</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:2">
       <x:c r="A914" s="2">
-        <x:v>44621</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B914" s="3">
-        <x:v>101.27</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:2">
       <x:c r="A915" s="2">
-        <x:v>44620</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B915" s="3">
-        <x:v>101.69</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:2">
       <x:c r="A916" s="2">
-        <x:v>44617</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B916" s="3">
-        <x:v>101.88</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:2">
       <x:c r="A917" s="2">
-        <x:v>44616</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B917" s="3">
-        <x:v>100.71</x:v>
+        <x:v>100.68</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:2">
       <x:c r="A918" s="2">
-        <x:v>44615</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B918" s="3">
-        <x:v>102</x:v>
+        <x:v>101.17</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:2">
       <x:c r="A919" s="2">
-        <x:v>44614</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B919" s="3">
-        <x:v>102.37</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:2">
       <x:c r="A920" s="2">
-        <x:v>44613</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B920" s="3">
-        <x:v>102.93</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:2">
       <x:c r="A921" s="2">
-        <x:v>44610</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B921" s="3">
-        <x:v>103.02</x:v>
+        <x:v>100.9</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:2">
       <x:c r="A922" s="2">
-        <x:v>44609</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B922" s="3">
-        <x:v>103.04</x:v>
+        <x:v>99.95</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:2">
       <x:c r="A923" s="2">
-        <x:v>44608</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B923" s="3">
-        <x:v>103.52</x:v>
+        <x:v>98.78</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:2">
       <x:c r="A924" s="2">
-        <x:v>44607</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B924" s="3">
-        <x:v>103.4</x:v>
+        <x:v>98.74</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:2">
       <x:c r="A925" s="2">
-        <x:v>44606</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B925" s="3">
-        <x:v>103.08</x:v>
+        <x:v>98.99</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:2">
       <x:c r="A926" s="2">
-        <x:v>44603</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B926" s="3">
-        <x:v>103.77</x:v>
+        <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:2">
       <x:c r="A927" s="2">
-        <x:v>44602</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B927" s="3">
-        <x:v>104.16</x:v>
+        <x:v>99.4</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:2">
       <x:c r="A928" s="2">
-        <x:v>44601</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B928" s="3">
-        <x:v>104.67</x:v>
+        <x:v>98.26</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:2">
       <x:c r="A929" s="2">
-        <x:v>44600</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B929" s="3">
-        <x:v>103.8</x:v>
+        <x:v>98.76</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:2">
       <x:c r="A930" s="2">
-        <x:v>44599</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B930" s="3">
-        <x:v>103.68</x:v>
+        <x:v>100.19</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:2">
       <x:c r="A931" s="2">
-        <x:v>44596</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B931" s="3">
-        <x:v>104.19</x:v>
+        <x:v>101.2</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:2">
       <x:c r="A932" s="2">
-        <x:v>44595</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B932" s="3">
-        <x:v>104.93</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:2">
       <x:c r="A933" s="2">
-        <x:v>44594</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B933" s="3">
-        <x:v>105.62</x:v>
+        <x:v>101.27</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:2">
       <x:c r="A934" s="2">
-        <x:v>44593</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B934" s="3">
-        <x:v>105.04</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:2">
       <x:c r="A935" s="2">
-        <x:v>44592</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B935" s="3">
-        <x:v>104.83</x:v>
+        <x:v>101.88</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:2">
       <x:c r="A936" s="2">
-        <x:v>44589</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B936" s="3">
-        <x:v>104.64</x:v>
+        <x:v>100.71</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:2">
       <x:c r="A937" s="2">
-        <x:v>44588</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B937" s="3">
-        <x:v>104.65</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:2">
       <x:c r="A938" s="2">
-        <x:v>44587</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B938" s="3">
-        <x:v>105.05</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:2">
       <x:c r="A939" s="2">
-        <x:v>44586</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B939" s="3">
-        <x:v>104.9</x:v>
+        <x:v>102.93</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:2">
       <x:c r="A940" s="2">
-        <x:v>44585</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B940" s="3">
-        <x:v>105.07</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:2">
       <x:c r="A941" s="2">
-        <x:v>44582</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B941" s="3">
-        <x:v>105.44</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:2">
       <x:c r="A942" s="2">
-        <x:v>44581</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B942" s="3">
-        <x:v>105.61</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:2">
       <x:c r="A943" s="2">
-        <x:v>44580</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B943" s="3">
-        <x:v>105.7</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:2">
       <x:c r="A944" s="2">
-        <x:v>44579</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B944" s="3">
-        <x:v>105.34</x:v>
+        <x:v>103.08</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:2">
       <x:c r="A945" s="2">
-        <x:v>44578</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B945" s="3">
-        <x:v>106.27</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:2">
       <x:c r="A946" s="2">
-        <x:v>44575</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B946" s="3">
-        <x:v>106.26</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:2">
       <x:c r="A947" s="2">
-        <x:v>44574</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B947" s="3">
-        <x:v>106.92</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:2">
       <x:c r="A948" s="2">
-        <x:v>44573</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B948" s="3">
-        <x:v>107.07</x:v>
+        <x:v>103.8</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:2">
       <x:c r="A949" s="2">
-        <x:v>44572</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B949" s="3">
-        <x:v>106.94</x:v>
+        <x:v>103.68</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:2">
       <x:c r="A950" s="2">
-        <x:v>44571</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="B950" s="3">
-        <x:v>106.95</x:v>
+        <x:v>104.19</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:2">
       <x:c r="A951" s="2">
-        <x:v>44568</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B951" s="3">
-        <x:v>107.53</x:v>
+        <x:v>104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:2">
       <x:c r="A952" s="2">
-        <x:v>44567</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B952" s="3">
-        <x:v>107.87</x:v>
+        <x:v>105.62</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:2">
       <x:c r="A953" s="2">
-        <x:v>44566</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B953" s="3">
-        <x:v>108.97</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:2">
       <x:c r="A954" s="2">
-        <x:v>44565</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B954" s="3">
-        <x:v>109.18</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:2">
       <x:c r="A955" s="2">
-        <x:v>44564</x:v>
+        <x:v>44589</x:v>
       </x:c>
       <x:c r="B955" s="3">
-        <x:v>109.14</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:2">
       <x:c r="A956" s="2">
-        <x:v>44561</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="B956" s="3">
-        <x:v>109.09</x:v>
+        <x:v>104.65</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:2">
       <x:c r="A957" s="2">
-        <x:v>44560</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="B957" s="3">
-        <x:v>109.07</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:2">
       <x:c r="A958" s="2">
-        <x:v>44559</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="B958" s="3">
-        <x:v>108.95</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:2">
       <x:c r="A959" s="2">
-        <x:v>44558</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="B959" s="3">
-        <x:v>108.83</x:v>
+        <x:v>105.07</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:2">
       <x:c r="A960" s="2">
-        <x:v>44557</x:v>
+        <x:v>44582</x:v>
       </x:c>
       <x:c r="B960" s="3">
-        <x:v>108.64</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:2">
       <x:c r="A961" s="2">
-        <x:v>44554</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="B961" s="3">
-        <x:v>108.34</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:2">
       <x:c r="A962" s="2">
-        <x:v>44553</x:v>
+        <x:v>44580</x:v>
       </x:c>
       <x:c r="B962" s="3">
-        <x:v>108.39</x:v>
+        <x:v>105.7</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:2">
       <x:c r="A963" s="2">
-        <x:v>44552</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="B963" s="3">
-        <x:v>108.15</x:v>
+        <x:v>105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:2">
       <x:c r="A964" s="2">
-        <x:v>44551</x:v>
+        <x:v>44578</x:v>
       </x:c>
       <x:c r="B964" s="3">
-        <x:v>107.88</x:v>
+        <x:v>106.27</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:2">
       <x:c r="A965" s="2">
-        <x:v>44550</x:v>
+        <x:v>44575</x:v>
       </x:c>
       <x:c r="B965" s="3">
-        <x:v>107.46</x:v>
+        <x:v>106.26</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:2">
       <x:c r="A966" s="2">
-        <x:v>44547</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="B966" s="3">
-        <x:v>107.92</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:2">
       <x:c r="A967" s="2">
-        <x:v>44546</x:v>
+        <x:v>44573</x:v>
       </x:c>
       <x:c r="B967" s="3">
-        <x:v>108.03</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:2">
       <x:c r="A968" s="2">
-        <x:v>44545</x:v>
+        <x:v>44572</x:v>
       </x:c>
       <x:c r="B968" s="3">
-        <x:v>107.79</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:2">
       <x:c r="A969" s="2">
-        <x:v>44544</x:v>
+        <x:v>44571</x:v>
       </x:c>
       <x:c r="B969" s="3">
-        <x:v>107.83</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:2">
       <x:c r="A970" s="2">
-        <x:v>44543</x:v>
+        <x:v>44568</x:v>
       </x:c>
       <x:c r="B970" s="3">
-        <x:v>108.67</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:2">
       <x:c r="A971" s="2">
-        <x:v>44540</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="B971" s="3">
-        <x:v>108.84</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:2">
       <x:c r="A972" s="2">
-        <x:v>44539</x:v>
+        <x:v>44566</x:v>
       </x:c>
       <x:c r="B972" s="3">
-        <x:v>108.86</x:v>
+        <x:v>108.97</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:2">
       <x:c r="A973" s="2">
-        <x:v>44538</x:v>
+        <x:v>44565</x:v>
       </x:c>
       <x:c r="B973" s="3">
-        <x:v>108.86</x:v>
+        <x:v>109.18</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:2">
       <x:c r="A974" s="2">
-        <x:v>44537</x:v>
+        <x:v>44564</x:v>
       </x:c>
       <x:c r="B974" s="3">
-        <x:v>108.78</x:v>
+        <x:v>109.14</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:2">
       <x:c r="A975" s="2">
-        <x:v>44536</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B975" s="3">
-        <x:v>107.74</x:v>
+        <x:v>109.09</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:2">
       <x:c r="A976" s="2">
-        <x:v>44533</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="B976" s="3">
-        <x:v>107.3</x:v>
+        <x:v>109.07</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:2">
       <x:c r="A977" s="2">
-        <x:v>44532</x:v>
+        <x:v>44559</x:v>
       </x:c>
       <x:c r="B977" s="3">
-        <x:v>107.24</x:v>
+        <x:v>108.95</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:2">
       <x:c r="A978" s="2">
-        <x:v>44531</x:v>
+        <x:v>44558</x:v>
       </x:c>
       <x:c r="B978" s="3">
-        <x:v>106.94</x:v>
+        <x:v>108.83</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:2">
       <x:c r="A979" s="2">
-        <x:v>44530</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="B979" s="3">
-        <x:v>106.73</x:v>
+        <x:v>108.64</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:2">
       <x:c r="A980" s="2">
-        <x:v>44529</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="B980" s="3">
-        <x:v>106.91</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:2">
       <x:c r="A981" s="2">
-        <x:v>44526</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="B981" s="3">
-        <x:v>107.07</x:v>
+        <x:v>108.39</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:2">
       <x:c r="A982" s="2">
-        <x:v>44525</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="B982" s="3">
-        <x:v>108.79</x:v>
+        <x:v>108.15</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:2">
       <x:c r="A983" s="2">
-        <x:v>44524</x:v>
+        <x:v>44551</x:v>
       </x:c>
       <x:c r="B983" s="3">
-        <x:v>108.77</x:v>
+        <x:v>107.88</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:2">
       <x:c r="A984" s="2">
-        <x:v>44523</x:v>
+        <x:v>44550</x:v>
       </x:c>
       <x:c r="B984" s="3">
-        <x:v>108.76</x:v>
+        <x:v>107.46</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:2">
       <x:c r="A985" s="2">
-        <x:v>44522</x:v>
+        <x:v>44547</x:v>
       </x:c>
       <x:c r="B985" s="3">
-        <x:v>109.38</x:v>
+        <x:v>107.92</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:2">
       <x:c r="A986" s="2">
-        <x:v>44519</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="B986" s="3">
-        <x:v>109.59</x:v>
+        <x:v>108.03</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:2">
       <x:c r="A987" s="2">
-        <x:v>44518</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B987" s="3">
-        <x:v>109.83</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:2">
       <x:c r="A988" s="2">
-        <x:v>44517</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="B988" s="3">
-        <x:v>109.86</x:v>
+        <x:v>107.83</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:2">
       <x:c r="A989" s="2">
-        <x:v>44516</x:v>
+        <x:v>44543</x:v>
       </x:c>
       <x:c r="B989" s="3">
-        <x:v>109.93</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:2">
       <x:c r="A990" s="2">
-        <x:v>44515</x:v>
+        <x:v>44540</x:v>
       </x:c>
       <x:c r="B990" s="3">
-        <x:v>110.16</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:2">
       <x:c r="A991" s="2">
-        <x:v>44512</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="B991" s="3">
-        <x:v>109.96</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:2">
       <x:c r="A992" s="2">
-        <x:v>44511</x:v>
+        <x:v>44538</x:v>
       </x:c>
       <x:c r="B992" s="3">
-        <x:v>109.34</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:2">
       <x:c r="A993" s="2">
-        <x:v>44510</x:v>
+        <x:v>44537</x:v>
       </x:c>
       <x:c r="B993" s="3">
-        <x:v>109.25</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:2">
       <x:c r="A994" s="2">
-        <x:v>44509</x:v>
+        <x:v>44536</x:v>
       </x:c>
       <x:c r="B994" s="3">
-        <x:v>109.08</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:2">
       <x:c r="A995" s="2">
-        <x:v>44508</x:v>
+        <x:v>44533</x:v>
       </x:c>
       <x:c r="B995" s="3">
-        <x:v>109.4</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:2">
       <x:c r="A996" s="2">
-        <x:v>44505</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="B996" s="3">
-        <x:v>109.47</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:2">
       <x:c r="A997" s="2">
-        <x:v>44504</x:v>
+        <x:v>44531</x:v>
       </x:c>
       <x:c r="B997" s="3">
-        <x:v>109.32</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:2">
       <x:c r="A998" s="2">
-        <x:v>44503</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B998" s="3">
-        <x:v>109.37</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:2">
       <x:c r="A999" s="2">
-        <x:v>44502</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="B999" s="3">
-        <x:v>109.27</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:2">
       <x:c r="A1000" s="2">
-        <x:v>44498</x:v>
+        <x:v>44526</x:v>
       </x:c>
       <x:c r="B1000" s="3">
-        <x:v>109.36</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:2">
       <x:c r="A1001" s="2">
-        <x:v>44497</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="B1001" s="3">
-        <x:v>109.77</x:v>
+        <x:v>108.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:2">
       <x:c r="A1002" s="2">
-        <x:v>44496</x:v>
+        <x:v>44524</x:v>
       </x:c>
       <x:c r="B1002" s="3">
-        <x:v>109.75</x:v>
+        <x:v>108.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:2">
       <x:c r="A1003" s="2">
-        <x:v>44495</x:v>
+        <x:v>44523</x:v>
       </x:c>
       <x:c r="B1003" s="3">
-        <x:v>109.65</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:2">
       <x:c r="A1004" s="2">
-        <x:v>44494</x:v>
+        <x:v>44522</x:v>
       </x:c>
       <x:c r="B1004" s="3">
-        <x:v>109.42</x:v>
+        <x:v>109.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:2">
       <x:c r="A1005" s="2">
-        <x:v>44491</x:v>
+        <x:v>44519</x:v>
       </x:c>
       <x:c r="B1005" s="3">
-        <x:v>109.42</x:v>
+        <x:v>109.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:2">
       <x:c r="A1006" s="2">
-        <x:v>44490</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="B1006" s="3">
-        <x:v>109.4</x:v>
+        <x:v>109.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:2">
       <x:c r="A1007" s="2">
-        <x:v>44489</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="B1007" s="3">
-        <x:v>109.67</x:v>
+        <x:v>109.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:2">
       <x:c r="A1008" s="2">
-        <x:v>44488</x:v>
+        <x:v>44516</x:v>
       </x:c>
       <x:c r="B1008" s="3">
-        <x:v>109.4</x:v>
+        <x:v>109.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:2">
       <x:c r="A1009" s="2">
-        <x:v>44487</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B1009" s="3">
-        <x:v>109.25</x:v>
+        <x:v>110.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:2">
       <x:c r="A1010" s="2">
-        <x:v>44484</x:v>
+        <x:v>44512</x:v>
       </x:c>
       <x:c r="B1010" s="3">
-        <x:v>109.25</x:v>
+        <x:v>109.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:2">
       <x:c r="A1011" s="2">
-        <x:v>44483</x:v>
+        <x:v>44511</x:v>
       </x:c>
       <x:c r="B1011" s="3">
-        <x:v>108.84</x:v>
+        <x:v>109.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:2">
       <x:c r="A1012" s="2">
-        <x:v>44482</x:v>
+        <x:v>44510</x:v>
       </x:c>
       <x:c r="B1012" s="3">
-        <x:v>108.25</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:2">
       <x:c r="A1013" s="2">
-        <x:v>44481</x:v>
+        <x:v>44509</x:v>
       </x:c>
       <x:c r="B1013" s="3">
-        <x:v>107.9</x:v>
+        <x:v>109.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:2">
       <x:c r="A1014" s="2">
-        <x:v>44480</x:v>
+        <x:v>44508</x:v>
       </x:c>
       <x:c r="B1014" s="3">
-        <x:v>108.17</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:2">
       <x:c r="A1015" s="2">
-        <x:v>44477</x:v>
+        <x:v>44505</x:v>
       </x:c>
       <x:c r="B1015" s="3">
-        <x:v>108.29</x:v>
+        <x:v>109.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:2">
       <x:c r="A1016" s="2">
-        <x:v>44476</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="B1016" s="3">
-        <x:v>108.52</x:v>
+        <x:v>109.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:2">
       <x:c r="A1017" s="2">
-        <x:v>44475</x:v>
+        <x:v>44503</x:v>
       </x:c>
       <x:c r="B1017" s="3">
-        <x:v>108.13</x:v>
+        <x:v>109.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:2">
       <x:c r="A1018" s="2">
-        <x:v>44474</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="B1018" s="3">
-        <x:v>108.52</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:2">
       <x:c r="A1019" s="2">
-        <x:v>44473</x:v>
+        <x:v>44498</x:v>
       </x:c>
       <x:c r="B1019" s="3">
-        <x:v>108.58</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:2">
       <x:c r="A1020" s="2">
-        <x:v>44470</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="B1020" s="3">
-        <x:v>108.68</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:2">
       <x:c r="A1021" s="2">
-        <x:v>44469</x:v>
+        <x:v>44496</x:v>
       </x:c>
       <x:c r="B1021" s="3">
-        <x:v>108.82</x:v>
+        <x:v>109.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:2">
       <x:c r="A1022" s="2">
-        <x:v>44468</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="B1022" s="3">
-        <x:v>109.03</x:v>
+        <x:v>109.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:2">
       <x:c r="A1023" s="2">
-        <x:v>44467</x:v>
+        <x:v>44494</x:v>
       </x:c>
       <x:c r="B1023" s="3">
-        <x:v>108.86</x:v>
+        <x:v>109.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:2">
       <x:c r="A1024" s="2">
-        <x:v>44466</x:v>
+        <x:v>44491</x:v>
       </x:c>
       <x:c r="B1024" s="3">
-        <x:v>109.55</x:v>
+        <x:v>109.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:2">
       <x:c r="A1025" s="2">
-        <x:v>44463</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="B1025" s="3">
-        <x:v>109.77</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:2">
       <x:c r="A1026" s="2">
-        <x:v>44462</x:v>
+        <x:v>44489</x:v>
       </x:c>
       <x:c r="B1026" s="3">
-        <x:v>110.27</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:2">
       <x:c r="A1027" s="2">
-        <x:v>44461</x:v>
+        <x:v>44488</x:v>
       </x:c>
       <x:c r="B1027" s="3">
-        <x:v>110.06</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:2">
       <x:c r="A1028" s="2">
-        <x:v>44460</x:v>
+        <x:v>44487</x:v>
       </x:c>
       <x:c r="B1028" s="3">
-        <x:v>109.79</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:2">
       <x:c r="A1029" s="2">
-        <x:v>44459</x:v>
+        <x:v>44484</x:v>
       </x:c>
       <x:c r="B1029" s="3">
-        <x:v>109.6</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:2">
       <x:c r="A1030" s="2">
-        <x:v>44456</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="B1030" s="3">
-        <x:v>110.4</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:2">
       <x:c r="A1031" s="2">
-        <x:v>44455</x:v>
+        <x:v>44482</x:v>
       </x:c>
       <x:c r="B1031" s="3">
-        <x:v>110.93</x:v>
+        <x:v>108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:2">
       <x:c r="A1032" s="2">
-        <x:v>44454</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="B1032" s="3">
-        <x:v>111.03</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:2">
       <x:c r="A1033" s="2">
-        <x:v>44453</x:v>
+        <x:v>44480</x:v>
       </x:c>
       <x:c r="B1033" s="3">
-        <x:v>111.15</x:v>
+        <x:v>108.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:2">
       <x:c r="A1034" s="2">
-        <x:v>44452</x:v>
+        <x:v>44477</x:v>
       </x:c>
       <x:c r="B1034" s="3">
-        <x:v>111.19</x:v>
+        <x:v>108.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:2">
       <x:c r="A1035" s="2">
-        <x:v>44449</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="B1035" s="3">
-        <x:v>111.08</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:2">
       <x:c r="A1036" s="2">
-        <x:v>44448</x:v>
+        <x:v>44475</x:v>
       </x:c>
       <x:c r="B1036" s="3">
-        <x:v>111.26</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:2">
       <x:c r="A1037" s="2">
-        <x:v>44447</x:v>
+        <x:v>44474</x:v>
       </x:c>
       <x:c r="B1037" s="3">
-        <x:v>111.43</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:2">
       <x:c r="A1038" s="2">
-        <x:v>44446</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="B1038" s="3">
-        <x:v>111.65</x:v>
+        <x:v>108.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:2">
       <x:c r="A1039" s="2">
-        <x:v>44445</x:v>
+        <x:v>44470</x:v>
       </x:c>
       <x:c r="B1039" s="3">
-        <x:v>111.96</x:v>
+        <x:v>108.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:2">
       <x:c r="A1040" s="2">
-        <x:v>44442</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B1040" s="3">
-        <x:v>111.8</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:2">
       <x:c r="A1041" s="2">
-        <x:v>44441</x:v>
+        <x:v>44468</x:v>
       </x:c>
       <x:c r="B1041" s="3">
-        <x:v>111.94</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:2">
       <x:c r="A1042" s="2">
-        <x:v>44440</x:v>
+        <x:v>44467</x:v>
       </x:c>
       <x:c r="B1042" s="3">
-        <x:v>111.78</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:2">
       <x:c r="A1043" s="2">
-        <x:v>44439</x:v>
+        <x:v>44466</x:v>
       </x:c>
       <x:c r="B1043" s="3">
-        <x:v>111.61</x:v>
+        <x:v>109.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:2">
       <x:c r="A1044" s="2">
-        <x:v>44438</x:v>
+        <x:v>44463</x:v>
       </x:c>
       <x:c r="B1044" s="3">
-        <x:v>111.43</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:2">
       <x:c r="A1045" s="2">
-        <x:v>44435</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="B1045" s="3">
-        <x:v>111.26</x:v>
+        <x:v>110.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:2">
       <x:c r="A1046" s="2">
-        <x:v>44434</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="B1046" s="3">
-        <x:v>110.99</x:v>
+        <x:v>110.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:2">
       <x:c r="A1047" s="2">
-        <x:v>44433</x:v>
+        <x:v>44460</x:v>
       </x:c>
       <x:c r="B1047" s="3">
-        <x:v>111.12</x:v>
+        <x:v>109.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:2">
       <x:c r="A1048" s="2">
-        <x:v>44432</x:v>
+        <x:v>44459</x:v>
       </x:c>
       <x:c r="B1048" s="3">
-        <x:v>111.02</x:v>
+        <x:v>109.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:2">
       <x:c r="A1049" s="2">
-        <x:v>44431</x:v>
+        <x:v>44456</x:v>
       </x:c>
       <x:c r="B1049" s="3">
-        <x:v>110.84</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:2">
       <x:c r="A1050" s="2">
-        <x:v>44428</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="B1050" s="3">
-        <x:v>110.8</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:2">
       <x:c r="A1051" s="2">
-        <x:v>44427</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B1051" s="3">
-        <x:v>110.69</x:v>
+        <x:v>111.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:2">
       <x:c r="A1052" s="2">
-        <x:v>44426</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="B1052" s="3">
-        <x:v>111.07</x:v>
+        <x:v>111.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:2">
       <x:c r="A1053" s="2">
-        <x:v>44425</x:v>
+        <x:v>44452</x:v>
       </x:c>
       <x:c r="B1053" s="3">
-        <x:v>111.02</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:2">
       <x:c r="A1054" s="2">
-        <x:v>44424</x:v>
+        <x:v>44449</x:v>
       </x:c>
       <x:c r="B1054" s="3">
-        <x:v>111.13</x:v>
+        <x:v>111.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:2">
       <x:c r="A1055" s="2">
-        <x:v>44421</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="B1055" s="3">
-        <x:v>111.2</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:2">
       <x:c r="A1056" s="2">
-        <x:v>44420</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="B1056" s="3">
-        <x:v>110.99</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:2">
       <x:c r="A1057" s="2">
-        <x:v>44419</x:v>
+        <x:v>44446</x:v>
       </x:c>
       <x:c r="B1057" s="3">
-        <x:v>110.87</x:v>
+        <x:v>111.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:2">
       <x:c r="A1058" s="2">
-        <x:v>44418</x:v>
+        <x:v>44445</x:v>
       </x:c>
       <x:c r="B1058" s="3">
-        <x:v>110.77</x:v>
+        <x:v>111.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:2">
       <x:c r="A1059" s="2">
-        <x:v>44417</x:v>
+        <x:v>44442</x:v>
       </x:c>
       <x:c r="B1059" s="3">
-        <x:v>110.88</x:v>
+        <x:v>111.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:2">
       <x:c r="A1060" s="2">
-        <x:v>44414</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="B1060" s="3">
-        <x:v>110.97</x:v>
+        <x:v>111.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:2">
       <x:c r="A1061" s="2">
-        <x:v>44413</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="B1061" s="3">
-        <x:v>111.01</x:v>
+        <x:v>111.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:2">
       <x:c r="A1062" s="2">
-        <x:v>44412</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B1062" s="3">
-        <x:v>110.9</x:v>
+        <x:v>111.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:2">
       <x:c r="A1063" s="2">
-        <x:v>44411</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="B1063" s="3">
-        <x:v>110.76</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:2">
       <x:c r="A1064" s="2">
-        <x:v>44410</x:v>
+        <x:v>44435</x:v>
       </x:c>
       <x:c r="B1064" s="3">
-        <x:v>110.68</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:2">
       <x:c r="A1065" s="2">
-        <x:v>44407</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="B1065" s="3">
-        <x:v>110.48</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:2">
       <x:c r="A1066" s="2">
-        <x:v>44406</x:v>
+        <x:v>44433</x:v>
       </x:c>
       <x:c r="B1066" s="3">
-        <x:v>110.57</x:v>
+        <x:v>111.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:2">
       <x:c r="A1067" s="2">
-        <x:v>44405</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="B1067" s="3">
-        <x:v>110.39</x:v>
+        <x:v>111.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:2">
       <x:c r="A1068" s="2">
-        <x:v>44404</x:v>
+        <x:v>44431</x:v>
       </x:c>
       <x:c r="B1068" s="3">
-        <x:v>110.37</x:v>
+        <x:v>110.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:2">
       <x:c r="A1069" s="2">
-        <x:v>44403</x:v>
+        <x:v>44428</x:v>
       </x:c>
       <x:c r="B1069" s="3">
-        <x:v>110.36</x:v>
+        <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:2">
       <x:c r="A1070" s="2">
-        <x:v>44400</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="B1070" s="3">
-        <x:v>110.33</x:v>
+        <x:v>110.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:2">
       <x:c r="A1071" s="2">
-        <x:v>44399</x:v>
+        <x:v>44426</x:v>
       </x:c>
       <x:c r="B1071" s="3">
-        <x:v>110.13</x:v>
+        <x:v>111.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:2">
       <x:c r="A1072" s="2">
-        <x:v>44398</x:v>
+        <x:v>44425</x:v>
       </x:c>
       <x:c r="B1072" s="3">
-        <x:v>110.13</x:v>
+        <x:v>111.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:2">
       <x:c r="A1073" s="2">
-        <x:v>44397</x:v>
+        <x:v>44424</x:v>
       </x:c>
       <x:c r="B1073" s="3">
-        <x:v>109.89</x:v>
+        <x:v>111.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:2">
       <x:c r="A1074" s="2">
-        <x:v>44396</x:v>
+        <x:v>44421</x:v>
       </x:c>
       <x:c r="B1074" s="3">
-        <x:v>109.63</x:v>
+        <x:v>111.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:2">
       <x:c r="A1075" s="2">
-        <x:v>44393</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="B1075" s="3">
-        <x:v>110.34</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:2">
       <x:c r="A1076" s="2">
-        <x:v>44392</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="B1076" s="3">
-        <x:v>110.36</x:v>
+        <x:v>110.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:2">
       <x:c r="A1077" s="2">
-        <x:v>44391</x:v>
+        <x:v>44418</x:v>
       </x:c>
       <x:c r="B1077" s="3">
-        <x:v>110.44</x:v>
+        <x:v>110.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:2">
       <x:c r="A1078" s="2">
-        <x:v>44390</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="B1078" s="3">
-        <x:v>110.28</x:v>
+        <x:v>110.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:2">
       <x:c r="A1079" s="2">
-        <x:v>44389</x:v>
+        <x:v>44414</x:v>
       </x:c>
       <x:c r="B1079" s="3">
-        <x:v>110.61</x:v>
+        <x:v>110.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:2">
       <x:c r="A1080" s="2">
-        <x:v>44386</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="B1080" s="3">
-        <x:v>110.42</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:2">
       <x:c r="A1081" s="2">
-        <x:v>44385</x:v>
+        <x:v>44412</x:v>
       </x:c>
       <x:c r="B1081" s="3">
-        <x:v>109.89</x:v>
+        <x:v>110.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:2">
       <x:c r="A1082" s="2">
-        <x:v>44384</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="B1082" s="3">
-        <x:v>110.34</x:v>
+        <x:v>110.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:2">
       <x:c r="A1083" s="2">
-        <x:v>44383</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="B1083" s="3">
-        <x:v>110.14</x:v>
+        <x:v>110.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:2">
       <x:c r="A1084" s="2">
-        <x:v>44382</x:v>
+        <x:v>44407</x:v>
       </x:c>
       <x:c r="B1084" s="3">
-        <x:v>110.21</x:v>
+        <x:v>110.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:2">
       <x:c r="A1085" s="2">
-        <x:v>44379</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="B1085" s="3">
-        <x:v>110.12</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:2">
       <x:c r="A1086" s="2">
-        <x:v>44378</x:v>
+        <x:v>44405</x:v>
       </x:c>
       <x:c r="B1086" s="3">
-        <x:v>109.98</x:v>
+        <x:v>110.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:2">
       <x:c r="A1087" s="2">
-        <x:v>44377</x:v>
+        <x:v>44404</x:v>
       </x:c>
       <x:c r="B1087" s="3">
-        <x:v>109.93</x:v>
+        <x:v>110.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:2">
       <x:c r="A1088" s="2">
-        <x:v>44376</x:v>
+        <x:v>44403</x:v>
       </x:c>
       <x:c r="B1088" s="3">
-        <x:v>110.21</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:2">
       <x:c r="A1089" s="2">
-        <x:v>44375</x:v>
+        <x:v>44400</x:v>
       </x:c>
       <x:c r="B1089" s="3">
-        <x:v>110.28</x:v>
+        <x:v>110.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:2">
       <x:c r="A1090" s="2">
-        <x:v>44372</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="B1090" s="3">
-        <x:v>110.4</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:2">
       <x:c r="A1091" s="2">
-        <x:v>44371</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="B1091" s="3">
-        <x:v>110.02</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:2">
       <x:c r="A1092" s="2">
-        <x:v>44369</x:v>
+        <x:v>44397</x:v>
       </x:c>
       <x:c r="B1092" s="3">
-        <x:v>110.2</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:2">
       <x:c r="A1093" s="2">
-        <x:v>44368</x:v>
+        <x:v>44396</x:v>
       </x:c>
       <x:c r="B1093" s="3">
-        <x:v>110.17</x:v>
+        <x:v>109.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:2">
       <x:c r="A1094" s="2">
-        <x:v>44365</x:v>
+        <x:v>44393</x:v>
       </x:c>
       <x:c r="B1094" s="3">
-        <x:v>110.04</x:v>
+        <x:v>110.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:2">
       <x:c r="A1095" s="2">
-        <x:v>44364</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B1095" s="3">
-        <x:v>110.42</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:2">
       <x:c r="A1096" s="2">
-        <x:v>44363</x:v>
+        <x:v>44391</x:v>
       </x:c>
       <x:c r="B1096" s="3">
-        <x:v>110.57</x:v>
+        <x:v>110.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:2">
       <x:c r="A1097" s="2">
-        <x:v>44362</x:v>
+        <x:v>44390</x:v>
       </x:c>
       <x:c r="B1097" s="3">
-        <x:v>110.81</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:2">
       <x:c r="A1098" s="2">
-        <x:v>44361</x:v>
+        <x:v>44389</x:v>
       </x:c>
       <x:c r="B1098" s="3">
-        <x:v>111.1</x:v>
+        <x:v>110.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:2">
       <x:c r="A1099" s="2">
-        <x:v>44358</x:v>
+        <x:v>44386</x:v>
       </x:c>
       <x:c r="B1099" s="3">
-        <x:v>111.1</x:v>
+        <x:v>110.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:2">
       <x:c r="A1100" s="2">
-        <x:v>44357</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="B1100" s="3">
-        <x:v>110.91</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:2">
       <x:c r="A1101" s="2">
-        <x:v>44356</x:v>
+        <x:v>44384</x:v>
       </x:c>
       <x:c r="B1101" s="3">
-        <x:v>110.8</x:v>
+        <x:v>110.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:2">
       <x:c r="A1102" s="2">
-        <x:v>44355</x:v>
+        <x:v>44383</x:v>
       </x:c>
       <x:c r="B1102" s="3">
-        <x:v>110.63</x:v>
+        <x:v>110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:2">
       <x:c r="A1103" s="2">
-        <x:v>44354</x:v>
+        <x:v>44382</x:v>
       </x:c>
       <x:c r="B1103" s="3">
-        <x:v>110.39</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:2">
       <x:c r="A1104" s="2">
-        <x:v>44351</x:v>
+        <x:v>44379</x:v>
       </x:c>
       <x:c r="B1104" s="3">
-        <x:v>110.14</x:v>
+        <x:v>110.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:2">
       <x:c r="A1105" s="2">
-        <x:v>44350</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="B1105" s="3">
-        <x:v>109.99</x:v>
+        <x:v>109.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:2">
       <x:c r="A1106" s="2">
-        <x:v>44349</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B1106" s="3">
-        <x:v>110.09</x:v>
+        <x:v>109.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:2">
       <x:c r="A1107" s="2">
-        <x:v>44348</x:v>
+        <x:v>44376</x:v>
       </x:c>
       <x:c r="B1107" s="3">
-        <x:v>109.7</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:2">
       <x:c r="A1108" s="2">
-        <x:v>44347</x:v>
+        <x:v>44375</x:v>
       </x:c>
       <x:c r="B1108" s="3">
-        <x:v>109.24</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:2">
       <x:c r="A1109" s="2">
-        <x:v>44344</x:v>
+        <x:v>44372</x:v>
       </x:c>
       <x:c r="B1109" s="3">
-        <x:v>109.4</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:2">
       <x:c r="A1110" s="2">
-        <x:v>44343</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="B1110" s="3">
-        <x:v>109.11</x:v>
+        <x:v>110.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:2">
       <x:c r="A1111" s="2">
-        <x:v>44342</x:v>
+        <x:v>44369</x:v>
       </x:c>
       <x:c r="B1111" s="3">
-        <x:v>109.03</x:v>
+        <x:v>110.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:2">
       <x:c r="A1112" s="2">
-        <x:v>44341</x:v>
+        <x:v>44368</x:v>
       </x:c>
       <x:c r="B1112" s="3">
-        <x:v>108.94</x:v>
+        <x:v>110.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:2">
       <x:c r="A1113" s="2">
-        <x:v>44337</x:v>
+        <x:v>44365</x:v>
       </x:c>
       <x:c r="B1113" s="3">
-        <x:v>108.57</x:v>
+        <x:v>110.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:2">
       <x:c r="A1114" s="2">
-        <x:v>44336</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="B1114" s="3">
-        <x:v>108.46</x:v>
+        <x:v>110.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:2">
       <x:c r="A1115" s="2">
-        <x:v>44335</x:v>
+        <x:v>44363</x:v>
       </x:c>
       <x:c r="B1115" s="3">
-        <x:v>108.1</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:2">
       <x:c r="A1116" s="2">
-        <x:v>44334</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B1116" s="3">
-        <x:v>108.64</x:v>
+        <x:v>110.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:2">
       <x:c r="A1117" s="2">
-        <x:v>44333</x:v>
+        <x:v>44361</x:v>
       </x:c>
       <x:c r="B1117" s="3">
-        <x:v>108.48</x:v>
+        <x:v>111.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:2">
       <x:c r="A1118" s="2">
-        <x:v>44330</x:v>
+        <x:v>44358</x:v>
       </x:c>
       <x:c r="B1118" s="3">
-        <x:v>108.35</x:v>
+        <x:v>111.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:2">
       <x:c r="A1119" s="2">
-        <x:v>44328</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="B1119" s="3">
-        <x:v>107.98</x:v>
+        <x:v>110.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:2">
       <x:c r="A1120" s="2">
-        <x:v>44327</x:v>
+        <x:v>44356</x:v>
       </x:c>
       <x:c r="B1120" s="3">
-        <x:v>108.43</x:v>
+        <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:2">
       <x:c r="A1121" s="2">
-        <x:v>44326</x:v>
+        <x:v>44355</x:v>
       </x:c>
       <x:c r="B1121" s="3">
-        <x:v>108.96</x:v>
+        <x:v>110.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:2">
       <x:c r="A1122" s="2">
-        <x:v>44323</x:v>
+        <x:v>44354</x:v>
       </x:c>
       <x:c r="B1122" s="3">
-        <x:v>108.89</x:v>
+        <x:v>110.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:2">
       <x:c r="A1123" s="2">
-        <x:v>44322</x:v>
+        <x:v>44351</x:v>
       </x:c>
       <x:c r="B1123" s="3">
-        <x:v>108.5</x:v>
+        <x:v>110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:2">
       <x:c r="A1124" s="2">
-        <x:v>44321</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="B1124" s="3">
-        <x:v>108.21</x:v>
+        <x:v>109.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:2">
       <x:c r="A1125" s="2">
-        <x:v>44320</x:v>
+        <x:v>44349</x:v>
       </x:c>
       <x:c r="B1125" s="3">
-        <x:v>108.11</x:v>
+        <x:v>110.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:2">
       <x:c r="A1126" s="2">
-        <x:v>44319</x:v>
+        <x:v>44348</x:v>
       </x:c>
       <x:c r="B1126" s="3">
-        <x:v>108.31</x:v>
+        <x:v>109.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:2">
       <x:c r="A1127" s="2">
-        <x:v>44316</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B1127" s="3">
-        <x:v>108.24</x:v>
+        <x:v>109.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:2">
       <x:c r="A1128" s="2">
-        <x:v>44315</x:v>
+        <x:v>44344</x:v>
       </x:c>
       <x:c r="B1128" s="3">
-        <x:v>108.26</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:2">
       <x:c r="A1129" s="2">
-        <x:v>44314</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="B1129" s="3">
-        <x:v>108.21</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:2">
       <x:c r="A1130" s="2">
-        <x:v>44313</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="B1130" s="3">
-        <x:v>108.35</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:2">
       <x:c r="A1131" s="2">
-        <x:v>44312</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="B1131" s="3">
-        <x:v>108.49</x:v>
+        <x:v>108.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:2">
       <x:c r="A1132" s="2">
-        <x:v>44309</x:v>
+        <x:v>44337</x:v>
       </x:c>
       <x:c r="B1132" s="3">
-        <x:v>108.51</x:v>
+        <x:v>108.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:2">
       <x:c r="A1133" s="2">
-        <x:v>44308</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="B1133" s="3">
-        <x:v>108.44</x:v>
+        <x:v>108.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:2">
       <x:c r="A1134" s="2">
-        <x:v>44307</x:v>
+        <x:v>44335</x:v>
       </x:c>
       <x:c r="B1134" s="3">
-        <x:v>108.34</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:2">
       <x:c r="A1135" s="2">
-        <x:v>44306</x:v>
+        <x:v>44334</x:v>
       </x:c>
       <x:c r="B1135" s="3">
-        <x:v>108.41</x:v>
+        <x:v>108.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:2">
       <x:c r="A1136" s="2">
-        <x:v>44305</x:v>
+        <x:v>44333</x:v>
       </x:c>
       <x:c r="B1136" s="3">
-        <x:v>108.81</x:v>
+        <x:v>108.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:2">
       <x:c r="A1137" s="2">
-        <x:v>44302</x:v>
+        <x:v>44330</x:v>
       </x:c>
       <x:c r="B1137" s="3">
-        <x:v>108.78</x:v>
+        <x:v>108.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:2">
       <x:c r="A1138" s="2">
-        <x:v>44301</x:v>
+        <x:v>44328</x:v>
       </x:c>
       <x:c r="B1138" s="3">
-        <x:v>108.52</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:2">
       <x:c r="A1139" s="2">
-        <x:v>44300</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="B1139" s="3">
-        <x:v>108.06</x:v>
+        <x:v>108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:2">
       <x:c r="A1140" s="2">
-        <x:v>44299</x:v>
+        <x:v>44326</x:v>
       </x:c>
       <x:c r="B1140" s="3">
-        <x:v>107.98</x:v>
+        <x:v>108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:2">
       <x:c r="A1141" s="2">
-        <x:v>44298</x:v>
+        <x:v>44323</x:v>
       </x:c>
       <x:c r="B1141" s="3">
-        <x:v>107.95</x:v>
+        <x:v>108.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:2">
       <x:c r="A1142" s="2">
-        <x:v>44295</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="B1142" s="3">
-        <x:v>107.8</x:v>
+        <x:v>108.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:2">
       <x:c r="A1143" s="2">
-        <x:v>44294</x:v>
+        <x:v>44321</x:v>
       </x:c>
       <x:c r="B1143" s="3">
-        <x:v>107.87</x:v>
+        <x:v>108.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:2">
       <x:c r="A1144" s="2">
-        <x:v>44293</x:v>
+        <x:v>44320</x:v>
       </x:c>
       <x:c r="B1144" s="3">
-        <x:v>107.75</x:v>
+        <x:v>108.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:2">
       <x:c r="A1145" s="2">
-        <x:v>44292</x:v>
+        <x:v>44319</x:v>
       </x:c>
       <x:c r="B1145" s="3">
-        <x:v>107.59</x:v>
+        <x:v>108.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:2">
       <x:c r="A1146" s="2">
-        <x:v>44287</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B1146" s="3">
-        <x:v>107.1</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:2">
       <x:c r="A1147" s="2">
-        <x:v>44286</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="B1147" s="3">
-        <x:v>106.49</x:v>
+        <x:v>108.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:2">
       <x:c r="A1148" s="2">
-        <x:v>44285</x:v>
+        <x:v>44314</x:v>
       </x:c>
       <x:c r="B1148" s="3">
-        <x:v>106.53</x:v>
+        <x:v>108.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:2">
       <x:c r="A1149" s="2">
-        <x:v>44284</x:v>
+        <x:v>44313</x:v>
       </x:c>
       <x:c r="B1149" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:2">
       <x:c r="A1150" s="2">
-        <x:v>44281</x:v>
+        <x:v>44312</x:v>
       </x:c>
       <x:c r="B1150" s="3">
-        <x:v>106.77</x:v>
+        <x:v>108.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:2">
       <x:c r="A1151" s="2">
-        <x:v>44280</x:v>
+        <x:v>44309</x:v>
       </x:c>
       <x:c r="B1151" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:2">
       <x:c r="A1152" s="2">
-        <x:v>44279</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="B1152" s="3">
-        <x:v>106.61</x:v>
+        <x:v>108.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:2">
       <x:c r="A1153" s="2">
-        <x:v>44278</x:v>
+        <x:v>44307</x:v>
       </x:c>
       <x:c r="B1153" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:2">
       <x:c r="A1154" s="2">
-        <x:v>44277</x:v>
+        <x:v>44306</x:v>
       </x:c>
       <x:c r="B1154" s="3">
-        <x:v>106.76</x:v>
+        <x:v>108.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:2">
       <x:c r="A1155" s="2">
-        <x:v>44274</x:v>
+        <x:v>44305</x:v>
       </x:c>
       <x:c r="B1155" s="3">
-        <x:v>107.08</x:v>
+        <x:v>108.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:2">
       <x:c r="A1156" s="2">
-        <x:v>44273</x:v>
+        <x:v>44302</x:v>
       </x:c>
       <x:c r="B1156" s="3">
-        <x:v>107.24</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:2">
       <x:c r="A1157" s="2">
-        <x:v>44272</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B1157" s="3">
-        <x:v>107.44</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:2">
       <x:c r="A1158" s="2">
-        <x:v>44271</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="B1158" s="3">
-        <x:v>107.54</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:2">
       <x:c r="A1159" s="2">
-        <x:v>44270</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="B1159" s="3">
-        <x:v>107.28</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:2">
       <x:c r="A1160" s="2">
-        <x:v>44267</x:v>
+        <x:v>44298</x:v>
       </x:c>
       <x:c r="B1160" s="3">
-        <x:v>107.04</x:v>
+        <x:v>107.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:2">
       <x:c r="A1161" s="2">
-        <x:v>44266</x:v>
+        <x:v>44295</x:v>
       </x:c>
       <x:c r="B1161" s="3">
-        <x:v>107.18</x:v>
+        <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:2">
       <x:c r="A1162" s="2">
-        <x:v>44265</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="B1162" s="3">
-        <x:v>106.6</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:2">
       <x:c r="A1163" s="2">
-        <x:v>44264</x:v>
+        <x:v>44293</x:v>
       </x:c>
       <x:c r="B1163" s="3">
-        <x:v>106.28</x:v>
+        <x:v>107.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:2">
       <x:c r="A1164" s="2">
-        <x:v>44263</x:v>
+        <x:v>44292</x:v>
       </x:c>
       <x:c r="B1164" s="3">
-        <x:v>106.07</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:2">
       <x:c r="A1165" s="2">
-        <x:v>44260</x:v>
+        <x:v>44287</x:v>
       </x:c>
       <x:c r="B1165" s="3">
-        <x:v>106.2</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:2">
       <x:c r="A1166" s="2">
-        <x:v>44259</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B1166" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:2">
       <x:c r="A1167" s="2">
-        <x:v>44258</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="B1167" s="3">
-        <x:v>106.95</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:2">
       <x:c r="A1168" s="2">
-        <x:v>44257</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="B1168" s="3">
-        <x:v>107.06</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:2">
       <x:c r="A1169" s="2">
-        <x:v>44256</x:v>
+        <x:v>44281</x:v>
       </x:c>
       <x:c r="B1169" s="3">
-        <x:v>107</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:2">
       <x:c r="A1170" s="2">
-        <x:v>44253</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="B1170" s="3">
-        <x:v>106.47</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:2">
       <x:c r="A1171" s="2">
-        <x:v>44252</x:v>
+        <x:v>44279</x:v>
       </x:c>
       <x:c r="B1171" s="3">
-        <x:v>107.21</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:2">
       <x:c r="A1172" s="2">
-        <x:v>44251</x:v>
+        <x:v>44278</x:v>
       </x:c>
       <x:c r="B1172" s="3">
-        <x:v>107.78</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:2">
       <x:c r="A1173" s="2">
-        <x:v>44250</x:v>
+        <x:v>44277</x:v>
       </x:c>
       <x:c r="B1173" s="3">
-        <x:v>107.59</x:v>
+        <x:v>106.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:2">
       <x:c r="A1174" s="2">
-        <x:v>44249</x:v>
+        <x:v>44274</x:v>
       </x:c>
       <x:c r="B1174" s="3">
-        <x:v>107.49</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:2">
       <x:c r="A1175" s="2">
-        <x:v>44246</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="B1175" s="3">
-        <x:v>107.73</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:2">
       <x:c r="A1176" s="2">
-        <x:v>44245</x:v>
+        <x:v>44272</x:v>
       </x:c>
       <x:c r="B1176" s="3">
-        <x:v>107.79</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:2">
       <x:c r="A1177" s="2">
-        <x:v>44244</x:v>
+        <x:v>44271</x:v>
       </x:c>
       <x:c r="B1177" s="3">
-        <x:v>107.94</x:v>
+        <x:v>107.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:2">
       <x:c r="A1178" s="2">
-        <x:v>44243</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B1178" s="3">
-        <x:v>108.22</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:2">
       <x:c r="A1179" s="2">
-        <x:v>44242</x:v>
+        <x:v>44267</x:v>
       </x:c>
       <x:c r="B1179" s="3">
-        <x:v>108.52</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:2">
       <x:c r="A1180" s="2">
-        <x:v>44239</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="B1180" s="3">
-        <x:v>108.36</x:v>
+        <x:v>107.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:2">
       <x:c r="A1181" s="2">
-        <x:v>44238</x:v>
+        <x:v>44265</x:v>
       </x:c>
       <x:c r="B1181" s="3">
-        <x:v>108.4</x:v>
+        <x:v>106.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:2">
       <x:c r="A1182" s="2">
-        <x:v>44237</x:v>
+        <x:v>44264</x:v>
       </x:c>
       <x:c r="B1182" s="3">
-        <x:v>108.19</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:2">
       <x:c r="A1183" s="2">
-        <x:v>44236</x:v>
+        <x:v>44263</x:v>
       </x:c>
       <x:c r="B1183" s="3">
-        <x:v>108.09</x:v>
+        <x:v>106.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:2">
       <x:c r="A1184" s="2">
-        <x:v>44235</x:v>
+        <x:v>44260</x:v>
       </x:c>
       <x:c r="B1184" s="3">
-        <x:v>108.1</x:v>
+        <x:v>106.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:2">
       <x:c r="A1185" s="2">
-        <x:v>44232</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="B1185" s="3">
-        <x:v>108.1</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:2">
       <x:c r="A1186" s="2">
-        <x:v>44231</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="B1186" s="3">
-        <x:v>107.74</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:2">
       <x:c r="A1187" s="2">
-        <x:v>44230</x:v>
+        <x:v>44257</x:v>
       </x:c>
       <x:c r="B1187" s="3">
-        <x:v>107.64</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:2">
       <x:c r="A1188" s="2">
-        <x:v>44229</x:v>
+        <x:v>44256</x:v>
       </x:c>
       <x:c r="B1188" s="3">
-        <x:v>107.41</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:2">
       <x:c r="A1189" s="2">
-        <x:v>44228</x:v>
+        <x:v>44253</x:v>
       </x:c>
       <x:c r="B1189" s="3">
-        <x:v>107.11</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:2">
       <x:c r="A1190" s="2">
-        <x:v>44225</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="B1190" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:2">
       <x:c r="A1191" s="2">
-        <x:v>44224</x:v>
+        <x:v>44251</x:v>
       </x:c>
       <x:c r="B1191" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:2">
       <x:c r="A1192" s="2">
-        <x:v>44223</x:v>
+        <x:v>44250</x:v>
       </x:c>
       <x:c r="B1192" s="3">
-        <x:v>106.91</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:2">
       <x:c r="A1193" s="2">
-        <x:v>44222</x:v>
+        <x:v>44249</x:v>
       </x:c>
       <x:c r="B1193" s="3">
-        <x:v>107.31</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:2">
       <x:c r="A1194" s="2">
-        <x:v>44221</x:v>
+        <x:v>44246</x:v>
       </x:c>
       <x:c r="B1194" s="3">
-        <x:v>107.21</x:v>
+        <x:v>107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:2">
       <x:c r="A1195" s="2">
-        <x:v>44218</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="B1195" s="3">
-        <x:v>107.3</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:2">
       <x:c r="A1196" s="2">
-        <x:v>44217</x:v>
+        <x:v>44244</x:v>
       </x:c>
       <x:c r="B1196" s="3">
-        <x:v>107.46</x:v>
+        <x:v>107.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:2">
       <x:c r="A1197" s="2">
-        <x:v>44216</x:v>
+        <x:v>44243</x:v>
       </x:c>
       <x:c r="B1197" s="3">
-        <x:v>107.47</x:v>
+        <x:v>108.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:2">
       <x:c r="A1198" s="2">
-        <x:v>44215</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B1198" s="3">
-        <x:v>107.16</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:2">
       <x:c r="A1199" s="2">
-        <x:v>44214</x:v>
+        <x:v>44239</x:v>
       </x:c>
       <x:c r="B1199" s="3">
-        <x:v>107.17</x:v>
+        <x:v>108.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:2">
       <x:c r="A1200" s="2">
-        <x:v>44211</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="B1200" s="3">
-        <x:v>107.11</x:v>
+        <x:v>108.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:2">
       <x:c r="A1201" s="2">
-        <x:v>44210</x:v>
+        <x:v>44237</x:v>
       </x:c>
       <x:c r="B1201" s="3">
-        <x:v>107.3</x:v>
+        <x:v>108.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:2">
       <x:c r="A1202" s="2">
-        <x:v>44209</x:v>
+        <x:v>44236</x:v>
       </x:c>
       <x:c r="B1202" s="3">
-        <x:v>107.06</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:2">
       <x:c r="A1203" s="2">
-        <x:v>44208</x:v>
+        <x:v>44235</x:v>
       </x:c>
       <x:c r="B1203" s="3">
-        <x:v>106.94</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:2">
       <x:c r="A1204" s="2">
-        <x:v>44207</x:v>
+        <x:v>44232</x:v>
       </x:c>
       <x:c r="B1204" s="3">
-        <x:v>107.23</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:2">
       <x:c r="A1205" s="2">
-        <x:v>44204</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="B1205" s="3">
-        <x:v>107.57</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:2">
       <x:c r="A1206" s="2">
-        <x:v>44203</x:v>
+        <x:v>44230</x:v>
       </x:c>
       <x:c r="B1206" s="3">
-        <x:v>107.45</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:2">
       <x:c r="A1207" s="2">
-        <x:v>44202</x:v>
+        <x:v>44229</x:v>
       </x:c>
       <x:c r="B1207" s="3">
-        <x:v>107.49</x:v>
+        <x:v>107.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:2">
       <x:c r="A1208" s="2">
-        <x:v>44201</x:v>
+        <x:v>44228</x:v>
       </x:c>
       <x:c r="B1208" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:2">
       <x:c r="A1209" s="2">
-        <x:v>44200</x:v>
+        <x:v>44225</x:v>
       </x:c>
       <x:c r="B1209" s="3">
-        <x:v>107.44</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:2">
       <x:c r="A1210" s="2">
-        <x:v>44196</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="B1210" s="3">
-        <x:v>107.49</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:2">
       <x:c r="A1211" s="2">
-        <x:v>44195</x:v>
+        <x:v>44223</x:v>
       </x:c>
       <x:c r="B1211" s="3">
-        <x:v>107.44</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:2">
       <x:c r="A1212" s="2">
-        <x:v>44194</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="B1212" s="3">
-        <x:v>107.42</x:v>
+        <x:v>107.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:2">
       <x:c r="A1213" s="2">
-        <x:v>44193</x:v>
+        <x:v>44221</x:v>
       </x:c>
       <x:c r="B1213" s="3">
-        <x:v>107.26</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:2">
       <x:c r="A1214" s="2">
-        <x:v>44189</x:v>
+        <x:v>44218</x:v>
       </x:c>
       <x:c r="B1214" s="3">
-        <x:v>107.16</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:2">
       <x:c r="A1215" s="2">
-        <x:v>44188</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="B1215" s="3">
-        <x:v>106.98</x:v>
+        <x:v>107.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:2">
       <x:c r="A1216" s="2">
-        <x:v>44187</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="B1216" s="3">
-        <x:v>106.91</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:2">
       <x:c r="A1217" s="2">
-        <x:v>44186</x:v>
+        <x:v>44215</x:v>
       </x:c>
       <x:c r="B1217" s="3">
-        <x:v>106.73</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:2">
       <x:c r="A1218" s="2">
-        <x:v>44183</x:v>
+        <x:v>44214</x:v>
       </x:c>
       <x:c r="B1218" s="3">
-        <x:v>107.25</x:v>
+        <x:v>107.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:2">
       <x:c r="A1219" s="2">
-        <x:v>44182</x:v>
+        <x:v>44211</x:v>
       </x:c>
       <x:c r="B1219" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:2">
       <x:c r="A1220" s="2">
-        <x:v>44181</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="B1220" s="3">
-        <x:v>107.18</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:2">
       <x:c r="A1221" s="2">
-        <x:v>44180</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="B1221" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:2">
       <x:c r="A1222" s="2">
-        <x:v>44179</x:v>
+        <x:v>44208</x:v>
       </x:c>
       <x:c r="B1222" s="3">
-        <x:v>106.62</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:2">
       <x:c r="A1223" s="2">
-        <x:v>44176</x:v>
+        <x:v>44207</x:v>
       </x:c>
       <x:c r="B1223" s="3">
-        <x:v>106.51</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:2">
       <x:c r="A1224" s="2">
-        <x:v>44175</x:v>
+        <x:v>44204</x:v>
       </x:c>
       <x:c r="B1224" s="3">
-        <x:v>106.65</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:2">
       <x:c r="A1225" s="2">
-        <x:v>44174</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="B1225" s="3">
-        <x:v>106.71</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:2">
       <x:c r="A1226" s="2">
-        <x:v>44173</x:v>
+        <x:v>44202</x:v>
       </x:c>
       <x:c r="B1226" s="3">
-        <x:v>106.68</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:2">
       <x:c r="A1227" s="2">
-        <x:v>44172</x:v>
+        <x:v>44201</x:v>
       </x:c>
       <x:c r="B1227" s="3">
-        <x:v>106.73</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:2">
       <x:c r="A1228" s="2">
-        <x:v>44169</x:v>
+        <x:v>44200</x:v>
       </x:c>
       <x:c r="B1228" s="3">
-        <x:v>106.79</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:2">
       <x:c r="A1229" s="2">
-        <x:v>44168</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B1229" s="3">
-        <x:v>105.94</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:2">
       <x:c r="A1230" s="2">
-        <x:v>44167</x:v>
+        <x:v>44195</x:v>
       </x:c>
       <x:c r="B1230" s="3">
-        <x:v>106.03</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:2">
       <x:c r="A1231" s="2">
-        <x:v>44166</x:v>
+        <x:v>44194</x:v>
       </x:c>
       <x:c r="B1231" s="3">
-        <x:v>105.94</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:2">
       <x:c r="A1232" s="2">
-        <x:v>44165</x:v>
+        <x:v>44193</x:v>
       </x:c>
       <x:c r="B1232" s="3">
-        <x:v>105.49</x:v>
+        <x:v>107.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:2">
       <x:c r="A1233" s="2">
-        <x:v>44162</x:v>
+        <x:v>44189</x:v>
       </x:c>
       <x:c r="B1233" s="3">
-        <x:v>105.81</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:2">
       <x:c r="A1234" s="2">
-        <x:v>44161</x:v>
+        <x:v>44188</x:v>
       </x:c>
       <x:c r="B1234" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:2">
       <x:c r="A1235" s="2">
-        <x:v>44160</x:v>
+        <x:v>44187</x:v>
       </x:c>
       <x:c r="B1235" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:2">
       <x:c r="A1236" s="2">
-        <x:v>44159</x:v>
+        <x:v>44186</x:v>
       </x:c>
       <x:c r="B1236" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:2">
       <x:c r="A1237" s="2">
-        <x:v>44158</x:v>
+        <x:v>44183</x:v>
       </x:c>
       <x:c r="B1237" s="3">
-        <x:v>105.24</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:2">
       <x:c r="A1238" s="2">
-        <x:v>44155</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="B1238" s="3">
-        <x:v>105.19</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:2">
       <x:c r="A1239" s="2">
-        <x:v>44154</x:v>
+        <x:v>44181</x:v>
       </x:c>
       <x:c r="B1239" s="3">
-        <x:v>104.96</x:v>
+        <x:v>107.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:2">
       <x:c r="A1240" s="2">
-        <x:v>44153</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B1240" s="3">
-        <x:v>104.94</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:2">
       <x:c r="A1241" s="2">
-        <x:v>44152</x:v>
+        <x:v>44179</x:v>
       </x:c>
       <x:c r="B1241" s="3">
-        <x:v>104.96</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:2">
       <x:c r="A1242" s="2">
-        <x:v>44151</x:v>
+        <x:v>44176</x:v>
       </x:c>
       <x:c r="B1242" s="3">
-        <x:v>104.96</x:v>
+        <x:v>106.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:2">
       <x:c r="A1243" s="2">
-        <x:v>44148</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="B1243" s="3">
-        <x:v>104.35</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:2">
       <x:c r="A1244" s="2">
-        <x:v>44147</x:v>
+        <x:v>44174</x:v>
       </x:c>
       <x:c r="B1244" s="3">
-        <x:v>104.12</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:2">
       <x:c r="A1245" s="2">
-        <x:v>44146</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="B1245" s="3">
-        <x:v>104.24</x:v>
+        <x:v>106.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:2">
       <x:c r="A1246" s="2">
-        <x:v>44145</x:v>
+        <x:v>44172</x:v>
       </x:c>
       <x:c r="B1246" s="3">
-        <x:v>103.96</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:2">
       <x:c r="A1247" s="2">
-        <x:v>44144</x:v>
+        <x:v>44169</x:v>
       </x:c>
       <x:c r="B1247" s="3">
-        <x:v>103.52</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:2">
       <x:c r="A1248" s="2">
-        <x:v>44141</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="B1248" s="3">
-        <x:v>101.86</x:v>
+        <x:v>105.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:2">
       <x:c r="A1249" s="2">
-        <x:v>44140</x:v>
+        <x:v>44167</x:v>
       </x:c>
       <x:c r="B1249" s="3">
-        <x:v>102.03</x:v>
+        <x:v>106.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:2">
       <x:c r="A1250" s="2">
-        <x:v>44139</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="B1250" s="3">
-        <x:v>101.27</x:v>
+        <x:v>105.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:2">
       <x:c r="A1251" s="2">
-        <x:v>44138</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B1251" s="3">
-        <x:v>100.73</x:v>
+        <x:v>105.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:2">
       <x:c r="A1252" s="2">
-        <x:v>44137</x:v>
+        <x:v>44162</x:v>
       </x:c>
       <x:c r="B1252" s="3">
-        <x:v>100.1</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:2">
       <x:c r="A1253" s="2">
-        <x:v>44134</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="B1253" s="3">
-        <x:v>99.8</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:2">
       <x:c r="A1254" s="2">
-        <x:v>44133</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="B1254" s="3">
-        <x:v>99.97</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:2">
       <x:c r="A1255" s="2">
-        <x:v>44132</x:v>
+        <x:v>44159</x:v>
       </x:c>
       <x:c r="B1255" s="3">
-        <x:v>100.04</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:2">
       <x:c r="A1256" s="2">
-        <x:v>44131</x:v>
+        <x:v>44158</x:v>
       </x:c>
       <x:c r="B1256" s="3">
-        <x:v>100.8</x:v>
+        <x:v>105.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:2">
       <x:c r="A1257" s="2">
-        <x:v>44130</x:v>
+        <x:v>44155</x:v>
       </x:c>
       <x:c r="B1257" s="3">
-        <x:v>101.05</x:v>
+        <x:v>105.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:2">
       <x:c r="A1258" s="2">
-        <x:v>44127</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="B1258" s="3">
-        <x:v>101.5</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:2">
       <x:c r="A1259" s="2">
-        <x:v>44126</x:v>
+        <x:v>44153</x:v>
       </x:c>
       <x:c r="B1259" s="3">
-        <x:v>101.31</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:2">
       <x:c r="A1260" s="2">
-        <x:v>44125</x:v>
+        <x:v>44152</x:v>
       </x:c>
       <x:c r="B1260" s="3">
-        <x:v>101.34</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:2">
       <x:c r="A1261" s="2">
-        <x:v>44124</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="B1261" s="3">
-        <x:v>101.51</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:2">
       <x:c r="A1262" s="2">
-        <x:v>44123</x:v>
+        <x:v>44148</x:v>
       </x:c>
       <x:c r="B1262" s="3">
-        <x:v>101.54</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:2">
       <x:c r="A1263" s="2">
-        <x:v>44120</x:v>
+        <x:v>44147</x:v>
       </x:c>
       <x:c r="B1263" s="3">
-        <x:v>101.55</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:2">
       <x:c r="A1264" s="2">
-        <x:v>44119</x:v>
+        <x:v>44146</x:v>
       </x:c>
       <x:c r="B1264" s="3">
-        <x:v>101.43</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:2">
       <x:c r="A1265" s="2">
-        <x:v>44118</x:v>
+        <x:v>44145</x:v>
       </x:c>
       <x:c r="B1265" s="3">
-        <x:v>101.9</x:v>
+        <x:v>103.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:2">
       <x:c r="A1266" s="2">
-        <x:v>44117</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="B1266" s="3">
-        <x:v>102.09</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:2">
       <x:c r="A1267" s="2">
-        <x:v>44116</x:v>
+        <x:v>44141</x:v>
       </x:c>
       <x:c r="B1267" s="3">
-        <x:v>102.18</x:v>
+        <x:v>101.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:2">
       <x:c r="A1268" s="2">
-        <x:v>44113</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="B1268" s="3">
-        <x:v>101.95</x:v>
+        <x:v>102.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:2">
       <x:c r="A1269" s="2">
-        <x:v>44112</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B1269" s="3">
-        <x:v>101.74</x:v>
+        <x:v>101.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:2">
       <x:c r="A1270" s="2">
-        <x:v>44111</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="B1270" s="3">
-        <x:v>101.29</x:v>
+        <x:v>100.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:2">
       <x:c r="A1271" s="2">
-        <x:v>44110</x:v>
+        <x:v>44137</x:v>
       </x:c>
       <x:c r="B1271" s="3">
-        <x:v>101.24</x:v>
+        <x:v>100.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:2">
       <x:c r="A1272" s="2">
-        <x:v>44109</x:v>
+        <x:v>44134</x:v>
       </x:c>
       <x:c r="B1272" s="3">
-        <x:v>101.02</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:2">
       <x:c r="A1273" s="2">
-        <x:v>44106</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="B1273" s="3">
-        <x:v>100.51</x:v>
+        <x:v>99.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:2">
       <x:c r="A1274" s="2">
-        <x:v>44105</x:v>
+        <x:v>44132</x:v>
       </x:c>
       <x:c r="B1274" s="3">
-        <x:v>100.34</x:v>
+        <x:v>100.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:2">
       <x:c r="A1275" s="2">
-        <x:v>44104</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="B1275" s="3">
-        <x:v>99.74</x:v>
+        <x:v>100.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:2">
       <x:c r="A1276" s="2">
-        <x:v>44103</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="B1276" s="3">
-        <x:v>99.6</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:2">
       <x:c r="A1277" s="2">
-        <x:v>44102</x:v>
+        <x:v>44127</x:v>
       </x:c>
       <x:c r="B1277" s="3">
-        <x:v>99.85</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:2">
       <x:c r="A1278" s="2">
-        <x:v>44099</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="B1278" s="3">
-        <x:v>99.28</x:v>
+        <x:v>101.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:2">
       <x:c r="A1279" s="2">
-        <x:v>44098</x:v>
+        <x:v>44125</x:v>
       </x:c>
       <x:c r="B1279" s="3">
-        <x:v>99.27</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:2">
       <x:c r="A1280" s="2">
-        <x:v>44097</x:v>
+        <x:v>44124</x:v>
       </x:c>
       <x:c r="B1280" s="3">
-        <x:v>99.73</x:v>
+        <x:v>101.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:2">
       <x:c r="A1281" s="2">
-        <x:v>44096</x:v>
+        <x:v>44123</x:v>
       </x:c>
       <x:c r="B1281" s="3">
-        <x:v>100.16</x:v>
+        <x:v>101.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:2">
       <x:c r="A1282" s="2">
-        <x:v>44095</x:v>
+        <x:v>44120</x:v>
       </x:c>
       <x:c r="B1282" s="3">
-        <x:v>100.31</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:2">
       <x:c r="A1283" s="2">
-        <x:v>44092</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B1283" s="3">
-        <x:v>101.57</x:v>
+        <x:v>101.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:2">
       <x:c r="A1284" s="2">
-        <x:v>44091</x:v>
+        <x:v>44118</x:v>
       </x:c>
       <x:c r="B1284" s="3">
-        <x:v>102.02</x:v>
+        <x:v>101.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:2">
       <x:c r="A1285" s="2">
-        <x:v>44090</x:v>
+        <x:v>44117</x:v>
       </x:c>
       <x:c r="B1285" s="3">
-        <x:v>102.32</x:v>
+        <x:v>102.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:2">
       <x:c r="A1286" s="2">
-        <x:v>44089</x:v>
+        <x:v>44116</x:v>
       </x:c>
       <x:c r="B1286" s="3">
-        <x:v>102.1</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:2">
       <x:c r="A1287" s="2">
-        <x:v>44088</x:v>
+        <x:v>44113</x:v>
       </x:c>
       <x:c r="B1287" s="3">
-        <x:v>101.85</x:v>
+        <x:v>101.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:2">
       <x:c r="A1288" s="2">
-        <x:v>44085</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="B1288" s="3">
-        <x:v>101.55</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:2">
       <x:c r="A1289" s="2">
-        <x:v>44084</x:v>
+        <x:v>44111</x:v>
       </x:c>
       <x:c r="B1289" s="3">
-        <x:v>101.69</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:2">
       <x:c r="A1290" s="2">
-        <x:v>44083</x:v>
+        <x:v>44110</x:v>
       </x:c>
       <x:c r="B1290" s="3">
-        <x:v>101.8</x:v>
+        <x:v>101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:2">
       <x:c r="A1291" s="2">
-        <x:v>44082</x:v>
+        <x:v>44109</x:v>
       </x:c>
       <x:c r="B1291" s="3">
-        <x:v>101.58</x:v>
+        <x:v>101.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:2">
       <x:c r="A1292" s="2">
-        <x:v>44081</x:v>
+        <x:v>44106</x:v>
       </x:c>
       <x:c r="B1292" s="3">
-        <x:v>101.97</x:v>
+        <x:v>100.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:2">
       <x:c r="A1293" s="2">
-        <x:v>44078</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="B1293" s="3">
-        <x:v>102.08</x:v>
+        <x:v>100.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:2">
       <x:c r="A1294" s="2">
-        <x:v>44077</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B1294" s="3">
-        <x:v>101.94</x:v>
+        <x:v>99.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:2">
       <x:c r="A1295" s="2">
-        <x:v>44076</x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="B1295" s="3">
-        <x:v>101.98</x:v>
+        <x:v>99.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:2">
       <x:c r="A1296" s="2">
-        <x:v>44075</x:v>
+        <x:v>44102</x:v>
       </x:c>
       <x:c r="B1296" s="3">
-        <x:v>101.26</x:v>
+        <x:v>99.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:2">
       <x:c r="A1297" s="2">
-        <x:v>44074</x:v>
+        <x:v>44099</x:v>
       </x:c>
       <x:c r="B1297" s="3">
-        <x:v>101.21</x:v>
+        <x:v>99.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:2">
       <x:c r="A1298" s="2">
-        <x:v>44071</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="B1298" s="3">
-        <x:v>101.4</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:2">
       <x:c r="A1299" s="2">
-        <x:v>44070</x:v>
+        <x:v>44097</x:v>
       </x:c>
       <x:c r="B1299" s="3">
-        <x:v>101.33</x:v>
+        <x:v>99.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:2">
       <x:c r="A1300" s="2">
-        <x:v>44069</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="B1300" s="3">
-        <x:v>101.33</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:2">
       <x:c r="A1301" s="2">
-        <x:v>44068</x:v>
+        <x:v>44095</x:v>
       </x:c>
       <x:c r="B1301" s="3">
-        <x:v>101.31</x:v>
+        <x:v>100.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:2">
       <x:c r="A1302" s="2">
-        <x:v>44067</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="B1302" s="3">
-        <x:v>101.29</x:v>
+        <x:v>101.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:2">
       <x:c r="A1303" s="2">
-        <x:v>44064</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="B1303" s="3">
-        <x:v>100.91</x:v>
+        <x:v>102.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:2">
       <x:c r="A1304" s="2">
-        <x:v>44063</x:v>
+        <x:v>44090</x:v>
       </x:c>
       <x:c r="B1304" s="3">
-        <x:v>100.71</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:2">
       <x:c r="A1305" s="2">
-        <x:v>44062</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B1305" s="3">
-        <x:v>100.72</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:2">
       <x:c r="A1306" s="2">
-        <x:v>44061</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="B1306" s="3">
-        <x:v>100.75</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:2">
       <x:c r="A1307" s="2">
-        <x:v>44060</x:v>
+        <x:v>44085</x:v>
       </x:c>
       <x:c r="B1307" s="3">
-        <x:v>100.98</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:2">
       <x:c r="A1308" s="2">
-        <x:v>44057</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="B1308" s="3">
-        <x:v>101.05</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:2">
       <x:c r="A1309" s="2">
-        <x:v>44056</x:v>
+        <x:v>44083</x:v>
       </x:c>
       <x:c r="B1309" s="3">
-        <x:v>101.2</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:2">
       <x:c r="A1310" s="2">
-        <x:v>44055</x:v>
+        <x:v>44082</x:v>
       </x:c>
       <x:c r="B1310" s="3">
-        <x:v>101.44</x:v>
+        <x:v>101.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:2">
       <x:c r="A1311" s="2">
-        <x:v>44054</x:v>
+        <x:v>44081</x:v>
       </x:c>
       <x:c r="B1311" s="3">
-        <x:v>101.26</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:2">
       <x:c r="A1312" s="2">
-        <x:v>44053</x:v>
+        <x:v>44078</x:v>
       </x:c>
       <x:c r="B1312" s="3">
-        <x:v>100.89</x:v>
+        <x:v>102.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:2">
       <x:c r="A1313" s="2">
-        <x:v>44050</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="B1313" s="3">
-        <x:v>100.66</x:v>
+        <x:v>101.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:2">
       <x:c r="A1314" s="2">
-        <x:v>44049</x:v>
+        <x:v>44076</x:v>
       </x:c>
       <x:c r="B1314" s="3">
-        <x:v>100.44</x:v>
+        <x:v>101.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:2">
       <x:c r="A1315" s="2">
-        <x:v>44048</x:v>
+        <x:v>44075</x:v>
       </x:c>
       <x:c r="B1315" s="3">
-        <x:v>100.4</x:v>
+        <x:v>101.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:2">
       <x:c r="A1316" s="2">
-        <x:v>44047</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B1316" s="3">
-        <x:v>100.16</x:v>
+        <x:v>101.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:2">
       <x:c r="A1317" s="2">
-        <x:v>44046</x:v>
+        <x:v>44071</x:v>
       </x:c>
       <x:c r="B1317" s="3">
-        <x:v>99.86</x:v>
+        <x:v>101.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:2">
       <x:c r="A1318" s="2">
-        <x:v>44043</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="B1318" s="3">
-        <x:v>99.58</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:2">
       <x:c r="A1319" s="2">
-        <x:v>44042</x:v>
+        <x:v>44069</x:v>
       </x:c>
       <x:c r="B1319" s="3">
-        <x:v>99.63</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:2">
       <x:c r="A1320" s="2">
-        <x:v>44041</x:v>
+        <x:v>44068</x:v>
       </x:c>
       <x:c r="B1320" s="3">
-        <x:v>100.16</x:v>
+        <x:v>101.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:2">
       <x:c r="A1321" s="2">
-        <x:v>44040</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="B1321" s="3">
-        <x:v>100.1</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:2">
       <x:c r="A1322" s="2">
-        <x:v>44039</x:v>
+        <x:v>44064</x:v>
       </x:c>
       <x:c r="B1322" s="3">
-        <x:v>99.87</x:v>
+        <x:v>100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:2">
       <x:c r="A1323" s="2">
-        <x:v>44036</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="B1323" s="3">
-        <x:v>100.01</x:v>
+        <x:v>100.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:2">
       <x:c r="A1324" s="2">
-        <x:v>44035</x:v>
+        <x:v>44062</x:v>
       </x:c>
       <x:c r="B1324" s="3">
-        <x:v>100.39</x:v>
+        <x:v>100.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:2">
       <x:c r="A1325" s="2">
-        <x:v>44034</x:v>
+        <x:v>44061</x:v>
       </x:c>
       <x:c r="B1325" s="3">
-        <x:v>100.33</x:v>
+        <x:v>100.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:2">
       <x:c r="A1326" s="2">
-        <x:v>44033</x:v>
+        <x:v>44060</x:v>
       </x:c>
       <x:c r="B1326" s="3">
-        <x:v>100.29</x:v>
+        <x:v>100.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:2">
       <x:c r="A1327" s="2">
-        <x:v>44032</x:v>
+        <x:v>44057</x:v>
       </x:c>
       <x:c r="B1327" s="3">
-        <x:v>99.8</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:2">
       <x:c r="A1328" s="2">
-        <x:v>44029</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="B1328" s="3">
-        <x:v>99.76</x:v>
+        <x:v>101.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:2">
       <x:c r="A1329" s="2">
-        <x:v>44028</x:v>
+        <x:v>44055</x:v>
       </x:c>
       <x:c r="B1329" s="3">
-        <x:v>99.65</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:2">
       <x:c r="A1330" s="2">
-        <x:v>44027</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="B1330" s="3">
-        <x:v>99.84</x:v>
+        <x:v>101.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:2">
       <x:c r="A1331" s="2">
-        <x:v>44026</x:v>
+        <x:v>44053</x:v>
       </x:c>
       <x:c r="B1331" s="3">
-        <x:v>99.28</x:v>
+        <x:v>100.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:2">
       <x:c r="A1332" s="2">
-        <x:v>44025</x:v>
+        <x:v>44050</x:v>
       </x:c>
       <x:c r="B1332" s="3">
-        <x:v>99.44</x:v>
+        <x:v>100.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:2">
       <x:c r="A1333" s="2">
-        <x:v>44022</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="B1333" s="3">
-        <x:v>99.29</x:v>
+        <x:v>100.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:2">
       <x:c r="A1334" s="2">
-        <x:v>44021</x:v>
+        <x:v>44048</x:v>
       </x:c>
       <x:c r="B1334" s="3">
-        <x:v>99.27</x:v>
+        <x:v>100.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:2">
       <x:c r="A1335" s="2">
-        <x:v>44020</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="B1335" s="3">
-        <x:v>99.57</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:2">
       <x:c r="A1336" s="2">
-        <x:v>44019</x:v>
+        <x:v>44046</x:v>
       </x:c>
       <x:c r="B1336" s="3">
-        <x:v>99.87</x:v>
+        <x:v>99.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:2">
       <x:c r="A1337" s="2">
-        <x:v>44018</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B1337" s="3">
-        <x:v>100.36</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:2">
       <x:c r="A1338" s="2">
-        <x:v>44015</x:v>
+        <x:v>44042</x:v>
       </x:c>
       <x:c r="B1338" s="3">
-        <x:v>99.87</x:v>
+        <x:v>99.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:2">
       <x:c r="A1339" s="2">
-        <x:v>44014</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="B1339" s="3">
-        <x:v>99.95</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:2">
       <x:c r="A1340" s="2">
-        <x:v>44013</x:v>
+        <x:v>44040</x:v>
       </x:c>
       <x:c r="B1340" s="3">
-        <x:v>99.26</x:v>
+        <x:v>100.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:2">
       <x:c r="A1341" s="2">
-        <x:v>44012</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="B1341" s="3">
-        <x:v>98.75</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:2">
       <x:c r="A1342" s="2">
-        <x:v>44011</x:v>
+        <x:v>44036</x:v>
       </x:c>
       <x:c r="B1342" s="3">
-        <x:v>98.54</x:v>
+        <x:v>100.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:2">
       <x:c r="A1343" s="2">
-        <x:v>44008</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="B1343" s="3">
-        <x:v>98.58</x:v>
+        <x:v>100.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:2">
       <x:c r="A1344" s="2">
-        <x:v>44007</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="B1344" s="3">
-        <x:v>98.77</x:v>
+        <x:v>100.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:2">
       <x:c r="A1345" s="2">
-        <x:v>44006</x:v>
+        <x:v>44033</x:v>
       </x:c>
       <x:c r="B1345" s="3">
-        <x:v>98.89</x:v>
+        <x:v>100.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:2">
       <x:c r="A1346" s="2">
-        <x:v>44004</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="B1346" s="3">
-        <x:v>99.56</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:2">
       <x:c r="A1347" s="2">
-        <x:v>44001</x:v>
+        <x:v>44029</x:v>
       </x:c>
       <x:c r="B1347" s="3">
-        <x:v>99.89</x:v>
+        <x:v>99.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:2">
       <x:c r="A1348" s="2">
-        <x:v>44000</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="B1348" s="3">
-        <x:v>100.12</x:v>
+        <x:v>99.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:2">
       <x:c r="A1349" s="2">
-        <x:v>43999</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B1349" s="3">
-        <x:v>100.49</x:v>
+        <x:v>99.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:2">
       <x:c r="A1350" s="2">
-        <x:v>43998</x:v>
+        <x:v>44026</x:v>
       </x:c>
       <x:c r="B1350" s="3">
-        <x:v>100.51</x:v>
+        <x:v>99.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:2">
       <x:c r="A1351" s="2">
-        <x:v>43997</x:v>
+        <x:v>44025</x:v>
       </x:c>
       <x:c r="B1351" s="3">
-        <x:v>98.86</x:v>
+        <x:v>99.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:2">
       <x:c r="A1352" s="2">
-        <x:v>43994</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="B1352" s="3">
-        <x:v>99.26</x:v>
+        <x:v>99.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:2">
       <x:c r="A1353" s="2">
-        <x:v>43993</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="B1353" s="3">
-        <x:v>98.68</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:2">
       <x:c r="A1354" s="2">
-        <x:v>43992</x:v>
+        <x:v>44020</x:v>
       </x:c>
       <x:c r="B1354" s="3">
-        <x:v>100.94</x:v>
+        <x:v>99.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:2">
       <x:c r="A1355" s="2">
-        <x:v>43991</x:v>
+        <x:v>44019</x:v>
       </x:c>
       <x:c r="B1355" s="3">
-        <x:v>101.6</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:2">
       <x:c r="A1356" s="2">
-        <x:v>43990</x:v>
+        <x:v>44018</x:v>
       </x:c>
       <x:c r="B1356" s="3">
-        <x:v>102.29</x:v>
+        <x:v>100.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:2">
       <x:c r="A1357" s="2">
-        <x:v>43987</x:v>
+        <x:v>44015</x:v>
       </x:c>
       <x:c r="B1357" s="3">
-        <x:v>101.44</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:2">
       <x:c r="A1358" s="2">
-        <x:v>43986</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="B1358" s="3">
-        <x:v>99.74</x:v>
+        <x:v>99.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:2">
       <x:c r="A1359" s="2">
-        <x:v>43985</x:v>
+        <x:v>44013</x:v>
       </x:c>
       <x:c r="B1359" s="3">
-        <x:v>99.88</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:2">
       <x:c r="A1360" s="2">
-        <x:v>43984</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B1360" s="3">
-        <x:v>98.38</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:2">
       <x:c r="A1361" s="2">
-        <x:v>43980</x:v>
+        <x:v>44011</x:v>
       </x:c>
       <x:c r="B1361" s="3">
-        <x:v>96.62</x:v>
+        <x:v>98.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:2">
       <x:c r="A1362" s="2">
-        <x:v>43979</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="B1362" s="3">
-        <x:v>96.92</x:v>
+        <x:v>98.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:2">
       <x:c r="A1363" s="2">
-        <x:v>43978</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="B1363" s="3">
-        <x:v>96.51</x:v>
+        <x:v>98.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:2">
       <x:c r="A1364" s="2">
-        <x:v>43977</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="B1364" s="3">
-        <x:v>95.82</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:2">
       <x:c r="A1365" s="2">
-        <x:v>43976</x:v>
+        <x:v>44004</x:v>
       </x:c>
       <x:c r="B1365" s="3">
-        <x:v>94.63</x:v>
+        <x:v>99.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:2">
       <x:c r="A1366" s="2">
-        <x:v>43973</x:v>
+        <x:v>44001</x:v>
       </x:c>
       <x:c r="B1366" s="3">
-        <x:v>94.26</x:v>
+        <x:v>99.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:2">
       <x:c r="A1367" s="2">
-        <x:v>43971</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="B1367" s="3">
-        <x:v>94.04</x:v>
+        <x:v>100.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:2">
       <x:c r="A1368" s="2">
-        <x:v>43970</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="B1368" s="3">
-        <x:v>93.39</x:v>
+        <x:v>100.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:2">
       <x:c r="A1369" s="2">
-        <x:v>43969</x:v>
+        <x:v>43998</x:v>
       </x:c>
       <x:c r="B1369" s="3">
-        <x:v>93.44</x:v>
+        <x:v>100.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:2">
       <x:c r="A1370" s="2">
-        <x:v>43966</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B1370" s="3">
-        <x:v>92.08</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:2">
       <x:c r="A1371" s="2">
-        <x:v>43965</x:v>
+        <x:v>43994</x:v>
       </x:c>
       <x:c r="B1371" s="3">
-        <x:v>92.13</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:2">
       <x:c r="A1372" s="2">
-        <x:v>43964</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="B1372" s="3">
-        <x:v>92.66</x:v>
+        <x:v>98.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:2">
       <x:c r="A1373" s="2">
-        <x:v>43963</x:v>
+        <x:v>43992</x:v>
       </x:c>
       <x:c r="B1373" s="3">
-        <x:v>93.32</x:v>
+        <x:v>100.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:2">
       <x:c r="A1374" s="2">
-        <x:v>43962</x:v>
+        <x:v>43991</x:v>
       </x:c>
       <x:c r="B1374" s="3">
-        <x:v>93.85</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:2">
       <x:c r="A1375" s="2">
-        <x:v>43959</x:v>
+        <x:v>43990</x:v>
       </x:c>
       <x:c r="B1375" s="3">
-        <x:v>93.91</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:2">
       <x:c r="A1376" s="2">
-        <x:v>43958</x:v>
+        <x:v>43987</x:v>
       </x:c>
       <x:c r="B1376" s="3">
-        <x:v>93.56</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:2">
       <x:c r="A1377" s="2">
-        <x:v>43957</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="B1377" s="3">
-        <x:v>93.13</x:v>
+        <x:v>99.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:2">
       <x:c r="A1378" s="2">
-        <x:v>43956</x:v>
+        <x:v>43985</x:v>
       </x:c>
       <x:c r="B1378" s="3">
-        <x:v>93.15</x:v>
+        <x:v>99.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:2">
       <x:c r="A1379" s="2">
-        <x:v>43955</x:v>
+        <x:v>43984</x:v>
       </x:c>
       <x:c r="B1379" s="3">
-        <x:v>92.56</x:v>
+        <x:v>98.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:2">
       <x:c r="A1380" s="2">
-        <x:v>43951</x:v>
+        <x:v>43980</x:v>
       </x:c>
       <x:c r="B1380" s="3">
-        <x:v>93.69</x:v>
+        <x:v>96.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:2">
       <x:c r="A1381" s="2">
-        <x:v>43950</x:v>
+        <x:v>43979</x:v>
       </x:c>
       <x:c r="B1381" s="3">
-        <x:v>94.15</x:v>
+        <x:v>96.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:2">
       <x:c r="A1382" s="2">
-        <x:v>43949</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="B1382" s="3">
-        <x:v>93.26</x:v>
+        <x:v>96.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:2">
       <x:c r="A1383" s="2">
-        <x:v>43948</x:v>
+        <x:v>43977</x:v>
       </x:c>
       <x:c r="B1383" s="3">
-        <x:v>92.7</x:v>
+        <x:v>95.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:2">
       <x:c r="A1384" s="2">
-        <x:v>43945</x:v>
+        <x:v>43976</x:v>
       </x:c>
       <x:c r="B1384" s="3">
-        <x:v>92.11</x:v>
+        <x:v>94.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:2">
       <x:c r="A1385" s="2">
-        <x:v>43944</x:v>
+        <x:v>43973</x:v>
       </x:c>
       <x:c r="B1385" s="3">
-        <x:v>92.35</x:v>
+        <x:v>94.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:2">
       <x:c r="A1386" s="2">
-        <x:v>43943</x:v>
+        <x:v>43971</x:v>
       </x:c>
       <x:c r="B1386" s="3">
-        <x:v>92.06</x:v>
+        <x:v>94.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:2">
       <x:c r="A1387" s="2">
-        <x:v>43942</x:v>
+        <x:v>43970</x:v>
       </x:c>
       <x:c r="B1387" s="3">
-        <x:v>91.91</x:v>
+        <x:v>93.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:2">
       <x:c r="A1388" s="2">
-        <x:v>43941</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="B1388" s="3">
-        <x:v>92.49</x:v>
+        <x:v>93.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:2">
       <x:c r="A1389" s="2">
-        <x:v>43938</x:v>
+        <x:v>43966</x:v>
       </x:c>
       <x:c r="B1389" s="3">
-        <x:v>92.89</x:v>
+        <x:v>92.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:2">
       <x:c r="A1390" s="2">
-        <x:v>43937</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="B1390" s="3">
-        <x:v>92.26</x:v>
+        <x:v>92.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:2">
       <x:c r="A1391" s="2">
-        <x:v>43936</x:v>
+        <x:v>43964</x:v>
       </x:c>
       <x:c r="B1391" s="3">
-        <x:v>92.61</x:v>
+        <x:v>92.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:2">
       <x:c r="A1392" s="2">
-        <x:v>43935</x:v>
+        <x:v>43963</x:v>
       </x:c>
       <x:c r="B1392" s="3">
-        <x:v>93.17</x:v>
+        <x:v>93.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:2">
       <x:c r="A1393" s="2">
-        <x:v>43930</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="B1393" s="3">
-        <x:v>92.51</x:v>
+        <x:v>93.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:2">
       <x:c r="A1394" s="2">
-        <x:v>43929</x:v>
+        <x:v>43959</x:v>
       </x:c>
       <x:c r="B1394" s="3">
-        <x:v>91.01</x:v>
+        <x:v>93.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:2">
       <x:c r="A1395" s="2">
-        <x:v>43928</x:v>
+        <x:v>43958</x:v>
       </x:c>
       <x:c r="B1395" s="3">
-        <x:v>90.66</x:v>
+        <x:v>93.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:2">
       <x:c r="A1396" s="2">
-        <x:v>43927</x:v>
+        <x:v>43957</x:v>
       </x:c>
       <x:c r="B1396" s="3">
-        <x:v>89.52</x:v>
+        <x:v>93.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:2">
       <x:c r="A1397" s="2">
-        <x:v>43924</x:v>
+        <x:v>43956</x:v>
       </x:c>
       <x:c r="B1397" s="3">
-        <x:v>88.58</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:2">
       <x:c r="A1398" s="2">
-        <x:v>43923</x:v>
+        <x:v>43955</x:v>
       </x:c>
       <x:c r="B1398" s="3">
-        <x:v>88.78</x:v>
+        <x:v>92.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:2">
       <x:c r="A1399" s="2">
-        <x:v>43922</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B1399" s="3">
-        <x:v>88.86</x:v>
+        <x:v>93.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:2">
       <x:c r="A1400" s="2">
-        <x:v>43921</x:v>
+        <x:v>43950</x:v>
       </x:c>
       <x:c r="B1400" s="3">
-        <x:v>90.18</x:v>
+        <x:v>94.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:2">
       <x:c r="A1401" s="2">
-        <x:v>43920</x:v>
+        <x:v>43949</x:v>
       </x:c>
       <x:c r="B1401" s="3">
-        <x:v>89.3</x:v>
+        <x:v>93.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:2">
       <x:c r="A1402" s="2">
-        <x:v>43917</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="B1402" s="3">
-        <x:v>89.61</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:2">
       <x:c r="A1403" s="2">
-        <x:v>43916</x:v>
+        <x:v>43945</x:v>
       </x:c>
       <x:c r="B1403" s="3">
-        <x:v>89.78</x:v>
+        <x:v>92.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:2">
       <x:c r="A1404" s="2">
-        <x:v>43915</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="B1404" s="3">
-        <x:v>88.2</x:v>
+        <x:v>92.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:2">
       <x:c r="A1405" s="2">
-        <x:v>43914</x:v>
+        <x:v>43943</x:v>
       </x:c>
       <x:c r="B1405" s="3">
-        <x:v>86.34</x:v>
+        <x:v>92.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:2">
       <x:c r="A1406" s="2">
-        <x:v>43913</x:v>
+        <x:v>43942</x:v>
       </x:c>
       <x:c r="B1406" s="3">
-        <x:v>84.1</x:v>
+        <x:v>91.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:2">
       <x:c r="A1407" s="2">
-        <x:v>43910</x:v>
+        <x:v>43941</x:v>
       </x:c>
       <x:c r="B1407" s="3">
-        <x:v>85.95</x:v>
+        <x:v>92.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:2">
       <x:c r="A1408" s="2">
-        <x:v>43909</x:v>
+        <x:v>43938</x:v>
       </x:c>
       <x:c r="B1408" s="3">
-        <x:v>85.23</x:v>
+        <x:v>92.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:2">
       <x:c r="A1409" s="2">
-        <x:v>43908</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="B1409" s="3">
-        <x:v>85.59</x:v>
+        <x:v>92.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:2">
       <x:c r="A1410" s="2">
-        <x:v>43907</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B1410" s="3">
-        <x:v>89.11</x:v>
+        <x:v>92.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:2">
       <x:c r="A1411" s="2">
-        <x:v>43906</x:v>
+        <x:v>43935</x:v>
       </x:c>
       <x:c r="B1411" s="3">
-        <x:v>89.75</x:v>
+        <x:v>93.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:2">
       <x:c r="A1412" s="2">
-        <x:v>43903</x:v>
+        <x:v>43930</x:v>
       </x:c>
       <x:c r="B1412" s="3">
-        <x:v>93.95</x:v>
+        <x:v>92.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:2">
       <x:c r="A1413" s="2">
-        <x:v>43902</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="B1413" s="3">
-        <x:v>94.06</x:v>
+        <x:v>91.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:2">
       <x:c r="A1414" s="2">
-        <x:v>43901</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="B1414" s="3">
-        <x:v>98.7</x:v>
+        <x:v>90.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:2">
       <x:c r="A1415" s="2">
-        <x:v>43900</x:v>
+        <x:v>43927</x:v>
       </x:c>
       <x:c r="B1415" s="3">
-        <x:v>100.14</x:v>
+        <x:v>89.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:2">
       <x:c r="A1416" s="2">
-        <x:v>43899</x:v>
+        <x:v>43924</x:v>
       </x:c>
       <x:c r="B1416" s="3">
-        <x:v>100.07</x:v>
+        <x:v>88.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:2">
       <x:c r="A1417" s="2">
-        <x:v>43896</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="B1417" s="3">
-        <x:v>103.7</x:v>
+        <x:v>88.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:2">
       <x:c r="A1418" s="2">
-        <x:v>43895</x:v>
+        <x:v>43922</x:v>
       </x:c>
       <x:c r="B1418" s="3">
-        <x:v>105.04</x:v>
+        <x:v>88.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:2">
       <x:c r="A1419" s="2">
-        <x:v>43894</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B1419" s="3">
-        <x:v>105.79</x:v>
+        <x:v>90.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:2">
       <x:c r="A1420" s="2">
-        <x:v>43893</x:v>
+        <x:v>43920</x:v>
       </x:c>
       <x:c r="B1420" s="3">
-        <x:v>105.58</x:v>
+        <x:v>89.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:2">
       <x:c r="A1421" s="2">
-        <x:v>43892</x:v>
+        <x:v>43917</x:v>
       </x:c>
       <x:c r="B1421" s="3">
-        <x:v>104.9</x:v>
+        <x:v>89.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:2">
       <x:c r="A1422" s="2">
-        <x:v>43889</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="B1422" s="3">
-        <x:v>104.59</x:v>
+        <x:v>89.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:2">
       <x:c r="A1423" s="2">
-        <x:v>43888</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="B1423" s="3">
-        <x:v>106.19</x:v>
+        <x:v>88.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:2">
       <x:c r="A1424" s="2">
-        <x:v>43887</x:v>
+        <x:v>43914</x:v>
       </x:c>
       <x:c r="B1424" s="3">
-        <x:v>108.01</x:v>
+        <x:v>86.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:2">
       <x:c r="A1425" s="2">
-        <x:v>43886</x:v>
+        <x:v>43913</x:v>
       </x:c>
       <x:c r="B1425" s="3">
-        <x:v>108.45</x:v>
+        <x:v>84.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:2">
       <x:c r="A1426" s="2">
-        <x:v>43885</x:v>
+        <x:v>43910</x:v>
       </x:c>
       <x:c r="B1426" s="3">
-        <x:v>109.21</x:v>
+        <x:v>85.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:2">
       <x:c r="A1427" s="2">
-        <x:v>43882</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="B1427" s="3">
-        <x:v>110.31</x:v>
+        <x:v>85.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:2">
       <x:c r="A1428" s="2">
-        <x:v>43881</x:v>
+        <x:v>43908</x:v>
       </x:c>
       <x:c r="B1428" s="3">
-        <x:v>110.53</x:v>
+        <x:v>85.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:2">
       <x:c r="A1429" s="2">
-        <x:v>43880</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="B1429" s="3">
-        <x:v>110.59</x:v>
+        <x:v>89.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:2">
       <x:c r="A1430" s="2">
-        <x:v>43879</x:v>
+        <x:v>43906</x:v>
       </x:c>
       <x:c r="B1430" s="3">
-        <x:v>110.43</x:v>
+        <x:v>89.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:2">
       <x:c r="A1431" s="2">
-        <x:v>43878</x:v>
+        <x:v>43903</x:v>
       </x:c>
       <x:c r="B1431" s="3">
-        <x:v>110.57</x:v>
+        <x:v>93.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:2">
       <x:c r="A1432" s="2">
-        <x:v>43875</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="B1432" s="3">
-        <x:v>110.43</x:v>
+        <x:v>94.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:2">
       <x:c r="A1433" s="2">
-        <x:v>43874</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="B1433" s="3">
-        <x:v>110.21</x:v>
+        <x:v>98.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:2">
       <x:c r="A1434" s="2">
-        <x:v>43873</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="B1434" s="3">
-        <x:v>110.13</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:2">
       <x:c r="A1435" s="2">
-        <x:v>43872</x:v>
+        <x:v>43899</x:v>
       </x:c>
       <x:c r="B1435" s="3">
-        <x:v>109.81</x:v>
+        <x:v>100.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:2">
       <x:c r="A1436" s="2">
-        <x:v>43871</x:v>
+        <x:v>43896</x:v>
       </x:c>
       <x:c r="B1436" s="3">
-        <x:v>109.56</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:2">
       <x:c r="A1437" s="2">
-        <x:v>43868</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="B1437" s="3">
-        <x:v>109.54</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:2">
       <x:c r="A1438" s="2">
-        <x:v>43867</x:v>
+        <x:v>43894</x:v>
       </x:c>
       <x:c r="B1438" s="3">
-        <x:v>109.58</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:2">
       <x:c r="A1439" s="2">
-        <x:v>43866</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="B1439" s="3">
-        <x:v>109.25</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:2">
       <x:c r="A1440" s="2">
-        <x:v>43865</x:v>
+        <x:v>43892</x:v>
       </x:c>
       <x:c r="B1440" s="3">
-        <x:v>108.82</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:2">
       <x:c r="A1441" s="2">
-        <x:v>43864</x:v>
+        <x:v>43889</x:v>
       </x:c>
       <x:c r="B1441" s="3">
-        <x:v>108.45</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:2">
       <x:c r="A1442" s="2">
-        <x:v>43861</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="B1442" s="3">
-        <x:v>108.46</x:v>
+        <x:v>106.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:2">
       <x:c r="A1443" s="2">
-        <x:v>43860</x:v>
+        <x:v>43887</x:v>
       </x:c>
       <x:c r="B1443" s="3">
-        <x:v>108.69</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:2">
       <x:c r="A1444" s="2">
-        <x:v>43859</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="B1444" s="3">
-        <x:v>108.93</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:2">
       <x:c r="A1445" s="2">
-        <x:v>43858</x:v>
+        <x:v>43885</x:v>
       </x:c>
       <x:c r="B1445" s="3">
-        <x:v>108.67</x:v>
+        <x:v>109.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:2">
       <x:c r="A1446" s="2">
-        <x:v>43857</x:v>
+        <x:v>43882</x:v>
       </x:c>
       <x:c r="B1446" s="3">
-        <x:v>108.43</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:2">
       <x:c r="A1447" s="2">
-        <x:v>43854</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="B1447" s="3">
-        <x:v>109.09</x:v>
+        <x:v>110.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:2">
       <x:c r="A1448" s="2">
-        <x:v>43853</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="B1448" s="3">
-        <x:v>109.06</x:v>
+        <x:v>110.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:2">
       <x:c r="A1449" s="2">
-        <x:v>43852</x:v>
+        <x:v>43879</x:v>
       </x:c>
       <x:c r="B1449" s="3">
-        <x:v>109.27</x:v>
+        <x:v>110.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:2">
       <x:c r="A1450" s="2">
-        <x:v>43851</x:v>
+        <x:v>43878</x:v>
       </x:c>
       <x:c r="B1450" s="3">
-        <x:v>109.31</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:2">
       <x:c r="A1451" s="2">
-        <x:v>43850</x:v>
+        <x:v>43875</x:v>
       </x:c>
       <x:c r="B1451" s="3">
-        <x:v>109.48</x:v>
+        <x:v>110.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:2">
       <x:c r="A1452" s="2">
-        <x:v>43847</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="B1452" s="3">
-        <x:v>109.46</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:2">
       <x:c r="A1453" s="2">
-        <x:v>43846</x:v>
+        <x:v>43873</x:v>
       </x:c>
       <x:c r="B1453" s="3">
-        <x:v>109.33</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:2">
       <x:c r="A1454" s="2">
-        <x:v>43845</x:v>
+        <x:v>43872</x:v>
       </x:c>
       <x:c r="B1454" s="3">
-        <x:v>109.14</x:v>
+        <x:v>109.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:2">
       <x:c r="A1455" s="2">
-        <x:v>43844</x:v>
+        <x:v>43871</x:v>
       </x:c>
       <x:c r="B1455" s="3">
-        <x:v>109.11</x:v>
+        <x:v>109.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:2">
       <x:c r="A1456" s="2">
-        <x:v>43843</x:v>
+        <x:v>43868</x:v>
       </x:c>
       <x:c r="B1456" s="3">
-        <x:v>109.08</x:v>
+        <x:v>109.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:2">
       <x:c r="A1457" s="2">
-        <x:v>43840</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="B1457" s="3">
-        <x:v>109.11</x:v>
+        <x:v>109.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:2">
       <x:c r="A1458" s="2">
-        <x:v>43839</x:v>
+        <x:v>43866</x:v>
       </x:c>
       <x:c r="B1458" s="3">
-        <x:v>109.03</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:2">
       <x:c r="A1459" s="2">
-        <x:v>43838</x:v>
+        <x:v>43865</x:v>
       </x:c>
       <x:c r="B1459" s="3">
-        <x:v>108.92</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:2">
       <x:c r="A1460" s="2">
-        <x:v>43837</x:v>
+        <x:v>43864</x:v>
       </x:c>
       <x:c r="B1460" s="3">
-        <x:v>108.91</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:2">
       <x:c r="A1461" s="2">
-        <x:v>43836</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B1461" s="3">
-        <x:v>108.81</x:v>
+        <x:v>108.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:2">
       <x:c r="A1462" s="2">
-        <x:v>43833</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="B1462" s="3">
-        <x:v>108.83</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:2">
       <x:c r="A1463" s="2">
-        <x:v>43832</x:v>
+        <x:v>43859</x:v>
       </x:c>
       <x:c r="B1463" s="3">
-        <x:v>108.84</x:v>
+        <x:v>108.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:2">
       <x:c r="A1464" s="2">
-        <x:v>43830</x:v>
+        <x:v>43858</x:v>
       </x:c>
       <x:c r="B1464" s="3">
-        <x:v>108.69</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:2">
       <x:c r="A1465" s="2">
-        <x:v>43829</x:v>
+        <x:v>43857</x:v>
       </x:c>
       <x:c r="B1465" s="3">
-        <x:v>108.67</x:v>
+        <x:v>108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:2">
       <x:c r="A1466" s="2">
-        <x:v>43826</x:v>
+        <x:v>43854</x:v>
       </x:c>
       <x:c r="B1466" s="3">
-        <x:v>108.78</x:v>
+        <x:v>109.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:2">
       <x:c r="A1467" s="2">
-        <x:v>43823</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="B1467" s="3">
-        <x:v>108.6</x:v>
+        <x:v>109.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:2">
       <x:c r="A1468" s="2">
-        <x:v>43822</x:v>
+        <x:v>43852</x:v>
       </x:c>
       <x:c r="B1468" s="3">
-        <x:v>108.54</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:2">
       <x:c r="A1469" s="2">
-        <x:v>43819</x:v>
+        <x:v>43851</x:v>
       </x:c>
       <x:c r="B1469" s="3">
-        <x:v>108.53</x:v>
+        <x:v>109.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:2">
       <x:c r="A1470" s="2">
-        <x:v>43818</x:v>
+        <x:v>43850</x:v>
       </x:c>
       <x:c r="B1470" s="3">
-        <x:v>108.33</x:v>
+        <x:v>109.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:2">
       <x:c r="A1471" s="2">
-        <x:v>43817</x:v>
+        <x:v>43847</x:v>
       </x:c>
       <x:c r="B1471" s="3">
-        <x:v>108.34</x:v>
+        <x:v>109.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:2">
       <x:c r="A1472" s="2">
-        <x:v>43816</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="B1472" s="3">
-        <x:v>108.2</x:v>
+        <x:v>109.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:2">
       <x:c r="A1473" s="2">
-        <x:v>43815</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B1473" s="3">
-        <x:v>108.1</x:v>
+        <x:v>109.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:2">
       <x:c r="A1474" s="2">
-        <x:v>43812</x:v>
+        <x:v>43844</x:v>
       </x:c>
       <x:c r="B1474" s="3">
-        <x:v>107.79</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:2">
       <x:c r="A1475" s="2">
-        <x:v>43811</x:v>
+        <x:v>43843</x:v>
       </x:c>
       <x:c r="B1475" s="3">
-        <x:v>107.44</x:v>
+        <x:v>109.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:2">
       <x:c r="A1476" s="2">
-        <x:v>43810</x:v>
+        <x:v>43840</x:v>
       </x:c>
       <x:c r="B1476" s="3">
-        <x:v>107.33</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:2">
       <x:c r="A1477" s="2">
-        <x:v>43809</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="B1477" s="3">
-        <x:v>107.24</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:2">
       <x:c r="A1478" s="2">
-        <x:v>43808</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B1478" s="3">
-        <x:v>107.21</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:2">
       <x:c r="A1479" s="2">
-        <x:v>43805</x:v>
+        <x:v>43837</x:v>
       </x:c>
       <x:c r="B1479" s="3">
-        <x:v>107.1</x:v>
+        <x:v>108.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:2">
       <x:c r="A1480" s="2">
-        <x:v>43804</x:v>
+        <x:v>43836</x:v>
       </x:c>
       <x:c r="B1480" s="3">
-        <x:v>106.81</x:v>
+        <x:v>108.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:2">
       <x:c r="A1481" s="2">
-        <x:v>43803</x:v>
+        <x:v>43833</x:v>
       </x:c>
       <x:c r="B1481" s="3">
-        <x:v>106.76</x:v>
+        <x:v>108.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:2">
       <x:c r="A1482" s="2">
-        <x:v>43802</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="B1482" s="3">
-        <x:v>106.56</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:2">
       <x:c r="A1483" s="2">
-        <x:v>43801</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B1483" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:2">
       <x:c r="A1484" s="2">
-        <x:v>43798</x:v>
+        <x:v>43829</x:v>
       </x:c>
       <x:c r="B1484" s="3">
-        <x:v>107.01</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:2">
       <x:c r="A1485" s="2">
-        <x:v>43797</x:v>
+        <x:v>43826</x:v>
       </x:c>
       <x:c r="B1485" s="3">
-        <x:v>107.05</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:2">
       <x:c r="A1486" s="2">
-        <x:v>43796</x:v>
+        <x:v>43823</x:v>
       </x:c>
       <x:c r="B1486" s="3">
-        <x:v>107.03</x:v>
+        <x:v>108.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:2">
       <x:c r="A1487" s="2">
-        <x:v>43795</x:v>
+        <x:v>43822</x:v>
       </x:c>
       <x:c r="B1487" s="3">
-        <x:v>106.91</x:v>
+        <x:v>108.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:2">
       <x:c r="A1488" s="2">
-        <x:v>43794</x:v>
+        <x:v>43819</x:v>
       </x:c>
       <x:c r="B1488" s="3">
-        <x:v>106.75</x:v>
+        <x:v>108.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:2">
       <x:c r="A1489" s="2">
-        <x:v>43791</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="B1489" s="3">
-        <x:v>106.72</x:v>
+        <x:v>108.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:2">
       <x:c r="A1490" s="2">
-        <x:v>43790</x:v>
+        <x:v>43817</x:v>
       </x:c>
       <x:c r="B1490" s="3">
-        <x:v>106.57</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:2">
       <x:c r="A1491" s="2">
-        <x:v>43789</x:v>
+        <x:v>43816</x:v>
       </x:c>
       <x:c r="B1491" s="3">
-        <x:v>106.78</x:v>
+        <x:v>108.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:2">
       <x:c r="A1492" s="2">
-        <x:v>43788</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="B1492" s="3">
-        <x:v>106.83</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:2">
       <x:c r="A1493" s="2">
-        <x:v>43787</x:v>
+        <x:v>43812</x:v>
       </x:c>
       <x:c r="B1493" s="3">
-        <x:v>106.94</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:2">
       <x:c r="A1494" s="2">
-        <x:v>43784</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="B1494" s="3">
-        <x:v>107.14</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:2">
       <x:c r="A1495" s="2">
-        <x:v>43783</x:v>
+        <x:v>43810</x:v>
       </x:c>
       <x:c r="B1495" s="3">
-        <x:v>107.11</x:v>
+        <x:v>107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:2">
       <x:c r="A1496" s="2">
-        <x:v>43782</x:v>
+        <x:v>43809</x:v>
       </x:c>
       <x:c r="B1496" s="3">
-        <x:v>107.05</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:2">
       <x:c r="A1497" s="2">
-        <x:v>43781</x:v>
+        <x:v>43808</x:v>
       </x:c>
       <x:c r="B1497" s="3">
-        <x:v>107.15</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:2">
       <x:c r="A1498" s="2">
-        <x:v>43780</x:v>
+        <x:v>43805</x:v>
       </x:c>
       <x:c r="B1498" s="3">
-        <x:v>107.25</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:2">
       <x:c r="A1499" s="2">
-        <x:v>43777</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="B1499" s="3">
-        <x:v>107.33</x:v>
+        <x:v>106.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:2">
       <x:c r="A1500" s="2">
-        <x:v>43776</x:v>
+        <x:v>43803</x:v>
       </x:c>
       <x:c r="B1500" s="3">
-        <x:v>107.43</x:v>
+        <x:v>106.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:2">
       <x:c r="A1501" s="2">
-        <x:v>43775</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="B1501" s="3">
-        <x:v>107.49</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:2">
       <x:c r="A1502" s="2">
-        <x:v>43774</x:v>
+        <x:v>43801</x:v>
       </x:c>
       <x:c r="B1502" s="3">
-        <x:v>107.51</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:2">
       <x:c r="A1503" s="2">
-        <x:v>43773</x:v>
+        <x:v>43798</x:v>
       </x:c>
       <x:c r="B1503" s="3">
-        <x:v>107.58</x:v>
+        <x:v>107.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:2">
       <x:c r="A1504" s="2">
-        <x:v>43769</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="B1504" s="3">
-        <x:v>107.27</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:2">
       <x:c r="A1505" s="2">
-        <x:v>43768</x:v>
+        <x:v>43796</x:v>
       </x:c>
       <x:c r="B1505" s="3">
-        <x:v>107.39</x:v>
+        <x:v>107.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:2">
       <x:c r="A1506" s="2">
-        <x:v>43767</x:v>
+        <x:v>43795</x:v>
       </x:c>
       <x:c r="B1506" s="3">
-        <x:v>107.44</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:2">
       <x:c r="A1507" s="2">
-        <x:v>43766</x:v>
+        <x:v>43794</x:v>
       </x:c>
       <x:c r="B1507" s="3">
-        <x:v>107.47</x:v>
+        <x:v>106.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:2">
       <x:c r="A1508" s="2">
-        <x:v>43763</x:v>
+        <x:v>43791</x:v>
       </x:c>
       <x:c r="B1508" s="3">
-        <x:v>107.56</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:2">
       <x:c r="A1509" s="2">
-        <x:v>43762</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="B1509" s="3">
-        <x:v>107.55</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:2">
       <x:c r="A1510" s="2">
-        <x:v>43761</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="B1510" s="3">
-        <x:v>107.53</x:v>
+        <x:v>106.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:2">
       <x:c r="A1511" s="2">
-        <x:v>43760</x:v>
+        <x:v>43788</x:v>
       </x:c>
       <x:c r="B1511" s="3">
-        <x:v>107.42</x:v>
+        <x:v>106.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:2">
       <x:c r="A1512" s="2">
-        <x:v>43759</x:v>
+        <x:v>43787</x:v>
       </x:c>
       <x:c r="B1512" s="3">
-        <x:v>107.43</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:2">
       <x:c r="A1513" s="2">
-        <x:v>43756</x:v>
+        <x:v>43784</x:v>
       </x:c>
       <x:c r="B1513" s="3">
-        <x:v>107.41</x:v>
+        <x:v>107.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:2">
       <x:c r="A1514" s="2">
-        <x:v>43755</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="B1514" s="3">
-        <x:v>107.59</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:2">
       <x:c r="A1515" s="2">
-        <x:v>43754</x:v>
+        <x:v>43782</x:v>
       </x:c>
       <x:c r="B1515" s="3">
-        <x:v>107.64</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:2">
       <x:c r="A1516" s="2">
-        <x:v>43753</x:v>
+        <x:v>43781</x:v>
       </x:c>
       <x:c r="B1516" s="3">
-        <x:v>107.65</x:v>
+        <x:v>107.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:2">
       <x:c r="A1517" s="2">
-        <x:v>43752</x:v>
+        <x:v>43780</x:v>
       </x:c>
       <x:c r="B1517" s="3">
-        <x:v>107.51</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:2">
       <x:c r="A1518" s="2">
-        <x:v>43749</x:v>
+        <x:v>43777</x:v>
       </x:c>
       <x:c r="B1518" s="3">
-        <x:v>107.58</x:v>
+        <x:v>107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:2">
       <x:c r="A1519" s="2">
-        <x:v>43748</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="B1519" s="3">
-        <x:v>107.23</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:2">
       <x:c r="A1520" s="2">
-        <x:v>43747</x:v>
+        <x:v>43775</x:v>
       </x:c>
       <x:c r="B1520" s="3">
-        <x:v>107.16</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:2">
       <x:c r="A1521" s="2">
-        <x:v>43746</x:v>
+        <x:v>43774</x:v>
       </x:c>
       <x:c r="B1521" s="3">
-        <x:v>107.05</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:2">
       <x:c r="A1522" s="2">
-        <x:v>43745</x:v>
+        <x:v>43773</x:v>
       </x:c>
       <x:c r="B1522" s="3">
-        <x:v>107.36</x:v>
+        <x:v>107.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:2">
       <x:c r="A1523" s="2">
-        <x:v>43742</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B1523" s="3">
-        <x:v>107.34</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:2">
       <x:c r="A1524" s="2">
-        <x:v>43741</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="B1524" s="3">
-        <x:v>107.32</x:v>
+        <x:v>107.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:2">
       <x:c r="A1525" s="2">
-        <x:v>43740</x:v>
+        <x:v>43767</x:v>
       </x:c>
       <x:c r="B1525" s="3">
-        <x:v>107.42</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:2">
       <x:c r="A1526" s="2">
-        <x:v>43739</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="B1526" s="3">
-        <x:v>107.87</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:2">
       <x:c r="A1527" s="2">
-        <x:v>43738</x:v>
+        <x:v>43763</x:v>
       </x:c>
       <x:c r="B1527" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:2">
       <x:c r="A1528" s="2">
-        <x:v>43735</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="B1528" s="3">
-        <x:v>108.13</x:v>
+        <x:v>107.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:2">
       <x:c r="A1529" s="2">
-        <x:v>43734</x:v>
+        <x:v>43761</x:v>
       </x:c>
       <x:c r="B1529" s="3">
-        <x:v>108.14</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:2">
       <x:c r="A1530" s="2">
-        <x:v>43733</x:v>
+        <x:v>43760</x:v>
       </x:c>
       <x:c r="B1530" s="3">
-        <x:v>108.06</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:2">
       <x:c r="A1531" s="2">
-        <x:v>43732</x:v>
+        <x:v>43759</x:v>
       </x:c>
       <x:c r="B1531" s="3">
-        <x:v>108.24</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:2">
       <x:c r="A1532" s="2">
-        <x:v>43731</x:v>
+        <x:v>43756</x:v>
       </x:c>
       <x:c r="B1532" s="3">
-        <x:v>108.44</x:v>
+        <x:v>107.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:2">
       <x:c r="A1533" s="2">
-        <x:v>43728</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="B1533" s="3">
-        <x:v>108.54</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:2">
       <x:c r="A1534" s="2">
-        <x:v>43727</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="B1534" s="3">
-        <x:v>108.37</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:2">
       <x:c r="A1535" s="2">
-        <x:v>43726</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B1535" s="3">
-        <x:v>108.29</x:v>
+        <x:v>107.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:2">
       <x:c r="A1536" s="2">
-        <x:v>43725</x:v>
+        <x:v>43752</x:v>
       </x:c>
       <x:c r="B1536" s="3">
-        <x:v>108.24</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:2">
       <x:c r="A1537" s="2">
-        <x:v>43724</x:v>
+        <x:v>43749</x:v>
       </x:c>
       <x:c r="B1537" s="3">
-        <x:v>108.33</x:v>
+        <x:v>107.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:2">
       <x:c r="A1538" s="2">
-        <x:v>43721</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="B1538" s="3">
-        <x:v>108.25</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:2">
       <x:c r="A1539" s="2">
-        <x:v>43720</x:v>
+        <x:v>43747</x:v>
       </x:c>
       <x:c r="B1539" s="3">
-        <x:v>108.3</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:2">
       <x:c r="A1540" s="2">
-        <x:v>43719</x:v>
+        <x:v>43746</x:v>
       </x:c>
       <x:c r="B1540" s="3">
-        <x:v>108.09</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:2">
       <x:c r="A1541" s="2">
-        <x:v>43718</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="B1541" s="3">
-        <x:v>108.05</x:v>
+        <x:v>107.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:2">
       <x:c r="A1542" s="2">
-        <x:v>43717</x:v>
+        <x:v>43742</x:v>
       </x:c>
       <x:c r="B1542" s="3">
-        <x:v>108.12</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:2">
       <x:c r="A1543" s="2">
-        <x:v>43714</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="B1543" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:2">
       <x:c r="A1544" s="2">
-        <x:v>43713</x:v>
+        <x:v>43740</x:v>
       </x:c>
       <x:c r="B1544" s="3">
-        <x:v>108.13</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:2">
       <x:c r="A1545" s="2">
-        <x:v>43712</x:v>
+        <x:v>43739</x:v>
       </x:c>
       <x:c r="B1545" s="3">
-        <x:v>108.02</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:2">
       <x:c r="A1546" s="2">
-        <x:v>43711</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B1546" s="3">
-        <x:v>107.79</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:2">
       <x:c r="A1547" s="2">
-        <x:v>43710</x:v>
+        <x:v>43735</x:v>
       </x:c>
       <x:c r="B1547" s="3">
-        <x:v>107.73</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:2">
       <x:c r="A1548" s="2">
-        <x:v>43707</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="B1548" s="3">
-        <x:v>107.74</x:v>
+        <x:v>108.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:2">
       <x:c r="A1549" s="2">
-        <x:v>43706</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="B1549" s="3">
-        <x:v>107.56</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:2">
       <x:c r="A1550" s="2">
-        <x:v>43705</x:v>
+        <x:v>43732</x:v>
       </x:c>
       <x:c r="B1550" s="3">
-        <x:v>107.4</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:2">
       <x:c r="A1551" s="2">
-        <x:v>43704</x:v>
+        <x:v>43731</x:v>
       </x:c>
       <x:c r="B1551" s="3">
-        <x:v>107.29</x:v>
+        <x:v>108.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:2">
       <x:c r="A1552" s="2">
-        <x:v>43703</x:v>
+        <x:v>43728</x:v>
       </x:c>
       <x:c r="B1552" s="3">
-        <x:v>107.24</x:v>
+        <x:v>108.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:2">
       <x:c r="A1553" s="2">
-        <x:v>43700</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="B1553" s="3">
-        <x:v>107.2</x:v>
+        <x:v>108.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:2">
       <x:c r="A1554" s="2">
-        <x:v>43699</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="B1554" s="3">
-        <x:v>107.35</x:v>
+        <x:v>108.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:2">
       <x:c r="A1555" s="2">
-        <x:v>43698</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="B1555" s="3">
-        <x:v>107.13</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:2">
       <x:c r="A1556" s="2">
-        <x:v>43697</x:v>
+        <x:v>43724</x:v>
       </x:c>
       <x:c r="B1556" s="3">
-        <x:v>106.71</x:v>
+        <x:v>108.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:2">
       <x:c r="A1557" s="2">
-        <x:v>43696</x:v>
+        <x:v>43721</x:v>
       </x:c>
       <x:c r="B1557" s="3">
-        <x:v>106.75</x:v>
+        <x:v>108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:2">
       <x:c r="A1558" s="2">
-        <x:v>43693</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="B1558" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:2">
       <x:c r="A1559" s="2">
-        <x:v>43691</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="B1559" s="3">
-        <x:v>106.38</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:2">
       <x:c r="A1560" s="2">
-        <x:v>43690</x:v>
+        <x:v>43718</x:v>
       </x:c>
       <x:c r="B1560" s="3">
-        <x:v>106.56</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:2">
       <x:c r="A1561" s="2">
-        <x:v>43689</x:v>
+        <x:v>43717</x:v>
       </x:c>
       <x:c r="B1561" s="3">
-        <x:v>106.54</x:v>
+        <x:v>108.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:2">
       <x:c r="A1562" s="2">
-        <x:v>43686</x:v>
+        <x:v>43714</x:v>
       </x:c>
       <x:c r="B1562" s="3">
-        <x:v>106.88</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:2">
       <x:c r="A1563" s="2">
-        <x:v>43685</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="B1563" s="3">
-        <x:v>106.87</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:2">
       <x:c r="A1564" s="2">
-        <x:v>43684</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="B1564" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:2">
       <x:c r="A1565" s="2">
-        <x:v>43683</x:v>
+        <x:v>43711</x:v>
       </x:c>
       <x:c r="B1565" s="3">
-        <x:v>106.55</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:2">
       <x:c r="A1566" s="2">
-        <x:v>43682</x:v>
+        <x:v>43710</x:v>
       </x:c>
       <x:c r="B1566" s="3">
-        <x:v>106.56</x:v>
+        <x:v>107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:2">
       <x:c r="A1567" s="2">
-        <x:v>43679</x:v>
+        <x:v>43707</x:v>
       </x:c>
       <x:c r="B1567" s="3">
-        <x:v>107.42</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:2">
       <x:c r="A1568" s="2">
-        <x:v>43678</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="B1568" s="3">
-        <x:v>107.68</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:2">
       <x:c r="A1569" s="2">
-        <x:v>43677</x:v>
+        <x:v>43705</x:v>
       </x:c>
       <x:c r="B1569" s="3">
-        <x:v>107.81</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:2">
       <x:c r="A1570" s="2">
-        <x:v>43676</x:v>
+        <x:v>43704</x:v>
       </x:c>
       <x:c r="B1570" s="3">
-        <x:v>107.81</x:v>
+        <x:v>107.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:2">
       <x:c r="A1571" s="2">
-        <x:v>43675</x:v>
+        <x:v>43703</x:v>
       </x:c>
       <x:c r="B1571" s="3">
-        <x:v>108.06</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:2">
       <x:c r="A1572" s="2">
-        <x:v>43672</x:v>
+        <x:v>43700</x:v>
       </x:c>
       <x:c r="B1572" s="3">
-        <x:v>108.04</x:v>
+        <x:v>107.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:2">
       <x:c r="A1573" s="2">
-        <x:v>43671</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="B1573" s="3">
-        <x:v>108.05</x:v>
+        <x:v>107.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:2">
       <x:c r="A1574" s="2">
-        <x:v>43670</x:v>
+        <x:v>43698</x:v>
       </x:c>
       <x:c r="B1574" s="3">
-        <x:v>107.9</x:v>
+        <x:v>107.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:2">
       <x:c r="A1575" s="2">
-        <x:v>43669</x:v>
+        <x:v>43697</x:v>
       </x:c>
       <x:c r="B1575" s="3">
-        <x:v>107.69</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:2">
       <x:c r="A1576" s="2">
-        <x:v>43668</x:v>
+        <x:v>43696</x:v>
       </x:c>
       <x:c r="B1576" s="3">
-        <x:v>107.22</x:v>
+        <x:v>106.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:2">
       <x:c r="A1577" s="2">
-        <x:v>43665</x:v>
+        <x:v>43693</x:v>
       </x:c>
       <x:c r="B1577" s="3">
-        <x:v>107.21</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:2">
       <x:c r="A1578" s="2">
-        <x:v>43664</x:v>
+        <x:v>43691</x:v>
       </x:c>
       <x:c r="B1578" s="3">
-        <x:v>107.25</x:v>
+        <x:v>106.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:2">
       <x:c r="A1579" s="2">
-        <x:v>43663</x:v>
+        <x:v>43690</x:v>
       </x:c>
       <x:c r="B1579" s="3">
-        <x:v>107.4</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:2">
       <x:c r="A1580" s="2">
-        <x:v>43662</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="B1580" s="3">
-        <x:v>107.5</x:v>
+        <x:v>106.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:2">
       <x:c r="A1581" s="2">
-        <x:v>43661</x:v>
+        <x:v>43686</x:v>
       </x:c>
       <x:c r="B1581" s="3">
-        <x:v>107.49</x:v>
+        <x:v>106.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:2">
       <x:c r="A1582" s="2">
-        <x:v>43658</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="B1582" s="3">
-        <x:v>107.36</x:v>
+        <x:v>106.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:2">
       <x:c r="A1583" s="2">
-        <x:v>43657</x:v>
+        <x:v>43684</x:v>
       </x:c>
       <x:c r="B1583" s="3">
-        <x:v>107.43</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:2">
       <x:c r="A1584" s="2">
-        <x:v>43656</x:v>
+        <x:v>43683</x:v>
       </x:c>
       <x:c r="B1584" s="3">
-        <x:v>107.52</x:v>
+        <x:v>106.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:2">
       <x:c r="A1585" s="2">
-        <x:v>43655</x:v>
+        <x:v>43682</x:v>
       </x:c>
       <x:c r="B1585" s="3">
-        <x:v>107.53</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:2">
       <x:c r="A1586" s="2">
-        <x:v>43654</x:v>
+        <x:v>43679</x:v>
       </x:c>
       <x:c r="B1586" s="3">
-        <x:v>107.7</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:2">
       <x:c r="A1587" s="2">
-        <x:v>43651</x:v>
+        <x:v>43678</x:v>
       </x:c>
       <x:c r="B1587" s="3">
-        <x:v>107.77</x:v>
+        <x:v>107.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:2">
       <x:c r="A1588" s="2">
-        <x:v>43650</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B1588" s="3">
-        <x:v>107.79</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:2">
       <x:c r="A1589" s="2">
-        <x:v>43649</x:v>
+        <x:v>43676</x:v>
       </x:c>
       <x:c r="B1589" s="3">
-        <x:v>107.64</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:2">
       <x:c r="A1590" s="2">
-        <x:v>43648</x:v>
+        <x:v>43675</x:v>
       </x:c>
       <x:c r="B1590" s="3">
-        <x:v>107.23</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:2">
       <x:c r="A1591" s="2">
-        <x:v>43647</x:v>
+        <x:v>43672</x:v>
       </x:c>
       <x:c r="B1591" s="3">
-        <x:v>107.12</x:v>
+        <x:v>108.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:2">
       <x:c r="A1592" s="2">
-        <x:v>43644</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="B1592" s="3">
-        <x:v>106.66</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:2">
       <x:c r="A1593" s="2">
-        <x:v>43643</x:v>
+        <x:v>43670</x:v>
       </x:c>
       <x:c r="B1593" s="3">
-        <x:v>106.39</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:2">
       <x:c r="A1594" s="2">
-        <x:v>43642</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="B1594" s="3">
-        <x:v>106.35</x:v>
+        <x:v>107.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:2">
       <x:c r="A1595" s="2">
-        <x:v>43641</x:v>
+        <x:v>43668</x:v>
       </x:c>
       <x:c r="B1595" s="3">
-        <x:v>106.5</x:v>
+        <x:v>107.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:2">
       <x:c r="A1596" s="2">
-        <x:v>43640</x:v>
+        <x:v>43665</x:v>
       </x:c>
       <x:c r="B1596" s="3">
-        <x:v>106.7</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:2">
       <x:c r="A1597" s="2">
-        <x:v>43637</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="B1597" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:2">
       <x:c r="A1598" s="2">
-        <x:v>43636</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="B1598" s="3">
-        <x:v>106.9</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:2">
       <x:c r="A1599" s="2">
-        <x:v>43635</x:v>
+        <x:v>43662</x:v>
       </x:c>
       <x:c r="B1599" s="3">
-        <x:v>106.13</x:v>
+        <x:v>107.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:2">
       <x:c r="A1600" s="2">
-        <x:v>43634</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B1600" s="3">
-        <x:v>105.85</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:2">
       <x:c r="A1601" s="2">
-        <x:v>43633</x:v>
+        <x:v>43658</x:v>
       </x:c>
       <x:c r="B1601" s="3">
-        <x:v>105.18</x:v>
+        <x:v>107.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:2">
       <x:c r="A1602" s="2">
-        <x:v>43630</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="B1602" s="3">
-        <x:v>105.2</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:2">
       <x:c r="A1603" s="2">
-        <x:v>43629</x:v>
+        <x:v>43656</x:v>
       </x:c>
       <x:c r="B1603" s="3">
-        <x:v>105.17</x:v>
+        <x:v>107.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:2">
       <x:c r="A1604" s="2">
-        <x:v>43628</x:v>
+        <x:v>43655</x:v>
       </x:c>
       <x:c r="B1604" s="3">
-        <x:v>105.03</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:2">
       <x:c r="A1605" s="2">
-        <x:v>43627</x:v>
+        <x:v>43654</x:v>
       </x:c>
       <x:c r="B1605" s="3">
-        <x:v>105.06</x:v>
+        <x:v>107.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:2">
       <x:c r="A1606" s="2">
-        <x:v>43623</x:v>
+        <x:v>43651</x:v>
       </x:c>
       <x:c r="B1606" s="3">
-        <x:v>104.7</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:2">
       <x:c r="A1607" s="2">
-        <x:v>43622</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="B1607" s="3">
-        <x:v>104.39</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:2">
       <x:c r="A1608" s="2">
-        <x:v>43621</x:v>
+        <x:v>43649</x:v>
       </x:c>
       <x:c r="B1608" s="3">
-        <x:v>104.37</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:2">
       <x:c r="A1609" s="2">
-        <x:v>43620</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="B1609" s="3">
-        <x:v>104.1</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:2">
       <x:c r="A1610" s="2">
-        <x:v>43619</x:v>
+        <x:v>43647</x:v>
       </x:c>
       <x:c r="B1610" s="3">
-        <x:v>103.77</x:v>
+        <x:v>107.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:2">
       <x:c r="A1611" s="2">
-        <x:v>43616</x:v>
+        <x:v>43644</x:v>
       </x:c>
       <x:c r="B1611" s="3">
-        <x:v>103.81</x:v>
+        <x:v>106.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:2">
       <x:c r="A1612" s="2">
-        <x:v>43614</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="B1612" s="3">
-        <x:v>104.09</x:v>
+        <x:v>106.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:2">
       <x:c r="A1613" s="2">
-        <x:v>43613</x:v>
+        <x:v>43642</x:v>
       </x:c>
       <x:c r="B1613" s="3">
-        <x:v>104.46</x:v>
+        <x:v>106.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:2">
       <x:c r="A1614" s="2">
-        <x:v>43612</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="B1614" s="3">
-        <x:v>104.6</x:v>
+        <x:v>106.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:2">
       <x:c r="A1615" s="2">
-        <x:v>43609</x:v>
+        <x:v>43640</x:v>
       </x:c>
       <x:c r="B1615" s="3">
-        <x:v>104.49</x:v>
+        <x:v>106.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:2">
       <x:c r="A1616" s="2">
-        <x:v>43608</x:v>
+        <x:v>43637</x:v>
       </x:c>
       <x:c r="B1616" s="3">
-        <x:v>104.39</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:2">
       <x:c r="A1617" s="2">
-        <x:v>43607</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="B1617" s="3">
-        <x:v>104.9</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:2">
       <x:c r="A1618" s="2">
-        <x:v>43606</x:v>
+        <x:v>43635</x:v>
       </x:c>
       <x:c r="B1618" s="3">
-        <x:v>104.91</x:v>
+        <x:v>106.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:2">
       <x:c r="A1619" s="2">
-        <x:v>43605</x:v>
+        <x:v>43634</x:v>
       </x:c>
       <x:c r="B1619" s="3">
-        <x:v>104.83</x:v>
+        <x:v>105.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:2">
       <x:c r="A1620" s="2">
-        <x:v>43602</x:v>
+        <x:v>43633</x:v>
       </x:c>
       <x:c r="B1620" s="3">
-        <x:v>104.93</x:v>
+        <x:v>105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:2">
       <x:c r="A1621" s="2">
-        <x:v>43601</x:v>
+        <x:v>43630</x:v>
       </x:c>
       <x:c r="B1621" s="3">
-        <x:v>104.92</x:v>
+        <x:v>105.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:2">
       <x:c r="A1622" s="2">
-        <x:v>43600</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="B1622" s="3">
-        <x:v>104.58</x:v>
+        <x:v>105.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:2">
       <x:c r="A1623" s="2">
-        <x:v>43599</x:v>
+        <x:v>43628</x:v>
       </x:c>
       <x:c r="B1623" s="3">
-        <x:v>104.4</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:2">
       <x:c r="A1624" s="2">
-        <x:v>43598</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="B1624" s="3">
-        <x:v>104.21</x:v>
+        <x:v>105.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:2">
       <x:c r="A1625" s="2">
-        <x:v>43595</x:v>
+        <x:v>43623</x:v>
       </x:c>
       <x:c r="B1625" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:2">
       <x:c r="A1626" s="2">
-        <x:v>43593</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="B1626" s="3">
-        <x:v>104.88</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:2">
       <x:c r="A1627" s="2">
-        <x:v>43592</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="B1627" s="3">
-        <x:v>105.16</x:v>
+        <x:v>104.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:2">
       <x:c r="A1628" s="2">
-        <x:v>43591</x:v>
+        <x:v>43620</x:v>
       </x:c>
       <x:c r="B1628" s="3">
-        <x:v>105.54</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:2">
       <x:c r="A1629" s="2">
-        <x:v>43588</x:v>
+        <x:v>43619</x:v>
       </x:c>
       <x:c r="B1629" s="3">
-        <x:v>105.68</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:2">
       <x:c r="A1630" s="2">
-        <x:v>43587</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B1630" s="3">
-        <x:v>105.6</x:v>
+        <x:v>103.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:2">
       <x:c r="A1631" s="2">
-        <x:v>43585</x:v>
+        <x:v>43614</x:v>
       </x:c>
       <x:c r="B1631" s="3">
-        <x:v>105.68</x:v>
+        <x:v>104.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:2">
       <x:c r="A1632" s="2">
-        <x:v>43584</x:v>
+        <x:v>43613</x:v>
       </x:c>
       <x:c r="B1632" s="3">
-        <x:v>105.66</x:v>
+        <x:v>104.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:2">
       <x:c r="A1633" s="2">
-        <x:v>43581</x:v>
+        <x:v>43612</x:v>
       </x:c>
       <x:c r="B1633" s="3">
-        <x:v>105.68</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:2">
       <x:c r="A1634" s="2">
-        <x:v>43580</x:v>
+        <x:v>43609</x:v>
       </x:c>
       <x:c r="B1634" s="3">
-        <x:v>105.59</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:2">
       <x:c r="A1635" s="2">
-        <x:v>43579</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="B1635" s="3">
-        <x:v>105.89</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:2">
       <x:c r="A1636" s="2">
-        <x:v>43578</x:v>
+        <x:v>43607</x:v>
       </x:c>
       <x:c r="B1636" s="3">
-        <x:v>105.99</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:2">
       <x:c r="A1637" s="2">
-        <x:v>43573</x:v>
+        <x:v>43606</x:v>
       </x:c>
       <x:c r="B1637" s="3">
-        <x:v>105.82</x:v>
+        <x:v>104.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:2">
       <x:c r="A1638" s="2">
-        <x:v>43572</x:v>
+        <x:v>43605</x:v>
       </x:c>
       <x:c r="B1638" s="3">
-        <x:v>105.77</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:2">
       <x:c r="A1639" s="2">
-        <x:v>43571</x:v>
+        <x:v>43602</x:v>
       </x:c>
       <x:c r="B1639" s="3">
-        <x:v>105.73</x:v>
+        <x:v>104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:2">
       <x:c r="A1640" s="2">
-        <x:v>43570</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="B1640" s="3">
-        <x:v>105.72</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:2">
       <x:c r="A1641" s="2">
-        <x:v>43567</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B1641" s="3">
-        <x:v>105.61</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:2">
       <x:c r="A1642" s="2">
-        <x:v>43566</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="B1642" s="3">
-        <x:v>105.57</x:v>
+        <x:v>104.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:2">
       <x:c r="A1643" s="2">
-        <x:v>43565</x:v>
+        <x:v>43598</x:v>
       </x:c>
       <x:c r="B1643" s="3">
-        <x:v>105.64</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:2">
       <x:c r="A1644" s="2">
-        <x:v>43564</x:v>
+        <x:v>43595</x:v>
       </x:c>
       <x:c r="B1644" s="3">
-        <x:v>105.57</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:2">
       <x:c r="A1645" s="2">
-        <x:v>43563</x:v>
+        <x:v>43593</x:v>
       </x:c>
       <x:c r="B1645" s="3">
-        <x:v>105.61</x:v>
+        <x:v>104.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:2">
       <x:c r="A1646" s="2">
-        <x:v>43560</x:v>
+        <x:v>43592</x:v>
       </x:c>
       <x:c r="B1646" s="3">
-        <x:v>105.7</x:v>
+        <x:v>105.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:2">
       <x:c r="A1647" s="2">
-        <x:v>43559</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="B1647" s="3">
-        <x:v>105.59</x:v>
+        <x:v>105.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:2">
       <x:c r="A1648" s="2">
-        <x:v>43558</x:v>
+        <x:v>43588</x:v>
       </x:c>
       <x:c r="B1648" s="3">
-        <x:v>105.69</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:2">
       <x:c r="A1649" s="2">
-        <x:v>43557</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="B1649" s="3">
-        <x:v>105.57</x:v>
+        <x:v>105.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:2">
       <x:c r="A1650" s="2">
-        <x:v>43556</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B1650" s="3">
-        <x:v>105.43</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:2">
       <x:c r="A1651" s="2">
-        <x:v>43553</x:v>
+        <x:v>43584</x:v>
       </x:c>
       <x:c r="B1651" s="3">
-        <x:v>105.03</x:v>
+        <x:v>105.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:2">
       <x:c r="A1652" s="2">
-        <x:v>43552</x:v>
+        <x:v>43581</x:v>
       </x:c>
       <x:c r="B1652" s="3">
-        <x:v>104.73</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:2">
       <x:c r="A1653" s="2">
-        <x:v>43551</x:v>
+        <x:v>43580</x:v>
       </x:c>
       <x:c r="B1653" s="3">
-        <x:v>104.64</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:2">
       <x:c r="A1654" s="2">
-        <x:v>43550</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="B1654" s="3">
-        <x:v>104.79</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:2">
       <x:c r="A1655" s="2">
-        <x:v>43549</x:v>
+        <x:v>43578</x:v>
       </x:c>
       <x:c r="B1655" s="3">
-        <x:v>104.45</x:v>
+        <x:v>105.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:2">
       <x:c r="A1656" s="2">
-        <x:v>43546</x:v>
+        <x:v>43573</x:v>
       </x:c>
       <x:c r="B1656" s="3">
-        <x:v>104.63</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:2">
       <x:c r="A1657" s="2">
-        <x:v>43545</x:v>
+        <x:v>43572</x:v>
       </x:c>
       <x:c r="B1657" s="3">
-        <x:v>105.03</x:v>
+        <x:v>105.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:2">
       <x:c r="A1658" s="2">
-        <x:v>43544</x:v>
+        <x:v>43571</x:v>
       </x:c>
       <x:c r="B1658" s="3">
-        <x:v>104.85</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:2">
       <x:c r="A1659" s="2">
-        <x:v>43543</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B1659" s="3">
-        <x:v>105</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:2">
       <x:c r="A1660" s="2">
-        <x:v>43542</x:v>
+        <x:v>43567</x:v>
       </x:c>
       <x:c r="B1660" s="3">
-        <x:v>104.85</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:2">
       <x:c r="A1661" s="2">
-        <x:v>43539</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="B1661" s="3">
-        <x:v>104.67</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:2">
       <x:c r="A1662" s="2">
-        <x:v>43538</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="B1662" s="3">
-        <x:v>104.57</x:v>
+        <x:v>105.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:2">
       <x:c r="A1663" s="2">
-        <x:v>43537</x:v>
+        <x:v>43564</x:v>
       </x:c>
       <x:c r="B1663" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:2">
       <x:c r="A1664" s="2">
-        <x:v>43536</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="B1664" s="3">
-        <x:v>104.35</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:2">
       <x:c r="A1665" s="2">
-        <x:v>43535</x:v>
+        <x:v>43560</x:v>
       </x:c>
       <x:c r="B1665" s="3">
-        <x:v>104.12</x:v>
+        <x:v>105.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:2">
       <x:c r="A1666" s="2">
-        <x:v>43532</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="B1666" s="3">
-        <x:v>103.77</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:2">
       <x:c r="A1667" s="2">
-        <x:v>43531</x:v>
+        <x:v>43558</x:v>
       </x:c>
       <x:c r="B1667" s="3">
-        <x:v>104.09</x:v>
+        <x:v>105.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:2">
       <x:c r="A1668" s="2">
-        <x:v>43530</x:v>
+        <x:v>43557</x:v>
       </x:c>
       <x:c r="B1668" s="3">
-        <x:v>104.19</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:2">
       <x:c r="A1669" s="2">
-        <x:v>43529</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="B1669" s="3">
-        <x:v>104.15</x:v>
+        <x:v>105.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:2">
       <x:c r="A1670" s="2">
-        <x:v>43528</x:v>
+        <x:v>43553</x:v>
       </x:c>
       <x:c r="B1670" s="3">
-        <x:v>104.21</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:2">
       <x:c r="A1671" s="2">
-        <x:v>43525</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="B1671" s="3">
-        <x:v>104.15</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:2">
       <x:c r="A1672" s="2">
-        <x:v>43524</x:v>
+        <x:v>43551</x:v>
       </x:c>
       <x:c r="B1672" s="3">
-        <x:v>104.18</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:2">
       <x:c r="A1673" s="2">
-        <x:v>43523</x:v>
+        <x:v>43550</x:v>
       </x:c>
       <x:c r="B1673" s="3">
-        <x:v>104.12</x:v>
+        <x:v>104.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:2">
       <x:c r="A1674" s="2">
-        <x:v>43522</x:v>
+        <x:v>43549</x:v>
       </x:c>
       <x:c r="B1674" s="3">
-        <x:v>103.98</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:2">
       <x:c r="A1675" s="2">
-        <x:v>43521</x:v>
+        <x:v>43546</x:v>
       </x:c>
       <x:c r="B1675" s="3">
-        <x:v>103.91</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:2">
       <x:c r="A1676" s="2">
-        <x:v>43518</x:v>
+        <x:v>43545</x:v>
       </x:c>
       <x:c r="B1676" s="3">
-        <x:v>103.71</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:2">
       <x:c r="A1677" s="2">
-        <x:v>43517</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="B1677" s="3">
-        <x:v>103.47</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:2">
       <x:c r="A1678" s="2">
-        <x:v>43516</x:v>
+        <x:v>43543</x:v>
       </x:c>
       <x:c r="B1678" s="3">
-        <x:v>103.22</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:2">
       <x:c r="A1679" s="2">
-        <x:v>43515</x:v>
+        <x:v>43542</x:v>
       </x:c>
       <x:c r="B1679" s="3">
-        <x:v>103.18</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:2">
       <x:c r="A1680" s="2">
-        <x:v>43514</x:v>
+        <x:v>43539</x:v>
       </x:c>
       <x:c r="B1680" s="3">
-        <x:v>103.09</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:2">
       <x:c r="A1681" s="2">
-        <x:v>43511</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="B1681" s="3">
-        <x:v>102.91</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:2">
       <x:c r="A1682" s="2">
-        <x:v>43510</x:v>
+        <x:v>43537</x:v>
       </x:c>
       <x:c r="B1682" s="3">
-        <x:v>102.69</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:2">
       <x:c r="A1683" s="2">
-        <x:v>43509</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="B1683" s="3">
-        <x:v>102.75</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:2">
       <x:c r="A1684" s="2">
-        <x:v>43508</x:v>
+        <x:v>43535</x:v>
       </x:c>
       <x:c r="B1684" s="3">
-        <x:v>102.52</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:2">
       <x:c r="A1685" s="2">
-        <x:v>43507</x:v>
+        <x:v>43532</x:v>
       </x:c>
       <x:c r="B1685" s="3">
-        <x:v>102.29</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:2">
       <x:c r="A1686" s="2">
-        <x:v>43504</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="B1686" s="3">
-        <x:v>102.26</x:v>
+        <x:v>104.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:2">
       <x:c r="A1687" s="2">
-        <x:v>43503</x:v>
+        <x:v>43530</x:v>
       </x:c>
       <x:c r="B1687" s="3">
-        <x:v>102.54</x:v>
+        <x:v>104.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:2">
       <x:c r="A1688" s="2">
-        <x:v>43502</x:v>
+        <x:v>43529</x:v>
       </x:c>
       <x:c r="B1688" s="3">
-        <x:v>102.9</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:2">
       <x:c r="A1689" s="2">
-        <x:v>43501</x:v>
+        <x:v>43528</x:v>
       </x:c>
       <x:c r="B1689" s="3">
-        <x:v>102.72</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:2">
       <x:c r="A1690" s="2">
-        <x:v>43500</x:v>
+        <x:v>43525</x:v>
       </x:c>
       <x:c r="B1690" s="3">
-        <x:v>102.18</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:2">
       <x:c r="A1691" s="2">
-        <x:v>43497</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B1691" s="3">
-        <x:v>102.1</x:v>
+        <x:v>104.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:2">
       <x:c r="A1692" s="2">
-        <x:v>43496</x:v>
+        <x:v>43523</x:v>
       </x:c>
       <x:c r="B1692" s="3">
-        <x:v>102.25</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:2">
       <x:c r="A1693" s="2">
-        <x:v>43495</x:v>
+        <x:v>43522</x:v>
       </x:c>
       <x:c r="B1693" s="3">
-        <x:v>101.75</x:v>
+        <x:v>103.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:2">
       <x:c r="A1694" s="2">
-        <x:v>43494</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="B1694" s="3">
-        <x:v>101.6</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:2">
       <x:c r="A1695" s="2">
-        <x:v>43493</x:v>
+        <x:v>43518</x:v>
       </x:c>
       <x:c r="B1695" s="3">
-        <x:v>101.61</x:v>
+        <x:v>103.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:2">
       <x:c r="A1696" s="2">
-        <x:v>43490</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="B1696" s="3">
-        <x:v>101.87</x:v>
+        <x:v>103.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:2">
       <x:c r="A1697" s="2">
-        <x:v>43489</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="B1697" s="3">
-        <x:v>101.65</x:v>
+        <x:v>103.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:2">
       <x:c r="A1698" s="2">
-        <x:v>43488</x:v>
+        <x:v>43515</x:v>
       </x:c>
       <x:c r="B1698" s="3">
-        <x:v>101.33</x:v>
+        <x:v>103.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:2">
       <x:c r="A1699" s="2">
-        <x:v>43487</x:v>
+        <x:v>43514</x:v>
       </x:c>
       <x:c r="B1699" s="3">
-        <x:v>101.21</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:2">
       <x:c r="A1700" s="2">
-        <x:v>43486</x:v>
+        <x:v>43511</x:v>
       </x:c>
       <x:c r="B1700" s="3">
-        <x:v>101.37</x:v>
+        <x:v>102.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:2">
       <x:c r="A1701" s="2">
-        <x:v>43483</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="B1701" s="3">
-        <x:v>101.37</x:v>
+        <x:v>102.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:2">
       <x:c r="A1702" s="2">
-        <x:v>43482</x:v>
+        <x:v>43509</x:v>
       </x:c>
       <x:c r="B1702" s="3">
-        <x:v>100.66</x:v>
+        <x:v>102.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:2">
       <x:c r="A1703" s="2">
-        <x:v>43481</x:v>
+        <x:v>43508</x:v>
       </x:c>
       <x:c r="B1703" s="3">
-        <x:v>100.69</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:2">
       <x:c r="A1704" s="2">
-        <x:v>43480</x:v>
+        <x:v>43507</x:v>
       </x:c>
       <x:c r="B1704" s="3">
-        <x:v>100.21</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:2">
       <x:c r="A1705" s="2">
-        <x:v>43479</x:v>
+        <x:v>43504</x:v>
       </x:c>
       <x:c r="B1705" s="3">
-        <x:v>99.87</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:2">
       <x:c r="A1706" s="2">
-        <x:v>43476</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="B1706" s="3">
-        <x:v>100</x:v>
+        <x:v>102.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:2">
       <x:c r="A1707" s="2">
-        <x:v>43475</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="B1707" s="3">
-        <x:v>99.87</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:2">
       <x:c r="A1708" s="2">
-        <x:v>43474</x:v>
+        <x:v>43501</x:v>
       </x:c>
       <x:c r="B1708" s="3">
-        <x:v>99.93</x:v>
+        <x:v>102.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:2">
       <x:c r="A1709" s="2">
-        <x:v>43473</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="B1709" s="3">
-        <x:v>99.34</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:2">
       <x:c r="A1710" s="2">
-        <x:v>43472</x:v>
+        <x:v>43497</x:v>
       </x:c>
       <x:c r="B1710" s="3">
-        <x:v>98.94</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:2">
       <x:c r="A1711" s="2">
-        <x:v>43469</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B1711" s="3">
-        <x:v>98.52</x:v>
+        <x:v>102.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:2">
       <x:c r="A1712" s="2">
-        <x:v>43468</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="B1712" s="3">
-        <x:v>97.61</x:v>
+        <x:v>101.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:2">
       <x:c r="A1713" s="2">
-        <x:v>43467</x:v>
+        <x:v>43494</x:v>
       </x:c>
       <x:c r="B1713" s="3">
-        <x:v>97.58</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:2">
       <x:c r="A1714" s="2">
-        <x:v>43465</x:v>
+        <x:v>43493</x:v>
       </x:c>
       <x:c r="B1714" s="3">
-        <x:v>97.69</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:2">
       <x:c r="A1715" s="2">
-        <x:v>43462</x:v>
+        <x:v>43490</x:v>
       </x:c>
       <x:c r="B1715" s="3">
-        <x:v>97.64</x:v>
+        <x:v>101.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:2">
       <x:c r="A1716" s="2">
-        <x:v>43461</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="B1716" s="3">
-        <x:v>97.28</x:v>
+        <x:v>101.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:2">
       <x:c r="A1717" s="2">
-        <x:v>43458</x:v>
+        <x:v>43488</x:v>
       </x:c>
       <x:c r="B1717" s="3">
-        <x:v>97.42</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:2">
       <x:c r="A1718" s="2">
-        <x:v>43455</x:v>
+        <x:v>43487</x:v>
       </x:c>
       <x:c r="B1718" s="3">
-        <x:v>97.64</x:v>
+        <x:v>101.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:2">
       <x:c r="A1719" s="2">
-        <x:v>43454</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="B1719" s="3">
-        <x:v>97.96</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:2">
       <x:c r="A1720" s="2">
-        <x:v>43453</x:v>
+        <x:v>43483</x:v>
       </x:c>
       <x:c r="B1720" s="3">
-        <x:v>98.5</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:2">
       <x:c r="A1721" s="2">
-        <x:v>43452</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="B1721" s="3">
-        <x:v>98.48</x:v>
+        <x:v>100.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:2">
       <x:c r="A1722" s="2">
-        <x:v>43451</x:v>
+        <x:v>43481</x:v>
       </x:c>
       <x:c r="B1722" s="3">
-        <x:v>98.67</x:v>
+        <x:v>100.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:2">
       <x:c r="A1723" s="2">
-        <x:v>43448</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B1723" s="3">
-        <x:v>99.13</x:v>
+        <x:v>100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:2">
       <x:c r="A1724" s="2">
-        <x:v>43447</x:v>
+        <x:v>43479</x:v>
       </x:c>
       <x:c r="B1724" s="3">
-        <x:v>99.32</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:2">
       <x:c r="A1725" s="2">
-        <x:v>43446</x:v>
+        <x:v>43476</x:v>
       </x:c>
       <x:c r="B1725" s="3">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:2">
       <x:c r="A1726" s="2">
-        <x:v>43445</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="B1726" s="3">
-        <x:v>98.56</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:2">
       <x:c r="A1727" s="2">
-        <x:v>43444</x:v>
+        <x:v>43474</x:v>
       </x:c>
       <x:c r="B1727" s="3">
-        <x:v>98.32</x:v>
+        <x:v>99.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:2">
       <x:c r="A1728" s="2">
-        <x:v>43441</x:v>
+        <x:v>43473</x:v>
       </x:c>
       <x:c r="B1728" s="3">
-        <x:v>98.89</x:v>
+        <x:v>99.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:2">
       <x:c r="A1729" s="2">
-        <x:v>43440</x:v>
+        <x:v>43472</x:v>
       </x:c>
       <x:c r="B1729" s="3">
-        <x:v>98.66</x:v>
+        <x:v>98.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:2">
       <x:c r="A1730" s="2">
-        <x:v>43439</x:v>
+        <x:v>43469</x:v>
       </x:c>
       <x:c r="B1730" s="3">
-        <x:v>99.26</x:v>
+        <x:v>98.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:2">
       <x:c r="A1731" s="2">
-        <x:v>43438</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="B1731" s="3">
-        <x:v>99.58</x:v>
+        <x:v>97.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:2">
       <x:c r="A1732" s="2">
-        <x:v>43437</x:v>
+        <x:v>43467</x:v>
       </x:c>
       <x:c r="B1732" s="3">
-        <x:v>100.01</x:v>
+        <x:v>97.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:2">
       <x:c r="A1733" s="2">
-        <x:v>43434</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B1733" s="3">
-        <x:v>99.43</x:v>
+        <x:v>97.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:2">
       <x:c r="A1734" s="2">
-        <x:v>43433</x:v>
+        <x:v>43462</x:v>
       </x:c>
       <x:c r="B1734" s="3">
-        <x:v>99.41</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:2">
       <x:c r="A1735" s="2">
-        <x:v>43432</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="B1735" s="3">
-        <x:v>99.23</x:v>
+        <x:v>97.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:2">
       <x:c r="A1736" s="2">
-        <x:v>43431</x:v>
+        <x:v>43458</x:v>
       </x:c>
       <x:c r="B1736" s="3">
-        <x:v>99.12</x:v>
+        <x:v>97.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:2">
       <x:c r="A1737" s="2">
-        <x:v>43430</x:v>
+        <x:v>43455</x:v>
       </x:c>
       <x:c r="B1737" s="3">
-        <x:v>99.48</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:2">
       <x:c r="A1738" s="2">
-        <x:v>43427</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="B1738" s="3">
-        <x:v>99.38</x:v>
+        <x:v>97.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:2">
       <x:c r="A1739" s="2">
-        <x:v>43426</x:v>
+        <x:v>43453</x:v>
       </x:c>
       <x:c r="B1739" s="3">
-        <x:v>99.48</x:v>
+        <x:v>98.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:2">
       <x:c r="A1740" s="2">
-        <x:v>43425</x:v>
+        <x:v>43452</x:v>
       </x:c>
       <x:c r="B1740" s="3">
-        <x:v>99.49</x:v>
+        <x:v>98.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:2">
       <x:c r="A1741" s="2">
-        <x:v>43424</x:v>
+        <x:v>43451</x:v>
       </x:c>
       <x:c r="B1741" s="3">
-        <x:v>99.09</x:v>
+        <x:v>98.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:2">
       <x:c r="A1742" s="2">
-        <x:v>43423</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="B1742" s="3">
-        <x:v>99.98</x:v>
+        <x:v>99.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:2">
       <x:c r="A1743" s="2">
-        <x:v>43420</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="B1743" s="3">
-        <x:v>100.53</x:v>
+        <x:v>99.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:2">
       <x:c r="A1744" s="2">
-        <x:v>43419</x:v>
+        <x:v>43446</x:v>
       </x:c>
       <x:c r="B1744" s="3">
-        <x:v>100.83</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:2">
       <x:c r="A1745" s="2">
-        <x:v>43418</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="B1745" s="3">
-        <x:v>101.35</x:v>
+        <x:v>98.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:2">
       <x:c r="A1746" s="2">
-        <x:v>43417</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="B1746" s="3">
-        <x:v>101.69</x:v>
+        <x:v>98.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:2">
       <x:c r="A1747" s="2">
-        <x:v>43416</x:v>
+        <x:v>43441</x:v>
       </x:c>
       <x:c r="B1747" s="3">
-        <x:v>101.81</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:2">
       <x:c r="A1748" s="2">
-        <x:v>43413</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="B1748" s="3">
-        <x:v>102.02</x:v>
+        <x:v>98.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:2">
       <x:c r="A1749" s="2">
-        <x:v>43412</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="B1749" s="3">
-        <x:v>102.2</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:2">
       <x:c r="A1750" s="2">
-        <x:v>43411</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="B1750" s="3">
-        <x:v>102.24</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:2">
       <x:c r="A1751" s="2">
-        <x:v>43410</x:v>
+        <x:v>43437</x:v>
       </x:c>
       <x:c r="B1751" s="3">
-        <x:v>101.95</x:v>
+        <x:v>100.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:2">
       <x:c r="A1752" s="2">
-        <x:v>43409</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B1752" s="3">
-        <x:v>101.81</x:v>
+        <x:v>99.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:2">
       <x:c r="A1753" s="2">
-        <x:v>43406</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="B1753" s="3">
-        <x:v>101.78</x:v>
+        <x:v>99.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:2">
       <x:c r="A1754" s="2">
-        <x:v>43404</x:v>
+        <x:v>43432</x:v>
       </x:c>
       <x:c r="B1754" s="3">
-        <x:v>101.37</x:v>
+        <x:v>99.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:2">
       <x:c r="A1755" s="2">
-        <x:v>43403</x:v>
+        <x:v>43431</x:v>
       </x:c>
       <x:c r="B1755" s="3">
-        <x:v>101.25</x:v>
+        <x:v>99.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:2">
       <x:c r="A1756" s="2">
-        <x:v>43402</x:v>
+        <x:v>43430</x:v>
       </x:c>
       <x:c r="B1756" s="3">
-        <x:v>101.3</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:2">
       <x:c r="A1757" s="2">
-        <x:v>43399</x:v>
+        <x:v>43427</x:v>
       </x:c>
       <x:c r="B1757" s="3">
-        <x:v>101.28</x:v>
+        <x:v>99.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:2">
       <x:c r="A1758" s="2">
-        <x:v>43398</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="B1758" s="3">
-        <x:v>101.47</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:2">
       <x:c r="A1759" s="2">
-        <x:v>43397</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="B1759" s="3">
-        <x:v>101.35</x:v>
+        <x:v>99.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:2">
       <x:c r="A1760" s="2">
-        <x:v>43396</x:v>
+        <x:v>43424</x:v>
       </x:c>
       <x:c r="B1760" s="3">
-        <x:v>101.22</x:v>
+        <x:v>99.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:2">
       <x:c r="A1761" s="2">
-        <x:v>43395</x:v>
+        <x:v>43423</x:v>
       </x:c>
       <x:c r="B1761" s="3">
-        <x:v>101.6</x:v>
+        <x:v>99.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:2">
       <x:c r="A1762" s="2">
-        <x:v>43392</x:v>
+        <x:v>43420</x:v>
       </x:c>
       <x:c r="B1762" s="3">
-        <x:v>101.68</x:v>
+        <x:v>100.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:2">
       <x:c r="A1763" s="2">
-        <x:v>43391</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B1763" s="3">
-        <x:v>101.83</x:v>
+        <x:v>100.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:2">
       <x:c r="A1764" s="2">
-        <x:v>43390</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="B1764" s="3">
-        <x:v>102.1</x:v>
+        <x:v>101.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:2">
       <x:c r="A1765" s="2">
-        <x:v>43389</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="B1765" s="3">
-        <x:v>102</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:2">
       <x:c r="A1766" s="2">
-        <x:v>43388</x:v>
+        <x:v>43416</x:v>
       </x:c>
       <x:c r="B1766" s="3">
-        <x:v>101.61</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:2">
       <x:c r="A1767" s="2">
-        <x:v>43385</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="B1767" s="3">
-        <x:v>101.51</x:v>
+        <x:v>102.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:2">
       <x:c r="A1768" s="2">
-        <x:v>43384</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="B1768" s="3">
-        <x:v>101.3</x:v>
+        <x:v>102.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:2">
       <x:c r="A1769" s="2">
-        <x:v>43383</x:v>
+        <x:v>43411</x:v>
       </x:c>
       <x:c r="B1769" s="3">
-        <x:v>101.89</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:2">
       <x:c r="A1770" s="2">
-        <x:v>43382</x:v>
+        <x:v>43410</x:v>
       </x:c>
       <x:c r="B1770" s="3">
-        <x:v>102.23</x:v>
+        <x:v>101.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:2">
       <x:c r="A1771" s="2">
-        <x:v>43381</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="B1771" s="3">
-        <x:v>102.36</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:2">
       <x:c r="A1772" s="2">
-        <x:v>43378</x:v>
+        <x:v>43406</x:v>
       </x:c>
       <x:c r="B1772" s="3">
-        <x:v>102.39</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:2">
       <x:c r="A1773" s="2">
-        <x:v>43377</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B1773" s="3">
-        <x:v>102.71</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:2">
       <x:c r="A1774" s="2">
-        <x:v>43376</x:v>
+        <x:v>43403</x:v>
       </x:c>
       <x:c r="B1774" s="3">
-        <x:v>103.35</x:v>
+        <x:v>101.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:2">
       <x:c r="A1775" s="2">
-        <x:v>43375</x:v>
+        <x:v>43402</x:v>
       </x:c>
       <x:c r="B1775" s="3">
-        <x:v>103.3</x:v>
+        <x:v>101.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:2">
       <x:c r="A1776" s="2">
-        <x:v>43374</x:v>
+        <x:v>43399</x:v>
       </x:c>
       <x:c r="B1776" s="3">
-        <x:v>103.48</x:v>
+        <x:v>101.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:2">
       <x:c r="A1777" s="2">
-        <x:v>43371</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="B1777" s="3">
-        <x:v>103.49</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:2">
       <x:c r="A1778" s="2">
-        <x:v>43370</x:v>
+        <x:v>43397</x:v>
       </x:c>
       <x:c r="B1778" s="3">
-        <x:v>103.65</x:v>
+        <x:v>101.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:2">
       <x:c r="A1779" s="2">
-        <x:v>43369</x:v>
+        <x:v>43396</x:v>
       </x:c>
       <x:c r="B1779" s="3">
-        <x:v>103.37</x:v>
+        <x:v>101.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:2">
       <x:c r="A1780" s="2">
-        <x:v>43368</x:v>
+        <x:v>43395</x:v>
       </x:c>
       <x:c r="B1780" s="3">
-        <x:v>103.29</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:2">
       <x:c r="A1781" s="2">
-        <x:v>43367</x:v>
+        <x:v>43392</x:v>
       </x:c>
       <x:c r="B1781" s="3">
-        <x:v>103.3</x:v>
+        <x:v>101.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:2">
       <x:c r="A1782" s="2">
-        <x:v>43364</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="B1782" s="3">
-        <x:v>103.38</x:v>
+        <x:v>101.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:2">
       <x:c r="A1783" s="2">
-        <x:v>43363</x:v>
+        <x:v>43390</x:v>
       </x:c>
       <x:c r="B1783" s="3">
-        <x:v>103.04</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:2">
       <x:c r="A1784" s="2">
-        <x:v>43362</x:v>
+        <x:v>43389</x:v>
       </x:c>
       <x:c r="B1784" s="3">
-        <x:v>102.61</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:2">
       <x:c r="A1785" s="2">
-        <x:v>43361</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B1785" s="3">
-        <x:v>102.45</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:2">
       <x:c r="A1786" s="2">
-        <x:v>43360</x:v>
+        <x:v>43385</x:v>
       </x:c>
       <x:c r="B1786" s="3">
-        <x:v>102.42</x:v>
+        <x:v>101.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:2">
       <x:c r="A1787" s="2">
-        <x:v>43357</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="B1787" s="3">
-        <x:v>102.44</x:v>
+        <x:v>101.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:2">
       <x:c r="A1788" s="2">
-        <x:v>43356</x:v>
+        <x:v>43383</x:v>
       </x:c>
       <x:c r="B1788" s="3">
-        <x:v>102.22</x:v>
+        <x:v>101.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:2">
       <x:c r="A1789" s="2">
-        <x:v>43355</x:v>
+        <x:v>43382</x:v>
       </x:c>
       <x:c r="B1789" s="3">
-        <x:v>101.85</x:v>
+        <x:v>102.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:2">
       <x:c r="A1790" s="2">
-        <x:v>43354</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="B1790" s="3">
-        <x:v>101.61</x:v>
+        <x:v>102.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:2">
       <x:c r="A1791" s="2">
-        <x:v>43353</x:v>
+        <x:v>43378</x:v>
       </x:c>
       <x:c r="B1791" s="3">
-        <x:v>101.73</x:v>
+        <x:v>102.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:2">
       <x:c r="A1792" s="2">
-        <x:v>43350</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="B1792" s="3">
-        <x:v>101.78</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:2">
       <x:c r="A1793" s="2">
-        <x:v>43349</x:v>
+        <x:v>43376</x:v>
       </x:c>
       <x:c r="B1793" s="3">
-        <x:v>101.78</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:2">
       <x:c r="A1794" s="2">
-        <x:v>43348</x:v>
+        <x:v>43375</x:v>
       </x:c>
       <x:c r="B1794" s="3">
-        <x:v>101.62</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:2">
       <x:c r="A1795" s="2">
-        <x:v>43347</x:v>
+        <x:v>43374</x:v>
       </x:c>
       <x:c r="B1795" s="3">
-        <x:v>101.74</x:v>
+        <x:v>103.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:2">
       <x:c r="A1796" s="2">
-        <x:v>43346</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B1796" s="3">
-        <x:v>102.26</x:v>
+        <x:v>103.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:2">
       <x:c r="A1797" s="2">
-        <x:v>43343</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="B1797" s="3">
-        <x:v>102.28</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:2">
       <x:c r="A1798" s="2">
-        <x:v>43342</x:v>
+        <x:v>43369</x:v>
       </x:c>
       <x:c r="B1798" s="3">
-        <x:v>102.6</x:v>
+        <x:v>103.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:2">
       <x:c r="A1799" s="2">
-        <x:v>43341</x:v>
+        <x:v>43368</x:v>
       </x:c>
       <x:c r="B1799" s="3">
-        <x:v>102.98</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:2">
       <x:c r="A1800" s="2">
-        <x:v>43340</x:v>
+        <x:v>43367</x:v>
       </x:c>
       <x:c r="B1800" s="3">
-        <x:v>103.03</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:2">
       <x:c r="A1801" s="2">
-        <x:v>43339</x:v>
+        <x:v>43364</x:v>
       </x:c>
       <x:c r="B1801" s="3">
-        <x:v>102.96</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:2">
       <x:c r="A1802" s="2">
-        <x:v>43336</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="B1802" s="3">
-        <x:v>102.85</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:2">
       <x:c r="A1803" s="2">
-        <x:v>43335</x:v>
+        <x:v>43362</x:v>
       </x:c>
       <x:c r="B1803" s="3">
-        <x:v>102.86</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:2">
       <x:c r="A1804" s="2">
-        <x:v>43334</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="B1804" s="3">
-        <x:v>102.9</x:v>
+        <x:v>102.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:2">
       <x:c r="A1805" s="2">
-        <x:v>43333</x:v>
+        <x:v>43360</x:v>
       </x:c>
       <x:c r="B1805" s="3">
-        <x:v>102.66</x:v>
+        <x:v>102.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:2">
       <x:c r="A1806" s="2">
-        <x:v>43332</x:v>
+        <x:v>43357</x:v>
       </x:c>
       <x:c r="B1806" s="3">
-        <x:v>102.52</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:2">
       <x:c r="A1807" s="2">
-        <x:v>43329</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="B1807" s="3">
-        <x:v>102.42</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:2">
       <x:c r="A1808" s="2">
-        <x:v>43328</x:v>
+        <x:v>43355</x:v>
       </x:c>
       <x:c r="B1808" s="3">
-        <x:v>102.45</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:2">
       <x:c r="A1809" s="2">
-        <x:v>43326</x:v>
+        <x:v>43354</x:v>
       </x:c>
       <x:c r="B1809" s="3">
-        <x:v>102.43</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:2">
       <x:c r="A1810" s="2">
-        <x:v>43325</x:v>
+        <x:v>43353</x:v>
       </x:c>
       <x:c r="B1810" s="3">
-        <x:v>102.1</x:v>
+        <x:v>101.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:2">
       <x:c r="A1811" s="2">
-        <x:v>43322</x:v>
+        <x:v>43350</x:v>
       </x:c>
       <x:c r="B1811" s="3">
-        <x:v>102.96</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:2">
       <x:c r="A1812" s="2">
-        <x:v>43321</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="B1812" s="3">
-        <x:v>103.77</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:2">
       <x:c r="A1813" s="2">
-        <x:v>43320</x:v>
+        <x:v>43348</x:v>
       </x:c>
       <x:c r="B1813" s="3">
-        <x:v>103.9</x:v>
+        <x:v>101.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:2">
       <x:c r="A1814" s="2">
-        <x:v>43319</x:v>
+        <x:v>43347</x:v>
       </x:c>
       <x:c r="B1814" s="3">
-        <x:v>104.02</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:2">
       <x:c r="A1815" s="2">
-        <x:v>43318</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="B1815" s="3">
-        <x:v>103.94</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:2">
       <x:c r="A1816" s="2">
-        <x:v>43315</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B1816" s="3">
-        <x:v>103.95</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:2">
       <x:c r="A1817" s="2">
-        <x:v>43314</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="B1817" s="3">
-        <x:v>103.63</x:v>
+        <x:v>102.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:2">
       <x:c r="A1818" s="2">
-        <x:v>43313</x:v>
+        <x:v>43341</x:v>
       </x:c>
       <x:c r="B1818" s="3">
-        <x:v>103.94</x:v>
+        <x:v>102.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:2">
       <x:c r="A1819" s="2">
-        <x:v>43312</x:v>
+        <x:v>43340</x:v>
       </x:c>
       <x:c r="B1819" s="3">
-        <x:v>104.16</x:v>
+        <x:v>103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:2">
       <x:c r="A1820" s="2">
-        <x:v>43311</x:v>
+        <x:v>43339</x:v>
       </x:c>
       <x:c r="B1820" s="3">
-        <x:v>104.02</x:v>
+        <x:v>102.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:2">
       <x:c r="A1821" s="2">
-        <x:v>43308</x:v>
+        <x:v>43336</x:v>
       </x:c>
       <x:c r="B1821" s="3">
-        <x:v>104.08</x:v>
+        <x:v>102.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:2">
       <x:c r="A1822" s="2">
-        <x:v>43307</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="B1822" s="3">
-        <x:v>103.92</x:v>
+        <x:v>102.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:2">
       <x:c r="A1823" s="2">
-        <x:v>43306</x:v>
+        <x:v>43334</x:v>
       </x:c>
       <x:c r="B1823" s="3">
-        <x:v>103.55</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:2">
       <x:c r="A1824" s="2">
-        <x:v>43305</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="B1824" s="3">
-        <x:v>103.43</x:v>
+        <x:v>102.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:2">
       <x:c r="A1825" s="2">
-        <x:v>43304</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="B1825" s="3">
-        <x:v>103.35</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:2">
       <x:c r="A1826" s="2">
-        <x:v>43301</x:v>
+        <x:v>43329</x:v>
       </x:c>
       <x:c r="B1826" s="3">
-        <x:v>103.42</x:v>
+        <x:v>102.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:2">
       <x:c r="A1827" s="2">
-        <x:v>43300</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="B1827" s="3">
-        <x:v>103.44</x:v>
+        <x:v>102.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:2">
       <x:c r="A1828" s="2">
-        <x:v>43299</x:v>
+        <x:v>43326</x:v>
       </x:c>
       <x:c r="B1828" s="3">
-        <x:v>103.53</x:v>
+        <x:v>102.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:2">
       <x:c r="A1829" s="2">
-        <x:v>43298</x:v>
+        <x:v>43325</x:v>
       </x:c>
       <x:c r="B1829" s="3">
-        <x:v>103.4</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:2">
       <x:c r="A1830" s="2">
-        <x:v>43297</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="B1830" s="3">
-        <x:v>103.44</x:v>
+        <x:v>102.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:2">
       <x:c r="A1831" s="2">
-        <x:v>43294</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="B1831" s="3">
-        <x:v>103.59</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:2">
       <x:c r="A1832" s="2">
-        <x:v>43293</x:v>
+        <x:v>43320</x:v>
       </x:c>
       <x:c r="B1832" s="3">
-        <x:v>103.36</x:v>
+        <x:v>103.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:2">
       <x:c r="A1833" s="2">
-        <x:v>43292</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="B1833" s="3">
-        <x:v>103.17</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:2">
       <x:c r="A1834" s="2">
-        <x:v>43291</x:v>
+        <x:v>43318</x:v>
       </x:c>
       <x:c r="B1834" s="3">
-        <x:v>103.6</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:2">
       <x:c r="A1835" s="2">
-        <x:v>43290</x:v>
+        <x:v>43315</x:v>
       </x:c>
       <x:c r="B1835" s="3">
-        <x:v>103.51</x:v>
+        <x:v>103.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:2">
       <x:c r="A1836" s="2">
-        <x:v>43287</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="B1836" s="3">
-        <x:v>103.05</x:v>
+        <x:v>103.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:2">
       <x:c r="A1837" s="2">
-        <x:v>43286</x:v>
+        <x:v>43313</x:v>
       </x:c>
       <x:c r="B1837" s="3">
-        <x:v>102.7</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:2">
       <x:c r="A1838" s="2">
-        <x:v>43285</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B1838" s="3">
-        <x:v>102.31</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:2">
       <x:c r="A1839" s="2">
-        <x:v>43284</x:v>
+        <x:v>43311</x:v>
       </x:c>
       <x:c r="B1839" s="3">
-        <x:v>102.28</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:2">
       <x:c r="A1840" s="2">
-        <x:v>43283</x:v>
+        <x:v>43308</x:v>
       </x:c>
       <x:c r="B1840" s="3">
-        <x:v>101.74</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:2">
       <x:c r="A1841" s="2">
-        <x:v>43280</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="B1841" s="3">
-        <x:v>102.05</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:2">
       <x:c r="A1842" s="2">
-        <x:v>43279</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="B1842" s="3">
-        <x:v>101.94</x:v>
+        <x:v>103.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:2">
       <x:c r="A1843" s="2">
-        <x:v>43278</x:v>
+        <x:v>43305</x:v>
       </x:c>
       <x:c r="B1843" s="3">
-        <x:v>102.26</x:v>
+        <x:v>103.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:2">
       <x:c r="A1844" s="2">
-        <x:v>43277</x:v>
+        <x:v>43304</x:v>
       </x:c>
       <x:c r="B1844" s="3">
-        <x:v>102.22</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:2">
       <x:c r="A1845" s="2">
-        <x:v>43276</x:v>
+        <x:v>43301</x:v>
       </x:c>
       <x:c r="B1845" s="3">
-        <x:v>102.32</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:2">
       <x:c r="A1846" s="2">
-        <x:v>43273</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="B1846" s="3">
-        <x:v>102.87</x:v>
+        <x:v>103.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:2">
       <x:c r="A1847" s="2">
-        <x:v>43272</x:v>
+        <x:v>43299</x:v>
       </x:c>
       <x:c r="B1847" s="3">
-        <x:v>102.37</x:v>
+        <x:v>103.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:2">
       <x:c r="A1848" s="2">
-        <x:v>43271</x:v>
+        <x:v>43298</x:v>
       </x:c>
       <x:c r="B1848" s="3">
-        <x:v>102.44</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:2">
       <x:c r="A1849" s="2">
-        <x:v>43270</x:v>
+        <x:v>43297</x:v>
       </x:c>
       <x:c r="B1849" s="3">
-        <x:v>102</x:v>
+        <x:v>103.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:2">
       <x:c r="A1850" s="2">
-        <x:v>43269</x:v>
+        <x:v>43294</x:v>
       </x:c>
       <x:c r="B1850" s="3">
-        <x:v>102.47</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:2">
       <x:c r="A1851" s="2">
-        <x:v>43266</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="B1851" s="3">
-        <x:v>102.92</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:2">
       <x:c r="A1852" s="2">
-        <x:v>43265</x:v>
+        <x:v>43292</x:v>
       </x:c>
       <x:c r="B1852" s="3">
-        <x:v>103.31</x:v>
+        <x:v>103.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:2">
       <x:c r="A1853" s="2">
-        <x:v>43264</x:v>
+        <x:v>43291</x:v>
       </x:c>
       <x:c r="B1853" s="3">
-        <x:v>103.03</x:v>
+        <x:v>103.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:2">
       <x:c r="A1854" s="2">
-        <x:v>43263</x:v>
+        <x:v>43290</x:v>
       </x:c>
       <x:c r="B1854" s="3">
-        <x:v>103.09</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:2">
       <x:c r="A1855" s="2">
-        <x:v>43262</x:v>
+        <x:v>43287</x:v>
       </x:c>
       <x:c r="B1855" s="3">
-        <x:v>103.29</x:v>
+        <x:v>103.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:2">
       <x:c r="A1856" s="2">
-        <x:v>43259</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="B1856" s="3">
-        <x:v>103.23</x:v>
+        <x:v>102.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:2">
       <x:c r="A1857" s="2">
-        <x:v>43258</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="B1857" s="3">
-        <x:v>103.43</x:v>
+        <x:v>102.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:2">
       <x:c r="A1858" s="2">
-        <x:v>43257</x:v>
+        <x:v>43284</x:v>
       </x:c>
       <x:c r="B1858" s="3">
-        <x:v>103.36</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:2">
       <x:c r="A1859" s="2">
-        <x:v>43256</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="B1859" s="3">
-        <x:v>103.4</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:2">
       <x:c r="A1860" s="2">
-        <x:v>43255</x:v>
+        <x:v>43280</x:v>
       </x:c>
       <x:c r="B1860" s="3">
-        <x:v>103.51</x:v>
+        <x:v>102.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:2">
       <x:c r="A1861" s="2">
-        <x:v>43252</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="B1861" s="3">
-        <x:v>103.15</x:v>
+        <x:v>101.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:2">
       <x:c r="A1862" s="2">
-        <x:v>43251</x:v>
+        <x:v>43278</x:v>
       </x:c>
       <x:c r="B1862" s="3">
-        <x:v>103.1</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:2">
       <x:c r="A1863" s="2">
-        <x:v>43250</x:v>
+        <x:v>43277</x:v>
       </x:c>
       <x:c r="B1863" s="3">
-        <x:v>103.46</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:2">
       <x:c r="A1864" s="2">
-        <x:v>43249</x:v>
+        <x:v>43276</x:v>
       </x:c>
       <x:c r="B1864" s="3">
-        <x:v>103.42</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:2">
       <x:c r="A1865" s="2">
-        <x:v>43248</x:v>
+        <x:v>43273</x:v>
       </x:c>
       <x:c r="B1865" s="3">
-        <x:v>103.91</x:v>
+        <x:v>102.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:2">
       <x:c r="A1866" s="2">
-        <x:v>43245</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="B1866" s="3">
-        <x:v>103.97</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:2">
       <x:c r="A1867" s="2">
-        <x:v>43244</x:v>
+        <x:v>43271</x:v>
       </x:c>
       <x:c r="B1867" s="3">
-        <x:v>103.98</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:2">
       <x:c r="A1868" s="2">
-        <x:v>43243</x:v>
+        <x:v>43270</x:v>
       </x:c>
       <x:c r="B1868" s="3">
-        <x:v>103.93</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:2">
       <x:c r="A1869" s="2">
-        <x:v>43242</x:v>
+        <x:v>43269</x:v>
       </x:c>
       <x:c r="B1869" s="3">
-        <x:v>104.08</x:v>
+        <x:v>102.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:2">
       <x:c r="A1870" s="2">
-        <x:v>43238</x:v>
+        <x:v>43266</x:v>
       </x:c>
       <x:c r="B1870" s="3">
-        <x:v>103.82</x:v>
+        <x:v>102.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:2">
       <x:c r="A1871" s="2">
-        <x:v>43237</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="B1871" s="3">
-        <x:v>104.12</x:v>
+        <x:v>103.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:2">
       <x:c r="A1872" s="2">
-        <x:v>43236</x:v>
+        <x:v>43264</x:v>
       </x:c>
       <x:c r="B1872" s="3">
-        <x:v>104.1</x:v>
+        <x:v>103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:2">
       <x:c r="A1873" s="2">
-        <x:v>43235</x:v>
+        <x:v>43263</x:v>
       </x:c>
       <x:c r="B1873" s="3">
-        <x:v>104.17</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:2">
       <x:c r="A1874" s="2">
-        <x:v>43234</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="B1874" s="3">
-        <x:v>104.6</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:2">
       <x:c r="A1875" s="2">
-        <x:v>43231</x:v>
+        <x:v>43259</x:v>
       </x:c>
       <x:c r="B1875" s="3">
-        <x:v>104.62</x:v>
+        <x:v>103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:2">
       <x:c r="A1876" s="2">
-        <x:v>43229</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="B1876" s="3">
-        <x:v>103.78</x:v>
+        <x:v>103.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:2">
       <x:c r="A1877" s="2">
-        <x:v>43227</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="B1877" s="3">
-        <x:v>104.2</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:2">
       <x:c r="A1878" s="2">
-        <x:v>43224</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="B1878" s="3">
-        <x:v>104.08</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:2">
       <x:c r="A1879" s="2">
-        <x:v>43223</x:v>
+        <x:v>43255</x:v>
       </x:c>
       <x:c r="B1879" s="3">
-        <x:v>104.08</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:2">
       <x:c r="A1880" s="2">
-        <x:v>43222</x:v>
+        <x:v>43252</x:v>
       </x:c>
       <x:c r="B1880" s="3">
-        <x:v>104.33</x:v>
+        <x:v>103.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:2">
       <x:c r="A1881" s="2">
-        <x:v>43220</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B1881" s="3">
-        <x:v>104.62</x:v>
+        <x:v>103.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:2">
       <x:c r="A1882" s="2">
-        <x:v>43217</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="B1882" s="3">
-        <x:v>104.6</x:v>
+        <x:v>103.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:2">
       <x:c r="A1883" s="2">
-        <x:v>43216</x:v>
+        <x:v>43249</x:v>
       </x:c>
       <x:c r="B1883" s="3">
-        <x:v>104.43</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:2">
       <x:c r="A1884" s="2">
-        <x:v>43215</x:v>
+        <x:v>43248</x:v>
       </x:c>
       <x:c r="B1884" s="3">
-        <x:v>104.11</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:2">
       <x:c r="A1885" s="2">
-        <x:v>43214</x:v>
+        <x:v>43245</x:v>
       </x:c>
       <x:c r="B1885" s="3">
-        <x:v>104.49</x:v>
+        <x:v>103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:2">
       <x:c r="A1886" s="2">
-        <x:v>43213</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="B1886" s="3">
-        <x:v>104.47</x:v>
+        <x:v>103.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:2">
       <x:c r="A1887" s="2">
-        <x:v>43210</x:v>
+        <x:v>43243</x:v>
       </x:c>
       <x:c r="B1887" s="3">
-        <x:v>104.55</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:2">
       <x:c r="A1888" s="2">
-        <x:v>43209</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="B1888" s="3">
-        <x:v>104.72</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:2">
       <x:c r="A1889" s="2">
-        <x:v>43208</x:v>
+        <x:v>43238</x:v>
       </x:c>
       <x:c r="B1889" s="3">
-        <x:v>104.85</x:v>
+        <x:v>103.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:2">
       <x:c r="A1890" s="2">
-        <x:v>43207</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="B1890" s="3">
-        <x:v>104.7</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:2">
       <x:c r="A1891" s="2">
-        <x:v>43206</x:v>
+        <x:v>43236</x:v>
       </x:c>
       <x:c r="B1891" s="3">
-        <x:v>104.55</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:2">
       <x:c r="A1892" s="2">
-        <x:v>43203</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B1892" s="3">
-        <x:v>104.64</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:2">
       <x:c r="A1893" s="2">
-        <x:v>43202</x:v>
+        <x:v>43234</x:v>
       </x:c>
       <x:c r="B1893" s="3">
-        <x:v>104.48</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:2">
       <x:c r="A1894" s="2">
-        <x:v>43201</x:v>
+        <x:v>43231</x:v>
       </x:c>
       <x:c r="B1894" s="3">
-        <x:v>104.27</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:2">
       <x:c r="A1895" s="2">
-        <x:v>43200</x:v>
+        <x:v>43229</x:v>
       </x:c>
       <x:c r="B1895" s="3">
-        <x:v>104.32</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:2">
       <x:c r="A1896" s="2">
-        <x:v>43199</x:v>
+        <x:v>43227</x:v>
       </x:c>
       <x:c r="B1896" s="3">
-        <x:v>104.15</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:2">
       <x:c r="A1897" s="2">
-        <x:v>43196</x:v>
+        <x:v>43224</x:v>
       </x:c>
       <x:c r="B1897" s="3">
-        <x:v>104.24</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:2">
       <x:c r="A1898" s="2">
-        <x:v>43195</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="B1898" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:2">
       <x:c r="A1899" s="2">
-        <x:v>43194</x:v>
+        <x:v>43222</x:v>
       </x:c>
       <x:c r="B1899" s="3">
-        <x:v>103.72</x:v>
+        <x:v>104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:2">
       <x:c r="A1900" s="2">
-        <x:v>43193</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B1900" s="3">
-        <x:v>103.71</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:2">
       <x:c r="A1901" s="2">
-        <x:v>43188</x:v>
+        <x:v>43217</x:v>
       </x:c>
       <x:c r="B1901" s="3">
-        <x:v>103.81</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:2">
       <x:c r="A1902" s="2">
-        <x:v>43187</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="B1902" s="3">
-        <x:v>103.53</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:2">
       <x:c r="A1903" s="2">
-        <x:v>43186</x:v>
+        <x:v>43215</x:v>
       </x:c>
       <x:c r="B1903" s="3">
-        <x:v>103.42</x:v>
+        <x:v>104.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:2">
       <x:c r="A1904" s="2">
-        <x:v>43185</x:v>
+        <x:v>43214</x:v>
       </x:c>
       <x:c r="B1904" s="3">
-        <x:v>103.08</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:2">
       <x:c r="A1905" s="2">
-        <x:v>43182</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B1905" s="3">
-        <x:v>103.11</x:v>
+        <x:v>104.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:2">
       <x:c r="A1906" s="2">
-        <x:v>43181</x:v>
+        <x:v>43210</x:v>
       </x:c>
       <x:c r="B1906" s="3">
-        <x:v>103.4</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:2">
       <x:c r="A1907" s="2">
-        <x:v>43180</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="B1907" s="3">
-        <x:v>103.82</x:v>
+        <x:v>104.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:2">
       <x:c r="A1908" s="2">
-        <x:v>43179</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="B1908" s="3">
-        <x:v>103.7</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:2">
       <x:c r="A1909" s="2">
-        <x:v>43178</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="B1909" s="3">
-        <x:v>103.83</x:v>
+        <x:v>104.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:2">
       <x:c r="A1910" s="2">
-        <x:v>43175</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="B1910" s="3">
-        <x:v>104.25</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:2">
       <x:c r="A1911" s="2">
-        <x:v>43174</x:v>
+        <x:v>43203</x:v>
       </x:c>
       <x:c r="B1911" s="3">
-        <x:v>104.16</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:2">
       <x:c r="A1912" s="2">
-        <x:v>43173</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="B1912" s="3">
-        <x:v>104.16</x:v>
+        <x:v>104.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:2">
       <x:c r="A1913" s="2">
-        <x:v>43172</x:v>
+        <x:v>43201</x:v>
       </x:c>
       <x:c r="B1913" s="3">
-        <x:v>104.13</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:2">
       <x:c r="A1914" s="2">
-        <x:v>43171</x:v>
+        <x:v>43200</x:v>
       </x:c>
       <x:c r="B1914" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:2">
       <x:c r="A1915" s="2">
-        <x:v>43168</x:v>
+        <x:v>43199</x:v>
       </x:c>
       <x:c r="B1915" s="3">
-        <x:v>104.31</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:2">
       <x:c r="A1916" s="2">
-        <x:v>43167</x:v>
+        <x:v>43196</x:v>
       </x:c>
       <x:c r="B1916" s="3">
-        <x:v>104.25</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:2">
       <x:c r="A1917" s="2">
-        <x:v>43166</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="B1917" s="3">
-        <x:v>104.05</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:2">
       <x:c r="A1918" s="2">
-        <x:v>43165</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="B1918" s="3">
-        <x:v>104.17</x:v>
+        <x:v>103.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1919" spans="1:2">
       <x:c r="A1919" s="2">
-        <x:v>43164</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="B1919" s="3">
-        <x:v>104.03</x:v>
+        <x:v>103.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:2">
       <x:c r="A1920" s="2">
-        <x:v>43161</x:v>
+        <x:v>43188</x:v>
       </x:c>
       <x:c r="B1920" s="3">
-        <x:v>103.94</x:v>
+        <x:v>103.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:2">
       <x:c r="A1921" s="2">
-        <x:v>43160</x:v>
+        <x:v>43187</x:v>
       </x:c>
       <x:c r="B1921" s="3">
-        <x:v>104.42</x:v>
+        <x:v>103.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:2">
       <x:c r="A1922" s="2">
-        <x:v>43159</x:v>
+        <x:v>43186</x:v>
       </x:c>
       <x:c r="B1922" s="3">
-        <x:v>104.73</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:2">
       <x:c r="A1923" s="2">
-        <x:v>43158</x:v>
+        <x:v>43185</x:v>
       </x:c>
       <x:c r="B1923" s="3">
-        <x:v>104.96</x:v>
+        <x:v>103.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:2">
       <x:c r="A1924" s="2">
-        <x:v>43157</x:v>
+        <x:v>43182</x:v>
       </x:c>
       <x:c r="B1924" s="3">
-        <x:v>105.07</x:v>
+        <x:v>103.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:2">
       <x:c r="A1925" s="2">
-        <x:v>43154</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="B1925" s="3">
-        <x:v>104.76</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1926" spans="1:2">
       <x:c r="A1926" s="2">
-        <x:v>43153</x:v>
+        <x:v>43180</x:v>
       </x:c>
       <x:c r="B1926" s="3">
-        <x:v>104.58</x:v>
+        <x:v>103.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1927" spans="1:2">
       <x:c r="A1927" s="2">
-        <x:v>43152</x:v>
+        <x:v>43179</x:v>
       </x:c>
       <x:c r="B1927" s="3">
-        <x:v>104.61</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1928" spans="1:2">
       <x:c r="A1928" s="2">
-        <x:v>43151</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="B1928" s="3">
-        <x:v>104.73</x:v>
+        <x:v>103.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1929" spans="1:2">
       <x:c r="A1929" s="2">
-        <x:v>43150</x:v>
+        <x:v>43175</x:v>
       </x:c>
       <x:c r="B1929" s="3">
-        <x:v>104.71</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1930" spans="1:2">
       <x:c r="A1930" s="2">
-        <x:v>43147</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B1930" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1931" spans="1:2">
       <x:c r="A1931" s="2">
-        <x:v>43146</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="B1931" s="3">
-        <x:v>104.1</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1932" spans="1:2">
       <x:c r="A1932" s="2">
-        <x:v>43145</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="B1932" s="3">
-        <x:v>103.58</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1933" spans="1:2">
       <x:c r="A1933" s="2">
-        <x:v>43144</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="B1933" s="3">
-        <x:v>103.65</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1934" spans="1:2">
       <x:c r="A1934" s="2">
-        <x:v>43143</x:v>
+        <x:v>43168</x:v>
       </x:c>
       <x:c r="B1934" s="3">
-        <x:v>103.99</x:v>
+        <x:v>104.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1935" spans="1:2">
       <x:c r="A1935" s="2">
-        <x:v>43140</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="B1935" s="3">
-        <x:v>103.73</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1936" spans="1:2">
       <x:c r="A1936" s="2">
-        <x:v>43139</x:v>
+        <x:v>43166</x:v>
       </x:c>
       <x:c r="B1936" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1937" spans="1:2">
       <x:c r="A1937" s="2">
-        <x:v>43138</x:v>
+        <x:v>43165</x:v>
       </x:c>
       <x:c r="B1937" s="3">
-        <x:v>105.51</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1938" spans="1:2">
       <x:c r="A1938" s="2">
-        <x:v>43137</x:v>
+        <x:v>43164</x:v>
       </x:c>
       <x:c r="B1938" s="3">
-        <x:v>105</x:v>
+        <x:v>104.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1939" spans="1:2">
       <x:c r="A1939" s="2">
-        <x:v>43136</x:v>
+        <x:v>43161</x:v>
       </x:c>
       <x:c r="B1939" s="3">
-        <x:v>105.6</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1940" spans="1:2">
       <x:c r="A1940" s="2">
-        <x:v>43133</x:v>
+        <x:v>43160</x:v>
       </x:c>
       <x:c r="B1940" s="3">
-        <x:v>106.3</x:v>
+        <x:v>104.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1941" spans="1:2">
       <x:c r="A1941" s="2">
-        <x:v>43132</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B1941" s="3">
-        <x:v>106.85</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1942" spans="1:2">
       <x:c r="A1942" s="2">
-        <x:v>43131</x:v>
+        <x:v>43158</x:v>
       </x:c>
       <x:c r="B1942" s="3">
-        <x:v>107.09</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1943" spans="1:2">
       <x:c r="A1943" s="2">
-        <x:v>43130</x:v>
+        <x:v>43157</x:v>
       </x:c>
       <x:c r="B1943" s="3">
-        <x:v>106.97</x:v>
+        <x:v>105.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1944" spans="1:2">
       <x:c r="A1944" s="2">
-        <x:v>43129</x:v>
+        <x:v>43154</x:v>
       </x:c>
       <x:c r="B1944" s="3">
-        <x:v>107.43</x:v>
+        <x:v>104.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1945" spans="1:2">
       <x:c r="A1945" s="2">
-        <x:v>43126</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="B1945" s="3">
-        <x:v>107.65</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1946" spans="1:2">
       <x:c r="A1946" s="2">
-        <x:v>43125</x:v>
+        <x:v>43152</x:v>
       </x:c>
       <x:c r="B1946" s="3">
-        <x:v>107.6</x:v>
+        <x:v>104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1947" spans="1:2">
       <x:c r="A1947" s="2">
-        <x:v>43124</x:v>
+        <x:v>43151</x:v>
       </x:c>
       <x:c r="B1947" s="3">
-        <x:v>107.64</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1948" spans="1:2">
       <x:c r="A1948" s="2">
-        <x:v>43123</x:v>
+        <x:v>43150</x:v>
       </x:c>
       <x:c r="B1948" s="3">
-        <x:v>107.77</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1949" spans="1:2">
       <x:c r="A1949" s="2">
-        <x:v>43122</x:v>
+        <x:v>43147</x:v>
       </x:c>
       <x:c r="B1949" s="3">
-        <x:v>107.64</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1950" spans="1:2">
       <x:c r="A1950" s="2">
-        <x:v>43119</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B1950" s="3">
-        <x:v>107.56</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1951" spans="1:2">
       <x:c r="A1951" s="2">
-        <x:v>43118</x:v>
+        <x:v>43145</x:v>
       </x:c>
       <x:c r="B1951" s="3">
-        <x:v>107.6</x:v>
+        <x:v>103.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1952" spans="1:2">
       <x:c r="A1952" s="2">
-        <x:v>43117</x:v>
+        <x:v>43144</x:v>
       </x:c>
       <x:c r="B1952" s="3">
-        <x:v>107.71</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1953" spans="1:2">
       <x:c r="A1953" s="2">
-        <x:v>43116</x:v>
+        <x:v>43143</x:v>
       </x:c>
       <x:c r="B1953" s="3">
-        <x:v>107.81</x:v>
+        <x:v>103.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1954" spans="1:2">
       <x:c r="A1954" s="2">
-        <x:v>43115</x:v>
+        <x:v>43140</x:v>
       </x:c>
       <x:c r="B1954" s="3">
-        <x:v>107.8</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1955" spans="1:2">
       <x:c r="A1955" s="2">
-        <x:v>43112</x:v>
+        <x:v>43139</x:v>
       </x:c>
       <x:c r="B1955" s="3">
-        <x:v>107.77</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1956" spans="1:2">
       <x:c r="A1956" s="2">
-        <x:v>43111</x:v>
+        <x:v>43138</x:v>
       </x:c>
       <x:c r="B1956" s="3">
-        <x:v>107.79</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1957" spans="1:2">
       <x:c r="A1957" s="2">
-        <x:v>43110</x:v>
+        <x:v>43137</x:v>
       </x:c>
       <x:c r="B1957" s="3">
-        <x:v>107.79</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="1958" spans="1:2">
       <x:c r="A1958" s="2">
-        <x:v>43109</x:v>
+        <x:v>43136</x:v>
       </x:c>
       <x:c r="B1958" s="3">
-        <x:v>108.1</x:v>
+        <x:v>105.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1959" spans="1:2">
       <x:c r="A1959" s="2">
-        <x:v>43108</x:v>
+        <x:v>43133</x:v>
       </x:c>
       <x:c r="B1959" s="3">
-        <x:v>108.05</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1960" spans="1:2">
       <x:c r="A1960" s="2">
-        <x:v>43105</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="B1960" s="3">
-        <x:v>108.01</x:v>
+        <x:v>106.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1961" spans="1:2">
       <x:c r="A1961" s="2">
-        <x:v>43104</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B1961" s="3">
-        <x:v>107.7</x:v>
+        <x:v>107.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1962" spans="1:2">
       <x:c r="A1962" s="2">
-        <x:v>43103</x:v>
+        <x:v>43130</x:v>
       </x:c>
       <x:c r="B1962" s="3">
-        <x:v>107.4</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1963" spans="1:2">
       <x:c r="A1963" s="2">
-        <x:v>43102</x:v>
+        <x:v>43129</x:v>
       </x:c>
       <x:c r="B1963" s="3">
-        <x:v>107.11</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1964" spans="1:2">
       <x:c r="A1964" s="2">
-        <x:v>43098</x:v>
+        <x:v>43126</x:v>
       </x:c>
       <x:c r="B1964" s="3">
-        <x:v>107.04</x:v>
+        <x:v>107.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1965" spans="1:2">
       <x:c r="A1965" s="2">
-        <x:v>43097</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="B1965" s="3">
-        <x:v>107</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1966" spans="1:2">
       <x:c r="A1966" s="2">
-        <x:v>43096</x:v>
+        <x:v>43124</x:v>
       </x:c>
       <x:c r="B1966" s="3">
-        <x:v>106.97</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1967" spans="1:2">
       <x:c r="A1967" s="2">
-        <x:v>43091</x:v>
+        <x:v>43123</x:v>
       </x:c>
       <x:c r="B1967" s="3">
-        <x:v>106.94</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1968" spans="1:2">
       <x:c r="A1968" s="2">
-        <x:v>43090</x:v>
+        <x:v>43122</x:v>
       </x:c>
       <x:c r="B1968" s="3">
-        <x:v>106.95</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1969" spans="1:2">
       <x:c r="A1969" s="2">
-        <x:v>43089</x:v>
+        <x:v>43119</x:v>
       </x:c>
       <x:c r="B1969" s="3">
-        <x:v>106.81</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1970" spans="1:2">
       <x:c r="A1970" s="2">
-        <x:v>43088</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="B1970" s="3">
-        <x:v>106.91</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1971" spans="1:2">
       <x:c r="A1971" s="2">
-        <x:v>43087</x:v>
+        <x:v>43117</x:v>
       </x:c>
       <x:c r="B1971" s="3">
-        <x:v>106.94</x:v>
+        <x:v>107.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1972" spans="1:2">
       <x:c r="A1972" s="2">
-        <x:v>43084</x:v>
+        <x:v>43116</x:v>
       </x:c>
       <x:c r="B1972" s="3">
-        <x:v>106.71</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1973" spans="1:2">
       <x:c r="A1973" s="2">
-        <x:v>43083</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B1973" s="3">
-        <x:v>106.61</x:v>
+        <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1974" spans="1:2">
       <x:c r="A1974" s="2">
-        <x:v>43082</x:v>
+        <x:v>43112</x:v>
       </x:c>
       <x:c r="B1974" s="3">
-        <x:v>106.72</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1975" spans="1:2">
       <x:c r="A1975" s="2">
-        <x:v>43081</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="B1975" s="3">
-        <x:v>106.77</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1976" spans="1:2">
       <x:c r="A1976" s="2">
-        <x:v>43080</x:v>
+        <x:v>43110</x:v>
       </x:c>
       <x:c r="B1976" s="3">
-        <x:v>106.45</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1977" spans="1:2">
       <x:c r="A1977" s="2">
-        <x:v>43077</x:v>
+        <x:v>43109</x:v>
       </x:c>
       <x:c r="B1977" s="3">
-        <x:v>106.41</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1978" spans="1:2">
       <x:c r="A1978" s="2">
-        <x:v>43076</x:v>
+        <x:v>43108</x:v>
       </x:c>
       <x:c r="B1978" s="3">
-        <x:v>106.31</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1979" spans="1:2">
       <x:c r="A1979" s="2">
-        <x:v>43075</x:v>
+        <x:v>43105</x:v>
       </x:c>
       <x:c r="B1979" s="3">
-        <x:v>106.37</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1980" spans="1:2">
       <x:c r="A1980" s="2">
-        <x:v>43074</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="B1980" s="3">
-        <x:v>106.48</x:v>
+        <x:v>107.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1981" spans="1:2">
       <x:c r="A1981" s="2">
-        <x:v>43073</x:v>
+        <x:v>43103</x:v>
       </x:c>
       <x:c r="B1981" s="3">
-        <x:v>106.44</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1982" spans="1:2">
       <x:c r="A1982" s="2">
-        <x:v>43070</x:v>
+        <x:v>43102</x:v>
       </x:c>
       <x:c r="B1982" s="3">
-        <x:v>106.22</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1983" spans="1:2">
       <x:c r="A1983" s="2">
-        <x:v>43069</x:v>
+        <x:v>43098</x:v>
       </x:c>
       <x:c r="B1983" s="3">
-        <x:v>106.33</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1984" spans="1:2">
       <x:c r="A1984" s="2">
-        <x:v>43068</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="B1984" s="3">
-        <x:v>106.4</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="1985" spans="1:2">
       <x:c r="A1985" s="2">
-        <x:v>43067</x:v>
+        <x:v>43096</x:v>
       </x:c>
       <x:c r="B1985" s="3">
-        <x:v>106.44</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1986" spans="1:2">
       <x:c r="A1986" s="2">
-        <x:v>43066</x:v>
+        <x:v>43091</x:v>
       </x:c>
       <x:c r="B1986" s="3">
-        <x:v>106.49</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1987" spans="1:2">
       <x:c r="A1987" s="2">
-        <x:v>43063</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="B1987" s="3">
-        <x:v>106.52</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1988" spans="1:2">
       <x:c r="A1988" s="2">
-        <x:v>43062</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="B1988" s="3">
-        <x:v>106.48</x:v>
+        <x:v>106.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1989" spans="1:2">
       <x:c r="A1989" s="2">
-        <x:v>43061</x:v>
+        <x:v>43088</x:v>
       </x:c>
       <x:c r="B1989" s="3">
-        <x:v>106.43</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1990" spans="1:2">
       <x:c r="A1990" s="2">
-        <x:v>43060</x:v>
+        <x:v>43087</x:v>
       </x:c>
       <x:c r="B1990" s="3">
-        <x:v>106.36</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1991" spans="1:2">
       <x:c r="A1991" s="2">
-        <x:v>43059</x:v>
+        <x:v>43084</x:v>
       </x:c>
       <x:c r="B1991" s="3">
-        <x:v>106.03</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1992" spans="1:2">
       <x:c r="A1992" s="2">
-        <x:v>43056</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="B1992" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1993" spans="1:2">
       <x:c r="A1993" s="2">
-        <x:v>43055</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="B1993" s="3">
-        <x:v>105.83</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1994" spans="1:2">
       <x:c r="A1994" s="2">
-        <x:v>43054</x:v>
+        <x:v>43081</x:v>
       </x:c>
       <x:c r="B1994" s="3">
-        <x:v>105.31</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1995" spans="1:2">
       <x:c r="A1995" s="2">
-        <x:v>43053</x:v>
+        <x:v>43080</x:v>
       </x:c>
       <x:c r="B1995" s="3">
-        <x:v>105.68</x:v>
+        <x:v>106.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1996" spans="1:2">
       <x:c r="A1996" s="2">
-        <x:v>43052</x:v>
+        <x:v>43077</x:v>
       </x:c>
       <x:c r="B1996" s="3">
-        <x:v>105.86</x:v>
+        <x:v>106.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1997" spans="1:2">
       <x:c r="A1997" s="2">
-        <x:v>43049</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="B1997" s="3">
-        <x:v>106.01</x:v>
+        <x:v>106.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1998" spans="1:2">
       <x:c r="A1998" s="2">
-        <x:v>43048</x:v>
+        <x:v>43075</x:v>
       </x:c>
       <x:c r="B1998" s="3">
-        <x:v>106.28</x:v>
+        <x:v>106.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1999" spans="1:2">
       <x:c r="A1999" s="2">
-        <x:v>43047</x:v>
+        <x:v>43074</x:v>
       </x:c>
       <x:c r="B1999" s="3">
-        <x:v>106.62</x:v>
+        <x:v>106.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2000" spans="1:2">
       <x:c r="A2000" s="2">
-        <x:v>43046</x:v>
+        <x:v>43073</x:v>
       </x:c>
       <x:c r="B2000" s="3">
-        <x:v>106.9</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2001" spans="1:2">
       <x:c r="A2001" s="2">
-        <x:v>43045</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="B2001" s="3">
-        <x:v>107.04</x:v>
+        <x:v>106.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2002" spans="1:2">
       <x:c r="A2002" s="2">
-        <x:v>43042</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B2002" s="3">
-        <x:v>106.94</x:v>
+        <x:v>106.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2003" spans="1:2">
       <x:c r="A2003" s="2">
-        <x:v>43041</x:v>
+        <x:v>43068</x:v>
       </x:c>
       <x:c r="B2003" s="3">
-        <x:v>106.99</x:v>
+        <x:v>106.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2004" spans="1:2">
       <x:c r="A2004" s="2">
-        <x:v>43039</x:v>
+        <x:v>43067</x:v>
       </x:c>
       <x:c r="B2004" s="3">
-        <x:v>106.7</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2005" spans="1:2">
       <x:c r="A2005" s="2">
-        <x:v>43038</x:v>
+        <x:v>43066</x:v>
       </x:c>
       <x:c r="B2005" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2006" spans="1:2">
       <x:c r="A2006" s="2">
-        <x:v>43035</x:v>
+        <x:v>43063</x:v>
       </x:c>
       <x:c r="B2006" s="3">
-        <x:v>106.28</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2007" spans="1:2">
       <x:c r="A2007" s="2">
-        <x:v>43034</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="B2007" s="3">
-        <x:v>106.12</x:v>
+        <x:v>106.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2008" spans="1:2">
       <x:c r="A2008" s="2">
-        <x:v>43033</x:v>
+        <x:v>43061</x:v>
       </x:c>
       <x:c r="B2008" s="3">
-        <x:v>105.93</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2009" spans="1:2">
       <x:c r="A2009" s="2">
-        <x:v>43032</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="B2009" s="3">
-        <x:v>106.21</x:v>
+        <x:v>106.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2010" spans="1:2">
       <x:c r="A2010" s="2">
-        <x:v>43031</x:v>
+        <x:v>43059</x:v>
       </x:c>
       <x:c r="B2010" s="3">
-        <x:v>106.37</x:v>
+        <x:v>106.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2011" spans="1:2">
       <x:c r="A2011" s="2">
-        <x:v>43028</x:v>
+        <x:v>43056</x:v>
       </x:c>
       <x:c r="B2011" s="3">
-        <x:v>106.29</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2012" spans="1:2">
       <x:c r="A2012" s="2">
-        <x:v>43027</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="B2012" s="3">
-        <x:v>106.32</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2013" spans="1:2">
       <x:c r="A2013" s="2">
-        <x:v>43026</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B2013" s="3">
-        <x:v>106.4</x:v>
+        <x:v>105.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2014" spans="1:2">
       <x:c r="A2014" s="2">
-        <x:v>43025</x:v>
+        <x:v>43053</x:v>
       </x:c>
       <x:c r="B2014" s="3">
-        <x:v>106.34</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2015" spans="1:2">
       <x:c r="A2015" s="2">
-        <x:v>43024</x:v>
+        <x:v>43052</x:v>
       </x:c>
       <x:c r="B2015" s="3">
-        <x:v>106.25</x:v>
+        <x:v>105.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2016" spans="1:2">
       <x:c r="A2016" s="2">
-        <x:v>43021</x:v>
+        <x:v>43049</x:v>
       </x:c>
       <x:c r="B2016" s="3">
-        <x:v>106.16</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2017" spans="1:2">
       <x:c r="A2017" s="2">
-        <x:v>43020</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="B2017" s="3">
-        <x:v>106.08</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2018" spans="1:2">
       <x:c r="A2018" s="2">
-        <x:v>43019</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="B2018" s="3">
-        <x:v>106.01</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2019" spans="1:2">
       <x:c r="A2019" s="2">
-        <x:v>43018</x:v>
+        <x:v>43046</x:v>
       </x:c>
       <x:c r="B2019" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2020" spans="1:2">
       <x:c r="A2020" s="2">
-        <x:v>43017</x:v>
+        <x:v>43045</x:v>
       </x:c>
       <x:c r="B2020" s="3">
-        <x:v>105.97</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2021" spans="1:2">
       <x:c r="A2021" s="2">
-        <x:v>43014</x:v>
+        <x:v>43042</x:v>
       </x:c>
       <x:c r="B2021" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2022" spans="1:2">
       <x:c r="A2022" s="2">
-        <x:v>43013</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="B2022" s="3">
-        <x:v>106.08</x:v>
+        <x:v>106.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2023" spans="1:2">
       <x:c r="A2023" s="2">
-        <x:v>43012</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B2023" s="3">
-        <x:v>105.92</x:v>
+        <x:v>106.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2024" spans="1:2">
       <x:c r="A2024" s="2">
-        <x:v>43011</x:v>
+        <x:v>43038</x:v>
       </x:c>
       <x:c r="B2024" s="3">
-        <x:v>105.98</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2025" spans="1:2">
       <x:c r="A2025" s="2">
-        <x:v>43010</x:v>
+        <x:v>43035</x:v>
       </x:c>
       <x:c r="B2025" s="3">
-        <x:v>105.86</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2026" spans="1:2">
       <x:c r="A2026" s="2">
-        <x:v>43007</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="B2026" s="3">
-        <x:v>105.73</x:v>
+        <x:v>106.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2027" spans="1:2">
       <x:c r="A2027" s="2">
-        <x:v>43006</x:v>
+        <x:v>43033</x:v>
       </x:c>
       <x:c r="B2027" s="3">
-        <x:v>105.48</x:v>
+        <x:v>105.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2028" spans="1:2">
       <x:c r="A2028" s="2">
-        <x:v>43005</x:v>
+        <x:v>43032</x:v>
       </x:c>
       <x:c r="B2028" s="3">
-        <x:v>105.46</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2029" spans="1:2">
       <x:c r="A2029" s="2">
-        <x:v>43004</x:v>
+        <x:v>43031</x:v>
       </x:c>
       <x:c r="B2029" s="3">
-        <x:v>105.51</x:v>
+        <x:v>106.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2030" spans="1:2">
       <x:c r="A2030" s="2">
-        <x:v>43003</x:v>
+        <x:v>43028</x:v>
       </x:c>
       <x:c r="B2030" s="3">
-        <x:v>105.42</x:v>
+        <x:v>106.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2031" spans="1:2">
       <x:c r="A2031" s="2">
-        <x:v>43000</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="B2031" s="3">
-        <x:v>105.42</x:v>
+        <x:v>106.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2032" spans="1:2">
       <x:c r="A2032" s="2">
-        <x:v>42999</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="B2032" s="3">
-        <x:v>105.32</x:v>
+        <x:v>106.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2033" spans="1:2">
       <x:c r="A2033" s="2">
-        <x:v>42998</x:v>
+        <x:v>43025</x:v>
       </x:c>
       <x:c r="B2033" s="3">
-        <x:v>105.36</x:v>
+        <x:v>106.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2034" spans="1:2">
       <x:c r="A2034" s="2">
-        <x:v>42997</x:v>
+        <x:v>43024</x:v>
       </x:c>
       <x:c r="B2034" s="3">
-        <x:v>105.46</x:v>
+        <x:v>106.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2035" spans="1:2">
       <x:c r="A2035" s="2">
-        <x:v>42996</x:v>
+        <x:v>43021</x:v>
       </x:c>
       <x:c r="B2035" s="3">
-        <x:v>105.47</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2036" spans="1:2">
       <x:c r="A2036" s="2">
-        <x:v>42993</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="B2036" s="3">
-        <x:v>105.47</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2037" spans="1:2">
       <x:c r="A2037" s="2">
-        <x:v>42992</x:v>
+        <x:v>43019</x:v>
       </x:c>
       <x:c r="B2037" s="3">
-        <x:v>105.51</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2038" spans="1:2">
       <x:c r="A2038" s="2">
-        <x:v>42991</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="B2038" s="3">
-        <x:v>105.47</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2039" spans="1:2">
       <x:c r="A2039" s="2">
-        <x:v>42990</x:v>
+        <x:v>43017</x:v>
       </x:c>
       <x:c r="B2039" s="3">
-        <x:v>105.45</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2040" spans="1:2">
       <x:c r="A2040" s="2">
-        <x:v>42989</x:v>
+        <x:v>43014</x:v>
       </x:c>
       <x:c r="B2040" s="3">
-        <x:v>105.46</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2041" spans="1:2">
       <x:c r="A2041" s="2">
-        <x:v>42986</x:v>
+        <x:v>43013</x:v>
       </x:c>
       <x:c r="B2041" s="3">
-        <x:v>105.26</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2042" spans="1:2">
       <x:c r="A2042" s="2">
-        <x:v>42985</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="B2042" s="3">
-        <x:v>105.21</x:v>
+        <x:v>105.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2043" spans="1:2">
       <x:c r="A2043" s="2">
-        <x:v>42984</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="B2043" s="3">
-        <x:v>105.16</x:v>
+        <x:v>105.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2044" spans="1:2">
       <x:c r="A2044" s="2">
-        <x:v>42983</x:v>
+        <x:v>43010</x:v>
       </x:c>
       <x:c r="B2044" s="3">
-        <x:v>105.05</x:v>
+        <x:v>105.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2045" spans="1:2">
       <x:c r="A2045" s="2">
-        <x:v>42982</x:v>
+        <x:v>43007</x:v>
       </x:c>
       <x:c r="B2045" s="3">
-        <x:v>104.92</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2046" spans="1:2">
       <x:c r="A2046" s="2">
-        <x:v>42979</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="B2046" s="3">
-        <x:v>105.03</x:v>
+        <x:v>105.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2047" spans="1:2">
       <x:c r="A2047" s="2">
-        <x:v>42978</x:v>
+        <x:v>43005</x:v>
       </x:c>
       <x:c r="B2047" s="3">
-        <x:v>104.95</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2048" spans="1:2">
       <x:c r="A2048" s="2">
-        <x:v>42977</x:v>
+        <x:v>43004</x:v>
       </x:c>
       <x:c r="B2048" s="3">
-        <x:v>104.62</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2049" spans="1:2">
       <x:c r="A2049" s="2">
-        <x:v>42976</x:v>
+        <x:v>43003</x:v>
       </x:c>
       <x:c r="B2049" s="3">
-        <x:v>104.34</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2050" spans="1:2">
       <x:c r="A2050" s="2">
-        <x:v>42975</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="B2050" s="3">
-        <x:v>104.52</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2051" spans="1:2">
       <x:c r="A2051" s="2">
-        <x:v>42972</x:v>
+        <x:v>42999</x:v>
       </x:c>
       <x:c r="B2051" s="3">
-        <x:v>104.63</x:v>
+        <x:v>105.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2052" spans="1:2">
       <x:c r="A2052" s="2">
-        <x:v>42971</x:v>
+        <x:v>42998</x:v>
       </x:c>
       <x:c r="B2052" s="3">
-        <x:v>104.67</x:v>
+        <x:v>105.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2053" spans="1:2">
       <x:c r="A2053" s="2">
-        <x:v>42970</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="B2053" s="3">
-        <x:v>104.58</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2054" spans="1:2">
       <x:c r="A2054" s="2">
-        <x:v>42969</x:v>
+        <x:v>42996</x:v>
       </x:c>
       <x:c r="B2054" s="3">
-        <x:v>104.6</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2055" spans="1:2">
       <x:c r="A2055" s="2">
-        <x:v>42968</x:v>
+        <x:v>42993</x:v>
       </x:c>
       <x:c r="B2055" s="3">
-        <x:v>104.48</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2056" spans="1:2">
       <x:c r="A2056" s="2">
-        <x:v>42965</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="B2056" s="3">
-        <x:v>104.54</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2057" spans="1:2">
       <x:c r="A2057" s="2">
-        <x:v>42964</x:v>
+        <x:v>42991</x:v>
       </x:c>
       <x:c r="B2057" s="3">
-        <x:v>104.72</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2058" spans="1:2">
       <x:c r="A2058" s="2">
-        <x:v>42963</x:v>
+        <x:v>42990</x:v>
       </x:c>
       <x:c r="B2058" s="3">
-        <x:v>104.83</x:v>
+        <x:v>105.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2059" spans="1:2">
       <x:c r="A2059" s="2">
-        <x:v>42961</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="B2059" s="3">
-        <x:v>104.58</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2060" spans="1:2">
       <x:c r="A2060" s="2">
-        <x:v>42958</x:v>
+        <x:v>42986</x:v>
       </x:c>
       <x:c r="B2060" s="3">
-        <x:v>104.13</x:v>
+        <x:v>105.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2061" spans="1:2">
       <x:c r="A2061" s="2">
-        <x:v>42957</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="B2061" s="3">
-        <x:v>104.5</x:v>
+        <x:v>105.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2062" spans="1:2">
       <x:c r="A2062" s="2">
-        <x:v>42956</x:v>
+        <x:v>42984</x:v>
       </x:c>
       <x:c r="B2062" s="3">
-        <x:v>104.79</x:v>
+        <x:v>105.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2063" spans="1:2">
       <x:c r="A2063" s="2">
-        <x:v>42955</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="B2063" s="3">
-        <x:v>105.06</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2064" spans="1:2">
       <x:c r="A2064" s="2">
-        <x:v>42954</x:v>
+        <x:v>42982</x:v>
       </x:c>
       <x:c r="B2064" s="3">
-        <x:v>105.04</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2065" spans="1:2">
       <x:c r="A2065" s="2">
-        <x:v>42951</x:v>
+        <x:v>42979</x:v>
       </x:c>
       <x:c r="B2065" s="3">
-        <x:v>105.09</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2066" spans="1:2">
       <x:c r="A2066" s="2">
-        <x:v>42950</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B2066" s="3">
-        <x:v>104.94</x:v>
+        <x:v>104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2067" spans="1:2">
       <x:c r="A2067" s="2">
-        <x:v>42949</x:v>
+        <x:v>42977</x:v>
       </x:c>
       <x:c r="B2067" s="3">
-        <x:v>104.88</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2068" spans="1:2">
       <x:c r="A2068" s="2">
-        <x:v>42948</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="B2068" s="3">
-        <x:v>104.84</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2069" spans="1:2">
       <x:c r="A2069" s="2">
-        <x:v>42947</x:v>
+        <x:v>42975</x:v>
       </x:c>
       <x:c r="B2069" s="3">
-        <x:v>104.6</x:v>
+        <x:v>104.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2070" spans="1:2">
       <x:c r="A2070" s="2">
-        <x:v>42944</x:v>
+        <x:v>42972</x:v>
       </x:c>
       <x:c r="B2070" s="3">
         <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2071" spans="1:2">
       <x:c r="A2071" s="2">
-        <x:v>42943</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="B2071" s="3">
-        <x:v>104.86</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2072" spans="1:2">
       <x:c r="A2072" s="2">
-        <x:v>42942</x:v>
+        <x:v>42970</x:v>
       </x:c>
       <x:c r="B2072" s="3">
-        <x:v>104.64</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2073" spans="1:2">
       <x:c r="A2073" s="2">
-        <x:v>42941</x:v>
+        <x:v>42969</x:v>
       </x:c>
       <x:c r="B2073" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2074" spans="1:2">
       <x:c r="A2074" s="2">
-        <x:v>42940</x:v>
+        <x:v>42968</x:v>
       </x:c>
       <x:c r="B2074" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2075" spans="1:2">
       <x:c r="A2075" s="2">
-        <x:v>42937</x:v>
+        <x:v>42965</x:v>
       </x:c>
       <x:c r="B2075" s="3">
-        <x:v>104.44</x:v>
+        <x:v>104.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2076" spans="1:2">
       <x:c r="A2076" s="2">
-        <x:v>42936</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="B2076" s="3">
-        <x:v>104.45</x:v>
+        <x:v>104.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2077" spans="1:2">
       <x:c r="A2077" s="2">
-        <x:v>42935</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="B2077" s="3">
-        <x:v>104.43</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2078" spans="1:2">
       <x:c r="A2078" s="2">
-        <x:v>42934</x:v>
+        <x:v>42961</x:v>
       </x:c>
       <x:c r="B2078" s="3">
-        <x:v>104.14</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2079" spans="1:2">
       <x:c r="A2079" s="2">
-        <x:v>42933</x:v>
+        <x:v>42958</x:v>
       </x:c>
       <x:c r="B2079" s="3">
-        <x:v>104.22</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2080" spans="1:2">
       <x:c r="A2080" s="2">
-        <x:v>42930</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="B2080" s="3">
-        <x:v>104.12</x:v>
+        <x:v>104.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2081" spans="1:2">
       <x:c r="A2081" s="2">
-        <x:v>42929</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="B2081" s="3">
-        <x:v>104.01</x:v>
+        <x:v>104.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2082" spans="1:2">
       <x:c r="A2082" s="2">
-        <x:v>42928</x:v>
+        <x:v>42955</x:v>
       </x:c>
       <x:c r="B2082" s="3">
-        <x:v>103.89</x:v>
+        <x:v>105.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2083" spans="1:2">
       <x:c r="A2083" s="2">
-        <x:v>42927</x:v>
+        <x:v>42954</x:v>
       </x:c>
       <x:c r="B2083" s="3">
-        <x:v>103.32</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2084" spans="1:2">
       <x:c r="A2084" s="2">
-        <x:v>42926</x:v>
+        <x:v>42951</x:v>
       </x:c>
       <x:c r="B2084" s="3">
-        <x:v>103.35</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2085" spans="1:2">
       <x:c r="A2085" s="2">
-        <x:v>42923</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="B2085" s="3">
-        <x:v>103.29</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2086" spans="1:2">
       <x:c r="A2086" s="2">
-        <x:v>42922</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="B2086" s="3">
-        <x:v>103.55</x:v>
+        <x:v>104.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2087" spans="1:2">
       <x:c r="A2087" s="2">
-        <x:v>42921</x:v>
+        <x:v>42948</x:v>
       </x:c>
       <x:c r="B2087" s="3">
-        <x:v>104</x:v>
+        <x:v>104.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2088" spans="1:2">
       <x:c r="A2088" s="2">
-        <x:v>42920</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B2088" s="3">
-        <x:v>104.13</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2089" spans="1:2">
       <x:c r="A2089" s="2">
-        <x:v>42919</x:v>
+        <x:v>42944</x:v>
       </x:c>
       <x:c r="B2089" s="3">
-        <x:v>104.2</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2090" spans="1:2">
       <x:c r="A2090" s="2">
-        <x:v>42916</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="B2090" s="3">
-        <x:v>104.03</x:v>
+        <x:v>104.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2091" spans="1:2">
       <x:c r="A2091" s="2">
-        <x:v>42915</x:v>
+        <x:v>42942</x:v>
       </x:c>
       <x:c r="B2091" s="3">
-        <x:v>104.23</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2092" spans="1:2">
       <x:c r="A2092" s="2">
-        <x:v>42914</x:v>
+        <x:v>42941</x:v>
       </x:c>
       <x:c r="B2092" s="3">
-        <x:v>104.44</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2093" spans="1:2">
       <x:c r="A2093" s="2">
-        <x:v>42913</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="B2093" s="3">
-        <x:v>104.67</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2094" spans="1:2">
       <x:c r="A2094" s="2">
-        <x:v>42912</x:v>
+        <x:v>42937</x:v>
       </x:c>
       <x:c r="B2094" s="3">
-        <x:v>104.78</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2095" spans="1:2">
       <x:c r="A2095" s="2">
-        <x:v>42908</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="B2095" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2096" spans="1:2">
       <x:c r="A2096" s="2">
-        <x:v>42907</x:v>
+        <x:v>42935</x:v>
       </x:c>
       <x:c r="B2096" s="3">
-        <x:v>104.44</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2097" spans="1:2">
       <x:c r="A2097" s="2">
-        <x:v>42906</x:v>
+        <x:v>42934</x:v>
       </x:c>
       <x:c r="B2097" s="3">
-        <x:v>104.71</x:v>
+        <x:v>104.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2098" spans="1:2">
       <x:c r="A2098" s="2">
-        <x:v>42905</x:v>
+        <x:v>42933</x:v>
       </x:c>
       <x:c r="B2098" s="3">
-        <x:v>105.14</x:v>
+        <x:v>104.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2099" spans="1:2">
       <x:c r="A2099" s="2">
-        <x:v>42902</x:v>
+        <x:v>42930</x:v>
       </x:c>
       <x:c r="B2099" s="3">
-        <x:v>105.04</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2100" spans="1:2">
       <x:c r="A2100" s="2">
-        <x:v>42901</x:v>
+        <x:v>42929</x:v>
       </x:c>
       <x:c r="B2100" s="3">
-        <x:v>105.1</x:v>
+        <x:v>104.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2101" spans="1:2">
       <x:c r="A2101" s="2">
-        <x:v>42900</x:v>
+        <x:v>42928</x:v>
       </x:c>
       <x:c r="B2101" s="3">
-        <x:v>105.21</x:v>
+        <x:v>103.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2102" spans="1:2">
       <x:c r="A2102" s="2">
-        <x:v>42899</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="B2102" s="3">
-        <x:v>105.25</x:v>
+        <x:v>103.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2103" spans="1:2">
       <x:c r="A2103" s="2">
-        <x:v>42898</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="B2103" s="3">
-        <x:v>105.18</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2104" spans="1:2">
       <x:c r="A2104" s="2">
-        <x:v>42895</x:v>
+        <x:v>42923</x:v>
       </x:c>
       <x:c r="B2104" s="3">
-        <x:v>105.13</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2105" spans="1:2">
       <x:c r="A2105" s="2">
-        <x:v>42894</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="B2105" s="3">
-        <x:v>104.97</x:v>
+        <x:v>103.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2106" spans="1:2">
       <x:c r="A2106" s="2">
-        <x:v>42893</x:v>
+        <x:v>42921</x:v>
       </x:c>
       <x:c r="B2106" s="3">
-        <x:v>105.13</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2107" spans="1:2">
       <x:c r="A2107" s="2">
-        <x:v>42892</x:v>
+        <x:v>42920</x:v>
       </x:c>
       <x:c r="B2107" s="3">
-        <x:v>105.08</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2108" spans="1:2">
       <x:c r="A2108" s="2">
-        <x:v>42888</x:v>
+        <x:v>42919</x:v>
       </x:c>
       <x:c r="B2108" s="3">
-        <x:v>105.05</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2109" spans="1:2">
       <x:c r="A2109" s="2">
-        <x:v>42887</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B2109" s="3">
-        <x:v>104.94</x:v>
+        <x:v>104.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2110" spans="1:2">
       <x:c r="A2110" s="2">
-        <x:v>42886</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="B2110" s="3">
-        <x:v>104.74</x:v>
+        <x:v>104.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2111" spans="1:2">
       <x:c r="A2111" s="2">
-        <x:v>42885</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="B2111" s="3">
-        <x:v>104.87</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2112" spans="1:2">
       <x:c r="A2112" s="2">
-        <x:v>42884</x:v>
+        <x:v>42913</x:v>
       </x:c>
       <x:c r="B2112" s="3">
-        <x:v>104.82</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2113" spans="1:2">
       <x:c r="A2113" s="2">
-        <x:v>42881</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="B2113" s="3">
-        <x:v>104.83</x:v>
+        <x:v>104.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2114" spans="1:2">
       <x:c r="A2114" s="2">
-        <x:v>42879</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="B2114" s="3">
-        <x:v>104.77</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2115" spans="1:2">
       <x:c r="A2115" s="2">
-        <x:v>42878</x:v>
+        <x:v>42907</x:v>
       </x:c>
       <x:c r="B2115" s="3">
-        <x:v>104.61</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2116" spans="1:2">
       <x:c r="A2116" s="2">
-        <x:v>42877</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="B2116" s="3">
-        <x:v>104.47</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2117" spans="1:2">
       <x:c r="A2117" s="2">
-        <x:v>42874</x:v>
+        <x:v>42905</x:v>
       </x:c>
       <x:c r="B2117" s="3">
-        <x:v>104.34</x:v>
+        <x:v>105.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2118" spans="1:2">
       <x:c r="A2118" s="2">
-        <x:v>42873</x:v>
+        <x:v>42902</x:v>
       </x:c>
       <x:c r="B2118" s="3">
-        <x:v>103.92</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2119" spans="1:2">
       <x:c r="A2119" s="2">
-        <x:v>42872</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B2119" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2120" spans="1:2">
       <x:c r="A2120" s="2">
-        <x:v>42871</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="B2120" s="3">
-        <x:v>104.73</x:v>
+        <x:v>105.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2121" spans="1:2">
       <x:c r="A2121" s="2">
-        <x:v>42870</x:v>
+        <x:v>42899</x:v>
       </x:c>
       <x:c r="B2121" s="3">
-        <x:v>104.75</x:v>
+        <x:v>105.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2122" spans="1:2">
       <x:c r="A2122" s="2">
-        <x:v>42867</x:v>
+        <x:v>42898</x:v>
       </x:c>
       <x:c r="B2122" s="3">
-        <x:v>104.51</x:v>
+        <x:v>105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2123" spans="1:2">
       <x:c r="A2123" s="2">
-        <x:v>42866</x:v>
+        <x:v>42895</x:v>
       </x:c>
       <x:c r="B2123" s="3">
-        <x:v>104.53</x:v>
+        <x:v>105.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2124" spans="1:2">
       <x:c r="A2124" s="2">
-        <x:v>42865</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="B2124" s="3">
-        <x:v>104.56</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2125" spans="1:2">
       <x:c r="A2125" s="2">
-        <x:v>42864</x:v>
+        <x:v>42893</x:v>
       </x:c>
       <x:c r="B2125" s="3">
-        <x:v>104.38</x:v>
+        <x:v>105.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2126" spans="1:2">
       <x:c r="A2126" s="2">
-        <x:v>42863</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="B2126" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2127" spans="1:2">
       <x:c r="A2127" s="2">
-        <x:v>42860</x:v>
+        <x:v>42888</x:v>
       </x:c>
       <x:c r="B2127" s="3">
-        <x:v>104.24</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2128" spans="1:2">
       <x:c r="A2128" s="2">
-        <x:v>42859</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="B2128" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2129" spans="1:2">
       <x:c r="A2129" s="2">
-        <x:v>42858</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B2129" s="3">
-        <x:v>104.53</x:v>
+        <x:v>104.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2130" spans="1:2">
       <x:c r="A2130" s="2">
-        <x:v>42857</x:v>
+        <x:v>42885</x:v>
       </x:c>
       <x:c r="B2130" s="3">
-        <x:v>104.52</x:v>
+        <x:v>104.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2131" spans="1:2">
       <x:c r="A2131" s="2">
-        <x:v>42853</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="B2131" s="3">
-        <x:v>104.23</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2132" spans="1:2">
       <x:c r="A2132" s="2">
-        <x:v>42852</x:v>
+        <x:v>42881</x:v>
       </x:c>
       <x:c r="B2132" s="3">
-        <x:v>104.17</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2133" spans="1:2">
       <x:c r="A2133" s="2">
-        <x:v>42851</x:v>
+        <x:v>42879</x:v>
       </x:c>
       <x:c r="B2133" s="3">
-        <x:v>104.14</x:v>
+        <x:v>104.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2134" spans="1:2">
       <x:c r="A2134" s="2">
-        <x:v>42850</x:v>
+        <x:v>42878</x:v>
       </x:c>
       <x:c r="B2134" s="3">
-        <x:v>104.04</x:v>
+        <x:v>104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2135" spans="1:2">
       <x:c r="A2135" s="2">
-        <x:v>42849</x:v>
+        <x:v>42877</x:v>
       </x:c>
       <x:c r="B2135" s="3">
-        <x:v>103.93</x:v>
+        <x:v>104.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2136" spans="1:2">
       <x:c r="A2136" s="2">
-        <x:v>42846</x:v>
+        <x:v>42874</x:v>
       </x:c>
       <x:c r="B2136" s="3">
-        <x:v>103.62</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2137" spans="1:2">
       <x:c r="A2137" s="2">
-        <x:v>42845</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="B2137" s="3">
-        <x:v>103.51</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2138" spans="1:2">
       <x:c r="A2138" s="2">
-        <x:v>42844</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="B2138" s="3">
-        <x:v>103.52</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2139" spans="1:2">
       <x:c r="A2139" s="2">
-        <x:v>42843</x:v>
+        <x:v>42871</x:v>
       </x:c>
       <x:c r="B2139" s="3">
-        <x:v>103.45</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2140" spans="1:2">
       <x:c r="A2140" s="2">
-        <x:v>42838</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B2140" s="3">
-        <x:v>103.37</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2141" spans="1:2">
       <x:c r="A2141" s="2">
-        <x:v>42837</x:v>
+        <x:v>42867</x:v>
       </x:c>
       <x:c r="B2141" s="3">
-        <x:v>103.39</x:v>
+        <x:v>104.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2142" spans="1:2">
       <x:c r="A2142" s="2">
-        <x:v>42836</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="B2142" s="3">
-        <x:v>103.33</x:v>
+        <x:v>104.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2143" spans="1:2">
       <x:c r="A2143" s="2">
-        <x:v>42835</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="B2143" s="3">
-        <x:v>103.21</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2144" spans="1:2">
       <x:c r="A2144" s="2">
-        <x:v>42832</x:v>
+        <x:v>42864</x:v>
       </x:c>
       <x:c r="B2144" s="3">
-        <x:v>103.19</x:v>
+        <x:v>104.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2145" spans="1:2">
       <x:c r="A2145" s="2">
-        <x:v>42831</x:v>
+        <x:v>42863</x:v>
       </x:c>
       <x:c r="B2145" s="3">
-        <x:v>103.13</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2146" spans="1:2">
       <x:c r="A2146" s="2">
-        <x:v>42830</x:v>
+        <x:v>42860</x:v>
       </x:c>
       <x:c r="B2146" s="3">
-        <x:v>103.06</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2147" spans="1:2">
       <x:c r="A2147" s="2">
-        <x:v>42829</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="B2147" s="3">
-        <x:v>102.77</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2148" spans="1:2">
       <x:c r="A2148" s="2">
-        <x:v>42828</x:v>
+        <x:v>42858</x:v>
       </x:c>
       <x:c r="B2148" s="3">
-        <x:v>102.71</x:v>
+        <x:v>104.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2149" spans="1:2">
       <x:c r="A2149" s="2">
-        <x:v>42825</x:v>
+        <x:v>42857</x:v>
       </x:c>
       <x:c r="B2149" s="3">
-        <x:v>102.72</x:v>
+        <x:v>104.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2150" spans="1:2">
       <x:c r="A2150" s="2">
-        <x:v>42824</x:v>
+        <x:v>42853</x:v>
       </x:c>
       <x:c r="B2150" s="3">
-        <x:v>102.71</x:v>
+        <x:v>104.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2151" spans="1:2">
       <x:c r="A2151" s="2">
-        <x:v>42823</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="B2151" s="3">
-        <x:v>102.51</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2152" spans="1:2">
       <x:c r="A2152" s="2">
-        <x:v>42822</x:v>
+        <x:v>42851</x:v>
       </x:c>
       <x:c r="B2152" s="3">
-        <x:v>102.29</x:v>
+        <x:v>104.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2153" spans="1:2">
       <x:c r="A2153" s="2">
-        <x:v>42821</x:v>
+        <x:v>42850</x:v>
       </x:c>
       <x:c r="B2153" s="3">
-        <x:v>102.04</x:v>
+        <x:v>104.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2154" spans="1:2">
       <x:c r="A2154" s="2">
-        <x:v>42818</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="B2154" s="3">
-        <x:v>102.19</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2155" spans="1:2">
       <x:c r="A2155" s="2">
-        <x:v>42817</x:v>
+        <x:v>42846</x:v>
       </x:c>
       <x:c r="B2155" s="3">
-        <x:v>102.1</x:v>
+        <x:v>103.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2156" spans="1:2">
       <x:c r="A2156" s="2">
-        <x:v>42816</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="B2156" s="3">
-        <x:v>101.84</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2157" spans="1:2">
       <x:c r="A2157" s="2">
-        <x:v>42815</x:v>
+        <x:v>42844</x:v>
       </x:c>
       <x:c r="B2157" s="3">
-        <x:v>102.19</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2158" spans="1:2">
       <x:c r="A2158" s="2">
-        <x:v>42814</x:v>
+        <x:v>42843</x:v>
       </x:c>
       <x:c r="B2158" s="3">
-        <x:v>102.18</x:v>
+        <x:v>103.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2159" spans="1:2">
       <x:c r="A2159" s="2">
-        <x:v>42811</x:v>
+        <x:v>42838</x:v>
       </x:c>
       <x:c r="B2159" s="3">
-        <x:v>102.16</x:v>
+        <x:v>103.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2160" spans="1:2">
       <x:c r="A2160" s="2">
-        <x:v>42810</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="B2160" s="3">
-        <x:v>102</x:v>
+        <x:v>103.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2161" spans="1:2">
       <x:c r="A2161" s="2">
-        <x:v>42809</x:v>
+        <x:v>42836</x:v>
       </x:c>
       <x:c r="B2161" s="3">
-        <x:v>101.45</x:v>
+        <x:v>103.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2162" spans="1:2">
       <x:c r="A2162" s="2">
-        <x:v>42808</x:v>
+        <x:v>42835</x:v>
       </x:c>
       <x:c r="B2162" s="3">
-        <x:v>101.14</x:v>
+        <x:v>103.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2163" spans="1:2">
       <x:c r="A2163" s="2">
-        <x:v>42807</x:v>
+        <x:v>42832</x:v>
       </x:c>
       <x:c r="B2163" s="3">
-        <x:v>101.54</x:v>
+        <x:v>103.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2164" spans="1:2">
       <x:c r="A2164" s="2">
-        <x:v>42804</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="B2164" s="3">
-        <x:v>101.5</x:v>
+        <x:v>103.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2165" spans="1:2">
       <x:c r="A2165" s="2">
-        <x:v>42803</x:v>
+        <x:v>42830</x:v>
       </x:c>
       <x:c r="B2165" s="3">
-        <x:v>101.57</x:v>
+        <x:v>103.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2166" spans="1:2">
       <x:c r="A2166" s="2">
-        <x:v>42802</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="B2166" s="3">
-        <x:v>102.09</x:v>
+        <x:v>102.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2167" spans="1:2">
       <x:c r="A2167" s="2">
-        <x:v>42801</x:v>
+        <x:v>42828</x:v>
       </x:c>
       <x:c r="B2167" s="3">
-        <x:v>102.64</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2168" spans="1:2">
       <x:c r="A2168" s="2">
-        <x:v>42800</x:v>
+        <x:v>42825</x:v>
       </x:c>
       <x:c r="B2168" s="3">
-        <x:v>102.71</x:v>
+        <x:v>102.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2169" spans="1:2">
       <x:c r="A2169" s="2">
-        <x:v>42797</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="B2169" s="3">
-        <x:v>102.78</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2170" spans="1:2">
       <x:c r="A2170" s="2">
-        <x:v>42796</x:v>
+        <x:v>42823</x:v>
       </x:c>
       <x:c r="B2170" s="3">
-        <x:v>102.87</x:v>
+        <x:v>102.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2171" spans="1:2">
       <x:c r="A2171" s="2">
-        <x:v>42795</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="B2171" s="3">
-        <x:v>102.83</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2172" spans="1:2">
       <x:c r="A2172" s="2">
-        <x:v>42794</x:v>
+        <x:v>42821</x:v>
       </x:c>
       <x:c r="B2172" s="3">
-        <x:v>102.56</x:v>
+        <x:v>102.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2173" spans="1:2">
       <x:c r="A2173" s="2">
-        <x:v>42793</x:v>
+        <x:v>42818</x:v>
       </x:c>
       <x:c r="B2173" s="3">
-        <x:v>102.51</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2174" spans="1:2">
       <x:c r="A2174" s="2">
-        <x:v>42790</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="B2174" s="3">
-        <x:v>102.48</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2175" spans="1:2">
       <x:c r="A2175" s="2">
-        <x:v>42789</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="B2175" s="3">
-        <x:v>102.61</x:v>
+        <x:v>101.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2176" spans="1:2">
       <x:c r="A2176" s="2">
-        <x:v>42788</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="B2176" s="3">
-        <x:v>102.44</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2177" spans="1:2">
       <x:c r="A2177" s="2">
-        <x:v>42787</x:v>
+        <x:v>42814</x:v>
       </x:c>
       <x:c r="B2177" s="3">
-        <x:v>102.39</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2178" spans="1:2">
       <x:c r="A2178" s="2">
-        <x:v>42786</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="B2178" s="3">
-        <x:v>102.24</x:v>
+        <x:v>102.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2179" spans="1:2">
       <x:c r="A2179" s="2">
-        <x:v>42783</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="B2179" s="3">
-        <x:v>102.19</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2180" spans="1:2">
       <x:c r="A2180" s="2">
-        <x:v>42782</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B2180" s="3">
-        <x:v>102.24</x:v>
+        <x:v>101.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2181" spans="1:2">
       <x:c r="A2181" s="2">
-        <x:v>42781</x:v>
+        <x:v>42808</x:v>
       </x:c>
       <x:c r="B2181" s="3">
-        <x:v>102.22</x:v>
+        <x:v>101.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2182" spans="1:2">
       <x:c r="A2182" s="2">
-        <x:v>42780</x:v>
+        <x:v>42807</x:v>
       </x:c>
       <x:c r="B2182" s="3">
-        <x:v>102.32</x:v>
+        <x:v>101.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2183" spans="1:2">
       <x:c r="A2183" s="2">
-        <x:v>42779</x:v>
+        <x:v>42804</x:v>
       </x:c>
       <x:c r="B2183" s="3">
-        <x:v>102.13</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2184" spans="1:2">
       <x:c r="A2184" s="2">
-        <x:v>42776</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="B2184" s="3">
-        <x:v>101.89</x:v>
+        <x:v>101.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2185" spans="1:2">
       <x:c r="A2185" s="2">
-        <x:v>42775</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="B2185" s="3">
-        <x:v>101.73</x:v>
+        <x:v>102.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2186" spans="1:2">
       <x:c r="A2186" s="2">
-        <x:v>42774</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="B2186" s="3">
-        <x:v>101.48</x:v>
+        <x:v>102.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2187" spans="1:2">
       <x:c r="A2187" s="2">
-        <x:v>42773</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="B2187" s="3">
-        <x:v>101.59</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2188" spans="1:2">
       <x:c r="A2188" s="2">
-        <x:v>42772</x:v>
+        <x:v>42797</x:v>
       </x:c>
       <x:c r="B2188" s="3">
-        <x:v>101.72</x:v>
+        <x:v>102.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2189" spans="1:2">
       <x:c r="A2189" s="2">
-        <x:v>42769</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="B2189" s="3">
-        <x:v>101.73</x:v>
+        <x:v>102.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2190" spans="1:2">
       <x:c r="A2190" s="2">
-        <x:v>42768</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="B2190" s="3">
-        <x:v>101.34</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2191" spans="1:2">
       <x:c r="A2191" s="2">
-        <x:v>42767</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B2191" s="3">
-        <x:v>101.13</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2192" spans="1:2">
       <x:c r="A2192" s="2">
-        <x:v>42766</x:v>
+        <x:v>42793</x:v>
       </x:c>
       <x:c r="B2192" s="3">
-        <x:v>100.96</x:v>
+        <x:v>102.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2193" spans="1:2">
       <x:c r="A2193" s="2">
-        <x:v>42765</x:v>
+        <x:v>42790</x:v>
       </x:c>
       <x:c r="B2193" s="3">
-        <x:v>101.19</x:v>
+        <x:v>102.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2194" spans="1:2">
       <x:c r="A2194" s="2">
-        <x:v>42762</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="B2194" s="3">
-        <x:v>101.44</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2195" spans="1:2">
       <x:c r="A2195" s="2">
-        <x:v>42761</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="B2195" s="3">
-        <x:v>101.55</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2196" spans="1:2">
       <x:c r="A2196" s="2">
-        <x:v>42760</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="B2196" s="3">
-        <x:v>101.52</x:v>
+        <x:v>102.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2197" spans="1:2">
       <x:c r="A2197" s="2">
-        <x:v>42759</x:v>
+        <x:v>42786</x:v>
       </x:c>
       <x:c r="B2197" s="3">
-        <x:v>101.34</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2198" spans="1:2">
       <x:c r="A2198" s="2">
-        <x:v>42758</x:v>
+        <x:v>42783</x:v>
       </x:c>
       <x:c r="B2198" s="3">
-        <x:v>101.22</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2199" spans="1:2">
       <x:c r="A2199" s="2">
-        <x:v>42755</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="B2199" s="3">
-        <x:v>101.32</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2200" spans="1:2">
       <x:c r="A2200" s="2">
-        <x:v>42754</x:v>
+        <x:v>42781</x:v>
       </x:c>
       <x:c r="B2200" s="3">
-        <x:v>101.24</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2201" spans="1:2">
       <x:c r="A2201" s="2">
-        <x:v>42753</x:v>
+        <x:v>42780</x:v>
       </x:c>
       <x:c r="B2201" s="3">
-        <x:v>101.44</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2202" spans="1:2">
       <x:c r="A2202" s="2">
-        <x:v>42752</x:v>
+        <x:v>42779</x:v>
       </x:c>
       <x:c r="B2202" s="3">
-        <x:v>101.45</x:v>
+        <x:v>102.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2203" spans="1:2">
       <x:c r="A2203" s="2">
-        <x:v>42751</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="B2203" s="3">
-        <x:v>101.36</x:v>
+        <x:v>101.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2204" spans="1:2">
       <x:c r="A2204" s="2">
-        <x:v>42748</x:v>
+        <x:v>42775</x:v>
       </x:c>
       <x:c r="B2204" s="3">
-        <x:v>101.47</x:v>
+        <x:v>101.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2205" spans="1:2">
       <x:c r="A2205" s="2">
-        <x:v>42747</x:v>
+        <x:v>42774</x:v>
       </x:c>
       <x:c r="B2205" s="3">
-        <x:v>101.19</x:v>
+        <x:v>101.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2206" spans="1:2">
       <x:c r="A2206" s="2">
-        <x:v>42746</x:v>
+        <x:v>42773</x:v>
       </x:c>
       <x:c r="B2206" s="3">
-        <x:v>101.1</x:v>
+        <x:v>101.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2207" spans="1:2">
       <x:c r="A2207" s="2">
-        <x:v>42745</x:v>
+        <x:v>42772</x:v>
       </x:c>
       <x:c r="B2207" s="3">
-        <x:v>101.16</x:v>
+        <x:v>101.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2208" spans="1:2">
       <x:c r="A2208" s="2">
-        <x:v>42744</x:v>
+        <x:v>42769</x:v>
       </x:c>
       <x:c r="B2208" s="3">
-        <x:v>101.25</x:v>
+        <x:v>101.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2209" spans="1:2">
       <x:c r="A2209" s="2">
-        <x:v>42741</x:v>
+        <x:v>42768</x:v>
       </x:c>
       <x:c r="B2209" s="3">
-        <x:v>101.48</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2210" spans="1:2">
       <x:c r="A2210" s="2">
-        <x:v>42740</x:v>
+        <x:v>42767</x:v>
       </x:c>
       <x:c r="B2210" s="3">
-        <x:v>101.49</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2211" spans="1:2">
       <x:c r="A2211" s="2">
-        <x:v>42739</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="B2211" s="3">
-        <x:v>101.07</x:v>
+        <x:v>100.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2212" spans="1:2">
       <x:c r="A2212" s="2">
-        <x:v>42738</x:v>
+        <x:v>42765</x:v>
       </x:c>
       <x:c r="B2212" s="3">
-        <x:v>100.81</x:v>
+        <x:v>101.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2213" spans="1:2">
       <x:c r="A2213" s="2">
-        <x:v>42737</x:v>
+        <x:v>42762</x:v>
       </x:c>
       <x:c r="B2213" s="3">
-        <x:v>100.38</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2214" spans="1:2">
       <x:c r="A2214" s="2">
-        <x:v>42734</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="B2214" s="3">
-        <x:v>100.3</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2215" spans="1:2">
       <x:c r="A2215" s="2">
-        <x:v>42733</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="B2215" s="3">
-        <x:v>100.19</x:v>
+        <x:v>101.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2216" spans="1:2">
       <x:c r="A2216" s="2">
-        <x:v>42732</x:v>
+        <x:v>42759</x:v>
       </x:c>
       <x:c r="B2216" s="3">
-        <x:v>100.11</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2217" spans="1:2">
       <x:c r="A2217" s="2">
-        <x:v>42731</x:v>
+        <x:v>42758</x:v>
       </x:c>
       <x:c r="B2217" s="3">
-        <x:v>100.11</x:v>
+        <x:v>101.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2218" spans="1:2">
       <x:c r="A2218" s="2">
-        <x:v>42727</x:v>
+        <x:v>42755</x:v>
       </x:c>
       <x:c r="B2218" s="3">
-        <x:v>100.03</x:v>
+        <x:v>101.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2219" spans="1:2">
       <x:c r="A2219" s="2">
-        <x:v>42726</x:v>
+        <x:v>42754</x:v>
       </x:c>
       <x:c r="B2219" s="3">
-        <x:v>99.91</x:v>
+        <x:v>101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2220" spans="1:2">
       <x:c r="A2220" s="2">
+        <x:v>42753</x:v>
+      </x:c>
+      <x:c r="B2220" s="3">
+        <x:v>101.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2221" spans="1:2">
+      <x:c r="A2221" s="2">
+        <x:v>42752</x:v>
+      </x:c>
+      <x:c r="B2221" s="3">
+        <x:v>101.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2222" spans="1:2">
+      <x:c r="A2222" s="2">
+        <x:v>42751</x:v>
+      </x:c>
+      <x:c r="B2222" s="3">
+        <x:v>101.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2223" spans="1:2">
+      <x:c r="A2223" s="2">
+        <x:v>42748</x:v>
+      </x:c>
+      <x:c r="B2223" s="3">
+        <x:v>101.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2224" spans="1:2">
+      <x:c r="A2224" s="2">
+        <x:v>42747</x:v>
+      </x:c>
+      <x:c r="B2224" s="3">
+        <x:v>101.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2225" spans="1:2">
+      <x:c r="A2225" s="2">
+        <x:v>42746</x:v>
+      </x:c>
+      <x:c r="B2225" s="3">
+        <x:v>101.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2226" spans="1:2">
+      <x:c r="A2226" s="2">
+        <x:v>42745</x:v>
+      </x:c>
+      <x:c r="B2226" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2227" spans="1:2">
+      <x:c r="A2227" s="2">
+        <x:v>42744</x:v>
+      </x:c>
+      <x:c r="B2227" s="3">
+        <x:v>101.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2228" spans="1:2">
+      <x:c r="A2228" s="2">
+        <x:v>42741</x:v>
+      </x:c>
+      <x:c r="B2228" s="3">
+        <x:v>101.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2229" spans="1:2">
+      <x:c r="A2229" s="2">
+        <x:v>42740</x:v>
+      </x:c>
+      <x:c r="B2229" s="3">
+        <x:v>101.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2230" spans="1:2">
+      <x:c r="A2230" s="2">
+        <x:v>42739</x:v>
+      </x:c>
+      <x:c r="B2230" s="3">
+        <x:v>101.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2231" spans="1:2">
+      <x:c r="A2231" s="2">
+        <x:v>42738</x:v>
+      </x:c>
+      <x:c r="B2231" s="3">
+        <x:v>100.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2232" spans="1:2">
+      <x:c r="A2232" s="2">
+        <x:v>42737</x:v>
+      </x:c>
+      <x:c r="B2232" s="3">
+        <x:v>100.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2233" spans="1:2">
+      <x:c r="A2233" s="2">
+        <x:v>42734</x:v>
+      </x:c>
+      <x:c r="B2233" s="3">
+        <x:v>100.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2234" spans="1:2">
+      <x:c r="A2234" s="2">
+        <x:v>42733</x:v>
+      </x:c>
+      <x:c r="B2234" s="3">
+        <x:v>100.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2235" spans="1:2">
+      <x:c r="A2235" s="2">
+        <x:v>42732</x:v>
+      </x:c>
+      <x:c r="B2235" s="3">
+        <x:v>100.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2236" spans="1:2">
+      <x:c r="A2236" s="2">
+        <x:v>42731</x:v>
+      </x:c>
+      <x:c r="B2236" s="3">
+        <x:v>100.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2237" spans="1:2">
+      <x:c r="A2237" s="2">
+        <x:v>42727</x:v>
+      </x:c>
+      <x:c r="B2237" s="3">
+        <x:v>100.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2238" spans="1:2">
+      <x:c r="A2238" s="2">
+        <x:v>42726</x:v>
+      </x:c>
+      <x:c r="B2238" s="3">
+        <x:v>99.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2239" spans="1:2">
+      <x:c r="A2239" s="2">
         <x:v>42725</x:v>
       </x:c>
-      <x:c r="B2220" s="3">
+      <x:c r="B2239" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - LU1523323860</vt:lpstr>
       <vt:lpstr>nav - LU1523323860!Print_Area</vt:lpstr>
       <vt:lpstr>nav - LU1523323860!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>