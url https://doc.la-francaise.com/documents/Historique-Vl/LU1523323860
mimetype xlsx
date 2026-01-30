--- v2 (2025-12-03)
+++ v3 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddee91dcbde84245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a402a2316eb347a083a67f9b363f73ed.psmdcp" Id="R91804e4a01334b26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb02ed6860541490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8bf22f47cb504b0094e64877a894e520.psmdcp" Id="R24249c892bc84f10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1523323860" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,17969 +420,18281 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B2239"/>
+  <x:dimension ref="A1:B2278"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45992</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>114.17</x:v>
+        <x:v>116.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45989</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>114.43</x:v>
+        <x:v>116.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45988</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>114.25</x:v>
+        <x:v>116.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45987</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>114.24</x:v>
+        <x:v>115.85</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45986</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>113.94</x:v>
+        <x:v>115.92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45985</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>113.52</x:v>
+        <x:v>115.71</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45982</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>113.15</x:v>
+        <x:v>115.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45981</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>112.82</x:v>
+        <x:v>116.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45980</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>113.17</x:v>
+        <x:v>116.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45979</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>113.06</x:v>
+        <x:v>116.21</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45978</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>113.37</x:v>
+        <x:v>115.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45975</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>113.7</x:v>
+        <x:v>115.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45974</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>113.93</x:v>
+        <x:v>115.93</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45973</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>114.46</x:v>
+        <x:v>115.84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45971</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>114.13</x:v>
+        <x:v>115.48</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45968</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>113.66</x:v>
+        <x:v>115.45</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45967</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>113.62</x:v>
+        <x:v>115.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45966</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>113.87</x:v>
+        <x:v>115.21</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45965</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>113.61</x:v>
+        <x:v>114.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45964</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>113.98</x:v>
+        <x:v>114.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45961</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>114.13</x:v>
+        <x:v>114.97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45960</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>114.28</x:v>
+        <x:v>115.01</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45959</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>114.53</x:v>
+        <x:v>115.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45958</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>114.5</x:v>
+        <x:v>114.94</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45957</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>114.45</x:v>
+        <x:v>114.84</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45954</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>114.05</x:v>
+        <x:v>114.68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45953</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>113.89</x:v>
+        <x:v>114.45</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45952</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>113.74</x:v>
+        <x:v>114.17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45951</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>113.82</x:v>
+        <x:v>114.42</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45950</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>113.63</x:v>
+        <x:v>114.63</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45947</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>113.33</x:v>
+        <x:v>114.49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45946</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>113.42</x:v>
+        <x:v>114.89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45945</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>113.4</x:v>
+        <x:v>114.7</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45944</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>113.08</x:v>
+        <x:v>114.38</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45943</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>113</x:v>
+        <x:v>114.48</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45940</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>112.59</x:v>
+        <x:v>114.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45939</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>113.5</x:v>
+        <x:v>114.58</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45938</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>113.67</x:v>
+        <x:v>114.56</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45937</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>113.56</x:v>
+        <x:v>114.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45936</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>113.75</x:v>
+        <x:v>114.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45933</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>113.74</x:v>
+        <x:v>114.43</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45932</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>113.72</x:v>
+        <x:v>114.25</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45931</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>113.58</x:v>
+        <x:v>114.24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45930</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>113.33</x:v>
+        <x:v>113.94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45929</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>113.1</x:v>
+        <x:v>113.52</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45926</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>112.99</x:v>
+        <x:v>113.15</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45925</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>112.85</x:v>
+        <x:v>112.82</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45924</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>113.12</x:v>
+        <x:v>113.17</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45923</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>113.25</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45922</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>113.27</x:v>
+        <x:v>113.37</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45919</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>113.06</x:v>
+        <x:v>113.7</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45918</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>112.98</x:v>
+        <x:v>113.93</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45917</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>112.71</x:v>
+        <x:v>114.46</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45916</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>112.7</x:v>
+        <x:v>114.13</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45915</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>112.89</x:v>
+        <x:v>113.66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45912</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>112.73</x:v>
+        <x:v>113.62</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45911</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>112.84</x:v>
+        <x:v>113.87</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45910</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>112.43</x:v>
+        <x:v>113.61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45909</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>112.27</x:v>
+        <x:v>113.98</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45908</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>112.29</x:v>
+        <x:v>114.13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45905</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>112.13</x:v>
+        <x:v>114.28</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45904</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>111.97</x:v>
+        <x:v>114.53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45903</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>111.58</x:v>
+        <x:v>114.5</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45902</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>111.45</x:v>
+        <x:v>114.45</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45901</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>111.77</x:v>
+        <x:v>114.05</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45898</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>111.83</x:v>
+        <x:v>113.89</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45897</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>112.01</x:v>
+        <x:v>113.74</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45896</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>111.86</x:v>
+        <x:v>113.82</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45895</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>111.77</x:v>
+        <x:v>113.63</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45894</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>111.74</x:v>
+        <x:v>113.33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45891</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>111.9</x:v>
+        <x:v>113.42</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45890</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>111.59</x:v>
+        <x:v>113.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45889</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>111.74</x:v>
+        <x:v>113.08</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45888</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>111.76</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45887</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>111.8</x:v>
+        <x:v>112.59</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45883</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>112.09</x:v>
+        <x:v>113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45882</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>112.13</x:v>
+        <x:v>113.67</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45881</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>111.86</x:v>
+        <x:v>113.56</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45880</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>111.54</x:v>
+        <x:v>113.75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45877</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>111.54</x:v>
+        <x:v>113.74</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45876</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>111.31</x:v>
+        <x:v>113.72</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45875</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>111.19</x:v>
+        <x:v>113.58</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45874</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>111.04</x:v>
+        <x:v>113.33</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45873</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>111.13</x:v>
+        <x:v>113.1</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45870</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>110.59</x:v>
+        <x:v>112.99</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45869</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>110.97</x:v>
+        <x:v>112.85</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45868</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>111.19</x:v>
+        <x:v>113.12</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45867</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>111.26</x:v>
+        <x:v>113.25</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45866</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>111.19</x:v>
+        <x:v>113.27</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45863</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>111.15</x:v>
+        <x:v>113.06</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45862</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>111.06</x:v>
+        <x:v>112.98</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45861</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>110.98</x:v>
+        <x:v>112.71</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45860</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>110.64</x:v>
+        <x:v>112.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45859</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>110.62</x:v>
+        <x:v>112.89</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45856</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>110.51</x:v>
+        <x:v>112.73</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45855</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>110.4</x:v>
+        <x:v>112.84</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45854</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>110.17</x:v>
+        <x:v>112.43</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45853</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>110.12</x:v>
+        <x:v>112.27</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45849</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>110.28</x:v>
+        <x:v>112.29</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45848</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>110.57</x:v>
+        <x:v>112.13</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45847</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>110.53</x:v>
+        <x:v>111.97</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45846</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>110.31</x:v>
+        <x:v>111.58</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45845</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>110.45</x:v>
+        <x:v>111.45</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45842</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>110.65</x:v>
+        <x:v>111.77</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45841</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>110.68</x:v>
+        <x:v>111.83</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45840</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>110.36</x:v>
+        <x:v>112.01</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45839</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>110.23</x:v>
+        <x:v>111.86</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45838</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>110.18</x:v>
+        <x:v>111.77</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45835</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>109.92</x:v>
+        <x:v>111.74</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45834</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>109.76</x:v>
+        <x:v>111.9</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45833</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>109.55</x:v>
+        <x:v>111.59</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45832</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>109.56</x:v>
+        <x:v>111.74</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45828</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>108.82</x:v>
+        <x:v>111.76</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45827</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>108.86</x:v>
+        <x:v>111.8</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45826</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>108.95</x:v>
+        <x:v>112.09</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45825</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>108.84</x:v>
+        <x:v>112.13</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45824</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>109.04</x:v>
+        <x:v>111.86</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45821</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>108.65</x:v>
+        <x:v>111.54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45820</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>109.18</x:v>
+        <x:v>111.54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45819</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>109.03</x:v>
+        <x:v>111.31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45818</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>109.03</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45814</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>108.87</x:v>
+        <x:v>111.04</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45813</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>108.62</x:v>
+        <x:v>111.13</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45812</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>108.67</x:v>
+        <x:v>110.59</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45811</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>108.56</x:v>
+        <x:v>110.97</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45810</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>108.23</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45807</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>108.2</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45805</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>107.98</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45804</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>108.19</x:v>
+        <x:v>111.15</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45803</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>107.49</x:v>
+        <x:v>111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45800</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>107.42</x:v>
+        <x:v>110.98</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45799</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>107.6</x:v>
+        <x:v>110.64</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45798</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>107.66</x:v>
+        <x:v>110.62</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45797</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>108.18</x:v>
+        <x:v>110.51</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45796</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>108.18</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45793</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>108.09</x:v>
+        <x:v>110.17</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45792</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>107.79</x:v>
+        <x:v>110.12</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45791</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>107.59</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45790</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>107.66</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45789</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>107.52</x:v>
+        <x:v>110.53</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45784</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>106.65</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45783</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>106.32</x:v>
+        <x:v>110.45</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45782</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>106.36</x:v>
+        <x:v>110.65</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45779</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>106.53</x:v>
+        <x:v>110.68</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45777</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>106.17</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45776</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>106.1</x:v>
+        <x:v>110.23</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45775</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>105.98</x:v>
+        <x:v>110.18</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45772</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>105.89</x:v>
+        <x:v>109.92</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45771</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>105.66</x:v>
+        <x:v>109.76</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45770</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>105.09</x:v>
+        <x:v>109.55</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45769</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>104.46</x:v>
+        <x:v>109.56</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45764</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>104.38</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45763</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>104.27</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45762</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>104.59</x:v>
+        <x:v>108.95</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45761</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>104.33</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45758</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>103.65</x:v>
+        <x:v>109.04</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45757</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>103.5</x:v>
+        <x:v>108.65</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45756</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>103.67</x:v>
+        <x:v>109.18</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45755</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>102.18</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45754</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>102.29</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45751</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>103.02</x:v>
+        <x:v>108.87</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45750</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>104.45</x:v>
+        <x:v>108.62</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45749</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>105.78</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45748</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>105.61</x:v>
+        <x:v>108.56</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45747</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>105.37</x:v>
+        <x:v>108.23</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45744</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>105.37</x:v>
+        <x:v>108.2</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45743</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>105.75</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45742</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>105.91</x:v>
+        <x:v>108.19</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45741</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>106.16</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45740</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>106.09</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45737</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>105.84</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45736</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>105.9</x:v>
+        <x:v>107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45735</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>105.95</x:v>
+        <x:v>108.18</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45734</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>105.65</x:v>
+        <x:v>108.18</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45733</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>105.71</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45730</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>105.35</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45729</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>104.92</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45728</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>105.3</x:v>
+        <x:v>107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45727</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>105.24</x:v>
+        <x:v>107.52</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45726</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>105.79</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45723</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>106.28</x:v>
+        <x:v>106.32</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45722</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>106.1</x:v>
+        <x:v>106.36</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45721</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>106.57</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45720</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>106.63</x:v>
+        <x:v>106.17</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45719</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>107</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45716</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>107.28</x:v>
+        <x:v>105.98</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45715</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>107.06</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45714</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>107.34</x:v>
+        <x:v>105.66</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45713</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>107.23</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45712</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>107.08</x:v>
+        <x:v>104.46</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45709</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>107.16</x:v>
+        <x:v>104.38</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45708</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>107.4</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45707</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>107.51</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45706</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>107.51</x:v>
+        <x:v>104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45705</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>107.45</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45702</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>107.45</x:v>
+        <x:v>103.5</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45701</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>107.38</x:v>
+        <x:v>103.67</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45700</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>106.92</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45699</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>107.21</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45698</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>107.28</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45695</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>107.1</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45694</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>107.34</x:v>
+        <x:v>105.78</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45693</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>107.3</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45692</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>106.93</x:v>
+        <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45691</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>106.67</x:v>
+        <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45688</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>106.92</x:v>
+        <x:v>105.75</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45687</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>106.98</x:v>
+        <x:v>105.91</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45686</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>106.67</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45685</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>106.64</x:v>
+        <x:v>106.09</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45684</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>106.52</x:v>
+        <x:v>105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45681</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>106.72</x:v>
+        <x:v>105.9</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45680</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>106.79</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45679</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>106.65</x:v>
+        <x:v>105.65</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45678</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>106.52</x:v>
+        <x:v>105.71</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45677</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>106.14</x:v>
+        <x:v>105.35</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45674</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>106.09</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45673</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>105.81</x:v>
+        <x:v>105.3</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45672</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>105.59</x:v>
+        <x:v>105.24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45671</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>104.89</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45670</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>104.77</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45667</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>104.95</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45666</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>105.58</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45665</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>105.59</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45664</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>105.74</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45663</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>105.93</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45660</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>105.83</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45659</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>105.58</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45657</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>105.53</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45656</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>105.61</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45653</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>105.73</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45650</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>105.82</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45649</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>105.72</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45646</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>105.63</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45645</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>105.42</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45644</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>105.9</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45643</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>106.66</x:v>
+        <x:v>107.38</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45642</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>106.87</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45639</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>106.96</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45638</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>106.96</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45637</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>107.2</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45636</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>107.07</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45635</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>107.26</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45632</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>107.34</x:v>
+        <x:v>106.93</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45631</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>107.21</x:v>
+        <x:v>106.67</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45630</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>107.16</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45629</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>107.02</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45628</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>106.95</x:v>
+        <x:v>106.67</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45625</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>106.84</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45624</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>106.62</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45623</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>106.57</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45622</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>106.59</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45621</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>106.58</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45618</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>106.23</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45617</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>106.07</x:v>
+        <x:v>106.14</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45616</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>105.72</x:v>
+        <x:v>106.09</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45615</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>105.76</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45614</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B258" s="3">
         <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45611</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>105.52</x:v>
+        <x:v>104.89</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45610</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>105.97</x:v>
+        <x:v>104.77</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45609</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>106</x:v>
+        <x:v>104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45608</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>106.13</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45604</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>106.41</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45603</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>106.28</x:v>
+        <x:v>105.74</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45602</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>105.83</x:v>
+        <x:v>105.93</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45601</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>105.44</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45600</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>105.22</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45596</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>105.23</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45595</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>105.78</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45594</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>106.01</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45593</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>106.02</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45590</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>105.95</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45589</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>106.08</x:v>
+        <x:v>105.63</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45588</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>106.05</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45587</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>106.38</x:v>
+        <x:v>105.9</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45586</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>106.57</x:v>
+        <x:v>106.66</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45583</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>107.04</x:v>
+        <x:v>106.87</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45582</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>106.9</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45581</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>106.98</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45580</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>106.83</x:v>
+        <x:v>107.2</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45579</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>106.9</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45576</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>106.59</x:v>
+        <x:v>107.26</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45575</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>106.47</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45574</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>106.65</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45573</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>106.53</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45572</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>106.52</x:v>
+        <x:v>107.02</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45569</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>106.77</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45568</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>106.82</x:v>
+        <x:v>106.84</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45567</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>106.9</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45566</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>106.94</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45565</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>107</x:v>
+        <x:v>106.59</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45562</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>106.97</x:v>
+        <x:v>106.58</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45561</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>106.92</x:v>
+        <x:v>106.23</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45560</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>106.6</x:v>
+        <x:v>106.07</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45559</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>106.78</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45558</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>106.62</x:v>
+        <x:v>105.76</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45555</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>106.61</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45554</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>106.79</x:v>
+        <x:v>105.52</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45553</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>106.44</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45552</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45551</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>106.45</x:v>
+        <x:v>106.13</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45548</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>106.3</x:v>
+        <x:v>106.41</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45547</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45546</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>105.82</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45545</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>105.67</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45544</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>105.61</x:v>
+        <x:v>105.22</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45541</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>105.33</x:v>
+        <x:v>105.23</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45540</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>105.58</x:v>
+        <x:v>105.78</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45539</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>105.63</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45538</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>105.67</x:v>
+        <x:v>106.02</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45537</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>106.1</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45534</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>106.11</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45533</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>105.84</x:v>
+        <x:v>106.05</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45532</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>105.89</x:v>
+        <x:v>106.38</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45531</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>105.95</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45530</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>105.89</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45527</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>105.96</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45526</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>105.44</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45525</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>105.76</x:v>
+        <x:v>106.83</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45524</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>105.55</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45523</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>105.54</x:v>
+        <x:v>106.59</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45520</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>105.25</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45518</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>104.66</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45517</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>104.34</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45516</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>103.77</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45513</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>103.75</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45512</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>103.5</x:v>
+        <x:v>106.82</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45511</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>102.99</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45510</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>103.01</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45509</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>102.73</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45506</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>103.91</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45505</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>104.4</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45504</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>104.84</x:v>
+        <x:v>106.6</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45503</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>104.27</x:v>
+        <x:v>106.78</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45502</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>104.3</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45499</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>104.2</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45498</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>103.76</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45497</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>103.84</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45496</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>104.39</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45495</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>104.49</x:v>
+        <x:v>106.45</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45492</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>104.21</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45491</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>104.59</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45490</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>104.82</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45489</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>105.2</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45488</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>104.82</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45485</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>104.71</x:v>
+        <x:v>105.33</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45484</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>104.45</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45483</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>104.29</x:v>
+        <x:v>105.63</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45482</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>103.89</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45481</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>103.92</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45478</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>103.74</x:v>
+        <x:v>106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45477</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>103.56</x:v>
+        <x:v>105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45476</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>103.51</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45475</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>103.09</x:v>
+        <x:v>105.95</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45474</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>102.97</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45471</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>103.22</x:v>
+        <x:v>105.96</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45470</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>103.35</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45469</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>103.4</x:v>
+        <x:v>105.76</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45468</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>103.59</x:v>
+        <x:v>105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45467</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>103.45</x:v>
+        <x:v>105.54</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45464</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>103.54</x:v>
+        <x:v>105.25</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45463</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>103.59</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45462</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>103.74</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45461</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>103.7</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45460</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>103.25</x:v>
+        <x:v>103.75</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45457</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>103.26</x:v>
+        <x:v>103.5</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45456</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>103.41</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45455</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>103.36</x:v>
+        <x:v>103.01</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45454</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>102.89</x:v>
+        <x:v>102.73</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45453</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>102.97</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45450</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>102.99</x:v>
+        <x:v>104.4</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45449</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>103.3</x:v>
+        <x:v>104.84</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45448</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>103.34</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45447</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>103.02</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45446</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>102.99</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45443</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>102.71</x:v>
+        <x:v>103.76</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45442</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>102.38</x:v>
+        <x:v>103.84</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45441</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>102.24</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45440</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>102.67</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45439</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>102.82</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45436</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>102.75</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45435</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>102.61</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45434</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>102.88</x:v>
+        <x:v>105.2</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45433</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>103.05</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45429</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>102.91</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45428</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>103.04</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45427</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>103.04</x:v>
+        <x:v>104.29</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45426</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>102.41</x:v>
+        <x:v>103.89</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45425</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>102.33</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45422</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>102.25</x:v>
+        <x:v>103.74</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45419</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>101.99</x:v>
+        <x:v>103.56</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45418</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>101.81</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45415</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>101.47</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45414</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>100.91</x:v>
+        <x:v>102.97</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45412</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>100.53</x:v>
+        <x:v>103.22</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45411</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>101.06</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45408</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>100.78</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45407</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>100.32</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45406</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>100.69</x:v>
+        <x:v>103.45</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45405</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>100.82</x:v>
+        <x:v>103.54</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45404</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>100.48</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45401</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>100.14</x:v>
+        <x:v>103.74</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45400</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>100.14</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45399</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>100.22</x:v>
+        <x:v>103.25</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45398</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>100.16</x:v>
+        <x:v>103.26</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45397</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>100.68</x:v>
+        <x:v>103.41</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45394</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>101.23</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45393</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>101.55</x:v>
+        <x:v>102.89</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45392</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>101.66</x:v>
+        <x:v>102.97</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45391</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>102.3</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45390</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>102.05</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45387</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>102.07</x:v>
+        <x:v>103.34</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45386</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>102</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45385</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>102.03</x:v>
+        <x:v>102.99</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45384</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>101.9</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45379</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>102.52</x:v>
+        <x:v>102.38</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45378</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>102.55</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45377</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>102.14</x:v>
+        <x:v>102.67</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45376</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>102.14</x:v>
+        <x:v>102.82</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45373</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>102.36</x:v>
+        <x:v>102.75</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45372</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>102.34</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45371</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>101.85</x:v>
+        <x:v>102.88</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45370</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>101.53</x:v>
+        <x:v>103.05</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45369</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>101.38</x:v>
+        <x:v>102.91</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45366</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>101.34</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45365</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>101.48</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45364</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>101.78</x:v>
+        <x:v>102.41</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45363</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>101.78</x:v>
+        <x:v>102.33</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45362</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>101.58</x:v>
+        <x:v>102.25</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45359</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>101.63</x:v>
+        <x:v>101.99</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45358</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>101.65</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45357</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>101.36</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45356</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>101.06</x:v>
+        <x:v>100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45355</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>101.08</x:v>
+        <x:v>100.53</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45352</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>101.13</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45351</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>100.64</x:v>
+        <x:v>100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45350</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>100.42</x:v>
+        <x:v>100.32</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45349</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>100.47</x:v>
+        <x:v>100.69</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45348</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>100.52</x:v>
+        <x:v>100.82</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45345</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>100.58</x:v>
+        <x:v>100.48</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45344</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>100.33</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45343</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>99.87</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45342</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>99.9</x:v>
+        <x:v>100.22</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45341</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>99.97</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45338</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>99.96</x:v>
+        <x:v>100.68</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45337</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>100.03</x:v>
+        <x:v>101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45336</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>99.63</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45335</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>99.39</x:v>
+        <x:v>101.66</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45334</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>99.94</x:v>
+        <x:v>102.3</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45331</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>99.8</x:v>
+        <x:v>102.05</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45330</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>99.67</x:v>
+        <x:v>102.07</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45329</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>99.69</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45328</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>99.59</x:v>
+        <x:v>102.03</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45327</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>99.35</x:v>
+        <x:v>101.9</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45324</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>99.7</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45323</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>99.83</x:v>
+        <x:v>102.55</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45322</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>99.73</x:v>
+        <x:v>102.14</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45321</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>99.87</x:v>
+        <x:v>102.14</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45320</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>99.78</x:v>
+        <x:v>102.36</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45317</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>99.53</x:v>
+        <x:v>102.34</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45316</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>99.45</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45315</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>99.1</x:v>
+        <x:v>101.53</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45314</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>99.11</x:v>
+        <x:v>101.38</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45313</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>99.25</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45310</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>99.1</x:v>
+        <x:v>101.48</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45309</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>98.86</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45308</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>98.63</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45307</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>99.03</x:v>
+        <x:v>101.58</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45306</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>99.3</x:v>
+        <x:v>101.63</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45303</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>99.35</x:v>
+        <x:v>101.65</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45302</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>99.12</x:v>
+        <x:v>101.36</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45301</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>98.97</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45300</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>98.75</x:v>
+        <x:v>101.08</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45299</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>98.8</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45296</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>98.57</x:v>
+        <x:v>100.64</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45295</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>98.66</x:v>
+        <x:v>100.42</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45294</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>98.93</x:v>
+        <x:v>100.47</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45293</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>99.38</x:v>
+        <x:v>100.52</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45289</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>99.66</x:v>
+        <x:v>100.58</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45288</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>99.68</x:v>
+        <x:v>100.33</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45287</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>99.7</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45282</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>99.54</x:v>
+        <x:v>99.9</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45281</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>99.5</x:v>
+        <x:v>99.97</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45280</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>99.35</x:v>
+        <x:v>99.96</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45279</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>99.46</x:v>
+        <x:v>100.03</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45278</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>99.26</x:v>
+        <x:v>99.63</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45275</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>99.27</x:v>
+        <x:v>99.39</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45274</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>99.16</x:v>
+        <x:v>99.94</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45273</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>98.36</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45272</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>97.85</x:v>
+        <x:v>99.67</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45271</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>97.76</x:v>
+        <x:v>99.69</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45268</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>97.49</x:v>
+        <x:v>99.59</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45267</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>97.54</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45266</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>97.42</x:v>
+        <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45265</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>97.16</x:v>
+        <x:v>99.83</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45264</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>96.94</x:v>
+        <x:v>99.73</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45261</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>96.89</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45260</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>96.36</x:v>
+        <x:v>99.78</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45259</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>96.16</x:v>
+        <x:v>99.53</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45258</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>95.79</x:v>
+        <x:v>99.45</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45257</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>95.73</x:v>
+        <x:v>99.1</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45254</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>95.67</x:v>
+        <x:v>99.11</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45253</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>95.64</x:v>
+        <x:v>99.25</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45252</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>95.6</x:v>
+        <x:v>99.1</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45251</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>95.41</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45250</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>95.37</x:v>
+        <x:v>98.63</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45247</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>95.12</x:v>
+        <x:v>99.03</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45246</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>95</x:v>
+        <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45245</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>94.91</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45244</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>94.81</x:v>
+        <x:v>99.12</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45243</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>94.02</x:v>
+        <x:v>98.97</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45240</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>94.14</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45239</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>93.9</x:v>
+        <x:v>98.8</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45238</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>94.12</x:v>
+        <x:v>98.57</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45237</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>94.05</x:v>
+        <x:v>98.66</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45236</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>94.08</x:v>
+        <x:v>98.93</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45233</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>94.29</x:v>
+        <x:v>99.38</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45232</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>93.82</x:v>
+        <x:v>99.66</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45230</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>92.47</x:v>
+        <x:v>99.68</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45229</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>92.19</x:v>
+        <x:v>99.7</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45226</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>92.02</x:v>
+        <x:v>99.54</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45225</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>92.21</x:v>
+        <x:v>99.5</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45224</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>92.36</x:v>
+        <x:v>99.35</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45223</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>92.61</x:v>
+        <x:v>99.46</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45222</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>92.24</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45219</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>92.2</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45218</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>92.45</x:v>
+        <x:v>99.16</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45217</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>92.98</x:v>
+        <x:v>98.36</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45216</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>93.41</x:v>
+        <x:v>97.85</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45215</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>93.62</x:v>
+        <x:v>97.76</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45212</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>93.62</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45211</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>93.8</x:v>
+        <x:v>97.54</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45210</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>93.85</x:v>
+        <x:v>97.42</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45209</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>93.38</x:v>
+        <x:v>97.16</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45208</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>92.81</x:v>
+        <x:v>96.94</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45205</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>92.66</x:v>
+        <x:v>96.89</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45204</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>92.64</x:v>
+        <x:v>96.36</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45203</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>92.62</x:v>
+        <x:v>96.16</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45202</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>92.63</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45201</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>93.35</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45198</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>93.72</x:v>
+        <x:v>95.67</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45197</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>93.63</x:v>
+        <x:v>95.64</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45196</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>93.62</x:v>
+        <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45195</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>93.82</x:v>
+        <x:v>95.41</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45194</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>94.21</x:v>
+        <x:v>95.37</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45191</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>94.46</x:v>
+        <x:v>95.12</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45190</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>94.37</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45189</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>94.98</x:v>
+        <x:v>94.91</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45188</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>94.96</x:v>
+        <x:v>94.81</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45187</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>95.05</x:v>
+        <x:v>94.02</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45184</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>95.04</x:v>
+        <x:v>94.14</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45183</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>95.32</x:v>
+        <x:v>93.9</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45182</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>95.05</x:v>
+        <x:v>94.12</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45181</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>95.02</x:v>
+        <x:v>94.05</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45180</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>95.15</x:v>
+        <x:v>94.08</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45177</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>95.2</x:v>
+        <x:v>94.29</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45176</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>95.11</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45175</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>95.07</x:v>
+        <x:v>92.47</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45174</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>95.33</x:v>
+        <x:v>92.19</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45173</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>95.68</x:v>
+        <x:v>92.02</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45170</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>95.69</x:v>
+        <x:v>92.21</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45169</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>95.8</x:v>
+        <x:v>92.36</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45168</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>95.79</x:v>
+        <x:v>92.61</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45167</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>95.65</x:v>
+        <x:v>92.24</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45166</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>95.13</x:v>
+        <x:v>92.2</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45163</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>94.92</x:v>
+        <x:v>92.45</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45162</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>94.9</x:v>
+        <x:v>92.98</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45161</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>95.08</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45160</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>94.55</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45159</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>94.5</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45156</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>94.51</x:v>
+        <x:v>93.8</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45155</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>94.54</x:v>
+        <x:v>93.85</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45154</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>94.9</x:v>
+        <x:v>93.38</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45152</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>95.55</x:v>
+        <x:v>92.81</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45149</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>95.57</x:v>
+        <x:v>92.66</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45148</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>95.77</x:v>
+        <x:v>92.64</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45147</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>95.75</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45146</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>95.76</x:v>
+        <x:v>92.63</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45145</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>95.77</x:v>
+        <x:v>93.35</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45142</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>95.64</x:v>
+        <x:v>93.72</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45141</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>95.5</x:v>
+        <x:v>93.63</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45140</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>95.83</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45139</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>96.49</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45138</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>96.66</x:v>
+        <x:v>94.21</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45135</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>96.62</x:v>
+        <x:v>94.46</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45134</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>96.34</x:v>
+        <x:v>94.37</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45133</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>96.27</x:v>
+        <x:v>94.98</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45132</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>96.3</x:v>
+        <x:v>94.96</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45131</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>96.15</x:v>
+        <x:v>95.05</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45128</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>96.2</x:v>
+        <x:v>95.04</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45127</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>96.1</x:v>
+        <x:v>95.32</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45126</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>96.37</x:v>
+        <x:v>95.05</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45125</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>96.24</x:v>
+        <x:v>95.02</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45124</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>96.02</x:v>
+        <x:v>95.15</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45120</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>96.01</x:v>
+        <x:v>95.2</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45119</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>95.43</x:v>
+        <x:v>95.11</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45118</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>94.94</x:v>
+        <x:v>95.07</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45117</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>94.74</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45114</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>94.6</x:v>
+        <x:v>95.68</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45113</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>94.97</x:v>
+        <x:v>95.69</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45112</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>95.51</x:v>
+        <x:v>95.8</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45111</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>95.78</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45110</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>95.79</x:v>
+        <x:v>95.65</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45107</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>95.67</x:v>
+        <x:v>95.13</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45106</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>95.37</x:v>
+        <x:v>94.92</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45105</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>95.43</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45104</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>95.43</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45103</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>95.23</x:v>
+        <x:v>94.55</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45099</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>95.38</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45098</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>95.49</x:v>
+        <x:v>94.51</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45097</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>95.6</x:v>
+        <x:v>94.54</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45096</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>95.81</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45093</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>95.86</x:v>
+        <x:v>95.55</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45092</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>95.89</x:v>
+        <x:v>95.57</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45091</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>95.7</x:v>
+        <x:v>95.77</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45090</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>95.56</x:v>
+        <x:v>95.75</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45089</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>95.33</x:v>
+        <x:v>95.76</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45086</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>95.03</x:v>
+        <x:v>95.77</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45085</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>94.9</x:v>
+        <x:v>95.64</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45084</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>94.64</x:v>
+        <x:v>95.5</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45083</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>94.59</x:v>
+        <x:v>95.83</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45082</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>94.43</x:v>
+        <x:v>96.49</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45079</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>94.49</x:v>
+        <x:v>96.66</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45078</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>93.96</x:v>
+        <x:v>96.62</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45077</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>93.82</x:v>
+        <x:v>96.34</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45076</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>94.04</x:v>
+        <x:v>96.27</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45072</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>93.75</x:v>
+        <x:v>96.3</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45071</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>93.41</x:v>
+        <x:v>96.15</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45070</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>93.41</x:v>
+        <x:v>96.2</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45069</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>93.82</x:v>
+        <x:v>96.1</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45068</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>93.99</x:v>
+        <x:v>96.37</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45065</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>93.95</x:v>
+        <x:v>96.24</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45063</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>93.89</x:v>
+        <x:v>96.02</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45062</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>93.88</x:v>
+        <x:v>96.01</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45061</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>94.13</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45058</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>94.15</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45057</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>94.22</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45056</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>94.14</x:v>
+        <x:v>94.6</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45051</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>94.37</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45050</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>93.96</x:v>
+        <x:v>95.51</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45049</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>94.23</x:v>
+        <x:v>95.78</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45048</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>94.49</x:v>
+        <x:v>95.79</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45044</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>94.74</x:v>
+        <x:v>95.67</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45043</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>94.31</x:v>
+        <x:v>95.37</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45042</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>94.25</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45041</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>94.48</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45040</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>94.5</x:v>
+        <x:v>95.23</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45037</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>94.44</x:v>
+        <x:v>95.38</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45036</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>94.49</x:v>
+        <x:v>95.49</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45035</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>94.53</x:v>
+        <x:v>95.6</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45034</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>94.76</x:v>
+        <x:v>95.81</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45033</x:v>
+        <x:v>45093</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>94.73</x:v>
+        <x:v>95.86</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45030</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>94.79</x:v>
+        <x:v>95.89</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45029</x:v>
+        <x:v>45091</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>94.81</x:v>
+        <x:v>95.7</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>45028</x:v>
+        <x:v>45090</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>94.67</x:v>
+        <x:v>95.56</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>45027</x:v>
+        <x:v>45089</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>94.63</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>45022</x:v>
+        <x:v>45086</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>94.67</x:v>
+        <x:v>95.03</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>45021</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>94.78</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>45020</x:v>
+        <x:v>45084</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>94.94</x:v>
+        <x:v>94.64</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>45019</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>95.08</x:v>
+        <x:v>94.59</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>45016</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>94.76</x:v>
+        <x:v>94.43</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>45015</x:v>
+        <x:v>45079</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>94.3</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>45014</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>93.94</x:v>
+        <x:v>93.96</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>45013</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>93.58</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>45012</x:v>
+        <x:v>45076</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>93.58</x:v>
+        <x:v>94.04</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>45009</x:v>
+        <x:v>45072</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>93.68</x:v>
+        <x:v>93.75</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>45008</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>93.78</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>45007</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>93.68</x:v>
+        <x:v>93.41</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>45006</x:v>
+        <x:v>45069</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>93.63</x:v>
+        <x:v>93.82</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>45005</x:v>
+        <x:v>45068</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>93.11</x:v>
+        <x:v>93.99</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>45002</x:v>
+        <x:v>45065</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>93.36</x:v>
+        <x:v>93.95</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>45001</x:v>
+        <x:v>45063</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>93.56</x:v>
+        <x:v>93.89</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>45000</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>93.59</x:v>
+        <x:v>93.88</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>44999</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>94.07</x:v>
+        <x:v>94.13</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>44998</x:v>
+        <x:v>45058</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>94.07</x:v>
+        <x:v>94.15</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>44995</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>94.64</x:v>
+        <x:v>94.22</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>44994</x:v>
+        <x:v>45056</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>94.86</x:v>
+        <x:v>94.14</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>44993</x:v>
+        <x:v>45051</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>95.29</x:v>
+        <x:v>94.37</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>44992</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>95.46</x:v>
+        <x:v>93.96</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>44991</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>95.73</x:v>
+        <x:v>94.23</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>44988</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>95.4</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>44987</x:v>
+        <x:v>45044</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>94.88</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>44986</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>95.03</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>44985</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>95.25</x:v>
+        <x:v>94.25</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>44984</x:v>
+        <x:v>45041</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>95.47</x:v>
+        <x:v>94.48</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>44981</x:v>
+        <x:v>45040</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>95.42</x:v>
+        <x:v>94.5</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
-        <x:v>44980</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="B687" s="3">
-        <x:v>95.68</x:v>
+        <x:v>94.44</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:2">
       <x:c r="A688" s="2">
-        <x:v>44979</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="B688" s="3">
-        <x:v>95.36</x:v>
+        <x:v>94.49</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:2">
       <x:c r="A689" s="2">
-        <x:v>44978</x:v>
+        <x:v>45035</x:v>
       </x:c>
       <x:c r="B689" s="3">
-        <x:v>95.43</x:v>
+        <x:v>94.53</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:2">
       <x:c r="A690" s="2">
-        <x:v>44977</x:v>
+        <x:v>45034</x:v>
       </x:c>
       <x:c r="B690" s="3">
-        <x:v>96.37</x:v>
+        <x:v>94.76</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:2">
       <x:c r="A691" s="2">
-        <x:v>44974</x:v>
+        <x:v>45033</x:v>
       </x:c>
       <x:c r="B691" s="3">
-        <x:v>96.34</x:v>
+        <x:v>94.73</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:2">
       <x:c r="A692" s="2">
-        <x:v>44973</x:v>
+        <x:v>45030</x:v>
       </x:c>
       <x:c r="B692" s="3">
-        <x:v>96.64</x:v>
+        <x:v>94.79</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:2">
       <x:c r="A693" s="2">
-        <x:v>44972</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="B693" s="3">
-        <x:v>96.91</x:v>
+        <x:v>94.81</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:2">
       <x:c r="A694" s="2">
-        <x:v>44971</x:v>
+        <x:v>45028</x:v>
       </x:c>
       <x:c r="B694" s="3">
-        <x:v>97.08</x:v>
+        <x:v>94.67</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:2">
       <x:c r="A695" s="2">
-        <x:v>44970</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="B695" s="3">
-        <x:v>97.25</x:v>
+        <x:v>94.63</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:2">
       <x:c r="A696" s="2">
-        <x:v>44967</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="B696" s="3">
-        <x:v>96.98</x:v>
+        <x:v>94.67</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:2">
       <x:c r="A697" s="2">
-        <x:v>44966</x:v>
+        <x:v>45021</x:v>
       </x:c>
       <x:c r="B697" s="3">
-        <x:v>97.46</x:v>
+        <x:v>94.78</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:2">
       <x:c r="A698" s="2">
-        <x:v>44965</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="B698" s="3">
-        <x:v>97.75</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:2">
       <x:c r="A699" s="2">
-        <x:v>44964</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="B699" s="3">
-        <x:v>98.08</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:2">
       <x:c r="A700" s="2">
-        <x:v>44963</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B700" s="3">
-        <x:v>98.11</x:v>
+        <x:v>94.76</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:2">
       <x:c r="A701" s="2">
-        <x:v>44960</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="B701" s="3">
-        <x:v>98.82</x:v>
+        <x:v>94.3</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:2">
       <x:c r="A702" s="2">
-        <x:v>44959</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B702" s="3">
-        <x:v>99.09</x:v>
+        <x:v>93.94</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:2">
       <x:c r="A703" s="2">
-        <x:v>44958</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B703" s="3">
-        <x:v>98.08</x:v>
+        <x:v>93.58</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:2">
       <x:c r="A704" s="2">
-        <x:v>44957</x:v>
+        <x:v>45012</x:v>
       </x:c>
       <x:c r="B704" s="3">
-        <x:v>97.52</x:v>
+        <x:v>93.58</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:2">
       <x:c r="A705" s="2">
-        <x:v>44956</x:v>
+        <x:v>45009</x:v>
       </x:c>
       <x:c r="B705" s="3">
-        <x:v>97.29</x:v>
+        <x:v>93.68</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:2">
       <x:c r="A706" s="2">
-        <x:v>44953</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="B706" s="3">
-        <x:v>97.68</x:v>
+        <x:v>93.78</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:2">
       <x:c r="A707" s="2">
-        <x:v>44952</x:v>
+        <x:v>45007</x:v>
       </x:c>
       <x:c r="B707" s="3">
-        <x:v>97.62</x:v>
+        <x:v>93.68</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:2">
       <x:c r="A708" s="2">
-        <x:v>44951</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="B708" s="3">
-        <x:v>97.41</x:v>
+        <x:v>93.63</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:2">
       <x:c r="A709" s="2">
-        <x:v>44950</x:v>
+        <x:v>45005</x:v>
       </x:c>
       <x:c r="B709" s="3">
-        <x:v>97.4</x:v>
+        <x:v>93.11</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:2">
       <x:c r="A710" s="2">
-        <x:v>44949</x:v>
+        <x:v>45002</x:v>
       </x:c>
       <x:c r="B710" s="3">
-        <x:v>97.33</x:v>
+        <x:v>93.36</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:2">
       <x:c r="A711" s="2">
-        <x:v>44946</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="B711" s="3">
-        <x:v>97.07</x:v>
+        <x:v>93.56</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:2">
       <x:c r="A712" s="2">
-        <x:v>44945</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B712" s="3">
-        <x:v>96.94</x:v>
+        <x:v>93.59</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:2">
       <x:c r="A713" s="2">
-        <x:v>44944</x:v>
+        <x:v>44999</x:v>
       </x:c>
       <x:c r="B713" s="3">
-        <x:v>97.43</x:v>
+        <x:v>94.07</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:2">
       <x:c r="A714" s="2">
-        <x:v>44943</x:v>
+        <x:v>44998</x:v>
       </x:c>
       <x:c r="B714" s="3">
-        <x:v>97.17</x:v>
+        <x:v>94.07</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:2">
       <x:c r="A715" s="2">
-        <x:v>44942</x:v>
+        <x:v>44995</x:v>
       </x:c>
       <x:c r="B715" s="3">
-        <x:v>97.18</x:v>
+        <x:v>94.64</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:2">
       <x:c r="A716" s="2">
-        <x:v>44939</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="B716" s="3">
-        <x:v>97.18</x:v>
+        <x:v>94.86</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:2">
       <x:c r="A717" s="2">
-        <x:v>44938</x:v>
+        <x:v>44993</x:v>
       </x:c>
       <x:c r="B717" s="3">
-        <x:v>97.04</x:v>
+        <x:v>95.29</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:2">
       <x:c r="A718" s="2">
-        <x:v>44937</x:v>
+        <x:v>44992</x:v>
       </x:c>
       <x:c r="B718" s="3">
-        <x:v>96.58</x:v>
+        <x:v>95.46</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:2">
       <x:c r="A719" s="2">
-        <x:v>44936</x:v>
+        <x:v>44991</x:v>
       </x:c>
       <x:c r="B719" s="3">
-        <x:v>96.03</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:2">
       <x:c r="A720" s="2">
-        <x:v>44935</x:v>
+        <x:v>44988</x:v>
       </x:c>
       <x:c r="B720" s="3">
-        <x:v>96.19</x:v>
+        <x:v>95.4</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:2">
       <x:c r="A721" s="2">
-        <x:v>44932</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="B721" s="3">
-        <x:v>95.99</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:2">
       <x:c r="A722" s="2">
-        <x:v>44931</x:v>
+        <x:v>44986</x:v>
       </x:c>
       <x:c r="B722" s="3">
-        <x:v>95.08</x:v>
+        <x:v>95.03</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:2">
       <x:c r="A723" s="2">
-        <x:v>44930</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B723" s="3">
         <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:2">
       <x:c r="A724" s="2">
-        <x:v>44929</x:v>
+        <x:v>44984</x:v>
       </x:c>
       <x:c r="B724" s="3">
-        <x:v>94.88</x:v>
+        <x:v>95.47</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:2">
       <x:c r="A725" s="2">
-        <x:v>44928</x:v>
+        <x:v>44981</x:v>
       </x:c>
       <x:c r="B725" s="3">
-        <x:v>94.75</x:v>
+        <x:v>95.42</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:2">
       <x:c r="A726" s="2">
-        <x:v>44925</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B726" s="3">
-        <x:v>94.74</x:v>
+        <x:v>95.68</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:2">
       <x:c r="A727" s="2">
-        <x:v>44924</x:v>
+        <x:v>44979</x:v>
       </x:c>
       <x:c r="B727" s="3">
-        <x:v>94.82</x:v>
+        <x:v>95.36</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:2">
       <x:c r="A728" s="2">
-        <x:v>44923</x:v>
+        <x:v>44978</x:v>
       </x:c>
       <x:c r="B728" s="3">
-        <x:v>94.61</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:2">
       <x:c r="A729" s="2">
-        <x:v>44922</x:v>
+        <x:v>44977</x:v>
       </x:c>
       <x:c r="B729" s="3">
-        <x:v>94.9</x:v>
+        <x:v>96.37</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:2">
       <x:c r="A730" s="2">
-        <x:v>44918</x:v>
+        <x:v>44974</x:v>
       </x:c>
       <x:c r="B730" s="3">
-        <x:v>94.97</x:v>
+        <x:v>96.34</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:2">
       <x:c r="A731" s="2">
-        <x:v>44917</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="B731" s="3">
-        <x:v>94.93</x:v>
+        <x:v>96.64</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:2">
       <x:c r="A732" s="2">
-        <x:v>44916</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B732" s="3">
-        <x:v>95</x:v>
+        <x:v>96.91</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:2">
       <x:c r="A733" s="2">
-        <x:v>44915</x:v>
+        <x:v>44971</x:v>
       </x:c>
       <x:c r="B733" s="3">
-        <x:v>94.66</x:v>
+        <x:v>97.08</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:2">
       <x:c r="A734" s="2">
-        <x:v>44914</x:v>
+        <x:v>44970</x:v>
       </x:c>
       <x:c r="B734" s="3">
-        <x:v>94.87</x:v>
+        <x:v>97.25</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:2">
       <x:c r="A735" s="2">
-        <x:v>44911</x:v>
+        <x:v>44967</x:v>
       </x:c>
       <x:c r="B735" s="3">
-        <x:v>95.26</x:v>
+        <x:v>96.98</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:2">
       <x:c r="A736" s="2">
-        <x:v>44910</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="B736" s="3">
-        <x:v>95.85</x:v>
+        <x:v>97.46</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:2">
       <x:c r="A737" s="2">
-        <x:v>44909</x:v>
+        <x:v>44965</x:v>
       </x:c>
       <x:c r="B737" s="3">
-        <x:v>96.33</x:v>
+        <x:v>97.75</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:2">
       <x:c r="A738" s="2">
-        <x:v>44908</x:v>
+        <x:v>44964</x:v>
       </x:c>
       <x:c r="B738" s="3">
-        <x:v>96.23</x:v>
+        <x:v>98.08</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:2">
       <x:c r="A739" s="2">
-        <x:v>44907</x:v>
+        <x:v>44963</x:v>
       </x:c>
       <x:c r="B739" s="3">
-        <x:v>95.63</x:v>
+        <x:v>98.11</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:2">
       <x:c r="A740" s="2">
-        <x:v>44904</x:v>
+        <x:v>44960</x:v>
       </x:c>
       <x:c r="B740" s="3">
-        <x:v>95.5</x:v>
+        <x:v>98.82</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:2">
       <x:c r="A741" s="2">
-        <x:v>44903</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="B741" s="3">
-        <x:v>95.47</x:v>
+        <x:v>99.09</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:2">
       <x:c r="A742" s="2">
-        <x:v>44902</x:v>
+        <x:v>44958</x:v>
       </x:c>
       <x:c r="B742" s="3">
-        <x:v>95.33</x:v>
+        <x:v>98.08</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:2">
       <x:c r="A743" s="2">
-        <x:v>44901</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B743" s="3">
-        <x:v>95.41</x:v>
+        <x:v>97.52</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:2">
       <x:c r="A744" s="2">
-        <x:v>44900</x:v>
+        <x:v>44956</x:v>
       </x:c>
       <x:c r="B744" s="3">
-        <x:v>95.78</x:v>
+        <x:v>97.29</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:2">
       <x:c r="A745" s="2">
-        <x:v>44897</x:v>
+        <x:v>44953</x:v>
       </x:c>
       <x:c r="B745" s="3">
-        <x:v>95.53</x:v>
+        <x:v>97.68</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:2">
       <x:c r="A746" s="2">
-        <x:v>44896</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="B746" s="3">
-        <x:v>95.32</x:v>
+        <x:v>97.62</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:2">
       <x:c r="A747" s="2">
-        <x:v>44895</x:v>
+        <x:v>44951</x:v>
       </x:c>
       <x:c r="B747" s="3">
-        <x:v>94.88</x:v>
+        <x:v>97.41</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:2">
       <x:c r="A748" s="2">
-        <x:v>44894</x:v>
+        <x:v>44950</x:v>
       </x:c>
       <x:c r="B748" s="3">
-        <x:v>94.53</x:v>
+        <x:v>97.4</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:2">
       <x:c r="A749" s="2">
-        <x:v>44893</x:v>
+        <x:v>44949</x:v>
       </x:c>
       <x:c r="B749" s="3">
-        <x:v>94.27</x:v>
+        <x:v>97.33</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:2">
       <x:c r="A750" s="2">
-        <x:v>44890</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B750" s="3">
-        <x:v>94.42</x:v>
+        <x:v>97.07</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:2">
       <x:c r="A751" s="2">
-        <x:v>44889</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="B751" s="3">
-        <x:v>94.06</x:v>
+        <x:v>96.94</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:2">
       <x:c r="A752" s="2">
-        <x:v>44888</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="B752" s="3">
-        <x:v>93.78</x:v>
+        <x:v>97.43</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:2">
       <x:c r="A753" s="2">
-        <x:v>44887</x:v>
+        <x:v>44943</x:v>
       </x:c>
       <x:c r="B753" s="3">
-        <x:v>93.4</x:v>
+        <x:v>97.17</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:2">
       <x:c r="A754" s="2">
-        <x:v>44886</x:v>
+        <x:v>44942</x:v>
       </x:c>
       <x:c r="B754" s="3">
-        <x:v>92.82</x:v>
+        <x:v>97.18</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:2">
       <x:c r="A755" s="2">
-        <x:v>44883</x:v>
+        <x:v>44939</x:v>
       </x:c>
       <x:c r="B755" s="3">
-        <x:v>92.94</x:v>
+        <x:v>97.18</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:2">
       <x:c r="A756" s="2">
-        <x:v>44882</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="B756" s="3">
-        <x:v>92.84</x:v>
+        <x:v>97.04</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:2">
       <x:c r="A757" s="2">
-        <x:v>44881</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="B757" s="3">
-        <x:v>92.97</x:v>
+        <x:v>96.58</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:2">
       <x:c r="A758" s="2">
-        <x:v>44880</x:v>
+        <x:v>44936</x:v>
       </x:c>
       <x:c r="B758" s="3">
-        <x:v>93.15</x:v>
+        <x:v>96.03</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:2">
       <x:c r="A759" s="2">
-        <x:v>44879</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="B759" s="3">
-        <x:v>92.77</x:v>
+        <x:v>96.19</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:2">
       <x:c r="A760" s="2">
-        <x:v>44875</x:v>
+        <x:v>44932</x:v>
       </x:c>
       <x:c r="B760" s="3">
-        <x:v>91.49</x:v>
+        <x:v>95.99</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:2">
       <x:c r="A761" s="2">
-        <x:v>44874</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="B761" s="3">
-        <x:v>90.1</x:v>
+        <x:v>95.08</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:2">
       <x:c r="A762" s="2">
-        <x:v>44873</x:v>
+        <x:v>44930</x:v>
       </x:c>
       <x:c r="B762" s="3">
-        <x:v>90.26</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:2">
       <x:c r="A763" s="2">
-        <x:v>44872</x:v>
+        <x:v>44929</x:v>
       </x:c>
       <x:c r="B763" s="3">
-        <x:v>90.14</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:2">
       <x:c r="A764" s="2">
-        <x:v>44869</x:v>
+        <x:v>44928</x:v>
       </x:c>
       <x:c r="B764" s="3">
-        <x:v>89.62</x:v>
+        <x:v>94.75</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:2">
       <x:c r="A765" s="2">
-        <x:v>44868</x:v>
+        <x:v>44925</x:v>
       </x:c>
       <x:c r="B765" s="3">
-        <x:v>89.21</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:2">
       <x:c r="A766" s="2">
-        <x:v>44867</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="B766" s="3">
-        <x:v>89.84</x:v>
+        <x:v>94.82</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:2">
       <x:c r="A767" s="2">
-        <x:v>44865</x:v>
+        <x:v>44923</x:v>
       </x:c>
       <x:c r="B767" s="3">
-        <x:v>89.91</x:v>
+        <x:v>94.61</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:2">
       <x:c r="A768" s="2">
-        <x:v>44862</x:v>
+        <x:v>44922</x:v>
       </x:c>
       <x:c r="B768" s="3">
-        <x:v>90.12</x:v>
+        <x:v>94.9</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:2">
       <x:c r="A769" s="2">
-        <x:v>44861</x:v>
+        <x:v>44918</x:v>
       </x:c>
       <x:c r="B769" s="3">
-        <x:v>89.72</x:v>
+        <x:v>94.97</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:2">
       <x:c r="A770" s="2">
-        <x:v>44860</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="B770" s="3">
-        <x:v>89.58</x:v>
+        <x:v>94.93</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:2">
       <x:c r="A771" s="2">
-        <x:v>44859</x:v>
+        <x:v>44916</x:v>
       </x:c>
       <x:c r="B771" s="3">
-        <x:v>89.37</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:2">
       <x:c r="A772" s="2">
-        <x:v>44858</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="B772" s="3">
-        <x:v>88.77</x:v>
+        <x:v>94.66</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:2">
       <x:c r="A773" s="2">
-        <x:v>44855</x:v>
+        <x:v>44914</x:v>
       </x:c>
       <x:c r="B773" s="3">
-        <x:v>88.45</x:v>
+        <x:v>94.87</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:2">
       <x:c r="A774" s="2">
-        <x:v>44854</x:v>
+        <x:v>44911</x:v>
       </x:c>
       <x:c r="B774" s="3">
-        <x:v>88.35</x:v>
+        <x:v>95.26</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:2">
       <x:c r="A775" s="2">
-        <x:v>44853</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B775" s="3">
-        <x:v>88.54</x:v>
+        <x:v>95.85</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:2">
       <x:c r="A776" s="2">
-        <x:v>44852</x:v>
+        <x:v>44909</x:v>
       </x:c>
       <x:c r="B776" s="3">
-        <x:v>88.96</x:v>
+        <x:v>96.33</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:2">
       <x:c r="A777" s="2">
-        <x:v>44851</x:v>
+        <x:v>44908</x:v>
       </x:c>
       <x:c r="B777" s="3">
-        <x:v>88.63</x:v>
+        <x:v>96.23</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:2">
       <x:c r="A778" s="2">
-        <x:v>44848</x:v>
+        <x:v>44907</x:v>
       </x:c>
       <x:c r="B778" s="3">
-        <x:v>88.24</x:v>
+        <x:v>95.63</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:2">
       <x:c r="A779" s="2">
-        <x:v>44847</x:v>
+        <x:v>44904</x:v>
       </x:c>
       <x:c r="B779" s="3">
-        <x:v>88.4</x:v>
+        <x:v>95.5</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:2">
       <x:c r="A780" s="2">
-        <x:v>44846</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="B780" s="3">
-        <x:v>88.24</x:v>
+        <x:v>95.47</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:2">
       <x:c r="A781" s="2">
-        <x:v>44845</x:v>
+        <x:v>44902</x:v>
       </x:c>
       <x:c r="B781" s="3">
-        <x:v>88.44</x:v>
+        <x:v>95.33</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:2">
       <x:c r="A782" s="2">
-        <x:v>44844</x:v>
+        <x:v>44901</x:v>
       </x:c>
       <x:c r="B782" s="3">
-        <x:v>89</x:v>
+        <x:v>95.41</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:2">
       <x:c r="A783" s="2">
-        <x:v>44841</x:v>
+        <x:v>44900</x:v>
       </x:c>
       <x:c r="B783" s="3">
-        <x:v>89.21</x:v>
+        <x:v>95.78</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:2">
       <x:c r="A784" s="2">
-        <x:v>44840</x:v>
+        <x:v>44897</x:v>
       </x:c>
       <x:c r="B784" s="3">
-        <x:v>89.85</x:v>
+        <x:v>95.53</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:2">
       <x:c r="A785" s="2">
-        <x:v>44839</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="B785" s="3">
-        <x:v>90.06</x:v>
+        <x:v>95.32</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:2">
       <x:c r="A786" s="2">
-        <x:v>44838</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B786" s="3">
-        <x:v>90.26</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:2">
       <x:c r="A787" s="2">
-        <x:v>44837</x:v>
+        <x:v>44894</x:v>
       </x:c>
       <x:c r="B787" s="3">
-        <x:v>89.1</x:v>
+        <x:v>94.53</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:2">
       <x:c r="A788" s="2">
-        <x:v>44834</x:v>
+        <x:v>44893</x:v>
       </x:c>
       <x:c r="B788" s="3">
-        <x:v>88.46</x:v>
+        <x:v>94.27</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:2">
       <x:c r="A789" s="2">
-        <x:v>44833</x:v>
+        <x:v>44890</x:v>
       </x:c>
       <x:c r="B789" s="3">
-        <x:v>88.49</x:v>
+        <x:v>94.42</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:2">
       <x:c r="A790" s="2">
-        <x:v>44832</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="B790" s="3">
-        <x:v>89.04</x:v>
+        <x:v>94.06</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:2">
       <x:c r="A791" s="2">
-        <x:v>44831</x:v>
+        <x:v>44888</x:v>
       </x:c>
       <x:c r="B791" s="3">
-        <x:v>89.01</x:v>
+        <x:v>93.78</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:2">
       <x:c r="A792" s="2">
-        <x:v>44830</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="B792" s="3">
-        <x:v>89.44</x:v>
+        <x:v>93.4</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:2">
       <x:c r="A793" s="2">
-        <x:v>44827</x:v>
+        <x:v>44886</x:v>
       </x:c>
       <x:c r="B793" s="3">
-        <x:v>90.45</x:v>
+        <x:v>92.82</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:2">
       <x:c r="A794" s="2">
-        <x:v>44826</x:v>
+        <x:v>44883</x:v>
       </x:c>
       <x:c r="B794" s="3">
-        <x:v>91.37</x:v>
+        <x:v>92.94</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:2">
       <x:c r="A795" s="2">
-        <x:v>44825</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="B795" s="3">
-        <x:v>92</x:v>
+        <x:v>92.84</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:2">
       <x:c r="A796" s="2">
-        <x:v>44824</x:v>
+        <x:v>44881</x:v>
       </x:c>
       <x:c r="B796" s="3">
-        <x:v>92.23</x:v>
+        <x:v>92.97</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:2">
       <x:c r="A797" s="2">
-        <x:v>44823</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B797" s="3">
-        <x:v>92.75</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:2">
       <x:c r="A798" s="2">
-        <x:v>44820</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="B798" s="3">
-        <x:v>92.7</x:v>
+        <x:v>92.77</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:2">
       <x:c r="A799" s="2">
-        <x:v>44819</x:v>
+        <x:v>44875</x:v>
       </x:c>
       <x:c r="B799" s="3">
-        <x:v>93.15</x:v>
+        <x:v>91.49</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:2">
       <x:c r="A800" s="2">
-        <x:v>44818</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="B800" s="3">
-        <x:v>93.24</x:v>
+        <x:v>90.1</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:2">
       <x:c r="A801" s="2">
-        <x:v>44817</x:v>
+        <x:v>44873</x:v>
       </x:c>
       <x:c r="B801" s="3">
-        <x:v>93.66</x:v>
+        <x:v>90.26</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:2">
       <x:c r="A802" s="2">
-        <x:v>44816</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="B802" s="3">
-        <x:v>94.85</x:v>
+        <x:v>90.14</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:2">
       <x:c r="A803" s="2">
-        <x:v>44813</x:v>
+        <x:v>44869</x:v>
       </x:c>
       <x:c r="B803" s="3">
-        <x:v>94.32</x:v>
+        <x:v>89.62</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:2">
       <x:c r="A804" s="2">
-        <x:v>44812</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="B804" s="3">
-        <x:v>93.62</x:v>
+        <x:v>89.21</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:2">
       <x:c r="A805" s="2">
-        <x:v>44811</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B805" s="3">
-        <x:v>93.16</x:v>
+        <x:v>89.84</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:2">
       <x:c r="A806" s="2">
-        <x:v>44810</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B806" s="3">
-        <x:v>92.8</x:v>
+        <x:v>89.91</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:2">
       <x:c r="A807" s="2">
-        <x:v>44809</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B807" s="3">
-        <x:v>93.04</x:v>
+        <x:v>90.12</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:2">
       <x:c r="A808" s="2">
-        <x:v>44806</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B808" s="3">
-        <x:v>93.24</x:v>
+        <x:v>89.72</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:2">
       <x:c r="A809" s="2">
-        <x:v>44805</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B809" s="3">
-        <x:v>93.19</x:v>
+        <x:v>89.58</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:2">
       <x:c r="A810" s="2">
-        <x:v>44804</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B810" s="3">
-        <x:v>93.84</x:v>
+        <x:v>89.37</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:2">
       <x:c r="A811" s="2">
-        <x:v>44803</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B811" s="3">
-        <x:v>94.31</x:v>
+        <x:v>88.77</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:2">
       <x:c r="A812" s="2">
-        <x:v>44802</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B812" s="3">
-        <x:v>94.74</x:v>
+        <x:v>88.45</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:2">
       <x:c r="A813" s="2">
-        <x:v>44799</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B813" s="3">
-        <x:v>95.25</x:v>
+        <x:v>88.35</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:2">
       <x:c r="A814" s="2">
-        <x:v>44798</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B814" s="3">
-        <x:v>95.84</x:v>
+        <x:v>88.54</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:2">
       <x:c r="A815" s="2">
-        <x:v>44797</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B815" s="3">
-        <x:v>94.95</x:v>
+        <x:v>88.96</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:2">
       <x:c r="A816" s="2">
-        <x:v>44796</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B816" s="3">
-        <x:v>94.88</x:v>
+        <x:v>88.63</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:2">
       <x:c r="A817" s="2">
-        <x:v>44795</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B817" s="3">
-        <x:v>94.78</x:v>
+        <x:v>88.24</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:2">
       <x:c r="A818" s="2">
-        <x:v>44792</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B818" s="3">
-        <x:v>95.7</x:v>
+        <x:v>88.4</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:2">
       <x:c r="A819" s="2">
-        <x:v>44791</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B819" s="3">
-        <x:v>96.17</x:v>
+        <x:v>88.24</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:2">
       <x:c r="A820" s="2">
-        <x:v>44790</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B820" s="3">
-        <x:v>96.14</x:v>
+        <x:v>88.44</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:2">
       <x:c r="A821" s="2">
-        <x:v>44789</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B821" s="3">
-        <x:v>96.82</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:2">
       <x:c r="A822" s="2">
-        <x:v>44785</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B822" s="3">
-        <x:v>96.36</x:v>
+        <x:v>89.21</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:2">
       <x:c r="A823" s="2">
-        <x:v>44784</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="B823" s="3">
-        <x:v>96.15</x:v>
+        <x:v>89.85</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:2">
       <x:c r="A824" s="2">
-        <x:v>44783</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B824" s="3">
-        <x:v>95.84</x:v>
+        <x:v>90.06</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:2">
       <x:c r="A825" s="2">
-        <x:v>44782</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B825" s="3">
-        <x:v>95.18</x:v>
+        <x:v>90.26</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:2">
       <x:c r="A826" s="2">
-        <x:v>44781</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B826" s="3">
-        <x:v>95.59</x:v>
+        <x:v>89.1</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:2">
       <x:c r="A827" s="2">
-        <x:v>44778</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B827" s="3">
-        <x:v>95.43</x:v>
+        <x:v>88.46</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:2">
       <x:c r="A828" s="2">
-        <x:v>44777</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B828" s="3">
-        <x:v>95.52</x:v>
+        <x:v>88.49</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:2">
       <x:c r="A829" s="2">
-        <x:v>44776</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B829" s="3">
-        <x:v>95.36</x:v>
+        <x:v>89.04</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:2">
       <x:c r="A830" s="2">
-        <x:v>44775</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B830" s="3">
-        <x:v>94.94</x:v>
+        <x:v>89.01</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:2">
       <x:c r="A831" s="2">
-        <x:v>44774</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B831" s="3">
-        <x:v>95.31</x:v>
+        <x:v>89.44</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:2">
       <x:c r="A832" s="2">
-        <x:v>44771</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B832" s="3">
-        <x:v>95.24</x:v>
+        <x:v>90.45</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:2">
       <x:c r="A833" s="2">
-        <x:v>44770</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B833" s="3">
-        <x:v>94.59</x:v>
+        <x:v>91.37</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:2">
       <x:c r="A834" s="2">
-        <x:v>44769</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B834" s="3">
-        <x:v>94.02</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:2">
       <x:c r="A835" s="2">
-        <x:v>44768</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B835" s="3">
-        <x:v>93.51</x:v>
+        <x:v>92.23</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:2">
       <x:c r="A836" s="2">
-        <x:v>44767</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B836" s="3">
-        <x:v>93.73</x:v>
+        <x:v>92.75</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:2">
       <x:c r="A837" s="2">
-        <x:v>44764</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B837" s="3">
-        <x:v>93.49</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:2">
       <x:c r="A838" s="2">
-        <x:v>44763</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B838" s="3">
-        <x:v>93.25</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:2">
       <x:c r="A839" s="2">
-        <x:v>44762</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B839" s="3">
-        <x:v>92.99</x:v>
+        <x:v>93.24</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:2">
       <x:c r="A840" s="2">
-        <x:v>44761</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B840" s="3">
-        <x:v>92.36</x:v>
+        <x:v>93.66</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:2">
       <x:c r="A841" s="2">
-        <x:v>44760</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B841" s="3">
-        <x:v>91.53</x:v>
+        <x:v>94.85</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:2">
       <x:c r="A842" s="2">
-        <x:v>44757</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B842" s="3">
-        <x:v>91.3</x:v>
+        <x:v>94.32</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:2">
       <x:c r="A843" s="2">
-        <x:v>44755</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B843" s="3">
-        <x:v>91.32</x:v>
+        <x:v>93.62</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:2">
       <x:c r="A844" s="2">
-        <x:v>44754</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B844" s="3">
-        <x:v>91.58</x:v>
+        <x:v>93.16</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:2">
       <x:c r="A845" s="2">
-        <x:v>44753</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B845" s="3">
-        <x:v>91.8</x:v>
+        <x:v>92.8</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:2">
       <x:c r="A846" s="2">
-        <x:v>44750</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B846" s="3">
-        <x:v>92.15</x:v>
+        <x:v>93.04</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:2">
       <x:c r="A847" s="2">
-        <x:v>44749</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B847" s="3">
-        <x:v>92.14</x:v>
+        <x:v>93.24</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:2">
       <x:c r="A848" s="2">
-        <x:v>44748</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B848" s="3">
-        <x:v>91.83</x:v>
+        <x:v>93.19</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:2">
       <x:c r="A849" s="2">
-        <x:v>44747</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B849" s="3">
-        <x:v>91.95</x:v>
+        <x:v>93.84</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:2">
       <x:c r="A850" s="2">
-        <x:v>44746</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B850" s="3">
-        <x:v>92.13</x:v>
+        <x:v>94.31</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:2">
       <x:c r="A851" s="2">
-        <x:v>44743</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B851" s="3">
-        <x:v>92.19</x:v>
+        <x:v>94.74</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:2">
       <x:c r="A852" s="2">
-        <x:v>44742</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B852" s="3">
-        <x:v>91.93</x:v>
+        <x:v>95.25</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:2">
       <x:c r="A853" s="2">
-        <x:v>44741</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B853" s="3">
-        <x:v>92.33</x:v>
+        <x:v>95.84</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:2">
       <x:c r="A854" s="2">
-        <x:v>44740</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B854" s="3">
-        <x:v>92.82</x:v>
+        <x:v>94.95</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:2">
       <x:c r="A855" s="2">
-        <x:v>44739</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B855" s="3">
-        <x:v>93.34</x:v>
+        <x:v>94.88</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:2">
       <x:c r="A856" s="2">
-        <x:v>44736</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B856" s="3">
-        <x:v>93.38</x:v>
+        <x:v>94.78</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:2">
       <x:c r="A857" s="2">
-        <x:v>44734</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B857" s="3">
-        <x:v>92.78</x:v>
+        <x:v>95.7</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:2">
       <x:c r="A858" s="2">
-        <x:v>44733</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B858" s="3">
-        <x:v>93.05</x:v>
+        <x:v>96.17</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:2">
       <x:c r="A859" s="2">
-        <x:v>44732</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B859" s="3">
-        <x:v>92.62</x:v>
+        <x:v>96.14</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:2">
       <x:c r="A860" s="2">
-        <x:v>44729</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B860" s="3">
-        <x:v>92.52</x:v>
+        <x:v>96.82</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:2">
       <x:c r="A861" s="2">
-        <x:v>44728</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B861" s="3">
-        <x:v>92.62</x:v>
+        <x:v>96.36</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:2">
       <x:c r="A862" s="2">
-        <x:v>44727</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B862" s="3">
-        <x:v>93.71</x:v>
+        <x:v>96.15</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:2">
       <x:c r="A863" s="2">
-        <x:v>44726</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B863" s="3">
-        <x:v>93.27</x:v>
+        <x:v>95.84</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:2">
       <x:c r="A864" s="2">
-        <x:v>44725</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B864" s="3">
-        <x:v>93.76</x:v>
+        <x:v>95.18</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:2">
       <x:c r="A865" s="2">
-        <x:v>44722</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B865" s="3">
-        <x:v>95.73</x:v>
+        <x:v>95.59</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:2">
       <x:c r="A866" s="2">
-        <x:v>44721</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B866" s="3">
-        <x:v>97.06</x:v>
+        <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:2">
       <x:c r="A867" s="2">
-        <x:v>44720</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B867" s="3">
-        <x:v>97.91</x:v>
+        <x:v>95.52</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:2">
       <x:c r="A868" s="2">
-        <x:v>44719</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B868" s="3">
-        <x:v>98.37</x:v>
+        <x:v>95.36</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:2">
       <x:c r="A869" s="2">
-        <x:v>44715</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B869" s="3">
-        <x:v>98.37</x:v>
+        <x:v>94.94</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:2">
       <x:c r="A870" s="2">
-        <x:v>44714</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B870" s="3">
-        <x:v>98.62</x:v>
+        <x:v>95.31</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:2">
       <x:c r="A871" s="2">
-        <x:v>44713</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B871" s="3">
-        <x:v>98.56</x:v>
+        <x:v>95.24</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:2">
       <x:c r="A872" s="2">
-        <x:v>44712</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B872" s="3">
-        <x:v>98.86</x:v>
+        <x:v>94.59</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:2">
       <x:c r="A873" s="2">
-        <x:v>44711</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B873" s="3">
-        <x:v>99.23</x:v>
+        <x:v>94.02</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:2">
       <x:c r="A874" s="2">
-        <x:v>44708</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B874" s="3">
-        <x:v>98.92</x:v>
+        <x:v>93.51</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:2">
       <x:c r="A875" s="2">
-        <x:v>44706</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B875" s="3">
-        <x:v>97.72</x:v>
+        <x:v>93.73</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:2">
       <x:c r="A876" s="2">
-        <x:v>44705</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B876" s="3">
-        <x:v>97.26</x:v>
+        <x:v>93.49</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:2">
       <x:c r="A877" s="2">
-        <x:v>44704</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B877" s="3">
-        <x:v>97.27</x:v>
+        <x:v>93.25</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:2">
       <x:c r="A878" s="2">
-        <x:v>44701</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B878" s="3">
-        <x:v>96.87</x:v>
+        <x:v>92.99</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:2">
       <x:c r="A879" s="2">
-        <x:v>44700</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B879" s="3">
-        <x:v>96.76</x:v>
+        <x:v>92.36</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:2">
       <x:c r="A880" s="2">
-        <x:v>44699</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B880" s="3">
-        <x:v>97.28</x:v>
+        <x:v>91.53</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:2">
       <x:c r="A881" s="2">
-        <x:v>44698</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B881" s="3">
-        <x:v>98.09</x:v>
+        <x:v>91.3</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:2">
       <x:c r="A882" s="2">
-        <x:v>44697</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B882" s="3">
-        <x:v>97.67</x:v>
+        <x:v>91.32</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:2">
       <x:c r="A883" s="2">
-        <x:v>44694</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B883" s="3">
-        <x:v>97.49</x:v>
+        <x:v>91.58</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:2">
       <x:c r="A884" s="2">
-        <x:v>44693</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B884" s="3">
-        <x:v>97.12</x:v>
+        <x:v>91.8</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:2">
       <x:c r="A885" s="2">
-        <x:v>44692</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B885" s="3">
-        <x:v>97.06</x:v>
+        <x:v>92.15</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:2">
       <x:c r="A886" s="2">
-        <x:v>44691</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="B886" s="3">
-        <x:v>96.98</x:v>
+        <x:v>92.14</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:2">
       <x:c r="A887" s="2">
-        <x:v>44687</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="B887" s="3">
-        <x:v>97.89</x:v>
+        <x:v>91.83</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:2">
       <x:c r="A888" s="2">
-        <x:v>44686</x:v>
+        <x:v>44747</x:v>
       </x:c>
       <x:c r="B888" s="3">
-        <x:v>98.61</x:v>
+        <x:v>91.95</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:2">
       <x:c r="A889" s="2">
-        <x:v>44685</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B889" s="3">
-        <x:v>99.32</x:v>
+        <x:v>92.13</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:2">
       <x:c r="A890" s="2">
-        <x:v>44684</x:v>
+        <x:v>44743</x:v>
       </x:c>
       <x:c r="B890" s="3">
-        <x:v>98.85</x:v>
+        <x:v>92.19</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:2">
       <x:c r="A891" s="2">
-        <x:v>44683</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B891" s="3">
-        <x:v>98.64</x:v>
+        <x:v>91.93</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:2">
       <x:c r="A892" s="2">
-        <x:v>44680</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B892" s="3">
-        <x:v>98.85</x:v>
+        <x:v>92.33</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:2">
       <x:c r="A893" s="2">
-        <x:v>44679</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="B893" s="3">
-        <x:v>99.37</x:v>
+        <x:v>92.82</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:2">
       <x:c r="A894" s="2">
-        <x:v>44678</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B894" s="3">
-        <x:v>99.17</x:v>
+        <x:v>93.34</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:2">
       <x:c r="A895" s="2">
-        <x:v>44677</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B895" s="3">
-        <x:v>99.49</x:v>
+        <x:v>93.38</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:2">
       <x:c r="A896" s="2">
-        <x:v>44676</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B896" s="3">
-        <x:v>99.82</x:v>
+        <x:v>92.78</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:2">
       <x:c r="A897" s="2">
-        <x:v>44673</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B897" s="3">
-        <x:v>100.21</x:v>
+        <x:v>93.05</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:2">
       <x:c r="A898" s="2">
-        <x:v>44672</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B898" s="3">
-        <x:v>100.98</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:2">
       <x:c r="A899" s="2">
-        <x:v>44671</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B899" s="3">
-        <x:v>101.34</x:v>
+        <x:v>92.52</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:2">
       <x:c r="A900" s="2">
-        <x:v>44670</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B900" s="3">
-        <x:v>101.1</x:v>
+        <x:v>92.62</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:2">
       <x:c r="A901" s="2">
-        <x:v>44665</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B901" s="3">
-        <x:v>101.07</x:v>
+        <x:v>93.71</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:2">
       <x:c r="A902" s="2">
-        <x:v>44664</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B902" s="3">
-        <x:v>101.23</x:v>
+        <x:v>93.27</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:2">
       <x:c r="A903" s="2">
-        <x:v>44663</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B903" s="3">
-        <x:v>101.05</x:v>
+        <x:v>93.76</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:2">
       <x:c r="A904" s="2">
-        <x:v>44662</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B904" s="3">
-        <x:v>101.34</x:v>
+        <x:v>95.73</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:2">
       <x:c r="A905" s="2">
-        <x:v>44659</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B905" s="3">
-        <x:v>102.21</x:v>
+        <x:v>97.06</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:2">
       <x:c r="A906" s="2">
-        <x:v>44658</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="B906" s="3">
-        <x:v>102.3</x:v>
+        <x:v>97.91</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:2">
       <x:c r="A907" s="2">
-        <x:v>44657</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B907" s="3">
-        <x:v>102.37</x:v>
+        <x:v>98.37</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:2">
       <x:c r="A908" s="2">
-        <x:v>44656</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B908" s="3">
-        <x:v>102.5</x:v>
+        <x:v>98.37</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:2">
       <x:c r="A909" s="2">
-        <x:v>44655</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B909" s="3">
-        <x:v>102.9</x:v>
+        <x:v>98.62</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:2">
       <x:c r="A910" s="2">
-        <x:v>44652</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B910" s="3">
-        <x:v>102.28</x:v>
+        <x:v>98.56</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:2">
       <x:c r="A911" s="2">
-        <x:v>44651</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B911" s="3">
-        <x:v>102.37</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:2">
       <x:c r="A912" s="2">
-        <x:v>44650</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B912" s="3">
-        <x:v>102.88</x:v>
+        <x:v>99.23</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:2">
       <x:c r="A913" s="2">
-        <x:v>44649</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B913" s="3">
-        <x:v>102.48</x:v>
+        <x:v>98.92</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:2">
       <x:c r="A914" s="2">
-        <x:v>44648</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B914" s="3">
-        <x:v>101.5</x:v>
+        <x:v>97.72</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:2">
       <x:c r="A915" s="2">
-        <x:v>44645</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B915" s="3">
-        <x:v>101.13</x:v>
+        <x:v>97.26</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:2">
       <x:c r="A916" s="2">
-        <x:v>44644</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B916" s="3">
-        <x:v>101.06</x:v>
+        <x:v>97.27</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:2">
       <x:c r="A917" s="2">
-        <x:v>44643</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B917" s="3">
-        <x:v>100.68</x:v>
+        <x:v>96.87</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:2">
       <x:c r="A918" s="2">
-        <x:v>44642</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B918" s="3">
-        <x:v>101.17</x:v>
+        <x:v>96.76</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:2">
       <x:c r="A919" s="2">
-        <x:v>44641</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B919" s="3">
-        <x:v>101.29</x:v>
+        <x:v>97.28</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:2">
       <x:c r="A920" s="2">
-        <x:v>44638</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B920" s="3">
-        <x:v>101.37</x:v>
+        <x:v>98.09</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:2">
       <x:c r="A921" s="2">
-        <x:v>44637</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B921" s="3">
-        <x:v>100.9</x:v>
+        <x:v>97.67</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:2">
       <x:c r="A922" s="2">
-        <x:v>44636</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B922" s="3">
-        <x:v>99.95</x:v>
+        <x:v>97.49</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:2">
       <x:c r="A923" s="2">
-        <x:v>44635</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B923" s="3">
-        <x:v>98.78</x:v>
+        <x:v>97.12</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:2">
       <x:c r="A924" s="2">
-        <x:v>44634</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B924" s="3">
-        <x:v>98.74</x:v>
+        <x:v>97.06</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:2">
       <x:c r="A925" s="2">
-        <x:v>44631</x:v>
+        <x:v>44691</x:v>
       </x:c>
       <x:c r="B925" s="3">
-        <x:v>98.99</x:v>
+        <x:v>96.98</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:2">
       <x:c r="A926" s="2">
-        <x:v>44630</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B926" s="3">
-        <x:v>99.3</x:v>
+        <x:v>97.89</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:2">
       <x:c r="A927" s="2">
-        <x:v>44629</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B927" s="3">
-        <x:v>99.4</x:v>
+        <x:v>98.61</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:2">
       <x:c r="A928" s="2">
-        <x:v>44628</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B928" s="3">
-        <x:v>98.26</x:v>
+        <x:v>99.32</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:2">
       <x:c r="A929" s="2">
-        <x:v>44627</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B929" s="3">
-        <x:v>98.76</x:v>
+        <x:v>98.85</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:2">
       <x:c r="A930" s="2">
-        <x:v>44624</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B930" s="3">
-        <x:v>100.19</x:v>
+        <x:v>98.64</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:2">
       <x:c r="A931" s="2">
-        <x:v>44623</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B931" s="3">
-        <x:v>101.2</x:v>
+        <x:v>98.85</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:2">
       <x:c r="A932" s="2">
-        <x:v>44622</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B932" s="3">
-        <x:v>101.47</x:v>
+        <x:v>99.37</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:2">
       <x:c r="A933" s="2">
-        <x:v>44621</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B933" s="3">
-        <x:v>101.27</x:v>
+        <x:v>99.17</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:2">
       <x:c r="A934" s="2">
-        <x:v>44620</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B934" s="3">
-        <x:v>101.69</x:v>
+        <x:v>99.49</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:2">
       <x:c r="A935" s="2">
-        <x:v>44617</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B935" s="3">
-        <x:v>101.88</x:v>
+        <x:v>99.82</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:2">
       <x:c r="A936" s="2">
-        <x:v>44616</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B936" s="3">
-        <x:v>100.71</x:v>
+        <x:v>100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:2">
       <x:c r="A937" s="2">
-        <x:v>44615</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B937" s="3">
-        <x:v>102</x:v>
+        <x:v>100.98</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:2">
       <x:c r="A938" s="2">
-        <x:v>44614</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B938" s="3">
-        <x:v>102.37</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:2">
       <x:c r="A939" s="2">
-        <x:v>44613</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B939" s="3">
-        <x:v>102.93</x:v>
+        <x:v>101.1</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:2">
       <x:c r="A940" s="2">
-        <x:v>44610</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B940" s="3">
-        <x:v>103.02</x:v>
+        <x:v>101.07</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:2">
       <x:c r="A941" s="2">
-        <x:v>44609</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B941" s="3">
-        <x:v>103.04</x:v>
+        <x:v>101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:2">
       <x:c r="A942" s="2">
-        <x:v>44608</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B942" s="3">
-        <x:v>103.52</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:2">
       <x:c r="A943" s="2">
-        <x:v>44607</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B943" s="3">
-        <x:v>103.4</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:2">
       <x:c r="A944" s="2">
-        <x:v>44606</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B944" s="3">
-        <x:v>103.08</x:v>
+        <x:v>102.21</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:2">
       <x:c r="A945" s="2">
-        <x:v>44603</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B945" s="3">
-        <x:v>103.77</x:v>
+        <x:v>102.3</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:2">
       <x:c r="A946" s="2">
-        <x:v>44602</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B946" s="3">
-        <x:v>104.16</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:2">
       <x:c r="A947" s="2">
-        <x:v>44601</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B947" s="3">
-        <x:v>104.67</x:v>
+        <x:v>102.5</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:2">
       <x:c r="A948" s="2">
-        <x:v>44600</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B948" s="3">
-        <x:v>103.8</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:2">
       <x:c r="A949" s="2">
-        <x:v>44599</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B949" s="3">
-        <x:v>103.68</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:2">
       <x:c r="A950" s="2">
-        <x:v>44596</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B950" s="3">
-        <x:v>104.19</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:2">
       <x:c r="A951" s="2">
-        <x:v>44595</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B951" s="3">
-        <x:v>104.93</x:v>
+        <x:v>102.88</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:2">
       <x:c r="A952" s="2">
-        <x:v>44594</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B952" s="3">
-        <x:v>105.62</x:v>
+        <x:v>102.48</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:2">
       <x:c r="A953" s="2">
-        <x:v>44593</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B953" s="3">
-        <x:v>105.04</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:2">
       <x:c r="A954" s="2">
-        <x:v>44592</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B954" s="3">
-        <x:v>104.83</x:v>
+        <x:v>101.13</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:2">
       <x:c r="A955" s="2">
-        <x:v>44589</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B955" s="3">
-        <x:v>104.64</x:v>
+        <x:v>101.06</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:2">
       <x:c r="A956" s="2">
-        <x:v>44588</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B956" s="3">
-        <x:v>104.65</x:v>
+        <x:v>100.68</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:2">
       <x:c r="A957" s="2">
-        <x:v>44587</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B957" s="3">
-        <x:v>105.05</x:v>
+        <x:v>101.17</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:2">
       <x:c r="A958" s="2">
-        <x:v>44586</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B958" s="3">
-        <x:v>104.9</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:2">
       <x:c r="A959" s="2">
-        <x:v>44585</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B959" s="3">
-        <x:v>105.07</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:2">
       <x:c r="A960" s="2">
-        <x:v>44582</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B960" s="3">
-        <x:v>105.44</x:v>
+        <x:v>100.9</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:2">
       <x:c r="A961" s="2">
-        <x:v>44581</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B961" s="3">
-        <x:v>105.61</x:v>
+        <x:v>99.95</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:2">
       <x:c r="A962" s="2">
-        <x:v>44580</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B962" s="3">
-        <x:v>105.7</x:v>
+        <x:v>98.78</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:2">
       <x:c r="A963" s="2">
-        <x:v>44579</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B963" s="3">
-        <x:v>105.34</x:v>
+        <x:v>98.74</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:2">
       <x:c r="A964" s="2">
-        <x:v>44578</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B964" s="3">
-        <x:v>106.27</x:v>
+        <x:v>98.99</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:2">
       <x:c r="A965" s="2">
-        <x:v>44575</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B965" s="3">
-        <x:v>106.26</x:v>
+        <x:v>99.3</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:2">
       <x:c r="A966" s="2">
-        <x:v>44574</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B966" s="3">
-        <x:v>106.92</x:v>
+        <x:v>99.4</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:2">
       <x:c r="A967" s="2">
-        <x:v>44573</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B967" s="3">
-        <x:v>107.07</x:v>
+        <x:v>98.26</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:2">
       <x:c r="A968" s="2">
-        <x:v>44572</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B968" s="3">
-        <x:v>106.94</x:v>
+        <x:v>98.76</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:2">
       <x:c r="A969" s="2">
-        <x:v>44571</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B969" s="3">
-        <x:v>106.95</x:v>
+        <x:v>100.19</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:2">
       <x:c r="A970" s="2">
-        <x:v>44568</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B970" s="3">
-        <x:v>107.53</x:v>
+        <x:v>101.2</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:2">
       <x:c r="A971" s="2">
-        <x:v>44567</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B971" s="3">
-        <x:v>107.87</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:2">
       <x:c r="A972" s="2">
-        <x:v>44566</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B972" s="3">
-        <x:v>108.97</x:v>
+        <x:v>101.27</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:2">
       <x:c r="A973" s="2">
-        <x:v>44565</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B973" s="3">
-        <x:v>109.18</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:2">
       <x:c r="A974" s="2">
-        <x:v>44564</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B974" s="3">
-        <x:v>109.14</x:v>
+        <x:v>101.88</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:2">
       <x:c r="A975" s="2">
-        <x:v>44561</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B975" s="3">
-        <x:v>109.09</x:v>
+        <x:v>100.71</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:2">
       <x:c r="A976" s="2">
-        <x:v>44560</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B976" s="3">
-        <x:v>109.07</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:2">
       <x:c r="A977" s="2">
-        <x:v>44559</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B977" s="3">
-        <x:v>108.95</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:2">
       <x:c r="A978" s="2">
-        <x:v>44558</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B978" s="3">
-        <x:v>108.83</x:v>
+        <x:v>102.93</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:2">
       <x:c r="A979" s="2">
-        <x:v>44557</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B979" s="3">
-        <x:v>108.64</x:v>
+        <x:v>103.02</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:2">
       <x:c r="A980" s="2">
-        <x:v>44554</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B980" s="3">
-        <x:v>108.34</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:2">
       <x:c r="A981" s="2">
-        <x:v>44553</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B981" s="3">
-        <x:v>108.39</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:2">
       <x:c r="A982" s="2">
-        <x:v>44552</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B982" s="3">
-        <x:v>108.15</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:2">
       <x:c r="A983" s="2">
-        <x:v>44551</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B983" s="3">
-        <x:v>107.88</x:v>
+        <x:v>103.08</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:2">
       <x:c r="A984" s="2">
-        <x:v>44550</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B984" s="3">
-        <x:v>107.46</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:2">
       <x:c r="A985" s="2">
-        <x:v>44547</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B985" s="3">
-        <x:v>107.92</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:2">
       <x:c r="A986" s="2">
-        <x:v>44546</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B986" s="3">
-        <x:v>108.03</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:2">
       <x:c r="A987" s="2">
-        <x:v>44545</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B987" s="3">
-        <x:v>107.79</x:v>
+        <x:v>103.8</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:2">
       <x:c r="A988" s="2">
-        <x:v>44544</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B988" s="3">
-        <x:v>107.83</x:v>
+        <x:v>103.68</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:2">
       <x:c r="A989" s="2">
-        <x:v>44543</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="B989" s="3">
-        <x:v>108.67</x:v>
+        <x:v>104.19</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:2">
       <x:c r="A990" s="2">
-        <x:v>44540</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B990" s="3">
-        <x:v>108.84</x:v>
+        <x:v>104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:2">
       <x:c r="A991" s="2">
-        <x:v>44539</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B991" s="3">
-        <x:v>108.86</x:v>
+        <x:v>105.62</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:2">
       <x:c r="A992" s="2">
-        <x:v>44538</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B992" s="3">
-        <x:v>108.86</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:2">
       <x:c r="A993" s="2">
-        <x:v>44537</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B993" s="3">
-        <x:v>108.78</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:2">
       <x:c r="A994" s="2">
-        <x:v>44536</x:v>
+        <x:v>44589</x:v>
       </x:c>
       <x:c r="B994" s="3">
-        <x:v>107.74</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:2">
       <x:c r="A995" s="2">
-        <x:v>44533</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="B995" s="3">
-        <x:v>107.3</x:v>
+        <x:v>104.65</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:2">
       <x:c r="A996" s="2">
-        <x:v>44532</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="B996" s="3">
-        <x:v>107.24</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:2">
       <x:c r="A997" s="2">
-        <x:v>44531</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="B997" s="3">
-        <x:v>106.94</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:2">
       <x:c r="A998" s="2">
-        <x:v>44530</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="B998" s="3">
-        <x:v>106.73</x:v>
+        <x:v>105.07</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:2">
       <x:c r="A999" s="2">
-        <x:v>44529</x:v>
+        <x:v>44582</x:v>
       </x:c>
       <x:c r="B999" s="3">
-        <x:v>106.91</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:2">
       <x:c r="A1000" s="2">
-        <x:v>44526</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="B1000" s="3">
-        <x:v>107.07</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:2">
       <x:c r="A1001" s="2">
-        <x:v>44525</x:v>
+        <x:v>44580</x:v>
       </x:c>
       <x:c r="B1001" s="3">
-        <x:v>108.79</x:v>
+        <x:v>105.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:2">
       <x:c r="A1002" s="2">
-        <x:v>44524</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="B1002" s="3">
-        <x:v>108.77</x:v>
+        <x:v>105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:2">
       <x:c r="A1003" s="2">
-        <x:v>44523</x:v>
+        <x:v>44578</x:v>
       </x:c>
       <x:c r="B1003" s="3">
-        <x:v>108.76</x:v>
+        <x:v>106.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:2">
       <x:c r="A1004" s="2">
-        <x:v>44522</x:v>
+        <x:v>44575</x:v>
       </x:c>
       <x:c r="B1004" s="3">
-        <x:v>109.38</x:v>
+        <x:v>106.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:2">
       <x:c r="A1005" s="2">
-        <x:v>44519</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="B1005" s="3">
-        <x:v>109.59</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:2">
       <x:c r="A1006" s="2">
-        <x:v>44518</x:v>
+        <x:v>44573</x:v>
       </x:c>
       <x:c r="B1006" s="3">
-        <x:v>109.83</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:2">
       <x:c r="A1007" s="2">
-        <x:v>44517</x:v>
+        <x:v>44572</x:v>
       </x:c>
       <x:c r="B1007" s="3">
-        <x:v>109.86</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:2">
       <x:c r="A1008" s="2">
-        <x:v>44516</x:v>
+        <x:v>44571</x:v>
       </x:c>
       <x:c r="B1008" s="3">
-        <x:v>109.93</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:2">
       <x:c r="A1009" s="2">
-        <x:v>44515</x:v>
+        <x:v>44568</x:v>
       </x:c>
       <x:c r="B1009" s="3">
-        <x:v>110.16</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:2">
       <x:c r="A1010" s="2">
-        <x:v>44512</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="B1010" s="3">
-        <x:v>109.96</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:2">
       <x:c r="A1011" s="2">
-        <x:v>44511</x:v>
+        <x:v>44566</x:v>
       </x:c>
       <x:c r="B1011" s="3">
-        <x:v>109.34</x:v>
+        <x:v>108.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:2">
       <x:c r="A1012" s="2">
-        <x:v>44510</x:v>
+        <x:v>44565</x:v>
       </x:c>
       <x:c r="B1012" s="3">
-        <x:v>109.25</x:v>
+        <x:v>109.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:2">
       <x:c r="A1013" s="2">
-        <x:v>44509</x:v>
+        <x:v>44564</x:v>
       </x:c>
       <x:c r="B1013" s="3">
-        <x:v>109.08</x:v>
+        <x:v>109.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:2">
       <x:c r="A1014" s="2">
-        <x:v>44508</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B1014" s="3">
-        <x:v>109.4</x:v>
+        <x:v>109.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:2">
       <x:c r="A1015" s="2">
-        <x:v>44505</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="B1015" s="3">
-        <x:v>109.47</x:v>
+        <x:v>109.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:2">
       <x:c r="A1016" s="2">
-        <x:v>44504</x:v>
+        <x:v>44559</x:v>
       </x:c>
       <x:c r="B1016" s="3">
-        <x:v>109.32</x:v>
+        <x:v>108.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:2">
       <x:c r="A1017" s="2">
-        <x:v>44503</x:v>
+        <x:v>44558</x:v>
       </x:c>
       <x:c r="B1017" s="3">
-        <x:v>109.37</x:v>
+        <x:v>108.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:2">
       <x:c r="A1018" s="2">
-        <x:v>44502</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="B1018" s="3">
-        <x:v>109.27</x:v>
+        <x:v>108.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:2">
       <x:c r="A1019" s="2">
-        <x:v>44498</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="B1019" s="3">
-        <x:v>109.36</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:2">
       <x:c r="A1020" s="2">
-        <x:v>44497</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="B1020" s="3">
-        <x:v>109.77</x:v>
+        <x:v>108.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:2">
       <x:c r="A1021" s="2">
-        <x:v>44496</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="B1021" s="3">
-        <x:v>109.75</x:v>
+        <x:v>108.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:2">
       <x:c r="A1022" s="2">
-        <x:v>44495</x:v>
+        <x:v>44551</x:v>
       </x:c>
       <x:c r="B1022" s="3">
-        <x:v>109.65</x:v>
+        <x:v>107.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:2">
       <x:c r="A1023" s="2">
-        <x:v>44494</x:v>
+        <x:v>44550</x:v>
       </x:c>
       <x:c r="B1023" s="3">
-        <x:v>109.42</x:v>
+        <x:v>107.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:2">
       <x:c r="A1024" s="2">
-        <x:v>44491</x:v>
+        <x:v>44547</x:v>
       </x:c>
       <x:c r="B1024" s="3">
-        <x:v>109.42</x:v>
+        <x:v>107.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:2">
       <x:c r="A1025" s="2">
-        <x:v>44490</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="B1025" s="3">
-        <x:v>109.4</x:v>
+        <x:v>108.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:2">
       <x:c r="A1026" s="2">
-        <x:v>44489</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B1026" s="3">
-        <x:v>109.67</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:2">
       <x:c r="A1027" s="2">
-        <x:v>44488</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="B1027" s="3">
-        <x:v>109.4</x:v>
+        <x:v>107.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:2">
       <x:c r="A1028" s="2">
-        <x:v>44487</x:v>
+        <x:v>44543</x:v>
       </x:c>
       <x:c r="B1028" s="3">
-        <x:v>109.25</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:2">
       <x:c r="A1029" s="2">
-        <x:v>44484</x:v>
+        <x:v>44540</x:v>
       </x:c>
       <x:c r="B1029" s="3">
-        <x:v>109.25</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:2">
       <x:c r="A1030" s="2">
-        <x:v>44483</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="B1030" s="3">
-        <x:v>108.84</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:2">
       <x:c r="A1031" s="2">
-        <x:v>44482</x:v>
+        <x:v>44538</x:v>
       </x:c>
       <x:c r="B1031" s="3">
-        <x:v>108.25</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:2">
       <x:c r="A1032" s="2">
-        <x:v>44481</x:v>
+        <x:v>44537</x:v>
       </x:c>
       <x:c r="B1032" s="3">
-        <x:v>107.9</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:2">
       <x:c r="A1033" s="2">
-        <x:v>44480</x:v>
+        <x:v>44536</x:v>
       </x:c>
       <x:c r="B1033" s="3">
-        <x:v>108.17</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:2">
       <x:c r="A1034" s="2">
-        <x:v>44477</x:v>
+        <x:v>44533</x:v>
       </x:c>
       <x:c r="B1034" s="3">
-        <x:v>108.29</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:2">
       <x:c r="A1035" s="2">
-        <x:v>44476</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="B1035" s="3">
-        <x:v>108.52</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:2">
       <x:c r="A1036" s="2">
-        <x:v>44475</x:v>
+        <x:v>44531</x:v>
       </x:c>
       <x:c r="B1036" s="3">
-        <x:v>108.13</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:2">
       <x:c r="A1037" s="2">
-        <x:v>44474</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B1037" s="3">
-        <x:v>108.52</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:2">
       <x:c r="A1038" s="2">
-        <x:v>44473</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="B1038" s="3">
-        <x:v>108.58</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:2">
       <x:c r="A1039" s="2">
-        <x:v>44470</x:v>
+        <x:v>44526</x:v>
       </x:c>
       <x:c r="B1039" s="3">
-        <x:v>108.68</x:v>
+        <x:v>107.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:2">
       <x:c r="A1040" s="2">
-        <x:v>44469</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="B1040" s="3">
-        <x:v>108.82</x:v>
+        <x:v>108.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:2">
       <x:c r="A1041" s="2">
-        <x:v>44468</x:v>
+        <x:v>44524</x:v>
       </x:c>
       <x:c r="B1041" s="3">
-        <x:v>109.03</x:v>
+        <x:v>108.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:2">
       <x:c r="A1042" s="2">
-        <x:v>44467</x:v>
+        <x:v>44523</x:v>
       </x:c>
       <x:c r="B1042" s="3">
-        <x:v>108.86</x:v>
+        <x:v>108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:2">
       <x:c r="A1043" s="2">
-        <x:v>44466</x:v>
+        <x:v>44522</x:v>
       </x:c>
       <x:c r="B1043" s="3">
-        <x:v>109.55</x:v>
+        <x:v>109.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:2">
       <x:c r="A1044" s="2">
-        <x:v>44463</x:v>
+        <x:v>44519</x:v>
       </x:c>
       <x:c r="B1044" s="3">
-        <x:v>109.77</x:v>
+        <x:v>109.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:2">
       <x:c r="A1045" s="2">
-        <x:v>44462</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="B1045" s="3">
-        <x:v>110.27</x:v>
+        <x:v>109.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:2">
       <x:c r="A1046" s="2">
-        <x:v>44461</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="B1046" s="3">
-        <x:v>110.06</x:v>
+        <x:v>109.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:2">
       <x:c r="A1047" s="2">
-        <x:v>44460</x:v>
+        <x:v>44516</x:v>
       </x:c>
       <x:c r="B1047" s="3">
-        <x:v>109.79</x:v>
+        <x:v>109.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:2">
       <x:c r="A1048" s="2">
-        <x:v>44459</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B1048" s="3">
-        <x:v>109.6</x:v>
+        <x:v>110.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:2">
       <x:c r="A1049" s="2">
-        <x:v>44456</x:v>
+        <x:v>44512</x:v>
       </x:c>
       <x:c r="B1049" s="3">
-        <x:v>110.4</x:v>
+        <x:v>109.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:2">
       <x:c r="A1050" s="2">
-        <x:v>44455</x:v>
+        <x:v>44511</x:v>
       </x:c>
       <x:c r="B1050" s="3">
-        <x:v>110.93</x:v>
+        <x:v>109.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:2">
       <x:c r="A1051" s="2">
-        <x:v>44454</x:v>
+        <x:v>44510</x:v>
       </x:c>
       <x:c r="B1051" s="3">
-        <x:v>111.03</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:2">
       <x:c r="A1052" s="2">
-        <x:v>44453</x:v>
+        <x:v>44509</x:v>
       </x:c>
       <x:c r="B1052" s="3">
-        <x:v>111.15</x:v>
+        <x:v>109.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:2">
       <x:c r="A1053" s="2">
-        <x:v>44452</x:v>
+        <x:v>44508</x:v>
       </x:c>
       <x:c r="B1053" s="3">
-        <x:v>111.19</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:2">
       <x:c r="A1054" s="2">
-        <x:v>44449</x:v>
+        <x:v>44505</x:v>
       </x:c>
       <x:c r="B1054" s="3">
-        <x:v>111.08</x:v>
+        <x:v>109.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:2">
       <x:c r="A1055" s="2">
-        <x:v>44448</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="B1055" s="3">
-        <x:v>111.26</x:v>
+        <x:v>109.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:2">
       <x:c r="A1056" s="2">
-        <x:v>44447</x:v>
+        <x:v>44503</x:v>
       </x:c>
       <x:c r="B1056" s="3">
-        <x:v>111.43</x:v>
+        <x:v>109.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:2">
       <x:c r="A1057" s="2">
-        <x:v>44446</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="B1057" s="3">
-        <x:v>111.65</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:2">
       <x:c r="A1058" s="2">
-        <x:v>44445</x:v>
+        <x:v>44498</x:v>
       </x:c>
       <x:c r="B1058" s="3">
-        <x:v>111.96</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:2">
       <x:c r="A1059" s="2">
-        <x:v>44442</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="B1059" s="3">
-        <x:v>111.8</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:2">
       <x:c r="A1060" s="2">
-        <x:v>44441</x:v>
+        <x:v>44496</x:v>
       </x:c>
       <x:c r="B1060" s="3">
-        <x:v>111.94</x:v>
+        <x:v>109.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:2">
       <x:c r="A1061" s="2">
-        <x:v>44440</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="B1061" s="3">
-        <x:v>111.78</x:v>
+        <x:v>109.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:2">
       <x:c r="A1062" s="2">
-        <x:v>44439</x:v>
+        <x:v>44494</x:v>
       </x:c>
       <x:c r="B1062" s="3">
-        <x:v>111.61</x:v>
+        <x:v>109.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:2">
       <x:c r="A1063" s="2">
-        <x:v>44438</x:v>
+        <x:v>44491</x:v>
       </x:c>
       <x:c r="B1063" s="3">
-        <x:v>111.43</x:v>
+        <x:v>109.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:2">
       <x:c r="A1064" s="2">
-        <x:v>44435</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="B1064" s="3">
-        <x:v>111.26</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:2">
       <x:c r="A1065" s="2">
-        <x:v>44434</x:v>
+        <x:v>44489</x:v>
       </x:c>
       <x:c r="B1065" s="3">
-        <x:v>110.99</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:2">
       <x:c r="A1066" s="2">
-        <x:v>44433</x:v>
+        <x:v>44488</x:v>
       </x:c>
       <x:c r="B1066" s="3">
-        <x:v>111.12</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:2">
       <x:c r="A1067" s="2">
-        <x:v>44432</x:v>
+        <x:v>44487</x:v>
       </x:c>
       <x:c r="B1067" s="3">
-        <x:v>111.02</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:2">
       <x:c r="A1068" s="2">
-        <x:v>44431</x:v>
+        <x:v>44484</x:v>
       </x:c>
       <x:c r="B1068" s="3">
-        <x:v>110.84</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:2">
       <x:c r="A1069" s="2">
-        <x:v>44428</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="B1069" s="3">
-        <x:v>110.8</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:2">
       <x:c r="A1070" s="2">
-        <x:v>44427</x:v>
+        <x:v>44482</x:v>
       </x:c>
       <x:c r="B1070" s="3">
-        <x:v>110.69</x:v>
+        <x:v>108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:2">
       <x:c r="A1071" s="2">
-        <x:v>44426</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="B1071" s="3">
-        <x:v>111.07</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:2">
       <x:c r="A1072" s="2">
-        <x:v>44425</x:v>
+        <x:v>44480</x:v>
       </x:c>
       <x:c r="B1072" s="3">
-        <x:v>111.02</x:v>
+        <x:v>108.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:2">
       <x:c r="A1073" s="2">
-        <x:v>44424</x:v>
+        <x:v>44477</x:v>
       </x:c>
       <x:c r="B1073" s="3">
-        <x:v>111.13</x:v>
+        <x:v>108.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:2">
       <x:c r="A1074" s="2">
-        <x:v>44421</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="B1074" s="3">
-        <x:v>111.2</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:2">
       <x:c r="A1075" s="2">
-        <x:v>44420</x:v>
+        <x:v>44475</x:v>
       </x:c>
       <x:c r="B1075" s="3">
-        <x:v>110.99</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:2">
       <x:c r="A1076" s="2">
-        <x:v>44419</x:v>
+        <x:v>44474</x:v>
       </x:c>
       <x:c r="B1076" s="3">
-        <x:v>110.87</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:2">
       <x:c r="A1077" s="2">
-        <x:v>44418</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="B1077" s="3">
-        <x:v>110.77</x:v>
+        <x:v>108.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:2">
       <x:c r="A1078" s="2">
-        <x:v>44417</x:v>
+        <x:v>44470</x:v>
       </x:c>
       <x:c r="B1078" s="3">
-        <x:v>110.88</x:v>
+        <x:v>108.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:2">
       <x:c r="A1079" s="2">
-        <x:v>44414</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B1079" s="3">
-        <x:v>110.97</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:2">
       <x:c r="A1080" s="2">
-        <x:v>44413</x:v>
+        <x:v>44468</x:v>
       </x:c>
       <x:c r="B1080" s="3">
-        <x:v>111.01</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:2">
       <x:c r="A1081" s="2">
-        <x:v>44412</x:v>
+        <x:v>44467</x:v>
       </x:c>
       <x:c r="B1081" s="3">
-        <x:v>110.9</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:2">
       <x:c r="A1082" s="2">
-        <x:v>44411</x:v>
+        <x:v>44466</x:v>
       </x:c>
       <x:c r="B1082" s="3">
-        <x:v>110.76</x:v>
+        <x:v>109.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:2">
       <x:c r="A1083" s="2">
-        <x:v>44410</x:v>
+        <x:v>44463</x:v>
       </x:c>
       <x:c r="B1083" s="3">
-        <x:v>110.68</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:2">
       <x:c r="A1084" s="2">
-        <x:v>44407</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="B1084" s="3">
-        <x:v>110.48</x:v>
+        <x:v>110.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:2">
       <x:c r="A1085" s="2">
-        <x:v>44406</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="B1085" s="3">
-        <x:v>110.57</x:v>
+        <x:v>110.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:2">
       <x:c r="A1086" s="2">
-        <x:v>44405</x:v>
+        <x:v>44460</x:v>
       </x:c>
       <x:c r="B1086" s="3">
-        <x:v>110.39</x:v>
+        <x:v>109.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:2">
       <x:c r="A1087" s="2">
-        <x:v>44404</x:v>
+        <x:v>44459</x:v>
       </x:c>
       <x:c r="B1087" s="3">
-        <x:v>110.37</x:v>
+        <x:v>109.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:2">
       <x:c r="A1088" s="2">
-        <x:v>44403</x:v>
+        <x:v>44456</x:v>
       </x:c>
       <x:c r="B1088" s="3">
-        <x:v>110.36</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:2">
       <x:c r="A1089" s="2">
-        <x:v>44400</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="B1089" s="3">
-        <x:v>110.33</x:v>
+        <x:v>110.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:2">
       <x:c r="A1090" s="2">
-        <x:v>44399</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B1090" s="3">
-        <x:v>110.13</x:v>
+        <x:v>111.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:2">
       <x:c r="A1091" s="2">
-        <x:v>44398</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="B1091" s="3">
-        <x:v>110.13</x:v>
+        <x:v>111.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:2">
       <x:c r="A1092" s="2">
-        <x:v>44397</x:v>
+        <x:v>44452</x:v>
       </x:c>
       <x:c r="B1092" s="3">
-        <x:v>109.89</x:v>
+        <x:v>111.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:2">
       <x:c r="A1093" s="2">
-        <x:v>44396</x:v>
+        <x:v>44449</x:v>
       </x:c>
       <x:c r="B1093" s="3">
-        <x:v>109.63</x:v>
+        <x:v>111.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:2">
       <x:c r="A1094" s="2">
-        <x:v>44393</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="B1094" s="3">
-        <x:v>110.34</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:2">
       <x:c r="A1095" s="2">
-        <x:v>44392</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="B1095" s="3">
-        <x:v>110.36</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:2">
       <x:c r="A1096" s="2">
-        <x:v>44391</x:v>
+        <x:v>44446</x:v>
       </x:c>
       <x:c r="B1096" s="3">
-        <x:v>110.44</x:v>
+        <x:v>111.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:2">
       <x:c r="A1097" s="2">
-        <x:v>44390</x:v>
+        <x:v>44445</x:v>
       </x:c>
       <x:c r="B1097" s="3">
-        <x:v>110.28</x:v>
+        <x:v>111.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:2">
       <x:c r="A1098" s="2">
-        <x:v>44389</x:v>
+        <x:v>44442</x:v>
       </x:c>
       <x:c r="B1098" s="3">
-        <x:v>110.61</x:v>
+        <x:v>111.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:2">
       <x:c r="A1099" s="2">
-        <x:v>44386</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="B1099" s="3">
-        <x:v>110.42</x:v>
+        <x:v>111.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:2">
       <x:c r="A1100" s="2">
-        <x:v>44385</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="B1100" s="3">
-        <x:v>109.89</x:v>
+        <x:v>111.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:2">
       <x:c r="A1101" s="2">
-        <x:v>44384</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B1101" s="3">
-        <x:v>110.34</x:v>
+        <x:v>111.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:2">
       <x:c r="A1102" s="2">
-        <x:v>44383</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="B1102" s="3">
-        <x:v>110.14</x:v>
+        <x:v>111.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:2">
       <x:c r="A1103" s="2">
-        <x:v>44382</x:v>
+        <x:v>44435</x:v>
       </x:c>
       <x:c r="B1103" s="3">
-        <x:v>110.21</x:v>
+        <x:v>111.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:2">
       <x:c r="A1104" s="2">
-        <x:v>44379</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="B1104" s="3">
-        <x:v>110.12</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:2">
       <x:c r="A1105" s="2">
-        <x:v>44378</x:v>
+        <x:v>44433</x:v>
       </x:c>
       <x:c r="B1105" s="3">
-        <x:v>109.98</x:v>
+        <x:v>111.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:2">
       <x:c r="A1106" s="2">
-        <x:v>44377</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="B1106" s="3">
-        <x:v>109.93</x:v>
+        <x:v>111.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:2">
       <x:c r="A1107" s="2">
-        <x:v>44376</x:v>
+        <x:v>44431</x:v>
       </x:c>
       <x:c r="B1107" s="3">
-        <x:v>110.21</x:v>
+        <x:v>110.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:2">
       <x:c r="A1108" s="2">
-        <x:v>44375</x:v>
+        <x:v>44428</x:v>
       </x:c>
       <x:c r="B1108" s="3">
-        <x:v>110.28</x:v>
+        <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:2">
       <x:c r="A1109" s="2">
-        <x:v>44372</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="B1109" s="3">
-        <x:v>110.4</x:v>
+        <x:v>110.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:2">
       <x:c r="A1110" s="2">
-        <x:v>44371</x:v>
+        <x:v>44426</x:v>
       </x:c>
       <x:c r="B1110" s="3">
-        <x:v>110.02</x:v>
+        <x:v>111.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:2">
       <x:c r="A1111" s="2">
-        <x:v>44369</x:v>
+        <x:v>44425</x:v>
       </x:c>
       <x:c r="B1111" s="3">
-        <x:v>110.2</x:v>
+        <x:v>111.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:2">
       <x:c r="A1112" s="2">
-        <x:v>44368</x:v>
+        <x:v>44424</x:v>
       </x:c>
       <x:c r="B1112" s="3">
-        <x:v>110.17</x:v>
+        <x:v>111.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:2">
       <x:c r="A1113" s="2">
-        <x:v>44365</x:v>
+        <x:v>44421</x:v>
       </x:c>
       <x:c r="B1113" s="3">
-        <x:v>110.04</x:v>
+        <x:v>111.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:2">
       <x:c r="A1114" s="2">
-        <x:v>44364</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="B1114" s="3">
-        <x:v>110.42</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:2">
       <x:c r="A1115" s="2">
-        <x:v>44363</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="B1115" s="3">
-        <x:v>110.57</x:v>
+        <x:v>110.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:2">
       <x:c r="A1116" s="2">
-        <x:v>44362</x:v>
+        <x:v>44418</x:v>
       </x:c>
       <x:c r="B1116" s="3">
-        <x:v>110.81</x:v>
+        <x:v>110.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:2">
       <x:c r="A1117" s="2">
-        <x:v>44361</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="B1117" s="3">
-        <x:v>111.1</x:v>
+        <x:v>110.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:2">
       <x:c r="A1118" s="2">
-        <x:v>44358</x:v>
+        <x:v>44414</x:v>
       </x:c>
       <x:c r="B1118" s="3">
-        <x:v>111.1</x:v>
+        <x:v>110.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:2">
       <x:c r="A1119" s="2">
-        <x:v>44357</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="B1119" s="3">
-        <x:v>110.91</x:v>
+        <x:v>111.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:2">
       <x:c r="A1120" s="2">
-        <x:v>44356</x:v>
+        <x:v>44412</x:v>
       </x:c>
       <x:c r="B1120" s="3">
-        <x:v>110.8</x:v>
+        <x:v>110.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:2">
       <x:c r="A1121" s="2">
-        <x:v>44355</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="B1121" s="3">
-        <x:v>110.63</x:v>
+        <x:v>110.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:2">
       <x:c r="A1122" s="2">
-        <x:v>44354</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="B1122" s="3">
-        <x:v>110.39</x:v>
+        <x:v>110.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:2">
       <x:c r="A1123" s="2">
-        <x:v>44351</x:v>
+        <x:v>44407</x:v>
       </x:c>
       <x:c r="B1123" s="3">
-        <x:v>110.14</x:v>
+        <x:v>110.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:2">
       <x:c r="A1124" s="2">
-        <x:v>44350</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="B1124" s="3">
-        <x:v>109.99</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:2">
       <x:c r="A1125" s="2">
-        <x:v>44349</x:v>
+        <x:v>44405</x:v>
       </x:c>
       <x:c r="B1125" s="3">
-        <x:v>110.09</x:v>
+        <x:v>110.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:2">
       <x:c r="A1126" s="2">
-        <x:v>44348</x:v>
+        <x:v>44404</x:v>
       </x:c>
       <x:c r="B1126" s="3">
-        <x:v>109.7</x:v>
+        <x:v>110.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:2">
       <x:c r="A1127" s="2">
-        <x:v>44347</x:v>
+        <x:v>44403</x:v>
       </x:c>
       <x:c r="B1127" s="3">
-        <x:v>109.24</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:2">
       <x:c r="A1128" s="2">
-        <x:v>44344</x:v>
+        <x:v>44400</x:v>
       </x:c>
       <x:c r="B1128" s="3">
-        <x:v>109.4</x:v>
+        <x:v>110.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:2">
       <x:c r="A1129" s="2">
-        <x:v>44343</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="B1129" s="3">
-        <x:v>109.11</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:2">
       <x:c r="A1130" s="2">
-        <x:v>44342</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="B1130" s="3">
-        <x:v>109.03</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:2">
       <x:c r="A1131" s="2">
-        <x:v>44341</x:v>
+        <x:v>44397</x:v>
       </x:c>
       <x:c r="B1131" s="3">
-        <x:v>108.94</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:2">
       <x:c r="A1132" s="2">
-        <x:v>44337</x:v>
+        <x:v>44396</x:v>
       </x:c>
       <x:c r="B1132" s="3">
-        <x:v>108.57</x:v>
+        <x:v>109.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:2">
       <x:c r="A1133" s="2">
-        <x:v>44336</x:v>
+        <x:v>44393</x:v>
       </x:c>
       <x:c r="B1133" s="3">
-        <x:v>108.46</x:v>
+        <x:v>110.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:2">
       <x:c r="A1134" s="2">
-        <x:v>44335</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B1134" s="3">
-        <x:v>108.1</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:2">
       <x:c r="A1135" s="2">
-        <x:v>44334</x:v>
+        <x:v>44391</x:v>
       </x:c>
       <x:c r="B1135" s="3">
-        <x:v>108.64</x:v>
+        <x:v>110.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:2">
       <x:c r="A1136" s="2">
-        <x:v>44333</x:v>
+        <x:v>44390</x:v>
       </x:c>
       <x:c r="B1136" s="3">
-        <x:v>108.48</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:2">
       <x:c r="A1137" s="2">
-        <x:v>44330</x:v>
+        <x:v>44389</x:v>
       </x:c>
       <x:c r="B1137" s="3">
-        <x:v>108.35</x:v>
+        <x:v>110.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:2">
       <x:c r="A1138" s="2">
-        <x:v>44328</x:v>
+        <x:v>44386</x:v>
       </x:c>
       <x:c r="B1138" s="3">
-        <x:v>107.98</x:v>
+        <x:v>110.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:2">
       <x:c r="A1139" s="2">
-        <x:v>44327</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="B1139" s="3">
-        <x:v>108.43</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:2">
       <x:c r="A1140" s="2">
-        <x:v>44326</x:v>
+        <x:v>44384</x:v>
       </x:c>
       <x:c r="B1140" s="3">
-        <x:v>108.96</x:v>
+        <x:v>110.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:2">
       <x:c r="A1141" s="2">
-        <x:v>44323</x:v>
+        <x:v>44383</x:v>
       </x:c>
       <x:c r="B1141" s="3">
-        <x:v>108.89</x:v>
+        <x:v>110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:2">
       <x:c r="A1142" s="2">
-        <x:v>44322</x:v>
+        <x:v>44382</x:v>
       </x:c>
       <x:c r="B1142" s="3">
-        <x:v>108.5</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:2">
       <x:c r="A1143" s="2">
-        <x:v>44321</x:v>
+        <x:v>44379</x:v>
       </x:c>
       <x:c r="B1143" s="3">
-        <x:v>108.21</x:v>
+        <x:v>110.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:2">
       <x:c r="A1144" s="2">
-        <x:v>44320</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="B1144" s="3">
-        <x:v>108.11</x:v>
+        <x:v>109.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:2">
       <x:c r="A1145" s="2">
-        <x:v>44319</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B1145" s="3">
-        <x:v>108.31</x:v>
+        <x:v>109.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:2">
       <x:c r="A1146" s="2">
-        <x:v>44316</x:v>
+        <x:v>44376</x:v>
       </x:c>
       <x:c r="B1146" s="3">
-        <x:v>108.24</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:2">
       <x:c r="A1147" s="2">
-        <x:v>44315</x:v>
+        <x:v>44375</x:v>
       </x:c>
       <x:c r="B1147" s="3">
-        <x:v>108.26</x:v>
+        <x:v>110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:2">
       <x:c r="A1148" s="2">
-        <x:v>44314</x:v>
+        <x:v>44372</x:v>
       </x:c>
       <x:c r="B1148" s="3">
-        <x:v>108.21</x:v>
+        <x:v>110.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:2">
       <x:c r="A1149" s="2">
-        <x:v>44313</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="B1149" s="3">
-        <x:v>108.35</x:v>
+        <x:v>110.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:2">
       <x:c r="A1150" s="2">
-        <x:v>44312</x:v>
+        <x:v>44369</x:v>
       </x:c>
       <x:c r="B1150" s="3">
-        <x:v>108.49</x:v>
+        <x:v>110.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:2">
       <x:c r="A1151" s="2">
-        <x:v>44309</x:v>
+        <x:v>44368</x:v>
       </x:c>
       <x:c r="B1151" s="3">
-        <x:v>108.51</x:v>
+        <x:v>110.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:2">
       <x:c r="A1152" s="2">
-        <x:v>44308</x:v>
+        <x:v>44365</x:v>
       </x:c>
       <x:c r="B1152" s="3">
-        <x:v>108.44</x:v>
+        <x:v>110.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:2">
       <x:c r="A1153" s="2">
-        <x:v>44307</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="B1153" s="3">
-        <x:v>108.34</x:v>
+        <x:v>110.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:2">
       <x:c r="A1154" s="2">
-        <x:v>44306</x:v>
+        <x:v>44363</x:v>
       </x:c>
       <x:c r="B1154" s="3">
-        <x:v>108.41</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:2">
       <x:c r="A1155" s="2">
-        <x:v>44305</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B1155" s="3">
-        <x:v>108.81</x:v>
+        <x:v>110.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:2">
       <x:c r="A1156" s="2">
-        <x:v>44302</x:v>
+        <x:v>44361</x:v>
       </x:c>
       <x:c r="B1156" s="3">
-        <x:v>108.78</x:v>
+        <x:v>111.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:2">
       <x:c r="A1157" s="2">
-        <x:v>44301</x:v>
+        <x:v>44358</x:v>
       </x:c>
       <x:c r="B1157" s="3">
-        <x:v>108.52</x:v>
+        <x:v>111.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:2">
       <x:c r="A1158" s="2">
-        <x:v>44300</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="B1158" s="3">
-        <x:v>108.06</x:v>
+        <x:v>110.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:2">
       <x:c r="A1159" s="2">
-        <x:v>44299</x:v>
+        <x:v>44356</x:v>
       </x:c>
       <x:c r="B1159" s="3">
-        <x:v>107.98</x:v>
+        <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:2">
       <x:c r="A1160" s="2">
-        <x:v>44298</x:v>
+        <x:v>44355</x:v>
       </x:c>
       <x:c r="B1160" s="3">
-        <x:v>107.95</x:v>
+        <x:v>110.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:2">
       <x:c r="A1161" s="2">
-        <x:v>44295</x:v>
+        <x:v>44354</x:v>
       </x:c>
       <x:c r="B1161" s="3">
-        <x:v>107.8</x:v>
+        <x:v>110.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:2">
       <x:c r="A1162" s="2">
-        <x:v>44294</x:v>
+        <x:v>44351</x:v>
       </x:c>
       <x:c r="B1162" s="3">
-        <x:v>107.87</x:v>
+        <x:v>110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:2">
       <x:c r="A1163" s="2">
-        <x:v>44293</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="B1163" s="3">
-        <x:v>107.75</x:v>
+        <x:v>109.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:2">
       <x:c r="A1164" s="2">
-        <x:v>44292</x:v>
+        <x:v>44349</x:v>
       </x:c>
       <x:c r="B1164" s="3">
-        <x:v>107.59</x:v>
+        <x:v>110.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:2">
       <x:c r="A1165" s="2">
-        <x:v>44287</x:v>
+        <x:v>44348</x:v>
       </x:c>
       <x:c r="B1165" s="3">
-        <x:v>107.1</x:v>
+        <x:v>109.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:2">
       <x:c r="A1166" s="2">
-        <x:v>44286</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B1166" s="3">
-        <x:v>106.49</x:v>
+        <x:v>109.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:2">
       <x:c r="A1167" s="2">
-        <x:v>44285</x:v>
+        <x:v>44344</x:v>
       </x:c>
       <x:c r="B1167" s="3">
-        <x:v>106.53</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:2">
       <x:c r="A1168" s="2">
-        <x:v>44284</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="B1168" s="3">
-        <x:v>106.64</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:2">
       <x:c r="A1169" s="2">
-        <x:v>44281</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="B1169" s="3">
-        <x:v>106.77</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:2">
       <x:c r="A1170" s="2">
-        <x:v>44280</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="B1170" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:2">
       <x:c r="A1171" s="2">
-        <x:v>44279</x:v>
+        <x:v>44337</x:v>
       </x:c>
       <x:c r="B1171" s="3">
-        <x:v>106.61</x:v>
+        <x:v>108.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:2">
       <x:c r="A1172" s="2">
-        <x:v>44278</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="B1172" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:2">
       <x:c r="A1173" s="2">
-        <x:v>44277</x:v>
+        <x:v>44335</x:v>
       </x:c>
       <x:c r="B1173" s="3">
-        <x:v>106.76</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:2">
       <x:c r="A1174" s="2">
-        <x:v>44274</x:v>
+        <x:v>44334</x:v>
       </x:c>
       <x:c r="B1174" s="3">
-        <x:v>107.08</x:v>
+        <x:v>108.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:2">
       <x:c r="A1175" s="2">
-        <x:v>44273</x:v>
+        <x:v>44333</x:v>
       </x:c>
       <x:c r="B1175" s="3">
-        <x:v>107.24</x:v>
+        <x:v>108.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:2">
       <x:c r="A1176" s="2">
-        <x:v>44272</x:v>
+        <x:v>44330</x:v>
       </x:c>
       <x:c r="B1176" s="3">
-        <x:v>107.44</x:v>
+        <x:v>108.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:2">
       <x:c r="A1177" s="2">
-        <x:v>44271</x:v>
+        <x:v>44328</x:v>
       </x:c>
       <x:c r="B1177" s="3">
-        <x:v>107.54</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:2">
       <x:c r="A1178" s="2">
-        <x:v>44270</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="B1178" s="3">
-        <x:v>107.28</x:v>
+        <x:v>108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:2">
       <x:c r="A1179" s="2">
-        <x:v>44267</x:v>
+        <x:v>44326</x:v>
       </x:c>
       <x:c r="B1179" s="3">
-        <x:v>107.04</x:v>
+        <x:v>108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:2">
       <x:c r="A1180" s="2">
-        <x:v>44266</x:v>
+        <x:v>44323</x:v>
       </x:c>
       <x:c r="B1180" s="3">
-        <x:v>107.18</x:v>
+        <x:v>108.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:2">
       <x:c r="A1181" s="2">
-        <x:v>44265</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="B1181" s="3">
-        <x:v>106.6</x:v>
+        <x:v>108.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:2">
       <x:c r="A1182" s="2">
-        <x:v>44264</x:v>
+        <x:v>44321</x:v>
       </x:c>
       <x:c r="B1182" s="3">
-        <x:v>106.28</x:v>
+        <x:v>108.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:2">
       <x:c r="A1183" s="2">
-        <x:v>44263</x:v>
+        <x:v>44320</x:v>
       </x:c>
       <x:c r="B1183" s="3">
-        <x:v>106.07</x:v>
+        <x:v>108.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:2">
       <x:c r="A1184" s="2">
-        <x:v>44260</x:v>
+        <x:v>44319</x:v>
       </x:c>
       <x:c r="B1184" s="3">
-        <x:v>106.2</x:v>
+        <x:v>108.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:2">
       <x:c r="A1185" s="2">
-        <x:v>44259</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B1185" s="3">
-        <x:v>106.53</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:2">
       <x:c r="A1186" s="2">
-        <x:v>44258</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="B1186" s="3">
-        <x:v>106.95</x:v>
+        <x:v>108.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:2">
       <x:c r="A1187" s="2">
-        <x:v>44257</x:v>
+        <x:v>44314</x:v>
       </x:c>
       <x:c r="B1187" s="3">
-        <x:v>107.06</x:v>
+        <x:v>108.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:2">
       <x:c r="A1188" s="2">
-        <x:v>44256</x:v>
+        <x:v>44313</x:v>
       </x:c>
       <x:c r="B1188" s="3">
-        <x:v>107</x:v>
+        <x:v>108.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:2">
       <x:c r="A1189" s="2">
-        <x:v>44253</x:v>
+        <x:v>44312</x:v>
       </x:c>
       <x:c r="B1189" s="3">
-        <x:v>106.47</x:v>
+        <x:v>108.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:2">
       <x:c r="A1190" s="2">
-        <x:v>44252</x:v>
+        <x:v>44309</x:v>
       </x:c>
       <x:c r="B1190" s="3">
-        <x:v>107.21</x:v>
+        <x:v>108.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:2">
       <x:c r="A1191" s="2">
-        <x:v>44251</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="B1191" s="3">
-        <x:v>107.78</x:v>
+        <x:v>108.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:2">
       <x:c r="A1192" s="2">
-        <x:v>44250</x:v>
+        <x:v>44307</x:v>
       </x:c>
       <x:c r="B1192" s="3">
-        <x:v>107.59</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:2">
       <x:c r="A1193" s="2">
-        <x:v>44249</x:v>
+        <x:v>44306</x:v>
       </x:c>
       <x:c r="B1193" s="3">
-        <x:v>107.49</x:v>
+        <x:v>108.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:2">
       <x:c r="A1194" s="2">
-        <x:v>44246</x:v>
+        <x:v>44305</x:v>
       </x:c>
       <x:c r="B1194" s="3">
-        <x:v>107.73</x:v>
+        <x:v>108.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:2">
       <x:c r="A1195" s="2">
-        <x:v>44245</x:v>
+        <x:v>44302</x:v>
       </x:c>
       <x:c r="B1195" s="3">
-        <x:v>107.79</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:2">
       <x:c r="A1196" s="2">
-        <x:v>44244</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B1196" s="3">
-        <x:v>107.94</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:2">
       <x:c r="A1197" s="2">
-        <x:v>44243</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="B1197" s="3">
-        <x:v>108.22</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:2">
       <x:c r="A1198" s="2">
-        <x:v>44242</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="B1198" s="3">
-        <x:v>108.52</x:v>
+        <x:v>107.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:2">
       <x:c r="A1199" s="2">
-        <x:v>44239</x:v>
+        <x:v>44298</x:v>
       </x:c>
       <x:c r="B1199" s="3">
-        <x:v>108.36</x:v>
+        <x:v>107.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:2">
       <x:c r="A1200" s="2">
-        <x:v>44238</x:v>
+        <x:v>44295</x:v>
       </x:c>
       <x:c r="B1200" s="3">
-        <x:v>108.4</x:v>
+        <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:2">
       <x:c r="A1201" s="2">
-        <x:v>44237</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="B1201" s="3">
-        <x:v>108.19</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:2">
       <x:c r="A1202" s="2">
-        <x:v>44236</x:v>
+        <x:v>44293</x:v>
       </x:c>
       <x:c r="B1202" s="3">
-        <x:v>108.09</x:v>
+        <x:v>107.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:2">
       <x:c r="A1203" s="2">
-        <x:v>44235</x:v>
+        <x:v>44292</x:v>
       </x:c>
       <x:c r="B1203" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:2">
       <x:c r="A1204" s="2">
-        <x:v>44232</x:v>
+        <x:v>44287</x:v>
       </x:c>
       <x:c r="B1204" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:2">
       <x:c r="A1205" s="2">
-        <x:v>44231</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B1205" s="3">
-        <x:v>107.74</x:v>
+        <x:v>106.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:2">
       <x:c r="A1206" s="2">
-        <x:v>44230</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="B1206" s="3">
-        <x:v>107.64</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:2">
       <x:c r="A1207" s="2">
-        <x:v>44229</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="B1207" s="3">
-        <x:v>107.41</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:2">
       <x:c r="A1208" s="2">
-        <x:v>44228</x:v>
+        <x:v>44281</x:v>
       </x:c>
       <x:c r="B1208" s="3">
-        <x:v>107.11</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:2">
       <x:c r="A1209" s="2">
-        <x:v>44225</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="B1209" s="3">
-        <x:v>106.72</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:2">
       <x:c r="A1210" s="2">
-        <x:v>44224</x:v>
+        <x:v>44279</x:v>
       </x:c>
       <x:c r="B1210" s="3">
-        <x:v>106.92</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:2">
       <x:c r="A1211" s="2">
-        <x:v>44223</x:v>
+        <x:v>44278</x:v>
       </x:c>
       <x:c r="B1211" s="3">
-        <x:v>106.91</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:2">
       <x:c r="A1212" s="2">
-        <x:v>44222</x:v>
+        <x:v>44277</x:v>
       </x:c>
       <x:c r="B1212" s="3">
-        <x:v>107.31</x:v>
+        <x:v>106.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:2">
       <x:c r="A1213" s="2">
-        <x:v>44221</x:v>
+        <x:v>44274</x:v>
       </x:c>
       <x:c r="B1213" s="3">
-        <x:v>107.21</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:2">
       <x:c r="A1214" s="2">
-        <x:v>44218</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="B1214" s="3">
-        <x:v>107.3</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:2">
       <x:c r="A1215" s="2">
-        <x:v>44217</x:v>
+        <x:v>44272</x:v>
       </x:c>
       <x:c r="B1215" s="3">
-        <x:v>107.46</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:2">
       <x:c r="A1216" s="2">
-        <x:v>44216</x:v>
+        <x:v>44271</x:v>
       </x:c>
       <x:c r="B1216" s="3">
-        <x:v>107.47</x:v>
+        <x:v>107.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:2">
       <x:c r="A1217" s="2">
-        <x:v>44215</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B1217" s="3">
-        <x:v>107.16</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:2">
       <x:c r="A1218" s="2">
-        <x:v>44214</x:v>
+        <x:v>44267</x:v>
       </x:c>
       <x:c r="B1218" s="3">
-        <x:v>107.17</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:2">
       <x:c r="A1219" s="2">
-        <x:v>44211</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="B1219" s="3">
-        <x:v>107.11</x:v>
+        <x:v>107.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:2">
       <x:c r="A1220" s="2">
-        <x:v>44210</x:v>
+        <x:v>44265</x:v>
       </x:c>
       <x:c r="B1220" s="3">
-        <x:v>107.3</x:v>
+        <x:v>106.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:2">
       <x:c r="A1221" s="2">
-        <x:v>44209</x:v>
+        <x:v>44264</x:v>
       </x:c>
       <x:c r="B1221" s="3">
-        <x:v>107.06</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:2">
       <x:c r="A1222" s="2">
-        <x:v>44208</x:v>
+        <x:v>44263</x:v>
       </x:c>
       <x:c r="B1222" s="3">
-        <x:v>106.94</x:v>
+        <x:v>106.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:2">
       <x:c r="A1223" s="2">
-        <x:v>44207</x:v>
+        <x:v>44260</x:v>
       </x:c>
       <x:c r="B1223" s="3">
-        <x:v>107.23</x:v>
+        <x:v>106.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:2">
       <x:c r="A1224" s="2">
-        <x:v>44204</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="B1224" s="3">
-        <x:v>107.57</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:2">
       <x:c r="A1225" s="2">
-        <x:v>44203</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="B1225" s="3">
-        <x:v>107.45</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:2">
       <x:c r="A1226" s="2">
-        <x:v>44202</x:v>
+        <x:v>44257</x:v>
       </x:c>
       <x:c r="B1226" s="3">
-        <x:v>107.49</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:2">
       <x:c r="A1227" s="2">
-        <x:v>44201</x:v>
+        <x:v>44256</x:v>
       </x:c>
       <x:c r="B1227" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:2">
       <x:c r="A1228" s="2">
-        <x:v>44200</x:v>
+        <x:v>44253</x:v>
       </x:c>
       <x:c r="B1228" s="3">
-        <x:v>107.44</x:v>
+        <x:v>106.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:2">
       <x:c r="A1229" s="2">
-        <x:v>44196</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="B1229" s="3">
-        <x:v>107.49</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:2">
       <x:c r="A1230" s="2">
-        <x:v>44195</x:v>
+        <x:v>44251</x:v>
       </x:c>
       <x:c r="B1230" s="3">
-        <x:v>107.44</x:v>
+        <x:v>107.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:2">
       <x:c r="A1231" s="2">
-        <x:v>44194</x:v>
+        <x:v>44250</x:v>
       </x:c>
       <x:c r="B1231" s="3">
-        <x:v>107.42</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:2">
       <x:c r="A1232" s="2">
-        <x:v>44193</x:v>
+        <x:v>44249</x:v>
       </x:c>
       <x:c r="B1232" s="3">
-        <x:v>107.26</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:2">
       <x:c r="A1233" s="2">
-        <x:v>44189</x:v>
+        <x:v>44246</x:v>
       </x:c>
       <x:c r="B1233" s="3">
-        <x:v>107.16</x:v>
+        <x:v>107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:2">
       <x:c r="A1234" s="2">
-        <x:v>44188</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="B1234" s="3">
-        <x:v>106.98</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:2">
       <x:c r="A1235" s="2">
-        <x:v>44187</x:v>
+        <x:v>44244</x:v>
       </x:c>
       <x:c r="B1235" s="3">
-        <x:v>106.91</x:v>
+        <x:v>107.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:2">
       <x:c r="A1236" s="2">
-        <x:v>44186</x:v>
+        <x:v>44243</x:v>
       </x:c>
       <x:c r="B1236" s="3">
-        <x:v>106.73</x:v>
+        <x:v>108.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:2">
       <x:c r="A1237" s="2">
-        <x:v>44183</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B1237" s="3">
-        <x:v>107.25</x:v>
+        <x:v>108.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:2">
       <x:c r="A1238" s="2">
-        <x:v>44182</x:v>
+        <x:v>44239</x:v>
       </x:c>
       <x:c r="B1238" s="3">
-        <x:v>107.44</x:v>
+        <x:v>108.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:2">
       <x:c r="A1239" s="2">
-        <x:v>44181</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="B1239" s="3">
-        <x:v>107.18</x:v>
+        <x:v>108.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:2">
       <x:c r="A1240" s="2">
-        <x:v>44180</x:v>
+        <x:v>44237</x:v>
       </x:c>
       <x:c r="B1240" s="3">
-        <x:v>106.92</x:v>
+        <x:v>108.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:2">
       <x:c r="A1241" s="2">
-        <x:v>44179</x:v>
+        <x:v>44236</x:v>
       </x:c>
       <x:c r="B1241" s="3">
-        <x:v>106.62</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:2">
       <x:c r="A1242" s="2">
-        <x:v>44176</x:v>
+        <x:v>44235</x:v>
       </x:c>
       <x:c r="B1242" s="3">
-        <x:v>106.51</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:2">
       <x:c r="A1243" s="2">
-        <x:v>44175</x:v>
+        <x:v>44232</x:v>
       </x:c>
       <x:c r="B1243" s="3">
-        <x:v>106.65</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:2">
       <x:c r="A1244" s="2">
-        <x:v>44174</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="B1244" s="3">
-        <x:v>106.71</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:2">
       <x:c r="A1245" s="2">
-        <x:v>44173</x:v>
+        <x:v>44230</x:v>
       </x:c>
       <x:c r="B1245" s="3">
-        <x:v>106.68</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:2">
       <x:c r="A1246" s="2">
-        <x:v>44172</x:v>
+        <x:v>44229</x:v>
       </x:c>
       <x:c r="B1246" s="3">
-        <x:v>106.73</x:v>
+        <x:v>107.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:2">
       <x:c r="A1247" s="2">
-        <x:v>44169</x:v>
+        <x:v>44228</x:v>
       </x:c>
       <x:c r="B1247" s="3">
-        <x:v>106.79</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:2">
       <x:c r="A1248" s="2">
-        <x:v>44168</x:v>
+        <x:v>44225</x:v>
       </x:c>
       <x:c r="B1248" s="3">
-        <x:v>105.94</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:2">
       <x:c r="A1249" s="2">
-        <x:v>44167</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="B1249" s="3">
-        <x:v>106.03</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:2">
       <x:c r="A1250" s="2">
-        <x:v>44166</x:v>
+        <x:v>44223</x:v>
       </x:c>
       <x:c r="B1250" s="3">
-        <x:v>105.94</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:2">
       <x:c r="A1251" s="2">
-        <x:v>44165</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="B1251" s="3">
-        <x:v>105.49</x:v>
+        <x:v>107.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:2">
       <x:c r="A1252" s="2">
-        <x:v>44162</x:v>
+        <x:v>44221</x:v>
       </x:c>
       <x:c r="B1252" s="3">
-        <x:v>105.81</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:2">
       <x:c r="A1253" s="2">
-        <x:v>44161</x:v>
+        <x:v>44218</x:v>
       </x:c>
       <x:c r="B1253" s="3">
-        <x:v>105.82</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:2">
       <x:c r="A1254" s="2">
-        <x:v>44160</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="B1254" s="3">
-        <x:v>105.82</x:v>
+        <x:v>107.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:2">
       <x:c r="A1255" s="2">
-        <x:v>44159</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="B1255" s="3">
-        <x:v>105.82</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:2">
       <x:c r="A1256" s="2">
-        <x:v>44158</x:v>
+        <x:v>44215</x:v>
       </x:c>
       <x:c r="B1256" s="3">
-        <x:v>105.24</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:2">
       <x:c r="A1257" s="2">
-        <x:v>44155</x:v>
+        <x:v>44214</x:v>
       </x:c>
       <x:c r="B1257" s="3">
-        <x:v>105.19</x:v>
+        <x:v>107.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:2">
       <x:c r="A1258" s="2">
-        <x:v>44154</x:v>
+        <x:v>44211</x:v>
       </x:c>
       <x:c r="B1258" s="3">
-        <x:v>104.96</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:2">
       <x:c r="A1259" s="2">
-        <x:v>44153</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="B1259" s="3">
-        <x:v>104.94</x:v>
+        <x:v>107.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:2">
       <x:c r="A1260" s="2">
-        <x:v>44152</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="B1260" s="3">
-        <x:v>104.96</x:v>
+        <x:v>107.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:2">
       <x:c r="A1261" s="2">
-        <x:v>44151</x:v>
+        <x:v>44208</x:v>
       </x:c>
       <x:c r="B1261" s="3">
-        <x:v>104.96</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:2">
       <x:c r="A1262" s="2">
-        <x:v>44148</x:v>
+        <x:v>44207</x:v>
       </x:c>
       <x:c r="B1262" s="3">
-        <x:v>104.35</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:2">
       <x:c r="A1263" s="2">
-        <x:v>44147</x:v>
+        <x:v>44204</x:v>
       </x:c>
       <x:c r="B1263" s="3">
-        <x:v>104.12</x:v>
+        <x:v>107.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:2">
       <x:c r="A1264" s="2">
-        <x:v>44146</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="B1264" s="3">
-        <x:v>104.24</x:v>
+        <x:v>107.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:2">
       <x:c r="A1265" s="2">
-        <x:v>44145</x:v>
+        <x:v>44202</x:v>
       </x:c>
       <x:c r="B1265" s="3">
-        <x:v>103.96</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:2">
       <x:c r="A1266" s="2">
-        <x:v>44144</x:v>
+        <x:v>44201</x:v>
       </x:c>
       <x:c r="B1266" s="3">
-        <x:v>103.52</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:2">
       <x:c r="A1267" s="2">
-        <x:v>44141</x:v>
+        <x:v>44200</x:v>
       </x:c>
       <x:c r="B1267" s="3">
-        <x:v>101.86</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:2">
       <x:c r="A1268" s="2">
-        <x:v>44140</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B1268" s="3">
-        <x:v>102.03</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:2">
       <x:c r="A1269" s="2">
-        <x:v>44139</x:v>
+        <x:v>44195</x:v>
       </x:c>
       <x:c r="B1269" s="3">
-        <x:v>101.27</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:2">
       <x:c r="A1270" s="2">
-        <x:v>44138</x:v>
+        <x:v>44194</x:v>
       </x:c>
       <x:c r="B1270" s="3">
-        <x:v>100.73</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:2">
       <x:c r="A1271" s="2">
-        <x:v>44137</x:v>
+        <x:v>44193</x:v>
       </x:c>
       <x:c r="B1271" s="3">
-        <x:v>100.1</x:v>
+        <x:v>107.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:2">
       <x:c r="A1272" s="2">
-        <x:v>44134</x:v>
+        <x:v>44189</x:v>
       </x:c>
       <x:c r="B1272" s="3">
-        <x:v>99.8</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:2">
       <x:c r="A1273" s="2">
-        <x:v>44133</x:v>
+        <x:v>44188</x:v>
       </x:c>
       <x:c r="B1273" s="3">
-        <x:v>99.97</x:v>
+        <x:v>106.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:2">
       <x:c r="A1274" s="2">
-        <x:v>44132</x:v>
+        <x:v>44187</x:v>
       </x:c>
       <x:c r="B1274" s="3">
-        <x:v>100.04</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:2">
       <x:c r="A1275" s="2">
-        <x:v>44131</x:v>
+        <x:v>44186</x:v>
       </x:c>
       <x:c r="B1275" s="3">
-        <x:v>100.8</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:2">
       <x:c r="A1276" s="2">
-        <x:v>44130</x:v>
+        <x:v>44183</x:v>
       </x:c>
       <x:c r="B1276" s="3">
-        <x:v>101.05</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:2">
       <x:c r="A1277" s="2">
-        <x:v>44127</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="B1277" s="3">
-        <x:v>101.5</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:2">
       <x:c r="A1278" s="2">
-        <x:v>44126</x:v>
+        <x:v>44181</x:v>
       </x:c>
       <x:c r="B1278" s="3">
-        <x:v>101.31</x:v>
+        <x:v>107.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:2">
       <x:c r="A1279" s="2">
-        <x:v>44125</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B1279" s="3">
-        <x:v>101.34</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:2">
       <x:c r="A1280" s="2">
-        <x:v>44124</x:v>
+        <x:v>44179</x:v>
       </x:c>
       <x:c r="B1280" s="3">
-        <x:v>101.51</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:2">
       <x:c r="A1281" s="2">
-        <x:v>44123</x:v>
+        <x:v>44176</x:v>
       </x:c>
       <x:c r="B1281" s="3">
-        <x:v>101.54</x:v>
+        <x:v>106.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:2">
       <x:c r="A1282" s="2">
-        <x:v>44120</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="B1282" s="3">
-        <x:v>101.55</x:v>
+        <x:v>106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:2">
       <x:c r="A1283" s="2">
-        <x:v>44119</x:v>
+        <x:v>44174</x:v>
       </x:c>
       <x:c r="B1283" s="3">
-        <x:v>101.43</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:2">
       <x:c r="A1284" s="2">
-        <x:v>44118</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="B1284" s="3">
-        <x:v>101.9</x:v>
+        <x:v>106.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:2">
       <x:c r="A1285" s="2">
-        <x:v>44117</x:v>
+        <x:v>44172</x:v>
       </x:c>
       <x:c r="B1285" s="3">
-        <x:v>102.09</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:2">
       <x:c r="A1286" s="2">
-        <x:v>44116</x:v>
+        <x:v>44169</x:v>
       </x:c>
       <x:c r="B1286" s="3">
-        <x:v>102.18</x:v>
+        <x:v>106.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:2">
       <x:c r="A1287" s="2">
-        <x:v>44113</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="B1287" s="3">
-        <x:v>101.95</x:v>
+        <x:v>105.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:2">
       <x:c r="A1288" s="2">
-        <x:v>44112</x:v>
+        <x:v>44167</x:v>
       </x:c>
       <x:c r="B1288" s="3">
-        <x:v>101.74</x:v>
+        <x:v>106.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:2">
       <x:c r="A1289" s="2">
-        <x:v>44111</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="B1289" s="3">
-        <x:v>101.29</x:v>
+        <x:v>105.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:2">
       <x:c r="A1290" s="2">
-        <x:v>44110</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B1290" s="3">
-        <x:v>101.24</x:v>
+        <x:v>105.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:2">
       <x:c r="A1291" s="2">
-        <x:v>44109</x:v>
+        <x:v>44162</x:v>
       </x:c>
       <x:c r="B1291" s="3">
-        <x:v>101.02</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:2">
       <x:c r="A1292" s="2">
-        <x:v>44106</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="B1292" s="3">
-        <x:v>100.51</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:2">
       <x:c r="A1293" s="2">
-        <x:v>44105</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="B1293" s="3">
-        <x:v>100.34</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:2">
       <x:c r="A1294" s="2">
-        <x:v>44104</x:v>
+        <x:v>44159</x:v>
       </x:c>
       <x:c r="B1294" s="3">
-        <x:v>99.74</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:2">
       <x:c r="A1295" s="2">
-        <x:v>44103</x:v>
+        <x:v>44158</x:v>
       </x:c>
       <x:c r="B1295" s="3">
-        <x:v>99.6</x:v>
+        <x:v>105.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:2">
       <x:c r="A1296" s="2">
-        <x:v>44102</x:v>
+        <x:v>44155</x:v>
       </x:c>
       <x:c r="B1296" s="3">
-        <x:v>99.85</x:v>
+        <x:v>105.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:2">
       <x:c r="A1297" s="2">
-        <x:v>44099</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="B1297" s="3">
-        <x:v>99.28</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:2">
       <x:c r="A1298" s="2">
-        <x:v>44098</x:v>
+        <x:v>44153</x:v>
       </x:c>
       <x:c r="B1298" s="3">
-        <x:v>99.27</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:2">
       <x:c r="A1299" s="2">
-        <x:v>44097</x:v>
+        <x:v>44152</x:v>
       </x:c>
       <x:c r="B1299" s="3">
-        <x:v>99.73</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:2">
       <x:c r="A1300" s="2">
-        <x:v>44096</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="B1300" s="3">
-        <x:v>100.16</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:2">
       <x:c r="A1301" s="2">
-        <x:v>44095</x:v>
+        <x:v>44148</x:v>
       </x:c>
       <x:c r="B1301" s="3">
-        <x:v>100.31</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:2">
       <x:c r="A1302" s="2">
-        <x:v>44092</x:v>
+        <x:v>44147</x:v>
       </x:c>
       <x:c r="B1302" s="3">
-        <x:v>101.57</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:2">
       <x:c r="A1303" s="2">
-        <x:v>44091</x:v>
+        <x:v>44146</x:v>
       </x:c>
       <x:c r="B1303" s="3">
-        <x:v>102.02</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:2">
       <x:c r="A1304" s="2">
-        <x:v>44090</x:v>
+        <x:v>44145</x:v>
       </x:c>
       <x:c r="B1304" s="3">
-        <x:v>102.32</x:v>
+        <x:v>103.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:2">
       <x:c r="A1305" s="2">
-        <x:v>44089</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="B1305" s="3">
-        <x:v>102.1</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:2">
       <x:c r="A1306" s="2">
-        <x:v>44088</x:v>
+        <x:v>44141</x:v>
       </x:c>
       <x:c r="B1306" s="3">
-        <x:v>101.85</x:v>
+        <x:v>101.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:2">
       <x:c r="A1307" s="2">
-        <x:v>44085</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="B1307" s="3">
-        <x:v>101.55</x:v>
+        <x:v>102.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:2">
       <x:c r="A1308" s="2">
-        <x:v>44084</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B1308" s="3">
-        <x:v>101.69</x:v>
+        <x:v>101.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:2">
       <x:c r="A1309" s="2">
-        <x:v>44083</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="B1309" s="3">
-        <x:v>101.8</x:v>
+        <x:v>100.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:2">
       <x:c r="A1310" s="2">
-        <x:v>44082</x:v>
+        <x:v>44137</x:v>
       </x:c>
       <x:c r="B1310" s="3">
-        <x:v>101.58</x:v>
+        <x:v>100.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:2">
       <x:c r="A1311" s="2">
-        <x:v>44081</x:v>
+        <x:v>44134</x:v>
       </x:c>
       <x:c r="B1311" s="3">
-        <x:v>101.97</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:2">
       <x:c r="A1312" s="2">
-        <x:v>44078</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="B1312" s="3">
-        <x:v>102.08</x:v>
+        <x:v>99.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:2">
       <x:c r="A1313" s="2">
-        <x:v>44077</x:v>
+        <x:v>44132</x:v>
       </x:c>
       <x:c r="B1313" s="3">
-        <x:v>101.94</x:v>
+        <x:v>100.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:2">
       <x:c r="A1314" s="2">
-        <x:v>44076</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="B1314" s="3">
-        <x:v>101.98</x:v>
+        <x:v>100.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:2">
       <x:c r="A1315" s="2">
-        <x:v>44075</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="B1315" s="3">
-        <x:v>101.26</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:2">
       <x:c r="A1316" s="2">
-        <x:v>44074</x:v>
+        <x:v>44127</x:v>
       </x:c>
       <x:c r="B1316" s="3">
-        <x:v>101.21</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:2">
       <x:c r="A1317" s="2">
-        <x:v>44071</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="B1317" s="3">
-        <x:v>101.4</x:v>
+        <x:v>101.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:2">
       <x:c r="A1318" s="2">
-        <x:v>44070</x:v>
+        <x:v>44125</x:v>
       </x:c>
       <x:c r="B1318" s="3">
-        <x:v>101.33</x:v>
+        <x:v>101.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:2">
       <x:c r="A1319" s="2">
-        <x:v>44069</x:v>
+        <x:v>44124</x:v>
       </x:c>
       <x:c r="B1319" s="3">
-        <x:v>101.33</x:v>
+        <x:v>101.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:2">
       <x:c r="A1320" s="2">
-        <x:v>44068</x:v>
+        <x:v>44123</x:v>
       </x:c>
       <x:c r="B1320" s="3">
-        <x:v>101.31</x:v>
+        <x:v>101.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:2">
       <x:c r="A1321" s="2">
-        <x:v>44067</x:v>
+        <x:v>44120</x:v>
       </x:c>
       <x:c r="B1321" s="3">
-        <x:v>101.29</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:2">
       <x:c r="A1322" s="2">
-        <x:v>44064</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B1322" s="3">
-        <x:v>100.91</x:v>
+        <x:v>101.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:2">
       <x:c r="A1323" s="2">
-        <x:v>44063</x:v>
+        <x:v>44118</x:v>
       </x:c>
       <x:c r="B1323" s="3">
-        <x:v>100.71</x:v>
+        <x:v>101.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:2">
       <x:c r="A1324" s="2">
-        <x:v>44062</x:v>
+        <x:v>44117</x:v>
       </x:c>
       <x:c r="B1324" s="3">
-        <x:v>100.72</x:v>
+        <x:v>102.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:2">
       <x:c r="A1325" s="2">
-        <x:v>44061</x:v>
+        <x:v>44116</x:v>
       </x:c>
       <x:c r="B1325" s="3">
-        <x:v>100.75</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:2">
       <x:c r="A1326" s="2">
-        <x:v>44060</x:v>
+        <x:v>44113</x:v>
       </x:c>
       <x:c r="B1326" s="3">
-        <x:v>100.98</x:v>
+        <x:v>101.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:2">
       <x:c r="A1327" s="2">
-        <x:v>44057</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="B1327" s="3">
-        <x:v>101.05</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:2">
       <x:c r="A1328" s="2">
-        <x:v>44056</x:v>
+        <x:v>44111</x:v>
       </x:c>
       <x:c r="B1328" s="3">
-        <x:v>101.2</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:2">
       <x:c r="A1329" s="2">
-        <x:v>44055</x:v>
+        <x:v>44110</x:v>
       </x:c>
       <x:c r="B1329" s="3">
-        <x:v>101.44</x:v>
+        <x:v>101.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:2">
       <x:c r="A1330" s="2">
-        <x:v>44054</x:v>
+        <x:v>44109</x:v>
       </x:c>
       <x:c r="B1330" s="3">
-        <x:v>101.26</x:v>
+        <x:v>101.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:2">
       <x:c r="A1331" s="2">
-        <x:v>44053</x:v>
+        <x:v>44106</x:v>
       </x:c>
       <x:c r="B1331" s="3">
-        <x:v>100.89</x:v>
+        <x:v>100.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:2">
       <x:c r="A1332" s="2">
-        <x:v>44050</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="B1332" s="3">
-        <x:v>100.66</x:v>
+        <x:v>100.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:2">
       <x:c r="A1333" s="2">
-        <x:v>44049</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B1333" s="3">
-        <x:v>100.44</x:v>
+        <x:v>99.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:2">
       <x:c r="A1334" s="2">
-        <x:v>44048</x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="B1334" s="3">
-        <x:v>100.4</x:v>
+        <x:v>99.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:2">
       <x:c r="A1335" s="2">
-        <x:v>44047</x:v>
+        <x:v>44102</x:v>
       </x:c>
       <x:c r="B1335" s="3">
-        <x:v>100.16</x:v>
+        <x:v>99.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:2">
       <x:c r="A1336" s="2">
-        <x:v>44046</x:v>
+        <x:v>44099</x:v>
       </x:c>
       <x:c r="B1336" s="3">
-        <x:v>99.86</x:v>
+        <x:v>99.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:2">
       <x:c r="A1337" s="2">
-        <x:v>44043</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="B1337" s="3">
-        <x:v>99.58</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:2">
       <x:c r="A1338" s="2">
-        <x:v>44042</x:v>
+        <x:v>44097</x:v>
       </x:c>
       <x:c r="B1338" s="3">
-        <x:v>99.63</x:v>
+        <x:v>99.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:2">
       <x:c r="A1339" s="2">
-        <x:v>44041</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="B1339" s="3">
         <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:2">
       <x:c r="A1340" s="2">
-        <x:v>44040</x:v>
+        <x:v>44095</x:v>
       </x:c>
       <x:c r="B1340" s="3">
-        <x:v>100.1</x:v>
+        <x:v>100.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:2">
       <x:c r="A1341" s="2">
-        <x:v>44039</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="B1341" s="3">
-        <x:v>99.87</x:v>
+        <x:v>101.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:2">
       <x:c r="A1342" s="2">
-        <x:v>44036</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="B1342" s="3">
-        <x:v>100.01</x:v>
+        <x:v>102.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:2">
       <x:c r="A1343" s="2">
-        <x:v>44035</x:v>
+        <x:v>44090</x:v>
       </x:c>
       <x:c r="B1343" s="3">
-        <x:v>100.39</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:2">
       <x:c r="A1344" s="2">
-        <x:v>44034</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B1344" s="3">
-        <x:v>100.33</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:2">
       <x:c r="A1345" s="2">
-        <x:v>44033</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="B1345" s="3">
-        <x:v>100.29</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:2">
       <x:c r="A1346" s="2">
-        <x:v>44032</x:v>
+        <x:v>44085</x:v>
       </x:c>
       <x:c r="B1346" s="3">
-        <x:v>99.8</x:v>
+        <x:v>101.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:2">
       <x:c r="A1347" s="2">
-        <x:v>44029</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="B1347" s="3">
-        <x:v>99.76</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:2">
       <x:c r="A1348" s="2">
-        <x:v>44028</x:v>
+        <x:v>44083</x:v>
       </x:c>
       <x:c r="B1348" s="3">
-        <x:v>99.65</x:v>
+        <x:v>101.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:2">
       <x:c r="A1349" s="2">
-        <x:v>44027</x:v>
+        <x:v>44082</x:v>
       </x:c>
       <x:c r="B1349" s="3">
-        <x:v>99.84</x:v>
+        <x:v>101.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:2">
       <x:c r="A1350" s="2">
-        <x:v>44026</x:v>
+        <x:v>44081</x:v>
       </x:c>
       <x:c r="B1350" s="3">
-        <x:v>99.28</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:2">
       <x:c r="A1351" s="2">
-        <x:v>44025</x:v>
+        <x:v>44078</x:v>
       </x:c>
       <x:c r="B1351" s="3">
-        <x:v>99.44</x:v>
+        <x:v>102.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:2">
       <x:c r="A1352" s="2">
-        <x:v>44022</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="B1352" s="3">
-        <x:v>99.29</x:v>
+        <x:v>101.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:2">
       <x:c r="A1353" s="2">
-        <x:v>44021</x:v>
+        <x:v>44076</x:v>
       </x:c>
       <x:c r="B1353" s="3">
-        <x:v>99.27</x:v>
+        <x:v>101.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:2">
       <x:c r="A1354" s="2">
-        <x:v>44020</x:v>
+        <x:v>44075</x:v>
       </x:c>
       <x:c r="B1354" s="3">
-        <x:v>99.57</x:v>
+        <x:v>101.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:2">
       <x:c r="A1355" s="2">
-        <x:v>44019</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B1355" s="3">
-        <x:v>99.87</x:v>
+        <x:v>101.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:2">
       <x:c r="A1356" s="2">
-        <x:v>44018</x:v>
+        <x:v>44071</x:v>
       </x:c>
       <x:c r="B1356" s="3">
-        <x:v>100.36</x:v>
+        <x:v>101.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:2">
       <x:c r="A1357" s="2">
-        <x:v>44015</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="B1357" s="3">
-        <x:v>99.87</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:2">
       <x:c r="A1358" s="2">
-        <x:v>44014</x:v>
+        <x:v>44069</x:v>
       </x:c>
       <x:c r="B1358" s="3">
-        <x:v>99.95</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:2">
       <x:c r="A1359" s="2">
-        <x:v>44013</x:v>
+        <x:v>44068</x:v>
       </x:c>
       <x:c r="B1359" s="3">
-        <x:v>99.26</x:v>
+        <x:v>101.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:2">
       <x:c r="A1360" s="2">
-        <x:v>44012</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="B1360" s="3">
-        <x:v>98.75</x:v>
+        <x:v>101.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:2">
       <x:c r="A1361" s="2">
-        <x:v>44011</x:v>
+        <x:v>44064</x:v>
       </x:c>
       <x:c r="B1361" s="3">
-        <x:v>98.54</x:v>
+        <x:v>100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:2">
       <x:c r="A1362" s="2">
-        <x:v>44008</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="B1362" s="3">
-        <x:v>98.58</x:v>
+        <x:v>100.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:2">
       <x:c r="A1363" s="2">
-        <x:v>44007</x:v>
+        <x:v>44062</x:v>
       </x:c>
       <x:c r="B1363" s="3">
-        <x:v>98.77</x:v>
+        <x:v>100.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:2">
       <x:c r="A1364" s="2">
-        <x:v>44006</x:v>
+        <x:v>44061</x:v>
       </x:c>
       <x:c r="B1364" s="3">
-        <x:v>98.89</x:v>
+        <x:v>100.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:2">
       <x:c r="A1365" s="2">
-        <x:v>44004</x:v>
+        <x:v>44060</x:v>
       </x:c>
       <x:c r="B1365" s="3">
-        <x:v>99.56</x:v>
+        <x:v>100.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:2">
       <x:c r="A1366" s="2">
-        <x:v>44001</x:v>
+        <x:v>44057</x:v>
       </x:c>
       <x:c r="B1366" s="3">
-        <x:v>99.89</x:v>
+        <x:v>101.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:2">
       <x:c r="A1367" s="2">
-        <x:v>44000</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="B1367" s="3">
-        <x:v>100.12</x:v>
+        <x:v>101.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:2">
       <x:c r="A1368" s="2">
-        <x:v>43999</x:v>
+        <x:v>44055</x:v>
       </x:c>
       <x:c r="B1368" s="3">
-        <x:v>100.49</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:2">
       <x:c r="A1369" s="2">
-        <x:v>43998</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="B1369" s="3">
-        <x:v>100.51</x:v>
+        <x:v>101.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:2">
       <x:c r="A1370" s="2">
-        <x:v>43997</x:v>
+        <x:v>44053</x:v>
       </x:c>
       <x:c r="B1370" s="3">
-        <x:v>98.86</x:v>
+        <x:v>100.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:2">
       <x:c r="A1371" s="2">
-        <x:v>43994</x:v>
+        <x:v>44050</x:v>
       </x:c>
       <x:c r="B1371" s="3">
-        <x:v>99.26</x:v>
+        <x:v>100.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:2">
       <x:c r="A1372" s="2">
-        <x:v>43993</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="B1372" s="3">
-        <x:v>98.68</x:v>
+        <x:v>100.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:2">
       <x:c r="A1373" s="2">
-        <x:v>43992</x:v>
+        <x:v>44048</x:v>
       </x:c>
       <x:c r="B1373" s="3">
-        <x:v>100.94</x:v>
+        <x:v>100.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:2">
       <x:c r="A1374" s="2">
-        <x:v>43991</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="B1374" s="3">
-        <x:v>101.6</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:2">
       <x:c r="A1375" s="2">
-        <x:v>43990</x:v>
+        <x:v>44046</x:v>
       </x:c>
       <x:c r="B1375" s="3">
-        <x:v>102.29</x:v>
+        <x:v>99.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:2">
       <x:c r="A1376" s="2">
-        <x:v>43987</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B1376" s="3">
-        <x:v>101.44</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:2">
       <x:c r="A1377" s="2">
-        <x:v>43986</x:v>
+        <x:v>44042</x:v>
       </x:c>
       <x:c r="B1377" s="3">
-        <x:v>99.74</x:v>
+        <x:v>99.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:2">
       <x:c r="A1378" s="2">
-        <x:v>43985</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="B1378" s="3">
-        <x:v>99.88</x:v>
+        <x:v>100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:2">
       <x:c r="A1379" s="2">
-        <x:v>43984</x:v>
+        <x:v>44040</x:v>
       </x:c>
       <x:c r="B1379" s="3">
-        <x:v>98.38</x:v>
+        <x:v>100.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:2">
       <x:c r="A1380" s="2">
-        <x:v>43980</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="B1380" s="3">
-        <x:v>96.62</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:2">
       <x:c r="A1381" s="2">
-        <x:v>43979</x:v>
+        <x:v>44036</x:v>
       </x:c>
       <x:c r="B1381" s="3">
-        <x:v>96.92</x:v>
+        <x:v>100.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:2">
       <x:c r="A1382" s="2">
-        <x:v>43978</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="B1382" s="3">
-        <x:v>96.51</x:v>
+        <x:v>100.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:2">
       <x:c r="A1383" s="2">
-        <x:v>43977</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="B1383" s="3">
-        <x:v>95.82</x:v>
+        <x:v>100.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:2">
       <x:c r="A1384" s="2">
-        <x:v>43976</x:v>
+        <x:v>44033</x:v>
       </x:c>
       <x:c r="B1384" s="3">
-        <x:v>94.63</x:v>
+        <x:v>100.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:2">
       <x:c r="A1385" s="2">
-        <x:v>43973</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="B1385" s="3">
-        <x:v>94.26</x:v>
+        <x:v>99.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:2">
       <x:c r="A1386" s="2">
-        <x:v>43971</x:v>
+        <x:v>44029</x:v>
       </x:c>
       <x:c r="B1386" s="3">
-        <x:v>94.04</x:v>
+        <x:v>99.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:2">
       <x:c r="A1387" s="2">
-        <x:v>43970</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="B1387" s="3">
-        <x:v>93.39</x:v>
+        <x:v>99.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:2">
       <x:c r="A1388" s="2">
-        <x:v>43969</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B1388" s="3">
-        <x:v>93.44</x:v>
+        <x:v>99.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:2">
       <x:c r="A1389" s="2">
-        <x:v>43966</x:v>
+        <x:v>44026</x:v>
       </x:c>
       <x:c r="B1389" s="3">
-        <x:v>92.08</x:v>
+        <x:v>99.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:2">
       <x:c r="A1390" s="2">
-        <x:v>43965</x:v>
+        <x:v>44025</x:v>
       </x:c>
       <x:c r="B1390" s="3">
-        <x:v>92.13</x:v>
+        <x:v>99.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:2">
       <x:c r="A1391" s="2">
-        <x:v>43964</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="B1391" s="3">
-        <x:v>92.66</x:v>
+        <x:v>99.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:2">
       <x:c r="A1392" s="2">
-        <x:v>43963</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="B1392" s="3">
-        <x:v>93.32</x:v>
+        <x:v>99.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:2">
       <x:c r="A1393" s="2">
-        <x:v>43962</x:v>
+        <x:v>44020</x:v>
       </x:c>
       <x:c r="B1393" s="3">
-        <x:v>93.85</x:v>
+        <x:v>99.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:2">
       <x:c r="A1394" s="2">
-        <x:v>43959</x:v>
+        <x:v>44019</x:v>
       </x:c>
       <x:c r="B1394" s="3">
-        <x:v>93.91</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:2">
       <x:c r="A1395" s="2">
-        <x:v>43958</x:v>
+        <x:v>44018</x:v>
       </x:c>
       <x:c r="B1395" s="3">
-        <x:v>93.56</x:v>
+        <x:v>100.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:2">
       <x:c r="A1396" s="2">
-        <x:v>43957</x:v>
+        <x:v>44015</x:v>
       </x:c>
       <x:c r="B1396" s="3">
-        <x:v>93.13</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:2">
       <x:c r="A1397" s="2">
-        <x:v>43956</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="B1397" s="3">
-        <x:v>93.15</x:v>
+        <x:v>99.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:2">
       <x:c r="A1398" s="2">
-        <x:v>43955</x:v>
+        <x:v>44013</x:v>
       </x:c>
       <x:c r="B1398" s="3">
-        <x:v>92.56</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:2">
       <x:c r="A1399" s="2">
-        <x:v>43951</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B1399" s="3">
-        <x:v>93.69</x:v>
+        <x:v>98.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:2">
       <x:c r="A1400" s="2">
-        <x:v>43950</x:v>
+        <x:v>44011</x:v>
       </x:c>
       <x:c r="B1400" s="3">
-        <x:v>94.15</x:v>
+        <x:v>98.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:2">
       <x:c r="A1401" s="2">
-        <x:v>43949</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="B1401" s="3">
-        <x:v>93.26</x:v>
+        <x:v>98.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:2">
       <x:c r="A1402" s="2">
-        <x:v>43948</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="B1402" s="3">
-        <x:v>92.7</x:v>
+        <x:v>98.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:2">
       <x:c r="A1403" s="2">
-        <x:v>43945</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="B1403" s="3">
-        <x:v>92.11</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:2">
       <x:c r="A1404" s="2">
-        <x:v>43944</x:v>
+        <x:v>44004</x:v>
       </x:c>
       <x:c r="B1404" s="3">
-        <x:v>92.35</x:v>
+        <x:v>99.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:2">
       <x:c r="A1405" s="2">
-        <x:v>43943</x:v>
+        <x:v>44001</x:v>
       </x:c>
       <x:c r="B1405" s="3">
-        <x:v>92.06</x:v>
+        <x:v>99.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:2">
       <x:c r="A1406" s="2">
-        <x:v>43942</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="B1406" s="3">
-        <x:v>91.91</x:v>
+        <x:v>100.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:2">
       <x:c r="A1407" s="2">
-        <x:v>43941</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="B1407" s="3">
-        <x:v>92.49</x:v>
+        <x:v>100.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:2">
       <x:c r="A1408" s="2">
-        <x:v>43938</x:v>
+        <x:v>43998</x:v>
       </x:c>
       <x:c r="B1408" s="3">
-        <x:v>92.89</x:v>
+        <x:v>100.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:2">
       <x:c r="A1409" s="2">
-        <x:v>43937</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B1409" s="3">
-        <x:v>92.26</x:v>
+        <x:v>98.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:2">
       <x:c r="A1410" s="2">
-        <x:v>43936</x:v>
+        <x:v>43994</x:v>
       </x:c>
       <x:c r="B1410" s="3">
-        <x:v>92.61</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:2">
       <x:c r="A1411" s="2">
-        <x:v>43935</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="B1411" s="3">
-        <x:v>93.17</x:v>
+        <x:v>98.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:2">
       <x:c r="A1412" s="2">
-        <x:v>43930</x:v>
+        <x:v>43992</x:v>
       </x:c>
       <x:c r="B1412" s="3">
-        <x:v>92.51</x:v>
+        <x:v>100.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:2">
       <x:c r="A1413" s="2">
-        <x:v>43929</x:v>
+        <x:v>43991</x:v>
       </x:c>
       <x:c r="B1413" s="3">
-        <x:v>91.01</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:2">
       <x:c r="A1414" s="2">
-        <x:v>43928</x:v>
+        <x:v>43990</x:v>
       </x:c>
       <x:c r="B1414" s="3">
-        <x:v>90.66</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:2">
       <x:c r="A1415" s="2">
-        <x:v>43927</x:v>
+        <x:v>43987</x:v>
       </x:c>
       <x:c r="B1415" s="3">
-        <x:v>89.52</x:v>
+        <x:v>101.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:2">
       <x:c r="A1416" s="2">
-        <x:v>43924</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="B1416" s="3">
-        <x:v>88.58</x:v>
+        <x:v>99.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:2">
       <x:c r="A1417" s="2">
-        <x:v>43923</x:v>
+        <x:v>43985</x:v>
       </x:c>
       <x:c r="B1417" s="3">
-        <x:v>88.78</x:v>
+        <x:v>99.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:2">
       <x:c r="A1418" s="2">
-        <x:v>43922</x:v>
+        <x:v>43984</x:v>
       </x:c>
       <x:c r="B1418" s="3">
-        <x:v>88.86</x:v>
+        <x:v>98.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:2">
       <x:c r="A1419" s="2">
-        <x:v>43921</x:v>
+        <x:v>43980</x:v>
       </x:c>
       <x:c r="B1419" s="3">
-        <x:v>90.18</x:v>
+        <x:v>96.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:2">
       <x:c r="A1420" s="2">
-        <x:v>43920</x:v>
+        <x:v>43979</x:v>
       </x:c>
       <x:c r="B1420" s="3">
-        <x:v>89.3</x:v>
+        <x:v>96.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:2">
       <x:c r="A1421" s="2">
-        <x:v>43917</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="B1421" s="3">
-        <x:v>89.61</x:v>
+        <x:v>96.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:2">
       <x:c r="A1422" s="2">
-        <x:v>43916</x:v>
+        <x:v>43977</x:v>
       </x:c>
       <x:c r="B1422" s="3">
-        <x:v>89.78</x:v>
+        <x:v>95.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:2">
       <x:c r="A1423" s="2">
-        <x:v>43915</x:v>
+        <x:v>43976</x:v>
       </x:c>
       <x:c r="B1423" s="3">
-        <x:v>88.2</x:v>
+        <x:v>94.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:2">
       <x:c r="A1424" s="2">
-        <x:v>43914</x:v>
+        <x:v>43973</x:v>
       </x:c>
       <x:c r="B1424" s="3">
-        <x:v>86.34</x:v>
+        <x:v>94.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:2">
       <x:c r="A1425" s="2">
-        <x:v>43913</x:v>
+        <x:v>43971</x:v>
       </x:c>
       <x:c r="B1425" s="3">
-        <x:v>84.1</x:v>
+        <x:v>94.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:2">
       <x:c r="A1426" s="2">
-        <x:v>43910</x:v>
+        <x:v>43970</x:v>
       </x:c>
       <x:c r="B1426" s="3">
-        <x:v>85.95</x:v>
+        <x:v>93.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:2">
       <x:c r="A1427" s="2">
-        <x:v>43909</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="B1427" s="3">
-        <x:v>85.23</x:v>
+        <x:v>93.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:2">
       <x:c r="A1428" s="2">
-        <x:v>43908</x:v>
+        <x:v>43966</x:v>
       </x:c>
       <x:c r="B1428" s="3">
-        <x:v>85.59</x:v>
+        <x:v>92.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:2">
       <x:c r="A1429" s="2">
-        <x:v>43907</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="B1429" s="3">
-        <x:v>89.11</x:v>
+        <x:v>92.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:2">
       <x:c r="A1430" s="2">
-        <x:v>43906</x:v>
+        <x:v>43964</x:v>
       </x:c>
       <x:c r="B1430" s="3">
-        <x:v>89.75</x:v>
+        <x:v>92.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:2">
       <x:c r="A1431" s="2">
-        <x:v>43903</x:v>
+        <x:v>43963</x:v>
       </x:c>
       <x:c r="B1431" s="3">
-        <x:v>93.95</x:v>
+        <x:v>93.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:2">
       <x:c r="A1432" s="2">
-        <x:v>43902</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="B1432" s="3">
-        <x:v>94.06</x:v>
+        <x:v>93.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:2">
       <x:c r="A1433" s="2">
-        <x:v>43901</x:v>
+        <x:v>43959</x:v>
       </x:c>
       <x:c r="B1433" s="3">
-        <x:v>98.7</x:v>
+        <x:v>93.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:2">
       <x:c r="A1434" s="2">
-        <x:v>43900</x:v>
+        <x:v>43958</x:v>
       </x:c>
       <x:c r="B1434" s="3">
-        <x:v>100.14</x:v>
+        <x:v>93.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:2">
       <x:c r="A1435" s="2">
-        <x:v>43899</x:v>
+        <x:v>43957</x:v>
       </x:c>
       <x:c r="B1435" s="3">
-        <x:v>100.07</x:v>
+        <x:v>93.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:2">
       <x:c r="A1436" s="2">
-        <x:v>43896</x:v>
+        <x:v>43956</x:v>
       </x:c>
       <x:c r="B1436" s="3">
-        <x:v>103.7</x:v>
+        <x:v>93.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:2">
       <x:c r="A1437" s="2">
-        <x:v>43895</x:v>
+        <x:v>43955</x:v>
       </x:c>
       <x:c r="B1437" s="3">
-        <x:v>105.04</x:v>
+        <x:v>92.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:2">
       <x:c r="A1438" s="2">
-        <x:v>43894</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B1438" s="3">
-        <x:v>105.79</x:v>
+        <x:v>93.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:2">
       <x:c r="A1439" s="2">
-        <x:v>43893</x:v>
+        <x:v>43950</x:v>
       </x:c>
       <x:c r="B1439" s="3">
-        <x:v>105.58</x:v>
+        <x:v>94.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:2">
       <x:c r="A1440" s="2">
-        <x:v>43892</x:v>
+        <x:v>43949</x:v>
       </x:c>
       <x:c r="B1440" s="3">
-        <x:v>104.9</x:v>
+        <x:v>93.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:2">
       <x:c r="A1441" s="2">
-        <x:v>43889</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="B1441" s="3">
-        <x:v>104.59</x:v>
+        <x:v>92.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:2">
       <x:c r="A1442" s="2">
-        <x:v>43888</x:v>
+        <x:v>43945</x:v>
       </x:c>
       <x:c r="B1442" s="3">
-        <x:v>106.19</x:v>
+        <x:v>92.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:2">
       <x:c r="A1443" s="2">
-        <x:v>43887</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="B1443" s="3">
-        <x:v>108.01</x:v>
+        <x:v>92.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:2">
       <x:c r="A1444" s="2">
-        <x:v>43886</x:v>
+        <x:v>43943</x:v>
       </x:c>
       <x:c r="B1444" s="3">
-        <x:v>108.45</x:v>
+        <x:v>92.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:2">
       <x:c r="A1445" s="2">
-        <x:v>43885</x:v>
+        <x:v>43942</x:v>
       </x:c>
       <x:c r="B1445" s="3">
-        <x:v>109.21</x:v>
+        <x:v>91.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:2">
       <x:c r="A1446" s="2">
-        <x:v>43882</x:v>
+        <x:v>43941</x:v>
       </x:c>
       <x:c r="B1446" s="3">
-        <x:v>110.31</x:v>
+        <x:v>92.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:2">
       <x:c r="A1447" s="2">
-        <x:v>43881</x:v>
+        <x:v>43938</x:v>
       </x:c>
       <x:c r="B1447" s="3">
-        <x:v>110.53</x:v>
+        <x:v>92.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:2">
       <x:c r="A1448" s="2">
-        <x:v>43880</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="B1448" s="3">
-        <x:v>110.59</x:v>
+        <x:v>92.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:2">
       <x:c r="A1449" s="2">
-        <x:v>43879</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B1449" s="3">
-        <x:v>110.43</x:v>
+        <x:v>92.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:2">
       <x:c r="A1450" s="2">
-        <x:v>43878</x:v>
+        <x:v>43935</x:v>
       </x:c>
       <x:c r="B1450" s="3">
-        <x:v>110.57</x:v>
+        <x:v>93.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:2">
       <x:c r="A1451" s="2">
-        <x:v>43875</x:v>
+        <x:v>43930</x:v>
       </x:c>
       <x:c r="B1451" s="3">
-        <x:v>110.43</x:v>
+        <x:v>92.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:2">
       <x:c r="A1452" s="2">
-        <x:v>43874</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="B1452" s="3">
-        <x:v>110.21</x:v>
+        <x:v>91.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:2">
       <x:c r="A1453" s="2">
-        <x:v>43873</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="B1453" s="3">
-        <x:v>110.13</x:v>
+        <x:v>90.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:2">
       <x:c r="A1454" s="2">
-        <x:v>43872</x:v>
+        <x:v>43927</x:v>
       </x:c>
       <x:c r="B1454" s="3">
-        <x:v>109.81</x:v>
+        <x:v>89.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:2">
       <x:c r="A1455" s="2">
-        <x:v>43871</x:v>
+        <x:v>43924</x:v>
       </x:c>
       <x:c r="B1455" s="3">
-        <x:v>109.56</x:v>
+        <x:v>88.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:2">
       <x:c r="A1456" s="2">
-        <x:v>43868</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="B1456" s="3">
-        <x:v>109.54</x:v>
+        <x:v>88.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:2">
       <x:c r="A1457" s="2">
-        <x:v>43867</x:v>
+        <x:v>43922</x:v>
       </x:c>
       <x:c r="B1457" s="3">
-        <x:v>109.58</x:v>
+        <x:v>88.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:2">
       <x:c r="A1458" s="2">
-        <x:v>43866</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B1458" s="3">
-        <x:v>109.25</x:v>
+        <x:v>90.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:2">
       <x:c r="A1459" s="2">
-        <x:v>43865</x:v>
+        <x:v>43920</x:v>
       </x:c>
       <x:c r="B1459" s="3">
-        <x:v>108.82</x:v>
+        <x:v>89.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:2">
       <x:c r="A1460" s="2">
-        <x:v>43864</x:v>
+        <x:v>43917</x:v>
       </x:c>
       <x:c r="B1460" s="3">
-        <x:v>108.45</x:v>
+        <x:v>89.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:2">
       <x:c r="A1461" s="2">
-        <x:v>43861</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="B1461" s="3">
-        <x:v>108.46</x:v>
+        <x:v>89.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:2">
       <x:c r="A1462" s="2">
-        <x:v>43860</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="B1462" s="3">
-        <x:v>108.69</x:v>
+        <x:v>88.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:2">
       <x:c r="A1463" s="2">
-        <x:v>43859</x:v>
+        <x:v>43914</x:v>
       </x:c>
       <x:c r="B1463" s="3">
-        <x:v>108.93</x:v>
+        <x:v>86.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:2">
       <x:c r="A1464" s="2">
-        <x:v>43858</x:v>
+        <x:v>43913</x:v>
       </x:c>
       <x:c r="B1464" s="3">
-        <x:v>108.67</x:v>
+        <x:v>84.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:2">
       <x:c r="A1465" s="2">
-        <x:v>43857</x:v>
+        <x:v>43910</x:v>
       </x:c>
       <x:c r="B1465" s="3">
-        <x:v>108.43</x:v>
+        <x:v>85.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:2">
       <x:c r="A1466" s="2">
-        <x:v>43854</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="B1466" s="3">
-        <x:v>109.09</x:v>
+        <x:v>85.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:2">
       <x:c r="A1467" s="2">
-        <x:v>43853</x:v>
+        <x:v>43908</x:v>
       </x:c>
       <x:c r="B1467" s="3">
-        <x:v>109.06</x:v>
+        <x:v>85.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:2">
       <x:c r="A1468" s="2">
-        <x:v>43852</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="B1468" s="3">
-        <x:v>109.27</x:v>
+        <x:v>89.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:2">
       <x:c r="A1469" s="2">
-        <x:v>43851</x:v>
+        <x:v>43906</x:v>
       </x:c>
       <x:c r="B1469" s="3">
-        <x:v>109.31</x:v>
+        <x:v>89.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:2">
       <x:c r="A1470" s="2">
-        <x:v>43850</x:v>
+        <x:v>43903</x:v>
       </x:c>
       <x:c r="B1470" s="3">
-        <x:v>109.48</x:v>
+        <x:v>93.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:2">
       <x:c r="A1471" s="2">
-        <x:v>43847</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="B1471" s="3">
-        <x:v>109.46</x:v>
+        <x:v>94.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:2">
       <x:c r="A1472" s="2">
-        <x:v>43846</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="B1472" s="3">
-        <x:v>109.33</x:v>
+        <x:v>98.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:2">
       <x:c r="A1473" s="2">
-        <x:v>43845</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="B1473" s="3">
-        <x:v>109.14</x:v>
+        <x:v>100.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:2">
       <x:c r="A1474" s="2">
-        <x:v>43844</x:v>
+        <x:v>43899</x:v>
       </x:c>
       <x:c r="B1474" s="3">
-        <x:v>109.11</x:v>
+        <x:v>100.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:2">
       <x:c r="A1475" s="2">
-        <x:v>43843</x:v>
+        <x:v>43896</x:v>
       </x:c>
       <x:c r="B1475" s="3">
-        <x:v>109.08</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:2">
       <x:c r="A1476" s="2">
-        <x:v>43840</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="B1476" s="3">
-        <x:v>109.11</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:2">
       <x:c r="A1477" s="2">
-        <x:v>43839</x:v>
+        <x:v>43894</x:v>
       </x:c>
       <x:c r="B1477" s="3">
-        <x:v>109.03</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:2">
       <x:c r="A1478" s="2">
-        <x:v>43838</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="B1478" s="3">
-        <x:v>108.92</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:2">
       <x:c r="A1479" s="2">
-        <x:v>43837</x:v>
+        <x:v>43892</x:v>
       </x:c>
       <x:c r="B1479" s="3">
-        <x:v>108.91</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:2">
       <x:c r="A1480" s="2">
-        <x:v>43836</x:v>
+        <x:v>43889</x:v>
       </x:c>
       <x:c r="B1480" s="3">
-        <x:v>108.81</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:2">
       <x:c r="A1481" s="2">
-        <x:v>43833</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="B1481" s="3">
-        <x:v>108.83</x:v>
+        <x:v>106.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:2">
       <x:c r="A1482" s="2">
-        <x:v>43832</x:v>
+        <x:v>43887</x:v>
       </x:c>
       <x:c r="B1482" s="3">
-        <x:v>108.84</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:2">
       <x:c r="A1483" s="2">
-        <x:v>43830</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="B1483" s="3">
-        <x:v>108.69</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:2">
       <x:c r="A1484" s="2">
-        <x:v>43829</x:v>
+        <x:v>43885</x:v>
       </x:c>
       <x:c r="B1484" s="3">
-        <x:v>108.67</x:v>
+        <x:v>109.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:2">
       <x:c r="A1485" s="2">
-        <x:v>43826</x:v>
+        <x:v>43882</x:v>
       </x:c>
       <x:c r="B1485" s="3">
-        <x:v>108.78</x:v>
+        <x:v>110.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:2">
       <x:c r="A1486" s="2">
-        <x:v>43823</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="B1486" s="3">
-        <x:v>108.6</x:v>
+        <x:v>110.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:2">
       <x:c r="A1487" s="2">
-        <x:v>43822</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="B1487" s="3">
-        <x:v>108.54</x:v>
+        <x:v>110.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:2">
       <x:c r="A1488" s="2">
-        <x:v>43819</x:v>
+        <x:v>43879</x:v>
       </x:c>
       <x:c r="B1488" s="3">
-        <x:v>108.53</x:v>
+        <x:v>110.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:2">
       <x:c r="A1489" s="2">
-        <x:v>43818</x:v>
+        <x:v>43878</x:v>
       </x:c>
       <x:c r="B1489" s="3">
-        <x:v>108.33</x:v>
+        <x:v>110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:2">
       <x:c r="A1490" s="2">
-        <x:v>43817</x:v>
+        <x:v>43875</x:v>
       </x:c>
       <x:c r="B1490" s="3">
-        <x:v>108.34</x:v>
+        <x:v>110.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:2">
       <x:c r="A1491" s="2">
-        <x:v>43816</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="B1491" s="3">
-        <x:v>108.2</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:2">
       <x:c r="A1492" s="2">
-        <x:v>43815</x:v>
+        <x:v>43873</x:v>
       </x:c>
       <x:c r="B1492" s="3">
-        <x:v>108.1</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:2">
       <x:c r="A1493" s="2">
-        <x:v>43812</x:v>
+        <x:v>43872</x:v>
       </x:c>
       <x:c r="B1493" s="3">
-        <x:v>107.79</x:v>
+        <x:v>109.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:2">
       <x:c r="A1494" s="2">
-        <x:v>43811</x:v>
+        <x:v>43871</x:v>
       </x:c>
       <x:c r="B1494" s="3">
-        <x:v>107.44</x:v>
+        <x:v>109.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:2">
       <x:c r="A1495" s="2">
-        <x:v>43810</x:v>
+        <x:v>43868</x:v>
       </x:c>
       <x:c r="B1495" s="3">
-        <x:v>107.33</x:v>
+        <x:v>109.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:2">
       <x:c r="A1496" s="2">
-        <x:v>43809</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="B1496" s="3">
-        <x:v>107.24</x:v>
+        <x:v>109.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:2">
       <x:c r="A1497" s="2">
-        <x:v>43808</x:v>
+        <x:v>43866</x:v>
       </x:c>
       <x:c r="B1497" s="3">
-        <x:v>107.21</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:2">
       <x:c r="A1498" s="2">
-        <x:v>43805</x:v>
+        <x:v>43865</x:v>
       </x:c>
       <x:c r="B1498" s="3">
-        <x:v>107.1</x:v>
+        <x:v>108.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:2">
       <x:c r="A1499" s="2">
-        <x:v>43804</x:v>
+        <x:v>43864</x:v>
       </x:c>
       <x:c r="B1499" s="3">
-        <x:v>106.81</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:2">
       <x:c r="A1500" s="2">
-        <x:v>43803</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B1500" s="3">
-        <x:v>106.76</x:v>
+        <x:v>108.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:2">
       <x:c r="A1501" s="2">
-        <x:v>43802</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="B1501" s="3">
-        <x:v>106.56</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:2">
       <x:c r="A1502" s="2">
-        <x:v>43801</x:v>
+        <x:v>43859</x:v>
       </x:c>
       <x:c r="B1502" s="3">
-        <x:v>106.64</x:v>
+        <x:v>108.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:2">
       <x:c r="A1503" s="2">
-        <x:v>43798</x:v>
+        <x:v>43858</x:v>
       </x:c>
       <x:c r="B1503" s="3">
-        <x:v>107.01</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:2">
       <x:c r="A1504" s="2">
-        <x:v>43797</x:v>
+        <x:v>43857</x:v>
       </x:c>
       <x:c r="B1504" s="3">
-        <x:v>107.05</x:v>
+        <x:v>108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:2">
       <x:c r="A1505" s="2">
-        <x:v>43796</x:v>
+        <x:v>43854</x:v>
       </x:c>
       <x:c r="B1505" s="3">
-        <x:v>107.03</x:v>
+        <x:v>109.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:2">
       <x:c r="A1506" s="2">
-        <x:v>43795</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="B1506" s="3">
-        <x:v>106.91</x:v>
+        <x:v>109.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:2">
       <x:c r="A1507" s="2">
-        <x:v>43794</x:v>
+        <x:v>43852</x:v>
       </x:c>
       <x:c r="B1507" s="3">
-        <x:v>106.75</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:2">
       <x:c r="A1508" s="2">
-        <x:v>43791</x:v>
+        <x:v>43851</x:v>
       </x:c>
       <x:c r="B1508" s="3">
-        <x:v>106.72</x:v>
+        <x:v>109.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:2">
       <x:c r="A1509" s="2">
-        <x:v>43790</x:v>
+        <x:v>43850</x:v>
       </x:c>
       <x:c r="B1509" s="3">
-        <x:v>106.57</x:v>
+        <x:v>109.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:2">
       <x:c r="A1510" s="2">
-        <x:v>43789</x:v>
+        <x:v>43847</x:v>
       </x:c>
       <x:c r="B1510" s="3">
-        <x:v>106.78</x:v>
+        <x:v>109.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:2">
       <x:c r="A1511" s="2">
-        <x:v>43788</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="B1511" s="3">
-        <x:v>106.83</x:v>
+        <x:v>109.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:2">
       <x:c r="A1512" s="2">
-        <x:v>43787</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B1512" s="3">
-        <x:v>106.94</x:v>
+        <x:v>109.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:2">
       <x:c r="A1513" s="2">
-        <x:v>43784</x:v>
+        <x:v>43844</x:v>
       </x:c>
       <x:c r="B1513" s="3">
-        <x:v>107.14</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:2">
       <x:c r="A1514" s="2">
-        <x:v>43783</x:v>
+        <x:v>43843</x:v>
       </x:c>
       <x:c r="B1514" s="3">
-        <x:v>107.11</x:v>
+        <x:v>109.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:2">
       <x:c r="A1515" s="2">
-        <x:v>43782</x:v>
+        <x:v>43840</x:v>
       </x:c>
       <x:c r="B1515" s="3">
-        <x:v>107.05</x:v>
+        <x:v>109.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:2">
       <x:c r="A1516" s="2">
-        <x:v>43781</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="B1516" s="3">
-        <x:v>107.15</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:2">
       <x:c r="A1517" s="2">
-        <x:v>43780</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B1517" s="3">
-        <x:v>107.25</x:v>
+        <x:v>108.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:2">
       <x:c r="A1518" s="2">
-        <x:v>43777</x:v>
+        <x:v>43837</x:v>
       </x:c>
       <x:c r="B1518" s="3">
-        <x:v>107.33</x:v>
+        <x:v>108.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:2">
       <x:c r="A1519" s="2">
-        <x:v>43776</x:v>
+        <x:v>43836</x:v>
       </x:c>
       <x:c r="B1519" s="3">
-        <x:v>107.43</x:v>
+        <x:v>108.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:2">
       <x:c r="A1520" s="2">
-        <x:v>43775</x:v>
+        <x:v>43833</x:v>
       </x:c>
       <x:c r="B1520" s="3">
-        <x:v>107.49</x:v>
+        <x:v>108.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:2">
       <x:c r="A1521" s="2">
-        <x:v>43774</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="B1521" s="3">
-        <x:v>107.51</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:2">
       <x:c r="A1522" s="2">
-        <x:v>43773</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B1522" s="3">
-        <x:v>107.58</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:2">
       <x:c r="A1523" s="2">
-        <x:v>43769</x:v>
+        <x:v>43829</x:v>
       </x:c>
       <x:c r="B1523" s="3">
-        <x:v>107.27</x:v>
+        <x:v>108.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:2">
       <x:c r="A1524" s="2">
-        <x:v>43768</x:v>
+        <x:v>43826</x:v>
       </x:c>
       <x:c r="B1524" s="3">
-        <x:v>107.39</x:v>
+        <x:v>108.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:2">
       <x:c r="A1525" s="2">
-        <x:v>43767</x:v>
+        <x:v>43823</x:v>
       </x:c>
       <x:c r="B1525" s="3">
-        <x:v>107.44</x:v>
+        <x:v>108.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:2">
       <x:c r="A1526" s="2">
-        <x:v>43766</x:v>
+        <x:v>43822</x:v>
       </x:c>
       <x:c r="B1526" s="3">
-        <x:v>107.47</x:v>
+        <x:v>108.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:2">
       <x:c r="A1527" s="2">
-        <x:v>43763</x:v>
+        <x:v>43819</x:v>
       </x:c>
       <x:c r="B1527" s="3">
-        <x:v>107.56</x:v>
+        <x:v>108.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:2">
       <x:c r="A1528" s="2">
-        <x:v>43762</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="B1528" s="3">
-        <x:v>107.55</x:v>
+        <x:v>108.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:2">
       <x:c r="A1529" s="2">
-        <x:v>43761</x:v>
+        <x:v>43817</x:v>
       </x:c>
       <x:c r="B1529" s="3">
-        <x:v>107.53</x:v>
+        <x:v>108.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:2">
       <x:c r="A1530" s="2">
-        <x:v>43760</x:v>
+        <x:v>43816</x:v>
       </x:c>
       <x:c r="B1530" s="3">
-        <x:v>107.42</x:v>
+        <x:v>108.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:2">
       <x:c r="A1531" s="2">
-        <x:v>43759</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="B1531" s="3">
-        <x:v>107.43</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:2">
       <x:c r="A1532" s="2">
-        <x:v>43756</x:v>
+        <x:v>43812</x:v>
       </x:c>
       <x:c r="B1532" s="3">
-        <x:v>107.41</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:2">
       <x:c r="A1533" s="2">
-        <x:v>43755</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="B1533" s="3">
-        <x:v>107.59</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:2">
       <x:c r="A1534" s="2">
-        <x:v>43754</x:v>
+        <x:v>43810</x:v>
       </x:c>
       <x:c r="B1534" s="3">
-        <x:v>107.64</x:v>
+        <x:v>107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:2">
       <x:c r="A1535" s="2">
-        <x:v>43753</x:v>
+        <x:v>43809</x:v>
       </x:c>
       <x:c r="B1535" s="3">
-        <x:v>107.65</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:2">
       <x:c r="A1536" s="2">
-        <x:v>43752</x:v>
+        <x:v>43808</x:v>
       </x:c>
       <x:c r="B1536" s="3">
-        <x:v>107.51</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:2">
       <x:c r="A1537" s="2">
-        <x:v>43749</x:v>
+        <x:v>43805</x:v>
       </x:c>
       <x:c r="B1537" s="3">
-        <x:v>107.58</x:v>
+        <x:v>107.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:2">
       <x:c r="A1538" s="2">
-        <x:v>43748</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="B1538" s="3">
-        <x:v>107.23</x:v>
+        <x:v>106.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:2">
       <x:c r="A1539" s="2">
-        <x:v>43747</x:v>
+        <x:v>43803</x:v>
       </x:c>
       <x:c r="B1539" s="3">
-        <x:v>107.16</x:v>
+        <x:v>106.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:2">
       <x:c r="A1540" s="2">
-        <x:v>43746</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="B1540" s="3">
-        <x:v>107.05</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:2">
       <x:c r="A1541" s="2">
-        <x:v>43745</x:v>
+        <x:v>43801</x:v>
       </x:c>
       <x:c r="B1541" s="3">
-        <x:v>107.36</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:2">
       <x:c r="A1542" s="2">
-        <x:v>43742</x:v>
+        <x:v>43798</x:v>
       </x:c>
       <x:c r="B1542" s="3">
-        <x:v>107.34</x:v>
+        <x:v>107.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:2">
       <x:c r="A1543" s="2">
-        <x:v>43741</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="B1543" s="3">
-        <x:v>107.32</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:2">
       <x:c r="A1544" s="2">
-        <x:v>43740</x:v>
+        <x:v>43796</x:v>
       </x:c>
       <x:c r="B1544" s="3">
-        <x:v>107.42</x:v>
+        <x:v>107.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:2">
       <x:c r="A1545" s="2">
-        <x:v>43739</x:v>
+        <x:v>43795</x:v>
       </x:c>
       <x:c r="B1545" s="3">
-        <x:v>107.87</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:2">
       <x:c r="A1546" s="2">
-        <x:v>43738</x:v>
+        <x:v>43794</x:v>
       </x:c>
       <x:c r="B1546" s="3">
-        <x:v>108.1</x:v>
+        <x:v>106.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:2">
       <x:c r="A1547" s="2">
-        <x:v>43735</x:v>
+        <x:v>43791</x:v>
       </x:c>
       <x:c r="B1547" s="3">
-        <x:v>108.13</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:2">
       <x:c r="A1548" s="2">
-        <x:v>43734</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="B1548" s="3">
-        <x:v>108.14</x:v>
+        <x:v>106.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:2">
       <x:c r="A1549" s="2">
-        <x:v>43733</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="B1549" s="3">
-        <x:v>108.06</x:v>
+        <x:v>106.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:2">
       <x:c r="A1550" s="2">
-        <x:v>43732</x:v>
+        <x:v>43788</x:v>
       </x:c>
       <x:c r="B1550" s="3">
-        <x:v>108.24</x:v>
+        <x:v>106.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:2">
       <x:c r="A1551" s="2">
-        <x:v>43731</x:v>
+        <x:v>43787</x:v>
       </x:c>
       <x:c r="B1551" s="3">
-        <x:v>108.44</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:2">
       <x:c r="A1552" s="2">
-        <x:v>43728</x:v>
+        <x:v>43784</x:v>
       </x:c>
       <x:c r="B1552" s="3">
-        <x:v>108.54</x:v>
+        <x:v>107.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:2">
       <x:c r="A1553" s="2">
-        <x:v>43727</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="B1553" s="3">
-        <x:v>108.37</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:2">
       <x:c r="A1554" s="2">
-        <x:v>43726</x:v>
+        <x:v>43782</x:v>
       </x:c>
       <x:c r="B1554" s="3">
-        <x:v>108.29</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:2">
       <x:c r="A1555" s="2">
-        <x:v>43725</x:v>
+        <x:v>43781</x:v>
       </x:c>
       <x:c r="B1555" s="3">
-        <x:v>108.24</x:v>
+        <x:v>107.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:2">
       <x:c r="A1556" s="2">
-        <x:v>43724</x:v>
+        <x:v>43780</x:v>
       </x:c>
       <x:c r="B1556" s="3">
-        <x:v>108.33</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:2">
       <x:c r="A1557" s="2">
-        <x:v>43721</x:v>
+        <x:v>43777</x:v>
       </x:c>
       <x:c r="B1557" s="3">
-        <x:v>108.25</x:v>
+        <x:v>107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:2">
       <x:c r="A1558" s="2">
-        <x:v>43720</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="B1558" s="3">
-        <x:v>108.3</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:2">
       <x:c r="A1559" s="2">
-        <x:v>43719</x:v>
+        <x:v>43775</x:v>
       </x:c>
       <x:c r="B1559" s="3">
-        <x:v>108.09</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:2">
       <x:c r="A1560" s="2">
-        <x:v>43718</x:v>
+        <x:v>43774</x:v>
       </x:c>
       <x:c r="B1560" s="3">
-        <x:v>108.05</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:2">
       <x:c r="A1561" s="2">
-        <x:v>43717</x:v>
+        <x:v>43773</x:v>
       </x:c>
       <x:c r="B1561" s="3">
-        <x:v>108.12</x:v>
+        <x:v>107.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:2">
       <x:c r="A1562" s="2">
-        <x:v>43714</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B1562" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:2">
       <x:c r="A1563" s="2">
-        <x:v>43713</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="B1563" s="3">
-        <x:v>108.13</x:v>
+        <x:v>107.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:2">
       <x:c r="A1564" s="2">
-        <x:v>43712</x:v>
+        <x:v>43767</x:v>
       </x:c>
       <x:c r="B1564" s="3">
-        <x:v>108.02</x:v>
+        <x:v>107.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:2">
       <x:c r="A1565" s="2">
-        <x:v>43711</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="B1565" s="3">
-        <x:v>107.79</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:2">
       <x:c r="A1566" s="2">
-        <x:v>43710</x:v>
+        <x:v>43763</x:v>
       </x:c>
       <x:c r="B1566" s="3">
-        <x:v>107.73</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:2">
       <x:c r="A1567" s="2">
-        <x:v>43707</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="B1567" s="3">
-        <x:v>107.74</x:v>
+        <x:v>107.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:2">
       <x:c r="A1568" s="2">
-        <x:v>43706</x:v>
+        <x:v>43761</x:v>
       </x:c>
       <x:c r="B1568" s="3">
-        <x:v>107.56</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:2">
       <x:c r="A1569" s="2">
-        <x:v>43705</x:v>
+        <x:v>43760</x:v>
       </x:c>
       <x:c r="B1569" s="3">
-        <x:v>107.4</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:2">
       <x:c r="A1570" s="2">
-        <x:v>43704</x:v>
+        <x:v>43759</x:v>
       </x:c>
       <x:c r="B1570" s="3">
-        <x:v>107.29</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:2">
       <x:c r="A1571" s="2">
-        <x:v>43703</x:v>
+        <x:v>43756</x:v>
       </x:c>
       <x:c r="B1571" s="3">
-        <x:v>107.24</x:v>
+        <x:v>107.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:2">
       <x:c r="A1572" s="2">
-        <x:v>43700</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="B1572" s="3">
-        <x:v>107.2</x:v>
+        <x:v>107.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:2">
       <x:c r="A1573" s="2">
-        <x:v>43699</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="B1573" s="3">
-        <x:v>107.35</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:2">
       <x:c r="A1574" s="2">
-        <x:v>43698</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B1574" s="3">
-        <x:v>107.13</x:v>
+        <x:v>107.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:2">
       <x:c r="A1575" s="2">
-        <x:v>43697</x:v>
+        <x:v>43752</x:v>
       </x:c>
       <x:c r="B1575" s="3">
-        <x:v>106.71</x:v>
+        <x:v>107.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:2">
       <x:c r="A1576" s="2">
-        <x:v>43696</x:v>
+        <x:v>43749</x:v>
       </x:c>
       <x:c r="B1576" s="3">
-        <x:v>106.75</x:v>
+        <x:v>107.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:2">
       <x:c r="A1577" s="2">
-        <x:v>43693</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="B1577" s="3">
-        <x:v>106.64</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:2">
       <x:c r="A1578" s="2">
-        <x:v>43691</x:v>
+        <x:v>43747</x:v>
       </x:c>
       <x:c r="B1578" s="3">
-        <x:v>106.38</x:v>
+        <x:v>107.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:2">
       <x:c r="A1579" s="2">
-        <x:v>43690</x:v>
+        <x:v>43746</x:v>
       </x:c>
       <x:c r="B1579" s="3">
-        <x:v>106.56</x:v>
+        <x:v>107.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:2">
       <x:c r="A1580" s="2">
-        <x:v>43689</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="B1580" s="3">
-        <x:v>106.54</x:v>
+        <x:v>107.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:2">
       <x:c r="A1581" s="2">
-        <x:v>43686</x:v>
+        <x:v>43742</x:v>
       </x:c>
       <x:c r="B1581" s="3">
-        <x:v>106.88</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:2">
       <x:c r="A1582" s="2">
-        <x:v>43685</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="B1582" s="3">
-        <x:v>106.87</x:v>
+        <x:v>107.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:2">
       <x:c r="A1583" s="2">
-        <x:v>43684</x:v>
+        <x:v>43740</x:v>
       </x:c>
       <x:c r="B1583" s="3">
-        <x:v>106.64</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:2">
       <x:c r="A1584" s="2">
-        <x:v>43683</x:v>
+        <x:v>43739</x:v>
       </x:c>
       <x:c r="B1584" s="3">
-        <x:v>106.55</x:v>
+        <x:v>107.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:2">
       <x:c r="A1585" s="2">
-        <x:v>43682</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B1585" s="3">
-        <x:v>106.56</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:2">
       <x:c r="A1586" s="2">
-        <x:v>43679</x:v>
+        <x:v>43735</x:v>
       </x:c>
       <x:c r="B1586" s="3">
-        <x:v>107.42</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:2">
       <x:c r="A1587" s="2">
-        <x:v>43678</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="B1587" s="3">
-        <x:v>107.68</x:v>
+        <x:v>108.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:2">
       <x:c r="A1588" s="2">
-        <x:v>43677</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="B1588" s="3">
-        <x:v>107.81</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:2">
       <x:c r="A1589" s="2">
-        <x:v>43676</x:v>
+        <x:v>43732</x:v>
       </x:c>
       <x:c r="B1589" s="3">
-        <x:v>107.81</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:2">
       <x:c r="A1590" s="2">
-        <x:v>43675</x:v>
+        <x:v>43731</x:v>
       </x:c>
       <x:c r="B1590" s="3">
-        <x:v>108.06</x:v>
+        <x:v>108.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:2">
       <x:c r="A1591" s="2">
-        <x:v>43672</x:v>
+        <x:v>43728</x:v>
       </x:c>
       <x:c r="B1591" s="3">
-        <x:v>108.04</x:v>
+        <x:v>108.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:2">
       <x:c r="A1592" s="2">
-        <x:v>43671</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="B1592" s="3">
-        <x:v>108.05</x:v>
+        <x:v>108.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:2">
       <x:c r="A1593" s="2">
-        <x:v>43670</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="B1593" s="3">
-        <x:v>107.9</x:v>
+        <x:v>108.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:2">
       <x:c r="A1594" s="2">
-        <x:v>43669</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="B1594" s="3">
-        <x:v>107.69</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:2">
       <x:c r="A1595" s="2">
-        <x:v>43668</x:v>
+        <x:v>43724</x:v>
       </x:c>
       <x:c r="B1595" s="3">
-        <x:v>107.22</x:v>
+        <x:v>108.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:2">
       <x:c r="A1596" s="2">
-        <x:v>43665</x:v>
+        <x:v>43721</x:v>
       </x:c>
       <x:c r="B1596" s="3">
-        <x:v>107.21</x:v>
+        <x:v>108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:2">
       <x:c r="A1597" s="2">
-        <x:v>43664</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="B1597" s="3">
-        <x:v>107.25</x:v>
+        <x:v>108.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:2">
       <x:c r="A1598" s="2">
-        <x:v>43663</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="B1598" s="3">
-        <x:v>107.4</x:v>
+        <x:v>108.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:2">
       <x:c r="A1599" s="2">
-        <x:v>43662</x:v>
+        <x:v>43718</x:v>
       </x:c>
       <x:c r="B1599" s="3">
-        <x:v>107.5</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:2">
       <x:c r="A1600" s="2">
-        <x:v>43661</x:v>
+        <x:v>43717</x:v>
       </x:c>
       <x:c r="B1600" s="3">
-        <x:v>107.49</x:v>
+        <x:v>108.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:2">
       <x:c r="A1601" s="2">
-        <x:v>43658</x:v>
+        <x:v>43714</x:v>
       </x:c>
       <x:c r="B1601" s="3">
-        <x:v>107.36</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:2">
       <x:c r="A1602" s="2">
-        <x:v>43657</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="B1602" s="3">
-        <x:v>107.43</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:2">
       <x:c r="A1603" s="2">
-        <x:v>43656</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="B1603" s="3">
-        <x:v>107.52</x:v>
+        <x:v>108.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:2">
       <x:c r="A1604" s="2">
-        <x:v>43655</x:v>
+        <x:v>43711</x:v>
       </x:c>
       <x:c r="B1604" s="3">
-        <x:v>107.53</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:2">
       <x:c r="A1605" s="2">
-        <x:v>43654</x:v>
+        <x:v>43710</x:v>
       </x:c>
       <x:c r="B1605" s="3">
-        <x:v>107.7</x:v>
+        <x:v>107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:2">
       <x:c r="A1606" s="2">
-        <x:v>43651</x:v>
+        <x:v>43707</x:v>
       </x:c>
       <x:c r="B1606" s="3">
-        <x:v>107.77</x:v>
+        <x:v>107.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:2">
       <x:c r="A1607" s="2">
-        <x:v>43650</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="B1607" s="3">
-        <x:v>107.79</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:2">
       <x:c r="A1608" s="2">
-        <x:v>43649</x:v>
+        <x:v>43705</x:v>
       </x:c>
       <x:c r="B1608" s="3">
-        <x:v>107.64</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:2">
       <x:c r="A1609" s="2">
-        <x:v>43648</x:v>
+        <x:v>43704</x:v>
       </x:c>
       <x:c r="B1609" s="3">
-        <x:v>107.23</x:v>
+        <x:v>107.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:2">
       <x:c r="A1610" s="2">
-        <x:v>43647</x:v>
+        <x:v>43703</x:v>
       </x:c>
       <x:c r="B1610" s="3">
-        <x:v>107.12</x:v>
+        <x:v>107.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:2">
       <x:c r="A1611" s="2">
-        <x:v>43644</x:v>
+        <x:v>43700</x:v>
       </x:c>
       <x:c r="B1611" s="3">
-        <x:v>106.66</x:v>
+        <x:v>107.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:2">
       <x:c r="A1612" s="2">
-        <x:v>43643</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="B1612" s="3">
-        <x:v>106.39</x:v>
+        <x:v>107.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:2">
       <x:c r="A1613" s="2">
-        <x:v>43642</x:v>
+        <x:v>43698</x:v>
       </x:c>
       <x:c r="B1613" s="3">
-        <x:v>106.35</x:v>
+        <x:v>107.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:2">
       <x:c r="A1614" s="2">
-        <x:v>43641</x:v>
+        <x:v>43697</x:v>
       </x:c>
       <x:c r="B1614" s="3">
-        <x:v>106.5</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:2">
       <x:c r="A1615" s="2">
-        <x:v>43640</x:v>
+        <x:v>43696</x:v>
       </x:c>
       <x:c r="B1615" s="3">
-        <x:v>106.7</x:v>
+        <x:v>106.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:2">
       <x:c r="A1616" s="2">
-        <x:v>43637</x:v>
+        <x:v>43693</x:v>
       </x:c>
       <x:c r="B1616" s="3">
-        <x:v>106.72</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:2">
       <x:c r="A1617" s="2">
-        <x:v>43636</x:v>
+        <x:v>43691</x:v>
       </x:c>
       <x:c r="B1617" s="3">
-        <x:v>106.9</x:v>
+        <x:v>106.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:2">
       <x:c r="A1618" s="2">
-        <x:v>43635</x:v>
+        <x:v>43690</x:v>
       </x:c>
       <x:c r="B1618" s="3">
-        <x:v>106.13</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:2">
       <x:c r="A1619" s="2">
-        <x:v>43634</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="B1619" s="3">
-        <x:v>105.85</x:v>
+        <x:v>106.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:2">
       <x:c r="A1620" s="2">
-        <x:v>43633</x:v>
+        <x:v>43686</x:v>
       </x:c>
       <x:c r="B1620" s="3">
-        <x:v>105.18</x:v>
+        <x:v>106.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:2">
       <x:c r="A1621" s="2">
-        <x:v>43630</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="B1621" s="3">
-        <x:v>105.2</x:v>
+        <x:v>106.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:2">
       <x:c r="A1622" s="2">
-        <x:v>43629</x:v>
+        <x:v>43684</x:v>
       </x:c>
       <x:c r="B1622" s="3">
-        <x:v>105.17</x:v>
+        <x:v>106.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:2">
       <x:c r="A1623" s="2">
-        <x:v>43628</x:v>
+        <x:v>43683</x:v>
       </x:c>
       <x:c r="B1623" s="3">
-        <x:v>105.03</x:v>
+        <x:v>106.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:2">
       <x:c r="A1624" s="2">
-        <x:v>43627</x:v>
+        <x:v>43682</x:v>
       </x:c>
       <x:c r="B1624" s="3">
-        <x:v>105.06</x:v>
+        <x:v>106.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:2">
       <x:c r="A1625" s="2">
-        <x:v>43623</x:v>
+        <x:v>43679</x:v>
       </x:c>
       <x:c r="B1625" s="3">
-        <x:v>104.7</x:v>
+        <x:v>107.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:2">
       <x:c r="A1626" s="2">
-        <x:v>43622</x:v>
+        <x:v>43678</x:v>
       </x:c>
       <x:c r="B1626" s="3">
-        <x:v>104.39</x:v>
+        <x:v>107.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:2">
       <x:c r="A1627" s="2">
-        <x:v>43621</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B1627" s="3">
-        <x:v>104.37</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:2">
       <x:c r="A1628" s="2">
-        <x:v>43620</x:v>
+        <x:v>43676</x:v>
       </x:c>
       <x:c r="B1628" s="3">
-        <x:v>104.1</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:2">
       <x:c r="A1629" s="2">
-        <x:v>43619</x:v>
+        <x:v>43675</x:v>
       </x:c>
       <x:c r="B1629" s="3">
-        <x:v>103.77</x:v>
+        <x:v>108.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:2">
       <x:c r="A1630" s="2">
-        <x:v>43616</x:v>
+        <x:v>43672</x:v>
       </x:c>
       <x:c r="B1630" s="3">
-        <x:v>103.81</x:v>
+        <x:v>108.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:2">
       <x:c r="A1631" s="2">
-        <x:v>43614</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="B1631" s="3">
-        <x:v>104.09</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:2">
       <x:c r="A1632" s="2">
-        <x:v>43613</x:v>
+        <x:v>43670</x:v>
       </x:c>
       <x:c r="B1632" s="3">
-        <x:v>104.46</x:v>
+        <x:v>107.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:2">
       <x:c r="A1633" s="2">
-        <x:v>43612</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="B1633" s="3">
-        <x:v>104.6</x:v>
+        <x:v>107.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:2">
       <x:c r="A1634" s="2">
-        <x:v>43609</x:v>
+        <x:v>43668</x:v>
       </x:c>
       <x:c r="B1634" s="3">
-        <x:v>104.49</x:v>
+        <x:v>107.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:2">
       <x:c r="A1635" s="2">
-        <x:v>43608</x:v>
+        <x:v>43665</x:v>
       </x:c>
       <x:c r="B1635" s="3">
-        <x:v>104.39</x:v>
+        <x:v>107.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:2">
       <x:c r="A1636" s="2">
-        <x:v>43607</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="B1636" s="3">
-        <x:v>104.9</x:v>
+        <x:v>107.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:2">
       <x:c r="A1637" s="2">
-        <x:v>43606</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="B1637" s="3">
-        <x:v>104.91</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:2">
       <x:c r="A1638" s="2">
-        <x:v>43605</x:v>
+        <x:v>43662</x:v>
       </x:c>
       <x:c r="B1638" s="3">
-        <x:v>104.83</x:v>
+        <x:v>107.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:2">
       <x:c r="A1639" s="2">
-        <x:v>43602</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B1639" s="3">
-        <x:v>104.93</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:2">
       <x:c r="A1640" s="2">
-        <x:v>43601</x:v>
+        <x:v>43658</x:v>
       </x:c>
       <x:c r="B1640" s="3">
-        <x:v>104.92</x:v>
+        <x:v>107.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:2">
       <x:c r="A1641" s="2">
-        <x:v>43600</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="B1641" s="3">
-        <x:v>104.58</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:2">
       <x:c r="A1642" s="2">
-        <x:v>43599</x:v>
+        <x:v>43656</x:v>
       </x:c>
       <x:c r="B1642" s="3">
-        <x:v>104.4</x:v>
+        <x:v>107.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:2">
       <x:c r="A1643" s="2">
-        <x:v>43598</x:v>
+        <x:v>43655</x:v>
       </x:c>
       <x:c r="B1643" s="3">
-        <x:v>104.21</x:v>
+        <x:v>107.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:2">
       <x:c r="A1644" s="2">
-        <x:v>43595</x:v>
+        <x:v>43654</x:v>
       </x:c>
       <x:c r="B1644" s="3">
-        <x:v>104.63</x:v>
+        <x:v>107.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:2">
       <x:c r="A1645" s="2">
-        <x:v>43593</x:v>
+        <x:v>43651</x:v>
       </x:c>
       <x:c r="B1645" s="3">
-        <x:v>104.88</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:2">
       <x:c r="A1646" s="2">
-        <x:v>43592</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="B1646" s="3">
-        <x:v>105.16</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:2">
       <x:c r="A1647" s="2">
-        <x:v>43591</x:v>
+        <x:v>43649</x:v>
       </x:c>
       <x:c r="B1647" s="3">
-        <x:v>105.54</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:2">
       <x:c r="A1648" s="2">
-        <x:v>43588</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="B1648" s="3">
-        <x:v>105.68</x:v>
+        <x:v>107.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:2">
       <x:c r="A1649" s="2">
-        <x:v>43587</x:v>
+        <x:v>43647</x:v>
       </x:c>
       <x:c r="B1649" s="3">
-        <x:v>105.6</x:v>
+        <x:v>107.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:2">
       <x:c r="A1650" s="2">
-        <x:v>43585</x:v>
+        <x:v>43644</x:v>
       </x:c>
       <x:c r="B1650" s="3">
-        <x:v>105.68</x:v>
+        <x:v>106.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:2">
       <x:c r="A1651" s="2">
-        <x:v>43584</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="B1651" s="3">
-        <x:v>105.66</x:v>
+        <x:v>106.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:2">
       <x:c r="A1652" s="2">
-        <x:v>43581</x:v>
+        <x:v>43642</x:v>
       </x:c>
       <x:c r="B1652" s="3">
-        <x:v>105.68</x:v>
+        <x:v>106.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:2">
       <x:c r="A1653" s="2">
-        <x:v>43580</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="B1653" s="3">
-        <x:v>105.59</x:v>
+        <x:v>106.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:2">
       <x:c r="A1654" s="2">
-        <x:v>43579</x:v>
+        <x:v>43640</x:v>
       </x:c>
       <x:c r="B1654" s="3">
-        <x:v>105.89</x:v>
+        <x:v>106.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:2">
       <x:c r="A1655" s="2">
-        <x:v>43578</x:v>
+        <x:v>43637</x:v>
       </x:c>
       <x:c r="B1655" s="3">
-        <x:v>105.99</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:2">
       <x:c r="A1656" s="2">
-        <x:v>43573</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="B1656" s="3">
-        <x:v>105.82</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:2">
       <x:c r="A1657" s="2">
-        <x:v>43572</x:v>
+        <x:v>43635</x:v>
       </x:c>
       <x:c r="B1657" s="3">
-        <x:v>105.77</x:v>
+        <x:v>106.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:2">
       <x:c r="A1658" s="2">
-        <x:v>43571</x:v>
+        <x:v>43634</x:v>
       </x:c>
       <x:c r="B1658" s="3">
-        <x:v>105.73</x:v>
+        <x:v>105.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:2">
       <x:c r="A1659" s="2">
-        <x:v>43570</x:v>
+        <x:v>43633</x:v>
       </x:c>
       <x:c r="B1659" s="3">
-        <x:v>105.72</x:v>
+        <x:v>105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:2">
       <x:c r="A1660" s="2">
-        <x:v>43567</x:v>
+        <x:v>43630</x:v>
       </x:c>
       <x:c r="B1660" s="3">
-        <x:v>105.61</x:v>
+        <x:v>105.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:2">
       <x:c r="A1661" s="2">
-        <x:v>43566</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="B1661" s="3">
-        <x:v>105.57</x:v>
+        <x:v>105.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:2">
       <x:c r="A1662" s="2">
-        <x:v>43565</x:v>
+        <x:v>43628</x:v>
       </x:c>
       <x:c r="B1662" s="3">
-        <x:v>105.64</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:2">
       <x:c r="A1663" s="2">
-        <x:v>43564</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="B1663" s="3">
-        <x:v>105.57</x:v>
+        <x:v>105.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:2">
       <x:c r="A1664" s="2">
-        <x:v>43563</x:v>
+        <x:v>43623</x:v>
       </x:c>
       <x:c r="B1664" s="3">
-        <x:v>105.61</x:v>
+        <x:v>104.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:2">
       <x:c r="A1665" s="2">
-        <x:v>43560</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="B1665" s="3">
-        <x:v>105.7</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:2">
       <x:c r="A1666" s="2">
-        <x:v>43559</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="B1666" s="3">
-        <x:v>105.59</x:v>
+        <x:v>104.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:2">
       <x:c r="A1667" s="2">
-        <x:v>43558</x:v>
+        <x:v>43620</x:v>
       </x:c>
       <x:c r="B1667" s="3">
-        <x:v>105.69</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:2">
       <x:c r="A1668" s="2">
-        <x:v>43557</x:v>
+        <x:v>43619</x:v>
       </x:c>
       <x:c r="B1668" s="3">
-        <x:v>105.57</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:2">
       <x:c r="A1669" s="2">
-        <x:v>43556</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B1669" s="3">
-        <x:v>105.43</x:v>
+        <x:v>103.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:2">
       <x:c r="A1670" s="2">
-        <x:v>43553</x:v>
+        <x:v>43614</x:v>
       </x:c>
       <x:c r="B1670" s="3">
-        <x:v>105.03</x:v>
+        <x:v>104.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:2">
       <x:c r="A1671" s="2">
-        <x:v>43552</x:v>
+        <x:v>43613</x:v>
       </x:c>
       <x:c r="B1671" s="3">
-        <x:v>104.73</x:v>
+        <x:v>104.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:2">
       <x:c r="A1672" s="2">
-        <x:v>43551</x:v>
+        <x:v>43612</x:v>
       </x:c>
       <x:c r="B1672" s="3">
-        <x:v>104.64</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:2">
       <x:c r="A1673" s="2">
-        <x:v>43550</x:v>
+        <x:v>43609</x:v>
       </x:c>
       <x:c r="B1673" s="3">
-        <x:v>104.79</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:2">
       <x:c r="A1674" s="2">
-        <x:v>43549</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="B1674" s="3">
-        <x:v>104.45</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:2">
       <x:c r="A1675" s="2">
-        <x:v>43546</x:v>
+        <x:v>43607</x:v>
       </x:c>
       <x:c r="B1675" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:2">
       <x:c r="A1676" s="2">
-        <x:v>43545</x:v>
+        <x:v>43606</x:v>
       </x:c>
       <x:c r="B1676" s="3">
-        <x:v>105.03</x:v>
+        <x:v>104.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:2">
       <x:c r="A1677" s="2">
-        <x:v>43544</x:v>
+        <x:v>43605</x:v>
       </x:c>
       <x:c r="B1677" s="3">
-        <x:v>104.85</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:2">
       <x:c r="A1678" s="2">
-        <x:v>43543</x:v>
+        <x:v>43602</x:v>
       </x:c>
       <x:c r="B1678" s="3">
-        <x:v>105</x:v>
+        <x:v>104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:2">
       <x:c r="A1679" s="2">
-        <x:v>43542</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="B1679" s="3">
-        <x:v>104.85</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:2">
       <x:c r="A1680" s="2">
-        <x:v>43539</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B1680" s="3">
-        <x:v>104.67</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:2">
       <x:c r="A1681" s="2">
-        <x:v>43538</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="B1681" s="3">
-        <x:v>104.57</x:v>
+        <x:v>104.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:2">
       <x:c r="A1682" s="2">
-        <x:v>43537</x:v>
+        <x:v>43598</x:v>
       </x:c>
       <x:c r="B1682" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:2">
       <x:c r="A1683" s="2">
-        <x:v>43536</x:v>
+        <x:v>43595</x:v>
       </x:c>
       <x:c r="B1683" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:2">
       <x:c r="A1684" s="2">
-        <x:v>43535</x:v>
+        <x:v>43593</x:v>
       </x:c>
       <x:c r="B1684" s="3">
-        <x:v>104.12</x:v>
+        <x:v>104.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:2">
       <x:c r="A1685" s="2">
-        <x:v>43532</x:v>
+        <x:v>43592</x:v>
       </x:c>
       <x:c r="B1685" s="3">
-        <x:v>103.77</x:v>
+        <x:v>105.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:2">
       <x:c r="A1686" s="2">
-        <x:v>43531</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="B1686" s="3">
-        <x:v>104.09</x:v>
+        <x:v>105.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:2">
       <x:c r="A1687" s="2">
-        <x:v>43530</x:v>
+        <x:v>43588</x:v>
       </x:c>
       <x:c r="B1687" s="3">
-        <x:v>104.19</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:2">
       <x:c r="A1688" s="2">
-        <x:v>43529</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="B1688" s="3">
-        <x:v>104.15</x:v>
+        <x:v>105.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:2">
       <x:c r="A1689" s="2">
-        <x:v>43528</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B1689" s="3">
-        <x:v>104.21</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:2">
       <x:c r="A1690" s="2">
-        <x:v>43525</x:v>
+        <x:v>43584</x:v>
       </x:c>
       <x:c r="B1690" s="3">
-        <x:v>104.15</x:v>
+        <x:v>105.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:2">
       <x:c r="A1691" s="2">
-        <x:v>43524</x:v>
+        <x:v>43581</x:v>
       </x:c>
       <x:c r="B1691" s="3">
-        <x:v>104.18</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:2">
       <x:c r="A1692" s="2">
-        <x:v>43523</x:v>
+        <x:v>43580</x:v>
       </x:c>
       <x:c r="B1692" s="3">
-        <x:v>104.12</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:2">
       <x:c r="A1693" s="2">
-        <x:v>43522</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="B1693" s="3">
-        <x:v>103.98</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:2">
       <x:c r="A1694" s="2">
-        <x:v>43521</x:v>
+        <x:v>43578</x:v>
       </x:c>
       <x:c r="B1694" s="3">
-        <x:v>103.91</x:v>
+        <x:v>105.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:2">
       <x:c r="A1695" s="2">
-        <x:v>43518</x:v>
+        <x:v>43573</x:v>
       </x:c>
       <x:c r="B1695" s="3">
-        <x:v>103.71</x:v>
+        <x:v>105.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:2">
       <x:c r="A1696" s="2">
-        <x:v>43517</x:v>
+        <x:v>43572</x:v>
       </x:c>
       <x:c r="B1696" s="3">
-        <x:v>103.47</x:v>
+        <x:v>105.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:2">
       <x:c r="A1697" s="2">
-        <x:v>43516</x:v>
+        <x:v>43571</x:v>
       </x:c>
       <x:c r="B1697" s="3">
-        <x:v>103.22</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:2">
       <x:c r="A1698" s="2">
-        <x:v>43515</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B1698" s="3">
-        <x:v>103.18</x:v>
+        <x:v>105.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:2">
       <x:c r="A1699" s="2">
-        <x:v>43514</x:v>
+        <x:v>43567</x:v>
       </x:c>
       <x:c r="B1699" s="3">
-        <x:v>103.09</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:2">
       <x:c r="A1700" s="2">
-        <x:v>43511</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="B1700" s="3">
-        <x:v>102.91</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:2">
       <x:c r="A1701" s="2">
-        <x:v>43510</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="B1701" s="3">
-        <x:v>102.69</x:v>
+        <x:v>105.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:2">
       <x:c r="A1702" s="2">
-        <x:v>43509</x:v>
+        <x:v>43564</x:v>
       </x:c>
       <x:c r="B1702" s="3">
-        <x:v>102.75</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:2">
       <x:c r="A1703" s="2">
-        <x:v>43508</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="B1703" s="3">
-        <x:v>102.52</x:v>
+        <x:v>105.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:2">
       <x:c r="A1704" s="2">
-        <x:v>43507</x:v>
+        <x:v>43560</x:v>
       </x:c>
       <x:c r="B1704" s="3">
-        <x:v>102.29</x:v>
+        <x:v>105.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:2">
       <x:c r="A1705" s="2">
-        <x:v>43504</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="B1705" s="3">
-        <x:v>102.26</x:v>
+        <x:v>105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:2">
       <x:c r="A1706" s="2">
-        <x:v>43503</x:v>
+        <x:v>43558</x:v>
       </x:c>
       <x:c r="B1706" s="3">
-        <x:v>102.54</x:v>
+        <x:v>105.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:2">
       <x:c r="A1707" s="2">
-        <x:v>43502</x:v>
+        <x:v>43557</x:v>
       </x:c>
       <x:c r="B1707" s="3">
-        <x:v>102.9</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:2">
       <x:c r="A1708" s="2">
-        <x:v>43501</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="B1708" s="3">
-        <x:v>102.72</x:v>
+        <x:v>105.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:2">
       <x:c r="A1709" s="2">
-        <x:v>43500</x:v>
+        <x:v>43553</x:v>
       </x:c>
       <x:c r="B1709" s="3">
-        <x:v>102.18</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:2">
       <x:c r="A1710" s="2">
-        <x:v>43497</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="B1710" s="3">
-        <x:v>102.1</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:2">
       <x:c r="A1711" s="2">
-        <x:v>43496</x:v>
+        <x:v>43551</x:v>
       </x:c>
       <x:c r="B1711" s="3">
-        <x:v>102.25</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:2">
       <x:c r="A1712" s="2">
-        <x:v>43495</x:v>
+        <x:v>43550</x:v>
       </x:c>
       <x:c r="B1712" s="3">
-        <x:v>101.75</x:v>
+        <x:v>104.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:2">
       <x:c r="A1713" s="2">
-        <x:v>43494</x:v>
+        <x:v>43549</x:v>
       </x:c>
       <x:c r="B1713" s="3">
-        <x:v>101.6</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:2">
       <x:c r="A1714" s="2">
-        <x:v>43493</x:v>
+        <x:v>43546</x:v>
       </x:c>
       <x:c r="B1714" s="3">
-        <x:v>101.61</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:2">
       <x:c r="A1715" s="2">
-        <x:v>43490</x:v>
+        <x:v>43545</x:v>
       </x:c>
       <x:c r="B1715" s="3">
-        <x:v>101.87</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:2">
       <x:c r="A1716" s="2">
-        <x:v>43489</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="B1716" s="3">
-        <x:v>101.65</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:2">
       <x:c r="A1717" s="2">
-        <x:v>43488</x:v>
+        <x:v>43543</x:v>
       </x:c>
       <x:c r="B1717" s="3">
-        <x:v>101.33</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:2">
       <x:c r="A1718" s="2">
-        <x:v>43487</x:v>
+        <x:v>43542</x:v>
       </x:c>
       <x:c r="B1718" s="3">
-        <x:v>101.21</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:2">
       <x:c r="A1719" s="2">
-        <x:v>43486</x:v>
+        <x:v>43539</x:v>
       </x:c>
       <x:c r="B1719" s="3">
-        <x:v>101.37</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:2">
       <x:c r="A1720" s="2">
-        <x:v>43483</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="B1720" s="3">
-        <x:v>101.37</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:2">
       <x:c r="A1721" s="2">
-        <x:v>43482</x:v>
+        <x:v>43537</x:v>
       </x:c>
       <x:c r="B1721" s="3">
-        <x:v>100.66</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:2">
       <x:c r="A1722" s="2">
-        <x:v>43481</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="B1722" s="3">
-        <x:v>100.69</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:2">
       <x:c r="A1723" s="2">
-        <x:v>43480</x:v>
+        <x:v>43535</x:v>
       </x:c>
       <x:c r="B1723" s="3">
-        <x:v>100.21</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:2">
       <x:c r="A1724" s="2">
-        <x:v>43479</x:v>
+        <x:v>43532</x:v>
       </x:c>
       <x:c r="B1724" s="3">
-        <x:v>99.87</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:2">
       <x:c r="A1725" s="2">
-        <x:v>43476</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="B1725" s="3">
-        <x:v>100</x:v>
+        <x:v>104.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:2">
       <x:c r="A1726" s="2">
-        <x:v>43475</x:v>
+        <x:v>43530</x:v>
       </x:c>
       <x:c r="B1726" s="3">
-        <x:v>99.87</x:v>
+        <x:v>104.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:2">
       <x:c r="A1727" s="2">
-        <x:v>43474</x:v>
+        <x:v>43529</x:v>
       </x:c>
       <x:c r="B1727" s="3">
-        <x:v>99.93</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:2">
       <x:c r="A1728" s="2">
-        <x:v>43473</x:v>
+        <x:v>43528</x:v>
       </x:c>
       <x:c r="B1728" s="3">
-        <x:v>99.34</x:v>
+        <x:v>104.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:2">
       <x:c r="A1729" s="2">
-        <x:v>43472</x:v>
+        <x:v>43525</x:v>
       </x:c>
       <x:c r="B1729" s="3">
-        <x:v>98.94</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:2">
       <x:c r="A1730" s="2">
-        <x:v>43469</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B1730" s="3">
-        <x:v>98.52</x:v>
+        <x:v>104.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:2">
       <x:c r="A1731" s="2">
-        <x:v>43468</x:v>
+        <x:v>43523</x:v>
       </x:c>
       <x:c r="B1731" s="3">
-        <x:v>97.61</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:2">
       <x:c r="A1732" s="2">
-        <x:v>43467</x:v>
+        <x:v>43522</x:v>
       </x:c>
       <x:c r="B1732" s="3">
-        <x:v>97.58</x:v>
+        <x:v>103.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:2">
       <x:c r="A1733" s="2">
-        <x:v>43465</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="B1733" s="3">
-        <x:v>97.69</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:2">
       <x:c r="A1734" s="2">
-        <x:v>43462</x:v>
+        <x:v>43518</x:v>
       </x:c>
       <x:c r="B1734" s="3">
-        <x:v>97.64</x:v>
+        <x:v>103.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:2">
       <x:c r="A1735" s="2">
-        <x:v>43461</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="B1735" s="3">
-        <x:v>97.28</x:v>
+        <x:v>103.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:2">
       <x:c r="A1736" s="2">
-        <x:v>43458</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="B1736" s="3">
-        <x:v>97.42</x:v>
+        <x:v>103.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:2">
       <x:c r="A1737" s="2">
-        <x:v>43455</x:v>
+        <x:v>43515</x:v>
       </x:c>
       <x:c r="B1737" s="3">
-        <x:v>97.64</x:v>
+        <x:v>103.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:2">
       <x:c r="A1738" s="2">
-        <x:v>43454</x:v>
+        <x:v>43514</x:v>
       </x:c>
       <x:c r="B1738" s="3">
-        <x:v>97.96</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:2">
       <x:c r="A1739" s="2">
-        <x:v>43453</x:v>
+        <x:v>43511</x:v>
       </x:c>
       <x:c r="B1739" s="3">
-        <x:v>98.5</x:v>
+        <x:v>102.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:2">
       <x:c r="A1740" s="2">
-        <x:v>43452</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="B1740" s="3">
-        <x:v>98.48</x:v>
+        <x:v>102.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:2">
       <x:c r="A1741" s="2">
-        <x:v>43451</x:v>
+        <x:v>43509</x:v>
       </x:c>
       <x:c r="B1741" s="3">
-        <x:v>98.67</x:v>
+        <x:v>102.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:2">
       <x:c r="A1742" s="2">
-        <x:v>43448</x:v>
+        <x:v>43508</x:v>
       </x:c>
       <x:c r="B1742" s="3">
-        <x:v>99.13</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:2">
       <x:c r="A1743" s="2">
-        <x:v>43447</x:v>
+        <x:v>43507</x:v>
       </x:c>
       <x:c r="B1743" s="3">
-        <x:v>99.32</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:2">
       <x:c r="A1744" s="2">
-        <x:v>43446</x:v>
+        <x:v>43504</x:v>
       </x:c>
       <x:c r="B1744" s="3">
-        <x:v>99</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:2">
       <x:c r="A1745" s="2">
-        <x:v>43445</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="B1745" s="3">
-        <x:v>98.56</x:v>
+        <x:v>102.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:2">
       <x:c r="A1746" s="2">
-        <x:v>43444</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="B1746" s="3">
-        <x:v>98.32</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:2">
       <x:c r="A1747" s="2">
-        <x:v>43441</x:v>
+        <x:v>43501</x:v>
       </x:c>
       <x:c r="B1747" s="3">
-        <x:v>98.89</x:v>
+        <x:v>102.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:2">
       <x:c r="A1748" s="2">
-        <x:v>43440</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="B1748" s="3">
-        <x:v>98.66</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:2">
       <x:c r="A1749" s="2">
-        <x:v>43439</x:v>
+        <x:v>43497</x:v>
       </x:c>
       <x:c r="B1749" s="3">
-        <x:v>99.26</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:2">
       <x:c r="A1750" s="2">
-        <x:v>43438</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B1750" s="3">
-        <x:v>99.58</x:v>
+        <x:v>102.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:2">
       <x:c r="A1751" s="2">
-        <x:v>43437</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="B1751" s="3">
-        <x:v>100.01</x:v>
+        <x:v>101.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:2">
       <x:c r="A1752" s="2">
-        <x:v>43434</x:v>
+        <x:v>43494</x:v>
       </x:c>
       <x:c r="B1752" s="3">
-        <x:v>99.43</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:2">
       <x:c r="A1753" s="2">
-        <x:v>43433</x:v>
+        <x:v>43493</x:v>
       </x:c>
       <x:c r="B1753" s="3">
-        <x:v>99.41</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:2">
       <x:c r="A1754" s="2">
-        <x:v>43432</x:v>
+        <x:v>43490</x:v>
       </x:c>
       <x:c r="B1754" s="3">
-        <x:v>99.23</x:v>
+        <x:v>101.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:2">
       <x:c r="A1755" s="2">
-        <x:v>43431</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="B1755" s="3">
-        <x:v>99.12</x:v>
+        <x:v>101.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:2">
       <x:c r="A1756" s="2">
-        <x:v>43430</x:v>
+        <x:v>43488</x:v>
       </x:c>
       <x:c r="B1756" s="3">
-        <x:v>99.48</x:v>
+        <x:v>101.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:2">
       <x:c r="A1757" s="2">
-        <x:v>43427</x:v>
+        <x:v>43487</x:v>
       </x:c>
       <x:c r="B1757" s="3">
-        <x:v>99.38</x:v>
+        <x:v>101.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:2">
       <x:c r="A1758" s="2">
-        <x:v>43426</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="B1758" s="3">
-        <x:v>99.48</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:2">
       <x:c r="A1759" s="2">
-        <x:v>43425</x:v>
+        <x:v>43483</x:v>
       </x:c>
       <x:c r="B1759" s="3">
-        <x:v>99.49</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:2">
       <x:c r="A1760" s="2">
-        <x:v>43424</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="B1760" s="3">
-        <x:v>99.09</x:v>
+        <x:v>100.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:2">
       <x:c r="A1761" s="2">
-        <x:v>43423</x:v>
+        <x:v>43481</x:v>
       </x:c>
       <x:c r="B1761" s="3">
-        <x:v>99.98</x:v>
+        <x:v>100.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:2">
       <x:c r="A1762" s="2">
-        <x:v>43420</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B1762" s="3">
-        <x:v>100.53</x:v>
+        <x:v>100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:2">
       <x:c r="A1763" s="2">
-        <x:v>43419</x:v>
+        <x:v>43479</x:v>
       </x:c>
       <x:c r="B1763" s="3">
-        <x:v>100.83</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:2">
       <x:c r="A1764" s="2">
-        <x:v>43418</x:v>
+        <x:v>43476</x:v>
       </x:c>
       <x:c r="B1764" s="3">
-        <x:v>101.35</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:2">
       <x:c r="A1765" s="2">
-        <x:v>43417</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="B1765" s="3">
-        <x:v>101.69</x:v>
+        <x:v>99.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:2">
       <x:c r="A1766" s="2">
-        <x:v>43416</x:v>
+        <x:v>43474</x:v>
       </x:c>
       <x:c r="B1766" s="3">
-        <x:v>101.81</x:v>
+        <x:v>99.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:2">
       <x:c r="A1767" s="2">
-        <x:v>43413</x:v>
+        <x:v>43473</x:v>
       </x:c>
       <x:c r="B1767" s="3">
-        <x:v>102.02</x:v>
+        <x:v>99.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:2">
       <x:c r="A1768" s="2">
-        <x:v>43412</x:v>
+        <x:v>43472</x:v>
       </x:c>
       <x:c r="B1768" s="3">
-        <x:v>102.2</x:v>
+        <x:v>98.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:2">
       <x:c r="A1769" s="2">
-        <x:v>43411</x:v>
+        <x:v>43469</x:v>
       </x:c>
       <x:c r="B1769" s="3">
-        <x:v>102.24</x:v>
+        <x:v>98.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:2">
       <x:c r="A1770" s="2">
-        <x:v>43410</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="B1770" s="3">
-        <x:v>101.95</x:v>
+        <x:v>97.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:2">
       <x:c r="A1771" s="2">
-        <x:v>43409</x:v>
+        <x:v>43467</x:v>
       </x:c>
       <x:c r="B1771" s="3">
-        <x:v>101.81</x:v>
+        <x:v>97.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:2">
       <x:c r="A1772" s="2">
-        <x:v>43406</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B1772" s="3">
-        <x:v>101.78</x:v>
+        <x:v>97.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:2">
       <x:c r="A1773" s="2">
-        <x:v>43404</x:v>
+        <x:v>43462</x:v>
       </x:c>
       <x:c r="B1773" s="3">
-        <x:v>101.37</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:2">
       <x:c r="A1774" s="2">
-        <x:v>43403</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="B1774" s="3">
-        <x:v>101.25</x:v>
+        <x:v>97.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:2">
       <x:c r="A1775" s="2">
-        <x:v>43402</x:v>
+        <x:v>43458</x:v>
       </x:c>
       <x:c r="B1775" s="3">
-        <x:v>101.3</x:v>
+        <x:v>97.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:2">
       <x:c r="A1776" s="2">
-        <x:v>43399</x:v>
+        <x:v>43455</x:v>
       </x:c>
       <x:c r="B1776" s="3">
-        <x:v>101.28</x:v>
+        <x:v>97.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:2">
       <x:c r="A1777" s="2">
-        <x:v>43398</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="B1777" s="3">
-        <x:v>101.47</x:v>
+        <x:v>97.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:2">
       <x:c r="A1778" s="2">
-        <x:v>43397</x:v>
+        <x:v>43453</x:v>
       </x:c>
       <x:c r="B1778" s="3">
-        <x:v>101.35</x:v>
+        <x:v>98.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:2">
       <x:c r="A1779" s="2">
-        <x:v>43396</x:v>
+        <x:v>43452</x:v>
       </x:c>
       <x:c r="B1779" s="3">
-        <x:v>101.22</x:v>
+        <x:v>98.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:2">
       <x:c r="A1780" s="2">
-        <x:v>43395</x:v>
+        <x:v>43451</x:v>
       </x:c>
       <x:c r="B1780" s="3">
-        <x:v>101.6</x:v>
+        <x:v>98.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:2">
       <x:c r="A1781" s="2">
-        <x:v>43392</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="B1781" s="3">
-        <x:v>101.68</x:v>
+        <x:v>99.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:2">
       <x:c r="A1782" s="2">
-        <x:v>43391</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="B1782" s="3">
-        <x:v>101.83</x:v>
+        <x:v>99.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:2">
       <x:c r="A1783" s="2">
-        <x:v>43390</x:v>
+        <x:v>43446</x:v>
       </x:c>
       <x:c r="B1783" s="3">
-        <x:v>102.1</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:2">
       <x:c r="A1784" s="2">
-        <x:v>43389</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="B1784" s="3">
-        <x:v>102</x:v>
+        <x:v>98.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:2">
       <x:c r="A1785" s="2">
-        <x:v>43388</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="B1785" s="3">
-        <x:v>101.61</x:v>
+        <x:v>98.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:2">
       <x:c r="A1786" s="2">
-        <x:v>43385</x:v>
+        <x:v>43441</x:v>
       </x:c>
       <x:c r="B1786" s="3">
-        <x:v>101.51</x:v>
+        <x:v>98.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:2">
       <x:c r="A1787" s="2">
-        <x:v>43384</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="B1787" s="3">
-        <x:v>101.3</x:v>
+        <x:v>98.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:2">
       <x:c r="A1788" s="2">
-        <x:v>43383</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="B1788" s="3">
-        <x:v>101.89</x:v>
+        <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:2">
       <x:c r="A1789" s="2">
-        <x:v>43382</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="B1789" s="3">
-        <x:v>102.23</x:v>
+        <x:v>99.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:2">
       <x:c r="A1790" s="2">
-        <x:v>43381</x:v>
+        <x:v>43437</x:v>
       </x:c>
       <x:c r="B1790" s="3">
-        <x:v>102.36</x:v>
+        <x:v>100.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:2">
       <x:c r="A1791" s="2">
-        <x:v>43378</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B1791" s="3">
-        <x:v>102.39</x:v>
+        <x:v>99.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:2">
       <x:c r="A1792" s="2">
-        <x:v>43377</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="B1792" s="3">
-        <x:v>102.71</x:v>
+        <x:v>99.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:2">
       <x:c r="A1793" s="2">
-        <x:v>43376</x:v>
+        <x:v>43432</x:v>
       </x:c>
       <x:c r="B1793" s="3">
-        <x:v>103.35</x:v>
+        <x:v>99.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:2">
       <x:c r="A1794" s="2">
-        <x:v>43375</x:v>
+        <x:v>43431</x:v>
       </x:c>
       <x:c r="B1794" s="3">
-        <x:v>103.3</x:v>
+        <x:v>99.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:2">
       <x:c r="A1795" s="2">
-        <x:v>43374</x:v>
+        <x:v>43430</x:v>
       </x:c>
       <x:c r="B1795" s="3">
-        <x:v>103.48</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:2">
       <x:c r="A1796" s="2">
-        <x:v>43371</x:v>
+        <x:v>43427</x:v>
       </x:c>
       <x:c r="B1796" s="3">
-        <x:v>103.49</x:v>
+        <x:v>99.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:2">
       <x:c r="A1797" s="2">
-        <x:v>43370</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="B1797" s="3">
-        <x:v>103.65</x:v>
+        <x:v>99.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:2">
       <x:c r="A1798" s="2">
-        <x:v>43369</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="B1798" s="3">
-        <x:v>103.37</x:v>
+        <x:v>99.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:2">
       <x:c r="A1799" s="2">
-        <x:v>43368</x:v>
+        <x:v>43424</x:v>
       </x:c>
       <x:c r="B1799" s="3">
-        <x:v>103.29</x:v>
+        <x:v>99.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:2">
       <x:c r="A1800" s="2">
-        <x:v>43367</x:v>
+        <x:v>43423</x:v>
       </x:c>
       <x:c r="B1800" s="3">
-        <x:v>103.3</x:v>
+        <x:v>99.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:2">
       <x:c r="A1801" s="2">
-        <x:v>43364</x:v>
+        <x:v>43420</x:v>
       </x:c>
       <x:c r="B1801" s="3">
-        <x:v>103.38</x:v>
+        <x:v>100.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:2">
       <x:c r="A1802" s="2">
-        <x:v>43363</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B1802" s="3">
-        <x:v>103.04</x:v>
+        <x:v>100.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:2">
       <x:c r="A1803" s="2">
-        <x:v>43362</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="B1803" s="3">
-        <x:v>102.61</x:v>
+        <x:v>101.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:2">
       <x:c r="A1804" s="2">
-        <x:v>43361</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="B1804" s="3">
-        <x:v>102.45</x:v>
+        <x:v>101.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:2">
       <x:c r="A1805" s="2">
-        <x:v>43360</x:v>
+        <x:v>43416</x:v>
       </x:c>
       <x:c r="B1805" s="3">
-        <x:v>102.42</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:2">
       <x:c r="A1806" s="2">
-        <x:v>43357</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="B1806" s="3">
-        <x:v>102.44</x:v>
+        <x:v>102.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:2">
       <x:c r="A1807" s="2">
-        <x:v>43356</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="B1807" s="3">
-        <x:v>102.22</x:v>
+        <x:v>102.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:2">
       <x:c r="A1808" s="2">
-        <x:v>43355</x:v>
+        <x:v>43411</x:v>
       </x:c>
       <x:c r="B1808" s="3">
-        <x:v>101.85</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:2">
       <x:c r="A1809" s="2">
-        <x:v>43354</x:v>
+        <x:v>43410</x:v>
       </x:c>
       <x:c r="B1809" s="3">
-        <x:v>101.61</x:v>
+        <x:v>101.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:2">
       <x:c r="A1810" s="2">
-        <x:v>43353</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="B1810" s="3">
-        <x:v>101.73</x:v>
+        <x:v>101.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:2">
       <x:c r="A1811" s="2">
-        <x:v>43350</x:v>
+        <x:v>43406</x:v>
       </x:c>
       <x:c r="B1811" s="3">
         <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:2">
       <x:c r="A1812" s="2">
-        <x:v>43349</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B1812" s="3">
-        <x:v>101.78</x:v>
+        <x:v>101.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:2">
       <x:c r="A1813" s="2">
-        <x:v>43348</x:v>
+        <x:v>43403</x:v>
       </x:c>
       <x:c r="B1813" s="3">
-        <x:v>101.62</x:v>
+        <x:v>101.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:2">
       <x:c r="A1814" s="2">
-        <x:v>43347</x:v>
+        <x:v>43402</x:v>
       </x:c>
       <x:c r="B1814" s="3">
-        <x:v>101.74</x:v>
+        <x:v>101.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:2">
       <x:c r="A1815" s="2">
-        <x:v>43346</x:v>
+        <x:v>43399</x:v>
       </x:c>
       <x:c r="B1815" s="3">
-        <x:v>102.26</x:v>
+        <x:v>101.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:2">
       <x:c r="A1816" s="2">
-        <x:v>43343</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="B1816" s="3">
-        <x:v>102.28</x:v>
+        <x:v>101.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:2">
       <x:c r="A1817" s="2">
-        <x:v>43342</x:v>
+        <x:v>43397</x:v>
       </x:c>
       <x:c r="B1817" s="3">
-        <x:v>102.6</x:v>
+        <x:v>101.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:2">
       <x:c r="A1818" s="2">
-        <x:v>43341</x:v>
+        <x:v>43396</x:v>
       </x:c>
       <x:c r="B1818" s="3">
-        <x:v>102.98</x:v>
+        <x:v>101.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:2">
       <x:c r="A1819" s="2">
-        <x:v>43340</x:v>
+        <x:v>43395</x:v>
       </x:c>
       <x:c r="B1819" s="3">
-        <x:v>103.03</x:v>
+        <x:v>101.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:2">
       <x:c r="A1820" s="2">
-        <x:v>43339</x:v>
+        <x:v>43392</x:v>
       </x:c>
       <x:c r="B1820" s="3">
-        <x:v>102.96</x:v>
+        <x:v>101.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:2">
       <x:c r="A1821" s="2">
-        <x:v>43336</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="B1821" s="3">
-        <x:v>102.85</x:v>
+        <x:v>101.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:2">
       <x:c r="A1822" s="2">
-        <x:v>43335</x:v>
+        <x:v>43390</x:v>
       </x:c>
       <x:c r="B1822" s="3">
-        <x:v>102.86</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:2">
       <x:c r="A1823" s="2">
-        <x:v>43334</x:v>
+        <x:v>43389</x:v>
       </x:c>
       <x:c r="B1823" s="3">
-        <x:v>102.9</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:2">
       <x:c r="A1824" s="2">
-        <x:v>43333</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B1824" s="3">
-        <x:v>102.66</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:2">
       <x:c r="A1825" s="2">
-        <x:v>43332</x:v>
+        <x:v>43385</x:v>
       </x:c>
       <x:c r="B1825" s="3">
-        <x:v>102.52</x:v>
+        <x:v>101.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:2">
       <x:c r="A1826" s="2">
-        <x:v>43329</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="B1826" s="3">
-        <x:v>102.42</x:v>
+        <x:v>101.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:2">
       <x:c r="A1827" s="2">
-        <x:v>43328</x:v>
+        <x:v>43383</x:v>
       </x:c>
       <x:c r="B1827" s="3">
-        <x:v>102.45</x:v>
+        <x:v>101.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:2">
       <x:c r="A1828" s="2">
-        <x:v>43326</x:v>
+        <x:v>43382</x:v>
       </x:c>
       <x:c r="B1828" s="3">
-        <x:v>102.43</x:v>
+        <x:v>102.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:2">
       <x:c r="A1829" s="2">
-        <x:v>43325</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="B1829" s="3">
-        <x:v>102.1</x:v>
+        <x:v>102.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:2">
       <x:c r="A1830" s="2">
-        <x:v>43322</x:v>
+        <x:v>43378</x:v>
       </x:c>
       <x:c r="B1830" s="3">
-        <x:v>102.96</x:v>
+        <x:v>102.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:2">
       <x:c r="A1831" s="2">
-        <x:v>43321</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="B1831" s="3">
-        <x:v>103.77</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:2">
       <x:c r="A1832" s="2">
-        <x:v>43320</x:v>
+        <x:v>43376</x:v>
       </x:c>
       <x:c r="B1832" s="3">
-        <x:v>103.9</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:2">
       <x:c r="A1833" s="2">
-        <x:v>43319</x:v>
+        <x:v>43375</x:v>
       </x:c>
       <x:c r="B1833" s="3">
-        <x:v>104.02</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:2">
       <x:c r="A1834" s="2">
-        <x:v>43318</x:v>
+        <x:v>43374</x:v>
       </x:c>
       <x:c r="B1834" s="3">
-        <x:v>103.94</x:v>
+        <x:v>103.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:2">
       <x:c r="A1835" s="2">
-        <x:v>43315</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B1835" s="3">
-        <x:v>103.95</x:v>
+        <x:v>103.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:2">
       <x:c r="A1836" s="2">
-        <x:v>43314</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="B1836" s="3">
-        <x:v>103.63</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:2">
       <x:c r="A1837" s="2">
-        <x:v>43313</x:v>
+        <x:v>43369</x:v>
       </x:c>
       <x:c r="B1837" s="3">
-        <x:v>103.94</x:v>
+        <x:v>103.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:2">
       <x:c r="A1838" s="2">
-        <x:v>43312</x:v>
+        <x:v>43368</x:v>
       </x:c>
       <x:c r="B1838" s="3">
-        <x:v>104.16</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:2">
       <x:c r="A1839" s="2">
-        <x:v>43311</x:v>
+        <x:v>43367</x:v>
       </x:c>
       <x:c r="B1839" s="3">
-        <x:v>104.02</x:v>
+        <x:v>103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:2">
       <x:c r="A1840" s="2">
-        <x:v>43308</x:v>
+        <x:v>43364</x:v>
       </x:c>
       <x:c r="B1840" s="3">
-        <x:v>104.08</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:2">
       <x:c r="A1841" s="2">
-        <x:v>43307</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="B1841" s="3">
-        <x:v>103.92</x:v>
+        <x:v>103.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:2">
       <x:c r="A1842" s="2">
-        <x:v>43306</x:v>
+        <x:v>43362</x:v>
       </x:c>
       <x:c r="B1842" s="3">
-        <x:v>103.55</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:2">
       <x:c r="A1843" s="2">
-        <x:v>43305</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="B1843" s="3">
-        <x:v>103.43</x:v>
+        <x:v>102.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:2">
       <x:c r="A1844" s="2">
-        <x:v>43304</x:v>
+        <x:v>43360</x:v>
       </x:c>
       <x:c r="B1844" s="3">
-        <x:v>103.35</x:v>
+        <x:v>102.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:2">
       <x:c r="A1845" s="2">
-        <x:v>43301</x:v>
+        <x:v>43357</x:v>
       </x:c>
       <x:c r="B1845" s="3">
-        <x:v>103.42</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:2">
       <x:c r="A1846" s="2">
-        <x:v>43300</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="B1846" s="3">
-        <x:v>103.44</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:2">
       <x:c r="A1847" s="2">
-        <x:v>43299</x:v>
+        <x:v>43355</x:v>
       </x:c>
       <x:c r="B1847" s="3">
-        <x:v>103.53</x:v>
+        <x:v>101.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:2">
       <x:c r="A1848" s="2">
-        <x:v>43298</x:v>
+        <x:v>43354</x:v>
       </x:c>
       <x:c r="B1848" s="3">
-        <x:v>103.4</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:2">
       <x:c r="A1849" s="2">
-        <x:v>43297</x:v>
+        <x:v>43353</x:v>
       </x:c>
       <x:c r="B1849" s="3">
-        <x:v>103.44</x:v>
+        <x:v>101.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:2">
       <x:c r="A1850" s="2">
-        <x:v>43294</x:v>
+        <x:v>43350</x:v>
       </x:c>
       <x:c r="B1850" s="3">
-        <x:v>103.59</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:2">
       <x:c r="A1851" s="2">
-        <x:v>43293</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="B1851" s="3">
-        <x:v>103.36</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:2">
       <x:c r="A1852" s="2">
-        <x:v>43292</x:v>
+        <x:v>43348</x:v>
       </x:c>
       <x:c r="B1852" s="3">
-        <x:v>103.17</x:v>
+        <x:v>101.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:2">
       <x:c r="A1853" s="2">
-        <x:v>43291</x:v>
+        <x:v>43347</x:v>
       </x:c>
       <x:c r="B1853" s="3">
-        <x:v>103.6</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:2">
       <x:c r="A1854" s="2">
-        <x:v>43290</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="B1854" s="3">
-        <x:v>103.51</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:2">
       <x:c r="A1855" s="2">
-        <x:v>43287</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B1855" s="3">
-        <x:v>103.05</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:2">
       <x:c r="A1856" s="2">
-        <x:v>43286</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="B1856" s="3">
-        <x:v>102.7</x:v>
+        <x:v>102.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:2">
       <x:c r="A1857" s="2">
-        <x:v>43285</x:v>
+        <x:v>43341</x:v>
       </x:c>
       <x:c r="B1857" s="3">
-        <x:v>102.31</x:v>
+        <x:v>102.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:2">
       <x:c r="A1858" s="2">
-        <x:v>43284</x:v>
+        <x:v>43340</x:v>
       </x:c>
       <x:c r="B1858" s="3">
-        <x:v>102.28</x:v>
+        <x:v>103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:2">
       <x:c r="A1859" s="2">
-        <x:v>43283</x:v>
+        <x:v>43339</x:v>
       </x:c>
       <x:c r="B1859" s="3">
-        <x:v>101.74</x:v>
+        <x:v>102.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:2">
       <x:c r="A1860" s="2">
-        <x:v>43280</x:v>
+        <x:v>43336</x:v>
       </x:c>
       <x:c r="B1860" s="3">
-        <x:v>102.05</x:v>
+        <x:v>102.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:2">
       <x:c r="A1861" s="2">
-        <x:v>43279</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="B1861" s="3">
-        <x:v>101.94</x:v>
+        <x:v>102.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:2">
       <x:c r="A1862" s="2">
-        <x:v>43278</x:v>
+        <x:v>43334</x:v>
       </x:c>
       <x:c r="B1862" s="3">
-        <x:v>102.26</x:v>
+        <x:v>102.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:2">
       <x:c r="A1863" s="2">
-        <x:v>43277</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="B1863" s="3">
-        <x:v>102.22</x:v>
+        <x:v>102.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:2">
       <x:c r="A1864" s="2">
-        <x:v>43276</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="B1864" s="3">
-        <x:v>102.32</x:v>
+        <x:v>102.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:2">
       <x:c r="A1865" s="2">
-        <x:v>43273</x:v>
+        <x:v>43329</x:v>
       </x:c>
       <x:c r="B1865" s="3">
-        <x:v>102.87</x:v>
+        <x:v>102.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:2">
       <x:c r="A1866" s="2">
-        <x:v>43272</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="B1866" s="3">
-        <x:v>102.37</x:v>
+        <x:v>102.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:2">
       <x:c r="A1867" s="2">
-        <x:v>43271</x:v>
+        <x:v>43326</x:v>
       </x:c>
       <x:c r="B1867" s="3">
-        <x:v>102.44</x:v>
+        <x:v>102.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:2">
       <x:c r="A1868" s="2">
-        <x:v>43270</x:v>
+        <x:v>43325</x:v>
       </x:c>
       <x:c r="B1868" s="3">
-        <x:v>102</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:2">
       <x:c r="A1869" s="2">
-        <x:v>43269</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="B1869" s="3">
-        <x:v>102.47</x:v>
+        <x:v>102.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:2">
       <x:c r="A1870" s="2">
-        <x:v>43266</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="B1870" s="3">
-        <x:v>102.92</x:v>
+        <x:v>103.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:2">
       <x:c r="A1871" s="2">
-        <x:v>43265</x:v>
+        <x:v>43320</x:v>
       </x:c>
       <x:c r="B1871" s="3">
-        <x:v>103.31</x:v>
+        <x:v>103.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:2">
       <x:c r="A1872" s="2">
-        <x:v>43264</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="B1872" s="3">
-        <x:v>103.03</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:2">
       <x:c r="A1873" s="2">
-        <x:v>43263</x:v>
+        <x:v>43318</x:v>
       </x:c>
       <x:c r="B1873" s="3">
-        <x:v>103.09</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:2">
       <x:c r="A1874" s="2">
-        <x:v>43262</x:v>
+        <x:v>43315</x:v>
       </x:c>
       <x:c r="B1874" s="3">
-        <x:v>103.29</x:v>
+        <x:v>103.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:2">
       <x:c r="A1875" s="2">
-        <x:v>43259</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="B1875" s="3">
-        <x:v>103.23</x:v>
+        <x:v>103.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:2">
       <x:c r="A1876" s="2">
-        <x:v>43258</x:v>
+        <x:v>43313</x:v>
       </x:c>
       <x:c r="B1876" s="3">
-        <x:v>103.43</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:2">
       <x:c r="A1877" s="2">
-        <x:v>43257</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B1877" s="3">
-        <x:v>103.36</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:2">
       <x:c r="A1878" s="2">
-        <x:v>43256</x:v>
+        <x:v>43311</x:v>
       </x:c>
       <x:c r="B1878" s="3">
-        <x:v>103.4</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:2">
       <x:c r="A1879" s="2">
-        <x:v>43255</x:v>
+        <x:v>43308</x:v>
       </x:c>
       <x:c r="B1879" s="3">
-        <x:v>103.51</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:2">
       <x:c r="A1880" s="2">
-        <x:v>43252</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="B1880" s="3">
-        <x:v>103.15</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:2">
       <x:c r="A1881" s="2">
-        <x:v>43251</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="B1881" s="3">
-        <x:v>103.1</x:v>
+        <x:v>103.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:2">
       <x:c r="A1882" s="2">
-        <x:v>43250</x:v>
+        <x:v>43305</x:v>
       </x:c>
       <x:c r="B1882" s="3">
-        <x:v>103.46</x:v>
+        <x:v>103.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:2">
       <x:c r="A1883" s="2">
-        <x:v>43249</x:v>
+        <x:v>43304</x:v>
       </x:c>
       <x:c r="B1883" s="3">
-        <x:v>103.42</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:2">
       <x:c r="A1884" s="2">
-        <x:v>43248</x:v>
+        <x:v>43301</x:v>
       </x:c>
       <x:c r="B1884" s="3">
-        <x:v>103.91</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:2">
       <x:c r="A1885" s="2">
-        <x:v>43245</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="B1885" s="3">
-        <x:v>103.97</x:v>
+        <x:v>103.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:2">
       <x:c r="A1886" s="2">
-        <x:v>43244</x:v>
+        <x:v>43299</x:v>
       </x:c>
       <x:c r="B1886" s="3">
-        <x:v>103.98</x:v>
+        <x:v>103.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:2">
       <x:c r="A1887" s="2">
-        <x:v>43243</x:v>
+        <x:v>43298</x:v>
       </x:c>
       <x:c r="B1887" s="3">
-        <x:v>103.93</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:2">
       <x:c r="A1888" s="2">
-        <x:v>43242</x:v>
+        <x:v>43297</x:v>
       </x:c>
       <x:c r="B1888" s="3">
-        <x:v>104.08</x:v>
+        <x:v>103.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:2">
       <x:c r="A1889" s="2">
-        <x:v>43238</x:v>
+        <x:v>43294</x:v>
       </x:c>
       <x:c r="B1889" s="3">
-        <x:v>103.82</x:v>
+        <x:v>103.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:2">
       <x:c r="A1890" s="2">
-        <x:v>43237</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="B1890" s="3">
-        <x:v>104.12</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:2">
       <x:c r="A1891" s="2">
-        <x:v>43236</x:v>
+        <x:v>43292</x:v>
       </x:c>
       <x:c r="B1891" s="3">
-        <x:v>104.1</x:v>
+        <x:v>103.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:2">
       <x:c r="A1892" s="2">
-        <x:v>43235</x:v>
+        <x:v>43291</x:v>
       </x:c>
       <x:c r="B1892" s="3">
-        <x:v>104.17</x:v>
+        <x:v>103.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:2">
       <x:c r="A1893" s="2">
-        <x:v>43234</x:v>
+        <x:v>43290</x:v>
       </x:c>
       <x:c r="B1893" s="3">
-        <x:v>104.6</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:2">
       <x:c r="A1894" s="2">
-        <x:v>43231</x:v>
+        <x:v>43287</x:v>
       </x:c>
       <x:c r="B1894" s="3">
-        <x:v>104.62</x:v>
+        <x:v>103.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:2">
       <x:c r="A1895" s="2">
-        <x:v>43229</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="B1895" s="3">
-        <x:v>103.78</x:v>
+        <x:v>102.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:2">
       <x:c r="A1896" s="2">
-        <x:v>43227</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="B1896" s="3">
-        <x:v>104.2</x:v>
+        <x:v>102.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:2">
       <x:c r="A1897" s="2">
-        <x:v>43224</x:v>
+        <x:v>43284</x:v>
       </x:c>
       <x:c r="B1897" s="3">
-        <x:v>104.08</x:v>
+        <x:v>102.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:2">
       <x:c r="A1898" s="2">
-        <x:v>43223</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="B1898" s="3">
-        <x:v>104.08</x:v>
+        <x:v>101.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:2">
       <x:c r="A1899" s="2">
-        <x:v>43222</x:v>
+        <x:v>43280</x:v>
       </x:c>
       <x:c r="B1899" s="3">
-        <x:v>104.33</x:v>
+        <x:v>102.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:2">
       <x:c r="A1900" s="2">
-        <x:v>43220</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="B1900" s="3">
-        <x:v>104.62</x:v>
+        <x:v>101.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:2">
       <x:c r="A1901" s="2">
-        <x:v>43217</x:v>
+        <x:v>43278</x:v>
       </x:c>
       <x:c r="B1901" s="3">
-        <x:v>104.6</x:v>
+        <x:v>102.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:2">
       <x:c r="A1902" s="2">
-        <x:v>43216</x:v>
+        <x:v>43277</x:v>
       </x:c>
       <x:c r="B1902" s="3">
-        <x:v>104.43</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:2">
       <x:c r="A1903" s="2">
-        <x:v>43215</x:v>
+        <x:v>43276</x:v>
       </x:c>
       <x:c r="B1903" s="3">
-        <x:v>104.11</x:v>
+        <x:v>102.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:2">
       <x:c r="A1904" s="2">
-        <x:v>43214</x:v>
+        <x:v>43273</x:v>
       </x:c>
       <x:c r="B1904" s="3">
-        <x:v>104.49</x:v>
+        <x:v>102.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:2">
       <x:c r="A1905" s="2">
-        <x:v>43213</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="B1905" s="3">
-        <x:v>104.47</x:v>
+        <x:v>102.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:2">
       <x:c r="A1906" s="2">
-        <x:v>43210</x:v>
+        <x:v>43271</x:v>
       </x:c>
       <x:c r="B1906" s="3">
-        <x:v>104.55</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:2">
       <x:c r="A1907" s="2">
-        <x:v>43209</x:v>
+        <x:v>43270</x:v>
       </x:c>
       <x:c r="B1907" s="3">
-        <x:v>104.72</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:2">
       <x:c r="A1908" s="2">
-        <x:v>43208</x:v>
+        <x:v>43269</x:v>
       </x:c>
       <x:c r="B1908" s="3">
-        <x:v>104.85</x:v>
+        <x:v>102.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:2">
       <x:c r="A1909" s="2">
-        <x:v>43207</x:v>
+        <x:v>43266</x:v>
       </x:c>
       <x:c r="B1909" s="3">
-        <x:v>104.7</x:v>
+        <x:v>102.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:2">
       <x:c r="A1910" s="2">
-        <x:v>43206</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="B1910" s="3">
-        <x:v>104.55</x:v>
+        <x:v>103.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:2">
       <x:c r="A1911" s="2">
-        <x:v>43203</x:v>
+        <x:v>43264</x:v>
       </x:c>
       <x:c r="B1911" s="3">
-        <x:v>104.64</x:v>
+        <x:v>103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:2">
       <x:c r="A1912" s="2">
-        <x:v>43202</x:v>
+        <x:v>43263</x:v>
       </x:c>
       <x:c r="B1912" s="3">
-        <x:v>104.48</x:v>
+        <x:v>103.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:2">
       <x:c r="A1913" s="2">
-        <x:v>43201</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="B1913" s="3">
-        <x:v>104.27</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:2">
       <x:c r="A1914" s="2">
-        <x:v>43200</x:v>
+        <x:v>43259</x:v>
       </x:c>
       <x:c r="B1914" s="3">
-        <x:v>104.32</x:v>
+        <x:v>103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:2">
       <x:c r="A1915" s="2">
-        <x:v>43199</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="B1915" s="3">
-        <x:v>104.15</x:v>
+        <x:v>103.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:2">
       <x:c r="A1916" s="2">
-        <x:v>43196</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="B1916" s="3">
-        <x:v>104.24</x:v>
+        <x:v>103.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:2">
       <x:c r="A1917" s="2">
-        <x:v>43195</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="B1917" s="3">
-        <x:v>104.35</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:2">
       <x:c r="A1918" s="2">
-        <x:v>43194</x:v>
+        <x:v>43255</x:v>
       </x:c>
       <x:c r="B1918" s="3">
-        <x:v>103.72</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1919" spans="1:2">
       <x:c r="A1919" s="2">
-        <x:v>43193</x:v>
+        <x:v>43252</x:v>
       </x:c>
       <x:c r="B1919" s="3">
-        <x:v>103.71</x:v>
+        <x:v>103.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:2">
       <x:c r="A1920" s="2">
-        <x:v>43188</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B1920" s="3">
-        <x:v>103.81</x:v>
+        <x:v>103.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:2">
       <x:c r="A1921" s="2">
-        <x:v>43187</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="B1921" s="3">
-        <x:v>103.53</x:v>
+        <x:v>103.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:2">
       <x:c r="A1922" s="2">
-        <x:v>43186</x:v>
+        <x:v>43249</x:v>
       </x:c>
       <x:c r="B1922" s="3">
         <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:2">
       <x:c r="A1923" s="2">
-        <x:v>43185</x:v>
+        <x:v>43248</x:v>
       </x:c>
       <x:c r="B1923" s="3">
-        <x:v>103.08</x:v>
+        <x:v>103.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:2">
       <x:c r="A1924" s="2">
-        <x:v>43182</x:v>
+        <x:v>43245</x:v>
       </x:c>
       <x:c r="B1924" s="3">
-        <x:v>103.11</x:v>
+        <x:v>103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:2">
       <x:c r="A1925" s="2">
-        <x:v>43181</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="B1925" s="3">
-        <x:v>103.4</x:v>
+        <x:v>103.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1926" spans="1:2">
       <x:c r="A1926" s="2">
-        <x:v>43180</x:v>
+        <x:v>43243</x:v>
       </x:c>
       <x:c r="B1926" s="3">
-        <x:v>103.82</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1927" spans="1:2">
       <x:c r="A1927" s="2">
-        <x:v>43179</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="B1927" s="3">
-        <x:v>103.7</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1928" spans="1:2">
       <x:c r="A1928" s="2">
-        <x:v>43178</x:v>
+        <x:v>43238</x:v>
       </x:c>
       <x:c r="B1928" s="3">
-        <x:v>103.83</x:v>
+        <x:v>103.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1929" spans="1:2">
       <x:c r="A1929" s="2">
-        <x:v>43175</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="B1929" s="3">
-        <x:v>104.25</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1930" spans="1:2">
       <x:c r="A1930" s="2">
-        <x:v>43174</x:v>
+        <x:v>43236</x:v>
       </x:c>
       <x:c r="B1930" s="3">
-        <x:v>104.16</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1931" spans="1:2">
       <x:c r="A1931" s="2">
-        <x:v>43173</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B1931" s="3">
-        <x:v>104.16</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1932" spans="1:2">
       <x:c r="A1932" s="2">
-        <x:v>43172</x:v>
+        <x:v>43234</x:v>
       </x:c>
       <x:c r="B1932" s="3">
-        <x:v>104.13</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1933" spans="1:2">
       <x:c r="A1933" s="2">
-        <x:v>43171</x:v>
+        <x:v>43231</x:v>
       </x:c>
       <x:c r="B1933" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1934" spans="1:2">
       <x:c r="A1934" s="2">
-        <x:v>43168</x:v>
+        <x:v>43229</x:v>
       </x:c>
       <x:c r="B1934" s="3">
-        <x:v>104.31</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1935" spans="1:2">
       <x:c r="A1935" s="2">
-        <x:v>43167</x:v>
+        <x:v>43227</x:v>
       </x:c>
       <x:c r="B1935" s="3">
-        <x:v>104.25</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1936" spans="1:2">
       <x:c r="A1936" s="2">
-        <x:v>43166</x:v>
+        <x:v>43224</x:v>
       </x:c>
       <x:c r="B1936" s="3">
-        <x:v>104.05</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1937" spans="1:2">
       <x:c r="A1937" s="2">
-        <x:v>43165</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="B1937" s="3">
-        <x:v>104.17</x:v>
+        <x:v>104.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1938" spans="1:2">
       <x:c r="A1938" s="2">
-        <x:v>43164</x:v>
+        <x:v>43222</x:v>
       </x:c>
       <x:c r="B1938" s="3">
-        <x:v>104.03</x:v>
+        <x:v>104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1939" spans="1:2">
       <x:c r="A1939" s="2">
-        <x:v>43161</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B1939" s="3">
-        <x:v>103.94</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1940" spans="1:2">
       <x:c r="A1940" s="2">
-        <x:v>43160</x:v>
+        <x:v>43217</x:v>
       </x:c>
       <x:c r="B1940" s="3">
-        <x:v>104.42</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1941" spans="1:2">
       <x:c r="A1941" s="2">
-        <x:v>43159</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="B1941" s="3">
-        <x:v>104.73</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1942" spans="1:2">
       <x:c r="A1942" s="2">
-        <x:v>43158</x:v>
+        <x:v>43215</x:v>
       </x:c>
       <x:c r="B1942" s="3">
-        <x:v>104.96</x:v>
+        <x:v>104.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1943" spans="1:2">
       <x:c r="A1943" s="2">
-        <x:v>43157</x:v>
+        <x:v>43214</x:v>
       </x:c>
       <x:c r="B1943" s="3">
-        <x:v>105.07</x:v>
+        <x:v>104.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1944" spans="1:2">
       <x:c r="A1944" s="2">
-        <x:v>43154</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B1944" s="3">
-        <x:v>104.76</x:v>
+        <x:v>104.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1945" spans="1:2">
       <x:c r="A1945" s="2">
-        <x:v>43153</x:v>
+        <x:v>43210</x:v>
       </x:c>
       <x:c r="B1945" s="3">
-        <x:v>104.58</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1946" spans="1:2">
       <x:c r="A1946" s="2">
-        <x:v>43152</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="B1946" s="3">
-        <x:v>104.61</x:v>
+        <x:v>104.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1947" spans="1:2">
       <x:c r="A1947" s="2">
-        <x:v>43151</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="B1947" s="3">
-        <x:v>104.73</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1948" spans="1:2">
       <x:c r="A1948" s="2">
-        <x:v>43150</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="B1948" s="3">
-        <x:v>104.71</x:v>
+        <x:v>104.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1949" spans="1:2">
       <x:c r="A1949" s="2">
-        <x:v>43147</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="B1949" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1950" spans="1:2">
       <x:c r="A1950" s="2">
-        <x:v>43146</x:v>
+        <x:v>43203</x:v>
       </x:c>
       <x:c r="B1950" s="3">
-        <x:v>104.1</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1951" spans="1:2">
       <x:c r="A1951" s="2">
-        <x:v>43145</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="B1951" s="3">
-        <x:v>103.58</x:v>
+        <x:v>104.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1952" spans="1:2">
       <x:c r="A1952" s="2">
-        <x:v>43144</x:v>
+        <x:v>43201</x:v>
       </x:c>
       <x:c r="B1952" s="3">
-        <x:v>103.65</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1953" spans="1:2">
       <x:c r="A1953" s="2">
-        <x:v>43143</x:v>
+        <x:v>43200</x:v>
       </x:c>
       <x:c r="B1953" s="3">
-        <x:v>103.99</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1954" spans="1:2">
       <x:c r="A1954" s="2">
-        <x:v>43140</x:v>
+        <x:v>43199</x:v>
       </x:c>
       <x:c r="B1954" s="3">
-        <x:v>103.73</x:v>
+        <x:v>104.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1955" spans="1:2">
       <x:c r="A1955" s="2">
-        <x:v>43139</x:v>
+        <x:v>43196</x:v>
       </x:c>
       <x:c r="B1955" s="3">
-        <x:v>104.63</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1956" spans="1:2">
       <x:c r="A1956" s="2">
-        <x:v>43138</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="B1956" s="3">
-        <x:v>105.51</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1957" spans="1:2">
       <x:c r="A1957" s="2">
-        <x:v>43137</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="B1957" s="3">
-        <x:v>105</x:v>
+        <x:v>103.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1958" spans="1:2">
       <x:c r="A1958" s="2">
-        <x:v>43136</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="B1958" s="3">
-        <x:v>105.6</x:v>
+        <x:v>103.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1959" spans="1:2">
       <x:c r="A1959" s="2">
-        <x:v>43133</x:v>
+        <x:v>43188</x:v>
       </x:c>
       <x:c r="B1959" s="3">
-        <x:v>106.3</x:v>
+        <x:v>103.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1960" spans="1:2">
       <x:c r="A1960" s="2">
-        <x:v>43132</x:v>
+        <x:v>43187</x:v>
       </x:c>
       <x:c r="B1960" s="3">
-        <x:v>106.85</x:v>
+        <x:v>103.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1961" spans="1:2">
       <x:c r="A1961" s="2">
-        <x:v>43131</x:v>
+        <x:v>43186</x:v>
       </x:c>
       <x:c r="B1961" s="3">
-        <x:v>107.09</x:v>
+        <x:v>103.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1962" spans="1:2">
       <x:c r="A1962" s="2">
-        <x:v>43130</x:v>
+        <x:v>43185</x:v>
       </x:c>
       <x:c r="B1962" s="3">
-        <x:v>106.97</x:v>
+        <x:v>103.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1963" spans="1:2">
       <x:c r="A1963" s="2">
-        <x:v>43129</x:v>
+        <x:v>43182</x:v>
       </x:c>
       <x:c r="B1963" s="3">
-        <x:v>107.43</x:v>
+        <x:v>103.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1964" spans="1:2">
       <x:c r="A1964" s="2">
-        <x:v>43126</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="B1964" s="3">
-        <x:v>107.65</x:v>
+        <x:v>103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1965" spans="1:2">
       <x:c r="A1965" s="2">
-        <x:v>43125</x:v>
+        <x:v>43180</x:v>
       </x:c>
       <x:c r="B1965" s="3">
-        <x:v>107.6</x:v>
+        <x:v>103.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1966" spans="1:2">
       <x:c r="A1966" s="2">
-        <x:v>43124</x:v>
+        <x:v>43179</x:v>
       </x:c>
       <x:c r="B1966" s="3">
-        <x:v>107.64</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1967" spans="1:2">
       <x:c r="A1967" s="2">
-        <x:v>43123</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="B1967" s="3">
-        <x:v>107.77</x:v>
+        <x:v>103.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1968" spans="1:2">
       <x:c r="A1968" s="2">
-        <x:v>43122</x:v>
+        <x:v>43175</x:v>
       </x:c>
       <x:c r="B1968" s="3">
-        <x:v>107.64</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1969" spans="1:2">
       <x:c r="A1969" s="2">
-        <x:v>43119</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B1969" s="3">
-        <x:v>107.56</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1970" spans="1:2">
       <x:c r="A1970" s="2">
-        <x:v>43118</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="B1970" s="3">
-        <x:v>107.6</x:v>
+        <x:v>104.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1971" spans="1:2">
       <x:c r="A1971" s="2">
-        <x:v>43117</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="B1971" s="3">
-        <x:v>107.71</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1972" spans="1:2">
       <x:c r="A1972" s="2">
-        <x:v>43116</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="B1972" s="3">
-        <x:v>107.81</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1973" spans="1:2">
       <x:c r="A1973" s="2">
-        <x:v>43115</x:v>
+        <x:v>43168</x:v>
       </x:c>
       <x:c r="B1973" s="3">
-        <x:v>107.8</x:v>
+        <x:v>104.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1974" spans="1:2">
       <x:c r="A1974" s="2">
-        <x:v>43112</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="B1974" s="3">
-        <x:v>107.77</x:v>
+        <x:v>104.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1975" spans="1:2">
       <x:c r="A1975" s="2">
-        <x:v>43111</x:v>
+        <x:v>43166</x:v>
       </x:c>
       <x:c r="B1975" s="3">
-        <x:v>107.79</x:v>
+        <x:v>104.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1976" spans="1:2">
       <x:c r="A1976" s="2">
-        <x:v>43110</x:v>
+        <x:v>43165</x:v>
       </x:c>
       <x:c r="B1976" s="3">
-        <x:v>107.79</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1977" spans="1:2">
       <x:c r="A1977" s="2">
-        <x:v>43109</x:v>
+        <x:v>43164</x:v>
       </x:c>
       <x:c r="B1977" s="3">
-        <x:v>108.1</x:v>
+        <x:v>104.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1978" spans="1:2">
       <x:c r="A1978" s="2">
-        <x:v>43108</x:v>
+        <x:v>43161</x:v>
       </x:c>
       <x:c r="B1978" s="3">
-        <x:v>108.05</x:v>
+        <x:v>103.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1979" spans="1:2">
       <x:c r="A1979" s="2">
-        <x:v>43105</x:v>
+        <x:v>43160</x:v>
       </x:c>
       <x:c r="B1979" s="3">
-        <x:v>108.01</x:v>
+        <x:v>104.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1980" spans="1:2">
       <x:c r="A1980" s="2">
-        <x:v>43104</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B1980" s="3">
-        <x:v>107.7</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1981" spans="1:2">
       <x:c r="A1981" s="2">
-        <x:v>43103</x:v>
+        <x:v>43158</x:v>
       </x:c>
       <x:c r="B1981" s="3">
-        <x:v>107.4</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1982" spans="1:2">
       <x:c r="A1982" s="2">
-        <x:v>43102</x:v>
+        <x:v>43157</x:v>
       </x:c>
       <x:c r="B1982" s="3">
-        <x:v>107.11</x:v>
+        <x:v>105.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1983" spans="1:2">
       <x:c r="A1983" s="2">
-        <x:v>43098</x:v>
+        <x:v>43154</x:v>
       </x:c>
       <x:c r="B1983" s="3">
-        <x:v>107.04</x:v>
+        <x:v>104.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1984" spans="1:2">
       <x:c r="A1984" s="2">
-        <x:v>43097</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="B1984" s="3">
-        <x:v>107</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1985" spans="1:2">
       <x:c r="A1985" s="2">
-        <x:v>43096</x:v>
+        <x:v>43152</x:v>
       </x:c>
       <x:c r="B1985" s="3">
-        <x:v>106.97</x:v>
+        <x:v>104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1986" spans="1:2">
       <x:c r="A1986" s="2">
-        <x:v>43091</x:v>
+        <x:v>43151</x:v>
       </x:c>
       <x:c r="B1986" s="3">
-        <x:v>106.94</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1987" spans="1:2">
       <x:c r="A1987" s="2">
-        <x:v>43090</x:v>
+        <x:v>43150</x:v>
       </x:c>
       <x:c r="B1987" s="3">
-        <x:v>106.95</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1988" spans="1:2">
       <x:c r="A1988" s="2">
-        <x:v>43089</x:v>
+        <x:v>43147</x:v>
       </x:c>
       <x:c r="B1988" s="3">
-        <x:v>106.81</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1989" spans="1:2">
       <x:c r="A1989" s="2">
-        <x:v>43088</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B1989" s="3">
-        <x:v>106.91</x:v>
+        <x:v>104.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1990" spans="1:2">
       <x:c r="A1990" s="2">
-        <x:v>43087</x:v>
+        <x:v>43145</x:v>
       </x:c>
       <x:c r="B1990" s="3">
-        <x:v>106.94</x:v>
+        <x:v>103.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1991" spans="1:2">
       <x:c r="A1991" s="2">
-        <x:v>43084</x:v>
+        <x:v>43144</x:v>
       </x:c>
       <x:c r="B1991" s="3">
-        <x:v>106.71</x:v>
+        <x:v>103.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1992" spans="1:2">
       <x:c r="A1992" s="2">
-        <x:v>43083</x:v>
+        <x:v>43143</x:v>
       </x:c>
       <x:c r="B1992" s="3">
-        <x:v>106.61</x:v>
+        <x:v>103.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1993" spans="1:2">
       <x:c r="A1993" s="2">
-        <x:v>43082</x:v>
+        <x:v>43140</x:v>
       </x:c>
       <x:c r="B1993" s="3">
-        <x:v>106.72</x:v>
+        <x:v>103.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1994" spans="1:2">
       <x:c r="A1994" s="2">
-        <x:v>43081</x:v>
+        <x:v>43139</x:v>
       </x:c>
       <x:c r="B1994" s="3">
-        <x:v>106.77</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1995" spans="1:2">
       <x:c r="A1995" s="2">
-        <x:v>43080</x:v>
+        <x:v>43138</x:v>
       </x:c>
       <x:c r="B1995" s="3">
-        <x:v>106.45</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1996" spans="1:2">
       <x:c r="A1996" s="2">
-        <x:v>43077</x:v>
+        <x:v>43137</x:v>
       </x:c>
       <x:c r="B1996" s="3">
-        <x:v>106.41</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="1997" spans="1:2">
       <x:c r="A1997" s="2">
-        <x:v>43076</x:v>
+        <x:v>43136</x:v>
       </x:c>
       <x:c r="B1997" s="3">
-        <x:v>106.31</x:v>
+        <x:v>105.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1998" spans="1:2">
       <x:c r="A1998" s="2">
-        <x:v>43075</x:v>
+        <x:v>43133</x:v>
       </x:c>
       <x:c r="B1998" s="3">
-        <x:v>106.37</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1999" spans="1:2">
       <x:c r="A1999" s="2">
-        <x:v>43074</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="B1999" s="3">
-        <x:v>106.48</x:v>
+        <x:v>106.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2000" spans="1:2">
       <x:c r="A2000" s="2">
-        <x:v>43073</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B2000" s="3">
-        <x:v>106.44</x:v>
+        <x:v>107.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2001" spans="1:2">
       <x:c r="A2001" s="2">
-        <x:v>43070</x:v>
+        <x:v>43130</x:v>
       </x:c>
       <x:c r="B2001" s="3">
-        <x:v>106.22</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2002" spans="1:2">
       <x:c r="A2002" s="2">
-        <x:v>43069</x:v>
+        <x:v>43129</x:v>
       </x:c>
       <x:c r="B2002" s="3">
-        <x:v>106.33</x:v>
+        <x:v>107.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2003" spans="1:2">
       <x:c r="A2003" s="2">
-        <x:v>43068</x:v>
+        <x:v>43126</x:v>
       </x:c>
       <x:c r="B2003" s="3">
-        <x:v>106.4</x:v>
+        <x:v>107.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2004" spans="1:2">
       <x:c r="A2004" s="2">
-        <x:v>43067</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="B2004" s="3">
-        <x:v>106.44</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2005" spans="1:2">
       <x:c r="A2005" s="2">
-        <x:v>43066</x:v>
+        <x:v>43124</x:v>
       </x:c>
       <x:c r="B2005" s="3">
-        <x:v>106.49</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2006" spans="1:2">
       <x:c r="A2006" s="2">
-        <x:v>43063</x:v>
+        <x:v>43123</x:v>
       </x:c>
       <x:c r="B2006" s="3">
-        <x:v>106.52</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2007" spans="1:2">
       <x:c r="A2007" s="2">
-        <x:v>43062</x:v>
+        <x:v>43122</x:v>
       </x:c>
       <x:c r="B2007" s="3">
-        <x:v>106.48</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2008" spans="1:2">
       <x:c r="A2008" s="2">
-        <x:v>43061</x:v>
+        <x:v>43119</x:v>
       </x:c>
       <x:c r="B2008" s="3">
-        <x:v>106.43</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2009" spans="1:2">
       <x:c r="A2009" s="2">
-        <x:v>43060</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="B2009" s="3">
-        <x:v>106.36</x:v>
+        <x:v>107.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2010" spans="1:2">
       <x:c r="A2010" s="2">
-        <x:v>43059</x:v>
+        <x:v>43117</x:v>
       </x:c>
       <x:c r="B2010" s="3">
-        <x:v>106.03</x:v>
+        <x:v>107.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2011" spans="1:2">
       <x:c r="A2011" s="2">
-        <x:v>43056</x:v>
+        <x:v>43116</x:v>
       </x:c>
       <x:c r="B2011" s="3">
-        <x:v>105.97</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2012" spans="1:2">
       <x:c r="A2012" s="2">
-        <x:v>43055</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B2012" s="3">
-        <x:v>105.83</x:v>
+        <x:v>107.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2013" spans="1:2">
       <x:c r="A2013" s="2">
-        <x:v>43054</x:v>
+        <x:v>43112</x:v>
       </x:c>
       <x:c r="B2013" s="3">
-        <x:v>105.31</x:v>
+        <x:v>107.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2014" spans="1:2">
       <x:c r="A2014" s="2">
-        <x:v>43053</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="B2014" s="3">
-        <x:v>105.68</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2015" spans="1:2">
       <x:c r="A2015" s="2">
-        <x:v>43052</x:v>
+        <x:v>43110</x:v>
       </x:c>
       <x:c r="B2015" s="3">
-        <x:v>105.86</x:v>
+        <x:v>107.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2016" spans="1:2">
       <x:c r="A2016" s="2">
-        <x:v>43049</x:v>
+        <x:v>43109</x:v>
       </x:c>
       <x:c r="B2016" s="3">
-        <x:v>106.01</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2017" spans="1:2">
       <x:c r="A2017" s="2">
-        <x:v>43048</x:v>
+        <x:v>43108</x:v>
       </x:c>
       <x:c r="B2017" s="3">
-        <x:v>106.28</x:v>
+        <x:v>108.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2018" spans="1:2">
       <x:c r="A2018" s="2">
-        <x:v>43047</x:v>
+        <x:v>43105</x:v>
       </x:c>
       <x:c r="B2018" s="3">
-        <x:v>106.62</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2019" spans="1:2">
       <x:c r="A2019" s="2">
-        <x:v>43046</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="B2019" s="3">
-        <x:v>106.9</x:v>
+        <x:v>107.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2020" spans="1:2">
       <x:c r="A2020" s="2">
-        <x:v>43045</x:v>
+        <x:v>43103</x:v>
       </x:c>
       <x:c r="B2020" s="3">
-        <x:v>107.04</x:v>
+        <x:v>107.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2021" spans="1:2">
       <x:c r="A2021" s="2">
-        <x:v>43042</x:v>
+        <x:v>43102</x:v>
       </x:c>
       <x:c r="B2021" s="3">
-        <x:v>106.94</x:v>
+        <x:v>107.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2022" spans="1:2">
       <x:c r="A2022" s="2">
-        <x:v>43041</x:v>
+        <x:v>43098</x:v>
       </x:c>
       <x:c r="B2022" s="3">
-        <x:v>106.99</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2023" spans="1:2">
       <x:c r="A2023" s="2">
-        <x:v>43039</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="B2023" s="3">
-        <x:v>106.7</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2024" spans="1:2">
       <x:c r="A2024" s="2">
-        <x:v>43038</x:v>
+        <x:v>43096</x:v>
       </x:c>
       <x:c r="B2024" s="3">
-        <x:v>106.53</x:v>
+        <x:v>106.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2025" spans="1:2">
       <x:c r="A2025" s="2">
-        <x:v>43035</x:v>
+        <x:v>43091</x:v>
       </x:c>
       <x:c r="B2025" s="3">
-        <x:v>106.28</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2026" spans="1:2">
       <x:c r="A2026" s="2">
-        <x:v>43034</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="B2026" s="3">
-        <x:v>106.12</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2027" spans="1:2">
       <x:c r="A2027" s="2">
-        <x:v>43033</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="B2027" s="3">
-        <x:v>105.93</x:v>
+        <x:v>106.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2028" spans="1:2">
       <x:c r="A2028" s="2">
-        <x:v>43032</x:v>
+        <x:v>43088</x:v>
       </x:c>
       <x:c r="B2028" s="3">
-        <x:v>106.21</x:v>
+        <x:v>106.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2029" spans="1:2">
       <x:c r="A2029" s="2">
-        <x:v>43031</x:v>
+        <x:v>43087</x:v>
       </x:c>
       <x:c r="B2029" s="3">
-        <x:v>106.37</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2030" spans="1:2">
       <x:c r="A2030" s="2">
-        <x:v>43028</x:v>
+        <x:v>43084</x:v>
       </x:c>
       <x:c r="B2030" s="3">
-        <x:v>106.29</x:v>
+        <x:v>106.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2031" spans="1:2">
       <x:c r="A2031" s="2">
-        <x:v>43027</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="B2031" s="3">
-        <x:v>106.32</x:v>
+        <x:v>106.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2032" spans="1:2">
       <x:c r="A2032" s="2">
-        <x:v>43026</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="B2032" s="3">
-        <x:v>106.4</x:v>
+        <x:v>106.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2033" spans="1:2">
       <x:c r="A2033" s="2">
-        <x:v>43025</x:v>
+        <x:v>43081</x:v>
       </x:c>
       <x:c r="B2033" s="3">
-        <x:v>106.34</x:v>
+        <x:v>106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2034" spans="1:2">
       <x:c r="A2034" s="2">
-        <x:v>43024</x:v>
+        <x:v>43080</x:v>
       </x:c>
       <x:c r="B2034" s="3">
-        <x:v>106.25</x:v>
+        <x:v>106.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2035" spans="1:2">
       <x:c r="A2035" s="2">
-        <x:v>43021</x:v>
+        <x:v>43077</x:v>
       </x:c>
       <x:c r="B2035" s="3">
-        <x:v>106.16</x:v>
+        <x:v>106.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2036" spans="1:2">
       <x:c r="A2036" s="2">
-        <x:v>43020</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="B2036" s="3">
-        <x:v>106.08</x:v>
+        <x:v>106.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2037" spans="1:2">
       <x:c r="A2037" s="2">
-        <x:v>43019</x:v>
+        <x:v>43075</x:v>
       </x:c>
       <x:c r="B2037" s="3">
-        <x:v>106.01</x:v>
+        <x:v>106.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2038" spans="1:2">
       <x:c r="A2038" s="2">
-        <x:v>43018</x:v>
+        <x:v>43074</x:v>
       </x:c>
       <x:c r="B2038" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2039" spans="1:2">
       <x:c r="A2039" s="2">
-        <x:v>43017</x:v>
+        <x:v>43073</x:v>
       </x:c>
       <x:c r="B2039" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2040" spans="1:2">
       <x:c r="A2040" s="2">
-        <x:v>43014</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="B2040" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2041" spans="1:2">
       <x:c r="A2041" s="2">
-        <x:v>43013</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B2041" s="3">
-        <x:v>106.08</x:v>
+        <x:v>106.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2042" spans="1:2">
       <x:c r="A2042" s="2">
-        <x:v>43012</x:v>
+        <x:v>43068</x:v>
       </x:c>
       <x:c r="B2042" s="3">
-        <x:v>105.92</x:v>
+        <x:v>106.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2043" spans="1:2">
       <x:c r="A2043" s="2">
-        <x:v>43011</x:v>
+        <x:v>43067</x:v>
       </x:c>
       <x:c r="B2043" s="3">
-        <x:v>105.98</x:v>
+        <x:v>106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2044" spans="1:2">
       <x:c r="A2044" s="2">
-        <x:v>43010</x:v>
+        <x:v>43066</x:v>
       </x:c>
       <x:c r="B2044" s="3">
-        <x:v>105.86</x:v>
+        <x:v>106.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2045" spans="1:2">
       <x:c r="A2045" s="2">
-        <x:v>43007</x:v>
+        <x:v>43063</x:v>
       </x:c>
       <x:c r="B2045" s="3">
-        <x:v>105.73</x:v>
+        <x:v>106.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2046" spans="1:2">
       <x:c r="A2046" s="2">
-        <x:v>43006</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="B2046" s="3">
-        <x:v>105.48</x:v>
+        <x:v>106.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2047" spans="1:2">
       <x:c r="A2047" s="2">
-        <x:v>43005</x:v>
+        <x:v>43061</x:v>
       </x:c>
       <x:c r="B2047" s="3">
-        <x:v>105.46</x:v>
+        <x:v>106.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2048" spans="1:2">
       <x:c r="A2048" s="2">
-        <x:v>43004</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="B2048" s="3">
-        <x:v>105.51</x:v>
+        <x:v>106.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2049" spans="1:2">
       <x:c r="A2049" s="2">
-        <x:v>43003</x:v>
+        <x:v>43059</x:v>
       </x:c>
       <x:c r="B2049" s="3">
-        <x:v>105.42</x:v>
+        <x:v>106.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2050" spans="1:2">
       <x:c r="A2050" s="2">
-        <x:v>43000</x:v>
+        <x:v>43056</x:v>
       </x:c>
       <x:c r="B2050" s="3">
-        <x:v>105.42</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2051" spans="1:2">
       <x:c r="A2051" s="2">
-        <x:v>42999</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="B2051" s="3">
-        <x:v>105.32</x:v>
+        <x:v>105.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2052" spans="1:2">
       <x:c r="A2052" s="2">
-        <x:v>42998</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B2052" s="3">
-        <x:v>105.36</x:v>
+        <x:v>105.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2053" spans="1:2">
       <x:c r="A2053" s="2">
-        <x:v>42997</x:v>
+        <x:v>43053</x:v>
       </x:c>
       <x:c r="B2053" s="3">
-        <x:v>105.46</x:v>
+        <x:v>105.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2054" spans="1:2">
       <x:c r="A2054" s="2">
-        <x:v>42996</x:v>
+        <x:v>43052</x:v>
       </x:c>
       <x:c r="B2054" s="3">
-        <x:v>105.47</x:v>
+        <x:v>105.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2055" spans="1:2">
       <x:c r="A2055" s="2">
-        <x:v>42993</x:v>
+        <x:v>43049</x:v>
       </x:c>
       <x:c r="B2055" s="3">
-        <x:v>105.47</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2056" spans="1:2">
       <x:c r="A2056" s="2">
-        <x:v>42992</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="B2056" s="3">
-        <x:v>105.51</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2057" spans="1:2">
       <x:c r="A2057" s="2">
-        <x:v>42991</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="B2057" s="3">
-        <x:v>105.47</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2058" spans="1:2">
       <x:c r="A2058" s="2">
-        <x:v>42990</x:v>
+        <x:v>43046</x:v>
       </x:c>
       <x:c r="B2058" s="3">
-        <x:v>105.45</x:v>
+        <x:v>106.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2059" spans="1:2">
       <x:c r="A2059" s="2">
-        <x:v>42989</x:v>
+        <x:v>43045</x:v>
       </x:c>
       <x:c r="B2059" s="3">
-        <x:v>105.46</x:v>
+        <x:v>107.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2060" spans="1:2">
       <x:c r="A2060" s="2">
-        <x:v>42986</x:v>
+        <x:v>43042</x:v>
       </x:c>
       <x:c r="B2060" s="3">
-        <x:v>105.26</x:v>
+        <x:v>106.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2061" spans="1:2">
       <x:c r="A2061" s="2">
-        <x:v>42985</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="B2061" s="3">
-        <x:v>105.21</x:v>
+        <x:v>106.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2062" spans="1:2">
       <x:c r="A2062" s="2">
-        <x:v>42984</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B2062" s="3">
-        <x:v>105.16</x:v>
+        <x:v>106.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2063" spans="1:2">
       <x:c r="A2063" s="2">
-        <x:v>42983</x:v>
+        <x:v>43038</x:v>
       </x:c>
       <x:c r="B2063" s="3">
-        <x:v>105.05</x:v>
+        <x:v>106.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2064" spans="1:2">
       <x:c r="A2064" s="2">
-        <x:v>42982</x:v>
+        <x:v>43035</x:v>
       </x:c>
       <x:c r="B2064" s="3">
-        <x:v>104.92</x:v>
+        <x:v>106.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2065" spans="1:2">
       <x:c r="A2065" s="2">
-        <x:v>42979</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="B2065" s="3">
-        <x:v>105.03</x:v>
+        <x:v>106.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2066" spans="1:2">
       <x:c r="A2066" s="2">
-        <x:v>42978</x:v>
+        <x:v>43033</x:v>
       </x:c>
       <x:c r="B2066" s="3">
-        <x:v>104.95</x:v>
+        <x:v>105.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2067" spans="1:2">
       <x:c r="A2067" s="2">
-        <x:v>42977</x:v>
+        <x:v>43032</x:v>
       </x:c>
       <x:c r="B2067" s="3">
-        <x:v>104.62</x:v>
+        <x:v>106.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2068" spans="1:2">
       <x:c r="A2068" s="2">
-        <x:v>42976</x:v>
+        <x:v>43031</x:v>
       </x:c>
       <x:c r="B2068" s="3">
-        <x:v>104.34</x:v>
+        <x:v>106.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2069" spans="1:2">
       <x:c r="A2069" s="2">
-        <x:v>42975</x:v>
+        <x:v>43028</x:v>
       </x:c>
       <x:c r="B2069" s="3">
-        <x:v>104.52</x:v>
+        <x:v>106.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2070" spans="1:2">
       <x:c r="A2070" s="2">
-        <x:v>42972</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="B2070" s="3">
-        <x:v>104.63</x:v>
+        <x:v>106.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2071" spans="1:2">
       <x:c r="A2071" s="2">
-        <x:v>42971</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="B2071" s="3">
-        <x:v>104.67</x:v>
+        <x:v>106.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2072" spans="1:2">
       <x:c r="A2072" s="2">
-        <x:v>42970</x:v>
+        <x:v>43025</x:v>
       </x:c>
       <x:c r="B2072" s="3">
-        <x:v>104.58</x:v>
+        <x:v>106.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2073" spans="1:2">
       <x:c r="A2073" s="2">
-        <x:v>42969</x:v>
+        <x:v>43024</x:v>
       </x:c>
       <x:c r="B2073" s="3">
-        <x:v>104.6</x:v>
+        <x:v>106.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2074" spans="1:2">
       <x:c r="A2074" s="2">
-        <x:v>42968</x:v>
+        <x:v>43021</x:v>
       </x:c>
       <x:c r="B2074" s="3">
-        <x:v>104.48</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2075" spans="1:2">
       <x:c r="A2075" s="2">
-        <x:v>42965</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="B2075" s="3">
-        <x:v>104.54</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2076" spans="1:2">
       <x:c r="A2076" s="2">
-        <x:v>42964</x:v>
+        <x:v>43019</x:v>
       </x:c>
       <x:c r="B2076" s="3">
-        <x:v>104.72</x:v>
+        <x:v>106.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2077" spans="1:2">
       <x:c r="A2077" s="2">
-        <x:v>42963</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="B2077" s="3">
-        <x:v>104.83</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2078" spans="1:2">
       <x:c r="A2078" s="2">
-        <x:v>42961</x:v>
+        <x:v>43017</x:v>
       </x:c>
       <x:c r="B2078" s="3">
-        <x:v>104.58</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2079" spans="1:2">
       <x:c r="A2079" s="2">
-        <x:v>42958</x:v>
+        <x:v>43014</x:v>
       </x:c>
       <x:c r="B2079" s="3">
-        <x:v>104.13</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2080" spans="1:2">
       <x:c r="A2080" s="2">
-        <x:v>42957</x:v>
+        <x:v>43013</x:v>
       </x:c>
       <x:c r="B2080" s="3">
-        <x:v>104.5</x:v>
+        <x:v>106.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2081" spans="1:2">
       <x:c r="A2081" s="2">
-        <x:v>42956</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="B2081" s="3">
-        <x:v>104.79</x:v>
+        <x:v>105.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2082" spans="1:2">
       <x:c r="A2082" s="2">
-        <x:v>42955</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="B2082" s="3">
-        <x:v>105.06</x:v>
+        <x:v>105.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2083" spans="1:2">
       <x:c r="A2083" s="2">
-        <x:v>42954</x:v>
+        <x:v>43010</x:v>
       </x:c>
       <x:c r="B2083" s="3">
-        <x:v>105.04</x:v>
+        <x:v>105.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2084" spans="1:2">
       <x:c r="A2084" s="2">
-        <x:v>42951</x:v>
+        <x:v>43007</x:v>
       </x:c>
       <x:c r="B2084" s="3">
-        <x:v>105.09</x:v>
+        <x:v>105.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2085" spans="1:2">
       <x:c r="A2085" s="2">
-        <x:v>42950</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="B2085" s="3">
-        <x:v>104.94</x:v>
+        <x:v>105.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2086" spans="1:2">
       <x:c r="A2086" s="2">
-        <x:v>42949</x:v>
+        <x:v>43005</x:v>
       </x:c>
       <x:c r="B2086" s="3">
-        <x:v>104.88</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2087" spans="1:2">
       <x:c r="A2087" s="2">
-        <x:v>42948</x:v>
+        <x:v>43004</x:v>
       </x:c>
       <x:c r="B2087" s="3">
-        <x:v>104.84</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2088" spans="1:2">
       <x:c r="A2088" s="2">
-        <x:v>42947</x:v>
+        <x:v>43003</x:v>
       </x:c>
       <x:c r="B2088" s="3">
-        <x:v>104.6</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2089" spans="1:2">
       <x:c r="A2089" s="2">
-        <x:v>42944</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="B2089" s="3">
-        <x:v>104.63</x:v>
+        <x:v>105.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2090" spans="1:2">
       <x:c r="A2090" s="2">
-        <x:v>42943</x:v>
+        <x:v>42999</x:v>
       </x:c>
       <x:c r="B2090" s="3">
-        <x:v>104.86</x:v>
+        <x:v>105.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2091" spans="1:2">
       <x:c r="A2091" s="2">
-        <x:v>42942</x:v>
+        <x:v>42998</x:v>
       </x:c>
       <x:c r="B2091" s="3">
-        <x:v>104.64</x:v>
+        <x:v>105.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2092" spans="1:2">
       <x:c r="A2092" s="2">
-        <x:v>42941</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="B2092" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2093" spans="1:2">
       <x:c r="A2093" s="2">
-        <x:v>42940</x:v>
+        <x:v>42996</x:v>
       </x:c>
       <x:c r="B2093" s="3">
-        <x:v>104.39</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2094" spans="1:2">
       <x:c r="A2094" s="2">
-        <x:v>42937</x:v>
+        <x:v>42993</x:v>
       </x:c>
       <x:c r="B2094" s="3">
-        <x:v>104.44</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2095" spans="1:2">
       <x:c r="A2095" s="2">
-        <x:v>42936</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="B2095" s="3">
-        <x:v>104.45</x:v>
+        <x:v>105.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2096" spans="1:2">
       <x:c r="A2096" s="2">
-        <x:v>42935</x:v>
+        <x:v>42991</x:v>
       </x:c>
       <x:c r="B2096" s="3">
-        <x:v>104.43</x:v>
+        <x:v>105.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2097" spans="1:2">
       <x:c r="A2097" s="2">
-        <x:v>42934</x:v>
+        <x:v>42990</x:v>
       </x:c>
       <x:c r="B2097" s="3">
-        <x:v>104.14</x:v>
+        <x:v>105.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2098" spans="1:2">
       <x:c r="A2098" s="2">
-        <x:v>42933</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="B2098" s="3">
-        <x:v>104.22</x:v>
+        <x:v>105.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2099" spans="1:2">
       <x:c r="A2099" s="2">
-        <x:v>42930</x:v>
+        <x:v>42986</x:v>
       </x:c>
       <x:c r="B2099" s="3">
-        <x:v>104.12</x:v>
+        <x:v>105.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2100" spans="1:2">
       <x:c r="A2100" s="2">
-        <x:v>42929</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="B2100" s="3">
-        <x:v>104.01</x:v>
+        <x:v>105.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2101" spans="1:2">
       <x:c r="A2101" s="2">
-        <x:v>42928</x:v>
+        <x:v>42984</x:v>
       </x:c>
       <x:c r="B2101" s="3">
-        <x:v>103.89</x:v>
+        <x:v>105.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2102" spans="1:2">
       <x:c r="A2102" s="2">
-        <x:v>42927</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="B2102" s="3">
-        <x:v>103.32</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2103" spans="1:2">
       <x:c r="A2103" s="2">
-        <x:v>42926</x:v>
+        <x:v>42982</x:v>
       </x:c>
       <x:c r="B2103" s="3">
-        <x:v>103.35</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2104" spans="1:2">
       <x:c r="A2104" s="2">
-        <x:v>42923</x:v>
+        <x:v>42979</x:v>
       </x:c>
       <x:c r="B2104" s="3">
-        <x:v>103.29</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2105" spans="1:2">
       <x:c r="A2105" s="2">
-        <x:v>42922</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B2105" s="3">
-        <x:v>103.55</x:v>
+        <x:v>104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2106" spans="1:2">
       <x:c r="A2106" s="2">
-        <x:v>42921</x:v>
+        <x:v>42977</x:v>
       </x:c>
       <x:c r="B2106" s="3">
-        <x:v>104</x:v>
+        <x:v>104.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2107" spans="1:2">
       <x:c r="A2107" s="2">
-        <x:v>42920</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="B2107" s="3">
-        <x:v>104.13</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2108" spans="1:2">
       <x:c r="A2108" s="2">
-        <x:v>42919</x:v>
+        <x:v>42975</x:v>
       </x:c>
       <x:c r="B2108" s="3">
-        <x:v>104.2</x:v>
+        <x:v>104.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2109" spans="1:2">
       <x:c r="A2109" s="2">
-        <x:v>42916</x:v>
+        <x:v>42972</x:v>
       </x:c>
       <x:c r="B2109" s="3">
-        <x:v>104.03</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2110" spans="1:2">
       <x:c r="A2110" s="2">
-        <x:v>42915</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="B2110" s="3">
-        <x:v>104.23</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2111" spans="1:2">
       <x:c r="A2111" s="2">
-        <x:v>42914</x:v>
+        <x:v>42970</x:v>
       </x:c>
       <x:c r="B2111" s="3">
-        <x:v>104.44</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2112" spans="1:2">
       <x:c r="A2112" s="2">
-        <x:v>42913</x:v>
+        <x:v>42969</x:v>
       </x:c>
       <x:c r="B2112" s="3">
-        <x:v>104.67</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2113" spans="1:2">
       <x:c r="A2113" s="2">
-        <x:v>42912</x:v>
+        <x:v>42968</x:v>
       </x:c>
       <x:c r="B2113" s="3">
-        <x:v>104.78</x:v>
+        <x:v>104.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2114" spans="1:2">
       <x:c r="A2114" s="2">
-        <x:v>42908</x:v>
+        <x:v>42965</x:v>
       </x:c>
       <x:c r="B2114" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2115" spans="1:2">
       <x:c r="A2115" s="2">
-        <x:v>42907</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="B2115" s="3">
-        <x:v>104.44</x:v>
+        <x:v>104.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2116" spans="1:2">
       <x:c r="A2116" s="2">
-        <x:v>42906</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="B2116" s="3">
-        <x:v>104.71</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2117" spans="1:2">
       <x:c r="A2117" s="2">
-        <x:v>42905</x:v>
+        <x:v>42961</x:v>
       </x:c>
       <x:c r="B2117" s="3">
-        <x:v>105.14</x:v>
+        <x:v>104.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2118" spans="1:2">
       <x:c r="A2118" s="2">
-        <x:v>42902</x:v>
+        <x:v>42958</x:v>
       </x:c>
       <x:c r="B2118" s="3">
-        <x:v>105.04</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2119" spans="1:2">
       <x:c r="A2119" s="2">
-        <x:v>42901</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="B2119" s="3">
-        <x:v>105.1</x:v>
+        <x:v>104.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2120" spans="1:2">
       <x:c r="A2120" s="2">
-        <x:v>42900</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="B2120" s="3">
-        <x:v>105.21</x:v>
+        <x:v>104.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2121" spans="1:2">
       <x:c r="A2121" s="2">
-        <x:v>42899</x:v>
+        <x:v>42955</x:v>
       </x:c>
       <x:c r="B2121" s="3">
-        <x:v>105.25</x:v>
+        <x:v>105.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2122" spans="1:2">
       <x:c r="A2122" s="2">
-        <x:v>42898</x:v>
+        <x:v>42954</x:v>
       </x:c>
       <x:c r="B2122" s="3">
-        <x:v>105.18</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2123" spans="1:2">
       <x:c r="A2123" s="2">
-        <x:v>42895</x:v>
+        <x:v>42951</x:v>
       </x:c>
       <x:c r="B2123" s="3">
-        <x:v>105.13</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2124" spans="1:2">
       <x:c r="A2124" s="2">
-        <x:v>42894</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="B2124" s="3">
-        <x:v>104.97</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2125" spans="1:2">
       <x:c r="A2125" s="2">
-        <x:v>42893</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="B2125" s="3">
-        <x:v>105.13</x:v>
+        <x:v>104.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2126" spans="1:2">
       <x:c r="A2126" s="2">
-        <x:v>42892</x:v>
+        <x:v>42948</x:v>
       </x:c>
       <x:c r="B2126" s="3">
-        <x:v>105.08</x:v>
+        <x:v>104.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2127" spans="1:2">
       <x:c r="A2127" s="2">
-        <x:v>42888</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B2127" s="3">
-        <x:v>105.05</x:v>
+        <x:v>104.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2128" spans="1:2">
       <x:c r="A2128" s="2">
-        <x:v>42887</x:v>
+        <x:v>42944</x:v>
       </x:c>
       <x:c r="B2128" s="3">
-        <x:v>104.94</x:v>
+        <x:v>104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2129" spans="1:2">
       <x:c r="A2129" s="2">
-        <x:v>42886</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="B2129" s="3">
-        <x:v>104.74</x:v>
+        <x:v>104.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2130" spans="1:2">
       <x:c r="A2130" s="2">
-        <x:v>42885</x:v>
+        <x:v>42942</x:v>
       </x:c>
       <x:c r="B2130" s="3">
-        <x:v>104.87</x:v>
+        <x:v>104.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2131" spans="1:2">
       <x:c r="A2131" s="2">
-        <x:v>42884</x:v>
+        <x:v>42941</x:v>
       </x:c>
       <x:c r="B2131" s="3">
-        <x:v>104.82</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2132" spans="1:2">
       <x:c r="A2132" s="2">
-        <x:v>42881</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="B2132" s="3">
-        <x:v>104.83</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2133" spans="1:2">
       <x:c r="A2133" s="2">
-        <x:v>42879</x:v>
+        <x:v>42937</x:v>
       </x:c>
       <x:c r="B2133" s="3">
-        <x:v>104.77</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2134" spans="1:2">
       <x:c r="A2134" s="2">
-        <x:v>42878</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="B2134" s="3">
-        <x:v>104.61</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2135" spans="1:2">
       <x:c r="A2135" s="2">
-        <x:v>42877</x:v>
+        <x:v>42935</x:v>
       </x:c>
       <x:c r="B2135" s="3">
-        <x:v>104.47</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2136" spans="1:2">
       <x:c r="A2136" s="2">
-        <x:v>42874</x:v>
+        <x:v>42934</x:v>
       </x:c>
       <x:c r="B2136" s="3">
-        <x:v>104.34</x:v>
+        <x:v>104.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2137" spans="1:2">
       <x:c r="A2137" s="2">
-        <x:v>42873</x:v>
+        <x:v>42933</x:v>
       </x:c>
       <x:c r="B2137" s="3">
-        <x:v>103.92</x:v>
+        <x:v>104.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2138" spans="1:2">
       <x:c r="A2138" s="2">
-        <x:v>42872</x:v>
+        <x:v>42930</x:v>
       </x:c>
       <x:c r="B2138" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2139" spans="1:2">
       <x:c r="A2139" s="2">
-        <x:v>42871</x:v>
+        <x:v>42929</x:v>
       </x:c>
       <x:c r="B2139" s="3">
-        <x:v>104.73</x:v>
+        <x:v>104.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2140" spans="1:2">
       <x:c r="A2140" s="2">
-        <x:v>42870</x:v>
+        <x:v>42928</x:v>
       </x:c>
       <x:c r="B2140" s="3">
-        <x:v>104.75</x:v>
+        <x:v>103.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2141" spans="1:2">
       <x:c r="A2141" s="2">
-        <x:v>42867</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="B2141" s="3">
-        <x:v>104.51</x:v>
+        <x:v>103.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2142" spans="1:2">
       <x:c r="A2142" s="2">
-        <x:v>42866</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="B2142" s="3">
-        <x:v>104.53</x:v>
+        <x:v>103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2143" spans="1:2">
       <x:c r="A2143" s="2">
-        <x:v>42865</x:v>
+        <x:v>42923</x:v>
       </x:c>
       <x:c r="B2143" s="3">
-        <x:v>104.56</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2144" spans="1:2">
       <x:c r="A2144" s="2">
-        <x:v>42864</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="B2144" s="3">
-        <x:v>104.38</x:v>
+        <x:v>103.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2145" spans="1:2">
       <x:c r="A2145" s="2">
-        <x:v>42863</x:v>
+        <x:v>42921</x:v>
       </x:c>
       <x:c r="B2145" s="3">
-        <x:v>104.39</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2146" spans="1:2">
       <x:c r="A2146" s="2">
-        <x:v>42860</x:v>
+        <x:v>42920</x:v>
       </x:c>
       <x:c r="B2146" s="3">
-        <x:v>104.24</x:v>
+        <x:v>104.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2147" spans="1:2">
       <x:c r="A2147" s="2">
-        <x:v>42859</x:v>
+        <x:v>42919</x:v>
       </x:c>
       <x:c r="B2147" s="3">
-        <x:v>104.35</x:v>
+        <x:v>104.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2148" spans="1:2">
       <x:c r="A2148" s="2">
-        <x:v>42858</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B2148" s="3">
-        <x:v>104.53</x:v>
+        <x:v>104.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2149" spans="1:2">
       <x:c r="A2149" s="2">
-        <x:v>42857</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="B2149" s="3">
-        <x:v>104.52</x:v>
+        <x:v>104.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2150" spans="1:2">
       <x:c r="A2150" s="2">
-        <x:v>42853</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="B2150" s="3">
-        <x:v>104.23</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2151" spans="1:2">
       <x:c r="A2151" s="2">
-        <x:v>42852</x:v>
+        <x:v>42913</x:v>
       </x:c>
       <x:c r="B2151" s="3">
-        <x:v>104.17</x:v>
+        <x:v>104.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2152" spans="1:2">
       <x:c r="A2152" s="2">
-        <x:v>42851</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="B2152" s="3">
-        <x:v>104.14</x:v>
+        <x:v>104.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2153" spans="1:2">
       <x:c r="A2153" s="2">
-        <x:v>42850</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="B2153" s="3">
-        <x:v>104.04</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2154" spans="1:2">
       <x:c r="A2154" s="2">
-        <x:v>42849</x:v>
+        <x:v>42907</x:v>
       </x:c>
       <x:c r="B2154" s="3">
-        <x:v>103.93</x:v>
+        <x:v>104.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2155" spans="1:2">
       <x:c r="A2155" s="2">
-        <x:v>42846</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="B2155" s="3">
-        <x:v>103.62</x:v>
+        <x:v>104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2156" spans="1:2">
       <x:c r="A2156" s="2">
-        <x:v>42845</x:v>
+        <x:v>42905</x:v>
       </x:c>
       <x:c r="B2156" s="3">
-        <x:v>103.51</x:v>
+        <x:v>105.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2157" spans="1:2">
       <x:c r="A2157" s="2">
-        <x:v>42844</x:v>
+        <x:v>42902</x:v>
       </x:c>
       <x:c r="B2157" s="3">
-        <x:v>103.52</x:v>
+        <x:v>105.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2158" spans="1:2">
       <x:c r="A2158" s="2">
-        <x:v>42843</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B2158" s="3">
-        <x:v>103.45</x:v>
+        <x:v>105.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2159" spans="1:2">
       <x:c r="A2159" s="2">
-        <x:v>42838</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="B2159" s="3">
-        <x:v>103.37</x:v>
+        <x:v>105.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2160" spans="1:2">
       <x:c r="A2160" s="2">
-        <x:v>42837</x:v>
+        <x:v>42899</x:v>
       </x:c>
       <x:c r="B2160" s="3">
-        <x:v>103.39</x:v>
+        <x:v>105.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2161" spans="1:2">
       <x:c r="A2161" s="2">
-        <x:v>42836</x:v>
+        <x:v>42898</x:v>
       </x:c>
       <x:c r="B2161" s="3">
-        <x:v>103.33</x:v>
+        <x:v>105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2162" spans="1:2">
       <x:c r="A2162" s="2">
-        <x:v>42835</x:v>
+        <x:v>42895</x:v>
       </x:c>
       <x:c r="B2162" s="3">
-        <x:v>103.21</x:v>
+        <x:v>105.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2163" spans="1:2">
       <x:c r="A2163" s="2">
-        <x:v>42832</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="B2163" s="3">
-        <x:v>103.19</x:v>
+        <x:v>104.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2164" spans="1:2">
       <x:c r="A2164" s="2">
-        <x:v>42831</x:v>
+        <x:v>42893</x:v>
       </x:c>
       <x:c r="B2164" s="3">
-        <x:v>103.13</x:v>
+        <x:v>105.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2165" spans="1:2">
       <x:c r="A2165" s="2">
-        <x:v>42830</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="B2165" s="3">
-        <x:v>103.06</x:v>
+        <x:v>105.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2166" spans="1:2">
       <x:c r="A2166" s="2">
-        <x:v>42829</x:v>
+        <x:v>42888</x:v>
       </x:c>
       <x:c r="B2166" s="3">
-        <x:v>102.77</x:v>
+        <x:v>105.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2167" spans="1:2">
       <x:c r="A2167" s="2">
-        <x:v>42828</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="B2167" s="3">
-        <x:v>102.71</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2168" spans="1:2">
       <x:c r="A2168" s="2">
-        <x:v>42825</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B2168" s="3">
-        <x:v>102.72</x:v>
+        <x:v>104.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2169" spans="1:2">
       <x:c r="A2169" s="2">
-        <x:v>42824</x:v>
+        <x:v>42885</x:v>
       </x:c>
       <x:c r="B2169" s="3">
-        <x:v>102.71</x:v>
+        <x:v>104.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2170" spans="1:2">
       <x:c r="A2170" s="2">
-        <x:v>42823</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="B2170" s="3">
-        <x:v>102.51</x:v>
+        <x:v>104.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2171" spans="1:2">
       <x:c r="A2171" s="2">
-        <x:v>42822</x:v>
+        <x:v>42881</x:v>
       </x:c>
       <x:c r="B2171" s="3">
-        <x:v>102.29</x:v>
+        <x:v>104.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2172" spans="1:2">
       <x:c r="A2172" s="2">
-        <x:v>42821</x:v>
+        <x:v>42879</x:v>
       </x:c>
       <x:c r="B2172" s="3">
-        <x:v>102.04</x:v>
+        <x:v>104.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2173" spans="1:2">
       <x:c r="A2173" s="2">
-        <x:v>42818</x:v>
+        <x:v>42878</x:v>
       </x:c>
       <x:c r="B2173" s="3">
-        <x:v>102.19</x:v>
+        <x:v>104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2174" spans="1:2">
       <x:c r="A2174" s="2">
-        <x:v>42817</x:v>
+        <x:v>42877</x:v>
       </x:c>
       <x:c r="B2174" s="3">
-        <x:v>102.1</x:v>
+        <x:v>104.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2175" spans="1:2">
       <x:c r="A2175" s="2">
-        <x:v>42816</x:v>
+        <x:v>42874</x:v>
       </x:c>
       <x:c r="B2175" s="3">
-        <x:v>101.84</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2176" spans="1:2">
       <x:c r="A2176" s="2">
-        <x:v>42815</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="B2176" s="3">
-        <x:v>102.19</x:v>
+        <x:v>103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2177" spans="1:2">
       <x:c r="A2177" s="2">
-        <x:v>42814</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="B2177" s="3">
-        <x:v>102.18</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2178" spans="1:2">
       <x:c r="A2178" s="2">
-        <x:v>42811</x:v>
+        <x:v>42871</x:v>
       </x:c>
       <x:c r="B2178" s="3">
-        <x:v>102.16</x:v>
+        <x:v>104.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2179" spans="1:2">
       <x:c r="A2179" s="2">
-        <x:v>42810</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B2179" s="3">
-        <x:v>102</x:v>
+        <x:v>104.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2180" spans="1:2">
       <x:c r="A2180" s="2">
-        <x:v>42809</x:v>
+        <x:v>42867</x:v>
       </x:c>
       <x:c r="B2180" s="3">
-        <x:v>101.45</x:v>
+        <x:v>104.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2181" spans="1:2">
       <x:c r="A2181" s="2">
-        <x:v>42808</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="B2181" s="3">
-        <x:v>101.14</x:v>
+        <x:v>104.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2182" spans="1:2">
       <x:c r="A2182" s="2">
-        <x:v>42807</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="B2182" s="3">
-        <x:v>101.54</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2183" spans="1:2">
       <x:c r="A2183" s="2">
-        <x:v>42804</x:v>
+        <x:v>42864</x:v>
       </x:c>
       <x:c r="B2183" s="3">
-        <x:v>101.5</x:v>
+        <x:v>104.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2184" spans="1:2">
       <x:c r="A2184" s="2">
-        <x:v>42803</x:v>
+        <x:v>42863</x:v>
       </x:c>
       <x:c r="B2184" s="3">
-        <x:v>101.57</x:v>
+        <x:v>104.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2185" spans="1:2">
       <x:c r="A2185" s="2">
-        <x:v>42802</x:v>
+        <x:v>42860</x:v>
       </x:c>
       <x:c r="B2185" s="3">
-        <x:v>102.09</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2186" spans="1:2">
       <x:c r="A2186" s="2">
-        <x:v>42801</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="B2186" s="3">
-        <x:v>102.64</x:v>
+        <x:v>104.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2187" spans="1:2">
       <x:c r="A2187" s="2">
-        <x:v>42800</x:v>
+        <x:v>42858</x:v>
       </x:c>
       <x:c r="B2187" s="3">
-        <x:v>102.71</x:v>
+        <x:v>104.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2188" spans="1:2">
       <x:c r="A2188" s="2">
-        <x:v>42797</x:v>
+        <x:v>42857</x:v>
       </x:c>
       <x:c r="B2188" s="3">
-        <x:v>102.78</x:v>
+        <x:v>104.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2189" spans="1:2">
       <x:c r="A2189" s="2">
-        <x:v>42796</x:v>
+        <x:v>42853</x:v>
       </x:c>
       <x:c r="B2189" s="3">
-        <x:v>102.87</x:v>
+        <x:v>104.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2190" spans="1:2">
       <x:c r="A2190" s="2">
-        <x:v>42795</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="B2190" s="3">
-        <x:v>102.83</x:v>
+        <x:v>104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2191" spans="1:2">
       <x:c r="A2191" s="2">
-        <x:v>42794</x:v>
+        <x:v>42851</x:v>
       </x:c>
       <x:c r="B2191" s="3">
-        <x:v>102.56</x:v>
+        <x:v>104.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2192" spans="1:2">
       <x:c r="A2192" s="2">
-        <x:v>42793</x:v>
+        <x:v>42850</x:v>
       </x:c>
       <x:c r="B2192" s="3">
-        <x:v>102.51</x:v>
+        <x:v>104.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2193" spans="1:2">
       <x:c r="A2193" s="2">
-        <x:v>42790</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="B2193" s="3">
-        <x:v>102.48</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2194" spans="1:2">
       <x:c r="A2194" s="2">
-        <x:v>42789</x:v>
+        <x:v>42846</x:v>
       </x:c>
       <x:c r="B2194" s="3">
-        <x:v>102.61</x:v>
+        <x:v>103.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2195" spans="1:2">
       <x:c r="A2195" s="2">
-        <x:v>42788</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="B2195" s="3">
-        <x:v>102.44</x:v>
+        <x:v>103.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2196" spans="1:2">
       <x:c r="A2196" s="2">
-        <x:v>42787</x:v>
+        <x:v>42844</x:v>
       </x:c>
       <x:c r="B2196" s="3">
-        <x:v>102.39</x:v>
+        <x:v>103.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2197" spans="1:2">
       <x:c r="A2197" s="2">
-        <x:v>42786</x:v>
+        <x:v>42843</x:v>
       </x:c>
       <x:c r="B2197" s="3">
-        <x:v>102.24</x:v>
+        <x:v>103.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2198" spans="1:2">
       <x:c r="A2198" s="2">
-        <x:v>42783</x:v>
+        <x:v>42838</x:v>
       </x:c>
       <x:c r="B2198" s="3">
-        <x:v>102.19</x:v>
+        <x:v>103.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2199" spans="1:2">
       <x:c r="A2199" s="2">
-        <x:v>42782</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="B2199" s="3">
-        <x:v>102.24</x:v>
+        <x:v>103.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2200" spans="1:2">
       <x:c r="A2200" s="2">
-        <x:v>42781</x:v>
+        <x:v>42836</x:v>
       </x:c>
       <x:c r="B2200" s="3">
-        <x:v>102.22</x:v>
+        <x:v>103.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2201" spans="1:2">
       <x:c r="A2201" s="2">
-        <x:v>42780</x:v>
+        <x:v>42835</x:v>
       </x:c>
       <x:c r="B2201" s="3">
-        <x:v>102.32</x:v>
+        <x:v>103.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2202" spans="1:2">
       <x:c r="A2202" s="2">
-        <x:v>42779</x:v>
+        <x:v>42832</x:v>
       </x:c>
       <x:c r="B2202" s="3">
-        <x:v>102.13</x:v>
+        <x:v>103.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2203" spans="1:2">
       <x:c r="A2203" s="2">
-        <x:v>42776</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="B2203" s="3">
-        <x:v>101.89</x:v>
+        <x:v>103.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2204" spans="1:2">
       <x:c r="A2204" s="2">
-        <x:v>42775</x:v>
+        <x:v>42830</x:v>
       </x:c>
       <x:c r="B2204" s="3">
-        <x:v>101.73</x:v>
+        <x:v>103.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2205" spans="1:2">
       <x:c r="A2205" s="2">
-        <x:v>42774</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="B2205" s="3">
-        <x:v>101.48</x:v>
+        <x:v>102.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2206" spans="1:2">
       <x:c r="A2206" s="2">
-        <x:v>42773</x:v>
+        <x:v>42828</x:v>
       </x:c>
       <x:c r="B2206" s="3">
-        <x:v>101.59</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2207" spans="1:2">
       <x:c r="A2207" s="2">
-        <x:v>42772</x:v>
+        <x:v>42825</x:v>
       </x:c>
       <x:c r="B2207" s="3">
-        <x:v>101.72</x:v>
+        <x:v>102.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2208" spans="1:2">
       <x:c r="A2208" s="2">
-        <x:v>42769</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="B2208" s="3">
-        <x:v>101.73</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2209" spans="1:2">
       <x:c r="A2209" s="2">
-        <x:v>42768</x:v>
+        <x:v>42823</x:v>
       </x:c>
       <x:c r="B2209" s="3">
-        <x:v>101.34</x:v>
+        <x:v>102.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2210" spans="1:2">
       <x:c r="A2210" s="2">
-        <x:v>42767</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="B2210" s="3">
-        <x:v>101.13</x:v>
+        <x:v>102.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2211" spans="1:2">
       <x:c r="A2211" s="2">
-        <x:v>42766</x:v>
+        <x:v>42821</x:v>
       </x:c>
       <x:c r="B2211" s="3">
-        <x:v>100.96</x:v>
+        <x:v>102.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2212" spans="1:2">
       <x:c r="A2212" s="2">
-        <x:v>42765</x:v>
+        <x:v>42818</x:v>
       </x:c>
       <x:c r="B2212" s="3">
-        <x:v>101.19</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2213" spans="1:2">
       <x:c r="A2213" s="2">
-        <x:v>42762</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="B2213" s="3">
-        <x:v>101.44</x:v>
+        <x:v>102.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2214" spans="1:2">
       <x:c r="A2214" s="2">
-        <x:v>42761</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="B2214" s="3">
-        <x:v>101.55</x:v>
+        <x:v>101.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2215" spans="1:2">
       <x:c r="A2215" s="2">
-        <x:v>42760</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="B2215" s="3">
-        <x:v>101.52</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2216" spans="1:2">
       <x:c r="A2216" s="2">
-        <x:v>42759</x:v>
+        <x:v>42814</x:v>
       </x:c>
       <x:c r="B2216" s="3">
-        <x:v>101.34</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2217" spans="1:2">
       <x:c r="A2217" s="2">
-        <x:v>42758</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="B2217" s="3">
-        <x:v>101.22</x:v>
+        <x:v>102.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2218" spans="1:2">
       <x:c r="A2218" s="2">
-        <x:v>42755</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="B2218" s="3">
-        <x:v>101.32</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2219" spans="1:2">
       <x:c r="A2219" s="2">
-        <x:v>42754</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B2219" s="3">
-        <x:v>101.24</x:v>
+        <x:v>101.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2220" spans="1:2">
       <x:c r="A2220" s="2">
-        <x:v>42753</x:v>
+        <x:v>42808</x:v>
       </x:c>
       <x:c r="B2220" s="3">
-        <x:v>101.44</x:v>
+        <x:v>101.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2221" spans="1:2">
       <x:c r="A2221" s="2">
-        <x:v>42752</x:v>
+        <x:v>42807</x:v>
       </x:c>
       <x:c r="B2221" s="3">
-        <x:v>101.45</x:v>
+        <x:v>101.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2222" spans="1:2">
       <x:c r="A2222" s="2">
-        <x:v>42751</x:v>
+        <x:v>42804</x:v>
       </x:c>
       <x:c r="B2222" s="3">
-        <x:v>101.36</x:v>
+        <x:v>101.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2223" spans="1:2">
       <x:c r="A2223" s="2">
-        <x:v>42748</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="B2223" s="3">
-        <x:v>101.47</x:v>
+        <x:v>101.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2224" spans="1:2">
       <x:c r="A2224" s="2">
-        <x:v>42747</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="B2224" s="3">
-        <x:v>101.19</x:v>
+        <x:v>102.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2225" spans="1:2">
       <x:c r="A2225" s="2">
-        <x:v>42746</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="B2225" s="3">
-        <x:v>101.1</x:v>
+        <x:v>102.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2226" spans="1:2">
       <x:c r="A2226" s="2">
-        <x:v>42745</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="B2226" s="3">
-        <x:v>101.16</x:v>
+        <x:v>102.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2227" spans="1:2">
       <x:c r="A2227" s="2">
-        <x:v>42744</x:v>
+        <x:v>42797</x:v>
       </x:c>
       <x:c r="B2227" s="3">
-        <x:v>101.25</x:v>
+        <x:v>102.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2228" spans="1:2">
       <x:c r="A2228" s="2">
-        <x:v>42741</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="B2228" s="3">
-        <x:v>101.48</x:v>
+        <x:v>102.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2229" spans="1:2">
       <x:c r="A2229" s="2">
-        <x:v>42740</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="B2229" s="3">
-        <x:v>101.49</x:v>
+        <x:v>102.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2230" spans="1:2">
       <x:c r="A2230" s="2">
-        <x:v>42739</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B2230" s="3">
-        <x:v>101.07</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2231" spans="1:2">
       <x:c r="A2231" s="2">
-        <x:v>42738</x:v>
+        <x:v>42793</x:v>
       </x:c>
       <x:c r="B2231" s="3">
-        <x:v>100.81</x:v>
+        <x:v>102.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2232" spans="1:2">
       <x:c r="A2232" s="2">
-        <x:v>42737</x:v>
+        <x:v>42790</x:v>
       </x:c>
       <x:c r="B2232" s="3">
-        <x:v>100.38</x:v>
+        <x:v>102.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2233" spans="1:2">
       <x:c r="A2233" s="2">
-        <x:v>42734</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="B2233" s="3">
-        <x:v>100.3</x:v>
+        <x:v>102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2234" spans="1:2">
       <x:c r="A2234" s="2">
-        <x:v>42733</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="B2234" s="3">
-        <x:v>100.19</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2235" spans="1:2">
       <x:c r="A2235" s="2">
-        <x:v>42732</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="B2235" s="3">
-        <x:v>100.11</x:v>
+        <x:v>102.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2236" spans="1:2">
       <x:c r="A2236" s="2">
-        <x:v>42731</x:v>
+        <x:v>42786</x:v>
       </x:c>
       <x:c r="B2236" s="3">
-        <x:v>100.11</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2237" spans="1:2">
       <x:c r="A2237" s="2">
-        <x:v>42727</x:v>
+        <x:v>42783</x:v>
       </x:c>
       <x:c r="B2237" s="3">
-        <x:v>100.03</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2238" spans="1:2">
       <x:c r="A2238" s="2">
-        <x:v>42726</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="B2238" s="3">
-        <x:v>99.91</x:v>
+        <x:v>102.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2239" spans="1:2">
       <x:c r="A2239" s="2">
+        <x:v>42781</x:v>
+      </x:c>
+      <x:c r="B2239" s="3">
+        <x:v>102.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2240" spans="1:2">
+      <x:c r="A2240" s="2">
+        <x:v>42780</x:v>
+      </x:c>
+      <x:c r="B2240" s="3">
+        <x:v>102.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2241" spans="1:2">
+      <x:c r="A2241" s="2">
+        <x:v>42779</x:v>
+      </x:c>
+      <x:c r="B2241" s="3">
+        <x:v>102.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2242" spans="1:2">
+      <x:c r="A2242" s="2">
+        <x:v>42776</x:v>
+      </x:c>
+      <x:c r="B2242" s="3">
+        <x:v>101.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2243" spans="1:2">
+      <x:c r="A2243" s="2">
+        <x:v>42775</x:v>
+      </x:c>
+      <x:c r="B2243" s="3">
+        <x:v>101.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2244" spans="1:2">
+      <x:c r="A2244" s="2">
+        <x:v>42774</x:v>
+      </x:c>
+      <x:c r="B2244" s="3">
+        <x:v>101.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2245" spans="1:2">
+      <x:c r="A2245" s="2">
+        <x:v>42773</x:v>
+      </x:c>
+      <x:c r="B2245" s="3">
+        <x:v>101.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2246" spans="1:2">
+      <x:c r="A2246" s="2">
+        <x:v>42772</x:v>
+      </x:c>
+      <x:c r="B2246" s="3">
+        <x:v>101.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2247" spans="1:2">
+      <x:c r="A2247" s="2">
+        <x:v>42769</x:v>
+      </x:c>
+      <x:c r="B2247" s="3">
+        <x:v>101.73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2248" spans="1:2">
+      <x:c r="A2248" s="2">
+        <x:v>42768</x:v>
+      </x:c>
+      <x:c r="B2248" s="3">
+        <x:v>101.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2249" spans="1:2">
+      <x:c r="A2249" s="2">
+        <x:v>42767</x:v>
+      </x:c>
+      <x:c r="B2249" s="3">
+        <x:v>101.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2250" spans="1:2">
+      <x:c r="A2250" s="2">
+        <x:v>42766</x:v>
+      </x:c>
+      <x:c r="B2250" s="3">
+        <x:v>100.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2251" spans="1:2">
+      <x:c r="A2251" s="2">
+        <x:v>42765</x:v>
+      </x:c>
+      <x:c r="B2251" s="3">
+        <x:v>101.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2252" spans="1:2">
+      <x:c r="A2252" s="2">
+        <x:v>42762</x:v>
+      </x:c>
+      <x:c r="B2252" s="3">
+        <x:v>101.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2253" spans="1:2">
+      <x:c r="A2253" s="2">
+        <x:v>42761</x:v>
+      </x:c>
+      <x:c r="B2253" s="3">
+        <x:v>101.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2254" spans="1:2">
+      <x:c r="A2254" s="2">
+        <x:v>42760</x:v>
+      </x:c>
+      <x:c r="B2254" s="3">
+        <x:v>101.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2255" spans="1:2">
+      <x:c r="A2255" s="2">
+        <x:v>42759</x:v>
+      </x:c>
+      <x:c r="B2255" s="3">
+        <x:v>101.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2256" spans="1:2">
+      <x:c r="A2256" s="2">
+        <x:v>42758</x:v>
+      </x:c>
+      <x:c r="B2256" s="3">
+        <x:v>101.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2257" spans="1:2">
+      <x:c r="A2257" s="2">
+        <x:v>42755</x:v>
+      </x:c>
+      <x:c r="B2257" s="3">
+        <x:v>101.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2258" spans="1:2">
+      <x:c r="A2258" s="2">
+        <x:v>42754</x:v>
+      </x:c>
+      <x:c r="B2258" s="3">
+        <x:v>101.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2259" spans="1:2">
+      <x:c r="A2259" s="2">
+        <x:v>42753</x:v>
+      </x:c>
+      <x:c r="B2259" s="3">
+        <x:v>101.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2260" spans="1:2">
+      <x:c r="A2260" s="2">
+        <x:v>42752</x:v>
+      </x:c>
+      <x:c r="B2260" s="3">
+        <x:v>101.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2261" spans="1:2">
+      <x:c r="A2261" s="2">
+        <x:v>42751</x:v>
+      </x:c>
+      <x:c r="B2261" s="3">
+        <x:v>101.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2262" spans="1:2">
+      <x:c r="A2262" s="2">
+        <x:v>42748</x:v>
+      </x:c>
+      <x:c r="B2262" s="3">
+        <x:v>101.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2263" spans="1:2">
+      <x:c r="A2263" s="2">
+        <x:v>42747</x:v>
+      </x:c>
+      <x:c r="B2263" s="3">
+        <x:v>101.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2264" spans="1:2">
+      <x:c r="A2264" s="2">
+        <x:v>42746</x:v>
+      </x:c>
+      <x:c r="B2264" s="3">
+        <x:v>101.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2265" spans="1:2">
+      <x:c r="A2265" s="2">
+        <x:v>42745</x:v>
+      </x:c>
+      <x:c r="B2265" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2266" spans="1:2">
+      <x:c r="A2266" s="2">
+        <x:v>42744</x:v>
+      </x:c>
+      <x:c r="B2266" s="3">
+        <x:v>101.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2267" spans="1:2">
+      <x:c r="A2267" s="2">
+        <x:v>42741</x:v>
+      </x:c>
+      <x:c r="B2267" s="3">
+        <x:v>101.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2268" spans="1:2">
+      <x:c r="A2268" s="2">
+        <x:v>42740</x:v>
+      </x:c>
+      <x:c r="B2268" s="3">
+        <x:v>101.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2269" spans="1:2">
+      <x:c r="A2269" s="2">
+        <x:v>42739</x:v>
+      </x:c>
+      <x:c r="B2269" s="3">
+        <x:v>101.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2270" spans="1:2">
+      <x:c r="A2270" s="2">
+        <x:v>42738</x:v>
+      </x:c>
+      <x:c r="B2270" s="3">
+        <x:v>100.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2271" spans="1:2">
+      <x:c r="A2271" s="2">
+        <x:v>42737</x:v>
+      </x:c>
+      <x:c r="B2271" s="3">
+        <x:v>100.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2272" spans="1:2">
+      <x:c r="A2272" s="2">
+        <x:v>42734</x:v>
+      </x:c>
+      <x:c r="B2272" s="3">
+        <x:v>100.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2273" spans="1:2">
+      <x:c r="A2273" s="2">
+        <x:v>42733</x:v>
+      </x:c>
+      <x:c r="B2273" s="3">
+        <x:v>100.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2274" spans="1:2">
+      <x:c r="A2274" s="2">
+        <x:v>42732</x:v>
+      </x:c>
+      <x:c r="B2274" s="3">
+        <x:v>100.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2275" spans="1:2">
+      <x:c r="A2275" s="2">
+        <x:v>42731</x:v>
+      </x:c>
+      <x:c r="B2275" s="3">
+        <x:v>100.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2276" spans="1:2">
+      <x:c r="A2276" s="2">
+        <x:v>42727</x:v>
+      </x:c>
+      <x:c r="B2276" s="3">
+        <x:v>100.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2277" spans="1:2">
+      <x:c r="A2277" s="2">
+        <x:v>42726</x:v>
+      </x:c>
+      <x:c r="B2277" s="3">
+        <x:v>99.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2278" spans="1:2">
+      <x:c r="A2278" s="2">
         <x:v>42725</x:v>
       </x:c>
-      <x:c r="B2239" s="3">
+      <x:c r="B2278" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - LU1523323860</vt:lpstr>
       <vt:lpstr>nav - LU1523323860!Print_Area</vt:lpstr>
       <vt:lpstr>nav - LU1523323860!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>