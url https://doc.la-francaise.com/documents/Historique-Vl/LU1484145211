--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceb59d1c8ca04bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdd1c8d9e33b422aa5b2bb90ed1b6c39.psmdcp" Id="Rd81169d8bac84ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35df5c896d2c4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbd74f34c36048918c41f6ace2ea9a66.psmdcp" Id="R0495b9cd20504651" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1484145211" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>