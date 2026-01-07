--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35df5c896d2c4846" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbd74f34c36048918c41f6ace2ea9a66.psmdcp" Id="R0495b9cd20504651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb84af296de473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c789bee38f049d1be4de553584ffc66.psmdcp" Id="Rc1a68795d2774b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1484145211" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>