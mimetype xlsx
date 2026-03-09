--- v2 (2026-01-07)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eb84af296de473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c789bee38f049d1be4de553584ffc66.psmdcp" Id="Rc1a68795d2774b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923f5326f2074305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/616b7136aeaa4639ba40d0c309a615eb.psmdcp" Id="R698d2015e55a4503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1484145211" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>