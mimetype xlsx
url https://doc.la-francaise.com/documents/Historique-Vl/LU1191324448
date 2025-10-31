--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f2117c0cd974298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31af2a09f99b425fac85ac1d263b0d97.psmdcp" Id="Rcafdcb8ee22d4cab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf380bff999564c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/590aa9eaf9b74a9bb7c4921b3f7d8b71.psmdcp" Id="R4c3c64f2fa194f9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1191324448" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>