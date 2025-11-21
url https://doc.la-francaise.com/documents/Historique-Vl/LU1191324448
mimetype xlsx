--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf380bff999564c4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/590aa9eaf9b74a9bb7c4921b3f7d8b71.psmdcp" Id="R4c3c64f2fa194f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115a61f23c4d4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a7dde813fd54ae38e32d518f37fca8e.psmdcp" Id="R38f64b66e88648c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1191324448" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>