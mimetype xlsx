--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R115a61f23c4d4a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a7dde813fd54ae38e32d518f37fca8e.psmdcp" Id="R38f64b66e88648c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba93b573eb4b4279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc19b692258e48c2ace9cf417b49b6f7.psmdcp" Id="Re22de552e0134685" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1191324448" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>