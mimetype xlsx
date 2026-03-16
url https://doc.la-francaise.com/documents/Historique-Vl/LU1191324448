--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba93b573eb4b4279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cc19b692258e48c2ace9cf417b49b6f7.psmdcp" Id="Re22de552e0134685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc3ff8ee0334cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6416fe546a1740cca3c36a455adacd97.psmdcp" Id="R9a42cfce07d14105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1191324448" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>