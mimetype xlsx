--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ede9453e3747d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/40d438c37a6c4f9381340285c3063aed.psmdcp" Id="Reea3e937ebbf4159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d5e64e261b4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56d5cdc1fd7f4221941948f8f968fa08.psmdcp" Id="Ra8489282bc0d40d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1008594837" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>