--- v1 (2025-10-31)
+++ v2 (2025-12-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6d5e64e261b4ddd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/56d5cdc1fd7f4221941948f8f968fa08.psmdcp" Id="Ra8489282bc0d40d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045cf11077484106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/670c87191e5a4e09ab26363a20465d73.psmdcp" Id="Reb734f2af1744534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1008594837" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>