--- v2 (2025-12-19)
+++ v3 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045cf11077484106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/670c87191e5a4e09ab26363a20465d73.psmdcp" Id="Reb734f2af1744534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10dec369790b44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e5dd7c0859140409d5823027d765326.psmdcp" Id="R4114da6a436a4d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1008594837" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>