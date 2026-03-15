--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10dec369790b44af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3e5dd7c0859140409d5823027d765326.psmdcp" Id="R4114da6a436a4d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd128072a4fdb4574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bdbd30caeba44c1a5b3327be94f3b1e.psmdcp" Id="Re9c7e7ab0e5f4b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - LU1008594837" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>