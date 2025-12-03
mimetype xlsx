--- v0 (2025-11-05)
+++ v1 (2025-12-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3733aeeab5ee4292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d8043d2ea791493bba9726f59b3eba52.psmdcp" Id="R50bf71f1547541cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c9ded70ea54d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec50288ac9584084afe7c6b1edbef5ef.psmdcp" Id="Rf3226d5994f34bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400YQY5" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,873 +420,1017 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B102"/>
+  <x:dimension ref="A1:B120"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45964</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>1004.31</x:v>
+        <x:v>994.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45961</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>1009.03</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45960</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>1009.97</x:v>
+        <x:v>990.27</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45959</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>1026.48</x:v>
+        <x:v>984.92</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45958</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>1034.5</x:v>
+        <x:v>975.53</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45957</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>1035.68</x:v>
+        <x:v>971.37</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45954</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>1041</x:v>
+        <x:v>965.21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45953</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>1035.8</x:v>
+        <x:v>971.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45952</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>1025.98</x:v>
+        <x:v>971.23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45951</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>1030.58</x:v>
+        <x:v>979.87</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45950</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>1031.2</x:v>
+        <x:v>990.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45947</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>1020.8</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45946</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>1023.63</x:v>
+        <x:v>1006.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45945</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>1025.74</x:v>
+        <x:v>997.66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45944</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>1019.62</x:v>
+        <x:v>991.18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45943</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>1020.86</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45940</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>1014.22</x:v>
+        <x:v>1015.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45939</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>1026.14</x:v>
+        <x:v>1002.65</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45938</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>1022.83</x:v>
+        <x:v>1004.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45937</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>1015.23</x:v>
+        <x:v>1009.03</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45936</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>1015.08</x:v>
+        <x:v>1009.97</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45933</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>1014.19</x:v>
+        <x:v>1026.48</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45932</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>1011.83</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45931</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>1008.38</x:v>
+        <x:v>1035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45930</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45929</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>998.58</x:v>
+        <x:v>1035.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45926</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>996.49</x:v>
+        <x:v>1025.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45925</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>996</x:v>
+        <x:v>1030.58</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45924</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>999.06</x:v>
+        <x:v>1031.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45923</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>997.77</x:v>
+        <x:v>1020.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45922</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>999.72</x:v>
+        <x:v>1023.63</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45919</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>1001.13</x:v>
+        <x:v>1025.74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45918</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1019.62</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45917</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>994.57</x:v>
+        <x:v>1020.86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45916</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>997.08</x:v>
+        <x:v>1014.22</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45915</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>1007.58</x:v>
+        <x:v>1026.14</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45912</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>1005.84</x:v>
+        <x:v>1022.83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45911</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>1011.53</x:v>
+        <x:v>1015.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45910</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>1004.25</x:v>
+        <x:v>1015.08</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45909</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>999.14</x:v>
+        <x:v>1014.19</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45908</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>1006.76</x:v>
+        <x:v>1011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45905</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>1004.97</x:v>
+        <x:v>1008.38</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45904</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>1005.69</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45903</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>996.47</x:v>
+        <x:v>998.58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45902</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>997.48</x:v>
+        <x:v>996.49</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45901</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45898</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>1006.62</x:v>
+        <x:v>999.06</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45897</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>1012.58</x:v>
+        <x:v>997.77</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45896</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>1015.53</x:v>
+        <x:v>999.72</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45895</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>1015.44</x:v>
+        <x:v>1001.13</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45894</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>1021.46</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45891</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>1028.13</x:v>
+        <x:v>994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45890</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>1019.37</x:v>
+        <x:v>997.08</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45889</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>1019.17</x:v>
+        <x:v>1007.58</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45888</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>1021.22</x:v>
+        <x:v>1005.84</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45887</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>1013.55</x:v>
+        <x:v>1011.53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45883</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1010.6</x:v>
+        <x:v>1004.25</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45882</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>1013.97</x:v>
+        <x:v>999.14</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45881</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>1011.37</x:v>
+        <x:v>1006.76</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45880</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>1009.38</x:v>
+        <x:v>1004.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45877</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>1012.04</x:v>
+        <x:v>1005.69</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45876</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>1009.46</x:v>
+        <x:v>996.47</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45875</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>1004.51</x:v>
+        <x:v>997.48</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45874</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>1006.26</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45873</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>1002.37</x:v>
+        <x:v>1006.62</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45870</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>995.25</x:v>
+        <x:v>1012.58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45869</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1015.41</x:v>
+        <x:v>1015.53</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45868</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1014.69</x:v>
+        <x:v>1015.44</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45867</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>1013.58</x:v>
+        <x:v>1021.46</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45866</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>1012.46</x:v>
+        <x:v>1028.13</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45863</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1013.79</x:v>
+        <x:v>1019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45862</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1012.14</x:v>
+        <x:v>1019.17</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45861</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1009.14</x:v>
+        <x:v>1021.22</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45860</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>1003.59</x:v>
+        <x:v>1013.55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45859</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>1008.11</x:v>
+        <x:v>1010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45856</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1011.8</x:v>
+        <x:v>1013.97</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45855</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1011.87</x:v>
+        <x:v>1011.37</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45854</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1003.13</x:v>
+        <x:v>1009.38</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45853</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>1008.26</x:v>
+        <x:v>1012.04</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45849</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1005.72</x:v>
+        <x:v>1009.46</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45848</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1007.32</x:v>
+        <x:v>1004.51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45847</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1004.62</x:v>
+        <x:v>1006.26</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45846</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>998.29</x:v>
+        <x:v>1002.37</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45845</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1001.91</x:v>
+        <x:v>995.25</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45842</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1002.86</x:v>
+        <x:v>1015.41</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45841</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45840</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>994.88</x:v>
+        <x:v>1013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45839</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>989.67</x:v>
+        <x:v>1012.46</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45838</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>989.66</x:v>
+        <x:v>1013.79</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45835</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>994.9</x:v>
+        <x:v>1012.14</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45834</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>987.72</x:v>
+        <x:v>1009.14</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45833</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>985.37</x:v>
+        <x:v>1003.59</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45832</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>993.13</x:v>
+        <x:v>1008.11</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45831</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>986.32</x:v>
+        <x:v>1011.8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45828</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>987.63</x:v>
+        <x:v>1011.87</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45827</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>987.69</x:v>
+        <x:v>1003.13</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45826</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>991.34</x:v>
+        <x:v>1008.26</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45825</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>995.5</x:v>
+        <x:v>1005.72</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45824</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>1003.75</x:v>
+        <x:v>1007.32</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45821</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>1000</x:v>
+        <x:v>1004.62</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
+        <x:v>45846</x:v>
+      </x:c>
+      <x:c r="B102" s="3">
+        <x:v>998.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:2">
+      <x:c r="A103" s="2">
+        <x:v>45845</x:v>
+      </x:c>
+      <x:c r="B103" s="3">
+        <x:v>1001.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:2">
+      <x:c r="A104" s="2">
+        <x:v>45842</x:v>
+      </x:c>
+      <x:c r="B104" s="3">
+        <x:v>1002.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:2">
+      <x:c r="A105" s="2">
+        <x:v>45841</x:v>
+      </x:c>
+      <x:c r="B105" s="3">
+        <x:v>1004.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:2">
+      <x:c r="A106" s="2">
+        <x:v>45840</x:v>
+      </x:c>
+      <x:c r="B106" s="3">
+        <x:v>994.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:2">
+      <x:c r="A107" s="2">
+        <x:v>45839</x:v>
+      </x:c>
+      <x:c r="B107" s="3">
+        <x:v>989.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:2">
+      <x:c r="A108" s="2">
+        <x:v>45838</x:v>
+      </x:c>
+      <x:c r="B108" s="3">
+        <x:v>989.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:2">
+      <x:c r="A109" s="2">
+        <x:v>45835</x:v>
+      </x:c>
+      <x:c r="B109" s="3">
+        <x:v>994.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:2">
+      <x:c r="A110" s="2">
+        <x:v>45834</x:v>
+      </x:c>
+      <x:c r="B110" s="3">
+        <x:v>987.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:2">
+      <x:c r="A111" s="2">
+        <x:v>45833</x:v>
+      </x:c>
+      <x:c r="B111" s="3">
+        <x:v>985.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:2">
+      <x:c r="A112" s="2">
+        <x:v>45832</x:v>
+      </x:c>
+      <x:c r="B112" s="3">
+        <x:v>993.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:2">
+      <x:c r="A113" s="2">
+        <x:v>45831</x:v>
+      </x:c>
+      <x:c r="B113" s="3">
+        <x:v>986.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:2">
+      <x:c r="A114" s="2">
+        <x:v>45828</x:v>
+      </x:c>
+      <x:c r="B114" s="3">
+        <x:v>987.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:2">
+      <x:c r="A115" s="2">
+        <x:v>45827</x:v>
+      </x:c>
+      <x:c r="B115" s="3">
+        <x:v>987.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:2">
+      <x:c r="A116" s="2">
+        <x:v>45826</x:v>
+      </x:c>
+      <x:c r="B116" s="3">
+        <x:v>991.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:2">
+      <x:c r="A117" s="2">
+        <x:v>45825</x:v>
+      </x:c>
+      <x:c r="B117" s="3">
+        <x:v>995.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:2">
+      <x:c r="A118" s="2">
+        <x:v>45824</x:v>
+      </x:c>
+      <x:c r="B118" s="3">
+        <x:v>1003.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:2">
+      <x:c r="A119" s="2">
+        <x:v>45821</x:v>
+      </x:c>
+      <x:c r="B119" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:2">
+      <x:c r="A120" s="2">
         <x:v>45804</x:v>
       </x:c>
-      <x:c r="B102" s="3">
+      <x:c r="B120" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400YQY5</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>