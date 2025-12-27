--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1c9ded70ea54d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec50288ac9584084afe7c6b1edbef5ef.psmdcp" Id="Rf3226d5994f34bee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5585c0cc11468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a84437377744abe9e5b30591e84b2f9.psmdcp" Id="R670618ce4486432d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400YQY5" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,1017 +420,1153 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B120"/>
+  <x:dimension ref="A1:B137"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45989</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>994.55</x:v>
+        <x:v>991.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45988</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>993.58</x:v>
+        <x:v>995.51</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45987</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>990.27</x:v>
+        <x:v>992.46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45986</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>984.92</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45985</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>975.53</x:v>
+        <x:v>984.32</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45982</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>971.37</x:v>
+        <x:v>990.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45981</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>965.21</x:v>
+        <x:v>991.12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45980</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>971.62</x:v>
+        <x:v>986.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45979</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>971.23</x:v>
+        <x:v>990.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45978</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>979.87</x:v>
+        <x:v>978.81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45975</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>990.33</x:v>
+        <x:v>978.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45974</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>995.36</x:v>
+        <x:v>983.71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45973</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>1006.14</x:v>
+        <x:v>989.66</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45971</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>997.66</x:v>
+        <x:v>991.78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45968</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>991.18</x:v>
+        <x:v>986.23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45967</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>995.36</x:v>
+        <x:v>985.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45966</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>1015.2</x:v>
+        <x:v>987.43</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45965</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>1002.65</x:v>
+        <x:v>994.55</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45964</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>1004.31</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45961</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>1009.03</x:v>
+        <x:v>990.27</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45960</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>1009.97</x:v>
+        <x:v>984.92</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45959</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>1026.48</x:v>
+        <x:v>975.53</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45958</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>1034.5</x:v>
+        <x:v>971.37</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45957</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>1035.68</x:v>
+        <x:v>965.21</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45954</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>1041</x:v>
+        <x:v>971.62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45953</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>1035.8</x:v>
+        <x:v>971.23</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45952</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>1025.98</x:v>
+        <x:v>979.87</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45951</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>1030.58</x:v>
+        <x:v>990.33</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45950</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>1031.2</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45947</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>1020.8</x:v>
+        <x:v>1006.14</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45946</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>1023.63</x:v>
+        <x:v>997.66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45945</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>1025.74</x:v>
+        <x:v>991.18</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45944</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>1019.62</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45943</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>1020.86</x:v>
+        <x:v>1015.2</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45940</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>1014.22</x:v>
+        <x:v>1002.65</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45939</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>1026.14</x:v>
+        <x:v>1004.31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45938</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>1022.83</x:v>
+        <x:v>1009.03</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45937</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>1015.23</x:v>
+        <x:v>1009.97</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45936</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>1015.08</x:v>
+        <x:v>1026.48</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45933</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>1014.19</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45932</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>1011.83</x:v>
+        <x:v>1035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45931</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>1008.38</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45930</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1035.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45929</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>998.58</x:v>
+        <x:v>1025.98</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45926</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>996.49</x:v>
+        <x:v>1030.58</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45925</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>996</x:v>
+        <x:v>1031.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45924</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>999.06</x:v>
+        <x:v>1020.8</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45923</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>997.77</x:v>
+        <x:v>1023.63</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45922</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>999.72</x:v>
+        <x:v>1025.74</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45919</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>1001.13</x:v>
+        <x:v>1019.62</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45918</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1020.86</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45917</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>994.57</x:v>
+        <x:v>1014.22</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45916</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>997.08</x:v>
+        <x:v>1026.14</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45915</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>1007.58</x:v>
+        <x:v>1022.83</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45912</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>1005.84</x:v>
+        <x:v>1015.23</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45911</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>1011.53</x:v>
+        <x:v>1015.08</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45910</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1004.25</x:v>
+        <x:v>1014.19</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45909</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>999.14</x:v>
+        <x:v>1011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45908</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>1006.76</x:v>
+        <x:v>1008.38</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45905</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>1004.97</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45904</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>1005.69</x:v>
+        <x:v>998.58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45903</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>996.47</x:v>
+        <x:v>996.49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45902</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>997.48</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45901</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>999.06</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45898</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>1006.62</x:v>
+        <x:v>997.77</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45897</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>1012.58</x:v>
+        <x:v>999.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45896</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1015.53</x:v>
+        <x:v>1001.13</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45895</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1015.44</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45894</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>1021.46</x:v>
+        <x:v>994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45891</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>1028.13</x:v>
+        <x:v>997.08</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45890</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1019.37</x:v>
+        <x:v>1007.58</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45889</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1019.17</x:v>
+        <x:v>1005.84</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45888</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1021.22</x:v>
+        <x:v>1011.53</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45887</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>1013.55</x:v>
+        <x:v>1004.25</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45883</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>1010.6</x:v>
+        <x:v>999.14</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45882</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1013.97</x:v>
+        <x:v>1006.76</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45881</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1011.37</x:v>
+        <x:v>1004.97</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45880</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1009.38</x:v>
+        <x:v>1005.69</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45877</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>1012.04</x:v>
+        <x:v>996.47</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45876</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1009.46</x:v>
+        <x:v>997.48</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45875</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1004.51</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45874</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1006.26</x:v>
+        <x:v>1006.62</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45873</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>1002.37</x:v>
+        <x:v>1012.58</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45870</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>995.25</x:v>
+        <x:v>1015.53</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45869</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1015.41</x:v>
+        <x:v>1015.44</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45868</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1014.69</x:v>
+        <x:v>1021.46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45867</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1013.58</x:v>
+        <x:v>1028.13</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45866</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>1012.46</x:v>
+        <x:v>1019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45863</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>1013.79</x:v>
+        <x:v>1019.17</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45862</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>1012.14</x:v>
+        <x:v>1021.22</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45861</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>1009.14</x:v>
+        <x:v>1013.55</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45860</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>1003.59</x:v>
+        <x:v>1010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45859</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>1008.11</x:v>
+        <x:v>1013.97</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45856</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>1011.8</x:v>
+        <x:v>1011.37</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45855</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>1011.87</x:v>
+        <x:v>1009.38</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45854</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>1003.13</x:v>
+        <x:v>1012.04</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45853</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>1008.26</x:v>
+        <x:v>1009.46</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45849</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>1005.72</x:v>
+        <x:v>1004.51</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45848</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>1007.32</x:v>
+        <x:v>1006.26</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45847</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>1004.62</x:v>
+        <x:v>1002.37</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45846</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>998.29</x:v>
+        <x:v>995.25</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45845</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>1001.91</x:v>
+        <x:v>1015.41</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45842</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>1002.86</x:v>
+        <x:v>1014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45841</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45840</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>994.88</x:v>
+        <x:v>1012.46</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45839</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>989.67</x:v>
+        <x:v>1013.79</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45838</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>989.66</x:v>
+        <x:v>1012.14</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45835</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>994.9</x:v>
+        <x:v>1009.14</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45834</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>987.72</x:v>
+        <x:v>1003.59</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45833</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>985.37</x:v>
+        <x:v>1008.11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45832</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>993.13</x:v>
+        <x:v>1011.8</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45831</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>986.32</x:v>
+        <x:v>1011.87</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45828</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>987.63</x:v>
+        <x:v>1003.13</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45827</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>987.69</x:v>
+        <x:v>1008.26</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45826</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>991.34</x:v>
+        <x:v>1005.72</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45825</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>995.5</x:v>
+        <x:v>1007.32</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45824</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>1003.75</x:v>
+        <x:v>1004.62</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45821</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>1000</x:v>
+        <x:v>998.29</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
+        <x:v>45845</x:v>
+      </x:c>
+      <x:c r="B120" s="3">
+        <x:v>1001.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:2">
+      <x:c r="A121" s="2">
+        <x:v>45842</x:v>
+      </x:c>
+      <x:c r="B121" s="3">
+        <x:v>1002.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:2">
+      <x:c r="A122" s="2">
+        <x:v>45841</x:v>
+      </x:c>
+      <x:c r="B122" s="3">
+        <x:v>1004.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:2">
+      <x:c r="A123" s="2">
+        <x:v>45840</x:v>
+      </x:c>
+      <x:c r="B123" s="3">
+        <x:v>994.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="124" spans="1:2">
+      <x:c r="A124" s="2">
+        <x:v>45839</x:v>
+      </x:c>
+      <x:c r="B124" s="3">
+        <x:v>989.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="125" spans="1:2">
+      <x:c r="A125" s="2">
+        <x:v>45838</x:v>
+      </x:c>
+      <x:c r="B125" s="3">
+        <x:v>989.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="126" spans="1:2">
+      <x:c r="A126" s="2">
+        <x:v>45835</x:v>
+      </x:c>
+      <x:c r="B126" s="3">
+        <x:v>994.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="127" spans="1:2">
+      <x:c r="A127" s="2">
+        <x:v>45834</x:v>
+      </x:c>
+      <x:c r="B127" s="3">
+        <x:v>987.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="128" spans="1:2">
+      <x:c r="A128" s="2">
+        <x:v>45833</x:v>
+      </x:c>
+      <x:c r="B128" s="3">
+        <x:v>985.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="129" spans="1:2">
+      <x:c r="A129" s="2">
+        <x:v>45832</x:v>
+      </x:c>
+      <x:c r="B129" s="3">
+        <x:v>993.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="130" spans="1:2">
+      <x:c r="A130" s="2">
+        <x:v>45831</x:v>
+      </x:c>
+      <x:c r="B130" s="3">
+        <x:v>986.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="131" spans="1:2">
+      <x:c r="A131" s="2">
+        <x:v>45828</x:v>
+      </x:c>
+      <x:c r="B131" s="3">
+        <x:v>987.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="132" spans="1:2">
+      <x:c r="A132" s="2">
+        <x:v>45827</x:v>
+      </x:c>
+      <x:c r="B132" s="3">
+        <x:v>987.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="133" spans="1:2">
+      <x:c r="A133" s="2">
+        <x:v>45826</x:v>
+      </x:c>
+      <x:c r="B133" s="3">
+        <x:v>991.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="134" spans="1:2">
+      <x:c r="A134" s="2">
+        <x:v>45825</x:v>
+      </x:c>
+      <x:c r="B134" s="3">
+        <x:v>995.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="135" spans="1:2">
+      <x:c r="A135" s="2">
+        <x:v>45824</x:v>
+      </x:c>
+      <x:c r="B135" s="3">
+        <x:v>1003.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="136" spans="1:2">
+      <x:c r="A136" s="2">
+        <x:v>45821</x:v>
+      </x:c>
+      <x:c r="B136" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="137" spans="1:2">
+      <x:c r="A137" s="2">
         <x:v>45804</x:v>
       </x:c>
-      <x:c r="B120" s="3">
+      <x:c r="B137" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400YQY5</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>