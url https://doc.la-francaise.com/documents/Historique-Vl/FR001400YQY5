--- v2 (2025-12-27)
+++ v3 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5585c0cc11468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a84437377744abe9e5b30591e84b2f9.psmdcp" Id="R670618ce4486432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d20878d5a6041f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ade464f248dc4876b4c35156be913c81.psmdcp" Id="Rdd051c35cfee4f58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400YQY5" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,1153 +420,1257 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B137"/>
+  <x:dimension ref="A1:B150"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46014</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>991.86</x:v>
+        <x:v>1019.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46013</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>995.51</x:v>
+        <x:v>1020.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46010</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>992.46</x:v>
+        <x:v>1020.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46009</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>990</x:v>
+        <x:v>1016.32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46008</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>984.32</x:v>
+        <x:v>1011.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46007</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>990.16</x:v>
+        <x:v>1008.23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46006</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>991.12</x:v>
+        <x:v>1011.84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46003</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>986.86</x:v>
+        <x:v>1005.44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46002</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>990.75</x:v>
+        <x:v>1000.84</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46001</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>978.81</x:v>
+        <x:v>991.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46000</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>978.73</x:v>
+        <x:v>997.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45999</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>983.71</x:v>
+        <x:v>996.87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45996</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>989.66</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45995</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>991.78</x:v>
+        <x:v>991.86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45994</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>986.23</x:v>
+        <x:v>995.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45993</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>985.23</x:v>
+        <x:v>992.46</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45992</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>987.43</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45989</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>994.55</x:v>
+        <x:v>984.32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45988</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>993.58</x:v>
+        <x:v>990.16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45987</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>990.27</x:v>
+        <x:v>991.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45986</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>984.92</x:v>
+        <x:v>986.86</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45985</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>975.53</x:v>
+        <x:v>990.75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45982</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>971.37</x:v>
+        <x:v>978.81</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45981</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>965.21</x:v>
+        <x:v>978.73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45980</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>971.62</x:v>
+        <x:v>983.71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45979</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>971.23</x:v>
+        <x:v>989.66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45978</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>979.87</x:v>
+        <x:v>991.78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45975</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>990.33</x:v>
+        <x:v>986.23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45974</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>995.36</x:v>
+        <x:v>985.23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45973</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>1006.14</x:v>
+        <x:v>987.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45971</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>997.66</x:v>
+        <x:v>994.55</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45968</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>991.18</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45967</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>995.36</x:v>
+        <x:v>990.27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45966</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>1015.2</x:v>
+        <x:v>984.92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45965</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>1002.65</x:v>
+        <x:v>975.53</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45964</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>1004.31</x:v>
+        <x:v>971.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45961</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>1009.03</x:v>
+        <x:v>965.21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45960</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>1009.97</x:v>
+        <x:v>971.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45959</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>1026.48</x:v>
+        <x:v>971.23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45958</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>1034.5</x:v>
+        <x:v>979.87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45957</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>1035.68</x:v>
+        <x:v>990.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45954</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>1041</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45953</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>1035.8</x:v>
+        <x:v>1006.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45952</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>1025.98</x:v>
+        <x:v>997.66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45951</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>1030.58</x:v>
+        <x:v>991.18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45950</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>1031.2</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45947</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>1020.8</x:v>
+        <x:v>1015.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45946</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>1023.63</x:v>
+        <x:v>1002.65</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45945</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>1025.74</x:v>
+        <x:v>1004.31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45944</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>1019.62</x:v>
+        <x:v>1009.03</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45943</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>1020.86</x:v>
+        <x:v>1009.97</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45940</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>1014.22</x:v>
+        <x:v>1026.48</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45939</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>1026.14</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45938</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>1022.83</x:v>
+        <x:v>1035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45937</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>1015.23</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45936</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>1015.08</x:v>
+        <x:v>1035.8</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45933</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1014.19</x:v>
+        <x:v>1025.98</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45932</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>1011.83</x:v>
+        <x:v>1030.58</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45931</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>1008.38</x:v>
+        <x:v>1031.2</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45930</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1020.8</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45929</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>998.58</x:v>
+        <x:v>1023.63</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45926</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>996.49</x:v>
+        <x:v>1025.74</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45925</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>996</x:v>
+        <x:v>1019.62</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45924</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>999.06</x:v>
+        <x:v>1020.86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45923</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>997.77</x:v>
+        <x:v>1014.22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45922</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>999.72</x:v>
+        <x:v>1026.14</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45919</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1001.13</x:v>
+        <x:v>1022.83</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45918</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1015.23</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45917</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>994.57</x:v>
+        <x:v>1015.08</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45916</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>997.08</x:v>
+        <x:v>1014.19</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45915</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1007.58</x:v>
+        <x:v>1011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45912</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1005.84</x:v>
+        <x:v>1008.38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45911</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1011.53</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45910</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>1004.25</x:v>
+        <x:v>998.58</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45909</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>999.14</x:v>
+        <x:v>996.49</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45908</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1006.76</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45905</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1004.97</x:v>
+        <x:v>999.06</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45904</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1005.69</x:v>
+        <x:v>997.77</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45903</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>996.47</x:v>
+        <x:v>999.72</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45902</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>997.48</x:v>
+        <x:v>1001.13</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45901</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45898</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1006.62</x:v>
+        <x:v>994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45897</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>1012.58</x:v>
+        <x:v>997.08</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45896</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1015.53</x:v>
+        <x:v>1007.58</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45895</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1015.44</x:v>
+        <x:v>1005.84</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45894</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1021.46</x:v>
+        <x:v>1011.53</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45891</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1028.13</x:v>
+        <x:v>1004.25</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45890</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>1019.37</x:v>
+        <x:v>999.14</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45889</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>1019.17</x:v>
+        <x:v>1006.76</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45888</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>1021.22</x:v>
+        <x:v>1004.97</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45887</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>1013.55</x:v>
+        <x:v>1005.69</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45883</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>1010.6</x:v>
+        <x:v>996.47</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45882</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>1013.97</x:v>
+        <x:v>997.48</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45881</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>1011.37</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45880</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>1009.38</x:v>
+        <x:v>1006.62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45877</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>1012.04</x:v>
+        <x:v>1012.58</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45876</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>1009.46</x:v>
+        <x:v>1015.53</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45875</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>1004.51</x:v>
+        <x:v>1015.44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45874</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>1006.26</x:v>
+        <x:v>1021.46</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45873</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>1002.37</x:v>
+        <x:v>1028.13</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45870</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>995.25</x:v>
+        <x:v>1019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45869</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>1015.41</x:v>
+        <x:v>1019.17</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45868</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>1014.69</x:v>
+        <x:v>1021.22</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45867</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>1013.58</x:v>
+        <x:v>1013.55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45866</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>1012.46</x:v>
+        <x:v>1010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45863</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>1013.79</x:v>
+        <x:v>1013.97</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45862</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>1012.14</x:v>
+        <x:v>1011.37</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45861</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>1009.14</x:v>
+        <x:v>1009.38</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45860</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>1003.59</x:v>
+        <x:v>1012.04</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45859</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>1008.11</x:v>
+        <x:v>1009.46</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45856</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>1011.8</x:v>
+        <x:v>1004.51</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45855</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>1011.87</x:v>
+        <x:v>1006.26</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45854</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>1003.13</x:v>
+        <x:v>1002.37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45853</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>1008.26</x:v>
+        <x:v>995.25</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45849</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>1005.72</x:v>
+        <x:v>1015.41</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45848</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>1007.32</x:v>
+        <x:v>1014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45847</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>1004.62</x:v>
+        <x:v>1013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45846</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>998.29</x:v>
+        <x:v>1012.46</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45845</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>1001.91</x:v>
+        <x:v>1013.79</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45842</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>1002.86</x:v>
+        <x:v>1012.14</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45841</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1009.14</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45840</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>994.88</x:v>
+        <x:v>1003.59</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45839</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>989.67</x:v>
+        <x:v>1008.11</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45838</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>989.66</x:v>
+        <x:v>1011.8</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45835</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>994.9</x:v>
+        <x:v>1011.87</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45834</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>987.72</x:v>
+        <x:v>1003.13</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45833</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>985.37</x:v>
+        <x:v>1008.26</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45832</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>993.13</x:v>
+        <x:v>1005.72</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45831</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>986.32</x:v>
+        <x:v>1007.32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45828</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>987.63</x:v>
+        <x:v>1004.62</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45827</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>987.69</x:v>
+        <x:v>998.29</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45826</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>991.34</x:v>
+        <x:v>1001.91</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45825</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>995.5</x:v>
+        <x:v>1002.86</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45824</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>1003.75</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45821</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>1000</x:v>
+        <x:v>994.88</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
+        <x:v>45839</x:v>
+      </x:c>
+      <x:c r="B137" s="3">
+        <x:v>989.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="138" spans="1:2">
+      <x:c r="A138" s="2">
+        <x:v>45838</x:v>
+      </x:c>
+      <x:c r="B138" s="3">
+        <x:v>989.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="139" spans="1:2">
+      <x:c r="A139" s="2">
+        <x:v>45835</x:v>
+      </x:c>
+      <x:c r="B139" s="3">
+        <x:v>994.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="140" spans="1:2">
+      <x:c r="A140" s="2">
+        <x:v>45834</x:v>
+      </x:c>
+      <x:c r="B140" s="3">
+        <x:v>987.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="141" spans="1:2">
+      <x:c r="A141" s="2">
+        <x:v>45833</x:v>
+      </x:c>
+      <x:c r="B141" s="3">
+        <x:v>985.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="142" spans="1:2">
+      <x:c r="A142" s="2">
+        <x:v>45832</x:v>
+      </x:c>
+      <x:c r="B142" s="3">
+        <x:v>993.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="143" spans="1:2">
+      <x:c r="A143" s="2">
+        <x:v>45831</x:v>
+      </x:c>
+      <x:c r="B143" s="3">
+        <x:v>986.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="144" spans="1:2">
+      <x:c r="A144" s="2">
+        <x:v>45828</x:v>
+      </x:c>
+      <x:c r="B144" s="3">
+        <x:v>987.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="145" spans="1:2">
+      <x:c r="A145" s="2">
+        <x:v>45827</x:v>
+      </x:c>
+      <x:c r="B145" s="3">
+        <x:v>987.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="146" spans="1:2">
+      <x:c r="A146" s="2">
+        <x:v>45826</x:v>
+      </x:c>
+      <x:c r="B146" s="3">
+        <x:v>991.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="147" spans="1:2">
+      <x:c r="A147" s="2">
+        <x:v>45825</x:v>
+      </x:c>
+      <x:c r="B147" s="3">
+        <x:v>995.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="148" spans="1:2">
+      <x:c r="A148" s="2">
+        <x:v>45824</x:v>
+      </x:c>
+      <x:c r="B148" s="3">
+        <x:v>1003.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="149" spans="1:2">
+      <x:c r="A149" s="2">
+        <x:v>45821</x:v>
+      </x:c>
+      <x:c r="B149" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="150" spans="1:2">
+      <x:c r="A150" s="2">
         <x:v>45804</x:v>
       </x:c>
-      <x:c r="B137" s="3">
+      <x:c r="B150" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400YQY5</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>