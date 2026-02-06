--- v3 (2026-01-17)
+++ v4 (2026-02-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d20878d5a6041f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ade464f248dc4876b4c35156be913c81.psmdcp" Id="Rdd051c35cfee4f58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc67f2cf1c3b444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4299ce52647d4d0c9db4cff35717fd95.psmdcp" Id="R23ff0389797340ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400YQY5" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,1257 +420,1369 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B150"/>
+  <x:dimension ref="A1:B164"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46036</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>1019.54</x:v>
+        <x:v>1013.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46035</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>1020.67</x:v>
+        <x:v>1009.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46034</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>1020.09</x:v>
+        <x:v>1006.64</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46031</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>1016.32</x:v>
+        <x:v>1005.46</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46030</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>1011.4</x:v>
+        <x:v>1008.05</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46029</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>1008.23</x:v>
+        <x:v>1004.66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46028</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>1011.84</x:v>
+        <x:v>1009.53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46027</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>1005.44</x:v>
+        <x:v>1009.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46024</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>1000.84</x:v>
+        <x:v>1014.92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46022</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>991.34</x:v>
+        <x:v>1002.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46021</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>997.22</x:v>
+        <x:v>996.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46020</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>996.87</x:v>
+        <x:v>1018.11</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46015</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>993.58</x:v>
+        <x:v>1026.15</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46014</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>991.86</x:v>
+        <x:v>1030.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46013</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>995.51</x:v>
+        <x:v>1019.54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46010</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>992.46</x:v>
+        <x:v>1020.67</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46009</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>990</x:v>
+        <x:v>1020.09</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46008</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>984.32</x:v>
+        <x:v>1016.32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46007</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>990.16</x:v>
+        <x:v>1011.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46006</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>991.12</x:v>
+        <x:v>1008.23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46003</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>986.86</x:v>
+        <x:v>1011.84</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46002</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>990.75</x:v>
+        <x:v>1005.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46001</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>978.81</x:v>
+        <x:v>1000.84</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46000</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>978.73</x:v>
+        <x:v>991.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45999</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>983.71</x:v>
+        <x:v>997.22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45996</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>989.66</x:v>
+        <x:v>996.87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45995</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>991.78</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45994</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>986.23</x:v>
+        <x:v>991.86</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45993</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>985.23</x:v>
+        <x:v>995.51</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45992</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>987.43</x:v>
+        <x:v>992.46</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45989</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>994.55</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45988</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>993.58</x:v>
+        <x:v>984.32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45987</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>990.27</x:v>
+        <x:v>990.16</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>984.92</x:v>
+        <x:v>991.12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45985</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>975.53</x:v>
+        <x:v>986.86</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45982</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>971.37</x:v>
+        <x:v>990.75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45981</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>965.21</x:v>
+        <x:v>978.81</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45980</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>971.62</x:v>
+        <x:v>978.73</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45979</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>971.23</x:v>
+        <x:v>983.71</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45978</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>979.87</x:v>
+        <x:v>989.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45975</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>990.33</x:v>
+        <x:v>991.78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45974</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>995.36</x:v>
+        <x:v>986.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45973</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>1006.14</x:v>
+        <x:v>985.23</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45971</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>997.66</x:v>
+        <x:v>987.43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45968</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>991.18</x:v>
+        <x:v>994.55</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45967</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>995.36</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45966</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>1015.2</x:v>
+        <x:v>990.27</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45965</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>1002.65</x:v>
+        <x:v>984.92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45964</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>1004.31</x:v>
+        <x:v>975.53</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45961</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>1009.03</x:v>
+        <x:v>971.37</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45960</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>1009.97</x:v>
+        <x:v>965.21</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45959</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>1026.48</x:v>
+        <x:v>971.62</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45958</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>1034.5</x:v>
+        <x:v>971.23</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45957</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>1035.68</x:v>
+        <x:v>979.87</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45954</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>1041</x:v>
+        <x:v>990.33</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45953</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>1035.8</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45952</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1025.98</x:v>
+        <x:v>1006.14</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45951</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>1030.58</x:v>
+        <x:v>997.66</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45950</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>1031.2</x:v>
+        <x:v>991.18</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45947</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>1020.8</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45946</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>1023.63</x:v>
+        <x:v>1015.2</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45945</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>1025.74</x:v>
+        <x:v>1002.65</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45944</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>1019.62</x:v>
+        <x:v>1004.31</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45943</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>1020.86</x:v>
+        <x:v>1009.03</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45940</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>1014.22</x:v>
+        <x:v>1009.97</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45939</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>1026.14</x:v>
+        <x:v>1026.48</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45938</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1022.83</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45937</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1015.23</x:v>
+        <x:v>1035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45936</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>1015.08</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45933</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>1014.19</x:v>
+        <x:v>1035.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45932</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1011.83</x:v>
+        <x:v>1025.98</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45931</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1008.38</x:v>
+        <x:v>1030.58</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45930</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1031.2</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45929</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>998.58</x:v>
+        <x:v>1020.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45926</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>996.49</x:v>
+        <x:v>1023.63</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45925</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>996</x:v>
+        <x:v>1025.74</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45924</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>999.06</x:v>
+        <x:v>1019.62</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45923</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>997.77</x:v>
+        <x:v>1020.86</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45922</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>999.72</x:v>
+        <x:v>1014.22</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45919</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1001.13</x:v>
+        <x:v>1026.14</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45918</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1022.83</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45917</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>994.57</x:v>
+        <x:v>1015.23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45916</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>997.08</x:v>
+        <x:v>1015.08</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45915</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1007.58</x:v>
+        <x:v>1014.19</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45912</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1005.84</x:v>
+        <x:v>1011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45911</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1011.53</x:v>
+        <x:v>1008.38</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45910</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1004.25</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45909</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>999.14</x:v>
+        <x:v>998.58</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45908</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>1006.76</x:v>
+        <x:v>996.49</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45905</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>1004.97</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45904</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>1005.69</x:v>
+        <x:v>999.06</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45903</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>996.47</x:v>
+        <x:v>997.77</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45902</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>997.48</x:v>
+        <x:v>999.72</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45901</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1001.13</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45898</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>1006.62</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45897</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>1012.58</x:v>
+        <x:v>994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45896</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>1015.53</x:v>
+        <x:v>997.08</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45895</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>1015.44</x:v>
+        <x:v>1007.58</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45894</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>1021.46</x:v>
+        <x:v>1005.84</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45891</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>1028.13</x:v>
+        <x:v>1011.53</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45890</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>1019.37</x:v>
+        <x:v>1004.25</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45889</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>1019.17</x:v>
+        <x:v>999.14</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45888</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>1021.22</x:v>
+        <x:v>1006.76</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45887</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>1013.55</x:v>
+        <x:v>1004.97</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45883</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>1010.6</x:v>
+        <x:v>1005.69</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45882</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>1013.97</x:v>
+        <x:v>996.47</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45881</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>1011.37</x:v>
+        <x:v>997.48</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45880</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>1009.38</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45877</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>1012.04</x:v>
+        <x:v>1006.62</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45876</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>1009.46</x:v>
+        <x:v>1012.58</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45875</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>1004.51</x:v>
+        <x:v>1015.53</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45874</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>1006.26</x:v>
+        <x:v>1015.44</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45873</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>1002.37</x:v>
+        <x:v>1021.46</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45870</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>995.25</x:v>
+        <x:v>1028.13</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45869</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>1015.41</x:v>
+        <x:v>1019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45868</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>1014.69</x:v>
+        <x:v>1019.17</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45867</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>1013.58</x:v>
+        <x:v>1021.22</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45866</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>1012.46</x:v>
+        <x:v>1013.55</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45863</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>1013.79</x:v>
+        <x:v>1010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45862</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>1012.14</x:v>
+        <x:v>1013.97</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45861</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>1009.14</x:v>
+        <x:v>1011.37</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45860</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>1003.59</x:v>
+        <x:v>1009.38</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45859</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>1008.11</x:v>
+        <x:v>1012.04</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45856</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>1011.8</x:v>
+        <x:v>1009.46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45855</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>1011.87</x:v>
+        <x:v>1004.51</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45854</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>1003.13</x:v>
+        <x:v>1006.26</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45853</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>1008.26</x:v>
+        <x:v>1002.37</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45849</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>1005.72</x:v>
+        <x:v>995.25</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45848</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>1007.32</x:v>
+        <x:v>1015.41</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45847</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>1004.62</x:v>
+        <x:v>1014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45846</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>998.29</x:v>
+        <x:v>1013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45845</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>1001.91</x:v>
+        <x:v>1012.46</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45842</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>1002.86</x:v>
+        <x:v>1013.79</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45841</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1012.14</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45840</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>994.88</x:v>
+        <x:v>1009.14</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45839</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>989.67</x:v>
+        <x:v>1003.59</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45838</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>989.66</x:v>
+        <x:v>1008.11</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45835</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>994.9</x:v>
+        <x:v>1011.8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45834</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>987.72</x:v>
+        <x:v>1011.87</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45833</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>985.37</x:v>
+        <x:v>1003.13</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45832</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>993.13</x:v>
+        <x:v>1008.26</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45831</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>986.32</x:v>
+        <x:v>1005.72</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45828</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>987.63</x:v>
+        <x:v>1007.32</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45827</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>987.69</x:v>
+        <x:v>1004.62</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45826</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>991.34</x:v>
+        <x:v>998.29</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45825</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>995.5</x:v>
+        <x:v>1001.91</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45824</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>1003.75</x:v>
+        <x:v>1002.86</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45821</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>1000</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
+        <x:v>45840</x:v>
+      </x:c>
+      <x:c r="B150" s="3">
+        <x:v>994.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="151" spans="1:2">
+      <x:c r="A151" s="2">
+        <x:v>45839</x:v>
+      </x:c>
+      <x:c r="B151" s="3">
+        <x:v>989.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="152" spans="1:2">
+      <x:c r="A152" s="2">
+        <x:v>45838</x:v>
+      </x:c>
+      <x:c r="B152" s="3">
+        <x:v>989.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="153" spans="1:2">
+      <x:c r="A153" s="2">
+        <x:v>45835</x:v>
+      </x:c>
+      <x:c r="B153" s="3">
+        <x:v>994.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="154" spans="1:2">
+      <x:c r="A154" s="2">
+        <x:v>45834</x:v>
+      </x:c>
+      <x:c r="B154" s="3">
+        <x:v>987.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="155" spans="1:2">
+      <x:c r="A155" s="2">
+        <x:v>45833</x:v>
+      </x:c>
+      <x:c r="B155" s="3">
+        <x:v>985.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="156" spans="1:2">
+      <x:c r="A156" s="2">
+        <x:v>45832</x:v>
+      </x:c>
+      <x:c r="B156" s="3">
+        <x:v>993.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="157" spans="1:2">
+      <x:c r="A157" s="2">
+        <x:v>45831</x:v>
+      </x:c>
+      <x:c r="B157" s="3">
+        <x:v>986.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="158" spans="1:2">
+      <x:c r="A158" s="2">
+        <x:v>45828</x:v>
+      </x:c>
+      <x:c r="B158" s="3">
+        <x:v>987.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="159" spans="1:2">
+      <x:c r="A159" s="2">
+        <x:v>45827</x:v>
+      </x:c>
+      <x:c r="B159" s="3">
+        <x:v>987.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="160" spans="1:2">
+      <x:c r="A160" s="2">
+        <x:v>45826</x:v>
+      </x:c>
+      <x:c r="B160" s="3">
+        <x:v>991.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="161" spans="1:2">
+      <x:c r="A161" s="2">
+        <x:v>45825</x:v>
+      </x:c>
+      <x:c r="B161" s="3">
+        <x:v>995.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="162" spans="1:2">
+      <x:c r="A162" s="2">
+        <x:v>45824</x:v>
+      </x:c>
+      <x:c r="B162" s="3">
+        <x:v>1003.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="163" spans="1:2">
+      <x:c r="A163" s="2">
+        <x:v>45821</x:v>
+      </x:c>
+      <x:c r="B163" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="164" spans="1:2">
+      <x:c r="A164" s="2">
         <x:v>45804</x:v>
       </x:c>
-      <x:c r="B150" s="3">
+      <x:c r="B164" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400YQY5</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>