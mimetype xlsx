--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc67f2cf1c3b444c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4299ce52647d4d0c9db4cff35717fd95.psmdcp" Id="R23ff0389797340ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4199e8137342d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6eb96ea8a0346c48039b16cab1928b0.psmdcp" Id="Rf297efee61874692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400YQY5" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,1369 +420,1489 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B164"/>
+  <x:dimension ref="A1:B179"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46056</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>1013.43</x:v>
+        <x:v>1029.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46055</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>1009.87</x:v>
+        <x:v>1017.96</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46052</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>1006.64</x:v>
+        <x:v>1030.84</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46051</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>1005.46</x:v>
+        <x:v>1030.49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46050</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>1008.05</x:v>
+        <x:v>1025.54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46049</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>1004.66</x:v>
+        <x:v>1015.67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46048</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>1009.53</x:v>
+        <x:v>1018.34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46045</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>1009.12</x:v>
+        <x:v>1015.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46044</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>1014.92</x:v>
+        <x:v>1016.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46043</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>1002.2</x:v>
+        <x:v>1031.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46042</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>996.83</x:v>
+        <x:v>1029.77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46041</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>1018.11</x:v>
+        <x:v>1027.81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46038</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>1026.15</x:v>
+        <x:v>1024.53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46037</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>1030.75</x:v>
+        <x:v>1016.45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46036</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>1019.54</x:v>
+        <x:v>1019.69</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46035</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>1020.67</x:v>
+        <x:v>1013.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46034</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>1020.09</x:v>
+        <x:v>1009.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46031</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>1016.32</x:v>
+        <x:v>1006.64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46030</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>1011.4</x:v>
+        <x:v>1005.46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46029</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>1008.23</x:v>
+        <x:v>1008.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46028</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>1011.84</x:v>
+        <x:v>1004.66</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46027</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>1005.44</x:v>
+        <x:v>1009.53</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46024</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>1000.84</x:v>
+        <x:v>1009.12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46022</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>991.34</x:v>
+        <x:v>1014.92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>46021</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>997.22</x:v>
+        <x:v>1002.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>46020</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>996.87</x:v>
+        <x:v>996.83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>46015</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>993.58</x:v>
+        <x:v>1018.11</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>46014</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>991.86</x:v>
+        <x:v>1026.15</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>46013</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>995.51</x:v>
+        <x:v>1030.75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>46010</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>992.46</x:v>
+        <x:v>1019.54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>46009</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>990</x:v>
+        <x:v>1020.67</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>46008</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>984.32</x:v>
+        <x:v>1020.09</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>46007</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>990.16</x:v>
+        <x:v>1016.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>46006</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>991.12</x:v>
+        <x:v>1011.4</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>46003</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>986.86</x:v>
+        <x:v>1008.23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>46002</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>990.75</x:v>
+        <x:v>1011.84</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>46001</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>978.81</x:v>
+        <x:v>1005.44</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>46000</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>978.73</x:v>
+        <x:v>1000.84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45999</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>983.71</x:v>
+        <x:v>991.34</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45996</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>989.66</x:v>
+        <x:v>997.22</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45995</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>991.78</x:v>
+        <x:v>996.87</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45994</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>986.23</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45993</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>985.23</x:v>
+        <x:v>991.86</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45992</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>987.43</x:v>
+        <x:v>995.51</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45989</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>994.55</x:v>
+        <x:v>992.46</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45988</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>993.58</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45987</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>990.27</x:v>
+        <x:v>984.32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45986</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>984.92</x:v>
+        <x:v>990.16</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45985</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>975.53</x:v>
+        <x:v>991.12</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45982</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>971.37</x:v>
+        <x:v>986.86</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45981</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>965.21</x:v>
+        <x:v>990.75</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45980</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>971.62</x:v>
+        <x:v>978.81</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45979</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>971.23</x:v>
+        <x:v>978.73</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45978</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>979.87</x:v>
+        <x:v>983.71</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45975</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>990.33</x:v>
+        <x:v>989.66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45974</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>995.36</x:v>
+        <x:v>991.78</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45973</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1006.14</x:v>
+        <x:v>986.23</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45971</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>997.66</x:v>
+        <x:v>985.23</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45968</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>991.18</x:v>
+        <x:v>987.43</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45967</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>995.36</x:v>
+        <x:v>994.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45966</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>1015.2</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45965</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>1002.65</x:v>
+        <x:v>990.27</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45964</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>1004.31</x:v>
+        <x:v>984.92</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45961</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>1009.03</x:v>
+        <x:v>975.53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45960</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>1009.97</x:v>
+        <x:v>971.37</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45959</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>1026.48</x:v>
+        <x:v>965.21</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45958</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1034.5</x:v>
+        <x:v>971.62</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45957</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1035.68</x:v>
+        <x:v>971.23</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45954</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>1041</x:v>
+        <x:v>979.87</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45953</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>1035.8</x:v>
+        <x:v>990.33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45952</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1025.98</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45951</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1030.58</x:v>
+        <x:v>1006.14</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45950</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1031.2</x:v>
+        <x:v>997.66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45947</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>1020.8</x:v>
+        <x:v>991.18</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45946</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>1023.63</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45945</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1025.74</x:v>
+        <x:v>1015.2</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45944</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1019.62</x:v>
+        <x:v>1002.65</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45943</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1020.86</x:v>
+        <x:v>1004.31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45940</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>1014.22</x:v>
+        <x:v>1009.03</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45939</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1026.14</x:v>
+        <x:v>1009.97</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45938</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1022.83</x:v>
+        <x:v>1026.48</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45937</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1015.23</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45936</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>1015.08</x:v>
+        <x:v>1035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45933</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1014.19</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45932</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1011.83</x:v>
+        <x:v>1035.8</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45931</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1008.38</x:v>
+        <x:v>1025.98</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45930</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1030.58</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45929</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>998.58</x:v>
+        <x:v>1031.2</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45926</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>996.49</x:v>
+        <x:v>1020.8</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45925</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>996</x:v>
+        <x:v>1023.63</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45924</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>999.06</x:v>
+        <x:v>1025.74</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45923</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>997.77</x:v>
+        <x:v>1019.62</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45922</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>999.72</x:v>
+        <x:v>1020.86</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45919</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>1001.13</x:v>
+        <x:v>1014.22</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45918</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1026.14</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45917</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>994.57</x:v>
+        <x:v>1022.83</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45916</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>997.08</x:v>
+        <x:v>1015.23</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45915</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>1007.58</x:v>
+        <x:v>1015.08</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45912</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>1005.84</x:v>
+        <x:v>1014.19</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45911</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>1011.53</x:v>
+        <x:v>1011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45910</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>1004.25</x:v>
+        <x:v>1008.38</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45909</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>999.14</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45908</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>1006.76</x:v>
+        <x:v>998.58</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45905</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>1004.97</x:v>
+        <x:v>996.49</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45904</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>1005.69</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45903</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>996.47</x:v>
+        <x:v>999.06</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45902</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>997.48</x:v>
+        <x:v>997.77</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45901</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>999.72</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45898</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>1006.62</x:v>
+        <x:v>1001.13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45897</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>1012.58</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45896</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>1015.53</x:v>
+        <x:v>994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45895</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>1015.44</x:v>
+        <x:v>997.08</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45894</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>1021.46</x:v>
+        <x:v>1007.58</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45891</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>1028.13</x:v>
+        <x:v>1005.84</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45890</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>1019.37</x:v>
+        <x:v>1011.53</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45889</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>1019.17</x:v>
+        <x:v>1004.25</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45888</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>1021.22</x:v>
+        <x:v>999.14</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45887</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>1013.55</x:v>
+        <x:v>1006.76</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45883</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>1010.6</x:v>
+        <x:v>1004.97</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45882</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>1013.97</x:v>
+        <x:v>1005.69</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45881</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>1011.37</x:v>
+        <x:v>996.47</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45880</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>1009.38</x:v>
+        <x:v>997.48</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45877</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>1012.04</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45876</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>1009.46</x:v>
+        <x:v>1006.62</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45875</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>1004.51</x:v>
+        <x:v>1012.58</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45874</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>1006.26</x:v>
+        <x:v>1015.53</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45873</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>1002.37</x:v>
+        <x:v>1015.44</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45870</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>995.25</x:v>
+        <x:v>1021.46</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45869</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>1015.41</x:v>
+        <x:v>1028.13</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45868</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>1014.69</x:v>
+        <x:v>1019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45867</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>1013.58</x:v>
+        <x:v>1019.17</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45866</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>1012.46</x:v>
+        <x:v>1021.22</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45863</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>1013.79</x:v>
+        <x:v>1013.55</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45862</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>1012.14</x:v>
+        <x:v>1010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45861</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>1009.14</x:v>
+        <x:v>1013.97</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45860</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>1003.59</x:v>
+        <x:v>1011.37</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45859</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>1008.11</x:v>
+        <x:v>1009.38</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45856</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>1011.8</x:v>
+        <x:v>1012.04</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45855</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>1011.87</x:v>
+        <x:v>1009.46</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45854</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>1003.13</x:v>
+        <x:v>1004.51</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45853</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>1008.26</x:v>
+        <x:v>1006.26</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45849</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>1005.72</x:v>
+        <x:v>1002.37</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45848</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>1007.32</x:v>
+        <x:v>995.25</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45847</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>1004.62</x:v>
+        <x:v>1015.41</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45846</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>998.29</x:v>
+        <x:v>1014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45845</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>1001.91</x:v>
+        <x:v>1013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45842</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>1002.86</x:v>
+        <x:v>1012.46</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45841</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1013.79</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45840</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>994.88</x:v>
+        <x:v>1012.14</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45839</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>989.67</x:v>
+        <x:v>1009.14</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45838</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>989.66</x:v>
+        <x:v>1003.59</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45835</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>994.9</x:v>
+        <x:v>1008.11</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45834</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>987.72</x:v>
+        <x:v>1011.8</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45833</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>985.37</x:v>
+        <x:v>1011.87</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45832</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>993.13</x:v>
+        <x:v>1003.13</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45831</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>986.32</x:v>
+        <x:v>1008.26</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45828</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>987.63</x:v>
+        <x:v>1005.72</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45827</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>987.69</x:v>
+        <x:v>1007.32</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45826</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>991.34</x:v>
+        <x:v>1004.62</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45825</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>995.5</x:v>
+        <x:v>998.29</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45824</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>1003.75</x:v>
+        <x:v>1001.91</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45821</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>1000</x:v>
+        <x:v>1002.86</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
+        <x:v>45841</x:v>
+      </x:c>
+      <x:c r="B164" s="3">
+        <x:v>1004.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="165" spans="1:2">
+      <x:c r="A165" s="2">
+        <x:v>45840</x:v>
+      </x:c>
+      <x:c r="B165" s="3">
+        <x:v>994.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="166" spans="1:2">
+      <x:c r="A166" s="2">
+        <x:v>45839</x:v>
+      </x:c>
+      <x:c r="B166" s="3">
+        <x:v>989.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="167" spans="1:2">
+      <x:c r="A167" s="2">
+        <x:v>45838</x:v>
+      </x:c>
+      <x:c r="B167" s="3">
+        <x:v>989.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="168" spans="1:2">
+      <x:c r="A168" s="2">
+        <x:v>45835</x:v>
+      </x:c>
+      <x:c r="B168" s="3">
+        <x:v>994.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="169" spans="1:2">
+      <x:c r="A169" s="2">
+        <x:v>45834</x:v>
+      </x:c>
+      <x:c r="B169" s="3">
+        <x:v>987.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="170" spans="1:2">
+      <x:c r="A170" s="2">
+        <x:v>45833</x:v>
+      </x:c>
+      <x:c r="B170" s="3">
+        <x:v>985.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="171" spans="1:2">
+      <x:c r="A171" s="2">
+        <x:v>45832</x:v>
+      </x:c>
+      <x:c r="B171" s="3">
+        <x:v>993.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="172" spans="1:2">
+      <x:c r="A172" s="2">
+        <x:v>45831</x:v>
+      </x:c>
+      <x:c r="B172" s="3">
+        <x:v>986.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="173" spans="1:2">
+      <x:c r="A173" s="2">
+        <x:v>45828</x:v>
+      </x:c>
+      <x:c r="B173" s="3">
+        <x:v>987.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="174" spans="1:2">
+      <x:c r="A174" s="2">
+        <x:v>45827</x:v>
+      </x:c>
+      <x:c r="B174" s="3">
+        <x:v>987.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="175" spans="1:2">
+      <x:c r="A175" s="2">
+        <x:v>45826</x:v>
+      </x:c>
+      <x:c r="B175" s="3">
+        <x:v>991.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="176" spans="1:2">
+      <x:c r="A176" s="2">
+        <x:v>45825</x:v>
+      </x:c>
+      <x:c r="B176" s="3">
+        <x:v>995.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="177" spans="1:2">
+      <x:c r="A177" s="2">
+        <x:v>45824</x:v>
+      </x:c>
+      <x:c r="B177" s="3">
+        <x:v>1003.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="178" spans="1:2">
+      <x:c r="A178" s="2">
+        <x:v>45821</x:v>
+      </x:c>
+      <x:c r="B178" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="179" spans="1:2">
+      <x:c r="A179" s="2">
         <x:v>45804</x:v>
       </x:c>
-      <x:c r="B164" s="3">
+      <x:c r="B179" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400YQY5</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>