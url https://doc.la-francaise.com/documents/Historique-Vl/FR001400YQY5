--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4199e8137342d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e6eb96ea8a0346c48039b16cab1928b0.psmdcp" Id="Rf297efee61874692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2be8b3ca604628" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ecf951db8e8f46889874b2d13f0deba7.psmdcp" Id="R90132be81a4746e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400YQY5" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,1489 +420,1601 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B179"/>
+  <x:dimension ref="A1:B193"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46077</x:v>
+        <x:v>46097</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>1029.93</x:v>
+        <x:v>1009.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46076</x:v>
+        <x:v>46094</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>1017.96</x:v>
+        <x:v>1012.05</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46073</x:v>
+        <x:v>46093</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>1030.84</x:v>
+        <x:v>1013.01</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46072</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>1030.49</x:v>
+        <x:v>1013.34</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46071</x:v>
+        <x:v>46091</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>1025.54</x:v>
+        <x:v>1009.24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46070</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>1015.67</x:v>
+        <x:v>1006.37</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46069</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>1018.34</x:v>
+        <x:v>1013.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46066</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>1015.51</x:v>
+        <x:v>1020.77</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46065</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>1016.71</x:v>
+        <x:v>1030.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46064</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>1031.61</x:v>
+        <x:v>1026.33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46063</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>1029.77</x:v>
+        <x:v>1043.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46062</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>1027.81</x:v>
+        <x:v>1045.49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>1024.53</x:v>
+        <x:v>1041.46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>1016.45</x:v>
+        <x:v>1033.24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>1019.69</x:v>
+        <x:v>1029.93</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46056</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>1013.43</x:v>
+        <x:v>1017.96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46055</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>1009.87</x:v>
+        <x:v>1030.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>1006.64</x:v>
+        <x:v>1030.49</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46051</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>1005.46</x:v>
+        <x:v>1025.54</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>1008.05</x:v>
+        <x:v>1015.67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46049</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>1004.66</x:v>
+        <x:v>1018.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46048</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>1009.53</x:v>
+        <x:v>1015.51</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46045</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>1009.12</x:v>
+        <x:v>1016.71</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46044</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>1014.92</x:v>
+        <x:v>1031.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>46043</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>1002.2</x:v>
+        <x:v>1029.77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>46042</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>996.83</x:v>
+        <x:v>1027.81</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>46041</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>1018.11</x:v>
+        <x:v>1024.53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>46038</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>1026.15</x:v>
+        <x:v>1016.45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>46037</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>1030.75</x:v>
+        <x:v>1019.69</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>46036</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>1019.54</x:v>
+        <x:v>1013.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>46035</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>1020.67</x:v>
+        <x:v>1009.87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>46034</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>1020.09</x:v>
+        <x:v>1006.64</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>46031</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>1016.32</x:v>
+        <x:v>1005.46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>46030</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>1011.4</x:v>
+        <x:v>1008.05</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>46029</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>1008.23</x:v>
+        <x:v>1004.66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>46028</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>1011.84</x:v>
+        <x:v>1009.53</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>46027</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>1005.44</x:v>
+        <x:v>1009.12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>46024</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>1000.84</x:v>
+        <x:v>1014.92</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>46022</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>991.34</x:v>
+        <x:v>1002.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>46021</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>997.22</x:v>
+        <x:v>996.83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>46020</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>996.87</x:v>
+        <x:v>1018.11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>46015</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>993.58</x:v>
+        <x:v>1026.15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>46014</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>991.86</x:v>
+        <x:v>1030.75</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>46013</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>995.51</x:v>
+        <x:v>1019.54</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>46010</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>992.46</x:v>
+        <x:v>1020.67</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>46009</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>990</x:v>
+        <x:v>1020.09</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>46008</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>984.32</x:v>
+        <x:v>1016.32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>46007</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>990.16</x:v>
+        <x:v>1011.4</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>46006</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>991.12</x:v>
+        <x:v>1008.23</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>46003</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>986.86</x:v>
+        <x:v>1011.84</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>46002</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>990.75</x:v>
+        <x:v>1005.44</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>46001</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>978.81</x:v>
+        <x:v>1000.84</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>46000</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>978.73</x:v>
+        <x:v>991.34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45999</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>983.71</x:v>
+        <x:v>997.22</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45996</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>989.66</x:v>
+        <x:v>996.87</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45995</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>991.78</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45994</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>986.23</x:v>
+        <x:v>991.86</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45993</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>985.23</x:v>
+        <x:v>995.51</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45992</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>987.43</x:v>
+        <x:v>992.46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45989</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>994.55</x:v>
+        <x:v>990</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45988</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>993.58</x:v>
+        <x:v>984.32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45987</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>990.27</x:v>
+        <x:v>990.16</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>984.92</x:v>
+        <x:v>991.12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45985</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>975.53</x:v>
+        <x:v>986.86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45982</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>971.37</x:v>
+        <x:v>990.75</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45981</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>965.21</x:v>
+        <x:v>978.81</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45980</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>971.62</x:v>
+        <x:v>978.73</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45979</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>971.23</x:v>
+        <x:v>983.71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45978</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>979.87</x:v>
+        <x:v>989.66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45975</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>990.33</x:v>
+        <x:v>991.78</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45974</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>995.36</x:v>
+        <x:v>986.23</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45973</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1006.14</x:v>
+        <x:v>985.23</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45971</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>997.66</x:v>
+        <x:v>987.43</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45968</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>991.18</x:v>
+        <x:v>994.55</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45967</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>995.36</x:v>
+        <x:v>993.58</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45966</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1015.2</x:v>
+        <x:v>990.27</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45965</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1002.65</x:v>
+        <x:v>984.92</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45964</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1004.31</x:v>
+        <x:v>975.53</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45961</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>1009.03</x:v>
+        <x:v>971.37</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45960</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1009.97</x:v>
+        <x:v>965.21</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45959</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1026.48</x:v>
+        <x:v>971.62</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45958</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1034.5</x:v>
+        <x:v>971.23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45957</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>1035.68</x:v>
+        <x:v>979.87</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45954</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1041</x:v>
+        <x:v>990.33</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45953</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1035.8</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45952</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1025.98</x:v>
+        <x:v>1006.14</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45951</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1030.58</x:v>
+        <x:v>997.66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45950</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>1031.2</x:v>
+        <x:v>991.18</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45947</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>1020.8</x:v>
+        <x:v>995.36</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45946</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>1023.63</x:v>
+        <x:v>1015.2</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45945</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>1025.74</x:v>
+        <x:v>1002.65</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45944</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>1019.62</x:v>
+        <x:v>1004.31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45943</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>1020.86</x:v>
+        <x:v>1009.03</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45940</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>1014.22</x:v>
+        <x:v>1009.97</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45939</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>1026.14</x:v>
+        <x:v>1026.48</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45938</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>1022.83</x:v>
+        <x:v>1034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45937</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>1015.23</x:v>
+        <x:v>1035.68</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45936</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>1015.08</x:v>
+        <x:v>1041</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45933</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>1014.19</x:v>
+        <x:v>1035.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45932</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>1011.83</x:v>
+        <x:v>1025.98</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45931</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>1008.38</x:v>
+        <x:v>1030.58</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45930</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1031.2</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45929</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>998.58</x:v>
+        <x:v>1020.8</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45926</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>996.49</x:v>
+        <x:v>1023.63</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45925</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>996</x:v>
+        <x:v>1025.74</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45924</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>999.06</x:v>
+        <x:v>1019.62</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45923</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>997.77</x:v>
+        <x:v>1020.86</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45922</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>999.72</x:v>
+        <x:v>1014.22</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45919</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>1001.13</x:v>
+        <x:v>1026.14</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45918</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>1001.39</x:v>
+        <x:v>1022.83</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45917</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>994.57</x:v>
+        <x:v>1015.23</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45916</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>997.08</x:v>
+        <x:v>1015.08</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45915</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>1007.58</x:v>
+        <x:v>1014.19</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45912</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>1005.84</x:v>
+        <x:v>1011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45911</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>1011.53</x:v>
+        <x:v>1008.38</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45910</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>1004.25</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45909</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>999.14</x:v>
+        <x:v>998.58</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45908</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>1006.76</x:v>
+        <x:v>996.49</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45905</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>1004.97</x:v>
+        <x:v>996</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45904</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>1005.69</x:v>
+        <x:v>999.06</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45903</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>996.47</x:v>
+        <x:v>997.77</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45902</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>997.48</x:v>
+        <x:v>999.72</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45901</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1001.13</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45898</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>1006.62</x:v>
+        <x:v>1001.39</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45897</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>1012.58</x:v>
+        <x:v>994.57</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45896</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>1015.53</x:v>
+        <x:v>997.08</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45895</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>1015.44</x:v>
+        <x:v>1007.58</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45894</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>1021.46</x:v>
+        <x:v>1005.84</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45891</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>1028.13</x:v>
+        <x:v>1011.53</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45890</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>1019.37</x:v>
+        <x:v>1004.25</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45889</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>1019.17</x:v>
+        <x:v>999.14</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45888</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>1021.22</x:v>
+        <x:v>1006.76</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45887</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>1013.55</x:v>
+        <x:v>1004.97</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45883</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>1010.6</x:v>
+        <x:v>1005.69</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45882</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>1013.97</x:v>
+        <x:v>996.47</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45881</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>1011.37</x:v>
+        <x:v>997.48</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45880</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>1009.38</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45877</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>1012.04</x:v>
+        <x:v>1006.62</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45876</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>1009.46</x:v>
+        <x:v>1012.58</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45875</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>1004.51</x:v>
+        <x:v>1015.53</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45874</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>1006.26</x:v>
+        <x:v>1015.44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45873</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>1002.37</x:v>
+        <x:v>1021.46</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45870</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>995.25</x:v>
+        <x:v>1028.13</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45869</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>1015.41</x:v>
+        <x:v>1019.37</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45868</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>1014.69</x:v>
+        <x:v>1019.17</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45867</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>1013.58</x:v>
+        <x:v>1021.22</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45866</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>1012.46</x:v>
+        <x:v>1013.55</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45863</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>1013.79</x:v>
+        <x:v>1010.6</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45862</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>1012.14</x:v>
+        <x:v>1013.97</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45861</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>1009.14</x:v>
+        <x:v>1011.37</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45860</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>1003.59</x:v>
+        <x:v>1009.38</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45859</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>1008.11</x:v>
+        <x:v>1012.04</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45856</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>1011.8</x:v>
+        <x:v>1009.46</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45855</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>1011.87</x:v>
+        <x:v>1004.51</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45854</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>1003.13</x:v>
+        <x:v>1006.26</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45853</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>1008.26</x:v>
+        <x:v>1002.37</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45849</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>1005.72</x:v>
+        <x:v>995.25</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45848</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>1007.32</x:v>
+        <x:v>1015.41</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45847</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>1004.62</x:v>
+        <x:v>1014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45846</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>998.29</x:v>
+        <x:v>1013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45845</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>1001.91</x:v>
+        <x:v>1012.46</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45842</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>1002.86</x:v>
+        <x:v>1013.79</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45841</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>1004.53</x:v>
+        <x:v>1012.14</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45840</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>994.88</x:v>
+        <x:v>1009.14</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45839</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>989.67</x:v>
+        <x:v>1003.59</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45838</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>989.66</x:v>
+        <x:v>1008.11</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45835</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>994.9</x:v>
+        <x:v>1011.8</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45834</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>987.72</x:v>
+        <x:v>1011.87</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45833</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>985.37</x:v>
+        <x:v>1003.13</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45832</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>993.13</x:v>
+        <x:v>1008.26</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45831</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>986.32</x:v>
+        <x:v>1005.72</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45828</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>987.63</x:v>
+        <x:v>1007.32</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45827</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>987.69</x:v>
+        <x:v>1004.62</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45826</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>991.34</x:v>
+        <x:v>998.29</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45825</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>995.5</x:v>
+        <x:v>1001.91</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45824</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>1003.75</x:v>
+        <x:v>1002.86</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45821</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>1000</x:v>
+        <x:v>1004.53</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
+        <x:v>45840</x:v>
+      </x:c>
+      <x:c r="B179" s="3">
+        <x:v>994.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="180" spans="1:2">
+      <x:c r="A180" s="2">
+        <x:v>45839</x:v>
+      </x:c>
+      <x:c r="B180" s="3">
+        <x:v>989.67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="181" spans="1:2">
+      <x:c r="A181" s="2">
+        <x:v>45838</x:v>
+      </x:c>
+      <x:c r="B181" s="3">
+        <x:v>989.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="182" spans="1:2">
+      <x:c r="A182" s="2">
+        <x:v>45835</x:v>
+      </x:c>
+      <x:c r="B182" s="3">
+        <x:v>994.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="183" spans="1:2">
+      <x:c r="A183" s="2">
+        <x:v>45834</x:v>
+      </x:c>
+      <x:c r="B183" s="3">
+        <x:v>987.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="184" spans="1:2">
+      <x:c r="A184" s="2">
+        <x:v>45833</x:v>
+      </x:c>
+      <x:c r="B184" s="3">
+        <x:v>985.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="185" spans="1:2">
+      <x:c r="A185" s="2">
+        <x:v>45832</x:v>
+      </x:c>
+      <x:c r="B185" s="3">
+        <x:v>993.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="186" spans="1:2">
+      <x:c r="A186" s="2">
+        <x:v>45831</x:v>
+      </x:c>
+      <x:c r="B186" s="3">
+        <x:v>986.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="187" spans="1:2">
+      <x:c r="A187" s="2">
+        <x:v>45828</x:v>
+      </x:c>
+      <x:c r="B187" s="3">
+        <x:v>987.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="188" spans="1:2">
+      <x:c r="A188" s="2">
+        <x:v>45827</x:v>
+      </x:c>
+      <x:c r="B188" s="3">
+        <x:v>987.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="189" spans="1:2">
+      <x:c r="A189" s="2">
+        <x:v>45826</x:v>
+      </x:c>
+      <x:c r="B189" s="3">
+        <x:v>991.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="190" spans="1:2">
+      <x:c r="A190" s="2">
+        <x:v>45825</x:v>
+      </x:c>
+      <x:c r="B190" s="3">
+        <x:v>995.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="191" spans="1:2">
+      <x:c r="A191" s="2">
+        <x:v>45824</x:v>
+      </x:c>
+      <x:c r="B191" s="3">
+        <x:v>1003.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="192" spans="1:2">
+      <x:c r="A192" s="2">
+        <x:v>45821</x:v>
+      </x:c>
+      <x:c r="B192" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="193" spans="1:2">
+      <x:c r="A193" s="2">
         <x:v>45804</x:v>
       </x:c>
-      <x:c r="B179" s="3">
+      <x:c r="B193" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400YQY5</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400YQY5!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>