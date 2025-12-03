--- v0 (2025-11-05)
+++ v1 (2025-12-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4d14a394644e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/231e0dd7a5d849acb3cce039782664fc.psmdcp" Id="Rf014113edd3a4c95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07b3065aa2a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68aba852b7024dac877d548cc27661a9.psmdcp" Id="Ra26bd8a6ce9644e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400XS96" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,313 +420,465 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B32"/>
+  <x:dimension ref="A1:B51"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45964</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>104.59</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45961</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>104.27</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45960</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>104.96</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45959</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>105.02</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45958</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>104.99</x:v>
+        <x:v>102.84</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45957</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>105.11</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45954</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>104.43</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45953</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>104.32</x:v>
+        <x:v>102.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45952</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>103.78</x:v>
+        <x:v>102.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45951</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>104.66</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45950</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>104.55</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45947</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>103.2</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45946</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>104.02</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45945</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>103.16</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45944</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>102.18</x:v>
+        <x:v>104.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45943</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>102.46</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45940</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>101.79</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45939</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>103.52</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45938</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>103.97</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45937</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>103.3</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45936</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>103.58</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45933</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>104</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45932</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>103.9</x:v>
+        <x:v>105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45931</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>102.7</x:v>
+        <x:v>104.99</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45930</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>101.71</x:v>
+        <x:v>105.11</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45929</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>101.29</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45926</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>101.16</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45925</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>100.08</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45924</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>100.44</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45923</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>100.59</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
+        <x:v>45947</x:v>
+      </x:c>
+      <x:c r="B32" s="3">
+        <x:v>103.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:2">
+      <x:c r="A33" s="2">
+        <x:v>45946</x:v>
+      </x:c>
+      <x:c r="B33" s="3">
+        <x:v>104.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:2">
+      <x:c r="A34" s="2">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B34" s="3">
+        <x:v>103.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:2">
+      <x:c r="A35" s="2">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B35" s="3">
+        <x:v>102.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:2">
+      <x:c r="A36" s="2">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B36" s="3">
+        <x:v>102.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:2">
+      <x:c r="A37" s="2">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B37" s="3">
+        <x:v>101.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:2">
+      <x:c r="A38" s="2">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B38" s="3">
+        <x:v>103.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:2">
+      <x:c r="A39" s="2">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B39" s="3">
+        <x:v>103.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:2">
+      <x:c r="A40" s="2">
+        <x:v>45937</x:v>
+      </x:c>
+      <x:c r="B40" s="3">
+        <x:v>103.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:2">
+      <x:c r="A41" s="2">
+        <x:v>45936</x:v>
+      </x:c>
+      <x:c r="B41" s="3">
+        <x:v>103.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:2">
+      <x:c r="A42" s="2">
+        <x:v>45933</x:v>
+      </x:c>
+      <x:c r="B42" s="3">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:2">
+      <x:c r="A43" s="2">
+        <x:v>45932</x:v>
+      </x:c>
+      <x:c r="B43" s="3">
+        <x:v>103.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:2">
+      <x:c r="A44" s="2">
+        <x:v>45931</x:v>
+      </x:c>
+      <x:c r="B44" s="3">
+        <x:v>102.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:2">
+      <x:c r="A45" s="2">
+        <x:v>45930</x:v>
+      </x:c>
+      <x:c r="B45" s="3">
+        <x:v>101.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:2">
+      <x:c r="A46" s="2">
+        <x:v>45929</x:v>
+      </x:c>
+      <x:c r="B46" s="3">
+        <x:v>101.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:2">
+      <x:c r="A47" s="2">
+        <x:v>45926</x:v>
+      </x:c>
+      <x:c r="B47" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:2">
+      <x:c r="A48" s="2">
+        <x:v>45925</x:v>
+      </x:c>
+      <x:c r="B48" s="3">
+        <x:v>100.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:2">
+      <x:c r="A49" s="2">
+        <x:v>45924</x:v>
+      </x:c>
+      <x:c r="B49" s="3">
+        <x:v>100.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:2">
+      <x:c r="A50" s="2">
+        <x:v>45923</x:v>
+      </x:c>
+      <x:c r="B50" s="3">
+        <x:v>100.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:2">
+      <x:c r="A51" s="2">
         <x:v>45922</x:v>
       </x:c>
-      <x:c r="B32" s="3">
+      <x:c r="B51" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400XS96</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>