--- v1 (2025-12-03)
+++ v2 (2025-12-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07b3065aa2a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68aba852b7024dac877d548cc27661a9.psmdcp" Id="Ra26bd8a6ce9644e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f461c9102b34032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f66756cc7d8840788a06675659f5abe3.psmdcp" Id="R67cbd76a476c4979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400XS96" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,465 +420,601 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B51"/>
+  <x:dimension ref="A1:B68"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45992</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>104.56</x:v>
+        <x:v>106.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45989</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>104.57</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45988</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>104.3</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45987</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>104.34</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45986</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>102.84</x:v>
+        <x:v>105.96</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45985</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>102</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45982</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>101.61</x:v>
+        <x:v>105.52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45981</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>102.62</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45980</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>102.11</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45979</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>101.97</x:v>
+        <x:v>106.19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45978</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>103.93</x:v>
+        <x:v>105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45975</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>104.9</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45974</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>105.81</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45973</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>106.63</x:v>
+        <x:v>105.64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45971</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>104.36</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45968</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>102.56</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45967</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>103.38</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45966</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>104.45</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45965</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>104.24</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45964</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>104.59</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45961</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>104.27</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45960</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>104.96</x:v>
+        <x:v>102.84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45959</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>105.02</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45958</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>104.99</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45957</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>105.11</x:v>
+        <x:v>102.62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45954</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>104.43</x:v>
+        <x:v>102.11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45953</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>104.32</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45952</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>103.78</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45951</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>104.66</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45950</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>104.55</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45947</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>103.2</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45946</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>104.02</x:v>
+        <x:v>104.36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45945</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>103.16</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45944</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>102.18</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45943</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>102.46</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45940</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>101.79</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45939</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>103.52</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45938</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>103.97</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45937</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>103.3</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45936</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>103.58</x:v>
+        <x:v>105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45933</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>104</x:v>
+        <x:v>104.99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45932</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>103.9</x:v>
+        <x:v>105.11</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45931</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>102.7</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45930</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>101.71</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45929</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>101.29</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45926</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>101.16</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45925</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>100.08</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45924</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>100.44</x:v>
+        <x:v>103.2</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45923</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>100.59</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B51" s="3">
+        <x:v>103.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:2">
+      <x:c r="A52" s="2">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B52" s="3">
+        <x:v>102.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:2">
+      <x:c r="A53" s="2">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B53" s="3">
+        <x:v>102.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:2">
+      <x:c r="A54" s="2">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B54" s="3">
+        <x:v>101.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:2">
+      <x:c r="A55" s="2">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B55" s="3">
+        <x:v>103.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:2">
+      <x:c r="A56" s="2">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B56" s="3">
+        <x:v>103.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:2">
+      <x:c r="A57" s="2">
+        <x:v>45937</x:v>
+      </x:c>
+      <x:c r="B57" s="3">
+        <x:v>103.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:2">
+      <x:c r="A58" s="2">
+        <x:v>45936</x:v>
+      </x:c>
+      <x:c r="B58" s="3">
+        <x:v>103.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:2">
+      <x:c r="A59" s="2">
+        <x:v>45933</x:v>
+      </x:c>
+      <x:c r="B59" s="3">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:2">
+      <x:c r="A60" s="2">
+        <x:v>45932</x:v>
+      </x:c>
+      <x:c r="B60" s="3">
+        <x:v>103.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:2">
+      <x:c r="A61" s="2">
+        <x:v>45931</x:v>
+      </x:c>
+      <x:c r="B61" s="3">
+        <x:v>102.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:2">
+      <x:c r="A62" s="2">
+        <x:v>45930</x:v>
+      </x:c>
+      <x:c r="B62" s="3">
+        <x:v>101.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:2">
+      <x:c r="A63" s="2">
+        <x:v>45929</x:v>
+      </x:c>
+      <x:c r="B63" s="3">
+        <x:v>101.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:2">
+      <x:c r="A64" s="2">
+        <x:v>45926</x:v>
+      </x:c>
+      <x:c r="B64" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:2">
+      <x:c r="A65" s="2">
+        <x:v>45925</x:v>
+      </x:c>
+      <x:c r="B65" s="3">
+        <x:v>100.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:2">
+      <x:c r="A66" s="2">
+        <x:v>45924</x:v>
+      </x:c>
+      <x:c r="B66" s="3">
+        <x:v>100.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:2">
+      <x:c r="A67" s="2">
+        <x:v>45923</x:v>
+      </x:c>
+      <x:c r="B67" s="3">
+        <x:v>100.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:2">
+      <x:c r="A68" s="2">
         <x:v>45922</x:v>
       </x:c>
-      <x:c r="B51" s="3">
+      <x:c r="B68" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400XS96</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>