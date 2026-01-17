--- v2 (2025-12-27)
+++ v3 (2026-01-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f461c9102b34032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f66756cc7d8840788a06675659f5abe3.psmdcp" Id="R67cbd76a476c4979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R298b45429bf541b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/adc29c3b9d214d3cbf313d65f2d48aad.psmdcp" Id="R501261c3930440e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400XS96" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,601 +420,705 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B68"/>
+  <x:dimension ref="A1:B81"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46015</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>106.04</x:v>
+        <x:v>111.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46014</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>106.1</x:v>
+        <x:v>110.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46013</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>106</x:v>
+        <x:v>111.36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46010</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>106.3</x:v>
+        <x:v>111.11</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46009</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>105.96</x:v>
+        <x:v>110.72</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46008</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>104.85</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46007</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>105.52</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46006</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>106.16</x:v>
+        <x:v>109.51</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46003</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>105.57</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46002</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>106.19</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46001</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>105.34</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46000</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>105.53</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45999</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>105.67</x:v>
+        <x:v>106.14</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45996</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>105.64</x:v>
+        <x:v>106.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45995</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>105.53</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45994</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>105.09</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45993</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>104.94</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45992</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>104.56</x:v>
+        <x:v>105.96</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45989</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>104.57</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45988</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>104.3</x:v>
+        <x:v>105.52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45987</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>104.34</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45986</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>102.84</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45985</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>102</x:v>
+        <x:v>106.19</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45982</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>101.61</x:v>
+        <x:v>105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45981</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>102.62</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45980</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>102.11</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45979</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>101.97</x:v>
+        <x:v>105.64</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45978</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>103.93</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45975</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>104.9</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45974</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>105.81</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45973</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>106.63</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45971</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>104.36</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45968</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>102.56</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45967</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>103.38</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45966</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>104.45</x:v>
+        <x:v>102.84</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45965</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>104.24</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45964</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>104.59</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45961</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>104.27</x:v>
+        <x:v>102.62</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45960</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>104.96</x:v>
+        <x:v>102.11</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45959</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>105.02</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45958</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>104.99</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45957</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>105.11</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45954</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>104.43</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45953</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>104.32</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45952</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>103.78</x:v>
+        <x:v>104.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45951</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>104.66</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45950</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>104.55</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45947</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>103.2</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45946</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>104.02</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45945</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>103.16</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45944</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>102.18</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45943</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>102.46</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45940</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>101.79</x:v>
+        <x:v>105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45939</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>103.52</x:v>
+        <x:v>104.99</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45938</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>103.97</x:v>
+        <x:v>105.11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45937</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>103.3</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45936</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>103.58</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45933</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>104</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45932</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>103.9</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45931</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>102.7</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45930</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>101.71</x:v>
+        <x:v>103.2</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45929</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>101.29</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45926</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>101.16</x:v>
+        <x:v>103.16</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45925</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>100.08</x:v>
+        <x:v>102.18</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45924</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>100.44</x:v>
+        <x:v>102.46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45923</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>100.59</x:v>
+        <x:v>101.79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B68" s="3">
+        <x:v>103.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:2">
+      <x:c r="A69" s="2">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B69" s="3">
+        <x:v>103.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:2">
+      <x:c r="A70" s="2">
+        <x:v>45937</x:v>
+      </x:c>
+      <x:c r="B70" s="3">
+        <x:v>103.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:2">
+      <x:c r="A71" s="2">
+        <x:v>45936</x:v>
+      </x:c>
+      <x:c r="B71" s="3">
+        <x:v>103.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:2">
+      <x:c r="A72" s="2">
+        <x:v>45933</x:v>
+      </x:c>
+      <x:c r="B72" s="3">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:2">
+      <x:c r="A73" s="2">
+        <x:v>45932</x:v>
+      </x:c>
+      <x:c r="B73" s="3">
+        <x:v>103.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:2">
+      <x:c r="A74" s="2">
+        <x:v>45931</x:v>
+      </x:c>
+      <x:c r="B74" s="3">
+        <x:v>102.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:2">
+      <x:c r="A75" s="2">
+        <x:v>45930</x:v>
+      </x:c>
+      <x:c r="B75" s="3">
+        <x:v>101.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:2">
+      <x:c r="A76" s="2">
+        <x:v>45929</x:v>
+      </x:c>
+      <x:c r="B76" s="3">
+        <x:v>101.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:2">
+      <x:c r="A77" s="2">
+        <x:v>45926</x:v>
+      </x:c>
+      <x:c r="B77" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:2">
+      <x:c r="A78" s="2">
+        <x:v>45925</x:v>
+      </x:c>
+      <x:c r="B78" s="3">
+        <x:v>100.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:2">
+      <x:c r="A79" s="2">
+        <x:v>45924</x:v>
+      </x:c>
+      <x:c r="B79" s="3">
+        <x:v>100.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:2">
+      <x:c r="A80" s="2">
+        <x:v>45923</x:v>
+      </x:c>
+      <x:c r="B80" s="3">
+        <x:v>100.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:2">
+      <x:c r="A81" s="2">
         <x:v>45922</x:v>
       </x:c>
-      <x:c r="B68" s="3">
+      <x:c r="B81" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400XS96</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>