--- v3 (2026-01-17)
+++ v4 (2026-02-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R298b45429bf541b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/adc29c3b9d214d3cbf313d65f2d48aad.psmdcp" Id="R501261c3930440e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cf4be5775d400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23615be4a4de4d39bd1fb4a2ff0c85ff.psmdcp" Id="Rc77a54e9d6c946a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400XS96" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,705 +420,865 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B81"/>
+  <x:dimension ref="A1:B101"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46037</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>111.57</x:v>
+        <x:v>111.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46036</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>110.9</x:v>
+        <x:v>111.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46035</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>111.36</x:v>
+        <x:v>111.73</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46034</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>111.11</x:v>
+        <x:v>111.95</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46031</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>110.72</x:v>
+        <x:v>110.82</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46030</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>109</x:v>
+        <x:v>109.47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46029</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>109.36</x:v>
+        <x:v>110.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46028</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>109.51</x:v>
+        <x:v>110.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46027</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>109.36</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46024</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>108.01</x:v>
+        <x:v>109.88</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46022</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>106.92</x:v>
+        <x:v>108.85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46021</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>106.96</x:v>
+        <x:v>109.62</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46020</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>106.14</x:v>
+        <x:v>110.75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46015</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>106.04</x:v>
+        <x:v>110.07</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46014</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>106.1</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46013</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>106</x:v>
+        <x:v>110.04</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46010</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>106.3</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46009</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>105.96</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46008</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>104.85</x:v>
+        <x:v>109.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46007</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>105.52</x:v>
+        <x:v>111.35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46006</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>106.16</x:v>
+        <x:v>111.57</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46003</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>105.57</x:v>
+        <x:v>110.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46002</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>106.19</x:v>
+        <x:v>111.36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46001</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>105.34</x:v>
+        <x:v>111.11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>46000</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>105.53</x:v>
+        <x:v>110.72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45999</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>105.67</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45996</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>105.64</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45995</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>105.53</x:v>
+        <x:v>109.51</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45994</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>105.09</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45993</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>104.94</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45992</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>104.56</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45989</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>104.57</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45988</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>104.3</x:v>
+        <x:v>106.14</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45987</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>104.34</x:v>
+        <x:v>106.04</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45986</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>102.84</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45985</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>102</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45982</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>101.61</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45981</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>102.62</x:v>
+        <x:v>105.96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45980</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>102.11</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45979</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>101.97</x:v>
+        <x:v>105.52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45978</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>103.93</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45975</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>104.9</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45974</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>105.81</x:v>
+        <x:v>106.19</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45973</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>106.63</x:v>
+        <x:v>105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45971</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>104.36</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45968</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>102.56</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45967</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>103.38</x:v>
+        <x:v>105.64</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45966</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>104.45</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45965</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>104.24</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45964</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>104.59</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45961</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>104.27</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45960</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>104.96</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45959</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>105.02</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45958</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>104.99</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45957</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>105.11</x:v>
+        <x:v>102.84</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45954</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>104.43</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45953</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>104.32</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45952</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>103.78</x:v>
+        <x:v>102.62</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45951</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>104.66</x:v>
+        <x:v>102.11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45950</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>104.55</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45947</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>103.2</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45946</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>104.02</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45945</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>103.16</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45944</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>102.18</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45943</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>102.46</x:v>
+        <x:v>104.36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45940</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>101.79</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45939</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>103.52</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45938</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>103.97</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45937</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>103.3</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45936</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>103.58</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45933</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>104</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45932</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>103.9</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45931</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>102.7</x:v>
+        <x:v>105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45930</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>101.71</x:v>
+        <x:v>104.99</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45929</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>101.29</x:v>
+        <x:v>105.11</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45926</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>101.16</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45925</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>100.08</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45924</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>100.44</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45923</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>100.59</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
+        <x:v>45950</x:v>
+      </x:c>
+      <x:c r="B81" s="3">
+        <x:v>104.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:2">
+      <x:c r="A82" s="2">
+        <x:v>45947</x:v>
+      </x:c>
+      <x:c r="B82" s="3">
+        <x:v>103.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:2">
+      <x:c r="A83" s="2">
+        <x:v>45946</x:v>
+      </x:c>
+      <x:c r="B83" s="3">
+        <x:v>104.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:2">
+      <x:c r="A84" s="2">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B84" s="3">
+        <x:v>103.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:2">
+      <x:c r="A85" s="2">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B85" s="3">
+        <x:v>102.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:2">
+      <x:c r="A86" s="2">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B86" s="3">
+        <x:v>102.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:2">
+      <x:c r="A87" s="2">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B87" s="3">
+        <x:v>101.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:2">
+      <x:c r="A88" s="2">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B88" s="3">
+        <x:v>103.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="89" spans="1:2">
+      <x:c r="A89" s="2">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B89" s="3">
+        <x:v>103.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:2">
+      <x:c r="A90" s="2">
+        <x:v>45937</x:v>
+      </x:c>
+      <x:c r="B90" s="3">
+        <x:v>103.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:2">
+      <x:c r="A91" s="2">
+        <x:v>45936</x:v>
+      </x:c>
+      <x:c r="B91" s="3">
+        <x:v>103.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:2">
+      <x:c r="A92" s="2">
+        <x:v>45933</x:v>
+      </x:c>
+      <x:c r="B92" s="3">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:2">
+      <x:c r="A93" s="2">
+        <x:v>45932</x:v>
+      </x:c>
+      <x:c r="B93" s="3">
+        <x:v>103.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:2">
+      <x:c r="A94" s="2">
+        <x:v>45931</x:v>
+      </x:c>
+      <x:c r="B94" s="3">
+        <x:v>102.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:2">
+      <x:c r="A95" s="2">
+        <x:v>45930</x:v>
+      </x:c>
+      <x:c r="B95" s="3">
+        <x:v>101.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:2">
+      <x:c r="A96" s="2">
+        <x:v>45929</x:v>
+      </x:c>
+      <x:c r="B96" s="3">
+        <x:v>101.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:2">
+      <x:c r="A97" s="2">
+        <x:v>45926</x:v>
+      </x:c>
+      <x:c r="B97" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:2">
+      <x:c r="A98" s="2">
+        <x:v>45925</x:v>
+      </x:c>
+      <x:c r="B98" s="3">
+        <x:v>100.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:2">
+      <x:c r="A99" s="2">
+        <x:v>45924</x:v>
+      </x:c>
+      <x:c r="B99" s="3">
+        <x:v>100.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:2">
+      <x:c r="A100" s="2">
+        <x:v>45923</x:v>
+      </x:c>
+      <x:c r="B100" s="3">
+        <x:v>100.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:2">
+      <x:c r="A101" s="2">
         <x:v>45922</x:v>
       </x:c>
-      <x:c r="B81" s="3">
+      <x:c r="B101" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400XS96</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>