--- v4 (2026-02-15)
+++ v5 (2026-03-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cf4be5775d400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23615be4a4de4d39bd1fb4a2ff0c85ff.psmdcp" Id="Rc77a54e9d6c946a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb27fcb1d5dbe4c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7efc10f727844389b113f20bd1fb67b.psmdcp" Id="Re187d3572fe64ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400XS96" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,865 +420,1001 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B101"/>
+  <x:dimension ref="A1:B118"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46065</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>111.07</x:v>
+        <x:v>105.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46064</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>111.52</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46063</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>111.73</x:v>
+        <x:v>106.95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46062</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>111.95</x:v>
+        <x:v>108.58</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46059</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>110.82</x:v>
+        <x:v>106.75</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46058</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>109.47</x:v>
+        <x:v>110.73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46057</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>110.3</x:v>
+        <x:v>113.53</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46056</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>110.76</x:v>
+        <x:v>113.95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46055</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>110.99</x:v>
+        <x:v>114.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46052</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>109.88</x:v>
+        <x:v>113.11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46051</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>108.85</x:v>
+        <x:v>113.07</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46050</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>109.62</x:v>
+        <x:v>113.39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46049</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>110.75</x:v>
+        <x:v>112.05</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46048</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>110.07</x:v>
+        <x:v>112.86</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46045</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>109.89</x:v>
+        <x:v>111.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46044</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>110.04</x:v>
+        <x:v>110.56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46043</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>108.69</x:v>
+        <x:v>110.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46042</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>108.86</x:v>
+        <x:v>111.07</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46041</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>109.48</x:v>
+        <x:v>111.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46038</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>111.35</x:v>
+        <x:v>111.73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46037</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>111.57</x:v>
+        <x:v>111.95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46036</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>110.9</x:v>
+        <x:v>110.82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46035</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>111.36</x:v>
+        <x:v>109.47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46034</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>111.11</x:v>
+        <x:v>110.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>46031</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>110.72</x:v>
+        <x:v>110.76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>46030</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>109</x:v>
+        <x:v>110.99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>46029</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>109.36</x:v>
+        <x:v>109.88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>46028</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>109.51</x:v>
+        <x:v>108.85</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>46027</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>109.36</x:v>
+        <x:v>109.62</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>46024</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>108.01</x:v>
+        <x:v>110.75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>46022</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>106.92</x:v>
+        <x:v>110.07</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>46021</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>106.96</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>46020</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>106.14</x:v>
+        <x:v>110.04</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>46015</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>106.04</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>46014</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>106.1</x:v>
+        <x:v>108.86</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>46013</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>106</x:v>
+        <x:v>109.48</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>46010</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>106.3</x:v>
+        <x:v>111.35</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>46009</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>105.96</x:v>
+        <x:v>111.57</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>46008</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>104.85</x:v>
+        <x:v>110.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>46007</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>105.52</x:v>
+        <x:v>111.36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>46006</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>106.16</x:v>
+        <x:v>111.11</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>46003</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>105.57</x:v>
+        <x:v>110.72</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>46002</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>106.19</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>46001</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>105.34</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>46000</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>105.53</x:v>
+        <x:v>109.51</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45999</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>105.67</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45996</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>105.64</x:v>
+        <x:v>108.01</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45995</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>105.53</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45994</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>105.09</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45993</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>104.94</x:v>
+        <x:v>106.14</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45992</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>104.56</x:v>
+        <x:v>106.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45989</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>104.57</x:v>
+        <x:v>106.1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45988</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>104.3</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45987</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>104.34</x:v>
+        <x:v>106.3</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45986</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>102.84</x:v>
+        <x:v>105.96</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45985</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>102</x:v>
+        <x:v>104.85</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45982</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>101.61</x:v>
+        <x:v>105.52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45981</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>102.62</x:v>
+        <x:v>106.16</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45980</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>102.11</x:v>
+        <x:v>105.57</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45979</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>101.97</x:v>
+        <x:v>106.19</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45978</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>103.93</x:v>
+        <x:v>105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45975</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>104.9</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45974</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>105.81</x:v>
+        <x:v>105.67</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45973</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>106.63</x:v>
+        <x:v>105.64</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45971</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>104.36</x:v>
+        <x:v>105.53</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45968</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>102.56</x:v>
+        <x:v>105.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45967</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>103.38</x:v>
+        <x:v>104.94</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45966</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>104.45</x:v>
+        <x:v>104.56</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45965</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>104.24</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45964</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>104.59</x:v>
+        <x:v>104.3</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45961</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>104.27</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45960</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>104.96</x:v>
+        <x:v>102.84</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45959</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>105.02</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45958</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>104.99</x:v>
+        <x:v>101.61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45957</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>105.11</x:v>
+        <x:v>102.62</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45954</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>104.43</x:v>
+        <x:v>102.11</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45953</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>104.32</x:v>
+        <x:v>101.97</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45952</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>103.78</x:v>
+        <x:v>103.93</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45951</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>104.66</x:v>
+        <x:v>104.9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45950</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>104.55</x:v>
+        <x:v>105.81</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45947</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>103.2</x:v>
+        <x:v>106.63</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45946</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>104.02</x:v>
+        <x:v>104.36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45945</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>103.16</x:v>
+        <x:v>102.56</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45944</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>102.18</x:v>
+        <x:v>103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45943</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>102.46</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45940</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>101.79</x:v>
+        <x:v>104.24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45939</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>103.52</x:v>
+        <x:v>104.59</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45938</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>103.97</x:v>
+        <x:v>104.27</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45937</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>103.3</x:v>
+        <x:v>104.96</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45936</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>103.58</x:v>
+        <x:v>105.02</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45933</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>104</x:v>
+        <x:v>104.99</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45932</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>103.9</x:v>
+        <x:v>105.11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45931</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>102.7</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45930</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>101.71</x:v>
+        <x:v>104.32</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45929</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>101.29</x:v>
+        <x:v>103.78</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45926</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>101.16</x:v>
+        <x:v>104.66</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45925</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>100.08</x:v>
+        <x:v>104.55</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45924</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>100.44</x:v>
+        <x:v>103.2</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45923</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>100.59</x:v>
+        <x:v>104.02</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
+        <x:v>45945</x:v>
+      </x:c>
+      <x:c r="B101" s="3">
+        <x:v>103.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:2">
+      <x:c r="A102" s="2">
+        <x:v>45944</x:v>
+      </x:c>
+      <x:c r="B102" s="3">
+        <x:v>102.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:2">
+      <x:c r="A103" s="2">
+        <x:v>45943</x:v>
+      </x:c>
+      <x:c r="B103" s="3">
+        <x:v>102.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:2">
+      <x:c r="A104" s="2">
+        <x:v>45940</x:v>
+      </x:c>
+      <x:c r="B104" s="3">
+        <x:v>101.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:2">
+      <x:c r="A105" s="2">
+        <x:v>45939</x:v>
+      </x:c>
+      <x:c r="B105" s="3">
+        <x:v>103.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:2">
+      <x:c r="A106" s="2">
+        <x:v>45938</x:v>
+      </x:c>
+      <x:c r="B106" s="3">
+        <x:v>103.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:2">
+      <x:c r="A107" s="2">
+        <x:v>45937</x:v>
+      </x:c>
+      <x:c r="B107" s="3">
+        <x:v>103.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:2">
+      <x:c r="A108" s="2">
+        <x:v>45936</x:v>
+      </x:c>
+      <x:c r="B108" s="3">
+        <x:v>103.58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:2">
+      <x:c r="A109" s="2">
+        <x:v>45933</x:v>
+      </x:c>
+      <x:c r="B109" s="3">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:2">
+      <x:c r="A110" s="2">
+        <x:v>45932</x:v>
+      </x:c>
+      <x:c r="B110" s="3">
+        <x:v>103.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:2">
+      <x:c r="A111" s="2">
+        <x:v>45931</x:v>
+      </x:c>
+      <x:c r="B111" s="3">
+        <x:v>102.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:2">
+      <x:c r="A112" s="2">
+        <x:v>45930</x:v>
+      </x:c>
+      <x:c r="B112" s="3">
+        <x:v>101.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:2">
+      <x:c r="A113" s="2">
+        <x:v>45929</x:v>
+      </x:c>
+      <x:c r="B113" s="3">
+        <x:v>101.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:2">
+      <x:c r="A114" s="2">
+        <x:v>45926</x:v>
+      </x:c>
+      <x:c r="B114" s="3">
+        <x:v>101.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:2">
+      <x:c r="A115" s="2">
+        <x:v>45925</x:v>
+      </x:c>
+      <x:c r="B115" s="3">
+        <x:v>100.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:2">
+      <x:c r="A116" s="2">
+        <x:v>45924</x:v>
+      </x:c>
+      <x:c r="B116" s="3">
+        <x:v>100.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:2">
+      <x:c r="A117" s="2">
+        <x:v>45923</x:v>
+      </x:c>
+      <x:c r="B117" s="3">
+        <x:v>100.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:2">
+      <x:c r="A118" s="2">
         <x:v>45922</x:v>
       </x:c>
-      <x:c r="B101" s="3">
+      <x:c r="B118" s="3">
         <x:v>100</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400XS96</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400XS96!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>