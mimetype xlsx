--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e41050f34094185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b25ac8b747e845b28329c3da8277fc25.psmdcp" Id="R00ea059cb1974bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1efa36a0ab4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa6a2652a7424f2f93184207ce262721.psmdcp" Id="Ra0a0927bec6c489d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400CT66" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,4793 +420,4945 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B592"/>
+  <x:dimension ref="A1:B611"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45933</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>113003.73</x:v>
+        <x:v>113838.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45932</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>112987.67</x:v>
+        <x:v>113823.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45931</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>113044.59</x:v>
+        <x:v>114010.57</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45930</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>112771.24</x:v>
+        <x:v>113797.78</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45929</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>112406.62</x:v>
+        <x:v>113719.99</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45926</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>112129.92</x:v>
+        <x:v>113814.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45925</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>111961.72</x:v>
+        <x:v>113738.73</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45924</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>112410.34</x:v>
+        <x:v>113790.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45923</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>112497.42</x:v>
+        <x:v>113609.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45922</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>112482.03</x:v>
+        <x:v>113454.11</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45919</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>112391.83</x:v>
+        <x:v>113686.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45918</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>112598.85</x:v>
+        <x:v>113660.71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45917</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>112669.04</x:v>
+        <x:v>113376.64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45916</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>112331.51</x:v>
+        <x:v>113308.66</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45915</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>112419.06</x:v>
+        <x:v>112970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45912</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>112370.85</x:v>
+        <x:v>113103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45911</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>112522.01</x:v>
+        <x:v>113272.75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45910</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>112439.65</x:v>
+        <x:v>112920.63</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45909</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>112422.4</x:v>
+        <x:v>112942.25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45908</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>112275.41</x:v>
+        <x:v>113003.73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45905</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>112103.97</x:v>
+        <x:v>112987.67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45904</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>111965.03</x:v>
+        <x:v>113044.59</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45903</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>111694.67</x:v>
+        <x:v>112771.24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45902</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>111380.03</x:v>
+        <x:v>112406.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45901</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>111747.68</x:v>
+        <x:v>112129.92</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45898</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>111929.38</x:v>
+        <x:v>111961.72</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45897</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>112080.64</x:v>
+        <x:v>112410.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45896</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>111971.75</x:v>
+        <x:v>112497.42</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45895</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>111754.98</x:v>
+        <x:v>112482.03</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45894</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>111619.18</x:v>
+        <x:v>112391.83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45891</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>112036.52</x:v>
+        <x:v>112598.85</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45890</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>111821.49</x:v>
+        <x:v>112669.04</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45889</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>111956.15</x:v>
+        <x:v>112331.51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45888</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>111738.97</x:v>
+        <x:v>112419.06</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45887</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>111694.78</x:v>
+        <x:v>112370.85</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45883</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>111863.2</x:v>
+        <x:v>112522.01</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45882</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>111844.92</x:v>
+        <x:v>112439.65</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45881</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>111439.52</x:v>
+        <x:v>112422.4</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45880</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>111554.21</x:v>
+        <x:v>112275.41</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45877</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>111482.28</x:v>
+        <x:v>112103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45876</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>111913.4</x:v>
+        <x:v>111965.03</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45875</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>112055.92</x:v>
+        <x:v>111694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45874</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>112316.8</x:v>
+        <x:v>111380.03</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45873</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>112284.05</x:v>
+        <x:v>111747.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45870</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>111981.65</x:v>
+        <x:v>111929.38</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45869</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>112193.46</x:v>
+        <x:v>112080.64</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45868</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>112320.2</x:v>
+        <x:v>111971.75</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45867</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>112496.11</x:v>
+        <x:v>111754.98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45866</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>112617.43</x:v>
+        <x:v>111619.18</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45863</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>112217.23</x:v>
+        <x:v>112036.52</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45862</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>112418.77</x:v>
+        <x:v>111821.49</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45861</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>112122.16</x:v>
+        <x:v>111956.15</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45860</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>112048.89</x:v>
+        <x:v>111738.97</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45859</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>112161.39</x:v>
+        <x:v>111694.78</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45856</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>111858.47</x:v>
+        <x:v>111863.2</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45855</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>111884.93</x:v>
+        <x:v>111844.92</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45854</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>111776.61</x:v>
+        <x:v>111439.52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45853</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>111726.51</x:v>
+        <x:v>111554.21</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45849</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>111690.99</x:v>
+        <x:v>111482.28</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45848</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>111790.2</x:v>
+        <x:v>111913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45847</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>111943.08</x:v>
+        <x:v>112055.92</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45846</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>111604.88</x:v>
+        <x:v>112316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45845</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>111693.93</x:v>
+        <x:v>112284.05</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45842</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>111810.8</x:v>
+        <x:v>111981.65</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45841</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>111932.93</x:v>
+        <x:v>112193.46</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45840</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>111346.77</x:v>
+        <x:v>112320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45839</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>111773.81</x:v>
+        <x:v>112496.11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45838</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>111421.64</x:v>
+        <x:v>112617.43</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45835</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>111625.25</x:v>
+        <x:v>112217.23</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45834</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>111536.22</x:v>
+        <x:v>112418.77</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45833</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>111378.01</x:v>
+        <x:v>112122.16</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45832</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>111387.06</x:v>
+        <x:v>112048.89</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45831</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>111237.37</x:v>
+        <x:v>112161.39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45828</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>111165</x:v>
+        <x:v>111858.47</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45827</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>111302.36</x:v>
+        <x:v>111884.93</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45826</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>111491.31</x:v>
+        <x:v>111776.61</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45825</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>111322.81</x:v>
+        <x:v>111726.51</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45824</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>111547.54</x:v>
+        <x:v>111690.99</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45821</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>111432.78</x:v>
+        <x:v>111790.2</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45820</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>111933.5</x:v>
+        <x:v>111943.08</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45819</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>111809.6</x:v>
+        <x:v>111604.88</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45818</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>111930.25</x:v>
+        <x:v>111693.93</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45814</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>111449.27</x:v>
+        <x:v>111810.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45813</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>111370.2</x:v>
+        <x:v>111932.93</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45812</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>111590.92</x:v>
+        <x:v>111346.77</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45811</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>111319.69</x:v>
+        <x:v>111773.81</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45810</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>111240.24</x:v>
+        <x:v>111421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45807</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>111255.47</x:v>
+        <x:v>111625.25</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45805</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>111013.58</x:v>
+        <x:v>111536.22</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45804</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>111188.49</x:v>
+        <x:v>111378.01</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45803</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>110922.19</x:v>
+        <x:v>111387.06</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45800</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>110806.3</x:v>
+        <x:v>111237.37</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45799</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>110645.15</x:v>
+        <x:v>111165</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45798</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>110770.64</x:v>
+        <x:v>111302.36</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45797</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>111145.5</x:v>
+        <x:v>111491.31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45796</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>111244.71</x:v>
+        <x:v>111322.81</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45793</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>111015.62</x:v>
+        <x:v>111547.54</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45792</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>110639</x:v>
+        <x:v>111432.78</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45791</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>110163.24</x:v>
+        <x:v>111933.5</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45790</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>110276.32</x:v>
+        <x:v>111809.6</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45789</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>110388.51</x:v>
+        <x:v>111930.25</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45786</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>110696.04</x:v>
+        <x:v>111449.27</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45784</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>111273.38</x:v>
+        <x:v>111370.2</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45783</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>110809</x:v>
+        <x:v>111590.92</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45782</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>110849.97</x:v>
+        <x:v>111319.69</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45779</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>110743.7</x:v>
+        <x:v>111240.24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45777</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>111170.85</x:v>
+        <x:v>111255.47</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45776</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>110586.37</x:v>
+        <x:v>111013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45775</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>110412.14</x:v>
+        <x:v>111188.49</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45772</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>110680.53</x:v>
+        <x:v>110922.19</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45771</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>110708.8</x:v>
+        <x:v>110806.3</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45770</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>110095.36</x:v>
+        <x:v>110645.15</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45769</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>109950.03</x:v>
+        <x:v>110770.64</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45764</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>109699.96</x:v>
+        <x:v>111145.5</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45763</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>108999.32</x:v>
+        <x:v>111244.71</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45762</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>108969.07</x:v>
+        <x:v>111015.62</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45761</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>108677.03</x:v>
+        <x:v>110639</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45758</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>107902.28</x:v>
+        <x:v>110163.24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45757</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>108092.17</x:v>
+        <x:v>110276.32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45756</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>107610.52</x:v>
+        <x:v>110388.51</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45755</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>107525.02</x:v>
+        <x:v>110696.04</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45754</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>107249.51</x:v>
+        <x:v>111273.38</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45751</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>108495.49</x:v>
+        <x:v>110809</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45750</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>109434.82</x:v>
+        <x:v>110849.97</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45749</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>109355.95</x:v>
+        <x:v>110743.7</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45748</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>109489.57</x:v>
+        <x:v>111170.85</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45747</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>108919.88</x:v>
+        <x:v>110586.37</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45744</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>109204.61</x:v>
+        <x:v>110412.14</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45743</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>109050.17</x:v>
+        <x:v>110680.53</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45742</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>109008.91</x:v>
+        <x:v>110708.8</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45741</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>109215.62</x:v>
+        <x:v>110095.36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45740</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>109148.69</x:v>
+        <x:v>109950.03</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45737</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>108824.11</x:v>
+        <x:v>109699.96</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45736</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>108891.96</x:v>
+        <x:v>108999.32</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45735</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>108668.36</x:v>
+        <x:v>108969.07</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45734</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>108548.46</x:v>
+        <x:v>108677.03</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45733</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>108315.96</x:v>
+        <x:v>107902.28</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45730</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>107874.24</x:v>
+        <x:v>108092.17</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45729</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>107823.79</x:v>
+        <x:v>107610.52</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45728</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>107736.55</x:v>
+        <x:v>107525.02</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45727</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>107374.87</x:v>
+        <x:v>107249.51</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45726</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>107928.17</x:v>
+        <x:v>108495.49</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45723</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>108259.86</x:v>
+        <x:v>109434.82</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45722</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>108485.89</x:v>
+        <x:v>109355.95</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45721</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>108797.89</x:v>
+        <x:v>109489.57</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45720</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>110121.39</x:v>
+        <x:v>108919.88</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45719</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>110583.27</x:v>
+        <x:v>109204.61</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45716</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>110919.52</x:v>
+        <x:v>109050.17</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45715</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>110958.15</x:v>
+        <x:v>109008.91</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45714</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>110775.1</x:v>
+        <x:v>109215.62</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45713</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>110610.58</x:v>
+        <x:v>109148.69</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45712</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>110530.5</x:v>
+        <x:v>108824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45709</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>110431.62</x:v>
+        <x:v>108891.96</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45708</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>110251.51</x:v>
+        <x:v>108668.36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45707</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>110221.99</x:v>
+        <x:v>108548.46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45706</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>110641.42</x:v>
+        <x:v>108315.96</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45705</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>110412.79</x:v>
+        <x:v>107874.24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45702</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>110495.82</x:v>
+        <x:v>107823.79</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45701</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>110814.12</x:v>
+        <x:v>107736.55</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45700</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>110328.65</x:v>
+        <x:v>107374.87</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45699</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>110726.75</x:v>
+        <x:v>107928.17</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45698</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>111224.06</x:v>
+        <x:v>108259.86</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45695</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>111106.11</x:v>
+        <x:v>108485.89</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45694</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>111032.53</x:v>
+        <x:v>108797.89</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45693</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>110896.94</x:v>
+        <x:v>110121.39</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45692</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>110606.11</x:v>
+        <x:v>110583.27</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45691</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>110442.61</x:v>
+        <x:v>110919.52</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45688</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>109998.79</x:v>
+        <x:v>110958.15</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45687</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>109790.94</x:v>
+        <x:v>110775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45686</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>109018.96</x:v>
+        <x:v>110610.58</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45685</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>109085.29</x:v>
+        <x:v>110530.5</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45684</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>109065.79</x:v>
+        <x:v>110431.62</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45681</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>108833.62</x:v>
+        <x:v>110251.51</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45680</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>108879.65</x:v>
+        <x:v>110221.99</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45679</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>108780.66</x:v>
+        <x:v>110641.42</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45678</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>108820.94</x:v>
+        <x:v>110412.79</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45677</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>108503.23</x:v>
+        <x:v>110495.82</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45674</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>108450.98</x:v>
+        <x:v>110814.12</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45673</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>108288.63</x:v>
+        <x:v>110328.65</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45672</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>108099.81</x:v>
+        <x:v>110726.75</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45671</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>107154.46</x:v>
+        <x:v>111224.06</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45670</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>107388.49</x:v>
+        <x:v>111106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45667</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>107493.93</x:v>
+        <x:v>111032.53</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45666</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>107831.47</x:v>
+        <x:v>110896.94</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45665</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>107868.35</x:v>
+        <x:v>110606.11</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45664</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>108058.31</x:v>
+        <x:v>110442.61</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45663</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>108093.25</x:v>
+        <x:v>109998.79</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45660</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>108091.1</x:v>
+        <x:v>109790.94</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45659</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>108347.6</x:v>
+        <x:v>109018.96</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45657</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>108270.19</x:v>
+        <x:v>109085.29</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45656</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>108150.67</x:v>
+        <x:v>109065.79</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45653</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>108239.19</x:v>
+        <x:v>108833.62</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45650</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>108684.53</x:v>
+        <x:v>108879.65</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45649</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>108469.89</x:v>
+        <x:v>108780.66</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45646</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>108598.07</x:v>
+        <x:v>108820.94</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45645</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>108401.43</x:v>
+        <x:v>108503.23</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45644</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>108974.37</x:v>
+        <x:v>108450.98</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45643</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>109276.97</x:v>
+        <x:v>108288.63</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45642</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>109384.67</x:v>
+        <x:v>108099.81</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45639</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>109563.55</x:v>
+        <x:v>107154.46</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45638</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>109854.91</x:v>
+        <x:v>107388.49</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45637</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>110370.48</x:v>
+        <x:v>107493.93</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45636</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>110325.35</x:v>
+        <x:v>107831.47</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45635</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>110347.42</x:v>
+        <x:v>107868.35</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45632</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>110411.71</x:v>
+        <x:v>108058.31</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45631</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>110419.69</x:v>
+        <x:v>108093.25</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45630</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>110503.37</x:v>
+        <x:v>108091.1</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45629</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>110404.2</x:v>
+        <x:v>108347.6</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45628</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>110196.27</x:v>
+        <x:v>108270.19</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45625</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>109922.88</x:v>
+        <x:v>108150.67</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45624</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>109553.25</x:v>
+        <x:v>108239.19</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45623</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>109124.73</x:v>
+        <x:v>108684.53</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45622</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>109047.01</x:v>
+        <x:v>108469.89</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45621</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>109086.33</x:v>
+        <x:v>108598.07</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45618</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>108921.45</x:v>
+        <x:v>108401.43</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45617</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>108228.04</x:v>
+        <x:v>108974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45616</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>108150.73</x:v>
+        <x:v>109276.97</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45615</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>108274.32</x:v>
+        <x:v>109384.67</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45614</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>108155.53</x:v>
+        <x:v>109563.55</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45611</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>108351.29</x:v>
+        <x:v>109854.91</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45610</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>108778.38</x:v>
+        <x:v>110370.48</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45609</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>108500.53</x:v>
+        <x:v>110325.35</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45608</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>108566.04</x:v>
+        <x:v>110347.42</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45604</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>108692.1</x:v>
+        <x:v>110411.71</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45603</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>108225.9</x:v>
+        <x:v>110419.69</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45602</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>108267.42</x:v>
+        <x:v>110503.37</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45601</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>107752.82</x:v>
+        <x:v>110404.2</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45600</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>107707.17</x:v>
+        <x:v>110196.27</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45596</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>107863.47</x:v>
+        <x:v>109922.88</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45595</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>108132.47</x:v>
+        <x:v>109553.25</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45594</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>108870.16</x:v>
+        <x:v>109124.73</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45593</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>109260.42</x:v>
+        <x:v>109047.01</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45590</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>109081.08</x:v>
+        <x:v>109086.33</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45589</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>109184.44</x:v>
+        <x:v>108921.45</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45588</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>109068.7</x:v>
+        <x:v>108228.04</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45587</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>109064.05</x:v>
+        <x:v>108150.73</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45586</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>109327.17</x:v>
+        <x:v>108274.32</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45583</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>109952.02</x:v>
+        <x:v>108155.53</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45582</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>109772.67</x:v>
+        <x:v>108351.29</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45581</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>109624.98</x:v>
+        <x:v>108778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45580</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>109400.07</x:v>
+        <x:v>108500.53</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45579</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>109219.03</x:v>
+        <x:v>108566.04</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45576</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>108937.15</x:v>
+        <x:v>108692.1</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45575</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>108711.45</x:v>
+        <x:v>108225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45574</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>108617.12</x:v>
+        <x:v>108267.42</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45573</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>108527.42</x:v>
+        <x:v>107752.82</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45572</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>108291.31</x:v>
+        <x:v>107707.17</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45569</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>108615.17</x:v>
+        <x:v>107863.47</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45568</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>108723.51</x:v>
+        <x:v>108132.47</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45567</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>109050.37</x:v>
+        <x:v>108870.16</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45566</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>109240.43</x:v>
+        <x:v>109260.42</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45565</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>108720.07</x:v>
+        <x:v>109081.08</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45562</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>108703.79</x:v>
+        <x:v>109184.44</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45561</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>108567.68</x:v>
+        <x:v>109068.7</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45560</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>108614.96</x:v>
+        <x:v>109064.05</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45559</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>108859.54</x:v>
+        <x:v>109327.17</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45558</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>108721.36</x:v>
+        <x:v>109952.02</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45555</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>108437.09</x:v>
+        <x:v>109772.67</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45554</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>108589.01</x:v>
+        <x:v>109624.98</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45553</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>108331.97</x:v>
+        <x:v>109400.07</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45552</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>108671.95</x:v>
+        <x:v>109219.03</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45551</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>108809.99</x:v>
+        <x:v>108937.15</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45548</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>108580.95</x:v>
+        <x:v>108711.45</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45547</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>108570.07</x:v>
+        <x:v>108617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45546</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>108535.8</x:v>
+        <x:v>108527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45545</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>108239.01</x:v>
+        <x:v>108291.31</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45544</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>108101.32</x:v>
+        <x:v>108615.17</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45541</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>107774.12</x:v>
+        <x:v>108723.51</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45540</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>107746.05</x:v>
+        <x:v>109050.37</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45539</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>107784.81</x:v>
+        <x:v>109240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45538</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>107669.31</x:v>
+        <x:v>108720.07</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45537</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>107636.22</x:v>
+        <x:v>108703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45534</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>107791.18</x:v>
+        <x:v>108567.68</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45533</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>107729.89</x:v>
+        <x:v>108614.96</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45532</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>107708.62</x:v>
+        <x:v>108859.54</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45531</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>107519.16</x:v>
+        <x:v>108721.36</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45530</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>107732.27</x:v>
+        <x:v>108437.09</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45527</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>107887.06</x:v>
+        <x:v>108589.01</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45526</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>107649.66</x:v>
+        <x:v>108331.97</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45525</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>107933.39</x:v>
+        <x:v>108671.95</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45524</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>107818.35</x:v>
+        <x:v>108809.99</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45523</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>107536.15</x:v>
+        <x:v>108580.95</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45520</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>107385.72</x:v>
+        <x:v>108570.07</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45518</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>107734.62</x:v>
+        <x:v>108535.8</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45517</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>107505.02</x:v>
+        <x:v>108239.01</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45516</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>107097.17</x:v>
+        <x:v>108101.32</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45513</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>107144.02</x:v>
+        <x:v>107774.12</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45512</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>106594.91</x:v>
+        <x:v>107746.05</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45511</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>106148.26</x:v>
+        <x:v>107784.81</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45510</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>106310.24</x:v>
+        <x:v>107669.31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45509</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>106229.02</x:v>
+        <x:v>107636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45506</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>107123.35</x:v>
+        <x:v>107791.18</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45505</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>107407</x:v>
+        <x:v>107729.89</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45504</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>107319</x:v>
+        <x:v>107708.62</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45503</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>106986.15</x:v>
+        <x:v>107519.16</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45502</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>107085.09</x:v>
+        <x:v>107732.27</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45499</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>106775.09</x:v>
+        <x:v>107887.06</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45498</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>106572.11</x:v>
+        <x:v>107649.66</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45497</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>106843.45</x:v>
+        <x:v>107933.39</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45496</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>107203.25</x:v>
+        <x:v>107818.35</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45495</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>106906.45</x:v>
+        <x:v>107536.15</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45492</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>106823.39</x:v>
+        <x:v>107385.72</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45491</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>107033.55</x:v>
+        <x:v>107734.62</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45490</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>107349.18</x:v>
+        <x:v>107505.02</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45489</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>107594.38</x:v>
+        <x:v>107097.17</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45488</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>107454.85</x:v>
+        <x:v>107144.02</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45485</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>107378.76</x:v>
+        <x:v>106594.91</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45484</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>107358.6</x:v>
+        <x:v>106148.26</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45483</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>107035.35</x:v>
+        <x:v>106310.24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45482</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>106709.53</x:v>
+        <x:v>106229.02</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45481</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>106880.89</x:v>
+        <x:v>107123.35</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45478</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>106720.81</x:v>
+        <x:v>107407</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45477</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>106338.29</x:v>
+        <x:v>107319</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45476</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>106334.91</x:v>
+        <x:v>106986.15</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45475</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>106049.98</x:v>
+        <x:v>107085.09</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45474</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>106084.04</x:v>
+        <x:v>106775.09</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45471</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>106373.56</x:v>
+        <x:v>106572.11</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45470</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>106650.72</x:v>
+        <x:v>106843.45</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45469</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>106698.76</x:v>
+        <x:v>107203.25</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45468</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>107019.8</x:v>
+        <x:v>106906.45</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45467</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>106916.66</x:v>
+        <x:v>106823.39</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45464</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>106871.87</x:v>
+        <x:v>107033.55</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45463</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>106854.32</x:v>
+        <x:v>107349.18</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45462</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>106963.26</x:v>
+        <x:v>107594.38</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45461</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>107057.72</x:v>
+        <x:v>107454.85</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45460</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>106638.95</x:v>
+        <x:v>107378.76</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45457</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>106861.59</x:v>
+        <x:v>107358.6</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45456</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>106645.09</x:v>
+        <x:v>107035.35</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45455</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>106425.88</x:v>
+        <x:v>106709.53</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45454</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>105919.15</x:v>
+        <x:v>106880.89</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45453</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>105994.22</x:v>
+        <x:v>106720.81</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45450</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>106395.66</x:v>
+        <x:v>106338.29</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45449</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>106883.23</x:v>
+        <x:v>106334.91</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45448</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>106993.65</x:v>
+        <x:v>106049.98</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45447</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>106617.98</x:v>
+        <x:v>106084.04</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45446</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>106290.07</x:v>
+        <x:v>106373.56</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45443</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>106372.34</x:v>
+        <x:v>106650.72</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45442</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>106320.67</x:v>
+        <x:v>106698.76</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45441</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>106003.65</x:v>
+        <x:v>107019.8</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45440</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>106494.67</x:v>
+        <x:v>106916.66</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45439</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>106810.44</x:v>
+        <x:v>106871.87</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45436</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>106569.88</x:v>
+        <x:v>106854.32</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45435</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>106519.84</x:v>
+        <x:v>106963.26</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45434</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>106797.45</x:v>
+        <x:v>107057.72</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45433</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>107043.78</x:v>
+        <x:v>106638.95</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45429</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>106894.8</x:v>
+        <x:v>106861.59</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45428</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>107229.75</x:v>
+        <x:v>106645.09</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45427</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>107460.97</x:v>
+        <x:v>106425.88</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45426</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>106555.05</x:v>
+        <x:v>105919.15</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45425</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>106627.46</x:v>
+        <x:v>105994.22</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45422</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>106642.31</x:v>
+        <x:v>106395.66</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45419</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>107040.7</x:v>
+        <x:v>106883.23</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45418</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>106595.73</x:v>
+        <x:v>106993.65</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45415</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>106317.06</x:v>
+        <x:v>106617.98</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45414</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>106058.17</x:v>
+        <x:v>106290.07</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45412</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>106062.86</x:v>
+        <x:v>106372.34</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45411</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>106338.55</x:v>
+        <x:v>106320.67</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45408</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>106006.4</x:v>
+        <x:v>106003.65</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45407</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>105360.05</x:v>
+        <x:v>106494.67</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45406</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>105655.48</x:v>
+        <x:v>106810.44</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45405</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>106260.7</x:v>
+        <x:v>106569.88</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45404</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>106159.05</x:v>
+        <x:v>106519.84</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45401</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>105811.95</x:v>
+        <x:v>106797.45</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45400</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>106035.02</x:v>
+        <x:v>107043.78</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45399</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>106085.53</x:v>
+        <x:v>106894.8</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45398</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>105937.64</x:v>
+        <x:v>107229.75</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45397</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>106527.28</x:v>
+        <x:v>107460.97</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45394</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>107167.03</x:v>
+        <x:v>106555.05</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45393</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>106673.54</x:v>
+        <x:v>106627.46</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45392</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>106874.75</x:v>
+        <x:v>106642.31</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45391</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>107257.04</x:v>
+        <x:v>107040.7</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45390</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>106983.14</x:v>
+        <x:v>106595.73</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45387</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>107225.06</x:v>
+        <x:v>106317.06</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45386</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>107403.73</x:v>
+        <x:v>106058.17</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45385</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>107119.27</x:v>
+        <x:v>106062.86</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45384</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>107192.61</x:v>
+        <x:v>106338.55</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45379</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>107981.34</x:v>
+        <x:v>106006.4</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45378</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>107956.93</x:v>
+        <x:v>105360.05</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45377</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>107343.71</x:v>
+        <x:v>105655.48</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45376</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>107191.95</x:v>
+        <x:v>106260.7</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45373</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>107469.33</x:v>
+        <x:v>106159.05</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45372</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>107076.84</x:v>
+        <x:v>105811.95</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45371</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>106710.78</x:v>
+        <x:v>106035.02</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45370</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>106557.61</x:v>
+        <x:v>106085.53</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45369</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>106520.13</x:v>
+        <x:v>105937.64</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45366</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>106570.94</x:v>
+        <x:v>106527.28</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45365</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>106876.37</x:v>
+        <x:v>107167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45364</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>107162.01</x:v>
+        <x:v>106673.54</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45363</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>107282.36</x:v>
+        <x:v>106874.75</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45362</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>107343.7</x:v>
+        <x:v>107257.04</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45359</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>107607.34</x:v>
+        <x:v>106983.14</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45358</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>107247.48</x:v>
+        <x:v>107225.06</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45357</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>107074.07</x:v>
+        <x:v>107403.73</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45356</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>106955.45</x:v>
+        <x:v>107119.27</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45355</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>106667.66</x:v>
+        <x:v>107192.61</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45352</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>106540.31</x:v>
+        <x:v>107981.34</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45351</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>106573.8</x:v>
+        <x:v>107956.93</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45350</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>106180.07</x:v>
+        <x:v>107343.71</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45349</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>106277.29</x:v>
+        <x:v>107191.95</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45348</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>106469.82</x:v>
+        <x:v>107469.33</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45345</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>107169.61</x:v>
+        <x:v>107076.84</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45344</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>106678.64</x:v>
+        <x:v>106710.78</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45343</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>106171.66</x:v>
+        <x:v>106557.61</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45342</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>106495.11</x:v>
+        <x:v>106520.13</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45341</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>106324.75</x:v>
+        <x:v>106570.94</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45338</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>106468.27</x:v>
+        <x:v>106876.37</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45337</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>106470.85</x:v>
+        <x:v>107162.01</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45336</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>106501.89</x:v>
+        <x:v>107282.36</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45335</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>105999.58</x:v>
+        <x:v>107343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45334</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>106250.66</x:v>
+        <x:v>107607.34</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45331</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>106079.67</x:v>
+        <x:v>107247.48</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45330</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>106048.63</x:v>
+        <x:v>107074.07</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45329</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>106228.82</x:v>
+        <x:v>106955.45</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45328</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>106297.6</x:v>
+        <x:v>106667.66</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45327</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>106211.6</x:v>
+        <x:v>106540.31</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45324</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>106545.81</x:v>
+        <x:v>106573.8</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45323</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>107043.03</x:v>
+        <x:v>106180.07</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45322</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>106975.36</x:v>
+        <x:v>106277.29</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45321</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>106421.87</x:v>
+        <x:v>106469.82</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45320</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>106619.27</x:v>
+        <x:v>107169.61</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45317</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>106205.51</x:v>
+        <x:v>106678.64</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45316</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>105950.82</x:v>
+        <x:v>106171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45315</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>105516.66</x:v>
+        <x:v>106495.11</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45314</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>105447.84</x:v>
+        <x:v>106324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45313</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>105696.26</x:v>
+        <x:v>106468.27</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45310</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>105416.59</x:v>
+        <x:v>106470.85</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45309</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>105262.85</x:v>
+        <x:v>106501.89</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45308</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>105322.85</x:v>
+        <x:v>105999.58</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45307</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>105787.7</x:v>
+        <x:v>106250.66</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45306</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>106119.3</x:v>
+        <x:v>106079.67</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45303</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>106411.99</x:v>
+        <x:v>106048.63</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45302</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>105868.59</x:v>
+        <x:v>106228.82</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45301</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>105828.36</x:v>
+        <x:v>106297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45300</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>105931.86</x:v>
+        <x:v>106211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45299</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>106265.96</x:v>
+        <x:v>106545.81</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45296</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>106100.11</x:v>
+        <x:v>107043.03</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45295</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>106139</x:v>
+        <x:v>106975.36</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45294</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>106649.18</x:v>
+        <x:v>106421.87</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45293</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>106508.06</x:v>
+        <x:v>106619.27</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45289</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>106734.61</x:v>
+        <x:v>106205.51</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45288</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>107152.13</x:v>
+        <x:v>105950.82</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45287</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>107385.4</x:v>
+        <x:v>105516.66</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45282</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>106887.93</x:v>
+        <x:v>105447.84</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45281</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>106884.85</x:v>
+        <x:v>105696.26</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45280</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>106813.11</x:v>
+        <x:v>105416.59</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45279</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>106607.2</x:v>
+        <x:v>105262.85</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45278</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>106219.08</x:v>
+        <x:v>105322.85</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45275</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>106556.35</x:v>
+        <x:v>105787.7</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45274</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>105996.78</x:v>
+        <x:v>106119.3</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45273</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>105353.96</x:v>
+        <x:v>106411.99</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45272</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>104902.79</x:v>
+        <x:v>105868.59</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45271</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>104607.1</x:v>
+        <x:v>105828.36</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45268</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>104677.48</x:v>
+        <x:v>105931.86</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45267</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>105039.39</x:v>
+        <x:v>106265.96</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45266</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>105049.11</x:v>
+        <x:v>106100.11</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45265</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>104605.65</x:v>
+        <x:v>106139</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45264</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>103763.02</x:v>
+        <x:v>106649.18</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45261</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>103694.67</x:v>
+        <x:v>106508.06</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45260</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>102937.76</x:v>
+        <x:v>106734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45259</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>102771.19</x:v>
+        <x:v>107152.13</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45258</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>102256.97</x:v>
+        <x:v>107385.4</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45257</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>101940.83</x:v>
+        <x:v>106887.93</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45254</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>101453.29</x:v>
+        <x:v>106884.85</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45253</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>101522.78</x:v>
+        <x:v>106813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45252</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>101800.93</x:v>
+        <x:v>106607.2</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45251</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>101717.93</x:v>
+        <x:v>106219.08</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45250</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>101529.01</x:v>
+        <x:v>106556.35</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45247</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>101593.61</x:v>
+        <x:v>105996.78</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45246</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>101441.55</x:v>
+        <x:v>105353.96</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45245</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>101092.43</x:v>
+        <x:v>104902.79</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45244</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>101380.47</x:v>
+        <x:v>104607.1</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45243</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>100650.77</x:v>
+        <x:v>104677.48</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45240</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>100552.39</x:v>
+        <x:v>105039.39</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45239</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>100911.85</x:v>
+        <x:v>105049.11</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45238</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>101100.78</x:v>
+        <x:v>104605.65</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45237</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>100852.1</x:v>
+        <x:v>103763.02</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45236</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>100407.07</x:v>
+        <x:v>103694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45233</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>100815.13</x:v>
+        <x:v>102937.76</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45232</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>100290.79</x:v>
+        <x:v>102771.19</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45230</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>99187.69</x:v>
+        <x:v>102256.97</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45229</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>99134.03</x:v>
+        <x:v>101940.83</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45226</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>98954.26</x:v>
+        <x:v>101453.29</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45225</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>98841.46</x:v>
+        <x:v>101522.78</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45224</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>98839.82</x:v>
+        <x:v>101800.93</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45223</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>99148.89</x:v>
+        <x:v>101717.93</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45222</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>98654.83</x:v>
+        <x:v>101529.01</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45219</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>98539.56</x:v>
+        <x:v>101593.61</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45218</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>98629.59</x:v>
+        <x:v>101441.55</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45217</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>99029.81</x:v>
+        <x:v>101092.43</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45216</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>99449.33</x:v>
+        <x:v>101380.47</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45215</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>99965.81</x:v>
+        <x:v>100650.77</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45212</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>100208.75</x:v>
+        <x:v>100552.39</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45211</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>100133.67</x:v>
+        <x:v>100911.85</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45210</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>100507.34</x:v>
+        <x:v>101100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45209</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>100156.07</x:v>
+        <x:v>100852.1</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45208</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>99851.09</x:v>
+        <x:v>100407.07</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45205</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>99145.11</x:v>
+        <x:v>100815.13</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45204</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>99035.62</x:v>
+        <x:v>100290.79</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45203</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>98791.44</x:v>
+        <x:v>99187.69</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45202</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>98610.74</x:v>
+        <x:v>99134.03</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45201</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>99046.42</x:v>
+        <x:v>98954.26</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45198</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>99636.71</x:v>
+        <x:v>98841.46</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45197</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>99194.98</x:v>
+        <x:v>98839.82</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45196</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>99654.62</x:v>
+        <x:v>99148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45195</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>99986.11</x:v>
+        <x:v>98654.83</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45194</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>100073.06</x:v>
+        <x:v>98539.56</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45191</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>100426.93</x:v>
+        <x:v>98629.59</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45190</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>100517.5</x:v>
+        <x:v>99029.81</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45189</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>100995.95</x:v>
+        <x:v>99449.33</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45188</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>100744.82</x:v>
+        <x:v>99965.81</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45187</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>100834.03</x:v>
+        <x:v>100208.75</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45184</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>101233.17</x:v>
+        <x:v>100133.67</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45183</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>101744.69</x:v>
+        <x:v>100507.34</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45182</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>101102.63</x:v>
+        <x:v>100156.07</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45181</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>101235.04</x:v>
+        <x:v>99851.09</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45180</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>101144.5</x:v>
+        <x:v>99145.11</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45177</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>101251.34</x:v>
+        <x:v>99035.62</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45176</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>101049.56</x:v>
+        <x:v>98791.44</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45175</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>100687.36</x:v>
+        <x:v>98610.74</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45174</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>100956.55</x:v>
+        <x:v>99046.42</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45173</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>101244.19</x:v>
+        <x:v>99636.71</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45170</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>101412.73</x:v>
+        <x:v>99194.98</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45169</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>101816.46</x:v>
+        <x:v>99654.62</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45168</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>101361.97</x:v>
+        <x:v>99986.11</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45167</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>101441.43</x:v>
+        <x:v>100073.06</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45166</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>101014.79</x:v>
+        <x:v>100426.93</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45163</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>101013.27</x:v>
+        <x:v>100517.5</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45162</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>101263.61</x:v>
+        <x:v>100995.95</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45161</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>101205.66</x:v>
+        <x:v>100744.82</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45160</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>100362.79</x:v>
+        <x:v>100834.03</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45159</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>99862.51</x:v>
+        <x:v>101233.17</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45156</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>100239.05</x:v>
+        <x:v>101744.69</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45155</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>99773.22</x:v>
+        <x:v>101102.63</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45154</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>100231.7</x:v>
+        <x:v>101235.04</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45152</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>100605.36</x:v>
+        <x:v>101144.5</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45149</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>100599.36</x:v>
+        <x:v>101251.34</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45148</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>100919.11</x:v>
+        <x:v>101049.56</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45147</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>100974.02</x:v>
+        <x:v>100687.36</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45146</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>101426.84</x:v>
+        <x:v>100956.55</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45145</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>100484.3</x:v>
+        <x:v>101244.19</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45142</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>100626.28</x:v>
+        <x:v>101412.73</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45141</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>100282.55</x:v>
+        <x:v>101816.46</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45140</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>100762.76</x:v>
+        <x:v>101361.97</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45139</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>100944.11</x:v>
+        <x:v>101441.43</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45138</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>101627.2</x:v>
+        <x:v>101014.79</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45135</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>101112.23</x:v>
+        <x:v>101013.27</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45134</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>101048.87</x:v>
+        <x:v>101263.61</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45133</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>100620.76</x:v>
+        <x:v>101205.66</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45132</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>100869.75</x:v>
+        <x:v>100362.79</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45131</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>100966.26</x:v>
+        <x:v>99862.51</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45128</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>100713.33</x:v>
+        <x:v>100239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45127</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>100596.56</x:v>
+        <x:v>99773.22</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45126</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>101001.68</x:v>
+        <x:v>100231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45125</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>101055.12</x:v>
+        <x:v>100605.36</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45124</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>100426.6</x:v>
+        <x:v>100599.36</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45120</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>100436.8</x:v>
+        <x:v>100919.11</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45119</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>99672.97</x:v>
+        <x:v>100974.02</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45118</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>99150.32</x:v>
+        <x:v>101426.84</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45117</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>99064.81</x:v>
+        <x:v>100484.3</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45114</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>98983.27</x:v>
+        <x:v>100626.28</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45113</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>99112.61</x:v>
+        <x:v>100282.55</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45112</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>100245.5</x:v>
+        <x:v>100762.76</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45111</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>100486.03</x:v>
+        <x:v>100944.11</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45110</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>100482.93</x:v>
+        <x:v>101627.2</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45107</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>100796.12</x:v>
+        <x:v>101112.23</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45106</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>100627.24</x:v>
+        <x:v>101048.87</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45105</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>101002.14</x:v>
+        <x:v>100620.76</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45104</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>100640.32</x:v>
+        <x:v>100869.75</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45103</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>100787.21</x:v>
+        <x:v>100966.26</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45100</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>100587.01</x:v>
+        <x:v>100713.33</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45099</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>99859.85</x:v>
+        <x:v>100596.56</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45098</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>100348.88</x:v>
+        <x:v>101001.68</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45097</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>100705.99</x:v>
+        <x:v>101055.12</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45096</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>100248.16</x:v>
+        <x:v>100426.6</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45093</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>100601.72</x:v>
+        <x:v>100436.8</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45092</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>100460.1</x:v>
+        <x:v>99672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45091</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>100713.86</x:v>
+        <x:v>99150.32</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45090</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>101138.42</x:v>
+        <x:v>99064.81</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45089</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>101136.29</x:v>
+        <x:v>98983.27</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45086</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>101188.08</x:v>
+        <x:v>99112.61</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45085</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>101009.52</x:v>
+        <x:v>100245.5</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45084</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>100766.64</x:v>
+        <x:v>100486.03</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45083</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>101201.62</x:v>
+        <x:v>100482.93</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45082</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>100957.09</x:v>
+        <x:v>100796.12</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45079</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>101198.35</x:v>
+        <x:v>100627.24</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45078</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>101237.35</x:v>
+        <x:v>101002.14</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45077</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>100890.94</x:v>
+        <x:v>100640.32</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45076</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>100537.37</x:v>
+        <x:v>100787.21</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45072</x:v>
+        <x:v>45100</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>99472.7</x:v>
+        <x:v>100587.01</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45071</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>99577.19</x:v>
+        <x:v>99859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
+        <x:v>45098</x:v>
+      </x:c>
+      <x:c r="B592" s="3">
+        <x:v>100348.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="593" spans="1:2">
+      <x:c r="A593" s="2">
+        <x:v>45097</x:v>
+      </x:c>
+      <x:c r="B593" s="3">
+        <x:v>100705.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="594" spans="1:2">
+      <x:c r="A594" s="2">
+        <x:v>45096</x:v>
+      </x:c>
+      <x:c r="B594" s="3">
+        <x:v>100248.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="595" spans="1:2">
+      <x:c r="A595" s="2">
+        <x:v>45093</x:v>
+      </x:c>
+      <x:c r="B595" s="3">
+        <x:v>100601.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="596" spans="1:2">
+      <x:c r="A596" s="2">
+        <x:v>45092</x:v>
+      </x:c>
+      <x:c r="B596" s="3">
+        <x:v>100460.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="597" spans="1:2">
+      <x:c r="A597" s="2">
+        <x:v>45091</x:v>
+      </x:c>
+      <x:c r="B597" s="3">
+        <x:v>100713.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="598" spans="1:2">
+      <x:c r="A598" s="2">
+        <x:v>45090</x:v>
+      </x:c>
+      <x:c r="B598" s="3">
+        <x:v>101138.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="599" spans="1:2">
+      <x:c r="A599" s="2">
+        <x:v>45089</x:v>
+      </x:c>
+      <x:c r="B599" s="3">
+        <x:v>101136.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="600" spans="1:2">
+      <x:c r="A600" s="2">
+        <x:v>45086</x:v>
+      </x:c>
+      <x:c r="B600" s="3">
+        <x:v>101188.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="601" spans="1:2">
+      <x:c r="A601" s="2">
+        <x:v>45085</x:v>
+      </x:c>
+      <x:c r="B601" s="3">
+        <x:v>101009.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="602" spans="1:2">
+      <x:c r="A602" s="2">
+        <x:v>45084</x:v>
+      </x:c>
+      <x:c r="B602" s="3">
+        <x:v>100766.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="603" spans="1:2">
+      <x:c r="A603" s="2">
+        <x:v>45083</x:v>
+      </x:c>
+      <x:c r="B603" s="3">
+        <x:v>101201.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="604" spans="1:2">
+      <x:c r="A604" s="2">
+        <x:v>45082</x:v>
+      </x:c>
+      <x:c r="B604" s="3">
+        <x:v>100957.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="605" spans="1:2">
+      <x:c r="A605" s="2">
+        <x:v>45079</x:v>
+      </x:c>
+      <x:c r="B605" s="3">
+        <x:v>101198.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="606" spans="1:2">
+      <x:c r="A606" s="2">
+        <x:v>45078</x:v>
+      </x:c>
+      <x:c r="B606" s="3">
+        <x:v>101237.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="607" spans="1:2">
+      <x:c r="A607" s="2">
+        <x:v>45077</x:v>
+      </x:c>
+      <x:c r="B607" s="3">
+        <x:v>100890.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="608" spans="1:2">
+      <x:c r="A608" s="2">
+        <x:v>45076</x:v>
+      </x:c>
+      <x:c r="B608" s="3">
+        <x:v>100537.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="609" spans="1:2">
+      <x:c r="A609" s="2">
+        <x:v>45072</x:v>
+      </x:c>
+      <x:c r="B609" s="3">
+        <x:v>99472.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="610" spans="1:2">
+      <x:c r="A610" s="2">
+        <x:v>45071</x:v>
+      </x:c>
+      <x:c r="B610" s="3">
+        <x:v>99577.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="611" spans="1:2">
+      <x:c r="A611" s="2">
         <x:v>45070</x:v>
       </x:c>
-      <x:c r="B592" s="3">
+      <x:c r="B611" s="3">
         <x:v>100000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400CT66</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>