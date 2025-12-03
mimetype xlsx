--- v1 (2025-11-01)
+++ v2 (2025-12-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1efa36a0ab4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa6a2652a7424f2f93184207ce262721.psmdcp" Id="Ra0a0927bec6c489d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0d434f6aba4d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7c2312272a94a9485a268a712051226.psmdcp" Id="R2d7015687e7a4b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400CT66" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,4945 +420,5113 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B611"/>
+  <x:dimension ref="A1:B632"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45960</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>113838.03</x:v>
+        <x:v>113948.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45959</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>113823.88</x:v>
+        <x:v>114290.96</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45958</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>114010.57</x:v>
+        <x:v>114438.62</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45957</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>113797.78</x:v>
+        <x:v>114523.41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45954</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>113719.99</x:v>
+        <x:v>114282.61</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45953</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>113814.17</x:v>
+        <x:v>113760.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45952</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>113738.73</x:v>
+        <x:v>113746.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45951</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>113790.1</x:v>
+        <x:v>113596.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45950</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>113609.76</x:v>
+        <x:v>113616.79</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45947</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>113454.11</x:v>
+        <x:v>113604.48</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45946</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>113686.49</x:v>
+        <x:v>113800.53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45945</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>113660.71</x:v>
+        <x:v>113862.35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45944</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>113376.64</x:v>
+        <x:v>114124.24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45943</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>113308.66</x:v>
+        <x:v>114361.06</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45940</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>112970.71</x:v>
+        <x:v>113913.02</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45939</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>113103.23</x:v>
+        <x:v>113569.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45938</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>113272.75</x:v>
+        <x:v>113996.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45937</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>112920.63</x:v>
+        <x:v>114151.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45936</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>112942.25</x:v>
+        <x:v>114119.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45933</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>113003.73</x:v>
+        <x:v>114061.34</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45932</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>112987.67</x:v>
+        <x:v>113933.91</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45931</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>113044.59</x:v>
+        <x:v>113838.03</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45930</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>112771.24</x:v>
+        <x:v>113823.88</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45929</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>112406.62</x:v>
+        <x:v>114010.57</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45926</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>112129.92</x:v>
+        <x:v>113797.78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45925</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>111961.72</x:v>
+        <x:v>113719.99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45924</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>112410.34</x:v>
+        <x:v>113814.17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45923</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>112497.42</x:v>
+        <x:v>113738.73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45922</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>112482.03</x:v>
+        <x:v>113790.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45919</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>112391.83</x:v>
+        <x:v>113609.76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45918</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>112598.85</x:v>
+        <x:v>113454.11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45917</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>112669.04</x:v>
+        <x:v>113686.49</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45916</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>112331.51</x:v>
+        <x:v>113660.71</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45915</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>112419.06</x:v>
+        <x:v>113376.64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45912</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>112370.85</x:v>
+        <x:v>113308.66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45911</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>112522.01</x:v>
+        <x:v>112970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45910</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>112439.65</x:v>
+        <x:v>113103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45909</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>112422.4</x:v>
+        <x:v>113272.75</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45908</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>112275.41</x:v>
+        <x:v>112920.63</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45905</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>112103.97</x:v>
+        <x:v>112942.25</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45904</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>111965.03</x:v>
+        <x:v>113003.73</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45903</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>111694.67</x:v>
+        <x:v>112987.67</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45902</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>111380.03</x:v>
+        <x:v>113044.59</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45901</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>111747.68</x:v>
+        <x:v>112771.24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45898</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>111929.38</x:v>
+        <x:v>112406.62</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45897</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>112080.64</x:v>
+        <x:v>112129.92</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45896</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>111971.75</x:v>
+        <x:v>111961.72</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45895</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>111754.98</x:v>
+        <x:v>112410.34</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45894</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>111619.18</x:v>
+        <x:v>112497.42</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45891</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>112036.52</x:v>
+        <x:v>112482.03</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45890</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>111821.49</x:v>
+        <x:v>112391.83</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45889</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>111956.15</x:v>
+        <x:v>112598.85</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45888</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>111738.97</x:v>
+        <x:v>112669.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45887</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>111694.78</x:v>
+        <x:v>112331.51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45883</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>111863.2</x:v>
+        <x:v>112419.06</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45882</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>111844.92</x:v>
+        <x:v>112370.85</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45881</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>111439.52</x:v>
+        <x:v>112522.01</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45880</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>111554.21</x:v>
+        <x:v>112439.65</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45877</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>111482.28</x:v>
+        <x:v>112422.4</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45876</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>111913.4</x:v>
+        <x:v>112275.41</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45875</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>112055.92</x:v>
+        <x:v>112103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45874</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>112316.8</x:v>
+        <x:v>111965.03</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45873</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>112284.05</x:v>
+        <x:v>111694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45870</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>111981.65</x:v>
+        <x:v>111380.03</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45869</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>112193.46</x:v>
+        <x:v>111747.68</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45868</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>112320.2</x:v>
+        <x:v>111929.38</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45867</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>112496.11</x:v>
+        <x:v>112080.64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45866</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>112617.43</x:v>
+        <x:v>111971.75</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45863</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>112217.23</x:v>
+        <x:v>111754.98</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45862</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>112418.77</x:v>
+        <x:v>111619.18</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45861</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>112122.16</x:v>
+        <x:v>112036.52</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45860</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>112048.89</x:v>
+        <x:v>111821.49</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45859</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>112161.39</x:v>
+        <x:v>111956.15</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45856</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>111858.47</x:v>
+        <x:v>111738.97</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45855</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>111884.93</x:v>
+        <x:v>111694.78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45854</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>111776.61</x:v>
+        <x:v>111863.2</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45853</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>111726.51</x:v>
+        <x:v>111844.92</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45849</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>111690.99</x:v>
+        <x:v>111439.52</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45848</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>111790.2</x:v>
+        <x:v>111554.21</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45847</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>111943.08</x:v>
+        <x:v>111482.28</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45846</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>111604.88</x:v>
+        <x:v>111913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45845</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>111693.93</x:v>
+        <x:v>112055.92</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45842</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>111810.8</x:v>
+        <x:v>112316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45841</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>111932.93</x:v>
+        <x:v>112284.05</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45840</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>111346.77</x:v>
+        <x:v>111981.65</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45839</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>111773.81</x:v>
+        <x:v>112193.46</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45838</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>111421.64</x:v>
+        <x:v>112320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45835</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>111625.25</x:v>
+        <x:v>112496.11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45834</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>111536.22</x:v>
+        <x:v>112617.43</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45833</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>111378.01</x:v>
+        <x:v>112217.23</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45832</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>111387.06</x:v>
+        <x:v>112418.77</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45831</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>111237.37</x:v>
+        <x:v>112122.16</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45828</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>111165</x:v>
+        <x:v>112048.89</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45827</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>111302.36</x:v>
+        <x:v>112161.39</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45826</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>111491.31</x:v>
+        <x:v>111858.47</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45825</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>111322.81</x:v>
+        <x:v>111884.93</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45824</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>111547.54</x:v>
+        <x:v>111776.61</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45821</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>111432.78</x:v>
+        <x:v>111726.51</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45820</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>111933.5</x:v>
+        <x:v>111690.99</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45819</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>111809.6</x:v>
+        <x:v>111790.2</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45818</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>111930.25</x:v>
+        <x:v>111943.08</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45814</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>111449.27</x:v>
+        <x:v>111604.88</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45813</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>111370.2</x:v>
+        <x:v>111693.93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45812</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>111590.92</x:v>
+        <x:v>111810.8</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45811</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>111319.69</x:v>
+        <x:v>111932.93</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45810</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>111240.24</x:v>
+        <x:v>111346.77</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45807</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>111255.47</x:v>
+        <x:v>111773.81</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45805</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>111013.58</x:v>
+        <x:v>111421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45804</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>111188.49</x:v>
+        <x:v>111625.25</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45803</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>110922.19</x:v>
+        <x:v>111536.22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45800</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>110806.3</x:v>
+        <x:v>111378.01</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45799</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>110645.15</x:v>
+        <x:v>111387.06</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45798</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>110770.64</x:v>
+        <x:v>111237.37</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45797</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>111145.5</x:v>
+        <x:v>111165</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45796</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>111244.71</x:v>
+        <x:v>111302.36</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45793</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>111015.62</x:v>
+        <x:v>111491.31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45792</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>110639</x:v>
+        <x:v>111322.81</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45791</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>110163.24</x:v>
+        <x:v>111547.54</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45790</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>110276.32</x:v>
+        <x:v>111432.78</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45789</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>110388.51</x:v>
+        <x:v>111933.5</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45786</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>110696.04</x:v>
+        <x:v>111809.6</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45784</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>111273.38</x:v>
+        <x:v>111930.25</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45783</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>110809</x:v>
+        <x:v>111449.27</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45782</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>110849.97</x:v>
+        <x:v>111370.2</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45779</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>110743.7</x:v>
+        <x:v>111590.92</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45777</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>111170.85</x:v>
+        <x:v>111319.69</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45776</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>110586.37</x:v>
+        <x:v>111240.24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45775</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>110412.14</x:v>
+        <x:v>111255.47</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45772</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>110680.53</x:v>
+        <x:v>111013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45771</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>110708.8</x:v>
+        <x:v>111188.49</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45770</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>110095.36</x:v>
+        <x:v>110922.19</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45769</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>109950.03</x:v>
+        <x:v>110806.3</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45764</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>109699.96</x:v>
+        <x:v>110645.15</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45763</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>108999.32</x:v>
+        <x:v>110770.64</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45762</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>108969.07</x:v>
+        <x:v>111145.5</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45761</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>108677.03</x:v>
+        <x:v>111244.71</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45758</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>107902.28</x:v>
+        <x:v>111015.62</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45757</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>108092.17</x:v>
+        <x:v>110639</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45756</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>107610.52</x:v>
+        <x:v>110163.24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45755</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>107525.02</x:v>
+        <x:v>110276.32</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45754</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>107249.51</x:v>
+        <x:v>110388.51</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45751</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>108495.49</x:v>
+        <x:v>110696.04</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45750</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>109434.82</x:v>
+        <x:v>111273.38</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45749</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>109355.95</x:v>
+        <x:v>110809</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45748</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>109489.57</x:v>
+        <x:v>110849.97</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45747</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>108919.88</x:v>
+        <x:v>110743.7</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45744</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>109204.61</x:v>
+        <x:v>111170.85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45743</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>109050.17</x:v>
+        <x:v>110586.37</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45742</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>109008.91</x:v>
+        <x:v>110412.14</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45741</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>109215.62</x:v>
+        <x:v>110680.53</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45740</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>109148.69</x:v>
+        <x:v>110708.8</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45737</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>108824.11</x:v>
+        <x:v>110095.36</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45736</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>108891.96</x:v>
+        <x:v>109950.03</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45735</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>108668.36</x:v>
+        <x:v>109699.96</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45734</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>108548.46</x:v>
+        <x:v>108999.32</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45733</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>108315.96</x:v>
+        <x:v>108969.07</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45730</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>107874.24</x:v>
+        <x:v>108677.03</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45729</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>107823.79</x:v>
+        <x:v>107902.28</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45728</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>107736.55</x:v>
+        <x:v>108092.17</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45727</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>107374.87</x:v>
+        <x:v>107610.52</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45726</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>107928.17</x:v>
+        <x:v>107525.02</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45723</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>108259.86</x:v>
+        <x:v>107249.51</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45722</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>108485.89</x:v>
+        <x:v>108495.49</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45721</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>108797.89</x:v>
+        <x:v>109434.82</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45720</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>110121.39</x:v>
+        <x:v>109355.95</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45719</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>110583.27</x:v>
+        <x:v>109489.57</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45716</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>110919.52</x:v>
+        <x:v>108919.88</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45715</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>110958.15</x:v>
+        <x:v>109204.61</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45714</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>110775.1</x:v>
+        <x:v>109050.17</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45713</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>110610.58</x:v>
+        <x:v>109008.91</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45712</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>110530.5</x:v>
+        <x:v>109215.62</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45709</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>110431.62</x:v>
+        <x:v>109148.69</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45708</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>110251.51</x:v>
+        <x:v>108824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45707</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>110221.99</x:v>
+        <x:v>108891.96</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45706</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>110641.42</x:v>
+        <x:v>108668.36</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45705</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>110412.79</x:v>
+        <x:v>108548.46</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45702</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>110495.82</x:v>
+        <x:v>108315.96</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45701</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>110814.12</x:v>
+        <x:v>107874.24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45700</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>110328.65</x:v>
+        <x:v>107823.79</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45699</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>110726.75</x:v>
+        <x:v>107736.55</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45698</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>111224.06</x:v>
+        <x:v>107374.87</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45695</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>111106.11</x:v>
+        <x:v>107928.17</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45694</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>111032.53</x:v>
+        <x:v>108259.86</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45693</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>110896.94</x:v>
+        <x:v>108485.89</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45692</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>110606.11</x:v>
+        <x:v>108797.89</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45691</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>110442.61</x:v>
+        <x:v>110121.39</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45688</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>109998.79</x:v>
+        <x:v>110583.27</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45687</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>109790.94</x:v>
+        <x:v>110919.52</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45686</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>109018.96</x:v>
+        <x:v>110958.15</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45685</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>109085.29</x:v>
+        <x:v>110775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45684</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>109065.79</x:v>
+        <x:v>110610.58</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45681</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>108833.62</x:v>
+        <x:v>110530.5</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45680</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>108879.65</x:v>
+        <x:v>110431.62</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45679</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>108780.66</x:v>
+        <x:v>110251.51</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45678</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>108820.94</x:v>
+        <x:v>110221.99</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45677</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>108503.23</x:v>
+        <x:v>110641.42</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45674</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>108450.98</x:v>
+        <x:v>110412.79</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45673</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>108288.63</x:v>
+        <x:v>110495.82</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45672</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>108099.81</x:v>
+        <x:v>110814.12</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45671</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>107154.46</x:v>
+        <x:v>110328.65</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45670</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>107388.49</x:v>
+        <x:v>110726.75</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45667</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>107493.93</x:v>
+        <x:v>111224.06</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45666</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>107831.47</x:v>
+        <x:v>111106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45665</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>107868.35</x:v>
+        <x:v>111032.53</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45664</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>108058.31</x:v>
+        <x:v>110896.94</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45663</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>108093.25</x:v>
+        <x:v>110606.11</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45660</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>108091.1</x:v>
+        <x:v>110442.61</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45659</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>108347.6</x:v>
+        <x:v>109998.79</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45657</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>108270.19</x:v>
+        <x:v>109790.94</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45656</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>108150.67</x:v>
+        <x:v>109018.96</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45653</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>108239.19</x:v>
+        <x:v>109085.29</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45650</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>108684.53</x:v>
+        <x:v>109065.79</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45649</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>108469.89</x:v>
+        <x:v>108833.62</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45646</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>108598.07</x:v>
+        <x:v>108879.65</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45645</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>108401.43</x:v>
+        <x:v>108780.66</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45644</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>108974.37</x:v>
+        <x:v>108820.94</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45643</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>109276.97</x:v>
+        <x:v>108503.23</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45642</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>109384.67</x:v>
+        <x:v>108450.98</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45639</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>109563.55</x:v>
+        <x:v>108288.63</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45638</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>109854.91</x:v>
+        <x:v>108099.81</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45637</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>110370.48</x:v>
+        <x:v>107154.46</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45636</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>110325.35</x:v>
+        <x:v>107388.49</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45635</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>110347.42</x:v>
+        <x:v>107493.93</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45632</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>110411.71</x:v>
+        <x:v>107831.47</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45631</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>110419.69</x:v>
+        <x:v>107868.35</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45630</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>110503.37</x:v>
+        <x:v>108058.31</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45629</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>110404.2</x:v>
+        <x:v>108093.25</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45628</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>110196.27</x:v>
+        <x:v>108091.1</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45625</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>109922.88</x:v>
+        <x:v>108347.6</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45624</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>109553.25</x:v>
+        <x:v>108270.19</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45623</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>109124.73</x:v>
+        <x:v>108150.67</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45622</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>109047.01</x:v>
+        <x:v>108239.19</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45621</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>109086.33</x:v>
+        <x:v>108684.53</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45618</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>108921.45</x:v>
+        <x:v>108469.89</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45617</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>108228.04</x:v>
+        <x:v>108598.07</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45616</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>108150.73</x:v>
+        <x:v>108401.43</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45615</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>108274.32</x:v>
+        <x:v>108974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45614</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>108155.53</x:v>
+        <x:v>109276.97</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45611</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>108351.29</x:v>
+        <x:v>109384.67</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45610</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>108778.38</x:v>
+        <x:v>109563.55</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45609</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>108500.53</x:v>
+        <x:v>109854.91</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45608</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>108566.04</x:v>
+        <x:v>110370.48</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45604</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>108692.1</x:v>
+        <x:v>110325.35</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45603</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>108225.9</x:v>
+        <x:v>110347.42</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45602</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>108267.42</x:v>
+        <x:v>110411.71</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45601</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>107752.82</x:v>
+        <x:v>110419.69</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45600</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>107707.17</x:v>
+        <x:v>110503.37</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45596</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>107863.47</x:v>
+        <x:v>110404.2</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45595</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>108132.47</x:v>
+        <x:v>110196.27</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45594</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>108870.16</x:v>
+        <x:v>109922.88</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45593</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>109260.42</x:v>
+        <x:v>109553.25</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45590</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>109081.08</x:v>
+        <x:v>109124.73</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45589</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>109184.44</x:v>
+        <x:v>109047.01</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45588</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>109068.7</x:v>
+        <x:v>109086.33</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45587</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>109064.05</x:v>
+        <x:v>108921.45</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45586</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>109327.17</x:v>
+        <x:v>108228.04</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45583</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>109952.02</x:v>
+        <x:v>108150.73</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45582</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>109772.67</x:v>
+        <x:v>108274.32</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45581</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>109624.98</x:v>
+        <x:v>108155.53</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45580</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>109400.07</x:v>
+        <x:v>108351.29</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45579</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>109219.03</x:v>
+        <x:v>108778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45576</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>108937.15</x:v>
+        <x:v>108500.53</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45575</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>108711.45</x:v>
+        <x:v>108566.04</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45574</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>108617.12</x:v>
+        <x:v>108692.1</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45573</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>108527.42</x:v>
+        <x:v>108225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45572</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>108291.31</x:v>
+        <x:v>108267.42</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45569</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>108615.17</x:v>
+        <x:v>107752.82</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45568</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>108723.51</x:v>
+        <x:v>107707.17</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45567</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>109050.37</x:v>
+        <x:v>107863.47</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45566</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>109240.43</x:v>
+        <x:v>108132.47</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45565</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>108720.07</x:v>
+        <x:v>108870.16</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45562</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>108703.79</x:v>
+        <x:v>109260.42</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45561</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>108567.68</x:v>
+        <x:v>109081.08</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45560</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>108614.96</x:v>
+        <x:v>109184.44</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45559</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>108859.54</x:v>
+        <x:v>109068.7</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45558</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>108721.36</x:v>
+        <x:v>109064.05</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45555</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>108437.09</x:v>
+        <x:v>109327.17</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45554</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>108589.01</x:v>
+        <x:v>109952.02</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45553</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>108331.97</x:v>
+        <x:v>109772.67</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45552</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>108671.95</x:v>
+        <x:v>109624.98</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45551</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>108809.99</x:v>
+        <x:v>109400.07</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45548</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>108580.95</x:v>
+        <x:v>109219.03</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45547</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>108570.07</x:v>
+        <x:v>108937.15</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45546</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>108535.8</x:v>
+        <x:v>108711.45</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45545</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>108239.01</x:v>
+        <x:v>108617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45544</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>108101.32</x:v>
+        <x:v>108527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45541</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>107774.12</x:v>
+        <x:v>108291.31</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45540</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>107746.05</x:v>
+        <x:v>108615.17</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45539</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>107784.81</x:v>
+        <x:v>108723.51</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45538</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>107669.31</x:v>
+        <x:v>109050.37</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45537</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>107636.22</x:v>
+        <x:v>109240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45534</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>107791.18</x:v>
+        <x:v>108720.07</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45533</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>107729.89</x:v>
+        <x:v>108703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45532</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>107708.62</x:v>
+        <x:v>108567.68</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45531</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>107519.16</x:v>
+        <x:v>108614.96</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45530</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>107732.27</x:v>
+        <x:v>108859.54</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45527</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>107887.06</x:v>
+        <x:v>108721.36</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45526</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>107649.66</x:v>
+        <x:v>108437.09</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45525</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>107933.39</x:v>
+        <x:v>108589.01</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45524</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>107818.35</x:v>
+        <x:v>108331.97</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45523</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>107536.15</x:v>
+        <x:v>108671.95</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45520</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>107385.72</x:v>
+        <x:v>108809.99</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45518</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>107734.62</x:v>
+        <x:v>108580.95</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45517</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>107505.02</x:v>
+        <x:v>108570.07</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45516</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>107097.17</x:v>
+        <x:v>108535.8</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45513</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>107144.02</x:v>
+        <x:v>108239.01</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45512</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>106594.91</x:v>
+        <x:v>108101.32</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45511</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>106148.26</x:v>
+        <x:v>107774.12</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45510</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>106310.24</x:v>
+        <x:v>107746.05</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45509</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>106229.02</x:v>
+        <x:v>107784.81</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45506</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>107123.35</x:v>
+        <x:v>107669.31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45505</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>107407</x:v>
+        <x:v>107636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45504</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>107319</x:v>
+        <x:v>107791.18</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45503</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>106986.15</x:v>
+        <x:v>107729.89</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45502</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>107085.09</x:v>
+        <x:v>107708.62</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45499</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>106775.09</x:v>
+        <x:v>107519.16</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45498</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>106572.11</x:v>
+        <x:v>107732.27</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45497</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>106843.45</x:v>
+        <x:v>107887.06</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45496</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>107203.25</x:v>
+        <x:v>107649.66</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45495</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>106906.45</x:v>
+        <x:v>107933.39</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45492</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>106823.39</x:v>
+        <x:v>107818.35</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45491</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>107033.55</x:v>
+        <x:v>107536.15</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45490</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>107349.18</x:v>
+        <x:v>107385.72</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45489</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>107594.38</x:v>
+        <x:v>107734.62</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45488</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>107454.85</x:v>
+        <x:v>107505.02</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45485</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>107378.76</x:v>
+        <x:v>107097.17</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45484</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>107358.6</x:v>
+        <x:v>107144.02</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45483</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>107035.35</x:v>
+        <x:v>106594.91</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45482</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>106709.53</x:v>
+        <x:v>106148.26</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45481</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>106880.89</x:v>
+        <x:v>106310.24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45478</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>106720.81</x:v>
+        <x:v>106229.02</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45477</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>106338.29</x:v>
+        <x:v>107123.35</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45476</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>106334.91</x:v>
+        <x:v>107407</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45475</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>106049.98</x:v>
+        <x:v>107319</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45474</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>106084.04</x:v>
+        <x:v>106986.15</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45471</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>106373.56</x:v>
+        <x:v>107085.09</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45470</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>106650.72</x:v>
+        <x:v>106775.09</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45469</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>106698.76</x:v>
+        <x:v>106572.11</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45468</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>107019.8</x:v>
+        <x:v>106843.45</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45467</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>106916.66</x:v>
+        <x:v>107203.25</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45464</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>106871.87</x:v>
+        <x:v>106906.45</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45463</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>106854.32</x:v>
+        <x:v>106823.39</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45462</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>106963.26</x:v>
+        <x:v>107033.55</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45461</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>107057.72</x:v>
+        <x:v>107349.18</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45460</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>106638.95</x:v>
+        <x:v>107594.38</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45457</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>106861.59</x:v>
+        <x:v>107454.85</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45456</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>106645.09</x:v>
+        <x:v>107378.76</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45455</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>106425.88</x:v>
+        <x:v>107358.6</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45454</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>105919.15</x:v>
+        <x:v>107035.35</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45453</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>105994.22</x:v>
+        <x:v>106709.53</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45450</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>106395.66</x:v>
+        <x:v>106880.89</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45449</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>106883.23</x:v>
+        <x:v>106720.81</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45448</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>106993.65</x:v>
+        <x:v>106338.29</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45447</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>106617.98</x:v>
+        <x:v>106334.91</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45446</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>106290.07</x:v>
+        <x:v>106049.98</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45443</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>106372.34</x:v>
+        <x:v>106084.04</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45442</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>106320.67</x:v>
+        <x:v>106373.56</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45441</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>106003.65</x:v>
+        <x:v>106650.72</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45440</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>106494.67</x:v>
+        <x:v>106698.76</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45439</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>106810.44</x:v>
+        <x:v>107019.8</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45436</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>106569.88</x:v>
+        <x:v>106916.66</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45435</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>106519.84</x:v>
+        <x:v>106871.87</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45434</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>106797.45</x:v>
+        <x:v>106854.32</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45433</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>107043.78</x:v>
+        <x:v>106963.26</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45429</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>106894.8</x:v>
+        <x:v>107057.72</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45428</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>107229.75</x:v>
+        <x:v>106638.95</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45427</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>107460.97</x:v>
+        <x:v>106861.59</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45426</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>106555.05</x:v>
+        <x:v>106645.09</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45425</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>106627.46</x:v>
+        <x:v>106425.88</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45422</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>106642.31</x:v>
+        <x:v>105919.15</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45419</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>107040.7</x:v>
+        <x:v>105994.22</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45418</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>106595.73</x:v>
+        <x:v>106395.66</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45415</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>106317.06</x:v>
+        <x:v>106883.23</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45414</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>106058.17</x:v>
+        <x:v>106993.65</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45412</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>106062.86</x:v>
+        <x:v>106617.98</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45411</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>106338.55</x:v>
+        <x:v>106290.07</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45408</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>106006.4</x:v>
+        <x:v>106372.34</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45407</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>105360.05</x:v>
+        <x:v>106320.67</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45406</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>105655.48</x:v>
+        <x:v>106003.65</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45405</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>106260.7</x:v>
+        <x:v>106494.67</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45404</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>106159.05</x:v>
+        <x:v>106810.44</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45401</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>105811.95</x:v>
+        <x:v>106569.88</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45400</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>106035.02</x:v>
+        <x:v>106519.84</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45399</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>106085.53</x:v>
+        <x:v>106797.45</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45398</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>105937.64</x:v>
+        <x:v>107043.78</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45397</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>106527.28</x:v>
+        <x:v>106894.8</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45394</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>107167.03</x:v>
+        <x:v>107229.75</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45393</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>106673.54</x:v>
+        <x:v>107460.97</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45392</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>106874.75</x:v>
+        <x:v>106555.05</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45391</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>107257.04</x:v>
+        <x:v>106627.46</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45390</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>106983.14</x:v>
+        <x:v>106642.31</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45387</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>107225.06</x:v>
+        <x:v>107040.7</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45386</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>107403.73</x:v>
+        <x:v>106595.73</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45385</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>107119.27</x:v>
+        <x:v>106317.06</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45384</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>107192.61</x:v>
+        <x:v>106058.17</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45379</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>107981.34</x:v>
+        <x:v>106062.86</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45378</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>107956.93</x:v>
+        <x:v>106338.55</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45377</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>107343.71</x:v>
+        <x:v>106006.4</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45376</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>107191.95</x:v>
+        <x:v>105360.05</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45373</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>107469.33</x:v>
+        <x:v>105655.48</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45372</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>107076.84</x:v>
+        <x:v>106260.7</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45371</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>106710.78</x:v>
+        <x:v>106159.05</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45370</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>106557.61</x:v>
+        <x:v>105811.95</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45369</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>106520.13</x:v>
+        <x:v>106035.02</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45366</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>106570.94</x:v>
+        <x:v>106085.53</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45365</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>106876.37</x:v>
+        <x:v>105937.64</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45364</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>107162.01</x:v>
+        <x:v>106527.28</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45363</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>107282.36</x:v>
+        <x:v>107167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45362</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>107343.7</x:v>
+        <x:v>106673.54</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45359</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>107607.34</x:v>
+        <x:v>106874.75</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45358</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>107247.48</x:v>
+        <x:v>107257.04</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45357</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>107074.07</x:v>
+        <x:v>106983.14</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45356</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>106955.45</x:v>
+        <x:v>107225.06</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45355</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>106667.66</x:v>
+        <x:v>107403.73</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45352</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>106540.31</x:v>
+        <x:v>107119.27</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45351</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>106573.8</x:v>
+        <x:v>107192.61</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45350</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>106180.07</x:v>
+        <x:v>107981.34</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45349</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>106277.29</x:v>
+        <x:v>107956.93</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45348</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>106469.82</x:v>
+        <x:v>107343.71</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45345</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>107169.61</x:v>
+        <x:v>107191.95</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45344</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>106678.64</x:v>
+        <x:v>107469.33</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45343</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>106171.66</x:v>
+        <x:v>107076.84</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45342</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>106495.11</x:v>
+        <x:v>106710.78</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45341</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>106324.75</x:v>
+        <x:v>106557.61</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45338</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>106468.27</x:v>
+        <x:v>106520.13</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45337</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>106470.85</x:v>
+        <x:v>106570.94</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45336</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>106501.89</x:v>
+        <x:v>106876.37</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45335</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>105999.58</x:v>
+        <x:v>107162.01</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45334</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>106250.66</x:v>
+        <x:v>107282.36</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45331</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>106079.67</x:v>
+        <x:v>107343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45330</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>106048.63</x:v>
+        <x:v>107607.34</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45329</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>106228.82</x:v>
+        <x:v>107247.48</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45328</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>106297.6</x:v>
+        <x:v>107074.07</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45327</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>106211.6</x:v>
+        <x:v>106955.45</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45324</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>106545.81</x:v>
+        <x:v>106667.66</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45323</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>107043.03</x:v>
+        <x:v>106540.31</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45322</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>106975.36</x:v>
+        <x:v>106573.8</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45321</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>106421.87</x:v>
+        <x:v>106180.07</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45320</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>106619.27</x:v>
+        <x:v>106277.29</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45317</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>106205.51</x:v>
+        <x:v>106469.82</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45316</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>105950.82</x:v>
+        <x:v>107169.61</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45315</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>105516.66</x:v>
+        <x:v>106678.64</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45314</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>105447.84</x:v>
+        <x:v>106171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45313</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>105696.26</x:v>
+        <x:v>106495.11</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45310</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>105416.59</x:v>
+        <x:v>106324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45309</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>105262.85</x:v>
+        <x:v>106468.27</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45308</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>105322.85</x:v>
+        <x:v>106470.85</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45307</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>105787.7</x:v>
+        <x:v>106501.89</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45306</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>106119.3</x:v>
+        <x:v>105999.58</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45303</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>106411.99</x:v>
+        <x:v>106250.66</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45302</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>105868.59</x:v>
+        <x:v>106079.67</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45301</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>105828.36</x:v>
+        <x:v>106048.63</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45300</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>105931.86</x:v>
+        <x:v>106228.82</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45299</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>106265.96</x:v>
+        <x:v>106297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45296</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>106100.11</x:v>
+        <x:v>106211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45295</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>106139</x:v>
+        <x:v>106545.81</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45294</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>106649.18</x:v>
+        <x:v>107043.03</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45293</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>106508.06</x:v>
+        <x:v>106975.36</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45289</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>106734.61</x:v>
+        <x:v>106421.87</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45288</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>107152.13</x:v>
+        <x:v>106619.27</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45287</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>107385.4</x:v>
+        <x:v>106205.51</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45282</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>106887.93</x:v>
+        <x:v>105950.82</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45281</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>106884.85</x:v>
+        <x:v>105516.66</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45280</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>106813.11</x:v>
+        <x:v>105447.84</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45279</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>106607.2</x:v>
+        <x:v>105696.26</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45278</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>106219.08</x:v>
+        <x:v>105416.59</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45275</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>106556.35</x:v>
+        <x:v>105262.85</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45274</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>105996.78</x:v>
+        <x:v>105322.85</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45273</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>105353.96</x:v>
+        <x:v>105787.7</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45272</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>104902.79</x:v>
+        <x:v>106119.3</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45271</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>104607.1</x:v>
+        <x:v>106411.99</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45268</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>104677.48</x:v>
+        <x:v>105868.59</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45267</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>105039.39</x:v>
+        <x:v>105828.36</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45266</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>105049.11</x:v>
+        <x:v>105931.86</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45265</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>104605.65</x:v>
+        <x:v>106265.96</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45264</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>103763.02</x:v>
+        <x:v>106100.11</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45261</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>103694.67</x:v>
+        <x:v>106139</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45260</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>102937.76</x:v>
+        <x:v>106649.18</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45259</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>102771.19</x:v>
+        <x:v>106508.06</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45258</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>102256.97</x:v>
+        <x:v>106734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45257</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>101940.83</x:v>
+        <x:v>107152.13</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45254</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>101453.29</x:v>
+        <x:v>107385.4</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45253</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>101522.78</x:v>
+        <x:v>106887.93</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45252</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>101800.93</x:v>
+        <x:v>106884.85</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45251</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>101717.93</x:v>
+        <x:v>106813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45250</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>101529.01</x:v>
+        <x:v>106607.2</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45247</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>101593.61</x:v>
+        <x:v>106219.08</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45246</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>101441.55</x:v>
+        <x:v>106556.35</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45245</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>101092.43</x:v>
+        <x:v>105996.78</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45244</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>101380.47</x:v>
+        <x:v>105353.96</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45243</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>100650.77</x:v>
+        <x:v>104902.79</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45240</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>100552.39</x:v>
+        <x:v>104607.1</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45239</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>100911.85</x:v>
+        <x:v>104677.48</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45238</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>101100.78</x:v>
+        <x:v>105039.39</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45237</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>100852.1</x:v>
+        <x:v>105049.11</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45236</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>100407.07</x:v>
+        <x:v>104605.65</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45233</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>100815.13</x:v>
+        <x:v>103763.02</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45232</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>100290.79</x:v>
+        <x:v>103694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45230</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>99187.69</x:v>
+        <x:v>102937.76</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45229</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>99134.03</x:v>
+        <x:v>102771.19</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45226</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>98954.26</x:v>
+        <x:v>102256.97</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45225</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>98841.46</x:v>
+        <x:v>101940.83</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45224</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>98839.82</x:v>
+        <x:v>101453.29</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45223</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>99148.89</x:v>
+        <x:v>101522.78</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45222</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>98654.83</x:v>
+        <x:v>101800.93</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45219</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>98539.56</x:v>
+        <x:v>101717.93</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45218</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>98629.59</x:v>
+        <x:v>101529.01</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45217</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>99029.81</x:v>
+        <x:v>101593.61</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45216</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>99449.33</x:v>
+        <x:v>101441.55</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45215</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>99965.81</x:v>
+        <x:v>101092.43</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45212</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>100208.75</x:v>
+        <x:v>101380.47</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45211</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>100133.67</x:v>
+        <x:v>100650.77</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45210</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>100507.34</x:v>
+        <x:v>100552.39</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45209</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>100156.07</x:v>
+        <x:v>100911.85</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45208</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>99851.09</x:v>
+        <x:v>101100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45205</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>99145.11</x:v>
+        <x:v>100852.1</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45204</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>99035.62</x:v>
+        <x:v>100407.07</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45203</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>98791.44</x:v>
+        <x:v>100815.13</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45202</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>98610.74</x:v>
+        <x:v>100290.79</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45201</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>99046.42</x:v>
+        <x:v>99187.69</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45198</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>99636.71</x:v>
+        <x:v>99134.03</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45197</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>99194.98</x:v>
+        <x:v>98954.26</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45196</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>99654.62</x:v>
+        <x:v>98841.46</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45195</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>99986.11</x:v>
+        <x:v>98839.82</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45194</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>100073.06</x:v>
+        <x:v>99148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45191</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>100426.93</x:v>
+        <x:v>98654.83</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45190</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>100517.5</x:v>
+        <x:v>98539.56</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45189</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>100995.95</x:v>
+        <x:v>98629.59</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45188</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>100744.82</x:v>
+        <x:v>99029.81</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45187</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>100834.03</x:v>
+        <x:v>99449.33</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45184</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>101233.17</x:v>
+        <x:v>99965.81</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45183</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>101744.69</x:v>
+        <x:v>100208.75</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45182</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>101102.63</x:v>
+        <x:v>100133.67</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45181</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>101235.04</x:v>
+        <x:v>100507.34</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45180</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>101144.5</x:v>
+        <x:v>100156.07</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45177</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>101251.34</x:v>
+        <x:v>99851.09</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45176</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>101049.56</x:v>
+        <x:v>99145.11</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45175</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>100687.36</x:v>
+        <x:v>99035.62</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45174</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>100956.55</x:v>
+        <x:v>98791.44</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45173</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>101244.19</x:v>
+        <x:v>98610.74</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45170</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>101412.73</x:v>
+        <x:v>99046.42</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45169</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>101816.46</x:v>
+        <x:v>99636.71</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45168</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>101361.97</x:v>
+        <x:v>99194.98</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45167</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>101441.43</x:v>
+        <x:v>99654.62</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45166</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>101014.79</x:v>
+        <x:v>99986.11</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45163</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>101013.27</x:v>
+        <x:v>100073.06</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45162</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>101263.61</x:v>
+        <x:v>100426.93</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45161</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>101205.66</x:v>
+        <x:v>100517.5</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45160</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>100362.79</x:v>
+        <x:v>100995.95</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45159</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>99862.51</x:v>
+        <x:v>100744.82</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45156</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>100239.05</x:v>
+        <x:v>100834.03</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45155</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>99773.22</x:v>
+        <x:v>101233.17</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45154</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>100231.7</x:v>
+        <x:v>101744.69</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45152</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>100605.36</x:v>
+        <x:v>101102.63</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45149</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>100599.36</x:v>
+        <x:v>101235.04</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45148</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>100919.11</x:v>
+        <x:v>101144.5</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45147</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>100974.02</x:v>
+        <x:v>101251.34</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45146</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>101426.84</x:v>
+        <x:v>101049.56</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45145</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>100484.3</x:v>
+        <x:v>100687.36</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45142</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>100626.28</x:v>
+        <x:v>100956.55</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45141</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>100282.55</x:v>
+        <x:v>101244.19</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45140</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>100762.76</x:v>
+        <x:v>101412.73</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45139</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>100944.11</x:v>
+        <x:v>101816.46</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45138</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>101627.2</x:v>
+        <x:v>101361.97</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45135</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>101112.23</x:v>
+        <x:v>101441.43</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45134</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>101048.87</x:v>
+        <x:v>101014.79</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45133</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>100620.76</x:v>
+        <x:v>101013.27</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45132</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>100869.75</x:v>
+        <x:v>101263.61</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45131</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>100966.26</x:v>
+        <x:v>101205.66</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45128</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>100713.33</x:v>
+        <x:v>100362.79</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45127</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>100596.56</x:v>
+        <x:v>99862.51</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45126</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>101001.68</x:v>
+        <x:v>100239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45125</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>101055.12</x:v>
+        <x:v>99773.22</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45124</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>100426.6</x:v>
+        <x:v>100231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45120</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>100436.8</x:v>
+        <x:v>100605.36</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45119</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>99672.97</x:v>
+        <x:v>100599.36</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45118</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>99150.32</x:v>
+        <x:v>100919.11</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45117</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>99064.81</x:v>
+        <x:v>100974.02</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45114</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>98983.27</x:v>
+        <x:v>101426.84</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45113</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>99112.61</x:v>
+        <x:v>100484.3</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45112</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>100245.5</x:v>
+        <x:v>100626.28</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45111</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>100486.03</x:v>
+        <x:v>100282.55</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45110</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>100482.93</x:v>
+        <x:v>100762.76</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45107</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>100796.12</x:v>
+        <x:v>100944.11</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45106</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>100627.24</x:v>
+        <x:v>101627.2</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45105</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>101002.14</x:v>
+        <x:v>101112.23</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45104</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>100640.32</x:v>
+        <x:v>101048.87</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45103</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>100787.21</x:v>
+        <x:v>100620.76</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45100</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>100587.01</x:v>
+        <x:v>100869.75</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45099</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>99859.85</x:v>
+        <x:v>100966.26</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45098</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>100348.88</x:v>
+        <x:v>100713.33</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45097</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>100705.99</x:v>
+        <x:v>100596.56</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45096</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>100248.16</x:v>
+        <x:v>101001.68</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45093</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>100601.72</x:v>
+        <x:v>101055.12</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45092</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>100460.1</x:v>
+        <x:v>100426.6</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45091</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>100713.86</x:v>
+        <x:v>100436.8</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45090</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>101138.42</x:v>
+        <x:v>99672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45089</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>101136.29</x:v>
+        <x:v>99150.32</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45086</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>101188.08</x:v>
+        <x:v>99064.81</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45085</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>101009.52</x:v>
+        <x:v>98983.27</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45084</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>100766.64</x:v>
+        <x:v>99112.61</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45083</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>101201.62</x:v>
+        <x:v>100245.5</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45082</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>100957.09</x:v>
+        <x:v>100486.03</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45079</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>101198.35</x:v>
+        <x:v>100482.93</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45078</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>101237.35</x:v>
+        <x:v>100796.12</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45077</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>100890.94</x:v>
+        <x:v>100627.24</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45076</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>100537.37</x:v>
+        <x:v>101002.14</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45072</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>99472.7</x:v>
+        <x:v>100640.32</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45071</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>99577.19</x:v>
+        <x:v>100787.21</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
+        <x:v>45100</x:v>
+      </x:c>
+      <x:c r="B611" s="3">
+        <x:v>100587.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="612" spans="1:2">
+      <x:c r="A612" s="2">
+        <x:v>45099</x:v>
+      </x:c>
+      <x:c r="B612" s="3">
+        <x:v>99859.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="613" spans="1:2">
+      <x:c r="A613" s="2">
+        <x:v>45098</x:v>
+      </x:c>
+      <x:c r="B613" s="3">
+        <x:v>100348.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="614" spans="1:2">
+      <x:c r="A614" s="2">
+        <x:v>45097</x:v>
+      </x:c>
+      <x:c r="B614" s="3">
+        <x:v>100705.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="615" spans="1:2">
+      <x:c r="A615" s="2">
+        <x:v>45096</x:v>
+      </x:c>
+      <x:c r="B615" s="3">
+        <x:v>100248.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="616" spans="1:2">
+      <x:c r="A616" s="2">
+        <x:v>45093</x:v>
+      </x:c>
+      <x:c r="B616" s="3">
+        <x:v>100601.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="617" spans="1:2">
+      <x:c r="A617" s="2">
+        <x:v>45092</x:v>
+      </x:c>
+      <x:c r="B617" s="3">
+        <x:v>100460.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="618" spans="1:2">
+      <x:c r="A618" s="2">
+        <x:v>45091</x:v>
+      </x:c>
+      <x:c r="B618" s="3">
+        <x:v>100713.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="619" spans="1:2">
+      <x:c r="A619" s="2">
+        <x:v>45090</x:v>
+      </x:c>
+      <x:c r="B619" s="3">
+        <x:v>101138.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="620" spans="1:2">
+      <x:c r="A620" s="2">
+        <x:v>45089</x:v>
+      </x:c>
+      <x:c r="B620" s="3">
+        <x:v>101136.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="621" spans="1:2">
+      <x:c r="A621" s="2">
+        <x:v>45086</x:v>
+      </x:c>
+      <x:c r="B621" s="3">
+        <x:v>101188.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="622" spans="1:2">
+      <x:c r="A622" s="2">
+        <x:v>45085</x:v>
+      </x:c>
+      <x:c r="B622" s="3">
+        <x:v>101009.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="623" spans="1:2">
+      <x:c r="A623" s="2">
+        <x:v>45084</x:v>
+      </x:c>
+      <x:c r="B623" s="3">
+        <x:v>100766.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="624" spans="1:2">
+      <x:c r="A624" s="2">
+        <x:v>45083</x:v>
+      </x:c>
+      <x:c r="B624" s="3">
+        <x:v>101201.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="625" spans="1:2">
+      <x:c r="A625" s="2">
+        <x:v>45082</x:v>
+      </x:c>
+      <x:c r="B625" s="3">
+        <x:v>100957.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="626" spans="1:2">
+      <x:c r="A626" s="2">
+        <x:v>45079</x:v>
+      </x:c>
+      <x:c r="B626" s="3">
+        <x:v>101198.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="627" spans="1:2">
+      <x:c r="A627" s="2">
+        <x:v>45078</x:v>
+      </x:c>
+      <x:c r="B627" s="3">
+        <x:v>101237.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="628" spans="1:2">
+      <x:c r="A628" s="2">
+        <x:v>45077</x:v>
+      </x:c>
+      <x:c r="B628" s="3">
+        <x:v>100890.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="629" spans="1:2">
+      <x:c r="A629" s="2">
+        <x:v>45076</x:v>
+      </x:c>
+      <x:c r="B629" s="3">
+        <x:v>100537.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="630" spans="1:2">
+      <x:c r="A630" s="2">
+        <x:v>45072</x:v>
+      </x:c>
+      <x:c r="B630" s="3">
+        <x:v>99472.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="631" spans="1:2">
+      <x:c r="A631" s="2">
+        <x:v>45071</x:v>
+      </x:c>
+      <x:c r="B631" s="3">
+        <x:v>99577.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="632" spans="1:2">
+      <x:c r="A632" s="2">
         <x:v>45070</x:v>
       </x:c>
-      <x:c r="B611" s="3">
+      <x:c r="B632" s="3">
         <x:v>100000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400CT66</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>