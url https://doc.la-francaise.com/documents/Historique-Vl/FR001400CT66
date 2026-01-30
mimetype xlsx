--- v2 (2025-12-03)
+++ v3 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0d434f6aba4d2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d7c2312272a94a9485a268a712051226.psmdcp" Id="R2d7015687e7a4b76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf696e17e4e6e41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae7d5d0989d542c7a65aae1978e3b585.psmdcp" Id="R4b3817edb1634650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400CT66" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,5113 +420,5425 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B632"/>
+  <x:dimension ref="A1:B671"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45992</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>113948.29</x:v>
+        <x:v>115524.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45989</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>114290.96</x:v>
+        <x:v>115533.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45988</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>114438.62</x:v>
+        <x:v>115663.09</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45987</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>114523.41</x:v>
+        <x:v>115536.03</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45986</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>114282.61</x:v>
+        <x:v>115635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45985</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>113760.6</x:v>
+        <x:v>115360.73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45982</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>113746.6</x:v>
+        <x:v>115264.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45981</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>113596.67</x:v>
+        <x:v>115353.81</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45980</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>113616.79</x:v>
+        <x:v>115610.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45979</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>113604.48</x:v>
+        <x:v>115628.51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45978</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>113800.53</x:v>
+        <x:v>115601.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45975</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>113862.35</x:v>
+        <x:v>115469.46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45974</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>114124.24</x:v>
+        <x:v>115572.53</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45973</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>114361.06</x:v>
+        <x:v>115414.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45971</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>113913.02</x:v>
+        <x:v>115393.18</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45968</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>113569.1</x:v>
+        <x:v>115368.13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45967</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>113996.44</x:v>
+        <x:v>114734.33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45966</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>114151.3</x:v>
+        <x:v>114530.22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45965</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>114119.9</x:v>
+        <x:v>114262.97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45964</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>114061.34</x:v>
+        <x:v>114367.61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45961</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>113933.91</x:v>
+        <x:v>114395.6</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45960</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>113838.03</x:v>
+        <x:v>114421.11</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45959</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>113823.88</x:v>
+        <x:v>114130.66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45958</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>114010.57</x:v>
+        <x:v>114128.88</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45957</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>113797.78</x:v>
+        <x:v>113760.83</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45954</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>113719.99</x:v>
+        <x:v>113711.66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45953</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>113814.17</x:v>
+        <x:v>113552.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45952</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>113738.73</x:v>
+        <x:v>113251.55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45951</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>113790.1</x:v>
+        <x:v>113558.11</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45950</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>113609.76</x:v>
+        <x:v>113621.16</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45947</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>113454.11</x:v>
+        <x:v>113466.4</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45946</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>113686.49</x:v>
+        <x:v>113586.34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45945</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>113660.71</x:v>
+        <x:v>113285.26</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45944</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>113376.64</x:v>
+        <x:v>113336.67</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45943</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>113308.66</x:v>
+        <x:v>113312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45940</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>112970.71</x:v>
+        <x:v>113786.62</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45939</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>113103.23</x:v>
+        <x:v>113862.24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45938</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>113272.75</x:v>
+        <x:v>113987.73</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45937</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>112920.63</x:v>
+        <x:v>113892.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45936</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>112942.25</x:v>
+        <x:v>113948.29</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45933</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>113003.73</x:v>
+        <x:v>114290.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45932</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>112987.67</x:v>
+        <x:v>114438.62</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45931</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>113044.59</x:v>
+        <x:v>114523.41</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45930</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>112771.24</x:v>
+        <x:v>114282.61</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45929</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>112406.62</x:v>
+        <x:v>113760.6</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45926</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>112129.92</x:v>
+        <x:v>113746.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45925</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>111961.72</x:v>
+        <x:v>113596.67</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45924</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>112410.34</x:v>
+        <x:v>113616.79</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45923</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>112497.42</x:v>
+        <x:v>113604.48</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45922</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>112482.03</x:v>
+        <x:v>113800.53</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45919</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>112391.83</x:v>
+        <x:v>113862.35</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45918</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>112598.85</x:v>
+        <x:v>114124.24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45917</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>112669.04</x:v>
+        <x:v>114361.06</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45916</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>112331.51</x:v>
+        <x:v>113913.02</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45915</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>112419.06</x:v>
+        <x:v>113569.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45912</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>112370.85</x:v>
+        <x:v>113996.44</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45911</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>112522.01</x:v>
+        <x:v>114151.3</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45910</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>112439.65</x:v>
+        <x:v>114119.9</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45909</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>112422.4</x:v>
+        <x:v>114061.34</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45908</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>112275.41</x:v>
+        <x:v>113933.91</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45905</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>112103.97</x:v>
+        <x:v>113838.03</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45904</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>111965.03</x:v>
+        <x:v>113823.88</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45903</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>111694.67</x:v>
+        <x:v>114010.57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45902</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>111380.03</x:v>
+        <x:v>113797.78</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45901</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>111747.68</x:v>
+        <x:v>113719.99</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45898</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>111929.38</x:v>
+        <x:v>113814.17</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45897</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>112080.64</x:v>
+        <x:v>113738.73</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45896</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>111971.75</x:v>
+        <x:v>113790.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45895</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>111754.98</x:v>
+        <x:v>113609.76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45894</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>111619.18</x:v>
+        <x:v>113454.11</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45891</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>112036.52</x:v>
+        <x:v>113686.49</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45890</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>111821.49</x:v>
+        <x:v>113660.71</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45889</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>111956.15</x:v>
+        <x:v>113376.64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45888</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>111738.97</x:v>
+        <x:v>113308.66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45887</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>111694.78</x:v>
+        <x:v>112970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45883</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>111863.2</x:v>
+        <x:v>113103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45882</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>111844.92</x:v>
+        <x:v>113272.75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45881</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>111439.52</x:v>
+        <x:v>112920.63</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45880</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>111554.21</x:v>
+        <x:v>112942.25</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45877</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>111482.28</x:v>
+        <x:v>113003.73</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45876</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>111913.4</x:v>
+        <x:v>112987.67</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45875</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>112055.92</x:v>
+        <x:v>113044.59</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45874</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>112316.8</x:v>
+        <x:v>112771.24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45873</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>112284.05</x:v>
+        <x:v>112406.62</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45870</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>111981.65</x:v>
+        <x:v>112129.92</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45869</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>112193.46</x:v>
+        <x:v>111961.72</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45868</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>112320.2</x:v>
+        <x:v>112410.34</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45867</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>112496.11</x:v>
+        <x:v>112497.42</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45866</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>112617.43</x:v>
+        <x:v>112482.03</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45863</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>112217.23</x:v>
+        <x:v>112391.83</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45862</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>112418.77</x:v>
+        <x:v>112598.85</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45861</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>112122.16</x:v>
+        <x:v>112669.04</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45860</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>112048.89</x:v>
+        <x:v>112331.51</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45859</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>112161.39</x:v>
+        <x:v>112419.06</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45856</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>111858.47</x:v>
+        <x:v>112370.85</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45855</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>111884.93</x:v>
+        <x:v>112522.01</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45854</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>111776.61</x:v>
+        <x:v>112439.65</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45853</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>111726.51</x:v>
+        <x:v>112422.4</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45849</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>111690.99</x:v>
+        <x:v>112275.41</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45848</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>111790.2</x:v>
+        <x:v>112103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45847</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>111943.08</x:v>
+        <x:v>111965.03</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45846</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>111604.88</x:v>
+        <x:v>111694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45845</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>111693.93</x:v>
+        <x:v>111380.03</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45842</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>111810.8</x:v>
+        <x:v>111747.68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45841</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>111932.93</x:v>
+        <x:v>111929.38</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45840</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>111346.77</x:v>
+        <x:v>112080.64</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45839</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>111773.81</x:v>
+        <x:v>111971.75</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45838</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>111421.64</x:v>
+        <x:v>111754.98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45835</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>111625.25</x:v>
+        <x:v>111619.18</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45834</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>111536.22</x:v>
+        <x:v>112036.52</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45833</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>111378.01</x:v>
+        <x:v>111821.49</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45832</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>111387.06</x:v>
+        <x:v>111956.15</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45831</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>111237.37</x:v>
+        <x:v>111738.97</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45828</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>111165</x:v>
+        <x:v>111694.78</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45827</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>111302.36</x:v>
+        <x:v>111863.2</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45826</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>111491.31</x:v>
+        <x:v>111844.92</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45825</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>111322.81</x:v>
+        <x:v>111439.52</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45824</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>111547.54</x:v>
+        <x:v>111554.21</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45821</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>111432.78</x:v>
+        <x:v>111482.28</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45820</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>111933.5</x:v>
+        <x:v>111913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45819</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>111809.6</x:v>
+        <x:v>112055.92</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45818</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>111930.25</x:v>
+        <x:v>112316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45814</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>111449.27</x:v>
+        <x:v>112284.05</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45813</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>111370.2</x:v>
+        <x:v>111981.65</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45812</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>111590.92</x:v>
+        <x:v>112193.46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45811</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>111319.69</x:v>
+        <x:v>112320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45810</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>111240.24</x:v>
+        <x:v>112496.11</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45807</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>111255.47</x:v>
+        <x:v>112617.43</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45805</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>111013.58</x:v>
+        <x:v>112217.23</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45804</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>111188.49</x:v>
+        <x:v>112418.77</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45803</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>110922.19</x:v>
+        <x:v>112122.16</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45800</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>110806.3</x:v>
+        <x:v>112048.89</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45799</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>110645.15</x:v>
+        <x:v>112161.39</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45798</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>110770.64</x:v>
+        <x:v>111858.47</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45797</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>111145.5</x:v>
+        <x:v>111884.93</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45796</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>111244.71</x:v>
+        <x:v>111776.61</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45793</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>111015.62</x:v>
+        <x:v>111726.51</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45792</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>110639</x:v>
+        <x:v>111690.99</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45791</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>110163.24</x:v>
+        <x:v>111790.2</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45790</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>110276.32</x:v>
+        <x:v>111943.08</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45789</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>110388.51</x:v>
+        <x:v>111604.88</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45786</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>110696.04</x:v>
+        <x:v>111693.93</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45784</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>111273.38</x:v>
+        <x:v>111810.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45783</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>110809</x:v>
+        <x:v>111932.93</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45782</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>110849.97</x:v>
+        <x:v>111346.77</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45779</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>110743.7</x:v>
+        <x:v>111773.81</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45777</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>111170.85</x:v>
+        <x:v>111421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45776</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>110586.37</x:v>
+        <x:v>111625.25</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45775</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>110412.14</x:v>
+        <x:v>111536.22</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45772</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>110680.53</x:v>
+        <x:v>111378.01</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45771</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>110708.8</x:v>
+        <x:v>111387.06</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45770</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>110095.36</x:v>
+        <x:v>111237.37</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45769</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>109950.03</x:v>
+        <x:v>111165</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45764</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>109699.96</x:v>
+        <x:v>111302.36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45763</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>108999.32</x:v>
+        <x:v>111491.31</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45762</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>108969.07</x:v>
+        <x:v>111322.81</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45761</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>108677.03</x:v>
+        <x:v>111547.54</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45758</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>107902.28</x:v>
+        <x:v>111432.78</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45757</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>108092.17</x:v>
+        <x:v>111933.5</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45756</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>107610.52</x:v>
+        <x:v>111809.6</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45755</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>107525.02</x:v>
+        <x:v>111930.25</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45754</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>107249.51</x:v>
+        <x:v>111449.27</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45751</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>108495.49</x:v>
+        <x:v>111370.2</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45750</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>109434.82</x:v>
+        <x:v>111590.92</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45749</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>109355.95</x:v>
+        <x:v>111319.69</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45748</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>109489.57</x:v>
+        <x:v>111240.24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45747</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>108919.88</x:v>
+        <x:v>111255.47</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45744</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>109204.61</x:v>
+        <x:v>111013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45743</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>109050.17</x:v>
+        <x:v>111188.49</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45742</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>109008.91</x:v>
+        <x:v>110922.19</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45741</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>109215.62</x:v>
+        <x:v>110806.3</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45740</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>109148.69</x:v>
+        <x:v>110645.15</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45737</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>108824.11</x:v>
+        <x:v>110770.64</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45736</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>108891.96</x:v>
+        <x:v>111145.5</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45735</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>108668.36</x:v>
+        <x:v>111244.71</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45734</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>108548.46</x:v>
+        <x:v>111015.62</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45733</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>108315.96</x:v>
+        <x:v>110639</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45730</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>107874.24</x:v>
+        <x:v>110163.24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45729</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>107823.79</x:v>
+        <x:v>110276.32</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45728</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>107736.55</x:v>
+        <x:v>110388.51</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45727</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>107374.87</x:v>
+        <x:v>110696.04</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45726</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>107928.17</x:v>
+        <x:v>111273.38</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45723</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>108259.86</x:v>
+        <x:v>110809</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45722</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>108485.89</x:v>
+        <x:v>110849.97</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45721</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>108797.89</x:v>
+        <x:v>110743.7</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45720</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>110121.39</x:v>
+        <x:v>111170.85</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45719</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>110583.27</x:v>
+        <x:v>110586.37</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45716</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>110919.52</x:v>
+        <x:v>110412.14</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45715</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>110958.15</x:v>
+        <x:v>110680.53</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45714</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>110775.1</x:v>
+        <x:v>110708.8</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45713</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>110610.58</x:v>
+        <x:v>110095.36</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45712</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>110530.5</x:v>
+        <x:v>109950.03</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45709</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>110431.62</x:v>
+        <x:v>109699.96</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45708</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>110251.51</x:v>
+        <x:v>108999.32</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45707</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>110221.99</x:v>
+        <x:v>108969.07</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45706</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>110641.42</x:v>
+        <x:v>108677.03</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45705</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>110412.79</x:v>
+        <x:v>107902.28</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45702</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>110495.82</x:v>
+        <x:v>108092.17</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45701</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>110814.12</x:v>
+        <x:v>107610.52</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45700</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>110328.65</x:v>
+        <x:v>107525.02</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45699</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>110726.75</x:v>
+        <x:v>107249.51</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45698</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>111224.06</x:v>
+        <x:v>108495.49</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45695</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>111106.11</x:v>
+        <x:v>109434.82</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45694</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>111032.53</x:v>
+        <x:v>109355.95</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45693</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>110896.94</x:v>
+        <x:v>109489.57</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45692</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>110606.11</x:v>
+        <x:v>108919.88</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45691</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>110442.61</x:v>
+        <x:v>109204.61</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45688</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>109998.79</x:v>
+        <x:v>109050.17</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45687</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>109790.94</x:v>
+        <x:v>109008.91</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45686</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>109018.96</x:v>
+        <x:v>109215.62</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45685</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>109085.29</x:v>
+        <x:v>109148.69</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45684</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>109065.79</x:v>
+        <x:v>108824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45681</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>108833.62</x:v>
+        <x:v>108891.96</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45680</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>108879.65</x:v>
+        <x:v>108668.36</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45679</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>108780.66</x:v>
+        <x:v>108548.46</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45678</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>108820.94</x:v>
+        <x:v>108315.96</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45677</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>108503.23</x:v>
+        <x:v>107874.24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45674</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>108450.98</x:v>
+        <x:v>107823.79</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45673</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>108288.63</x:v>
+        <x:v>107736.55</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45672</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>108099.81</x:v>
+        <x:v>107374.87</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45671</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>107154.46</x:v>
+        <x:v>107928.17</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45670</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>107388.49</x:v>
+        <x:v>108259.86</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45667</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>107493.93</x:v>
+        <x:v>108485.89</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45666</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>107831.47</x:v>
+        <x:v>108797.89</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45665</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>107868.35</x:v>
+        <x:v>110121.39</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45664</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>108058.31</x:v>
+        <x:v>110583.27</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45663</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>108093.25</x:v>
+        <x:v>110919.52</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45660</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>108091.1</x:v>
+        <x:v>110958.15</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45659</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>108347.6</x:v>
+        <x:v>110775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45657</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>108270.19</x:v>
+        <x:v>110610.58</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45656</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>108150.67</x:v>
+        <x:v>110530.5</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45653</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>108239.19</x:v>
+        <x:v>110431.62</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45650</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>108684.53</x:v>
+        <x:v>110251.51</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45649</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>108469.89</x:v>
+        <x:v>110221.99</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45646</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>108598.07</x:v>
+        <x:v>110641.42</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45645</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>108401.43</x:v>
+        <x:v>110412.79</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45644</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>108974.37</x:v>
+        <x:v>110495.82</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45643</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>109276.97</x:v>
+        <x:v>110814.12</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45642</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>109384.67</x:v>
+        <x:v>110328.65</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45639</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>109563.55</x:v>
+        <x:v>110726.75</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45638</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>109854.91</x:v>
+        <x:v>111224.06</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45637</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>110370.48</x:v>
+        <x:v>111106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45636</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>110325.35</x:v>
+        <x:v>111032.53</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45635</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>110347.42</x:v>
+        <x:v>110896.94</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45632</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>110411.71</x:v>
+        <x:v>110606.11</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45631</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>110419.69</x:v>
+        <x:v>110442.61</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45630</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>110503.37</x:v>
+        <x:v>109998.79</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45629</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>110404.2</x:v>
+        <x:v>109790.94</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45628</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>110196.27</x:v>
+        <x:v>109018.96</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45625</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>109922.88</x:v>
+        <x:v>109085.29</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45624</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>109553.25</x:v>
+        <x:v>109065.79</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45623</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>109124.73</x:v>
+        <x:v>108833.62</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45622</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>109047.01</x:v>
+        <x:v>108879.65</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45621</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>109086.33</x:v>
+        <x:v>108780.66</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45618</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>108921.45</x:v>
+        <x:v>108820.94</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45617</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>108228.04</x:v>
+        <x:v>108503.23</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45616</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>108150.73</x:v>
+        <x:v>108450.98</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45615</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>108274.32</x:v>
+        <x:v>108288.63</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45614</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>108155.53</x:v>
+        <x:v>108099.81</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45611</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>108351.29</x:v>
+        <x:v>107154.46</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45610</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>108778.38</x:v>
+        <x:v>107388.49</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45609</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>108500.53</x:v>
+        <x:v>107493.93</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45608</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>108566.04</x:v>
+        <x:v>107831.47</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45604</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>108692.1</x:v>
+        <x:v>107868.35</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45603</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>108225.9</x:v>
+        <x:v>108058.31</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45602</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>108267.42</x:v>
+        <x:v>108093.25</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45601</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>107752.82</x:v>
+        <x:v>108091.1</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45600</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>107707.17</x:v>
+        <x:v>108347.6</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45596</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>107863.47</x:v>
+        <x:v>108270.19</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45595</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>108132.47</x:v>
+        <x:v>108150.67</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45594</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>108870.16</x:v>
+        <x:v>108239.19</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45593</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>109260.42</x:v>
+        <x:v>108684.53</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45590</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>109081.08</x:v>
+        <x:v>108469.89</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45589</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>109184.44</x:v>
+        <x:v>108598.07</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45588</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>109068.7</x:v>
+        <x:v>108401.43</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45587</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>109064.05</x:v>
+        <x:v>108974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45586</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>109327.17</x:v>
+        <x:v>109276.97</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45583</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>109952.02</x:v>
+        <x:v>109384.67</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45582</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>109772.67</x:v>
+        <x:v>109563.55</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45581</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>109624.98</x:v>
+        <x:v>109854.91</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45580</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>109400.07</x:v>
+        <x:v>110370.48</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45579</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>109219.03</x:v>
+        <x:v>110325.35</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45576</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>108937.15</x:v>
+        <x:v>110347.42</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45575</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>108711.45</x:v>
+        <x:v>110411.71</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45574</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>108617.12</x:v>
+        <x:v>110419.69</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45573</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>108527.42</x:v>
+        <x:v>110503.37</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45572</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>108291.31</x:v>
+        <x:v>110404.2</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45569</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>108615.17</x:v>
+        <x:v>110196.27</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45568</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>108723.51</x:v>
+        <x:v>109922.88</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45567</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>109050.37</x:v>
+        <x:v>109553.25</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45566</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>109240.43</x:v>
+        <x:v>109124.73</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45565</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>108720.07</x:v>
+        <x:v>109047.01</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45562</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>108703.79</x:v>
+        <x:v>109086.33</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45561</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>108567.68</x:v>
+        <x:v>108921.45</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45560</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>108614.96</x:v>
+        <x:v>108228.04</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45559</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>108859.54</x:v>
+        <x:v>108150.73</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45558</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>108721.36</x:v>
+        <x:v>108274.32</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45555</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>108437.09</x:v>
+        <x:v>108155.53</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45554</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>108589.01</x:v>
+        <x:v>108351.29</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45553</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>108331.97</x:v>
+        <x:v>108778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45552</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>108671.95</x:v>
+        <x:v>108500.53</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45551</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>108809.99</x:v>
+        <x:v>108566.04</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45548</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>108580.95</x:v>
+        <x:v>108692.1</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45547</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>108570.07</x:v>
+        <x:v>108225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45546</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>108535.8</x:v>
+        <x:v>108267.42</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45545</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>108239.01</x:v>
+        <x:v>107752.82</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45544</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>108101.32</x:v>
+        <x:v>107707.17</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45541</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>107774.12</x:v>
+        <x:v>107863.47</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45540</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>107746.05</x:v>
+        <x:v>108132.47</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45539</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>107784.81</x:v>
+        <x:v>108870.16</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45538</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>107669.31</x:v>
+        <x:v>109260.42</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45537</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>107636.22</x:v>
+        <x:v>109081.08</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45534</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>107791.18</x:v>
+        <x:v>109184.44</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45533</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>107729.89</x:v>
+        <x:v>109068.7</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45532</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>107708.62</x:v>
+        <x:v>109064.05</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45531</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>107519.16</x:v>
+        <x:v>109327.17</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45530</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>107732.27</x:v>
+        <x:v>109952.02</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45527</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>107887.06</x:v>
+        <x:v>109772.67</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45526</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>107649.66</x:v>
+        <x:v>109624.98</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45525</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>107933.39</x:v>
+        <x:v>109400.07</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45524</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>107818.35</x:v>
+        <x:v>109219.03</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45523</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>107536.15</x:v>
+        <x:v>108937.15</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45520</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>107385.72</x:v>
+        <x:v>108711.45</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45518</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>107734.62</x:v>
+        <x:v>108617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45517</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>107505.02</x:v>
+        <x:v>108527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45516</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>107097.17</x:v>
+        <x:v>108291.31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45513</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>107144.02</x:v>
+        <x:v>108615.17</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45512</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>106594.91</x:v>
+        <x:v>108723.51</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45511</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>106148.26</x:v>
+        <x:v>109050.37</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45510</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>106310.24</x:v>
+        <x:v>109240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45509</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>106229.02</x:v>
+        <x:v>108720.07</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45506</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>107123.35</x:v>
+        <x:v>108703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45505</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>107407</x:v>
+        <x:v>108567.68</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45504</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>107319</x:v>
+        <x:v>108614.96</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45503</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>106986.15</x:v>
+        <x:v>108859.54</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45502</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>107085.09</x:v>
+        <x:v>108721.36</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45499</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>106775.09</x:v>
+        <x:v>108437.09</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45498</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>106572.11</x:v>
+        <x:v>108589.01</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45497</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>106843.45</x:v>
+        <x:v>108331.97</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45496</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>107203.25</x:v>
+        <x:v>108671.95</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45495</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>106906.45</x:v>
+        <x:v>108809.99</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45492</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>106823.39</x:v>
+        <x:v>108580.95</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45491</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>107033.55</x:v>
+        <x:v>108570.07</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45490</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>107349.18</x:v>
+        <x:v>108535.8</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45489</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>107594.38</x:v>
+        <x:v>108239.01</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45488</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>107454.85</x:v>
+        <x:v>108101.32</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45485</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>107378.76</x:v>
+        <x:v>107774.12</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45484</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>107358.6</x:v>
+        <x:v>107746.05</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45483</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>107035.35</x:v>
+        <x:v>107784.81</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45482</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>106709.53</x:v>
+        <x:v>107669.31</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45481</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>106880.89</x:v>
+        <x:v>107636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45478</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>106720.81</x:v>
+        <x:v>107791.18</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45477</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>106338.29</x:v>
+        <x:v>107729.89</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45476</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>106334.91</x:v>
+        <x:v>107708.62</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45475</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>106049.98</x:v>
+        <x:v>107519.16</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45474</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>106084.04</x:v>
+        <x:v>107732.27</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45471</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>106373.56</x:v>
+        <x:v>107887.06</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45470</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>106650.72</x:v>
+        <x:v>107649.66</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45469</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>106698.76</x:v>
+        <x:v>107933.39</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45468</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>107019.8</x:v>
+        <x:v>107818.35</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45467</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>106916.66</x:v>
+        <x:v>107536.15</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45464</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>106871.87</x:v>
+        <x:v>107385.72</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45463</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>106854.32</x:v>
+        <x:v>107734.62</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45462</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>106963.26</x:v>
+        <x:v>107505.02</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45461</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>107057.72</x:v>
+        <x:v>107097.17</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45460</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>106638.95</x:v>
+        <x:v>107144.02</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45457</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>106861.59</x:v>
+        <x:v>106594.91</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45456</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>106645.09</x:v>
+        <x:v>106148.26</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45455</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>106425.88</x:v>
+        <x:v>106310.24</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45454</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>105919.15</x:v>
+        <x:v>106229.02</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45453</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>105994.22</x:v>
+        <x:v>107123.35</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45450</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>106395.66</x:v>
+        <x:v>107407</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45449</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>106883.23</x:v>
+        <x:v>107319</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45448</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>106993.65</x:v>
+        <x:v>106986.15</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45447</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>106617.98</x:v>
+        <x:v>107085.09</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45446</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>106290.07</x:v>
+        <x:v>106775.09</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45443</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>106372.34</x:v>
+        <x:v>106572.11</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45442</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>106320.67</x:v>
+        <x:v>106843.45</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45441</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>106003.65</x:v>
+        <x:v>107203.25</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45440</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>106494.67</x:v>
+        <x:v>106906.45</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45439</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>106810.44</x:v>
+        <x:v>106823.39</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45436</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>106569.88</x:v>
+        <x:v>107033.55</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45435</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>106519.84</x:v>
+        <x:v>107349.18</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45434</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>106797.45</x:v>
+        <x:v>107594.38</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45433</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>107043.78</x:v>
+        <x:v>107454.85</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45429</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>106894.8</x:v>
+        <x:v>107378.76</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45428</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>107229.75</x:v>
+        <x:v>107358.6</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45427</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>107460.97</x:v>
+        <x:v>107035.35</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45426</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>106555.05</x:v>
+        <x:v>106709.53</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45425</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>106627.46</x:v>
+        <x:v>106880.89</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45422</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>106642.31</x:v>
+        <x:v>106720.81</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45419</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>107040.7</x:v>
+        <x:v>106338.29</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45418</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>106595.73</x:v>
+        <x:v>106334.91</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45415</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>106317.06</x:v>
+        <x:v>106049.98</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45414</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>106058.17</x:v>
+        <x:v>106084.04</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45412</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>106062.86</x:v>
+        <x:v>106373.56</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45411</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>106338.55</x:v>
+        <x:v>106650.72</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45408</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>106006.4</x:v>
+        <x:v>106698.76</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45407</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>105360.05</x:v>
+        <x:v>107019.8</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45406</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>105655.48</x:v>
+        <x:v>106916.66</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45405</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>106260.7</x:v>
+        <x:v>106871.87</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45404</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>106159.05</x:v>
+        <x:v>106854.32</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45401</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>105811.95</x:v>
+        <x:v>106963.26</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45400</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>106035.02</x:v>
+        <x:v>107057.72</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45399</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>106085.53</x:v>
+        <x:v>106638.95</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45398</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>105937.64</x:v>
+        <x:v>106861.59</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45397</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>106527.28</x:v>
+        <x:v>106645.09</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45394</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>107167.03</x:v>
+        <x:v>106425.88</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45393</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>106673.54</x:v>
+        <x:v>105919.15</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45392</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>106874.75</x:v>
+        <x:v>105994.22</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45391</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>107257.04</x:v>
+        <x:v>106395.66</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45390</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>106983.14</x:v>
+        <x:v>106883.23</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45387</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>107225.06</x:v>
+        <x:v>106993.65</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45386</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>107403.73</x:v>
+        <x:v>106617.98</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45385</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>107119.27</x:v>
+        <x:v>106290.07</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45384</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>107192.61</x:v>
+        <x:v>106372.34</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45379</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>107981.34</x:v>
+        <x:v>106320.67</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45378</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>107956.93</x:v>
+        <x:v>106003.65</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45377</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>107343.71</x:v>
+        <x:v>106494.67</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45376</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>107191.95</x:v>
+        <x:v>106810.44</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45373</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>107469.33</x:v>
+        <x:v>106569.88</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45372</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>107076.84</x:v>
+        <x:v>106519.84</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45371</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>106710.78</x:v>
+        <x:v>106797.45</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45370</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>106557.61</x:v>
+        <x:v>107043.78</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45369</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>106520.13</x:v>
+        <x:v>106894.8</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45366</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>106570.94</x:v>
+        <x:v>107229.75</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45365</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>106876.37</x:v>
+        <x:v>107460.97</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45364</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>107162.01</x:v>
+        <x:v>106555.05</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45363</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>107282.36</x:v>
+        <x:v>106627.46</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45362</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>107343.7</x:v>
+        <x:v>106642.31</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45359</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>107607.34</x:v>
+        <x:v>107040.7</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45358</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>107247.48</x:v>
+        <x:v>106595.73</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45357</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>107074.07</x:v>
+        <x:v>106317.06</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45356</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>106955.45</x:v>
+        <x:v>106058.17</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45355</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>106667.66</x:v>
+        <x:v>106062.86</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45352</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>106540.31</x:v>
+        <x:v>106338.55</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45351</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>106573.8</x:v>
+        <x:v>106006.4</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45350</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>106180.07</x:v>
+        <x:v>105360.05</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45349</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>106277.29</x:v>
+        <x:v>105655.48</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45348</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>106469.82</x:v>
+        <x:v>106260.7</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45345</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>107169.61</x:v>
+        <x:v>106159.05</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45344</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>106678.64</x:v>
+        <x:v>105811.95</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45343</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>106171.66</x:v>
+        <x:v>106035.02</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45342</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>106495.11</x:v>
+        <x:v>106085.53</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45341</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>106324.75</x:v>
+        <x:v>105937.64</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45338</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>106468.27</x:v>
+        <x:v>106527.28</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45337</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>106470.85</x:v>
+        <x:v>107167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45336</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>106501.89</x:v>
+        <x:v>106673.54</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45335</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>105999.58</x:v>
+        <x:v>106874.75</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45334</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>106250.66</x:v>
+        <x:v>107257.04</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45331</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>106079.67</x:v>
+        <x:v>106983.14</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45330</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>106048.63</x:v>
+        <x:v>107225.06</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45329</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>106228.82</x:v>
+        <x:v>107403.73</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45328</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>106297.6</x:v>
+        <x:v>107119.27</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45327</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>106211.6</x:v>
+        <x:v>107192.61</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45324</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>106545.81</x:v>
+        <x:v>107981.34</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45323</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>107043.03</x:v>
+        <x:v>107956.93</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45322</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>106975.36</x:v>
+        <x:v>107343.71</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45321</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>106421.87</x:v>
+        <x:v>107191.95</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45320</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>106619.27</x:v>
+        <x:v>107469.33</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45317</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>106205.51</x:v>
+        <x:v>107076.84</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45316</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>105950.82</x:v>
+        <x:v>106710.78</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45315</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>105516.66</x:v>
+        <x:v>106557.61</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45314</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>105447.84</x:v>
+        <x:v>106520.13</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45313</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>105696.26</x:v>
+        <x:v>106570.94</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45310</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>105416.59</x:v>
+        <x:v>106876.37</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45309</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>105262.85</x:v>
+        <x:v>107162.01</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45308</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>105322.85</x:v>
+        <x:v>107282.36</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45307</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>105787.7</x:v>
+        <x:v>107343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45306</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>106119.3</x:v>
+        <x:v>107607.34</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45303</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>106411.99</x:v>
+        <x:v>107247.48</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45302</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>105868.59</x:v>
+        <x:v>107074.07</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45301</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>105828.36</x:v>
+        <x:v>106955.45</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45300</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>105931.86</x:v>
+        <x:v>106667.66</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45299</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>106265.96</x:v>
+        <x:v>106540.31</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45296</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>106100.11</x:v>
+        <x:v>106573.8</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45295</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>106139</x:v>
+        <x:v>106180.07</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45294</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>106649.18</x:v>
+        <x:v>106277.29</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45293</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>106508.06</x:v>
+        <x:v>106469.82</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45289</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>106734.61</x:v>
+        <x:v>107169.61</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45288</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>107152.13</x:v>
+        <x:v>106678.64</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45287</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>107385.4</x:v>
+        <x:v>106171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45282</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>106887.93</x:v>
+        <x:v>106495.11</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45281</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>106884.85</x:v>
+        <x:v>106324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45280</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>106813.11</x:v>
+        <x:v>106468.27</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45279</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>106607.2</x:v>
+        <x:v>106470.85</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45278</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>106219.08</x:v>
+        <x:v>106501.89</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45275</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>106556.35</x:v>
+        <x:v>105999.58</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45274</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>105996.78</x:v>
+        <x:v>106250.66</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45273</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>105353.96</x:v>
+        <x:v>106079.67</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45272</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>104902.79</x:v>
+        <x:v>106048.63</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45271</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>104607.1</x:v>
+        <x:v>106228.82</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45268</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>104677.48</x:v>
+        <x:v>106297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45267</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>105039.39</x:v>
+        <x:v>106211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45266</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>105049.11</x:v>
+        <x:v>106545.81</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45265</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>104605.65</x:v>
+        <x:v>107043.03</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45264</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>103763.02</x:v>
+        <x:v>106975.36</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45261</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>103694.67</x:v>
+        <x:v>106421.87</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45260</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>102937.76</x:v>
+        <x:v>106619.27</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45259</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>102771.19</x:v>
+        <x:v>106205.51</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45258</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>102256.97</x:v>
+        <x:v>105950.82</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45257</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>101940.83</x:v>
+        <x:v>105516.66</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45254</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>101453.29</x:v>
+        <x:v>105447.84</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45253</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>101522.78</x:v>
+        <x:v>105696.26</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45252</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>101800.93</x:v>
+        <x:v>105416.59</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45251</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>101717.93</x:v>
+        <x:v>105262.85</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45250</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>101529.01</x:v>
+        <x:v>105322.85</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45247</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>101593.61</x:v>
+        <x:v>105787.7</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45246</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>101441.55</x:v>
+        <x:v>106119.3</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45245</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>101092.43</x:v>
+        <x:v>106411.99</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45244</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>101380.47</x:v>
+        <x:v>105868.59</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45243</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>100650.77</x:v>
+        <x:v>105828.36</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45240</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>100552.39</x:v>
+        <x:v>105931.86</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45239</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>100911.85</x:v>
+        <x:v>106265.96</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45238</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>101100.78</x:v>
+        <x:v>106100.11</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45237</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>100852.1</x:v>
+        <x:v>106139</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45236</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>100407.07</x:v>
+        <x:v>106649.18</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45233</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>100815.13</x:v>
+        <x:v>106508.06</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45232</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>100290.79</x:v>
+        <x:v>106734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45230</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>99187.69</x:v>
+        <x:v>107152.13</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45229</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>99134.03</x:v>
+        <x:v>107385.4</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45226</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>98954.26</x:v>
+        <x:v>106887.93</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45225</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>98841.46</x:v>
+        <x:v>106884.85</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45224</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>98839.82</x:v>
+        <x:v>106813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45223</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>99148.89</x:v>
+        <x:v>106607.2</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45222</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>98654.83</x:v>
+        <x:v>106219.08</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45219</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>98539.56</x:v>
+        <x:v>106556.35</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45218</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>98629.59</x:v>
+        <x:v>105996.78</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45217</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>99029.81</x:v>
+        <x:v>105353.96</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45216</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>99449.33</x:v>
+        <x:v>104902.79</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45215</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>99965.81</x:v>
+        <x:v>104607.1</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45212</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>100208.75</x:v>
+        <x:v>104677.48</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45211</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>100133.67</x:v>
+        <x:v>105039.39</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45210</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>100507.34</x:v>
+        <x:v>105049.11</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45209</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>100156.07</x:v>
+        <x:v>104605.65</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45208</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>99851.09</x:v>
+        <x:v>103763.02</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45205</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>99145.11</x:v>
+        <x:v>103694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45204</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>99035.62</x:v>
+        <x:v>102937.76</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45203</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>98791.44</x:v>
+        <x:v>102771.19</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45202</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>98610.74</x:v>
+        <x:v>102256.97</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45201</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>99046.42</x:v>
+        <x:v>101940.83</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45198</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>99636.71</x:v>
+        <x:v>101453.29</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45197</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>99194.98</x:v>
+        <x:v>101522.78</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45196</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>99654.62</x:v>
+        <x:v>101800.93</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45195</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>99986.11</x:v>
+        <x:v>101717.93</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45194</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>100073.06</x:v>
+        <x:v>101529.01</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45191</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>100426.93</x:v>
+        <x:v>101593.61</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45190</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>100517.5</x:v>
+        <x:v>101441.55</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45189</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>100995.95</x:v>
+        <x:v>101092.43</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45188</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>100744.82</x:v>
+        <x:v>101380.47</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45187</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>100834.03</x:v>
+        <x:v>100650.77</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45184</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>101233.17</x:v>
+        <x:v>100552.39</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45183</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>101744.69</x:v>
+        <x:v>100911.85</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45182</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>101102.63</x:v>
+        <x:v>101100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45181</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>101235.04</x:v>
+        <x:v>100852.1</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45180</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>101144.5</x:v>
+        <x:v>100407.07</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45177</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>101251.34</x:v>
+        <x:v>100815.13</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45176</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>101049.56</x:v>
+        <x:v>100290.79</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45175</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>100687.36</x:v>
+        <x:v>99187.69</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45174</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>100956.55</x:v>
+        <x:v>99134.03</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45173</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>101244.19</x:v>
+        <x:v>98954.26</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45170</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>101412.73</x:v>
+        <x:v>98841.46</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45169</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>101816.46</x:v>
+        <x:v>98839.82</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45168</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>101361.97</x:v>
+        <x:v>99148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45167</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>101441.43</x:v>
+        <x:v>98654.83</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45166</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>101014.79</x:v>
+        <x:v>98539.56</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45163</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>101013.27</x:v>
+        <x:v>98629.59</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45162</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>101263.61</x:v>
+        <x:v>99029.81</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45161</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>101205.66</x:v>
+        <x:v>99449.33</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45160</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>100362.79</x:v>
+        <x:v>99965.81</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45159</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>99862.51</x:v>
+        <x:v>100208.75</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45156</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>100239.05</x:v>
+        <x:v>100133.67</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45155</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>99773.22</x:v>
+        <x:v>100507.34</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45154</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>100231.7</x:v>
+        <x:v>100156.07</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45152</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>100605.36</x:v>
+        <x:v>99851.09</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45149</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>100599.36</x:v>
+        <x:v>99145.11</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45148</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>100919.11</x:v>
+        <x:v>99035.62</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45147</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>100974.02</x:v>
+        <x:v>98791.44</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45146</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>101426.84</x:v>
+        <x:v>98610.74</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45145</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>100484.3</x:v>
+        <x:v>99046.42</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45142</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>100626.28</x:v>
+        <x:v>99636.71</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45141</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>100282.55</x:v>
+        <x:v>99194.98</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45140</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>100762.76</x:v>
+        <x:v>99654.62</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45139</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>100944.11</x:v>
+        <x:v>99986.11</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45138</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>101627.2</x:v>
+        <x:v>100073.06</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45135</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>101112.23</x:v>
+        <x:v>100426.93</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45134</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>101048.87</x:v>
+        <x:v>100517.5</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45133</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>100620.76</x:v>
+        <x:v>100995.95</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45132</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>100869.75</x:v>
+        <x:v>100744.82</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45131</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>100966.26</x:v>
+        <x:v>100834.03</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45128</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>100713.33</x:v>
+        <x:v>101233.17</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45127</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>100596.56</x:v>
+        <x:v>101744.69</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45126</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>101001.68</x:v>
+        <x:v>101102.63</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45125</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>101055.12</x:v>
+        <x:v>101235.04</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45124</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>100426.6</x:v>
+        <x:v>101144.5</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45120</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>100436.8</x:v>
+        <x:v>101251.34</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45119</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>99672.97</x:v>
+        <x:v>101049.56</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45118</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>99150.32</x:v>
+        <x:v>100687.36</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45117</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>99064.81</x:v>
+        <x:v>100956.55</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45114</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>98983.27</x:v>
+        <x:v>101244.19</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45113</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>99112.61</x:v>
+        <x:v>101412.73</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45112</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>100245.5</x:v>
+        <x:v>101816.46</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45111</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>100486.03</x:v>
+        <x:v>101361.97</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45110</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>100482.93</x:v>
+        <x:v>101441.43</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45107</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>100796.12</x:v>
+        <x:v>101014.79</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45106</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>100627.24</x:v>
+        <x:v>101013.27</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45105</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>101002.14</x:v>
+        <x:v>101263.61</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45104</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>100640.32</x:v>
+        <x:v>101205.66</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45103</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>100787.21</x:v>
+        <x:v>100362.79</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45100</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>100587.01</x:v>
+        <x:v>99862.51</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45099</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>99859.85</x:v>
+        <x:v>100239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45098</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>100348.88</x:v>
+        <x:v>99773.22</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45097</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>100705.99</x:v>
+        <x:v>100231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45096</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>100248.16</x:v>
+        <x:v>100605.36</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45093</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>100601.72</x:v>
+        <x:v>100599.36</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45092</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>100460.1</x:v>
+        <x:v>100919.11</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45091</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>100713.86</x:v>
+        <x:v>100974.02</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45090</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>101138.42</x:v>
+        <x:v>101426.84</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45089</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>101136.29</x:v>
+        <x:v>100484.3</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45086</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>101188.08</x:v>
+        <x:v>100626.28</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45085</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>101009.52</x:v>
+        <x:v>100282.55</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45084</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>100766.64</x:v>
+        <x:v>100762.76</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45083</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>101201.62</x:v>
+        <x:v>100944.11</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45082</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>100957.09</x:v>
+        <x:v>101627.2</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45079</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>101198.35</x:v>
+        <x:v>101112.23</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45078</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>101237.35</x:v>
+        <x:v>101048.87</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45077</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>100890.94</x:v>
+        <x:v>100620.76</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45076</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>100537.37</x:v>
+        <x:v>100869.75</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45072</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>99472.7</x:v>
+        <x:v>100966.26</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45071</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>99577.19</x:v>
+        <x:v>100713.33</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
+        <x:v>45127</x:v>
+      </x:c>
+      <x:c r="B632" s="3">
+        <x:v>100596.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="633" spans="1:2">
+      <x:c r="A633" s="2">
+        <x:v>45126</x:v>
+      </x:c>
+      <x:c r="B633" s="3">
+        <x:v>101001.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="634" spans="1:2">
+      <x:c r="A634" s="2">
+        <x:v>45125</x:v>
+      </x:c>
+      <x:c r="B634" s="3">
+        <x:v>101055.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="635" spans="1:2">
+      <x:c r="A635" s="2">
+        <x:v>45124</x:v>
+      </x:c>
+      <x:c r="B635" s="3">
+        <x:v>100426.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="636" spans="1:2">
+      <x:c r="A636" s="2">
+        <x:v>45120</x:v>
+      </x:c>
+      <x:c r="B636" s="3">
+        <x:v>100436.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="637" spans="1:2">
+      <x:c r="A637" s="2">
+        <x:v>45119</x:v>
+      </x:c>
+      <x:c r="B637" s="3">
+        <x:v>99672.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="638" spans="1:2">
+      <x:c r="A638" s="2">
+        <x:v>45118</x:v>
+      </x:c>
+      <x:c r="B638" s="3">
+        <x:v>99150.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="639" spans="1:2">
+      <x:c r="A639" s="2">
+        <x:v>45117</x:v>
+      </x:c>
+      <x:c r="B639" s="3">
+        <x:v>99064.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="640" spans="1:2">
+      <x:c r="A640" s="2">
+        <x:v>45114</x:v>
+      </x:c>
+      <x:c r="B640" s="3">
+        <x:v>98983.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="641" spans="1:2">
+      <x:c r="A641" s="2">
+        <x:v>45113</x:v>
+      </x:c>
+      <x:c r="B641" s="3">
+        <x:v>99112.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="642" spans="1:2">
+      <x:c r="A642" s="2">
+        <x:v>45112</x:v>
+      </x:c>
+      <x:c r="B642" s="3">
+        <x:v>100245.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="643" spans="1:2">
+      <x:c r="A643" s="2">
+        <x:v>45111</x:v>
+      </x:c>
+      <x:c r="B643" s="3">
+        <x:v>100486.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="644" spans="1:2">
+      <x:c r="A644" s="2">
+        <x:v>45110</x:v>
+      </x:c>
+      <x:c r="B644" s="3">
+        <x:v>100482.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="645" spans="1:2">
+      <x:c r="A645" s="2">
+        <x:v>45107</x:v>
+      </x:c>
+      <x:c r="B645" s="3">
+        <x:v>100796.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="646" spans="1:2">
+      <x:c r="A646" s="2">
+        <x:v>45106</x:v>
+      </x:c>
+      <x:c r="B646" s="3">
+        <x:v>100627.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="647" spans="1:2">
+      <x:c r="A647" s="2">
+        <x:v>45105</x:v>
+      </x:c>
+      <x:c r="B647" s="3">
+        <x:v>101002.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="648" spans="1:2">
+      <x:c r="A648" s="2">
+        <x:v>45104</x:v>
+      </x:c>
+      <x:c r="B648" s="3">
+        <x:v>100640.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="649" spans="1:2">
+      <x:c r="A649" s="2">
+        <x:v>45103</x:v>
+      </x:c>
+      <x:c r="B649" s="3">
+        <x:v>100787.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="650" spans="1:2">
+      <x:c r="A650" s="2">
+        <x:v>45100</x:v>
+      </x:c>
+      <x:c r="B650" s="3">
+        <x:v>100587.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="651" spans="1:2">
+      <x:c r="A651" s="2">
+        <x:v>45099</x:v>
+      </x:c>
+      <x:c r="B651" s="3">
+        <x:v>99859.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="652" spans="1:2">
+      <x:c r="A652" s="2">
+        <x:v>45098</x:v>
+      </x:c>
+      <x:c r="B652" s="3">
+        <x:v>100348.88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="653" spans="1:2">
+      <x:c r="A653" s="2">
+        <x:v>45097</x:v>
+      </x:c>
+      <x:c r="B653" s="3">
+        <x:v>100705.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="654" spans="1:2">
+      <x:c r="A654" s="2">
+        <x:v>45096</x:v>
+      </x:c>
+      <x:c r="B654" s="3">
+        <x:v>100248.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="655" spans="1:2">
+      <x:c r="A655" s="2">
+        <x:v>45093</x:v>
+      </x:c>
+      <x:c r="B655" s="3">
+        <x:v>100601.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="656" spans="1:2">
+      <x:c r="A656" s="2">
+        <x:v>45092</x:v>
+      </x:c>
+      <x:c r="B656" s="3">
+        <x:v>100460.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="657" spans="1:2">
+      <x:c r="A657" s="2">
+        <x:v>45091</x:v>
+      </x:c>
+      <x:c r="B657" s="3">
+        <x:v>100713.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="658" spans="1:2">
+      <x:c r="A658" s="2">
+        <x:v>45090</x:v>
+      </x:c>
+      <x:c r="B658" s="3">
+        <x:v>101138.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="659" spans="1:2">
+      <x:c r="A659" s="2">
+        <x:v>45089</x:v>
+      </x:c>
+      <x:c r="B659" s="3">
+        <x:v>101136.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="660" spans="1:2">
+      <x:c r="A660" s="2">
+        <x:v>45086</x:v>
+      </x:c>
+      <x:c r="B660" s="3">
+        <x:v>101188.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="661" spans="1:2">
+      <x:c r="A661" s="2">
+        <x:v>45085</x:v>
+      </x:c>
+      <x:c r="B661" s="3">
+        <x:v>101009.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="662" spans="1:2">
+      <x:c r="A662" s="2">
+        <x:v>45084</x:v>
+      </x:c>
+      <x:c r="B662" s="3">
+        <x:v>100766.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="663" spans="1:2">
+      <x:c r="A663" s="2">
+        <x:v>45083</x:v>
+      </x:c>
+      <x:c r="B663" s="3">
+        <x:v>101201.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="664" spans="1:2">
+      <x:c r="A664" s="2">
+        <x:v>45082</x:v>
+      </x:c>
+      <x:c r="B664" s="3">
+        <x:v>100957.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="665" spans="1:2">
+      <x:c r="A665" s="2">
+        <x:v>45079</x:v>
+      </x:c>
+      <x:c r="B665" s="3">
+        <x:v>101198.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="666" spans="1:2">
+      <x:c r="A666" s="2">
+        <x:v>45078</x:v>
+      </x:c>
+      <x:c r="B666" s="3">
+        <x:v>101237.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="667" spans="1:2">
+      <x:c r="A667" s="2">
+        <x:v>45077</x:v>
+      </x:c>
+      <x:c r="B667" s="3">
+        <x:v>100890.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="668" spans="1:2">
+      <x:c r="A668" s="2">
+        <x:v>45076</x:v>
+      </x:c>
+      <x:c r="B668" s="3">
+        <x:v>100537.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="669" spans="1:2">
+      <x:c r="A669" s="2">
+        <x:v>45072</x:v>
+      </x:c>
+      <x:c r="B669" s="3">
+        <x:v>99472.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="670" spans="1:2">
+      <x:c r="A670" s="2">
+        <x:v>45071</x:v>
+      </x:c>
+      <x:c r="B670" s="3">
+        <x:v>99577.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="671" spans="1:2">
+      <x:c r="A671" s="2">
         <x:v>45070</x:v>
       </x:c>
-      <x:c r="B632" s="3">
+      <x:c r="B671" s="3">
         <x:v>100000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400CT66</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>