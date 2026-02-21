--- v3 (2026-01-30)
+++ v4 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf696e17e4e6e41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ae7d5d0989d542c7a65aae1978e3b585.psmdcp" Id="R4b3817edb1634650" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00aef393bce74fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d02ccabd511845609d266c9ea4898bf3.psmdcp" Id="Ra039977a4c0d441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400CT66" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,5425 +420,5553 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B671"/>
+  <x:dimension ref="A1:B687"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46050</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>115524.84</x:v>
+        <x:v>115876.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46049</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>115533.79</x:v>
+        <x:v>115899.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46048</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>115663.09</x:v>
+        <x:v>115840.43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46045</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>115536.03</x:v>
+        <x:v>115593.19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46044</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>115635.03</x:v>
+        <x:v>115578.72</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46043</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>115360.73</x:v>
+        <x:v>115337.98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46042</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>115264.56</x:v>
+        <x:v>115577.79</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46041</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>115353.81</x:v>
+        <x:v>115548.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46038</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>115610.53</x:v>
+        <x:v>115405.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46037</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>115628.51</x:v>
+        <x:v>115119.25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46036</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>115601.65</x:v>
+        <x:v>114891.93</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46035</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>115469.46</x:v>
+        <x:v>115105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46034</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>115572.53</x:v>
+        <x:v>114777.08</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>115414.3</x:v>
+        <x:v>115114.06</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46030</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>115393.18</x:v>
+        <x:v>115049.83</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46029</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>115368.13</x:v>
+        <x:v>115383</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46028</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>114734.33</x:v>
+        <x:v>115524.84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46027</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>114530.22</x:v>
+        <x:v>115533.79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46024</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>114262.97</x:v>
+        <x:v>115663.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46022</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>114367.61</x:v>
+        <x:v>115536.03</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46021</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>114395.6</x:v>
+        <x:v>115635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46020</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>114421.11</x:v>
+        <x:v>115360.73</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46015</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>114130.66</x:v>
+        <x:v>115264.56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46014</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>114128.88</x:v>
+        <x:v>115353.81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>46013</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>113760.83</x:v>
+        <x:v>115610.53</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>46010</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>113711.66</x:v>
+        <x:v>115628.51</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>46009</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>113552.6</x:v>
+        <x:v>115601.65</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>46008</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>113251.55</x:v>
+        <x:v>115469.46</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>46007</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>113558.11</x:v>
+        <x:v>115572.53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>46006</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>113621.16</x:v>
+        <x:v>115414.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>46003</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>113466.4</x:v>
+        <x:v>115393.18</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>46002</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>113586.34</x:v>
+        <x:v>115368.13</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>46001</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>113285.26</x:v>
+        <x:v>114734.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>46000</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>113336.67</x:v>
+        <x:v>114530.22</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45999</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>113312.9</x:v>
+        <x:v>114262.97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45996</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>113786.62</x:v>
+        <x:v>114367.61</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45995</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>113862.24</x:v>
+        <x:v>114395.6</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45994</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>113987.73</x:v>
+        <x:v>114421.11</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45993</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>113892.3</x:v>
+        <x:v>114130.66</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45992</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>113948.29</x:v>
+        <x:v>114128.88</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45989</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>114290.96</x:v>
+        <x:v>113760.83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45988</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>114438.62</x:v>
+        <x:v>113711.66</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45987</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>114523.41</x:v>
+        <x:v>113552.6</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45986</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>114282.61</x:v>
+        <x:v>113251.55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45985</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>113760.6</x:v>
+        <x:v>113558.11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45982</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>113746.6</x:v>
+        <x:v>113621.16</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45981</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>113596.67</x:v>
+        <x:v>113466.4</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45980</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>113616.79</x:v>
+        <x:v>113586.34</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45979</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>113604.48</x:v>
+        <x:v>113285.26</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45978</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>113800.53</x:v>
+        <x:v>113336.67</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45975</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>113862.35</x:v>
+        <x:v>113312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45974</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>114124.24</x:v>
+        <x:v>113786.62</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45973</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>114361.06</x:v>
+        <x:v>113862.24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45971</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>113913.02</x:v>
+        <x:v>113987.73</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45968</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>113569.1</x:v>
+        <x:v>113892.3</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45967</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>113996.44</x:v>
+        <x:v>113948.29</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45966</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>114151.3</x:v>
+        <x:v>114290.96</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45965</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>114119.9</x:v>
+        <x:v>114438.62</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45964</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>114061.34</x:v>
+        <x:v>114523.41</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45961</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>113933.91</x:v>
+        <x:v>114282.61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45960</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>113838.03</x:v>
+        <x:v>113760.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45959</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>113823.88</x:v>
+        <x:v>113746.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45958</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>114010.57</x:v>
+        <x:v>113596.67</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45957</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>113797.78</x:v>
+        <x:v>113616.79</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45954</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>113719.99</x:v>
+        <x:v>113604.48</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45953</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>113814.17</x:v>
+        <x:v>113800.53</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45952</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>113738.73</x:v>
+        <x:v>113862.35</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45951</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>113790.1</x:v>
+        <x:v>114124.24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45950</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>113609.76</x:v>
+        <x:v>114361.06</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45947</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>113454.11</x:v>
+        <x:v>113913.02</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45946</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>113686.49</x:v>
+        <x:v>113569.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45945</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>113660.71</x:v>
+        <x:v>113996.44</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45944</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>113376.64</x:v>
+        <x:v>114151.3</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45943</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>113308.66</x:v>
+        <x:v>114119.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45940</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>112970.71</x:v>
+        <x:v>114061.34</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45939</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>113103.23</x:v>
+        <x:v>113933.91</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45938</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>113272.75</x:v>
+        <x:v>113838.03</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45937</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>112920.63</x:v>
+        <x:v>113823.88</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45936</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>112942.25</x:v>
+        <x:v>114010.57</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45933</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>113003.73</x:v>
+        <x:v>113797.78</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45932</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>112987.67</x:v>
+        <x:v>113719.99</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45931</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>113044.59</x:v>
+        <x:v>113814.17</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45930</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>112771.24</x:v>
+        <x:v>113738.73</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45929</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>112406.62</x:v>
+        <x:v>113790.1</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45926</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>112129.92</x:v>
+        <x:v>113609.76</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45925</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>111961.72</x:v>
+        <x:v>113454.11</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45924</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>112410.34</x:v>
+        <x:v>113686.49</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45923</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>112497.42</x:v>
+        <x:v>113660.71</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45922</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>112482.03</x:v>
+        <x:v>113376.64</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45919</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>112391.83</x:v>
+        <x:v>113308.66</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45918</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>112598.85</x:v>
+        <x:v>112970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45917</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>112669.04</x:v>
+        <x:v>113103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45916</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>112331.51</x:v>
+        <x:v>113272.75</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45915</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>112419.06</x:v>
+        <x:v>112920.63</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45912</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>112370.85</x:v>
+        <x:v>112942.25</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45911</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>112522.01</x:v>
+        <x:v>113003.73</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45910</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>112439.65</x:v>
+        <x:v>112987.67</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45909</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>112422.4</x:v>
+        <x:v>113044.59</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45908</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>112275.41</x:v>
+        <x:v>112771.24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45905</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>112103.97</x:v>
+        <x:v>112406.62</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45904</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>111965.03</x:v>
+        <x:v>112129.92</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45903</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>111694.67</x:v>
+        <x:v>111961.72</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45902</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>111380.03</x:v>
+        <x:v>112410.34</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45901</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>111747.68</x:v>
+        <x:v>112497.42</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45898</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>111929.38</x:v>
+        <x:v>112482.03</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45897</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>112080.64</x:v>
+        <x:v>112391.83</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45896</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>111971.75</x:v>
+        <x:v>112598.85</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45895</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>111754.98</x:v>
+        <x:v>112669.04</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45894</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>111619.18</x:v>
+        <x:v>112331.51</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45891</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>112036.52</x:v>
+        <x:v>112419.06</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45890</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>111821.49</x:v>
+        <x:v>112370.85</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45889</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>111956.15</x:v>
+        <x:v>112522.01</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45888</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>111738.97</x:v>
+        <x:v>112439.65</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45887</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>111694.78</x:v>
+        <x:v>112422.4</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45883</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>111863.2</x:v>
+        <x:v>112275.41</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45882</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>111844.92</x:v>
+        <x:v>112103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45881</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>111439.52</x:v>
+        <x:v>111965.03</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45880</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>111554.21</x:v>
+        <x:v>111694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45877</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>111482.28</x:v>
+        <x:v>111380.03</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45876</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>111913.4</x:v>
+        <x:v>111747.68</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45875</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>112055.92</x:v>
+        <x:v>111929.38</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45874</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>112316.8</x:v>
+        <x:v>112080.64</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45873</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>112284.05</x:v>
+        <x:v>111971.75</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45870</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>111981.65</x:v>
+        <x:v>111754.98</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45869</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>112193.46</x:v>
+        <x:v>111619.18</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45868</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>112320.2</x:v>
+        <x:v>112036.52</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45867</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>112496.11</x:v>
+        <x:v>111821.49</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45866</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>112617.43</x:v>
+        <x:v>111956.15</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45863</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>112217.23</x:v>
+        <x:v>111738.97</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45862</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>112418.77</x:v>
+        <x:v>111694.78</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45861</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>112122.16</x:v>
+        <x:v>111863.2</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45860</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>112048.89</x:v>
+        <x:v>111844.92</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45859</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>112161.39</x:v>
+        <x:v>111439.52</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45856</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>111858.47</x:v>
+        <x:v>111554.21</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45855</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>111884.93</x:v>
+        <x:v>111482.28</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45854</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>111776.61</x:v>
+        <x:v>111913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45853</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>111726.51</x:v>
+        <x:v>112055.92</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45849</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>111690.99</x:v>
+        <x:v>112316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45848</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>111790.2</x:v>
+        <x:v>112284.05</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45847</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>111943.08</x:v>
+        <x:v>111981.65</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45846</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>111604.88</x:v>
+        <x:v>112193.46</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45845</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>111693.93</x:v>
+        <x:v>112320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45842</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>111810.8</x:v>
+        <x:v>112496.11</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45841</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>111932.93</x:v>
+        <x:v>112617.43</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45840</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>111346.77</x:v>
+        <x:v>112217.23</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45839</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>111773.81</x:v>
+        <x:v>112418.77</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45838</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>111421.64</x:v>
+        <x:v>112122.16</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45835</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>111625.25</x:v>
+        <x:v>112048.89</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45834</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>111536.22</x:v>
+        <x:v>112161.39</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45833</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>111378.01</x:v>
+        <x:v>111858.47</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45832</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>111387.06</x:v>
+        <x:v>111884.93</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45831</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>111237.37</x:v>
+        <x:v>111776.61</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45828</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>111165</x:v>
+        <x:v>111726.51</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45827</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>111302.36</x:v>
+        <x:v>111690.99</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45826</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>111491.31</x:v>
+        <x:v>111790.2</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45825</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>111322.81</x:v>
+        <x:v>111943.08</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45824</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>111547.54</x:v>
+        <x:v>111604.88</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45821</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>111432.78</x:v>
+        <x:v>111693.93</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45820</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>111933.5</x:v>
+        <x:v>111810.8</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45819</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>111809.6</x:v>
+        <x:v>111932.93</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45818</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>111930.25</x:v>
+        <x:v>111346.77</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45814</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>111449.27</x:v>
+        <x:v>111773.81</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45813</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>111370.2</x:v>
+        <x:v>111421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45812</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>111590.92</x:v>
+        <x:v>111625.25</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45811</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>111319.69</x:v>
+        <x:v>111536.22</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45810</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>111240.24</x:v>
+        <x:v>111378.01</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45807</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>111255.47</x:v>
+        <x:v>111387.06</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45805</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>111013.58</x:v>
+        <x:v>111237.37</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45804</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>111188.49</x:v>
+        <x:v>111165</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45803</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>110922.19</x:v>
+        <x:v>111302.36</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45800</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>110806.3</x:v>
+        <x:v>111491.31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45799</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>110645.15</x:v>
+        <x:v>111322.81</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45798</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>110770.64</x:v>
+        <x:v>111547.54</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45797</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>111145.5</x:v>
+        <x:v>111432.78</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45796</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>111244.71</x:v>
+        <x:v>111933.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45793</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>111015.62</x:v>
+        <x:v>111809.6</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45792</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>110639</x:v>
+        <x:v>111930.25</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45791</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>110163.24</x:v>
+        <x:v>111449.27</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45790</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>110276.32</x:v>
+        <x:v>111370.2</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45789</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>110388.51</x:v>
+        <x:v>111590.92</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45786</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>110696.04</x:v>
+        <x:v>111319.69</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45784</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>111273.38</x:v>
+        <x:v>111240.24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45783</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>110809</x:v>
+        <x:v>111255.47</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45782</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>110849.97</x:v>
+        <x:v>111013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45779</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>110743.7</x:v>
+        <x:v>111188.49</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45777</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>111170.85</x:v>
+        <x:v>110922.19</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45776</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>110586.37</x:v>
+        <x:v>110806.3</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45775</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>110412.14</x:v>
+        <x:v>110645.15</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45772</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>110680.53</x:v>
+        <x:v>110770.64</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45771</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>110708.8</x:v>
+        <x:v>111145.5</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45770</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>110095.36</x:v>
+        <x:v>111244.71</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45769</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>109950.03</x:v>
+        <x:v>111015.62</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45764</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>109699.96</x:v>
+        <x:v>110639</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45763</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>108999.32</x:v>
+        <x:v>110163.24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45762</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>108969.07</x:v>
+        <x:v>110276.32</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45761</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>108677.03</x:v>
+        <x:v>110388.51</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45758</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>107902.28</x:v>
+        <x:v>110696.04</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45757</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>108092.17</x:v>
+        <x:v>111273.38</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45756</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>107610.52</x:v>
+        <x:v>110809</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45755</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>107525.02</x:v>
+        <x:v>110849.97</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45754</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>107249.51</x:v>
+        <x:v>110743.7</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45751</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>108495.49</x:v>
+        <x:v>111170.85</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45750</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>109434.82</x:v>
+        <x:v>110586.37</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45749</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>109355.95</x:v>
+        <x:v>110412.14</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45748</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>109489.57</x:v>
+        <x:v>110680.53</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45747</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>108919.88</x:v>
+        <x:v>110708.8</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45744</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>109204.61</x:v>
+        <x:v>110095.36</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45743</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>109050.17</x:v>
+        <x:v>109950.03</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45742</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>109008.91</x:v>
+        <x:v>109699.96</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45741</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>109215.62</x:v>
+        <x:v>108999.32</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45740</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>109148.69</x:v>
+        <x:v>108969.07</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45737</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>108824.11</x:v>
+        <x:v>108677.03</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45736</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>108891.96</x:v>
+        <x:v>107902.28</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45735</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>108668.36</x:v>
+        <x:v>108092.17</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45734</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>108548.46</x:v>
+        <x:v>107610.52</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45733</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>108315.96</x:v>
+        <x:v>107525.02</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45730</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>107874.24</x:v>
+        <x:v>107249.51</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45729</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>107823.79</x:v>
+        <x:v>108495.49</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45728</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>107736.55</x:v>
+        <x:v>109434.82</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45727</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>107374.87</x:v>
+        <x:v>109355.95</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45726</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>107928.17</x:v>
+        <x:v>109489.57</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45723</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>108259.86</x:v>
+        <x:v>108919.88</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45722</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>108485.89</x:v>
+        <x:v>109204.61</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45721</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>108797.89</x:v>
+        <x:v>109050.17</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45720</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>110121.39</x:v>
+        <x:v>109008.91</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45719</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>110583.27</x:v>
+        <x:v>109215.62</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45716</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>110919.52</x:v>
+        <x:v>109148.69</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45715</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>110958.15</x:v>
+        <x:v>108824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45714</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>110775.1</x:v>
+        <x:v>108891.96</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45713</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>110610.58</x:v>
+        <x:v>108668.36</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45712</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>110530.5</x:v>
+        <x:v>108548.46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45709</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>110431.62</x:v>
+        <x:v>108315.96</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45708</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>110251.51</x:v>
+        <x:v>107874.24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45707</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>110221.99</x:v>
+        <x:v>107823.79</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45706</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>110641.42</x:v>
+        <x:v>107736.55</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45705</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>110412.79</x:v>
+        <x:v>107374.87</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45702</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>110495.82</x:v>
+        <x:v>107928.17</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45701</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>110814.12</x:v>
+        <x:v>108259.86</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45700</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>110328.65</x:v>
+        <x:v>108485.89</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45699</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>110726.75</x:v>
+        <x:v>108797.89</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45698</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>111224.06</x:v>
+        <x:v>110121.39</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45695</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>111106.11</x:v>
+        <x:v>110583.27</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45694</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>111032.53</x:v>
+        <x:v>110919.52</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45693</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>110896.94</x:v>
+        <x:v>110958.15</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45692</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>110606.11</x:v>
+        <x:v>110775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45691</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>110442.61</x:v>
+        <x:v>110610.58</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45688</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>109998.79</x:v>
+        <x:v>110530.5</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45687</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>109790.94</x:v>
+        <x:v>110431.62</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45686</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>109018.96</x:v>
+        <x:v>110251.51</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45685</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>109085.29</x:v>
+        <x:v>110221.99</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45684</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>109065.79</x:v>
+        <x:v>110641.42</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45681</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>108833.62</x:v>
+        <x:v>110412.79</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45680</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>108879.65</x:v>
+        <x:v>110495.82</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45679</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>108780.66</x:v>
+        <x:v>110814.12</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45678</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>108820.94</x:v>
+        <x:v>110328.65</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45677</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>108503.23</x:v>
+        <x:v>110726.75</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45674</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>108450.98</x:v>
+        <x:v>111224.06</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45673</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>108288.63</x:v>
+        <x:v>111106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45672</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>108099.81</x:v>
+        <x:v>111032.53</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45671</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>107154.46</x:v>
+        <x:v>110896.94</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45670</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>107388.49</x:v>
+        <x:v>110606.11</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45667</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>107493.93</x:v>
+        <x:v>110442.61</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45666</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>107831.47</x:v>
+        <x:v>109998.79</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45665</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>107868.35</x:v>
+        <x:v>109790.94</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45664</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>108058.31</x:v>
+        <x:v>109018.96</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45663</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>108093.25</x:v>
+        <x:v>109085.29</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45660</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>108091.1</x:v>
+        <x:v>109065.79</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45659</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>108347.6</x:v>
+        <x:v>108833.62</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45657</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>108270.19</x:v>
+        <x:v>108879.65</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45656</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>108150.67</x:v>
+        <x:v>108780.66</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45653</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>108239.19</x:v>
+        <x:v>108820.94</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45650</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>108684.53</x:v>
+        <x:v>108503.23</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45649</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>108469.89</x:v>
+        <x:v>108450.98</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45646</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>108598.07</x:v>
+        <x:v>108288.63</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45645</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>108401.43</x:v>
+        <x:v>108099.81</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45644</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>108974.37</x:v>
+        <x:v>107154.46</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45643</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>109276.97</x:v>
+        <x:v>107388.49</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45642</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>109384.67</x:v>
+        <x:v>107493.93</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45639</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>109563.55</x:v>
+        <x:v>107831.47</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45638</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>109854.91</x:v>
+        <x:v>107868.35</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45637</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>110370.48</x:v>
+        <x:v>108058.31</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45636</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>110325.35</x:v>
+        <x:v>108093.25</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45635</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>110347.42</x:v>
+        <x:v>108091.1</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45632</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>110411.71</x:v>
+        <x:v>108347.6</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45631</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>110419.69</x:v>
+        <x:v>108270.19</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45630</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>110503.37</x:v>
+        <x:v>108150.67</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45629</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>110404.2</x:v>
+        <x:v>108239.19</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45628</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>110196.27</x:v>
+        <x:v>108684.53</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45625</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>109922.88</x:v>
+        <x:v>108469.89</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45624</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>109553.25</x:v>
+        <x:v>108598.07</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45623</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>109124.73</x:v>
+        <x:v>108401.43</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45622</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>109047.01</x:v>
+        <x:v>108974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45621</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>109086.33</x:v>
+        <x:v>109276.97</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45618</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>108921.45</x:v>
+        <x:v>109384.67</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45617</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>108228.04</x:v>
+        <x:v>109563.55</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45616</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>108150.73</x:v>
+        <x:v>109854.91</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45615</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>108274.32</x:v>
+        <x:v>110370.48</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45614</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>108155.53</x:v>
+        <x:v>110325.35</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45611</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>108351.29</x:v>
+        <x:v>110347.42</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45610</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>108778.38</x:v>
+        <x:v>110411.71</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45609</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>108500.53</x:v>
+        <x:v>110419.69</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45608</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>108566.04</x:v>
+        <x:v>110503.37</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45604</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>108692.1</x:v>
+        <x:v>110404.2</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45603</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>108225.9</x:v>
+        <x:v>110196.27</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45602</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>108267.42</x:v>
+        <x:v>109922.88</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45601</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>107752.82</x:v>
+        <x:v>109553.25</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45600</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>107707.17</x:v>
+        <x:v>109124.73</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45596</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>107863.47</x:v>
+        <x:v>109047.01</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45595</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>108132.47</x:v>
+        <x:v>109086.33</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45594</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>108870.16</x:v>
+        <x:v>108921.45</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45593</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>109260.42</x:v>
+        <x:v>108228.04</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45590</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>109081.08</x:v>
+        <x:v>108150.73</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45589</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>109184.44</x:v>
+        <x:v>108274.32</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45588</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>109068.7</x:v>
+        <x:v>108155.53</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45587</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>109064.05</x:v>
+        <x:v>108351.29</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45586</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>109327.17</x:v>
+        <x:v>108778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45583</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>109952.02</x:v>
+        <x:v>108500.53</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45582</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>109772.67</x:v>
+        <x:v>108566.04</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45581</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>109624.98</x:v>
+        <x:v>108692.1</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45580</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>109400.07</x:v>
+        <x:v>108225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45579</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>109219.03</x:v>
+        <x:v>108267.42</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45576</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>108937.15</x:v>
+        <x:v>107752.82</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45575</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>108711.45</x:v>
+        <x:v>107707.17</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45574</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>108617.12</x:v>
+        <x:v>107863.47</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45573</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>108527.42</x:v>
+        <x:v>108132.47</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45572</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>108291.31</x:v>
+        <x:v>108870.16</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45569</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>108615.17</x:v>
+        <x:v>109260.42</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45568</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>108723.51</x:v>
+        <x:v>109081.08</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45567</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>109050.37</x:v>
+        <x:v>109184.44</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45566</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>109240.43</x:v>
+        <x:v>109068.7</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45565</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>108720.07</x:v>
+        <x:v>109064.05</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45562</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>108703.79</x:v>
+        <x:v>109327.17</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45561</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>108567.68</x:v>
+        <x:v>109952.02</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45560</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>108614.96</x:v>
+        <x:v>109772.67</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45559</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>108859.54</x:v>
+        <x:v>109624.98</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45558</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>108721.36</x:v>
+        <x:v>109400.07</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45555</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>108437.09</x:v>
+        <x:v>109219.03</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45554</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>108589.01</x:v>
+        <x:v>108937.15</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45553</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>108331.97</x:v>
+        <x:v>108711.45</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45552</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>108671.95</x:v>
+        <x:v>108617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45551</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>108809.99</x:v>
+        <x:v>108527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45548</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>108580.95</x:v>
+        <x:v>108291.31</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45547</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>108570.07</x:v>
+        <x:v>108615.17</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45546</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>108535.8</x:v>
+        <x:v>108723.51</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45545</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>108239.01</x:v>
+        <x:v>109050.37</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45544</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>108101.32</x:v>
+        <x:v>109240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45541</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>107774.12</x:v>
+        <x:v>108720.07</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45540</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>107746.05</x:v>
+        <x:v>108703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45539</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>107784.81</x:v>
+        <x:v>108567.68</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45538</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>107669.31</x:v>
+        <x:v>108614.96</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45537</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>107636.22</x:v>
+        <x:v>108859.54</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45534</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>107791.18</x:v>
+        <x:v>108721.36</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45533</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>107729.89</x:v>
+        <x:v>108437.09</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45532</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>107708.62</x:v>
+        <x:v>108589.01</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45531</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>107519.16</x:v>
+        <x:v>108331.97</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45530</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>107732.27</x:v>
+        <x:v>108671.95</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45527</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>107887.06</x:v>
+        <x:v>108809.99</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45526</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>107649.66</x:v>
+        <x:v>108580.95</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45525</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>107933.39</x:v>
+        <x:v>108570.07</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45524</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>107818.35</x:v>
+        <x:v>108535.8</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45523</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>107536.15</x:v>
+        <x:v>108239.01</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45520</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>107385.72</x:v>
+        <x:v>108101.32</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45518</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>107734.62</x:v>
+        <x:v>107774.12</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45517</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>107505.02</x:v>
+        <x:v>107746.05</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45516</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>107097.17</x:v>
+        <x:v>107784.81</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45513</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>107144.02</x:v>
+        <x:v>107669.31</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45512</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>106594.91</x:v>
+        <x:v>107636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45511</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>106148.26</x:v>
+        <x:v>107791.18</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45510</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>106310.24</x:v>
+        <x:v>107729.89</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45509</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>106229.02</x:v>
+        <x:v>107708.62</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45506</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>107123.35</x:v>
+        <x:v>107519.16</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45505</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>107407</x:v>
+        <x:v>107732.27</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45504</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>107319</x:v>
+        <x:v>107887.06</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45503</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>106986.15</x:v>
+        <x:v>107649.66</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45502</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>107085.09</x:v>
+        <x:v>107933.39</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45499</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>106775.09</x:v>
+        <x:v>107818.35</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45498</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>106572.11</x:v>
+        <x:v>107536.15</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45497</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>106843.45</x:v>
+        <x:v>107385.72</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45496</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>107203.25</x:v>
+        <x:v>107734.62</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45495</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>106906.45</x:v>
+        <x:v>107505.02</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45492</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>106823.39</x:v>
+        <x:v>107097.17</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45491</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>107033.55</x:v>
+        <x:v>107144.02</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45490</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>107349.18</x:v>
+        <x:v>106594.91</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45489</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>107594.38</x:v>
+        <x:v>106148.26</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45488</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>107454.85</x:v>
+        <x:v>106310.24</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45485</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>107378.76</x:v>
+        <x:v>106229.02</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45484</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>107358.6</x:v>
+        <x:v>107123.35</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45483</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>107035.35</x:v>
+        <x:v>107407</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45482</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>106709.53</x:v>
+        <x:v>107319</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45481</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>106880.89</x:v>
+        <x:v>106986.15</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45478</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>106720.81</x:v>
+        <x:v>107085.09</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45477</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>106338.29</x:v>
+        <x:v>106775.09</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45476</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>106334.91</x:v>
+        <x:v>106572.11</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45475</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>106049.98</x:v>
+        <x:v>106843.45</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45474</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>106084.04</x:v>
+        <x:v>107203.25</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45471</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>106373.56</x:v>
+        <x:v>106906.45</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45470</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>106650.72</x:v>
+        <x:v>106823.39</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45469</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>106698.76</x:v>
+        <x:v>107033.55</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45468</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>107019.8</x:v>
+        <x:v>107349.18</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45467</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>106916.66</x:v>
+        <x:v>107594.38</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45464</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>106871.87</x:v>
+        <x:v>107454.85</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45463</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>106854.32</x:v>
+        <x:v>107378.76</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45462</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>106963.26</x:v>
+        <x:v>107358.6</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45461</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>107057.72</x:v>
+        <x:v>107035.35</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45460</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>106638.95</x:v>
+        <x:v>106709.53</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45457</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>106861.59</x:v>
+        <x:v>106880.89</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45456</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>106645.09</x:v>
+        <x:v>106720.81</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45455</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>106425.88</x:v>
+        <x:v>106338.29</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45454</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>105919.15</x:v>
+        <x:v>106334.91</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45453</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>105994.22</x:v>
+        <x:v>106049.98</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45450</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>106395.66</x:v>
+        <x:v>106084.04</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45449</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>106883.23</x:v>
+        <x:v>106373.56</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45448</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>106993.65</x:v>
+        <x:v>106650.72</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45447</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>106617.98</x:v>
+        <x:v>106698.76</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45446</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>106290.07</x:v>
+        <x:v>107019.8</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45443</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>106372.34</x:v>
+        <x:v>106916.66</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45442</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>106320.67</x:v>
+        <x:v>106871.87</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45441</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>106003.65</x:v>
+        <x:v>106854.32</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45440</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>106494.67</x:v>
+        <x:v>106963.26</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45439</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>106810.44</x:v>
+        <x:v>107057.72</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45436</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>106569.88</x:v>
+        <x:v>106638.95</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45435</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>106519.84</x:v>
+        <x:v>106861.59</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45434</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>106797.45</x:v>
+        <x:v>106645.09</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45433</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>107043.78</x:v>
+        <x:v>106425.88</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45429</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>106894.8</x:v>
+        <x:v>105919.15</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45428</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>107229.75</x:v>
+        <x:v>105994.22</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45427</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>107460.97</x:v>
+        <x:v>106395.66</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45426</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>106555.05</x:v>
+        <x:v>106883.23</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45425</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>106627.46</x:v>
+        <x:v>106993.65</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45422</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>106642.31</x:v>
+        <x:v>106617.98</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45419</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>107040.7</x:v>
+        <x:v>106290.07</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45418</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>106595.73</x:v>
+        <x:v>106372.34</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45415</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>106317.06</x:v>
+        <x:v>106320.67</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45414</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>106058.17</x:v>
+        <x:v>106003.65</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45412</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>106062.86</x:v>
+        <x:v>106494.67</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45411</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>106338.55</x:v>
+        <x:v>106810.44</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45408</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>106006.4</x:v>
+        <x:v>106569.88</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45407</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>105360.05</x:v>
+        <x:v>106519.84</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45406</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>105655.48</x:v>
+        <x:v>106797.45</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45405</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>106260.7</x:v>
+        <x:v>107043.78</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45404</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>106159.05</x:v>
+        <x:v>106894.8</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45401</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>105811.95</x:v>
+        <x:v>107229.75</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45400</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>106035.02</x:v>
+        <x:v>107460.97</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45399</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>106085.53</x:v>
+        <x:v>106555.05</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45398</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>105937.64</x:v>
+        <x:v>106627.46</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45397</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>106527.28</x:v>
+        <x:v>106642.31</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45394</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>107167.03</x:v>
+        <x:v>107040.7</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45393</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>106673.54</x:v>
+        <x:v>106595.73</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45392</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>106874.75</x:v>
+        <x:v>106317.06</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45391</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>107257.04</x:v>
+        <x:v>106058.17</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45390</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>106983.14</x:v>
+        <x:v>106062.86</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45387</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>107225.06</x:v>
+        <x:v>106338.55</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45386</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>107403.73</x:v>
+        <x:v>106006.4</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45385</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>107119.27</x:v>
+        <x:v>105360.05</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45384</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>107192.61</x:v>
+        <x:v>105655.48</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45379</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>107981.34</x:v>
+        <x:v>106260.7</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45378</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>107956.93</x:v>
+        <x:v>106159.05</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45377</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>107343.71</x:v>
+        <x:v>105811.95</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45376</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>107191.95</x:v>
+        <x:v>106035.02</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45373</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>107469.33</x:v>
+        <x:v>106085.53</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45372</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>107076.84</x:v>
+        <x:v>105937.64</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45371</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>106710.78</x:v>
+        <x:v>106527.28</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45370</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>106557.61</x:v>
+        <x:v>107167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45369</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>106520.13</x:v>
+        <x:v>106673.54</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45366</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>106570.94</x:v>
+        <x:v>106874.75</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45365</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>106876.37</x:v>
+        <x:v>107257.04</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45364</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>107162.01</x:v>
+        <x:v>106983.14</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45363</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>107282.36</x:v>
+        <x:v>107225.06</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45362</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>107343.7</x:v>
+        <x:v>107403.73</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45359</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>107607.34</x:v>
+        <x:v>107119.27</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45358</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>107247.48</x:v>
+        <x:v>107192.61</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45357</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>107074.07</x:v>
+        <x:v>107981.34</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45356</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>106955.45</x:v>
+        <x:v>107956.93</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45355</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>106667.66</x:v>
+        <x:v>107343.71</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45352</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>106540.31</x:v>
+        <x:v>107191.95</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45351</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>106573.8</x:v>
+        <x:v>107469.33</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45350</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>106180.07</x:v>
+        <x:v>107076.84</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45349</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>106277.29</x:v>
+        <x:v>106710.78</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45348</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>106469.82</x:v>
+        <x:v>106557.61</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45345</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>107169.61</x:v>
+        <x:v>106520.13</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45344</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>106678.64</x:v>
+        <x:v>106570.94</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45343</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>106171.66</x:v>
+        <x:v>106876.37</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45342</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>106495.11</x:v>
+        <x:v>107162.01</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45341</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>106324.75</x:v>
+        <x:v>107282.36</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45338</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>106468.27</x:v>
+        <x:v>107343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45337</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>106470.85</x:v>
+        <x:v>107607.34</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45336</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>106501.89</x:v>
+        <x:v>107247.48</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45335</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>105999.58</x:v>
+        <x:v>107074.07</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45334</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>106250.66</x:v>
+        <x:v>106955.45</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45331</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>106079.67</x:v>
+        <x:v>106667.66</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45330</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>106048.63</x:v>
+        <x:v>106540.31</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45329</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>106228.82</x:v>
+        <x:v>106573.8</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45328</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>106297.6</x:v>
+        <x:v>106180.07</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45327</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>106211.6</x:v>
+        <x:v>106277.29</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45324</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>106545.81</x:v>
+        <x:v>106469.82</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45323</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>107043.03</x:v>
+        <x:v>107169.61</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45322</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>106975.36</x:v>
+        <x:v>106678.64</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45321</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>106421.87</x:v>
+        <x:v>106171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45320</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>106619.27</x:v>
+        <x:v>106495.11</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45317</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>106205.51</x:v>
+        <x:v>106324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45316</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>105950.82</x:v>
+        <x:v>106468.27</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45315</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>105516.66</x:v>
+        <x:v>106470.85</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45314</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>105447.84</x:v>
+        <x:v>106501.89</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45313</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>105696.26</x:v>
+        <x:v>105999.58</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45310</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>105416.59</x:v>
+        <x:v>106250.66</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45309</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>105262.85</x:v>
+        <x:v>106079.67</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45308</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>105322.85</x:v>
+        <x:v>106048.63</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45307</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>105787.7</x:v>
+        <x:v>106228.82</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45306</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>106119.3</x:v>
+        <x:v>106297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45303</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>106411.99</x:v>
+        <x:v>106211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45302</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>105868.59</x:v>
+        <x:v>106545.81</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45301</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>105828.36</x:v>
+        <x:v>107043.03</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45300</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>105931.86</x:v>
+        <x:v>106975.36</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45299</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>106265.96</x:v>
+        <x:v>106421.87</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45296</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>106100.11</x:v>
+        <x:v>106619.27</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45295</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>106139</x:v>
+        <x:v>106205.51</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45294</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>106649.18</x:v>
+        <x:v>105950.82</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45293</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>106508.06</x:v>
+        <x:v>105516.66</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45289</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>106734.61</x:v>
+        <x:v>105447.84</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45288</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>107152.13</x:v>
+        <x:v>105696.26</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45287</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>107385.4</x:v>
+        <x:v>105416.59</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45282</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>106887.93</x:v>
+        <x:v>105262.85</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45281</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>106884.85</x:v>
+        <x:v>105322.85</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45280</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>106813.11</x:v>
+        <x:v>105787.7</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45279</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>106607.2</x:v>
+        <x:v>106119.3</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45278</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>106219.08</x:v>
+        <x:v>106411.99</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45275</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>106556.35</x:v>
+        <x:v>105868.59</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45274</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>105996.78</x:v>
+        <x:v>105828.36</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45273</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>105353.96</x:v>
+        <x:v>105931.86</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45272</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>104902.79</x:v>
+        <x:v>106265.96</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45271</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>104607.1</x:v>
+        <x:v>106100.11</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45268</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>104677.48</x:v>
+        <x:v>106139</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45267</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>105039.39</x:v>
+        <x:v>106649.18</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45266</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>105049.11</x:v>
+        <x:v>106508.06</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45265</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>104605.65</x:v>
+        <x:v>106734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45264</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>103763.02</x:v>
+        <x:v>107152.13</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45261</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>103694.67</x:v>
+        <x:v>107385.4</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45260</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>102937.76</x:v>
+        <x:v>106887.93</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45259</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>102771.19</x:v>
+        <x:v>106884.85</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45258</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>102256.97</x:v>
+        <x:v>106813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45257</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>101940.83</x:v>
+        <x:v>106607.2</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45254</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>101453.29</x:v>
+        <x:v>106219.08</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45253</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>101522.78</x:v>
+        <x:v>106556.35</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45252</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>101800.93</x:v>
+        <x:v>105996.78</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45251</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>101717.93</x:v>
+        <x:v>105353.96</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45250</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>101529.01</x:v>
+        <x:v>104902.79</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45247</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>101593.61</x:v>
+        <x:v>104607.1</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45246</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>101441.55</x:v>
+        <x:v>104677.48</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45245</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>101092.43</x:v>
+        <x:v>105039.39</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45244</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>101380.47</x:v>
+        <x:v>105049.11</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45243</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>100650.77</x:v>
+        <x:v>104605.65</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45240</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>100552.39</x:v>
+        <x:v>103763.02</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45239</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>100911.85</x:v>
+        <x:v>103694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45238</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>101100.78</x:v>
+        <x:v>102937.76</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45237</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>100852.1</x:v>
+        <x:v>102771.19</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45236</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>100407.07</x:v>
+        <x:v>102256.97</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45233</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>100815.13</x:v>
+        <x:v>101940.83</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45232</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>100290.79</x:v>
+        <x:v>101453.29</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45230</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>99187.69</x:v>
+        <x:v>101522.78</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45229</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>99134.03</x:v>
+        <x:v>101800.93</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45226</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>98954.26</x:v>
+        <x:v>101717.93</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45225</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>98841.46</x:v>
+        <x:v>101529.01</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45224</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>98839.82</x:v>
+        <x:v>101593.61</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45223</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>99148.89</x:v>
+        <x:v>101441.55</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45222</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>98654.83</x:v>
+        <x:v>101092.43</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45219</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>98539.56</x:v>
+        <x:v>101380.47</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45218</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>98629.59</x:v>
+        <x:v>100650.77</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45217</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>99029.81</x:v>
+        <x:v>100552.39</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45216</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>99449.33</x:v>
+        <x:v>100911.85</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45215</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>99965.81</x:v>
+        <x:v>101100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45212</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>100208.75</x:v>
+        <x:v>100852.1</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45211</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>100133.67</x:v>
+        <x:v>100407.07</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45210</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>100507.34</x:v>
+        <x:v>100815.13</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45209</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>100156.07</x:v>
+        <x:v>100290.79</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45208</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>99851.09</x:v>
+        <x:v>99187.69</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45205</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>99145.11</x:v>
+        <x:v>99134.03</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45204</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>99035.62</x:v>
+        <x:v>98954.26</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45203</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>98791.44</x:v>
+        <x:v>98841.46</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45202</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>98610.74</x:v>
+        <x:v>98839.82</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45201</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>99046.42</x:v>
+        <x:v>99148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45198</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>99636.71</x:v>
+        <x:v>98654.83</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45197</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>99194.98</x:v>
+        <x:v>98539.56</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45196</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>99654.62</x:v>
+        <x:v>98629.59</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45195</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>99986.11</x:v>
+        <x:v>99029.81</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45194</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>100073.06</x:v>
+        <x:v>99449.33</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45191</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>100426.93</x:v>
+        <x:v>99965.81</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45190</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>100517.5</x:v>
+        <x:v>100208.75</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45189</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>100995.95</x:v>
+        <x:v>100133.67</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45188</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>100744.82</x:v>
+        <x:v>100507.34</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45187</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>100834.03</x:v>
+        <x:v>100156.07</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45184</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>101233.17</x:v>
+        <x:v>99851.09</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45183</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>101744.69</x:v>
+        <x:v>99145.11</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45182</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>101102.63</x:v>
+        <x:v>99035.62</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45181</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>101235.04</x:v>
+        <x:v>98791.44</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45180</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>101144.5</x:v>
+        <x:v>98610.74</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45177</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>101251.34</x:v>
+        <x:v>99046.42</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45176</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>101049.56</x:v>
+        <x:v>99636.71</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45175</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>100687.36</x:v>
+        <x:v>99194.98</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45174</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>100956.55</x:v>
+        <x:v>99654.62</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45173</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>101244.19</x:v>
+        <x:v>99986.11</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45170</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>101412.73</x:v>
+        <x:v>100073.06</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45169</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>101816.46</x:v>
+        <x:v>100426.93</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45168</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>101361.97</x:v>
+        <x:v>100517.5</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45167</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>101441.43</x:v>
+        <x:v>100995.95</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45166</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>101014.79</x:v>
+        <x:v>100744.82</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45163</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>101013.27</x:v>
+        <x:v>100834.03</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45162</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>101263.61</x:v>
+        <x:v>101233.17</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45161</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>101205.66</x:v>
+        <x:v>101744.69</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45160</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>100362.79</x:v>
+        <x:v>101102.63</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45159</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>99862.51</x:v>
+        <x:v>101235.04</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45156</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>100239.05</x:v>
+        <x:v>101144.5</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45155</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>99773.22</x:v>
+        <x:v>101251.34</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45154</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>100231.7</x:v>
+        <x:v>101049.56</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45152</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>100605.36</x:v>
+        <x:v>100687.36</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45149</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>100599.36</x:v>
+        <x:v>100956.55</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45148</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>100919.11</x:v>
+        <x:v>101244.19</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45147</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>100974.02</x:v>
+        <x:v>101412.73</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45146</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>101426.84</x:v>
+        <x:v>101816.46</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45145</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>100484.3</x:v>
+        <x:v>101361.97</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45142</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>100626.28</x:v>
+        <x:v>101441.43</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45141</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>100282.55</x:v>
+        <x:v>101014.79</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45140</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>100762.76</x:v>
+        <x:v>101013.27</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45139</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>100944.11</x:v>
+        <x:v>101263.61</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45138</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>101627.2</x:v>
+        <x:v>101205.66</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45135</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>101112.23</x:v>
+        <x:v>100362.79</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45134</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>101048.87</x:v>
+        <x:v>99862.51</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45133</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>100620.76</x:v>
+        <x:v>100239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45132</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>100869.75</x:v>
+        <x:v>99773.22</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45131</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>100966.26</x:v>
+        <x:v>100231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45128</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>100713.33</x:v>
+        <x:v>100605.36</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45127</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>100596.56</x:v>
+        <x:v>100599.36</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45126</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>101001.68</x:v>
+        <x:v>100919.11</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45125</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>101055.12</x:v>
+        <x:v>100974.02</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45124</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>100426.6</x:v>
+        <x:v>101426.84</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45120</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>100436.8</x:v>
+        <x:v>100484.3</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45119</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>99672.97</x:v>
+        <x:v>100626.28</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45118</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>99150.32</x:v>
+        <x:v>100282.55</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45117</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>99064.81</x:v>
+        <x:v>100762.76</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45114</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>98983.27</x:v>
+        <x:v>100944.11</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45113</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>99112.61</x:v>
+        <x:v>101627.2</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45112</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>100245.5</x:v>
+        <x:v>101112.23</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45111</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>100486.03</x:v>
+        <x:v>101048.87</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45110</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>100482.93</x:v>
+        <x:v>100620.76</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45107</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>100796.12</x:v>
+        <x:v>100869.75</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45106</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>100627.24</x:v>
+        <x:v>100966.26</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45105</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>101002.14</x:v>
+        <x:v>100713.33</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45104</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>100640.32</x:v>
+        <x:v>100596.56</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45103</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>100787.21</x:v>
+        <x:v>101001.68</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45100</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>100587.01</x:v>
+        <x:v>101055.12</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45099</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>99859.85</x:v>
+        <x:v>100426.6</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45098</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>100348.88</x:v>
+        <x:v>100436.8</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45097</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>100705.99</x:v>
+        <x:v>99672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45096</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>100248.16</x:v>
+        <x:v>99150.32</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>45093</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>100601.72</x:v>
+        <x:v>99064.81</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>45092</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>100460.1</x:v>
+        <x:v>98983.27</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>45091</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>100713.86</x:v>
+        <x:v>99112.61</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>45090</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>101138.42</x:v>
+        <x:v>100245.5</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>45089</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>101136.29</x:v>
+        <x:v>100486.03</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>45086</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>101188.08</x:v>
+        <x:v>100482.93</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>45085</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>101009.52</x:v>
+        <x:v>100796.12</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>45084</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>100766.64</x:v>
+        <x:v>100627.24</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>45083</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>101201.62</x:v>
+        <x:v>101002.14</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>45082</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>100957.09</x:v>
+        <x:v>100640.32</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>45079</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>101198.35</x:v>
+        <x:v>100787.21</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>45078</x:v>
+        <x:v>45100</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>101237.35</x:v>
+        <x:v>100587.01</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>45077</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>100890.94</x:v>
+        <x:v>99859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>45076</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>100537.37</x:v>
+        <x:v>100348.88</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>45072</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>99472.7</x:v>
+        <x:v>100705.99</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>45071</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>99577.19</x:v>
+        <x:v>100248.16</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
+        <x:v>45093</x:v>
+      </x:c>
+      <x:c r="B671" s="3">
+        <x:v>100601.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="672" spans="1:2">
+      <x:c r="A672" s="2">
+        <x:v>45092</x:v>
+      </x:c>
+      <x:c r="B672" s="3">
+        <x:v>100460.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="673" spans="1:2">
+      <x:c r="A673" s="2">
+        <x:v>45091</x:v>
+      </x:c>
+      <x:c r="B673" s="3">
+        <x:v>100713.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="674" spans="1:2">
+      <x:c r="A674" s="2">
+        <x:v>45090</x:v>
+      </x:c>
+      <x:c r="B674" s="3">
+        <x:v>101138.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="675" spans="1:2">
+      <x:c r="A675" s="2">
+        <x:v>45089</x:v>
+      </x:c>
+      <x:c r="B675" s="3">
+        <x:v>101136.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="676" spans="1:2">
+      <x:c r="A676" s="2">
+        <x:v>45086</x:v>
+      </x:c>
+      <x:c r="B676" s="3">
+        <x:v>101188.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="677" spans="1:2">
+      <x:c r="A677" s="2">
+        <x:v>45085</x:v>
+      </x:c>
+      <x:c r="B677" s="3">
+        <x:v>101009.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="678" spans="1:2">
+      <x:c r="A678" s="2">
+        <x:v>45084</x:v>
+      </x:c>
+      <x:c r="B678" s="3">
+        <x:v>100766.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="679" spans="1:2">
+      <x:c r="A679" s="2">
+        <x:v>45083</x:v>
+      </x:c>
+      <x:c r="B679" s="3">
+        <x:v>101201.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="680" spans="1:2">
+      <x:c r="A680" s="2">
+        <x:v>45082</x:v>
+      </x:c>
+      <x:c r="B680" s="3">
+        <x:v>100957.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="681" spans="1:2">
+      <x:c r="A681" s="2">
+        <x:v>45079</x:v>
+      </x:c>
+      <x:c r="B681" s="3">
+        <x:v>101198.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="682" spans="1:2">
+      <x:c r="A682" s="2">
+        <x:v>45078</x:v>
+      </x:c>
+      <x:c r="B682" s="3">
+        <x:v>101237.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="683" spans="1:2">
+      <x:c r="A683" s="2">
+        <x:v>45077</x:v>
+      </x:c>
+      <x:c r="B683" s="3">
+        <x:v>100890.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="684" spans="1:2">
+      <x:c r="A684" s="2">
+        <x:v>45076</x:v>
+      </x:c>
+      <x:c r="B684" s="3">
+        <x:v>100537.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="685" spans="1:2">
+      <x:c r="A685" s="2">
+        <x:v>45072</x:v>
+      </x:c>
+      <x:c r="B685" s="3">
+        <x:v>99472.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="686" spans="1:2">
+      <x:c r="A686" s="2">
+        <x:v>45071</x:v>
+      </x:c>
+      <x:c r="B686" s="3">
+        <x:v>99577.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="687" spans="1:2">
+      <x:c r="A687" s="2">
         <x:v>45070</x:v>
       </x:c>
-      <x:c r="B671" s="3">
+      <x:c r="B687" s="3">
         <x:v>100000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400CT66</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>