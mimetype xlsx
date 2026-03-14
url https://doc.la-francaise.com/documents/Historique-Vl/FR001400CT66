--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00aef393bce74fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d02ccabd511845609d266c9ea4898bf3.psmdcp" Id="Ra039977a4c0d441c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5999a099a53041be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f13adf9632384c70ab54eea9fe9aba61.psmdcp" Id="R36401b7474d14017" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR001400CT66" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,5553 +420,5665 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B687"/>
+  <x:dimension ref="A1:B701"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46072</x:v>
+        <x:v>46092</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>115876.4</x:v>
+        <x:v>114000.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46071</x:v>
+        <x:v>46091</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>115899.56</x:v>
+        <x:v>114770.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46070</x:v>
+        <x:v>46090</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>115840.43</x:v>
+        <x:v>114179.24</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46069</x:v>
+        <x:v>46087</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>115593.19</x:v>
+        <x:v>114341.19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46066</x:v>
+        <x:v>46086</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>115578.72</x:v>
+        <x:v>114845.84</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46065</x:v>
+        <x:v>46085</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>115337.98</x:v>
+        <x:v>115500.94</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46064</x:v>
+        <x:v>46084</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>115577.79</x:v>
+        <x:v>115194.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46063</x:v>
+        <x:v>46083</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>115548.47</x:v>
+        <x:v>115868.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46062</x:v>
+        <x:v>46080</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>115405.65</x:v>
+        <x:v>116463.39</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46059</x:v>
+        <x:v>46079</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>115119.25</x:v>
+        <x:v>116120.24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46058</x:v>
+        <x:v>46078</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>114891.93</x:v>
+        <x:v>116227.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46057</x:v>
+        <x:v>46077</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>115105.59</x:v>
+        <x:v>116090.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46056</x:v>
+        <x:v>46076</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>114777.08</x:v>
+        <x:v>116086.73</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46055</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>115114.06</x:v>
+        <x:v>116052.95</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46052</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>115049.83</x:v>
+        <x:v>115876.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46051</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>115383</x:v>
+        <x:v>115899.56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46050</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>115524.84</x:v>
+        <x:v>115840.43</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46049</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>115533.79</x:v>
+        <x:v>115593.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46048</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>115663.09</x:v>
+        <x:v>115578.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46045</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>115536.03</x:v>
+        <x:v>115337.98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46044</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>115635.03</x:v>
+        <x:v>115577.79</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46043</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>115360.73</x:v>
+        <x:v>115548.47</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46042</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>115264.56</x:v>
+        <x:v>115405.65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46041</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>115353.81</x:v>
+        <x:v>115119.25</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>46038</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>115610.53</x:v>
+        <x:v>114891.93</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>46037</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>115628.51</x:v>
+        <x:v>115105.59</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>46036</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>115601.65</x:v>
+        <x:v>114777.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>46035</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>115469.46</x:v>
+        <x:v>115114.06</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>46034</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>115572.53</x:v>
+        <x:v>115049.83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>46031</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>115414.3</x:v>
+        <x:v>115383</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>46030</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>115393.18</x:v>
+        <x:v>115524.84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>46029</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>115368.13</x:v>
+        <x:v>115533.79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>46028</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>114734.33</x:v>
+        <x:v>115663.09</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>46027</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>114530.22</x:v>
+        <x:v>115536.03</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>46024</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>114262.97</x:v>
+        <x:v>115635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>46022</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>114367.61</x:v>
+        <x:v>115360.73</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>46021</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>114395.6</x:v>
+        <x:v>115264.56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>46020</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>114421.11</x:v>
+        <x:v>115353.81</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>46015</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>114130.66</x:v>
+        <x:v>115610.53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>46014</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>114128.88</x:v>
+        <x:v>115628.51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>46013</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>113760.83</x:v>
+        <x:v>115601.65</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>46010</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>113711.66</x:v>
+        <x:v>115469.46</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>46009</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>113552.6</x:v>
+        <x:v>115572.53</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>46008</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>113251.55</x:v>
+        <x:v>115414.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>46007</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>113558.11</x:v>
+        <x:v>115393.18</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>46006</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>113621.16</x:v>
+        <x:v>115368.13</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>46003</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>113466.4</x:v>
+        <x:v>114734.33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>46002</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>113586.34</x:v>
+        <x:v>114530.22</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>46001</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>113285.26</x:v>
+        <x:v>114262.97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>46000</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>113336.67</x:v>
+        <x:v>114367.61</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45999</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>113312.9</x:v>
+        <x:v>114395.6</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45996</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>113786.62</x:v>
+        <x:v>114421.11</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45995</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>113862.24</x:v>
+        <x:v>114130.66</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45994</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>113987.73</x:v>
+        <x:v>114128.88</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45993</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>113892.3</x:v>
+        <x:v>113760.83</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45992</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>113948.29</x:v>
+        <x:v>113711.66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45989</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>114290.96</x:v>
+        <x:v>113552.6</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45988</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>114438.62</x:v>
+        <x:v>113251.55</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45987</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>114523.41</x:v>
+        <x:v>113558.11</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>114282.61</x:v>
+        <x:v>113621.16</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45985</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>113760.6</x:v>
+        <x:v>113466.4</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45982</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>113746.6</x:v>
+        <x:v>113586.34</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45981</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>113596.67</x:v>
+        <x:v>113285.26</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45980</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>113616.79</x:v>
+        <x:v>113336.67</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45979</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>113604.48</x:v>
+        <x:v>113312.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45978</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>113800.53</x:v>
+        <x:v>113786.62</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45975</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>113862.35</x:v>
+        <x:v>113862.24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45974</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>114124.24</x:v>
+        <x:v>113987.73</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45973</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>114361.06</x:v>
+        <x:v>113892.3</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45971</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>113913.02</x:v>
+        <x:v>113948.29</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45968</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>113569.1</x:v>
+        <x:v>114290.96</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45967</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>113996.44</x:v>
+        <x:v>114438.62</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45966</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>114151.3</x:v>
+        <x:v>114523.41</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45965</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>114119.9</x:v>
+        <x:v>114282.61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45964</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>114061.34</x:v>
+        <x:v>113760.6</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45961</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>113933.91</x:v>
+        <x:v>113746.6</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45960</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>113838.03</x:v>
+        <x:v>113596.67</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45959</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>113823.88</x:v>
+        <x:v>113616.79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45958</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>114010.57</x:v>
+        <x:v>113604.48</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45957</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>113797.78</x:v>
+        <x:v>113800.53</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45954</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>113719.99</x:v>
+        <x:v>113862.35</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45953</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>113814.17</x:v>
+        <x:v>114124.24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45952</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>113738.73</x:v>
+        <x:v>114361.06</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45951</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>113790.1</x:v>
+        <x:v>113913.02</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45950</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>113609.76</x:v>
+        <x:v>113569.1</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45947</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>113454.11</x:v>
+        <x:v>113996.44</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45946</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>113686.49</x:v>
+        <x:v>114151.3</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45945</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>113660.71</x:v>
+        <x:v>114119.9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45944</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>113376.64</x:v>
+        <x:v>114061.34</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45943</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>113308.66</x:v>
+        <x:v>113933.91</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45940</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>112970.71</x:v>
+        <x:v>113838.03</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45939</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>113103.23</x:v>
+        <x:v>113823.88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45938</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>113272.75</x:v>
+        <x:v>114010.57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45937</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>112920.63</x:v>
+        <x:v>113797.78</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45936</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>112942.25</x:v>
+        <x:v>113719.99</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45933</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>113003.73</x:v>
+        <x:v>113814.17</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45932</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>112987.67</x:v>
+        <x:v>113738.73</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45931</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>113044.59</x:v>
+        <x:v>113790.1</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45930</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>112771.24</x:v>
+        <x:v>113609.76</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45929</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>112406.62</x:v>
+        <x:v>113454.11</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45926</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>112129.92</x:v>
+        <x:v>113686.49</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45925</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>111961.72</x:v>
+        <x:v>113660.71</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45924</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>112410.34</x:v>
+        <x:v>113376.64</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45923</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>112497.42</x:v>
+        <x:v>113308.66</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45922</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>112482.03</x:v>
+        <x:v>112970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45919</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>112391.83</x:v>
+        <x:v>113103.23</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45918</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>112598.85</x:v>
+        <x:v>113272.75</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45917</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>112669.04</x:v>
+        <x:v>112920.63</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45916</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>112331.51</x:v>
+        <x:v>112942.25</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45915</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>112419.06</x:v>
+        <x:v>113003.73</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45912</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>112370.85</x:v>
+        <x:v>112987.67</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45911</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>112522.01</x:v>
+        <x:v>113044.59</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45910</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>112439.65</x:v>
+        <x:v>112771.24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45909</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>112422.4</x:v>
+        <x:v>112406.62</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45908</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>112275.41</x:v>
+        <x:v>112129.92</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45905</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>112103.97</x:v>
+        <x:v>111961.72</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45904</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>111965.03</x:v>
+        <x:v>112410.34</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45903</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>111694.67</x:v>
+        <x:v>112497.42</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45902</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>111380.03</x:v>
+        <x:v>112482.03</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45901</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>111747.68</x:v>
+        <x:v>112391.83</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45898</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>111929.38</x:v>
+        <x:v>112598.85</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45897</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>112080.64</x:v>
+        <x:v>112669.04</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45896</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>111971.75</x:v>
+        <x:v>112331.51</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45895</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>111754.98</x:v>
+        <x:v>112419.06</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45894</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>111619.18</x:v>
+        <x:v>112370.85</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45891</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>112036.52</x:v>
+        <x:v>112522.01</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45890</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>111821.49</x:v>
+        <x:v>112439.65</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45889</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>111956.15</x:v>
+        <x:v>112422.4</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45888</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>111738.97</x:v>
+        <x:v>112275.41</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45887</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>111694.78</x:v>
+        <x:v>112103.97</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45883</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>111863.2</x:v>
+        <x:v>111965.03</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45882</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>111844.92</x:v>
+        <x:v>111694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45881</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>111439.52</x:v>
+        <x:v>111380.03</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45880</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>111554.21</x:v>
+        <x:v>111747.68</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45877</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>111482.28</x:v>
+        <x:v>111929.38</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45876</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>111913.4</x:v>
+        <x:v>112080.64</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45875</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>112055.92</x:v>
+        <x:v>111971.75</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45874</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>112316.8</x:v>
+        <x:v>111754.98</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45873</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>112284.05</x:v>
+        <x:v>111619.18</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45870</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>111981.65</x:v>
+        <x:v>112036.52</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45869</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>112193.46</x:v>
+        <x:v>111821.49</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45868</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>112320.2</x:v>
+        <x:v>111956.15</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45867</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>112496.11</x:v>
+        <x:v>111738.97</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45866</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>112617.43</x:v>
+        <x:v>111694.78</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45863</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>112217.23</x:v>
+        <x:v>111863.2</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45862</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>112418.77</x:v>
+        <x:v>111844.92</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45861</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>112122.16</x:v>
+        <x:v>111439.52</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45860</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>112048.89</x:v>
+        <x:v>111554.21</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45859</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>112161.39</x:v>
+        <x:v>111482.28</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45856</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>111858.47</x:v>
+        <x:v>111913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45855</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>111884.93</x:v>
+        <x:v>112055.92</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45854</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>111776.61</x:v>
+        <x:v>112316.8</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45853</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>111726.51</x:v>
+        <x:v>112284.05</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45849</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>111690.99</x:v>
+        <x:v>111981.65</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45848</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>111790.2</x:v>
+        <x:v>112193.46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45847</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>111943.08</x:v>
+        <x:v>112320.2</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45846</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>111604.88</x:v>
+        <x:v>112496.11</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45845</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>111693.93</x:v>
+        <x:v>112617.43</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45842</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>111810.8</x:v>
+        <x:v>112217.23</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45841</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>111932.93</x:v>
+        <x:v>112418.77</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45840</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>111346.77</x:v>
+        <x:v>112122.16</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45839</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>111773.81</x:v>
+        <x:v>112048.89</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45838</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>111421.64</x:v>
+        <x:v>112161.39</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45835</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>111625.25</x:v>
+        <x:v>111858.47</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45834</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>111536.22</x:v>
+        <x:v>111884.93</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45833</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>111378.01</x:v>
+        <x:v>111776.61</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45832</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>111387.06</x:v>
+        <x:v>111726.51</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45831</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>111237.37</x:v>
+        <x:v>111690.99</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45828</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>111165</x:v>
+        <x:v>111790.2</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45827</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>111302.36</x:v>
+        <x:v>111943.08</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45826</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>111491.31</x:v>
+        <x:v>111604.88</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45825</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>111322.81</x:v>
+        <x:v>111693.93</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45824</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>111547.54</x:v>
+        <x:v>111810.8</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45821</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>111432.78</x:v>
+        <x:v>111932.93</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45820</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>111933.5</x:v>
+        <x:v>111346.77</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45819</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>111809.6</x:v>
+        <x:v>111773.81</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45818</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>111930.25</x:v>
+        <x:v>111421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45814</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>111449.27</x:v>
+        <x:v>111625.25</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45813</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>111370.2</x:v>
+        <x:v>111536.22</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45812</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>111590.92</x:v>
+        <x:v>111378.01</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45811</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>111319.69</x:v>
+        <x:v>111387.06</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45810</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>111240.24</x:v>
+        <x:v>111237.37</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45807</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>111255.47</x:v>
+        <x:v>111165</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45805</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>111013.58</x:v>
+        <x:v>111302.36</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45804</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>111188.49</x:v>
+        <x:v>111491.31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45803</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>110922.19</x:v>
+        <x:v>111322.81</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45800</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>110806.3</x:v>
+        <x:v>111547.54</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45799</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>110645.15</x:v>
+        <x:v>111432.78</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45798</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>110770.64</x:v>
+        <x:v>111933.5</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45797</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>111145.5</x:v>
+        <x:v>111809.6</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45796</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>111244.71</x:v>
+        <x:v>111930.25</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45793</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>111015.62</x:v>
+        <x:v>111449.27</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45792</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>110639</x:v>
+        <x:v>111370.2</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45791</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>110163.24</x:v>
+        <x:v>111590.92</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45790</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>110276.32</x:v>
+        <x:v>111319.69</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45789</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>110388.51</x:v>
+        <x:v>111240.24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45786</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>110696.04</x:v>
+        <x:v>111255.47</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45784</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>111273.38</x:v>
+        <x:v>111013.58</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45783</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>110809</x:v>
+        <x:v>111188.49</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45782</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>110849.97</x:v>
+        <x:v>110922.19</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45779</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>110743.7</x:v>
+        <x:v>110806.3</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45777</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>111170.85</x:v>
+        <x:v>110645.15</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45776</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>110586.37</x:v>
+        <x:v>110770.64</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45775</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>110412.14</x:v>
+        <x:v>111145.5</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45772</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>110680.53</x:v>
+        <x:v>111244.71</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45771</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>110708.8</x:v>
+        <x:v>111015.62</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45770</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>110095.36</x:v>
+        <x:v>110639</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45769</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>109950.03</x:v>
+        <x:v>110163.24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45764</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>109699.96</x:v>
+        <x:v>110276.32</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45763</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>108999.32</x:v>
+        <x:v>110388.51</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45762</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>108969.07</x:v>
+        <x:v>110696.04</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45761</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>108677.03</x:v>
+        <x:v>111273.38</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45758</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>107902.28</x:v>
+        <x:v>110809</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45757</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>108092.17</x:v>
+        <x:v>110849.97</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45756</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>107610.52</x:v>
+        <x:v>110743.7</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45755</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>107525.02</x:v>
+        <x:v>111170.85</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45754</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>107249.51</x:v>
+        <x:v>110586.37</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45751</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>108495.49</x:v>
+        <x:v>110412.14</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45750</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>109434.82</x:v>
+        <x:v>110680.53</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45749</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>109355.95</x:v>
+        <x:v>110708.8</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45748</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>109489.57</x:v>
+        <x:v>110095.36</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45747</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>108919.88</x:v>
+        <x:v>109950.03</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45744</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>109204.61</x:v>
+        <x:v>109699.96</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45743</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>109050.17</x:v>
+        <x:v>108999.32</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45742</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>109008.91</x:v>
+        <x:v>108969.07</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45741</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>109215.62</x:v>
+        <x:v>108677.03</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45740</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>109148.69</x:v>
+        <x:v>107902.28</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45737</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>108824.11</x:v>
+        <x:v>108092.17</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45736</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>108891.96</x:v>
+        <x:v>107610.52</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45735</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>108668.36</x:v>
+        <x:v>107525.02</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45734</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>108548.46</x:v>
+        <x:v>107249.51</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45733</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>108315.96</x:v>
+        <x:v>108495.49</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45730</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>107874.24</x:v>
+        <x:v>109434.82</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45729</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>107823.79</x:v>
+        <x:v>109355.95</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45728</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>107736.55</x:v>
+        <x:v>109489.57</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45727</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>107374.87</x:v>
+        <x:v>108919.88</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45726</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>107928.17</x:v>
+        <x:v>109204.61</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45723</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>108259.86</x:v>
+        <x:v>109050.17</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45722</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>108485.89</x:v>
+        <x:v>109008.91</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45721</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>108797.89</x:v>
+        <x:v>109215.62</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45720</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>110121.39</x:v>
+        <x:v>109148.69</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45719</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>110583.27</x:v>
+        <x:v>108824.11</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45716</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>110919.52</x:v>
+        <x:v>108891.96</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45715</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>110958.15</x:v>
+        <x:v>108668.36</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45714</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>110775.1</x:v>
+        <x:v>108548.46</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45713</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>110610.58</x:v>
+        <x:v>108315.96</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45712</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>110530.5</x:v>
+        <x:v>107874.24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45709</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>110431.62</x:v>
+        <x:v>107823.79</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45708</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>110251.51</x:v>
+        <x:v>107736.55</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45707</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>110221.99</x:v>
+        <x:v>107374.87</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45706</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>110641.42</x:v>
+        <x:v>107928.17</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45705</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>110412.79</x:v>
+        <x:v>108259.86</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45702</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>110495.82</x:v>
+        <x:v>108485.89</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45701</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>110814.12</x:v>
+        <x:v>108797.89</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45700</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>110328.65</x:v>
+        <x:v>110121.39</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45699</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>110726.75</x:v>
+        <x:v>110583.27</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45698</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>111224.06</x:v>
+        <x:v>110919.52</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45695</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>111106.11</x:v>
+        <x:v>110958.15</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45694</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>111032.53</x:v>
+        <x:v>110775.1</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45693</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>110896.94</x:v>
+        <x:v>110610.58</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45692</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>110606.11</x:v>
+        <x:v>110530.5</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45691</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>110442.61</x:v>
+        <x:v>110431.62</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45688</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>109998.79</x:v>
+        <x:v>110251.51</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45687</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>109790.94</x:v>
+        <x:v>110221.99</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45686</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>109018.96</x:v>
+        <x:v>110641.42</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45685</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>109085.29</x:v>
+        <x:v>110412.79</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45684</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>109065.79</x:v>
+        <x:v>110495.82</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45681</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>108833.62</x:v>
+        <x:v>110814.12</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45680</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>108879.65</x:v>
+        <x:v>110328.65</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45679</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>108780.66</x:v>
+        <x:v>110726.75</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45678</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>108820.94</x:v>
+        <x:v>111224.06</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45677</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>108503.23</x:v>
+        <x:v>111106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45674</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>108450.98</x:v>
+        <x:v>111032.53</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45673</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>108288.63</x:v>
+        <x:v>110896.94</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45672</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>108099.81</x:v>
+        <x:v>110606.11</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45671</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>107154.46</x:v>
+        <x:v>110442.61</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45670</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>107388.49</x:v>
+        <x:v>109998.79</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45667</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>107493.93</x:v>
+        <x:v>109790.94</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45666</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>107831.47</x:v>
+        <x:v>109018.96</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45665</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>107868.35</x:v>
+        <x:v>109085.29</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45664</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>108058.31</x:v>
+        <x:v>109065.79</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45663</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>108093.25</x:v>
+        <x:v>108833.62</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45660</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>108091.1</x:v>
+        <x:v>108879.65</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45659</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>108347.6</x:v>
+        <x:v>108780.66</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45657</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>108270.19</x:v>
+        <x:v>108820.94</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45656</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>108150.67</x:v>
+        <x:v>108503.23</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45653</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>108239.19</x:v>
+        <x:v>108450.98</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45650</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>108684.53</x:v>
+        <x:v>108288.63</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45649</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>108469.89</x:v>
+        <x:v>108099.81</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45646</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>108598.07</x:v>
+        <x:v>107154.46</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45645</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>108401.43</x:v>
+        <x:v>107388.49</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45644</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>108974.37</x:v>
+        <x:v>107493.93</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45643</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>109276.97</x:v>
+        <x:v>107831.47</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45642</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>109384.67</x:v>
+        <x:v>107868.35</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45639</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>109563.55</x:v>
+        <x:v>108058.31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45638</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>109854.91</x:v>
+        <x:v>108093.25</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45637</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>110370.48</x:v>
+        <x:v>108091.1</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45636</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>110325.35</x:v>
+        <x:v>108347.6</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45635</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>110347.42</x:v>
+        <x:v>108270.19</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45632</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>110411.71</x:v>
+        <x:v>108150.67</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45631</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>110419.69</x:v>
+        <x:v>108239.19</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45630</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>110503.37</x:v>
+        <x:v>108684.53</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45629</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>110404.2</x:v>
+        <x:v>108469.89</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45628</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>110196.27</x:v>
+        <x:v>108598.07</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45625</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>109922.88</x:v>
+        <x:v>108401.43</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45624</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>109553.25</x:v>
+        <x:v>108974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45623</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>109124.73</x:v>
+        <x:v>109276.97</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45622</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>109047.01</x:v>
+        <x:v>109384.67</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45621</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>109086.33</x:v>
+        <x:v>109563.55</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45618</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>108921.45</x:v>
+        <x:v>109854.91</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45617</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>108228.04</x:v>
+        <x:v>110370.48</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45616</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>108150.73</x:v>
+        <x:v>110325.35</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45615</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>108274.32</x:v>
+        <x:v>110347.42</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45614</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>108155.53</x:v>
+        <x:v>110411.71</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45611</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>108351.29</x:v>
+        <x:v>110419.69</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45610</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>108778.38</x:v>
+        <x:v>110503.37</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45609</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>108500.53</x:v>
+        <x:v>110404.2</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45608</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>108566.04</x:v>
+        <x:v>110196.27</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45604</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>108692.1</x:v>
+        <x:v>109922.88</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45603</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>108225.9</x:v>
+        <x:v>109553.25</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45602</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>108267.42</x:v>
+        <x:v>109124.73</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45601</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>107752.82</x:v>
+        <x:v>109047.01</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45600</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>107707.17</x:v>
+        <x:v>109086.33</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45596</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>107863.47</x:v>
+        <x:v>108921.45</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45595</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>108132.47</x:v>
+        <x:v>108228.04</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45594</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>108870.16</x:v>
+        <x:v>108150.73</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45593</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>109260.42</x:v>
+        <x:v>108274.32</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45590</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>109081.08</x:v>
+        <x:v>108155.53</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45589</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>109184.44</x:v>
+        <x:v>108351.29</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45588</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>109068.7</x:v>
+        <x:v>108778.38</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45587</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>109064.05</x:v>
+        <x:v>108500.53</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45586</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>109327.17</x:v>
+        <x:v>108566.04</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45583</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>109952.02</x:v>
+        <x:v>108692.1</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45582</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>109772.67</x:v>
+        <x:v>108225.9</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45581</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>109624.98</x:v>
+        <x:v>108267.42</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45580</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>109400.07</x:v>
+        <x:v>107752.82</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45579</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>109219.03</x:v>
+        <x:v>107707.17</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45576</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>108937.15</x:v>
+        <x:v>107863.47</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45575</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>108711.45</x:v>
+        <x:v>108132.47</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45574</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>108617.12</x:v>
+        <x:v>108870.16</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45573</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>108527.42</x:v>
+        <x:v>109260.42</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45572</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>108291.31</x:v>
+        <x:v>109081.08</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45569</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>108615.17</x:v>
+        <x:v>109184.44</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45568</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>108723.51</x:v>
+        <x:v>109068.7</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45567</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>109050.37</x:v>
+        <x:v>109064.05</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45566</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>109240.43</x:v>
+        <x:v>109327.17</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45565</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>108720.07</x:v>
+        <x:v>109952.02</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45562</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>108703.79</x:v>
+        <x:v>109772.67</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45561</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>108567.68</x:v>
+        <x:v>109624.98</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45560</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>108614.96</x:v>
+        <x:v>109400.07</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45559</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>108859.54</x:v>
+        <x:v>109219.03</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45558</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>108721.36</x:v>
+        <x:v>108937.15</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45555</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>108437.09</x:v>
+        <x:v>108711.45</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45554</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>108589.01</x:v>
+        <x:v>108617.12</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45553</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>108331.97</x:v>
+        <x:v>108527.42</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45552</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>108671.95</x:v>
+        <x:v>108291.31</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45551</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>108809.99</x:v>
+        <x:v>108615.17</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45548</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>108580.95</x:v>
+        <x:v>108723.51</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45547</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>108570.07</x:v>
+        <x:v>109050.37</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45546</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>108535.8</x:v>
+        <x:v>109240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45545</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>108239.01</x:v>
+        <x:v>108720.07</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45544</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>108101.32</x:v>
+        <x:v>108703.79</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45541</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>107774.12</x:v>
+        <x:v>108567.68</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45540</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>107746.05</x:v>
+        <x:v>108614.96</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45539</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>107784.81</x:v>
+        <x:v>108859.54</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45538</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>107669.31</x:v>
+        <x:v>108721.36</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45537</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>107636.22</x:v>
+        <x:v>108437.09</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45534</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>107791.18</x:v>
+        <x:v>108589.01</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45533</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>107729.89</x:v>
+        <x:v>108331.97</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45532</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>107708.62</x:v>
+        <x:v>108671.95</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45531</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>107519.16</x:v>
+        <x:v>108809.99</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45530</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>107732.27</x:v>
+        <x:v>108580.95</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45527</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>107887.06</x:v>
+        <x:v>108570.07</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45526</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>107649.66</x:v>
+        <x:v>108535.8</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45525</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>107933.39</x:v>
+        <x:v>108239.01</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45524</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>107818.35</x:v>
+        <x:v>108101.32</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45523</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>107536.15</x:v>
+        <x:v>107774.12</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45520</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>107385.72</x:v>
+        <x:v>107746.05</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45518</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>107734.62</x:v>
+        <x:v>107784.81</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45517</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>107505.02</x:v>
+        <x:v>107669.31</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45516</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>107097.17</x:v>
+        <x:v>107636.22</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45513</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>107144.02</x:v>
+        <x:v>107791.18</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45512</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>106594.91</x:v>
+        <x:v>107729.89</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45511</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>106148.26</x:v>
+        <x:v>107708.62</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45510</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>106310.24</x:v>
+        <x:v>107519.16</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45509</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>106229.02</x:v>
+        <x:v>107732.27</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45506</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>107123.35</x:v>
+        <x:v>107887.06</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45505</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>107407</x:v>
+        <x:v>107649.66</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45504</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>107319</x:v>
+        <x:v>107933.39</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45503</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>106986.15</x:v>
+        <x:v>107818.35</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45502</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>107085.09</x:v>
+        <x:v>107536.15</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45499</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>106775.09</x:v>
+        <x:v>107385.72</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45498</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>106572.11</x:v>
+        <x:v>107734.62</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45497</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>106843.45</x:v>
+        <x:v>107505.02</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45496</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>107203.25</x:v>
+        <x:v>107097.17</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45495</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>106906.45</x:v>
+        <x:v>107144.02</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45492</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>106823.39</x:v>
+        <x:v>106594.91</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45491</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>107033.55</x:v>
+        <x:v>106148.26</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45490</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>107349.18</x:v>
+        <x:v>106310.24</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45489</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>107594.38</x:v>
+        <x:v>106229.02</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45488</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>107454.85</x:v>
+        <x:v>107123.35</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45485</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>107378.76</x:v>
+        <x:v>107407</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45484</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>107358.6</x:v>
+        <x:v>107319</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45483</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>107035.35</x:v>
+        <x:v>106986.15</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45482</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>106709.53</x:v>
+        <x:v>107085.09</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45481</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>106880.89</x:v>
+        <x:v>106775.09</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45478</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>106720.81</x:v>
+        <x:v>106572.11</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45477</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>106338.29</x:v>
+        <x:v>106843.45</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45476</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>106334.91</x:v>
+        <x:v>107203.25</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45475</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>106049.98</x:v>
+        <x:v>106906.45</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45474</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>106084.04</x:v>
+        <x:v>106823.39</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45471</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>106373.56</x:v>
+        <x:v>107033.55</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45470</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>106650.72</x:v>
+        <x:v>107349.18</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45469</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>106698.76</x:v>
+        <x:v>107594.38</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45468</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>107019.8</x:v>
+        <x:v>107454.85</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45467</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>106916.66</x:v>
+        <x:v>107378.76</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45464</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>106871.87</x:v>
+        <x:v>107358.6</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45463</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>106854.32</x:v>
+        <x:v>107035.35</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45462</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>106963.26</x:v>
+        <x:v>106709.53</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45461</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>107057.72</x:v>
+        <x:v>106880.89</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45460</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>106638.95</x:v>
+        <x:v>106720.81</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45457</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>106861.59</x:v>
+        <x:v>106338.29</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45456</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>106645.09</x:v>
+        <x:v>106334.91</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45455</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>106425.88</x:v>
+        <x:v>106049.98</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45454</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>105919.15</x:v>
+        <x:v>106084.04</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45453</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>105994.22</x:v>
+        <x:v>106373.56</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45450</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>106395.66</x:v>
+        <x:v>106650.72</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45449</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>106883.23</x:v>
+        <x:v>106698.76</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45448</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>106993.65</x:v>
+        <x:v>107019.8</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45447</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>106617.98</x:v>
+        <x:v>106916.66</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45446</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>106290.07</x:v>
+        <x:v>106871.87</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45443</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>106372.34</x:v>
+        <x:v>106854.32</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45442</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>106320.67</x:v>
+        <x:v>106963.26</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45441</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>106003.65</x:v>
+        <x:v>107057.72</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45440</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>106494.67</x:v>
+        <x:v>106638.95</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45439</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>106810.44</x:v>
+        <x:v>106861.59</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45436</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>106569.88</x:v>
+        <x:v>106645.09</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45435</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>106519.84</x:v>
+        <x:v>106425.88</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45434</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>106797.45</x:v>
+        <x:v>105919.15</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45433</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>107043.78</x:v>
+        <x:v>105994.22</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45429</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>106894.8</x:v>
+        <x:v>106395.66</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45428</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>107229.75</x:v>
+        <x:v>106883.23</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45427</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>107460.97</x:v>
+        <x:v>106993.65</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45426</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>106555.05</x:v>
+        <x:v>106617.98</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45425</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>106627.46</x:v>
+        <x:v>106290.07</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45422</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>106642.31</x:v>
+        <x:v>106372.34</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45419</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>107040.7</x:v>
+        <x:v>106320.67</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45418</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>106595.73</x:v>
+        <x:v>106003.65</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45415</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>106317.06</x:v>
+        <x:v>106494.67</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45414</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>106058.17</x:v>
+        <x:v>106810.44</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45412</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>106062.86</x:v>
+        <x:v>106569.88</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45411</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>106338.55</x:v>
+        <x:v>106519.84</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45408</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>106006.4</x:v>
+        <x:v>106797.45</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45407</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>105360.05</x:v>
+        <x:v>107043.78</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45406</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>105655.48</x:v>
+        <x:v>106894.8</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45405</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>106260.7</x:v>
+        <x:v>107229.75</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45404</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>106159.05</x:v>
+        <x:v>107460.97</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45401</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>105811.95</x:v>
+        <x:v>106555.05</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45400</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>106035.02</x:v>
+        <x:v>106627.46</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45399</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>106085.53</x:v>
+        <x:v>106642.31</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45398</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>105937.64</x:v>
+        <x:v>107040.7</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45397</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>106527.28</x:v>
+        <x:v>106595.73</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45394</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>107167.03</x:v>
+        <x:v>106317.06</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45393</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>106673.54</x:v>
+        <x:v>106058.17</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45392</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>106874.75</x:v>
+        <x:v>106062.86</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45391</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>107257.04</x:v>
+        <x:v>106338.55</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45390</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>106983.14</x:v>
+        <x:v>106006.4</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45387</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>107225.06</x:v>
+        <x:v>105360.05</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45386</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>107403.73</x:v>
+        <x:v>105655.48</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45385</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>107119.27</x:v>
+        <x:v>106260.7</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45384</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>107192.61</x:v>
+        <x:v>106159.05</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45379</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>107981.34</x:v>
+        <x:v>105811.95</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45378</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>107956.93</x:v>
+        <x:v>106035.02</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45377</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>107343.71</x:v>
+        <x:v>106085.53</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45376</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>107191.95</x:v>
+        <x:v>105937.64</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45373</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>107469.33</x:v>
+        <x:v>106527.28</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45372</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>107076.84</x:v>
+        <x:v>107167.03</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45371</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>106710.78</x:v>
+        <x:v>106673.54</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45370</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>106557.61</x:v>
+        <x:v>106874.75</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45369</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>106520.13</x:v>
+        <x:v>107257.04</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45366</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>106570.94</x:v>
+        <x:v>106983.14</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45365</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>106876.37</x:v>
+        <x:v>107225.06</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45364</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>107162.01</x:v>
+        <x:v>107403.73</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45363</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>107282.36</x:v>
+        <x:v>107119.27</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45362</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>107343.7</x:v>
+        <x:v>107192.61</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45359</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>107607.34</x:v>
+        <x:v>107981.34</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45358</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>107247.48</x:v>
+        <x:v>107956.93</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45357</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>107074.07</x:v>
+        <x:v>107343.71</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45356</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>106955.45</x:v>
+        <x:v>107191.95</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45355</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>106667.66</x:v>
+        <x:v>107469.33</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45352</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>106540.31</x:v>
+        <x:v>107076.84</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45351</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>106573.8</x:v>
+        <x:v>106710.78</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45350</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>106180.07</x:v>
+        <x:v>106557.61</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45349</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>106277.29</x:v>
+        <x:v>106520.13</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45348</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>106469.82</x:v>
+        <x:v>106570.94</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45345</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>107169.61</x:v>
+        <x:v>106876.37</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45344</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>106678.64</x:v>
+        <x:v>107162.01</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45343</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>106171.66</x:v>
+        <x:v>107282.36</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45342</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>106495.11</x:v>
+        <x:v>107343.7</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45341</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>106324.75</x:v>
+        <x:v>107607.34</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45338</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>106468.27</x:v>
+        <x:v>107247.48</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45337</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>106470.85</x:v>
+        <x:v>107074.07</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45336</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>106501.89</x:v>
+        <x:v>106955.45</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45335</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>105999.58</x:v>
+        <x:v>106667.66</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45334</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>106250.66</x:v>
+        <x:v>106540.31</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45331</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>106079.67</x:v>
+        <x:v>106573.8</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45330</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>106048.63</x:v>
+        <x:v>106180.07</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45329</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>106228.82</x:v>
+        <x:v>106277.29</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45328</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>106297.6</x:v>
+        <x:v>106469.82</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45327</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>106211.6</x:v>
+        <x:v>107169.61</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45324</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>106545.81</x:v>
+        <x:v>106678.64</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45323</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>107043.03</x:v>
+        <x:v>106171.66</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45322</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>106975.36</x:v>
+        <x:v>106495.11</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45321</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>106421.87</x:v>
+        <x:v>106324.75</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45320</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>106619.27</x:v>
+        <x:v>106468.27</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45317</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>106205.51</x:v>
+        <x:v>106470.85</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45316</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>105950.82</x:v>
+        <x:v>106501.89</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45315</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>105516.66</x:v>
+        <x:v>105999.58</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45314</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>105447.84</x:v>
+        <x:v>106250.66</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45313</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>105696.26</x:v>
+        <x:v>106079.67</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45310</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>105416.59</x:v>
+        <x:v>106048.63</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45309</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>105262.85</x:v>
+        <x:v>106228.82</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45308</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>105322.85</x:v>
+        <x:v>106297.6</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45307</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>105787.7</x:v>
+        <x:v>106211.6</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45306</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>106119.3</x:v>
+        <x:v>106545.81</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45303</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>106411.99</x:v>
+        <x:v>107043.03</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45302</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>105868.59</x:v>
+        <x:v>106975.36</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45301</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>105828.36</x:v>
+        <x:v>106421.87</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45300</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>105931.86</x:v>
+        <x:v>106619.27</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45299</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>106265.96</x:v>
+        <x:v>106205.51</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45296</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>106100.11</x:v>
+        <x:v>105950.82</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45295</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>106139</x:v>
+        <x:v>105516.66</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45294</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>106649.18</x:v>
+        <x:v>105447.84</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45293</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>106508.06</x:v>
+        <x:v>105696.26</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45289</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>106734.61</x:v>
+        <x:v>105416.59</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45288</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>107152.13</x:v>
+        <x:v>105262.85</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45287</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>107385.4</x:v>
+        <x:v>105322.85</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45282</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>106887.93</x:v>
+        <x:v>105787.7</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45281</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>106884.85</x:v>
+        <x:v>106119.3</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45280</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>106813.11</x:v>
+        <x:v>106411.99</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45279</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>106607.2</x:v>
+        <x:v>105868.59</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45278</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>106219.08</x:v>
+        <x:v>105828.36</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45275</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>106556.35</x:v>
+        <x:v>105931.86</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45274</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>105996.78</x:v>
+        <x:v>106265.96</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45273</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>105353.96</x:v>
+        <x:v>106100.11</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45272</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>104902.79</x:v>
+        <x:v>106139</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45271</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>104607.1</x:v>
+        <x:v>106649.18</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45268</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>104677.48</x:v>
+        <x:v>106508.06</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45267</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>105039.39</x:v>
+        <x:v>106734.61</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45266</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>105049.11</x:v>
+        <x:v>107152.13</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45265</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>104605.65</x:v>
+        <x:v>107385.4</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45264</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>103763.02</x:v>
+        <x:v>106887.93</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45261</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>103694.67</x:v>
+        <x:v>106884.85</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45260</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>102937.76</x:v>
+        <x:v>106813.11</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45259</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>102771.19</x:v>
+        <x:v>106607.2</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45258</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>102256.97</x:v>
+        <x:v>106219.08</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45257</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>101940.83</x:v>
+        <x:v>106556.35</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45254</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>101453.29</x:v>
+        <x:v>105996.78</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45253</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>101522.78</x:v>
+        <x:v>105353.96</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45252</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>101800.93</x:v>
+        <x:v>104902.79</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45251</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>101717.93</x:v>
+        <x:v>104607.1</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45250</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>101529.01</x:v>
+        <x:v>104677.48</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45247</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>101593.61</x:v>
+        <x:v>105039.39</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45246</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>101441.55</x:v>
+        <x:v>105049.11</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45245</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>101092.43</x:v>
+        <x:v>104605.65</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45244</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>101380.47</x:v>
+        <x:v>103763.02</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45243</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>100650.77</x:v>
+        <x:v>103694.67</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45240</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>100552.39</x:v>
+        <x:v>102937.76</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45239</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>100911.85</x:v>
+        <x:v>102771.19</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45238</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>101100.78</x:v>
+        <x:v>102256.97</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45237</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>100852.1</x:v>
+        <x:v>101940.83</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45236</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>100407.07</x:v>
+        <x:v>101453.29</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45233</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>100815.13</x:v>
+        <x:v>101522.78</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45232</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>100290.79</x:v>
+        <x:v>101800.93</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45230</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>99187.69</x:v>
+        <x:v>101717.93</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45229</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>99134.03</x:v>
+        <x:v>101529.01</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45226</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>98954.26</x:v>
+        <x:v>101593.61</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45225</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>98841.46</x:v>
+        <x:v>101441.55</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45224</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>98839.82</x:v>
+        <x:v>101092.43</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45223</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>99148.89</x:v>
+        <x:v>101380.47</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45222</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>98654.83</x:v>
+        <x:v>100650.77</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45219</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>98539.56</x:v>
+        <x:v>100552.39</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45218</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>98629.59</x:v>
+        <x:v>100911.85</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45217</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>99029.81</x:v>
+        <x:v>101100.78</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45216</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>99449.33</x:v>
+        <x:v>100852.1</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45215</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>99965.81</x:v>
+        <x:v>100407.07</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45212</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>100208.75</x:v>
+        <x:v>100815.13</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45211</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>100133.67</x:v>
+        <x:v>100290.79</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45210</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>100507.34</x:v>
+        <x:v>99187.69</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45209</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>100156.07</x:v>
+        <x:v>99134.03</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45208</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>99851.09</x:v>
+        <x:v>98954.26</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45205</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>99145.11</x:v>
+        <x:v>98841.46</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45204</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>99035.62</x:v>
+        <x:v>98839.82</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45203</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>98791.44</x:v>
+        <x:v>99148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45202</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>98610.74</x:v>
+        <x:v>98654.83</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45201</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>99046.42</x:v>
+        <x:v>98539.56</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45198</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>99636.71</x:v>
+        <x:v>98629.59</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45197</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>99194.98</x:v>
+        <x:v>99029.81</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45196</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>99654.62</x:v>
+        <x:v>99449.33</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45195</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>99986.11</x:v>
+        <x:v>99965.81</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45194</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>100073.06</x:v>
+        <x:v>100208.75</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45191</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>100426.93</x:v>
+        <x:v>100133.67</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45190</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>100517.5</x:v>
+        <x:v>100507.34</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45189</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>100995.95</x:v>
+        <x:v>100156.07</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45188</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>100744.82</x:v>
+        <x:v>99851.09</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45187</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>100834.03</x:v>
+        <x:v>99145.11</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45184</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>101233.17</x:v>
+        <x:v>99035.62</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45183</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>101744.69</x:v>
+        <x:v>98791.44</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45182</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>101102.63</x:v>
+        <x:v>98610.74</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45181</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>101235.04</x:v>
+        <x:v>99046.42</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45180</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>101144.5</x:v>
+        <x:v>99636.71</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45177</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>101251.34</x:v>
+        <x:v>99194.98</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45176</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>101049.56</x:v>
+        <x:v>99654.62</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45175</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>100687.36</x:v>
+        <x:v>99986.11</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45174</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>100956.55</x:v>
+        <x:v>100073.06</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45173</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>101244.19</x:v>
+        <x:v>100426.93</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45170</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>101412.73</x:v>
+        <x:v>100517.5</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45169</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>101816.46</x:v>
+        <x:v>100995.95</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45168</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>101361.97</x:v>
+        <x:v>100744.82</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45167</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>101441.43</x:v>
+        <x:v>100834.03</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45166</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>101014.79</x:v>
+        <x:v>101233.17</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45163</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>101013.27</x:v>
+        <x:v>101744.69</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45162</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>101263.61</x:v>
+        <x:v>101102.63</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45161</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>101205.66</x:v>
+        <x:v>101235.04</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45160</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>100362.79</x:v>
+        <x:v>101144.5</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45159</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>99862.51</x:v>
+        <x:v>101251.34</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45156</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>100239.05</x:v>
+        <x:v>101049.56</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45155</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>99773.22</x:v>
+        <x:v>100687.36</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45154</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>100231.7</x:v>
+        <x:v>100956.55</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45152</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>100605.36</x:v>
+        <x:v>101244.19</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45149</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>100599.36</x:v>
+        <x:v>101412.73</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45148</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>100919.11</x:v>
+        <x:v>101816.46</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45147</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>100974.02</x:v>
+        <x:v>101361.97</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45146</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>101426.84</x:v>
+        <x:v>101441.43</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45145</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>100484.3</x:v>
+        <x:v>101014.79</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45142</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>100626.28</x:v>
+        <x:v>101013.27</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45141</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>100282.55</x:v>
+        <x:v>101263.61</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45140</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>100762.76</x:v>
+        <x:v>101205.66</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45139</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>100944.11</x:v>
+        <x:v>100362.79</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45138</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>101627.2</x:v>
+        <x:v>99862.51</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45135</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>101112.23</x:v>
+        <x:v>100239.05</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45134</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>101048.87</x:v>
+        <x:v>99773.22</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45133</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>100620.76</x:v>
+        <x:v>100231.7</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45132</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>100869.75</x:v>
+        <x:v>100605.36</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45131</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>100966.26</x:v>
+        <x:v>100599.36</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45128</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>100713.33</x:v>
+        <x:v>100919.11</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45127</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>100596.56</x:v>
+        <x:v>100974.02</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45126</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>101001.68</x:v>
+        <x:v>101426.84</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45125</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>101055.12</x:v>
+        <x:v>100484.3</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45124</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>100426.6</x:v>
+        <x:v>100626.28</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45120</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>100436.8</x:v>
+        <x:v>100282.55</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45119</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>99672.97</x:v>
+        <x:v>100762.76</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45118</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>99150.32</x:v>
+        <x:v>100944.11</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>45117</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>99064.81</x:v>
+        <x:v>101627.2</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>45114</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>98983.27</x:v>
+        <x:v>101112.23</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>45113</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>99112.61</x:v>
+        <x:v>101048.87</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>45112</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>100245.5</x:v>
+        <x:v>100620.76</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>45111</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>100486.03</x:v>
+        <x:v>100869.75</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>45110</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>100482.93</x:v>
+        <x:v>100966.26</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>45107</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>100796.12</x:v>
+        <x:v>100713.33</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>45106</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>100627.24</x:v>
+        <x:v>100596.56</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>45105</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>101002.14</x:v>
+        <x:v>101001.68</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>45104</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>100640.32</x:v>
+        <x:v>101055.12</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>45103</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>100787.21</x:v>
+        <x:v>100426.6</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>45100</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>100587.01</x:v>
+        <x:v>100436.8</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>45099</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>99859.85</x:v>
+        <x:v>99672.97</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>45098</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>100348.88</x:v>
+        <x:v>99150.32</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>45097</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>100705.99</x:v>
+        <x:v>99064.81</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>45096</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>100248.16</x:v>
+        <x:v>98983.27</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>45093</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>100601.72</x:v>
+        <x:v>99112.61</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>45092</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>100460.1</x:v>
+        <x:v>100245.5</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>45091</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>100713.86</x:v>
+        <x:v>100486.03</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>45090</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>101138.42</x:v>
+        <x:v>100482.93</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>45089</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>101136.29</x:v>
+        <x:v>100796.12</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>45086</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>101188.08</x:v>
+        <x:v>100627.24</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>45085</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>101009.52</x:v>
+        <x:v>101002.14</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>45084</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>100766.64</x:v>
+        <x:v>100640.32</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>45083</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>101201.62</x:v>
+        <x:v>100787.21</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>45082</x:v>
+        <x:v>45100</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>100957.09</x:v>
+        <x:v>100587.01</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>45079</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>101198.35</x:v>
+        <x:v>99859.85</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>45078</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>101237.35</x:v>
+        <x:v>100348.88</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>45077</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>100890.94</x:v>
+        <x:v>100705.99</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>45076</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>100537.37</x:v>
+        <x:v>100248.16</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>45072</x:v>
+        <x:v>45093</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>99472.7</x:v>
+        <x:v>100601.72</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>45071</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>99577.19</x:v>
+        <x:v>100460.1</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
+        <x:v>45091</x:v>
+      </x:c>
+      <x:c r="B687" s="3">
+        <x:v>100713.86</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="688" spans="1:2">
+      <x:c r="A688" s="2">
+        <x:v>45090</x:v>
+      </x:c>
+      <x:c r="B688" s="3">
+        <x:v>101138.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="689" spans="1:2">
+      <x:c r="A689" s="2">
+        <x:v>45089</x:v>
+      </x:c>
+      <x:c r="B689" s="3">
+        <x:v>101136.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="690" spans="1:2">
+      <x:c r="A690" s="2">
+        <x:v>45086</x:v>
+      </x:c>
+      <x:c r="B690" s="3">
+        <x:v>101188.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="691" spans="1:2">
+      <x:c r="A691" s="2">
+        <x:v>45085</x:v>
+      </x:c>
+      <x:c r="B691" s="3">
+        <x:v>101009.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="692" spans="1:2">
+      <x:c r="A692" s="2">
+        <x:v>45084</x:v>
+      </x:c>
+      <x:c r="B692" s="3">
+        <x:v>100766.64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="693" spans="1:2">
+      <x:c r="A693" s="2">
+        <x:v>45083</x:v>
+      </x:c>
+      <x:c r="B693" s="3">
+        <x:v>101201.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="694" spans="1:2">
+      <x:c r="A694" s="2">
+        <x:v>45082</x:v>
+      </x:c>
+      <x:c r="B694" s="3">
+        <x:v>100957.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="695" spans="1:2">
+      <x:c r="A695" s="2">
+        <x:v>45079</x:v>
+      </x:c>
+      <x:c r="B695" s="3">
+        <x:v>101198.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="696" spans="1:2">
+      <x:c r="A696" s="2">
+        <x:v>45078</x:v>
+      </x:c>
+      <x:c r="B696" s="3">
+        <x:v>101237.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="697" spans="1:2">
+      <x:c r="A697" s="2">
+        <x:v>45077</x:v>
+      </x:c>
+      <x:c r="B697" s="3">
+        <x:v>100890.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="698" spans="1:2">
+      <x:c r="A698" s="2">
+        <x:v>45076</x:v>
+      </x:c>
+      <x:c r="B698" s="3">
+        <x:v>100537.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="699" spans="1:2">
+      <x:c r="A699" s="2">
+        <x:v>45072</x:v>
+      </x:c>
+      <x:c r="B699" s="3">
+        <x:v>99472.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="700" spans="1:2">
+      <x:c r="A700" s="2">
+        <x:v>45071</x:v>
+      </x:c>
+      <x:c r="B700" s="3">
+        <x:v>99577.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="701" spans="1:2">
+      <x:c r="A701" s="2">
         <x:v>45070</x:v>
       </x:c>
-      <x:c r="B687" s="3">
+      <x:c r="B701" s="3">
         <x:v>100000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR001400CT66</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR001400CT66!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>