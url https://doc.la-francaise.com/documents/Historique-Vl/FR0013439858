--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b56e881269b4d65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/de274f897f05482fbcf2a1c8a518dbf5.psmdcp" Id="Rf2e29f38c3bb477f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47aa436f814d4783" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a60488675aa44c4aa70b8aedac76193.psmdcp" Id="R131a12cda119467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0013439858" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,4441 +420,4689 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B548"/>
+  <x:dimension ref="A1:B579"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46003</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>1282.33</x:v>
+        <x:v>1292.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46002</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>1283.29</x:v>
+        <x:v>1293.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46001</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>1283.11</x:v>
+        <x:v>1294.04</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46000</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>1283.02</x:v>
+        <x:v>1292.72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45999</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>1283.07</x:v>
+        <x:v>1292.07</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45996</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>1283.66</x:v>
+        <x:v>1291.73</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45995</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>1283.48</x:v>
+        <x:v>1288.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45994</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>1282.35</x:v>
+        <x:v>1286.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45993</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>1281.38</x:v>
+        <x:v>1290.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45992</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>1280.58</x:v>
+        <x:v>1292.25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45989</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>1281.29</x:v>
+        <x:v>1292.43</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45988</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>1280.2</x:v>
+        <x:v>1291.89</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45987</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>1279.04</x:v>
+        <x:v>1292.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45986</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>1276.85</x:v>
+        <x:v>1292.85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45985</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>1275.37</x:v>
+        <x:v>1292.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45982</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>1272.74</x:v>
+        <x:v>1290.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45981</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>1273.11</x:v>
+        <x:v>1290.21</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45980</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>1272.77</x:v>
+        <x:v>1290.35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45979</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>1272.09</x:v>
+        <x:v>1288.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45978</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>1275.14</x:v>
+        <x:v>1286.48</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45975</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>1276.33</x:v>
+        <x:v>1286.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45974</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>1278.3</x:v>
+        <x:v>1286.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45973</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>1280.48</x:v>
+        <x:v>1285.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45971</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>1279.15</x:v>
+        <x:v>1286.06</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45968</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>1276.35</x:v>
+        <x:v>1285.57</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45967</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>1277.04</x:v>
+        <x:v>1284.43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45966</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>1278.01</x:v>
+        <x:v>1283.67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45965</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>1277.59</x:v>
+        <x:v>1282.39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45964</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>1279.94</x:v>
+        <x:v>1281.05</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45961</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>1280.21</x:v>
+        <x:v>1281.81</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45960</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>1279.94</x:v>
+        <x:v>1282.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45959</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>1281.07</x:v>
+        <x:v>1282.33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45958</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>1280.53</x:v>
+        <x:v>1283.29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45957</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>1279.52</x:v>
+        <x:v>1283.11</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45954</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>1276.71</x:v>
+        <x:v>1283.02</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45953</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>1274.95</x:v>
+        <x:v>1283.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45952</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>1273.62</x:v>
+        <x:v>1283.66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45951</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>1273.75</x:v>
+        <x:v>1283.48</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45950</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>1272.91</x:v>
+        <x:v>1282.35</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45947</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>1270.43</x:v>
+        <x:v>1281.38</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45946</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>1264.03</x:v>
+        <x:v>1280.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45945</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>1271.17</x:v>
+        <x:v>1281.29</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45944</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>1266.39</x:v>
+        <x:v>1280.2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45943</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>1265.44</x:v>
+        <x:v>1279.04</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45940</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>1264.72</x:v>
+        <x:v>1276.85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45939</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>1270.5</x:v>
+        <x:v>1275.37</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45938</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>1272.23</x:v>
+        <x:v>1272.74</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45937</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>1272.68</x:v>
+        <x:v>1273.11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45936</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>1274.42</x:v>
+        <x:v>1272.77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45933</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>1274.54</x:v>
+        <x:v>1272.09</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45932</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>1273.95</x:v>
+        <x:v>1275.14</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45931</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>1272.3</x:v>
+        <x:v>1276.33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45930</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>1271.81</x:v>
+        <x:v>1278.3</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45929</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>1271.51</x:v>
+        <x:v>1280.48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45926</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>1271.05</x:v>
+        <x:v>1279.15</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45925</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>1270.34</x:v>
+        <x:v>1276.35</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45924</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1271.77</x:v>
+        <x:v>1277.04</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45923</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>1271.63</x:v>
+        <x:v>1278.01</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45922</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>1271.77</x:v>
+        <x:v>1277.59</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45919</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>1271.6</x:v>
+        <x:v>1279.94</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45918</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>1270.61</x:v>
+        <x:v>1280.21</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45917</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>1267.77</x:v>
+        <x:v>1279.94</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45916</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>1267.75</x:v>
+        <x:v>1281.07</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45915</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>1267.8</x:v>
+        <x:v>1280.53</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45912</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>1266.26</x:v>
+        <x:v>1279.52</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45911</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>1266.01</x:v>
+        <x:v>1276.71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45910</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1263.85</x:v>
+        <x:v>1274.95</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45909</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1263.37</x:v>
+        <x:v>1273.62</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45908</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>1263.21</x:v>
+        <x:v>1273.75</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45905</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>1262.16</x:v>
+        <x:v>1272.91</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45904</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1261.58</x:v>
+        <x:v>1270.43</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45903</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1259.09</x:v>
+        <x:v>1264.03</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45902</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1258.77</x:v>
+        <x:v>1271.17</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45901</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>1261.65</x:v>
+        <x:v>1266.39</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45898</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>1261.69</x:v>
+        <x:v>1265.44</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45897</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1262.84</x:v>
+        <x:v>1264.72</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45896</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1261.91</x:v>
+        <x:v>1270.5</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45895</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1261.27</x:v>
+        <x:v>1272.23</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45894</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>1261.61</x:v>
+        <x:v>1272.68</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45891</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1262.46</x:v>
+        <x:v>1274.42</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45890</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1260.21</x:v>
+        <x:v>1274.54</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45889</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1261.39</x:v>
+        <x:v>1273.95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45888</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>1262.82</x:v>
+        <x:v>1272.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45887</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1263.36</x:v>
+        <x:v>1271.81</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45883</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1263.36</x:v>
+        <x:v>1271.51</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45882</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1262.64</x:v>
+        <x:v>1271.05</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45881</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1260.98</x:v>
+        <x:v>1270.34</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45880</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>1259.11</x:v>
+        <x:v>1271.77</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45877</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>1258.82</x:v>
+        <x:v>1271.63</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45876</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>1257.19</x:v>
+        <x:v>1271.77</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45875</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>1256.18</x:v>
+        <x:v>1271.6</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45874</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>1254.78</x:v>
+        <x:v>1270.61</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45873</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>1254.74</x:v>
+        <x:v>1267.77</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45870</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>1252.53</x:v>
+        <x:v>1267.75</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45869</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>1256.47</x:v>
+        <x:v>1267.8</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45868</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>1256.5</x:v>
+        <x:v>1266.26</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45867</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>1256.82</x:v>
+        <x:v>1266.01</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45866</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>1256.53</x:v>
+        <x:v>1263.85</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45863</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>1255.72</x:v>
+        <x:v>1263.37</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45862</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>1255.4</x:v>
+        <x:v>1263.21</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45861</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>1253.67</x:v>
+        <x:v>1262.16</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45860</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>1250.81</x:v>
+        <x:v>1261.58</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45859</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>1250.41</x:v>
+        <x:v>1259.09</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45856</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>1249.95</x:v>
+        <x:v>1258.77</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45855</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>1249.79</x:v>
+        <x:v>1261.65</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45854</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>1247.19</x:v>
+        <x:v>1261.69</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45853</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>1247.7</x:v>
+        <x:v>1262.84</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45849</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>1248.66</x:v>
+        <x:v>1261.91</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45848</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>1250.22</x:v>
+        <x:v>1261.27</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45847</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>1248.44</x:v>
+        <x:v>1261.61</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45846</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>1245.58</x:v>
+        <x:v>1262.46</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45845</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>1245.12</x:v>
+        <x:v>1260.21</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45842</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>1246.03</x:v>
+        <x:v>1261.39</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45841</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>1246.17</x:v>
+        <x:v>1262.82</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45840</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>1243.28</x:v>
+        <x:v>1263.36</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45839</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>1241.9</x:v>
+        <x:v>1263.36</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45838</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>1242.42</x:v>
+        <x:v>1262.64</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45835</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>1241.03</x:v>
+        <x:v>1260.98</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45834</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>1239.56</x:v>
+        <x:v>1259.11</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45833</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>1238.06</x:v>
+        <x:v>1258.82</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45832</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>1238.47</x:v>
+        <x:v>1257.19</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45831</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>1233.19</x:v>
+        <x:v>1256.18</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45828</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>1231.53</x:v>
+        <x:v>1254.78</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45827</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>1231.57</x:v>
+        <x:v>1254.74</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45826</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>1233.09</x:v>
+        <x:v>1252.53</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45825</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>1233.68</x:v>
+        <x:v>1256.47</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45824</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>1235.73</x:v>
+        <x:v>1256.5</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45821</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>1233.18</x:v>
+        <x:v>1256.82</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45820</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>1237.46</x:v>
+        <x:v>1256.53</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45819</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>1237.63</x:v>
+        <x:v>1255.72</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45818</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>1237.71</x:v>
+        <x:v>1255.4</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45814</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>1235.06</x:v>
+        <x:v>1253.67</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45813</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>1232.27</x:v>
+        <x:v>1250.81</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45812</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>1232.56</x:v>
+        <x:v>1250.41</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45811</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>1231.26</x:v>
+        <x:v>1249.95</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45810</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>1228.78</x:v>
+        <x:v>1249.79</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45807</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>1228</x:v>
+        <x:v>1247.19</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45805</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>1224.2</x:v>
+        <x:v>1247.7</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45804</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>1224.94</x:v>
+        <x:v>1248.66</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45803</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>1219.03</x:v>
+        <x:v>1250.22</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45800</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>1225.55</x:v>
+        <x:v>1248.44</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45799</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>1220.8</x:v>
+        <x:v>1245.58</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45798</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>1221.49</x:v>
+        <x:v>1245.12</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45797</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>1225.05</x:v>
+        <x:v>1246.03</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45796</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>1224.62</x:v>
+        <x:v>1246.17</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45793</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>1224.99</x:v>
+        <x:v>1243.28</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45792</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>1223.02</x:v>
+        <x:v>1241.9</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45791</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>1221.41</x:v>
+        <x:v>1242.42</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45790</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>1222.49</x:v>
+        <x:v>1241.03</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45789</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>1219.45</x:v>
+        <x:v>1239.56</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45786</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>1208.92</x:v>
+        <x:v>1238.06</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45784</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>1204.82</x:v>
+        <x:v>1238.47</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45783</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>1203.33</x:v>
+        <x:v>1233.19</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45782</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>1205.22</x:v>
+        <x:v>1231.53</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45779</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>1205.15</x:v>
+        <x:v>1231.57</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45777</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>1198.89</x:v>
+        <x:v>1233.09</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45776</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>1200.67</x:v>
+        <x:v>1233.68</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45775</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>1199.64</x:v>
+        <x:v>1235.73</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45772</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>1198.07</x:v>
+        <x:v>1233.18</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45771</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>1194.72</x:v>
+        <x:v>1237.46</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45770</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>1189.79</x:v>
+        <x:v>1237.63</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45769</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>1179.34</x:v>
+        <x:v>1237.71</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45764</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>1178.42</x:v>
+        <x:v>1235.06</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45763</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>1175.05</x:v>
+        <x:v>1232.27</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45762</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>1176.89</x:v>
+        <x:v>1232.56</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45761</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>1172.87</x:v>
+        <x:v>1231.26</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45758</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>1166.33</x:v>
+        <x:v>1228.78</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45757</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>1167.29</x:v>
+        <x:v>1228</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45756</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>1160.26</x:v>
+        <x:v>1224.2</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45755</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>1153.5</x:v>
+        <x:v>1224.94</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45754</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>1147.53</x:v>
+        <x:v>1219.03</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45751</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>1164.18</x:v>
+        <x:v>1225.55</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45750</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>1186.03</x:v>
+        <x:v>1220.8</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45749</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>1201.52</x:v>
+        <x:v>1221.49</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45748</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>1200.68</x:v>
+        <x:v>1225.05</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45747</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>1197.87</x:v>
+        <x:v>1224.62</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45744</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>1201.08</x:v>
+        <x:v>1224.99</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45743</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>1206.22</x:v>
+        <x:v>1223.02</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45742</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>1209.15</x:v>
+        <x:v>1221.41</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45741</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>1212.55</x:v>
+        <x:v>1222.49</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45740</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>1211.86</x:v>
+        <x:v>1219.45</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45737</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>1208.37</x:v>
+        <x:v>1208.92</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45736</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>1208.76</x:v>
+        <x:v>1204.82</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45735</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>1208.12</x:v>
+        <x:v>1203.33</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45734</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>1204.88</x:v>
+        <x:v>1205.22</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45733</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>1204.47</x:v>
+        <x:v>1205.15</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45730</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>1201.4</x:v>
+        <x:v>1198.89</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45729</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>1197.86</x:v>
+        <x:v>1200.67</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45728</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>1202.5</x:v>
+        <x:v>1199.64</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45727</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>1201.47</x:v>
+        <x:v>1198.07</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45726</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>1205.49</x:v>
+        <x:v>1194.72</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45723</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>1211.96</x:v>
+        <x:v>1189.79</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45722</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>1212.3</x:v>
+        <x:v>1179.34</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45721</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>1217.74</x:v>
+        <x:v>1178.42</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45720</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>1216.28</x:v>
+        <x:v>1175.05</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45719</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>1221.14</x:v>
+        <x:v>1176.89</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45716</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>1222.45</x:v>
+        <x:v>1172.87</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45715</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>1220.59</x:v>
+        <x:v>1166.33</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45714</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>1223.1</x:v>
+        <x:v>1167.29</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45713</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>1221.61</x:v>
+        <x:v>1160.26</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45712</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>1222.56</x:v>
+        <x:v>1153.5</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45709</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>1223.54</x:v>
+        <x:v>1147.53</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45708</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>1226.21</x:v>
+        <x:v>1164.18</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45707</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>1226.7</x:v>
+        <x:v>1186.03</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45706</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>1227.69</x:v>
+        <x:v>1201.52</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45705</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>1226.37</x:v>
+        <x:v>1200.68</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45702</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>1225.68</x:v>
+        <x:v>1197.87</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45701</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>1224.54</x:v>
+        <x:v>1201.08</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45700</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>1219.52</x:v>
+        <x:v>1206.22</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45699</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>1220.41</x:v>
+        <x:v>1209.15</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45698</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>1219.88</x:v>
+        <x:v>1212.55</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45695</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>1217.96</x:v>
+        <x:v>1211.86</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45694</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>1220.03</x:v>
+        <x:v>1208.37</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45693</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>1217.06</x:v>
+        <x:v>1208.76</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45692</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>1214.45</x:v>
+        <x:v>1208.12</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45691</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>1210.93</x:v>
+        <x:v>1204.88</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45688</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>1215.02</x:v>
+        <x:v>1204.47</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45687</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>1214.27</x:v>
+        <x:v>1201.4</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45686</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>1211.42</x:v>
+        <x:v>1197.86</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45685</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>1211.02</x:v>
+        <x:v>1202.5</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45684</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>1208.49</x:v>
+        <x:v>1201.47</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45681</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>1212.38</x:v>
+        <x:v>1205.49</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45680</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>1212.85</x:v>
+        <x:v>1211.96</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45679</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>1211.57</x:v>
+        <x:v>1212.3</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45678</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>1209.25</x:v>
+        <x:v>1217.74</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45677</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>1206.99</x:v>
+        <x:v>1216.28</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45674</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>1206.34</x:v>
+        <x:v>1221.14</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45673</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>1203.36</x:v>
+        <x:v>1222.45</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45672</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>1201.74</x:v>
+        <x:v>1220.59</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45671</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>1195.16</x:v>
+        <x:v>1223.1</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45670</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>1193.62</x:v>
+        <x:v>1221.61</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45667</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>1196.98</x:v>
+        <x:v>1222.56</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45666</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>1201.7</x:v>
+        <x:v>1223.54</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45665</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>1203.23</x:v>
+        <x:v>1226.21</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45664</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>1205.42</x:v>
+        <x:v>1226.7</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45663</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>1207.26</x:v>
+        <x:v>1227.69</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45660</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>1205.5</x:v>
+        <x:v>1226.37</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45659</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>1204.64</x:v>
+        <x:v>1225.68</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45657</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>1203.94</x:v>
+        <x:v>1224.54</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45656</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>1204.02</x:v>
+        <x:v>1219.52</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45653</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>1204.67</x:v>
+        <x:v>1220.41</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45650</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>1205.54</x:v>
+        <x:v>1219.88</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45649</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>1204.2</x:v>
+        <x:v>1217.96</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45646</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>1203.33</x:v>
+        <x:v>1220.03</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45645</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>1202.4</x:v>
+        <x:v>1217.06</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45644</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>1204.34</x:v>
+        <x:v>1214.45</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45643</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>1206.56</x:v>
+        <x:v>1210.93</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45642</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>1207.22</x:v>
+        <x:v>1215.02</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45639</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>1207.29</x:v>
+        <x:v>1214.27</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45638</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>1207.77</x:v>
+        <x:v>1211.42</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45637</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>1207.7</x:v>
+        <x:v>1211.02</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45636</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>1206.59</x:v>
+        <x:v>1208.49</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45635</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>1206.42</x:v>
+        <x:v>1212.38</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45632</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>1205.78</x:v>
+        <x:v>1212.85</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45631</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>1204.13</x:v>
+        <x:v>1211.57</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45630</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>1202.53</x:v>
+        <x:v>1209.25</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45629</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>1199.88</x:v>
+        <x:v>1206.99</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45628</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>1197.82</x:v>
+        <x:v>1206.34</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45625</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>1196.33</x:v>
+        <x:v>1203.36</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45624</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>1194.84</x:v>
+        <x:v>1201.74</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45623</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>1193.68</x:v>
+        <x:v>1195.16</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45622</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>1193.86</x:v>
+        <x:v>1193.62</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45621</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>1193.88</x:v>
+        <x:v>1196.98</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45618</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>1192.41</x:v>
+        <x:v>1201.7</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45617</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>1191.49</x:v>
+        <x:v>1203.23</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45616</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>1190.61</x:v>
+        <x:v>1205.42</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45615</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>1190.71</x:v>
+        <x:v>1207.26</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45614</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>1190.46</x:v>
+        <x:v>1205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45611</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>1190.03</x:v>
+        <x:v>1204.64</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45610</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>1191.84</x:v>
+        <x:v>1203.94</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45609</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>1191.11</x:v>
+        <x:v>1204.02</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45608</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>1191.21</x:v>
+        <x:v>1204.67</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45604</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>1191.07</x:v>
+        <x:v>1205.54</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45603</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>1189.7</x:v>
+        <x:v>1204.2</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45602</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>1188.27</x:v>
+        <x:v>1203.33</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45601</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>1183.86</x:v>
+        <x:v>1202.4</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45600</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>1182.35</x:v>
+        <x:v>1204.34</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45596</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>1181.7</x:v>
+        <x:v>1206.56</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45595</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>1185.37</x:v>
+        <x:v>1207.22</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45594</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>1186.2</x:v>
+        <x:v>1207.29</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45593</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>1185.91</x:v>
+        <x:v>1207.77</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45590</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>1184.91</x:v>
+        <x:v>1207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45589</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>1185.03</x:v>
+        <x:v>1206.59</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45588</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>1183.73</x:v>
+        <x:v>1206.42</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45587</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>1185.11</x:v>
+        <x:v>1205.78</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45586</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>1186.04</x:v>
+        <x:v>1204.13</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45583</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>1186.84</x:v>
+        <x:v>1202.53</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45582</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>1185.61</x:v>
+        <x:v>1199.88</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45581</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>1184</x:v>
+        <x:v>1197.82</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45580</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>1183.42</x:v>
+        <x:v>1196.33</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45579</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>1183.36</x:v>
+        <x:v>1194.84</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45576</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>1181.39</x:v>
+        <x:v>1193.68</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45575</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>1180.37</x:v>
+        <x:v>1193.86</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45574</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>1180.07</x:v>
+        <x:v>1193.88</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45573</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>1179.12</x:v>
+        <x:v>1192.41</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45572</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>1178.77</x:v>
+        <x:v>1191.49</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45569</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>1180.84</x:v>
+        <x:v>1190.61</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45568</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>1180.16</x:v>
+        <x:v>1190.71</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45567</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>1179.89</x:v>
+        <x:v>1190.46</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45566</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>1180.5</x:v>
+        <x:v>1190.03</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45565</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>1181.29</x:v>
+        <x:v>1191.84</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45562</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>1181.89</x:v>
+        <x:v>1191.11</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45561</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>1181.18</x:v>
+        <x:v>1191.21</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45560</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>1178.8</x:v>
+        <x:v>1191.07</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45559</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>1179.39</x:v>
+        <x:v>1189.7</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45558</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>1178.38</x:v>
+        <x:v>1188.27</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45555</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>1177.68</x:v>
+        <x:v>1183.86</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45554</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>1178.19</x:v>
+        <x:v>1182.35</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45553</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>1172.53</x:v>
+        <x:v>1181.7</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45552</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>1172.59</x:v>
+        <x:v>1185.37</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45551</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>1171.49</x:v>
+        <x:v>1186.2</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45548</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>1170.51</x:v>
+        <x:v>1185.91</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45547</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>1169.04</x:v>
+        <x:v>1184.91</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45546</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>1166.41</x:v>
+        <x:v>1185.03</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45545</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>1166.54</x:v>
+        <x:v>1183.73</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45544</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>1166.69</x:v>
+        <x:v>1185.11</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45541</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>1165.12</x:v>
+        <x:v>1186.04</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45540</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>1167.33</x:v>
+        <x:v>1186.84</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45539</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>1167.48</x:v>
+        <x:v>1185.61</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45538</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>1169.57</x:v>
+        <x:v>1184</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45537</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>1172.52</x:v>
+        <x:v>1183.42</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45534</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>1172.55</x:v>
+        <x:v>1183.36</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45533</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>1171.13</x:v>
+        <x:v>1181.39</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45532</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>1170.34</x:v>
+        <x:v>1180.37</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45531</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>1170.51</x:v>
+        <x:v>1180.07</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45530</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>1169.68</x:v>
+        <x:v>1179.12</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45527</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>1169.79</x:v>
+        <x:v>1178.77</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45526</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>1167.24</x:v>
+        <x:v>1180.84</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45525</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>1167.39</x:v>
+        <x:v>1180.16</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45524</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>1166.32</x:v>
+        <x:v>1179.89</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45523</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>1165.85</x:v>
+        <x:v>1180.5</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45520</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>1164.47</x:v>
+        <x:v>1181.29</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45518</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>1158.5</x:v>
+        <x:v>1181.89</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45517</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>1156.59</x:v>
+        <x:v>1181.18</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45516</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>1153.4</x:v>
+        <x:v>1178.8</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45513</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>1152.28</x:v>
+        <x:v>1179.39</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45512</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>1150.83</x:v>
+        <x:v>1178.38</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45511</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>1147.97</x:v>
+        <x:v>1177.68</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45510</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>1144.75</x:v>
+        <x:v>1178.19</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45509</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>1139.48</x:v>
+        <x:v>1172.53</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45506</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>1150.78</x:v>
+        <x:v>1172.59</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45505</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>1157.4</x:v>
+        <x:v>1171.49</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45504</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>1159.08</x:v>
+        <x:v>1170.51</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45503</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>1155.27</x:v>
+        <x:v>1169.04</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45502</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>1154.29</x:v>
+        <x:v>1166.41</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45499</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>1153.54</x:v>
+        <x:v>1166.54</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45498</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>1151.51</x:v>
+        <x:v>1166.69</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45497</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>1153.29</x:v>
+        <x:v>1165.12</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45496</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>1155.56</x:v>
+        <x:v>1167.33</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45495</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>1154.91</x:v>
+        <x:v>1167.48</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45492</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>1153.24</x:v>
+        <x:v>1169.57</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45491</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>1154.16</x:v>
+        <x:v>1172.52</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45490</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>1154.7</x:v>
+        <x:v>1172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45489</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>1156.73</x:v>
+        <x:v>1171.13</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45488</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>1155.99</x:v>
+        <x:v>1170.34</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45485</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>1155.8</x:v>
+        <x:v>1170.51</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45484</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>1154.74</x:v>
+        <x:v>1169.68</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45483</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>1154.01</x:v>
+        <x:v>1169.79</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45482</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>1151.59</x:v>
+        <x:v>1167.24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45481</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>1151.71</x:v>
+        <x:v>1167.39</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45478</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>1150.46</x:v>
+        <x:v>1166.32</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45477</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>1148.21</x:v>
+        <x:v>1165.85</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45476</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>1147.2</x:v>
+        <x:v>1164.47</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45475</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>1144.37</x:v>
+        <x:v>1158.5</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45474</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>1143.35</x:v>
+        <x:v>1156.59</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45471</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>1141.33</x:v>
+        <x:v>1153.4</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45470</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>1142.14</x:v>
+        <x:v>1152.28</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45469</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>1141.95</x:v>
+        <x:v>1150.83</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45468</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>1142.08</x:v>
+        <x:v>1147.97</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45467</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>1141.53</x:v>
+        <x:v>1144.75</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45464</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>1141.48</x:v>
+        <x:v>1139.48</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45463</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>1141.9</x:v>
+        <x:v>1150.78</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45462</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>1141.05</x:v>
+        <x:v>1157.4</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45461</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>1140.86</x:v>
+        <x:v>1159.08</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45460</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>1137.81</x:v>
+        <x:v>1155.27</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45457</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>1137.4</x:v>
+        <x:v>1154.29</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45456</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>1141.09</x:v>
+        <x:v>1153.54</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45455</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>1141.61</x:v>
+        <x:v>1151.51</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45454</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>1137.44</x:v>
+        <x:v>1153.29</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45453</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>1138.38</x:v>
+        <x:v>1155.56</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45450</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>1139.71</x:v>
+        <x:v>1154.91</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45449</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>1140.87</x:v>
+        <x:v>1153.24</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45448</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>1139.48</x:v>
+        <x:v>1154.16</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45447</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>1136.33</x:v>
+        <x:v>1154.7</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45446</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>1135.84</x:v>
+        <x:v>1156.73</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45443</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>1133.68</x:v>
+        <x:v>1155.99</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45442</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>1131.64</x:v>
+        <x:v>1155.8</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45441</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>1132.31</x:v>
+        <x:v>1154.74</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45440</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>1135.71</x:v>
+        <x:v>1154.01</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45439</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>1135.68</x:v>
+        <x:v>1151.59</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45436</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>1135.12</x:v>
+        <x:v>1151.71</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45435</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>1134.64</x:v>
+        <x:v>1150.46</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45434</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>1135.73</x:v>
+        <x:v>1148.21</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45433</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>1136.97</x:v>
+        <x:v>1147.2</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45429</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>1135.76</x:v>
+        <x:v>1144.37</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45428</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>1135.91</x:v>
+        <x:v>1143.35</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45427</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>1135.06</x:v>
+        <x:v>1141.33</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45426</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>1130.9</x:v>
+        <x:v>1142.14</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45425</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>1130.77</x:v>
+        <x:v>1141.95</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45422</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>1130.92</x:v>
+        <x:v>1142.08</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45419</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>1128.48</x:v>
+        <x:v>1141.53</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45418</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>1125.18</x:v>
+        <x:v>1141.48</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45415</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>1122.77</x:v>
+        <x:v>1141.9</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45414</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>1118.15</x:v>
+        <x:v>1141.05</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45412</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>1115.76</x:v>
+        <x:v>1140.86</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45411</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>1118.94</x:v>
+        <x:v>1137.81</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45408</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>1117.08</x:v>
+        <x:v>1137.4</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45407</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>1113.78</x:v>
+        <x:v>1141.09</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45406</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>1117.1</x:v>
+        <x:v>1141.61</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45405</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>1117.21</x:v>
+        <x:v>1137.44</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45404</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>1112.71</x:v>
+        <x:v>1138.38</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45401</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>1109.27</x:v>
+        <x:v>1139.71</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45400</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>1110.71</x:v>
+        <x:v>1140.87</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45399</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>1109.74</x:v>
+        <x:v>1139.48</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45398</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>1109.13</x:v>
+        <x:v>1136.33</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45397</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>1114.7</x:v>
+        <x:v>1135.84</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45394</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>1118.84</x:v>
+        <x:v>1133.68</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45393</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>1121.12</x:v>
+        <x:v>1131.64</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45392</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>1122.41</x:v>
+        <x:v>1132.31</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45391</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>1125.24</x:v>
+        <x:v>1135.71</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45390</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>1124.36</x:v>
+        <x:v>1135.68</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45387</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>1124.2</x:v>
+        <x:v>1135.12</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45386</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>1124.24</x:v>
+        <x:v>1134.64</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45385</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>1124.53</x:v>
+        <x:v>1135.73</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45384</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>1124.54</x:v>
+        <x:v>1136.97</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45379</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>1127.6</x:v>
+        <x:v>1135.76</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45378</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>1127.19</x:v>
+        <x:v>1135.91</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45377</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>1125.09</x:v>
+        <x:v>1135.06</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45376</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>1125.25</x:v>
+        <x:v>1130.9</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45373</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>1126.46</x:v>
+        <x:v>1130.77</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45372</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>1126.86</x:v>
+        <x:v>1130.92</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45371</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>1123.76</x:v>
+        <x:v>1128.48</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45370</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>1121.91</x:v>
+        <x:v>1125.18</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45369</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>1120.92</x:v>
+        <x:v>1122.77</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45366</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>1119.79</x:v>
+        <x:v>1118.15</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45365</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>1121.47</x:v>
+        <x:v>1115.76</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45364</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>1121.78</x:v>
+        <x:v>1118.94</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45363</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>1120.65</x:v>
+        <x:v>1117.08</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45362</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>1117.93</x:v>
+        <x:v>1113.78</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45359</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>1118.54</x:v>
+        <x:v>1117.1</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45358</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>1117.61</x:v>
+        <x:v>1117.21</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45357</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>1113.54</x:v>
+        <x:v>1112.71</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45356</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>1112.16</x:v>
+        <x:v>1109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45355</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>1113.81</x:v>
+        <x:v>1110.71</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45352</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>1113.61</x:v>
+        <x:v>1109.74</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45351</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>1110.57</x:v>
+        <x:v>1109.13</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45350</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>1110.07</x:v>
+        <x:v>1114.7</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45349</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>1111.32</x:v>
+        <x:v>1118.84</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45348</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>1111.74</x:v>
+        <x:v>1121.12</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45345</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>1113.09</x:v>
+        <x:v>1122.41</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45344</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>1111.34</x:v>
+        <x:v>1125.24</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45343</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>1104.63</x:v>
+        <x:v>1124.36</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45342</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>1104.61</x:v>
+        <x:v>1124.2</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45341</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>1105.18</x:v>
+        <x:v>1124.24</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45338</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>1104.88</x:v>
+        <x:v>1124.53</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45337</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>1105.17</x:v>
+        <x:v>1124.54</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45336</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>1101.92</x:v>
+        <x:v>1127.6</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45335</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>1099.3</x:v>
+        <x:v>1127.19</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45334</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>1103.35</x:v>
+        <x:v>1125.09</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45331</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>1102.05</x:v>
+        <x:v>1125.25</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45330</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>1100.43</x:v>
+        <x:v>1126.46</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45329</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>1099.18</x:v>
+        <x:v>1126.86</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45328</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>1098</x:v>
+        <x:v>1123.76</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45327</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>1097.88</x:v>
+        <x:v>1121.91</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45324</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>1100.53</x:v>
+        <x:v>1120.92</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45323</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>1098.02</x:v>
+        <x:v>1119.79</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45322</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>1096.66</x:v>
+        <x:v>1121.47</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45321</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>1100.25</x:v>
+        <x:v>1121.78</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45320</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>1100.19</x:v>
+        <x:v>1120.65</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45317</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>1097.68</x:v>
+        <x:v>1117.93</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45316</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>1096.16</x:v>
+        <x:v>1118.54</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45315</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>1093.23</x:v>
+        <x:v>1117.61</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45314</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>1091.11</x:v>
+        <x:v>1113.54</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45313</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>1090.65</x:v>
+        <x:v>1112.16</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45310</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>1087.3</x:v>
+        <x:v>1113.81</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45309</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>1084.09</x:v>
+        <x:v>1113.61</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45308</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>1080.17</x:v>
+        <x:v>1110.57</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45307</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>1084.87</x:v>
+        <x:v>1110.07</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45306</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>1087.72</x:v>
+        <x:v>1111.32</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45303</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>1088.16</x:v>
+        <x:v>1111.74</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45302</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>1086.57</x:v>
+        <x:v>1113.09</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45301</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>1084.03</x:v>
+        <x:v>1111.34</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45300</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>1079.36</x:v>
+        <x:v>1104.63</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45299</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>1077.93</x:v>
+        <x:v>1104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45296</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>1074.3</x:v>
+        <x:v>1105.18</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45295</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>1076.81</x:v>
+        <x:v>1104.88</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45294</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>1078.03</x:v>
+        <x:v>1105.17</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45293</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>1083.84</x:v>
+        <x:v>1101.92</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45289</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>1085.05</x:v>
+        <x:v>1099.3</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45288</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>1085.39</x:v>
+        <x:v>1103.35</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45287</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>1084.56</x:v>
+        <x:v>1102.05</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45282</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>1083.22</x:v>
+        <x:v>1100.43</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45281</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>1082.92</x:v>
+        <x:v>1099.18</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45280</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>1081.1</x:v>
+        <x:v>1098</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45279</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>1080.4</x:v>
+        <x:v>1097.88</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45278</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>1078.82</x:v>
+        <x:v>1100.53</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45275</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>1078.73</x:v>
+        <x:v>1098.02</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45274</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>1076.4</x:v>
+        <x:v>1096.66</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45273</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>1065.41</x:v>
+        <x:v>1100.25</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45272</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>1061.14</x:v>
+        <x:v>1100.19</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45271</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>1059.64</x:v>
+        <x:v>1097.68</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45268</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>1058.46</x:v>
+        <x:v>1096.16</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45267</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>1058.09</x:v>
+        <x:v>1093.23</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45266</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>1056.58</x:v>
+        <x:v>1091.11</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45265</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>1054.41</x:v>
+        <x:v>1090.65</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45264</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>1052.65</x:v>
+        <x:v>1087.3</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45261</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>1050.99</x:v>
+        <x:v>1084.09</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45260</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>1047.45</x:v>
+        <x:v>1080.17</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45259</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>1044.62</x:v>
+        <x:v>1084.87</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45258</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>1039.41</x:v>
+        <x:v>1087.72</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45257</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>1038.55</x:v>
+        <x:v>1088.16</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45254</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>1037.51</x:v>
+        <x:v>1086.57</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45253</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>1037.04</x:v>
+        <x:v>1084.03</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45252</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>1035.63</x:v>
+        <x:v>1079.36</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45251</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>1033.56</x:v>
+        <x:v>1077.93</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45250</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>1032.59</x:v>
+        <x:v>1074.3</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45247</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>1031.18</x:v>
+        <x:v>1076.81</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45246</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>1030.43</x:v>
+        <x:v>1078.03</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45245</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>1030.04</x:v>
+        <x:v>1083.84</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45244</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>1027.41</x:v>
+        <x:v>1085.05</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45243</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>1020.21</x:v>
+        <x:v>1085.39</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45240</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>1019.26</x:v>
+        <x:v>1084.56</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45239</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>1019.15</x:v>
+        <x:v>1083.22</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45238</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>1018.42</x:v>
+        <x:v>1082.92</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45237</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>1017.63</x:v>
+        <x:v>1081.1</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45236</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>1018.04</x:v>
+        <x:v>1080.4</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45233</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>1018.25</x:v>
+        <x:v>1078.82</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45232</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>1015.12</x:v>
+        <x:v>1078.73</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45230</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>1004.2</x:v>
+        <x:v>1076.4</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45229</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>1000.83</x:v>
+        <x:v>1065.41</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45226</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>998.54</x:v>
+        <x:v>1061.14</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45225</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>998.38</x:v>
+        <x:v>1059.64</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45224</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>1000.46</x:v>
+        <x:v>1058.46</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45223</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>1000.93</x:v>
+        <x:v>1058.09</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45222</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>995.95</x:v>
+        <x:v>1056.58</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45219</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>995</x:v>
+        <x:v>1054.41</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45218</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>996.74</x:v>
+        <x:v>1052.65</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45217</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>1000.17</x:v>
+        <x:v>1050.99</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45216</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>1003.38</x:v>
+        <x:v>1047.45</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45215</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>1005.07</x:v>
+        <x:v>1044.62</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45212</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>1006.03</x:v>
+        <x:v>1039.41</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45211</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>1007.49</x:v>
+        <x:v>1038.55</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45210</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>1006.76</x:v>
+        <x:v>1037.51</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45209</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>1004.36</x:v>
+        <x:v>1037.04</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45208</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>998.74</x:v>
+        <x:v>1035.63</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45205</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>999.96</x:v>
+        <x:v>1033.56</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
+        <x:v>45250</x:v>
+      </x:c>
+      <x:c r="B548" s="3">
+        <x:v>1032.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="549" spans="1:2">
+      <x:c r="A549" s="2">
+        <x:v>45247</x:v>
+      </x:c>
+      <x:c r="B549" s="3">
+        <x:v>1031.18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="550" spans="1:2">
+      <x:c r="A550" s="2">
+        <x:v>45246</x:v>
+      </x:c>
+      <x:c r="B550" s="3">
+        <x:v>1030.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="551" spans="1:2">
+      <x:c r="A551" s="2">
+        <x:v>45245</x:v>
+      </x:c>
+      <x:c r="B551" s="3">
+        <x:v>1030.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="552" spans="1:2">
+      <x:c r="A552" s="2">
+        <x:v>45244</x:v>
+      </x:c>
+      <x:c r="B552" s="3">
+        <x:v>1027.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="553" spans="1:2">
+      <x:c r="A553" s="2">
+        <x:v>45243</x:v>
+      </x:c>
+      <x:c r="B553" s="3">
+        <x:v>1020.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="554" spans="1:2">
+      <x:c r="A554" s="2">
+        <x:v>45240</x:v>
+      </x:c>
+      <x:c r="B554" s="3">
+        <x:v>1019.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="555" spans="1:2">
+      <x:c r="A555" s="2">
+        <x:v>45239</x:v>
+      </x:c>
+      <x:c r="B555" s="3">
+        <x:v>1019.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="556" spans="1:2">
+      <x:c r="A556" s="2">
+        <x:v>45238</x:v>
+      </x:c>
+      <x:c r="B556" s="3">
+        <x:v>1018.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="557" spans="1:2">
+      <x:c r="A557" s="2">
+        <x:v>45237</x:v>
+      </x:c>
+      <x:c r="B557" s="3">
+        <x:v>1017.63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="558" spans="1:2">
+      <x:c r="A558" s="2">
+        <x:v>45236</x:v>
+      </x:c>
+      <x:c r="B558" s="3">
+        <x:v>1018.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="559" spans="1:2">
+      <x:c r="A559" s="2">
+        <x:v>45233</x:v>
+      </x:c>
+      <x:c r="B559" s="3">
+        <x:v>1018.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="560" spans="1:2">
+      <x:c r="A560" s="2">
+        <x:v>45232</x:v>
+      </x:c>
+      <x:c r="B560" s="3">
+        <x:v>1015.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="561" spans="1:2">
+      <x:c r="A561" s="2">
+        <x:v>45230</x:v>
+      </x:c>
+      <x:c r="B561" s="3">
+        <x:v>1004.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="562" spans="1:2">
+      <x:c r="A562" s="2">
+        <x:v>45229</x:v>
+      </x:c>
+      <x:c r="B562" s="3">
+        <x:v>1000.83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="563" spans="1:2">
+      <x:c r="A563" s="2">
+        <x:v>45226</x:v>
+      </x:c>
+      <x:c r="B563" s="3">
+        <x:v>998.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="564" spans="1:2">
+      <x:c r="A564" s="2">
+        <x:v>45225</x:v>
+      </x:c>
+      <x:c r="B564" s="3">
+        <x:v>998.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="565" spans="1:2">
+      <x:c r="A565" s="2">
+        <x:v>45224</x:v>
+      </x:c>
+      <x:c r="B565" s="3">
+        <x:v>1000.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="566" spans="1:2">
+      <x:c r="A566" s="2">
+        <x:v>45223</x:v>
+      </x:c>
+      <x:c r="B566" s="3">
+        <x:v>1000.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="567" spans="1:2">
+      <x:c r="A567" s="2">
+        <x:v>45222</x:v>
+      </x:c>
+      <x:c r="B567" s="3">
+        <x:v>995.95</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="568" spans="1:2">
+      <x:c r="A568" s="2">
+        <x:v>45219</x:v>
+      </x:c>
+      <x:c r="B568" s="3">
+        <x:v>995</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="569" spans="1:2">
+      <x:c r="A569" s="2">
+        <x:v>45218</x:v>
+      </x:c>
+      <x:c r="B569" s="3">
+        <x:v>996.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="570" spans="1:2">
+      <x:c r="A570" s="2">
+        <x:v>45217</x:v>
+      </x:c>
+      <x:c r="B570" s="3">
+        <x:v>1000.17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="571" spans="1:2">
+      <x:c r="A571" s="2">
+        <x:v>45216</x:v>
+      </x:c>
+      <x:c r="B571" s="3">
+        <x:v>1003.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="572" spans="1:2">
+      <x:c r="A572" s="2">
+        <x:v>45215</x:v>
+      </x:c>
+      <x:c r="B572" s="3">
+        <x:v>1005.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="573" spans="1:2">
+      <x:c r="A573" s="2">
+        <x:v>45212</x:v>
+      </x:c>
+      <x:c r="B573" s="3">
+        <x:v>1006.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="574" spans="1:2">
+      <x:c r="A574" s="2">
+        <x:v>45211</x:v>
+      </x:c>
+      <x:c r="B574" s="3">
+        <x:v>1007.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="575" spans="1:2">
+      <x:c r="A575" s="2">
+        <x:v>45210</x:v>
+      </x:c>
+      <x:c r="B575" s="3">
+        <x:v>1006.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="576" spans="1:2">
+      <x:c r="A576" s="2">
+        <x:v>45209</x:v>
+      </x:c>
+      <x:c r="B576" s="3">
+        <x:v>1004.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="577" spans="1:2">
+      <x:c r="A577" s="2">
+        <x:v>45208</x:v>
+      </x:c>
+      <x:c r="B577" s="3">
+        <x:v>998.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="578" spans="1:2">
+      <x:c r="A578" s="2">
+        <x:v>45205</x:v>
+      </x:c>
+      <x:c r="B578" s="3">
+        <x:v>999.96</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="579" spans="1:2">
+      <x:c r="A579" s="2">
         <x:v>45204</x:v>
       </x:c>
-      <x:c r="B548" s="3">
+      <x:c r="B579" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0013439858</vt:lpstr>
       <vt:lpstr>nav - FR0013439858!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0013439858!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>