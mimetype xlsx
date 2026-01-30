--- v0 (2025-11-05)
+++ v1 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ffce86dc73d47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54fd482bad1847d98bd14cb9581a3235.psmdcp" Id="R7fed51c5a8a240f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra757cc9eabda4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/809f6148629c4272b94ab7c8971d40ce.psmdcp" Id="R619b8ef3323d4242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0013380748" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>