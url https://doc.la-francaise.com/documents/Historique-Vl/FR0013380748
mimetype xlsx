--- v1 (2026-01-30)
+++ v2 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra757cc9eabda4ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/809f6148629c4272b94ab7c8971d40ce.psmdcp" Id="R619b8ef3323d4242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07265b2390dc44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43d2663e0fb84095b9011b4810bbb780.psmdcp" Id="R39dc613c087d40fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0013380748" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>