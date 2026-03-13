--- v2 (2026-02-21)
+++ v3 (2026-03-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07265b2390dc44e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43d2663e0fb84095b9011b4810bbb780.psmdcp" Id="R39dc613c087d40fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f533ac132a4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/88324930658c4716b62c66995803d856.psmdcp" Id="Rf1a3774287a549ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0013380748" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>