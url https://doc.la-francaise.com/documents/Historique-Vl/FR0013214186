--- v0 (2025-10-07)
+++ v1 (2025-11-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a72c5d172924391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06a9b5b853fe4c7fbab22a1007a93ea2.psmdcp" Id="Rc2f1fb6c29e141c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b6d0750441c448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c4e6635656f4871805b9801d56a06a8.psmdcp" Id="R26665d82621e437b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0013214186" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,881 +420,889 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B103"/>
+  <x:dimension ref="A1:B104"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45900</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>1310.79</x:v>
+        <x:v>1308.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45869</x:v>
+        <x:v>45900</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>1307.56</x:v>
+        <x:v>1310.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45838</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>1315.03</x:v>
+        <x:v>1307.56</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45808</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>1325.98</x:v>
+        <x:v>1315.03</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45777</x:v>
+        <x:v>45808</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>1324.14</x:v>
+        <x:v>1325.98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45747</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>1330.64</x:v>
+        <x:v>1324.14</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45716</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>1338.79</x:v>
+        <x:v>1330.64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45688</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>1335.36</x:v>
+        <x:v>1338.79</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45657</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>1341.82</x:v>
+        <x:v>1335.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45626</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>1331.71</x:v>
+        <x:v>1341.82</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45596</x:v>
+        <x:v>45626</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>1327.93</x:v>
+        <x:v>1331.71</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45565</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>1333.43</x:v>
+        <x:v>1327.93</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45535</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>1333.82</x:v>
+        <x:v>1333.43</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45504</x:v>
+        <x:v>45535</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>1330.27</x:v>
+        <x:v>1333.82</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45473</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>1335.8</x:v>
+        <x:v>1330.27</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45443</x:v>
+        <x:v>45473</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>1334.65</x:v>
+        <x:v>1335.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45412</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>1332.61</x:v>
+        <x:v>1334.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45382</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>1337.07</x:v>
+        <x:v>1332.61</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45351</x:v>
+        <x:v>45382</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>1367</x:v>
+        <x:v>1337.07</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45322</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>1363.64</x:v>
+        <x:v>1367</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45291</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>1373.33</x:v>
+        <x:v>1363.64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45260</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>1400.97</x:v>
+        <x:v>1373.33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45230</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>1398.11</x:v>
+        <x:v>1400.97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45199</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>1404.49</x:v>
+        <x:v>1398.11</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45169</x:v>
+        <x:v>45199</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>1404</x:v>
+        <x:v>1404.49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45138</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>1400.79</x:v>
+        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45107</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>1407.46</x:v>
+        <x:v>1400.79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45077</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>1408.86</x:v>
+        <x:v>1407.46</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45046</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>1405.69</x:v>
+        <x:v>1408.86</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45016</x:v>
+        <x:v>45046</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>1411.97</x:v>
+        <x:v>1405.69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>44985</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>1405.1</x:v>
+        <x:v>1411.97</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>44957</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>1400.73</x:v>
+        <x:v>1405.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>44926</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>1403.07</x:v>
+        <x:v>1400.73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>44895</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>1399.02</x:v>
+        <x:v>1403.07</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>44865</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>1395.27</x:v>
+        <x:v>1399.02</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>44834</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>1397.72</x:v>
+        <x:v>1395.27</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>44804</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>1395.31</x:v>
+        <x:v>1397.72</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>44773</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>1392.2</x:v>
+        <x:v>1395.31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>44742</x:v>
+        <x:v>44773</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>1394.06</x:v>
+        <x:v>1392.2</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>44712</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>1381.98</x:v>
+        <x:v>1394.06</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>44681</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>1370.88</x:v>
+        <x:v>1381.98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>44651</x:v>
+        <x:v>44681</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>1375.75</x:v>
+        <x:v>1370.88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>44620</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>1363.82</x:v>
+        <x:v>1375.75</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>44592</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>1358.42</x:v>
+        <x:v>1363.82</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>44561</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>1360.95</x:v>
+        <x:v>1358.42</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>44530</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>1348.69</x:v>
+        <x:v>1360.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>44500</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>1341.83</x:v>
+        <x:v>1348.69</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>44469</x:v>
+        <x:v>44500</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>1347.27</x:v>
+        <x:v>1341.83</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>44439</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>1339.73</x:v>
+        <x:v>1347.27</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>44408</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>1335.08</x:v>
+        <x:v>1339.73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>44377</x:v>
+        <x:v>44408</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>1336.66</x:v>
+        <x:v>1335.08</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>44347</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>1297.65</x:v>
+        <x:v>1336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>44316</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>1301.48</x:v>
+        <x:v>1297.65</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>44286</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>1299.99</x:v>
+        <x:v>1301.48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>44255</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>1302.47</x:v>
+        <x:v>1299.99</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>44227</x:v>
+        <x:v>44255</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>1316.68</x:v>
+        <x:v>1302.47</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>44196</x:v>
+        <x:v>44227</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1314.05</x:v>
+        <x:v>1316.68</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>44165</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>1290.14</x:v>
+        <x:v>1314.05</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>44135</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>1289.3</x:v>
+        <x:v>1290.14</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>44104</x:v>
+        <x:v>44135</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>1283.56</x:v>
+        <x:v>1289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>44074</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>1273.81</x:v>
+        <x:v>1283.56</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>44043</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>1271.49</x:v>
+        <x:v>1273.81</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>44012</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>1273.15</x:v>
+        <x:v>1271.49</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>43982</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>1273.88</x:v>
+        <x:v>1273.15</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>43951</x:v>
+        <x:v>43982</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>1272.07</x:v>
+        <x:v>1273.88</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>43921</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>1278.16</x:v>
+        <x:v>1272.07</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>43890</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1269.31</x:v>
+        <x:v>1278.16</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>43861</x:v>
+        <x:v>43890</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1265.52</x:v>
+        <x:v>1269.31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>43830</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>1270.99</x:v>
+        <x:v>1265.52</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>43799</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>1257.1</x:v>
+        <x:v>1270.99</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>43769</x:v>
+        <x:v>43799</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1255.28</x:v>
+        <x:v>1257.1</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>43738</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1259.75</x:v>
+        <x:v>1255.28</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>43708</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1250.43</x:v>
+        <x:v>1259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>43677</x:v>
+        <x:v>43708</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>1247.52</x:v>
+        <x:v>1250.43</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>43646</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>1208.94</x:v>
+        <x:v>1247.52</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>43616</x:v>
+        <x:v>43646</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1195.25</x:v>
+        <x:v>1208.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>43585</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1195.13</x:v>
+        <x:v>1195.25</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>43555</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1197.13</x:v>
+        <x:v>1195.13</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>43524</x:v>
+        <x:v>43555</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>1188.21</x:v>
+        <x:v>1197.13</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>43496</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1187.26</x:v>
+        <x:v>1188.21</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>43465</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1188.44</x:v>
+        <x:v>1187.26</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>43434</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1172.15</x:v>
+        <x:v>1188.44</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>43404</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>1171.77</x:v>
+        <x:v>1172.15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>43373</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1171.76</x:v>
+        <x:v>1171.77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>43343</x:v>
+        <x:v>43373</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1165.36</x:v>
+        <x:v>1171.76</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>43312</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1164.9</x:v>
+        <x:v>1165.36</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>43281</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1165.51</x:v>
+        <x:v>1164.9</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>43251</x:v>
+        <x:v>43281</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>1029.08</x:v>
+        <x:v>1165.51</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>43220</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>1028.08</x:v>
+        <x:v>1029.08</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>43190</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>1030.39</x:v>
+        <x:v>1028.08</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>43159</x:v>
+        <x:v>43190</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>1001.4</x:v>
+        <x:v>1030.39</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>43131</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>1000</x:v>
+        <x:v>1001.4</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>43100</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B94" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>43069</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="B95" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>43039</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B96" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>43008</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B97" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>42978</x:v>
+        <x:v>43008</x:v>
       </x:c>
       <x:c r="B98" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>42947</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B99" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>42916</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B100" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>42886</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B101" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>42855</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B102" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
+        <x:v>42855</x:v>
+      </x:c>
+      <x:c r="B103" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:2">
+      <x:c r="A104" s="2">
         <x:v>42837</x:v>
       </x:c>
-      <x:c r="B103" s="3">
+      <x:c r="B104" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0013214186</vt:lpstr>
       <vt:lpstr>nav - FR0013214186!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0013214186!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>