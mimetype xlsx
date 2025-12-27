--- v1 (2025-11-12)
+++ v2 (2025-12-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b6d0750441c448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9c4e6635656f4871805b9801d56a06a8.psmdcp" Id="R26665d82621e437b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e66e859b57d43d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f091103b075a4cd9b0dedf4864fb82ab.psmdcp" Id="R86ddc4ca59b24078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0013214186" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,889 +420,905 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B104"/>
+  <x:dimension ref="A1:B106"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="9.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45930</x:v>
+        <x:v>45991</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>1308.97</x:v>
+        <x:v>1306.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45900</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>1310.79</x:v>
+        <x:v>1301.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45869</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>1307.56</x:v>
+        <x:v>1308.97</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45838</x:v>
+        <x:v>45900</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>1315.03</x:v>
+        <x:v>1310.79</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45808</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>1325.98</x:v>
+        <x:v>1307.56</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45777</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>1324.14</x:v>
+        <x:v>1315.03</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45747</x:v>
+        <x:v>45808</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>1330.64</x:v>
+        <x:v>1325.98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45716</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>1338.79</x:v>
+        <x:v>1324.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45688</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>1335.36</x:v>
+        <x:v>1330.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45657</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>1341.82</x:v>
+        <x:v>1338.79</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45626</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>1331.71</x:v>
+        <x:v>1335.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45596</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>1327.93</x:v>
+        <x:v>1341.82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45565</x:v>
+        <x:v>45626</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>1333.43</x:v>
+        <x:v>1331.71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45535</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>1333.82</x:v>
+        <x:v>1327.93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45504</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>1330.27</x:v>
+        <x:v>1333.43</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45473</x:v>
+        <x:v>45535</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>1335.8</x:v>
+        <x:v>1333.82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45443</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>1334.65</x:v>
+        <x:v>1330.27</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45412</x:v>
+        <x:v>45473</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>1332.61</x:v>
+        <x:v>1335.8</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45382</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>1337.07</x:v>
+        <x:v>1334.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45351</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>1367</x:v>
+        <x:v>1332.61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45322</x:v>
+        <x:v>45382</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>1363.64</x:v>
+        <x:v>1337.07</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45291</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>1373.33</x:v>
+        <x:v>1367</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45260</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>1400.97</x:v>
+        <x:v>1363.64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45230</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>1398.11</x:v>
+        <x:v>1373.33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45199</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>1404.49</x:v>
+        <x:v>1400.97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45169</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>1404</x:v>
+        <x:v>1398.11</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45138</x:v>
+        <x:v>45199</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>1400.79</x:v>
+        <x:v>1404.49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45107</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>1407.46</x:v>
+        <x:v>1404</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45077</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>1408.86</x:v>
+        <x:v>1400.79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45046</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>1405.69</x:v>
+        <x:v>1407.46</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45016</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>1411.97</x:v>
+        <x:v>1408.86</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>44985</x:v>
+        <x:v>45046</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>1405.1</x:v>
+        <x:v>1405.69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>44957</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>1400.73</x:v>
+        <x:v>1411.97</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>44926</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>1403.07</x:v>
+        <x:v>1405.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>44895</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>1399.02</x:v>
+        <x:v>1400.73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>44865</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>1395.27</x:v>
+        <x:v>1403.07</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>44834</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>1397.72</x:v>
+        <x:v>1399.02</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>44804</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>1395.31</x:v>
+        <x:v>1395.27</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>44773</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>1392.2</x:v>
+        <x:v>1397.72</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>44742</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>1394.06</x:v>
+        <x:v>1395.31</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>44712</x:v>
+        <x:v>44773</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>1381.98</x:v>
+        <x:v>1392.2</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>44681</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>1370.88</x:v>
+        <x:v>1394.06</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>44651</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>1375.75</x:v>
+        <x:v>1381.98</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>44620</x:v>
+        <x:v>44681</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>1363.82</x:v>
+        <x:v>1370.88</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>44592</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>1358.42</x:v>
+        <x:v>1375.75</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>44561</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>1360.95</x:v>
+        <x:v>1363.82</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>44530</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>1348.69</x:v>
+        <x:v>1358.42</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>44500</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>1341.83</x:v>
+        <x:v>1360.95</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>44469</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>1347.27</x:v>
+        <x:v>1348.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>44439</x:v>
+        <x:v>44500</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>1339.73</x:v>
+        <x:v>1341.83</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>44408</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>1335.08</x:v>
+        <x:v>1347.27</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>44377</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>1336.66</x:v>
+        <x:v>1339.73</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>44347</x:v>
+        <x:v>44408</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>1297.65</x:v>
+        <x:v>1335.08</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>44316</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>1301.48</x:v>
+        <x:v>1336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>44286</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>1299.99</x:v>
+        <x:v>1297.65</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>44255</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>1302.47</x:v>
+        <x:v>1301.48</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>44227</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>1316.68</x:v>
+        <x:v>1299.99</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>44196</x:v>
+        <x:v>44255</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>1314.05</x:v>
+        <x:v>1302.47</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>44165</x:v>
+        <x:v>44227</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>1290.14</x:v>
+        <x:v>1316.68</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>44135</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>1289.3</x:v>
+        <x:v>1314.05</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>44104</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>1283.56</x:v>
+        <x:v>1290.14</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>44074</x:v>
+        <x:v>44135</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>1273.81</x:v>
+        <x:v>1289.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>44043</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>1271.49</x:v>
+        <x:v>1283.56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>44012</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>1273.15</x:v>
+        <x:v>1273.81</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>43982</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>1273.88</x:v>
+        <x:v>1271.49</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>43951</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>1272.07</x:v>
+        <x:v>1273.15</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>43921</x:v>
+        <x:v>43982</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>1278.16</x:v>
+        <x:v>1273.88</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>43890</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>1269.31</x:v>
+        <x:v>1272.07</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>43861</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>1265.52</x:v>
+        <x:v>1278.16</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>43830</x:v>
+        <x:v>43890</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>1270.99</x:v>
+        <x:v>1269.31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>43799</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>1257.1</x:v>
+        <x:v>1265.52</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>43769</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>1255.28</x:v>
+        <x:v>1270.99</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>43738</x:v>
+        <x:v>43799</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>1259.75</x:v>
+        <x:v>1257.1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>43708</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>1250.43</x:v>
+        <x:v>1255.28</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>43677</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>1247.52</x:v>
+        <x:v>1259.75</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>43646</x:v>
+        <x:v>43708</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>1208.94</x:v>
+        <x:v>1250.43</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>43616</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>1195.25</x:v>
+        <x:v>1247.52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>43585</x:v>
+        <x:v>43646</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>1195.13</x:v>
+        <x:v>1208.94</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>43555</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>1197.13</x:v>
+        <x:v>1195.25</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>43524</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>1188.21</x:v>
+        <x:v>1195.13</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>43496</x:v>
+        <x:v>43555</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>1187.26</x:v>
+        <x:v>1197.13</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>43465</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>1188.44</x:v>
+        <x:v>1188.21</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>43434</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>1172.15</x:v>
+        <x:v>1187.26</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>43404</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>1171.77</x:v>
+        <x:v>1188.44</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>43373</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>1171.76</x:v>
+        <x:v>1172.15</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>43343</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>1165.36</x:v>
+        <x:v>1171.77</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>43312</x:v>
+        <x:v>43373</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>1164.9</x:v>
+        <x:v>1171.76</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>43281</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>1165.51</x:v>
+        <x:v>1165.36</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>43251</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>1029.08</x:v>
+        <x:v>1164.9</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>43220</x:v>
+        <x:v>43281</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>1028.08</x:v>
+        <x:v>1165.51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>43190</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>1030.39</x:v>
+        <x:v>1029.08</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>43159</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>1001.4</x:v>
+        <x:v>1028.08</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>43131</x:v>
+        <x:v>43190</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>1000</x:v>
+        <x:v>1030.39</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>43100</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>1000</x:v>
+        <x:v>1001.4</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>43069</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B96" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>43039</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="B97" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>43008</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B98" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>42978</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B99" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>42947</x:v>
+        <x:v>43008</x:v>
       </x:c>
       <x:c r="B100" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>42916</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B101" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>42886</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B102" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>42855</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B103" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
+        <x:v>42886</x:v>
+      </x:c>
+      <x:c r="B104" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:2">
+      <x:c r="A105" s="2">
+        <x:v>42855</x:v>
+      </x:c>
+      <x:c r="B105" s="3">
+        <x:v>1000</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:2">
+      <x:c r="A106" s="2">
         <x:v>42837</x:v>
       </x:c>
-      <x:c r="B104" s="3">
+      <x:c r="B106" s="3">
         <x:v>1000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0013214186</vt:lpstr>
       <vt:lpstr>nav - FR0013214186!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0013214186!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>