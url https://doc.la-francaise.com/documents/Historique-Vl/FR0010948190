--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905279747fe4420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3207bd41f01a42719ca858aa836227fc.psmdcp" Id="R3484319c02914ae7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea627259d1924738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba543c0dec9c46c3ad48170ef4fd4fff.psmdcp" Id="R11745a8f05564820" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0010948190" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,30609 +420,30721 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B3819"/>
+  <x:dimension ref="A1:B3833"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46031</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>501609.19</x:v>
+        <x:v>502122.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46030</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>501530.93</x:v>
+        <x:v>502094.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46029</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>501502.51</x:v>
+        <x:v>502065.55</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46028</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>501469.41</x:v>
+        <x:v>502036.6</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46027</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>501442.95</x:v>
+        <x:v>502005.55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46024</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>501413.05</x:v>
+        <x:v>501922.96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46022</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>501328.99</x:v>
+        <x:v>501896.14</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46021</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>501272.26</x:v>
+        <x:v>501869.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46020</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>501242.96</x:v>
+        <x:v>501841.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46015</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>501209.86</x:v>
+        <x:v>501810.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46014</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>501075.3</x:v>
+        <x:v>501725.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46013</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>501047.02</x:v>
+        <x:v>501697.83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46010</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>501004.89</x:v>
+        <x:v>501669.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46009</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>500919.95</x:v>
+        <x:v>501639.24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46008</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>500889.68</x:v>
+        <x:v>501609.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46007</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>500859.73</x:v>
+        <x:v>501530.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46006</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>500829.54</x:v>
+        <x:v>501502.51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46003</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>500797.74</x:v>
+        <x:v>501469.41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46002</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>500707.75</x:v>
+        <x:v>501442.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46001</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>500676.05</x:v>
+        <x:v>501413.05</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46000</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>500648.11</x:v>
+        <x:v>501328.99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45999</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>500618.72</x:v>
+        <x:v>501272.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45996</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>500587.18</x:v>
+        <x:v>501242.96</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45995</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>500504.46</x:v>
+        <x:v>501209.86</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45994</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>500476.09</x:v>
+        <x:v>501075.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45993</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>500447.42</x:v>
+        <x:v>501047.02</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45992</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>500418.54</x:v>
+        <x:v>501004.89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45989</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>500388.53</x:v>
+        <x:v>500919.95</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45988</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>500303.7</x:v>
+        <x:v>500889.68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45987</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>500273.4</x:v>
+        <x:v>500859.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45986</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>500244.73</x:v>
+        <x:v>500829.54</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45985</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>500214.3</x:v>
+        <x:v>500797.74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45982</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>500183.39</x:v>
+        <x:v>500707.75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45981</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>500104.87</x:v>
+        <x:v>500676.05</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45980</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>500076.65</x:v>
+        <x:v>500648.11</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45979</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>500048.46</x:v>
+        <x:v>500618.72</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45978</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>500019.64</x:v>
+        <x:v>500587.18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45975</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>499986.94</x:v>
+        <x:v>500504.46</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45974</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>499900.67</x:v>
+        <x:v>500476.09</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45973</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>499872.8</x:v>
+        <x:v>500447.42</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45971</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>499841.5</x:v>
+        <x:v>500418.54</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45968</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>499782.59</x:v>
+        <x:v>500388.53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45967</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>499701.83</x:v>
+        <x:v>500303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45966</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>499673.63</x:v>
+        <x:v>500273.4</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45965</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>499645.26</x:v>
+        <x:v>500244.73</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45964</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>499616.18</x:v>
+        <x:v>500214.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45961</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>499585.08</x:v>
+        <x:v>500183.39</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45960</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>499502.32</x:v>
+        <x:v>500104.87</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45959</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>499473.71</x:v>
+        <x:v>500076.65</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45958</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>499445.05</x:v>
+        <x:v>500048.46</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45957</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>499416.3</x:v>
+        <x:v>500019.64</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45954</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>499384.81</x:v>
+        <x:v>499986.94</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45953</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>499303.77</x:v>
+        <x:v>499900.67</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45952</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>499276.49</x:v>
+        <x:v>499872.8</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45951</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>499247.85</x:v>
+        <x:v>499841.5</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45950</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>499219.49</x:v>
+        <x:v>499782.59</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45947</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>499185.92</x:v>
+        <x:v>499701.83</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45946</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>499105.62</x:v>
+        <x:v>499673.63</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45945</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>499077.42</x:v>
+        <x:v>499645.26</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45944</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>499049.39</x:v>
+        <x:v>499616.18</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45943</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>499022.01</x:v>
+        <x:v>499585.08</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45940</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>498990.38</x:v>
+        <x:v>499502.32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45939</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>498908.35</x:v>
+        <x:v>499473.71</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45938</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>498878.92</x:v>
+        <x:v>499445.05</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45937</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>498851.36</x:v>
+        <x:v>499416.3</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45936</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>498822.19</x:v>
+        <x:v>499384.81</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45933</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>498794.07</x:v>
+        <x:v>499303.77</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45932</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>498708.34</x:v>
+        <x:v>499276.49</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45931</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>498678.28</x:v>
+        <x:v>499247.85</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45930</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>498649.6</x:v>
+        <x:v>499219.49</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45929</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>498619.71</x:v>
+        <x:v>499185.92</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45926</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>498587.35</x:v>
+        <x:v>499105.62</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45925</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>498504.91</x:v>
+        <x:v>499077.42</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45924</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>498476</x:v>
+        <x:v>499049.39</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45923</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>498446.13</x:v>
+        <x:v>499022.01</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45922</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>498416.45</x:v>
+        <x:v>498990.38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45919</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>498383.35</x:v>
+        <x:v>498908.35</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45918</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>498301.88</x:v>
+        <x:v>498878.92</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45917</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>498273.09</x:v>
+        <x:v>498851.36</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45916</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>498244.55</x:v>
+        <x:v>498822.19</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45915</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>498214.4</x:v>
+        <x:v>498794.07</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45912</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>498181.07</x:v>
+        <x:v>498708.34</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45911</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>498098.61</x:v>
+        <x:v>498678.28</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45910</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>498067.09</x:v>
+        <x:v>498649.6</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45909</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>498038.43</x:v>
+        <x:v>498619.71</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45908</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>498008.58</x:v>
+        <x:v>498587.35</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45905</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>497975.15</x:v>
+        <x:v>498504.91</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45904</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>497894.27</x:v>
+        <x:v>498476</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45903</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>497865.98</x:v>
+        <x:v>498446.13</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45902</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>497839.41</x:v>
+        <x:v>498416.45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45901</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>497810.3</x:v>
+        <x:v>498383.35</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45898</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>497779.76</x:v>
+        <x:v>498301.88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45897</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>497695.68</x:v>
+        <x:v>498273.09</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45896</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>497667.95</x:v>
+        <x:v>498244.55</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45895</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>497636.86</x:v>
+        <x:v>498214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45894</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>497609.22</x:v>
+        <x:v>498181.07</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45891</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>497575.83</x:v>
+        <x:v>498098.61</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45890</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>497492.54</x:v>
+        <x:v>498067.09</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45889</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>497464.97</x:v>
+        <x:v>498038.43</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45888</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>497437.41</x:v>
+        <x:v>498008.58</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45887</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>497409.51</x:v>
+        <x:v>497975.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45883</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>497370.17</x:v>
+        <x:v>497894.27</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45882</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>497266.19</x:v>
+        <x:v>497865.98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45881</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>497238.16</x:v>
+        <x:v>497839.41</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45880</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>497209.09</x:v>
+        <x:v>497810.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45877</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>497174.55</x:v>
+        <x:v>497779.76</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45876</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>497095.06</x:v>
+        <x:v>497695.68</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45875</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>497068.08</x:v>
+        <x:v>497667.95</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45874</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>510286.15</x:v>
+        <x:v>497636.86</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45873</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>510258.26</x:v>
+        <x:v>497609.22</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45870</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>510224.98</x:v>
+        <x:v>497575.83</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45869</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>510143.72</x:v>
+        <x:v>497492.54</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45868</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>510114.44</x:v>
+        <x:v>497464.97</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45867</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>510086.49</x:v>
+        <x:v>497437.41</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45866</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>510057.88</x:v>
+        <x:v>497409.51</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45863</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>510026.45</x:v>
+        <x:v>497370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45862</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>509941.51</x:v>
+        <x:v>497266.19</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45861</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>509908.91</x:v>
+        <x:v>497238.16</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45860</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>509878.92</x:v>
+        <x:v>497209.09</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45859</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>509849.82</x:v>
+        <x:v>497174.55</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45856</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>509816.31</x:v>
+        <x:v>497095.06</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45855</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>509734.53</x:v>
+        <x:v>497068.08</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45854</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>509707.02</x:v>
+        <x:v>510286.15</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45853</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>509677.9</x:v>
+        <x:v>510258.26</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45849</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>509646.55</x:v>
+        <x:v>510224.98</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45848</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>509536.19</x:v>
+        <x:v>510143.72</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45847</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>509507.63</x:v>
+        <x:v>510114.44</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45846</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>509480.02</x:v>
+        <x:v>510086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45845</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>509448.42</x:v>
+        <x:v>510057.88</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45842</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>509416.35</x:v>
+        <x:v>510026.45</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45841</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>509335.51</x:v>
+        <x:v>509941.51</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45840</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>509307.11</x:v>
+        <x:v>509908.91</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45839</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>509278.48</x:v>
+        <x:v>509878.92</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45838</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>509247.96</x:v>
+        <x:v>509849.82</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45835</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>509204.29</x:v>
+        <x:v>509816.31</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45834</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>509122.95</x:v>
+        <x:v>509734.53</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45833</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>509093.26</x:v>
+        <x:v>509707.02</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45832</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>509064.48</x:v>
+        <x:v>509677.9</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45831</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>509035.38</x:v>
+        <x:v>509646.55</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45828</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>508999.59</x:v>
+        <x:v>509536.19</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45827</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>508920.55</x:v>
+        <x:v>509507.63</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45826</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>508889.15</x:v>
+        <x:v>509480.02</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45825</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>508859.83</x:v>
+        <x:v>509448.42</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45824</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>508830.89</x:v>
+        <x:v>509416.35</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45821</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>508788.67</x:v>
+        <x:v>509335.51</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45820</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>508709.96</x:v>
+        <x:v>509307.11</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45819</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>508683.06</x:v>
+        <x:v>509278.48</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45818</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>508648.02</x:v>
+        <x:v>509247.96</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45814</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>508599.5</x:v>
+        <x:v>509204.29</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45813</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>508476.61</x:v>
+        <x:v>509122.95</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45812</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>508442.45</x:v>
+        <x:v>509093.26</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45811</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>508408.52</x:v>
+        <x:v>509064.48</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45810</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>508375.84</x:v>
+        <x:v>509035.38</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45807</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>508336.06</x:v>
+        <x:v>508999.59</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45805</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>508239.43</x:v>
+        <x:v>508920.55</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45804</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>508176.64</x:v>
+        <x:v>508889.15</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45803</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>508141.83</x:v>
+        <x:v>508859.83</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45800</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>508106.17</x:v>
+        <x:v>508830.89</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45799</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>508016.58</x:v>
+        <x:v>508788.67</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45798</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>507986.56</x:v>
+        <x:v>508709.96</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45797</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>507952.33</x:v>
+        <x:v>508683.06</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45796</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>507918.31</x:v>
+        <x:v>508648.02</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45793</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>507879.4</x:v>
+        <x:v>508599.5</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45792</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>507790.83</x:v>
+        <x:v>508476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45791</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>507760.31</x:v>
+        <x:v>508442.45</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45790</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>507726.7</x:v>
+        <x:v>508408.52</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45789</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>507689.75</x:v>
+        <x:v>508375.84</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45786</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>507643.76</x:v>
+        <x:v>508336.06</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45784</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>507547.87</x:v>
+        <x:v>508239.43</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45783</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>507486.44</x:v>
+        <x:v>508176.64</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45782</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>507452.66</x:v>
+        <x:v>508141.83</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45779</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>507411.64</x:v>
+        <x:v>508106.17</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45777</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>507320.28</x:v>
+        <x:v>508016.58</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45776</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>507262.14</x:v>
+        <x:v>507986.56</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45775</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>507230.81</x:v>
+        <x:v>507952.33</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45772</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>507190.53</x:v>
+        <x:v>507918.31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45771</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>507101.38</x:v>
+        <x:v>507879.4</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45770</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>507069.33</x:v>
+        <x:v>507790.83</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45769</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>507031.97</x:v>
+        <x:v>507760.31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45764</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>506981.27</x:v>
+        <x:v>507726.7</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45763</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>506816.58</x:v>
+        <x:v>507689.75</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45762</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>506784.43</x:v>
+        <x:v>507643.76</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45761</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>506746.79</x:v>
+        <x:v>507547.87</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45758</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>506704.88</x:v>
+        <x:v>507486.44</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45757</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>506595.52</x:v>
+        <x:v>507452.66</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45756</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>506557.94</x:v>
+        <x:v>507411.64</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45755</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>506519.28</x:v>
+        <x:v>507320.28</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45754</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>506466.25</x:v>
+        <x:v>507262.14</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45751</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>506431.8</x:v>
+        <x:v>507230.81</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45750</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>506331.07</x:v>
+        <x:v>507190.53</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45749</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>506292.3</x:v>
+        <x:v>507101.38</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45748</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>506256.44</x:v>
+        <x:v>507069.33</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45747</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>506221.41</x:v>
+        <x:v>507031.97</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45744</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>506179.78</x:v>
+        <x:v>506981.27</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45743</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>506077.85</x:v>
+        <x:v>506816.58</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45742</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>506041.77</x:v>
+        <x:v>506784.43</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45741</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>506005.23</x:v>
+        <x:v>506746.79</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45740</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>505968.62</x:v>
+        <x:v>506704.88</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45737</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>505927.26</x:v>
+        <x:v>506595.52</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45736</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>505823.31</x:v>
+        <x:v>506557.94</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45735</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>505787.77</x:v>
+        <x:v>506519.28</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45734</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>505749.63</x:v>
+        <x:v>506466.25</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45733</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>505711.78</x:v>
+        <x:v>506431.8</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45730</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>505666.81</x:v>
+        <x:v>506331.07</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45729</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>505563.75</x:v>
+        <x:v>506292.3</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45728</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>505527.28</x:v>
+        <x:v>506256.44</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45727</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>505487.58</x:v>
+        <x:v>506221.41</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45726</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>505450.85</x:v>
+        <x:v>506179.78</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45723</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>505403.9</x:v>
+        <x:v>506077.85</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45722</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>505293.36</x:v>
+        <x:v>506041.77</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45721</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>505254.35</x:v>
+        <x:v>506005.23</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45720</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>505213.51</x:v>
+        <x:v>505968.62</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45719</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>505175.78</x:v>
+        <x:v>505927.26</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45716</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>505131.8</x:v>
+        <x:v>505823.31</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45715</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>505020.14</x:v>
+        <x:v>505787.77</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45714</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>504980.87</x:v>
+        <x:v>505749.63</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45713</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>504942.5</x:v>
+        <x:v>505711.78</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45712</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>504905.53</x:v>
+        <x:v>505666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45709</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>504858.34</x:v>
+        <x:v>505563.75</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45708</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>504749.77</x:v>
+        <x:v>505527.28</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45707</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>504710.39</x:v>
+        <x:v>505487.58</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45706</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>504671.02</x:v>
+        <x:v>505450.85</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45705</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>504632.66</x:v>
+        <x:v>505403.9</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45702</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>504585.99</x:v>
+        <x:v>505293.36</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45701</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>504475.79</x:v>
+        <x:v>505254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45700</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>504437.37</x:v>
+        <x:v>505213.51</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45699</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>504396.02</x:v>
+        <x:v>505175.78</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45698</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>504357.72</x:v>
+        <x:v>505131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45695</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>504306.59</x:v>
+        <x:v>505020.14</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45694</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>504200.95</x:v>
+        <x:v>504980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45693</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>504163.89</x:v>
+        <x:v>504942.5</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45692</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>504120.98</x:v>
+        <x:v>504905.53</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45691</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>504077.93</x:v>
+        <x:v>504858.34</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45688</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>504029.91</x:v>
+        <x:v>504749.77</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45687</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>503911.6</x:v>
+        <x:v>504710.39</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45686</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>503868.44</x:v>
+        <x:v>504671.02</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45685</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>503825.94</x:v>
+        <x:v>504632.66</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45684</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>503782.71</x:v>
+        <x:v>504585.99</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45681</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>503734.34</x:v>
+        <x:v>504475.79</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45680</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>503617.91</x:v>
+        <x:v>504437.37</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45679</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>503575.41</x:v>
+        <x:v>504396.02</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45678</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>503534.26</x:v>
+        <x:v>504357.72</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45677</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>503490.69</x:v>
+        <x:v>504306.59</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45674</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>503444.58</x:v>
+        <x:v>504200.95</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45673</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>503327.67</x:v>
+        <x:v>504163.89</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45672</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>503286.45</x:v>
+        <x:v>504120.98</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45671</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>503242.52</x:v>
+        <x:v>504077.93</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45670</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>503204.55</x:v>
+        <x:v>504029.91</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45667</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>503148.89</x:v>
+        <x:v>503911.6</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45666</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>503028.27</x:v>
+        <x:v>503868.44</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45665</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>502986.03</x:v>
+        <x:v>503825.94</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45664</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>502945.5</x:v>
+        <x:v>503782.71</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45663</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>502903.99</x:v>
+        <x:v>503734.34</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45660</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>502854.06</x:v>
+        <x:v>503617.91</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45659</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>502734.06</x:v>
+        <x:v>503575.41</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45657</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>502690.87</x:v>
+        <x:v>503534.26</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45656</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>502611.55</x:v>
+        <x:v>503490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45653</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>502555.89</x:v>
+        <x:v>503444.58</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45650</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>502431.44</x:v>
+        <x:v>503327.67</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45649</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>502312.92</x:v>
+        <x:v>503286.45</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45646</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>502260.79</x:v>
+        <x:v>503242.52</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45645</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>502144.94</x:v>
+        <x:v>503204.55</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45644</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>502104.61</x:v>
+        <x:v>503148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45643</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>502055.32</x:v>
+        <x:v>503028.27</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45642</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>502010.13</x:v>
+        <x:v>502986.03</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45639</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>501955.1</x:v>
+        <x:v>502945.5</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45638</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>501826.06</x:v>
+        <x:v>502903.99</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45637</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>501779.65</x:v>
+        <x:v>502854.06</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45636</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>501734.02</x:v>
+        <x:v>502734.06</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45635</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>501686.71</x:v>
+        <x:v>502690.87</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45632</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>501633.89</x:v>
+        <x:v>502611.55</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45631</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>501504.89</x:v>
+        <x:v>502555.89</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45630</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>501458.68</x:v>
+        <x:v>502431.44</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45629</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>501411.02</x:v>
+        <x:v>502312.92</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45628</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>501359.89</x:v>
+        <x:v>502260.79</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45625</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>501309.66</x:v>
+        <x:v>502144.94</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45624</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>501182.23</x:v>
+        <x:v>502104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45623</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>501137.97</x:v>
+        <x:v>502055.32</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45622</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>501088.05</x:v>
+        <x:v>502010.13</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45621</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>501039.55</x:v>
+        <x:v>501955.1</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45618</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>500992.02</x:v>
+        <x:v>501826.06</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45617</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>500857.77</x:v>
+        <x:v>501779.65</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45616</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>500810.73</x:v>
+        <x:v>501734.02</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45615</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>500763.6</x:v>
+        <x:v>501686.71</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45614</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>500716.34</x:v>
+        <x:v>501633.89</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45611</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>500660.65</x:v>
+        <x:v>501504.89</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45610</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>500529.38</x:v>
+        <x:v>501458.68</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45609</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>500486.43</x:v>
+        <x:v>501411.02</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45608</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>500440.64</x:v>
+        <x:v>501359.89</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45604</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>500381.78</x:v>
+        <x:v>501309.66</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45603</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>500214.11</x:v>
+        <x:v>501182.23</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45602</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>500167.47</x:v>
+        <x:v>501137.97</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45601</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>500124.09</x:v>
+        <x:v>501088.05</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45600</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>500078.29</x:v>
+        <x:v>501039.55</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45596</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>500030.91</x:v>
+        <x:v>500992.02</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45595</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>499854.75</x:v>
+        <x:v>500857.77</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45594</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>499811.14</x:v>
+        <x:v>500810.73</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45593</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>499766.43</x:v>
+        <x:v>500763.6</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45590</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>499714.21</x:v>
+        <x:v>500716.34</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45589</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>499586.65</x:v>
+        <x:v>500660.65</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45588</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>499545.43</x:v>
+        <x:v>500529.38</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45587</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>499499.54</x:v>
+        <x:v>500486.43</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45586</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>499448.16</x:v>
+        <x:v>500440.64</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45583</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>499389.91</x:v>
+        <x:v>500381.78</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45582</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>499254.81</x:v>
+        <x:v>500214.11</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45581</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>499204.65</x:v>
+        <x:v>500167.47</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45580</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>499158.02</x:v>
+        <x:v>500124.09</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45579</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>499112.44</x:v>
+        <x:v>500078.29</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45576</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>499057.66</x:v>
+        <x:v>500030.91</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45575</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>498914.86</x:v>
+        <x:v>499854.75</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45574</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>498864.5</x:v>
+        <x:v>499811.14</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45573</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>498815.09</x:v>
+        <x:v>499766.43</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45572</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>498767.36</x:v>
+        <x:v>499714.21</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45569</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>498704.54</x:v>
+        <x:v>499586.65</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45568</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>498564.27</x:v>
+        <x:v>499545.43</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45567</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>498520.82</x:v>
+        <x:v>499499.54</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45566</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>498467.93</x:v>
+        <x:v>499448.16</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45565</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>498420.29</x:v>
+        <x:v>499389.91</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45562</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>498354.71</x:v>
+        <x:v>499254.81</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45561</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>498218.46</x:v>
+        <x:v>499204.65</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45560</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>498171.08</x:v>
+        <x:v>499158.02</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45559</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>498118.76</x:v>
+        <x:v>499112.44</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45558</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>498071.81</x:v>
+        <x:v>499057.66</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45555</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>498014.33</x:v>
+        <x:v>498914.86</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45554</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>497874.46</x:v>
+        <x:v>498864.5</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45553</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>497825.73</x:v>
+        <x:v>498815.09</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45552</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>497771.78</x:v>
+        <x:v>498767.36</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45551</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>497720.64</x:v>
+        <x:v>498704.54</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45548</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>497659.96</x:v>
+        <x:v>498564.27</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45547</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>497510.91</x:v>
+        <x:v>498520.82</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45546</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>497458.36</x:v>
+        <x:v>498467.93</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45545</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>497408.05</x:v>
+        <x:v>498420.29</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45544</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>497356.1</x:v>
+        <x:v>498354.71</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45541</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>497295.78</x:v>
+        <x:v>498218.46</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45540</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>497154.37</x:v>
+        <x:v>498171.08</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45539</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>497099.23</x:v>
+        <x:v>498118.76</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45538</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>497048.47</x:v>
+        <x:v>498071.81</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45537</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>496996.18</x:v>
+        <x:v>498014.33</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45534</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>496935.42</x:v>
+        <x:v>497874.46</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45533</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>496788.24</x:v>
+        <x:v>497825.73</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45532</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>496735.8</x:v>
+        <x:v>497771.78</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45531</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>496684.19</x:v>
+        <x:v>497720.64</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45530</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>496629.35</x:v>
+        <x:v>497659.96</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45527</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>496569.47</x:v>
+        <x:v>497510.91</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45526</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>496420.45</x:v>
+        <x:v>497458.36</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45525</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>496367.38</x:v>
+        <x:v>497408.05</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45524</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>496316.21</x:v>
+        <x:v>497356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45523</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>496263.57</x:v>
+        <x:v>497295.78</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45520</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>496205.5</x:v>
+        <x:v>497154.37</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45518</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>496051.51</x:v>
+        <x:v>497099.23</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45517</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>495953.28</x:v>
+        <x:v>497048.47</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45516</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>495902.31</x:v>
+        <x:v>496996.18</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45513</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>495842.43</x:v>
+        <x:v>496935.42</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45512</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>495692.6</x:v>
+        <x:v>496788.24</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45511</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>495648</x:v>
+        <x:v>496735.8</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45510</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>495586.79</x:v>
+        <x:v>496684.19</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45509</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>510272.51</x:v>
+        <x:v>496629.35</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45506</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>510218.09</x:v>
+        <x:v>496569.47</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45505</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>510068.63</x:v>
+        <x:v>496420.45</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45504</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>510015.85</x:v>
+        <x:v>496367.38</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45503</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>509961.8</x:v>
+        <x:v>496316.21</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45502</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>509909.01</x:v>
+        <x:v>496263.57</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45499</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>509848.36</x:v>
+        <x:v>496205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45498</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>509696.62</x:v>
+        <x:v>496051.51</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45497</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>509643.97</x:v>
+        <x:v>495953.28</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45496</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>509589.98</x:v>
+        <x:v>495902.31</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45495</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>509531.82</x:v>
+        <x:v>495842.43</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45492</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>509479.44</x:v>
+        <x:v>495692.6</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45491</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>509322.72</x:v>
+        <x:v>495648</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45490</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>509270.41</x:v>
+        <x:v>495586.79</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45489</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>509218.36</x:v>
+        <x:v>510272.51</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45488</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>509164.9</x:v>
+        <x:v>510218.09</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45485</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>509105.84</x:v>
+        <x:v>510068.63</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45484</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>508953.96</x:v>
+        <x:v>510015.85</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45483</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>508901.33</x:v>
+        <x:v>509961.8</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45482</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>508850.67</x:v>
+        <x:v>509909.01</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45481</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>508793.51</x:v>
+        <x:v>509848.36</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45478</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>508734.64</x:v>
+        <x:v>509696.62</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45477</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>508580.16</x:v>
+        <x:v>509643.97</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45476</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>508525.5</x:v>
+        <x:v>509589.98</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45475</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>508471.2</x:v>
+        <x:v>509531.82</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45474</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>508418.47</x:v>
+        <x:v>509479.44</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45471</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>508359.54</x:v>
+        <x:v>509322.72</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45470</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>508204.72</x:v>
+        <x:v>509270.41</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45469</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>508150.62</x:v>
+        <x:v>509218.36</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45468</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>508098.08</x:v>
+        <x:v>509164.9</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45467</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>508044.45</x:v>
+        <x:v>509105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45464</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>507986.01</x:v>
+        <x:v>508953.96</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45463</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>507831.75</x:v>
+        <x:v>508901.33</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45462</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>507779.04</x:v>
+        <x:v>508850.67</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45461</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>507727.98</x:v>
+        <x:v>508793.51</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45460</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>507676.89</x:v>
+        <x:v>508734.64</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45457</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>507621.3</x:v>
+        <x:v>508580.16</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45456</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>507470.81</x:v>
+        <x:v>508525.5</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45455</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>507417.34</x:v>
+        <x:v>508471.2</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45454</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>507360.1</x:v>
+        <x:v>508418.47</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45453</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>507302.72</x:v>
+        <x:v>508359.54</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45450</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>507242.08</x:v>
+        <x:v>508204.72</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45449</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>507074.23</x:v>
+        <x:v>508150.62</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45448</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>507020.44</x:v>
+        <x:v>508098.08</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45447</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>506961.82</x:v>
+        <x:v>508044.45</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45446</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>506906.81</x:v>
+        <x:v>507986.01</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45443</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>506849.23</x:v>
+        <x:v>507831.75</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45442</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>506678</x:v>
+        <x:v>507779.04</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45441</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>506622.59</x:v>
+        <x:v>507727.98</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45440</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>506561.5</x:v>
+        <x:v>507676.89</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45439</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>506507.09</x:v>
+        <x:v>507621.3</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45436</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>506450.04</x:v>
+        <x:v>507470.81</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45435</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>506280.74</x:v>
+        <x:v>507417.34</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45434</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>506226.33</x:v>
+        <x:v>507360.1</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45433</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>506165.74</x:v>
+        <x:v>507302.72</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45429</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>506113.5</x:v>
+        <x:v>507242.08</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45428</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>505890.43</x:v>
+        <x:v>507074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45427</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>505835.44</x:v>
+        <x:v>507020.44</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45426</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>505775.92</x:v>
+        <x:v>506961.82</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45425</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>505721.13</x:v>
+        <x:v>506906.81</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45422</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>505662.36</x:v>
+        <x:v>506849.23</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45419</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>505497.04</x:v>
+        <x:v>506678</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45418</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>505331.7</x:v>
+        <x:v>506622.59</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45415</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>505272.51</x:v>
+        <x:v>506561.5</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45414</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>505107.15</x:v>
+        <x:v>506507.09</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45412</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>505054.68</x:v>
+        <x:v>506450.04</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45411</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>504942.94</x:v>
+        <x:v>506280.74</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45408</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>504883.74</x:v>
+        <x:v>506226.33</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45407</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>504719.45</x:v>
+        <x:v>506165.74</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45406</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>504664.71</x:v>
+        <x:v>506113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45405</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>504607.95</x:v>
+        <x:v>505890.43</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45404</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>504538.84</x:v>
+        <x:v>505835.44</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45401</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>504484.46</x:v>
+        <x:v>505775.92</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45400</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>504319.92</x:v>
+        <x:v>505721.13</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45399</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>504264.22</x:v>
+        <x:v>505662.36</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45398</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>504208.39</x:v>
+        <x:v>505497.04</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45397</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>504150.23</x:v>
+        <x:v>505331.7</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45394</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>504087.32</x:v>
+        <x:v>505272.51</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45393</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>503929.51</x:v>
+        <x:v>505107.15</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45392</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>503868.09</x:v>
+        <x:v>505054.68</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45391</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>503812.53</x:v>
+        <x:v>504942.94</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45390</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>503756.01</x:v>
+        <x:v>504883.74</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45387</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>503690.51</x:v>
+        <x:v>504719.45</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45386</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>503527.79</x:v>
+        <x:v>504664.71</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45385</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>503472.22</x:v>
+        <x:v>504607.95</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45384</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>503406.28</x:v>
+        <x:v>504538.84</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45379</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>503346.56</x:v>
+        <x:v>504484.46</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45378</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>503077.03</x:v>
+        <x:v>504319.92</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45377</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>503018.91</x:v>
+        <x:v>504264.22</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45376</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>502960.39</x:v>
+        <x:v>504208.39</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45373</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>502899.39</x:v>
+        <x:v>504150.23</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45372</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>502734.27</x:v>
+        <x:v>504087.32</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45371</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>502681.7</x:v>
+        <x:v>503929.51</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45370</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>502626.24</x:v>
+        <x:v>503868.09</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45369</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>502568.49</x:v>
+        <x:v>503812.53</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45366</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>502509.29</x:v>
+        <x:v>503756.01</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45365</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>502345.39</x:v>
+        <x:v>503690.51</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45364</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>502283.97</x:v>
+        <x:v>503527.79</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45363</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>502224.37</x:v>
+        <x:v>503472.22</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45362</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>502165.7</x:v>
+        <x:v>503406.28</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45359</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>502102.22</x:v>
+        <x:v>503346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45358</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>501943.78</x:v>
+        <x:v>503077.03</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45357</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>501888.41</x:v>
+        <x:v>503018.91</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45356</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>501827.55</x:v>
+        <x:v>502960.39</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45355</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>501771.99</x:v>
+        <x:v>502899.39</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45352</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>501715.96</x:v>
+        <x:v>502734.27</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45351</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>501546.93</x:v>
+        <x:v>502681.7</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45350</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>501485.44</x:v>
+        <x:v>502626.24</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45349</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>501428.84</x:v>
+        <x:v>502568.49</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45348</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>501370.68</x:v>
+        <x:v>502509.29</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45345</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>501316.63</x:v>
+        <x:v>502345.39</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45344</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>501159.26</x:v>
+        <x:v>502283.97</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45343</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>501096.43</x:v>
+        <x:v>502224.37</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45342</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>501032.77</x:v>
+        <x:v>502165.7</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45341</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>500978.49</x:v>
+        <x:v>502102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45338</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>500914.18</x:v>
+        <x:v>501943.78</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45337</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>500755.9</x:v>
+        <x:v>501888.41</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45336</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>500700.38</x:v>
+        <x:v>501827.55</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45335</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>500650.05</x:v>
+        <x:v>501771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45334</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>500581.98</x:v>
+        <x:v>501715.96</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45331</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>500525.19</x:v>
+        <x:v>501546.93</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45330</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>500359.03</x:v>
+        <x:v>501485.44</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45329</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>500309.26</x:v>
+        <x:v>501428.84</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45328</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>500256.49</x:v>
+        <x:v>501370.68</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45327</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>500201.95</x:v>
+        <x:v>501316.63</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45324</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>500128.74</x:v>
+        <x:v>501159.26</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45323</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>499971.76</x:v>
+        <x:v>501096.43</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45322</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>499909.8</x:v>
+        <x:v>501032.77</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45321</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>499866.28</x:v>
+        <x:v>500978.49</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45320</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>499802.97</x:v>
+        <x:v>500914.18</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45317</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>499742</x:v>
+        <x:v>500755.9</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45316</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>499582.02</x:v>
+        <x:v>500700.38</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45315</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>499514.52</x:v>
+        <x:v>500650.05</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45314</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>499459.19</x:v>
+        <x:v>500581.98</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45313</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>499398.49</x:v>
+        <x:v>500525.19</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45310</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>499330.2</x:v>
+        <x:v>500359.03</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45309</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>499170.88</x:v>
+        <x:v>500309.26</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45308</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>499118.5</x:v>
+        <x:v>500256.49</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45307</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>499058.27</x:v>
+        <x:v>500201.95</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45306</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>499005.61</x:v>
+        <x:v>500128.74</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45303</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>498924.85</x:v>
+        <x:v>499971.76</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45302</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>498771.22</x:v>
+        <x:v>499909.8</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45301</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>498711.56</x:v>
+        <x:v>499866.28</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45300</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>498660.72</x:v>
+        <x:v>499802.97</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45299</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>498603.17</x:v>
+        <x:v>499742</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45296</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>498543.91</x:v>
+        <x:v>499582.02</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45295</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>498381.1</x:v>
+        <x:v>499514.52</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45294</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>498331.35</x:v>
+        <x:v>499459.19</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45293</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>498278.88</x:v>
+        <x:v>499398.49</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45289</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>498222.14</x:v>
+        <x:v>499330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45288</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>498002.66</x:v>
+        <x:v>499170.88</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45287</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>497941.08</x:v>
+        <x:v>499118.5</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45282</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>497884.24</x:v>
+        <x:v>499058.27</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45281</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>497607.85</x:v>
+        <x:v>499005.61</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45280</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>497548.86</x:v>
+        <x:v>498924.85</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45279</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>497489.7</x:v>
+        <x:v>498771.22</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45278</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>497434.22</x:v>
+        <x:v>498711.56</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45275</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>497378.59</x:v>
+        <x:v>498660.72</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45274</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>497195.58</x:v>
+        <x:v>498603.17</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45273</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>497156.92</x:v>
+        <x:v>498543.91</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45272</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>497097.69</x:v>
+        <x:v>498381.1</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45271</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>497045.99</x:v>
+        <x:v>498331.35</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45268</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>496991.46</x:v>
+        <x:v>498278.88</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45267</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>496822.97</x:v>
+        <x:v>498222.14</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45266</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>496765.9</x:v>
+        <x:v>498002.66</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45265</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>496710.65</x:v>
+        <x:v>497941.08</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45264</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>496667.42</x:v>
+        <x:v>497884.24</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45261</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>496609.03</x:v>
+        <x:v>497607.85</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45260</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>496442.43</x:v>
+        <x:v>497548.86</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45259</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>496385.04</x:v>
+        <x:v>497489.7</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45258</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>496337.61</x:v>
+        <x:v>497434.22</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45257</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>496285.33</x:v>
+        <x:v>497378.59</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45254</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>496232.64</x:v>
+        <x:v>497195.58</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45253</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>496062.89</x:v>
+        <x:v>497156.92</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45252</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>496005.65</x:v>
+        <x:v>497097.69</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45251</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>495950.7</x:v>
+        <x:v>497045.99</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45250</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>495897.7</x:v>
+        <x:v>496991.46</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45247</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>495836.33</x:v>
+        <x:v>496822.97</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45246</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>495670.3</x:v>
+        <x:v>496765.9</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45245</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>495616.83</x:v>
+        <x:v>496710.65</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45244</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>495560.2</x:v>
+        <x:v>496667.42</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45243</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>495504.76</x:v>
+        <x:v>496609.03</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45240</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>495451.65</x:v>
+        <x:v>496442.43</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45239</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>495286.23</x:v>
+        <x:v>496385.04</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45238</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>495232.09</x:v>
+        <x:v>496337.61</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45237</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>495177.93</x:v>
+        <x:v>496285.33</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45236</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>495122.81</x:v>
+        <x:v>496232.64</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45233</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>495069.51</x:v>
+        <x:v>496062.89</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45232</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>494903.09</x:v>
+        <x:v>496005.65</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45230</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>494846.53</x:v>
+        <x:v>495950.7</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45229</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>494733.1</x:v>
+        <x:v>495897.7</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45226</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>494676.65</x:v>
+        <x:v>495836.33</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45225</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>494513.71</x:v>
+        <x:v>495670.3</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45224</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>494456.31</x:v>
+        <x:v>495616.83</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45223</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>494403.95</x:v>
+        <x:v>495560.2</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45222</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>494351.72</x:v>
+        <x:v>495504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45219</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>494297.02</x:v>
+        <x:v>495451.65</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45218</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>494128.99</x:v>
+        <x:v>495286.23</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45217</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>494076.77</x:v>
+        <x:v>495232.09</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45216</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>494022.04</x:v>
+        <x:v>495177.93</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45215</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>493966.83</x:v>
+        <x:v>495122.81</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45212</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>493911</x:v>
+        <x:v>495069.51</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45211</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>493748.7</x:v>
+        <x:v>494903.09</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45210</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>493694.26</x:v>
+        <x:v>494846.53</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45209</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>493638.69</x:v>
+        <x:v>494733.1</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45208</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>493583.15</x:v>
+        <x:v>494676.65</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45205</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>493533.84</x:v>
+        <x:v>494513.71</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45204</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>493370.71</x:v>
+        <x:v>494456.31</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45203</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>493320.47</x:v>
+        <x:v>494403.95</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45202</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>493267.83</x:v>
+        <x:v>494351.72</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45201</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>493215.99</x:v>
+        <x:v>494297.02</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45198</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>493164.57</x:v>
+        <x:v>494128.99</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45197</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>492996.39</x:v>
+        <x:v>494076.77</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45196</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>492942.75</x:v>
+        <x:v>494022.04</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45195</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>492889.31</x:v>
+        <x:v>493966.83</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45194</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>492835.16</x:v>
+        <x:v>493911</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45191</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>492779.69</x:v>
+        <x:v>493748.7</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45190</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>492631.12</x:v>
+        <x:v>493694.26</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45189</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>492574.53</x:v>
+        <x:v>493638.69</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45188</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>492524.34</x:v>
+        <x:v>493583.15</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45187</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>492471.27</x:v>
+        <x:v>493533.84</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45184</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>492415.68</x:v>
+        <x:v>493370.71</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45183</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>492262.07</x:v>
+        <x:v>493320.47</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45182</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>492211.8</x:v>
+        <x:v>493267.83</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45181</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>492159.82</x:v>
+        <x:v>493215.99</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45180</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>492105.33</x:v>
+        <x:v>493164.57</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45177</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>492052.41</x:v>
+        <x:v>492996.39</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45176</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>491899.35</x:v>
+        <x:v>492942.75</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45175</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>491846.3</x:v>
+        <x:v>492889.31</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45174</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>491796.05</x:v>
+        <x:v>492835.16</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45173</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>491743.49</x:v>
+        <x:v>492779.69</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45170</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>491688.07</x:v>
+        <x:v>492631.12</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45169</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>491535.81</x:v>
+        <x:v>492574.53</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45168</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>491483.66</x:v>
+        <x:v>492524.34</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45167</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>491432.11</x:v>
+        <x:v>492471.27</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45166</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>491379.78</x:v>
+        <x:v>492415.68</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45163</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>491326.86</x:v>
+        <x:v>492262.07</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45162</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>491174.64</x:v>
+        <x:v>492211.8</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45161</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>491128.12</x:v>
+        <x:v>492159.82</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45160</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>491074.96</x:v>
+        <x:v>492105.33</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45159</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>491023.73</x:v>
+        <x:v>492052.41</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45156</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>490970.33</x:v>
+        <x:v>491899.35</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45155</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>490819.85</x:v>
+        <x:v>491846.3</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45154</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>490768.24</x:v>
+        <x:v>491796.05</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45152</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>490715.66</x:v>
+        <x:v>491743.49</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45149</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>490613.2</x:v>
+        <x:v>491688.07</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45148</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>490455.2</x:v>
+        <x:v>491535.81</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45147</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>490404.08</x:v>
+        <x:v>491483.66</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45146</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>490353.91</x:v>
+        <x:v>491432.11</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45145</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>490303.24</x:v>
+        <x:v>491379.78</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45142</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>490252.33</x:v>
+        <x:v>491326.86</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45141</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>490096.82</x:v>
+        <x:v>491174.64</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45140</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>492752.86</x:v>
+        <x:v>491128.12</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45139</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>492702.52</x:v>
+        <x:v>491074.96</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45138</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>492655.37</x:v>
+        <x:v>491023.73</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45135</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>492606.29</x:v>
+        <x:v>490970.33</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45134</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>492463.54</x:v>
+        <x:v>490819.85</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45133</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>492415.45</x:v>
+        <x:v>490768.24</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45132</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>492368.51</x:v>
+        <x:v>490715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45131</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>492320.81</x:v>
+        <x:v>490613.2</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45128</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>492276.72</x:v>
+        <x:v>490455.2</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45127</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>492129.87</x:v>
+        <x:v>490404.08</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45126</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>492079.03</x:v>
+        <x:v>490353.91</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45125</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>492034.8</x:v>
+        <x:v>490303.24</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45124</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>491985.09</x:v>
+        <x:v>490252.33</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45120</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>491937.32</x:v>
+        <x:v>490096.82</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45119</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>491745.71</x:v>
+        <x:v>492752.86</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45118</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>491697.16</x:v>
+        <x:v>492702.52</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45117</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>491648.56</x:v>
+        <x:v>492655.37</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45114</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>491604.3</x:v>
+        <x:v>492606.29</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45113</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>491458.79</x:v>
+        <x:v>492463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45112</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>491410.28</x:v>
+        <x:v>492415.45</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45111</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>491362.22</x:v>
+        <x:v>492368.51</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45110</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>491313.58</x:v>
+        <x:v>492320.81</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45107</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>491267.62</x:v>
+        <x:v>492276.72</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45106</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>491125.99</x:v>
+        <x:v>492129.87</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45105</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>491080.96</x:v>
+        <x:v>492079.03</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45104</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>491031.61</x:v>
+        <x:v>492034.8</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45103</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>490984.79</x:v>
+        <x:v>491985.09</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45100</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>490940.47</x:v>
+        <x:v>491937.32</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45099</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>490796.98</x:v>
+        <x:v>491745.71</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45098</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>490749.81</x:v>
+        <x:v>491697.16</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45097</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>490707.7</x:v>
+        <x:v>491648.56</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45096</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>490659.21</x:v>
+        <x:v>491604.3</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45093</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>490615.69</x:v>
+        <x:v>491458.79</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45092</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>490481.66</x:v>
+        <x:v>491410.28</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45091</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>490432.41</x:v>
+        <x:v>491362.22</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45090</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>490388.16</x:v>
+        <x:v>491313.58</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45089</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>490343.29</x:v>
+        <x:v>491267.62</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45086</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>490295.38</x:v>
+        <x:v>491125.99</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45085</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>490168.99</x:v>
+        <x:v>491080.96</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45084</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>490121.09</x:v>
+        <x:v>491031.61</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45083</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>490076.92</x:v>
+        <x:v>490984.79</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45082</x:v>
+        <x:v>45100</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>490031.53</x:v>
+        <x:v>490940.47</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45079</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>489988.27</x:v>
+        <x:v>490796.98</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45078</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>489857.74</x:v>
+        <x:v>490749.81</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45077</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>489811.2</x:v>
+        <x:v>490707.7</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>45076</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>489770.48</x:v>
+        <x:v>490659.21</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>45072</x:v>
+        <x:v>45093</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>489729</x:v>
+        <x:v>490615.69</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>45071</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>489553.06</x:v>
+        <x:v>490481.66</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>45070</x:v>
+        <x:v>45091</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>489512.03</x:v>
+        <x:v>490432.41</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>45069</x:v>
+        <x:v>45090</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>489465.18</x:v>
+        <x:v>490388.16</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>45068</x:v>
+        <x:v>45089</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>489407.73</x:v>
+        <x:v>490343.29</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>45065</x:v>
+        <x:v>45086</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>489373.55</x:v>
+        <x:v>490295.38</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>45063</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>489234.9</x:v>
+        <x:v>490168.99</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>45062</x:v>
+        <x:v>45084</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>489143.14</x:v>
+        <x:v>490121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>45061</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>489100.18</x:v>
+        <x:v>490076.92</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>45058</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>489056.22</x:v>
+        <x:v>490031.53</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>45057</x:v>
+        <x:v>45079</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>488922.65</x:v>
+        <x:v>489988.27</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>45056</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>488879.15</x:v>
+        <x:v>489857.74</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>45055</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>488839.89</x:v>
+        <x:v>489811.2</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>45051</x:v>
+        <x:v>45076</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>488802.57</x:v>
+        <x:v>489770.48</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>45050</x:v>
+        <x:v>45072</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>488660</x:v>
+        <x:v>489729</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>45049</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>488618.2</x:v>
+        <x:v>489553.06</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>45048</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>488578.05</x:v>
+        <x:v>489512.03</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>45044</x:v>
+        <x:v>45069</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>488536.79</x:v>
+        <x:v>489465.18</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>45043</x:v>
+        <x:v>45068</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>488362.51</x:v>
+        <x:v>489407.73</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>45042</x:v>
+        <x:v>45065</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>488319.89</x:v>
+        <x:v>489373.55</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>45041</x:v>
+        <x:v>45063</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>488278.31</x:v>
+        <x:v>489234.9</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>45040</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>488233.75</x:v>
+        <x:v>489143.14</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>45037</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>488194.11</x:v>
+        <x:v>489100.18</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>45036</x:v>
+        <x:v>45058</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>488063.52</x:v>
+        <x:v>489056.22</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>45035</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>488021.62</x:v>
+        <x:v>488922.65</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>45034</x:v>
+        <x:v>45056</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>487969.23</x:v>
+        <x:v>488879.15</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>45033</x:v>
+        <x:v>45055</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>487925.59</x:v>
+        <x:v>488839.89</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>45030</x:v>
+        <x:v>45051</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>487879.94</x:v>
+        <x:v>488802.57</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>45029</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>487711.15</x:v>
+        <x:v>488660</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>45028</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>487674.42</x:v>
+        <x:v>488618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>45027</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>487639.94</x:v>
+        <x:v>488578.05</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
-        <x:v>45022</x:v>
+        <x:v>45044</x:v>
       </x:c>
       <x:c r="B687" s="3">
-        <x:v>487608.44</x:v>
+        <x:v>488536.79</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:2">
       <x:c r="A688" s="2">
-        <x:v>45021</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="B688" s="3">
-        <x:v>487421.48</x:v>
+        <x:v>488362.51</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:2">
       <x:c r="A689" s="2">
-        <x:v>45020</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="B689" s="3">
-        <x:v>487381.16</x:v>
+        <x:v>488319.89</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:2">
       <x:c r="A690" s="2">
-        <x:v>45019</x:v>
+        <x:v>45041</x:v>
       </x:c>
       <x:c r="B690" s="3">
-        <x:v>487343.62</x:v>
+        <x:v>488278.31</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:2">
       <x:c r="A691" s="2">
-        <x:v>45016</x:v>
+        <x:v>45040</x:v>
       </x:c>
       <x:c r="B691" s="3">
-        <x:v>487303.77</x:v>
+        <x:v>488233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:2">
       <x:c r="A692" s="2">
-        <x:v>45015</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="B692" s="3">
-        <x:v>487169.87</x:v>
+        <x:v>488194.11</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:2">
       <x:c r="A693" s="2">
-        <x:v>45014</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="B693" s="3">
-        <x:v>487129.19</x:v>
+        <x:v>488063.52</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:2">
       <x:c r="A694" s="2">
-        <x:v>45013</x:v>
+        <x:v>45035</x:v>
       </x:c>
       <x:c r="B694" s="3">
-        <x:v>487093.47</x:v>
+        <x:v>488021.62</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:2">
       <x:c r="A695" s="2">
-        <x:v>45012</x:v>
+        <x:v>45034</x:v>
       </x:c>
       <x:c r="B695" s="3">
-        <x:v>487049.37</x:v>
+        <x:v>487969.23</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:2">
       <x:c r="A696" s="2">
-        <x:v>45009</x:v>
+        <x:v>45033</x:v>
       </x:c>
       <x:c r="B696" s="3">
-        <x:v>487017.54</x:v>
+        <x:v>487925.59</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:2">
       <x:c r="A697" s="2">
-        <x:v>45008</x:v>
+        <x:v>45030</x:v>
       </x:c>
       <x:c r="B697" s="3">
-        <x:v>486899.94</x:v>
+        <x:v>487879.94</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:2">
       <x:c r="A698" s="2">
-        <x:v>45007</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="B698" s="3">
-        <x:v>486856.33</x:v>
+        <x:v>487711.15</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:2">
       <x:c r="A699" s="2">
-        <x:v>45006</x:v>
+        <x:v>45028</x:v>
       </x:c>
       <x:c r="B699" s="3">
-        <x:v>486765.47</x:v>
+        <x:v>487674.42</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:2">
       <x:c r="A700" s="2">
-        <x:v>45005</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="B700" s="3">
-        <x:v>486685.37</x:v>
+        <x:v>487639.94</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:2">
       <x:c r="A701" s="2">
-        <x:v>45002</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="B701" s="3">
-        <x:v>486671.42</x:v>
+        <x:v>487608.44</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:2">
       <x:c r="A702" s="2">
-        <x:v>45001</x:v>
+        <x:v>45021</x:v>
       </x:c>
       <x:c r="B702" s="3">
-        <x:v>486593.43</x:v>
+        <x:v>487421.48</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:2">
       <x:c r="A703" s="2">
-        <x:v>45000</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="B703" s="3">
-        <x:v>486590.8</x:v>
+        <x:v>487381.16</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:2">
       <x:c r="A704" s="2">
-        <x:v>44999</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="B704" s="3">
-        <x:v>486524.94</x:v>
+        <x:v>487343.62</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:2">
       <x:c r="A705" s="2">
-        <x:v>44998</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B705" s="3">
-        <x:v>486537.31</x:v>
+        <x:v>487303.77</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:2">
       <x:c r="A706" s="2">
-        <x:v>44995</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="B706" s="3">
-        <x:v>486519.37</x:v>
+        <x:v>487169.87</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:2">
       <x:c r="A707" s="2">
-        <x:v>44994</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B707" s="3">
-        <x:v>486434.42</x:v>
+        <x:v>487129.19</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:2">
       <x:c r="A708" s="2">
-        <x:v>44993</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B708" s="3">
-        <x:v>486404.29</x:v>
+        <x:v>487093.47</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:2">
       <x:c r="A709" s="2">
-        <x:v>44992</x:v>
+        <x:v>45012</x:v>
       </x:c>
       <x:c r="B709" s="3">
-        <x:v>486368.37</x:v>
+        <x:v>487049.37</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:2">
       <x:c r="A710" s="2">
-        <x:v>44991</x:v>
+        <x:v>45009</x:v>
       </x:c>
       <x:c r="B710" s="3">
-        <x:v>486327.02</x:v>
+        <x:v>487017.54</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:2">
       <x:c r="A711" s="2">
-        <x:v>44988</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="B711" s="3">
-        <x:v>486298.5</x:v>
+        <x:v>486899.94</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:2">
       <x:c r="A712" s="2">
-        <x:v>44987</x:v>
+        <x:v>45007</x:v>
       </x:c>
       <x:c r="B712" s="3">
-        <x:v>486205.83</x:v>
+        <x:v>486856.33</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:2">
       <x:c r="A713" s="2">
-        <x:v>44986</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="B713" s="3">
-        <x:v>486174.55</x:v>
+        <x:v>486765.47</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:2">
       <x:c r="A714" s="2">
-        <x:v>44985</x:v>
+        <x:v>45005</x:v>
       </x:c>
       <x:c r="B714" s="3">
-        <x:v>486136.72</x:v>
+        <x:v>486685.37</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:2">
       <x:c r="A715" s="2">
-        <x:v>44984</x:v>
+        <x:v>45002</x:v>
       </x:c>
       <x:c r="B715" s="3">
-        <x:v>486106.44</x:v>
+        <x:v>486671.42</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:2">
       <x:c r="A716" s="2">
-        <x:v>44981</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="B716" s="3">
-        <x:v>486081.16</x:v>
+        <x:v>486593.43</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:2">
       <x:c r="A717" s="2">
-        <x:v>44980</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B717" s="3">
-        <x:v>485982.54</x:v>
+        <x:v>486590.8</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:2">
       <x:c r="A718" s="2">
-        <x:v>44979</x:v>
+        <x:v>44999</x:v>
       </x:c>
       <x:c r="B718" s="3">
-        <x:v>485948.21</x:v>
+        <x:v>486524.94</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:2">
       <x:c r="A719" s="2">
-        <x:v>44978</x:v>
+        <x:v>44998</x:v>
       </x:c>
       <x:c r="B719" s="3">
-        <x:v>485919.03</x:v>
+        <x:v>486537.31</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:2">
       <x:c r="A720" s="2">
-        <x:v>44977</x:v>
+        <x:v>44995</x:v>
       </x:c>
       <x:c r="B720" s="3">
-        <x:v>485869.62</x:v>
+        <x:v>486519.37</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:2">
       <x:c r="A721" s="2">
-        <x:v>44974</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="B721" s="3">
-        <x:v>485841.73</x:v>
+        <x:v>486434.42</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:2">
       <x:c r="A722" s="2">
-        <x:v>44973</x:v>
+        <x:v>44993</x:v>
       </x:c>
       <x:c r="B722" s="3">
-        <x:v>485729.03</x:v>
+        <x:v>486404.29</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:2">
       <x:c r="A723" s="2">
-        <x:v>44972</x:v>
+        <x:v>44992</x:v>
       </x:c>
       <x:c r="B723" s="3">
-        <x:v>485705.59</x:v>
+        <x:v>486368.37</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:2">
       <x:c r="A724" s="2">
-        <x:v>44971</x:v>
+        <x:v>44991</x:v>
       </x:c>
       <x:c r="B724" s="3">
-        <x:v>485656.51</x:v>
+        <x:v>486327.02</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:2">
       <x:c r="A725" s="2">
-        <x:v>44970</x:v>
+        <x:v>44988</x:v>
       </x:c>
       <x:c r="B725" s="3">
-        <x:v>485627.24</x:v>
+        <x:v>486298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:2">
       <x:c r="A726" s="2">
-        <x:v>44967</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="B726" s="3">
-        <x:v>485598.95</x:v>
+        <x:v>486205.83</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:2">
       <x:c r="A727" s="2">
-        <x:v>44966</x:v>
+        <x:v>44986</x:v>
       </x:c>
       <x:c r="B727" s="3">
-        <x:v>485490.99</x:v>
+        <x:v>486174.55</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:2">
       <x:c r="A728" s="2">
-        <x:v>44965</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B728" s="3">
-        <x:v>485451.83</x:v>
+        <x:v>486136.72</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:2">
       <x:c r="A729" s="2">
-        <x:v>44964</x:v>
+        <x:v>44984</x:v>
       </x:c>
       <x:c r="B729" s="3">
-        <x:v>485430.1</x:v>
+        <x:v>486106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:2">
       <x:c r="A730" s="2">
-        <x:v>44963</x:v>
+        <x:v>44981</x:v>
       </x:c>
       <x:c r="B730" s="3">
-        <x:v>485403.27</x:v>
+        <x:v>486081.16</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:2">
       <x:c r="A731" s="2">
-        <x:v>44960</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B731" s="3">
-        <x:v>485379.21</x:v>
+        <x:v>485982.54</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:2">
       <x:c r="A732" s="2">
-        <x:v>44959</x:v>
+        <x:v>44979</x:v>
       </x:c>
       <x:c r="B732" s="3">
-        <x:v>485285.24</x:v>
+        <x:v>485948.21</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:2">
       <x:c r="A733" s="2">
-        <x:v>44958</x:v>
+        <x:v>44978</x:v>
       </x:c>
       <x:c r="B733" s="3">
-        <x:v>485262.06</x:v>
+        <x:v>485919.03</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:2">
       <x:c r="A734" s="2">
-        <x:v>44957</x:v>
+        <x:v>44977</x:v>
       </x:c>
       <x:c r="B734" s="3">
-        <x:v>485234.57</x:v>
+        <x:v>485869.62</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:2">
       <x:c r="A735" s="2">
-        <x:v>44956</x:v>
+        <x:v>44974</x:v>
       </x:c>
       <x:c r="B735" s="3">
-        <x:v>485202.94</x:v>
+        <x:v>485841.73</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:2">
       <x:c r="A736" s="2">
-        <x:v>44953</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="B736" s="3">
-        <x:v>485181.48</x:v>
+        <x:v>485729.03</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:2">
       <x:c r="A737" s="2">
-        <x:v>44952</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B737" s="3">
-        <x:v>485088.72</x:v>
+        <x:v>485705.59</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:2">
       <x:c r="A738" s="2">
-        <x:v>44951</x:v>
+        <x:v>44971</x:v>
       </x:c>
       <x:c r="B738" s="3">
-        <x:v>485062</x:v>
+        <x:v>485656.51</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:2">
       <x:c r="A739" s="2">
-        <x:v>44950</x:v>
+        <x:v>44970</x:v>
       </x:c>
       <x:c r="B739" s="3">
-        <x:v>485037.64</x:v>
+        <x:v>485627.24</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:2">
       <x:c r="A740" s="2">
-        <x:v>44949</x:v>
+        <x:v>44967</x:v>
       </x:c>
       <x:c r="B740" s="3">
-        <x:v>485007.91</x:v>
+        <x:v>485598.95</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:2">
       <x:c r="A741" s="2">
-        <x:v>44946</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="B741" s="3">
-        <x:v>484981.89</x:v>
+        <x:v>485490.99</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:2">
       <x:c r="A742" s="2">
-        <x:v>44945</x:v>
+        <x:v>44965</x:v>
       </x:c>
       <x:c r="B742" s="3">
-        <x:v>484888.02</x:v>
+        <x:v>485451.83</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:2">
       <x:c r="A743" s="2">
-        <x:v>44944</x:v>
+        <x:v>44964</x:v>
       </x:c>
       <x:c r="B743" s="3">
-        <x:v>484857.15</x:v>
+        <x:v>485430.1</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:2">
       <x:c r="A744" s="2">
-        <x:v>44943</x:v>
+        <x:v>44963</x:v>
       </x:c>
       <x:c r="B744" s="3">
-        <x:v>484834.15</x:v>
+        <x:v>485403.27</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:2">
       <x:c r="A745" s="2">
-        <x:v>44942</x:v>
+        <x:v>44960</x:v>
       </x:c>
       <x:c r="B745" s="3">
-        <x:v>484803.34</x:v>
+        <x:v>485379.21</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:2">
       <x:c r="A746" s="2">
-        <x:v>44939</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="B746" s="3">
-        <x:v>484775.88</x:v>
+        <x:v>485285.24</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:2">
       <x:c r="A747" s="2">
-        <x:v>44938</x:v>
+        <x:v>44958</x:v>
       </x:c>
       <x:c r="B747" s="3">
-        <x:v>484693.13</x:v>
+        <x:v>485262.06</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:2">
       <x:c r="A748" s="2">
-        <x:v>44937</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B748" s="3">
-        <x:v>484667.7</x:v>
+        <x:v>485234.57</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:2">
       <x:c r="A749" s="2">
-        <x:v>44936</x:v>
+        <x:v>44956</x:v>
       </x:c>
       <x:c r="B749" s="3">
-        <x:v>484640.08</x:v>
+        <x:v>485202.94</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:2">
       <x:c r="A750" s="2">
-        <x:v>44935</x:v>
+        <x:v>44953</x:v>
       </x:c>
       <x:c r="B750" s="3">
-        <x:v>484613.32</x:v>
+        <x:v>485181.48</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:2">
       <x:c r="A751" s="2">
-        <x:v>44932</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="B751" s="3">
-        <x:v>484591.76</x:v>
+        <x:v>485088.72</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:2">
       <x:c r="A752" s="2">
-        <x:v>44931</x:v>
+        <x:v>44951</x:v>
       </x:c>
       <x:c r="B752" s="3">
-        <x:v>484507.16</x:v>
+        <x:v>485062</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:2">
       <x:c r="A753" s="2">
-        <x:v>44930</x:v>
+        <x:v>44950</x:v>
       </x:c>
       <x:c r="B753" s="3">
-        <x:v>484488.22</x:v>
+        <x:v>485037.64</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:2">
       <x:c r="A754" s="2">
-        <x:v>44929</x:v>
+        <x:v>44949</x:v>
       </x:c>
       <x:c r="B754" s="3">
-        <x:v>484477.95</x:v>
+        <x:v>485007.91</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:2">
       <x:c r="A755" s="2">
-        <x:v>44928</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B755" s="3">
-        <x:v>484457.66</x:v>
+        <x:v>484981.89</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:2">
       <x:c r="A756" s="2">
-        <x:v>44925</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="B756" s="3">
-        <x:v>484441</x:v>
+        <x:v>484888.02</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:2">
       <x:c r="A757" s="2">
-        <x:v>44924</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="B757" s="3">
-        <x:v>484360.48</x:v>
+        <x:v>484857.15</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:2">
       <x:c r="A758" s="2">
-        <x:v>44923</x:v>
+        <x:v>44943</x:v>
       </x:c>
       <x:c r="B758" s="3">
-        <x:v>484337.67</x:v>
+        <x:v>484834.15</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:2">
       <x:c r="A759" s="2">
-        <x:v>44922</x:v>
+        <x:v>44942</x:v>
       </x:c>
       <x:c r="B759" s="3">
-        <x:v>484307.67</x:v>
+        <x:v>484803.34</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:2">
       <x:c r="A760" s="2">
-        <x:v>44918</x:v>
+        <x:v>44939</x:v>
       </x:c>
       <x:c r="B760" s="3">
-        <x:v>484284.26</x:v>
+        <x:v>484775.88</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:2">
       <x:c r="A761" s="2">
-        <x:v>44917</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="B761" s="3">
-        <x:v>484179.06</x:v>
+        <x:v>484693.13</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:2">
       <x:c r="A762" s="2">
-        <x:v>44916</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="B762" s="3">
-        <x:v>484145.01</x:v>
+        <x:v>484667.7</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:2">
       <x:c r="A763" s="2">
-        <x:v>44915</x:v>
+        <x:v>44936</x:v>
       </x:c>
       <x:c r="B763" s="3">
-        <x:v>484121.09</x:v>
+        <x:v>484640.08</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:2">
       <x:c r="A764" s="2">
-        <x:v>44914</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="B764" s="3">
-        <x:v>484101.23</x:v>
+        <x:v>484613.32</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:2">
       <x:c r="A765" s="2">
-        <x:v>44911</x:v>
+        <x:v>44932</x:v>
       </x:c>
       <x:c r="B765" s="3">
-        <x:v>484087.23</x:v>
+        <x:v>484591.76</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:2">
       <x:c r="A766" s="2">
-        <x:v>44910</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="B766" s="3">
-        <x:v>484013.17</x:v>
+        <x:v>484507.16</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:2">
       <x:c r="A767" s="2">
-        <x:v>44909</x:v>
+        <x:v>44930</x:v>
       </x:c>
       <x:c r="B767" s="3">
-        <x:v>483985.77</x:v>
+        <x:v>484488.22</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:2">
       <x:c r="A768" s="2">
-        <x:v>44908</x:v>
+        <x:v>44929</x:v>
       </x:c>
       <x:c r="B768" s="3">
-        <x:v>483968.46</x:v>
+        <x:v>484477.95</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:2">
       <x:c r="A769" s="2">
-        <x:v>44907</x:v>
+        <x:v>44928</x:v>
       </x:c>
       <x:c r="B769" s="3">
-        <x:v>483949.68</x:v>
+        <x:v>484457.66</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:2">
       <x:c r="A770" s="2">
-        <x:v>44904</x:v>
+        <x:v>44925</x:v>
       </x:c>
       <x:c r="B770" s="3">
-        <x:v>483937.31</x:v>
+        <x:v>484441</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:2">
       <x:c r="A771" s="2">
-        <x:v>44903</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="B771" s="3">
-        <x:v>483863.83</x:v>
+        <x:v>484360.48</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:2">
       <x:c r="A772" s="2">
-        <x:v>44902</x:v>
+        <x:v>44923</x:v>
       </x:c>
       <x:c r="B772" s="3">
-        <x:v>483842.98</x:v>
+        <x:v>484337.67</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:2">
       <x:c r="A773" s="2">
-        <x:v>44901</x:v>
+        <x:v>44922</x:v>
       </x:c>
       <x:c r="B773" s="3">
-        <x:v>483825.82</x:v>
+        <x:v>484307.67</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:2">
       <x:c r="A774" s="2">
-        <x:v>44900</x:v>
+        <x:v>44918</x:v>
       </x:c>
       <x:c r="B774" s="3">
-        <x:v>483799.9</x:v>
+        <x:v>484284.26</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:2">
       <x:c r="A775" s="2">
-        <x:v>44897</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="B775" s="3">
-        <x:v>483782.24</x:v>
+        <x:v>484179.06</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:2">
       <x:c r="A776" s="2">
-        <x:v>44896</x:v>
+        <x:v>44916</x:v>
       </x:c>
       <x:c r="B776" s="3">
-        <x:v>483718.96</x:v>
+        <x:v>484145.01</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:2">
       <x:c r="A777" s="2">
-        <x:v>44895</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="B777" s="3">
-        <x:v>483699.02</x:v>
+        <x:v>484121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:2">
       <x:c r="A778" s="2">
-        <x:v>44894</x:v>
+        <x:v>44914</x:v>
       </x:c>
       <x:c r="B778" s="3">
-        <x:v>483676.5</x:v>
+        <x:v>484101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:2">
       <x:c r="A779" s="2">
-        <x:v>44893</x:v>
+        <x:v>44911</x:v>
       </x:c>
       <x:c r="B779" s="3">
-        <x:v>483660.71</x:v>
+        <x:v>484087.23</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:2">
       <x:c r="A780" s="2">
-        <x:v>44890</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B780" s="3">
-        <x:v>483649.21</x:v>
+        <x:v>484013.17</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:2">
       <x:c r="A781" s="2">
-        <x:v>44889</x:v>
+        <x:v>44909</x:v>
       </x:c>
       <x:c r="B781" s="3">
-        <x:v>483584.77</x:v>
+        <x:v>483985.77</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:2">
       <x:c r="A782" s="2">
-        <x:v>44888</x:v>
+        <x:v>44908</x:v>
       </x:c>
       <x:c r="B782" s="3">
-        <x:v>483563.24</x:v>
+        <x:v>483968.46</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:2">
       <x:c r="A783" s="2">
-        <x:v>44887</x:v>
+        <x:v>44907</x:v>
       </x:c>
       <x:c r="B783" s="3">
-        <x:v>483541.62</x:v>
+        <x:v>483949.68</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:2">
       <x:c r="A784" s="2">
-        <x:v>44886</x:v>
+        <x:v>44904</x:v>
       </x:c>
       <x:c r="B784" s="3">
-        <x:v>483518.4</x:v>
+        <x:v>483937.31</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:2">
       <x:c r="A785" s="2">
-        <x:v>44883</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="B785" s="3">
-        <x:v>483500.37</x:v>
+        <x:v>483863.83</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:2">
       <x:c r="A786" s="2">
-        <x:v>44882</x:v>
+        <x:v>44902</x:v>
       </x:c>
       <x:c r="B786" s="3">
-        <x:v>483434.88</x:v>
+        <x:v>483842.98</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:2">
       <x:c r="A787" s="2">
-        <x:v>44881</x:v>
+        <x:v>44901</x:v>
       </x:c>
       <x:c r="B787" s="3">
-        <x:v>483399.57</x:v>
+        <x:v>483825.82</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:2">
       <x:c r="A788" s="2">
-        <x:v>44880</x:v>
+        <x:v>44900</x:v>
       </x:c>
       <x:c r="B788" s="3">
-        <x:v>483377.96</x:v>
+        <x:v>483799.9</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:2">
       <x:c r="A789" s="2">
-        <x:v>44879</x:v>
+        <x:v>44897</x:v>
       </x:c>
       <x:c r="B789" s="3">
-        <x:v>483366.41</x:v>
+        <x:v>483782.24</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:2">
       <x:c r="A790" s="2">
-        <x:v>44875</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="B790" s="3">
-        <x:v>483349.08</x:v>
+        <x:v>483718.96</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:2">
       <x:c r="A791" s="2">
-        <x:v>44874</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B791" s="3">
-        <x:v>483259.01</x:v>
+        <x:v>483699.02</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:2">
       <x:c r="A792" s="2">
-        <x:v>44873</x:v>
+        <x:v>44894</x:v>
       </x:c>
       <x:c r="B792" s="3">
-        <x:v>483241</x:v>
+        <x:v>483676.5</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:2">
       <x:c r="A793" s="2">
-        <x:v>44872</x:v>
+        <x:v>44893</x:v>
       </x:c>
       <x:c r="B793" s="3">
-        <x:v>483216.77</x:v>
+        <x:v>483660.71</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:2">
       <x:c r="A794" s="2">
-        <x:v>44869</x:v>
+        <x:v>44890</x:v>
       </x:c>
       <x:c r="B794" s="3">
-        <x:v>483188.25</x:v>
+        <x:v>483649.21</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:2">
       <x:c r="A795" s="2">
-        <x:v>44868</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="B795" s="3">
-        <x:v>483139.9</x:v>
+        <x:v>483584.77</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:2">
       <x:c r="A796" s="2">
-        <x:v>44867</x:v>
+        <x:v>44888</x:v>
       </x:c>
       <x:c r="B796" s="3">
-        <x:v>483110.61</x:v>
+        <x:v>483563.24</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:2">
       <x:c r="A797" s="2">
-        <x:v>44865</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="B797" s="3">
-        <x:v>483095.67</x:v>
+        <x:v>483541.62</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:2">
       <x:c r="A798" s="2">
-        <x:v>44862</x:v>
+        <x:v>44886</x:v>
       </x:c>
       <x:c r="B798" s="3">
-        <x:v>483070.76</x:v>
+        <x:v>483518.4</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:2">
       <x:c r="A799" s="2">
-        <x:v>44861</x:v>
+        <x:v>44883</x:v>
       </x:c>
       <x:c r="B799" s="3">
-        <x:v>483052.39</x:v>
+        <x:v>483500.37</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:2">
       <x:c r="A800" s="2">
-        <x:v>44860</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="B800" s="3">
-        <x:v>483045.37</x:v>
+        <x:v>483434.88</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:2">
       <x:c r="A801" s="2">
-        <x:v>44859</x:v>
+        <x:v>44881</x:v>
       </x:c>
       <x:c r="B801" s="3">
-        <x:v>483037.2</x:v>
+        <x:v>483399.57</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:2">
       <x:c r="A802" s="2">
-        <x:v>44858</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B802" s="3">
-        <x:v>483027.71</x:v>
+        <x:v>483377.96</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:2">
       <x:c r="A803" s="2">
-        <x:v>44855</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="B803" s="3">
-        <x:v>483036.47</x:v>
+        <x:v>483366.41</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:2">
       <x:c r="A804" s="2">
-        <x:v>44854</x:v>
+        <x:v>44875</x:v>
       </x:c>
       <x:c r="B804" s="3">
-        <x:v>483001.48</x:v>
+        <x:v>483349.08</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:2">
       <x:c r="A805" s="2">
-        <x:v>44853</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="B805" s="3">
-        <x:v>482986.2</x:v>
+        <x:v>483259.01</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:2">
       <x:c r="A806" s="2">
-        <x:v>44852</x:v>
+        <x:v>44873</x:v>
       </x:c>
       <x:c r="B806" s="3">
-        <x:v>482969.38</x:v>
+        <x:v>483241</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:2">
       <x:c r="A807" s="2">
-        <x:v>44851</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="B807" s="3">
-        <x:v>482958.45</x:v>
+        <x:v>483216.77</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:2">
       <x:c r="A808" s="2">
-        <x:v>44848</x:v>
+        <x:v>44869</x:v>
       </x:c>
       <x:c r="B808" s="3">
-        <x:v>482953.89</x:v>
+        <x:v>483188.25</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:2">
       <x:c r="A809" s="2">
-        <x:v>44847</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="B809" s="3">
-        <x:v>482917.73</x:v>
+        <x:v>483139.9</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:2">
       <x:c r="A810" s="2">
-        <x:v>44846</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B810" s="3">
-        <x:v>482915.36</x:v>
+        <x:v>483110.61</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:2">
       <x:c r="A811" s="2">
-        <x:v>44845</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B811" s="3">
-        <x:v>482903.05</x:v>
+        <x:v>483095.67</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:2">
       <x:c r="A812" s="2">
-        <x:v>44844</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B812" s="3">
-        <x:v>482893.81</x:v>
+        <x:v>483070.76</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:2">
       <x:c r="A813" s="2">
-        <x:v>44841</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B813" s="3">
-        <x:v>482880.7</x:v>
+        <x:v>483052.39</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:2">
       <x:c r="A814" s="2">
-        <x:v>44840</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B814" s="3">
-        <x:v>482844.96</x:v>
+        <x:v>483045.37</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:2">
       <x:c r="A815" s="2">
-        <x:v>44839</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B815" s="3">
-        <x:v>482842.1</x:v>
+        <x:v>483037.2</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:2">
       <x:c r="A816" s="2">
-        <x:v>44838</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B816" s="3">
-        <x:v>482823.19</x:v>
+        <x:v>483027.71</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:2">
       <x:c r="A817" s="2">
-        <x:v>44837</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B817" s="3">
-        <x:v>482832.23</x:v>
+        <x:v>483036.47</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:2">
       <x:c r="A818" s="2">
-        <x:v>44834</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B818" s="3">
-        <x:v>482832.92</x:v>
+        <x:v>483001.48</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:2">
       <x:c r="A819" s="2">
-        <x:v>44833</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B819" s="3">
-        <x:v>482811.43</x:v>
+        <x:v>482986.2</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:2">
       <x:c r="A820" s="2">
-        <x:v>44832</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B820" s="3">
-        <x:v>482809.08</x:v>
+        <x:v>482969.38</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:2">
       <x:c r="A821" s="2">
-        <x:v>44831</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B821" s="3">
-        <x:v>482806.88</x:v>
+        <x:v>482958.45</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:2">
       <x:c r="A822" s="2">
-        <x:v>44830</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B822" s="3">
-        <x:v>482808.02</x:v>
+        <x:v>482953.89</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:2">
       <x:c r="A823" s="2">
-        <x:v>44827</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B823" s="3">
-        <x:v>482804.72</x:v>
+        <x:v>482917.73</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:2">
       <x:c r="A824" s="2">
-        <x:v>44826</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B824" s="3">
-        <x:v>482776.47</x:v>
+        <x:v>482915.36</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:2">
       <x:c r="A825" s="2">
-        <x:v>44825</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B825" s="3">
-        <x:v>482762.3</x:v>
+        <x:v>482903.05</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:2">
       <x:c r="A826" s="2">
-        <x:v>44824</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B826" s="3">
-        <x:v>482762.99</x:v>
+        <x:v>482893.81</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:2">
       <x:c r="A827" s="2">
-        <x:v>44823</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B827" s="3">
-        <x:v>482756.9</x:v>
+        <x:v>482880.7</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:2">
       <x:c r="A828" s="2">
-        <x:v>44820</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="B828" s="3">
-        <x:v>482754.79</x:v>
+        <x:v>482844.96</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:2">
       <x:c r="A829" s="2">
-        <x:v>44819</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B829" s="3">
-        <x:v>482726.92</x:v>
+        <x:v>482842.1</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:2">
       <x:c r="A830" s="2">
-        <x:v>44818</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B830" s="3">
-        <x:v>482708.34</x:v>
+        <x:v>482823.19</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:2">
       <x:c r="A831" s="2">
-        <x:v>44817</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B831" s="3">
-        <x:v>482683.35</x:v>
+        <x:v>482832.23</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:2">
       <x:c r="A832" s="2">
-        <x:v>44816</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B832" s="3">
-        <x:v>482688.45</x:v>
+        <x:v>482832.92</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:2">
       <x:c r="A833" s="2">
-        <x:v>44813</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B833" s="3">
-        <x:v>482697.58</x:v>
+        <x:v>482811.43</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:2">
       <x:c r="A834" s="2">
-        <x:v>44812</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B834" s="3">
-        <x:v>482695.46</x:v>
+        <x:v>482809.08</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:2">
       <x:c r="A835" s="2">
-        <x:v>44811</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B835" s="3">
-        <x:v>482705.66</x:v>
+        <x:v>482806.88</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:2">
       <x:c r="A836" s="2">
-        <x:v>44810</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B836" s="3">
-        <x:v>482714.1</x:v>
+        <x:v>482808.02</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:2">
       <x:c r="A837" s="2">
-        <x:v>44809</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B837" s="3">
-        <x:v>482712.02</x:v>
+        <x:v>482804.72</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:2">
       <x:c r="A838" s="2">
-        <x:v>44806</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B838" s="3">
-        <x:v>482713.24</x:v>
+        <x:v>482776.47</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:2">
       <x:c r="A839" s="2">
-        <x:v>44805</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B839" s="3">
-        <x:v>482714.85</x:v>
+        <x:v>482762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:2">
       <x:c r="A840" s="2">
-        <x:v>44804</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B840" s="3">
-        <x:v>482719.84</x:v>
+        <x:v>482762.99</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:2">
       <x:c r="A841" s="2">
-        <x:v>44803</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B841" s="3">
-        <x:v>482726.18</x:v>
+        <x:v>482756.9</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:2">
       <x:c r="A842" s="2">
-        <x:v>44802</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B842" s="3">
-        <x:v>482735.33</x:v>
+        <x:v>482754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:2">
       <x:c r="A843" s="2">
-        <x:v>44799</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B843" s="3">
-        <x:v>482718.94</x:v>
+        <x:v>482726.92</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:2">
       <x:c r="A844" s="2">
-        <x:v>44798</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B844" s="3">
-        <x:v>482711.03</x:v>
+        <x:v>482708.34</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:2">
       <x:c r="A845" s="2">
-        <x:v>44797</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B845" s="3">
-        <x:v>482709.04</x:v>
+        <x:v>482683.35</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:2">
       <x:c r="A846" s="2">
-        <x:v>44796</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B846" s="3">
-        <x:v>482702.56</x:v>
+        <x:v>482688.45</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:2">
       <x:c r="A847" s="2">
-        <x:v>44795</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B847" s="3">
-        <x:v>482704.07</x:v>
+        <x:v>482697.58</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:2">
       <x:c r="A848" s="2">
-        <x:v>44792</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B848" s="3">
-        <x:v>482711.85</x:v>
+        <x:v>482695.46</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:2">
       <x:c r="A849" s="2">
-        <x:v>44791</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B849" s="3">
-        <x:v>482713.72</x:v>
+        <x:v>482705.66</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:2">
       <x:c r="A850" s="2">
-        <x:v>44790</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B850" s="3">
-        <x:v>482719.38</x:v>
+        <x:v>482714.1</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:2">
       <x:c r="A851" s="2">
-        <x:v>44789</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B851" s="3">
-        <x:v>482719.85</x:v>
+        <x:v>482712.02</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:2">
       <x:c r="A852" s="2">
-        <x:v>44785</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B852" s="3">
-        <x:v>482724.44</x:v>
+        <x:v>482713.24</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:2">
       <x:c r="A853" s="2">
-        <x:v>44784</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B853" s="3">
-        <x:v>482711.85</x:v>
+        <x:v>482714.85</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:2">
       <x:c r="A854" s="2">
-        <x:v>44783</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B854" s="3">
-        <x:v>482715.02</x:v>
+        <x:v>482719.84</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:2">
       <x:c r="A855" s="2">
-        <x:v>44782</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B855" s="3">
-        <x:v>482713.78</x:v>
+        <x:v>482726.18</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:2">
       <x:c r="A856" s="2">
-        <x:v>44781</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B856" s="3">
-        <x:v>482712.8</x:v>
+        <x:v>482735.33</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:2">
       <x:c r="A857" s="2">
-        <x:v>44778</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B857" s="3">
-        <x:v>482709.87</x:v>
+        <x:v>482718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:2">
       <x:c r="A858" s="2">
-        <x:v>44777</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B858" s="3">
-        <x:v>482704.84</x:v>
+        <x:v>482711.03</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:2">
       <x:c r="A859" s="2">
-        <x:v>44776</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B859" s="3">
-        <x:v>482709.67</x:v>
+        <x:v>482709.04</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:2">
       <x:c r="A860" s="2">
-        <x:v>44775</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B860" s="3">
-        <x:v>482707.36</x:v>
+        <x:v>482702.56</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:2">
       <x:c r="A861" s="2">
-        <x:v>44774</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B861" s="3">
-        <x:v>482708.54</x:v>
+        <x:v>482704.07</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:2">
       <x:c r="A862" s="2">
-        <x:v>44771</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B862" s="3">
-        <x:v>482704.67</x:v>
+        <x:v>482711.85</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:2">
       <x:c r="A863" s="2">
-        <x:v>44770</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B863" s="3">
-        <x:v>482705.01</x:v>
+        <x:v>482713.72</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:2">
       <x:c r="A864" s="2">
-        <x:v>44769</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B864" s="3">
-        <x:v>482708.69</x:v>
+        <x:v>482719.38</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:2">
       <x:c r="A865" s="2">
-        <x:v>44768</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B865" s="3">
-        <x:v>482717.52</x:v>
+        <x:v>482719.85</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:2">
       <x:c r="A866" s="2">
-        <x:v>44767</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B866" s="3">
-        <x:v>482714.79</x:v>
+        <x:v>482724.44</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:2">
       <x:c r="A867" s="2">
-        <x:v>44764</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B867" s="3">
-        <x:v>482735.92</x:v>
+        <x:v>482711.85</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:2">
       <x:c r="A868" s="2">
-        <x:v>44763</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B868" s="3">
-        <x:v>482766.17</x:v>
+        <x:v>482715.02</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:2">
       <x:c r="A869" s="2">
-        <x:v>44762</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B869" s="3">
-        <x:v>482780.9</x:v>
+        <x:v>482713.78</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:2">
       <x:c r="A870" s="2">
-        <x:v>44761</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B870" s="3">
-        <x:v>482762.91</x:v>
+        <x:v>482712.8</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:2">
       <x:c r="A871" s="2">
-        <x:v>44760</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B871" s="3">
-        <x:v>482760.55</x:v>
+        <x:v>482709.87</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:2">
       <x:c r="A872" s="2">
-        <x:v>44757</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B872" s="3">
-        <x:v>482757.75</x:v>
+        <x:v>482704.84</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:2">
       <x:c r="A873" s="2">
-        <x:v>44755</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B873" s="3">
-        <x:v>482785.36</x:v>
+        <x:v>482709.67</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:2">
       <x:c r="A874" s="2">
-        <x:v>44754</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B874" s="3">
-        <x:v>482791.98</x:v>
+        <x:v>482707.36</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:2">
       <x:c r="A875" s="2">
-        <x:v>44753</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B875" s="3">
-        <x:v>482798.3</x:v>
+        <x:v>482708.54</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:2">
       <x:c r="A876" s="2">
-        <x:v>44750</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B876" s="3">
-        <x:v>482791.41</x:v>
+        <x:v>482704.67</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:2">
       <x:c r="A877" s="2">
-        <x:v>44749</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B877" s="3">
-        <x:v>482800.17</x:v>
+        <x:v>482705.01</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:2">
       <x:c r="A878" s="2">
-        <x:v>44748</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B878" s="3">
-        <x:v>482792.91</x:v>
+        <x:v>482708.69</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:2">
       <x:c r="A879" s="2">
-        <x:v>44747</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B879" s="3">
-        <x:v>482807.99</x:v>
+        <x:v>482717.52</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:2">
       <x:c r="A880" s="2">
-        <x:v>44746</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B880" s="3">
-        <x:v>482801.22</x:v>
+        <x:v>482714.79</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:2">
       <x:c r="A881" s="2">
-        <x:v>44743</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B881" s="3">
-        <x:v>482803.65</x:v>
+        <x:v>482735.92</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:2">
       <x:c r="A882" s="2">
-        <x:v>44742</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B882" s="3">
-        <x:v>482853.19</x:v>
+        <x:v>482766.17</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:2">
       <x:c r="A883" s="2">
-        <x:v>44741</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B883" s="3">
-        <x:v>482869.66</x:v>
+        <x:v>482780.9</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:2">
       <x:c r="A884" s="2">
-        <x:v>44740</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B884" s="3">
-        <x:v>482888.71</x:v>
+        <x:v>482762.91</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:2">
       <x:c r="A885" s="2">
-        <x:v>44739</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B885" s="3">
-        <x:v>482880.7</x:v>
+        <x:v>482760.55</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:2">
       <x:c r="A886" s="2">
-        <x:v>44736</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B886" s="3">
-        <x:v>482875.25</x:v>
+        <x:v>482757.75</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:2">
       <x:c r="A887" s="2">
-        <x:v>44735</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B887" s="3">
-        <x:v>482915.63</x:v>
+        <x:v>482785.36</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:2">
       <x:c r="A888" s="2">
-        <x:v>44734</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B888" s="3">
-        <x:v>482928.32</x:v>
+        <x:v>482791.98</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:2">
       <x:c r="A889" s="2">
-        <x:v>44733</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B889" s="3">
-        <x:v>482930.95</x:v>
+        <x:v>482798.3</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:2">
       <x:c r="A890" s="2">
-        <x:v>44732</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B890" s="3">
-        <x:v>482944.11</x:v>
+        <x:v>482791.41</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:2">
       <x:c r="A891" s="2">
-        <x:v>44729</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="B891" s="3">
-        <x:v>482950.78</x:v>
+        <x:v>482800.17</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:2">
       <x:c r="A892" s="2">
-        <x:v>44728</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="B892" s="3">
-        <x:v>482969.82</x:v>
+        <x:v>482792.91</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:2">
       <x:c r="A893" s="2">
-        <x:v>44727</x:v>
+        <x:v>44747</x:v>
       </x:c>
       <x:c r="B893" s="3">
-        <x:v>483013.15</x:v>
+        <x:v>482807.99</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:2">
       <x:c r="A894" s="2">
-        <x:v>44726</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B894" s="3">
-        <x:v>483039.57</x:v>
+        <x:v>482801.22</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:2">
       <x:c r="A895" s="2">
-        <x:v>44725</x:v>
+        <x:v>44743</x:v>
       </x:c>
       <x:c r="B895" s="3">
-        <x:v>483067.74</x:v>
+        <x:v>482803.65</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:2">
       <x:c r="A896" s="2">
-        <x:v>44722</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B896" s="3">
-        <x:v>483078.67</x:v>
+        <x:v>482853.19</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:2">
       <x:c r="A897" s="2">
-        <x:v>44721</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B897" s="3">
-        <x:v>483092.33</x:v>
+        <x:v>482869.66</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:2">
       <x:c r="A898" s="2">
-        <x:v>44720</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="B898" s="3">
-        <x:v>483105.55</x:v>
+        <x:v>482888.71</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:2">
       <x:c r="A899" s="2">
-        <x:v>44719</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B899" s="3">
-        <x:v>483113.8</x:v>
+        <x:v>482880.7</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:2">
       <x:c r="A900" s="2">
-        <x:v>44715</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B900" s="3">
-        <x:v>483109.58</x:v>
+        <x:v>482875.25</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:2">
       <x:c r="A901" s="2">
-        <x:v>44714</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="B901" s="3">
-        <x:v>483135.62</x:v>
+        <x:v>482915.63</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:2">
       <x:c r="A902" s="2">
-        <x:v>44713</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B902" s="3">
-        <x:v>483149.05</x:v>
+        <x:v>482928.32</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:2">
       <x:c r="A903" s="2">
-        <x:v>44712</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B903" s="3">
-        <x:v>483160.08</x:v>
+        <x:v>482930.95</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:2">
       <x:c r="A904" s="2">
-        <x:v>44711</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B904" s="3">
-        <x:v>483162.32</x:v>
+        <x:v>482944.11</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:2">
       <x:c r="A905" s="2">
-        <x:v>44708</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B905" s="3">
-        <x:v>483171.27</x:v>
+        <x:v>482950.78</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:2">
       <x:c r="A906" s="2">
-        <x:v>44706</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B906" s="3">
-        <x:v>483190.6</x:v>
+        <x:v>482969.82</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:2">
       <x:c r="A907" s="2">
-        <x:v>44705</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B907" s="3">
-        <x:v>483204.56</x:v>
+        <x:v>483013.15</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:2">
       <x:c r="A908" s="2">
-        <x:v>44704</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B908" s="3">
-        <x:v>483216.05</x:v>
+        <x:v>483039.57</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:2">
       <x:c r="A909" s="2">
-        <x:v>44701</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B909" s="3">
-        <x:v>483221.16</x:v>
+        <x:v>483067.74</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:2">
       <x:c r="A910" s="2">
-        <x:v>44700</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B910" s="3">
-        <x:v>483256.13</x:v>
+        <x:v>483078.67</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:2">
       <x:c r="A911" s="2">
-        <x:v>44699</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B911" s="3">
-        <x:v>483267.19</x:v>
+        <x:v>483092.33</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:2">
       <x:c r="A912" s="2">
-        <x:v>44698</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="B912" s="3">
-        <x:v>483269.01</x:v>
+        <x:v>483105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:2">
       <x:c r="A913" s="2">
-        <x:v>44697</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B913" s="3">
-        <x:v>483269.59</x:v>
+        <x:v>483113.8</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:2">
       <x:c r="A914" s="2">
-        <x:v>44694</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B914" s="3">
-        <x:v>483269.57</x:v>
+        <x:v>483109.58</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:2">
       <x:c r="A915" s="2">
-        <x:v>44693</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B915" s="3">
-        <x:v>483289.8</x:v>
+        <x:v>483135.62</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:2">
       <x:c r="A916" s="2">
-        <x:v>44692</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B916" s="3">
-        <x:v>483300.74</x:v>
+        <x:v>483149.05</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:2">
       <x:c r="A917" s="2">
-        <x:v>44691</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B917" s="3">
-        <x:v>483304.83</x:v>
+        <x:v>483160.08</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:2">
       <x:c r="A918" s="2">
-        <x:v>44690</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B918" s="3">
-        <x:v>483334.89</x:v>
+        <x:v>483162.32</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:2">
       <x:c r="A919" s="2">
-        <x:v>44687</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B919" s="3">
-        <x:v>483350.36</x:v>
+        <x:v>483171.27</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:2">
       <x:c r="A920" s="2">
-        <x:v>44686</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B920" s="3">
-        <x:v>483365.9</x:v>
+        <x:v>483190.6</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:2">
       <x:c r="A921" s="2">
-        <x:v>44685</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B921" s="3">
-        <x:v>483380.71</x:v>
+        <x:v>483204.56</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:2">
       <x:c r="A922" s="2">
-        <x:v>44684</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B922" s="3">
-        <x:v>483390.04</x:v>
+        <x:v>483216.05</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:2">
       <x:c r="A923" s="2">
-        <x:v>44683</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B923" s="3">
-        <x:v>483395.67</x:v>
+        <x:v>483221.16</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:2">
       <x:c r="A924" s="2">
-        <x:v>44680</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B924" s="3">
-        <x:v>483413.02</x:v>
+        <x:v>483256.13</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:2">
       <x:c r="A925" s="2">
-        <x:v>44679</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B925" s="3">
-        <x:v>483420</x:v>
+        <x:v>483267.19</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:2">
       <x:c r="A926" s="2">
-        <x:v>44678</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B926" s="3">
-        <x:v>483419.76</x:v>
+        <x:v>483269.01</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:2">
       <x:c r="A927" s="2">
-        <x:v>44677</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B927" s="3">
-        <x:v>483429.04</x:v>
+        <x:v>483269.59</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:2">
       <x:c r="A928" s="2">
-        <x:v>44676</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B928" s="3">
-        <x:v>483453.81</x:v>
+        <x:v>483269.57</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:2">
       <x:c r="A929" s="2">
-        <x:v>44673</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B929" s="3">
-        <x:v>483477.07</x:v>
+        <x:v>483289.8</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:2">
       <x:c r="A930" s="2">
-        <x:v>44672</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B930" s="3">
-        <x:v>483481.82</x:v>
+        <x:v>483300.74</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:2">
       <x:c r="A931" s="2">
-        <x:v>44671</x:v>
+        <x:v>44691</x:v>
       </x:c>
       <x:c r="B931" s="3">
-        <x:v>483490.26</x:v>
+        <x:v>483304.83</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:2">
       <x:c r="A932" s="2">
-        <x:v>44670</x:v>
+        <x:v>44690</x:v>
       </x:c>
       <x:c r="B932" s="3">
-        <x:v>483503.42</x:v>
+        <x:v>483334.89</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:2">
       <x:c r="A933" s="2">
-        <x:v>44665</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B933" s="3">
-        <x:v>483514.59</x:v>
+        <x:v>483350.36</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:2">
       <x:c r="A934" s="2">
-        <x:v>44664</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B934" s="3">
-        <x:v>483543.8</x:v>
+        <x:v>483365.9</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:2">
       <x:c r="A935" s="2">
-        <x:v>44663</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B935" s="3">
-        <x:v>483548.62</x:v>
+        <x:v>483380.71</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:2">
       <x:c r="A936" s="2">
-        <x:v>44662</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B936" s="3">
-        <x:v>483555.55</x:v>
+        <x:v>483390.04</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:2">
       <x:c r="A937" s="2">
-        <x:v>44659</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B937" s="3">
-        <x:v>483577.79</x:v>
+        <x:v>483395.67</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:2">
       <x:c r="A938" s="2">
-        <x:v>44658</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B938" s="3">
-        <x:v>483602.35</x:v>
+        <x:v>483413.02</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:2">
       <x:c r="A939" s="2">
-        <x:v>44657</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B939" s="3">
-        <x:v>483605.38</x:v>
+        <x:v>483420</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:2">
       <x:c r="A940" s="2">
-        <x:v>44656</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B940" s="3">
-        <x:v>483621.23</x:v>
+        <x:v>483419.76</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:2">
       <x:c r="A941" s="2">
-        <x:v>44655</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B941" s="3">
-        <x:v>483627.58</x:v>
+        <x:v>483429.04</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:2">
       <x:c r="A942" s="2">
-        <x:v>44652</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B942" s="3">
-        <x:v>483633.63</x:v>
+        <x:v>483453.81</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:2">
       <x:c r="A943" s="2">
-        <x:v>44651</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B943" s="3">
-        <x:v>483649.27</x:v>
+        <x:v>483477.07</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:2">
       <x:c r="A944" s="2">
-        <x:v>44650</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B944" s="3">
-        <x:v>483666.1</x:v>
+        <x:v>483481.82</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:2">
       <x:c r="A945" s="2">
-        <x:v>44649</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B945" s="3">
-        <x:v>483658.4</x:v>
+        <x:v>483490.26</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:2">
       <x:c r="A946" s="2">
-        <x:v>44648</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B946" s="3">
-        <x:v>483665.45</x:v>
+        <x:v>483503.42</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:2">
       <x:c r="A947" s="2">
-        <x:v>44645</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B947" s="3">
-        <x:v>483663.46</x:v>
+        <x:v>483514.59</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:2">
       <x:c r="A948" s="2">
-        <x:v>44644</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B948" s="3">
-        <x:v>483675.07</x:v>
+        <x:v>483543.8</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:2">
       <x:c r="A949" s="2">
-        <x:v>44643</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B949" s="3">
-        <x:v>483679.55</x:v>
+        <x:v>483548.62</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:2">
       <x:c r="A950" s="2">
-        <x:v>44642</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B950" s="3">
-        <x:v>483680.87</x:v>
+        <x:v>483555.55</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:2">
       <x:c r="A951" s="2">
-        <x:v>44641</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B951" s="3">
-        <x:v>483685.14</x:v>
+        <x:v>483577.79</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:2">
       <x:c r="A952" s="2">
-        <x:v>44638</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B952" s="3">
-        <x:v>483697.22</x:v>
+        <x:v>483602.35</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:2">
       <x:c r="A953" s="2">
-        <x:v>44637</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B953" s="3">
-        <x:v>483728.37</x:v>
+        <x:v>483605.38</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:2">
       <x:c r="A954" s="2">
-        <x:v>44636</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B954" s="3">
-        <x:v>483737.53</x:v>
+        <x:v>483621.23</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:2">
       <x:c r="A955" s="2">
-        <x:v>44635</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B955" s="3">
-        <x:v>483739.29</x:v>
+        <x:v>483627.58</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:2">
       <x:c r="A956" s="2">
-        <x:v>44634</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B956" s="3">
-        <x:v>483751.33</x:v>
+        <x:v>483633.63</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:2">
       <x:c r="A957" s="2">
-        <x:v>44631</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B957" s="3">
-        <x:v>483755.16</x:v>
+        <x:v>483649.27</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:2">
       <x:c r="A958" s="2">
-        <x:v>44630</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B958" s="3">
-        <x:v>483764.49</x:v>
+        <x:v>483666.1</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:2">
       <x:c r="A959" s="2">
-        <x:v>44629</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B959" s="3">
-        <x:v>483748.09</x:v>
+        <x:v>483658.4</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:2">
       <x:c r="A960" s="2">
-        <x:v>44628</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B960" s="3">
-        <x:v>483758.04</x:v>
+        <x:v>483665.45</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:2">
       <x:c r="A961" s="2">
-        <x:v>44627</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B961" s="3">
-        <x:v>483787.81</x:v>
+        <x:v>483663.46</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:2">
       <x:c r="A962" s="2">
-        <x:v>44624</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B962" s="3">
-        <x:v>483805.54</x:v>
+        <x:v>483675.07</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:2">
       <x:c r="A963" s="2">
-        <x:v>44623</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B963" s="3">
-        <x:v>483840.89</x:v>
+        <x:v>483679.55</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:2">
       <x:c r="A964" s="2">
-        <x:v>44622</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B964" s="3">
-        <x:v>483843.39</x:v>
+        <x:v>483680.87</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:2">
       <x:c r="A965" s="2">
-        <x:v>44621</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B965" s="3">
-        <x:v>483844.08</x:v>
+        <x:v>483685.14</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:2">
       <x:c r="A966" s="2">
-        <x:v>44620</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B966" s="3">
-        <x:v>483848.75</x:v>
+        <x:v>483697.22</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:2">
       <x:c r="A967" s="2">
-        <x:v>44617</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B967" s="3">
-        <x:v>483870.29</x:v>
+        <x:v>483728.37</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:2">
       <x:c r="A968" s="2">
-        <x:v>44616</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B968" s="3">
-        <x:v>483917.88</x:v>
+        <x:v>483737.53</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:2">
       <x:c r="A969" s="2">
-        <x:v>44615</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B969" s="3">
-        <x:v>483927.85</x:v>
+        <x:v>483739.29</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:2">
       <x:c r="A970" s="2">
-        <x:v>44614</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B970" s="3">
-        <x:v>483939.47</x:v>
+        <x:v>483751.33</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:2">
       <x:c r="A971" s="2">
-        <x:v>44613</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B971" s="3">
-        <x:v>483956.43</x:v>
+        <x:v>483755.16</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:2">
       <x:c r="A972" s="2">
-        <x:v>44610</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B972" s="3">
-        <x:v>483968.87</x:v>
+        <x:v>483764.49</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:2">
       <x:c r="A973" s="2">
-        <x:v>44609</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B973" s="3">
-        <x:v>483996.5</x:v>
+        <x:v>483748.09</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:2">
       <x:c r="A974" s="2">
-        <x:v>44608</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B974" s="3">
-        <x:v>484003</x:v>
+        <x:v>483758.04</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:2">
       <x:c r="A975" s="2">
-        <x:v>44607</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B975" s="3">
-        <x:v>484015.24</x:v>
+        <x:v>483787.81</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:2">
       <x:c r="A976" s="2">
-        <x:v>44606</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B976" s="3">
-        <x:v>484027.11</x:v>
+        <x:v>483805.54</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:2">
       <x:c r="A977" s="2">
-        <x:v>44603</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B977" s="3">
-        <x:v>484053.65</x:v>
+        <x:v>483840.89</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:2">
       <x:c r="A978" s="2">
-        <x:v>44602</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B978" s="3">
-        <x:v>484067.98</x:v>
+        <x:v>483843.39</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:2">
       <x:c r="A979" s="2">
-        <x:v>44601</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B979" s="3">
-        <x:v>484071.38</x:v>
+        <x:v>483844.08</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:2">
       <x:c r="A980" s="2">
-        <x:v>44600</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B980" s="3">
-        <x:v>484081.5</x:v>
+        <x:v>483848.75</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:2">
       <x:c r="A981" s="2">
-        <x:v>44599</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B981" s="3">
-        <x:v>484105.1</x:v>
+        <x:v>483870.29</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:2">
       <x:c r="A982" s="2">
-        <x:v>44596</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B982" s="3">
-        <x:v>484127.65</x:v>
+        <x:v>483917.88</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:2">
       <x:c r="A983" s="2">
-        <x:v>44595</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B983" s="3">
-        <x:v>484127.37</x:v>
+        <x:v>483927.85</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:2">
       <x:c r="A984" s="2">
-        <x:v>44594</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B984" s="3">
-        <x:v>484128.95</x:v>
+        <x:v>483939.47</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:2">
       <x:c r="A985" s="2">
-        <x:v>44593</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B985" s="3">
-        <x:v>484137.34</x:v>
+        <x:v>483956.43</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:2">
       <x:c r="A986" s="2">
-        <x:v>44592</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B986" s="3">
-        <x:v>484140.84</x:v>
+        <x:v>483968.87</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:2">
       <x:c r="A987" s="2">
-        <x:v>44589</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B987" s="3">
-        <x:v>484144.6</x:v>
+        <x:v>483996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:2">
       <x:c r="A988" s="2">
-        <x:v>44588</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B988" s="3">
-        <x:v>484166.79</x:v>
+        <x:v>484003</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:2">
       <x:c r="A989" s="2">
-        <x:v>44587</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B989" s="3">
-        <x:v>484165.78</x:v>
+        <x:v>484015.24</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:2">
       <x:c r="A990" s="2">
-        <x:v>44586</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B990" s="3">
-        <x:v>484171.73</x:v>
+        <x:v>484027.11</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:2">
       <x:c r="A991" s="2">
-        <x:v>44585</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B991" s="3">
-        <x:v>484178.87</x:v>
+        <x:v>484053.65</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:2">
       <x:c r="A992" s="2">
-        <x:v>44582</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B992" s="3">
-        <x:v>484196.31</x:v>
+        <x:v>484067.98</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:2">
       <x:c r="A993" s="2">
-        <x:v>44581</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B993" s="3">
-        <x:v>484218</x:v>
+        <x:v>484071.38</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:2">
       <x:c r="A994" s="2">
-        <x:v>44580</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B994" s="3">
-        <x:v>484231.63</x:v>
+        <x:v>484081.5</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:2">
       <x:c r="A995" s="2">
-        <x:v>44579</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B995" s="3">
-        <x:v>484237.43</x:v>
+        <x:v>484105.1</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:2">
       <x:c r="A996" s="2">
-        <x:v>44578</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="B996" s="3">
-        <x:v>484247.99</x:v>
+        <x:v>484127.65</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:2">
       <x:c r="A997" s="2">
-        <x:v>44575</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B997" s="3">
-        <x:v>484257.66</x:v>
+        <x:v>484127.37</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:2">
       <x:c r="A998" s="2">
-        <x:v>44574</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B998" s="3">
-        <x:v>484279.08</x:v>
+        <x:v>484128.95</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:2">
       <x:c r="A999" s="2">
-        <x:v>44573</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B999" s="3">
-        <x:v>484285.69</x:v>
+        <x:v>484137.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:2">
       <x:c r="A1000" s="2">
-        <x:v>44572</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B1000" s="3">
-        <x:v>484295.33</x:v>
+        <x:v>484140.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:2">
       <x:c r="A1001" s="2">
-        <x:v>44571</x:v>
+        <x:v>44589</x:v>
       </x:c>
       <x:c r="B1001" s="3">
-        <x:v>484303.57</x:v>
+        <x:v>484144.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:2">
       <x:c r="A1002" s="2">
-        <x:v>44568</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="B1002" s="3">
-        <x:v>484312.02</x:v>
+        <x:v>484166.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:2">
       <x:c r="A1003" s="2">
-        <x:v>44567</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="B1003" s="3">
-        <x:v>484334.9</x:v>
+        <x:v>484165.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:2">
       <x:c r="A1004" s="2">
-        <x:v>44566</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="B1004" s="3">
-        <x:v>484343.44</x:v>
+        <x:v>484171.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:2">
       <x:c r="A1005" s="2">
-        <x:v>44565</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="B1005" s="3">
-        <x:v>484353.83</x:v>
+        <x:v>484178.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:2">
       <x:c r="A1006" s="2">
-        <x:v>44564</x:v>
+        <x:v>44582</x:v>
       </x:c>
       <x:c r="B1006" s="3">
-        <x:v>484367.5</x:v>
+        <x:v>484196.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:2">
       <x:c r="A1007" s="2">
-        <x:v>44561</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="B1007" s="3">
-        <x:v>484373.52</x:v>
+        <x:v>484218</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:2">
       <x:c r="A1008" s="2">
-        <x:v>44560</x:v>
+        <x:v>44580</x:v>
       </x:c>
       <x:c r="B1008" s="3">
-        <x:v>484397.56</x:v>
+        <x:v>484231.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:2">
       <x:c r="A1009" s="2">
-        <x:v>44559</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="B1009" s="3">
-        <x:v>484405.61</x:v>
+        <x:v>484237.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:2">
       <x:c r="A1010" s="2">
-        <x:v>44558</x:v>
+        <x:v>44578</x:v>
       </x:c>
       <x:c r="B1010" s="3">
-        <x:v>484412.98</x:v>
+        <x:v>484247.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:2">
       <x:c r="A1011" s="2">
-        <x:v>44557</x:v>
+        <x:v>44575</x:v>
       </x:c>
       <x:c r="B1011" s="3">
-        <x:v>484422.58</x:v>
+        <x:v>484257.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:2">
       <x:c r="A1012" s="2">
-        <x:v>44554</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="B1012" s="3">
-        <x:v>484427.49</x:v>
+        <x:v>484279.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:2">
       <x:c r="A1013" s="2">
-        <x:v>44553</x:v>
+        <x:v>44573</x:v>
       </x:c>
       <x:c r="B1013" s="3">
-        <x:v>484446.4</x:v>
+        <x:v>484285.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:2">
       <x:c r="A1014" s="2">
-        <x:v>44552</x:v>
+        <x:v>44572</x:v>
       </x:c>
       <x:c r="B1014" s="3">
-        <x:v>484450.71</x:v>
+        <x:v>484295.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:2">
       <x:c r="A1015" s="2">
-        <x:v>44551</x:v>
+        <x:v>44571</x:v>
       </x:c>
       <x:c r="B1015" s="3">
-        <x:v>484453.32</x:v>
+        <x:v>484303.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:2">
       <x:c r="A1016" s="2">
-        <x:v>44550</x:v>
+        <x:v>44568</x:v>
       </x:c>
       <x:c r="B1016" s="3">
-        <x:v>484458.95</x:v>
+        <x:v>484312.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:2">
       <x:c r="A1017" s="2">
-        <x:v>44547</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="B1017" s="3">
-        <x:v>484461.7</x:v>
+        <x:v>484334.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:2">
       <x:c r="A1018" s="2">
-        <x:v>44546</x:v>
+        <x:v>44566</x:v>
       </x:c>
       <x:c r="B1018" s="3">
-        <x:v>484491.84</x:v>
+        <x:v>484343.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:2">
       <x:c r="A1019" s="2">
-        <x:v>44545</x:v>
+        <x:v>44565</x:v>
       </x:c>
       <x:c r="B1019" s="3">
-        <x:v>484497.58</x:v>
+        <x:v>484353.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:2">
       <x:c r="A1020" s="2">
-        <x:v>44544</x:v>
+        <x:v>44564</x:v>
       </x:c>
       <x:c r="B1020" s="3">
-        <x:v>484499.05</x:v>
+        <x:v>484367.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:2">
       <x:c r="A1021" s="2">
-        <x:v>44543</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B1021" s="3">
-        <x:v>484505.93</x:v>
+        <x:v>484373.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:2">
       <x:c r="A1022" s="2">
-        <x:v>44540</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="B1022" s="3">
-        <x:v>484520.15</x:v>
+        <x:v>484397.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:2">
       <x:c r="A1023" s="2">
-        <x:v>44539</x:v>
+        <x:v>44559</x:v>
       </x:c>
       <x:c r="B1023" s="3">
-        <x:v>484538.31</x:v>
+        <x:v>484405.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:2">
       <x:c r="A1024" s="2">
-        <x:v>44538</x:v>
+        <x:v>44558</x:v>
       </x:c>
       <x:c r="B1024" s="3">
-        <x:v>484546.81</x:v>
+        <x:v>484412.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:2">
       <x:c r="A1025" s="2">
-        <x:v>44537</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="B1025" s="3">
-        <x:v>484550.21</x:v>
+        <x:v>484422.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:2">
       <x:c r="A1026" s="2">
-        <x:v>44536</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="B1026" s="3">
-        <x:v>484555.95</x:v>
+        <x:v>484427.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:2">
       <x:c r="A1027" s="2">
-        <x:v>44533</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="B1027" s="3">
-        <x:v>484563.4</x:v>
+        <x:v>484446.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:2">
       <x:c r="A1028" s="2">
-        <x:v>44532</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="B1028" s="3">
-        <x:v>484589.47</x:v>
+        <x:v>484450.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:2">
       <x:c r="A1029" s="2">
-        <x:v>44531</x:v>
+        <x:v>44551</x:v>
       </x:c>
       <x:c r="B1029" s="3">
-        <x:v>484596.14</x:v>
+        <x:v>484453.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:2">
       <x:c r="A1030" s="2">
-        <x:v>44530</x:v>
+        <x:v>44550</x:v>
       </x:c>
       <x:c r="B1030" s="3">
-        <x:v>484602.95</x:v>
+        <x:v>484458.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:2">
       <x:c r="A1031" s="2">
-        <x:v>44529</x:v>
+        <x:v>44547</x:v>
       </x:c>
       <x:c r="B1031" s="3">
-        <x:v>484616.09</x:v>
+        <x:v>484461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:2">
       <x:c r="A1032" s="2">
-        <x:v>44526</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="B1032" s="3">
-        <x:v>484635.43</x:v>
+        <x:v>484491.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:2">
       <x:c r="A1033" s="2">
-        <x:v>44525</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B1033" s="3">
-        <x:v>484673.07</x:v>
+        <x:v>484497.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:2">
       <x:c r="A1034" s="2">
-        <x:v>44524</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="B1034" s="3">
-        <x:v>484682.34</x:v>
+        <x:v>484499.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:2">
       <x:c r="A1035" s="2">
-        <x:v>44523</x:v>
+        <x:v>44543</x:v>
       </x:c>
       <x:c r="B1035" s="3">
-        <x:v>484686.58</x:v>
+        <x:v>484505.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:2">
       <x:c r="A1036" s="2">
-        <x:v>44522</x:v>
+        <x:v>44540</x:v>
       </x:c>
       <x:c r="B1036" s="3">
-        <x:v>484693.31</x:v>
+        <x:v>484520.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:2">
       <x:c r="A1037" s="2">
-        <x:v>44519</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="B1037" s="3">
-        <x:v>484696.13</x:v>
+        <x:v>484538.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:2">
       <x:c r="A1038" s="2">
-        <x:v>44518</x:v>
+        <x:v>44538</x:v>
       </x:c>
       <x:c r="B1038" s="3">
-        <x:v>484714.75</x:v>
+        <x:v>484546.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:2">
       <x:c r="A1039" s="2">
-        <x:v>44517</x:v>
+        <x:v>44537</x:v>
       </x:c>
       <x:c r="B1039" s="3">
-        <x:v>484728.19</x:v>
+        <x:v>484550.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:2">
       <x:c r="A1040" s="2">
-        <x:v>44516</x:v>
+        <x:v>44536</x:v>
       </x:c>
       <x:c r="B1040" s="3">
-        <x:v>484734.51</x:v>
+        <x:v>484555.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:2">
       <x:c r="A1041" s="2">
-        <x:v>44515</x:v>
+        <x:v>44533</x:v>
       </x:c>
       <x:c r="B1041" s="3">
-        <x:v>484755.06</x:v>
+        <x:v>484563.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:2">
       <x:c r="A1042" s="2">
-        <x:v>44512</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="B1042" s="3">
-        <x:v>484770.7</x:v>
+        <x:v>484589.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:2">
       <x:c r="A1043" s="2">
-        <x:v>44510</x:v>
+        <x:v>44531</x:v>
       </x:c>
       <x:c r="B1043" s="3">
-        <x:v>484792.16</x:v>
+        <x:v>484596.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:2">
       <x:c r="A1044" s="2">
-        <x:v>44509</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B1044" s="3">
-        <x:v>484802.62</x:v>
+        <x:v>484602.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:2">
       <x:c r="A1045" s="2">
-        <x:v>44508</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="B1045" s="3">
-        <x:v>484811.89</x:v>
+        <x:v>484616.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:2">
       <x:c r="A1046" s="2">
-        <x:v>44505</x:v>
+        <x:v>44526</x:v>
       </x:c>
       <x:c r="B1046" s="3">
-        <x:v>484815.22</x:v>
+        <x:v>484635.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:2">
       <x:c r="A1047" s="2">
-        <x:v>44504</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="B1047" s="3">
-        <x:v>484816.84</x:v>
+        <x:v>484673.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:2">
       <x:c r="A1048" s="2">
-        <x:v>44503</x:v>
+        <x:v>44524</x:v>
       </x:c>
       <x:c r="B1048" s="3">
-        <x:v>484822.73</x:v>
+        <x:v>484682.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:2">
       <x:c r="A1049" s="2">
-        <x:v>44502</x:v>
+        <x:v>44523</x:v>
       </x:c>
       <x:c r="B1049" s="3">
-        <x:v>484827.7</x:v>
+        <x:v>484686.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:2">
       <x:c r="A1050" s="2">
-        <x:v>44498</x:v>
+        <x:v>44522</x:v>
       </x:c>
       <x:c r="B1050" s="3">
-        <x:v>484850.82</x:v>
+        <x:v>484693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:2">
       <x:c r="A1051" s="2">
-        <x:v>44497</x:v>
+        <x:v>44519</x:v>
       </x:c>
       <x:c r="B1051" s="3">
-        <x:v>484875.51</x:v>
+        <x:v>484696.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:2">
       <x:c r="A1052" s="2">
-        <x:v>44496</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="B1052" s="3">
-        <x:v>484886.34</x:v>
+        <x:v>484714.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:2">
       <x:c r="A1053" s="2">
-        <x:v>44495</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="B1053" s="3">
-        <x:v>484892.49</x:v>
+        <x:v>484728.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:2">
       <x:c r="A1054" s="2">
-        <x:v>44494</x:v>
+        <x:v>44516</x:v>
       </x:c>
       <x:c r="B1054" s="3">
-        <x:v>484900.73</x:v>
+        <x:v>484734.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:2">
       <x:c r="A1055" s="2">
-        <x:v>44491</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B1055" s="3">
-        <x:v>484907.87</x:v>
+        <x:v>484755.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:2">
       <x:c r="A1056" s="2">
-        <x:v>44490</x:v>
+        <x:v>44512</x:v>
       </x:c>
       <x:c r="B1056" s="3">
-        <x:v>484927.09</x:v>
+        <x:v>484770.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:2">
       <x:c r="A1057" s="2">
-        <x:v>44489</x:v>
+        <x:v>44510</x:v>
       </x:c>
       <x:c r="B1057" s="3">
-        <x:v>484933.67</x:v>
+        <x:v>484792.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:2">
       <x:c r="A1058" s="2">
-        <x:v>44488</x:v>
+        <x:v>44509</x:v>
       </x:c>
       <x:c r="B1058" s="3">
-        <x:v>484942.71</x:v>
+        <x:v>484802.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:2">
       <x:c r="A1059" s="2">
-        <x:v>44487</x:v>
+        <x:v>44508</x:v>
       </x:c>
       <x:c r="B1059" s="3">
-        <x:v>484959.83</x:v>
+        <x:v>484811.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:2">
       <x:c r="A1060" s="2">
-        <x:v>44484</x:v>
+        <x:v>44505</x:v>
       </x:c>
       <x:c r="B1060" s="3">
-        <x:v>484961.97</x:v>
+        <x:v>484815.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:2">
       <x:c r="A1061" s="2">
-        <x:v>44483</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="B1061" s="3">
-        <x:v>484981.6</x:v>
+        <x:v>484816.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:2">
       <x:c r="A1062" s="2">
-        <x:v>44482</x:v>
+        <x:v>44503</x:v>
       </x:c>
       <x:c r="B1062" s="3">
-        <x:v>484990.92</x:v>
+        <x:v>484822.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:2">
       <x:c r="A1063" s="2">
-        <x:v>44481</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="B1063" s="3">
-        <x:v>484999.16</x:v>
+        <x:v>484827.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:2">
       <x:c r="A1064" s="2">
-        <x:v>44480</x:v>
+        <x:v>44498</x:v>
       </x:c>
       <x:c r="B1064" s="3">
-        <x:v>485008.83</x:v>
+        <x:v>484850.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:2">
       <x:c r="A1065" s="2">
-        <x:v>44477</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="B1065" s="3">
-        <x:v>485017.84</x:v>
+        <x:v>484875.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:2">
       <x:c r="A1066" s="2">
-        <x:v>44476</x:v>
+        <x:v>44496</x:v>
       </x:c>
       <x:c r="B1066" s="3">
-        <x:v>485033.84</x:v>
+        <x:v>484886.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:2">
       <x:c r="A1067" s="2">
-        <x:v>44475</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="B1067" s="3">
-        <x:v>485042.96</x:v>
+        <x:v>484892.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:2">
       <x:c r="A1068" s="2">
-        <x:v>44474</x:v>
+        <x:v>44494</x:v>
       </x:c>
       <x:c r="B1068" s="3">
-        <x:v>485047.1</x:v>
+        <x:v>484900.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:2">
       <x:c r="A1069" s="2">
-        <x:v>44473</x:v>
+        <x:v>44491</x:v>
       </x:c>
       <x:c r="B1069" s="3">
-        <x:v>485056.28</x:v>
+        <x:v>484907.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:2">
       <x:c r="A1070" s="2">
-        <x:v>44470</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="B1070" s="3">
-        <x:v>485062.1</x:v>
+        <x:v>484927.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:2">
       <x:c r="A1071" s="2">
-        <x:v>44469</x:v>
+        <x:v>44489</x:v>
       </x:c>
       <x:c r="B1071" s="3">
-        <x:v>485083.51</x:v>
+        <x:v>484933.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:2">
       <x:c r="A1072" s="2">
-        <x:v>44468</x:v>
+        <x:v>44488</x:v>
       </x:c>
       <x:c r="B1072" s="3">
-        <x:v>485090.83</x:v>
+        <x:v>484942.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:2">
       <x:c r="A1073" s="2">
-        <x:v>44467</x:v>
+        <x:v>44487</x:v>
       </x:c>
       <x:c r="B1073" s="3">
-        <x:v>485098.15</x:v>
+        <x:v>484959.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:2">
       <x:c r="A1074" s="2">
-        <x:v>44466</x:v>
+        <x:v>44484</x:v>
       </x:c>
       <x:c r="B1074" s="3">
-        <x:v>485106.24</x:v>
+        <x:v>484961.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:2">
       <x:c r="A1075" s="2">
-        <x:v>44463</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="B1075" s="3">
-        <x:v>485115.32</x:v>
+        <x:v>484981.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:2">
       <x:c r="A1076" s="2">
-        <x:v>44462</x:v>
+        <x:v>44482</x:v>
       </x:c>
       <x:c r="B1076" s="3">
-        <x:v>485135.86</x:v>
+        <x:v>484990.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:2">
       <x:c r="A1077" s="2">
-        <x:v>44461</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="B1077" s="3">
-        <x:v>485146.61</x:v>
+        <x:v>484999.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:2">
       <x:c r="A1078" s="2">
-        <x:v>44460</x:v>
+        <x:v>44480</x:v>
       </x:c>
       <x:c r="B1078" s="3">
-        <x:v>485152.96</x:v>
+        <x:v>485008.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:2">
       <x:c r="A1079" s="2">
-        <x:v>44459</x:v>
+        <x:v>44477</x:v>
       </x:c>
       <x:c r="B1079" s="3">
-        <x:v>485156.94</x:v>
+        <x:v>485017.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:2">
       <x:c r="A1080" s="2">
-        <x:v>44456</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="B1080" s="3">
-        <x:v>485166.08</x:v>
+        <x:v>485033.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:2">
       <x:c r="A1081" s="2">
-        <x:v>44455</x:v>
+        <x:v>44475</x:v>
       </x:c>
       <x:c r="B1081" s="3">
-        <x:v>485185.65</x:v>
+        <x:v>485042.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:2">
       <x:c r="A1082" s="2">
-        <x:v>44454</x:v>
+        <x:v>44474</x:v>
       </x:c>
       <x:c r="B1082" s="3">
-        <x:v>485193.08</x:v>
+        <x:v>485047.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:2">
       <x:c r="A1083" s="2">
-        <x:v>44453</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="B1083" s="3">
-        <x:v>485198.87</x:v>
+        <x:v>485056.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:2">
       <x:c r="A1084" s="2">
-        <x:v>44452</x:v>
+        <x:v>44470</x:v>
       </x:c>
       <x:c r="B1084" s="3">
-        <x:v>485206.3</x:v>
+        <x:v>485062.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:2">
       <x:c r="A1085" s="2">
-        <x:v>44449</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B1085" s="3">
-        <x:v>485216.64</x:v>
+        <x:v>485083.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:2">
       <x:c r="A1086" s="2">
-        <x:v>44448</x:v>
+        <x:v>44468</x:v>
       </x:c>
       <x:c r="B1086" s="3">
-        <x:v>485233.01</x:v>
+        <x:v>485090.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:2">
       <x:c r="A1087" s="2">
-        <x:v>44447</x:v>
+        <x:v>44467</x:v>
       </x:c>
       <x:c r="B1087" s="3">
-        <x:v>485242.91</x:v>
+        <x:v>485098.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:2">
       <x:c r="A1088" s="2">
-        <x:v>44446</x:v>
+        <x:v>44466</x:v>
       </x:c>
       <x:c r="B1088" s="3">
-        <x:v>485252.75</x:v>
+        <x:v>485106.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:2">
       <x:c r="A1089" s="2">
-        <x:v>44445</x:v>
+        <x:v>44463</x:v>
       </x:c>
       <x:c r="B1089" s="3">
-        <x:v>485256.67</x:v>
+        <x:v>485115.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:2">
       <x:c r="A1090" s="2">
-        <x:v>44442</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="B1090" s="3">
-        <x:v>485268.1</x:v>
+        <x:v>485135.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:2">
       <x:c r="A1091" s="2">
-        <x:v>44441</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="B1091" s="3">
-        <x:v>485283.38</x:v>
+        <x:v>485146.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:2">
       <x:c r="A1092" s="2">
-        <x:v>44440</x:v>
+        <x:v>44460</x:v>
       </x:c>
       <x:c r="B1092" s="3">
-        <x:v>485294.43</x:v>
+        <x:v>485152.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:2">
       <x:c r="A1093" s="2">
-        <x:v>44439</x:v>
+        <x:v>44459</x:v>
       </x:c>
       <x:c r="B1093" s="3">
-        <x:v>485296.56</x:v>
+        <x:v>485156.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:2">
       <x:c r="A1094" s="2">
-        <x:v>44438</x:v>
+        <x:v>44456</x:v>
       </x:c>
       <x:c r="B1094" s="3">
-        <x:v>485304.17</x:v>
+        <x:v>485166.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:2">
       <x:c r="A1095" s="2">
-        <x:v>44435</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="B1095" s="3">
-        <x:v>485310.93</x:v>
+        <x:v>485185.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:2">
       <x:c r="A1096" s="2">
-        <x:v>44434</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B1096" s="3">
-        <x:v>485331.65</x:v>
+        <x:v>485193.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:2">
       <x:c r="A1097" s="2">
-        <x:v>44433</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="B1097" s="3">
-        <x:v>485338.6</x:v>
+        <x:v>485198.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:2">
       <x:c r="A1098" s="2">
-        <x:v>44432</x:v>
+        <x:v>44452</x:v>
       </x:c>
       <x:c r="B1098" s="3">
-        <x:v>485344.76</x:v>
+        <x:v>485206.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:2">
       <x:c r="A1099" s="2">
-        <x:v>44431</x:v>
+        <x:v>44449</x:v>
       </x:c>
       <x:c r="B1099" s="3">
-        <x:v>485352.79</x:v>
+        <x:v>485216.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:2">
       <x:c r="A1100" s="2">
-        <x:v>44428</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="B1100" s="3">
-        <x:v>485357.91</x:v>
+        <x:v>485233.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:2">
       <x:c r="A1101" s="2">
-        <x:v>44427</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="B1101" s="3">
-        <x:v>485377.81</x:v>
+        <x:v>485242.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:2">
       <x:c r="A1102" s="2">
-        <x:v>44426</x:v>
+        <x:v>44446</x:v>
       </x:c>
       <x:c r="B1102" s="3">
-        <x:v>485386.3</x:v>
+        <x:v>485252.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:2">
       <x:c r="A1103" s="2">
-        <x:v>44425</x:v>
+        <x:v>44445</x:v>
       </x:c>
       <x:c r="B1103" s="3">
-        <x:v>485392.89</x:v>
+        <x:v>485256.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:2">
       <x:c r="A1104" s="2">
-        <x:v>44424</x:v>
+        <x:v>44442</x:v>
       </x:c>
       <x:c r="B1104" s="3">
-        <x:v>485401.73</x:v>
+        <x:v>485268.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:2">
       <x:c r="A1105" s="2">
-        <x:v>44421</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="B1105" s="3">
-        <x:v>485408.91</x:v>
+        <x:v>485283.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:2">
       <x:c r="A1106" s="2">
-        <x:v>44420</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="B1106" s="3">
-        <x:v>485426.82</x:v>
+        <x:v>485294.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:2">
       <x:c r="A1107" s="2">
-        <x:v>44419</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B1107" s="3">
-        <x:v>485436.8</x:v>
+        <x:v>485296.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:2">
       <x:c r="A1108" s="2">
-        <x:v>44418</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="B1108" s="3">
-        <x:v>485444.1</x:v>
+        <x:v>485304.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:2">
       <x:c r="A1109" s="2">
-        <x:v>44417</x:v>
+        <x:v>44435</x:v>
       </x:c>
       <x:c r="B1109" s="3">
-        <x:v>485451.23</x:v>
+        <x:v>485310.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:2">
       <x:c r="A1110" s="2">
-        <x:v>44414</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="B1110" s="3">
-        <x:v>485464.53</x:v>
+        <x:v>485331.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:2">
       <x:c r="A1111" s="2">
-        <x:v>44413</x:v>
+        <x:v>44433</x:v>
       </x:c>
       <x:c r="B1111" s="3">
-        <x:v>485483.46</x:v>
+        <x:v>485338.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:2">
       <x:c r="A1112" s="2">
-        <x:v>44412</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="B1112" s="3">
-        <x:v>485489.79</x:v>
+        <x:v>485344.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:2">
       <x:c r="A1113" s="2">
-        <x:v>44411</x:v>
+        <x:v>44431</x:v>
       </x:c>
       <x:c r="B1113" s="3">
-        <x:v>485497.81</x:v>
+        <x:v>485352.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:2">
       <x:c r="A1114" s="2">
-        <x:v>44410</x:v>
+        <x:v>44428</x:v>
       </x:c>
       <x:c r="B1114" s="3">
-        <x:v>485502.71</x:v>
+        <x:v>485357.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:2">
       <x:c r="A1115" s="2">
-        <x:v>44407</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="B1115" s="3">
-        <x:v>485513.75</x:v>
+        <x:v>485377.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:2">
       <x:c r="A1116" s="2">
-        <x:v>44406</x:v>
+        <x:v>44426</x:v>
       </x:c>
       <x:c r="B1116" s="3">
-        <x:v>485531.77</x:v>
+        <x:v>485386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:2">
       <x:c r="A1117" s="2">
-        <x:v>44405</x:v>
+        <x:v>44425</x:v>
       </x:c>
       <x:c r="B1117" s="3">
-        <x:v>485541.73</x:v>
+        <x:v>485392.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:2">
       <x:c r="A1118" s="2">
-        <x:v>44404</x:v>
+        <x:v>44424</x:v>
       </x:c>
       <x:c r="B1118" s="3">
-        <x:v>485546.28</x:v>
+        <x:v>485401.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:2">
       <x:c r="A1119" s="2">
-        <x:v>44403</x:v>
+        <x:v>44421</x:v>
       </x:c>
       <x:c r="B1119" s="3">
-        <x:v>485548.5</x:v>
+        <x:v>485408.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:2">
       <x:c r="A1120" s="2">
-        <x:v>44400</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="B1120" s="3">
-        <x:v>485551.79</x:v>
+        <x:v>485426.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:2">
       <x:c r="A1121" s="2">
-        <x:v>44399</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="B1121" s="3">
-        <x:v>485569.85</x:v>
+        <x:v>485436.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:2">
       <x:c r="A1122" s="2">
-        <x:v>44398</x:v>
+        <x:v>44418</x:v>
       </x:c>
       <x:c r="B1122" s="3">
-        <x:v>485579.61</x:v>
+        <x:v>485444.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:2">
       <x:c r="A1123" s="2">
-        <x:v>44397</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="B1123" s="3">
-        <x:v>485588.21</x:v>
+        <x:v>485451.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:2">
       <x:c r="A1124" s="2">
-        <x:v>44396</x:v>
+        <x:v>44414</x:v>
       </x:c>
       <x:c r="B1124" s="3">
-        <x:v>485594.77</x:v>
+        <x:v>485464.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:2">
       <x:c r="A1125" s="2">
-        <x:v>44393</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="B1125" s="3">
-        <x:v>485598.62</x:v>
+        <x:v>485483.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:2">
       <x:c r="A1126" s="2">
-        <x:v>44392</x:v>
+        <x:v>44412</x:v>
       </x:c>
       <x:c r="B1126" s="3">
-        <x:v>485617.11</x:v>
+        <x:v>485489.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:2">
       <x:c r="A1127" s="2">
-        <x:v>44390</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="B1127" s="3">
-        <x:v>485624.67</x:v>
+        <x:v>485497.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:2">
       <x:c r="A1128" s="2">
-        <x:v>44389</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="B1128" s="3">
-        <x:v>485636.86</x:v>
+        <x:v>485502.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:2">
       <x:c r="A1129" s="2">
-        <x:v>44386</x:v>
+        <x:v>44407</x:v>
       </x:c>
       <x:c r="B1129" s="3">
-        <x:v>485645.42</x:v>
+        <x:v>485513.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:2">
       <x:c r="A1130" s="2">
-        <x:v>44385</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="B1130" s="3">
-        <x:v>485664.33</x:v>
+        <x:v>485531.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:2">
       <x:c r="A1131" s="2">
-        <x:v>44384</x:v>
+        <x:v>44405</x:v>
       </x:c>
       <x:c r="B1131" s="3">
-        <x:v>485673.61</x:v>
+        <x:v>485541.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:2">
       <x:c r="A1132" s="2">
-        <x:v>44383</x:v>
+        <x:v>44404</x:v>
       </x:c>
       <x:c r="B1132" s="3">
-        <x:v>485679.74</x:v>
+        <x:v>485546.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:2">
       <x:c r="A1133" s="2">
-        <x:v>44382</x:v>
+        <x:v>44403</x:v>
       </x:c>
       <x:c r="B1133" s="3">
-        <x:v>485687.5</x:v>
+        <x:v>485548.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:2">
       <x:c r="A1134" s="2">
-        <x:v>44379</x:v>
+        <x:v>44400</x:v>
       </x:c>
       <x:c r="B1134" s="3">
-        <x:v>485693.91</x:v>
+        <x:v>485551.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:2">
       <x:c r="A1135" s="2">
-        <x:v>44378</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="B1135" s="3">
-        <x:v>485710.9</x:v>
+        <x:v>485569.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:2">
       <x:c r="A1136" s="2">
-        <x:v>44377</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="B1136" s="3">
-        <x:v>485720.64</x:v>
+        <x:v>485579.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:2">
       <x:c r="A1137" s="2">
-        <x:v>44376</x:v>
+        <x:v>44397</x:v>
       </x:c>
       <x:c r="B1137" s="3">
-        <x:v>485726.44</x:v>
+        <x:v>485588.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:2">
       <x:c r="A1138" s="2">
-        <x:v>44375</x:v>
+        <x:v>44396</x:v>
       </x:c>
       <x:c r="B1138" s="3">
-        <x:v>485730.13</x:v>
+        <x:v>485594.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:2">
       <x:c r="A1139" s="2">
-        <x:v>44372</x:v>
+        <x:v>44393</x:v>
       </x:c>
       <x:c r="B1139" s="3">
-        <x:v>485737.57</x:v>
+        <x:v>485598.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:2">
       <x:c r="A1140" s="2">
-        <x:v>44371</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B1140" s="3">
-        <x:v>485752.78</x:v>
+        <x:v>485617.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:2">
       <x:c r="A1141" s="2">
-        <x:v>44370</x:v>
+        <x:v>44390</x:v>
       </x:c>
       <x:c r="B1141" s="3">
-        <x:v>485764.36</x:v>
+        <x:v>485624.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:2">
       <x:c r="A1142" s="2">
-        <x:v>44369</x:v>
+        <x:v>44389</x:v>
       </x:c>
       <x:c r="B1142" s="3">
-        <x:v>485772.41</x:v>
+        <x:v>485636.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:2">
       <x:c r="A1143" s="2">
-        <x:v>44368</x:v>
+        <x:v>44386</x:v>
       </x:c>
       <x:c r="B1143" s="3">
-        <x:v>485782.36</x:v>
+        <x:v>485645.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:2">
       <x:c r="A1144" s="2">
-        <x:v>44365</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="B1144" s="3">
-        <x:v>485788.29</x:v>
+        <x:v>485664.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:2">
       <x:c r="A1145" s="2">
-        <x:v>44364</x:v>
+        <x:v>44384</x:v>
       </x:c>
       <x:c r="B1145" s="3">
-        <x:v>485805.8</x:v>
+        <x:v>485673.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:2">
       <x:c r="A1146" s="2">
-        <x:v>44363</x:v>
+        <x:v>44383</x:v>
       </x:c>
       <x:c r="B1146" s="3">
-        <x:v>485814.91</x:v>
+        <x:v>485679.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:2">
       <x:c r="A1147" s="2">
-        <x:v>44362</x:v>
+        <x:v>44382</x:v>
       </x:c>
       <x:c r="B1147" s="3">
-        <x:v>485821.98</x:v>
+        <x:v>485687.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:2">
       <x:c r="A1148" s="2">
-        <x:v>44361</x:v>
+        <x:v>44379</x:v>
       </x:c>
       <x:c r="B1148" s="3">
-        <x:v>485829.8</x:v>
+        <x:v>485693.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:2">
       <x:c r="A1149" s="2">
-        <x:v>44358</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="B1149" s="3">
-        <x:v>485837.25</x:v>
+        <x:v>485710.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:2">
       <x:c r="A1150" s="2">
-        <x:v>44357</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B1150" s="3">
-        <x:v>485854.24</x:v>
+        <x:v>485720.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:2">
       <x:c r="A1151" s="2">
-        <x:v>44356</x:v>
+        <x:v>44376</x:v>
       </x:c>
       <x:c r="B1151" s="3">
-        <x:v>485861.13</x:v>
+        <x:v>485726.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:2">
       <x:c r="A1152" s="2">
-        <x:v>44355</x:v>
+        <x:v>44375</x:v>
       </x:c>
       <x:c r="B1152" s="3">
-        <x:v>485869.16</x:v>
+        <x:v>485730.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:2">
       <x:c r="A1153" s="2">
-        <x:v>44354</x:v>
+        <x:v>44372</x:v>
       </x:c>
       <x:c r="B1153" s="3">
-        <x:v>485876.3</x:v>
+        <x:v>485737.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:2">
       <x:c r="A1154" s="2">
-        <x:v>44351</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="B1154" s="3">
-        <x:v>485882.75</x:v>
+        <x:v>485752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:2">
       <x:c r="A1155" s="2">
-        <x:v>44350</x:v>
+        <x:v>44370</x:v>
       </x:c>
       <x:c r="B1155" s="3">
-        <x:v>485902.63</x:v>
+        <x:v>485764.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:2">
       <x:c r="A1156" s="2">
-        <x:v>44349</x:v>
+        <x:v>44369</x:v>
       </x:c>
       <x:c r="B1156" s="3">
-        <x:v>485910.17</x:v>
+        <x:v>485772.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:2">
       <x:c r="A1157" s="2">
-        <x:v>44348</x:v>
+        <x:v>44368</x:v>
       </x:c>
       <x:c r="B1157" s="3">
-        <x:v>485914.89</x:v>
+        <x:v>485782.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:2">
       <x:c r="A1158" s="2">
-        <x:v>44347</x:v>
+        <x:v>44365</x:v>
       </x:c>
       <x:c r="B1158" s="3">
-        <x:v>485921.84</x:v>
+        <x:v>485788.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:2">
       <x:c r="A1159" s="2">
-        <x:v>44344</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="B1159" s="3">
-        <x:v>485927.1</x:v>
+        <x:v>485805.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:2">
       <x:c r="A1160" s="2">
-        <x:v>44343</x:v>
+        <x:v>44363</x:v>
       </x:c>
       <x:c r="B1160" s="3">
-        <x:v>485944.88</x:v>
+        <x:v>485814.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:2">
       <x:c r="A1161" s="2">
-        <x:v>44342</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B1161" s="3">
-        <x:v>485950.08</x:v>
+        <x:v>485821.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:2">
       <x:c r="A1162" s="2">
-        <x:v>44341</x:v>
+        <x:v>44361</x:v>
       </x:c>
       <x:c r="B1162" s="3">
-        <x:v>485955.15</x:v>
+        <x:v>485829.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:2">
       <x:c r="A1163" s="2">
-        <x:v>44337</x:v>
+        <x:v>44358</x:v>
       </x:c>
       <x:c r="B1163" s="3">
-        <x:v>485965.08</x:v>
+        <x:v>485837.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:2">
       <x:c r="A1164" s="2">
-        <x:v>44336</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="B1164" s="3">
-        <x:v>485987.93</x:v>
+        <x:v>485854.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:2">
       <x:c r="A1165" s="2">
-        <x:v>44335</x:v>
+        <x:v>44356</x:v>
       </x:c>
       <x:c r="B1165" s="3">
-        <x:v>485995.27</x:v>
+        <x:v>485861.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:2">
       <x:c r="A1166" s="2">
-        <x:v>44334</x:v>
+        <x:v>44355</x:v>
       </x:c>
       <x:c r="B1166" s="3">
-        <x:v>486001.29</x:v>
+        <x:v>485869.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:2">
       <x:c r="A1167" s="2">
-        <x:v>44333</x:v>
+        <x:v>44354</x:v>
       </x:c>
       <x:c r="B1167" s="3">
-        <x:v>486006.51</x:v>
+        <x:v>485876.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:2">
       <x:c r="A1168" s="2">
-        <x:v>44330</x:v>
+        <x:v>44351</x:v>
       </x:c>
       <x:c r="B1168" s="3">
-        <x:v>486012.73</x:v>
+        <x:v>485882.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:2">
       <x:c r="A1169" s="2">
-        <x:v>44328</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="B1169" s="3">
-        <x:v>486032.07</x:v>
+        <x:v>485902.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:2">
       <x:c r="A1170" s="2">
-        <x:v>44327</x:v>
+        <x:v>44349</x:v>
       </x:c>
       <x:c r="B1170" s="3">
-        <x:v>486039.82</x:v>
+        <x:v>485910.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:2">
       <x:c r="A1171" s="2">
-        <x:v>44326</x:v>
+        <x:v>44348</x:v>
       </x:c>
       <x:c r="B1171" s="3">
-        <x:v>486045.11</x:v>
+        <x:v>485914.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:2">
       <x:c r="A1172" s="2">
-        <x:v>44323</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B1172" s="3">
-        <x:v>486052.77</x:v>
+        <x:v>485921.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:2">
       <x:c r="A1173" s="2">
-        <x:v>44322</x:v>
+        <x:v>44344</x:v>
       </x:c>
       <x:c r="B1173" s="3">
-        <x:v>486069.92</x:v>
+        <x:v>485927.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:2">
       <x:c r="A1174" s="2">
-        <x:v>44321</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="B1174" s="3">
-        <x:v>486076.48</x:v>
+        <x:v>485944.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:2">
       <x:c r="A1175" s="2">
-        <x:v>44320</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="B1175" s="3">
-        <x:v>486084.54</x:v>
+        <x:v>485950.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:2">
       <x:c r="A1176" s="2">
-        <x:v>44319</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="B1176" s="3">
-        <x:v>486093.09</x:v>
+        <x:v>485955.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:2">
       <x:c r="A1177" s="2">
-        <x:v>44316</x:v>
+        <x:v>44337</x:v>
       </x:c>
       <x:c r="B1177" s="3">
-        <x:v>486102.01</x:v>
+        <x:v>485965.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:2">
       <x:c r="A1178" s="2">
-        <x:v>44315</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="B1178" s="3">
-        <x:v>486121.25</x:v>
+        <x:v>485987.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:2">
       <x:c r="A1179" s="2">
-        <x:v>44314</x:v>
+        <x:v>44335</x:v>
       </x:c>
       <x:c r="B1179" s="3">
-        <x:v>486130.3</x:v>
+        <x:v>485995.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:2">
       <x:c r="A1180" s="2">
-        <x:v>44313</x:v>
+        <x:v>44334</x:v>
       </x:c>
       <x:c r="B1180" s="3">
-        <x:v>486138.44</x:v>
+        <x:v>486001.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:2">
       <x:c r="A1181" s="2">
-        <x:v>44312</x:v>
+        <x:v>44333</x:v>
       </x:c>
       <x:c r="B1181" s="3">
-        <x:v>486143.44</x:v>
+        <x:v>486006.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:2">
       <x:c r="A1182" s="2">
-        <x:v>44309</x:v>
+        <x:v>44330</x:v>
       </x:c>
       <x:c r="B1182" s="3">
-        <x:v>486151.24</x:v>
+        <x:v>486012.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:2">
       <x:c r="A1183" s="2">
-        <x:v>44308</x:v>
+        <x:v>44328</x:v>
       </x:c>
       <x:c r="B1183" s="3">
-        <x:v>486170.19</x:v>
+        <x:v>486032.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:2">
       <x:c r="A1184" s="2">
-        <x:v>44307</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="B1184" s="3">
-        <x:v>486175.81</x:v>
+        <x:v>486039.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:2">
       <x:c r="A1185" s="2">
-        <x:v>44306</x:v>
+        <x:v>44326</x:v>
       </x:c>
       <x:c r="B1185" s="3">
-        <x:v>486182.61</x:v>
+        <x:v>486045.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:2">
       <x:c r="A1186" s="2">
-        <x:v>44305</x:v>
+        <x:v>44323</x:v>
       </x:c>
       <x:c r="B1186" s="3">
-        <x:v>486191.64</x:v>
+        <x:v>486052.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:2">
       <x:c r="A1187" s="2">
-        <x:v>44302</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="B1187" s="3">
-        <x:v>486207.84</x:v>
+        <x:v>486069.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:2">
       <x:c r="A1188" s="2">
-        <x:v>44301</x:v>
+        <x:v>44321</x:v>
       </x:c>
       <x:c r="B1188" s="3">
-        <x:v>486229.37</x:v>
+        <x:v>486076.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:2">
       <x:c r="A1189" s="2">
-        <x:v>44300</x:v>
+        <x:v>44320</x:v>
       </x:c>
       <x:c r="B1189" s="3">
-        <x:v>486240.15</x:v>
+        <x:v>486084.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:2">
       <x:c r="A1190" s="2">
-        <x:v>44299</x:v>
+        <x:v>44319</x:v>
       </x:c>
       <x:c r="B1190" s="3">
-        <x:v>486245.52</x:v>
+        <x:v>486093.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:2">
       <x:c r="A1191" s="2">
-        <x:v>44298</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B1191" s="3">
-        <x:v>486255.43</x:v>
+        <x:v>486102.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:2">
       <x:c r="A1192" s="2">
-        <x:v>44295</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="B1192" s="3">
-        <x:v>486260.91</x:v>
+        <x:v>486121.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:2">
       <x:c r="A1193" s="2">
-        <x:v>44294</x:v>
+        <x:v>44314</x:v>
       </x:c>
       <x:c r="B1193" s="3">
-        <x:v>486278.32</x:v>
+        <x:v>486130.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:2">
       <x:c r="A1194" s="2">
-        <x:v>44293</x:v>
+        <x:v>44313</x:v>
       </x:c>
       <x:c r="B1194" s="3">
-        <x:v>486283.99</x:v>
+        <x:v>486138.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:2">
       <x:c r="A1195" s="2">
-        <x:v>44292</x:v>
+        <x:v>44312</x:v>
       </x:c>
       <x:c r="B1195" s="3">
-        <x:v>486289.66</x:v>
+        <x:v>486143.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:2">
       <x:c r="A1196" s="2">
-        <x:v>44287</x:v>
+        <x:v>44309</x:v>
       </x:c>
       <x:c r="B1196" s="3">
-        <x:v>486298.37</x:v>
+        <x:v>486151.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:2">
       <x:c r="A1197" s="2">
-        <x:v>44286</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="B1197" s="3">
-        <x:v>486319.17</x:v>
+        <x:v>486170.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:2">
       <x:c r="A1198" s="2">
-        <x:v>44285</x:v>
+        <x:v>44307</x:v>
       </x:c>
       <x:c r="B1198" s="3">
-        <x:v>486328.89</x:v>
+        <x:v>486175.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:2">
       <x:c r="A1199" s="2">
-        <x:v>44284</x:v>
+        <x:v>44306</x:v>
       </x:c>
       <x:c r="B1199" s="3">
-        <x:v>486336.64</x:v>
+        <x:v>486182.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:2">
       <x:c r="A1200" s="2">
-        <x:v>44281</x:v>
+        <x:v>44305</x:v>
       </x:c>
       <x:c r="B1200" s="3">
-        <x:v>486342.24</x:v>
+        <x:v>486191.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:2">
       <x:c r="A1201" s="2">
-        <x:v>44280</x:v>
+        <x:v>44302</x:v>
       </x:c>
       <x:c r="B1201" s="3">
-        <x:v>486359.23</x:v>
+        <x:v>486207.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:2">
       <x:c r="A1202" s="2">
-        <x:v>44279</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B1202" s="3">
-        <x:v>486366.84</x:v>
+        <x:v>486229.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:2">
       <x:c r="A1203" s="2">
-        <x:v>44278</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="B1203" s="3">
-        <x:v>486371.92</x:v>
+        <x:v>486240.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:2">
       <x:c r="A1204" s="2">
-        <x:v>44277</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="B1204" s="3">
-        <x:v>486378.21</x:v>
+        <x:v>486245.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:2">
       <x:c r="A1205" s="2">
-        <x:v>44274</x:v>
+        <x:v>44298</x:v>
       </x:c>
       <x:c r="B1205" s="3">
-        <x:v>486382.24</x:v>
+        <x:v>486255.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:2">
       <x:c r="A1206" s="2">
-        <x:v>44273</x:v>
+        <x:v>44295</x:v>
       </x:c>
       <x:c r="B1206" s="3">
-        <x:v>486401.46</x:v>
+        <x:v>486260.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:2">
       <x:c r="A1207" s="2">
-        <x:v>44272</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="B1207" s="3">
-        <x:v>486411.24</x:v>
+        <x:v>486278.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:2">
       <x:c r="A1208" s="2">
-        <x:v>44271</x:v>
+        <x:v>44293</x:v>
       </x:c>
       <x:c r="B1208" s="3">
-        <x:v>486418.98</x:v>
+        <x:v>486283.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:2">
       <x:c r="A1209" s="2">
-        <x:v>44270</x:v>
+        <x:v>44292</x:v>
       </x:c>
       <x:c r="B1209" s="3">
-        <x:v>486424.62</x:v>
+        <x:v>486289.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:2">
       <x:c r="A1210" s="2">
-        <x:v>44267</x:v>
+        <x:v>44287</x:v>
       </x:c>
       <x:c r="B1210" s="3">
-        <x:v>486432.41</x:v>
+        <x:v>486298.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:2">
       <x:c r="A1211" s="2">
-        <x:v>44266</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B1211" s="3">
-        <x:v>486439.29</x:v>
+        <x:v>486319.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:2">
       <x:c r="A1212" s="2">
-        <x:v>44265</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="B1212" s="3">
-        <x:v>486446.23</x:v>
+        <x:v>486328.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:2">
       <x:c r="A1213" s="2">
-        <x:v>44264</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="B1213" s="3">
-        <x:v>486451.73</x:v>
+        <x:v>486336.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:2">
       <x:c r="A1214" s="2">
-        <x:v>44263</x:v>
+        <x:v>44281</x:v>
       </x:c>
       <x:c r="B1214" s="3">
-        <x:v>486459.28</x:v>
+        <x:v>486342.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:2">
       <x:c r="A1215" s="2">
-        <x:v>44260</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="B1215" s="3">
-        <x:v>486468.06</x:v>
+        <x:v>486359.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:2">
       <x:c r="A1216" s="2">
-        <x:v>44259</x:v>
+        <x:v>44279</x:v>
       </x:c>
       <x:c r="B1216" s="3">
-        <x:v>486486.35</x:v>
+        <x:v>486366.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:2">
       <x:c r="A1217" s="2">
-        <x:v>44258</x:v>
+        <x:v>44278</x:v>
       </x:c>
       <x:c r="B1217" s="3">
-        <x:v>486493.72</x:v>
+        <x:v>486371.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:2">
       <x:c r="A1218" s="2">
-        <x:v>44257</x:v>
+        <x:v>44277</x:v>
       </x:c>
       <x:c r="B1218" s="3">
-        <x:v>486494.93</x:v>
+        <x:v>486378.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:2">
       <x:c r="A1219" s="2">
-        <x:v>44256</x:v>
+        <x:v>44274</x:v>
       </x:c>
       <x:c r="B1219" s="3">
-        <x:v>486500.11</x:v>
+        <x:v>486382.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:2">
       <x:c r="A1220" s="2">
-        <x:v>44253</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="B1220" s="3">
-        <x:v>486507.7</x:v>
+        <x:v>486401.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:2">
       <x:c r="A1221" s="2">
-        <x:v>44252</x:v>
+        <x:v>44272</x:v>
       </x:c>
       <x:c r="B1221" s="3">
-        <x:v>486530.48</x:v>
+        <x:v>486411.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:2">
       <x:c r="A1222" s="2">
-        <x:v>44251</x:v>
+        <x:v>44271</x:v>
       </x:c>
       <x:c r="B1222" s="3">
-        <x:v>486536.89</x:v>
+        <x:v>486418.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:2">
       <x:c r="A1223" s="2">
-        <x:v>44250</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B1223" s="3">
-        <x:v>486543.02</x:v>
+        <x:v>486424.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:2">
       <x:c r="A1224" s="2">
-        <x:v>44249</x:v>
+        <x:v>44267</x:v>
       </x:c>
       <x:c r="B1224" s="3">
-        <x:v>486548.59</x:v>
+        <x:v>486432.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:2">
       <x:c r="A1225" s="2">
-        <x:v>44246</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="B1225" s="3">
-        <x:v>486557.14</x:v>
+        <x:v>486439.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:2">
       <x:c r="A1226" s="2">
-        <x:v>44245</x:v>
+        <x:v>44265</x:v>
       </x:c>
       <x:c r="B1226" s="3">
-        <x:v>486575.27</x:v>
+        <x:v>486446.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:2">
       <x:c r="A1227" s="2">
-        <x:v>44244</x:v>
+        <x:v>44264</x:v>
       </x:c>
       <x:c r="B1227" s="3">
-        <x:v>486583.09</x:v>
+        <x:v>486451.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:2">
       <x:c r="A1228" s="2">
-        <x:v>44243</x:v>
+        <x:v>44263</x:v>
       </x:c>
       <x:c r="B1228" s="3">
-        <x:v>486590.47</x:v>
+        <x:v>486459.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:2">
       <x:c r="A1229" s="2">
-        <x:v>44242</x:v>
+        <x:v>44260</x:v>
       </x:c>
       <x:c r="B1229" s="3">
-        <x:v>486596.31</x:v>
+        <x:v>486468.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:2">
       <x:c r="A1230" s="2">
-        <x:v>44239</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="B1230" s="3">
-        <x:v>486604.38</x:v>
+        <x:v>486486.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:2">
       <x:c r="A1231" s="2">
-        <x:v>44238</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="B1231" s="3">
-        <x:v>486622.05</x:v>
+        <x:v>486493.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:2">
       <x:c r="A1232" s="2">
-        <x:v>44237</x:v>
+        <x:v>44257</x:v>
       </x:c>
       <x:c r="B1232" s="3">
-        <x:v>486630.33</x:v>
+        <x:v>486494.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:2">
       <x:c r="A1233" s="2">
-        <x:v>44236</x:v>
+        <x:v>44256</x:v>
       </x:c>
       <x:c r="B1233" s="3">
-        <x:v>486635.03</x:v>
+        <x:v>486500.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:2">
       <x:c r="A1234" s="2">
-        <x:v>44235</x:v>
+        <x:v>44253</x:v>
       </x:c>
       <x:c r="B1234" s="3">
-        <x:v>486642.61</x:v>
+        <x:v>486507.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:2">
       <x:c r="A1235" s="2">
-        <x:v>44232</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="B1235" s="3">
-        <x:v>486649.76</x:v>
+        <x:v>486530.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:2">
       <x:c r="A1236" s="2">
-        <x:v>44231</x:v>
+        <x:v>44251</x:v>
       </x:c>
       <x:c r="B1236" s="3">
-        <x:v>486667.27</x:v>
+        <x:v>486536.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:2">
       <x:c r="A1237" s="2">
-        <x:v>44230</x:v>
+        <x:v>44250</x:v>
       </x:c>
       <x:c r="B1237" s="3">
-        <x:v>486676.02</x:v>
+        <x:v>486543.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:2">
       <x:c r="A1238" s="2">
-        <x:v>44229</x:v>
+        <x:v>44249</x:v>
       </x:c>
       <x:c r="B1238" s="3">
-        <x:v>486682.87</x:v>
+        <x:v>486548.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:2">
       <x:c r="A1239" s="2">
-        <x:v>44228</x:v>
+        <x:v>44246</x:v>
       </x:c>
       <x:c r="B1239" s="3">
-        <x:v>486689.07</x:v>
+        <x:v>486557.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:2">
       <x:c r="A1240" s="2">
-        <x:v>44225</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="B1240" s="3">
-        <x:v>486695.07</x:v>
+        <x:v>486575.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:2">
       <x:c r="A1241" s="2">
-        <x:v>44224</x:v>
+        <x:v>44244</x:v>
       </x:c>
       <x:c r="B1241" s="3">
-        <x:v>486708.27</x:v>
+        <x:v>486583.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:2">
       <x:c r="A1242" s="2">
-        <x:v>44223</x:v>
+        <x:v>44243</x:v>
       </x:c>
       <x:c r="B1242" s="3">
-        <x:v>486707.78</x:v>
+        <x:v>486590.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:2">
       <x:c r="A1243" s="2">
-        <x:v>44222</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B1243" s="3">
-        <x:v>486715.17</x:v>
+        <x:v>486596.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:2">
       <x:c r="A1244" s="2">
-        <x:v>44221</x:v>
+        <x:v>44239</x:v>
       </x:c>
       <x:c r="B1244" s="3">
-        <x:v>486718.56</x:v>
+        <x:v>486604.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:2">
       <x:c r="A1245" s="2">
-        <x:v>44218</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="B1245" s="3">
-        <x:v>486728.41</x:v>
+        <x:v>486622.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:2">
       <x:c r="A1246" s="2">
-        <x:v>44217</x:v>
+        <x:v>44237</x:v>
       </x:c>
       <x:c r="B1246" s="3">
-        <x:v>486746.1</x:v>
+        <x:v>486630.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:2">
       <x:c r="A1247" s="2">
-        <x:v>44216</x:v>
+        <x:v>44236</x:v>
       </x:c>
       <x:c r="B1247" s="3">
-        <x:v>486754.03</x:v>
+        <x:v>486635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:2">
       <x:c r="A1248" s="2">
-        <x:v>44215</x:v>
+        <x:v>44235</x:v>
       </x:c>
       <x:c r="B1248" s="3">
-        <x:v>486763.25</x:v>
+        <x:v>486642.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:2">
       <x:c r="A1249" s="2">
-        <x:v>44214</x:v>
+        <x:v>44232</x:v>
       </x:c>
       <x:c r="B1249" s="3">
-        <x:v>486772.11</x:v>
+        <x:v>486649.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:2">
       <x:c r="A1250" s="2">
-        <x:v>44211</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="B1250" s="3">
-        <x:v>486782.5</x:v>
+        <x:v>486667.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:2">
       <x:c r="A1251" s="2">
-        <x:v>44210</x:v>
+        <x:v>44230</x:v>
       </x:c>
       <x:c r="B1251" s="3">
-        <x:v>486799.31</x:v>
+        <x:v>486676.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:2">
       <x:c r="A1252" s="2">
-        <x:v>44209</x:v>
+        <x:v>44229</x:v>
       </x:c>
       <x:c r="B1252" s="3">
-        <x:v>486809.21</x:v>
+        <x:v>486682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:2">
       <x:c r="A1253" s="2">
-        <x:v>44208</x:v>
+        <x:v>44228</x:v>
       </x:c>
       <x:c r="B1253" s="3">
-        <x:v>486817.09</x:v>
+        <x:v>486689.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:2">
       <x:c r="A1254" s="2">
-        <x:v>44207</x:v>
+        <x:v>44225</x:v>
       </x:c>
       <x:c r="B1254" s="3">
-        <x:v>486824.67</x:v>
+        <x:v>486695.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:2">
       <x:c r="A1255" s="2">
-        <x:v>44204</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="B1255" s="3">
-        <x:v>486832.73</x:v>
+        <x:v>486708.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:2">
       <x:c r="A1256" s="2">
-        <x:v>44203</x:v>
+        <x:v>44223</x:v>
       </x:c>
       <x:c r="B1256" s="3">
-        <x:v>486853.92</x:v>
+        <x:v>486707.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:2">
       <x:c r="A1257" s="2">
-        <x:v>44202</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="B1257" s="3">
-        <x:v>486858.37</x:v>
+        <x:v>486715.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:2">
       <x:c r="A1258" s="2">
-        <x:v>44201</x:v>
+        <x:v>44221</x:v>
       </x:c>
       <x:c r="B1258" s="3">
-        <x:v>486865.82</x:v>
+        <x:v>486718.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:2">
       <x:c r="A1259" s="2">
-        <x:v>44200</x:v>
+        <x:v>44218</x:v>
       </x:c>
       <x:c r="B1259" s="3">
-        <x:v>486872.01</x:v>
+        <x:v>486728.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:2">
       <x:c r="A1260" s="2">
-        <x:v>44196</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="B1260" s="3">
-        <x:v>486879.3</x:v>
+        <x:v>486746.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:2">
       <x:c r="A1261" s="2">
-        <x:v>44195</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="B1261" s="3">
-        <x:v>486902.08</x:v>
+        <x:v>486754.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:2">
       <x:c r="A1262" s="2">
-        <x:v>44194</x:v>
+        <x:v>44215</x:v>
       </x:c>
       <x:c r="B1262" s="3">
-        <x:v>486907.88</x:v>
+        <x:v>486763.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:2">
       <x:c r="A1263" s="2">
-        <x:v>44193</x:v>
+        <x:v>44214</x:v>
       </x:c>
       <x:c r="B1263" s="3">
-        <x:v>486914.46</x:v>
+        <x:v>486772.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:2">
       <x:c r="A1264" s="2">
-        <x:v>44189</x:v>
+        <x:v>44211</x:v>
       </x:c>
       <x:c r="B1264" s="3">
-        <x:v>486924.29</x:v>
+        <x:v>486782.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:2">
       <x:c r="A1265" s="2">
-        <x:v>44188</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="B1265" s="3">
-        <x:v>486943.95</x:v>
+        <x:v>486799.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:2">
       <x:c r="A1266" s="2">
-        <x:v>44187</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="B1266" s="3">
-        <x:v>486951.84</x:v>
+        <x:v>486809.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:2">
       <x:c r="A1267" s="2">
-        <x:v>44186</x:v>
+        <x:v>44208</x:v>
       </x:c>
       <x:c r="B1267" s="3">
-        <x:v>486958.41</x:v>
+        <x:v>486817.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:2">
       <x:c r="A1268" s="2">
-        <x:v>44183</x:v>
+        <x:v>44207</x:v>
       </x:c>
       <x:c r="B1268" s="3">
-        <x:v>486963.04</x:v>
+        <x:v>486824.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:2">
       <x:c r="A1269" s="2">
-        <x:v>44182</x:v>
+        <x:v>44204</x:v>
       </x:c>
       <x:c r="B1269" s="3">
-        <x:v>486980.51</x:v>
+        <x:v>486832.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:2">
       <x:c r="A1270" s="2">
-        <x:v>44181</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="B1270" s="3">
-        <x:v>486990.37</x:v>
+        <x:v>486853.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:2">
       <x:c r="A1271" s="2">
-        <x:v>44180</x:v>
+        <x:v>44202</x:v>
       </x:c>
       <x:c r="B1271" s="3">
-        <x:v>486997.44</x:v>
+        <x:v>486858.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:2">
       <x:c r="A1272" s="2">
-        <x:v>44179</x:v>
+        <x:v>44201</x:v>
       </x:c>
       <x:c r="B1272" s="3">
-        <x:v>486999.71</x:v>
+        <x:v>486865.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:2">
       <x:c r="A1273" s="2">
-        <x:v>44176</x:v>
+        <x:v>44200</x:v>
       </x:c>
       <x:c r="B1273" s="3">
-        <x:v>487006.47</x:v>
+        <x:v>486872.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:2">
       <x:c r="A1274" s="2">
-        <x:v>44175</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B1274" s="3">
-        <x:v>487026.56</x:v>
+        <x:v>486879.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:2">
       <x:c r="A1275" s="2">
-        <x:v>44174</x:v>
+        <x:v>44195</x:v>
       </x:c>
       <x:c r="B1275" s="3">
-        <x:v>487032.04</x:v>
+        <x:v>486902.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:2">
       <x:c r="A1276" s="2">
-        <x:v>44173</x:v>
+        <x:v>44194</x:v>
       </x:c>
       <x:c r="B1276" s="3">
-        <x:v>487038.82</x:v>
+        <x:v>486907.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:2">
       <x:c r="A1277" s="2">
-        <x:v>44172</x:v>
+        <x:v>44193</x:v>
       </x:c>
       <x:c r="B1277" s="3">
-        <x:v>487044.94</x:v>
+        <x:v>486914.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:2">
       <x:c r="A1278" s="2">
-        <x:v>44169</x:v>
+        <x:v>44189</x:v>
       </x:c>
       <x:c r="B1278" s="3">
-        <x:v>487048.82</x:v>
+        <x:v>486924.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:2">
       <x:c r="A1279" s="2">
-        <x:v>44168</x:v>
+        <x:v>44188</x:v>
       </x:c>
       <x:c r="B1279" s="3">
-        <x:v>487064.73</x:v>
+        <x:v>486943.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:2">
       <x:c r="A1280" s="2">
-        <x:v>44167</x:v>
+        <x:v>44187</x:v>
       </x:c>
       <x:c r="B1280" s="3">
-        <x:v>487070.2</x:v>
+        <x:v>486951.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:2">
       <x:c r="A1281" s="2">
-        <x:v>44166</x:v>
+        <x:v>44186</x:v>
       </x:c>
       <x:c r="B1281" s="3">
-        <x:v>487076.02</x:v>
+        <x:v>486958.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:2">
       <x:c r="A1282" s="2">
-        <x:v>44165</x:v>
+        <x:v>44183</x:v>
       </x:c>
       <x:c r="B1282" s="3">
-        <x:v>487083.47</x:v>
+        <x:v>486963.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:2">
       <x:c r="A1283" s="2">
-        <x:v>44162</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="B1283" s="3">
-        <x:v>487089.44</x:v>
+        <x:v>486980.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:2">
       <x:c r="A1284" s="2">
-        <x:v>44161</x:v>
+        <x:v>44181</x:v>
       </x:c>
       <x:c r="B1284" s="3">
-        <x:v>487105.41</x:v>
+        <x:v>486990.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:2">
       <x:c r="A1285" s="2">
-        <x:v>44160</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B1285" s="3">
-        <x:v>487110.86</x:v>
+        <x:v>486997.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:2">
       <x:c r="A1286" s="2">
-        <x:v>44159</x:v>
+        <x:v>44179</x:v>
       </x:c>
       <x:c r="B1286" s="3">
-        <x:v>487117.26</x:v>
+        <x:v>486999.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:2">
       <x:c r="A1287" s="2">
-        <x:v>44158</x:v>
+        <x:v>44176</x:v>
       </x:c>
       <x:c r="B1287" s="3">
-        <x:v>487123.68</x:v>
+        <x:v>487006.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:2">
       <x:c r="A1288" s="2">
-        <x:v>44155</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="B1288" s="3">
-        <x:v>487126.49</x:v>
+        <x:v>487026.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:2">
       <x:c r="A1289" s="2">
-        <x:v>44154</x:v>
+        <x:v>44174</x:v>
       </x:c>
       <x:c r="B1289" s="3">
-        <x:v>487142.3</x:v>
+        <x:v>487032.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:2">
       <x:c r="A1290" s="2">
-        <x:v>44153</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="B1290" s="3">
-        <x:v>487147.94</x:v>
+        <x:v>487038.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:2">
       <x:c r="A1291" s="2">
-        <x:v>44152</x:v>
+        <x:v>44172</x:v>
       </x:c>
       <x:c r="B1291" s="3">
-        <x:v>487153.69</x:v>
+        <x:v>487044.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:2">
       <x:c r="A1292" s="2">
-        <x:v>44151</x:v>
+        <x:v>44169</x:v>
       </x:c>
       <x:c r="B1292" s="3">
-        <x:v>487159.15</x:v>
+        <x:v>487048.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:2">
       <x:c r="A1293" s="2">
-        <x:v>44148</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="B1293" s="3">
-        <x:v>487165.69</x:v>
+        <x:v>487064.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:2">
       <x:c r="A1294" s="2">
-        <x:v>44147</x:v>
+        <x:v>44167</x:v>
       </x:c>
       <x:c r="B1294" s="3">
-        <x:v>487181.09</x:v>
+        <x:v>487070.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:2">
       <x:c r="A1295" s="2">
-        <x:v>44145</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="B1295" s="3">
-        <x:v>487188.89</x:v>
+        <x:v>487076.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:2">
       <x:c r="A1296" s="2">
-        <x:v>44144</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B1296" s="3">
-        <x:v>487196.69</x:v>
+        <x:v>487083.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:2">
       <x:c r="A1297" s="2">
-        <x:v>44141</x:v>
+        <x:v>44162</x:v>
       </x:c>
       <x:c r="B1297" s="3">
-        <x:v>487202.81</x:v>
+        <x:v>487089.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:2">
       <x:c r="A1298" s="2">
-        <x:v>44140</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="B1298" s="3">
-        <x:v>487218.87</x:v>
+        <x:v>487105.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:2">
       <x:c r="A1299" s="2">
-        <x:v>44139</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="B1299" s="3">
-        <x:v>487226.31</x:v>
+        <x:v>487110.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:2">
       <x:c r="A1300" s="2">
-        <x:v>44138</x:v>
+        <x:v>44159</x:v>
       </x:c>
       <x:c r="B1300" s="3">
-        <x:v>487235.1</x:v>
+        <x:v>487117.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:2">
       <x:c r="A1301" s="2">
-        <x:v>44137</x:v>
+        <x:v>44158</x:v>
       </x:c>
       <x:c r="B1301" s="3">
-        <x:v>487242.29</x:v>
+        <x:v>487123.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:2">
       <x:c r="A1302" s="2">
-        <x:v>44134</x:v>
+        <x:v>44155</x:v>
       </x:c>
       <x:c r="B1302" s="3">
-        <x:v>487247.26</x:v>
+        <x:v>487126.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:2">
       <x:c r="A1303" s="2">
-        <x:v>44133</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="B1303" s="3">
-        <x:v>487263</x:v>
+        <x:v>487142.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:2">
       <x:c r="A1304" s="2">
-        <x:v>44132</x:v>
+        <x:v>44153</x:v>
       </x:c>
       <x:c r="B1304" s="3">
-        <x:v>487270.66</x:v>
+        <x:v>487147.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:2">
       <x:c r="A1305" s="2">
-        <x:v>44131</x:v>
+        <x:v>44152</x:v>
       </x:c>
       <x:c r="B1305" s="3">
-        <x:v>487275.36</x:v>
+        <x:v>487153.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:2">
       <x:c r="A1306" s="2">
-        <x:v>44130</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="B1306" s="3">
-        <x:v>487281.83</x:v>
+        <x:v>487159.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:2">
       <x:c r="A1307" s="2">
-        <x:v>44127</x:v>
+        <x:v>44148</x:v>
       </x:c>
       <x:c r="B1307" s="3">
-        <x:v>487289.36</x:v>
+        <x:v>487165.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:2">
       <x:c r="A1308" s="2">
-        <x:v>44126</x:v>
+        <x:v>44147</x:v>
       </x:c>
       <x:c r="B1308" s="3">
-        <x:v>487299.94</x:v>
+        <x:v>487181.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:2">
       <x:c r="A1309" s="2">
-        <x:v>44125</x:v>
+        <x:v>44145</x:v>
       </x:c>
       <x:c r="B1309" s="3">
-        <x:v>487309.19</x:v>
+        <x:v>487188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:2">
       <x:c r="A1310" s="2">
-        <x:v>44124</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="B1310" s="3">
-        <x:v>487317.65</x:v>
+        <x:v>487196.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:2">
       <x:c r="A1311" s="2">
-        <x:v>44123</x:v>
+        <x:v>44141</x:v>
       </x:c>
       <x:c r="B1311" s="3">
-        <x:v>487323.72</x:v>
+        <x:v>487202.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:2">
       <x:c r="A1312" s="2">
-        <x:v>44120</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="B1312" s="3">
-        <x:v>487325.1</x:v>
+        <x:v>487218.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:2">
       <x:c r="A1313" s="2">
-        <x:v>44119</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B1313" s="3">
-        <x:v>487342.58</x:v>
+        <x:v>487226.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:2">
       <x:c r="A1314" s="2">
-        <x:v>44118</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="B1314" s="3">
-        <x:v>487347.94</x:v>
+        <x:v>487235.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:2">
       <x:c r="A1315" s="2">
-        <x:v>44117</x:v>
+        <x:v>44137</x:v>
       </x:c>
       <x:c r="B1315" s="3">
-        <x:v>487350.27</x:v>
+        <x:v>487242.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:2">
       <x:c r="A1316" s="2">
-        <x:v>44116</x:v>
+        <x:v>44134</x:v>
       </x:c>
       <x:c r="B1316" s="3">
-        <x:v>487355.64</x:v>
+        <x:v>487247.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:2">
       <x:c r="A1317" s="2">
-        <x:v>44113</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="B1317" s="3">
-        <x:v>487359.56</x:v>
+        <x:v>487263</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:2">
       <x:c r="A1318" s="2">
-        <x:v>44112</x:v>
+        <x:v>44132</x:v>
       </x:c>
       <x:c r="B1318" s="3">
-        <x:v>487362.53</x:v>
+        <x:v>487270.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:2">
       <x:c r="A1319" s="2">
-        <x:v>44111</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="B1319" s="3">
-        <x:v>487361.15</x:v>
+        <x:v>487275.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:2">
       <x:c r="A1320" s="2">
-        <x:v>44110</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="B1320" s="3">
-        <x:v>487360.24</x:v>
+        <x:v>487281.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:2">
       <x:c r="A1321" s="2">
-        <x:v>44109</x:v>
+        <x:v>44127</x:v>
       </x:c>
       <x:c r="B1321" s="3">
-        <x:v>487365.86</x:v>
+        <x:v>487289.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:2">
       <x:c r="A1322" s="2">
-        <x:v>44106</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="B1322" s="3">
-        <x:v>487363.42</x:v>
+        <x:v>487299.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:2">
       <x:c r="A1323" s="2">
-        <x:v>44105</x:v>
+        <x:v>44125</x:v>
       </x:c>
       <x:c r="B1323" s="3">
-        <x:v>487371.1</x:v>
+        <x:v>487309.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:2">
       <x:c r="A1324" s="2">
-        <x:v>44104</x:v>
+        <x:v>44124</x:v>
       </x:c>
       <x:c r="B1324" s="3">
-        <x:v>487376.43</x:v>
+        <x:v>487317.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:2">
       <x:c r="A1325" s="2">
-        <x:v>44103</x:v>
+        <x:v>44123</x:v>
       </x:c>
       <x:c r="B1325" s="3">
-        <x:v>487379.88</x:v>
+        <x:v>487323.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:2">
       <x:c r="A1326" s="2">
-        <x:v>44102</x:v>
+        <x:v>44120</x:v>
       </x:c>
       <x:c r="B1326" s="3">
-        <x:v>487382.84</x:v>
+        <x:v>487325.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:2">
       <x:c r="A1327" s="2">
-        <x:v>44099</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B1327" s="3">
-        <x:v>487390.45</x:v>
+        <x:v>487342.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:2">
       <x:c r="A1328" s="2">
-        <x:v>44098</x:v>
+        <x:v>44118</x:v>
       </x:c>
       <x:c r="B1328" s="3">
-        <x:v>487402.79</x:v>
+        <x:v>487347.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:2">
       <x:c r="A1329" s="2">
-        <x:v>44097</x:v>
+        <x:v>44117</x:v>
       </x:c>
       <x:c r="B1329" s="3">
-        <x:v>487407.67</x:v>
+        <x:v>487350.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:2">
       <x:c r="A1330" s="2">
-        <x:v>44096</x:v>
+        <x:v>44116</x:v>
       </x:c>
       <x:c r="B1330" s="3">
-        <x:v>487408</x:v>
+        <x:v>487355.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:2">
       <x:c r="A1331" s="2">
-        <x:v>44095</x:v>
+        <x:v>44113</x:v>
       </x:c>
       <x:c r="B1331" s="3">
-        <x:v>487410.94</x:v>
+        <x:v>487359.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:2">
       <x:c r="A1332" s="2">
-        <x:v>44092</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="B1332" s="3">
-        <x:v>487416.56</x:v>
+        <x:v>487362.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:2">
       <x:c r="A1333" s="2">
-        <x:v>44091</x:v>
+        <x:v>44111</x:v>
       </x:c>
       <x:c r="B1333" s="3">
-        <x:v>487424.78</x:v>
+        <x:v>487361.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:2">
       <x:c r="A1334" s="2">
-        <x:v>44090</x:v>
+        <x:v>44110</x:v>
       </x:c>
       <x:c r="B1334" s="3">
-        <x:v>487428.76</x:v>
+        <x:v>487360.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:2">
       <x:c r="A1335" s="2">
-        <x:v>44089</x:v>
+        <x:v>44109</x:v>
       </x:c>
       <x:c r="B1335" s="3">
-        <x:v>487431.92</x:v>
+        <x:v>487365.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:2">
       <x:c r="A1336" s="2">
-        <x:v>44088</x:v>
+        <x:v>44106</x:v>
       </x:c>
       <x:c r="B1336" s="3">
-        <x:v>487435.78</x:v>
+        <x:v>487363.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:2">
       <x:c r="A1337" s="2">
-        <x:v>44085</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="B1337" s="3">
-        <x:v>487438.64</x:v>
+        <x:v>487371.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:2">
       <x:c r="A1338" s="2">
-        <x:v>44084</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B1338" s="3">
-        <x:v>487454.54</x:v>
+        <x:v>487376.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:2">
       <x:c r="A1339" s="2">
-        <x:v>44083</x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="B1339" s="3">
-        <x:v>487457.06</x:v>
+        <x:v>487379.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:2">
       <x:c r="A1340" s="2">
-        <x:v>44082</x:v>
+        <x:v>44102</x:v>
       </x:c>
       <x:c r="B1340" s="3">
-        <x:v>487460.3</x:v>
+        <x:v>487382.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:2">
       <x:c r="A1341" s="2">
-        <x:v>44081</x:v>
+        <x:v>44099</x:v>
       </x:c>
       <x:c r="B1341" s="3">
-        <x:v>487461.18</x:v>
+        <x:v>487390.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:2">
       <x:c r="A1342" s="2">
-        <x:v>44078</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="B1342" s="3">
-        <x:v>487465.66</x:v>
+        <x:v>487402.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:2">
       <x:c r="A1343" s="2">
-        <x:v>44077</x:v>
+        <x:v>44097</x:v>
       </x:c>
       <x:c r="B1343" s="3">
-        <x:v>487465.92</x:v>
+        <x:v>487407.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:2">
       <x:c r="A1344" s="2">
-        <x:v>44076</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="B1344" s="3">
-        <x:v>487469.47</x:v>
+        <x:v>487408</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:2">
       <x:c r="A1345" s="2">
-        <x:v>44075</x:v>
+        <x:v>44095</x:v>
       </x:c>
       <x:c r="B1345" s="3">
-        <x:v>487470.42</x:v>
+        <x:v>487410.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:2">
       <x:c r="A1346" s="2">
-        <x:v>44074</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="B1346" s="3">
-        <x:v>487477.87</x:v>
+        <x:v>487416.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:2">
       <x:c r="A1347" s="2">
-        <x:v>44071</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="B1347" s="3">
-        <x:v>487481.58</x:v>
+        <x:v>487424.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:2">
       <x:c r="A1348" s="2">
-        <x:v>44070</x:v>
+        <x:v>44090</x:v>
       </x:c>
       <x:c r="B1348" s="3">
-        <x:v>487491.96</x:v>
+        <x:v>487428.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:2">
       <x:c r="A1349" s="2">
-        <x:v>44069</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B1349" s="3">
-        <x:v>487496.56</x:v>
+        <x:v>487431.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:2">
       <x:c r="A1350" s="2">
-        <x:v>44068</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="B1350" s="3">
-        <x:v>487502.49</x:v>
+        <x:v>487435.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:2">
       <x:c r="A1351" s="2">
-        <x:v>44067</x:v>
+        <x:v>44085</x:v>
       </x:c>
       <x:c r="B1351" s="3">
-        <x:v>487500.7</x:v>
+        <x:v>487438.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:2">
       <x:c r="A1352" s="2">
-        <x:v>44064</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="B1352" s="3">
-        <x:v>487501.81</x:v>
+        <x:v>487454.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:2">
       <x:c r="A1353" s="2">
-        <x:v>44063</x:v>
+        <x:v>44083</x:v>
       </x:c>
       <x:c r="B1353" s="3">
-        <x:v>487511.36</x:v>
+        <x:v>487457.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:2">
       <x:c r="A1354" s="2">
-        <x:v>44062</x:v>
+        <x:v>44082</x:v>
       </x:c>
       <x:c r="B1354" s="3">
-        <x:v>487517.29</x:v>
+        <x:v>487460.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:2">
       <x:c r="A1355" s="2">
-        <x:v>44061</x:v>
+        <x:v>44081</x:v>
       </x:c>
       <x:c r="B1355" s="3">
-        <x:v>487499.55</x:v>
+        <x:v>487461.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:2">
       <x:c r="A1356" s="2">
-        <x:v>44060</x:v>
+        <x:v>44078</x:v>
       </x:c>
       <x:c r="B1356" s="3">
-        <x:v>487502.99</x:v>
+        <x:v>487465.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:2">
       <x:c r="A1357" s="2">
-        <x:v>44057</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="B1357" s="3">
-        <x:v>487508.87</x:v>
+        <x:v>487465.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:2">
       <x:c r="A1358" s="2">
-        <x:v>44056</x:v>
+        <x:v>44076</x:v>
       </x:c>
       <x:c r="B1358" s="3">
-        <x:v>487515.72</x:v>
+        <x:v>487469.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:2">
       <x:c r="A1359" s="2">
-        <x:v>44055</x:v>
+        <x:v>44075</x:v>
       </x:c>
       <x:c r="B1359" s="3">
-        <x:v>487518.89</x:v>
+        <x:v>487470.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:2">
       <x:c r="A1360" s="2">
-        <x:v>44054</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B1360" s="3">
-        <x:v>487523.13</x:v>
+        <x:v>487477.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:2">
       <x:c r="A1361" s="2">
-        <x:v>44053</x:v>
+        <x:v>44071</x:v>
       </x:c>
       <x:c r="B1361" s="3">
-        <x:v>487521.8</x:v>
+        <x:v>487481.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:2">
       <x:c r="A1362" s="2">
-        <x:v>44050</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="B1362" s="3">
-        <x:v>487514</x:v>
+        <x:v>487491.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:2">
       <x:c r="A1363" s="2">
-        <x:v>44049</x:v>
+        <x:v>44069</x:v>
       </x:c>
       <x:c r="B1363" s="3">
-        <x:v>487515.32</x:v>
+        <x:v>487496.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:2">
       <x:c r="A1364" s="2">
-        <x:v>44048</x:v>
+        <x:v>44068</x:v>
       </x:c>
       <x:c r="B1364" s="3">
-        <x:v>487521.23</x:v>
+        <x:v>487502.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:2">
       <x:c r="A1365" s="2">
-        <x:v>44047</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="B1365" s="3">
-        <x:v>487521.72</x:v>
+        <x:v>487500.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:2">
       <x:c r="A1366" s="2">
-        <x:v>44046</x:v>
+        <x:v>44064</x:v>
       </x:c>
       <x:c r="B1366" s="3">
-        <x:v>487525.82</x:v>
+        <x:v>487501.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:2">
       <x:c r="A1367" s="2">
-        <x:v>44043</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="B1367" s="3">
-        <x:v>487531.6</x:v>
+        <x:v>487511.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:2">
       <x:c r="A1368" s="2">
-        <x:v>44042</x:v>
+        <x:v>44062</x:v>
       </x:c>
       <x:c r="B1368" s="3">
-        <x:v>487541.93</x:v>
+        <x:v>487517.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:2">
       <x:c r="A1369" s="2">
-        <x:v>44041</x:v>
+        <x:v>44061</x:v>
       </x:c>
       <x:c r="B1369" s="3">
-        <x:v>487546.07</x:v>
+        <x:v>487499.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:2">
       <x:c r="A1370" s="2">
-        <x:v>44040</x:v>
+        <x:v>44060</x:v>
       </x:c>
       <x:c r="B1370" s="3">
-        <x:v>487550.82</x:v>
+        <x:v>487502.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:2">
       <x:c r="A1371" s="2">
-        <x:v>44039</x:v>
+        <x:v>44057</x:v>
       </x:c>
       <x:c r="B1371" s="3">
-        <x:v>487553.65</x:v>
+        <x:v>487508.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:2">
       <x:c r="A1372" s="2">
-        <x:v>44036</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="B1372" s="3">
-        <x:v>487559.32</x:v>
+        <x:v>487515.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:2">
       <x:c r="A1373" s="2">
-        <x:v>44035</x:v>
+        <x:v>44055</x:v>
       </x:c>
       <x:c r="B1373" s="3">
-        <x:v>487563.96</x:v>
+        <x:v>487518.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:2">
       <x:c r="A1374" s="2">
-        <x:v>44034</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="B1374" s="3">
-        <x:v>487563.32</x:v>
+        <x:v>487523.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:2">
       <x:c r="A1375" s="2">
-        <x:v>44033</x:v>
+        <x:v>44053</x:v>
       </x:c>
       <x:c r="B1375" s="3">
-        <x:v>487563.55</x:v>
+        <x:v>487521.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:2">
       <x:c r="A1376" s="2">
-        <x:v>44032</x:v>
+        <x:v>44050</x:v>
       </x:c>
       <x:c r="B1376" s="3">
-        <x:v>487557.48</x:v>
+        <x:v>487514</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:2">
       <x:c r="A1377" s="2">
-        <x:v>44029</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="B1377" s="3">
-        <x:v>487552.77</x:v>
+        <x:v>487515.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:2">
       <x:c r="A1378" s="2">
-        <x:v>44028</x:v>
+        <x:v>44048</x:v>
       </x:c>
       <x:c r="B1378" s="3">
-        <x:v>487548.85</x:v>
+        <x:v>487521.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:2">
       <x:c r="A1379" s="2">
-        <x:v>44027</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="B1379" s="3">
-        <x:v>487546.39</x:v>
+        <x:v>487521.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:2">
       <x:c r="A1380" s="2">
-        <x:v>44025</x:v>
+        <x:v>44046</x:v>
       </x:c>
       <x:c r="B1380" s="3">
-        <x:v>487538.87</x:v>
+        <x:v>487525.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:2">
       <x:c r="A1381" s="2">
-        <x:v>44022</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B1381" s="3">
-        <x:v>487543.06</x:v>
+        <x:v>487531.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:2">
       <x:c r="A1382" s="2">
-        <x:v>44021</x:v>
+        <x:v>44042</x:v>
       </x:c>
       <x:c r="B1382" s="3">
-        <x:v>487537.87</x:v>
+        <x:v>487541.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:2">
       <x:c r="A1383" s="2">
-        <x:v>44020</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="B1383" s="3">
-        <x:v>487543.75</x:v>
+        <x:v>487546.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:2">
       <x:c r="A1384" s="2">
-        <x:v>44019</x:v>
+        <x:v>44040</x:v>
       </x:c>
       <x:c r="B1384" s="3">
-        <x:v>487548.23</x:v>
+        <x:v>487550.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:2">
       <x:c r="A1385" s="2">
-        <x:v>44018</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="B1385" s="3">
-        <x:v>487550.39</x:v>
+        <x:v>487553.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:2">
       <x:c r="A1386" s="2">
-        <x:v>44015</x:v>
+        <x:v>44036</x:v>
       </x:c>
       <x:c r="B1386" s="3">
-        <x:v>487554.55</x:v>
+        <x:v>487559.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:2">
       <x:c r="A1387" s="2">
-        <x:v>44014</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="B1387" s="3">
-        <x:v>487557.27</x:v>
+        <x:v>487563.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:2">
       <x:c r="A1388" s="2">
-        <x:v>44013</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="B1388" s="3">
-        <x:v>487560.09</x:v>
+        <x:v>487563.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:2">
       <x:c r="A1389" s="2">
-        <x:v>44012</x:v>
+        <x:v>44033</x:v>
       </x:c>
       <x:c r="B1389" s="3">
-        <x:v>487564.03</x:v>
+        <x:v>487563.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:2">
       <x:c r="A1390" s="2">
-        <x:v>44011</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="B1390" s="3">
-        <x:v>487568.42</x:v>
+        <x:v>487557.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:2">
       <x:c r="A1391" s="2">
-        <x:v>44008</x:v>
+        <x:v>44029</x:v>
       </x:c>
       <x:c r="B1391" s="3">
-        <x:v>487570.3</x:v>
+        <x:v>487552.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:2">
       <x:c r="A1392" s="2">
-        <x:v>44007</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="B1392" s="3">
-        <x:v>487583.17</x:v>
+        <x:v>487548.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:2">
       <x:c r="A1393" s="2">
-        <x:v>44006</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B1393" s="3">
-        <x:v>487586.51</x:v>
+        <x:v>487546.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:2">
       <x:c r="A1394" s="2">
-        <x:v>44005</x:v>
+        <x:v>44025</x:v>
       </x:c>
       <x:c r="B1394" s="3">
-        <x:v>487590.91</x:v>
+        <x:v>487538.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:2">
       <x:c r="A1395" s="2">
-        <x:v>44004</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="B1395" s="3">
-        <x:v>487593.99</x:v>
+        <x:v>487543.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:2">
       <x:c r="A1396" s="2">
-        <x:v>44001</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="B1396" s="3">
-        <x:v>487599.82</x:v>
+        <x:v>487537.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:2">
       <x:c r="A1397" s="2">
-        <x:v>44000</x:v>
+        <x:v>44020</x:v>
       </x:c>
       <x:c r="B1397" s="3">
-        <x:v>487611.26</x:v>
+        <x:v>487543.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:2">
       <x:c r="A1398" s="2">
-        <x:v>43999</x:v>
+        <x:v>44019</x:v>
       </x:c>
       <x:c r="B1398" s="3">
-        <x:v>487616.75</x:v>
+        <x:v>487548.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:2">
       <x:c r="A1399" s="2">
-        <x:v>43998</x:v>
+        <x:v>44018</x:v>
       </x:c>
       <x:c r="B1399" s="3">
-        <x:v>487620.58</x:v>
+        <x:v>487550.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:2">
       <x:c r="A1400" s="2">
-        <x:v>43997</x:v>
+        <x:v>44015</x:v>
       </x:c>
       <x:c r="B1400" s="3">
-        <x:v>487625.04</x:v>
+        <x:v>487554.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:2">
       <x:c r="A1401" s="2">
-        <x:v>43994</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="B1401" s="3">
-        <x:v>487628.83</x:v>
+        <x:v>487557.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:2">
       <x:c r="A1402" s="2">
-        <x:v>43993</x:v>
+        <x:v>44013</x:v>
       </x:c>
       <x:c r="B1402" s="3">
-        <x:v>487649.12</x:v>
+        <x:v>487560.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:2">
       <x:c r="A1403" s="2">
-        <x:v>43992</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B1403" s="3">
-        <x:v>487654.99</x:v>
+        <x:v>487564.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:2">
       <x:c r="A1404" s="2">
-        <x:v>43991</x:v>
+        <x:v>44011</x:v>
       </x:c>
       <x:c r="B1404" s="3">
-        <x:v>487660.77</x:v>
+        <x:v>487568.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:2">
       <x:c r="A1405" s="2">
-        <x:v>43990</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="B1405" s="3">
-        <x:v>487666.62</x:v>
+        <x:v>487570.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:2">
       <x:c r="A1406" s="2">
-        <x:v>43987</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="B1406" s="3">
-        <x:v>487670.14</x:v>
+        <x:v>487583.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:2">
       <x:c r="A1407" s="2">
-        <x:v>43986</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="B1407" s="3">
-        <x:v>487679.9</x:v>
+        <x:v>487586.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:2">
       <x:c r="A1408" s="2">
-        <x:v>43985</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="B1408" s="3">
-        <x:v>487683.15</x:v>
+        <x:v>487590.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:2">
       <x:c r="A1409" s="2">
-        <x:v>43984</x:v>
+        <x:v>44004</x:v>
       </x:c>
       <x:c r="B1409" s="3">
-        <x:v>487688.94</x:v>
+        <x:v>487593.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:2">
       <x:c r="A1410" s="2">
-        <x:v>43980</x:v>
+        <x:v>44001</x:v>
       </x:c>
       <x:c r="B1410" s="3">
-        <x:v>487691.8</x:v>
+        <x:v>487599.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:2">
       <x:c r="A1411" s="2">
-        <x:v>43979</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="B1411" s="3">
-        <x:v>487705.84</x:v>
+        <x:v>487611.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:2">
       <x:c r="A1412" s="2">
-        <x:v>43978</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="B1412" s="3">
-        <x:v>487709.93</x:v>
+        <x:v>487616.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:2">
       <x:c r="A1413" s="2">
-        <x:v>43977</x:v>
+        <x:v>43998</x:v>
       </x:c>
       <x:c r="B1413" s="3">
-        <x:v>487718.63</x:v>
+        <x:v>487620.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:2">
       <x:c r="A1414" s="2">
-        <x:v>43976</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B1414" s="3">
-        <x:v>487732.11</x:v>
+        <x:v>487625.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:2">
       <x:c r="A1415" s="2">
-        <x:v>43973</x:v>
+        <x:v>43994</x:v>
       </x:c>
       <x:c r="B1415" s="3">
-        <x:v>487743.09</x:v>
+        <x:v>487628.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:2">
       <x:c r="A1416" s="2">
-        <x:v>43971</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="B1416" s="3">
-        <x:v>487761.7</x:v>
+        <x:v>487649.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:2">
       <x:c r="A1417" s="2">
-        <x:v>43970</x:v>
+        <x:v>43992</x:v>
       </x:c>
       <x:c r="B1417" s="3">
-        <x:v>487773.27</x:v>
+        <x:v>487654.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:2">
       <x:c r="A1418" s="2">
-        <x:v>43969</x:v>
+        <x:v>43991</x:v>
       </x:c>
       <x:c r="B1418" s="3">
-        <x:v>487778.96</x:v>
+        <x:v>487660.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:2">
       <x:c r="A1419" s="2">
-        <x:v>43966</x:v>
+        <x:v>43990</x:v>
       </x:c>
       <x:c r="B1419" s="3">
-        <x:v>487784.76</x:v>
+        <x:v>487666.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:2">
       <x:c r="A1420" s="2">
-        <x:v>43965</x:v>
+        <x:v>43987</x:v>
       </x:c>
       <x:c r="B1420" s="3">
-        <x:v>487800.34</x:v>
+        <x:v>487670.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:2">
       <x:c r="A1421" s="2">
-        <x:v>43964</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="B1421" s="3">
-        <x:v>487806.13</x:v>
+        <x:v>487679.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:2">
       <x:c r="A1422" s="2">
-        <x:v>43963</x:v>
+        <x:v>43985</x:v>
       </x:c>
       <x:c r="B1422" s="3">
-        <x:v>487811.92</x:v>
+        <x:v>487683.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:2">
       <x:c r="A1423" s="2">
-        <x:v>43962</x:v>
+        <x:v>43984</x:v>
       </x:c>
       <x:c r="B1423" s="3">
-        <x:v>487817.74</x:v>
+        <x:v>487688.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:2">
       <x:c r="A1424" s="2">
-        <x:v>43958</x:v>
+        <x:v>43980</x:v>
       </x:c>
       <x:c r="B1424" s="3">
-        <x:v>487823.51</x:v>
+        <x:v>487691.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:2">
       <x:c r="A1425" s="2">
-        <x:v>43957</x:v>
+        <x:v>43979</x:v>
       </x:c>
       <x:c r="B1425" s="3">
-        <x:v>487846.66</x:v>
+        <x:v>487705.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:2">
       <x:c r="A1426" s="2">
-        <x:v>43956</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="B1426" s="3">
-        <x:v>487852.23</x:v>
+        <x:v>487709.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:2">
       <x:c r="A1427" s="2">
-        <x:v>43955</x:v>
+        <x:v>43977</x:v>
       </x:c>
       <x:c r="B1427" s="3">
-        <x:v>487858.03</x:v>
+        <x:v>487718.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:2">
       <x:c r="A1428" s="2">
-        <x:v>43951</x:v>
+        <x:v>43976</x:v>
       </x:c>
       <x:c r="B1428" s="3">
-        <x:v>487859.08</x:v>
+        <x:v>487732.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:2">
       <x:c r="A1429" s="2">
-        <x:v>43950</x:v>
+        <x:v>43973</x:v>
       </x:c>
       <x:c r="B1429" s="3">
-        <x:v>487874.4</x:v>
+        <x:v>487743.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:2">
       <x:c r="A1430" s="2">
-        <x:v>43949</x:v>
+        <x:v>43971</x:v>
       </x:c>
       <x:c r="B1430" s="3">
-        <x:v>487876.11</x:v>
+        <x:v>487761.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:2">
       <x:c r="A1431" s="2">
-        <x:v>43948</x:v>
+        <x:v>43970</x:v>
       </x:c>
       <x:c r="B1431" s="3">
-        <x:v>487879.65</x:v>
+        <x:v>487773.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:2">
       <x:c r="A1432" s="2">
-        <x:v>43945</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="B1432" s="3">
-        <x:v>487863.13</x:v>
+        <x:v>487778.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:2">
       <x:c r="A1433" s="2">
-        <x:v>43944</x:v>
+        <x:v>43966</x:v>
       </x:c>
       <x:c r="B1433" s="3">
-        <x:v>487880.37</x:v>
+        <x:v>487784.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:2">
       <x:c r="A1434" s="2">
-        <x:v>43943</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="B1434" s="3">
-        <x:v>487884.72</x:v>
+        <x:v>487800.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:2">
       <x:c r="A1435" s="2">
-        <x:v>43942</x:v>
+        <x:v>43964</x:v>
       </x:c>
       <x:c r="B1435" s="3">
-        <x:v>487890.49</x:v>
+        <x:v>487806.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:2">
       <x:c r="A1436" s="2">
-        <x:v>43941</x:v>
+        <x:v>43963</x:v>
       </x:c>
       <x:c r="B1436" s="3">
-        <x:v>487893.85</x:v>
+        <x:v>487811.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:2">
       <x:c r="A1437" s="2">
-        <x:v>43938</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="B1437" s="3">
-        <x:v>487896.43</x:v>
+        <x:v>487817.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:2">
       <x:c r="A1438" s="2">
-        <x:v>43937</x:v>
+        <x:v>43958</x:v>
       </x:c>
       <x:c r="B1438" s="3">
-        <x:v>487906.86</x:v>
+        <x:v>487823.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:2">
       <x:c r="A1439" s="2">
-        <x:v>43936</x:v>
+        <x:v>43957</x:v>
       </x:c>
       <x:c r="B1439" s="3">
-        <x:v>487910.18</x:v>
+        <x:v>487846.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:2">
       <x:c r="A1440" s="2">
-        <x:v>43935</x:v>
+        <x:v>43956</x:v>
       </x:c>
       <x:c r="B1440" s="3">
-        <x:v>487915.86</x:v>
+        <x:v>487852.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:2">
       <x:c r="A1441" s="2">
-        <x:v>43930</x:v>
+        <x:v>43955</x:v>
       </x:c>
       <x:c r="B1441" s="3">
-        <x:v>487918.73</x:v>
+        <x:v>487858.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:2">
       <x:c r="A1442" s="2">
-        <x:v>43929</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B1442" s="3">
-        <x:v>487945.16</x:v>
+        <x:v>487859.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:2">
       <x:c r="A1443" s="2">
-        <x:v>43928</x:v>
+        <x:v>43950</x:v>
       </x:c>
       <x:c r="B1443" s="3">
-        <x:v>487947.65</x:v>
+        <x:v>487874.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:2">
       <x:c r="A1444" s="2">
-        <x:v>43927</x:v>
+        <x:v>43949</x:v>
       </x:c>
       <x:c r="B1444" s="3">
-        <x:v>487953.05</x:v>
+        <x:v>487876.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:2">
       <x:c r="A1445" s="2">
-        <x:v>43924</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="B1445" s="3">
-        <x:v>487958.8</x:v>
+        <x:v>487879.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:2">
       <x:c r="A1446" s="2">
-        <x:v>43923</x:v>
+        <x:v>43945</x:v>
       </x:c>
       <x:c r="B1446" s="3">
-        <x:v>487975.84</x:v>
+        <x:v>487863.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:2">
       <x:c r="A1447" s="2">
-        <x:v>43922</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="B1447" s="3">
-        <x:v>487978.72</x:v>
+        <x:v>487880.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:2">
       <x:c r="A1448" s="2">
-        <x:v>43921</x:v>
+        <x:v>43943</x:v>
       </x:c>
       <x:c r="B1448" s="3">
-        <x:v>487984.14</x:v>
+        <x:v>487884.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:2">
       <x:c r="A1449" s="2">
-        <x:v>43920</x:v>
+        <x:v>43942</x:v>
       </x:c>
       <x:c r="B1449" s="3">
-        <x:v>487989.45</x:v>
+        <x:v>487890.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:2">
       <x:c r="A1450" s="2">
-        <x:v>43917</x:v>
+        <x:v>43941</x:v>
       </x:c>
       <x:c r="B1450" s="3">
-        <x:v>487995.08</x:v>
+        <x:v>487893.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:2">
       <x:c r="A1451" s="2">
-        <x:v>43916</x:v>
+        <x:v>43938</x:v>
       </x:c>
       <x:c r="B1451" s="3">
-        <x:v>488011.91</x:v>
+        <x:v>487896.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:2">
       <x:c r="A1452" s="2">
-        <x:v>43915</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="B1452" s="3">
-        <x:v>488016.38</x:v>
+        <x:v>487906.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:2">
       <x:c r="A1453" s="2">
-        <x:v>43914</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B1453" s="3">
-        <x:v>488021.41</x:v>
+        <x:v>487910.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:2">
       <x:c r="A1454" s="2">
-        <x:v>43913</x:v>
+        <x:v>43935</x:v>
       </x:c>
       <x:c r="B1454" s="3">
-        <x:v>488026.97</x:v>
+        <x:v>487915.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:2">
       <x:c r="A1455" s="2">
-        <x:v>43910</x:v>
+        <x:v>43930</x:v>
       </x:c>
       <x:c r="B1455" s="3">
-        <x:v>488032.51</x:v>
+        <x:v>487918.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:2">
       <x:c r="A1456" s="2">
-        <x:v>43909</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="B1456" s="3">
-        <x:v>488047.6</x:v>
+        <x:v>487945.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:2">
       <x:c r="A1457" s="2">
-        <x:v>43908</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="B1457" s="3">
-        <x:v>488052.67</x:v>
+        <x:v>487947.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:2">
       <x:c r="A1458" s="2">
-        <x:v>43907</x:v>
+        <x:v>43927</x:v>
       </x:c>
       <x:c r="B1458" s="3">
-        <x:v>488057.77</x:v>
+        <x:v>487953.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:2">
       <x:c r="A1459" s="2">
-        <x:v>43906</x:v>
+        <x:v>43924</x:v>
       </x:c>
       <x:c r="B1459" s="3">
-        <x:v>488062.94</x:v>
+        <x:v>487958.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:2">
       <x:c r="A1460" s="2">
-        <x:v>43903</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="B1460" s="3">
-        <x:v>488068.17</x:v>
+        <x:v>487975.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:2">
       <x:c r="A1461" s="2">
-        <x:v>43902</x:v>
+        <x:v>43922</x:v>
       </x:c>
       <x:c r="B1461" s="3">
-        <x:v>488083.97</x:v>
+        <x:v>487978.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:2">
       <x:c r="A1462" s="2">
-        <x:v>43901</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B1462" s="3">
-        <x:v>488089.23</x:v>
+        <x:v>487984.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:2">
       <x:c r="A1463" s="2">
-        <x:v>43900</x:v>
+        <x:v>43920</x:v>
       </x:c>
       <x:c r="B1463" s="3">
-        <x:v>488094.46</x:v>
+        <x:v>487989.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:2">
       <x:c r="A1464" s="2">
-        <x:v>43899</x:v>
+        <x:v>43917</x:v>
       </x:c>
       <x:c r="B1464" s="3">
-        <x:v>488099.7</x:v>
+        <x:v>487995.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:2">
       <x:c r="A1465" s="2">
-        <x:v>43896</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="B1465" s="3">
-        <x:v>488104.93</x:v>
+        <x:v>488011.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:2">
       <x:c r="A1466" s="2">
-        <x:v>43895</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="B1466" s="3">
-        <x:v>488120.59</x:v>
+        <x:v>488016.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:2">
       <x:c r="A1467" s="2">
-        <x:v>43894</x:v>
+        <x:v>43914</x:v>
       </x:c>
       <x:c r="B1467" s="3">
-        <x:v>488125.83</x:v>
+        <x:v>488021.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:2">
       <x:c r="A1468" s="2">
-        <x:v>43893</x:v>
+        <x:v>43913</x:v>
       </x:c>
       <x:c r="B1468" s="3">
-        <x:v>488126.48</x:v>
+        <x:v>488026.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:2">
       <x:c r="A1469" s="2">
-        <x:v>43892</x:v>
+        <x:v>43910</x:v>
       </x:c>
       <x:c r="B1469" s="3">
-        <x:v>488131.73</x:v>
+        <x:v>488032.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:2">
       <x:c r="A1470" s="2">
-        <x:v>43889</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="B1470" s="3">
-        <x:v>488136.95</x:v>
+        <x:v>488047.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:2">
       <x:c r="A1471" s="2">
-        <x:v>43888</x:v>
+        <x:v>43908</x:v>
       </x:c>
       <x:c r="B1471" s="3">
-        <x:v>488152.53</x:v>
+        <x:v>488052.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:2">
       <x:c r="A1472" s="2">
-        <x:v>43887</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="B1472" s="3">
-        <x:v>488157.74</x:v>
+        <x:v>488057.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:2">
       <x:c r="A1473" s="2">
-        <x:v>43886</x:v>
+        <x:v>43906</x:v>
       </x:c>
       <x:c r="B1473" s="3">
-        <x:v>488161.04</x:v>
+        <x:v>488062.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:2">
       <x:c r="A1474" s="2">
-        <x:v>43885</x:v>
+        <x:v>43903</x:v>
       </x:c>
       <x:c r="B1474" s="3">
-        <x:v>488166.26</x:v>
+        <x:v>488068.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:2">
       <x:c r="A1475" s="2">
-        <x:v>43882</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="B1475" s="3">
-        <x:v>488169.29</x:v>
+        <x:v>488083.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:2">
       <x:c r="A1476" s="2">
-        <x:v>43881</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="B1476" s="3">
-        <x:v>488176.83</x:v>
+        <x:v>488089.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:2">
       <x:c r="A1477" s="2">
-        <x:v>43880</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="B1477" s="3">
-        <x:v>488182.03</x:v>
+        <x:v>488094.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:2">
       <x:c r="A1478" s="2">
-        <x:v>43879</x:v>
+        <x:v>43899</x:v>
       </x:c>
       <x:c r="B1478" s="3">
-        <x:v>488187.19</x:v>
+        <x:v>488099.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:2">
       <x:c r="A1479" s="2">
-        <x:v>43878</x:v>
+        <x:v>43896</x:v>
       </x:c>
       <x:c r="B1479" s="3">
-        <x:v>488190.97</x:v>
+        <x:v>488104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:2">
       <x:c r="A1480" s="2">
-        <x:v>43875</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="B1480" s="3">
-        <x:v>488196.16</x:v>
+        <x:v>488120.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:2">
       <x:c r="A1481" s="2">
-        <x:v>43874</x:v>
+        <x:v>43894</x:v>
       </x:c>
       <x:c r="B1481" s="3">
-        <x:v>488207.53</x:v>
+        <x:v>488125.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:2">
       <x:c r="A1482" s="2">
-        <x:v>43873</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="B1482" s="3">
-        <x:v>488209.81</x:v>
+        <x:v>488126.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:2">
       <x:c r="A1483" s="2">
-        <x:v>43872</x:v>
+        <x:v>43892</x:v>
       </x:c>
       <x:c r="B1483" s="3">
-        <x:v>488213.13</x:v>
+        <x:v>488131.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:2">
       <x:c r="A1484" s="2">
-        <x:v>43871</x:v>
+        <x:v>43889</x:v>
       </x:c>
       <x:c r="B1484" s="3">
-        <x:v>488214.43</x:v>
+        <x:v>488136.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:2">
       <x:c r="A1485" s="2">
-        <x:v>43868</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="B1485" s="3">
-        <x:v>488218.32</x:v>
+        <x:v>488152.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:2">
       <x:c r="A1486" s="2">
-        <x:v>43867</x:v>
+        <x:v>43887</x:v>
       </x:c>
       <x:c r="B1486" s="3">
-        <x:v>488229.07</x:v>
+        <x:v>488157.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:2">
       <x:c r="A1487" s="2">
-        <x:v>43866</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="B1487" s="3">
-        <x:v>488231.88</x:v>
+        <x:v>488161.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:2">
       <x:c r="A1488" s="2">
-        <x:v>43865</x:v>
+        <x:v>43885</x:v>
       </x:c>
       <x:c r="B1488" s="3">
-        <x:v>488236.35</x:v>
+        <x:v>488166.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:2">
       <x:c r="A1489" s="2">
-        <x:v>43864</x:v>
+        <x:v>43882</x:v>
       </x:c>
       <x:c r="B1489" s="3">
-        <x:v>488240.43</x:v>
+        <x:v>488169.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:2">
       <x:c r="A1490" s="2">
-        <x:v>43861</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="B1490" s="3">
-        <x:v>488243.51</x:v>
+        <x:v>488176.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:2">
       <x:c r="A1491" s="2">
-        <x:v>43860</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="B1491" s="3">
-        <x:v>488255.03</x:v>
+        <x:v>488182.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:2">
       <x:c r="A1492" s="2">
-        <x:v>43859</x:v>
+        <x:v>43879</x:v>
       </x:c>
       <x:c r="B1492" s="3">
-        <x:v>488259.28</x:v>
+        <x:v>488187.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:2">
       <x:c r="A1493" s="2">
-        <x:v>43858</x:v>
+        <x:v>43878</x:v>
       </x:c>
       <x:c r="B1493" s="3">
-        <x:v>488263.7</x:v>
+        <x:v>488190.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:2">
       <x:c r="A1494" s="2">
-        <x:v>43857</x:v>
+        <x:v>43875</x:v>
       </x:c>
       <x:c r="B1494" s="3">
-        <x:v>488267.05</x:v>
+        <x:v>488196.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:2">
       <x:c r="A1495" s="2">
-        <x:v>43854</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="B1495" s="3">
-        <x:v>488271</x:v>
+        <x:v>488207.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:2">
       <x:c r="A1496" s="2">
-        <x:v>43853</x:v>
+        <x:v>43873</x:v>
       </x:c>
       <x:c r="B1496" s="3">
-        <x:v>488283.68</x:v>
+        <x:v>488209.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:2">
       <x:c r="A1497" s="2">
-        <x:v>43852</x:v>
+        <x:v>43872</x:v>
       </x:c>
       <x:c r="B1497" s="3">
-        <x:v>488288.39</x:v>
+        <x:v>488213.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:2">
       <x:c r="A1498" s="2">
-        <x:v>43851</x:v>
+        <x:v>43871</x:v>
       </x:c>
       <x:c r="B1498" s="3">
-        <x:v>488293.54</x:v>
+        <x:v>488214.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:2">
       <x:c r="A1499" s="2">
-        <x:v>43850</x:v>
+        <x:v>43868</x:v>
       </x:c>
       <x:c r="B1499" s="3">
-        <x:v>488298.36</x:v>
+        <x:v>488218.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:2">
       <x:c r="A1500" s="2">
-        <x:v>43847</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="B1500" s="3">
-        <x:v>488303.54</x:v>
+        <x:v>488229.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:2">
       <x:c r="A1501" s="2">
-        <x:v>43846</x:v>
+        <x:v>43866</x:v>
       </x:c>
       <x:c r="B1501" s="3">
-        <x:v>488316.48</x:v>
+        <x:v>488231.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:2">
       <x:c r="A1502" s="2">
-        <x:v>43845</x:v>
+        <x:v>43865</x:v>
       </x:c>
       <x:c r="B1502" s="3">
-        <x:v>488321.67</x:v>
+        <x:v>488236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:2">
       <x:c r="A1503" s="2">
-        <x:v>43844</x:v>
+        <x:v>43864</x:v>
       </x:c>
       <x:c r="B1503" s="3">
-        <x:v>488326.87</x:v>
+        <x:v>488240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:2">
       <x:c r="A1504" s="2">
-        <x:v>43843</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B1504" s="3">
-        <x:v>488332.05</x:v>
+        <x:v>488243.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:2">
       <x:c r="A1505" s="2">
-        <x:v>43840</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="B1505" s="3">
-        <x:v>488337.25</x:v>
+        <x:v>488255.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:2">
       <x:c r="A1506" s="2">
-        <x:v>43839</x:v>
+        <x:v>43859</x:v>
       </x:c>
       <x:c r="B1506" s="3">
-        <x:v>488349.59</x:v>
+        <x:v>488259.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:2">
       <x:c r="A1507" s="2">
-        <x:v>43838</x:v>
+        <x:v>43858</x:v>
       </x:c>
       <x:c r="B1507" s="3">
-        <x:v>488354.76</x:v>
+        <x:v>488263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:2">
       <x:c r="A1508" s="2">
-        <x:v>43837</x:v>
+        <x:v>43857</x:v>
       </x:c>
       <x:c r="B1508" s="3">
-        <x:v>488359.31</x:v>
+        <x:v>488267.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:2">
       <x:c r="A1509" s="2">
-        <x:v>43836</x:v>
+        <x:v>43854</x:v>
       </x:c>
       <x:c r="B1509" s="3">
-        <x:v>488364.52</x:v>
+        <x:v>488271</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:2">
       <x:c r="A1510" s="2">
-        <x:v>43833</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="B1510" s="3">
-        <x:v>488368.42</x:v>
+        <x:v>488283.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:2">
       <x:c r="A1511" s="2">
-        <x:v>43832</x:v>
+        <x:v>43852</x:v>
       </x:c>
       <x:c r="B1511" s="3">
-        <x:v>488380.86</x:v>
+        <x:v>488288.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:2">
       <x:c r="A1512" s="2">
-        <x:v>43830</x:v>
+        <x:v>43851</x:v>
       </x:c>
       <x:c r="B1512" s="3">
-        <x:v>488385.59</x:v>
+        <x:v>488293.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:2">
       <x:c r="A1513" s="2">
-        <x:v>43829</x:v>
+        <x:v>43850</x:v>
       </x:c>
       <x:c r="B1513" s="3">
-        <x:v>488395.99</x:v>
+        <x:v>488298.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:2">
       <x:c r="A1514" s="2">
-        <x:v>43826</x:v>
+        <x:v>43847</x:v>
       </x:c>
       <x:c r="B1514" s="3">
-        <x:v>488398.85</x:v>
+        <x:v>488303.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:2">
       <x:c r="A1515" s="2">
-        <x:v>43823</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="B1515" s="3">
-        <x:v>488410.48</x:v>
+        <x:v>488316.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:2">
       <x:c r="A1516" s="2">
-        <x:v>43822</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B1516" s="3">
-        <x:v>488420.13</x:v>
+        <x:v>488321.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:2">
       <x:c r="A1517" s="2">
-        <x:v>43819</x:v>
+        <x:v>43844</x:v>
       </x:c>
       <x:c r="B1517" s="3">
-        <x:v>488425.62</x:v>
+        <x:v>488326.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:2">
       <x:c r="A1518" s="2">
-        <x:v>43818</x:v>
+        <x:v>43843</x:v>
       </x:c>
       <x:c r="B1518" s="3">
-        <x:v>488435.76</x:v>
+        <x:v>488332.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:2">
       <x:c r="A1519" s="2">
-        <x:v>43817</x:v>
+        <x:v>43840</x:v>
       </x:c>
       <x:c r="B1519" s="3">
-        <x:v>488440.25</x:v>
+        <x:v>488337.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:2">
       <x:c r="A1520" s="2">
-        <x:v>43816</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="B1520" s="3">
-        <x:v>488443.98</x:v>
+        <x:v>488349.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:2">
       <x:c r="A1521" s="2">
-        <x:v>43815</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B1521" s="3">
-        <x:v>488449.52</x:v>
+        <x:v>488354.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:2">
       <x:c r="A1522" s="2">
-        <x:v>43812</x:v>
+        <x:v>43837</x:v>
       </x:c>
       <x:c r="B1522" s="3">
-        <x:v>488452.89</x:v>
+        <x:v>488359.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:2">
       <x:c r="A1523" s="2">
-        <x:v>43811</x:v>
+        <x:v>43836</x:v>
       </x:c>
       <x:c r="B1523" s="3">
-        <x:v>488462.48</x:v>
+        <x:v>488364.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:2">
       <x:c r="A1524" s="2">
-        <x:v>43810</x:v>
+        <x:v>43833</x:v>
       </x:c>
       <x:c r="B1524" s="3">
-        <x:v>488468.03</x:v>
+        <x:v>488368.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:2">
       <x:c r="A1525" s="2">
-        <x:v>43809</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="B1525" s="3">
-        <x:v>488473.25</x:v>
+        <x:v>488380.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:2">
       <x:c r="A1526" s="2">
-        <x:v>43808</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B1526" s="3">
-        <x:v>488477.06</x:v>
+        <x:v>488385.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:2">
       <x:c r="A1527" s="2">
-        <x:v>43805</x:v>
+        <x:v>43829</x:v>
       </x:c>
       <x:c r="B1527" s="3">
-        <x:v>488482.57</x:v>
+        <x:v>488395.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:2">
       <x:c r="A1528" s="2">
-        <x:v>43804</x:v>
+        <x:v>43826</x:v>
       </x:c>
       <x:c r="B1528" s="3">
-        <x:v>488495.78</x:v>
+        <x:v>488398.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:2">
       <x:c r="A1529" s="2">
-        <x:v>43803</x:v>
+        <x:v>43823</x:v>
       </x:c>
       <x:c r="B1529" s="3">
-        <x:v>488501.28</x:v>
+        <x:v>488410.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:2">
       <x:c r="A1530" s="2">
-        <x:v>43802</x:v>
+        <x:v>43822</x:v>
       </x:c>
       <x:c r="B1530" s="3">
-        <x:v>488506.34</x:v>
+        <x:v>488420.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:2">
       <x:c r="A1531" s="2">
-        <x:v>43801</x:v>
+        <x:v>43819</x:v>
       </x:c>
       <x:c r="B1531" s="3">
-        <x:v>488510.83</x:v>
+        <x:v>488425.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:2">
       <x:c r="A1532" s="2">
-        <x:v>43798</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="B1532" s="3">
-        <x:v>488515.49</x:v>
+        <x:v>488435.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:2">
       <x:c r="A1533" s="2">
-        <x:v>43797</x:v>
+        <x:v>43817</x:v>
       </x:c>
       <x:c r="B1533" s="3">
-        <x:v>488531.61</x:v>
+        <x:v>488440.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:2">
       <x:c r="A1534" s="2">
-        <x:v>43796</x:v>
+        <x:v>43816</x:v>
       </x:c>
       <x:c r="B1534" s="3">
-        <x:v>488535.68</x:v>
+        <x:v>488443.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:2">
       <x:c r="A1535" s="2">
-        <x:v>43795</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="B1535" s="3">
-        <x:v>488540.85</x:v>
+        <x:v>488449.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:2">
       <x:c r="A1536" s="2">
-        <x:v>43794</x:v>
+        <x:v>43812</x:v>
       </x:c>
       <x:c r="B1536" s="3">
-        <x:v>488545.61</x:v>
+        <x:v>488452.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:2">
       <x:c r="A1537" s="2">
-        <x:v>43791</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="B1537" s="3">
-        <x:v>488551.05</x:v>
+        <x:v>488462.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:2">
       <x:c r="A1538" s="2">
-        <x:v>43790</x:v>
+        <x:v>43810</x:v>
       </x:c>
       <x:c r="B1538" s="3">
-        <x:v>488564.67</x:v>
+        <x:v>488468.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:2">
       <x:c r="A1539" s="2">
-        <x:v>43789</x:v>
+        <x:v>43809</x:v>
       </x:c>
       <x:c r="B1539" s="3">
-        <x:v>488569.77</x:v>
+        <x:v>488473.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:2">
       <x:c r="A1540" s="2">
-        <x:v>43788</x:v>
+        <x:v>43808</x:v>
       </x:c>
       <x:c r="B1540" s="3">
-        <x:v>488572.43</x:v>
+        <x:v>488477.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:2">
       <x:c r="A1541" s="2">
-        <x:v>43787</x:v>
+        <x:v>43805</x:v>
       </x:c>
       <x:c r="B1541" s="3">
-        <x:v>488576.33</x:v>
+        <x:v>488482.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:2">
       <x:c r="A1542" s="2">
-        <x:v>43784</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="B1542" s="3">
-        <x:v>488581.28</x:v>
+        <x:v>488495.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:2">
       <x:c r="A1543" s="2">
-        <x:v>43783</x:v>
+        <x:v>43803</x:v>
       </x:c>
       <x:c r="B1543" s="3">
-        <x:v>488594.64</x:v>
+        <x:v>488501.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:2">
       <x:c r="A1544" s="2">
-        <x:v>43782</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="B1544" s="3">
-        <x:v>488596.57</x:v>
+        <x:v>488506.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:2">
       <x:c r="A1545" s="2">
-        <x:v>43781</x:v>
+        <x:v>43801</x:v>
       </x:c>
       <x:c r="B1545" s="3">
-        <x:v>488600.63</x:v>
+        <x:v>488510.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:2">
       <x:c r="A1546" s="2">
-        <x:v>43777</x:v>
+        <x:v>43798</x:v>
       </x:c>
       <x:c r="B1546" s="3">
-        <x:v>488604.95</x:v>
+        <x:v>488515.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:2">
       <x:c r="A1547" s="2">
-        <x:v>43776</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="B1547" s="3">
-        <x:v>488624.49</x:v>
+        <x:v>488531.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:2">
       <x:c r="A1548" s="2">
-        <x:v>43775</x:v>
+        <x:v>43796</x:v>
       </x:c>
       <x:c r="B1548" s="3">
-        <x:v>488629.98</x:v>
+        <x:v>488535.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:2">
       <x:c r="A1549" s="2">
-        <x:v>43774</x:v>
+        <x:v>43795</x:v>
       </x:c>
       <x:c r="B1549" s="3">
-        <x:v>488635.49</x:v>
+        <x:v>488540.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:2">
       <x:c r="A1550" s="2">
-        <x:v>43773</x:v>
+        <x:v>43794</x:v>
       </x:c>
       <x:c r="B1550" s="3">
-        <x:v>488640.93</x:v>
+        <x:v>488545.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:2">
       <x:c r="A1551" s="2">
-        <x:v>43769</x:v>
+        <x:v>43791</x:v>
       </x:c>
       <x:c r="B1551" s="3">
-        <x:v>488646.55</x:v>
+        <x:v>488551.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:2">
       <x:c r="A1552" s="2">
-        <x:v>43768</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="B1552" s="3">
-        <x:v>488660.08</x:v>
+        <x:v>488564.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:2">
       <x:c r="A1553" s="2">
-        <x:v>43767</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="B1553" s="3">
-        <x:v>488664.88</x:v>
+        <x:v>488569.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:2">
       <x:c r="A1554" s="2">
-        <x:v>43766</x:v>
+        <x:v>43788</x:v>
       </x:c>
       <x:c r="B1554" s="3">
-        <x:v>488670.46</x:v>
+        <x:v>488572.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:2">
       <x:c r="A1555" s="2">
-        <x:v>43763</x:v>
+        <x:v>43787</x:v>
       </x:c>
       <x:c r="B1555" s="3">
-        <x:v>488673.87</x:v>
+        <x:v>488576.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:2">
       <x:c r="A1556" s="2">
-        <x:v>43762</x:v>
+        <x:v>43784</x:v>
       </x:c>
       <x:c r="B1556" s="3">
-        <x:v>488685.84</x:v>
+        <x:v>488581.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:2">
       <x:c r="A1557" s="2">
-        <x:v>43761</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="B1557" s="3">
-        <x:v>488691.43</x:v>
+        <x:v>488594.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:2">
       <x:c r="A1558" s="2">
-        <x:v>43760</x:v>
+        <x:v>43782</x:v>
       </x:c>
       <x:c r="B1558" s="3">
-        <x:v>488695.03</x:v>
+        <x:v>488596.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:2">
       <x:c r="A1559" s="2">
-        <x:v>43759</x:v>
+        <x:v>43781</x:v>
       </x:c>
       <x:c r="B1559" s="3">
-        <x:v>488700.44</x:v>
+        <x:v>488600.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:2">
       <x:c r="A1560" s="2">
-        <x:v>43756</x:v>
+        <x:v>43777</x:v>
       </x:c>
       <x:c r="B1560" s="3">
-        <x:v>488706.03</x:v>
+        <x:v>488604.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:2">
       <x:c r="A1561" s="2">
-        <x:v>43755</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="B1561" s="3">
-        <x:v>488719.3</x:v>
+        <x:v>488624.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:2">
       <x:c r="A1562" s="2">
-        <x:v>43754</x:v>
+        <x:v>43775</x:v>
       </x:c>
       <x:c r="B1562" s="3">
-        <x:v>488724.91</x:v>
+        <x:v>488629.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:2">
       <x:c r="A1563" s="2">
-        <x:v>43753</x:v>
+        <x:v>43774</x:v>
       </x:c>
       <x:c r="B1563" s="3">
-        <x:v>488726.8</x:v>
+        <x:v>488635.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:2">
       <x:c r="A1564" s="2">
-        <x:v>43752</x:v>
+        <x:v>43773</x:v>
       </x:c>
       <x:c r="B1564" s="3">
-        <x:v>488732.42</x:v>
+        <x:v>488640.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:2">
       <x:c r="A1565" s="2">
-        <x:v>43749</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B1565" s="3">
-        <x:v>488736.71</x:v>
+        <x:v>488646.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:2">
       <x:c r="A1566" s="2">
-        <x:v>43748</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="B1566" s="3">
-        <x:v>488752.43</x:v>
+        <x:v>488660.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:2">
       <x:c r="A1567" s="2">
-        <x:v>43747</x:v>
+        <x:v>43767</x:v>
       </x:c>
       <x:c r="B1567" s="3">
-        <x:v>488758.09</x:v>
+        <x:v>488664.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:2">
       <x:c r="A1568" s="2">
-        <x:v>43746</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="B1568" s="3">
-        <x:v>488763.69</x:v>
+        <x:v>488670.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:2">
       <x:c r="A1569" s="2">
-        <x:v>43745</x:v>
+        <x:v>43763</x:v>
       </x:c>
       <x:c r="B1569" s="3">
-        <x:v>488769.38</x:v>
+        <x:v>488673.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:2">
       <x:c r="A1570" s="2">
-        <x:v>43742</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="B1570" s="3">
-        <x:v>488772.74</x:v>
+        <x:v>488685.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:2">
       <x:c r="A1571" s="2">
-        <x:v>43741</x:v>
+        <x:v>43761</x:v>
       </x:c>
       <x:c r="B1571" s="3">
-        <x:v>488784.98</x:v>
+        <x:v>488691.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:2">
       <x:c r="A1572" s="2">
-        <x:v>43740</x:v>
+        <x:v>43760</x:v>
       </x:c>
       <x:c r="B1572" s="3">
-        <x:v>488790.19</x:v>
+        <x:v>488695.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:2">
       <x:c r="A1573" s="2">
-        <x:v>43739</x:v>
+        <x:v>43759</x:v>
       </x:c>
       <x:c r="B1573" s="3">
-        <x:v>488790.81</x:v>
+        <x:v>488700.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:2">
       <x:c r="A1574" s="2">
-        <x:v>43738</x:v>
+        <x:v>43756</x:v>
       </x:c>
       <x:c r="B1574" s="3">
-        <x:v>488795.19</x:v>
+        <x:v>488706.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:2">
       <x:c r="A1575" s="2">
-        <x:v>43735</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="B1575" s="3">
-        <x:v>488798.52</x:v>
+        <x:v>488719.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:2">
       <x:c r="A1576" s="2">
-        <x:v>43734</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="B1576" s="3">
-        <x:v>488809.32</x:v>
+        <x:v>488724.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:2">
       <x:c r="A1577" s="2">
-        <x:v>43733</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B1577" s="3">
-        <x:v>488813.3</x:v>
+        <x:v>488726.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:2">
       <x:c r="A1578" s="2">
-        <x:v>43732</x:v>
+        <x:v>43752</x:v>
       </x:c>
       <x:c r="B1578" s="3">
-        <x:v>488817.41</x:v>
+        <x:v>488732.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:2">
       <x:c r="A1579" s="2">
-        <x:v>43731</x:v>
+        <x:v>43749</x:v>
       </x:c>
       <x:c r="B1579" s="3">
-        <x:v>488818.76</x:v>
+        <x:v>488736.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:2">
       <x:c r="A1580" s="2">
-        <x:v>43728</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="B1580" s="3">
-        <x:v>488816.92</x:v>
+        <x:v>488752.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:2">
       <x:c r="A1581" s="2">
-        <x:v>43727</x:v>
+        <x:v>43747</x:v>
       </x:c>
       <x:c r="B1581" s="3">
-        <x:v>488829.65</x:v>
+        <x:v>488758.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:2">
       <x:c r="A1582" s="2">
-        <x:v>43726</x:v>
+        <x:v>43746</x:v>
       </x:c>
       <x:c r="B1582" s="3">
-        <x:v>488835.18</x:v>
+        <x:v>488763.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:2">
       <x:c r="A1583" s="2">
-        <x:v>43725</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="B1583" s="3">
-        <x:v>488837.94</x:v>
+        <x:v>488769.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:2">
       <x:c r="A1584" s="2">
-        <x:v>43724</x:v>
+        <x:v>43742</x:v>
       </x:c>
       <x:c r="B1584" s="3">
-        <x:v>488842.24</x:v>
+        <x:v>488772.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:2">
       <x:c r="A1585" s="2">
-        <x:v>43721</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="B1585" s="3">
-        <x:v>488846.57</x:v>
+        <x:v>488784.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:2">
       <x:c r="A1586" s="2">
-        <x:v>43720</x:v>
+        <x:v>43740</x:v>
       </x:c>
       <x:c r="B1586" s="3">
-        <x:v>488859.45</x:v>
+        <x:v>488790.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:2">
       <x:c r="A1587" s="2">
-        <x:v>43719</x:v>
+        <x:v>43739</x:v>
       </x:c>
       <x:c r="B1587" s="3">
-        <x:v>488863.74</x:v>
+        <x:v>488790.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:2">
       <x:c r="A1588" s="2">
-        <x:v>43718</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B1588" s="3">
-        <x:v>488868.02</x:v>
+        <x:v>488795.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:2">
       <x:c r="A1589" s="2">
-        <x:v>43717</x:v>
+        <x:v>43735</x:v>
       </x:c>
       <x:c r="B1589" s="3">
-        <x:v>488872.27</x:v>
+        <x:v>488798.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:2">
       <x:c r="A1590" s="2">
-        <x:v>43714</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="B1590" s="3">
-        <x:v>488876.5</x:v>
+        <x:v>488809.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:2">
       <x:c r="A1591" s="2">
-        <x:v>43713</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="B1591" s="3">
-        <x:v>488889.13</x:v>
+        <x:v>488813.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:2">
       <x:c r="A1592" s="2">
-        <x:v>43712</x:v>
+        <x:v>43732</x:v>
       </x:c>
       <x:c r="B1592" s="3">
-        <x:v>488893.37</x:v>
+        <x:v>488817.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:2">
       <x:c r="A1593" s="2">
-        <x:v>43711</x:v>
+        <x:v>43731</x:v>
       </x:c>
       <x:c r="B1593" s="3">
-        <x:v>488897.62</x:v>
+        <x:v>488818.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:2">
       <x:c r="A1594" s="2">
-        <x:v>43710</x:v>
+        <x:v>43728</x:v>
       </x:c>
       <x:c r="B1594" s="3">
-        <x:v>488899.2</x:v>
+        <x:v>488816.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:2">
       <x:c r="A1595" s="2">
-        <x:v>43707</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="B1595" s="3">
-        <x:v>488901.66</x:v>
+        <x:v>488829.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:2">
       <x:c r="A1596" s="2">
-        <x:v>43706</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="B1596" s="3">
-        <x:v>488910.48</x:v>
+        <x:v>488835.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:2">
       <x:c r="A1597" s="2">
-        <x:v>43705</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="B1597" s="3">
-        <x:v>488914.82</x:v>
+        <x:v>488837.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:2">
       <x:c r="A1598" s="2">
-        <x:v>43704</x:v>
+        <x:v>43724</x:v>
       </x:c>
       <x:c r="B1598" s="3">
-        <x:v>488917.7</x:v>
+        <x:v>488842.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:2">
       <x:c r="A1599" s="2">
-        <x:v>43703</x:v>
+        <x:v>43721</x:v>
       </x:c>
       <x:c r="B1599" s="3">
-        <x:v>488920.35</x:v>
+        <x:v>488846.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:2">
       <x:c r="A1600" s="2">
-        <x:v>43700</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="B1600" s="3">
-        <x:v>488921.53</x:v>
+        <x:v>488859.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:2">
       <x:c r="A1601" s="2">
-        <x:v>43699</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="B1601" s="3">
-        <x:v>488927.87</x:v>
+        <x:v>488863.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:2">
       <x:c r="A1602" s="2">
-        <x:v>43698</x:v>
+        <x:v>43718</x:v>
       </x:c>
       <x:c r="B1602" s="3">
-        <x:v>488932.21</x:v>
+        <x:v>488868.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:2">
       <x:c r="A1603" s="2">
-        <x:v>43697</x:v>
+        <x:v>43717</x:v>
       </x:c>
       <x:c r="B1603" s="3">
-        <x:v>488935.02</x:v>
+        <x:v>488872.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:2">
       <x:c r="A1604" s="2">
-        <x:v>43696</x:v>
+        <x:v>43714</x:v>
       </x:c>
       <x:c r="B1604" s="3">
-        <x:v>488938.58</x:v>
+        <x:v>488876.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:2">
       <x:c r="A1605" s="2">
-        <x:v>43693</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="B1605" s="3">
-        <x:v>488941.02</x:v>
+        <x:v>488889.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:2">
       <x:c r="A1606" s="2">
-        <x:v>43691</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="B1606" s="3">
-        <x:v>488946.19</x:v>
+        <x:v>488893.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:2">
       <x:c r="A1607" s="2">
-        <x:v>43690</x:v>
+        <x:v>43711</x:v>
       </x:c>
       <x:c r="B1607" s="3">
-        <x:v>488952.13</x:v>
+        <x:v>488897.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:2">
       <x:c r="A1608" s="2">
-        <x:v>43689</x:v>
+        <x:v>43710</x:v>
       </x:c>
       <x:c r="B1608" s="3">
-        <x:v>488954.33</x:v>
+        <x:v>488899.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:2">
       <x:c r="A1609" s="2">
-        <x:v>43686</x:v>
+        <x:v>43707</x:v>
       </x:c>
       <x:c r="B1609" s="3">
-        <x:v>488958.16</x:v>
+        <x:v>488901.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:2">
       <x:c r="A1610" s="2">
-        <x:v>43685</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="B1610" s="3">
-        <x:v>488964.81</x:v>
+        <x:v>488910.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:2">
       <x:c r="A1611" s="2">
-        <x:v>43684</x:v>
+        <x:v>43705</x:v>
       </x:c>
       <x:c r="B1611" s="3">
-        <x:v>488969.01</x:v>
+        <x:v>488914.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:2">
       <x:c r="A1612" s="2">
-        <x:v>43683</x:v>
+        <x:v>43704</x:v>
       </x:c>
       <x:c r="B1612" s="3">
-        <x:v>488972.52</x:v>
+        <x:v>488917.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:2">
       <x:c r="A1613" s="2">
-        <x:v>43682</x:v>
+        <x:v>43703</x:v>
       </x:c>
       <x:c r="B1613" s="3">
-        <x:v>488976.68</x:v>
+        <x:v>488920.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:2">
       <x:c r="A1614" s="2">
-        <x:v>43679</x:v>
+        <x:v>43700</x:v>
       </x:c>
       <x:c r="B1614" s="3">
-        <x:v>488980.22</x:v>
+        <x:v>488921.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:2">
       <x:c r="A1615" s="2">
-        <x:v>43678</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="B1615" s="3">
-        <x:v>488988.25</x:v>
+        <x:v>488927.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:2">
       <x:c r="A1616" s="2">
-        <x:v>43677</x:v>
+        <x:v>43698</x:v>
       </x:c>
       <x:c r="B1616" s="3">
-        <x:v>488991.65</x:v>
+        <x:v>488932.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:2">
       <x:c r="A1617" s="2">
-        <x:v>43676</x:v>
+        <x:v>43697</x:v>
       </x:c>
       <x:c r="B1617" s="3">
-        <x:v>488994.93</x:v>
+        <x:v>488935.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:2">
       <x:c r="A1618" s="2">
-        <x:v>43675</x:v>
+        <x:v>43696</x:v>
       </x:c>
       <x:c r="B1618" s="3">
-        <x:v>488999.25</x:v>
+        <x:v>488938.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:2">
       <x:c r="A1619" s="2">
-        <x:v>43672</x:v>
+        <x:v>43693</x:v>
       </x:c>
       <x:c r="B1619" s="3">
-        <x:v>489003.55</x:v>
+        <x:v>488941.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:2">
       <x:c r="A1620" s="2">
-        <x:v>43671</x:v>
+        <x:v>43691</x:v>
       </x:c>
       <x:c r="B1620" s="3">
-        <x:v>489016.22</x:v>
+        <x:v>488946.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:2">
       <x:c r="A1621" s="2">
-        <x:v>43670</x:v>
+        <x:v>43690</x:v>
       </x:c>
       <x:c r="B1621" s="3">
-        <x:v>489017.31</x:v>
+        <x:v>488952.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:2">
       <x:c r="A1622" s="2">
-        <x:v>43669</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="B1622" s="3">
-        <x:v>489019.66</x:v>
+        <x:v>488954.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:2">
       <x:c r="A1623" s="2">
-        <x:v>43668</x:v>
+        <x:v>43686</x:v>
       </x:c>
       <x:c r="B1623" s="3">
-        <x:v>489023.84</x:v>
+        <x:v>488958.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:2">
       <x:c r="A1624" s="2">
-        <x:v>43665</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="B1624" s="3">
-        <x:v>489027.12</x:v>
+        <x:v>488964.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:2">
       <x:c r="A1625" s="2">
-        <x:v>43664</x:v>
+        <x:v>43684</x:v>
       </x:c>
       <x:c r="B1625" s="3">
-        <x:v>489033.76</x:v>
+        <x:v>488969.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:2">
       <x:c r="A1626" s="2">
-        <x:v>43663</x:v>
+        <x:v>43683</x:v>
       </x:c>
       <x:c r="B1626" s="3">
-        <x:v>489035.87</x:v>
+        <x:v>488972.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:2">
       <x:c r="A1627" s="2">
-        <x:v>43662</x:v>
+        <x:v>43682</x:v>
       </x:c>
       <x:c r="B1627" s="3">
-        <x:v>489037.67</x:v>
+        <x:v>488976.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:2">
       <x:c r="A1628" s="2">
-        <x:v>43661</x:v>
+        <x:v>43679</x:v>
       </x:c>
       <x:c r="B1628" s="3">
-        <x:v>489038.22</x:v>
+        <x:v>488980.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:2">
       <x:c r="A1629" s="2">
-        <x:v>43658</x:v>
+        <x:v>43678</x:v>
       </x:c>
       <x:c r="B1629" s="3">
-        <x:v>489040.01</x:v>
+        <x:v>488988.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:2">
       <x:c r="A1630" s="2">
-        <x:v>43657</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B1630" s="3">
-        <x:v>489049.9</x:v>
+        <x:v>488991.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:2">
       <x:c r="A1631" s="2">
-        <x:v>43656</x:v>
+        <x:v>43676</x:v>
       </x:c>
       <x:c r="B1631" s="3">
-        <x:v>489049.13</x:v>
+        <x:v>488994.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:2">
       <x:c r="A1632" s="2">
-        <x:v>43655</x:v>
+        <x:v>43675</x:v>
       </x:c>
       <x:c r="B1632" s="3">
-        <x:v>489053.45</x:v>
+        <x:v>488999.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:2">
       <x:c r="A1633" s="2">
-        <x:v>43654</x:v>
+        <x:v>43672</x:v>
       </x:c>
       <x:c r="B1633" s="3">
-        <x:v>489057.77</x:v>
+        <x:v>489003.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:2">
       <x:c r="A1634" s="2">
-        <x:v>43651</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="B1634" s="3">
-        <x:v>489062.08</x:v>
+        <x:v>489016.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:2">
       <x:c r="A1635" s="2">
-        <x:v>43650</x:v>
+        <x:v>43670</x:v>
       </x:c>
       <x:c r="B1635" s="3">
-        <x:v>489068.48</x:v>
+        <x:v>489017.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:2">
       <x:c r="A1636" s="2">
-        <x:v>43649</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="B1636" s="3">
-        <x:v>489072.8</x:v>
+        <x:v>489019.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:2">
       <x:c r="A1637" s="2">
-        <x:v>43648</x:v>
+        <x:v>43668</x:v>
       </x:c>
       <x:c r="B1637" s="3">
-        <x:v>489075.64</x:v>
+        <x:v>489023.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:2">
       <x:c r="A1638" s="2">
-        <x:v>43647</x:v>
+        <x:v>43665</x:v>
       </x:c>
       <x:c r="B1638" s="3">
-        <x:v>489073.51</x:v>
+        <x:v>489027.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:2">
       <x:c r="A1639" s="2">
-        <x:v>43644</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="B1639" s="3">
-        <x:v>489076.15</x:v>
+        <x:v>489033.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:2">
       <x:c r="A1640" s="2">
-        <x:v>43643</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="B1640" s="3">
-        <x:v>489085.26</x:v>
+        <x:v>489035.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:2">
       <x:c r="A1641" s="2">
-        <x:v>43642</x:v>
+        <x:v>43662</x:v>
       </x:c>
       <x:c r="B1641" s="3">
-        <x:v>489089.61</x:v>
+        <x:v>489037.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:2">
       <x:c r="A1642" s="2">
-        <x:v>43641</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B1642" s="3">
-        <x:v>489093.96</x:v>
+        <x:v>489038.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:2">
       <x:c r="A1643" s="2">
-        <x:v>43640</x:v>
+        <x:v>43658</x:v>
       </x:c>
       <x:c r="B1643" s="3">
-        <x:v>489096.57</x:v>
+        <x:v>489040.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:2">
       <x:c r="A1644" s="2">
-        <x:v>43637</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="B1644" s="3">
-        <x:v>489096.64</x:v>
+        <x:v>489049.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:2">
       <x:c r="A1645" s="2">
-        <x:v>43636</x:v>
+        <x:v>43656</x:v>
       </x:c>
       <x:c r="B1645" s="3">
-        <x:v>489108.25</x:v>
+        <x:v>489049.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:2">
       <x:c r="A1646" s="2">
-        <x:v>43635</x:v>
+        <x:v>43655</x:v>
       </x:c>
       <x:c r="B1646" s="3">
-        <x:v>489111.22</x:v>
+        <x:v>489053.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:2">
       <x:c r="A1647" s="2">
-        <x:v>43634</x:v>
+        <x:v>43654</x:v>
       </x:c>
       <x:c r="B1647" s="3">
-        <x:v>489103.01</x:v>
+        <x:v>489057.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:2">
       <x:c r="A1648" s="2">
-        <x:v>43633</x:v>
+        <x:v>43651</x:v>
       </x:c>
       <x:c r="B1648" s="3">
-        <x:v>489097.55</x:v>
+        <x:v>489062.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:2">
       <x:c r="A1649" s="2">
-        <x:v>43630</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="B1649" s="3">
-        <x:v>489101.87</x:v>
+        <x:v>489068.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:2">
       <x:c r="A1650" s="2">
-        <x:v>43629</x:v>
+        <x:v>43649</x:v>
       </x:c>
       <x:c r="B1650" s="3">
-        <x:v>489107.34</x:v>
+        <x:v>489072.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:2">
       <x:c r="A1651" s="2">
-        <x:v>43628</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="B1651" s="3">
-        <x:v>489109.32</x:v>
+        <x:v>489075.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:2">
       <x:c r="A1652" s="2">
-        <x:v>43627</x:v>
+        <x:v>43647</x:v>
       </x:c>
       <x:c r="B1652" s="3">
-        <x:v>489112.12</x:v>
+        <x:v>489073.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:2">
       <x:c r="A1653" s="2">
-        <x:v>43623</x:v>
+        <x:v>43644</x:v>
       </x:c>
       <x:c r="B1653" s="3">
-        <x:v>489114.22</x:v>
+        <x:v>489076.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:2">
       <x:c r="A1654" s="2">
-        <x:v>43622</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="B1654" s="3">
-        <x:v>489131.38</x:v>
+        <x:v>489085.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:2">
       <x:c r="A1655" s="2">
-        <x:v>43621</x:v>
+        <x:v>43642</x:v>
       </x:c>
       <x:c r="B1655" s="3">
-        <x:v>489130.94</x:v>
+        <x:v>489089.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:2">
       <x:c r="A1656" s="2">
-        <x:v>43620</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="B1656" s="3">
-        <x:v>489134.67</x:v>
+        <x:v>489093.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:2">
       <x:c r="A1657" s="2">
-        <x:v>43619</x:v>
+        <x:v>43640</x:v>
       </x:c>
       <x:c r="B1657" s="3">
-        <x:v>489137.35</x:v>
+        <x:v>489096.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:2">
       <x:c r="A1658" s="2">
-        <x:v>43616</x:v>
+        <x:v>43637</x:v>
       </x:c>
       <x:c r="B1658" s="3">
-        <x:v>489140.01</x:v>
+        <x:v>489096.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:2">
       <x:c r="A1659" s="2">
-        <x:v>43614</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="B1659" s="3">
-        <x:v>489149.13</x:v>
+        <x:v>489108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:2">
       <x:c r="A1660" s="2">
-        <x:v>43613</x:v>
+        <x:v>43635</x:v>
       </x:c>
       <x:c r="B1660" s="3">
-        <x:v>489157.5</x:v>
+        <x:v>489111.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:2">
       <x:c r="A1661" s="2">
-        <x:v>43612</x:v>
+        <x:v>43634</x:v>
       </x:c>
       <x:c r="B1661" s="3">
-        <x:v>489162.48</x:v>
+        <x:v>489103.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:2">
       <x:c r="A1662" s="2">
-        <x:v>43609</x:v>
+        <x:v>43633</x:v>
       </x:c>
       <x:c r="B1662" s="3">
-        <x:v>489164.57</x:v>
+        <x:v>489097.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:2">
       <x:c r="A1663" s="2">
-        <x:v>43608</x:v>
+        <x:v>43630</x:v>
       </x:c>
       <x:c r="B1663" s="3">
-        <x:v>489175.23</x:v>
+        <x:v>489101.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:2">
       <x:c r="A1664" s="2">
-        <x:v>43607</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="B1664" s="3">
-        <x:v>489179.06</x:v>
+        <x:v>489107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:2">
       <x:c r="A1665" s="2">
-        <x:v>43606</x:v>
+        <x:v>43628</x:v>
       </x:c>
       <x:c r="B1665" s="3">
-        <x:v>489184.1</x:v>
+        <x:v>489109.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:2">
       <x:c r="A1666" s="2">
-        <x:v>43605</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="B1666" s="3">
-        <x:v>489187.65</x:v>
+        <x:v>489112.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:2">
       <x:c r="A1667" s="2">
-        <x:v>43602</x:v>
+        <x:v>43623</x:v>
       </x:c>
       <x:c r="B1667" s="3">
-        <x:v>489191.6</x:v>
+        <x:v>489114.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:2">
       <x:c r="A1668" s="2">
-        <x:v>43601</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="B1668" s="3">
-        <x:v>489203.11</x:v>
+        <x:v>489131.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:2">
       <x:c r="A1669" s="2">
-        <x:v>43600</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="B1669" s="3">
-        <x:v>489207.6</x:v>
+        <x:v>489130.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:2">
       <x:c r="A1670" s="2">
-        <x:v>43599</x:v>
+        <x:v>43620</x:v>
       </x:c>
       <x:c r="B1670" s="3">
-        <x:v>489212.15</x:v>
+        <x:v>489134.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:2">
       <x:c r="A1671" s="2">
-        <x:v>43598</x:v>
+        <x:v>43619</x:v>
       </x:c>
       <x:c r="B1671" s="3">
-        <x:v>489217.15</x:v>
+        <x:v>489137.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:2">
       <x:c r="A1672" s="2">
-        <x:v>43595</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B1672" s="3">
-        <x:v>489222.11</x:v>
+        <x:v>489140.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:2">
       <x:c r="A1673" s="2">
-        <x:v>43594</x:v>
+        <x:v>43614</x:v>
       </x:c>
       <x:c r="B1673" s="3">
-        <x:v>489235.35</x:v>
+        <x:v>489149.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:2">
       <x:c r="A1674" s="2">
-        <x:v>43592</x:v>
+        <x:v>43613</x:v>
       </x:c>
       <x:c r="B1674" s="3">
-        <x:v>489238.76</x:v>
+        <x:v>489157.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:2">
       <x:c r="A1675" s="2">
-        <x:v>43591</x:v>
+        <x:v>43612</x:v>
       </x:c>
       <x:c r="B1675" s="3">
-        <x:v>489245.07</x:v>
+        <x:v>489162.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:2">
       <x:c r="A1676" s="2">
-        <x:v>43588</x:v>
+        <x:v>43609</x:v>
       </x:c>
       <x:c r="B1676" s="3">
-        <x:v>489247.02</x:v>
+        <x:v>489164.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:2">
       <x:c r="A1677" s="2">
-        <x:v>43587</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="B1677" s="3">
-        <x:v>489258.14</x:v>
+        <x:v>489175.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:2">
       <x:c r="A1678" s="2">
-        <x:v>43585</x:v>
+        <x:v>43607</x:v>
       </x:c>
       <x:c r="B1678" s="3">
-        <x:v>489261.02</x:v>
+        <x:v>489179.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:2">
       <x:c r="A1679" s="2">
-        <x:v>43584</x:v>
+        <x:v>43606</x:v>
       </x:c>
       <x:c r="B1679" s="3">
-        <x:v>489268.93</x:v>
+        <x:v>489184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:2">
       <x:c r="A1680" s="2">
-        <x:v>43581</x:v>
+        <x:v>43605</x:v>
       </x:c>
       <x:c r="B1680" s="3">
-        <x:v>489273.81</x:v>
+        <x:v>489187.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:2">
       <x:c r="A1681" s="2">
-        <x:v>43580</x:v>
+        <x:v>43602</x:v>
       </x:c>
       <x:c r="B1681" s="3">
-        <x:v>489285.09</x:v>
+        <x:v>489191.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:2">
       <x:c r="A1682" s="2">
-        <x:v>43579</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="B1682" s="3">
-        <x:v>489293.08</x:v>
+        <x:v>489203.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:2">
       <x:c r="A1683" s="2">
-        <x:v>43578</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B1683" s="3">
-        <x:v>489388.02</x:v>
+        <x:v>489207.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:2">
       <x:c r="A1684" s="2">
-        <x:v>43573</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="B1684" s="3">
-        <x:v>489392.71</x:v>
+        <x:v>489212.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:2">
       <x:c r="A1685" s="2">
-        <x:v>43572</x:v>
+        <x:v>43598</x:v>
       </x:c>
       <x:c r="B1685" s="3">
-        <x:v>489409.48</x:v>
+        <x:v>489217.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:2">
       <x:c r="A1686" s="2">
-        <x:v>43571</x:v>
+        <x:v>43595</x:v>
       </x:c>
       <x:c r="B1686" s="3">
-        <x:v>489413.46</x:v>
+        <x:v>489222.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:2">
       <x:c r="A1687" s="2">
-        <x:v>43570</x:v>
+        <x:v>43594</x:v>
       </x:c>
       <x:c r="B1687" s="3">
-        <x:v>489417.3</x:v>
+        <x:v>489235.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:2">
       <x:c r="A1688" s="2">
-        <x:v>43567</x:v>
+        <x:v>43592</x:v>
       </x:c>
       <x:c r="B1688" s="3">
-        <x:v>489418.85</x:v>
+        <x:v>489238.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:2">
       <x:c r="A1689" s="2">
-        <x:v>43566</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="B1689" s="3">
-        <x:v>489430.77</x:v>
+        <x:v>489245.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:2">
       <x:c r="A1690" s="2">
-        <x:v>43565</x:v>
+        <x:v>43588</x:v>
       </x:c>
       <x:c r="B1690" s="3">
-        <x:v>489433.97</x:v>
+        <x:v>489247.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:2">
       <x:c r="A1691" s="2">
-        <x:v>43564</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="B1691" s="3">
-        <x:v>489436.7</x:v>
+        <x:v>489258.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:2">
       <x:c r="A1692" s="2">
-        <x:v>43563</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B1692" s="3">
-        <x:v>489440.53</x:v>
+        <x:v>489261.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:2">
       <x:c r="A1693" s="2">
-        <x:v>43560</x:v>
+        <x:v>43584</x:v>
       </x:c>
       <x:c r="B1693" s="3">
-        <x:v>489444.04</x:v>
+        <x:v>489268.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:2">
       <x:c r="A1694" s="2">
-        <x:v>43559</x:v>
+        <x:v>43581</x:v>
       </x:c>
       <x:c r="B1694" s="3">
-        <x:v>489457.62</x:v>
+        <x:v>489273.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:2">
       <x:c r="A1695" s="2">
-        <x:v>43558</x:v>
+        <x:v>43580</x:v>
       </x:c>
       <x:c r="B1695" s="3">
-        <x:v>489458.73</x:v>
+        <x:v>489285.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:2">
       <x:c r="A1696" s="2">
-        <x:v>43557</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="B1696" s="3">
-        <x:v>489463.71</x:v>
+        <x:v>489293.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:2">
       <x:c r="A1697" s="2">
-        <x:v>43556</x:v>
+        <x:v>43578</x:v>
       </x:c>
       <x:c r="B1697" s="3">
-        <x:v>489467.21</x:v>
+        <x:v>489388.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:2">
       <x:c r="A1698" s="2">
-        <x:v>43553</x:v>
+        <x:v>43573</x:v>
       </x:c>
       <x:c r="B1698" s="3">
-        <x:v>489470.43</x:v>
+        <x:v>489392.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:2">
       <x:c r="A1699" s="2">
-        <x:v>43552</x:v>
+        <x:v>43572</x:v>
       </x:c>
       <x:c r="B1699" s="3">
-        <x:v>489481.05</x:v>
+        <x:v>489409.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:2">
       <x:c r="A1700" s="2">
-        <x:v>43551</x:v>
+        <x:v>43571</x:v>
       </x:c>
       <x:c r="B1700" s="3">
-        <x:v>489483.6</x:v>
+        <x:v>489413.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:2">
       <x:c r="A1701" s="2">
-        <x:v>43550</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B1701" s="3">
-        <x:v>489488.6</x:v>
+        <x:v>489417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:2">
       <x:c r="A1702" s="2">
-        <x:v>43549</x:v>
+        <x:v>43567</x:v>
       </x:c>
       <x:c r="B1702" s="3">
-        <x:v>489493.61</x:v>
+        <x:v>489418.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:2">
       <x:c r="A1703" s="2">
-        <x:v>43546</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="B1703" s="3">
-        <x:v>489498.1</x:v>
+        <x:v>489430.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:2">
       <x:c r="A1704" s="2">
-        <x:v>43545</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="B1704" s="3">
-        <x:v>489509.78</x:v>
+        <x:v>489433.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:2">
       <x:c r="A1705" s="2">
-        <x:v>43544</x:v>
+        <x:v>43564</x:v>
       </x:c>
       <x:c r="B1705" s="3">
-        <x:v>489514.83</x:v>
+        <x:v>489436.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:2">
       <x:c r="A1706" s="2">
-        <x:v>43543</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="B1706" s="3">
-        <x:v>489516.84</x:v>
+        <x:v>489440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:2">
       <x:c r="A1707" s="2">
-        <x:v>43542</x:v>
+        <x:v>43560</x:v>
       </x:c>
       <x:c r="B1707" s="3">
-        <x:v>489519.58</x:v>
+        <x:v>489444.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:2">
       <x:c r="A1708" s="2">
-        <x:v>43539</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="B1708" s="3">
-        <x:v>489523.84</x:v>
+        <x:v>489457.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:2">
       <x:c r="A1709" s="2">
-        <x:v>43538</x:v>
+        <x:v>43558</x:v>
       </x:c>
       <x:c r="B1709" s="3">
-        <x:v>489532.99</x:v>
+        <x:v>489458.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:2">
       <x:c r="A1710" s="2">
-        <x:v>43537</x:v>
+        <x:v>43557</x:v>
       </x:c>
       <x:c r="B1710" s="3">
-        <x:v>489537.16</x:v>
+        <x:v>489463.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:2">
       <x:c r="A1711" s="2">
-        <x:v>43536</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="B1711" s="3">
-        <x:v>489540.63</x:v>
+        <x:v>489467.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:2">
       <x:c r="A1712" s="2">
-        <x:v>43535</x:v>
+        <x:v>43553</x:v>
       </x:c>
       <x:c r="B1712" s="3">
-        <x:v>489544.38</x:v>
+        <x:v>489470.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:2">
       <x:c r="A1713" s="2">
-        <x:v>43532</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="B1713" s="3">
-        <x:v>489547.21</x:v>
+        <x:v>489481.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:2">
       <x:c r="A1714" s="2">
-        <x:v>43531</x:v>
+        <x:v>43551</x:v>
       </x:c>
       <x:c r="B1714" s="3">
-        <x:v>489556.6</x:v>
+        <x:v>489483.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:2">
       <x:c r="A1715" s="2">
-        <x:v>43530</x:v>
+        <x:v>43550</x:v>
       </x:c>
       <x:c r="B1715" s="3">
-        <x:v>489561.02</x:v>
+        <x:v>489488.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:2">
       <x:c r="A1716" s="2">
-        <x:v>43529</x:v>
+        <x:v>43549</x:v>
       </x:c>
       <x:c r="B1716" s="3">
-        <x:v>489565.11</x:v>
+        <x:v>489493.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:2">
       <x:c r="A1717" s="2">
-        <x:v>43528</x:v>
+        <x:v>43546</x:v>
       </x:c>
       <x:c r="B1717" s="3">
-        <x:v>489569.92</x:v>
+        <x:v>489498.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:2">
       <x:c r="A1718" s="2">
-        <x:v>43525</x:v>
+        <x:v>43545</x:v>
       </x:c>
       <x:c r="B1718" s="3">
-        <x:v>489572.25</x:v>
+        <x:v>489509.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:2">
       <x:c r="A1719" s="2">
-        <x:v>43524</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="B1719" s="3">
-        <x:v>489584.15</x:v>
+        <x:v>489514.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:2">
       <x:c r="A1720" s="2">
-        <x:v>43523</x:v>
+        <x:v>43543</x:v>
       </x:c>
       <x:c r="B1720" s="3">
-        <x:v>489587.48</x:v>
+        <x:v>489516.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:2">
       <x:c r="A1721" s="2">
-        <x:v>43522</x:v>
+        <x:v>43542</x:v>
       </x:c>
       <x:c r="B1721" s="3">
-        <x:v>489589.14</x:v>
+        <x:v>489519.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:2">
       <x:c r="A1722" s="2">
-        <x:v>43521</x:v>
+        <x:v>43539</x:v>
       </x:c>
       <x:c r="B1722" s="3">
-        <x:v>489591.93</x:v>
+        <x:v>489523.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:2">
       <x:c r="A1723" s="2">
-        <x:v>43518</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="B1723" s="3">
-        <x:v>489596.35</x:v>
+        <x:v>489532.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:2">
       <x:c r="A1724" s="2">
-        <x:v>43517</x:v>
+        <x:v>43537</x:v>
       </x:c>
       <x:c r="B1724" s="3">
-        <x:v>489605.16</x:v>
+        <x:v>489537.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:2">
       <x:c r="A1725" s="2">
-        <x:v>43516</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="B1725" s="3">
-        <x:v>489608.55</x:v>
+        <x:v>489540.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:2">
       <x:c r="A1726" s="2">
-        <x:v>43515</x:v>
+        <x:v>43535</x:v>
       </x:c>
       <x:c r="B1726" s="3">
-        <x:v>489609.86</x:v>
+        <x:v>489544.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:2">
       <x:c r="A1727" s="2">
-        <x:v>43514</x:v>
+        <x:v>43532</x:v>
       </x:c>
       <x:c r="B1727" s="3">
-        <x:v>489612.91</x:v>
+        <x:v>489547.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:2">
       <x:c r="A1728" s="2">
-        <x:v>43511</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="B1728" s="3">
-        <x:v>489616.34</x:v>
+        <x:v>489556.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:2">
       <x:c r="A1729" s="2">
-        <x:v>43510</x:v>
+        <x:v>43530</x:v>
       </x:c>
       <x:c r="B1729" s="3">
-        <x:v>489625.92</x:v>
+        <x:v>489561.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:2">
       <x:c r="A1730" s="2">
-        <x:v>43509</x:v>
+        <x:v>43529</x:v>
       </x:c>
       <x:c r="B1730" s="3">
-        <x:v>489625.95</x:v>
+        <x:v>489565.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:2">
       <x:c r="A1731" s="2">
-        <x:v>43508</x:v>
+        <x:v>43528</x:v>
       </x:c>
       <x:c r="B1731" s="3">
-        <x:v>489630.94</x:v>
+        <x:v>489569.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:2">
       <x:c r="A1732" s="2">
-        <x:v>43507</x:v>
+        <x:v>43525</x:v>
       </x:c>
       <x:c r="B1732" s="3">
-        <x:v>489634.76</x:v>
+        <x:v>489572.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:2">
       <x:c r="A1733" s="2">
-        <x:v>43504</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B1733" s="3">
-        <x:v>489639.26</x:v>
+        <x:v>489584.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:2">
       <x:c r="A1734" s="2">
-        <x:v>43503</x:v>
+        <x:v>43523</x:v>
       </x:c>
       <x:c r="B1734" s="3">
-        <x:v>489648.96</x:v>
+        <x:v>489587.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:2">
       <x:c r="A1735" s="2">
-        <x:v>43502</x:v>
+        <x:v>43522</x:v>
       </x:c>
       <x:c r="B1735" s="3">
-        <x:v>489653.66</x:v>
+        <x:v>489589.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:2">
       <x:c r="A1736" s="2">
-        <x:v>43501</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="B1736" s="3">
-        <x:v>489655.95</x:v>
+        <x:v>489591.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:2">
       <x:c r="A1737" s="2">
-        <x:v>43500</x:v>
+        <x:v>43518</x:v>
       </x:c>
       <x:c r="B1737" s="3">
-        <x:v>489659.52</x:v>
+        <x:v>489596.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:2">
       <x:c r="A1738" s="2">
-        <x:v>43497</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="B1738" s="3">
-        <x:v>489662.81</x:v>
+        <x:v>489605.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:2">
       <x:c r="A1739" s="2">
-        <x:v>43496</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="B1739" s="3">
-        <x:v>489669.12</x:v>
+        <x:v>489608.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:2">
       <x:c r="A1740" s="2">
-        <x:v>43495</x:v>
+        <x:v>43515</x:v>
       </x:c>
       <x:c r="B1740" s="3">
-        <x:v>489671.26</x:v>
+        <x:v>489609.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:2">
       <x:c r="A1741" s="2">
-        <x:v>43494</x:v>
+        <x:v>43514</x:v>
       </x:c>
       <x:c r="B1741" s="3">
-        <x:v>489673.56</x:v>
+        <x:v>489612.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:2">
       <x:c r="A1742" s="2">
-        <x:v>43493</x:v>
+        <x:v>43511</x:v>
       </x:c>
       <x:c r="B1742" s="3">
-        <x:v>489677.16</x:v>
+        <x:v>489616.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:2">
       <x:c r="A1743" s="2">
-        <x:v>43490</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="B1743" s="3">
-        <x:v>489679.98</x:v>
+        <x:v>489625.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:2">
       <x:c r="A1744" s="2">
-        <x:v>43489</x:v>
+        <x:v>43509</x:v>
       </x:c>
       <x:c r="B1744" s="3">
-        <x:v>489690.12</x:v>
+        <x:v>489625.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:2">
       <x:c r="A1745" s="2">
-        <x:v>43488</x:v>
+        <x:v>43508</x:v>
       </x:c>
       <x:c r="B1745" s="3">
-        <x:v>489692.65</x:v>
+        <x:v>489630.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:2">
       <x:c r="A1746" s="2">
-        <x:v>43487</x:v>
+        <x:v>43507</x:v>
       </x:c>
       <x:c r="B1746" s="3">
-        <x:v>489697.38</x:v>
+        <x:v>489634.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:2">
       <x:c r="A1747" s="2">
-        <x:v>43486</x:v>
+        <x:v>43504</x:v>
       </x:c>
       <x:c r="B1747" s="3">
-        <x:v>489700.18</x:v>
+        <x:v>489639.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:2">
       <x:c r="A1748" s="2">
-        <x:v>43483</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="B1748" s="3">
-        <x:v>489701.92</x:v>
+        <x:v>489648.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:2">
       <x:c r="A1749" s="2">
-        <x:v>43482</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="B1749" s="3">
-        <x:v>489713.6</x:v>
+        <x:v>489653.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:2">
       <x:c r="A1750" s="2">
-        <x:v>43481</x:v>
+        <x:v>43501</x:v>
       </x:c>
       <x:c r="B1750" s="3">
-        <x:v>489717.14</x:v>
+        <x:v>489655.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:2">
       <x:c r="A1751" s="2">
-        <x:v>43480</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="B1751" s="3">
-        <x:v>489717.94</x:v>
+        <x:v>489659.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:2">
       <x:c r="A1752" s="2">
-        <x:v>43479</x:v>
+        <x:v>43497</x:v>
       </x:c>
       <x:c r="B1752" s="3">
-        <x:v>489722.43</x:v>
+        <x:v>489662.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:2">
       <x:c r="A1753" s="2">
-        <x:v>43476</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B1753" s="3">
-        <x:v>489727.41</x:v>
+        <x:v>489669.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:2">
       <x:c r="A1754" s="2">
-        <x:v>43475</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="B1754" s="3">
-        <x:v>489740.55</x:v>
+        <x:v>489671.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:2">
       <x:c r="A1755" s="2">
-        <x:v>43474</x:v>
+        <x:v>43494</x:v>
       </x:c>
       <x:c r="B1755" s="3">
-        <x:v>489745.18</x:v>
+        <x:v>489673.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:2">
       <x:c r="A1756" s="2">
-        <x:v>43473</x:v>
+        <x:v>43493</x:v>
       </x:c>
       <x:c r="B1756" s="3">
-        <x:v>489750.1</x:v>
+        <x:v>489677.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:2">
       <x:c r="A1757" s="2">
-        <x:v>43472</x:v>
+        <x:v>43490</x:v>
       </x:c>
       <x:c r="B1757" s="3">
-        <x:v>489755.07</x:v>
+        <x:v>489679.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:2">
       <x:c r="A1758" s="2">
-        <x:v>43469</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="B1758" s="3">
-        <x:v>489759.47</x:v>
+        <x:v>489690.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:2">
       <x:c r="A1759" s="2">
-        <x:v>43468</x:v>
+        <x:v>43488</x:v>
       </x:c>
       <x:c r="B1759" s="3">
-        <x:v>489774.41</x:v>
+        <x:v>489692.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:2">
       <x:c r="A1760" s="2">
-        <x:v>43467</x:v>
+        <x:v>43487</x:v>
       </x:c>
       <x:c r="B1760" s="3">
-        <x:v>489779.33</x:v>
+        <x:v>489697.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:2">
       <x:c r="A1761" s="2">
-        <x:v>43465</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="B1761" s="3">
-        <x:v>489784.17</x:v>
+        <x:v>489700.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:2">
       <x:c r="A1762" s="2">
-        <x:v>43462</x:v>
+        <x:v>43483</x:v>
       </x:c>
       <x:c r="B1762" s="3">
-        <x:v>489792.67</x:v>
+        <x:v>489701.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:2">
       <x:c r="A1763" s="2">
-        <x:v>43461</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="B1763" s="3">
-        <x:v>489801.62</x:v>
+        <x:v>489713.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:2">
       <x:c r="A1764" s="2">
-        <x:v>43458</x:v>
+        <x:v>43481</x:v>
       </x:c>
       <x:c r="B1764" s="3">
-        <x:v>489802.93</x:v>
+        <x:v>489717.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:2">
       <x:c r="A1765" s="2">
-        <x:v>43455</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B1765" s="3">
-        <x:v>489814.63</x:v>
+        <x:v>489717.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:2">
       <x:c r="A1766" s="2">
-        <x:v>43454</x:v>
+        <x:v>43479</x:v>
       </x:c>
       <x:c r="B1766" s="3">
-        <x:v>489824.34</x:v>
+        <x:v>489722.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:2">
       <x:c r="A1767" s="2">
-        <x:v>43453</x:v>
+        <x:v>43476</x:v>
       </x:c>
       <x:c r="B1767" s="3">
-        <x:v>489828.69</x:v>
+        <x:v>489727.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:2">
       <x:c r="A1768" s="2">
-        <x:v>43452</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="B1768" s="3">
-        <x:v>489829.7</x:v>
+        <x:v>489740.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:2">
       <x:c r="A1769" s="2">
-        <x:v>43451</x:v>
+        <x:v>43474</x:v>
       </x:c>
       <x:c r="B1769" s="3">
-        <x:v>489832.63</x:v>
+        <x:v>489745.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:2">
       <x:c r="A1770" s="2">
-        <x:v>43448</x:v>
+        <x:v>43473</x:v>
       </x:c>
       <x:c r="B1770" s="3">
-        <x:v>489835.29</x:v>
+        <x:v>489750.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:2">
       <x:c r="A1771" s="2">
-        <x:v>43447</x:v>
+        <x:v>43472</x:v>
       </x:c>
       <x:c r="B1771" s="3">
-        <x:v>489841.84</x:v>
+        <x:v>489755.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:2">
       <x:c r="A1772" s="2">
-        <x:v>43446</x:v>
+        <x:v>43469</x:v>
       </x:c>
       <x:c r="B1772" s="3">
-        <x:v>489846.74</x:v>
+        <x:v>489759.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:2">
       <x:c r="A1773" s="2">
-        <x:v>43445</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="B1773" s="3">
-        <x:v>489851.64</x:v>
+        <x:v>489774.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:2">
       <x:c r="A1774" s="2">
-        <x:v>43444</x:v>
+        <x:v>43467</x:v>
       </x:c>
       <x:c r="B1774" s="3">
-        <x:v>489856.51</x:v>
+        <x:v>489779.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:2">
       <x:c r="A1775" s="2">
-        <x:v>43441</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B1775" s="3">
-        <x:v>489861.39</x:v>
+        <x:v>489784.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:2">
       <x:c r="A1776" s="2">
-        <x:v>43440</x:v>
+        <x:v>43462</x:v>
       </x:c>
       <x:c r="B1776" s="3">
-        <x:v>489876.05</x:v>
+        <x:v>489792.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:2">
       <x:c r="A1777" s="2">
-        <x:v>43439</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="B1777" s="3">
-        <x:v>489880.92</x:v>
+        <x:v>489801.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:2">
       <x:c r="A1778" s="2">
-        <x:v>43438</x:v>
+        <x:v>43458</x:v>
       </x:c>
       <x:c r="B1778" s="3">
-        <x:v>489885.02</x:v>
+        <x:v>489802.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:2">
       <x:c r="A1779" s="2">
-        <x:v>43437</x:v>
+        <x:v>43455</x:v>
       </x:c>
       <x:c r="B1779" s="3">
-        <x:v>489889.86</x:v>
+        <x:v>489814.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:2">
       <x:c r="A1780" s="2">
-        <x:v>43434</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="B1780" s="3">
-        <x:v>489894.6</x:v>
+        <x:v>489824.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:2">
       <x:c r="A1781" s="2">
-        <x:v>43433</x:v>
+        <x:v>43453</x:v>
       </x:c>
       <x:c r="B1781" s="3">
-        <x:v>489908.19</x:v>
+        <x:v>489828.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:2">
       <x:c r="A1782" s="2">
-        <x:v>43432</x:v>
+        <x:v>43452</x:v>
       </x:c>
       <x:c r="B1782" s="3">
-        <x:v>489913.16</x:v>
+        <x:v>489829.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:2">
       <x:c r="A1783" s="2">
-        <x:v>43431</x:v>
+        <x:v>43451</x:v>
       </x:c>
       <x:c r="B1783" s="3">
-        <x:v>489917.4</x:v>
+        <x:v>489832.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:2">
       <x:c r="A1784" s="2">
-        <x:v>43430</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="B1784" s="3">
-        <x:v>489919.56</x:v>
+        <x:v>489835.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:2">
       <x:c r="A1785" s="2">
-        <x:v>43427</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="B1785" s="3">
-        <x:v>489924.48</x:v>
+        <x:v>489841.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:2">
       <x:c r="A1786" s="2">
-        <x:v>43426</x:v>
+        <x:v>43446</x:v>
       </x:c>
       <x:c r="B1786" s="3">
-        <x:v>489939.24</x:v>
+        <x:v>489846.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:2">
       <x:c r="A1787" s="2">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="B1787" s="3">
-        <x:v>489941.51</x:v>
+        <x:v>489851.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:2">
       <x:c r="A1788" s="2">
-        <x:v>43424</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="B1788" s="3">
-        <x:v>489946.43</x:v>
+        <x:v>489856.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:2">
       <x:c r="A1789" s="2">
-        <x:v>43423</x:v>
+        <x:v>43441</x:v>
       </x:c>
       <x:c r="B1789" s="3">
-        <x:v>489951.36</x:v>
+        <x:v>489861.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:2">
       <x:c r="A1790" s="2">
-        <x:v>43420</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="B1790" s="3">
-        <x:v>489955.45</x:v>
+        <x:v>489876.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:2">
       <x:c r="A1791" s="2">
-        <x:v>43419</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="B1791" s="3">
-        <x:v>489970.48</x:v>
+        <x:v>489880.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:2">
       <x:c r="A1792" s="2">
-        <x:v>43418</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="B1792" s="3">
-        <x:v>489975.38</x:v>
+        <x:v>489885.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:2">
       <x:c r="A1793" s="2">
-        <x:v>43417</x:v>
+        <x:v>43437</x:v>
       </x:c>
       <x:c r="B1793" s="3">
-        <x:v>489980.3</x:v>
+        <x:v>489889.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:2">
       <x:c r="A1794" s="2">
-        <x:v>43416</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B1794" s="3">
-        <x:v>489984.86</x:v>
+        <x:v>489894.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:2">
       <x:c r="A1795" s="2">
-        <x:v>43413</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="B1795" s="3">
-        <x:v>489989.4</x:v>
+        <x:v>489908.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:2">
       <x:c r="A1796" s="2">
-        <x:v>43412</x:v>
+        <x:v>43432</x:v>
       </x:c>
       <x:c r="B1796" s="3">
-        <x:v>490000.19</x:v>
+        <x:v>489913.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:2">
       <x:c r="A1797" s="2">
-        <x:v>43411</x:v>
+        <x:v>43431</x:v>
       </x:c>
       <x:c r="B1797" s="3">
-        <x:v>490005.12</x:v>
+        <x:v>489917.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:2">
       <x:c r="A1798" s="2">
-        <x:v>43410</x:v>
+        <x:v>43430</x:v>
       </x:c>
       <x:c r="B1798" s="3">
-        <x:v>490009.53</x:v>
+        <x:v>489919.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:2">
       <x:c r="A1799" s="2">
-        <x:v>43409</x:v>
+        <x:v>43427</x:v>
       </x:c>
       <x:c r="B1799" s="3">
-        <x:v>490014.46</x:v>
+        <x:v>489924.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:2">
       <x:c r="A1800" s="2">
-        <x:v>43406</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="B1800" s="3">
-        <x:v>490019.39</x:v>
+        <x:v>489939.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:2">
       <x:c r="A1801" s="2">
-        <x:v>43404</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="B1801" s="3">
-        <x:v>490029.3</x:v>
+        <x:v>489941.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:2">
       <x:c r="A1802" s="2">
-        <x:v>43403</x:v>
+        <x:v>43424</x:v>
       </x:c>
       <x:c r="B1802" s="3">
-        <x:v>490038.23</x:v>
+        <x:v>489946.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:2">
       <x:c r="A1803" s="2">
-        <x:v>43402</x:v>
+        <x:v>43423</x:v>
       </x:c>
       <x:c r="B1803" s="3">
-        <x:v>490043.27</x:v>
+        <x:v>489951.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:2">
       <x:c r="A1804" s="2">
-        <x:v>43399</x:v>
+        <x:v>43420</x:v>
       </x:c>
       <x:c r="B1804" s="3">
-        <x:v>490048.29</x:v>
+        <x:v>489955.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:2">
       <x:c r="A1805" s="2">
-        <x:v>43398</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B1805" s="3">
-        <x:v>490060.37</x:v>
+        <x:v>489970.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:2">
       <x:c r="A1806" s="2">
-        <x:v>43397</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="B1806" s="3">
-        <x:v>490063.95</x:v>
+        <x:v>489975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:2">
       <x:c r="A1807" s="2">
-        <x:v>43396</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="B1807" s="3">
-        <x:v>490068.98</x:v>
+        <x:v>489980.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:2">
       <x:c r="A1808" s="2">
-        <x:v>43395</x:v>
+        <x:v>43416</x:v>
       </x:c>
       <x:c r="B1808" s="3">
-        <x:v>490074</x:v>
+        <x:v>489984.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:2">
       <x:c r="A1809" s="2">
-        <x:v>43392</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="B1809" s="3">
-        <x:v>490079.01</x:v>
+        <x:v>489989.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:2">
       <x:c r="A1810" s="2">
-        <x:v>43391</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="B1810" s="3">
-        <x:v>490089.81</x:v>
+        <x:v>490000.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:2">
       <x:c r="A1811" s="2">
-        <x:v>43390</x:v>
+        <x:v>43411</x:v>
       </x:c>
       <x:c r="B1811" s="3">
-        <x:v>490094.87</x:v>
+        <x:v>490005.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:2">
       <x:c r="A1812" s="2">
-        <x:v>43389</x:v>
+        <x:v>43410</x:v>
       </x:c>
       <x:c r="B1812" s="3">
-        <x:v>490099.32</x:v>
+        <x:v>490009.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:2">
       <x:c r="A1813" s="2">
-        <x:v>43388</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="B1813" s="3">
-        <x:v>490104.34</x:v>
+        <x:v>490014.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:2">
       <x:c r="A1814" s="2">
-        <x:v>43385</x:v>
+        <x:v>43406</x:v>
       </x:c>
       <x:c r="B1814" s="3">
-        <x:v>490108.27</x:v>
+        <x:v>490019.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:2">
       <x:c r="A1815" s="2">
-        <x:v>43384</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B1815" s="3">
-        <x:v>490119.17</x:v>
+        <x:v>490029.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:2">
       <x:c r="A1816" s="2">
-        <x:v>43383</x:v>
+        <x:v>43403</x:v>
       </x:c>
       <x:c r="B1816" s="3">
-        <x:v>490124.16</x:v>
+        <x:v>490038.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:2">
       <x:c r="A1817" s="2">
-        <x:v>43382</x:v>
+        <x:v>43402</x:v>
       </x:c>
       <x:c r="B1817" s="3">
-        <x:v>490127.52</x:v>
+        <x:v>490043.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:2">
       <x:c r="A1818" s="2">
-        <x:v>43381</x:v>
+        <x:v>43399</x:v>
       </x:c>
       <x:c r="B1818" s="3">
-        <x:v>490130.37</x:v>
+        <x:v>490048.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:2">
       <x:c r="A1819" s="2">
-        <x:v>43378</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="B1819" s="3">
-        <x:v>490131.81</x:v>
+        <x:v>490060.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:2">
       <x:c r="A1820" s="2">
-        <x:v>43377</x:v>
+        <x:v>43397</x:v>
       </x:c>
       <x:c r="B1820" s="3">
-        <x:v>490141.48</x:v>
+        <x:v>490063.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:2">
       <x:c r="A1821" s="2">
-        <x:v>43376</x:v>
+        <x:v>43396</x:v>
       </x:c>
       <x:c r="B1821" s="3">
-        <x:v>490146.14</x:v>
+        <x:v>490068.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:2">
       <x:c r="A1822" s="2">
-        <x:v>43375</x:v>
+        <x:v>43395</x:v>
       </x:c>
       <x:c r="B1822" s="3">
-        <x:v>490149.3</x:v>
+        <x:v>490074</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:2">
       <x:c r="A1823" s="2">
-        <x:v>43374</x:v>
+        <x:v>43392</x:v>
       </x:c>
       <x:c r="B1823" s="3">
-        <x:v>490152.37</x:v>
+        <x:v>490079.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:2">
       <x:c r="A1824" s="2">
-        <x:v>43371</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="B1824" s="3">
-        <x:v>490157.15</x:v>
+        <x:v>490089.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:2">
       <x:c r="A1825" s="2">
-        <x:v>43370</x:v>
+        <x:v>43390</x:v>
       </x:c>
       <x:c r="B1825" s="3">
-        <x:v>490165.34</x:v>
+        <x:v>490094.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:2">
       <x:c r="A1826" s="2">
-        <x:v>43369</x:v>
+        <x:v>43389</x:v>
       </x:c>
       <x:c r="B1826" s="3">
-        <x:v>490168.99</x:v>
+        <x:v>490099.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:2">
       <x:c r="A1827" s="2">
-        <x:v>43368</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B1827" s="3">
-        <x:v>490173.99</x:v>
+        <x:v>490104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:2">
       <x:c r="A1828" s="2">
-        <x:v>43367</x:v>
+        <x:v>43385</x:v>
       </x:c>
       <x:c r="B1828" s="3">
-        <x:v>490176.27</x:v>
+        <x:v>490108.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:2">
       <x:c r="A1829" s="2">
-        <x:v>43364</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="B1829" s="3">
-        <x:v>490181.26</x:v>
+        <x:v>490119.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:2">
       <x:c r="A1830" s="2">
-        <x:v>43363</x:v>
+        <x:v>43383</x:v>
       </x:c>
       <x:c r="B1830" s="3">
-        <x:v>490193.17</x:v>
+        <x:v>490124.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:2">
       <x:c r="A1831" s="2">
-        <x:v>43362</x:v>
+        <x:v>43382</x:v>
       </x:c>
       <x:c r="B1831" s="3">
-        <x:v>490197.6</x:v>
+        <x:v>490127.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:2">
       <x:c r="A1832" s="2">
-        <x:v>43361</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="B1832" s="3">
-        <x:v>490201.86</x:v>
+        <x:v>490130.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:2">
       <x:c r="A1833" s="2">
-        <x:v>43360</x:v>
+        <x:v>43378</x:v>
       </x:c>
       <x:c r="B1833" s="3">
-        <x:v>490206.84</x:v>
+        <x:v>490131.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:2">
       <x:c r="A1834" s="2">
-        <x:v>43357</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="B1834" s="3">
-        <x:v>490210.43</x:v>
+        <x:v>490141.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:2">
       <x:c r="A1835" s="2">
-        <x:v>43356</x:v>
+        <x:v>43376</x:v>
       </x:c>
       <x:c r="B1835" s="3">
-        <x:v>490220.75</x:v>
+        <x:v>490146.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:2">
       <x:c r="A1836" s="2">
-        <x:v>43355</x:v>
+        <x:v>43375</x:v>
       </x:c>
       <x:c r="B1836" s="3">
-        <x:v>490225.42</x:v>
+        <x:v>490149.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:2">
       <x:c r="A1837" s="2">
-        <x:v>43354</x:v>
+        <x:v>43374</x:v>
       </x:c>
       <x:c r="B1837" s="3">
-        <x:v>490229.97</x:v>
+        <x:v>490152.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:2">
       <x:c r="A1838" s="2">
-        <x:v>43353</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B1838" s="3">
-        <x:v>490232.53</x:v>
+        <x:v>490157.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:2">
       <x:c r="A1839" s="2">
-        <x:v>43350</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="B1839" s="3">
-        <x:v>490237.44</x:v>
+        <x:v>490165.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:2">
       <x:c r="A1840" s="2">
-        <x:v>43349</x:v>
+        <x:v>43369</x:v>
       </x:c>
       <x:c r="B1840" s="3">
-        <x:v>490248.35</x:v>
+        <x:v>490168.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:2">
       <x:c r="A1841" s="2">
-        <x:v>43348</x:v>
+        <x:v>43368</x:v>
       </x:c>
       <x:c r="B1841" s="3">
-        <x:v>490252.1</x:v>
+        <x:v>490173.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:2">
       <x:c r="A1842" s="2">
-        <x:v>43347</x:v>
+        <x:v>43367</x:v>
       </x:c>
       <x:c r="B1842" s="3">
-        <x:v>490254.93</x:v>
+        <x:v>490176.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:2">
       <x:c r="A1843" s="2">
-        <x:v>43346</x:v>
+        <x:v>43364</x:v>
       </x:c>
       <x:c r="B1843" s="3">
-        <x:v>490258.35</x:v>
+        <x:v>490181.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:2">
       <x:c r="A1844" s="2">
-        <x:v>43343</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="B1844" s="3">
-        <x:v>490261.15</x:v>
+        <x:v>490193.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:2">
       <x:c r="A1845" s="2">
-        <x:v>43342</x:v>
+        <x:v>43362</x:v>
       </x:c>
       <x:c r="B1845" s="3">
-        <x:v>490271.94</x:v>
+        <x:v>490197.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:2">
       <x:c r="A1846" s="2">
-        <x:v>43341</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="B1846" s="3">
-        <x:v>490275.86</x:v>
+        <x:v>490201.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:2">
       <x:c r="A1847" s="2">
-        <x:v>43340</x:v>
+        <x:v>43360</x:v>
       </x:c>
       <x:c r="B1847" s="3">
-        <x:v>490278.85</x:v>
+        <x:v>490206.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:2">
       <x:c r="A1848" s="2">
-        <x:v>43339</x:v>
+        <x:v>43357</x:v>
       </x:c>
       <x:c r="B1848" s="3">
-        <x:v>490283.8</x:v>
+        <x:v>490210.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:2">
       <x:c r="A1849" s="2">
-        <x:v>43336</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="B1849" s="3">
-        <x:v>490288.74</x:v>
+        <x:v>490220.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:2">
       <x:c r="A1850" s="2">
-        <x:v>43335</x:v>
+        <x:v>43355</x:v>
       </x:c>
       <x:c r="B1850" s="3">
-        <x:v>490297.71</x:v>
+        <x:v>490225.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:2">
       <x:c r="A1851" s="2">
-        <x:v>43334</x:v>
+        <x:v>43354</x:v>
       </x:c>
       <x:c r="B1851" s="3">
-        <x:v>490302.66</x:v>
+        <x:v>490229.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:2">
       <x:c r="A1852" s="2">
-        <x:v>43333</x:v>
+        <x:v>43353</x:v>
       </x:c>
       <x:c r="B1852" s="3">
-        <x:v>490307.6</x:v>
+        <x:v>490232.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:2">
       <x:c r="A1853" s="2">
-        <x:v>43332</x:v>
+        <x:v>43350</x:v>
       </x:c>
       <x:c r="B1853" s="3">
-        <x:v>490310.66</x:v>
+        <x:v>490237.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:2">
       <x:c r="A1854" s="2">
-        <x:v>43329</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="B1854" s="3">
-        <x:v>490313.24</x:v>
+        <x:v>490248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:2">
       <x:c r="A1855" s="2">
-        <x:v>43328</x:v>
+        <x:v>43348</x:v>
       </x:c>
       <x:c r="B1855" s="3">
-        <x:v>490322.92</x:v>
+        <x:v>490252.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:2">
       <x:c r="A1856" s="2">
-        <x:v>43326</x:v>
+        <x:v>43347</x:v>
       </x:c>
       <x:c r="B1856" s="3">
-        <x:v>490327.85</x:v>
+        <x:v>490254.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:2">
       <x:c r="A1857" s="2">
-        <x:v>43325</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="B1857" s="3">
-        <x:v>490335.17</x:v>
+        <x:v>490258.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:2">
       <x:c r="A1858" s="2">
-        <x:v>43322</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B1858" s="3">
-        <x:v>490337.09</x:v>
+        <x:v>490261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:2">
       <x:c r="A1859" s="2">
-        <x:v>43321</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="B1859" s="3">
-        <x:v>490348.33</x:v>
+        <x:v>490271.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:2">
       <x:c r="A1860" s="2">
-        <x:v>43320</x:v>
+        <x:v>43341</x:v>
       </x:c>
       <x:c r="B1860" s="3">
-        <x:v>490353.19</x:v>
+        <x:v>490275.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:2">
       <x:c r="A1861" s="2">
-        <x:v>43319</x:v>
+        <x:v>43340</x:v>
       </x:c>
       <x:c r="B1861" s="3">
-        <x:v>490358.04</x:v>
+        <x:v>490278.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:2">
       <x:c r="A1862" s="2">
-        <x:v>43318</x:v>
+        <x:v>43339</x:v>
       </x:c>
       <x:c r="B1862" s="3">
-        <x:v>490362.19</x:v>
+        <x:v>490283.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:2">
       <x:c r="A1863" s="2">
-        <x:v>43315</x:v>
+        <x:v>43336</x:v>
       </x:c>
       <x:c r="B1863" s="3">
-        <x:v>490366.6</x:v>
+        <x:v>490288.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:2">
       <x:c r="A1864" s="2">
-        <x:v>43314</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="B1864" s="3">
-        <x:v>490375.48</x:v>
+        <x:v>490297.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:2">
       <x:c r="A1865" s="2">
-        <x:v>43313</x:v>
+        <x:v>43334</x:v>
       </x:c>
       <x:c r="B1865" s="3">
-        <x:v>490379.6</x:v>
+        <x:v>490302.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:2">
       <x:c r="A1866" s="2">
-        <x:v>43312</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="B1866" s="3">
-        <x:v>490384.48</x:v>
+        <x:v>490307.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:2">
       <x:c r="A1867" s="2">
-        <x:v>43311</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="B1867" s="3">
-        <x:v>490389.43</x:v>
+        <x:v>490310.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:2">
       <x:c r="A1868" s="2">
-        <x:v>43308</x:v>
+        <x:v>43329</x:v>
       </x:c>
       <x:c r="B1868" s="3">
-        <x:v>490394.41</x:v>
+        <x:v>490313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:2">
       <x:c r="A1869" s="2">
-        <x:v>43307</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="B1869" s="3">
-        <x:v>490406.05</x:v>
+        <x:v>490322.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:2">
       <x:c r="A1870" s="2">
-        <x:v>43306</x:v>
+        <x:v>43326</x:v>
       </x:c>
       <x:c r="B1870" s="3">
-        <x:v>490411.02</x:v>
+        <x:v>490327.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:2">
       <x:c r="A1871" s="2">
-        <x:v>43305</x:v>
+        <x:v>43325</x:v>
       </x:c>
       <x:c r="B1871" s="3">
-        <x:v>490416.01</x:v>
+        <x:v>490335.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:2">
       <x:c r="A1872" s="2">
-        <x:v>43304</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="B1872" s="3">
-        <x:v>490420.99</x:v>
+        <x:v>490337.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:2">
       <x:c r="A1873" s="2">
-        <x:v>43301</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="B1873" s="3">
-        <x:v>490425.66</x:v>
+        <x:v>490348.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:2">
       <x:c r="A1874" s="2">
-        <x:v>43300</x:v>
+        <x:v>43320</x:v>
       </x:c>
       <x:c r="B1874" s="3">
-        <x:v>490436.44</x:v>
+        <x:v>490353.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:2">
       <x:c r="A1875" s="2">
-        <x:v>43299</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="B1875" s="3">
-        <x:v>490441.42</x:v>
+        <x:v>490358.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:2">
       <x:c r="A1876" s="2">
-        <x:v>43298</x:v>
+        <x:v>43318</x:v>
       </x:c>
       <x:c r="B1876" s="3">
-        <x:v>490446.4</x:v>
+        <x:v>490362.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:2">
       <x:c r="A1877" s="2">
-        <x:v>43297</x:v>
+        <x:v>43315</x:v>
       </x:c>
       <x:c r="B1877" s="3">
-        <x:v>490449.3</x:v>
+        <x:v>490366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:2">
       <x:c r="A1878" s="2">
-        <x:v>43294</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="B1878" s="3">
-        <x:v>490454.24</x:v>
+        <x:v>490375.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:2">
       <x:c r="A1879" s="2">
-        <x:v>43293</x:v>
+        <x:v>43313</x:v>
       </x:c>
       <x:c r="B1879" s="3">
-        <x:v>490462.81</x:v>
+        <x:v>490379.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:2">
       <x:c r="A1880" s="2">
-        <x:v>43292</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B1880" s="3">
-        <x:v>490467.16</x:v>
+        <x:v>490384.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:2">
       <x:c r="A1881" s="2">
-        <x:v>43291</x:v>
+        <x:v>43311</x:v>
       </x:c>
       <x:c r="B1881" s="3">
-        <x:v>490472.09</x:v>
+        <x:v>490389.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:2">
       <x:c r="A1882" s="2">
-        <x:v>43290</x:v>
+        <x:v>43308</x:v>
       </x:c>
       <x:c r="B1882" s="3">
-        <x:v>490477.01</x:v>
+        <x:v>490394.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:2">
       <x:c r="A1883" s="2">
-        <x:v>43287</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="B1883" s="3">
-        <x:v>490480.49</x:v>
+        <x:v>490406.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:2">
       <x:c r="A1884" s="2">
-        <x:v>43286</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="B1884" s="3">
-        <x:v>490492.87</x:v>
+        <x:v>490411.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:2">
       <x:c r="A1885" s="2">
-        <x:v>43285</x:v>
+        <x:v>43305</x:v>
       </x:c>
       <x:c r="B1885" s="3">
-        <x:v>490496.96</x:v>
+        <x:v>490416.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:2">
       <x:c r="A1886" s="2">
-        <x:v>43284</x:v>
+        <x:v>43304</x:v>
       </x:c>
       <x:c r="B1886" s="3">
-        <x:v>490500.03</x:v>
+        <x:v>490420.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:2">
       <x:c r="A1887" s="2">
-        <x:v>43283</x:v>
+        <x:v>43301</x:v>
       </x:c>
       <x:c r="B1887" s="3">
-        <x:v>490504.56</x:v>
+        <x:v>490425.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:2">
       <x:c r="A1888" s="2">
-        <x:v>43280</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="B1888" s="3">
-        <x:v>490508.7</x:v>
+        <x:v>490436.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:2">
       <x:c r="A1889" s="2">
-        <x:v>43279</x:v>
+        <x:v>43299</x:v>
       </x:c>
       <x:c r="B1889" s="3">
-        <x:v>490518.19</x:v>
+        <x:v>490441.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:2">
       <x:c r="A1890" s="2">
-        <x:v>43278</x:v>
+        <x:v>43298</x:v>
       </x:c>
       <x:c r="B1890" s="3">
-        <x:v>490523.21</x:v>
+        <x:v>490446.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:2">
       <x:c r="A1891" s="2">
-        <x:v>43277</x:v>
+        <x:v>43297</x:v>
       </x:c>
       <x:c r="B1891" s="3">
-        <x:v>490527.32</x:v>
+        <x:v>490449.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:2">
       <x:c r="A1892" s="2">
-        <x:v>43276</x:v>
+        <x:v>43294</x:v>
       </x:c>
       <x:c r="B1892" s="3">
-        <x:v>490529.28</x:v>
+        <x:v>490454.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:2">
       <x:c r="A1893" s="2">
-        <x:v>43273</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="B1893" s="3">
-        <x:v>490534.24</x:v>
+        <x:v>490462.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:2">
       <x:c r="A1894" s="2">
-        <x:v>43272</x:v>
+        <x:v>43292</x:v>
       </x:c>
       <x:c r="B1894" s="3">
-        <x:v>490544.91</x:v>
+        <x:v>490467.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:2">
       <x:c r="A1895" s="2">
-        <x:v>43271</x:v>
+        <x:v>43291</x:v>
       </x:c>
       <x:c r="B1895" s="3">
-        <x:v>490549.63</x:v>
+        <x:v>490472.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:2">
       <x:c r="A1896" s="2">
-        <x:v>43270</x:v>
+        <x:v>43290</x:v>
       </x:c>
       <x:c r="B1896" s="3">
-        <x:v>490552.53</x:v>
+        <x:v>490477.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:2">
       <x:c r="A1897" s="2">
-        <x:v>43269</x:v>
+        <x:v>43287</x:v>
       </x:c>
       <x:c r="B1897" s="3">
-        <x:v>490557.08</x:v>
+        <x:v>490480.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:2">
       <x:c r="A1898" s="2">
-        <x:v>43266</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="B1898" s="3">
-        <x:v>490560.58</x:v>
+        <x:v>490492.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:2">
       <x:c r="A1899" s="2">
-        <x:v>43265</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="B1899" s="3">
-        <x:v>490572.68</x:v>
+        <x:v>490496.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:2">
       <x:c r="A1900" s="2">
-        <x:v>43264</x:v>
+        <x:v>43284</x:v>
       </x:c>
       <x:c r="B1900" s="3">
-        <x:v>490577.61</x:v>
+        <x:v>490500.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:2">
       <x:c r="A1901" s="2">
-        <x:v>43263</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="B1901" s="3">
-        <x:v>490582.55</x:v>
+        <x:v>490504.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:2">
       <x:c r="A1902" s="2">
-        <x:v>43262</x:v>
+        <x:v>43280</x:v>
       </x:c>
       <x:c r="B1902" s="3">
-        <x:v>490587.45</x:v>
+        <x:v>490508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:2">
       <x:c r="A1903" s="2">
-        <x:v>43259</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="B1903" s="3">
-        <x:v>490592.32</x:v>
+        <x:v>490518.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:2">
       <x:c r="A1904" s="2">
-        <x:v>43258</x:v>
+        <x:v>43278</x:v>
       </x:c>
       <x:c r="B1904" s="3">
-        <x:v>490606.87</x:v>
+        <x:v>490523.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:2">
       <x:c r="A1905" s="2">
-        <x:v>43257</x:v>
+        <x:v>43277</x:v>
       </x:c>
       <x:c r="B1905" s="3">
-        <x:v>490611.74</x:v>
+        <x:v>490527.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:2">
       <x:c r="A1906" s="2">
-        <x:v>43256</x:v>
+        <x:v>43276</x:v>
       </x:c>
       <x:c r="B1906" s="3">
-        <x:v>490615.3</x:v>
+        <x:v>490529.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:2">
       <x:c r="A1907" s="2">
-        <x:v>43255</x:v>
+        <x:v>43273</x:v>
       </x:c>
       <x:c r="B1907" s="3">
-        <x:v>490620.16</x:v>
+        <x:v>490534.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:2">
       <x:c r="A1908" s="2">
-        <x:v>43252</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="B1908" s="3">
-        <x:v>490625.03</x:v>
+        <x:v>490544.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:2">
       <x:c r="A1909" s="2">
-        <x:v>43251</x:v>
+        <x:v>43271</x:v>
       </x:c>
       <x:c r="B1909" s="3">
-        <x:v>490637.22</x:v>
+        <x:v>490549.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:2">
       <x:c r="A1910" s="2">
-        <x:v>43250</x:v>
+        <x:v>43270</x:v>
       </x:c>
       <x:c r="B1910" s="3">
-        <x:v>490638.23</x:v>
+        <x:v>490552.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:2">
       <x:c r="A1911" s="2">
-        <x:v>43249</x:v>
+        <x:v>43269</x:v>
       </x:c>
       <x:c r="B1911" s="3">
-        <x:v>490642.49</x:v>
+        <x:v>490557.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:2">
       <x:c r="A1912" s="2">
-        <x:v>43248</x:v>
+        <x:v>43266</x:v>
       </x:c>
       <x:c r="B1912" s="3">
-        <x:v>490646.81</x:v>
+        <x:v>490560.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:2">
       <x:c r="A1913" s="2">
-        <x:v>43245</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="B1913" s="3">
-        <x:v>490651.12</x:v>
+        <x:v>490572.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:2">
       <x:c r="A1914" s="2">
-        <x:v>43244</x:v>
+        <x:v>43264</x:v>
       </x:c>
       <x:c r="B1914" s="3">
-        <x:v>490663.36</x:v>
+        <x:v>490577.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:2">
       <x:c r="A1915" s="2">
-        <x:v>43243</x:v>
+        <x:v>43263</x:v>
       </x:c>
       <x:c r="B1915" s="3">
-        <x:v>490667.65</x:v>
+        <x:v>490582.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:2">
       <x:c r="A1916" s="2">
-        <x:v>43242</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="B1916" s="3">
-        <x:v>490671.93</x:v>
+        <x:v>490587.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:2">
       <x:c r="A1917" s="2">
-        <x:v>43238</x:v>
+        <x:v>43259</x:v>
       </x:c>
       <x:c r="B1917" s="3">
-        <x:v>490675.89</x:v>
+        <x:v>490592.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:2">
       <x:c r="A1918" s="2">
-        <x:v>43237</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="B1918" s="3">
-        <x:v>490689.77</x:v>
+        <x:v>490606.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1919" spans="1:2">
       <x:c r="A1919" s="2">
-        <x:v>43236</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="B1919" s="3">
-        <x:v>490694.12</x:v>
+        <x:v>490611.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:2">
       <x:c r="A1920" s="2">
-        <x:v>43235</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="B1920" s="3">
-        <x:v>490697.05</x:v>
+        <x:v>490615.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:2">
       <x:c r="A1921" s="2">
-        <x:v>43234</x:v>
+        <x:v>43255</x:v>
       </x:c>
       <x:c r="B1921" s="3">
-        <x:v>490701.27</x:v>
+        <x:v>490620.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:2">
       <x:c r="A1922" s="2">
-        <x:v>43231</x:v>
+        <x:v>43252</x:v>
       </x:c>
       <x:c r="B1922" s="3">
-        <x:v>490705.28</x:v>
+        <x:v>490625.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:2">
       <x:c r="A1923" s="2">
-        <x:v>43229</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B1923" s="3">
-        <x:v>490716.39</x:v>
+        <x:v>490637.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:2">
       <x:c r="A1924" s="2">
-        <x:v>43227</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="B1924" s="3">
-        <x:v>490724.39</x:v>
+        <x:v>490638.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:2">
       <x:c r="A1925" s="2">
-        <x:v>43224</x:v>
+        <x:v>43249</x:v>
       </x:c>
       <x:c r="B1925" s="3">
-        <x:v>490731.74</x:v>
+        <x:v>490642.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1926" spans="1:2">
       <x:c r="A1926" s="2">
-        <x:v>43223</x:v>
+        <x:v>43248</x:v>
       </x:c>
       <x:c r="B1926" s="3">
-        <x:v>490744.16</x:v>
+        <x:v>490646.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1927" spans="1:2">
       <x:c r="A1927" s="2">
-        <x:v>43222</x:v>
+        <x:v>43245</x:v>
       </x:c>
       <x:c r="B1927" s="3">
-        <x:v>490748.36</x:v>
+        <x:v>490651.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1928" spans="1:2">
       <x:c r="A1928" s="2">
-        <x:v>43220</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="B1928" s="3">
-        <x:v>490752.52</x:v>
+        <x:v>490663.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1929" spans="1:2">
       <x:c r="A1929" s="2">
-        <x:v>43217</x:v>
+        <x:v>43243</x:v>
       </x:c>
       <x:c r="B1929" s="3">
-        <x:v>490760.7</x:v>
+        <x:v>490667.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1930" spans="1:2">
       <x:c r="A1930" s="2">
-        <x:v>43216</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="B1930" s="3">
-        <x:v>490773.66</x:v>
+        <x:v>490671.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1931" spans="1:2">
       <x:c r="A1931" s="2">
-        <x:v>43215</x:v>
+        <x:v>43238</x:v>
       </x:c>
       <x:c r="B1931" s="3">
-        <x:v>490777.97</x:v>
+        <x:v>490675.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1932" spans="1:2">
       <x:c r="A1932" s="2">
-        <x:v>43214</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="B1932" s="3">
-        <x:v>490782.29</x:v>
+        <x:v>490689.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1933" spans="1:2">
       <x:c r="A1933" s="2">
-        <x:v>43213</x:v>
+        <x:v>43236</x:v>
       </x:c>
       <x:c r="B1933" s="3">
-        <x:v>490980.33</x:v>
+        <x:v>490694.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1934" spans="1:2">
       <x:c r="A1934" s="2">
-        <x:v>43210</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B1934" s="3">
-        <x:v>490984.66</x:v>
+        <x:v>490697.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1935" spans="1:2">
       <x:c r="A1935" s="2">
-        <x:v>43209</x:v>
+        <x:v>43234</x:v>
       </x:c>
       <x:c r="B1935" s="3">
-        <x:v>490997.68</x:v>
+        <x:v>490701.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1936" spans="1:2">
       <x:c r="A1936" s="2">
-        <x:v>43208</x:v>
+        <x:v>43231</x:v>
       </x:c>
       <x:c r="B1936" s="3">
-        <x:v>491002.01</x:v>
+        <x:v>490705.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1937" spans="1:2">
       <x:c r="A1937" s="2">
-        <x:v>43207</x:v>
+        <x:v>43229</x:v>
       </x:c>
       <x:c r="B1937" s="3">
-        <x:v>491005.98</x:v>
+        <x:v>490716.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1938" spans="1:2">
       <x:c r="A1938" s="2">
-        <x:v>43206</x:v>
+        <x:v>43227</x:v>
       </x:c>
       <x:c r="B1938" s="3">
-        <x:v>491010.31</x:v>
+        <x:v>490724.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1939" spans="1:2">
       <x:c r="A1939" s="2">
-        <x:v>43203</x:v>
+        <x:v>43224</x:v>
       </x:c>
       <x:c r="B1939" s="3">
-        <x:v>491014.41</x:v>
+        <x:v>490731.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1940" spans="1:2">
       <x:c r="A1940" s="2">
-        <x:v>43202</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="B1940" s="3">
-        <x:v>491024.16</x:v>
+        <x:v>490744.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1941" spans="1:2">
       <x:c r="A1941" s="2">
-        <x:v>43201</x:v>
+        <x:v>43222</x:v>
       </x:c>
       <x:c r="B1941" s="3">
-        <x:v>491028.46</x:v>
+        <x:v>490748.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1942" spans="1:2">
       <x:c r="A1942" s="2">
-        <x:v>43200</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B1942" s="3">
-        <x:v>491032.77</x:v>
+        <x:v>490752.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1943" spans="1:2">
       <x:c r="A1943" s="2">
-        <x:v>43199</x:v>
+        <x:v>43217</x:v>
       </x:c>
       <x:c r="B1943" s="3">
-        <x:v>491036.33</x:v>
+        <x:v>490760.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1944" spans="1:2">
       <x:c r="A1944" s="2">
-        <x:v>43196</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="B1944" s="3">
-        <x:v>491039.79</x:v>
+        <x:v>490773.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1945" spans="1:2">
       <x:c r="A1945" s="2">
-        <x:v>43195</x:v>
+        <x:v>43215</x:v>
       </x:c>
       <x:c r="B1945" s="3">
-        <x:v>491047.1</x:v>
+        <x:v>490777.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1946" spans="1:2">
       <x:c r="A1946" s="2">
-        <x:v>43194</x:v>
+        <x:v>43214</x:v>
       </x:c>
       <x:c r="B1946" s="3">
-        <x:v>491051.37</x:v>
+        <x:v>490782.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1947" spans="1:2">
       <x:c r="A1947" s="2">
-        <x:v>43193</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B1947" s="3">
-        <x:v>491055.63</x:v>
+        <x:v>490980.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1948" spans="1:2">
       <x:c r="A1948" s="2">
-        <x:v>43188</x:v>
+        <x:v>43210</x:v>
       </x:c>
       <x:c r="B1948" s="3">
-        <x:v>491056.99</x:v>
+        <x:v>490984.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1949" spans="1:2">
       <x:c r="A1949" s="2">
-        <x:v>43187</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="B1949" s="3">
-        <x:v>491073.13</x:v>
+        <x:v>490997.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1950" spans="1:2">
       <x:c r="A1950" s="2">
-        <x:v>43186</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="B1950" s="3">
-        <x:v>491077.47</x:v>
+        <x:v>491002.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1951" spans="1:2">
       <x:c r="A1951" s="2">
-        <x:v>43185</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="B1951" s="3">
-        <x:v>491081.79</x:v>
+        <x:v>491005.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1952" spans="1:2">
       <x:c r="A1952" s="2">
-        <x:v>43182</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="B1952" s="3">
-        <x:v>491086.1</x:v>
+        <x:v>491010.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1953" spans="1:2">
       <x:c r="A1953" s="2">
-        <x:v>43181</x:v>
+        <x:v>43203</x:v>
       </x:c>
       <x:c r="B1953" s="3">
-        <x:v>491099.12</x:v>
+        <x:v>491014.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1954" spans="1:2">
       <x:c r="A1954" s="2">
-        <x:v>43180</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="B1954" s="3">
-        <x:v>491102.35</x:v>
+        <x:v>491024.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1955" spans="1:2">
       <x:c r="A1955" s="2">
-        <x:v>43179</x:v>
+        <x:v>43201</x:v>
       </x:c>
       <x:c r="B1955" s="3">
-        <x:v>491106.65</x:v>
+        <x:v>491028.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1956" spans="1:2">
       <x:c r="A1956" s="2">
-        <x:v>43178</x:v>
+        <x:v>43200</x:v>
       </x:c>
       <x:c r="B1956" s="3">
-        <x:v>491110.54</x:v>
+        <x:v>491032.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1957" spans="1:2">
       <x:c r="A1957" s="2">
-        <x:v>43175</x:v>
+        <x:v>43199</x:v>
       </x:c>
       <x:c r="B1957" s="3">
-        <x:v>491114.85</x:v>
+        <x:v>491036.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1958" spans="1:2">
       <x:c r="A1958" s="2">
-        <x:v>43174</x:v>
+        <x:v>43196</x:v>
       </x:c>
       <x:c r="B1958" s="3">
-        <x:v>491124.61</x:v>
+        <x:v>491039.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1959" spans="1:2">
       <x:c r="A1959" s="2">
-        <x:v>43173</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="B1959" s="3">
-        <x:v>491128.88</x:v>
+        <x:v>491047.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1960" spans="1:2">
       <x:c r="A1960" s="2">
-        <x:v>43172</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="B1960" s="3">
-        <x:v>491133.16</x:v>
+        <x:v>491051.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1961" spans="1:2">
       <x:c r="A1961" s="2">
-        <x:v>43171</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="B1961" s="3">
-        <x:v>491137.25</x:v>
+        <x:v>491055.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1962" spans="1:2">
       <x:c r="A1962" s="2">
-        <x:v>43168</x:v>
+        <x:v>43188</x:v>
       </x:c>
       <x:c r="B1962" s="3">
-        <x:v>491141.49</x:v>
+        <x:v>491056.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1963" spans="1:2">
       <x:c r="A1963" s="2">
-        <x:v>43167</x:v>
+        <x:v>43187</x:v>
       </x:c>
       <x:c r="B1963" s="3">
-        <x:v>491151.59</x:v>
+        <x:v>491073.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1964" spans="1:2">
       <x:c r="A1964" s="2">
-        <x:v>43166</x:v>
+        <x:v>43186</x:v>
       </x:c>
       <x:c r="B1964" s="3">
-        <x:v>491155.86</x:v>
+        <x:v>491077.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1965" spans="1:2">
       <x:c r="A1965" s="2">
-        <x:v>43165</x:v>
+        <x:v>43185</x:v>
       </x:c>
       <x:c r="B1965" s="3">
-        <x:v>491160.16</x:v>
+        <x:v>491081.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1966" spans="1:2">
       <x:c r="A1966" s="2">
-        <x:v>43164</x:v>
+        <x:v>43182</x:v>
       </x:c>
       <x:c r="B1966" s="3">
-        <x:v>491164.42</x:v>
+        <x:v>491086.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1967" spans="1:2">
       <x:c r="A1967" s="2">
-        <x:v>43161</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="B1967" s="3">
-        <x:v>491168.68</x:v>
+        <x:v>491099.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1968" spans="1:2">
       <x:c r="A1968" s="2">
-        <x:v>43160</x:v>
+        <x:v>43180</x:v>
       </x:c>
       <x:c r="B1968" s="3">
-        <x:v>491179.78</x:v>
+        <x:v>491102.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1969" spans="1:2">
       <x:c r="A1969" s="2">
-        <x:v>43159</x:v>
+        <x:v>43179</x:v>
       </x:c>
       <x:c r="B1969" s="3">
-        <x:v>491183.88</x:v>
+        <x:v>491106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1970" spans="1:2">
       <x:c r="A1970" s="2">
-        <x:v>43158</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="B1970" s="3">
-        <x:v>491185.95</x:v>
+        <x:v>491110.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1971" spans="1:2">
       <x:c r="A1971" s="2">
-        <x:v>43157</x:v>
+        <x:v>43175</x:v>
       </x:c>
       <x:c r="B1971" s="3">
-        <x:v>491190.32</x:v>
+        <x:v>491114.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1972" spans="1:2">
       <x:c r="A1972" s="2">
-        <x:v>43154</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B1972" s="3">
-        <x:v>491194.66</x:v>
+        <x:v>491124.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1973" spans="1:2">
       <x:c r="A1973" s="2">
-        <x:v>43153</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="B1973" s="3">
-        <x:v>491207.18</x:v>
+        <x:v>491128.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1974" spans="1:2">
       <x:c r="A1974" s="2">
-        <x:v>43152</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="B1974" s="3">
-        <x:v>491211.44</x:v>
+        <x:v>491133.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1975" spans="1:2">
       <x:c r="A1975" s="2">
-        <x:v>43151</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="B1975" s="3">
-        <x:v>491214.33</x:v>
+        <x:v>491137.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1976" spans="1:2">
       <x:c r="A1976" s="2">
-        <x:v>43150</x:v>
+        <x:v>43168</x:v>
       </x:c>
       <x:c r="B1976" s="3">
-        <x:v>491217.31</x:v>
+        <x:v>491141.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1977" spans="1:2">
       <x:c r="A1977" s="2">
-        <x:v>43147</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="B1977" s="3">
-        <x:v>491220.83</x:v>
+        <x:v>491151.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1978" spans="1:2">
       <x:c r="A1978" s="2">
-        <x:v>43146</x:v>
+        <x:v>43166</x:v>
       </x:c>
       <x:c r="B1978" s="3">
-        <x:v>491230.61</x:v>
+        <x:v>491155.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1979" spans="1:2">
       <x:c r="A1979" s="2">
-        <x:v>43145</x:v>
+        <x:v>43165</x:v>
       </x:c>
       <x:c r="B1979" s="3">
-        <x:v>491234.89</x:v>
+        <x:v>491160.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1980" spans="1:2">
       <x:c r="A1980" s="2">
-        <x:v>43144</x:v>
+        <x:v>43164</x:v>
       </x:c>
       <x:c r="B1980" s="3">
-        <x:v>491239.15</x:v>
+        <x:v>491164.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1981" spans="1:2">
       <x:c r="A1981" s="2">
-        <x:v>43143</x:v>
+        <x:v>43161</x:v>
       </x:c>
       <x:c r="B1981" s="3">
-        <x:v>491243.42</x:v>
+        <x:v>491168.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1982" spans="1:2">
       <x:c r="A1982" s="2">
-        <x:v>43140</x:v>
+        <x:v>43160</x:v>
       </x:c>
       <x:c r="B1982" s="3">
-        <x:v>491247.72</x:v>
+        <x:v>491179.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1983" spans="1:2">
       <x:c r="A1983" s="2">
-        <x:v>43139</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B1983" s="3">
-        <x:v>491257.3</x:v>
+        <x:v>491183.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1984" spans="1:2">
       <x:c r="A1984" s="2">
-        <x:v>43138</x:v>
+        <x:v>43158</x:v>
       </x:c>
       <x:c r="B1984" s="3">
-        <x:v>491261.6</x:v>
+        <x:v>491185.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1985" spans="1:2">
       <x:c r="A1985" s="2">
-        <x:v>43137</x:v>
+        <x:v>43157</x:v>
       </x:c>
       <x:c r="B1985" s="3">
-        <x:v>491265.92</x:v>
+        <x:v>491190.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1986" spans="1:2">
       <x:c r="A1986" s="2">
-        <x:v>43136</x:v>
+        <x:v>43154</x:v>
       </x:c>
       <x:c r="B1986" s="3">
-        <x:v>491270.23</x:v>
+        <x:v>491194.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1987" spans="1:2">
       <x:c r="A1987" s="2">
-        <x:v>43133</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="B1987" s="3">
-        <x:v>491274.51</x:v>
+        <x:v>491207.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1988" spans="1:2">
       <x:c r="A1988" s="2">
-        <x:v>43132</x:v>
+        <x:v>43152</x:v>
       </x:c>
       <x:c r="B1988" s="3">
-        <x:v>491277.26</x:v>
+        <x:v>491211.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1989" spans="1:2">
       <x:c r="A1989" s="2">
-        <x:v>43131</x:v>
+        <x:v>43151</x:v>
       </x:c>
       <x:c r="B1989" s="3">
-        <x:v>491281.42</x:v>
+        <x:v>491214.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1990" spans="1:2">
       <x:c r="A1990" s="2">
-        <x:v>43130</x:v>
+        <x:v>43150</x:v>
       </x:c>
       <x:c r="B1990" s="3">
-        <x:v>491284.61</x:v>
+        <x:v>491217.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1991" spans="1:2">
       <x:c r="A1991" s="2">
-        <x:v>43129</x:v>
+        <x:v>43147</x:v>
       </x:c>
       <x:c r="B1991" s="3">
-        <x:v>491288.88</x:v>
+        <x:v>491220.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1992" spans="1:2">
       <x:c r="A1992" s="2">
-        <x:v>43126</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B1992" s="3">
-        <x:v>491292.99</x:v>
+        <x:v>491230.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1993" spans="1:2">
       <x:c r="A1993" s="2">
-        <x:v>43125</x:v>
+        <x:v>43145</x:v>
       </x:c>
       <x:c r="B1993" s="3">
-        <x:v>491302.4</x:v>
+        <x:v>491234.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1994" spans="1:2">
       <x:c r="A1994" s="2">
-        <x:v>43124</x:v>
+        <x:v>43144</x:v>
       </x:c>
       <x:c r="B1994" s="3">
-        <x:v>491305.69</x:v>
+        <x:v>491239.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1995" spans="1:2">
       <x:c r="A1995" s="2">
-        <x:v>43123</x:v>
+        <x:v>43143</x:v>
       </x:c>
       <x:c r="B1995" s="3">
-        <x:v>491309.96</x:v>
+        <x:v>491243.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1996" spans="1:2">
       <x:c r="A1996" s="2">
-        <x:v>43122</x:v>
+        <x:v>43140</x:v>
       </x:c>
       <x:c r="B1996" s="3">
-        <x:v>491310.02</x:v>
+        <x:v>491247.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1997" spans="1:2">
       <x:c r="A1997" s="2">
-        <x:v>43119</x:v>
+        <x:v>43139</x:v>
       </x:c>
       <x:c r="B1997" s="3">
-        <x:v>491310.41</x:v>
+        <x:v>491257.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1998" spans="1:2">
       <x:c r="A1998" s="2">
-        <x:v>43118</x:v>
+        <x:v>43138</x:v>
       </x:c>
       <x:c r="B1998" s="3">
-        <x:v>491323.51</x:v>
+        <x:v>491261.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1999" spans="1:2">
       <x:c r="A1999" s="2">
-        <x:v>43117</x:v>
+        <x:v>43137</x:v>
       </x:c>
       <x:c r="B1999" s="3">
-        <x:v>491327.11</x:v>
+        <x:v>491265.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2000" spans="1:2">
       <x:c r="A2000" s="2">
-        <x:v>43116</x:v>
+        <x:v>43136</x:v>
       </x:c>
       <x:c r="B2000" s="3">
-        <x:v>491330.57</x:v>
+        <x:v>491270.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2001" spans="1:2">
       <x:c r="A2001" s="2">
-        <x:v>43115</x:v>
+        <x:v>43133</x:v>
       </x:c>
       <x:c r="B2001" s="3">
-        <x:v>491334.93</x:v>
+        <x:v>491274.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2002" spans="1:2">
       <x:c r="A2002" s="2">
-        <x:v>43112</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="B2002" s="3">
-        <x:v>491338.72</x:v>
+        <x:v>491277.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2003" spans="1:2">
       <x:c r="A2003" s="2">
-        <x:v>43111</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B2003" s="3">
-        <x:v>491350.33</x:v>
+        <x:v>491281.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2004" spans="1:2">
       <x:c r="A2004" s="2">
-        <x:v>43110</x:v>
+        <x:v>43130</x:v>
       </x:c>
       <x:c r="B2004" s="3">
-        <x:v>491354.7</x:v>
+        <x:v>491284.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2005" spans="1:2">
       <x:c r="A2005" s="2">
-        <x:v>43109</x:v>
+        <x:v>43129</x:v>
       </x:c>
       <x:c r="B2005" s="3">
-        <x:v>491358.2</x:v>
+        <x:v>491288.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2006" spans="1:2">
       <x:c r="A2006" s="2">
-        <x:v>43108</x:v>
+        <x:v>43126</x:v>
       </x:c>
       <x:c r="B2006" s="3">
-        <x:v>491362.39</x:v>
+        <x:v>491292.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2007" spans="1:2">
       <x:c r="A2007" s="2">
-        <x:v>43105</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="B2007" s="3">
-        <x:v>491365.64</x:v>
+        <x:v>491302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2008" spans="1:2">
       <x:c r="A2008" s="2">
-        <x:v>43104</x:v>
+        <x:v>43124</x:v>
       </x:c>
       <x:c r="B2008" s="3">
-        <x:v>491375.8</x:v>
+        <x:v>491305.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2009" spans="1:2">
       <x:c r="A2009" s="2">
-        <x:v>43103</x:v>
+        <x:v>43123</x:v>
       </x:c>
       <x:c r="B2009" s="3">
-        <x:v>491379.28</x:v>
+        <x:v>491309.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2010" spans="1:2">
       <x:c r="A2010" s="2">
-        <x:v>43102</x:v>
+        <x:v>43122</x:v>
       </x:c>
       <x:c r="B2010" s="3">
-        <x:v>491383.65</x:v>
+        <x:v>491310.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2011" spans="1:2">
       <x:c r="A2011" s="2">
-        <x:v>43098</x:v>
+        <x:v>43119</x:v>
       </x:c>
       <x:c r="B2011" s="3">
-        <x:v>491387.2</x:v>
+        <x:v>491310.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2012" spans="1:2">
       <x:c r="A2012" s="2">
-        <x:v>43097</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="B2012" s="3">
-        <x:v>491401.57</x:v>
+        <x:v>491323.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2013" spans="1:2">
       <x:c r="A2013" s="2">
-        <x:v>43096</x:v>
+        <x:v>43117</x:v>
       </x:c>
       <x:c r="B2013" s="3">
-        <x:v>491404.46</x:v>
+        <x:v>491327.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2014" spans="1:2">
       <x:c r="A2014" s="2">
-        <x:v>43091</x:v>
+        <x:v>43116</x:v>
       </x:c>
       <x:c r="B2014" s="3">
-        <x:v>491405.84</x:v>
+        <x:v>491330.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2015" spans="1:2">
       <x:c r="A2015" s="2">
-        <x:v>43090</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B2015" s="3">
-        <x:v>491411.27</x:v>
+        <x:v>491334.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2016" spans="1:2">
       <x:c r="A2016" s="2">
-        <x:v>43089</x:v>
+        <x:v>43112</x:v>
       </x:c>
       <x:c r="B2016" s="3">
-        <x:v>491415.32</x:v>
+        <x:v>491338.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2017" spans="1:2">
       <x:c r="A2017" s="2">
-        <x:v>43088</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="B2017" s="3">
-        <x:v>491418.8</x:v>
+        <x:v>491350.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2018" spans="1:2">
       <x:c r="A2018" s="2">
-        <x:v>43087</x:v>
+        <x:v>43110</x:v>
       </x:c>
       <x:c r="B2018" s="3">
-        <x:v>491423</x:v>
+        <x:v>491354.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2019" spans="1:2">
       <x:c r="A2019" s="2">
-        <x:v>43084</x:v>
+        <x:v>43109</x:v>
       </x:c>
       <x:c r="B2019" s="3">
-        <x:v>491425.69</x:v>
+        <x:v>491358.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2020" spans="1:2">
       <x:c r="A2020" s="2">
-        <x:v>43083</x:v>
+        <x:v>43108</x:v>
       </x:c>
       <x:c r="B2020" s="3">
-        <x:v>491425.73</x:v>
+        <x:v>491362.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2021" spans="1:2">
       <x:c r="A2021" s="2">
-        <x:v>43082</x:v>
+        <x:v>43105</x:v>
       </x:c>
       <x:c r="B2021" s="3">
-        <x:v>491427.69</x:v>
+        <x:v>491365.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2022" spans="1:2">
       <x:c r="A2022" s="2">
-        <x:v>43081</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="B2022" s="3">
-        <x:v>491429.29</x:v>
+        <x:v>491375.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2023" spans="1:2">
       <x:c r="A2023" s="2">
-        <x:v>43080</x:v>
+        <x:v>43103</x:v>
       </x:c>
       <x:c r="B2023" s="3">
-        <x:v>491427.22</x:v>
+        <x:v>491379.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2024" spans="1:2">
       <x:c r="A2024" s="2">
-        <x:v>43077</x:v>
+        <x:v>43102</x:v>
       </x:c>
       <x:c r="B2024" s="3">
-        <x:v>491431.03</x:v>
+        <x:v>491383.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2025" spans="1:2">
       <x:c r="A2025" s="2">
-        <x:v>43076</x:v>
+        <x:v>43098</x:v>
       </x:c>
       <x:c r="B2025" s="3">
-        <x:v>491438.1</x:v>
+        <x:v>491387.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2026" spans="1:2">
       <x:c r="A2026" s="2">
-        <x:v>43075</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="B2026" s="3">
-        <x:v>491441.87</x:v>
+        <x:v>491401.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2027" spans="1:2">
       <x:c r="A2027" s="2">
-        <x:v>43074</x:v>
+        <x:v>43096</x:v>
       </x:c>
       <x:c r="B2027" s="3">
-        <x:v>491443.32</x:v>
+        <x:v>491404.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2028" spans="1:2">
       <x:c r="A2028" s="2">
-        <x:v>43073</x:v>
+        <x:v>43091</x:v>
       </x:c>
       <x:c r="B2028" s="3">
-        <x:v>491446.99</x:v>
+        <x:v>491405.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2029" spans="1:2">
       <x:c r="A2029" s="2">
-        <x:v>43070</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="B2029" s="3">
-        <x:v>491449.18</x:v>
+        <x:v>491411.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2030" spans="1:2">
       <x:c r="A2030" s="2">
-        <x:v>43069</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="B2030" s="3">
-        <x:v>491455.67</x:v>
+        <x:v>491415.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2031" spans="1:2">
       <x:c r="A2031" s="2">
-        <x:v>43068</x:v>
+        <x:v>43088</x:v>
       </x:c>
       <x:c r="B2031" s="3">
-        <x:v>491458.28</x:v>
+        <x:v>491418.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2032" spans="1:2">
       <x:c r="A2032" s="2">
-        <x:v>43067</x:v>
+        <x:v>43087</x:v>
       </x:c>
       <x:c r="B2032" s="3">
-        <x:v>491462.54</x:v>
+        <x:v>491423</x:v>
       </x:c>
     </x:row>
     <x:row r="2033" spans="1:2">
       <x:c r="A2033" s="2">
-        <x:v>43066</x:v>
+        <x:v>43084</x:v>
       </x:c>
       <x:c r="B2033" s="3">
-        <x:v>491466.41</x:v>
+        <x:v>491425.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2034" spans="1:2">
       <x:c r="A2034" s="2">
-        <x:v>43063</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="B2034" s="3">
-        <x:v>491470.63</x:v>
+        <x:v>491425.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2035" spans="1:2">
       <x:c r="A2035" s="2">
-        <x:v>43062</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="B2035" s="3">
-        <x:v>491479.62</x:v>
+        <x:v>491427.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2036" spans="1:2">
       <x:c r="A2036" s="2">
-        <x:v>43061</x:v>
+        <x:v>43081</x:v>
       </x:c>
       <x:c r="B2036" s="3">
-        <x:v>491483.82</x:v>
+        <x:v>491429.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2037" spans="1:2">
       <x:c r="A2037" s="2">
-        <x:v>43060</x:v>
+        <x:v>43080</x:v>
       </x:c>
       <x:c r="B2037" s="3">
-        <x:v>491486.63</x:v>
+        <x:v>491427.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2038" spans="1:2">
       <x:c r="A2038" s="2">
-        <x:v>43059</x:v>
+        <x:v>43077</x:v>
       </x:c>
       <x:c r="B2038" s="3">
-        <x:v>491490</x:v>
+        <x:v>491431.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2039" spans="1:2">
       <x:c r="A2039" s="2">
-        <x:v>43056</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="B2039" s="3">
-        <x:v>491494.04</x:v>
+        <x:v>491438.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2040" spans="1:2">
       <x:c r="A2040" s="2">
-        <x:v>43055</x:v>
+        <x:v>43075</x:v>
       </x:c>
       <x:c r="B2040" s="3">
-        <x:v>491503.58</x:v>
+        <x:v>491441.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2041" spans="1:2">
       <x:c r="A2041" s="2">
-        <x:v>43054</x:v>
+        <x:v>43074</x:v>
       </x:c>
       <x:c r="B2041" s="3">
-        <x:v>491507.77</x:v>
+        <x:v>491443.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2042" spans="1:2">
       <x:c r="A2042" s="2">
-        <x:v>43053</x:v>
+        <x:v>43073</x:v>
       </x:c>
       <x:c r="B2042" s="3">
-        <x:v>491511.94</x:v>
+        <x:v>491446.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2043" spans="1:2">
       <x:c r="A2043" s="2">
-        <x:v>43052</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="B2043" s="3">
-        <x:v>491516.12</x:v>
+        <x:v>491449.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2044" spans="1:2">
       <x:c r="A2044" s="2">
-        <x:v>43049</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B2044" s="3">
-        <x:v>491520.31</x:v>
+        <x:v>491455.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2045" spans="1:2">
       <x:c r="A2045" s="2">
-        <x:v>43048</x:v>
+        <x:v>43068</x:v>
       </x:c>
       <x:c r="B2045" s="3">
-        <x:v>491530.58</x:v>
+        <x:v>491458.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2046" spans="1:2">
       <x:c r="A2046" s="2">
-        <x:v>43047</x:v>
+        <x:v>43067</x:v>
       </x:c>
       <x:c r="B2046" s="3">
-        <x:v>491534.73</x:v>
+        <x:v>491462.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2047" spans="1:2">
       <x:c r="A2047" s="2">
-        <x:v>43046</x:v>
+        <x:v>43066</x:v>
       </x:c>
       <x:c r="B2047" s="3">
-        <x:v>491538.92</x:v>
+        <x:v>491466.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2048" spans="1:2">
       <x:c r="A2048" s="2">
-        <x:v>43045</x:v>
+        <x:v>43063</x:v>
       </x:c>
       <x:c r="B2048" s="3">
-        <x:v>491543.08</x:v>
+        <x:v>491470.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2049" spans="1:2">
       <x:c r="A2049" s="2">
-        <x:v>43042</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="B2049" s="3">
-        <x:v>491547.21</x:v>
+        <x:v>491479.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2050" spans="1:2">
       <x:c r="A2050" s="2">
-        <x:v>43041</x:v>
+        <x:v>43061</x:v>
       </x:c>
       <x:c r="B2050" s="3">
-        <x:v>491554.44</x:v>
+        <x:v>491483.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2051" spans="1:2">
       <x:c r="A2051" s="2">
-        <x:v>43039</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="B2051" s="3">
-        <x:v>491558.54</x:v>
+        <x:v>491486.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2052" spans="1:2">
       <x:c r="A2052" s="2">
-        <x:v>43038</x:v>
+        <x:v>43059</x:v>
       </x:c>
       <x:c r="B2052" s="3">
-        <x:v>491566.68</x:v>
+        <x:v>491490</x:v>
       </x:c>
     </x:row>
     <x:row r="2053" spans="1:2">
       <x:c r="A2053" s="2">
-        <x:v>43035</x:v>
+        <x:v>43056</x:v>
       </x:c>
       <x:c r="B2053" s="3">
-        <x:v>491567.33</x:v>
+        <x:v>491494.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2054" spans="1:2">
       <x:c r="A2054" s="2">
-        <x:v>43034</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="B2054" s="3">
-        <x:v>491572.94</x:v>
+        <x:v>491503.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2055" spans="1:2">
       <x:c r="A2055" s="2">
-        <x:v>43033</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B2055" s="3">
-        <x:v>491577.2</x:v>
+        <x:v>491507.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2056" spans="1:2">
       <x:c r="A2056" s="2">
-        <x:v>43032</x:v>
+        <x:v>43053</x:v>
       </x:c>
       <x:c r="B2056" s="3">
-        <x:v>491581.45</x:v>
+        <x:v>491511.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2057" spans="1:2">
       <x:c r="A2057" s="2">
-        <x:v>43031</x:v>
+        <x:v>43052</x:v>
       </x:c>
       <x:c r="B2057" s="3">
-        <x:v>491585.27</x:v>
+        <x:v>491516.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2058" spans="1:2">
       <x:c r="A2058" s="2">
-        <x:v>43028</x:v>
+        <x:v>43049</x:v>
       </x:c>
       <x:c r="B2058" s="3">
-        <x:v>491589.52</x:v>
+        <x:v>491520.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2059" spans="1:2">
       <x:c r="A2059" s="2">
-        <x:v>43027</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="B2059" s="3">
-        <x:v>491595.21</x:v>
+        <x:v>491530.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2060" spans="1:2">
       <x:c r="A2060" s="2">
-        <x:v>43026</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="B2060" s="3">
-        <x:v>491598.86</x:v>
+        <x:v>491534.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2061" spans="1:2">
       <x:c r="A2061" s="2">
-        <x:v>43025</x:v>
+        <x:v>43046</x:v>
       </x:c>
       <x:c r="B2061" s="3">
-        <x:v>491600.73</x:v>
+        <x:v>491538.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2062" spans="1:2">
       <x:c r="A2062" s="2">
-        <x:v>43024</x:v>
+        <x:v>43045</x:v>
       </x:c>
       <x:c r="B2062" s="3">
-        <x:v>491603.07</x:v>
+        <x:v>491543.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2063" spans="1:2">
       <x:c r="A2063" s="2">
-        <x:v>43021</x:v>
+        <x:v>43042</x:v>
       </x:c>
       <x:c r="B2063" s="3">
-        <x:v>491603.18</x:v>
+        <x:v>491547.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2064" spans="1:2">
       <x:c r="A2064" s="2">
-        <x:v>43020</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="B2064" s="3">
-        <x:v>491610.27</x:v>
+        <x:v>491554.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2065" spans="1:2">
       <x:c r="A2065" s="2">
-        <x:v>43019</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B2065" s="3">
-        <x:v>491613.6</x:v>
+        <x:v>491558.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2066" spans="1:2">
       <x:c r="A2066" s="2">
-        <x:v>43018</x:v>
+        <x:v>43038</x:v>
       </x:c>
       <x:c r="B2066" s="3">
-        <x:v>491616.61</x:v>
+        <x:v>491566.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2067" spans="1:2">
       <x:c r="A2067" s="2">
-        <x:v>43017</x:v>
+        <x:v>43035</x:v>
       </x:c>
       <x:c r="B2067" s="3">
-        <x:v>491620.8</x:v>
+        <x:v>491567.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2068" spans="1:2">
       <x:c r="A2068" s="2">
-        <x:v>43014</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="B2068" s="3">
-        <x:v>491622.78</x:v>
+        <x:v>491572.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2069" spans="1:2">
       <x:c r="A2069" s="2">
-        <x:v>43013</x:v>
+        <x:v>43033</x:v>
       </x:c>
       <x:c r="B2069" s="3">
-        <x:v>491628.55</x:v>
+        <x:v>491577.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2070" spans="1:2">
       <x:c r="A2070" s="2">
-        <x:v>43012</x:v>
+        <x:v>43032</x:v>
       </x:c>
       <x:c r="B2070" s="3">
-        <x:v>491630.21</x:v>
+        <x:v>491581.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2071" spans="1:2">
       <x:c r="A2071" s="2">
-        <x:v>43011</x:v>
+        <x:v>43031</x:v>
       </x:c>
       <x:c r="B2071" s="3">
-        <x:v>491634.06</x:v>
+        <x:v>491585.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2072" spans="1:2">
       <x:c r="A2072" s="2">
-        <x:v>43010</x:v>
+        <x:v>43028</x:v>
       </x:c>
       <x:c r="B2072" s="3">
-        <x:v>491636.73</x:v>
+        <x:v>491589.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2073" spans="1:2">
       <x:c r="A2073" s="2">
-        <x:v>43007</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="B2073" s="3">
-        <x:v>491639.07</x:v>
+        <x:v>491595.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2074" spans="1:2">
       <x:c r="A2074" s="2">
-        <x:v>43006</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="B2074" s="3">
-        <x:v>491643.91</x:v>
+        <x:v>491598.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2075" spans="1:2">
       <x:c r="A2075" s="2">
-        <x:v>43005</x:v>
+        <x:v>43025</x:v>
       </x:c>
       <x:c r="B2075" s="3">
-        <x:v>491647.77</x:v>
+        <x:v>491600.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2076" spans="1:2">
       <x:c r="A2076" s="2">
-        <x:v>43004</x:v>
+        <x:v>43024</x:v>
       </x:c>
       <x:c r="B2076" s="3">
-        <x:v>491649.61</x:v>
+        <x:v>491603.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2077" spans="1:2">
       <x:c r="A2077" s="2">
-        <x:v>43003</x:v>
+        <x:v>43021</x:v>
       </x:c>
       <x:c r="B2077" s="3">
-        <x:v>491652.15</x:v>
+        <x:v>491603.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2078" spans="1:2">
       <x:c r="A2078" s="2">
-        <x:v>43000</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="B2078" s="3">
-        <x:v>491654.32</x:v>
+        <x:v>491610.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2079" spans="1:2">
       <x:c r="A2079" s="2">
-        <x:v>42999</x:v>
+        <x:v>43019</x:v>
       </x:c>
       <x:c r="B2079" s="3">
-        <x:v>491660.69</x:v>
+        <x:v>491613.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2080" spans="1:2">
       <x:c r="A2080" s="2">
-        <x:v>42998</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="B2080" s="3">
-        <x:v>491663.99</x:v>
+        <x:v>491616.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2081" spans="1:2">
       <x:c r="A2081" s="2">
-        <x:v>42997</x:v>
+        <x:v>43017</x:v>
       </x:c>
       <x:c r="B2081" s="3">
-        <x:v>491665.22</x:v>
+        <x:v>491620.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2082" spans="1:2">
       <x:c r="A2082" s="2">
-        <x:v>42996</x:v>
+        <x:v>43014</x:v>
       </x:c>
       <x:c r="B2082" s="3">
-        <x:v>491668.47</x:v>
+        <x:v>491622.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2083" spans="1:2">
       <x:c r="A2083" s="2">
-        <x:v>42993</x:v>
+        <x:v>43013</x:v>
       </x:c>
       <x:c r="B2083" s="3">
-        <x:v>491672.71</x:v>
+        <x:v>491628.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2084" spans="1:2">
       <x:c r="A2084" s="2">
-        <x:v>42992</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="B2084" s="3">
-        <x:v>491678.66</x:v>
+        <x:v>491630.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2085" spans="1:2">
       <x:c r="A2085" s="2">
-        <x:v>42991</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="B2085" s="3">
-        <x:v>491682.39</x:v>
+        <x:v>491634.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2086" spans="1:2">
       <x:c r="A2086" s="2">
-        <x:v>42990</x:v>
+        <x:v>43010</x:v>
       </x:c>
       <x:c r="B2086" s="3">
-        <x:v>491685.88</x:v>
+        <x:v>491636.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2087" spans="1:2">
       <x:c r="A2087" s="2">
-        <x:v>42989</x:v>
+        <x:v>43007</x:v>
       </x:c>
       <x:c r="B2087" s="3">
-        <x:v>491690.07</x:v>
+        <x:v>491639.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2088" spans="1:2">
       <x:c r="A2088" s="2">
-        <x:v>42986</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="B2088" s="3">
-        <x:v>491691.4</x:v>
+        <x:v>491643.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2089" spans="1:2">
       <x:c r="A2089" s="2">
-        <x:v>42985</x:v>
+        <x:v>43005</x:v>
       </x:c>
       <x:c r="B2089" s="3">
-        <x:v>491697.41</x:v>
+        <x:v>491647.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2090" spans="1:2">
       <x:c r="A2090" s="2">
-        <x:v>42984</x:v>
+        <x:v>43004</x:v>
       </x:c>
       <x:c r="B2090" s="3">
-        <x:v>491700.5</x:v>
+        <x:v>491649.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2091" spans="1:2">
       <x:c r="A2091" s="2">
-        <x:v>42983</x:v>
+        <x:v>43003</x:v>
       </x:c>
       <x:c r="B2091" s="3">
-        <x:v>491701.97</x:v>
+        <x:v>491652.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2092" spans="1:2">
       <x:c r="A2092" s="2">
-        <x:v>42982</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="B2092" s="3">
-        <x:v>491703.12</x:v>
+        <x:v>491654.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2093" spans="1:2">
       <x:c r="A2093" s="2">
-        <x:v>42979</x:v>
+        <x:v>42999</x:v>
       </x:c>
       <x:c r="B2093" s="3">
-        <x:v>491707.31</x:v>
+        <x:v>491660.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2094" spans="1:2">
       <x:c r="A2094" s="2">
-        <x:v>42978</x:v>
+        <x:v>42998</x:v>
       </x:c>
       <x:c r="B2094" s="3">
-        <x:v>491717.24</x:v>
+        <x:v>491663.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2095" spans="1:2">
       <x:c r="A2095" s="2">
-        <x:v>42977</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="B2095" s="3">
-        <x:v>491721.48</x:v>
+        <x:v>491665.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2096" spans="1:2">
       <x:c r="A2096" s="2">
-        <x:v>42976</x:v>
+        <x:v>42996</x:v>
       </x:c>
       <x:c r="B2096" s="3">
-        <x:v>491724.33</x:v>
+        <x:v>491668.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2097" spans="1:2">
       <x:c r="A2097" s="2">
-        <x:v>42975</x:v>
+        <x:v>42993</x:v>
       </x:c>
       <x:c r="B2097" s="3">
-        <x:v>491726.62</x:v>
+        <x:v>491672.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2098" spans="1:2">
       <x:c r="A2098" s="2">
-        <x:v>42972</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="B2098" s="3">
-        <x:v>491730.81</x:v>
+        <x:v>491678.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2099" spans="1:2">
       <x:c r="A2099" s="2">
-        <x:v>42971</x:v>
+        <x:v>42991</x:v>
       </x:c>
       <x:c r="B2099" s="3">
-        <x:v>491740.08</x:v>
+        <x:v>491682.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2100" spans="1:2">
       <x:c r="A2100" s="2">
-        <x:v>42970</x:v>
+        <x:v>42990</x:v>
       </x:c>
       <x:c r="B2100" s="3">
-        <x:v>491741.06</x:v>
+        <x:v>491685.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2101" spans="1:2">
       <x:c r="A2101" s="2">
-        <x:v>42969</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="B2101" s="3">
-        <x:v>491743.08</x:v>
+        <x:v>491690.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2102" spans="1:2">
       <x:c r="A2102" s="2">
-        <x:v>42968</x:v>
+        <x:v>42986</x:v>
       </x:c>
       <x:c r="B2102" s="3">
-        <x:v>491746.81</x:v>
+        <x:v>491691.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2103" spans="1:2">
       <x:c r="A2103" s="2">
-        <x:v>42965</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="B2103" s="3">
-        <x:v>491749.13</x:v>
+        <x:v>491697.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2104" spans="1:2">
       <x:c r="A2104" s="2">
-        <x:v>42964</x:v>
+        <x:v>42984</x:v>
       </x:c>
       <x:c r="B2104" s="3">
-        <x:v>491749.74</x:v>
+        <x:v>491700.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2105" spans="1:2">
       <x:c r="A2105" s="2">
-        <x:v>42963</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="B2105" s="3">
-        <x:v>491753.05</x:v>
+        <x:v>491701.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2106" spans="1:2">
       <x:c r="A2106" s="2">
-        <x:v>42961</x:v>
+        <x:v>42982</x:v>
       </x:c>
       <x:c r="B2106" s="3">
-        <x:v>491754.39</x:v>
+        <x:v>491703.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2107" spans="1:2">
       <x:c r="A2107" s="2">
-        <x:v>42958</x:v>
+        <x:v>42979</x:v>
       </x:c>
       <x:c r="B2107" s="3">
-        <x:v>491757.83</x:v>
+        <x:v>491707.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2108" spans="1:2">
       <x:c r="A2108" s="2">
-        <x:v>42957</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B2108" s="3">
-        <x:v>491770.25</x:v>
+        <x:v>491717.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2109" spans="1:2">
       <x:c r="A2109" s="2">
-        <x:v>42956</x:v>
+        <x:v>42977</x:v>
       </x:c>
       <x:c r="B2109" s="3">
-        <x:v>491774.4</x:v>
+        <x:v>491721.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2110" spans="1:2">
       <x:c r="A2110" s="2">
-        <x:v>42955</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="B2110" s="3">
-        <x:v>491773.24</x:v>
+        <x:v>491724.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2111" spans="1:2">
       <x:c r="A2111" s="2">
-        <x:v>42954</x:v>
+        <x:v>42975</x:v>
       </x:c>
       <x:c r="B2111" s="3">
-        <x:v>491777.38</x:v>
+        <x:v>491726.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2112" spans="1:2">
       <x:c r="A2112" s="2">
-        <x:v>42951</x:v>
+        <x:v>42972</x:v>
       </x:c>
       <x:c r="B2112" s="3">
-        <x:v>491779.85</x:v>
+        <x:v>491730.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2113" spans="1:2">
       <x:c r="A2113" s="2">
-        <x:v>42950</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="B2113" s="3">
-        <x:v>491786.37</x:v>
+        <x:v>491740.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2114" spans="1:2">
       <x:c r="A2114" s="2">
-        <x:v>42949</x:v>
+        <x:v>42970</x:v>
       </x:c>
       <x:c r="B2114" s="3">
-        <x:v>491790.52</x:v>
+        <x:v>491741.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2115" spans="1:2">
       <x:c r="A2115" s="2">
-        <x:v>42948</x:v>
+        <x:v>42969</x:v>
       </x:c>
       <x:c r="B2115" s="3">
-        <x:v>491794.7</x:v>
+        <x:v>491743.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2116" spans="1:2">
       <x:c r="A2116" s="2">
-        <x:v>42947</x:v>
+        <x:v>42968</x:v>
       </x:c>
       <x:c r="B2116" s="3">
-        <x:v>491798.77</x:v>
+        <x:v>491746.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2117" spans="1:2">
       <x:c r="A2117" s="2">
-        <x:v>42944</x:v>
+        <x:v>42965</x:v>
       </x:c>
       <x:c r="B2117" s="3">
-        <x:v>491803</x:v>
+        <x:v>491749.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2118" spans="1:2">
       <x:c r="A2118" s="2">
-        <x:v>42943</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="B2118" s="3">
-        <x:v>491794.05</x:v>
+        <x:v>491749.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2119" spans="1:2">
       <x:c r="A2119" s="2">
-        <x:v>42942</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="B2119" s="3">
-        <x:v>491786.25</x:v>
+        <x:v>491753.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2120" spans="1:2">
       <x:c r="A2120" s="2">
-        <x:v>42941</x:v>
+        <x:v>42961</x:v>
       </x:c>
       <x:c r="B2120" s="3">
-        <x:v>491781.68</x:v>
+        <x:v>491754.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2121" spans="1:2">
       <x:c r="A2121" s="2">
-        <x:v>42940</x:v>
+        <x:v>42958</x:v>
       </x:c>
       <x:c r="B2121" s="3">
-        <x:v>491785.08</x:v>
+        <x:v>491757.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2122" spans="1:2">
       <x:c r="A2122" s="2">
-        <x:v>42937</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="B2122" s="3">
-        <x:v>491787.63</x:v>
+        <x:v>491770.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2123" spans="1:2">
       <x:c r="A2123" s="2">
-        <x:v>42936</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="B2123" s="3">
-        <x:v>491796.23</x:v>
+        <x:v>491774.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2124" spans="1:2">
       <x:c r="A2124" s="2">
-        <x:v>42935</x:v>
+        <x:v>42955</x:v>
       </x:c>
       <x:c r="B2124" s="3">
-        <x:v>491800.5</x:v>
+        <x:v>491773.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2125" spans="1:2">
       <x:c r="A2125" s="2">
-        <x:v>42934</x:v>
+        <x:v>42954</x:v>
       </x:c>
       <x:c r="B2125" s="3">
-        <x:v>491802.27</x:v>
+        <x:v>491777.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2126" spans="1:2">
       <x:c r="A2126" s="2">
-        <x:v>42933</x:v>
+        <x:v>42951</x:v>
       </x:c>
       <x:c r="B2126" s="3">
-        <x:v>491802.14</x:v>
+        <x:v>491779.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2127" spans="1:2">
       <x:c r="A2127" s="2">
-        <x:v>42929</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="B2127" s="3">
-        <x:v>491799.41</x:v>
+        <x:v>491786.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2128" spans="1:2">
       <x:c r="A2128" s="2">
-        <x:v>42928</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="B2128" s="3">
-        <x:v>491808.99</x:v>
+        <x:v>491790.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2129" spans="1:2">
       <x:c r="A2129" s="2">
-        <x:v>42927</x:v>
+        <x:v>42948</x:v>
       </x:c>
       <x:c r="B2129" s="3">
-        <x:v>491813.22</x:v>
+        <x:v>491794.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2130" spans="1:2">
       <x:c r="A2130" s="2">
-        <x:v>42926</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B2130" s="3">
-        <x:v>491816.88</x:v>
+        <x:v>491798.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2131" spans="1:2">
       <x:c r="A2131" s="2">
-        <x:v>42923</x:v>
+        <x:v>42944</x:v>
       </x:c>
       <x:c r="B2131" s="3">
-        <x:v>491820.44</x:v>
+        <x:v>491803</x:v>
       </x:c>
     </x:row>
     <x:row r="2132" spans="1:2">
       <x:c r="A2132" s="2">
-        <x:v>42922</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="B2132" s="3">
-        <x:v>491828.99</x:v>
+        <x:v>491794.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2133" spans="1:2">
       <x:c r="A2133" s="2">
-        <x:v>42921</x:v>
+        <x:v>42942</x:v>
       </x:c>
       <x:c r="B2133" s="3">
-        <x:v>491833.19</x:v>
+        <x:v>491786.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2134" spans="1:2">
       <x:c r="A2134" s="2">
-        <x:v>42920</x:v>
+        <x:v>42941</x:v>
       </x:c>
       <x:c r="B2134" s="3">
-        <x:v>491837.38</x:v>
+        <x:v>491781.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2135" spans="1:2">
       <x:c r="A2135" s="2">
-        <x:v>42919</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="B2135" s="3">
-        <x:v>491841.12</x:v>
+        <x:v>491785.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2136" spans="1:2">
       <x:c r="A2136" s="2">
-        <x:v>42916</x:v>
+        <x:v>42937</x:v>
       </x:c>
       <x:c r="B2136" s="3">
-        <x:v>491845.13</x:v>
+        <x:v>491787.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2137" spans="1:2">
       <x:c r="A2137" s="2">
-        <x:v>42915</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="B2137" s="3">
-        <x:v>491853.74</x:v>
+        <x:v>491796.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2138" spans="1:2">
       <x:c r="A2138" s="2">
-        <x:v>42914</x:v>
+        <x:v>42935</x:v>
       </x:c>
       <x:c r="B2138" s="3">
-        <x:v>491856.64</x:v>
+        <x:v>491800.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2139" spans="1:2">
       <x:c r="A2139" s="2">
-        <x:v>42913</x:v>
+        <x:v>42934</x:v>
       </x:c>
       <x:c r="B2139" s="3">
-        <x:v>491856.19</x:v>
+        <x:v>491802.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2140" spans="1:2">
       <x:c r="A2140" s="2">
-        <x:v>42912</x:v>
+        <x:v>42933</x:v>
       </x:c>
       <x:c r="B2140" s="3">
-        <x:v>491859.08</x:v>
+        <x:v>491802.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2141" spans="1:2">
       <x:c r="A2141" s="2">
-        <x:v>42909</x:v>
+        <x:v>42929</x:v>
       </x:c>
       <x:c r="B2141" s="3">
-        <x:v>491861.98</x:v>
+        <x:v>491799.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2142" spans="1:2">
       <x:c r="A2142" s="2">
-        <x:v>42908</x:v>
+        <x:v>42928</x:v>
       </x:c>
       <x:c r="B2142" s="3">
-        <x:v>491854.45</x:v>
+        <x:v>491808.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2143" spans="1:2">
       <x:c r="A2143" s="2">
-        <x:v>42907</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="B2143" s="3">
-        <x:v>491853.33</x:v>
+        <x:v>491813.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2144" spans="1:2">
       <x:c r="A2144" s="2">
-        <x:v>42906</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="B2144" s="3">
-        <x:v>491848.63</x:v>
+        <x:v>491816.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2145" spans="1:2">
       <x:c r="A2145" s="2">
-        <x:v>42905</x:v>
+        <x:v>42923</x:v>
       </x:c>
       <x:c r="B2145" s="3">
-        <x:v>491850.83</x:v>
+        <x:v>491820.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2146" spans="1:2">
       <x:c r="A2146" s="2">
-        <x:v>42902</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="B2146" s="3">
-        <x:v>491853.63</x:v>
+        <x:v>491828.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2147" spans="1:2">
       <x:c r="A2147" s="2">
-        <x:v>42901</x:v>
+        <x:v>42921</x:v>
       </x:c>
       <x:c r="B2147" s="3">
-        <x:v>491857.88</x:v>
+        <x:v>491833.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2148" spans="1:2">
       <x:c r="A2148" s="2">
-        <x:v>42900</x:v>
+        <x:v>42920</x:v>
       </x:c>
       <x:c r="B2148" s="3">
-        <x:v>491860.72</x:v>
+        <x:v>491837.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2149" spans="1:2">
       <x:c r="A2149" s="2">
-        <x:v>42899</x:v>
+        <x:v>42919</x:v>
       </x:c>
       <x:c r="B2149" s="3">
-        <x:v>491863.56</x:v>
+        <x:v>491841.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2150" spans="1:2">
       <x:c r="A2150" s="2">
-        <x:v>42898</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B2150" s="3">
-        <x:v>491865.61</x:v>
+        <x:v>491845.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2151" spans="1:2">
       <x:c r="A2151" s="2">
-        <x:v>42895</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="B2151" s="3">
-        <x:v>491868.4</x:v>
+        <x:v>491853.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2152" spans="1:2">
       <x:c r="A2152" s="2">
-        <x:v>42894</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="B2152" s="3">
-        <x:v>491875.02</x:v>
+        <x:v>491856.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2153" spans="1:2">
       <x:c r="A2153" s="2">
-        <x:v>42893</x:v>
+        <x:v>42913</x:v>
       </x:c>
       <x:c r="B2153" s="3">
-        <x:v>491877.4</x:v>
+        <x:v>491856.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2154" spans="1:2">
       <x:c r="A2154" s="2">
-        <x:v>42892</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="B2154" s="3">
-        <x:v>491879.84</x:v>
+        <x:v>491859.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2155" spans="1:2">
       <x:c r="A2155" s="2">
-        <x:v>42888</x:v>
+        <x:v>42909</x:v>
       </x:c>
       <x:c r="B2155" s="3">
-        <x:v>491881.4</x:v>
+        <x:v>491861.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2156" spans="1:2">
       <x:c r="A2156" s="2">
-        <x:v>42887</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="B2156" s="3">
-        <x:v>491884.32</x:v>
+        <x:v>491854.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2157" spans="1:2">
       <x:c r="A2157" s="2">
-        <x:v>42886</x:v>
+        <x:v>42907</x:v>
       </x:c>
       <x:c r="B2157" s="3">
-        <x:v>491887.02</x:v>
+        <x:v>491853.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2158" spans="1:2">
       <x:c r="A2158" s="2">
-        <x:v>42885</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="B2158" s="3">
-        <x:v>491888.36</x:v>
+        <x:v>491848.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2159" spans="1:2">
       <x:c r="A2159" s="2">
-        <x:v>42884</x:v>
+        <x:v>42905</x:v>
       </x:c>
       <x:c r="B2159" s="3">
-        <x:v>491891.04</x:v>
+        <x:v>491850.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2160" spans="1:2">
       <x:c r="A2160" s="2">
-        <x:v>42881</x:v>
+        <x:v>42902</x:v>
       </x:c>
       <x:c r="B2160" s="3">
-        <x:v>491893.9</x:v>
+        <x:v>491853.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2161" spans="1:2">
       <x:c r="A2161" s="2">
-        <x:v>42879</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B2161" s="3">
-        <x:v>491901.22</x:v>
+        <x:v>491857.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2162" spans="1:2">
       <x:c r="A2162" s="2">
-        <x:v>42878</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="B2162" s="3">
-        <x:v>491906.96</x:v>
+        <x:v>491860.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2163" spans="1:2">
       <x:c r="A2163" s="2">
-        <x:v>42877</x:v>
+        <x:v>42899</x:v>
       </x:c>
       <x:c r="B2163" s="3">
-        <x:v>491909.81</x:v>
+        <x:v>491863.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2164" spans="1:2">
       <x:c r="A2164" s="2">
-        <x:v>42874</x:v>
+        <x:v>42898</x:v>
       </x:c>
       <x:c r="B2164" s="3">
-        <x:v>491912.68</x:v>
+        <x:v>491865.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2165" spans="1:2">
       <x:c r="A2165" s="2">
-        <x:v>42873</x:v>
+        <x:v>42895</x:v>
       </x:c>
       <x:c r="B2165" s="3">
-        <x:v>491919.35</x:v>
+        <x:v>491868.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2166" spans="1:2">
       <x:c r="A2166" s="2">
-        <x:v>42872</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="B2166" s="3">
-        <x:v>491913.32</x:v>
+        <x:v>491875.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2167" spans="1:2">
       <x:c r="A2167" s="2">
-        <x:v>42871</x:v>
+        <x:v>42893</x:v>
       </x:c>
       <x:c r="B2167" s="3">
-        <x:v>491912.28</x:v>
+        <x:v>491877.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2168" spans="1:2">
       <x:c r="A2168" s="2">
-        <x:v>42870</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="B2168" s="3">
-        <x:v>491915.12</x:v>
+        <x:v>491879.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2169" spans="1:2">
       <x:c r="A2169" s="2">
-        <x:v>42867</x:v>
+        <x:v>42888</x:v>
       </x:c>
       <x:c r="B2169" s="3">
-        <x:v>491908.08</x:v>
+        <x:v>491881.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2170" spans="1:2">
       <x:c r="A2170" s="2">
-        <x:v>42866</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="B2170" s="3">
-        <x:v>491916.36</x:v>
+        <x:v>491884.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2171" spans="1:2">
       <x:c r="A2171" s="2">
-        <x:v>42865</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B2171" s="3">
-        <x:v>491919.12</x:v>
+        <x:v>491887.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2172" spans="1:2">
       <x:c r="A2172" s="2">
-        <x:v>42864</x:v>
+        <x:v>42885</x:v>
       </x:c>
       <x:c r="B2172" s="3">
-        <x:v>491921.13</x:v>
+        <x:v>491888.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2173" spans="1:2">
       <x:c r="A2173" s="2">
-        <x:v>42860</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="B2173" s="3">
-        <x:v>491923.94</x:v>
+        <x:v>491891.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2174" spans="1:2">
       <x:c r="A2174" s="2">
-        <x:v>42859</x:v>
+        <x:v>42881</x:v>
       </x:c>
       <x:c r="B2174" s="3">
-        <x:v>491932.65</x:v>
+        <x:v>491893.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2175" spans="1:2">
       <x:c r="A2175" s="2">
-        <x:v>42858</x:v>
+        <x:v>42879</x:v>
       </x:c>
       <x:c r="B2175" s="3">
-        <x:v>491935.48</x:v>
+        <x:v>491901.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2176" spans="1:2">
       <x:c r="A2176" s="2">
-        <x:v>42857</x:v>
+        <x:v>42878</x:v>
       </x:c>
       <x:c r="B2176" s="3">
-        <x:v>491937.98</x:v>
+        <x:v>491906.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2177" spans="1:2">
       <x:c r="A2177" s="2">
-        <x:v>42853</x:v>
+        <x:v>42877</x:v>
       </x:c>
       <x:c r="B2177" s="3">
-        <x:v>491935.3</x:v>
+        <x:v>491909.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2178" spans="1:2">
       <x:c r="A2178" s="2">
-        <x:v>42852</x:v>
+        <x:v>42874</x:v>
       </x:c>
       <x:c r="B2178" s="3">
-        <x:v>491945.74</x:v>
+        <x:v>491912.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2179" spans="1:2">
       <x:c r="A2179" s="2">
-        <x:v>42851</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="B2179" s="3">
-        <x:v>491948.65</x:v>
+        <x:v>491919.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2180" spans="1:2">
       <x:c r="A2180" s="2">
-        <x:v>42850</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="B2180" s="3">
-        <x:v>491945.21</x:v>
+        <x:v>491913.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2181" spans="1:2">
       <x:c r="A2181" s="2">
-        <x:v>42849</x:v>
+        <x:v>42871</x:v>
       </x:c>
       <x:c r="B2181" s="3">
-        <x:v>491947.01</x:v>
+        <x:v>491912.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2182" spans="1:2">
       <x:c r="A2182" s="2">
-        <x:v>42846</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B2182" s="3">
-        <x:v>492360.94</x:v>
+        <x:v>491915.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2183" spans="1:2">
       <x:c r="A2183" s="2">
-        <x:v>42845</x:v>
+        <x:v>42867</x:v>
       </x:c>
       <x:c r="B2183" s="3">
-        <x:v>492369.48</x:v>
+        <x:v>491908.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2184" spans="1:2">
       <x:c r="A2184" s="2">
-        <x:v>42844</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="B2184" s="3">
-        <x:v>492372.33</x:v>
+        <x:v>491916.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2185" spans="1:2">
       <x:c r="A2185" s="2">
-        <x:v>42843</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="B2185" s="3">
-        <x:v>492375.19</x:v>
+        <x:v>491919.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2186" spans="1:2">
       <x:c r="A2186" s="2">
-        <x:v>42838</x:v>
+        <x:v>42864</x:v>
       </x:c>
       <x:c r="B2186" s="3">
-        <x:v>492376.85</x:v>
+        <x:v>491921.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2187" spans="1:2">
       <x:c r="A2187" s="2">
-        <x:v>42837</x:v>
+        <x:v>42860</x:v>
       </x:c>
       <x:c r="B2187" s="3">
-        <x:v>492385.72</x:v>
+        <x:v>491923.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2188" spans="1:2">
       <x:c r="A2188" s="2">
-        <x:v>42836</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="B2188" s="3">
-        <x:v>492388.56</x:v>
+        <x:v>491932.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2189" spans="1:2">
       <x:c r="A2189" s="2">
-        <x:v>42835</x:v>
+        <x:v>42858</x:v>
       </x:c>
       <x:c r="B2189" s="3">
-        <x:v>492390.9</x:v>
+        <x:v>491935.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2190" spans="1:2">
       <x:c r="A2190" s="2">
-        <x:v>42832</x:v>
+        <x:v>42857</x:v>
       </x:c>
       <x:c r="B2190" s="3">
-        <x:v>492390.7</x:v>
+        <x:v>491937.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2191" spans="1:2">
       <x:c r="A2191" s="2">
-        <x:v>42831</x:v>
+        <x:v>42853</x:v>
       </x:c>
       <x:c r="B2191" s="3">
-        <x:v>492397.01</x:v>
+        <x:v>491935.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2192" spans="1:2">
       <x:c r="A2192" s="2">
-        <x:v>42830</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="B2192" s="3">
-        <x:v>492398.9</x:v>
+        <x:v>491945.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2193" spans="1:2">
       <x:c r="A2193" s="2">
-        <x:v>42829</x:v>
+        <x:v>42851</x:v>
       </x:c>
       <x:c r="B2193" s="3">
-        <x:v>492401.65</x:v>
+        <x:v>491948.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2194" spans="1:2">
       <x:c r="A2194" s="2">
-        <x:v>42828</x:v>
+        <x:v>42850</x:v>
       </x:c>
       <x:c r="B2194" s="3">
-        <x:v>492403.6</x:v>
+        <x:v>491945.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2195" spans="1:2">
       <x:c r="A2195" s="2">
-        <x:v>42825</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="B2195" s="3">
-        <x:v>492406.4</x:v>
+        <x:v>491947.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2196" spans="1:2">
       <x:c r="A2196" s="2">
-        <x:v>42824</x:v>
+        <x:v>42846</x:v>
       </x:c>
       <x:c r="B2196" s="3">
-        <x:v>492410.55</x:v>
+        <x:v>492360.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2197" spans="1:2">
       <x:c r="A2197" s="2">
-        <x:v>42823</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="B2197" s="3">
-        <x:v>492413.38</x:v>
+        <x:v>492369.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2198" spans="1:2">
       <x:c r="A2198" s="2">
-        <x:v>42822</x:v>
+        <x:v>42844</x:v>
       </x:c>
       <x:c r="B2198" s="3">
-        <x:v>492415.21</x:v>
+        <x:v>492372.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2199" spans="1:2">
       <x:c r="A2199" s="2">
-        <x:v>42821</x:v>
+        <x:v>42843</x:v>
       </x:c>
       <x:c r="B2199" s="3">
-        <x:v>492418.04</x:v>
+        <x:v>492375.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2200" spans="1:2">
       <x:c r="A2200" s="2">
-        <x:v>42818</x:v>
+        <x:v>42838</x:v>
       </x:c>
       <x:c r="B2200" s="3">
-        <x:v>492419.96</x:v>
+        <x:v>492376.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2201" spans="1:2">
       <x:c r="A2201" s="2">
-        <x:v>42817</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="B2201" s="3">
-        <x:v>492425.37</x:v>
+        <x:v>492385.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2202" spans="1:2">
       <x:c r="A2202" s="2">
-        <x:v>42816</x:v>
+        <x:v>42836</x:v>
       </x:c>
       <x:c r="B2202" s="3">
-        <x:v>492428.2</x:v>
+        <x:v>492388.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2203" spans="1:2">
       <x:c r="A2203" s="2">
-        <x:v>42815</x:v>
+        <x:v>42835</x:v>
       </x:c>
       <x:c r="B2203" s="3">
-        <x:v>492430.32</x:v>
+        <x:v>492390.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2204" spans="1:2">
       <x:c r="A2204" s="2">
-        <x:v>42814</x:v>
+        <x:v>42832</x:v>
       </x:c>
       <x:c r="B2204" s="3">
-        <x:v>492432.69</x:v>
+        <x:v>492390.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2205" spans="1:2">
       <x:c r="A2205" s="2">
-        <x:v>42811</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="B2205" s="3">
-        <x:v>492435.46</x:v>
+        <x:v>492397.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2206" spans="1:2">
       <x:c r="A2206" s="2">
-        <x:v>42810</x:v>
+        <x:v>42830</x:v>
       </x:c>
       <x:c r="B2206" s="3">
-        <x:v>492442.02</x:v>
+        <x:v>492398.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2207" spans="1:2">
       <x:c r="A2207" s="2">
-        <x:v>42809</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="B2207" s="3">
-        <x:v>492440.51</x:v>
+        <x:v>492401.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2208" spans="1:2">
       <x:c r="A2208" s="2">
-        <x:v>42808</x:v>
+        <x:v>42828</x:v>
       </x:c>
       <x:c r="B2208" s="3">
-        <x:v>492442.45</x:v>
+        <x:v>492403.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2209" spans="1:2">
       <x:c r="A2209" s="2">
-        <x:v>42807</x:v>
+        <x:v>42825</x:v>
       </x:c>
       <x:c r="B2209" s="3">
-        <x:v>492437.6</x:v>
+        <x:v>492406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2210" spans="1:2">
       <x:c r="A2210" s="2">
-        <x:v>42804</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="B2210" s="3">
-        <x:v>492440.34</x:v>
+        <x:v>492410.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2211" spans="1:2">
       <x:c r="A2211" s="2">
-        <x:v>42803</x:v>
+        <x:v>42823</x:v>
       </x:c>
       <x:c r="B2211" s="3">
-        <x:v>492444.96</x:v>
+        <x:v>492413.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2212" spans="1:2">
       <x:c r="A2212" s="2">
-        <x:v>42802</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="B2212" s="3">
-        <x:v>492445.85</x:v>
+        <x:v>492415.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2213" spans="1:2">
       <x:c r="A2213" s="2">
-        <x:v>42801</x:v>
+        <x:v>42821</x:v>
       </x:c>
       <x:c r="B2213" s="3">
-        <x:v>492442.03</x:v>
+        <x:v>492418.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2214" spans="1:2">
       <x:c r="A2214" s="2">
-        <x:v>42800</x:v>
+        <x:v>42818</x:v>
       </x:c>
       <x:c r="B2214" s="3">
-        <x:v>492444.91</x:v>
+        <x:v>492419.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2215" spans="1:2">
       <x:c r="A2215" s="2">
-        <x:v>42797</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="B2215" s="3">
-        <x:v>492441.81</x:v>
+        <x:v>492425.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2216" spans="1:2">
       <x:c r="A2216" s="2">
-        <x:v>42796</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="B2216" s="3">
-        <x:v>492449.83</x:v>
+        <x:v>492428.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2217" spans="1:2">
       <x:c r="A2217" s="2">
-        <x:v>42795</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="B2217" s="3">
-        <x:v>492447.06</x:v>
+        <x:v>492430.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2218" spans="1:2">
       <x:c r="A2218" s="2">
-        <x:v>42794</x:v>
+        <x:v>42814</x:v>
       </x:c>
       <x:c r="B2218" s="3">
-        <x:v>492449.53</x:v>
+        <x:v>492432.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2219" spans="1:2">
       <x:c r="A2219" s="2">
-        <x:v>42793</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="B2219" s="3">
-        <x:v>492452.54</x:v>
+        <x:v>492435.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2220" spans="1:2">
       <x:c r="A2220" s="2">
-        <x:v>42790</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="B2220" s="3">
-        <x:v>492455.55</x:v>
+        <x:v>492442.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2221" spans="1:2">
       <x:c r="A2221" s="2">
-        <x:v>42789</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B2221" s="3">
-        <x:v>492464.34</x:v>
+        <x:v>492440.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2222" spans="1:2">
       <x:c r="A2222" s="2">
-        <x:v>42788</x:v>
+        <x:v>42808</x:v>
       </x:c>
       <x:c r="B2222" s="3">
-        <x:v>492467.35</x:v>
+        <x:v>492442.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2223" spans="1:2">
       <x:c r="A2223" s="2">
-        <x:v>42787</x:v>
+        <x:v>42807</x:v>
       </x:c>
       <x:c r="B2223" s="3">
-        <x:v>492470.36</x:v>
+        <x:v>492437.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2224" spans="1:2">
       <x:c r="A2224" s="2">
-        <x:v>42786</x:v>
+        <x:v>42804</x:v>
       </x:c>
       <x:c r="B2224" s="3">
-        <x:v>492473.25</x:v>
+        <x:v>492440.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2225" spans="1:2">
       <x:c r="A2225" s="2">
-        <x:v>42783</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="B2225" s="3">
-        <x:v>492476.26</x:v>
+        <x:v>492444.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2226" spans="1:2">
       <x:c r="A2226" s="2">
-        <x:v>42782</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="B2226" s="3">
-        <x:v>492481.27</x:v>
+        <x:v>492445.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2227" spans="1:2">
       <x:c r="A2227" s="2">
-        <x:v>42781</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="B2227" s="3">
-        <x:v>492484.28</x:v>
+        <x:v>492442.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2228" spans="1:2">
       <x:c r="A2228" s="2">
-        <x:v>42780</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="B2228" s="3">
-        <x:v>492482.17</x:v>
+        <x:v>492444.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2229" spans="1:2">
       <x:c r="A2229" s="2">
-        <x:v>42779</x:v>
+        <x:v>42797</x:v>
       </x:c>
       <x:c r="B2229" s="3">
-        <x:v>492482.55</x:v>
+        <x:v>492441.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2230" spans="1:2">
       <x:c r="A2230" s="2">
-        <x:v>42776</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="B2230" s="3">
-        <x:v>492484.62</x:v>
+        <x:v>492449.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2231" spans="1:2">
       <x:c r="A2231" s="2">
-        <x:v>42775</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="B2231" s="3">
-        <x:v>492486.41</x:v>
+        <x:v>492447.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2232" spans="1:2">
       <x:c r="A2232" s="2">
-        <x:v>42774</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B2232" s="3">
-        <x:v>492484.38</x:v>
+        <x:v>492449.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2233" spans="1:2">
       <x:c r="A2233" s="2">
-        <x:v>42773</x:v>
+        <x:v>42793</x:v>
       </x:c>
       <x:c r="B2233" s="3">
-        <x:v>492479.25</x:v>
+        <x:v>492452.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2234" spans="1:2">
       <x:c r="A2234" s="2">
-        <x:v>42772</x:v>
+        <x:v>42790</x:v>
       </x:c>
       <x:c r="B2234" s="3">
-        <x:v>492469.28</x:v>
+        <x:v>492455.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2235" spans="1:2">
       <x:c r="A2235" s="2">
-        <x:v>42769</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="B2235" s="3">
-        <x:v>492465.97</x:v>
+        <x:v>492464.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2236" spans="1:2">
       <x:c r="A2236" s="2">
-        <x:v>42768</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="B2236" s="3">
-        <x:v>492468.36</x:v>
+        <x:v>492467.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2237" spans="1:2">
       <x:c r="A2237" s="2">
-        <x:v>42767</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="B2237" s="3">
-        <x:v>492469.76</x:v>
+        <x:v>492470.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2238" spans="1:2">
       <x:c r="A2238" s="2">
-        <x:v>42766</x:v>
+        <x:v>42786</x:v>
       </x:c>
       <x:c r="B2238" s="3">
-        <x:v>492472.05</x:v>
+        <x:v>492473.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2239" spans="1:2">
       <x:c r="A2239" s="2">
-        <x:v>42765</x:v>
+        <x:v>42783</x:v>
       </x:c>
       <x:c r="B2239" s="3">
-        <x:v>492469.66</x:v>
+        <x:v>492476.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2240" spans="1:2">
       <x:c r="A2240" s="2">
-        <x:v>42762</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="B2240" s="3">
-        <x:v>492471.69</x:v>
+        <x:v>492481.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2241" spans="1:2">
       <x:c r="A2241" s="2">
-        <x:v>42761</x:v>
+        <x:v>42781</x:v>
       </x:c>
       <x:c r="B2241" s="3">
-        <x:v>492475.39</x:v>
+        <x:v>492484.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2242" spans="1:2">
       <x:c r="A2242" s="2">
-        <x:v>42760</x:v>
+        <x:v>42780</x:v>
       </x:c>
       <x:c r="B2242" s="3">
-        <x:v>492477.66</x:v>
+        <x:v>492482.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2243" spans="1:2">
       <x:c r="A2243" s="2">
-        <x:v>42759</x:v>
+        <x:v>42779</x:v>
       </x:c>
       <x:c r="B2243" s="3">
-        <x:v>492476.33</x:v>
+        <x:v>492482.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2244" spans="1:2">
       <x:c r="A2244" s="2">
-        <x:v>42758</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="B2244" s="3">
-        <x:v>492478.85</x:v>
+        <x:v>492484.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2245" spans="1:2">
       <x:c r="A2245" s="2">
-        <x:v>42755</x:v>
+        <x:v>42775</x:v>
       </x:c>
       <x:c r="B2245" s="3">
-        <x:v>492481.4</x:v>
+        <x:v>492486.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2246" spans="1:2">
       <x:c r="A2246" s="2">
-        <x:v>42754</x:v>
+        <x:v>42774</x:v>
       </x:c>
       <x:c r="B2246" s="3">
-        <x:v>492487.44</x:v>
+        <x:v>492484.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2247" spans="1:2">
       <x:c r="A2247" s="2">
-        <x:v>42753</x:v>
+        <x:v>42773</x:v>
       </x:c>
       <x:c r="B2247" s="3">
-        <x:v>492490.59</x:v>
+        <x:v>492479.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2248" spans="1:2">
       <x:c r="A2248" s="2">
-        <x:v>42752</x:v>
+        <x:v>42772</x:v>
       </x:c>
       <x:c r="B2248" s="3">
-        <x:v>492493.73</x:v>
+        <x:v>492469.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2249" spans="1:2">
       <x:c r="A2249" s="2">
-        <x:v>42751</x:v>
+        <x:v>42769</x:v>
       </x:c>
       <x:c r="B2249" s="3">
-        <x:v>492496.74</x:v>
+        <x:v>492465.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2250" spans="1:2">
       <x:c r="A2250" s="2">
-        <x:v>42748</x:v>
+        <x:v>42768</x:v>
       </x:c>
       <x:c r="B2250" s="3">
-        <x:v>492499.61</x:v>
+        <x:v>492468.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2251" spans="1:2">
       <x:c r="A2251" s="2">
-        <x:v>42747</x:v>
+        <x:v>42767</x:v>
       </x:c>
       <x:c r="B2251" s="3">
-        <x:v>492505.44</x:v>
+        <x:v>492469.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2252" spans="1:2">
       <x:c r="A2252" s="2">
-        <x:v>42746</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="B2252" s="3">
-        <x:v>492508.31</x:v>
+        <x:v>492472.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2253" spans="1:2">
       <x:c r="A2253" s="2">
-        <x:v>42745</x:v>
+        <x:v>42765</x:v>
       </x:c>
       <x:c r="B2253" s="3">
-        <x:v>492509.07</x:v>
+        <x:v>492469.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2254" spans="1:2">
       <x:c r="A2254" s="2">
-        <x:v>42744</x:v>
+        <x:v>42762</x:v>
       </x:c>
       <x:c r="B2254" s="3">
-        <x:v>492511.5</x:v>
+        <x:v>492471.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2255" spans="1:2">
       <x:c r="A2255" s="2">
-        <x:v>42741</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="B2255" s="3">
-        <x:v>492513.89</x:v>
+        <x:v>492475.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2256" spans="1:2">
       <x:c r="A2256" s="2">
-        <x:v>42740</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="B2256" s="3">
-        <x:v>492518.6</x:v>
+        <x:v>492477.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2257" spans="1:2">
       <x:c r="A2257" s="2">
-        <x:v>42739</x:v>
+        <x:v>42759</x:v>
       </x:c>
       <x:c r="B2257" s="3">
-        <x:v>492521.03</x:v>
+        <x:v>492476.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2258" spans="1:2">
       <x:c r="A2258" s="2">
-        <x:v>42738</x:v>
+        <x:v>42758</x:v>
       </x:c>
       <x:c r="B2258" s="3">
-        <x:v>492524.03</x:v>
+        <x:v>492478.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2259" spans="1:2">
       <x:c r="A2259" s="2">
-        <x:v>42737</x:v>
+        <x:v>42755</x:v>
       </x:c>
       <x:c r="B2259" s="3">
-        <x:v>492521.27</x:v>
+        <x:v>492481.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2260" spans="1:2">
       <x:c r="A2260" s="2">
-        <x:v>42734</x:v>
+        <x:v>42754</x:v>
       </x:c>
       <x:c r="B2260" s="3">
-        <x:v>492524.28</x:v>
+        <x:v>492487.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2261" spans="1:2">
       <x:c r="A2261" s="2">
-        <x:v>42733</x:v>
+        <x:v>42753</x:v>
       </x:c>
       <x:c r="B2261" s="3">
-        <x:v>492533.09</x:v>
+        <x:v>492490.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2262" spans="1:2">
       <x:c r="A2262" s="2">
-        <x:v>42732</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="B2262" s="3">
-        <x:v>492536.03</x:v>
+        <x:v>492493.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2263" spans="1:2">
       <x:c r="A2263" s="2">
-        <x:v>42731</x:v>
+        <x:v>42751</x:v>
       </x:c>
       <x:c r="B2263" s="3">
-        <x:v>492537.27</x:v>
+        <x:v>492496.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2264" spans="1:2">
       <x:c r="A2264" s="2">
-        <x:v>42727</x:v>
+        <x:v>42748</x:v>
       </x:c>
       <x:c r="B2264" s="3">
-        <x:v>492540.07</x:v>
+        <x:v>492499.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2265" spans="1:2">
       <x:c r="A2265" s="2">
-        <x:v>42726</x:v>
+        <x:v>42747</x:v>
       </x:c>
       <x:c r="B2265" s="3">
-        <x:v>492542</x:v>
+        <x:v>492505.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2266" spans="1:2">
       <x:c r="A2266" s="2">
-        <x:v>42725</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="B2266" s="3">
-        <x:v>492544.78</x:v>
+        <x:v>492508.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2267" spans="1:2">
       <x:c r="A2267" s="2">
-        <x:v>42724</x:v>
+        <x:v>42745</x:v>
       </x:c>
       <x:c r="B2267" s="3">
-        <x:v>492546.68</x:v>
+        <x:v>492509.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2268" spans="1:2">
       <x:c r="A2268" s="2">
-        <x:v>42723</x:v>
+        <x:v>42744</x:v>
       </x:c>
       <x:c r="B2268" s="3">
-        <x:v>492545.42</x:v>
+        <x:v>492511.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2269" spans="1:2">
       <x:c r="A2269" s="2">
-        <x:v>42720</x:v>
+        <x:v>42741</x:v>
       </x:c>
       <x:c r="B2269" s="3">
-        <x:v>492548.15</x:v>
+        <x:v>492513.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2270" spans="1:2">
       <x:c r="A2270" s="2">
-        <x:v>42719</x:v>
+        <x:v>42740</x:v>
       </x:c>
       <x:c r="B2270" s="3">
-        <x:v>492548.03</x:v>
+        <x:v>492518.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2271" spans="1:2">
       <x:c r="A2271" s="2">
-        <x:v>42718</x:v>
+        <x:v>42739</x:v>
       </x:c>
       <x:c r="B2271" s="3">
-        <x:v>492550.77</x:v>
+        <x:v>492521.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2272" spans="1:2">
       <x:c r="A2272" s="2">
-        <x:v>42717</x:v>
+        <x:v>42738</x:v>
       </x:c>
       <x:c r="B2272" s="3">
-        <x:v>492552.12</x:v>
+        <x:v>492524.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2273" spans="1:2">
       <x:c r="A2273" s="2">
-        <x:v>42716</x:v>
+        <x:v>42737</x:v>
       </x:c>
       <x:c r="B2273" s="3">
-        <x:v>492554.86</x:v>
+        <x:v>492521.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2274" spans="1:2">
       <x:c r="A2274" s="2">
-        <x:v>42713</x:v>
+        <x:v>42734</x:v>
       </x:c>
       <x:c r="B2274" s="3">
-        <x:v>492557.59</x:v>
+        <x:v>492524.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2275" spans="1:2">
       <x:c r="A2275" s="2">
-        <x:v>42712</x:v>
+        <x:v>42733</x:v>
       </x:c>
       <x:c r="B2275" s="3">
-        <x:v>492559.4</x:v>
+        <x:v>492533.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2276" spans="1:2">
       <x:c r="A2276" s="2">
-        <x:v>42711</x:v>
+        <x:v>42732</x:v>
       </x:c>
       <x:c r="B2276" s="3">
-        <x:v>492560.98</x:v>
+        <x:v>492536.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2277" spans="1:2">
       <x:c r="A2277" s="2">
-        <x:v>42710</x:v>
+        <x:v>42731</x:v>
       </x:c>
       <x:c r="B2277" s="3">
-        <x:v>492560.45</x:v>
+        <x:v>492537.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2278" spans="1:2">
       <x:c r="A2278" s="2">
-        <x:v>42709</x:v>
+        <x:v>42727</x:v>
       </x:c>
       <x:c r="B2278" s="3">
-        <x:v>492563.14</x:v>
+        <x:v>492540.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2279" spans="1:2">
       <x:c r="A2279" s="2">
-        <x:v>42706</x:v>
+        <x:v>42726</x:v>
       </x:c>
       <x:c r="B2279" s="3">
-        <x:v>492550.02</x:v>
+        <x:v>492542</x:v>
       </x:c>
     </x:row>
     <x:row r="2280" spans="1:2">
       <x:c r="A2280" s="2">
-        <x:v>42705</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="B2280" s="3">
-        <x:v>492549.82</x:v>
+        <x:v>492544.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2281" spans="1:2">
       <x:c r="A2281" s="2">
-        <x:v>42704</x:v>
+        <x:v>42724</x:v>
       </x:c>
       <x:c r="B2281" s="3">
-        <x:v>492550.99</x:v>
+        <x:v>492546.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2282" spans="1:2">
       <x:c r="A2282" s="2">
-        <x:v>42703</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="B2282" s="3">
-        <x:v>492545.56</x:v>
+        <x:v>492545.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2283" spans="1:2">
       <x:c r="A2283" s="2">
-        <x:v>42702</x:v>
+        <x:v>42720</x:v>
       </x:c>
       <x:c r="B2283" s="3">
-        <x:v>492544.72</x:v>
+        <x:v>492548.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2284" spans="1:2">
       <x:c r="A2284" s="2">
-        <x:v>42699</x:v>
+        <x:v>42719</x:v>
       </x:c>
       <x:c r="B2284" s="3">
-        <x:v>492547.43</x:v>
+        <x:v>492548.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2285" spans="1:2">
       <x:c r="A2285" s="2">
-        <x:v>42698</x:v>
+        <x:v>42718</x:v>
       </x:c>
       <x:c r="B2285" s="3">
-        <x:v>492553.37</x:v>
+        <x:v>492550.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2286" spans="1:2">
       <x:c r="A2286" s="2">
-        <x:v>42697</x:v>
+        <x:v>42717</x:v>
       </x:c>
       <x:c r="B2286" s="3">
-        <x:v>492555.05</x:v>
+        <x:v>492552.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2287" spans="1:2">
       <x:c r="A2287" s="2">
-        <x:v>42696</x:v>
+        <x:v>42716</x:v>
       </x:c>
       <x:c r="B2287" s="3">
-        <x:v>492557.22</x:v>
+        <x:v>492554.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2288" spans="1:2">
       <x:c r="A2288" s="2">
-        <x:v>42695</x:v>
+        <x:v>42713</x:v>
       </x:c>
       <x:c r="B2288" s="3">
-        <x:v>492556.75</x:v>
+        <x:v>492557.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2289" spans="1:2">
       <x:c r="A2289" s="2">
-        <x:v>42692</x:v>
+        <x:v>42712</x:v>
       </x:c>
       <x:c r="B2289" s="3">
-        <x:v>492559.49</x:v>
+        <x:v>492559.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2290" spans="1:2">
       <x:c r="A2290" s="2">
-        <x:v>42691</x:v>
+        <x:v>42711</x:v>
       </x:c>
       <x:c r="B2290" s="3">
-        <x:v>492566.25</x:v>
+        <x:v>492560.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2291" spans="1:2">
       <x:c r="A2291" s="2">
-        <x:v>42690</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="B2291" s="3">
-        <x:v>492566.01</x:v>
+        <x:v>492560.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2292" spans="1:2">
       <x:c r="A2292" s="2">
-        <x:v>42689</x:v>
+        <x:v>42709</x:v>
       </x:c>
       <x:c r="B2292" s="3">
-        <x:v>492566.52</x:v>
+        <x:v>492563.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2293" spans="1:2">
       <x:c r="A2293" s="2">
-        <x:v>42688</x:v>
+        <x:v>42706</x:v>
       </x:c>
       <x:c r="B2293" s="3">
-        <x:v>492568.46</x:v>
+        <x:v>492550.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2294" spans="1:2">
       <x:c r="A2294" s="2">
-        <x:v>42684</x:v>
+        <x:v>42705</x:v>
       </x:c>
       <x:c r="B2294" s="3">
-        <x:v>492571.19</x:v>
+        <x:v>492549.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2295" spans="1:2">
       <x:c r="A2295" s="2">
-        <x:v>42683</x:v>
+        <x:v>42704</x:v>
       </x:c>
       <x:c r="B2295" s="3">
-        <x:v>492573.06</x:v>
+        <x:v>492550.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2296" spans="1:2">
       <x:c r="A2296" s="2">
-        <x:v>42682</x:v>
+        <x:v>42703</x:v>
       </x:c>
       <x:c r="B2296" s="3">
-        <x:v>492571.31</x:v>
+        <x:v>492545.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2297" spans="1:2">
       <x:c r="A2297" s="2">
-        <x:v>42681</x:v>
+        <x:v>42702</x:v>
       </x:c>
       <x:c r="B2297" s="3">
-        <x:v>492573.26</x:v>
+        <x:v>492544.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2298" spans="1:2">
       <x:c r="A2298" s="2">
-        <x:v>42678</x:v>
+        <x:v>42699</x:v>
       </x:c>
       <x:c r="B2298" s="3">
-        <x:v>492576</x:v>
+        <x:v>492547.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2299" spans="1:2">
       <x:c r="A2299" s="2">
-        <x:v>42677</x:v>
+        <x:v>42698</x:v>
       </x:c>
       <x:c r="B2299" s="3">
-        <x:v>492581.34</x:v>
+        <x:v>492553.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2300" spans="1:2">
       <x:c r="A2300" s="2">
-        <x:v>42676</x:v>
+        <x:v>42697</x:v>
       </x:c>
       <x:c r="B2300" s="3">
-        <x:v>492565.4</x:v>
+        <x:v>492555.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2301" spans="1:2">
       <x:c r="A2301" s="2">
-        <x:v>42674</x:v>
+        <x:v>42696</x:v>
       </x:c>
       <x:c r="B2301" s="3">
-        <x:v>492564.77</x:v>
+        <x:v>492557.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2302" spans="1:2">
       <x:c r="A2302" s="2">
-        <x:v>42671</x:v>
+        <x:v>42695</x:v>
       </x:c>
       <x:c r="B2302" s="3">
-        <x:v>492567.34</x:v>
+        <x:v>492556.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2303" spans="1:2">
       <x:c r="A2303" s="2">
-        <x:v>42670</x:v>
+        <x:v>42692</x:v>
       </x:c>
       <x:c r="B2303" s="3">
-        <x:v>492567.18</x:v>
+        <x:v>492559.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2304" spans="1:2">
       <x:c r="A2304" s="2">
-        <x:v>42669</x:v>
+        <x:v>42691</x:v>
       </x:c>
       <x:c r="B2304" s="3">
-        <x:v>492545.15</x:v>
+        <x:v>492566.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2305" spans="1:2">
       <x:c r="A2305" s="2">
-        <x:v>42668</x:v>
+        <x:v>42690</x:v>
       </x:c>
       <x:c r="B2305" s="3">
-        <x:v>492547.08</x:v>
+        <x:v>492566.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2306" spans="1:2">
       <x:c r="A2306" s="2">
-        <x:v>42667</x:v>
+        <x:v>42689</x:v>
       </x:c>
       <x:c r="B2306" s="3">
-        <x:v>492549.07</x:v>
+        <x:v>492566.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2307" spans="1:2">
       <x:c r="A2307" s="2">
-        <x:v>42664</x:v>
+        <x:v>42688</x:v>
       </x:c>
       <x:c r="B2307" s="3">
-        <x:v>492536.72</x:v>
+        <x:v>492568.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2308" spans="1:2">
       <x:c r="A2308" s="2">
-        <x:v>42663</x:v>
+        <x:v>42684</x:v>
       </x:c>
       <x:c r="B2308" s="3">
-        <x:v>492524.83</x:v>
+        <x:v>492571.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2309" spans="1:2">
       <x:c r="A2309" s="2">
-        <x:v>42662</x:v>
+        <x:v>42683</x:v>
       </x:c>
       <x:c r="B2309" s="3">
-        <x:v>492517.91</x:v>
+        <x:v>492573.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2310" spans="1:2">
       <x:c r="A2310" s="2">
-        <x:v>42661</x:v>
+        <x:v>42682</x:v>
       </x:c>
       <x:c r="B2310" s="3">
-        <x:v>492517.64</x:v>
+        <x:v>492571.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2311" spans="1:2">
       <x:c r="A2311" s="2">
-        <x:v>42660</x:v>
+        <x:v>42681</x:v>
       </x:c>
       <x:c r="B2311" s="3">
-        <x:v>492514.39</x:v>
+        <x:v>492573.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2312" spans="1:2">
       <x:c r="A2312" s="2">
-        <x:v>42657</x:v>
+        <x:v>42678</x:v>
       </x:c>
       <x:c r="B2312" s="3">
-        <x:v>492515.83</x:v>
+        <x:v>492576</x:v>
       </x:c>
     </x:row>
     <x:row r="2313" spans="1:2">
       <x:c r="A2313" s="2">
-        <x:v>42656</x:v>
+        <x:v>42677</x:v>
       </x:c>
       <x:c r="B2313" s="3">
-        <x:v>492518.3</x:v>
+        <x:v>492581.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2314" spans="1:2">
       <x:c r="A2314" s="2">
-        <x:v>42655</x:v>
+        <x:v>42676</x:v>
       </x:c>
       <x:c r="B2314" s="3">
-        <x:v>492519.25</x:v>
+        <x:v>492565.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2315" spans="1:2">
       <x:c r="A2315" s="2">
-        <x:v>42654</x:v>
+        <x:v>42674</x:v>
       </x:c>
       <x:c r="B2315" s="3">
-        <x:v>492519.54</x:v>
+        <x:v>492564.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2316" spans="1:2">
       <x:c r="A2316" s="2">
-        <x:v>42653</x:v>
+        <x:v>42671</x:v>
       </x:c>
       <x:c r="B2316" s="3">
-        <x:v>492514.72</x:v>
+        <x:v>492567.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2317" spans="1:2">
       <x:c r="A2317" s="2">
-        <x:v>42650</x:v>
+        <x:v>42670</x:v>
       </x:c>
       <x:c r="B2317" s="3">
-        <x:v>492515.67</x:v>
+        <x:v>492567.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2318" spans="1:2">
       <x:c r="A2318" s="2">
-        <x:v>42649</x:v>
+        <x:v>42669</x:v>
       </x:c>
       <x:c r="B2318" s="3">
-        <x:v>492511.4</x:v>
+        <x:v>492545.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2319" spans="1:2">
       <x:c r="A2319" s="2">
-        <x:v>42648</x:v>
+        <x:v>42668</x:v>
       </x:c>
       <x:c r="B2319" s="3">
-        <x:v>492512.51</x:v>
+        <x:v>492547.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2320" spans="1:2">
       <x:c r="A2320" s="2">
-        <x:v>42647</x:v>
+        <x:v>42667</x:v>
       </x:c>
       <x:c r="B2320" s="3">
-        <x:v>492511.43</x:v>
+        <x:v>492549.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2321" spans="1:2">
       <x:c r="A2321" s="2">
-        <x:v>42646</x:v>
+        <x:v>42664</x:v>
       </x:c>
       <x:c r="B2321" s="3">
-        <x:v>492511.7</x:v>
+        <x:v>492536.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2322" spans="1:2">
       <x:c r="A2322" s="2">
-        <x:v>42643</x:v>
+        <x:v>42663</x:v>
       </x:c>
       <x:c r="B2322" s="3">
-        <x:v>492511.7</x:v>
+        <x:v>492524.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2323" spans="1:2">
       <x:c r="A2323" s="2">
-        <x:v>42642</x:v>
+        <x:v>42662</x:v>
       </x:c>
       <x:c r="B2323" s="3">
-        <x:v>492510.96</x:v>
+        <x:v>492517.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2324" spans="1:2">
       <x:c r="A2324" s="2">
-        <x:v>42641</x:v>
+        <x:v>42661</x:v>
       </x:c>
       <x:c r="B2324" s="3">
-        <x:v>492511.91</x:v>
+        <x:v>492517.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2325" spans="1:2">
       <x:c r="A2325" s="2">
-        <x:v>42640</x:v>
+        <x:v>42660</x:v>
       </x:c>
       <x:c r="B2325" s="3">
-        <x:v>492511.6</x:v>
+        <x:v>492514.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2326" spans="1:2">
       <x:c r="A2326" s="2">
-        <x:v>42639</x:v>
+        <x:v>42657</x:v>
       </x:c>
       <x:c r="B2326" s="3">
-        <x:v>492511.12</x:v>
+        <x:v>492515.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2327" spans="1:2">
       <x:c r="A2327" s="2">
-        <x:v>42636</x:v>
+        <x:v>42656</x:v>
       </x:c>
       <x:c r="B2327" s="3">
-        <x:v>492512.08</x:v>
+        <x:v>492518.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2328" spans="1:2">
       <x:c r="A2328" s="2">
-        <x:v>42635</x:v>
+        <x:v>42655</x:v>
       </x:c>
       <x:c r="B2328" s="3">
-        <x:v>492512.01</x:v>
+        <x:v>492519.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2329" spans="1:2">
       <x:c r="A2329" s="2">
-        <x:v>42634</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="B2329" s="3">
-        <x:v>492512.97</x:v>
+        <x:v>492519.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2330" spans="1:2">
       <x:c r="A2330" s="2">
-        <x:v>42633</x:v>
+        <x:v>42653</x:v>
       </x:c>
       <x:c r="B2330" s="3">
-        <x:v>492512.87</x:v>
+        <x:v>492514.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2331" spans="1:2">
       <x:c r="A2331" s="2">
-        <x:v>42632</x:v>
+        <x:v>42650</x:v>
       </x:c>
       <x:c r="B2331" s="3">
-        <x:v>492513.65</x:v>
+        <x:v>492515.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2332" spans="1:2">
       <x:c r="A2332" s="2">
-        <x:v>42629</x:v>
+        <x:v>42649</x:v>
       </x:c>
       <x:c r="B2332" s="3">
-        <x:v>492506.66</x:v>
+        <x:v>492511.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2333" spans="1:2">
       <x:c r="A2333" s="2">
-        <x:v>42628</x:v>
+        <x:v>42648</x:v>
       </x:c>
       <x:c r="B2333" s="3">
-        <x:v>492507.94</x:v>
+        <x:v>492512.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2334" spans="1:2">
       <x:c r="A2334" s="2">
-        <x:v>42627</x:v>
+        <x:v>42647</x:v>
       </x:c>
       <x:c r="B2334" s="3">
-        <x:v>492507.15</x:v>
+        <x:v>492511.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2335" spans="1:2">
       <x:c r="A2335" s="2">
-        <x:v>42626</x:v>
+        <x:v>42646</x:v>
       </x:c>
       <x:c r="B2335" s="3">
-        <x:v>492507.67</x:v>
+        <x:v>492511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2336" spans="1:2">
       <x:c r="A2336" s="2">
-        <x:v>42625</x:v>
+        <x:v>42643</x:v>
       </x:c>
       <x:c r="B2336" s="3">
-        <x:v>492507.45</x:v>
+        <x:v>492511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2337" spans="1:2">
       <x:c r="A2337" s="2">
-        <x:v>42622</x:v>
+        <x:v>42642</x:v>
       </x:c>
       <x:c r="B2337" s="3">
-        <x:v>492508.13</x:v>
+        <x:v>492510.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2338" spans="1:2">
       <x:c r="A2338" s="2">
-        <x:v>42621</x:v>
+        <x:v>42641</x:v>
       </x:c>
       <x:c r="B2338" s="3">
-        <x:v>492509.36</x:v>
+        <x:v>492511.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2339" spans="1:2">
       <x:c r="A2339" s="2">
-        <x:v>42620</x:v>
+        <x:v>42640</x:v>
       </x:c>
       <x:c r="B2339" s="3">
-        <x:v>492510.05</x:v>
+        <x:v>492511.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2340" spans="1:2">
       <x:c r="A2340" s="2">
-        <x:v>42619</x:v>
+        <x:v>42639</x:v>
       </x:c>
       <x:c r="B2340" s="3">
-        <x:v>492510.28</x:v>
+        <x:v>492511.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2341" spans="1:2">
       <x:c r="A2341" s="2">
-        <x:v>42618</x:v>
+        <x:v>42636</x:v>
       </x:c>
       <x:c r="B2341" s="3">
-        <x:v>492503.68</x:v>
+        <x:v>492512.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2342" spans="1:2">
       <x:c r="A2342" s="2">
-        <x:v>42615</x:v>
+        <x:v>42635</x:v>
       </x:c>
       <x:c r="B2342" s="3">
-        <x:v>492503.68</x:v>
+        <x:v>492512.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2343" spans="1:2">
       <x:c r="A2343" s="2">
-        <x:v>42614</x:v>
+        <x:v>42634</x:v>
       </x:c>
       <x:c r="B2343" s="3">
-        <x:v>492504.41</x:v>
+        <x:v>492512.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2344" spans="1:2">
       <x:c r="A2344" s="2">
-        <x:v>42613</x:v>
+        <x:v>42633</x:v>
       </x:c>
       <x:c r="B2344" s="3">
-        <x:v>492504.13</x:v>
+        <x:v>492512.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2345" spans="1:2">
       <x:c r="A2345" s="2">
-        <x:v>42612</x:v>
+        <x:v>42632</x:v>
       </x:c>
       <x:c r="B2345" s="3">
-        <x:v>492504.13</x:v>
+        <x:v>492513.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2346" spans="1:2">
       <x:c r="A2346" s="2">
-        <x:v>42611</x:v>
+        <x:v>42629</x:v>
       </x:c>
       <x:c r="B2346" s="3">
-        <x:v>492505.94</x:v>
+        <x:v>492506.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2347" spans="1:2">
       <x:c r="A2347" s="2">
-        <x:v>42608</x:v>
+        <x:v>42628</x:v>
       </x:c>
       <x:c r="B2347" s="3">
-        <x:v>492506.89</x:v>
+        <x:v>492507.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2348" spans="1:2">
       <x:c r="A2348" s="2">
-        <x:v>42607</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="B2348" s="3">
-        <x:v>492507.16</x:v>
+        <x:v>492507.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2349" spans="1:2">
       <x:c r="A2349" s="2">
-        <x:v>42606</x:v>
+        <x:v>42626</x:v>
       </x:c>
       <x:c r="B2349" s="3">
-        <x:v>492507.71</x:v>
+        <x:v>492507.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2350" spans="1:2">
       <x:c r="A2350" s="2">
-        <x:v>42605</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="B2350" s="3">
-        <x:v>492505.34</x:v>
+        <x:v>492507.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2351" spans="1:2">
       <x:c r="A2351" s="2">
-        <x:v>42604</x:v>
+        <x:v>42622</x:v>
       </x:c>
       <x:c r="B2351" s="3">
-        <x:v>492506.02</x:v>
+        <x:v>492508.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2352" spans="1:2">
       <x:c r="A2352" s="2">
-        <x:v>42601</x:v>
+        <x:v>42621</x:v>
       </x:c>
       <x:c r="B2352" s="3">
-        <x:v>492503.26</x:v>
+        <x:v>492509.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2353" spans="1:2">
       <x:c r="A2353" s="2">
-        <x:v>42600</x:v>
+        <x:v>42620</x:v>
       </x:c>
       <x:c r="B2353" s="3">
-        <x:v>492503.26</x:v>
+        <x:v>492510.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2354" spans="1:2">
       <x:c r="A2354" s="2">
-        <x:v>42599</x:v>
+        <x:v>42619</x:v>
       </x:c>
       <x:c r="B2354" s="3">
-        <x:v>492504.3</x:v>
+        <x:v>492510.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2355" spans="1:2">
       <x:c r="A2355" s="2">
-        <x:v>42598</x:v>
+        <x:v>42618</x:v>
       </x:c>
       <x:c r="B2355" s="3">
-        <x:v>492502.32</x:v>
+        <x:v>492503.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2356" spans="1:2">
       <x:c r="A2356" s="2">
-        <x:v>42594</x:v>
+        <x:v>42615</x:v>
       </x:c>
       <x:c r="B2356" s="3">
-        <x:v>492502.31</x:v>
+        <x:v>492503.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2357" spans="1:2">
       <x:c r="A2357" s="2">
-        <x:v>42593</x:v>
+        <x:v>42614</x:v>
       </x:c>
       <x:c r="B2357" s="3">
-        <x:v>492502.08</x:v>
+        <x:v>492504.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2358" spans="1:2">
       <x:c r="A2358" s="2">
-        <x:v>42592</x:v>
+        <x:v>42613</x:v>
       </x:c>
       <x:c r="B2358" s="3">
-        <x:v>492500.95</x:v>
+        <x:v>492504.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2359" spans="1:2">
       <x:c r="A2359" s="2">
-        <x:v>42591</x:v>
+        <x:v>42612</x:v>
       </x:c>
       <x:c r="B2359" s="3">
-        <x:v>492500.36</x:v>
+        <x:v>492504.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2360" spans="1:2">
       <x:c r="A2360" s="2">
-        <x:v>42590</x:v>
+        <x:v>42611</x:v>
       </x:c>
       <x:c r="B2360" s="3">
-        <x:v>492500.36</x:v>
+        <x:v>492505.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2361" spans="1:2">
       <x:c r="A2361" s="2">
-        <x:v>42587</x:v>
+        <x:v>42608</x:v>
       </x:c>
       <x:c r="B2361" s="3">
-        <x:v>492499.95</x:v>
+        <x:v>492506.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2362" spans="1:2">
       <x:c r="A2362" s="2">
-        <x:v>42586</x:v>
+        <x:v>42607</x:v>
       </x:c>
       <x:c r="B2362" s="3">
-        <x:v>492499.89</x:v>
+        <x:v>492507.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2363" spans="1:2">
       <x:c r="A2363" s="2">
-        <x:v>42585</x:v>
+        <x:v>42606</x:v>
       </x:c>
       <x:c r="B2363" s="3">
-        <x:v>492498.02</x:v>
+        <x:v>492507.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2364" spans="1:2">
       <x:c r="A2364" s="2">
-        <x:v>42584</x:v>
+        <x:v>42605</x:v>
       </x:c>
       <x:c r="B2364" s="3">
-        <x:v>492495.8</x:v>
+        <x:v>492505.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2365" spans="1:2">
       <x:c r="A2365" s="2">
-        <x:v>42583</x:v>
+        <x:v>42604</x:v>
       </x:c>
       <x:c r="B2365" s="3">
-        <x:v>492495.03</x:v>
+        <x:v>492506.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2366" spans="1:2">
       <x:c r="A2366" s="2">
-        <x:v>42580</x:v>
+        <x:v>42601</x:v>
       </x:c>
       <x:c r="B2366" s="3">
-        <x:v>492489.83</x:v>
+        <x:v>492503.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2367" spans="1:2">
       <x:c r="A2367" s="2">
-        <x:v>42579</x:v>
+        <x:v>42600</x:v>
       </x:c>
       <x:c r="B2367" s="3">
-        <x:v>492489.13</x:v>
+        <x:v>492503.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2368" spans="1:2">
       <x:c r="A2368" s="2">
-        <x:v>42578</x:v>
+        <x:v>42599</x:v>
       </x:c>
       <x:c r="B2368" s="3">
-        <x:v>492489.08</x:v>
+        <x:v>492504.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2369" spans="1:2">
       <x:c r="A2369" s="2">
-        <x:v>42577</x:v>
+        <x:v>42598</x:v>
       </x:c>
       <x:c r="B2369" s="3">
-        <x:v>492487.75</x:v>
+        <x:v>492502.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2370" spans="1:2">
       <x:c r="A2370" s="2">
-        <x:v>42576</x:v>
+        <x:v>42594</x:v>
       </x:c>
       <x:c r="B2370" s="3">
-        <x:v>492487.75</x:v>
+        <x:v>492502.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2371" spans="1:2">
       <x:c r="A2371" s="2">
-        <x:v>42573</x:v>
+        <x:v>42593</x:v>
       </x:c>
       <x:c r="B2371" s="3">
-        <x:v>492490.22</x:v>
+        <x:v>492502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2372" spans="1:2">
       <x:c r="A2372" s="2">
-        <x:v>42572</x:v>
+        <x:v>42592</x:v>
       </x:c>
       <x:c r="B2372" s="3">
-        <x:v>492492.99</x:v>
+        <x:v>492500.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2373" spans="1:2">
       <x:c r="A2373" s="2">
-        <x:v>42571</x:v>
+        <x:v>42591</x:v>
       </x:c>
       <x:c r="B2373" s="3">
-        <x:v>492490.34</x:v>
+        <x:v>492500.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2374" spans="1:2">
       <x:c r="A2374" s="2">
-        <x:v>42570</x:v>
+        <x:v>42590</x:v>
       </x:c>
       <x:c r="B2374" s="3">
-        <x:v>492488.69</x:v>
+        <x:v>492500.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2375" spans="1:2">
       <x:c r="A2375" s="2">
-        <x:v>42569</x:v>
+        <x:v>42587</x:v>
       </x:c>
       <x:c r="B2375" s="3">
-        <x:v>492488.69</x:v>
+        <x:v>492499.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2376" spans="1:2">
       <x:c r="A2376" s="2">
-        <x:v>42566</x:v>
+        <x:v>42586</x:v>
       </x:c>
       <x:c r="B2376" s="3">
-        <x:v>492488.69</x:v>
+        <x:v>492499.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2377" spans="1:2">
       <x:c r="A2377" s="2">
-        <x:v>42564</x:v>
+        <x:v>42585</x:v>
       </x:c>
       <x:c r="B2377" s="3">
-        <x:v>492489.38</x:v>
+        <x:v>492498.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2378" spans="1:2">
       <x:c r="A2378" s="2">
-        <x:v>42563</x:v>
+        <x:v>42584</x:v>
       </x:c>
       <x:c r="B2378" s="3">
-        <x:v>492489.38</x:v>
+        <x:v>492495.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2379" spans="1:2">
       <x:c r="A2379" s="2">
-        <x:v>42562</x:v>
+        <x:v>42583</x:v>
       </x:c>
       <x:c r="B2379" s="3">
-        <x:v>492489.37</x:v>
+        <x:v>492495.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2380" spans="1:2">
       <x:c r="A2380" s="2">
-        <x:v>42559</x:v>
+        <x:v>42580</x:v>
       </x:c>
       <x:c r="B2380" s="3">
-        <x:v>492483.35</x:v>
+        <x:v>492489.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2381" spans="1:2">
       <x:c r="A2381" s="2">
-        <x:v>42558</x:v>
+        <x:v>42579</x:v>
       </x:c>
       <x:c r="B2381" s="3">
-        <x:v>492482.82</x:v>
+        <x:v>492489.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2382" spans="1:2">
       <x:c r="A2382" s="2">
-        <x:v>42557</x:v>
+        <x:v>42578</x:v>
       </x:c>
       <x:c r="B2382" s="3">
-        <x:v>492483.01</x:v>
+        <x:v>492489.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2383" spans="1:2">
       <x:c r="A2383" s="2">
-        <x:v>42556</x:v>
+        <x:v>42577</x:v>
       </x:c>
       <x:c r="B2383" s="3">
-        <x:v>492483.55</x:v>
+        <x:v>492487.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2384" spans="1:2">
       <x:c r="A2384" s="2">
-        <x:v>42555</x:v>
+        <x:v>42576</x:v>
       </x:c>
       <x:c r="B2384" s="3">
-        <x:v>492482.36</x:v>
+        <x:v>492487.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2385" spans="1:2">
       <x:c r="A2385" s="2">
-        <x:v>42552</x:v>
+        <x:v>42573</x:v>
       </x:c>
       <x:c r="B2385" s="3">
-        <x:v>492482.83</x:v>
+        <x:v>492490.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2386" spans="1:2">
       <x:c r="A2386" s="2">
-        <x:v>42551</x:v>
+        <x:v>42572</x:v>
       </x:c>
       <x:c r="B2386" s="3">
-        <x:v>492481.55</x:v>
+        <x:v>492492.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2387" spans="1:2">
       <x:c r="A2387" s="2">
-        <x:v>42550</x:v>
+        <x:v>42571</x:v>
       </x:c>
       <x:c r="B2387" s="3">
-        <x:v>492479.62</x:v>
+        <x:v>492490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2388" spans="1:2">
       <x:c r="A2388" s="2">
-        <x:v>42549</x:v>
+        <x:v>42570</x:v>
       </x:c>
       <x:c r="B2388" s="3">
-        <x:v>492476.52</x:v>
+        <x:v>492488.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2389" spans="1:2">
       <x:c r="A2389" s="2">
-        <x:v>42548</x:v>
+        <x:v>42569</x:v>
       </x:c>
       <x:c r="B2389" s="3">
-        <x:v>492476.49</x:v>
+        <x:v>492488.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2390" spans="1:2">
       <x:c r="A2390" s="2">
-        <x:v>42545</x:v>
+        <x:v>42566</x:v>
       </x:c>
       <x:c r="B2390" s="3">
-        <x:v>492476.18</x:v>
+        <x:v>492488.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2391" spans="1:2">
       <x:c r="A2391" s="2">
-        <x:v>42544</x:v>
+        <x:v>42564</x:v>
       </x:c>
       <x:c r="B2391" s="3">
-        <x:v>492475.87</x:v>
+        <x:v>492489.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2392" spans="1:2">
       <x:c r="A2392" s="2">
-        <x:v>42543</x:v>
+        <x:v>42563</x:v>
       </x:c>
       <x:c r="B2392" s="3">
-        <x:v>492474.22</x:v>
+        <x:v>492489.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2393" spans="1:2">
       <x:c r="A2393" s="2">
-        <x:v>42542</x:v>
+        <x:v>42562</x:v>
       </x:c>
       <x:c r="B2393" s="3">
-        <x:v>492473.61</x:v>
+        <x:v>492489.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2394" spans="1:2">
       <x:c r="A2394" s="2">
-        <x:v>42541</x:v>
+        <x:v>42559</x:v>
       </x:c>
       <x:c r="B2394" s="3">
-        <x:v>492471.74</x:v>
+        <x:v>492483.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2395" spans="1:2">
       <x:c r="A2395" s="2">
-        <x:v>42538</x:v>
+        <x:v>42558</x:v>
       </x:c>
       <x:c r="B2395" s="3">
-        <x:v>492471.33</x:v>
+        <x:v>492482.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2396" spans="1:2">
       <x:c r="A2396" s="2">
-        <x:v>42537</x:v>
+        <x:v>42557</x:v>
       </x:c>
       <x:c r="B2396" s="3">
-        <x:v>492471.3</x:v>
+        <x:v>492483.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2397" spans="1:2">
       <x:c r="A2397" s="2">
-        <x:v>42536</x:v>
+        <x:v>42556</x:v>
       </x:c>
       <x:c r="B2397" s="3">
-        <x:v>492471.23</x:v>
+        <x:v>492483.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2398" spans="1:2">
       <x:c r="A2398" s="2">
-        <x:v>42535</x:v>
+        <x:v>42555</x:v>
       </x:c>
       <x:c r="B2398" s="3">
-        <x:v>492471.2</x:v>
+        <x:v>492482.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2399" spans="1:2">
       <x:c r="A2399" s="2">
-        <x:v>42534</x:v>
+        <x:v>42552</x:v>
       </x:c>
       <x:c r="B2399" s="3">
-        <x:v>492467.59</x:v>
+        <x:v>492482.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2400" spans="1:2">
       <x:c r="A2400" s="2">
-        <x:v>42531</x:v>
+        <x:v>42551</x:v>
       </x:c>
       <x:c r="B2400" s="3">
-        <x:v>492467.56</x:v>
+        <x:v>492481.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2401" spans="1:2">
       <x:c r="A2401" s="2">
-        <x:v>42530</x:v>
+        <x:v>42550</x:v>
       </x:c>
       <x:c r="B2401" s="3">
-        <x:v>492460.11</x:v>
+        <x:v>492479.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2402" spans="1:2">
       <x:c r="A2402" s="2">
-        <x:v>42529</x:v>
+        <x:v>42549</x:v>
       </x:c>
       <x:c r="B2402" s="3">
-        <x:v>492460.07</x:v>
+        <x:v>492476.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2403" spans="1:2">
       <x:c r="A2403" s="2">
-        <x:v>42528</x:v>
+        <x:v>42548</x:v>
       </x:c>
       <x:c r="B2403" s="3">
-        <x:v>492457.61</x:v>
+        <x:v>492476.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2404" spans="1:2">
       <x:c r="A2404" s="2">
-        <x:v>42527</x:v>
+        <x:v>42545</x:v>
       </x:c>
       <x:c r="B2404" s="3">
-        <x:v>492456.96</x:v>
+        <x:v>492476.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2405" spans="1:2">
       <x:c r="A2405" s="2">
-        <x:v>42524</x:v>
+        <x:v>42544</x:v>
       </x:c>
       <x:c r="B2405" s="3">
-        <x:v>492456.73</x:v>
+        <x:v>492475.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2406" spans="1:2">
       <x:c r="A2406" s="2">
-        <x:v>42523</x:v>
+        <x:v>42543</x:v>
       </x:c>
       <x:c r="B2406" s="3">
-        <x:v>492454.1</x:v>
+        <x:v>492474.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2407" spans="1:2">
       <x:c r="A2407" s="2">
-        <x:v>42522</x:v>
+        <x:v>42542</x:v>
       </x:c>
       <x:c r="B2407" s="3">
-        <x:v>492449.57</x:v>
+        <x:v>492473.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2408" spans="1:2">
       <x:c r="A2408" s="2">
-        <x:v>42521</x:v>
+        <x:v>42541</x:v>
       </x:c>
       <x:c r="B2408" s="3">
-        <x:v>492446.28</x:v>
+        <x:v>492471.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2409" spans="1:2">
       <x:c r="A2409" s="2">
-        <x:v>42520</x:v>
+        <x:v>42538</x:v>
       </x:c>
       <x:c r="B2409" s="3">
-        <x:v>492445.61</x:v>
+        <x:v>492471.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2410" spans="1:2">
       <x:c r="A2410" s="2">
-        <x:v>42517</x:v>
+        <x:v>42537</x:v>
       </x:c>
       <x:c r="B2410" s="3">
-        <x:v>492444.94</x:v>
+        <x:v>492471.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2411" spans="1:2">
       <x:c r="A2411" s="2">
-        <x:v>42516</x:v>
+        <x:v>42536</x:v>
       </x:c>
       <x:c r="B2411" s="3">
-        <x:v>492442.92</x:v>
+        <x:v>492471.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2412" spans="1:2">
       <x:c r="A2412" s="2">
-        <x:v>42515</x:v>
+        <x:v>42535</x:v>
       </x:c>
       <x:c r="B2412" s="3">
-        <x:v>492442.24</x:v>
+        <x:v>492471.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2413" spans="1:2">
       <x:c r="A2413" s="2">
-        <x:v>42514</x:v>
+        <x:v>42534</x:v>
       </x:c>
       <x:c r="B2413" s="3">
-        <x:v>492441.58</x:v>
+        <x:v>492467.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2414" spans="1:2">
       <x:c r="A2414" s="2">
-        <x:v>42513</x:v>
+        <x:v>42531</x:v>
       </x:c>
       <x:c r="B2414" s="3">
-        <x:v>492440.91</x:v>
+        <x:v>492467.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2415" spans="1:2">
       <x:c r="A2415" s="2">
-        <x:v>42510</x:v>
+        <x:v>42530</x:v>
       </x:c>
       <x:c r="B2415" s="3">
-        <x:v>492440.24</x:v>
+        <x:v>492460.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2416" spans="1:2">
       <x:c r="A2416" s="2">
-        <x:v>42509</x:v>
+        <x:v>42529</x:v>
       </x:c>
       <x:c r="B2416" s="3">
-        <x:v>492438.22</x:v>
+        <x:v>492460.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2417" spans="1:2">
       <x:c r="A2417" s="2">
-        <x:v>42508</x:v>
+        <x:v>42528</x:v>
       </x:c>
       <x:c r="B2417" s="3">
-        <x:v>492437.55</x:v>
+        <x:v>492457.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2418" spans="1:2">
       <x:c r="A2418" s="2">
-        <x:v>42507</x:v>
+        <x:v>42527</x:v>
       </x:c>
       <x:c r="B2418" s="3">
-        <x:v>492436.61</x:v>
+        <x:v>492456.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2419" spans="1:2">
       <x:c r="A2419" s="2">
-        <x:v>42503</x:v>
+        <x:v>42524</x:v>
       </x:c>
       <x:c r="B2419" s="3">
-        <x:v>492435.54</x:v>
+        <x:v>492456.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2420" spans="1:2">
       <x:c r="A2420" s="2">
-        <x:v>42502</x:v>
+        <x:v>42523</x:v>
       </x:c>
       <x:c r="B2420" s="3">
-        <x:v>492431.22</x:v>
+        <x:v>492454.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2421" spans="1:2">
       <x:c r="A2421" s="2">
-        <x:v>42501</x:v>
+        <x:v>42522</x:v>
       </x:c>
       <x:c r="B2421" s="3">
-        <x:v>492429.89</x:v>
+        <x:v>492449.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2422" spans="1:2">
       <x:c r="A2422" s="2">
-        <x:v>42500</x:v>
+        <x:v>42521</x:v>
       </x:c>
       <x:c r="B2422" s="3">
-        <x:v>492428.55</x:v>
+        <x:v>492446.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2423" spans="1:2">
       <x:c r="A2423" s="2">
-        <x:v>42499</x:v>
+        <x:v>42520</x:v>
       </x:c>
       <x:c r="B2423" s="3">
-        <x:v>492427.2</x:v>
+        <x:v>492445.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2424" spans="1:2">
       <x:c r="A2424" s="2">
-        <x:v>42496</x:v>
+        <x:v>42517</x:v>
       </x:c>
       <x:c r="B2424" s="3">
-        <x:v>492425.6</x:v>
+        <x:v>492444.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2425" spans="1:2">
       <x:c r="A2425" s="2">
-        <x:v>42494</x:v>
+        <x:v>42516</x:v>
       </x:c>
       <x:c r="B2425" s="3">
-        <x:v>492420.75</x:v>
+        <x:v>492442.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2426" spans="1:2">
       <x:c r="A2426" s="2">
-        <x:v>42493</x:v>
+        <x:v>42515</x:v>
       </x:c>
       <x:c r="B2426" s="3">
-        <x:v>492417.52</x:v>
+        <x:v>492442.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2427" spans="1:2">
       <x:c r="A2427" s="2">
-        <x:v>42492</x:v>
+        <x:v>42514</x:v>
       </x:c>
       <x:c r="B2427" s="3">
-        <x:v>492415.9</x:v>
+        <x:v>492441.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2428" spans="1:2">
       <x:c r="A2428" s="2">
-        <x:v>42489</x:v>
+        <x:v>42513</x:v>
       </x:c>
       <x:c r="B2428" s="3">
-        <x:v>492414.3</x:v>
+        <x:v>492440.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2429" spans="1:2">
       <x:c r="A2429" s="2">
-        <x:v>42488</x:v>
+        <x:v>42510</x:v>
       </x:c>
       <x:c r="B2429" s="3">
-        <x:v>492409.85</x:v>
+        <x:v>492440.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2430" spans="1:2">
       <x:c r="A2430" s="2">
-        <x:v>42487</x:v>
+        <x:v>42509</x:v>
       </x:c>
       <x:c r="B2430" s="3">
-        <x:v>492408.37</x:v>
+        <x:v>492438.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2431" spans="1:2">
       <x:c r="A2431" s="2">
-        <x:v>42486</x:v>
+        <x:v>42508</x:v>
       </x:c>
       <x:c r="B2431" s="3">
-        <x:v>492406.89</x:v>
+        <x:v>492437.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2432" spans="1:2">
       <x:c r="A2432" s="2">
-        <x:v>42485</x:v>
+        <x:v>42507</x:v>
       </x:c>
       <x:c r="B2432" s="3">
-        <x:v>492405.41</x:v>
+        <x:v>492436.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2433" spans="1:2">
       <x:c r="A2433" s="2">
-        <x:v>42482</x:v>
+        <x:v>42503</x:v>
       </x:c>
       <x:c r="B2433" s="3">
-        <x:v>492404.47</x:v>
+        <x:v>492435.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2434" spans="1:2">
       <x:c r="A2434" s="2">
-        <x:v>42481</x:v>
+        <x:v>42502</x:v>
       </x:c>
       <x:c r="B2434" s="3">
-        <x:v>493607.54</x:v>
+        <x:v>492431.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2435" spans="1:2">
       <x:c r="A2435" s="2">
-        <x:v>42480</x:v>
+        <x:v>42501</x:v>
       </x:c>
       <x:c r="B2435" s="3">
-        <x:v>493606.6</x:v>
+        <x:v>492429.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2436" spans="1:2">
       <x:c r="A2436" s="2">
-        <x:v>42479</x:v>
+        <x:v>42500</x:v>
       </x:c>
       <x:c r="B2436" s="3">
-        <x:v>493605.65</x:v>
+        <x:v>492428.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2437" spans="1:2">
       <x:c r="A2437" s="2">
-        <x:v>42478</x:v>
+        <x:v>42499</x:v>
       </x:c>
       <x:c r="B2437" s="3">
-        <x:v>493605.12</x:v>
+        <x:v>492427.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2438" spans="1:2">
       <x:c r="A2438" s="2">
-        <x:v>42475</x:v>
+        <x:v>42496</x:v>
       </x:c>
       <x:c r="B2438" s="3">
-        <x:v>493604.58</x:v>
+        <x:v>492425.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2439" spans="1:2">
       <x:c r="A2439" s="2">
-        <x:v>42474</x:v>
+        <x:v>42494</x:v>
       </x:c>
       <x:c r="B2439" s="3">
-        <x:v>493602.96</x:v>
+        <x:v>492420.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2440" spans="1:2">
       <x:c r="A2440" s="2">
-        <x:v>42473</x:v>
+        <x:v>42493</x:v>
       </x:c>
       <x:c r="B2440" s="3">
-        <x:v>493602.56</x:v>
+        <x:v>492417.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2441" spans="1:2">
       <x:c r="A2441" s="2">
-        <x:v>42472</x:v>
+        <x:v>42492</x:v>
       </x:c>
       <x:c r="B2441" s="3">
-        <x:v>493602.16</x:v>
+        <x:v>492415.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2442" spans="1:2">
       <x:c r="A2442" s="2">
-        <x:v>42471</x:v>
+        <x:v>42489</x:v>
       </x:c>
       <x:c r="B2442" s="3">
-        <x:v>493601.76</x:v>
+        <x:v>492414.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2443" spans="1:2">
       <x:c r="A2443" s="2">
-        <x:v>42468</x:v>
+        <x:v>42488</x:v>
       </x:c>
       <x:c r="B2443" s="3">
-        <x:v>493601.36</x:v>
+        <x:v>492409.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2444" spans="1:2">
       <x:c r="A2444" s="2">
-        <x:v>42467</x:v>
+        <x:v>42487</x:v>
       </x:c>
       <x:c r="B2444" s="3">
-        <x:v>493600.15</x:v>
+        <x:v>492408.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2445" spans="1:2">
       <x:c r="A2445" s="2">
-        <x:v>42466</x:v>
+        <x:v>42486</x:v>
       </x:c>
       <x:c r="B2445" s="3">
-        <x:v>493599.61</x:v>
+        <x:v>492406.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2446" spans="1:2">
       <x:c r="A2446" s="2">
-        <x:v>42465</x:v>
+        <x:v>42485</x:v>
       </x:c>
       <x:c r="B2446" s="3">
-        <x:v>493599.07</x:v>
+        <x:v>492405.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2447" spans="1:2">
       <x:c r="A2447" s="2">
-        <x:v>42464</x:v>
+        <x:v>42482</x:v>
       </x:c>
       <x:c r="B2447" s="3">
-        <x:v>493598.53</x:v>
+        <x:v>492404.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2448" spans="1:2">
       <x:c r="A2448" s="2">
-        <x:v>42461</x:v>
+        <x:v>42481</x:v>
       </x:c>
       <x:c r="B2448" s="3">
-        <x:v>493597.45</x:v>
+        <x:v>493607.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2449" spans="1:2">
       <x:c r="A2449" s="2">
-        <x:v>42460</x:v>
+        <x:v>42480</x:v>
       </x:c>
       <x:c r="B2449" s="3">
-        <x:v>493593.39</x:v>
+        <x:v>493606.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2450" spans="1:2">
       <x:c r="A2450" s="2">
-        <x:v>42459</x:v>
+        <x:v>42479</x:v>
       </x:c>
       <x:c r="B2450" s="3">
-        <x:v>493590.02</x:v>
+        <x:v>493605.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2451" spans="1:2">
       <x:c r="A2451" s="2">
-        <x:v>42458</x:v>
+        <x:v>42478</x:v>
       </x:c>
       <x:c r="B2451" s="3">
-        <x:v>493586.63</x:v>
+        <x:v>493605.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2452" spans="1:2">
       <x:c r="A2452" s="2">
-        <x:v>42453</x:v>
+        <x:v>42475</x:v>
       </x:c>
       <x:c r="B2452" s="3">
-        <x:v>493583.26</x:v>
+        <x:v>493604.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2453" spans="1:2">
       <x:c r="A2453" s="2">
-        <x:v>42452</x:v>
+        <x:v>42474</x:v>
       </x:c>
       <x:c r="B2453" s="3">
-        <x:v>493573.12</x:v>
+        <x:v>493602.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2454" spans="1:2">
       <x:c r="A2454" s="2">
-        <x:v>42451</x:v>
+        <x:v>42473</x:v>
       </x:c>
       <x:c r="B2454" s="3">
-        <x:v>493570.42</x:v>
+        <x:v>493602.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2455" spans="1:2">
       <x:c r="A2455" s="2">
-        <x:v>42450</x:v>
+        <x:v>42472</x:v>
       </x:c>
       <x:c r="B2455" s="3">
-        <x:v>493567.72</x:v>
+        <x:v>493602.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2456" spans="1:2">
       <x:c r="A2456" s="2">
-        <x:v>42447</x:v>
+        <x:v>42471</x:v>
       </x:c>
       <x:c r="B2456" s="3">
-        <x:v>493565.02</x:v>
+        <x:v>493601.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2457" spans="1:2">
       <x:c r="A2457" s="2">
-        <x:v>42446</x:v>
+        <x:v>42468</x:v>
       </x:c>
       <x:c r="B2457" s="3">
-        <x:v>493556.91</x:v>
+        <x:v>493601.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2458" spans="1:2">
       <x:c r="A2458" s="2">
-        <x:v>42445</x:v>
+        <x:v>42467</x:v>
       </x:c>
       <x:c r="B2458" s="3">
-        <x:v>493554.21</x:v>
+        <x:v>493600.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2459" spans="1:2">
       <x:c r="A2459" s="2">
-        <x:v>42444</x:v>
+        <x:v>42466</x:v>
       </x:c>
       <x:c r="B2459" s="3">
-        <x:v>493551.51</x:v>
+        <x:v>493599.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2460" spans="1:2">
       <x:c r="A2460" s="2">
-        <x:v>42443</x:v>
+        <x:v>42465</x:v>
       </x:c>
       <x:c r="B2460" s="3">
-        <x:v>493548.8</x:v>
+        <x:v>493599.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2461" spans="1:2">
       <x:c r="A2461" s="2">
-        <x:v>42440</x:v>
+        <x:v>42464</x:v>
       </x:c>
       <x:c r="B2461" s="3">
-        <x:v>493546.11</x:v>
+        <x:v>493598.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2462" spans="1:2">
       <x:c r="A2462" s="2">
-        <x:v>42439</x:v>
+        <x:v>42461</x:v>
       </x:c>
       <x:c r="B2462" s="3">
-        <x:v>493538</x:v>
+        <x:v>493597.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2463" spans="1:2">
       <x:c r="A2463" s="2">
-        <x:v>42438</x:v>
+        <x:v>42460</x:v>
       </x:c>
       <x:c r="B2463" s="3">
-        <x:v>493535.3</x:v>
+        <x:v>493593.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2464" spans="1:2">
       <x:c r="A2464" s="2">
-        <x:v>42437</x:v>
+        <x:v>42459</x:v>
       </x:c>
       <x:c r="B2464" s="3">
-        <x:v>493533.82</x:v>
+        <x:v>493590.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2465" spans="1:2">
       <x:c r="A2465" s="2">
-        <x:v>42436</x:v>
+        <x:v>42458</x:v>
       </x:c>
       <x:c r="B2465" s="3">
-        <x:v>493532.34</x:v>
+        <x:v>493586.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2466" spans="1:2">
       <x:c r="A2466" s="2">
-        <x:v>42433</x:v>
+        <x:v>42453</x:v>
       </x:c>
       <x:c r="B2466" s="3">
-        <x:v>493530.86</x:v>
+        <x:v>493583.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2467" spans="1:2">
       <x:c r="A2467" s="2">
-        <x:v>42432</x:v>
+        <x:v>42452</x:v>
       </x:c>
       <x:c r="B2467" s="3">
-        <x:v>493526.4</x:v>
+        <x:v>493573.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2468" spans="1:2">
       <x:c r="A2468" s="2">
-        <x:v>42431</x:v>
+        <x:v>42451</x:v>
       </x:c>
       <x:c r="B2468" s="3">
-        <x:v>493523.84</x:v>
+        <x:v>493570.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2469" spans="1:2">
       <x:c r="A2469" s="2">
-        <x:v>42430</x:v>
+        <x:v>42450</x:v>
       </x:c>
       <x:c r="B2469" s="3">
-        <x:v>493521.28</x:v>
+        <x:v>493567.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2470" spans="1:2">
       <x:c r="A2470" s="2">
-        <x:v>42429</x:v>
+        <x:v>42447</x:v>
       </x:c>
       <x:c r="B2470" s="3">
-        <x:v>493520.07</x:v>
+        <x:v>493565.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2471" spans="1:2">
       <x:c r="A2471" s="2">
-        <x:v>42426</x:v>
+        <x:v>42446</x:v>
       </x:c>
       <x:c r="B2471" s="3">
-        <x:v>493518.99</x:v>
+        <x:v>493556.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2472" spans="1:2">
       <x:c r="A2472" s="2">
-        <x:v>42425</x:v>
+        <x:v>42445</x:v>
       </x:c>
       <x:c r="B2472" s="3">
-        <x:v>493515.75</x:v>
+        <x:v>493554.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2473" spans="1:2">
       <x:c r="A2473" s="2">
-        <x:v>42424</x:v>
+        <x:v>42444</x:v>
       </x:c>
       <x:c r="B2473" s="3">
-        <x:v>493514.94</x:v>
+        <x:v>493551.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2474" spans="1:2">
       <x:c r="A2474" s="2">
-        <x:v>42423</x:v>
+        <x:v>42443</x:v>
       </x:c>
       <x:c r="B2474" s="3">
-        <x:v>493514.13</x:v>
+        <x:v>493548.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2475" spans="1:2">
       <x:c r="A2475" s="2">
-        <x:v>42422</x:v>
+        <x:v>42440</x:v>
       </x:c>
       <x:c r="B2475" s="3">
-        <x:v>493513.46</x:v>
+        <x:v>493546.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2476" spans="1:2">
       <x:c r="A2476" s="2">
-        <x:v>42419</x:v>
+        <x:v>42439</x:v>
       </x:c>
       <x:c r="B2476" s="3">
-        <x:v>493512.79</x:v>
+        <x:v>493538</x:v>
       </x:c>
     </x:row>
     <x:row r="2477" spans="1:2">
       <x:c r="A2477" s="2">
-        <x:v>42418</x:v>
+        <x:v>42438</x:v>
       </x:c>
       <x:c r="B2477" s="3">
-        <x:v>493510.77</x:v>
+        <x:v>493535.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2478" spans="1:2">
       <x:c r="A2478" s="2">
-        <x:v>42417</x:v>
+        <x:v>42437</x:v>
       </x:c>
       <x:c r="B2478" s="3">
-        <x:v>493510.1</x:v>
+        <x:v>493533.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2479" spans="1:2">
       <x:c r="A2479" s="2">
-        <x:v>42416</x:v>
+        <x:v>42436</x:v>
       </x:c>
       <x:c r="B2479" s="3">
-        <x:v>493509.43</x:v>
+        <x:v>493532.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2480" spans="1:2">
       <x:c r="A2480" s="2">
-        <x:v>42415</x:v>
+        <x:v>42433</x:v>
       </x:c>
       <x:c r="B2480" s="3">
-        <x:v>493508.76</x:v>
+        <x:v>493530.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2481" spans="1:2">
       <x:c r="A2481" s="2">
-        <x:v>42412</x:v>
+        <x:v>42432</x:v>
       </x:c>
       <x:c r="B2481" s="3">
-        <x:v>493508.09</x:v>
+        <x:v>493526.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2482" spans="1:2">
       <x:c r="A2482" s="2">
-        <x:v>42411</x:v>
+        <x:v>42431</x:v>
       </x:c>
       <x:c r="B2482" s="3">
-        <x:v>493505.66</x:v>
+        <x:v>493523.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2483" spans="1:2">
       <x:c r="A2483" s="2">
-        <x:v>42410</x:v>
+        <x:v>42430</x:v>
       </x:c>
       <x:c r="B2483" s="3">
-        <x:v>493504.85</x:v>
+        <x:v>493521.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2484" spans="1:2">
       <x:c r="A2484" s="2">
-        <x:v>42409</x:v>
+        <x:v>42429</x:v>
       </x:c>
       <x:c r="B2484" s="3">
-        <x:v>493504.04</x:v>
+        <x:v>493520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2485" spans="1:2">
       <x:c r="A2485" s="2">
-        <x:v>42408</x:v>
+        <x:v>42426</x:v>
       </x:c>
       <x:c r="B2485" s="3">
-        <x:v>493503.23</x:v>
+        <x:v>493518.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2486" spans="1:2">
       <x:c r="A2486" s="2">
-        <x:v>42405</x:v>
+        <x:v>42425</x:v>
       </x:c>
       <x:c r="B2486" s="3">
-        <x:v>493502.42</x:v>
+        <x:v>493515.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2487" spans="1:2">
       <x:c r="A2487" s="2">
-        <x:v>42404</x:v>
+        <x:v>42424</x:v>
       </x:c>
       <x:c r="B2487" s="3">
-        <x:v>493499.99</x:v>
+        <x:v>493514.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2488" spans="1:2">
       <x:c r="A2488" s="2">
-        <x:v>42403</x:v>
+        <x:v>42423</x:v>
       </x:c>
       <x:c r="B2488" s="3">
-        <x:v>493499.18</x:v>
+        <x:v>493514.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2489" spans="1:2">
       <x:c r="A2489" s="2">
-        <x:v>42402</x:v>
+        <x:v>42422</x:v>
       </x:c>
       <x:c r="B2489" s="3">
-        <x:v>493498.37</x:v>
+        <x:v>493513.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2490" spans="1:2">
       <x:c r="A2490" s="2">
-        <x:v>42401</x:v>
+        <x:v>42419</x:v>
       </x:c>
       <x:c r="B2490" s="3">
-        <x:v>493497.56</x:v>
+        <x:v>493512.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2491" spans="1:2">
       <x:c r="A2491" s="2">
-        <x:v>42398</x:v>
+        <x:v>42418</x:v>
       </x:c>
       <x:c r="B2491" s="3">
-        <x:v>493496.75</x:v>
+        <x:v>493510.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2492" spans="1:2">
       <x:c r="A2492" s="2">
-        <x:v>42397</x:v>
+        <x:v>42417</x:v>
       </x:c>
       <x:c r="B2492" s="3">
-        <x:v>493494.32</x:v>
+        <x:v>493510.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2493" spans="1:2">
       <x:c r="A2493" s="2">
-        <x:v>42396</x:v>
+        <x:v>42416</x:v>
       </x:c>
       <x:c r="B2493" s="3">
-        <x:v>493493.5</x:v>
+        <x:v>493509.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2494" spans="1:2">
       <x:c r="A2494" s="2">
-        <x:v>42395</x:v>
+        <x:v>42415</x:v>
       </x:c>
       <x:c r="B2494" s="3">
-        <x:v>493493.11</x:v>
+        <x:v>493508.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2495" spans="1:2">
       <x:c r="A2495" s="2">
-        <x:v>42394</x:v>
+        <x:v>42412</x:v>
       </x:c>
       <x:c r="B2495" s="3">
-        <x:v>493492.71</x:v>
+        <x:v>493508.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2496" spans="1:2">
       <x:c r="A2496" s="2">
-        <x:v>42391</x:v>
+        <x:v>42411</x:v>
       </x:c>
       <x:c r="B2496" s="3">
-        <x:v>493492.31</x:v>
+        <x:v>493505.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2497" spans="1:2">
       <x:c r="A2497" s="2">
-        <x:v>42390</x:v>
+        <x:v>42410</x:v>
       </x:c>
       <x:c r="B2497" s="3">
-        <x:v>493490.69</x:v>
+        <x:v>493504.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2498" spans="1:2">
       <x:c r="A2498" s="2">
-        <x:v>42389</x:v>
+        <x:v>42409</x:v>
       </x:c>
       <x:c r="B2498" s="3">
-        <x:v>493490.15</x:v>
+        <x:v>493504.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2499" spans="1:2">
       <x:c r="A2499" s="2">
-        <x:v>42388</x:v>
+        <x:v>42408</x:v>
       </x:c>
       <x:c r="B2499" s="3">
-        <x:v>493489.61</x:v>
+        <x:v>493503.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2500" spans="1:2">
       <x:c r="A2500" s="2">
-        <x:v>42387</x:v>
+        <x:v>42405</x:v>
       </x:c>
       <x:c r="B2500" s="3">
-        <x:v>493489.07</x:v>
+        <x:v>493502.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2501" spans="1:2">
       <x:c r="A2501" s="2">
-        <x:v>42384</x:v>
+        <x:v>42404</x:v>
       </x:c>
       <x:c r="B2501" s="3">
-        <x:v>493488.53</x:v>
+        <x:v>493499.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2502" spans="1:2">
       <x:c r="A2502" s="2">
-        <x:v>42383</x:v>
+        <x:v>42403</x:v>
       </x:c>
       <x:c r="B2502" s="3">
-        <x:v>493486.91</x:v>
+        <x:v>493499.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2503" spans="1:2">
       <x:c r="A2503" s="2">
-        <x:v>42382</x:v>
+        <x:v>42402</x:v>
       </x:c>
       <x:c r="B2503" s="3">
-        <x:v>493486.24</x:v>
+        <x:v>493498.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2504" spans="1:2">
       <x:c r="A2504" s="2">
-        <x:v>42381</x:v>
+        <x:v>42401</x:v>
       </x:c>
       <x:c r="B2504" s="3">
-        <x:v>493485.57</x:v>
+        <x:v>493497.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2505" spans="1:2">
       <x:c r="A2505" s="2">
-        <x:v>42380</x:v>
+        <x:v>42398</x:v>
       </x:c>
       <x:c r="B2505" s="3">
-        <x:v>493484.9</x:v>
+        <x:v>493496.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2506" spans="1:2">
       <x:c r="A2506" s="2">
-        <x:v>42377</x:v>
+        <x:v>42397</x:v>
       </x:c>
       <x:c r="B2506" s="3">
-        <x:v>493484.23</x:v>
+        <x:v>493494.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2507" spans="1:2">
       <x:c r="A2507" s="2">
-        <x:v>42376</x:v>
+        <x:v>42396</x:v>
       </x:c>
       <x:c r="B2507" s="3">
-        <x:v>493482.21</x:v>
+        <x:v>493493.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2508" spans="1:2">
       <x:c r="A2508" s="2">
-        <x:v>42375</x:v>
+        <x:v>42395</x:v>
       </x:c>
       <x:c r="B2508" s="3">
-        <x:v>493481.54</x:v>
+        <x:v>493493.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2509" spans="1:2">
       <x:c r="A2509" s="2">
-        <x:v>42374</x:v>
+        <x:v>42394</x:v>
       </x:c>
       <x:c r="B2509" s="3">
-        <x:v>493480.6</x:v>
+        <x:v>493492.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2510" spans="1:2">
       <x:c r="A2510" s="2">
-        <x:v>42373</x:v>
+        <x:v>42391</x:v>
       </x:c>
       <x:c r="B2510" s="3">
-        <x:v>493479.66</x:v>
+        <x:v>493492.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2511" spans="1:2">
       <x:c r="A2511" s="2">
-        <x:v>42369</x:v>
+        <x:v>42390</x:v>
       </x:c>
       <x:c r="B2511" s="3">
-        <x:v>493478.72</x:v>
+        <x:v>493490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2512" spans="1:2">
       <x:c r="A2512" s="2">
-        <x:v>42368</x:v>
+        <x:v>42389</x:v>
       </x:c>
       <x:c r="B2512" s="3">
-        <x:v>493473.32</x:v>
+        <x:v>493490.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2513" spans="1:2">
       <x:c r="A2513" s="2">
-        <x:v>42367</x:v>
+        <x:v>42388</x:v>
       </x:c>
       <x:c r="B2513" s="3">
-        <x:v>493471.97</x:v>
+        <x:v>493489.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2514" spans="1:2">
       <x:c r="A2514" s="2">
-        <x:v>42366</x:v>
+        <x:v>42387</x:v>
       </x:c>
       <x:c r="B2514" s="3">
-        <x:v>493470.22</x:v>
+        <x:v>493489.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2515" spans="1:2">
       <x:c r="A2515" s="2">
-        <x:v>42362</x:v>
+        <x:v>42384</x:v>
       </x:c>
       <x:c r="B2515" s="3">
-        <x:v>493468.47</x:v>
+        <x:v>493488.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2516" spans="1:2">
       <x:c r="A2516" s="2">
-        <x:v>42361</x:v>
+        <x:v>42383</x:v>
       </x:c>
       <x:c r="B2516" s="3">
-        <x:v>493461.44</x:v>
+        <x:v>493486.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2517" spans="1:2">
       <x:c r="A2517" s="2">
-        <x:v>42360</x:v>
+        <x:v>42382</x:v>
       </x:c>
       <x:c r="B2517" s="3">
-        <x:v>493459.69</x:v>
+        <x:v>493486.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2518" spans="1:2">
       <x:c r="A2518" s="2">
-        <x:v>42359</x:v>
+        <x:v>42381</x:v>
       </x:c>
       <x:c r="B2518" s="3">
-        <x:v>493457.94</x:v>
+        <x:v>493485.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2519" spans="1:2">
       <x:c r="A2519" s="2">
-        <x:v>42356</x:v>
+        <x:v>42380</x:v>
       </x:c>
       <x:c r="B2519" s="3">
-        <x:v>493456.19</x:v>
+        <x:v>493484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2520" spans="1:2">
       <x:c r="A2520" s="2">
-        <x:v>42355</x:v>
+        <x:v>42377</x:v>
       </x:c>
       <x:c r="B2520" s="3">
-        <x:v>493452.14</x:v>
+        <x:v>493484.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2521" spans="1:2">
       <x:c r="A2521" s="2">
-        <x:v>42354</x:v>
+        <x:v>42376</x:v>
       </x:c>
       <x:c r="B2521" s="3">
-        <x:v>493450.79</x:v>
+        <x:v>493482.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2522" spans="1:2">
       <x:c r="A2522" s="2">
-        <x:v>42353</x:v>
+        <x:v>42375</x:v>
       </x:c>
       <x:c r="B2522" s="3">
-        <x:v>493449.71</x:v>
+        <x:v>493481.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2523" spans="1:2">
       <x:c r="A2523" s="2">
-        <x:v>42352</x:v>
+        <x:v>42374</x:v>
       </x:c>
       <x:c r="B2523" s="3">
-        <x:v>493448.63</x:v>
+        <x:v>493480.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2524" spans="1:2">
       <x:c r="A2524" s="2">
-        <x:v>42349</x:v>
+        <x:v>42373</x:v>
       </x:c>
       <x:c r="B2524" s="3">
-        <x:v>493447.55</x:v>
+        <x:v>493479.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2525" spans="1:2">
       <x:c r="A2525" s="2">
-        <x:v>42348</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="B2525" s="3">
-        <x:v>493444.3</x:v>
+        <x:v>493478.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2526" spans="1:2">
       <x:c r="A2526" s="2">
-        <x:v>42347</x:v>
+        <x:v>42368</x:v>
       </x:c>
       <x:c r="B2526" s="3">
-        <x:v>493443.23</x:v>
+        <x:v>493473.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2527" spans="1:2">
       <x:c r="A2527" s="2">
-        <x:v>42346</x:v>
+        <x:v>42367</x:v>
       </x:c>
       <x:c r="B2527" s="3">
-        <x:v>493442.15</x:v>
+        <x:v>493471.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2528" spans="1:2">
       <x:c r="A2528" s="2">
-        <x:v>42345</x:v>
+        <x:v>42366</x:v>
       </x:c>
       <x:c r="B2528" s="3">
-        <x:v>493441.06</x:v>
+        <x:v>493470.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2529" spans="1:2">
       <x:c r="A2529" s="2">
-        <x:v>42342</x:v>
+        <x:v>42362</x:v>
       </x:c>
       <x:c r="B2529" s="3">
-        <x:v>493439.99</x:v>
+        <x:v>493468.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2530" spans="1:2">
       <x:c r="A2530" s="2">
-        <x:v>42341</x:v>
+        <x:v>42361</x:v>
       </x:c>
       <x:c r="B2530" s="3">
-        <x:v>493436.75</x:v>
+        <x:v>493461.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2531" spans="1:2">
       <x:c r="A2531" s="2">
-        <x:v>42340</x:v>
+        <x:v>42360</x:v>
       </x:c>
       <x:c r="B2531" s="3">
-        <x:v>493435.67</x:v>
+        <x:v>493459.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2532" spans="1:2">
       <x:c r="A2532" s="2">
-        <x:v>42339</x:v>
+        <x:v>42359</x:v>
       </x:c>
       <x:c r="B2532" s="3">
-        <x:v>493434.6</x:v>
+        <x:v>493457.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2533" spans="1:2">
       <x:c r="A2533" s="2">
-        <x:v>42338</x:v>
+        <x:v>42356</x:v>
       </x:c>
       <x:c r="B2533" s="3">
-        <x:v>493433.51</x:v>
+        <x:v>493456.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2534" spans="1:2">
       <x:c r="A2534" s="2">
-        <x:v>42335</x:v>
+        <x:v>42355</x:v>
       </x:c>
       <x:c r="B2534" s="3">
-        <x:v>493432.43</x:v>
+        <x:v>493452.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2535" spans="1:2">
       <x:c r="A2535" s="2">
-        <x:v>42334</x:v>
+        <x:v>42354</x:v>
       </x:c>
       <x:c r="B2535" s="3">
-        <x:v>493429.19</x:v>
+        <x:v>493450.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2536" spans="1:2">
       <x:c r="A2536" s="2">
-        <x:v>42333</x:v>
+        <x:v>42353</x:v>
       </x:c>
       <x:c r="B2536" s="3">
-        <x:v>493428.11</x:v>
+        <x:v>493449.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2537" spans="1:2">
       <x:c r="A2537" s="2">
-        <x:v>42332</x:v>
+        <x:v>42352</x:v>
       </x:c>
       <x:c r="B2537" s="3">
-        <x:v>493427.03</x:v>
+        <x:v>493448.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2538" spans="1:2">
       <x:c r="A2538" s="2">
-        <x:v>42331</x:v>
+        <x:v>42349</x:v>
       </x:c>
       <x:c r="B2538" s="3">
-        <x:v>493425.95</x:v>
+        <x:v>493447.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2539" spans="1:2">
       <x:c r="A2539" s="2">
-        <x:v>42328</x:v>
+        <x:v>42348</x:v>
       </x:c>
       <x:c r="B2539" s="3">
-        <x:v>493424.74</x:v>
+        <x:v>493444.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2540" spans="1:2">
       <x:c r="A2540" s="2">
-        <x:v>42327</x:v>
+        <x:v>42347</x:v>
       </x:c>
       <x:c r="B2540" s="3">
-        <x:v>493421.1</x:v>
+        <x:v>493443.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2541" spans="1:2">
       <x:c r="A2541" s="2">
-        <x:v>42326</x:v>
+        <x:v>42346</x:v>
       </x:c>
       <x:c r="B2541" s="3">
-        <x:v>493419.89</x:v>
+        <x:v>493442.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2542" spans="1:2">
       <x:c r="A2542" s="2">
-        <x:v>42325</x:v>
+        <x:v>42345</x:v>
       </x:c>
       <x:c r="B2542" s="3">
-        <x:v>493418.54</x:v>
+        <x:v>493441.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2543" spans="1:2">
       <x:c r="A2543" s="2">
-        <x:v>42324</x:v>
+        <x:v>42342</x:v>
       </x:c>
       <x:c r="B2543" s="3">
-        <x:v>493417.19</x:v>
+        <x:v>493439.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2544" spans="1:2">
       <x:c r="A2544" s="2">
-        <x:v>42321</x:v>
+        <x:v>42341</x:v>
       </x:c>
       <x:c r="B2544" s="3">
-        <x:v>493415.71</x:v>
+        <x:v>493436.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2545" spans="1:2">
       <x:c r="A2545" s="2">
-        <x:v>42320</x:v>
+        <x:v>42340</x:v>
       </x:c>
       <x:c r="B2545" s="3">
-        <x:v>493411.25</x:v>
+        <x:v>493435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2546" spans="1:2">
       <x:c r="A2546" s="2">
-        <x:v>42318</x:v>
+        <x:v>42339</x:v>
       </x:c>
       <x:c r="B2546" s="3">
-        <x:v>493409.77</x:v>
+        <x:v>493434.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2547" spans="1:2">
       <x:c r="A2547" s="2">
-        <x:v>42317</x:v>
+        <x:v>42338</x:v>
       </x:c>
       <x:c r="B2547" s="3">
-        <x:v>493406.8</x:v>
+        <x:v>493433.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2548" spans="1:2">
       <x:c r="A2548" s="2">
-        <x:v>42314</x:v>
+        <x:v>42335</x:v>
       </x:c>
       <x:c r="B2548" s="3">
-        <x:v>493405.18</x:v>
+        <x:v>493432.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2549" spans="1:2">
       <x:c r="A2549" s="2">
-        <x:v>42313</x:v>
+        <x:v>42334</x:v>
       </x:c>
       <x:c r="B2549" s="3">
-        <x:v>493400.32</x:v>
+        <x:v>493429.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2550" spans="1:2">
       <x:c r="A2550" s="2">
-        <x:v>42312</x:v>
+        <x:v>42333</x:v>
       </x:c>
       <x:c r="B2550" s="3">
-        <x:v>493398.7</x:v>
+        <x:v>493428.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2551" spans="1:2">
       <x:c r="A2551" s="2">
-        <x:v>42311</x:v>
+        <x:v>42332</x:v>
       </x:c>
       <x:c r="B2551" s="3">
-        <x:v>493396.81</x:v>
+        <x:v>493427.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2552" spans="1:2">
       <x:c r="A2552" s="2">
-        <x:v>42310</x:v>
+        <x:v>42331</x:v>
       </x:c>
       <x:c r="B2552" s="3">
-        <x:v>493394.92</x:v>
+        <x:v>493425.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2553" spans="1:2">
       <x:c r="A2553" s="2">
-        <x:v>42307</x:v>
+        <x:v>42328</x:v>
       </x:c>
       <x:c r="B2553" s="3">
-        <x:v>493393.02</x:v>
+        <x:v>493424.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2554" spans="1:2">
       <x:c r="A2554" s="2">
-        <x:v>42306</x:v>
+        <x:v>42327</x:v>
       </x:c>
       <x:c r="B2554" s="3">
-        <x:v>493386.95</x:v>
+        <x:v>493421.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2555" spans="1:2">
       <x:c r="A2555" s="2">
-        <x:v>42305</x:v>
+        <x:v>42326</x:v>
       </x:c>
       <x:c r="B2555" s="3">
-        <x:v>493384.93</x:v>
+        <x:v>493419.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2556" spans="1:2">
       <x:c r="A2556" s="2">
-        <x:v>42304</x:v>
+        <x:v>42325</x:v>
       </x:c>
       <x:c r="B2556" s="3">
-        <x:v>493382.91</x:v>
+        <x:v>493418.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2557" spans="1:2">
       <x:c r="A2557" s="2">
-        <x:v>42303</x:v>
+        <x:v>42324</x:v>
       </x:c>
       <x:c r="B2557" s="3">
-        <x:v>493380.89</x:v>
+        <x:v>493417.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2558" spans="1:2">
       <x:c r="A2558" s="2">
-        <x:v>42300</x:v>
+        <x:v>42321</x:v>
       </x:c>
       <x:c r="B2558" s="3">
-        <x:v>493378.87</x:v>
+        <x:v>493415.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2559" spans="1:2">
       <x:c r="A2559" s="2">
-        <x:v>42299</x:v>
+        <x:v>42320</x:v>
       </x:c>
       <x:c r="B2559" s="3">
-        <x:v>493372.79</x:v>
+        <x:v>493411.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2560" spans="1:2">
       <x:c r="A2560" s="2">
-        <x:v>42298</x:v>
+        <x:v>42318</x:v>
       </x:c>
       <x:c r="B2560" s="3">
-        <x:v>493370.77</x:v>
+        <x:v>493409.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2561" spans="1:2">
       <x:c r="A2561" s="2">
-        <x:v>42297</x:v>
+        <x:v>42317</x:v>
       </x:c>
       <x:c r="B2561" s="3">
-        <x:v>493368.75</x:v>
+        <x:v>493406.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2562" spans="1:2">
       <x:c r="A2562" s="2">
-        <x:v>42296</x:v>
+        <x:v>42314</x:v>
       </x:c>
       <x:c r="B2562" s="3">
-        <x:v>493366.73</x:v>
+        <x:v>493405.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2563" spans="1:2">
       <x:c r="A2563" s="2">
-        <x:v>42293</x:v>
+        <x:v>42313</x:v>
       </x:c>
       <x:c r="B2563" s="3">
-        <x:v>493364.71</x:v>
+        <x:v>493400.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2564" spans="1:2">
       <x:c r="A2564" s="2">
-        <x:v>42292</x:v>
+        <x:v>42312</x:v>
       </x:c>
       <x:c r="B2564" s="3">
-        <x:v>493358.63</x:v>
+        <x:v>493398.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2565" spans="1:2">
       <x:c r="A2565" s="2">
-        <x:v>42291</x:v>
+        <x:v>42311</x:v>
       </x:c>
       <x:c r="B2565" s="3">
-        <x:v>493356.61</x:v>
+        <x:v>493396.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2566" spans="1:2">
       <x:c r="A2566" s="2">
-        <x:v>42290</x:v>
+        <x:v>42310</x:v>
       </x:c>
       <x:c r="B2566" s="3">
-        <x:v>493354.59</x:v>
+        <x:v>493394.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2567" spans="1:2">
       <x:c r="A2567" s="2">
-        <x:v>42289</x:v>
+        <x:v>42307</x:v>
       </x:c>
       <x:c r="B2567" s="3">
-        <x:v>493352.57</x:v>
+        <x:v>493393.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2568" spans="1:2">
       <x:c r="A2568" s="2">
-        <x:v>42286</x:v>
+        <x:v>42306</x:v>
       </x:c>
       <x:c r="B2568" s="3">
-        <x:v>493350.55</x:v>
+        <x:v>493386.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2569" spans="1:2">
       <x:c r="A2569" s="2">
-        <x:v>42285</x:v>
+        <x:v>42305</x:v>
       </x:c>
       <x:c r="B2569" s="3">
-        <x:v>493344.46</x:v>
+        <x:v>493384.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2570" spans="1:2">
       <x:c r="A2570" s="2">
-        <x:v>42284</x:v>
+        <x:v>42304</x:v>
       </x:c>
       <x:c r="B2570" s="3">
-        <x:v>493342.45</x:v>
+        <x:v>493382.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2571" spans="1:2">
       <x:c r="A2571" s="2">
-        <x:v>42283</x:v>
+        <x:v>42303</x:v>
       </x:c>
       <x:c r="B2571" s="3">
-        <x:v>493340.43</x:v>
+        <x:v>493380.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2572" spans="1:2">
       <x:c r="A2572" s="2">
-        <x:v>42282</x:v>
+        <x:v>42300</x:v>
       </x:c>
       <x:c r="B2572" s="3">
-        <x:v>493337.87</x:v>
+        <x:v>493378.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2573" spans="1:2">
       <x:c r="A2573" s="2">
-        <x:v>42279</x:v>
+        <x:v>42299</x:v>
       </x:c>
       <x:c r="B2573" s="3">
-        <x:v>493335.31</x:v>
+        <x:v>493372.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2574" spans="1:2">
       <x:c r="A2574" s="2">
-        <x:v>42278</x:v>
+        <x:v>42298</x:v>
       </x:c>
       <x:c r="B2574" s="3">
-        <x:v>493327.61</x:v>
+        <x:v>493370.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2575" spans="1:2">
       <x:c r="A2575" s="2">
-        <x:v>42277</x:v>
+        <x:v>42297</x:v>
       </x:c>
       <x:c r="B2575" s="3">
-        <x:v>493325.05</x:v>
+        <x:v>493368.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2576" spans="1:2">
       <x:c r="A2576" s="2">
-        <x:v>42276</x:v>
+        <x:v>42296</x:v>
       </x:c>
       <x:c r="B2576" s="3">
-        <x:v>493322.49</x:v>
+        <x:v>493366.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2577" spans="1:2">
       <x:c r="A2577" s="2">
-        <x:v>42275</x:v>
+        <x:v>42293</x:v>
       </x:c>
       <x:c r="B2577" s="3">
-        <x:v>493319.93</x:v>
+        <x:v>493364.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2578" spans="1:2">
       <x:c r="A2578" s="2">
-        <x:v>42272</x:v>
+        <x:v>42292</x:v>
       </x:c>
       <x:c r="B2578" s="3">
-        <x:v>493317.37</x:v>
+        <x:v>493358.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2579" spans="1:2">
       <x:c r="A2579" s="2">
-        <x:v>42271</x:v>
+        <x:v>42291</x:v>
       </x:c>
       <x:c r="B2579" s="3">
-        <x:v>493309.67</x:v>
+        <x:v>493356.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2580" spans="1:2">
       <x:c r="A2580" s="2">
-        <x:v>42270</x:v>
+        <x:v>42290</x:v>
       </x:c>
       <x:c r="B2580" s="3">
-        <x:v>493307.11</x:v>
+        <x:v>493354.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2581" spans="1:2">
       <x:c r="A2581" s="2">
-        <x:v>42269</x:v>
+        <x:v>42289</x:v>
       </x:c>
       <x:c r="B2581" s="3">
-        <x:v>493304.01</x:v>
+        <x:v>493352.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2582" spans="1:2">
       <x:c r="A2582" s="2">
-        <x:v>42268</x:v>
+        <x:v>42286</x:v>
       </x:c>
       <x:c r="B2582" s="3">
-        <x:v>493300.91</x:v>
+        <x:v>493350.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2583" spans="1:2">
       <x:c r="A2583" s="2">
-        <x:v>42265</x:v>
+        <x:v>42285</x:v>
       </x:c>
       <x:c r="B2583" s="3">
-        <x:v>493297.81</x:v>
+        <x:v>493344.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2584" spans="1:2">
       <x:c r="A2584" s="2">
-        <x:v>42264</x:v>
+        <x:v>42284</x:v>
       </x:c>
       <x:c r="B2584" s="3">
-        <x:v>493288.49</x:v>
+        <x:v>493342.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2585" spans="1:2">
       <x:c r="A2585" s="2">
-        <x:v>42263</x:v>
+        <x:v>42283</x:v>
       </x:c>
       <x:c r="B2585" s="3">
-        <x:v>493285.39</x:v>
+        <x:v>493340.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2586" spans="1:2">
       <x:c r="A2586" s="2">
-        <x:v>42262</x:v>
+        <x:v>42282</x:v>
       </x:c>
       <x:c r="B2586" s="3">
-        <x:v>493282.29</x:v>
+        <x:v>493337.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2587" spans="1:2">
       <x:c r="A2587" s="2">
-        <x:v>42261</x:v>
+        <x:v>42279</x:v>
       </x:c>
       <x:c r="B2587" s="3">
-        <x:v>493279.19</x:v>
+        <x:v>493335.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2588" spans="1:2">
       <x:c r="A2588" s="2">
-        <x:v>42258</x:v>
+        <x:v>42278</x:v>
       </x:c>
       <x:c r="B2588" s="3">
-        <x:v>493276.09</x:v>
+        <x:v>493327.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2589" spans="1:2">
       <x:c r="A2589" s="2">
-        <x:v>42257</x:v>
+        <x:v>42277</x:v>
       </x:c>
       <x:c r="B2589" s="3">
-        <x:v>493266.77</x:v>
+        <x:v>493325.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2590" spans="1:2">
       <x:c r="A2590" s="2">
-        <x:v>42256</x:v>
+        <x:v>42276</x:v>
       </x:c>
       <x:c r="B2590" s="3">
-        <x:v>493263.67</x:v>
+        <x:v>493322.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2591" spans="1:2">
       <x:c r="A2591" s="2">
-        <x:v>42255</x:v>
+        <x:v>42275</x:v>
       </x:c>
       <x:c r="B2591" s="3">
-        <x:v>493260.57</x:v>
+        <x:v>493319.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2592" spans="1:2">
       <x:c r="A2592" s="2">
-        <x:v>42254</x:v>
+        <x:v>42272</x:v>
       </x:c>
       <x:c r="B2592" s="3">
-        <x:v>493257.47</x:v>
+        <x:v>493317.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2593" spans="1:2">
       <x:c r="A2593" s="2">
-        <x:v>42251</x:v>
+        <x:v>42271</x:v>
       </x:c>
       <x:c r="B2593" s="3">
-        <x:v>493254.37</x:v>
+        <x:v>493309.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2594" spans="1:2">
       <x:c r="A2594" s="2">
-        <x:v>42250</x:v>
+        <x:v>42270</x:v>
       </x:c>
       <x:c r="B2594" s="3">
-        <x:v>493245.05</x:v>
+        <x:v>493307.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2595" spans="1:2">
       <x:c r="A2595" s="2">
-        <x:v>42249</x:v>
+        <x:v>42269</x:v>
       </x:c>
       <x:c r="B2595" s="3">
-        <x:v>493241.95</x:v>
+        <x:v>493304.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2596" spans="1:2">
       <x:c r="A2596" s="2">
-        <x:v>42248</x:v>
+        <x:v>42268</x:v>
       </x:c>
       <x:c r="B2596" s="3">
-        <x:v>493238.85</x:v>
+        <x:v>493300.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2597" spans="1:2">
       <x:c r="A2597" s="2">
-        <x:v>42247</x:v>
+        <x:v>42265</x:v>
       </x:c>
       <x:c r="B2597" s="3">
-        <x:v>493235.75</x:v>
+        <x:v>493297.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2598" spans="1:2">
       <x:c r="A2598" s="2">
-        <x:v>42244</x:v>
+        <x:v>42264</x:v>
       </x:c>
       <x:c r="B2598" s="3">
-        <x:v>493233.05</x:v>
+        <x:v>493288.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2599" spans="1:2">
       <x:c r="A2599" s="2">
-        <x:v>42243</x:v>
+        <x:v>42263</x:v>
       </x:c>
       <x:c r="B2599" s="3">
-        <x:v>493224.95</x:v>
+        <x:v>493285.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2600" spans="1:2">
       <x:c r="A2600" s="2">
-        <x:v>42242</x:v>
+        <x:v>42262</x:v>
       </x:c>
       <x:c r="B2600" s="3">
-        <x:v>493222.25</x:v>
+        <x:v>493282.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2601" spans="1:2">
       <x:c r="A2601" s="2">
-        <x:v>42241</x:v>
+        <x:v>42261</x:v>
       </x:c>
       <x:c r="B2601" s="3">
-        <x:v>493219.55</x:v>
+        <x:v>493279.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2602" spans="1:2">
       <x:c r="A2602" s="2">
-        <x:v>42240</x:v>
+        <x:v>42258</x:v>
       </x:c>
       <x:c r="B2602" s="3">
-        <x:v>493216.85</x:v>
+        <x:v>493276.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2603" spans="1:2">
       <x:c r="A2603" s="2">
-        <x:v>42237</x:v>
+        <x:v>42257</x:v>
       </x:c>
       <x:c r="B2603" s="3">
-        <x:v>493214.15</x:v>
+        <x:v>493266.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2604" spans="1:2">
       <x:c r="A2604" s="2">
-        <x:v>42236</x:v>
+        <x:v>42256</x:v>
       </x:c>
       <x:c r="B2604" s="3">
-        <x:v>493206.05</x:v>
+        <x:v>493263.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2605" spans="1:2">
       <x:c r="A2605" s="2">
-        <x:v>42235</x:v>
+        <x:v>42255</x:v>
       </x:c>
       <x:c r="B2605" s="3">
-        <x:v>493203.35</x:v>
+        <x:v>493260.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2606" spans="1:2">
       <x:c r="A2606" s="2">
-        <x:v>42234</x:v>
+        <x:v>42254</x:v>
       </x:c>
       <x:c r="B2606" s="3">
-        <x:v>493200.65</x:v>
+        <x:v>493257.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2607" spans="1:2">
       <x:c r="A2607" s="2">
-        <x:v>42233</x:v>
+        <x:v>42251</x:v>
       </x:c>
       <x:c r="B2607" s="3">
-        <x:v>493197.95</x:v>
+        <x:v>493254.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2608" spans="1:2">
       <x:c r="A2608" s="2">
-        <x:v>42230</x:v>
+        <x:v>42250</x:v>
       </x:c>
       <x:c r="B2608" s="3">
-        <x:v>493195.25</x:v>
+        <x:v>493245.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2609" spans="1:2">
       <x:c r="A2609" s="2">
-        <x:v>42229</x:v>
+        <x:v>42249</x:v>
       </x:c>
       <x:c r="B2609" s="3">
-        <x:v>493187.15</x:v>
+        <x:v>493241.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2610" spans="1:2">
       <x:c r="A2610" s="2">
-        <x:v>42228</x:v>
+        <x:v>42248</x:v>
       </x:c>
       <x:c r="B2610" s="3">
-        <x:v>493184.45</x:v>
+        <x:v>493238.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2611" spans="1:2">
       <x:c r="A2611" s="2">
-        <x:v>42227</x:v>
+        <x:v>42247</x:v>
       </x:c>
       <x:c r="B2611" s="3">
-        <x:v>493181.75</x:v>
+        <x:v>493235.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2612" spans="1:2">
       <x:c r="A2612" s="2">
-        <x:v>42226</x:v>
+        <x:v>42244</x:v>
       </x:c>
       <x:c r="B2612" s="3">
-        <x:v>493179.05</x:v>
+        <x:v>493233.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2613" spans="1:2">
       <x:c r="A2613" s="2">
-        <x:v>42223</x:v>
+        <x:v>42243</x:v>
       </x:c>
       <x:c r="B2613" s="3">
-        <x:v>493176.35</x:v>
+        <x:v>493224.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2614" spans="1:2">
       <x:c r="A2614" s="2">
-        <x:v>42222</x:v>
+        <x:v>42242</x:v>
       </x:c>
       <x:c r="B2614" s="3">
-        <x:v>493168.25</x:v>
+        <x:v>493222.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2615" spans="1:2">
       <x:c r="A2615" s="2">
-        <x:v>42221</x:v>
+        <x:v>42241</x:v>
       </x:c>
       <x:c r="B2615" s="3">
-        <x:v>493165.82</x:v>
+        <x:v>493219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2616" spans="1:2">
       <x:c r="A2616" s="2">
-        <x:v>42220</x:v>
+        <x:v>42240</x:v>
       </x:c>
       <x:c r="B2616" s="3">
-        <x:v>493163.39</x:v>
+        <x:v>493216.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2617" spans="1:2">
       <x:c r="A2617" s="2">
-        <x:v>42219</x:v>
+        <x:v>42237</x:v>
       </x:c>
       <x:c r="B2617" s="3">
-        <x:v>493160.96</x:v>
+        <x:v>493214.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2618" spans="1:2">
       <x:c r="A2618" s="2">
-        <x:v>42216</x:v>
+        <x:v>42236</x:v>
       </x:c>
       <x:c r="B2618" s="3">
-        <x:v>493158.53</x:v>
+        <x:v>493206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2619" spans="1:2">
       <x:c r="A2619" s="2">
-        <x:v>42215</x:v>
+        <x:v>42235</x:v>
       </x:c>
       <x:c r="B2619" s="3">
-        <x:v>493151.24</x:v>
+        <x:v>493203.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2620" spans="1:2">
       <x:c r="A2620" s="2">
-        <x:v>42214</x:v>
+        <x:v>42234</x:v>
       </x:c>
       <x:c r="B2620" s="3">
-        <x:v>493148.81</x:v>
+        <x:v>493200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2621" spans="1:2">
       <x:c r="A2621" s="2">
-        <x:v>42213</x:v>
+        <x:v>42233</x:v>
       </x:c>
       <x:c r="B2621" s="3">
-        <x:v>493146.38</x:v>
+        <x:v>493197.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2622" spans="1:2">
       <x:c r="A2622" s="2">
-        <x:v>42212</x:v>
+        <x:v>42230</x:v>
       </x:c>
       <x:c r="B2622" s="3">
-        <x:v>493143.95</x:v>
+        <x:v>493195.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2623" spans="1:2">
       <x:c r="A2623" s="2">
-        <x:v>42209</x:v>
+        <x:v>42229</x:v>
       </x:c>
       <x:c r="B2623" s="3">
-        <x:v>493141.52</x:v>
+        <x:v>493187.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2624" spans="1:2">
       <x:c r="A2624" s="2">
-        <x:v>42208</x:v>
+        <x:v>42228</x:v>
       </x:c>
       <x:c r="B2624" s="3">
-        <x:v>493134.23</x:v>
+        <x:v>493184.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2625" spans="1:2">
       <x:c r="A2625" s="2">
-        <x:v>42207</x:v>
+        <x:v>42227</x:v>
       </x:c>
       <x:c r="B2625" s="3">
-        <x:v>493131.8</x:v>
+        <x:v>493181.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2626" spans="1:2">
       <x:c r="A2626" s="2">
-        <x:v>42206</x:v>
+        <x:v>42226</x:v>
       </x:c>
       <x:c r="B2626" s="3">
-        <x:v>493129.37</x:v>
+        <x:v>493179.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2627" spans="1:2">
       <x:c r="A2627" s="2">
-        <x:v>42205</x:v>
+        <x:v>42223</x:v>
       </x:c>
       <x:c r="B2627" s="3">
-        <x:v>493126.94</x:v>
+        <x:v>493176.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2628" spans="1:2">
       <x:c r="A2628" s="2">
-        <x:v>42202</x:v>
+        <x:v>42222</x:v>
       </x:c>
       <x:c r="B2628" s="3">
-        <x:v>493124.51</x:v>
+        <x:v>493168.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2629" spans="1:2">
       <x:c r="A2629" s="2">
-        <x:v>42201</x:v>
+        <x:v>42221</x:v>
       </x:c>
       <x:c r="B2629" s="3">
-        <x:v>493117.22</x:v>
+        <x:v>493165.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2630" spans="1:2">
       <x:c r="A2630" s="2">
-        <x:v>42200</x:v>
+        <x:v>42220</x:v>
       </x:c>
       <x:c r="B2630" s="3">
-        <x:v>493114.79</x:v>
+        <x:v>493163.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2631" spans="1:2">
       <x:c r="A2631" s="2">
-        <x:v>42198</x:v>
+        <x:v>42219</x:v>
       </x:c>
       <x:c r="B2631" s="3">
-        <x:v>493112.36</x:v>
+        <x:v>493160.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2632" spans="1:2">
       <x:c r="A2632" s="2">
-        <x:v>42195</x:v>
+        <x:v>42216</x:v>
       </x:c>
       <x:c r="B2632" s="3">
-        <x:v>493107.5</x:v>
+        <x:v>493158.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2633" spans="1:2">
       <x:c r="A2633" s="2">
-        <x:v>42194</x:v>
+        <x:v>42215</x:v>
       </x:c>
       <x:c r="B2633" s="3">
-        <x:v>493100.21</x:v>
+        <x:v>493151.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2634" spans="1:2">
       <x:c r="A2634" s="2">
-        <x:v>42193</x:v>
+        <x:v>42214</x:v>
       </x:c>
       <x:c r="B2634" s="3">
-        <x:v>493097.78</x:v>
+        <x:v>493148.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2635" spans="1:2">
       <x:c r="A2635" s="2">
-        <x:v>42192</x:v>
+        <x:v>42213</x:v>
       </x:c>
       <x:c r="B2635" s="3">
-        <x:v>493095.35</x:v>
+        <x:v>493146.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2636" spans="1:2">
       <x:c r="A2636" s="2">
-        <x:v>42191</x:v>
+        <x:v>42212</x:v>
       </x:c>
       <x:c r="B2636" s="3">
-        <x:v>493092.92</x:v>
+        <x:v>493143.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2637" spans="1:2">
       <x:c r="A2637" s="2">
-        <x:v>42188</x:v>
+        <x:v>42209</x:v>
       </x:c>
       <x:c r="B2637" s="3">
-        <x:v>493090.49</x:v>
+        <x:v>493141.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2638" spans="1:2">
       <x:c r="A2638" s="2">
-        <x:v>42187</x:v>
+        <x:v>42208</x:v>
       </x:c>
       <x:c r="B2638" s="3">
-        <x:v>493083.2</x:v>
+        <x:v>493134.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2639" spans="1:2">
       <x:c r="A2639" s="2">
-        <x:v>42186</x:v>
+        <x:v>42207</x:v>
       </x:c>
       <x:c r="B2639" s="3">
-        <x:v>493080.77</x:v>
+        <x:v>493131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2640" spans="1:2">
       <x:c r="A2640" s="2">
-        <x:v>42185</x:v>
+        <x:v>42206</x:v>
       </x:c>
       <x:c r="B2640" s="3">
-        <x:v>493078.34</x:v>
+        <x:v>493129.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2641" spans="1:2">
       <x:c r="A2641" s="2">
-        <x:v>42184</x:v>
+        <x:v>42205</x:v>
       </x:c>
       <x:c r="B2641" s="3">
-        <x:v>493075.91</x:v>
+        <x:v>493126.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2642" spans="1:2">
       <x:c r="A2642" s="2">
-        <x:v>42181</x:v>
+        <x:v>42202</x:v>
       </x:c>
       <x:c r="B2642" s="3">
-        <x:v>493073.48</x:v>
+        <x:v>493124.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2643" spans="1:2">
       <x:c r="A2643" s="2">
-        <x:v>42180</x:v>
+        <x:v>42201</x:v>
       </x:c>
       <x:c r="B2643" s="3">
-        <x:v>493066.19</x:v>
+        <x:v>493117.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2644" spans="1:2">
       <x:c r="A2644" s="2">
-        <x:v>42179</x:v>
+        <x:v>42200</x:v>
       </x:c>
       <x:c r="B2644" s="3">
-        <x:v>493063.76</x:v>
+        <x:v>493114.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2645" spans="1:2">
       <x:c r="A2645" s="2">
-        <x:v>42178</x:v>
+        <x:v>42198</x:v>
       </x:c>
       <x:c r="B2645" s="3">
-        <x:v>493061.33</x:v>
+        <x:v>493112.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2646" spans="1:2">
       <x:c r="A2646" s="2">
-        <x:v>42177</x:v>
+        <x:v>42195</x:v>
       </x:c>
       <x:c r="B2646" s="3">
-        <x:v>493059.17</x:v>
+        <x:v>493107.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2647" spans="1:2">
       <x:c r="A2647" s="2">
-        <x:v>42174</x:v>
+        <x:v>42194</x:v>
       </x:c>
       <x:c r="B2647" s="3">
-        <x:v>493057.01</x:v>
+        <x:v>493100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2648" spans="1:2">
       <x:c r="A2648" s="2">
-        <x:v>42173</x:v>
+        <x:v>42193</x:v>
       </x:c>
       <x:c r="B2648" s="3">
-        <x:v>493050.53</x:v>
+        <x:v>493097.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2649" spans="1:2">
       <x:c r="A2649" s="2">
-        <x:v>42172</x:v>
+        <x:v>42192</x:v>
       </x:c>
       <x:c r="B2649" s="3">
-        <x:v>493048.37</x:v>
+        <x:v>493095.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2650" spans="1:2">
       <x:c r="A2650" s="2">
-        <x:v>42171</x:v>
+        <x:v>42191</x:v>
       </x:c>
       <x:c r="B2650" s="3">
-        <x:v>493046.21</x:v>
+        <x:v>493092.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2651" spans="1:2">
       <x:c r="A2651" s="2">
-        <x:v>42170</x:v>
+        <x:v>42188</x:v>
       </x:c>
       <x:c r="B2651" s="3">
-        <x:v>493044.05</x:v>
+        <x:v>493090.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2652" spans="1:2">
       <x:c r="A2652" s="2">
-        <x:v>42167</x:v>
+        <x:v>42187</x:v>
       </x:c>
       <x:c r="B2652" s="3">
-        <x:v>493042.16</x:v>
+        <x:v>493083.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2653" spans="1:2">
       <x:c r="A2653" s="2">
-        <x:v>42166</x:v>
+        <x:v>42186</x:v>
       </x:c>
       <x:c r="B2653" s="3">
-        <x:v>493036.49</x:v>
+        <x:v>493080.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2654" spans="1:2">
       <x:c r="A2654" s="2">
-        <x:v>42165</x:v>
+        <x:v>42185</x:v>
       </x:c>
       <x:c r="B2654" s="3">
-        <x:v>493034.6</x:v>
+        <x:v>493078.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2655" spans="1:2">
       <x:c r="A2655" s="2">
-        <x:v>42164</x:v>
+        <x:v>42184</x:v>
       </x:c>
       <x:c r="B2655" s="3">
-        <x:v>493032.71</x:v>
+        <x:v>493075.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2656" spans="1:2">
       <x:c r="A2656" s="2">
-        <x:v>42163</x:v>
+        <x:v>42181</x:v>
       </x:c>
       <x:c r="B2656" s="3">
-        <x:v>493030.82</x:v>
+        <x:v>493073.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2657" spans="1:2">
       <x:c r="A2657" s="2">
-        <x:v>42160</x:v>
+        <x:v>42180</x:v>
       </x:c>
       <x:c r="B2657" s="3">
-        <x:v>493028.93</x:v>
+        <x:v>493066.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2658" spans="1:2">
       <x:c r="A2658" s="2">
-        <x:v>42159</x:v>
+        <x:v>42179</x:v>
       </x:c>
       <x:c r="B2658" s="3">
-        <x:v>493023.26</x:v>
+        <x:v>493063.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2659" spans="1:2">
       <x:c r="A2659" s="2">
-        <x:v>42158</x:v>
+        <x:v>42178</x:v>
       </x:c>
       <x:c r="B2659" s="3">
-        <x:v>493021.1</x:v>
+        <x:v>493061.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2660" spans="1:2">
       <x:c r="A2660" s="2">
-        <x:v>42157</x:v>
+        <x:v>42177</x:v>
       </x:c>
       <x:c r="B2660" s="3">
-        <x:v>493018.94</x:v>
+        <x:v>493059.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2661" spans="1:2">
       <x:c r="A2661" s="2">
-        <x:v>42156</x:v>
+        <x:v>42174</x:v>
       </x:c>
       <x:c r="B2661" s="3">
-        <x:v>493016.78</x:v>
+        <x:v>493057.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2662" spans="1:2">
       <x:c r="A2662" s="2">
-        <x:v>42153</x:v>
+        <x:v>42173</x:v>
       </x:c>
       <x:c r="B2662" s="3">
-        <x:v>493014.62</x:v>
+        <x:v>493050.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2663" spans="1:2">
       <x:c r="A2663" s="2">
-        <x:v>42152</x:v>
+        <x:v>42172</x:v>
       </x:c>
       <x:c r="B2663" s="3">
-        <x:v>493008.14</x:v>
+        <x:v>493048.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2664" spans="1:2">
       <x:c r="A2664" s="2">
-        <x:v>42151</x:v>
+        <x:v>42171</x:v>
       </x:c>
       <x:c r="B2664" s="3">
-        <x:v>493005.98</x:v>
+        <x:v>493046.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2665" spans="1:2">
       <x:c r="A2665" s="2">
-        <x:v>42150</x:v>
+        <x:v>42170</x:v>
       </x:c>
       <x:c r="B2665" s="3">
-        <x:v>493003.82</x:v>
+        <x:v>493044.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2666" spans="1:2">
       <x:c r="A2666" s="2">
-        <x:v>42146</x:v>
+        <x:v>42167</x:v>
       </x:c>
       <x:c r="B2666" s="3">
-        <x:v>493001.66</x:v>
+        <x:v>493042.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2667" spans="1:2">
       <x:c r="A2667" s="2">
-        <x:v>42145</x:v>
+        <x:v>42166</x:v>
       </x:c>
       <x:c r="B2667" s="3">
-        <x:v>492993.02</x:v>
+        <x:v>493036.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2668" spans="1:2">
       <x:c r="A2668" s="2">
-        <x:v>42144</x:v>
+        <x:v>42165</x:v>
       </x:c>
       <x:c r="B2668" s="3">
-        <x:v>492990.86</x:v>
+        <x:v>493034.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2669" spans="1:2">
       <x:c r="A2669" s="2">
-        <x:v>42143</x:v>
+        <x:v>42164</x:v>
       </x:c>
       <x:c r="B2669" s="3">
-        <x:v>492988.57</x:v>
+        <x:v>493032.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2670" spans="1:2">
       <x:c r="A2670" s="2">
-        <x:v>42142</x:v>
+        <x:v>42163</x:v>
       </x:c>
       <x:c r="B2670" s="3">
-        <x:v>492986.28</x:v>
+        <x:v>493030.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2671" spans="1:2">
       <x:c r="A2671" s="2">
-        <x:v>42139</x:v>
+        <x:v>42160</x:v>
       </x:c>
       <x:c r="B2671" s="3">
-        <x:v>492983.99</x:v>
+        <x:v>493028.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2672" spans="1:2">
       <x:c r="A2672" s="2">
-        <x:v>42137</x:v>
+        <x:v>42159</x:v>
       </x:c>
       <x:c r="B2672" s="3">
-        <x:v>492977.11</x:v>
+        <x:v>493023.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2673" spans="1:2">
       <x:c r="A2673" s="2">
-        <x:v>42136</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="B2673" s="3">
-        <x:v>492972.52</x:v>
+        <x:v>493021.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2674" spans="1:2">
       <x:c r="A2674" s="2">
-        <x:v>42135</x:v>
+        <x:v>42157</x:v>
       </x:c>
       <x:c r="B2674" s="3">
-        <x:v>492970.23</x:v>
+        <x:v>493018.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2675" spans="1:2">
       <x:c r="A2675" s="2">
-        <x:v>42131</x:v>
+        <x:v>42156</x:v>
       </x:c>
       <x:c r="B2675" s="3">
-        <x:v>492967.94</x:v>
+        <x:v>493016.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2676" spans="1:2">
       <x:c r="A2676" s="2">
-        <x:v>42130</x:v>
+        <x:v>42153</x:v>
       </x:c>
       <x:c r="B2676" s="3">
-        <x:v>492957.14</x:v>
+        <x:v>493014.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2677" spans="1:2">
       <x:c r="A2677" s="2">
-        <x:v>42129</x:v>
+        <x:v>42152</x:v>
       </x:c>
       <x:c r="B2677" s="3">
-        <x:v>492954.44</x:v>
+        <x:v>493008.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2678" spans="1:2">
       <x:c r="A2678" s="2">
-        <x:v>42128</x:v>
+        <x:v>42151</x:v>
       </x:c>
       <x:c r="B2678" s="3">
-        <x:v>492951.74</x:v>
+        <x:v>493005.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2679" spans="1:2">
       <x:c r="A2679" s="2">
-        <x:v>42124</x:v>
+        <x:v>42150</x:v>
       </x:c>
       <x:c r="B2679" s="3">
-        <x:v>492948.77</x:v>
+        <x:v>493003.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2680" spans="1:2">
       <x:c r="A2680" s="2">
-        <x:v>42123</x:v>
+        <x:v>42146</x:v>
       </x:c>
       <x:c r="B2680" s="3">
-        <x:v>492936.89</x:v>
+        <x:v>493001.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2681" spans="1:2">
       <x:c r="A2681" s="2">
-        <x:v>42122</x:v>
+        <x:v>42145</x:v>
       </x:c>
       <x:c r="B2681" s="3">
-        <x:v>492933.92</x:v>
+        <x:v>492993.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2682" spans="1:2">
       <x:c r="A2682" s="2">
-        <x:v>42121</x:v>
+        <x:v>42144</x:v>
       </x:c>
       <x:c r="B2682" s="3">
-        <x:v>492930.82</x:v>
+        <x:v>492990.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2683" spans="1:2">
       <x:c r="A2683" s="2">
-        <x:v>42118</x:v>
+        <x:v>42143</x:v>
       </x:c>
       <x:c r="B2683" s="3">
-        <x:v>492927.72</x:v>
+        <x:v>492988.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2684" spans="1:2">
       <x:c r="A2684" s="2">
-        <x:v>42117</x:v>
+        <x:v>42142</x:v>
       </x:c>
       <x:c r="B2684" s="3">
-        <x:v>492916.38</x:v>
+        <x:v>492986.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2685" spans="1:2">
       <x:c r="A2685" s="2">
-        <x:v>42116</x:v>
+        <x:v>42139</x:v>
       </x:c>
       <x:c r="B2685" s="3">
-        <x:v>496227.97</x:v>
+        <x:v>492983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2686" spans="1:2">
       <x:c r="A2686" s="2">
-        <x:v>42115</x:v>
+        <x:v>42137</x:v>
       </x:c>
       <x:c r="B2686" s="3">
-        <x:v>496224.17</x:v>
+        <x:v>492977.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2687" spans="1:2">
       <x:c r="A2687" s="2">
-        <x:v>42114</x:v>
+        <x:v>42136</x:v>
       </x:c>
       <x:c r="B2687" s="3">
-        <x:v>496220.37</x:v>
+        <x:v>492972.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2688" spans="1:2">
       <x:c r="A2688" s="2">
-        <x:v>42111</x:v>
+        <x:v>42135</x:v>
       </x:c>
       <x:c r="B2688" s="3">
-        <x:v>496216.57</x:v>
+        <x:v>492970.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2689" spans="1:2">
       <x:c r="A2689" s="2">
-        <x:v>42110</x:v>
+        <x:v>42131</x:v>
       </x:c>
       <x:c r="B2689" s="3">
-        <x:v>496205.16</x:v>
+        <x:v>492967.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2690" spans="1:2">
       <x:c r="A2690" s="2">
-        <x:v>42109</x:v>
+        <x:v>42130</x:v>
       </x:c>
       <x:c r="B2690" s="3">
-        <x:v>496201.09</x:v>
+        <x:v>492957.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2691" spans="1:2">
       <x:c r="A2691" s="2">
-        <x:v>42108</x:v>
+        <x:v>42129</x:v>
       </x:c>
       <x:c r="B2691" s="3">
-        <x:v>496197.02</x:v>
+        <x:v>492954.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2692" spans="1:2">
       <x:c r="A2692" s="2">
-        <x:v>42107</x:v>
+        <x:v>42128</x:v>
       </x:c>
       <x:c r="B2692" s="3">
-        <x:v>496192.67</x:v>
+        <x:v>492951.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2693" spans="1:2">
       <x:c r="A2693" s="2">
-        <x:v>42104</x:v>
+        <x:v>42124</x:v>
       </x:c>
       <x:c r="B2693" s="3">
-        <x:v>496188.19</x:v>
+        <x:v>492948.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2694" spans="1:2">
       <x:c r="A2694" s="2">
-        <x:v>42103</x:v>
+        <x:v>42123</x:v>
       </x:c>
       <x:c r="B2694" s="3">
-        <x:v>496171.88</x:v>
+        <x:v>492936.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2695" spans="1:2">
       <x:c r="A2695" s="2">
-        <x:v>42102</x:v>
+        <x:v>42122</x:v>
       </x:c>
       <x:c r="B2695" s="3">
-        <x:v>496166.45</x:v>
+        <x:v>492933.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2696" spans="1:2">
       <x:c r="A2696" s="2">
-        <x:v>42101</x:v>
+        <x:v>42121</x:v>
       </x:c>
       <x:c r="B2696" s="3">
-        <x:v>496161.02</x:v>
+        <x:v>492930.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2697" spans="1:2">
       <x:c r="A2697" s="2">
-        <x:v>42096</x:v>
+        <x:v>42118</x:v>
       </x:c>
       <x:c r="B2697" s="3">
-        <x:v>496155.59</x:v>
+        <x:v>492927.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2698" spans="1:2">
       <x:c r="A2698" s="2">
-        <x:v>42095</x:v>
+        <x:v>42117</x:v>
       </x:c>
       <x:c r="B2698" s="3">
-        <x:v>496128.41</x:v>
+        <x:v>492916.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2699" spans="1:2">
       <x:c r="A2699" s="2">
-        <x:v>42094</x:v>
+        <x:v>42116</x:v>
       </x:c>
       <x:c r="B2699" s="3">
-        <x:v>496122.98</x:v>
+        <x:v>496227.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2700" spans="1:2">
       <x:c r="A2700" s="2">
-        <x:v>42093</x:v>
+        <x:v>42115</x:v>
       </x:c>
       <x:c r="B2700" s="3">
-        <x:v>496117.55</x:v>
+        <x:v>496224.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2701" spans="1:2">
       <x:c r="A2701" s="2">
-        <x:v>42090</x:v>
+        <x:v>42114</x:v>
       </x:c>
       <x:c r="B2701" s="3">
-        <x:v>496112.8</x:v>
+        <x:v>496220.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2702" spans="1:2">
       <x:c r="A2702" s="2">
-        <x:v>42089</x:v>
+        <x:v>42111</x:v>
       </x:c>
       <x:c r="B2702" s="3">
-        <x:v>496098.53</x:v>
+        <x:v>496216.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2703" spans="1:2">
       <x:c r="A2703" s="2">
-        <x:v>42088</x:v>
+        <x:v>42110</x:v>
       </x:c>
       <x:c r="B2703" s="3">
-        <x:v>496094.46</x:v>
+        <x:v>496205.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2704" spans="1:2">
       <x:c r="A2704" s="2">
-        <x:v>42087</x:v>
+        <x:v>42109</x:v>
       </x:c>
       <x:c r="B2704" s="3">
-        <x:v>496090.39</x:v>
+        <x:v>496201.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2705" spans="1:2">
       <x:c r="A2705" s="2">
-        <x:v>42086</x:v>
+        <x:v>42108</x:v>
       </x:c>
       <x:c r="B2705" s="3">
-        <x:v>496086.32</x:v>
+        <x:v>496197.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2706" spans="1:2">
       <x:c r="A2706" s="2">
-        <x:v>42083</x:v>
+        <x:v>42107</x:v>
       </x:c>
       <x:c r="B2706" s="3">
-        <x:v>496082.25</x:v>
+        <x:v>496192.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2707" spans="1:2">
       <x:c r="A2707" s="2">
-        <x:v>42082</x:v>
+        <x:v>42104</x:v>
       </x:c>
       <x:c r="B2707" s="3">
-        <x:v>496070.84</x:v>
+        <x:v>496188.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2708" spans="1:2">
       <x:c r="A2708" s="2">
-        <x:v>42081</x:v>
+        <x:v>42103</x:v>
       </x:c>
       <x:c r="B2708" s="3">
-        <x:v>496067.04</x:v>
+        <x:v>496171.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2709" spans="1:2">
       <x:c r="A2709" s="2">
-        <x:v>42080</x:v>
+        <x:v>42102</x:v>
       </x:c>
       <x:c r="B2709" s="3">
-        <x:v>496063.51</x:v>
+        <x:v>496166.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2710" spans="1:2">
       <x:c r="A2710" s="2">
-        <x:v>42079</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="B2710" s="3">
-        <x:v>496059.98</x:v>
+        <x:v>496161.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2711" spans="1:2">
       <x:c r="A2711" s="2">
-        <x:v>42076</x:v>
+        <x:v>42096</x:v>
       </x:c>
       <x:c r="B2711" s="3">
-        <x:v>496056.45</x:v>
+        <x:v>496155.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2712" spans="1:2">
       <x:c r="A2712" s="2">
-        <x:v>42075</x:v>
+        <x:v>42095</x:v>
       </x:c>
       <x:c r="B2712" s="3">
-        <x:v>496045.85</x:v>
+        <x:v>496128.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2713" spans="1:2">
       <x:c r="A2713" s="2">
-        <x:v>42074</x:v>
+        <x:v>42094</x:v>
       </x:c>
       <x:c r="B2713" s="3">
-        <x:v>496042.32</x:v>
+        <x:v>496122.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2714" spans="1:2">
       <x:c r="A2714" s="2">
-        <x:v>42073</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="B2714" s="3">
-        <x:v>496038.79</x:v>
+        <x:v>496117.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2715" spans="1:2">
       <x:c r="A2715" s="2">
-        <x:v>42072</x:v>
+        <x:v>42090</x:v>
       </x:c>
       <x:c r="B2715" s="3">
-        <x:v>496035.26</x:v>
+        <x:v>496112.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2716" spans="1:2">
       <x:c r="A2716" s="2">
-        <x:v>42069</x:v>
+        <x:v>42089</x:v>
       </x:c>
       <x:c r="B2716" s="3">
-        <x:v>496031.73</x:v>
+        <x:v>496098.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2717" spans="1:2">
       <x:c r="A2717" s="2">
-        <x:v>42068</x:v>
+        <x:v>42088</x:v>
       </x:c>
       <x:c r="B2717" s="3">
-        <x:v>496021.14</x:v>
+        <x:v>496094.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2718" spans="1:2">
       <x:c r="A2718" s="2">
-        <x:v>42067</x:v>
+        <x:v>42087</x:v>
       </x:c>
       <x:c r="B2718" s="3">
-        <x:v>496018.02</x:v>
+        <x:v>496090.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2719" spans="1:2">
       <x:c r="A2719" s="2">
-        <x:v>42066</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="B2719" s="3">
-        <x:v>496014.9</x:v>
+        <x:v>496086.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2720" spans="1:2">
       <x:c r="A2720" s="2">
-        <x:v>42065</x:v>
+        <x:v>42083</x:v>
       </x:c>
       <x:c r="B2720" s="3">
-        <x:v>496011.78</x:v>
+        <x:v>496082.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2721" spans="1:2">
       <x:c r="A2721" s="2">
-        <x:v>42062</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="B2721" s="3">
-        <x:v>496008.66</x:v>
+        <x:v>496070.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2722" spans="1:2">
       <x:c r="A2722" s="2">
-        <x:v>42061</x:v>
+        <x:v>42081</x:v>
       </x:c>
       <x:c r="B2722" s="3">
-        <x:v>495999.29</x:v>
+        <x:v>496067.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2723" spans="1:2">
       <x:c r="A2723" s="2">
-        <x:v>42060</x:v>
+        <x:v>42080</x:v>
       </x:c>
       <x:c r="B2723" s="3">
-        <x:v>495996.17</x:v>
+        <x:v>496063.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2724" spans="1:2">
       <x:c r="A2724" s="2">
-        <x:v>42059</x:v>
+        <x:v>42079</x:v>
       </x:c>
       <x:c r="B2724" s="3">
-        <x:v>495993.05</x:v>
+        <x:v>496059.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2725" spans="1:2">
       <x:c r="A2725" s="2">
-        <x:v>42058</x:v>
+        <x:v>42076</x:v>
       </x:c>
       <x:c r="B2725" s="3">
-        <x:v>495990.2</x:v>
+        <x:v>496056.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2726" spans="1:2">
       <x:c r="A2726" s="2">
-        <x:v>42055</x:v>
+        <x:v>42075</x:v>
       </x:c>
       <x:c r="B2726" s="3">
-        <x:v>495987.35</x:v>
+        <x:v>496045.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2727" spans="1:2">
       <x:c r="A2727" s="2">
-        <x:v>42054</x:v>
+        <x:v>42074</x:v>
       </x:c>
       <x:c r="B2727" s="3">
-        <x:v>495978.79</x:v>
+        <x:v>496042.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2728" spans="1:2">
       <x:c r="A2728" s="2">
-        <x:v>42053</x:v>
+        <x:v>42073</x:v>
       </x:c>
       <x:c r="B2728" s="3">
-        <x:v>495975.94</x:v>
+        <x:v>496038.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2729" spans="1:2">
       <x:c r="A2729" s="2">
-        <x:v>42052</x:v>
+        <x:v>42072</x:v>
       </x:c>
       <x:c r="B2729" s="3">
-        <x:v>495973.09</x:v>
+        <x:v>496035.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2730" spans="1:2">
       <x:c r="A2730" s="2">
-        <x:v>42051</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="B2730" s="3">
-        <x:v>495970.24</x:v>
+        <x:v>496031.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2731" spans="1:2">
       <x:c r="A2731" s="2">
-        <x:v>42048</x:v>
+        <x:v>42068</x:v>
       </x:c>
       <x:c r="B2731" s="3">
-        <x:v>495967.39</x:v>
+        <x:v>496021.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2732" spans="1:2">
       <x:c r="A2732" s="2">
-        <x:v>42047</x:v>
+        <x:v>42067</x:v>
       </x:c>
       <x:c r="B2732" s="3">
-        <x:v>495958.83</x:v>
+        <x:v>496018.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2733" spans="1:2">
       <x:c r="A2733" s="2">
-        <x:v>42046</x:v>
+        <x:v>42066</x:v>
       </x:c>
       <x:c r="B2733" s="3">
-        <x:v>495955.98</x:v>
+        <x:v>496014.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2734" spans="1:2">
       <x:c r="A2734" s="2">
-        <x:v>42045</x:v>
+        <x:v>42065</x:v>
       </x:c>
       <x:c r="B2734" s="3">
-        <x:v>495953.13</x:v>
+        <x:v>496011.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2735" spans="1:2">
       <x:c r="A2735" s="2">
-        <x:v>42044</x:v>
+        <x:v>42062</x:v>
       </x:c>
       <x:c r="B2735" s="3">
-        <x:v>495950.28</x:v>
+        <x:v>496008.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2736" spans="1:2">
       <x:c r="A2736" s="2">
-        <x:v>42041</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="B2736" s="3">
-        <x:v>495947.43</x:v>
+        <x:v>495999.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2737" spans="1:2">
       <x:c r="A2737" s="2">
-        <x:v>42040</x:v>
+        <x:v>42060</x:v>
       </x:c>
       <x:c r="B2737" s="3">
-        <x:v>495937.65</x:v>
+        <x:v>495996.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2738" spans="1:2">
       <x:c r="A2738" s="2">
-        <x:v>42039</x:v>
+        <x:v>42059</x:v>
       </x:c>
       <x:c r="B2738" s="3">
-        <x:v>495934.39</x:v>
+        <x:v>495993.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2739" spans="1:2">
       <x:c r="A2739" s="2">
-        <x:v>42038</x:v>
+        <x:v>42058</x:v>
       </x:c>
       <x:c r="B2739" s="3">
-        <x:v>495931.13</x:v>
+        <x:v>495990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2740" spans="1:2">
       <x:c r="A2740" s="2">
-        <x:v>42037</x:v>
+        <x:v>42055</x:v>
       </x:c>
       <x:c r="B2740" s="3">
-        <x:v>495927.87</x:v>
+        <x:v>495987.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2741" spans="1:2">
       <x:c r="A2741" s="2">
-        <x:v>42034</x:v>
+        <x:v>42054</x:v>
       </x:c>
       <x:c r="B2741" s="3">
-        <x:v>495924.61</x:v>
+        <x:v>495978.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2742" spans="1:2">
       <x:c r="A2742" s="2">
-        <x:v>42033</x:v>
+        <x:v>42053</x:v>
       </x:c>
       <x:c r="B2742" s="3">
-        <x:v>495914.83</x:v>
+        <x:v>495975.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2743" spans="1:2">
       <x:c r="A2743" s="2">
-        <x:v>42032</x:v>
+        <x:v>42052</x:v>
       </x:c>
       <x:c r="B2743" s="3">
-        <x:v>495911.85</x:v>
+        <x:v>495973.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2744" spans="1:2">
       <x:c r="A2744" s="2">
-        <x:v>42031</x:v>
+        <x:v>42051</x:v>
       </x:c>
       <x:c r="B2744" s="3">
-        <x:v>495908.87</x:v>
+        <x:v>495970.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2745" spans="1:2">
       <x:c r="A2745" s="2">
-        <x:v>42030</x:v>
+        <x:v>42048</x:v>
       </x:c>
       <x:c r="B2745" s="3">
-        <x:v>495905.89</x:v>
+        <x:v>495967.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2746" spans="1:2">
       <x:c r="A2746" s="2">
-        <x:v>42027</x:v>
+        <x:v>42047</x:v>
       </x:c>
       <x:c r="B2746" s="3">
-        <x:v>495902.91</x:v>
+        <x:v>495958.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2747" spans="1:2">
       <x:c r="A2747" s="2">
-        <x:v>42026</x:v>
+        <x:v>42046</x:v>
       </x:c>
       <x:c r="B2747" s="3">
-        <x:v>495893.95</x:v>
+        <x:v>495955.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2748" spans="1:2">
       <x:c r="A2748" s="2">
-        <x:v>42025</x:v>
+        <x:v>42045</x:v>
       </x:c>
       <x:c r="B2748" s="3">
-        <x:v>495890.97</x:v>
+        <x:v>495953.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2749" spans="1:2">
       <x:c r="A2749" s="2">
-        <x:v>42024</x:v>
+        <x:v>42044</x:v>
       </x:c>
       <x:c r="B2749" s="3">
-        <x:v>495887.99</x:v>
+        <x:v>495950.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2750" spans="1:2">
       <x:c r="A2750" s="2">
-        <x:v>42023</x:v>
+        <x:v>42041</x:v>
       </x:c>
       <x:c r="B2750" s="3">
-        <x:v>495885.01</x:v>
+        <x:v>495947.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2751" spans="1:2">
       <x:c r="A2751" s="2">
-        <x:v>42020</x:v>
+        <x:v>42040</x:v>
       </x:c>
       <x:c r="B2751" s="3">
-        <x:v>495882.03</x:v>
+        <x:v>495937.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2752" spans="1:2">
       <x:c r="A2752" s="2">
-        <x:v>42019</x:v>
+        <x:v>42039</x:v>
       </x:c>
       <x:c r="B2752" s="3">
-        <x:v>495873.07</x:v>
+        <x:v>495934.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2753" spans="1:2">
       <x:c r="A2753" s="2">
-        <x:v>42018</x:v>
+        <x:v>42038</x:v>
       </x:c>
       <x:c r="B2753" s="3">
-        <x:v>495870.09</x:v>
+        <x:v>495931.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2754" spans="1:2">
       <x:c r="A2754" s="2">
-        <x:v>42017</x:v>
+        <x:v>42037</x:v>
       </x:c>
       <x:c r="B2754" s="3">
-        <x:v>495866.97</x:v>
+        <x:v>495927.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2755" spans="1:2">
       <x:c r="A2755" s="2">
-        <x:v>42016</x:v>
+        <x:v>42034</x:v>
       </x:c>
       <x:c r="B2755" s="3">
-        <x:v>495863.85</x:v>
+        <x:v>495924.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2756" spans="1:2">
       <x:c r="A2756" s="2">
-        <x:v>42013</x:v>
+        <x:v>42033</x:v>
       </x:c>
       <x:c r="B2756" s="3">
-        <x:v>495860.59</x:v>
+        <x:v>495914.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2757" spans="1:2">
       <x:c r="A2757" s="2">
-        <x:v>42012</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="B2757" s="3">
-        <x:v>495850.81</x:v>
+        <x:v>495911.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2758" spans="1:2">
       <x:c r="A2758" s="2">
-        <x:v>42011</x:v>
+        <x:v>42031</x:v>
       </x:c>
       <x:c r="B2758" s="3">
-        <x:v>495847.55</x:v>
+        <x:v>495908.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2759" spans="1:2">
       <x:c r="A2759" s="2">
-        <x:v>42010</x:v>
+        <x:v>42030</x:v>
       </x:c>
       <x:c r="B2759" s="3">
-        <x:v>495844.28</x:v>
+        <x:v>495905.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2760" spans="1:2">
       <x:c r="A2760" s="2">
-        <x:v>42009</x:v>
+        <x:v>42027</x:v>
       </x:c>
       <x:c r="B2760" s="3">
-        <x:v>495841.03</x:v>
+        <x:v>495902.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2761" spans="1:2">
       <x:c r="A2761" s="2">
-        <x:v>42006</x:v>
+        <x:v>42026</x:v>
       </x:c>
       <x:c r="B2761" s="3">
-        <x:v>495837.37</x:v>
+        <x:v>495893.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2762" spans="1:2">
       <x:c r="A2762" s="2">
-        <x:v>42004</x:v>
+        <x:v>42025</x:v>
       </x:c>
       <x:c r="B2762" s="3">
-        <x:v>495826.38</x:v>
+        <x:v>495890.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2763" spans="1:2">
       <x:c r="A2763" s="2">
-        <x:v>42003</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="B2763" s="3">
-        <x:v>495818.5</x:v>
+        <x:v>495887.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2764" spans="1:2">
       <x:c r="A2764" s="2">
-        <x:v>42002</x:v>
+        <x:v>42023</x:v>
       </x:c>
       <x:c r="B2764" s="3">
-        <x:v>495814.16</x:v>
+        <x:v>495885.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2765" spans="1:2">
       <x:c r="A2765" s="2">
-        <x:v>41997</x:v>
+        <x:v>42020</x:v>
       </x:c>
       <x:c r="B2765" s="3">
-        <x:v>495809.82</x:v>
+        <x:v>495882.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2766" spans="1:2">
       <x:c r="A2766" s="2">
-        <x:v>41996</x:v>
+        <x:v>42019</x:v>
       </x:c>
       <x:c r="B2766" s="3">
-        <x:v>495788.09</x:v>
+        <x:v>495873.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2767" spans="1:2">
       <x:c r="A2767" s="2">
-        <x:v>41995</x:v>
+        <x:v>42018</x:v>
       </x:c>
       <x:c r="B2767" s="3">
-        <x:v>495783.75</x:v>
+        <x:v>495870.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2768" spans="1:2">
       <x:c r="A2768" s="2">
-        <x:v>41992</x:v>
+        <x:v>42017</x:v>
       </x:c>
       <x:c r="B2768" s="3">
-        <x:v>495779.41</x:v>
+        <x:v>495866.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2769" spans="1:2">
       <x:c r="A2769" s="2">
-        <x:v>41991</x:v>
+        <x:v>42016</x:v>
       </x:c>
       <x:c r="B2769" s="3">
-        <x:v>495766.38</x:v>
+        <x:v>495863.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2770" spans="1:2">
       <x:c r="A2770" s="2">
-        <x:v>41990</x:v>
+        <x:v>42013</x:v>
       </x:c>
       <x:c r="B2770" s="3">
-        <x:v>495762.04</x:v>
+        <x:v>495860.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2771" spans="1:2">
       <x:c r="A2771" s="2">
-        <x:v>41989</x:v>
+        <x:v>42012</x:v>
       </x:c>
       <x:c r="B2771" s="3">
-        <x:v>495757.7</x:v>
+        <x:v>495850.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2772" spans="1:2">
       <x:c r="A2772" s="2">
-        <x:v>41988</x:v>
+        <x:v>42011</x:v>
       </x:c>
       <x:c r="B2772" s="3">
-        <x:v>495753.36</x:v>
+        <x:v>495847.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2773" spans="1:2">
       <x:c r="A2773" s="2">
-        <x:v>41985</x:v>
+        <x:v>42010</x:v>
       </x:c>
       <x:c r="B2773" s="3">
-        <x:v>495749.02</x:v>
+        <x:v>495844.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2774" spans="1:2">
       <x:c r="A2774" s="2">
-        <x:v>41984</x:v>
+        <x:v>42009</x:v>
       </x:c>
       <x:c r="B2774" s="3">
-        <x:v>495735.99</x:v>
+        <x:v>495841.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2775" spans="1:2">
       <x:c r="A2775" s="2">
-        <x:v>41983</x:v>
+        <x:v>42006</x:v>
       </x:c>
       <x:c r="B2775" s="3">
-        <x:v>495731.65</x:v>
+        <x:v>495837.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2776" spans="1:2">
       <x:c r="A2776" s="2">
-        <x:v>41982</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="B2776" s="3">
-        <x:v>495727.04</x:v>
+        <x:v>495826.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2777" spans="1:2">
       <x:c r="A2777" s="2">
-        <x:v>41981</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="B2777" s="3">
-        <x:v>495722.43</x:v>
+        <x:v>495818.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2778" spans="1:2">
       <x:c r="A2778" s="2">
-        <x:v>41978</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="B2778" s="3">
-        <x:v>495717.82</x:v>
+        <x:v>495814.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2779" spans="1:2">
       <x:c r="A2779" s="2">
-        <x:v>41977</x:v>
+        <x:v>41997</x:v>
       </x:c>
       <x:c r="B2779" s="3">
-        <x:v>495703.97</x:v>
+        <x:v>495809.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2780" spans="1:2">
       <x:c r="A2780" s="2">
-        <x:v>41976</x:v>
+        <x:v>41996</x:v>
       </x:c>
       <x:c r="B2780" s="3">
-        <x:v>495699.36</x:v>
+        <x:v>495788.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2781" spans="1:2">
       <x:c r="A2781" s="2">
-        <x:v>41975</x:v>
+        <x:v>41995</x:v>
       </x:c>
       <x:c r="B2781" s="3">
-        <x:v>495694.75</x:v>
+        <x:v>495783.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2782" spans="1:2">
       <x:c r="A2782" s="2">
-        <x:v>41974</x:v>
+        <x:v>41992</x:v>
       </x:c>
       <x:c r="B2782" s="3">
-        <x:v>495690.14</x:v>
+        <x:v>495779.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2783" spans="1:2">
       <x:c r="A2783" s="2">
-        <x:v>41971</x:v>
+        <x:v>41991</x:v>
       </x:c>
       <x:c r="B2783" s="3">
-        <x:v>495685.26</x:v>
+        <x:v>495766.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2784" spans="1:2">
       <x:c r="A2784" s="2">
-        <x:v>41970</x:v>
+        <x:v>41990</x:v>
       </x:c>
       <x:c r="B2784" s="3">
-        <x:v>495670.6</x:v>
+        <x:v>495762.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2785" spans="1:2">
       <x:c r="A2785" s="2">
-        <x:v>41969</x:v>
+        <x:v>41989</x:v>
       </x:c>
       <x:c r="B2785" s="3">
-        <x:v>495665.72</x:v>
+        <x:v>495757.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2786" spans="1:2">
       <x:c r="A2786" s="2">
-        <x:v>41968</x:v>
+        <x:v>41988</x:v>
       </x:c>
       <x:c r="B2786" s="3">
-        <x:v>495660.84</x:v>
+        <x:v>495753.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2787" spans="1:2">
       <x:c r="A2787" s="2">
-        <x:v>41967</x:v>
+        <x:v>41985</x:v>
       </x:c>
       <x:c r="B2787" s="3">
-        <x:v>495656.23</x:v>
+        <x:v>495749.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2788" spans="1:2">
       <x:c r="A2788" s="2">
-        <x:v>41964</x:v>
+        <x:v>41984</x:v>
       </x:c>
       <x:c r="B2788" s="3">
-        <x:v>495651.62</x:v>
+        <x:v>495735.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2789" spans="1:2">
       <x:c r="A2789" s="2">
-        <x:v>41963</x:v>
+        <x:v>41983</x:v>
       </x:c>
       <x:c r="B2789" s="3">
-        <x:v>495637.77</x:v>
+        <x:v>495731.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2790" spans="1:2">
       <x:c r="A2790" s="2">
-        <x:v>41962</x:v>
+        <x:v>41982</x:v>
       </x:c>
       <x:c r="B2790" s="3">
-        <x:v>495633.16</x:v>
+        <x:v>495727.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2791" spans="1:2">
       <x:c r="A2791" s="2">
-        <x:v>41961</x:v>
+        <x:v>41981</x:v>
       </x:c>
       <x:c r="B2791" s="3">
-        <x:v>495628.28</x:v>
+        <x:v>495722.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2792" spans="1:2">
       <x:c r="A2792" s="2">
-        <x:v>41960</x:v>
+        <x:v>41978</x:v>
       </x:c>
       <x:c r="B2792" s="3">
-        <x:v>495623.4</x:v>
+        <x:v>495717.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2793" spans="1:2">
       <x:c r="A2793" s="2">
-        <x:v>41957</x:v>
+        <x:v>41977</x:v>
       </x:c>
       <x:c r="B2793" s="3">
-        <x:v>495618.52</x:v>
+        <x:v>495703.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2794" spans="1:2">
       <x:c r="A2794" s="2">
-        <x:v>41956</x:v>
+        <x:v>41976</x:v>
       </x:c>
       <x:c r="B2794" s="3">
-        <x:v>495603.05</x:v>
+        <x:v>495699.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2795" spans="1:2">
       <x:c r="A2795" s="2">
-        <x:v>41955</x:v>
+        <x:v>41975</x:v>
       </x:c>
       <x:c r="B2795" s="3">
-        <x:v>495597.89</x:v>
+        <x:v>495694.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2796" spans="1:2">
       <x:c r="A2796" s="2">
-        <x:v>41953</x:v>
+        <x:v>41974</x:v>
       </x:c>
       <x:c r="B2796" s="3">
-        <x:v>495592.75</x:v>
+        <x:v>495690.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2797" spans="1:2">
       <x:c r="A2797" s="2">
-        <x:v>41950</x:v>
+        <x:v>41971</x:v>
       </x:c>
       <x:c r="B2797" s="3">
-        <x:v>495582.44</x:v>
+        <x:v>495685.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2798" spans="1:2">
       <x:c r="A2798" s="2">
-        <x:v>41949</x:v>
+        <x:v>41970</x:v>
       </x:c>
       <x:c r="B2798" s="3">
-        <x:v>495566.97</x:v>
+        <x:v>495670.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2799" spans="1:2">
       <x:c r="A2799" s="2">
-        <x:v>41948</x:v>
+        <x:v>41969</x:v>
       </x:c>
       <x:c r="B2799" s="3">
-        <x:v>495561.54</x:v>
+        <x:v>495665.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2800" spans="1:2">
       <x:c r="A2800" s="2">
-        <x:v>41947</x:v>
+        <x:v>41968</x:v>
       </x:c>
       <x:c r="B2800" s="3">
-        <x:v>495556.11</x:v>
+        <x:v>495660.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2801" spans="1:2">
       <x:c r="A2801" s="2">
-        <x:v>41946</x:v>
+        <x:v>41967</x:v>
       </x:c>
       <x:c r="B2801" s="3">
-        <x:v>495550.68</x:v>
+        <x:v>495656.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2802" spans="1:2">
       <x:c r="A2802" s="2">
-        <x:v>41943</x:v>
+        <x:v>41964</x:v>
       </x:c>
       <x:c r="B2802" s="3">
-        <x:v>495544.98</x:v>
+        <x:v>495651.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2803" spans="1:2">
       <x:c r="A2803" s="2">
-        <x:v>41942</x:v>
+        <x:v>41963</x:v>
       </x:c>
       <x:c r="B2803" s="3">
-        <x:v>495527.88</x:v>
+        <x:v>495637.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2804" spans="1:2">
       <x:c r="A2804" s="2">
-        <x:v>41941</x:v>
+        <x:v>41962</x:v>
       </x:c>
       <x:c r="B2804" s="3">
-        <x:v>495522.18</x:v>
+        <x:v>495633.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2805" spans="1:2">
       <x:c r="A2805" s="2">
-        <x:v>41940</x:v>
+        <x:v>41961</x:v>
       </x:c>
       <x:c r="B2805" s="3">
-        <x:v>495516.48</x:v>
+        <x:v>495628.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2806" spans="1:2">
       <x:c r="A2806" s="2">
-        <x:v>41939</x:v>
+        <x:v>41960</x:v>
       </x:c>
       <x:c r="B2806" s="3">
-        <x:v>495510.78</x:v>
+        <x:v>495623.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2807" spans="1:2">
       <x:c r="A2807" s="2">
-        <x:v>41936</x:v>
+        <x:v>41957</x:v>
       </x:c>
       <x:c r="B2807" s="3">
-        <x:v>495504.68</x:v>
+        <x:v>495618.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2808" spans="1:2">
       <x:c r="A2808" s="2">
-        <x:v>41935</x:v>
+        <x:v>41956</x:v>
       </x:c>
       <x:c r="B2808" s="3">
-        <x:v>495486.36</x:v>
+        <x:v>495603.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2809" spans="1:2">
       <x:c r="A2809" s="2">
-        <x:v>41934</x:v>
+        <x:v>41955</x:v>
       </x:c>
       <x:c r="B2809" s="3">
-        <x:v>495480.26</x:v>
+        <x:v>495597.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2810" spans="1:2">
       <x:c r="A2810" s="2">
-        <x:v>41933</x:v>
+        <x:v>41953</x:v>
       </x:c>
       <x:c r="B2810" s="3">
-        <x:v>495473.75</x:v>
+        <x:v>495592.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2811" spans="1:2">
       <x:c r="A2811" s="2">
-        <x:v>41932</x:v>
+        <x:v>41950</x:v>
       </x:c>
       <x:c r="B2811" s="3">
-        <x:v>495467.24</x:v>
+        <x:v>495582.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2812" spans="1:2">
       <x:c r="A2812" s="2">
-        <x:v>41929</x:v>
+        <x:v>41949</x:v>
       </x:c>
       <x:c r="B2812" s="3">
-        <x:v>495460.59</x:v>
+        <x:v>495566.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2813" spans="1:2">
       <x:c r="A2813" s="2">
-        <x:v>41928</x:v>
+        <x:v>41948</x:v>
       </x:c>
       <x:c r="B2813" s="3">
-        <x:v>495440.64</x:v>
+        <x:v>495561.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2814" spans="1:2">
       <x:c r="A2814" s="2">
-        <x:v>41927</x:v>
+        <x:v>41947</x:v>
       </x:c>
       <x:c r="B2814" s="3">
-        <x:v>495433.99</x:v>
+        <x:v>495556.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2815" spans="1:2">
       <x:c r="A2815" s="2">
-        <x:v>41926</x:v>
+        <x:v>41946</x:v>
       </x:c>
       <x:c r="B2815" s="3">
-        <x:v>495427.34</x:v>
+        <x:v>495550.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2816" spans="1:2">
       <x:c r="A2816" s="2">
-        <x:v>41925</x:v>
+        <x:v>41943</x:v>
       </x:c>
       <x:c r="B2816" s="3">
-        <x:v>495420.69</x:v>
+        <x:v>495544.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2817" spans="1:2">
       <x:c r="A2817" s="2">
-        <x:v>41922</x:v>
+        <x:v>41942</x:v>
       </x:c>
       <x:c r="B2817" s="3">
-        <x:v>495414.04</x:v>
+        <x:v>495527.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2818" spans="1:2">
       <x:c r="A2818" s="2">
-        <x:v>41921</x:v>
+        <x:v>41941</x:v>
       </x:c>
       <x:c r="B2818" s="3">
-        <x:v>495394.09</x:v>
+        <x:v>495522.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2819" spans="1:2">
       <x:c r="A2819" s="2">
-        <x:v>41920</x:v>
+        <x:v>41940</x:v>
       </x:c>
       <x:c r="B2819" s="3">
-        <x:v>495387.44</x:v>
+        <x:v>495516.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2820" spans="1:2">
       <x:c r="A2820" s="2">
-        <x:v>41919</x:v>
+        <x:v>41939</x:v>
       </x:c>
       <x:c r="B2820" s="3">
-        <x:v>495380.79</x:v>
+        <x:v>495510.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2821" spans="1:2">
       <x:c r="A2821" s="2">
-        <x:v>41918</x:v>
+        <x:v>41936</x:v>
       </x:c>
       <x:c r="B2821" s="3">
-        <x:v>495374.14</x:v>
+        <x:v>495504.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2822" spans="1:2">
       <x:c r="A2822" s="2">
-        <x:v>41915</x:v>
+        <x:v>41935</x:v>
       </x:c>
       <x:c r="B2822" s="3">
-        <x:v>495367.49</x:v>
+        <x:v>495486.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2823" spans="1:2">
       <x:c r="A2823" s="2">
-        <x:v>41914</x:v>
+        <x:v>41934</x:v>
       </x:c>
       <x:c r="B2823" s="3">
-        <x:v>495349.99</x:v>
+        <x:v>495480.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2824" spans="1:2">
       <x:c r="A2824" s="2">
-        <x:v>41913</x:v>
+        <x:v>41933</x:v>
       </x:c>
       <x:c r="B2824" s="3">
-        <x:v>495344.16</x:v>
+        <x:v>495473.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2825" spans="1:2">
       <x:c r="A2825" s="2">
-        <x:v>41912</x:v>
+        <x:v>41932</x:v>
       </x:c>
       <x:c r="B2825" s="3">
-        <x:v>495338.33</x:v>
+        <x:v>495467.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2826" spans="1:2">
       <x:c r="A2826" s="2">
-        <x:v>41911</x:v>
+        <x:v>41929</x:v>
       </x:c>
       <x:c r="B2826" s="3">
-        <x:v>495332.5</x:v>
+        <x:v>495460.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2827" spans="1:2">
       <x:c r="A2827" s="2">
-        <x:v>41908</x:v>
+        <x:v>41928</x:v>
       </x:c>
       <x:c r="B2827" s="3">
-        <x:v>495326.67</x:v>
+        <x:v>495440.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2828" spans="1:2">
       <x:c r="A2828" s="2">
-        <x:v>41907</x:v>
+        <x:v>41927</x:v>
       </x:c>
       <x:c r="B2828" s="3">
-        <x:v>495310.39</x:v>
+        <x:v>495433.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2829" spans="1:2">
       <x:c r="A2829" s="2">
-        <x:v>41906</x:v>
+        <x:v>41926</x:v>
       </x:c>
       <x:c r="B2829" s="3">
-        <x:v>495304.97</x:v>
+        <x:v>495427.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2830" spans="1:2">
       <x:c r="A2830" s="2">
-        <x:v>41905</x:v>
+        <x:v>41925</x:v>
       </x:c>
       <x:c r="B2830" s="3">
-        <x:v>495299.55</x:v>
+        <x:v>495420.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2831" spans="1:2">
       <x:c r="A2831" s="2">
-        <x:v>41904</x:v>
+        <x:v>41922</x:v>
       </x:c>
       <x:c r="B2831" s="3">
-        <x:v>495294.53</x:v>
+        <x:v>495414.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2832" spans="1:2">
       <x:c r="A2832" s="2">
-        <x:v>41901</x:v>
+        <x:v>41921</x:v>
       </x:c>
       <x:c r="B2832" s="3">
-        <x:v>495289.51</x:v>
+        <x:v>495394.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2833" spans="1:2">
       <x:c r="A2833" s="2">
-        <x:v>41900</x:v>
+        <x:v>41920</x:v>
       </x:c>
       <x:c r="B2833" s="3">
-        <x:v>495276.08</x:v>
+        <x:v>495387.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2834" spans="1:2">
       <x:c r="A2834" s="2">
-        <x:v>41899</x:v>
+        <x:v>41919</x:v>
       </x:c>
       <x:c r="B2834" s="3">
-        <x:v>495271.61</x:v>
+        <x:v>495380.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2835" spans="1:2">
       <x:c r="A2835" s="2">
-        <x:v>41898</x:v>
+        <x:v>41918</x:v>
       </x:c>
       <x:c r="B2835" s="3">
-        <x:v>495267.14</x:v>
+        <x:v>495374.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2836" spans="1:2">
       <x:c r="A2836" s="2">
-        <x:v>41897</x:v>
+        <x:v>41915</x:v>
       </x:c>
       <x:c r="B2836" s="3">
-        <x:v>495262.67</x:v>
+        <x:v>495367.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2837" spans="1:2">
       <x:c r="A2837" s="2">
-        <x:v>41894</x:v>
+        <x:v>41914</x:v>
       </x:c>
       <x:c r="B2837" s="3">
-        <x:v>495258.2</x:v>
+        <x:v>495349.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2838" spans="1:2">
       <x:c r="A2838" s="2">
-        <x:v>41893</x:v>
+        <x:v>41913</x:v>
       </x:c>
       <x:c r="B2838" s="3">
-        <x:v>495244.77</x:v>
+        <x:v>495344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2839" spans="1:2">
       <x:c r="A2839" s="2">
-        <x:v>41892</x:v>
+        <x:v>41912</x:v>
       </x:c>
       <x:c r="B2839" s="3">
-        <x:v>495240.3</x:v>
+        <x:v>495338.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2840" spans="1:2">
       <x:c r="A2840" s="2">
-        <x:v>41891</x:v>
+        <x:v>41911</x:v>
       </x:c>
       <x:c r="B2840" s="3">
-        <x:v>495235.83</x:v>
+        <x:v>495332.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2841" spans="1:2">
       <x:c r="A2841" s="2">
-        <x:v>41890</x:v>
+        <x:v>41908</x:v>
       </x:c>
       <x:c r="B2841" s="3">
-        <x:v>495231.36</x:v>
+        <x:v>495326.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2842" spans="1:2">
       <x:c r="A2842" s="2">
-        <x:v>41887</x:v>
+        <x:v>41907</x:v>
       </x:c>
       <x:c r="B2842" s="3">
-        <x:v>495226.89</x:v>
+        <x:v>495310.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2843" spans="1:2">
       <x:c r="A2843" s="2">
-        <x:v>41886</x:v>
+        <x:v>41906</x:v>
       </x:c>
       <x:c r="B2843" s="3">
-        <x:v>495213.46</x:v>
+        <x:v>495304.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2844" spans="1:2">
       <x:c r="A2844" s="2">
-        <x:v>41885</x:v>
+        <x:v>41905</x:v>
       </x:c>
       <x:c r="B2844" s="3">
-        <x:v>495208.85</x:v>
+        <x:v>495299.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2845" spans="1:2">
       <x:c r="A2845" s="2">
-        <x:v>41884</x:v>
+        <x:v>41904</x:v>
       </x:c>
       <x:c r="B2845" s="3">
-        <x:v>495204.24</x:v>
+        <x:v>495294.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2846" spans="1:2">
       <x:c r="A2846" s="2">
-        <x:v>41883</x:v>
+        <x:v>41901</x:v>
       </x:c>
       <x:c r="B2846" s="3">
-        <x:v>495199.63</x:v>
+        <x:v>495289.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2847" spans="1:2">
       <x:c r="A2847" s="2">
-        <x:v>41880</x:v>
+        <x:v>41900</x:v>
       </x:c>
       <x:c r="B2847" s="3">
-        <x:v>495195.02</x:v>
+        <x:v>495276.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2848" spans="1:2">
       <x:c r="A2848" s="2">
-        <x:v>41879</x:v>
+        <x:v>41899</x:v>
       </x:c>
       <x:c r="B2848" s="3">
-        <x:v>495181.19</x:v>
+        <x:v>495271.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2849" spans="1:2">
       <x:c r="A2849" s="2">
-        <x:v>41878</x:v>
+        <x:v>41898</x:v>
       </x:c>
       <x:c r="B2849" s="3">
-        <x:v>495176.58</x:v>
+        <x:v>495267.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2850" spans="1:2">
       <x:c r="A2850" s="2">
-        <x:v>41877</x:v>
+        <x:v>41897</x:v>
       </x:c>
       <x:c r="B2850" s="3">
-        <x:v>495171.97</x:v>
+        <x:v>495262.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2851" spans="1:2">
       <x:c r="A2851" s="2">
-        <x:v>41876</x:v>
+        <x:v>41894</x:v>
       </x:c>
       <x:c r="B2851" s="3">
-        <x:v>495167.36</x:v>
+        <x:v>495258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2852" spans="1:2">
       <x:c r="A2852" s="2">
-        <x:v>41873</x:v>
+        <x:v>41893</x:v>
       </x:c>
       <x:c r="B2852" s="3">
-        <x:v>495162.75</x:v>
+        <x:v>495244.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2853" spans="1:2">
       <x:c r="A2853" s="2">
-        <x:v>41872</x:v>
+        <x:v>41892</x:v>
       </x:c>
       <x:c r="B2853" s="3">
-        <x:v>495148.51</x:v>
+        <x:v>495240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2854" spans="1:2">
       <x:c r="A2854" s="2">
-        <x:v>41871</x:v>
+        <x:v>41891</x:v>
       </x:c>
       <x:c r="B2854" s="3">
-        <x:v>495143.77</x:v>
+        <x:v>495235.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2855" spans="1:2">
       <x:c r="A2855" s="2">
-        <x:v>41870</x:v>
+        <x:v>41890</x:v>
       </x:c>
       <x:c r="B2855" s="3">
-        <x:v>495139.03</x:v>
+        <x:v>495231.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2856" spans="1:2">
       <x:c r="A2856" s="2">
-        <x:v>41869</x:v>
+        <x:v>41887</x:v>
       </x:c>
       <x:c r="B2856" s="3">
-        <x:v>495134.29</x:v>
+        <x:v>495226.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2857" spans="1:2">
       <x:c r="A2857" s="2">
-        <x:v>41865</x:v>
+        <x:v>41886</x:v>
       </x:c>
       <x:c r="B2857" s="3">
-        <x:v>495129.14</x:v>
+        <x:v>495213.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2858" spans="1:2">
       <x:c r="A2858" s="2">
-        <x:v>41864</x:v>
+        <x:v>41885</x:v>
       </x:c>
       <x:c r="B2858" s="3">
-        <x:v>495108.53</x:v>
+        <x:v>495208.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2859" spans="1:2">
       <x:c r="A2859" s="2">
-        <x:v>41863</x:v>
+        <x:v>41884</x:v>
       </x:c>
       <x:c r="B2859" s="3">
-        <x:v>495103.38</x:v>
+        <x:v>495204.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2860" spans="1:2">
       <x:c r="A2860" s="2">
-        <x:v>41862</x:v>
+        <x:v>41883</x:v>
       </x:c>
       <x:c r="B2860" s="3">
-        <x:v>495098.23</x:v>
+        <x:v>495199.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2861" spans="1:2">
       <x:c r="A2861" s="2">
-        <x:v>41859</x:v>
+        <x:v>41880</x:v>
       </x:c>
       <x:c r="B2861" s="3">
-        <x:v>495093.08</x:v>
+        <x:v>495195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2862" spans="1:2">
       <x:c r="A2862" s="2">
-        <x:v>41858</x:v>
+        <x:v>41879</x:v>
       </x:c>
       <x:c r="B2862" s="3">
-        <x:v>495077.62</x:v>
+        <x:v>495181.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2863" spans="1:2">
       <x:c r="A2863" s="2">
-        <x:v>41857</x:v>
+        <x:v>41878</x:v>
       </x:c>
       <x:c r="B2863" s="3">
-        <x:v>495072.34</x:v>
+        <x:v>495176.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2864" spans="1:2">
       <x:c r="A2864" s="2">
-        <x:v>41856</x:v>
+        <x:v>41877</x:v>
       </x:c>
       <x:c r="B2864" s="3">
-        <x:v>495067.06</x:v>
+        <x:v>495171.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2865" spans="1:2">
       <x:c r="A2865" s="2">
-        <x:v>41855</x:v>
+        <x:v>41876</x:v>
       </x:c>
       <x:c r="B2865" s="3">
-        <x:v>495061.78</x:v>
+        <x:v>495167.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2866" spans="1:2">
       <x:c r="A2866" s="2">
-        <x:v>41852</x:v>
+        <x:v>41873</x:v>
       </x:c>
       <x:c r="B2866" s="3">
-        <x:v>495056.5</x:v>
+        <x:v>495162.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2867" spans="1:2">
       <x:c r="A2867" s="2">
-        <x:v>41851</x:v>
+        <x:v>41872</x:v>
       </x:c>
       <x:c r="B2867" s="3">
-        <x:v>495040.64</x:v>
+        <x:v>495148.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2868" spans="1:2">
       <x:c r="A2868" s="2">
-        <x:v>41850</x:v>
+        <x:v>41871</x:v>
       </x:c>
       <x:c r="B2868" s="3">
-        <x:v>495035.36</x:v>
+        <x:v>495143.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2869" spans="1:2">
       <x:c r="A2869" s="2">
-        <x:v>41849</x:v>
+        <x:v>41870</x:v>
       </x:c>
       <x:c r="B2869" s="3">
-        <x:v>495030.08</x:v>
+        <x:v>495139.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2870" spans="1:2">
       <x:c r="A2870" s="2">
-        <x:v>41848</x:v>
+        <x:v>41869</x:v>
       </x:c>
       <x:c r="B2870" s="3">
-        <x:v>495024.8</x:v>
+        <x:v>495134.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2871" spans="1:2">
       <x:c r="A2871" s="2">
-        <x:v>41845</x:v>
+        <x:v>41865</x:v>
       </x:c>
       <x:c r="B2871" s="3">
-        <x:v>495019.52</x:v>
+        <x:v>495129.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2872" spans="1:2">
       <x:c r="A2872" s="2">
-        <x:v>41844</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="B2872" s="3">
-        <x:v>495003.66</x:v>
+        <x:v>495108.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2873" spans="1:2">
       <x:c r="A2873" s="2">
-        <x:v>41843</x:v>
+        <x:v>41863</x:v>
       </x:c>
       <x:c r="B2873" s="3">
-        <x:v>494998.38</x:v>
+        <x:v>495103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2874" spans="1:2">
       <x:c r="A2874" s="2">
-        <x:v>41842</x:v>
+        <x:v>41862</x:v>
       </x:c>
       <x:c r="B2874" s="3">
-        <x:v>494993.1</x:v>
+        <x:v>495098.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2875" spans="1:2">
       <x:c r="A2875" s="2">
-        <x:v>41841</x:v>
+        <x:v>41859</x:v>
       </x:c>
       <x:c r="B2875" s="3">
-        <x:v>494987.68</x:v>
+        <x:v>495093.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2876" spans="1:2">
       <x:c r="A2876" s="2">
-        <x:v>41838</x:v>
+        <x:v>41858</x:v>
       </x:c>
       <x:c r="B2876" s="3">
-        <x:v>494982.26</x:v>
+        <x:v>495077.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2877" spans="1:2">
       <x:c r="A2877" s="2">
-        <x:v>41837</x:v>
+        <x:v>41857</x:v>
       </x:c>
       <x:c r="B2877" s="3">
-        <x:v>494965.99</x:v>
+        <x:v>495072.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2878" spans="1:2">
       <x:c r="A2878" s="2">
-        <x:v>41836</x:v>
+        <x:v>41856</x:v>
       </x:c>
       <x:c r="B2878" s="3">
-        <x:v>494960.57</x:v>
+        <x:v>495067.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2879" spans="1:2">
       <x:c r="A2879" s="2">
-        <x:v>41835</x:v>
+        <x:v>41855</x:v>
       </x:c>
       <x:c r="B2879" s="3">
-        <x:v>494955.15</x:v>
+        <x:v>495061.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2880" spans="1:2">
       <x:c r="A2880" s="2">
-        <x:v>41831</x:v>
+        <x:v>41852</x:v>
       </x:c>
       <x:c r="B2880" s="3">
-        <x:v>494949.6</x:v>
+        <x:v>495056.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2881" spans="1:2">
       <x:c r="A2881" s="2">
-        <x:v>41830</x:v>
+        <x:v>41851</x:v>
       </x:c>
       <x:c r="B2881" s="3">
-        <x:v>494927.37</x:v>
+        <x:v>495040.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2882" spans="1:2">
       <x:c r="A2882" s="2">
-        <x:v>41829</x:v>
+        <x:v>41850</x:v>
       </x:c>
       <x:c r="B2882" s="3">
-        <x:v>494921.82</x:v>
+        <x:v>495035.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2883" spans="1:2">
       <x:c r="A2883" s="2">
-        <x:v>41828</x:v>
+        <x:v>41849</x:v>
       </x:c>
       <x:c r="B2883" s="3">
-        <x:v>494916.27</x:v>
+        <x:v>495030.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2884" spans="1:2">
       <x:c r="A2884" s="2">
-        <x:v>41827</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="B2884" s="3">
-        <x:v>494910.72</x:v>
+        <x:v>495024.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2885" spans="1:2">
       <x:c r="A2885" s="2">
-        <x:v>41824</x:v>
+        <x:v>41845</x:v>
       </x:c>
       <x:c r="B2885" s="3">
-        <x:v>494905.03</x:v>
+        <x:v>495019.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2886" spans="1:2">
       <x:c r="A2886" s="2">
-        <x:v>41823</x:v>
+        <x:v>41844</x:v>
       </x:c>
       <x:c r="B2886" s="3">
-        <x:v>494887.95</x:v>
+        <x:v>495003.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2887" spans="1:2">
       <x:c r="A2887" s="2">
-        <x:v>41822</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="B2887" s="3">
-        <x:v>494881.99</x:v>
+        <x:v>494998.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2888" spans="1:2">
       <x:c r="A2888" s="2">
-        <x:v>41821</x:v>
+        <x:v>41842</x:v>
       </x:c>
       <x:c r="B2888" s="3">
-        <x:v>494876.03</x:v>
+        <x:v>494993.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2889" spans="1:2">
       <x:c r="A2889" s="2">
-        <x:v>41820</x:v>
+        <x:v>41841</x:v>
       </x:c>
       <x:c r="B2889" s="3">
-        <x:v>494870.07</x:v>
+        <x:v>494987.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2890" spans="1:2">
       <x:c r="A2890" s="2">
-        <x:v>41817</x:v>
+        <x:v>41838</x:v>
       </x:c>
       <x:c r="B2890" s="3">
-        <x:v>494864.11</x:v>
+        <x:v>494982.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2891" spans="1:2">
       <x:c r="A2891" s="2">
-        <x:v>41816</x:v>
+        <x:v>41837</x:v>
       </x:c>
       <x:c r="B2891" s="3">
-        <x:v>494846.22</x:v>
+        <x:v>494965.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2892" spans="1:2">
       <x:c r="A2892" s="2">
-        <x:v>41815</x:v>
+        <x:v>41836</x:v>
       </x:c>
       <x:c r="B2892" s="3">
-        <x:v>494840.53</x:v>
+        <x:v>494960.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2893" spans="1:2">
       <x:c r="A2893" s="2">
-        <x:v>41814</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="B2893" s="3">
-        <x:v>494834.84</x:v>
+        <x:v>494955.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2894" spans="1:2">
       <x:c r="A2894" s="2">
-        <x:v>41813</x:v>
+        <x:v>41831</x:v>
       </x:c>
       <x:c r="B2894" s="3">
-        <x:v>494829.15</x:v>
+        <x:v>494949.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2895" spans="1:2">
       <x:c r="A2895" s="2">
-        <x:v>41810</x:v>
+        <x:v>41830</x:v>
       </x:c>
       <x:c r="B2895" s="3">
-        <x:v>494823.19</x:v>
+        <x:v>494927.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2896" spans="1:2">
       <x:c r="A2896" s="2">
-        <x:v>41809</x:v>
+        <x:v>41829</x:v>
       </x:c>
       <x:c r="B2896" s="3">
-        <x:v>494805.3</x:v>
+        <x:v>494921.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2897" spans="1:2">
       <x:c r="A2897" s="2">
-        <x:v>41808</x:v>
+        <x:v>41828</x:v>
       </x:c>
       <x:c r="B2897" s="3">
-        <x:v>494799.34</x:v>
+        <x:v>494916.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2898" spans="1:2">
       <x:c r="A2898" s="2">
-        <x:v>41807</x:v>
+        <x:v>41827</x:v>
       </x:c>
       <x:c r="B2898" s="3">
-        <x:v>494793.37</x:v>
+        <x:v>494910.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2899" spans="1:2">
       <x:c r="A2899" s="2">
-        <x:v>41806</x:v>
+        <x:v>41824</x:v>
       </x:c>
       <x:c r="B2899" s="3">
-        <x:v>494787.42</x:v>
+        <x:v>494905.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2900" spans="1:2">
       <x:c r="A2900" s="2">
-        <x:v>41803</x:v>
+        <x:v>41823</x:v>
       </x:c>
       <x:c r="B2900" s="3">
-        <x:v>494781.46</x:v>
+        <x:v>494887.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2901" spans="1:2">
       <x:c r="A2901" s="2">
-        <x:v>41802</x:v>
+        <x:v>41822</x:v>
       </x:c>
       <x:c r="B2901" s="3">
-        <x:v>494763.57</x:v>
+        <x:v>494881.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2902" spans="1:2">
       <x:c r="A2902" s="2">
-        <x:v>41801</x:v>
+        <x:v>41821</x:v>
       </x:c>
       <x:c r="B2902" s="3">
-        <x:v>494757.61</x:v>
+        <x:v>494876.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2903" spans="1:2">
       <x:c r="A2903" s="2">
-        <x:v>41800</x:v>
+        <x:v>41820</x:v>
       </x:c>
       <x:c r="B2903" s="3">
-        <x:v>494751.65</x:v>
+        <x:v>494870.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2904" spans="1:2">
       <x:c r="A2904" s="2">
-        <x:v>41796</x:v>
+        <x:v>41817</x:v>
       </x:c>
       <x:c r="B2904" s="3">
-        <x:v>494745.42</x:v>
+        <x:v>494864.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2905" spans="1:2">
       <x:c r="A2905" s="2">
-        <x:v>41795</x:v>
+        <x:v>41816</x:v>
       </x:c>
       <x:c r="B2905" s="3">
-        <x:v>494720.49</x:v>
+        <x:v>494846.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2906" spans="1:2">
       <x:c r="A2906" s="2">
-        <x:v>41794</x:v>
+        <x:v>41815</x:v>
       </x:c>
       <x:c r="B2906" s="3">
-        <x:v>494713.85</x:v>
+        <x:v>494840.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2907" spans="1:2">
       <x:c r="A2907" s="2">
-        <x:v>41793</x:v>
+        <x:v>41814</x:v>
       </x:c>
       <x:c r="B2907" s="3">
-        <x:v>494707.21</x:v>
+        <x:v>494834.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2908" spans="1:2">
       <x:c r="A2908" s="2">
-        <x:v>41792</x:v>
+        <x:v>41813</x:v>
       </x:c>
       <x:c r="B2908" s="3">
-        <x:v>494700.57</x:v>
+        <x:v>494829.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2909" spans="1:2">
       <x:c r="A2909" s="2">
-        <x:v>41789</x:v>
+        <x:v>41810</x:v>
       </x:c>
       <x:c r="B2909" s="3">
-        <x:v>494693.93</x:v>
+        <x:v>494823.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2910" spans="1:2">
       <x:c r="A2910" s="2">
-        <x:v>41787</x:v>
+        <x:v>41809</x:v>
       </x:c>
       <x:c r="B2910" s="3">
-        <x:v>494674.01</x:v>
+        <x:v>494805.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2911" spans="1:2">
       <x:c r="A2911" s="2">
-        <x:v>41786</x:v>
+        <x:v>41808</x:v>
       </x:c>
       <x:c r="B2911" s="3">
-        <x:v>494660.73</x:v>
+        <x:v>494799.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2912" spans="1:2">
       <x:c r="A2912" s="2">
-        <x:v>41785</x:v>
+        <x:v>41807</x:v>
       </x:c>
       <x:c r="B2912" s="3">
-        <x:v>494654</x:v>
+        <x:v>494793.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2913" spans="1:2">
       <x:c r="A2913" s="2">
-        <x:v>41782</x:v>
+        <x:v>41806</x:v>
       </x:c>
       <x:c r="B2913" s="3">
-        <x:v>494647.27</x:v>
+        <x:v>494787.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2914" spans="1:2">
       <x:c r="A2914" s="2">
-        <x:v>41781</x:v>
+        <x:v>41803</x:v>
       </x:c>
       <x:c r="B2914" s="3">
-        <x:v>494627.08</x:v>
+        <x:v>494781.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2915" spans="1:2">
       <x:c r="A2915" s="2">
-        <x:v>41780</x:v>
+        <x:v>41802</x:v>
       </x:c>
       <x:c r="B2915" s="3">
-        <x:v>494620.35</x:v>
+        <x:v>494763.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2916" spans="1:2">
       <x:c r="A2916" s="2">
-        <x:v>41779</x:v>
+        <x:v>41801</x:v>
       </x:c>
       <x:c r="B2916" s="3">
-        <x:v>494613.62</x:v>
+        <x:v>494757.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2917" spans="1:2">
       <x:c r="A2917" s="2">
-        <x:v>41778</x:v>
+        <x:v>41800</x:v>
       </x:c>
       <x:c r="B2917" s="3">
-        <x:v>494606.89</x:v>
+        <x:v>494751.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2918" spans="1:2">
       <x:c r="A2918" s="2">
-        <x:v>41775</x:v>
+        <x:v>41796</x:v>
       </x:c>
       <x:c r="B2918" s="3">
-        <x:v>494600.16</x:v>
+        <x:v>494745.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2919" spans="1:2">
       <x:c r="A2919" s="2">
-        <x:v>41774</x:v>
+        <x:v>41795</x:v>
       </x:c>
       <x:c r="B2919" s="3">
-        <x:v>494579.97</x:v>
+        <x:v>494720.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2920" spans="1:2">
       <x:c r="A2920" s="2">
-        <x:v>41773</x:v>
+        <x:v>41794</x:v>
       </x:c>
       <x:c r="B2920" s="3">
-        <x:v>494573.24</x:v>
+        <x:v>494713.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2921" spans="1:2">
       <x:c r="A2921" s="2">
-        <x:v>41772</x:v>
+        <x:v>41793</x:v>
       </x:c>
       <x:c r="B2921" s="3">
-        <x:v>494566.51</x:v>
+        <x:v>494707.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2922" spans="1:2">
       <x:c r="A2922" s="2">
-        <x:v>41771</x:v>
+        <x:v>41792</x:v>
       </x:c>
       <x:c r="B2922" s="3">
-        <x:v>494559.78</x:v>
+        <x:v>494700.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2923" spans="1:2">
       <x:c r="A2923" s="2">
-        <x:v>41768</x:v>
+        <x:v>41789</x:v>
       </x:c>
       <x:c r="B2923" s="3">
-        <x:v>494553.05</x:v>
+        <x:v>494693.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2924" spans="1:2">
       <x:c r="A2924" s="2">
-        <x:v>41766</x:v>
+        <x:v>41787</x:v>
       </x:c>
       <x:c r="B2924" s="3">
-        <x:v>494532.86</x:v>
+        <x:v>494674.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2925" spans="1:2">
       <x:c r="A2925" s="2">
-        <x:v>41765</x:v>
+        <x:v>41786</x:v>
       </x:c>
       <x:c r="B2925" s="3">
-        <x:v>494519.95</x:v>
+        <x:v>494660.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2926" spans="1:2">
       <x:c r="A2926" s="2">
-        <x:v>41764</x:v>
+        <x:v>41785</x:v>
       </x:c>
       <x:c r="B2926" s="3">
-        <x:v>494513.5</x:v>
+        <x:v>494654</x:v>
       </x:c>
     </x:row>
     <x:row r="2927" spans="1:2">
       <x:c r="A2927" s="2">
-        <x:v>41761</x:v>
+        <x:v>41782</x:v>
       </x:c>
       <x:c r="B2927" s="3">
-        <x:v>494507.05</x:v>
+        <x:v>494647.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2928" spans="1:2">
       <x:c r="A2928" s="2">
-        <x:v>41759</x:v>
+        <x:v>41781</x:v>
       </x:c>
       <x:c r="B2928" s="3">
-        <x:v>494485.63</x:v>
+        <x:v>494627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2929" spans="1:2">
       <x:c r="A2929" s="2">
-        <x:v>41758</x:v>
+        <x:v>41780</x:v>
       </x:c>
       <x:c r="B2929" s="3">
-        <x:v>494471.35</x:v>
+        <x:v>494620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2930" spans="1:2">
       <x:c r="A2930" s="2">
-        <x:v>41757</x:v>
+        <x:v>41779</x:v>
       </x:c>
       <x:c r="B2930" s="3">
-        <x:v>494464.76</x:v>
+        <x:v>494613.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2931" spans="1:2">
       <x:c r="A2931" s="2">
-        <x:v>41754</x:v>
+        <x:v>41778</x:v>
       </x:c>
       <x:c r="B2931" s="3">
-        <x:v>494458.17</x:v>
+        <x:v>494606.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2932" spans="1:2">
       <x:c r="A2932" s="2">
-        <x:v>41753</x:v>
+        <x:v>41775</x:v>
       </x:c>
       <x:c r="B2932" s="3">
-        <x:v>496847.71</x:v>
+        <x:v>494600.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2933" spans="1:2">
       <x:c r="A2933" s="2">
-        <x:v>41752</x:v>
+        <x:v>41774</x:v>
       </x:c>
       <x:c r="B2933" s="3">
-        <x:v>496841.64</x:v>
+        <x:v>494579.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2934" spans="1:2">
       <x:c r="A2934" s="2">
-        <x:v>41751</x:v>
+        <x:v>41773</x:v>
       </x:c>
       <x:c r="B2934" s="3">
-        <x:v>496835.57</x:v>
+        <x:v>494573.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2935" spans="1:2">
       <x:c r="A2935" s="2">
-        <x:v>41746</x:v>
+        <x:v>41772</x:v>
       </x:c>
       <x:c r="B2935" s="3">
-        <x:v>496829.5</x:v>
+        <x:v>494566.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2936" spans="1:2">
       <x:c r="A2936" s="2">
-        <x:v>41745</x:v>
+        <x:v>41771</x:v>
       </x:c>
       <x:c r="B2936" s="3">
-        <x:v>496799.16</x:v>
+        <x:v>494559.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2937" spans="1:2">
       <x:c r="A2937" s="2">
-        <x:v>41744</x:v>
+        <x:v>41768</x:v>
       </x:c>
       <x:c r="B2937" s="3">
-        <x:v>496793.08</x:v>
+        <x:v>494553.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2938" spans="1:2">
       <x:c r="A2938" s="2">
-        <x:v>41743</x:v>
+        <x:v>41766</x:v>
       </x:c>
       <x:c r="B2938" s="3">
-        <x:v>496787.01</x:v>
+        <x:v>494532.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2939" spans="1:2">
       <x:c r="A2939" s="2">
-        <x:v>41740</x:v>
+        <x:v>41765</x:v>
       </x:c>
       <x:c r="B2939" s="3">
-        <x:v>496780.94</x:v>
+        <x:v>494519.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2940" spans="1:2">
       <x:c r="A2940" s="2">
-        <x:v>41739</x:v>
+        <x:v>41764</x:v>
       </x:c>
       <x:c r="B2940" s="3">
-        <x:v>496762.73</x:v>
+        <x:v>494513.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2941" spans="1:2">
       <x:c r="A2941" s="2">
-        <x:v>41738</x:v>
+        <x:v>41761</x:v>
       </x:c>
       <x:c r="B2941" s="3">
-        <x:v>496756.66</x:v>
+        <x:v>494507.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2942" spans="1:2">
       <x:c r="A2942" s="2">
-        <x:v>41737</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="B2942" s="3">
-        <x:v>496750.59</x:v>
+        <x:v>494485.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2943" spans="1:2">
       <x:c r="A2943" s="2">
-        <x:v>41736</x:v>
+        <x:v>41758</x:v>
       </x:c>
       <x:c r="B2943" s="3">
-        <x:v>496744.52</x:v>
+        <x:v>494471.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2944" spans="1:2">
       <x:c r="A2944" s="2">
-        <x:v>41733</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="B2944" s="3">
-        <x:v>496738.45</x:v>
+        <x:v>494464.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2945" spans="1:2">
       <x:c r="A2945" s="2">
-        <x:v>41732</x:v>
+        <x:v>41754</x:v>
       </x:c>
       <x:c r="B2945" s="3">
-        <x:v>496720.24</x:v>
+        <x:v>494458.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2946" spans="1:2">
       <x:c r="A2946" s="2">
-        <x:v>41731</x:v>
+        <x:v>41753</x:v>
       </x:c>
       <x:c r="B2946" s="3">
-        <x:v>496714.17</x:v>
+        <x:v>496847.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2947" spans="1:2">
       <x:c r="A2947" s="2">
-        <x:v>41730</x:v>
+        <x:v>41752</x:v>
       </x:c>
       <x:c r="B2947" s="3">
-        <x:v>496708.1</x:v>
+        <x:v>496841.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2948" spans="1:2">
       <x:c r="A2948" s="2">
-        <x:v>41729</x:v>
+        <x:v>41751</x:v>
       </x:c>
       <x:c r="B2948" s="3">
-        <x:v>496702.03</x:v>
+        <x:v>496835.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2949" spans="1:2">
       <x:c r="A2949" s="2">
-        <x:v>41726</x:v>
+        <x:v>41746</x:v>
       </x:c>
       <x:c r="B2949" s="3">
-        <x:v>496695.96</x:v>
+        <x:v>496829.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2950" spans="1:2">
       <x:c r="A2950" s="2">
-        <x:v>41725</x:v>
+        <x:v>41745</x:v>
       </x:c>
       <x:c r="B2950" s="3">
-        <x:v>496677.75</x:v>
+        <x:v>496799.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2951" spans="1:2">
       <x:c r="A2951" s="2">
-        <x:v>41724</x:v>
+        <x:v>41744</x:v>
       </x:c>
       <x:c r="B2951" s="3">
-        <x:v>496671.68</x:v>
+        <x:v>496793.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2952" spans="1:2">
       <x:c r="A2952" s="2">
-        <x:v>41723</x:v>
+        <x:v>41743</x:v>
       </x:c>
       <x:c r="B2952" s="3">
-        <x:v>496665.61</x:v>
+        <x:v>496787.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2953" spans="1:2">
       <x:c r="A2953" s="2">
-        <x:v>41722</x:v>
+        <x:v>41740</x:v>
       </x:c>
       <x:c r="B2953" s="3">
-        <x:v>496659.54</x:v>
+        <x:v>496780.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2954" spans="1:2">
       <x:c r="A2954" s="2">
-        <x:v>41719</x:v>
+        <x:v>41739</x:v>
       </x:c>
       <x:c r="B2954" s="3">
-        <x:v>496653.47</x:v>
+        <x:v>496762.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2955" spans="1:2">
       <x:c r="A2955" s="2">
-        <x:v>41718</x:v>
+        <x:v>41738</x:v>
       </x:c>
       <x:c r="B2955" s="3">
-        <x:v>496635.27</x:v>
+        <x:v>496756.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2956" spans="1:2">
       <x:c r="A2956" s="2">
-        <x:v>41717</x:v>
+        <x:v>41737</x:v>
       </x:c>
       <x:c r="B2956" s="3">
-        <x:v>496629.21</x:v>
+        <x:v>496750.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2957" spans="1:2">
       <x:c r="A2957" s="2">
-        <x:v>41716</x:v>
+        <x:v>41736</x:v>
       </x:c>
       <x:c r="B2957" s="3">
-        <x:v>496623.42</x:v>
+        <x:v>496744.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2958" spans="1:2">
       <x:c r="A2958" s="2">
-        <x:v>41715</x:v>
+        <x:v>41733</x:v>
       </x:c>
       <x:c r="B2958" s="3">
-        <x:v>496617.63</x:v>
+        <x:v>496738.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2959" spans="1:2">
       <x:c r="A2959" s="2">
-        <x:v>41712</x:v>
+        <x:v>41732</x:v>
       </x:c>
       <x:c r="B2959" s="3">
-        <x:v>496611.84</x:v>
+        <x:v>496720.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2960" spans="1:2">
       <x:c r="A2960" s="2">
-        <x:v>41711</x:v>
+        <x:v>41731</x:v>
       </x:c>
       <x:c r="B2960" s="3">
-        <x:v>496594.46</x:v>
+        <x:v>496714.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2961" spans="1:2">
       <x:c r="A2961" s="2">
-        <x:v>41710</x:v>
+        <x:v>41730</x:v>
       </x:c>
       <x:c r="B2961" s="3">
-        <x:v>496588.67</x:v>
+        <x:v>496708.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2962" spans="1:2">
       <x:c r="A2962" s="2">
-        <x:v>41709</x:v>
+        <x:v>41729</x:v>
       </x:c>
       <x:c r="B2962" s="3">
-        <x:v>496582.88</x:v>
+        <x:v>496702.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2963" spans="1:2">
       <x:c r="A2963" s="2">
-        <x:v>41708</x:v>
+        <x:v>41726</x:v>
       </x:c>
       <x:c r="B2963" s="3">
-        <x:v>496577.09</x:v>
+        <x:v>496695.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2964" spans="1:2">
       <x:c r="A2964" s="2">
-        <x:v>41705</x:v>
+        <x:v>41725</x:v>
       </x:c>
       <x:c r="B2964" s="3">
-        <x:v>496571.3</x:v>
+        <x:v>496677.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2965" spans="1:2">
       <x:c r="A2965" s="2">
-        <x:v>41704</x:v>
+        <x:v>41724</x:v>
       </x:c>
       <x:c r="B2965" s="3">
-        <x:v>496553.92</x:v>
+        <x:v>496671.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2966" spans="1:2">
       <x:c r="A2966" s="2">
-        <x:v>41703</x:v>
+        <x:v>41723</x:v>
       </x:c>
       <x:c r="B2966" s="3">
-        <x:v>496548.14</x:v>
+        <x:v>496665.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2967" spans="1:2">
       <x:c r="A2967" s="2">
-        <x:v>41702</x:v>
+        <x:v>41722</x:v>
       </x:c>
       <x:c r="B2967" s="3">
-        <x:v>496542.35</x:v>
+        <x:v>496659.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2968" spans="1:2">
       <x:c r="A2968" s="2">
-        <x:v>41701</x:v>
+        <x:v>41719</x:v>
       </x:c>
       <x:c r="B2968" s="3">
-        <x:v>496536.56</x:v>
+        <x:v>496653.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2969" spans="1:2">
       <x:c r="A2969" s="2">
-        <x:v>41698</x:v>
+        <x:v>41718</x:v>
       </x:c>
       <x:c r="B2969" s="3">
-        <x:v>496530.77</x:v>
+        <x:v>496635.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2970" spans="1:2">
       <x:c r="A2970" s="2">
-        <x:v>41697</x:v>
+        <x:v>41717</x:v>
       </x:c>
       <x:c r="B2970" s="3">
-        <x:v>496513.4</x:v>
+        <x:v>496629.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2971" spans="1:2">
       <x:c r="A2971" s="2">
-        <x:v>41696</x:v>
+        <x:v>41716</x:v>
       </x:c>
       <x:c r="B2971" s="3">
-        <x:v>496507.61</x:v>
+        <x:v>496623.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2972" spans="1:2">
       <x:c r="A2972" s="2">
-        <x:v>41695</x:v>
+        <x:v>41715</x:v>
       </x:c>
       <x:c r="B2972" s="3">
-        <x:v>496501.82</x:v>
+        <x:v>496617.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2973" spans="1:2">
       <x:c r="A2973" s="2">
-        <x:v>41694</x:v>
+        <x:v>41712</x:v>
       </x:c>
       <x:c r="B2973" s="3">
-        <x:v>496496.03</x:v>
+        <x:v>496611.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2974" spans="1:2">
       <x:c r="A2974" s="2">
-        <x:v>41691</x:v>
+        <x:v>41711</x:v>
       </x:c>
       <x:c r="B2974" s="3">
-        <x:v>496490.24</x:v>
+        <x:v>496594.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2975" spans="1:2">
       <x:c r="A2975" s="2">
-        <x:v>41690</x:v>
+        <x:v>41710</x:v>
       </x:c>
       <x:c r="B2975" s="3">
-        <x:v>496472.87</x:v>
+        <x:v>496588.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2976" spans="1:2">
       <x:c r="A2976" s="2">
-        <x:v>41689</x:v>
+        <x:v>41709</x:v>
       </x:c>
       <x:c r="B2976" s="3">
-        <x:v>496467.08</x:v>
+        <x:v>496582.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2977" spans="1:2">
       <x:c r="A2977" s="2">
-        <x:v>41688</x:v>
+        <x:v>41708</x:v>
       </x:c>
       <x:c r="B2977" s="3">
-        <x:v>496461.29</x:v>
+        <x:v>496577.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2978" spans="1:2">
       <x:c r="A2978" s="2">
-        <x:v>41687</x:v>
+        <x:v>41705</x:v>
       </x:c>
       <x:c r="B2978" s="3">
-        <x:v>496455.5</x:v>
+        <x:v>496571.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2979" spans="1:2">
       <x:c r="A2979" s="2">
-        <x:v>41684</x:v>
+        <x:v>41704</x:v>
       </x:c>
       <x:c r="B2979" s="3">
-        <x:v>496449.85</x:v>
+        <x:v>496553.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2980" spans="1:2">
       <x:c r="A2980" s="2">
-        <x:v>41683</x:v>
+        <x:v>41703</x:v>
       </x:c>
       <x:c r="B2980" s="3">
-        <x:v>496432.89</x:v>
+        <x:v>496548.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2981" spans="1:2">
       <x:c r="A2981" s="2">
-        <x:v>41682</x:v>
+        <x:v>41702</x:v>
       </x:c>
       <x:c r="B2981" s="3">
-        <x:v>496427.24</x:v>
+        <x:v>496542.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2982" spans="1:2">
       <x:c r="A2982" s="2">
-        <x:v>41681</x:v>
+        <x:v>41701</x:v>
       </x:c>
       <x:c r="B2982" s="3">
-        <x:v>496421.59</x:v>
+        <x:v>496536.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2983" spans="1:2">
       <x:c r="A2983" s="2">
-        <x:v>41680</x:v>
+        <x:v>41698</x:v>
       </x:c>
       <x:c r="B2983" s="3">
-        <x:v>496415.94</x:v>
+        <x:v>496530.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2984" spans="1:2">
       <x:c r="A2984" s="2">
-        <x:v>41677</x:v>
+        <x:v>41697</x:v>
       </x:c>
       <x:c r="B2984" s="3">
-        <x:v>496410.29</x:v>
+        <x:v>496513.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2985" spans="1:2">
       <x:c r="A2985" s="2">
-        <x:v>41676</x:v>
+        <x:v>41696</x:v>
       </x:c>
       <x:c r="B2985" s="3">
-        <x:v>496393.33</x:v>
+        <x:v>496507.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2986" spans="1:2">
       <x:c r="A2986" s="2">
-        <x:v>41675</x:v>
+        <x:v>41695</x:v>
       </x:c>
       <x:c r="B2986" s="3">
-        <x:v>496387.68</x:v>
+        <x:v>496501.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2987" spans="1:2">
       <x:c r="A2987" s="2">
-        <x:v>41674</x:v>
+        <x:v>41694</x:v>
       </x:c>
       <x:c r="B2987" s="3">
-        <x:v>496382.03</x:v>
+        <x:v>496496.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2988" spans="1:2">
       <x:c r="A2988" s="2">
-        <x:v>41673</x:v>
+        <x:v>41691</x:v>
       </x:c>
       <x:c r="B2988" s="3">
-        <x:v>496376.38</x:v>
+        <x:v>496490.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2989" spans="1:2">
       <x:c r="A2989" s="2">
-        <x:v>41670</x:v>
+        <x:v>41690</x:v>
       </x:c>
       <x:c r="B2989" s="3">
-        <x:v>496370.73</x:v>
+        <x:v>496472.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2990" spans="1:2">
       <x:c r="A2990" s="2">
-        <x:v>41669</x:v>
+        <x:v>41689</x:v>
       </x:c>
       <x:c r="B2990" s="3">
-        <x:v>496353.78</x:v>
+        <x:v>496467.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2991" spans="1:2">
       <x:c r="A2991" s="2">
-        <x:v>41668</x:v>
+        <x:v>41688</x:v>
       </x:c>
       <x:c r="B2991" s="3">
-        <x:v>496348.27</x:v>
+        <x:v>496461.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2992" spans="1:2">
       <x:c r="A2992" s="2">
-        <x:v>41667</x:v>
+        <x:v>41687</x:v>
       </x:c>
       <x:c r="B2992" s="3">
-        <x:v>496342.76</x:v>
+        <x:v>496455.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2993" spans="1:2">
       <x:c r="A2993" s="2">
-        <x:v>41666</x:v>
+        <x:v>41684</x:v>
       </x:c>
       <x:c r="B2993" s="3">
-        <x:v>496337.25</x:v>
+        <x:v>496449.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2994" spans="1:2">
       <x:c r="A2994" s="2">
-        <x:v>41663</x:v>
+        <x:v>41683</x:v>
       </x:c>
       <x:c r="B2994" s="3">
-        <x:v>496331.74</x:v>
+        <x:v>496432.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2995" spans="1:2">
       <x:c r="A2995" s="2">
-        <x:v>41662</x:v>
+        <x:v>41682</x:v>
       </x:c>
       <x:c r="B2995" s="3">
-        <x:v>496315.2</x:v>
+        <x:v>496427.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2996" spans="1:2">
       <x:c r="A2996" s="2">
-        <x:v>41661</x:v>
+        <x:v>41681</x:v>
       </x:c>
       <x:c r="B2996" s="3">
-        <x:v>496309.83</x:v>
+        <x:v>496421.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2997" spans="1:2">
       <x:c r="A2997" s="2">
-        <x:v>41660</x:v>
+        <x:v>41680</x:v>
       </x:c>
       <x:c r="B2997" s="3">
-        <x:v>496304.46</x:v>
+        <x:v>496415.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2998" spans="1:2">
       <x:c r="A2998" s="2">
-        <x:v>41659</x:v>
+        <x:v>41677</x:v>
       </x:c>
       <x:c r="B2998" s="3">
-        <x:v>496299.09</x:v>
+        <x:v>496410.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2999" spans="1:2">
       <x:c r="A2999" s="2">
-        <x:v>41656</x:v>
+        <x:v>41676</x:v>
       </x:c>
       <x:c r="B2999" s="3">
-        <x:v>496293.72</x:v>
+        <x:v>496393.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3000" spans="1:2">
       <x:c r="A3000" s="2">
-        <x:v>41655</x:v>
+        <x:v>41675</x:v>
       </x:c>
       <x:c r="B3000" s="3">
-        <x:v>496277.6</x:v>
+        <x:v>496387.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3001" spans="1:2">
       <x:c r="A3001" s="2">
-        <x:v>41654</x:v>
+        <x:v>41674</x:v>
       </x:c>
       <x:c r="B3001" s="3">
-        <x:v>496272.23</x:v>
+        <x:v>496382.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3002" spans="1:2">
       <x:c r="A3002" s="2">
-        <x:v>41653</x:v>
+        <x:v>41673</x:v>
       </x:c>
       <x:c r="B3002" s="3">
-        <x:v>496266.86</x:v>
+        <x:v>496376.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3003" spans="1:2">
       <x:c r="A3003" s="2">
-        <x:v>41652</x:v>
+        <x:v>41670</x:v>
       </x:c>
       <x:c r="B3003" s="3">
-        <x:v>496261.49</x:v>
+        <x:v>496370.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3004" spans="1:2">
       <x:c r="A3004" s="2">
-        <x:v>41649</x:v>
+        <x:v>41669</x:v>
       </x:c>
       <x:c r="B3004" s="3">
-        <x:v>496256.12</x:v>
+        <x:v>496353.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3005" spans="1:2">
       <x:c r="A3005" s="2">
-        <x:v>41648</x:v>
+        <x:v>41668</x:v>
       </x:c>
       <x:c r="B3005" s="3">
-        <x:v>496240</x:v>
+        <x:v>496348.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3006" spans="1:2">
       <x:c r="A3006" s="2">
-        <x:v>41647</x:v>
+        <x:v>41667</x:v>
       </x:c>
       <x:c r="B3006" s="3">
-        <x:v>496234.63</x:v>
+        <x:v>496342.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3007" spans="1:2">
       <x:c r="A3007" s="2">
-        <x:v>41646</x:v>
+        <x:v>41666</x:v>
       </x:c>
       <x:c r="B3007" s="3">
-        <x:v>496229.26</x:v>
+        <x:v>496337.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3008" spans="1:2">
       <x:c r="A3008" s="2">
-        <x:v>41645</x:v>
+        <x:v>41663</x:v>
       </x:c>
       <x:c r="B3008" s="3">
-        <x:v>496223.75</x:v>
+        <x:v>496331.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3009" spans="1:2">
       <x:c r="A3009" s="2">
-        <x:v>41642</x:v>
+        <x:v>41662</x:v>
       </x:c>
       <x:c r="B3009" s="3">
-        <x:v>496218.24</x:v>
+        <x:v>496315.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3010" spans="1:2">
       <x:c r="A3010" s="2">
-        <x:v>41641</x:v>
+        <x:v>41661</x:v>
       </x:c>
       <x:c r="B3010" s="3">
-        <x:v>496202.12</x:v>
+        <x:v>496309.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3011" spans="1:2">
       <x:c r="A3011" s="2">
-        <x:v>41639</x:v>
+        <x:v>41660</x:v>
       </x:c>
       <x:c r="B3011" s="3">
-        <x:v>496196.61</x:v>
+        <x:v>496304.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3012" spans="1:2">
       <x:c r="A3012" s="2">
-        <x:v>41638</x:v>
+        <x:v>41659</x:v>
       </x:c>
       <x:c r="B3012" s="3">
-        <x:v>496185.59</x:v>
+        <x:v>496299.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3013" spans="1:2">
       <x:c r="A3013" s="2">
-        <x:v>41635</x:v>
+        <x:v>41656</x:v>
       </x:c>
       <x:c r="B3013" s="3">
-        <x:v>496180.08</x:v>
+        <x:v>496293.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3014" spans="1:2">
       <x:c r="A3014" s="2">
-        <x:v>41632</x:v>
+        <x:v>41655</x:v>
       </x:c>
       <x:c r="B3014" s="3">
-        <x:v>496164.79</x:v>
+        <x:v>496277.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3015" spans="1:2">
       <x:c r="A3015" s="2">
-        <x:v>41631</x:v>
+        <x:v>41654</x:v>
       </x:c>
       <x:c r="B3015" s="3">
-        <x:v>496149.5</x:v>
+        <x:v>496272.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3016" spans="1:2">
       <x:c r="A3016" s="2">
-        <x:v>41628</x:v>
+        <x:v>41653</x:v>
       </x:c>
       <x:c r="B3016" s="3">
-        <x:v>496144.41</x:v>
+        <x:v>496266.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3017" spans="1:2">
       <x:c r="A3017" s="2">
-        <x:v>41627</x:v>
+        <x:v>41652</x:v>
       </x:c>
       <x:c r="B3017" s="3">
-        <x:v>496129.12</x:v>
+        <x:v>496261.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3018" spans="1:2">
       <x:c r="A3018" s="2">
-        <x:v>41626</x:v>
+        <x:v>41649</x:v>
       </x:c>
       <x:c r="B3018" s="3">
-        <x:v>496124.03</x:v>
+        <x:v>496256.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3019" spans="1:2">
       <x:c r="A3019" s="2">
-        <x:v>41625</x:v>
+        <x:v>41648</x:v>
       </x:c>
       <x:c r="B3019" s="3">
-        <x:v>496118.94</x:v>
+        <x:v>496240</x:v>
       </x:c>
     </x:row>
     <x:row r="3020" spans="1:2">
       <x:c r="A3020" s="2">
-        <x:v>41624</x:v>
+        <x:v>41647</x:v>
       </x:c>
       <x:c r="B3020" s="3">
-        <x:v>496113.85</x:v>
+        <x:v>496234.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3021" spans="1:2">
       <x:c r="A3021" s="2">
-        <x:v>41621</x:v>
+        <x:v>41646</x:v>
       </x:c>
       <x:c r="B3021" s="3">
-        <x:v>496108.76</x:v>
+        <x:v>496229.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3022" spans="1:2">
       <x:c r="A3022" s="2">
-        <x:v>41620</x:v>
+        <x:v>41645</x:v>
       </x:c>
       <x:c r="B3022" s="3">
-        <x:v>496093.47</x:v>
+        <x:v>496223.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3023" spans="1:2">
       <x:c r="A3023" s="2">
-        <x:v>41619</x:v>
+        <x:v>41642</x:v>
       </x:c>
       <x:c r="B3023" s="3">
-        <x:v>496088.38</x:v>
+        <x:v>496218.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3024" spans="1:2">
       <x:c r="A3024" s="2">
-        <x:v>41618</x:v>
+        <x:v>41641</x:v>
       </x:c>
       <x:c r="B3024" s="3">
-        <x:v>496083.29</x:v>
+        <x:v>496202.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3025" spans="1:2">
       <x:c r="A3025" s="2">
-        <x:v>41617</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="B3025" s="3">
-        <x:v>496078.2</x:v>
+        <x:v>496196.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3026" spans="1:2">
       <x:c r="A3026" s="2">
-        <x:v>41614</x:v>
+        <x:v>41638</x:v>
       </x:c>
       <x:c r="B3026" s="3">
-        <x:v>496073.38</x:v>
+        <x:v>496185.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3027" spans="1:2">
       <x:c r="A3027" s="2">
-        <x:v>41613</x:v>
+        <x:v>41635</x:v>
       </x:c>
       <x:c r="B3027" s="3">
-        <x:v>496058.92</x:v>
+        <x:v>496180.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3028" spans="1:2">
       <x:c r="A3028" s="2">
-        <x:v>41612</x:v>
+        <x:v>41632</x:v>
       </x:c>
       <x:c r="B3028" s="3">
-        <x:v>496054.1</x:v>
+        <x:v>496164.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3029" spans="1:2">
       <x:c r="A3029" s="2">
-        <x:v>41611</x:v>
+        <x:v>41631</x:v>
       </x:c>
       <x:c r="B3029" s="3">
-        <x:v>496049.28</x:v>
+        <x:v>496149.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3030" spans="1:2">
       <x:c r="A3030" s="2">
-        <x:v>41610</x:v>
+        <x:v>41628</x:v>
       </x:c>
       <x:c r="B3030" s="3">
-        <x:v>496044.46</x:v>
+        <x:v>496144.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3031" spans="1:2">
       <x:c r="A3031" s="2">
-        <x:v>41607</x:v>
+        <x:v>41627</x:v>
       </x:c>
       <x:c r="B3031" s="3">
-        <x:v>496039.64</x:v>
+        <x:v>496129.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3032" spans="1:2">
       <x:c r="A3032" s="2">
-        <x:v>41606</x:v>
+        <x:v>41626</x:v>
       </x:c>
       <x:c r="B3032" s="3">
-        <x:v>496025.18</x:v>
+        <x:v>496124.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3033" spans="1:2">
       <x:c r="A3033" s="2">
-        <x:v>41605</x:v>
+        <x:v>41625</x:v>
       </x:c>
       <x:c r="B3033" s="3">
-        <x:v>496020.36</x:v>
+        <x:v>496118.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3034" spans="1:2">
       <x:c r="A3034" s="2">
-        <x:v>41604</x:v>
+        <x:v>41624</x:v>
       </x:c>
       <x:c r="B3034" s="3">
-        <x:v>496015.54</x:v>
+        <x:v>496113.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3035" spans="1:2">
       <x:c r="A3035" s="2">
-        <x:v>41603</x:v>
+        <x:v>41621</x:v>
       </x:c>
       <x:c r="B3035" s="3">
-        <x:v>496010.45</x:v>
+        <x:v>496108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3036" spans="1:2">
       <x:c r="A3036" s="2">
-        <x:v>41600</x:v>
+        <x:v>41620</x:v>
       </x:c>
       <x:c r="B3036" s="3">
-        <x:v>496005.36</x:v>
+        <x:v>496093.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3037" spans="1:2">
       <x:c r="A3037" s="2">
-        <x:v>41599</x:v>
+        <x:v>41619</x:v>
       </x:c>
       <x:c r="B3037" s="3">
-        <x:v>495990.07</x:v>
+        <x:v>496088.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3038" spans="1:2">
       <x:c r="A3038" s="2">
-        <x:v>41598</x:v>
+        <x:v>41618</x:v>
       </x:c>
       <x:c r="B3038" s="3">
-        <x:v>495984.98</x:v>
+        <x:v>496083.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3039" spans="1:2">
       <x:c r="A3039" s="2">
-        <x:v>41597</x:v>
+        <x:v>41617</x:v>
       </x:c>
       <x:c r="B3039" s="3">
-        <x:v>495979.34</x:v>
+        <x:v>496078.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3040" spans="1:2">
       <x:c r="A3040" s="2">
-        <x:v>41596</x:v>
+        <x:v>41614</x:v>
       </x:c>
       <x:c r="B3040" s="3">
-        <x:v>495973.7</x:v>
+        <x:v>496073.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3041" spans="1:2">
       <x:c r="A3041" s="2">
-        <x:v>41593</x:v>
+        <x:v>41613</x:v>
       </x:c>
       <x:c r="B3041" s="3">
-        <x:v>495968.06</x:v>
+        <x:v>496058.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3042" spans="1:2">
       <x:c r="A3042" s="2">
-        <x:v>41592</x:v>
+        <x:v>41612</x:v>
       </x:c>
       <x:c r="B3042" s="3">
-        <x:v>495951.12</x:v>
+        <x:v>496054.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3043" spans="1:2">
       <x:c r="A3043" s="2">
-        <x:v>41591</x:v>
+        <x:v>41611</x:v>
       </x:c>
       <x:c r="B3043" s="3">
-        <x:v>495945.48</x:v>
+        <x:v>496049.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3044" spans="1:2">
       <x:c r="A3044" s="2">
-        <x:v>41590</x:v>
+        <x:v>41610</x:v>
       </x:c>
       <x:c r="B3044" s="3">
-        <x:v>495939.84</x:v>
+        <x:v>496044.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3045" spans="1:2">
       <x:c r="A3045" s="2">
-        <x:v>41586</x:v>
+        <x:v>41607</x:v>
       </x:c>
       <x:c r="B3045" s="3">
-        <x:v>495934.2</x:v>
+        <x:v>496039.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3046" spans="1:2">
       <x:c r="A3046" s="2">
-        <x:v>41585</x:v>
+        <x:v>41606</x:v>
       </x:c>
       <x:c r="B3046" s="3">
-        <x:v>495910.51</x:v>
+        <x:v>496025.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3047" spans="1:2">
       <x:c r="A3047" s="2">
-        <x:v>41584</x:v>
+        <x:v>41605</x:v>
       </x:c>
       <x:c r="B3047" s="3">
-        <x:v>495904.59</x:v>
+        <x:v>496020.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3048" spans="1:2">
       <x:c r="A3048" s="2">
-        <x:v>41583</x:v>
+        <x:v>41604</x:v>
       </x:c>
       <x:c r="B3048" s="3">
-        <x:v>495898.67</x:v>
+        <x:v>496015.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3049" spans="1:2">
       <x:c r="A3049" s="2">
-        <x:v>41582</x:v>
+        <x:v>41603</x:v>
       </x:c>
       <x:c r="B3049" s="3">
-        <x:v>495892.75</x:v>
+        <x:v>496010.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3050" spans="1:2">
       <x:c r="A3050" s="2">
-        <x:v>41578</x:v>
+        <x:v>41600</x:v>
       </x:c>
       <x:c r="B3050" s="3">
-        <x:v>495886.83</x:v>
+        <x:v>496005.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3051" spans="1:2">
       <x:c r="A3051" s="2">
-        <x:v>41577</x:v>
+        <x:v>41599</x:v>
       </x:c>
       <x:c r="B3051" s="3">
-        <x:v>495863.14</x:v>
+        <x:v>495990.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3052" spans="1:2">
       <x:c r="A3052" s="2">
-        <x:v>41576</x:v>
+        <x:v>41598</x:v>
       </x:c>
       <x:c r="B3052" s="3">
-        <x:v>495856.95</x:v>
+        <x:v>495984.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3053" spans="1:2">
       <x:c r="A3053" s="2">
-        <x:v>41575</x:v>
+        <x:v>41597</x:v>
       </x:c>
       <x:c r="B3053" s="3">
-        <x:v>495850.76</x:v>
+        <x:v>495979.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3054" spans="1:2">
       <x:c r="A3054" s="2">
-        <x:v>41572</x:v>
+        <x:v>41596</x:v>
       </x:c>
       <x:c r="B3054" s="3">
-        <x:v>495844.57</x:v>
+        <x:v>495973.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3055" spans="1:2">
       <x:c r="A3055" s="2">
-        <x:v>41571</x:v>
+        <x:v>41593</x:v>
       </x:c>
       <x:c r="B3055" s="3">
-        <x:v>495825.98</x:v>
+        <x:v>495968.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3056" spans="1:2">
       <x:c r="A3056" s="2">
-        <x:v>41570</x:v>
+        <x:v>41592</x:v>
       </x:c>
       <x:c r="B3056" s="3">
-        <x:v>495819.1</x:v>
+        <x:v>495951.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3057" spans="1:2">
       <x:c r="A3057" s="2">
-        <x:v>41569</x:v>
+        <x:v>41591</x:v>
       </x:c>
       <x:c r="B3057" s="3">
-        <x:v>495812.22</x:v>
+        <x:v>495945.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3058" spans="1:2">
       <x:c r="A3058" s="2">
-        <x:v>41568</x:v>
+        <x:v>41590</x:v>
       </x:c>
       <x:c r="B3058" s="3">
-        <x:v>495805.34</x:v>
+        <x:v>495939.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3059" spans="1:2">
       <x:c r="A3059" s="2">
-        <x:v>41565</x:v>
+        <x:v>41586</x:v>
       </x:c>
       <x:c r="B3059" s="3">
-        <x:v>495798.46</x:v>
+        <x:v>495934.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3060" spans="1:2">
       <x:c r="A3060" s="2">
-        <x:v>41564</x:v>
+        <x:v>41585</x:v>
       </x:c>
       <x:c r="B3060" s="3">
-        <x:v>495777.81</x:v>
+        <x:v>495910.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3061" spans="1:2">
       <x:c r="A3061" s="2">
-        <x:v>41563</x:v>
+        <x:v>41584</x:v>
       </x:c>
       <x:c r="B3061" s="3">
-        <x:v>495770.65</x:v>
+        <x:v>495904.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3062" spans="1:2">
       <x:c r="A3062" s="2">
-        <x:v>41562</x:v>
+        <x:v>41583</x:v>
       </x:c>
       <x:c r="B3062" s="3">
-        <x:v>495763.49</x:v>
+        <x:v>495898.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3063" spans="1:2">
       <x:c r="A3063" s="2">
-        <x:v>41561</x:v>
+        <x:v>41582</x:v>
       </x:c>
       <x:c r="B3063" s="3">
-        <x:v>495756.33</x:v>
+        <x:v>495892.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3064" spans="1:2">
       <x:c r="A3064" s="2">
-        <x:v>41558</x:v>
+        <x:v>41578</x:v>
       </x:c>
       <x:c r="B3064" s="3">
-        <x:v>495749.17</x:v>
+        <x:v>495886.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3065" spans="1:2">
       <x:c r="A3065" s="2">
-        <x:v>41557</x:v>
+        <x:v>41577</x:v>
       </x:c>
       <x:c r="B3065" s="3">
-        <x:v>495727.69</x:v>
+        <x:v>495863.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3066" spans="1:2">
       <x:c r="A3066" s="2">
-        <x:v>41556</x:v>
+        <x:v>41576</x:v>
       </x:c>
       <x:c r="B3066" s="3">
-        <x:v>495720.53</x:v>
+        <x:v>495856.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3067" spans="1:2">
       <x:c r="A3067" s="2">
-        <x:v>41555</x:v>
+        <x:v>41575</x:v>
       </x:c>
       <x:c r="B3067" s="3">
-        <x:v>495713.37</x:v>
+        <x:v>495850.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3068" spans="1:2">
       <x:c r="A3068" s="2">
-        <x:v>41554</x:v>
+        <x:v>41572</x:v>
       </x:c>
       <x:c r="B3068" s="3">
-        <x:v>495706.21</x:v>
+        <x:v>495844.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3069" spans="1:2">
       <x:c r="A3069" s="2">
-        <x:v>41551</x:v>
+        <x:v>41571</x:v>
       </x:c>
       <x:c r="B3069" s="3">
-        <x:v>495699.05</x:v>
+        <x:v>495825.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3070" spans="1:2">
       <x:c r="A3070" s="2">
-        <x:v>41550</x:v>
+        <x:v>41570</x:v>
       </x:c>
       <x:c r="B3070" s="3">
-        <x:v>495677.58</x:v>
+        <x:v>495819.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3071" spans="1:2">
       <x:c r="A3071" s="2">
-        <x:v>41549</x:v>
+        <x:v>41569</x:v>
       </x:c>
       <x:c r="B3071" s="3">
-        <x:v>495669.87</x:v>
+        <x:v>495812.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3072" spans="1:2">
       <x:c r="A3072" s="2">
-        <x:v>41548</x:v>
+        <x:v>41568</x:v>
       </x:c>
       <x:c r="B3072" s="3">
-        <x:v>495662.16</x:v>
+        <x:v>495805.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3073" spans="1:2">
       <x:c r="A3073" s="2">
-        <x:v>41547</x:v>
+        <x:v>41565</x:v>
       </x:c>
       <x:c r="B3073" s="3">
-        <x:v>495654.45</x:v>
+        <x:v>495798.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3074" spans="1:2">
       <x:c r="A3074" s="2">
-        <x:v>41544</x:v>
+        <x:v>41564</x:v>
       </x:c>
       <x:c r="B3074" s="3">
-        <x:v>495646.74</x:v>
+        <x:v>495777.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3075" spans="1:2">
       <x:c r="A3075" s="2">
-        <x:v>41543</x:v>
+        <x:v>41563</x:v>
       </x:c>
       <x:c r="B3075" s="3">
-        <x:v>495623.62</x:v>
+        <x:v>495770.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3076" spans="1:2">
       <x:c r="A3076" s="2">
-        <x:v>41542</x:v>
+        <x:v>41562</x:v>
       </x:c>
       <x:c r="B3076" s="3">
-        <x:v>495616.47</x:v>
+        <x:v>495763.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3077" spans="1:2">
       <x:c r="A3077" s="2">
-        <x:v>41541</x:v>
+        <x:v>41561</x:v>
       </x:c>
       <x:c r="B3077" s="3">
-        <x:v>495609.32</x:v>
+        <x:v>495756.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3078" spans="1:2">
       <x:c r="A3078" s="2">
-        <x:v>41540</x:v>
+        <x:v>41558</x:v>
       </x:c>
       <x:c r="B3078" s="3">
-        <x:v>495602.17</x:v>
+        <x:v>495749.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3079" spans="1:2">
       <x:c r="A3079" s="2">
-        <x:v>41537</x:v>
+        <x:v>41557</x:v>
       </x:c>
       <x:c r="B3079" s="3">
-        <x:v>495595.02</x:v>
+        <x:v>495727.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3080" spans="1:2">
       <x:c r="A3080" s="2">
-        <x:v>41536</x:v>
+        <x:v>41556</x:v>
       </x:c>
       <x:c r="B3080" s="3">
-        <x:v>495574.38</x:v>
+        <x:v>495720.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3081" spans="1:2">
       <x:c r="A3081" s="2">
-        <x:v>41535</x:v>
+        <x:v>41555</x:v>
       </x:c>
       <x:c r="B3081" s="3">
-        <x:v>495567.5</x:v>
+        <x:v>495713.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3082" spans="1:2">
       <x:c r="A3082" s="2">
-        <x:v>41534</x:v>
+        <x:v>41554</x:v>
       </x:c>
       <x:c r="B3082" s="3">
-        <x:v>495560.62</x:v>
+        <x:v>495706.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3083" spans="1:2">
       <x:c r="A3083" s="2">
-        <x:v>41533</x:v>
+        <x:v>41551</x:v>
       </x:c>
       <x:c r="B3083" s="3">
-        <x:v>495553.74</x:v>
+        <x:v>495699.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3084" spans="1:2">
       <x:c r="A3084" s="2">
-        <x:v>41530</x:v>
+        <x:v>41550</x:v>
       </x:c>
       <x:c r="B3084" s="3">
-        <x:v>495546.86</x:v>
+        <x:v>495677.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3085" spans="1:2">
       <x:c r="A3085" s="2">
-        <x:v>41529</x:v>
+        <x:v>41549</x:v>
       </x:c>
       <x:c r="B3085" s="3">
-        <x:v>495526.22</x:v>
+        <x:v>495669.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3086" spans="1:2">
       <x:c r="A3086" s="2">
-        <x:v>41528</x:v>
+        <x:v>41548</x:v>
       </x:c>
       <x:c r="B3086" s="3">
-        <x:v>495519.34</x:v>
+        <x:v>495662.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3087" spans="1:2">
       <x:c r="A3087" s="2">
-        <x:v>41527</x:v>
+        <x:v>41547</x:v>
       </x:c>
       <x:c r="B3087" s="3">
-        <x:v>495512.46</x:v>
+        <x:v>495654.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3088" spans="1:2">
       <x:c r="A3088" s="2">
-        <x:v>41526</x:v>
+        <x:v>41544</x:v>
       </x:c>
       <x:c r="B3088" s="3">
-        <x:v>495505.58</x:v>
+        <x:v>495646.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3089" spans="1:2">
       <x:c r="A3089" s="2">
-        <x:v>41523</x:v>
+        <x:v>41543</x:v>
       </x:c>
       <x:c r="B3089" s="3">
-        <x:v>495498.7</x:v>
+        <x:v>495623.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3090" spans="1:2">
       <x:c r="A3090" s="2">
-        <x:v>41522</x:v>
+        <x:v>41542</x:v>
       </x:c>
       <x:c r="B3090" s="3">
-        <x:v>495478.06</x:v>
+        <x:v>495616.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3091" spans="1:2">
       <x:c r="A3091" s="2">
-        <x:v>41521</x:v>
+        <x:v>41541</x:v>
       </x:c>
       <x:c r="B3091" s="3">
-        <x:v>495471.18</x:v>
+        <x:v>495609.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3092" spans="1:2">
       <x:c r="A3092" s="2">
-        <x:v>41520</x:v>
+        <x:v>41540</x:v>
       </x:c>
       <x:c r="B3092" s="3">
-        <x:v>495464.3</x:v>
+        <x:v>495602.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3093" spans="1:2">
       <x:c r="A3093" s="2">
-        <x:v>41519</x:v>
+        <x:v>41537</x:v>
       </x:c>
       <x:c r="B3093" s="3">
-        <x:v>495457.42</x:v>
+        <x:v>495595.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3094" spans="1:2">
       <x:c r="A3094" s="2">
-        <x:v>41516</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="B3094" s="3">
-        <x:v>495450.54</x:v>
+        <x:v>495574.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3095" spans="1:2">
       <x:c r="A3095" s="2">
-        <x:v>41515</x:v>
+        <x:v>41535</x:v>
       </x:c>
       <x:c r="B3095" s="3">
-        <x:v>495431.14</x:v>
+        <x:v>495567.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3096" spans="1:2">
       <x:c r="A3096" s="2">
-        <x:v>41514</x:v>
+        <x:v>41534</x:v>
       </x:c>
       <x:c r="B3096" s="3">
-        <x:v>495424.68</x:v>
+        <x:v>495560.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3097" spans="1:2">
       <x:c r="A3097" s="2">
-        <x:v>41513</x:v>
+        <x:v>41533</x:v>
       </x:c>
       <x:c r="B3097" s="3">
-        <x:v>495418.22</x:v>
+        <x:v>495553.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3098" spans="1:2">
       <x:c r="A3098" s="2">
-        <x:v>41512</x:v>
+        <x:v>41530</x:v>
       </x:c>
       <x:c r="B3098" s="3">
-        <x:v>495411.76</x:v>
+        <x:v>495546.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3099" spans="1:2">
       <x:c r="A3099" s="2">
-        <x:v>41509</x:v>
+        <x:v>41529</x:v>
       </x:c>
       <x:c r="B3099" s="3">
-        <x:v>495405.3</x:v>
+        <x:v>495526.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3100" spans="1:2">
       <x:c r="A3100" s="2">
-        <x:v>41508</x:v>
+        <x:v>41528</x:v>
       </x:c>
       <x:c r="B3100" s="3">
-        <x:v>495385.9</x:v>
+        <x:v>495519.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3101" spans="1:2">
       <x:c r="A3101" s="2">
-        <x:v>41507</x:v>
+        <x:v>41527</x:v>
       </x:c>
       <x:c r="B3101" s="3">
-        <x:v>495379.44</x:v>
+        <x:v>495512.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3102" spans="1:2">
       <x:c r="A3102" s="2">
-        <x:v>41506</x:v>
+        <x:v>41526</x:v>
       </x:c>
       <x:c r="B3102" s="3">
-        <x:v>495372.98</x:v>
+        <x:v>495505.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3103" spans="1:2">
       <x:c r="A3103" s="2">
-        <x:v>41505</x:v>
+        <x:v>41523</x:v>
       </x:c>
       <x:c r="B3103" s="3">
-        <x:v>495366.93</x:v>
+        <x:v>495498.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3104" spans="1:2">
       <x:c r="A3104" s="2">
-        <x:v>41502</x:v>
+        <x:v>41522</x:v>
       </x:c>
       <x:c r="B3104" s="3">
-        <x:v>495360.88</x:v>
+        <x:v>495478.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3105" spans="1:2">
       <x:c r="A3105" s="2">
-        <x:v>41500</x:v>
+        <x:v>41521</x:v>
       </x:c>
       <x:c r="B3105" s="3">
-        <x:v>495342.72</x:v>
+        <x:v>495471.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3106" spans="1:2">
       <x:c r="A3106" s="2">
-        <x:v>41499</x:v>
+        <x:v>41520</x:v>
       </x:c>
       <x:c r="B3106" s="3">
-        <x:v>495330.62</x:v>
+        <x:v>495464.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3107" spans="1:2">
       <x:c r="A3107" s="2">
-        <x:v>41498</x:v>
+        <x:v>41519</x:v>
       </x:c>
       <x:c r="B3107" s="3">
-        <x:v>495324.57</x:v>
+        <x:v>495457.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3108" spans="1:2">
       <x:c r="A3108" s="2">
-        <x:v>41495</x:v>
+        <x:v>41516</x:v>
       </x:c>
       <x:c r="B3108" s="3">
-        <x:v>495319.07</x:v>
+        <x:v>495450.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3109" spans="1:2">
       <x:c r="A3109" s="2">
-        <x:v>41494</x:v>
+        <x:v>41515</x:v>
       </x:c>
       <x:c r="B3109" s="3">
-        <x:v>495302.56</x:v>
+        <x:v>495431.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3110" spans="1:2">
       <x:c r="A3110" s="2">
-        <x:v>41493</x:v>
+        <x:v>41514</x:v>
       </x:c>
       <x:c r="B3110" s="3">
-        <x:v>495297.06</x:v>
+        <x:v>495424.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3111" spans="1:2">
       <x:c r="A3111" s="2">
-        <x:v>41492</x:v>
+        <x:v>41513</x:v>
       </x:c>
       <x:c r="B3111" s="3">
-        <x:v>495291.56</x:v>
+        <x:v>495418.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3112" spans="1:2">
       <x:c r="A3112" s="2">
-        <x:v>41491</x:v>
+        <x:v>41512</x:v>
       </x:c>
       <x:c r="B3112" s="3">
-        <x:v>495286.06</x:v>
+        <x:v>495411.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3113" spans="1:2">
       <x:c r="A3113" s="2">
-        <x:v>41488</x:v>
+        <x:v>41509</x:v>
       </x:c>
       <x:c r="B3113" s="3">
-        <x:v>495280.56</x:v>
+        <x:v>495405.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3114" spans="1:2">
       <x:c r="A3114" s="2">
-        <x:v>41487</x:v>
+        <x:v>41508</x:v>
       </x:c>
       <x:c r="B3114" s="3">
-        <x:v>495264.06</x:v>
+        <x:v>495385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3115" spans="1:2">
       <x:c r="A3115" s="2">
-        <x:v>41486</x:v>
+        <x:v>41507</x:v>
       </x:c>
       <x:c r="B3115" s="3">
-        <x:v>495258.56</x:v>
+        <x:v>495379.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3116" spans="1:2">
       <x:c r="A3116" s="2">
-        <x:v>41485</x:v>
+        <x:v>41506</x:v>
       </x:c>
       <x:c r="B3116" s="3">
-        <x:v>495253.06</x:v>
+        <x:v>495372.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3117" spans="1:2">
       <x:c r="A3117" s="2">
-        <x:v>41484</x:v>
+        <x:v>41505</x:v>
       </x:c>
       <x:c r="B3117" s="3">
-        <x:v>495247.56</x:v>
+        <x:v>495366.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3118" spans="1:2">
       <x:c r="A3118" s="2">
-        <x:v>41481</x:v>
+        <x:v>41502</x:v>
       </x:c>
       <x:c r="B3118" s="3">
-        <x:v>495242.06</x:v>
+        <x:v>495360.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3119" spans="1:2">
       <x:c r="A3119" s="2">
-        <x:v>41480</x:v>
+        <x:v>41500</x:v>
       </x:c>
       <x:c r="B3119" s="3">
-        <x:v>495225.56</x:v>
+        <x:v>495342.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3120" spans="1:2">
       <x:c r="A3120" s="2">
-        <x:v>41479</x:v>
+        <x:v>41499</x:v>
       </x:c>
       <x:c r="B3120" s="3">
-        <x:v>495220.06</x:v>
+        <x:v>495330.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3121" spans="1:2">
       <x:c r="A3121" s="2">
-        <x:v>41478</x:v>
+        <x:v>41498</x:v>
       </x:c>
       <x:c r="B3121" s="3">
-        <x:v>495214.56</x:v>
+        <x:v>495324.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3122" spans="1:2">
       <x:c r="A3122" s="2">
-        <x:v>41477</x:v>
+        <x:v>41495</x:v>
       </x:c>
       <x:c r="B3122" s="3">
-        <x:v>495209.06</x:v>
+        <x:v>495319.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3123" spans="1:2">
       <x:c r="A3123" s="2">
-        <x:v>41474</x:v>
+        <x:v>41494</x:v>
       </x:c>
       <x:c r="B3123" s="3">
-        <x:v>495203.56</x:v>
+        <x:v>495302.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3124" spans="1:2">
       <x:c r="A3124" s="2">
-        <x:v>41473</x:v>
+        <x:v>41493</x:v>
       </x:c>
       <x:c r="B3124" s="3">
-        <x:v>495187.88</x:v>
+        <x:v>495297.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3125" spans="1:2">
       <x:c r="A3125" s="2">
-        <x:v>41472</x:v>
+        <x:v>41492</x:v>
       </x:c>
       <x:c r="B3125" s="3">
-        <x:v>495182.66</x:v>
+        <x:v>495291.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3126" spans="1:2">
       <x:c r="A3126" s="2">
-        <x:v>41471</x:v>
+        <x:v>41491</x:v>
       </x:c>
       <x:c r="B3126" s="3">
-        <x:v>495177.44</x:v>
+        <x:v>495286.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3127" spans="1:2">
       <x:c r="A3127" s="2">
-        <x:v>41470</x:v>
+        <x:v>41488</x:v>
       </x:c>
       <x:c r="B3127" s="3">
-        <x:v>495172.22</x:v>
+        <x:v>495280.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3128" spans="1:2">
       <x:c r="A3128" s="2">
-        <x:v>41467</x:v>
+        <x:v>41487</x:v>
       </x:c>
       <x:c r="B3128" s="3">
-        <x:v>495167</x:v>
+        <x:v>495264.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3129" spans="1:2">
       <x:c r="A3129" s="2">
-        <x:v>41466</x:v>
+        <x:v>41486</x:v>
       </x:c>
       <x:c r="B3129" s="3">
-        <x:v>495152.56</x:v>
+        <x:v>495258.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3130" spans="1:2">
       <x:c r="A3130" s="2">
-        <x:v>41465</x:v>
+        <x:v>41485</x:v>
       </x:c>
       <x:c r="B3130" s="3">
-        <x:v>495147.75</x:v>
+        <x:v>495253.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3131" spans="1:2">
       <x:c r="A3131" s="2">
-        <x:v>41464</x:v>
+        <x:v>41484</x:v>
       </x:c>
       <x:c r="B3131" s="3">
-        <x:v>495142.94</x:v>
+        <x:v>495247.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3132" spans="1:2">
       <x:c r="A3132" s="2">
-        <x:v>41463</x:v>
+        <x:v>41481</x:v>
       </x:c>
       <x:c r="B3132" s="3">
-        <x:v>495138.13</x:v>
+        <x:v>495242.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3133" spans="1:2">
       <x:c r="A3133" s="2">
-        <x:v>41460</x:v>
+        <x:v>41480</x:v>
       </x:c>
       <x:c r="B3133" s="3">
-        <x:v>495133.32</x:v>
+        <x:v>495225.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3134" spans="1:2">
       <x:c r="A3134" s="2">
-        <x:v>41459</x:v>
+        <x:v>41479</x:v>
       </x:c>
       <x:c r="B3134" s="3">
-        <x:v>495118.88</x:v>
+        <x:v>495220.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3135" spans="1:2">
       <x:c r="A3135" s="2">
-        <x:v>41458</x:v>
+        <x:v>41478</x:v>
       </x:c>
       <x:c r="B3135" s="3">
-        <x:v>495114.07</x:v>
+        <x:v>495214.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3136" spans="1:2">
       <x:c r="A3136" s="2">
-        <x:v>41457</x:v>
+        <x:v>41477</x:v>
       </x:c>
       <x:c r="B3136" s="3">
-        <x:v>495109.26</x:v>
+        <x:v>495209.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3137" spans="1:2">
       <x:c r="A3137" s="2">
-        <x:v>41456</x:v>
+        <x:v>41474</x:v>
       </x:c>
       <x:c r="B3137" s="3">
-        <x:v>495104.45</x:v>
+        <x:v>495203.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3138" spans="1:2">
       <x:c r="A3138" s="2">
-        <x:v>41453</x:v>
+        <x:v>41473</x:v>
       </x:c>
       <x:c r="B3138" s="3">
-        <x:v>495099.64</x:v>
+        <x:v>495187.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3139" spans="1:2">
       <x:c r="A3139" s="2">
-        <x:v>41452</x:v>
+        <x:v>41472</x:v>
       </x:c>
       <x:c r="B3139" s="3">
-        <x:v>495085.21</x:v>
+        <x:v>495182.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3140" spans="1:2">
       <x:c r="A3140" s="2">
-        <x:v>41451</x:v>
+        <x:v>41471</x:v>
       </x:c>
       <x:c r="B3140" s="3">
-        <x:v>495080.4</x:v>
+        <x:v>495177.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3141" spans="1:2">
       <x:c r="A3141" s="2">
-        <x:v>41450</x:v>
+        <x:v>41470</x:v>
       </x:c>
       <x:c r="B3141" s="3">
-        <x:v>495075.59</x:v>
+        <x:v>495172.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3142" spans="1:2">
       <x:c r="A3142" s="2">
-        <x:v>41449</x:v>
+        <x:v>41467</x:v>
       </x:c>
       <x:c r="B3142" s="3">
-        <x:v>495070.78</x:v>
+        <x:v>495167</x:v>
       </x:c>
     </x:row>
     <x:row r="3143" spans="1:2">
       <x:c r="A3143" s="2">
-        <x:v>41446</x:v>
+        <x:v>41466</x:v>
       </x:c>
       <x:c r="B3143" s="3">
-        <x:v>495065.97</x:v>
+        <x:v>495152.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3144" spans="1:2">
       <x:c r="A3144" s="2">
-        <x:v>41445</x:v>
+        <x:v>41465</x:v>
       </x:c>
       <x:c r="B3144" s="3">
-        <x:v>495051.95</x:v>
+        <x:v>495147.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3145" spans="1:2">
       <x:c r="A3145" s="2">
-        <x:v>41444</x:v>
+        <x:v>41464</x:v>
       </x:c>
       <x:c r="B3145" s="3">
-        <x:v>495047.27</x:v>
+        <x:v>495142.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3146" spans="1:2">
       <x:c r="A3146" s="2">
-        <x:v>41443</x:v>
+        <x:v>41463</x:v>
       </x:c>
       <x:c r="B3146" s="3">
-        <x:v>495042.61</x:v>
+        <x:v>495138.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3147" spans="1:2">
       <x:c r="A3147" s="2">
-        <x:v>41442</x:v>
+        <x:v>41460</x:v>
       </x:c>
       <x:c r="B3147" s="3">
-        <x:v>495037.94</x:v>
+        <x:v>495133.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3148" spans="1:2">
       <x:c r="A3148" s="2">
-        <x:v>41439</x:v>
+        <x:v>41459</x:v>
       </x:c>
       <x:c r="B3148" s="3">
-        <x:v>495033.27</x:v>
+        <x:v>495118.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3149" spans="1:2">
       <x:c r="A3149" s="2">
-        <x:v>41438</x:v>
+        <x:v>41458</x:v>
       </x:c>
       <x:c r="B3149" s="3">
-        <x:v>495020.49</x:v>
+        <x:v>495114.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3150" spans="1:2">
       <x:c r="A3150" s="2">
-        <x:v>41437</x:v>
+        <x:v>41457</x:v>
       </x:c>
       <x:c r="B3150" s="3">
-        <x:v>495016.23</x:v>
+        <x:v>495109.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3151" spans="1:2">
       <x:c r="A3151" s="2">
-        <x:v>41436</x:v>
+        <x:v>41456</x:v>
       </x:c>
       <x:c r="B3151" s="3">
-        <x:v>495011.97</x:v>
+        <x:v>495104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3152" spans="1:2">
       <x:c r="A3152" s="2">
-        <x:v>41435</x:v>
+        <x:v>41453</x:v>
       </x:c>
       <x:c r="B3152" s="3">
-        <x:v>495007.71</x:v>
+        <x:v>495099.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3153" spans="1:2">
       <x:c r="A3153" s="2">
-        <x:v>41432</x:v>
+        <x:v>41452</x:v>
       </x:c>
       <x:c r="B3153" s="3">
-        <x:v>495003.45</x:v>
+        <x:v>495085.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3154" spans="1:2">
       <x:c r="A3154" s="2">
-        <x:v>41431</x:v>
+        <x:v>41451</x:v>
       </x:c>
       <x:c r="B3154" s="3">
-        <x:v>494990.67</x:v>
+        <x:v>495080.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3155" spans="1:2">
       <x:c r="A3155" s="2">
-        <x:v>41430</x:v>
+        <x:v>41450</x:v>
       </x:c>
       <x:c r="B3155" s="3">
-        <x:v>494986.41</x:v>
+        <x:v>495075.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3156" spans="1:2">
       <x:c r="A3156" s="2">
-        <x:v>41429</x:v>
+        <x:v>41449</x:v>
       </x:c>
       <x:c r="B3156" s="3">
-        <x:v>494982.15</x:v>
+        <x:v>495070.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3157" spans="1:2">
       <x:c r="A3157" s="2">
-        <x:v>41428</x:v>
+        <x:v>41446</x:v>
       </x:c>
       <x:c r="B3157" s="3">
-        <x:v>494977.89</x:v>
+        <x:v>495065.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3158" spans="1:2">
       <x:c r="A3158" s="2">
-        <x:v>41425</x:v>
+        <x:v>41445</x:v>
       </x:c>
       <x:c r="B3158" s="3">
-        <x:v>494973.63</x:v>
+        <x:v>495051.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3159" spans="1:2">
       <x:c r="A3159" s="2">
-        <x:v>41424</x:v>
+        <x:v>41444</x:v>
       </x:c>
       <x:c r="B3159" s="3">
-        <x:v>494960.85</x:v>
+        <x:v>495047.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3160" spans="1:2">
       <x:c r="A3160" s="2">
-        <x:v>41423</x:v>
+        <x:v>41443</x:v>
       </x:c>
       <x:c r="B3160" s="3">
-        <x:v>494956.59</x:v>
+        <x:v>495042.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3161" spans="1:2">
       <x:c r="A3161" s="2">
-        <x:v>41422</x:v>
+        <x:v>41442</x:v>
       </x:c>
       <x:c r="B3161" s="3">
-        <x:v>494952.33</x:v>
+        <x:v>495037.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3162" spans="1:2">
       <x:c r="A3162" s="2">
-        <x:v>41421</x:v>
+        <x:v>41439</x:v>
       </x:c>
       <x:c r="B3162" s="3">
-        <x:v>494948.07</x:v>
+        <x:v>495033.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3163" spans="1:2">
       <x:c r="A3163" s="2">
-        <x:v>41418</x:v>
+        <x:v>41438</x:v>
       </x:c>
       <x:c r="B3163" s="3">
-        <x:v>494943.81</x:v>
+        <x:v>495020.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3164" spans="1:2">
       <x:c r="A3164" s="2">
-        <x:v>41417</x:v>
+        <x:v>41437</x:v>
       </x:c>
       <x:c r="B3164" s="3">
-        <x:v>494931.03</x:v>
+        <x:v>495016.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3165" spans="1:2">
       <x:c r="A3165" s="2">
-        <x:v>41416</x:v>
+        <x:v>41436</x:v>
       </x:c>
       <x:c r="B3165" s="3">
-        <x:v>494926.77</x:v>
+        <x:v>495011.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3166" spans="1:2">
       <x:c r="A3166" s="2">
-        <x:v>41415</x:v>
+        <x:v>41435</x:v>
       </x:c>
       <x:c r="B3166" s="3">
-        <x:v>494922.51</x:v>
+        <x:v>495007.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3167" spans="1:2">
       <x:c r="A3167" s="2">
-        <x:v>41411</x:v>
+        <x:v>41432</x:v>
       </x:c>
       <x:c r="B3167" s="3">
-        <x:v>494918.25</x:v>
+        <x:v>495003.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3168" spans="1:2">
       <x:c r="A3168" s="2">
-        <x:v>41410</x:v>
+        <x:v>41431</x:v>
       </x:c>
       <x:c r="B3168" s="3">
-        <x:v>494901.21</x:v>
+        <x:v>494990.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3169" spans="1:2">
       <x:c r="A3169" s="2">
-        <x:v>41409</x:v>
+        <x:v>41430</x:v>
       </x:c>
       <x:c r="B3169" s="3">
-        <x:v>494896.95</x:v>
+        <x:v>494986.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3170" spans="1:2">
       <x:c r="A3170" s="2">
-        <x:v>41408</x:v>
+        <x:v>41429</x:v>
       </x:c>
       <x:c r="B3170" s="3">
-        <x:v>494892.69</x:v>
+        <x:v>494982.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3171" spans="1:2">
       <x:c r="A3171" s="2">
-        <x:v>41407</x:v>
+        <x:v>41428</x:v>
       </x:c>
       <x:c r="B3171" s="3">
-        <x:v>494888.43</x:v>
+        <x:v>494977.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3172" spans="1:2">
       <x:c r="A3172" s="2">
-        <x:v>41404</x:v>
+        <x:v>41425</x:v>
       </x:c>
       <x:c r="B3172" s="3">
-        <x:v>494884.17</x:v>
+        <x:v>494973.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3173" spans="1:2">
       <x:c r="A3173" s="2">
-        <x:v>41401</x:v>
+        <x:v>41424</x:v>
       </x:c>
       <x:c r="B3173" s="3">
-        <x:v>494871.39</x:v>
+        <x:v>494960.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3174" spans="1:2">
       <x:c r="A3174" s="2">
-        <x:v>41400</x:v>
+        <x:v>41423</x:v>
       </x:c>
       <x:c r="B3174" s="3">
-        <x:v>494858.61</x:v>
+        <x:v>494956.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3175" spans="1:2">
       <x:c r="A3175" s="2">
-        <x:v>41397</x:v>
+        <x:v>41422</x:v>
       </x:c>
       <x:c r="B3175" s="3">
-        <x:v>494854.35</x:v>
+        <x:v>494952.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3176" spans="1:2">
       <x:c r="A3176" s="2">
-        <x:v>41396</x:v>
+        <x:v>41421</x:v>
       </x:c>
       <x:c r="B3176" s="3">
-        <x:v>494841.57</x:v>
+        <x:v>494948.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3177" spans="1:2">
       <x:c r="A3177" s="2">
-        <x:v>41394</x:v>
+        <x:v>41418</x:v>
       </x:c>
       <x:c r="B3177" s="3">
-        <x:v>494837.31</x:v>
+        <x:v>494943.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3178" spans="1:2">
       <x:c r="A3178" s="2">
-        <x:v>41393</x:v>
+        <x:v>41417</x:v>
       </x:c>
       <x:c r="B3178" s="3">
-        <x:v>494828.79</x:v>
+        <x:v>494931.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3179" spans="1:2">
       <x:c r="A3179" s="2">
-        <x:v>41390</x:v>
+        <x:v>41416</x:v>
       </x:c>
       <x:c r="B3179" s="3">
-        <x:v>494824.53</x:v>
+        <x:v>494926.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3180" spans="1:2">
       <x:c r="A3180" s="2">
-        <x:v>41389</x:v>
+        <x:v>41415</x:v>
       </x:c>
       <x:c r="B3180" s="3">
-        <x:v>498950.16</x:v>
+        <x:v>494922.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3181" spans="1:2">
       <x:c r="A3181" s="2">
-        <x:v>41388</x:v>
+        <x:v>41411</x:v>
       </x:c>
       <x:c r="B3181" s="3">
-        <x:v>498945.87</x:v>
+        <x:v>494918.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3182" spans="1:2">
       <x:c r="A3182" s="2">
-        <x:v>41387</x:v>
+        <x:v>41410</x:v>
       </x:c>
       <x:c r="B3182" s="3">
-        <x:v>498941.58</x:v>
+        <x:v>494901.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3183" spans="1:2">
       <x:c r="A3183" s="2">
-        <x:v>41386</x:v>
+        <x:v>41409</x:v>
       </x:c>
       <x:c r="B3183" s="3">
-        <x:v>498937.29</x:v>
+        <x:v>494896.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3184" spans="1:2">
       <x:c r="A3184" s="2">
-        <x:v>41383</x:v>
+        <x:v>41408</x:v>
       </x:c>
       <x:c r="B3184" s="3">
-        <x:v>498933</x:v>
+        <x:v>494892.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3185" spans="1:2">
       <x:c r="A3185" s="2">
-        <x:v>41382</x:v>
+        <x:v>41407</x:v>
       </x:c>
       <x:c r="B3185" s="3">
-        <x:v>498920.12</x:v>
+        <x:v>494888.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3186" spans="1:2">
       <x:c r="A3186" s="2">
-        <x:v>41381</x:v>
+        <x:v>41404</x:v>
       </x:c>
       <x:c r="B3186" s="3">
-        <x:v>498915.83</x:v>
+        <x:v>494884.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3187" spans="1:2">
       <x:c r="A3187" s="2">
-        <x:v>41380</x:v>
+        <x:v>41401</x:v>
       </x:c>
       <x:c r="B3187" s="3">
-        <x:v>498911.54</x:v>
+        <x:v>494871.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3188" spans="1:2">
       <x:c r="A3188" s="2">
-        <x:v>41379</x:v>
+        <x:v>41400</x:v>
       </x:c>
       <x:c r="B3188" s="3">
-        <x:v>498907.25</x:v>
+        <x:v>494858.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3189" spans="1:2">
       <x:c r="A3189" s="2">
-        <x:v>41376</x:v>
+        <x:v>41397</x:v>
       </x:c>
       <x:c r="B3189" s="3">
-        <x:v>498902.96</x:v>
+        <x:v>494854.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3190" spans="1:2">
       <x:c r="A3190" s="2">
-        <x:v>41375</x:v>
+        <x:v>41396</x:v>
       </x:c>
       <x:c r="B3190" s="3">
-        <x:v>498890.08</x:v>
+        <x:v>494841.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3191" spans="1:2">
       <x:c r="A3191" s="2">
-        <x:v>41374</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="B3191" s="3">
-        <x:v>498885.65</x:v>
+        <x:v>494837.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3192" spans="1:2">
       <x:c r="A3192" s="2">
-        <x:v>41373</x:v>
+        <x:v>41393</x:v>
       </x:c>
       <x:c r="B3192" s="3">
-        <x:v>498881.22</x:v>
+        <x:v>494828.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3193" spans="1:2">
       <x:c r="A3193" s="2">
-        <x:v>41372</x:v>
+        <x:v>41390</x:v>
       </x:c>
       <x:c r="B3193" s="3">
-        <x:v>498876.79</x:v>
+        <x:v>494824.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3194" spans="1:2">
       <x:c r="A3194" s="2">
-        <x:v>41369</x:v>
+        <x:v>41389</x:v>
       </x:c>
       <x:c r="B3194" s="3">
-        <x:v>498872.36</x:v>
+        <x:v>498950.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3195" spans="1:2">
       <x:c r="A3195" s="2">
-        <x:v>41368</x:v>
+        <x:v>41388</x:v>
       </x:c>
       <x:c r="B3195" s="3">
-        <x:v>498859.06</x:v>
+        <x:v>498945.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3196" spans="1:2">
       <x:c r="A3196" s="2">
-        <x:v>41367</x:v>
+        <x:v>41387</x:v>
       </x:c>
       <x:c r="B3196" s="3">
-        <x:v>498854.63</x:v>
+        <x:v>498941.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3197" spans="1:2">
       <x:c r="A3197" s="2">
-        <x:v>41366</x:v>
+        <x:v>41386</x:v>
       </x:c>
       <x:c r="B3197" s="3">
-        <x:v>498850.2</x:v>
+        <x:v>498937.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3198" spans="1:2">
       <x:c r="A3198" s="2">
-        <x:v>41361</x:v>
+        <x:v>41383</x:v>
       </x:c>
       <x:c r="B3198" s="3">
-        <x:v>498845.77</x:v>
+        <x:v>498933</x:v>
       </x:c>
     </x:row>
     <x:row r="3199" spans="1:2">
       <x:c r="A3199" s="2">
-        <x:v>41360</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="B3199" s="3">
-        <x:v>498823.61</x:v>
+        <x:v>498920.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3200" spans="1:2">
       <x:c r="A3200" s="2">
-        <x:v>41359</x:v>
+        <x:v>41381</x:v>
       </x:c>
       <x:c r="B3200" s="3">
-        <x:v>498819.18</x:v>
+        <x:v>498915.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3201" spans="1:2">
       <x:c r="A3201" s="2">
-        <x:v>41358</x:v>
+        <x:v>41380</x:v>
       </x:c>
       <x:c r="B3201" s="3">
-        <x:v>498814.2</x:v>
+        <x:v>498911.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3202" spans="1:2">
       <x:c r="A3202" s="2">
-        <x:v>41355</x:v>
+        <x:v>41379</x:v>
       </x:c>
       <x:c r="B3202" s="3">
-        <x:v>498809.22</x:v>
+        <x:v>498907.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3203" spans="1:2">
       <x:c r="A3203" s="2">
-        <x:v>41354</x:v>
+        <x:v>41376</x:v>
       </x:c>
       <x:c r="B3203" s="3">
-        <x:v>498794.26</x:v>
+        <x:v>498902.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3204" spans="1:2">
       <x:c r="A3204" s="2">
-        <x:v>41353</x:v>
+        <x:v>41375</x:v>
       </x:c>
       <x:c r="B3204" s="3">
-        <x:v>498789</x:v>
+        <x:v>498890.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3205" spans="1:2">
       <x:c r="A3205" s="2">
-        <x:v>41352</x:v>
+        <x:v>41374</x:v>
       </x:c>
       <x:c r="B3205" s="3">
-        <x:v>498783.74</x:v>
+        <x:v>498885.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3206" spans="1:2">
       <x:c r="A3206" s="2">
-        <x:v>41351</x:v>
+        <x:v>41373</x:v>
       </x:c>
       <x:c r="B3206" s="3">
-        <x:v>498778.48</x:v>
+        <x:v>498881.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3207" spans="1:2">
       <x:c r="A3207" s="2">
-        <x:v>41348</x:v>
+        <x:v>41372</x:v>
       </x:c>
       <x:c r="B3207" s="3">
-        <x:v>498773.22</x:v>
+        <x:v>498876.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3208" spans="1:2">
       <x:c r="A3208" s="2">
-        <x:v>41347</x:v>
+        <x:v>41369</x:v>
       </x:c>
       <x:c r="B3208" s="3">
-        <x:v>498757.43</x:v>
+        <x:v>498872.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3209" spans="1:2">
       <x:c r="A3209" s="2">
-        <x:v>41346</x:v>
+        <x:v>41368</x:v>
       </x:c>
       <x:c r="B3209" s="3">
-        <x:v>498751.89</x:v>
+        <x:v>498859.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3210" spans="1:2">
       <x:c r="A3210" s="2">
-        <x:v>41345</x:v>
+        <x:v>41367</x:v>
       </x:c>
       <x:c r="B3210" s="3">
-        <x:v>498746.35</x:v>
+        <x:v>498854.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3211" spans="1:2">
       <x:c r="A3211" s="2">
-        <x:v>41344</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="B3211" s="3">
-        <x:v>498740.81</x:v>
+        <x:v>498850.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3212" spans="1:2">
       <x:c r="A3212" s="2">
-        <x:v>41341</x:v>
+        <x:v>41361</x:v>
       </x:c>
       <x:c r="B3212" s="3">
-        <x:v>498735.27</x:v>
+        <x:v>498845.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3213" spans="1:2">
       <x:c r="A3213" s="2">
-        <x:v>41340</x:v>
+        <x:v>41360</x:v>
       </x:c>
       <x:c r="B3213" s="3">
-        <x:v>498718.65</x:v>
+        <x:v>498823.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3214" spans="1:2">
       <x:c r="A3214" s="2">
-        <x:v>41339</x:v>
+        <x:v>41359</x:v>
       </x:c>
       <x:c r="B3214" s="3">
-        <x:v>498713.11</x:v>
+        <x:v>498819.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3215" spans="1:2">
       <x:c r="A3215" s="2">
-        <x:v>41338</x:v>
+        <x:v>41358</x:v>
       </x:c>
       <x:c r="B3215" s="3">
-        <x:v>498707.57</x:v>
+        <x:v>498814.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3216" spans="1:2">
       <x:c r="A3216" s="2">
-        <x:v>41337</x:v>
+        <x:v>41355</x:v>
       </x:c>
       <x:c r="B3216" s="3">
-        <x:v>498702.03</x:v>
+        <x:v>498809.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3217" spans="1:2">
       <x:c r="A3217" s="2">
-        <x:v>41334</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="B3217" s="3">
-        <x:v>498696.49</x:v>
+        <x:v>498794.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3218" spans="1:2">
       <x:c r="A3218" s="2">
-        <x:v>41333</x:v>
+        <x:v>41353</x:v>
       </x:c>
       <x:c r="B3218" s="3">
-        <x:v>498679.04</x:v>
+        <x:v>498789</x:v>
       </x:c>
     </x:row>
     <x:row r="3219" spans="1:2">
       <x:c r="A3219" s="2">
-        <x:v>41332</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="B3219" s="3">
-        <x:v>498673.23</x:v>
+        <x:v>498783.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3220" spans="1:2">
       <x:c r="A3220" s="2">
-        <x:v>41331</x:v>
+        <x:v>41351</x:v>
       </x:c>
       <x:c r="B3220" s="3">
-        <x:v>498667.42</x:v>
+        <x:v>498778.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3221" spans="1:2">
       <x:c r="A3221" s="2">
-        <x:v>41330</x:v>
+        <x:v>41348</x:v>
       </x:c>
       <x:c r="B3221" s="3">
-        <x:v>498661.61</x:v>
+        <x:v>498773.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3222" spans="1:2">
       <x:c r="A3222" s="2">
-        <x:v>41327</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="B3222" s="3">
-        <x:v>498655.8</x:v>
+        <x:v>498757.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3223" spans="1:2">
       <x:c r="A3223" s="2">
-        <x:v>41326</x:v>
+        <x:v>41346</x:v>
       </x:c>
       <x:c r="B3223" s="3">
-        <x:v>498638.35</x:v>
+        <x:v>498751.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3224" spans="1:2">
       <x:c r="A3224" s="2">
-        <x:v>41325</x:v>
+        <x:v>41345</x:v>
       </x:c>
       <x:c r="B3224" s="3">
-        <x:v>498632.54</x:v>
+        <x:v>498746.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3225" spans="1:2">
       <x:c r="A3225" s="2">
-        <x:v>41324</x:v>
+        <x:v>41344</x:v>
       </x:c>
       <x:c r="B3225" s="3">
-        <x:v>498626.73</x:v>
+        <x:v>498740.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3226" spans="1:2">
       <x:c r="A3226" s="2">
-        <x:v>41323</x:v>
+        <x:v>41341</x:v>
       </x:c>
       <x:c r="B3226" s="3">
-        <x:v>498620.92</x:v>
+        <x:v>498735.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3227" spans="1:2">
       <x:c r="A3227" s="2">
-        <x:v>41320</x:v>
+        <x:v>41340</x:v>
       </x:c>
       <x:c r="B3227" s="3">
-        <x:v>498615.11</x:v>
+        <x:v>498718.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3228" spans="1:2">
       <x:c r="A3228" s="2">
-        <x:v>41319</x:v>
+        <x:v>41339</x:v>
       </x:c>
       <x:c r="B3228" s="3">
-        <x:v>498597.66</x:v>
+        <x:v>498713.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3229" spans="1:2">
       <x:c r="A3229" s="2">
-        <x:v>41318</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="B3229" s="3">
-        <x:v>498591.85</x:v>
+        <x:v>498707.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3230" spans="1:2">
       <x:c r="A3230" s="2">
-        <x:v>41317</x:v>
+        <x:v>41337</x:v>
       </x:c>
       <x:c r="B3230" s="3">
-        <x:v>498586.04</x:v>
+        <x:v>498702.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3231" spans="1:2">
       <x:c r="A3231" s="2">
-        <x:v>41316</x:v>
+        <x:v>41334</x:v>
       </x:c>
       <x:c r="B3231" s="3">
-        <x:v>498580.23</x:v>
+        <x:v>498696.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3232" spans="1:2">
       <x:c r="A3232" s="2">
-        <x:v>41313</x:v>
+        <x:v>41333</x:v>
       </x:c>
       <x:c r="B3232" s="3">
-        <x:v>498574.42</x:v>
+        <x:v>498679.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3233" spans="1:2">
       <x:c r="A3233" s="2">
-        <x:v>41312</x:v>
+        <x:v>41332</x:v>
       </x:c>
       <x:c r="B3233" s="3">
-        <x:v>498556.98</x:v>
+        <x:v>498673.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3234" spans="1:2">
       <x:c r="A3234" s="2">
-        <x:v>41311</x:v>
+        <x:v>41331</x:v>
       </x:c>
       <x:c r="B3234" s="3">
-        <x:v>498551.17</x:v>
+        <x:v>498667.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3235" spans="1:2">
       <x:c r="A3235" s="2">
-        <x:v>41310</x:v>
+        <x:v>41330</x:v>
       </x:c>
       <x:c r="B3235" s="3">
-        <x:v>498545.36</x:v>
+        <x:v>498661.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3236" spans="1:2">
       <x:c r="A3236" s="2">
-        <x:v>41309</x:v>
+        <x:v>41327</x:v>
       </x:c>
       <x:c r="B3236" s="3">
-        <x:v>498539.55</x:v>
+        <x:v>498655.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3237" spans="1:2">
       <x:c r="A3237" s="2">
-        <x:v>41306</x:v>
+        <x:v>41326</x:v>
       </x:c>
       <x:c r="B3237" s="3">
-        <x:v>498533.74</x:v>
+        <x:v>498638.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3238" spans="1:2">
       <x:c r="A3238" s="2">
-        <x:v>41305</x:v>
+        <x:v>41325</x:v>
       </x:c>
       <x:c r="B3238" s="3">
-        <x:v>498516.3</x:v>
+        <x:v>498632.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3239" spans="1:2">
       <x:c r="A3239" s="2">
-        <x:v>41304</x:v>
+        <x:v>41324</x:v>
       </x:c>
       <x:c r="B3239" s="3">
-        <x:v>498510.49</x:v>
+        <x:v>498626.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3240" spans="1:2">
       <x:c r="A3240" s="2">
-        <x:v>41303</x:v>
+        <x:v>41323</x:v>
       </x:c>
       <x:c r="B3240" s="3">
-        <x:v>498504.68</x:v>
+        <x:v>498620.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3241" spans="1:2">
       <x:c r="A3241" s="2">
-        <x:v>41302</x:v>
+        <x:v>41320</x:v>
       </x:c>
       <x:c r="B3241" s="3">
-        <x:v>498498.87</x:v>
+        <x:v>498615.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3242" spans="1:2">
       <x:c r="A3242" s="2">
-        <x:v>41299</x:v>
+        <x:v>41319</x:v>
       </x:c>
       <x:c r="B3242" s="3">
-        <x:v>498493.06</x:v>
+        <x:v>498597.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3243" spans="1:2">
       <x:c r="A3243" s="2">
-        <x:v>41298</x:v>
+        <x:v>41318</x:v>
       </x:c>
       <x:c r="B3243" s="3">
-        <x:v>498475.62</x:v>
+        <x:v>498591.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3244" spans="1:2">
       <x:c r="A3244" s="2">
-        <x:v>41297</x:v>
+        <x:v>41317</x:v>
       </x:c>
       <x:c r="B3244" s="3">
-        <x:v>498469.81</x:v>
+        <x:v>498586.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3245" spans="1:2">
       <x:c r="A3245" s="2">
-        <x:v>41296</x:v>
+        <x:v>41316</x:v>
       </x:c>
       <x:c r="B3245" s="3">
-        <x:v>498464</x:v>
+        <x:v>498580.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3246" spans="1:2">
       <x:c r="A3246" s="2">
-        <x:v>41295</x:v>
+        <x:v>41313</x:v>
       </x:c>
       <x:c r="B3246" s="3">
-        <x:v>498458.19</x:v>
+        <x:v>498574.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3247" spans="1:2">
       <x:c r="A3247" s="2">
-        <x:v>41292</x:v>
+        <x:v>41312</x:v>
       </x:c>
       <x:c r="B3247" s="3">
-        <x:v>498452.38</x:v>
+        <x:v>498556.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3248" spans="1:2">
       <x:c r="A3248" s="2">
-        <x:v>41291</x:v>
+        <x:v>41311</x:v>
       </x:c>
       <x:c r="B3248" s="3">
-        <x:v>498434.94</x:v>
+        <x:v>498551.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3249" spans="1:2">
       <x:c r="A3249" s="2">
-        <x:v>41290</x:v>
+        <x:v>41310</x:v>
       </x:c>
       <x:c r="B3249" s="3">
-        <x:v>498429.13</x:v>
+        <x:v>498545.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3250" spans="1:2">
       <x:c r="A3250" s="2">
-        <x:v>41289</x:v>
+        <x:v>41309</x:v>
       </x:c>
       <x:c r="B3250" s="3">
-        <x:v>498423.46</x:v>
+        <x:v>498539.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3251" spans="1:2">
       <x:c r="A3251" s="2">
-        <x:v>41288</x:v>
+        <x:v>41306</x:v>
       </x:c>
       <x:c r="B3251" s="3">
-        <x:v>498417.79</x:v>
+        <x:v>498533.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3252" spans="1:2">
       <x:c r="A3252" s="2">
-        <x:v>41285</x:v>
+        <x:v>41305</x:v>
       </x:c>
       <x:c r="B3252" s="3">
-        <x:v>498412.12</x:v>
+        <x:v>498516.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3253" spans="1:2">
       <x:c r="A3253" s="2">
-        <x:v>41284</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="B3253" s="3">
-        <x:v>498395.09</x:v>
+        <x:v>498510.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3254" spans="1:2">
       <x:c r="A3254" s="2">
-        <x:v>41283</x:v>
+        <x:v>41303</x:v>
       </x:c>
       <x:c r="B3254" s="3">
-        <x:v>498389.43</x:v>
+        <x:v>498504.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3255" spans="1:2">
       <x:c r="A3255" s="2">
-        <x:v>41282</x:v>
+        <x:v>41302</x:v>
       </x:c>
       <x:c r="B3255" s="3">
-        <x:v>498383.76</x:v>
+        <x:v>498498.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3256" spans="1:2">
       <x:c r="A3256" s="2">
-        <x:v>41281</x:v>
+        <x:v>41299</x:v>
       </x:c>
       <x:c r="B3256" s="3">
-        <x:v>498378.08</x:v>
+        <x:v>498493.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3257" spans="1:2">
       <x:c r="A3257" s="2">
-        <x:v>41278</x:v>
+        <x:v>41298</x:v>
       </x:c>
       <x:c r="B3257" s="3">
-        <x:v>498372.42</x:v>
+        <x:v>498475.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3258" spans="1:2">
       <x:c r="A3258" s="2">
-        <x:v>41277</x:v>
+        <x:v>41297</x:v>
       </x:c>
       <x:c r="B3258" s="3">
-        <x:v>498355.4</x:v>
+        <x:v>498469.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3259" spans="1:2">
       <x:c r="A3259" s="2">
-        <x:v>41276</x:v>
+        <x:v>41296</x:v>
       </x:c>
       <x:c r="B3259" s="3">
-        <x:v>498349.73</x:v>
+        <x:v>498464</x:v>
       </x:c>
     </x:row>
     <x:row r="3260" spans="1:2">
       <x:c r="A3260" s="2">
-        <x:v>41274</x:v>
+        <x:v>41295</x:v>
       </x:c>
       <x:c r="B3260" s="3">
-        <x:v>498343.64</x:v>
+        <x:v>498458.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3261" spans="1:2">
       <x:c r="A3261" s="2">
-        <x:v>41271</x:v>
+        <x:v>41292</x:v>
       </x:c>
       <x:c r="B3261" s="3">
-        <x:v>498331.46</x:v>
+        <x:v>498452.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3262" spans="1:2">
       <x:c r="A3262" s="2">
-        <x:v>41270</x:v>
+        <x:v>41291</x:v>
       </x:c>
       <x:c r="B3262" s="3">
-        <x:v>498313.19</x:v>
+        <x:v>498434.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3263" spans="1:2">
       <x:c r="A3263" s="2">
-        <x:v>41267</x:v>
+        <x:v>41290</x:v>
       </x:c>
       <x:c r="B3263" s="3">
-        <x:v>498307.1</x:v>
+        <x:v>498429.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3264" spans="1:2">
       <x:c r="A3264" s="2">
-        <x:v>41264</x:v>
+        <x:v>41289</x:v>
       </x:c>
       <x:c r="B3264" s="3">
-        <x:v>498288.83</x:v>
+        <x:v>498423.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3265" spans="1:2">
       <x:c r="A3265" s="2">
-        <x:v>41263</x:v>
+        <x:v>41288</x:v>
       </x:c>
       <x:c r="B3265" s="3">
-        <x:v>498270.57</x:v>
+        <x:v>498417.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3266" spans="1:2">
       <x:c r="A3266" s="2">
-        <x:v>41262</x:v>
+        <x:v>41285</x:v>
       </x:c>
       <x:c r="B3266" s="3">
-        <x:v>498264.49</x:v>
+        <x:v>498412.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3267" spans="1:2">
       <x:c r="A3267" s="2">
-        <x:v>41261</x:v>
+        <x:v>41284</x:v>
       </x:c>
       <x:c r="B3267" s="3">
-        <x:v>498258.41</x:v>
+        <x:v>498395.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3268" spans="1:2">
       <x:c r="A3268" s="2">
-        <x:v>41260</x:v>
+        <x:v>41283</x:v>
       </x:c>
       <x:c r="B3268" s="3">
-        <x:v>498252.33</x:v>
+        <x:v>498389.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3269" spans="1:2">
       <x:c r="A3269" s="2">
-        <x:v>41257</x:v>
+        <x:v>41282</x:v>
       </x:c>
       <x:c r="B3269" s="3">
-        <x:v>498246.25</x:v>
+        <x:v>498383.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3270" spans="1:2">
       <x:c r="A3270" s="2">
-        <x:v>41256</x:v>
+        <x:v>41281</x:v>
       </x:c>
       <x:c r="B3270" s="3">
-        <x:v>498225.5</x:v>
+        <x:v>498378.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3271" spans="1:2">
       <x:c r="A3271" s="2">
-        <x:v>41255</x:v>
+        <x:v>41278</x:v>
       </x:c>
       <x:c r="B3271" s="3">
-        <x:v>498218.45</x:v>
+        <x:v>498372.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3272" spans="1:2">
       <x:c r="A3272" s="2">
-        <x:v>41254</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="B3272" s="3">
-        <x:v>498211.4</x:v>
+        <x:v>498355.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3273" spans="1:2">
       <x:c r="A3273" s="2">
-        <x:v>41253</x:v>
+        <x:v>41276</x:v>
       </x:c>
       <x:c r="B3273" s="3">
-        <x:v>498204.35</x:v>
+        <x:v>498349.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3274" spans="1:2">
       <x:c r="A3274" s="2">
-        <x:v>41250</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="B3274" s="3">
-        <x:v>498197.02</x:v>
+        <x:v>498343.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3275" spans="1:2">
       <x:c r="A3275" s="2">
-        <x:v>41249</x:v>
+        <x:v>41271</x:v>
       </x:c>
       <x:c r="B3275" s="3">
-        <x:v>498175.02</x:v>
+        <x:v>498331.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3276" spans="1:2">
       <x:c r="A3276" s="2">
-        <x:v>41248</x:v>
+        <x:v>41270</x:v>
       </x:c>
       <x:c r="B3276" s="3">
-        <x:v>498167.69</x:v>
+        <x:v>498313.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3277" spans="1:2">
       <x:c r="A3277" s="2">
-        <x:v>41247</x:v>
+        <x:v>41267</x:v>
       </x:c>
       <x:c r="B3277" s="3">
-        <x:v>498160.36</x:v>
+        <x:v>498307.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3278" spans="1:2">
       <x:c r="A3278" s="2">
-        <x:v>41246</x:v>
+        <x:v>41264</x:v>
       </x:c>
       <x:c r="B3278" s="3">
-        <x:v>498153.03</x:v>
+        <x:v>498288.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3279" spans="1:2">
       <x:c r="A3279" s="2">
-        <x:v>41243</x:v>
+        <x:v>41263</x:v>
       </x:c>
       <x:c r="B3279" s="3">
-        <x:v>498145.7</x:v>
+        <x:v>498270.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3280" spans="1:2">
       <x:c r="A3280" s="2">
-        <x:v>41242</x:v>
+        <x:v>41262</x:v>
       </x:c>
       <x:c r="B3280" s="3">
-        <x:v>498122.87</x:v>
+        <x:v>498264.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3281" spans="1:2">
       <x:c r="A3281" s="2">
-        <x:v>41241</x:v>
+        <x:v>41261</x:v>
       </x:c>
       <x:c r="B3281" s="3">
-        <x:v>498115.26</x:v>
+        <x:v>498258.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3282" spans="1:2">
       <x:c r="A3282" s="2">
-        <x:v>41240</x:v>
+        <x:v>41260</x:v>
       </x:c>
       <x:c r="B3282" s="3">
-        <x:v>498107.66</x:v>
+        <x:v>498252.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3283" spans="1:2">
       <x:c r="A3283" s="2">
-        <x:v>41239</x:v>
+        <x:v>41257</x:v>
       </x:c>
       <x:c r="B3283" s="3">
-        <x:v>498100.06</x:v>
+        <x:v>498246.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3284" spans="1:2">
       <x:c r="A3284" s="2">
-        <x:v>41236</x:v>
+        <x:v>41256</x:v>
       </x:c>
       <x:c r="B3284" s="3">
-        <x:v>498092.46</x:v>
+        <x:v>498225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3285" spans="1:2">
       <x:c r="A3285" s="2">
-        <x:v>41235</x:v>
+        <x:v>41255</x:v>
       </x:c>
       <x:c r="B3285" s="3">
-        <x:v>498069.64</x:v>
+        <x:v>498218.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3286" spans="1:2">
       <x:c r="A3286" s="2">
-        <x:v>41234</x:v>
+        <x:v>41254</x:v>
       </x:c>
       <x:c r="B3286" s="3">
-        <x:v>498062.04</x:v>
+        <x:v>498211.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3287" spans="1:2">
       <x:c r="A3287" s="2">
-        <x:v>41233</x:v>
+        <x:v>41253</x:v>
       </x:c>
       <x:c r="B3287" s="3">
-        <x:v>498054.44</x:v>
+        <x:v>498204.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3288" spans="1:2">
       <x:c r="A3288" s="2">
-        <x:v>41232</x:v>
+        <x:v>41250</x:v>
       </x:c>
       <x:c r="B3288" s="3">
-        <x:v>498046.84</x:v>
+        <x:v>498197.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3289" spans="1:2">
       <x:c r="A3289" s="2">
-        <x:v>41229</x:v>
+        <x:v>41249</x:v>
       </x:c>
       <x:c r="B3289" s="3">
-        <x:v>498039.24</x:v>
+        <x:v>498175.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3290" spans="1:2">
       <x:c r="A3290" s="2">
-        <x:v>41228</x:v>
+        <x:v>41248</x:v>
       </x:c>
       <x:c r="B3290" s="3">
-        <x:v>498016.42</x:v>
+        <x:v>498167.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3291" spans="1:2">
       <x:c r="A3291" s="2">
-        <x:v>41227</x:v>
+        <x:v>41247</x:v>
       </x:c>
       <x:c r="B3291" s="3">
-        <x:v>498008.82</x:v>
+        <x:v>498160.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3292" spans="1:2">
       <x:c r="A3292" s="2">
-        <x:v>41226</x:v>
+        <x:v>41246</x:v>
       </x:c>
       <x:c r="B3292" s="3">
-        <x:v>498001.22</x:v>
+        <x:v>498153.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3293" spans="1:2">
       <x:c r="A3293" s="2">
-        <x:v>41225</x:v>
+        <x:v>41243</x:v>
       </x:c>
       <x:c r="B3293" s="3">
-        <x:v>497993.62</x:v>
+        <x:v>498145.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3294" spans="1:2">
       <x:c r="A3294" s="2">
-        <x:v>41222</x:v>
+        <x:v>41242</x:v>
       </x:c>
       <x:c r="B3294" s="3">
-        <x:v>497986.02</x:v>
+        <x:v>498122.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3295" spans="1:2">
       <x:c r="A3295" s="2">
-        <x:v>41221</x:v>
+        <x:v>41241</x:v>
       </x:c>
       <x:c r="B3295" s="3">
-        <x:v>497963.2</x:v>
+        <x:v>498115.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3296" spans="1:2">
       <x:c r="A3296" s="2">
-        <x:v>41220</x:v>
+        <x:v>41240</x:v>
       </x:c>
       <x:c r="B3296" s="3">
-        <x:v>497955.6</x:v>
+        <x:v>498107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3297" spans="1:2">
       <x:c r="A3297" s="2">
-        <x:v>41219</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="B3297" s="3">
-        <x:v>497948</x:v>
+        <x:v>498100.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3298" spans="1:2">
       <x:c r="A3298" s="2">
-        <x:v>41218</x:v>
+        <x:v>41236</x:v>
       </x:c>
       <x:c r="B3298" s="3">
-        <x:v>497940.4</x:v>
+        <x:v>498092.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3299" spans="1:2">
       <x:c r="A3299" s="2">
-        <x:v>41215</x:v>
+        <x:v>41235</x:v>
       </x:c>
       <x:c r="B3299" s="3">
-        <x:v>497932.8</x:v>
+        <x:v>498069.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3300" spans="1:2">
       <x:c r="A3300" s="2">
-        <x:v>41213</x:v>
+        <x:v>41234</x:v>
       </x:c>
       <x:c r="B3300" s="3">
-        <x:v>497909.98</x:v>
+        <x:v>498062.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3301" spans="1:2">
       <x:c r="A3301" s="2">
-        <x:v>41212</x:v>
+        <x:v>41233</x:v>
       </x:c>
       <x:c r="B3301" s="3">
-        <x:v>497894.77</x:v>
+        <x:v>498054.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3302" spans="1:2">
       <x:c r="A3302" s="2">
-        <x:v>41211</x:v>
+        <x:v>41232</x:v>
       </x:c>
       <x:c r="B3302" s="3">
-        <x:v>497887.17</x:v>
+        <x:v>498046.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3303" spans="1:2">
       <x:c r="A3303" s="2">
-        <x:v>41208</x:v>
+        <x:v>41229</x:v>
       </x:c>
       <x:c r="B3303" s="3">
-        <x:v>497879.57</x:v>
+        <x:v>498039.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3304" spans="1:2">
       <x:c r="A3304" s="2">
-        <x:v>41207</x:v>
+        <x:v>41228</x:v>
       </x:c>
       <x:c r="B3304" s="3">
-        <x:v>497856.76</x:v>
+        <x:v>498016.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3305" spans="1:2">
       <x:c r="A3305" s="2">
-        <x:v>41206</x:v>
+        <x:v>41227</x:v>
       </x:c>
       <x:c r="B3305" s="3">
-        <x:v>497849.16</x:v>
+        <x:v>498008.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3306" spans="1:2">
       <x:c r="A3306" s="2">
-        <x:v>41205</x:v>
+        <x:v>41226</x:v>
       </x:c>
       <x:c r="B3306" s="3">
-        <x:v>497841.56</x:v>
+        <x:v>498001.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3307" spans="1:2">
       <x:c r="A3307" s="2">
-        <x:v>41204</x:v>
+        <x:v>41225</x:v>
       </x:c>
       <x:c r="B3307" s="3">
-        <x:v>497833.96</x:v>
+        <x:v>497993.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3308" spans="1:2">
       <x:c r="A3308" s="2">
-        <x:v>41201</x:v>
+        <x:v>41222</x:v>
       </x:c>
       <x:c r="B3308" s="3">
-        <x:v>497826.36</x:v>
+        <x:v>497986.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3309" spans="1:2">
       <x:c r="A3309" s="2">
-        <x:v>41200</x:v>
+        <x:v>41221</x:v>
       </x:c>
       <x:c r="B3309" s="3">
-        <x:v>497803.55</x:v>
+        <x:v>497963.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3310" spans="1:2">
       <x:c r="A3310" s="2">
-        <x:v>41199</x:v>
+        <x:v>41220</x:v>
       </x:c>
       <x:c r="B3310" s="3">
-        <x:v>497795.95</x:v>
+        <x:v>497955.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3311" spans="1:2">
       <x:c r="A3311" s="2">
-        <x:v>41198</x:v>
+        <x:v>41219</x:v>
       </x:c>
       <x:c r="B3311" s="3">
-        <x:v>497788.35</x:v>
+        <x:v>497948</x:v>
       </x:c>
     </x:row>
     <x:row r="3312" spans="1:2">
       <x:c r="A3312" s="2">
-        <x:v>41197</x:v>
+        <x:v>41218</x:v>
       </x:c>
       <x:c r="B3312" s="3">
-        <x:v>497780.75</x:v>
+        <x:v>497940.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3313" spans="1:2">
       <x:c r="A3313" s="2">
-        <x:v>41194</x:v>
+        <x:v>41215</x:v>
       </x:c>
       <x:c r="B3313" s="3">
-        <x:v>497773.15</x:v>
+        <x:v>497932.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3314" spans="1:2">
       <x:c r="A3314" s="2">
-        <x:v>41193</x:v>
+        <x:v>41213</x:v>
       </x:c>
       <x:c r="B3314" s="3">
-        <x:v>497750.34</x:v>
+        <x:v>497909.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3315" spans="1:2">
       <x:c r="A3315" s="2">
-        <x:v>41192</x:v>
+        <x:v>41212</x:v>
       </x:c>
       <x:c r="B3315" s="3">
-        <x:v>497742.74</x:v>
+        <x:v>497894.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3316" spans="1:2">
       <x:c r="A3316" s="2">
-        <x:v>41191</x:v>
+        <x:v>41211</x:v>
       </x:c>
       <x:c r="B3316" s="3">
-        <x:v>497735.14</x:v>
+        <x:v>497887.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3317" spans="1:2">
       <x:c r="A3317" s="2">
-        <x:v>41190</x:v>
+        <x:v>41208</x:v>
       </x:c>
       <x:c r="B3317" s="3">
-        <x:v>497727.54</x:v>
+        <x:v>497879.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3318" spans="1:2">
       <x:c r="A3318" s="2">
-        <x:v>41187</x:v>
+        <x:v>41207</x:v>
       </x:c>
       <x:c r="B3318" s="3">
-        <x:v>497719.94</x:v>
+        <x:v>497856.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3319" spans="1:2">
       <x:c r="A3319" s="2">
-        <x:v>41186</x:v>
+        <x:v>41206</x:v>
       </x:c>
       <x:c r="B3319" s="3">
-        <x:v>497695.06</x:v>
+        <x:v>497849.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3320" spans="1:2">
       <x:c r="A3320" s="2">
-        <x:v>41185</x:v>
+        <x:v>41205</x:v>
       </x:c>
       <x:c r="B3320" s="3">
-        <x:v>497686.77</x:v>
+        <x:v>497841.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3321" spans="1:2">
       <x:c r="A3321" s="2">
-        <x:v>41184</x:v>
+        <x:v>41204</x:v>
       </x:c>
       <x:c r="B3321" s="3">
-        <x:v>497678.48</x:v>
+        <x:v>497833.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3322" spans="1:2">
       <x:c r="A3322" s="2">
-        <x:v>41183</x:v>
+        <x:v>41201</x:v>
       </x:c>
       <x:c r="B3322" s="3">
-        <x:v>497670.19</x:v>
+        <x:v>497826.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3323" spans="1:2">
       <x:c r="A3323" s="2">
-        <x:v>41180</x:v>
+        <x:v>41200</x:v>
       </x:c>
       <x:c r="B3323" s="3">
-        <x:v>497661.9</x:v>
+        <x:v>497803.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3324" spans="1:2">
       <x:c r="A3324" s="2">
-        <x:v>41179</x:v>
+        <x:v>41199</x:v>
       </x:c>
       <x:c r="B3324" s="3">
-        <x:v>497637.02</x:v>
+        <x:v>497795.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3325" spans="1:2">
       <x:c r="A3325" s="2">
-        <x:v>41178</x:v>
+        <x:v>41198</x:v>
       </x:c>
       <x:c r="B3325" s="3">
-        <x:v>497628.73</x:v>
+        <x:v>497788.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3326" spans="1:2">
       <x:c r="A3326" s="2">
-        <x:v>41177</x:v>
+        <x:v>41197</x:v>
       </x:c>
       <x:c r="B3326" s="3">
-        <x:v>497620.44</x:v>
+        <x:v>497780.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3327" spans="1:2">
       <x:c r="A3327" s="2">
-        <x:v>41176</x:v>
+        <x:v>41194</x:v>
       </x:c>
       <x:c r="B3327" s="3">
-        <x:v>497611.46</x:v>
+        <x:v>497773.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3328" spans="1:2">
       <x:c r="A3328" s="2">
-        <x:v>41173</x:v>
+        <x:v>41193</x:v>
       </x:c>
       <x:c r="B3328" s="3">
-        <x:v>497602.48</x:v>
+        <x:v>497750.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3329" spans="1:2">
       <x:c r="A3329" s="2">
-        <x:v>41172</x:v>
+        <x:v>41192</x:v>
       </x:c>
       <x:c r="B3329" s="3">
-        <x:v>497575.53</x:v>
+        <x:v>497742.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3330" spans="1:2">
       <x:c r="A3330" s="2">
-        <x:v>41171</x:v>
+        <x:v>41191</x:v>
       </x:c>
       <x:c r="B3330" s="3">
-        <x:v>497566.55</x:v>
+        <x:v>497735.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3331" spans="1:2">
       <x:c r="A3331" s="2">
-        <x:v>41170</x:v>
+        <x:v>41190</x:v>
       </x:c>
       <x:c r="B3331" s="3">
-        <x:v>497557.57</x:v>
+        <x:v>497727.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3332" spans="1:2">
       <x:c r="A3332" s="2">
-        <x:v>41169</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="B3332" s="3">
-        <x:v>497548.59</x:v>
+        <x:v>497719.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3333" spans="1:2">
       <x:c r="A3333" s="2">
-        <x:v>41166</x:v>
+        <x:v>41186</x:v>
       </x:c>
       <x:c r="B3333" s="3">
-        <x:v>497539.61</x:v>
+        <x:v>497695.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3334" spans="1:2">
       <x:c r="A3334" s="2">
-        <x:v>41165</x:v>
+        <x:v>41185</x:v>
       </x:c>
       <x:c r="B3334" s="3">
-        <x:v>497512.66</x:v>
+        <x:v>497686.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3335" spans="1:2">
       <x:c r="A3335" s="2">
-        <x:v>41164</x:v>
+        <x:v>41184</x:v>
       </x:c>
       <x:c r="B3335" s="3">
-        <x:v>497503.68</x:v>
+        <x:v>497678.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3336" spans="1:2">
       <x:c r="A3336" s="2">
-        <x:v>41163</x:v>
+        <x:v>41183</x:v>
       </x:c>
       <x:c r="B3336" s="3">
-        <x:v>497493.87</x:v>
+        <x:v>497670.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3337" spans="1:2">
       <x:c r="A3337" s="2">
-        <x:v>41162</x:v>
+        <x:v>41180</x:v>
       </x:c>
       <x:c r="B3337" s="3">
-        <x:v>497484.06</x:v>
+        <x:v>497661.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3338" spans="1:2">
       <x:c r="A3338" s="2">
-        <x:v>41159</x:v>
+        <x:v>41179</x:v>
       </x:c>
       <x:c r="B3338" s="3">
-        <x:v>497474.25</x:v>
+        <x:v>497637.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3339" spans="1:2">
       <x:c r="A3339" s="2">
-        <x:v>41158</x:v>
+        <x:v>41178</x:v>
       </x:c>
       <x:c r="B3339" s="3">
-        <x:v>497443.16</x:v>
+        <x:v>497628.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3340" spans="1:2">
       <x:c r="A3340" s="2">
-        <x:v>41157</x:v>
+        <x:v>41177</x:v>
       </x:c>
       <x:c r="B3340" s="3">
-        <x:v>497432.8</x:v>
+        <x:v>497620.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3341" spans="1:2">
       <x:c r="A3341" s="2">
-        <x:v>41156</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="B3341" s="3">
-        <x:v>497422.44</x:v>
+        <x:v>497611.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3342" spans="1:2">
       <x:c r="A3342" s="2">
-        <x:v>41155</x:v>
+        <x:v>41173</x:v>
       </x:c>
       <x:c r="B3342" s="3">
-        <x:v>497411.39</x:v>
+        <x:v>497602.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3343" spans="1:2">
       <x:c r="A3343" s="2">
-        <x:v>41152</x:v>
+        <x:v>41172</x:v>
       </x:c>
       <x:c r="B3343" s="3">
-        <x:v>497400.34</x:v>
+        <x:v>497575.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3344" spans="1:2">
       <x:c r="A3344" s="2">
-        <x:v>41151</x:v>
+        <x:v>41171</x:v>
       </x:c>
       <x:c r="B3344" s="3">
-        <x:v>497367.18</x:v>
+        <x:v>497566.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3345" spans="1:2">
       <x:c r="A3345" s="2">
-        <x:v>41150</x:v>
+        <x:v>41170</x:v>
       </x:c>
       <x:c r="B3345" s="3">
-        <x:v>497356.13</x:v>
+        <x:v>497557.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3346" spans="1:2">
       <x:c r="A3346" s="2">
-        <x:v>41149</x:v>
+        <x:v>41169</x:v>
       </x:c>
       <x:c r="B3346" s="3">
-        <x:v>497345.08</x:v>
+        <x:v>497548.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3347" spans="1:2">
       <x:c r="A3347" s="2">
-        <x:v>41148</x:v>
+        <x:v>41166</x:v>
       </x:c>
       <x:c r="B3347" s="3">
-        <x:v>497334.03</x:v>
+        <x:v>497539.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3348" spans="1:2">
       <x:c r="A3348" s="2">
-        <x:v>41145</x:v>
+        <x:v>41165</x:v>
       </x:c>
       <x:c r="B3348" s="3">
-        <x:v>497322.98</x:v>
+        <x:v>497512.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3349" spans="1:2">
       <x:c r="A3349" s="2">
-        <x:v>41144</x:v>
+        <x:v>41164</x:v>
       </x:c>
       <x:c r="B3349" s="3">
-        <x:v>497289.83</x:v>
+        <x:v>497503.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3350" spans="1:2">
       <x:c r="A3350" s="2">
-        <x:v>41143</x:v>
+        <x:v>41163</x:v>
       </x:c>
       <x:c r="B3350" s="3">
-        <x:v>497278.78</x:v>
+        <x:v>497493.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3351" spans="1:2">
       <x:c r="A3351" s="2">
-        <x:v>41142</x:v>
+        <x:v>41162</x:v>
       </x:c>
       <x:c r="B3351" s="3">
-        <x:v>497267.73</x:v>
+        <x:v>497484.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3352" spans="1:2">
       <x:c r="A3352" s="2">
-        <x:v>41141</x:v>
+        <x:v>41159</x:v>
       </x:c>
       <x:c r="B3352" s="3">
-        <x:v>497256.68</x:v>
+        <x:v>497474.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3353" spans="1:2">
       <x:c r="A3353" s="2">
-        <x:v>41138</x:v>
+        <x:v>41158</x:v>
       </x:c>
       <x:c r="B3353" s="3">
-        <x:v>497245.63</x:v>
+        <x:v>497443.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3354" spans="1:2">
       <x:c r="A3354" s="2">
-        <x:v>41137</x:v>
+        <x:v>41157</x:v>
       </x:c>
       <x:c r="B3354" s="3">
-        <x:v>497212.48</x:v>
+        <x:v>497432.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3355" spans="1:2">
       <x:c r="A3355" s="2">
-        <x:v>41135</x:v>
+        <x:v>41156</x:v>
       </x:c>
       <x:c r="B3355" s="3">
-        <x:v>497201.43</x:v>
+        <x:v>497422.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3356" spans="1:2">
       <x:c r="A3356" s="2">
-        <x:v>41134</x:v>
+        <x:v>41155</x:v>
       </x:c>
       <x:c r="B3356" s="3">
-        <x:v>497179.33</x:v>
+        <x:v>497411.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3357" spans="1:2">
       <x:c r="A3357" s="2">
-        <x:v>41131</x:v>
+        <x:v>41152</x:v>
       </x:c>
       <x:c r="B3357" s="3">
-        <x:v>497168.28</x:v>
+        <x:v>497400.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3358" spans="1:2">
       <x:c r="A3358" s="2">
-        <x:v>41130</x:v>
+        <x:v>41151</x:v>
       </x:c>
       <x:c r="B3358" s="3">
-        <x:v>497135.14</x:v>
+        <x:v>497367.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3359" spans="1:2">
       <x:c r="A3359" s="2">
-        <x:v>41129</x:v>
+        <x:v>41150</x:v>
       </x:c>
       <x:c r="B3359" s="3">
-        <x:v>497124.51</x:v>
+        <x:v>497356.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3360" spans="1:2">
       <x:c r="A3360" s="2">
-        <x:v>41128</x:v>
+        <x:v>41149</x:v>
       </x:c>
       <x:c r="B3360" s="3">
-        <x:v>497113.88</x:v>
+        <x:v>497345.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3361" spans="1:2">
       <x:c r="A3361" s="2">
-        <x:v>41127</x:v>
+        <x:v>41148</x:v>
       </x:c>
       <x:c r="B3361" s="3">
-        <x:v>497103.25</x:v>
+        <x:v>497334.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3362" spans="1:2">
       <x:c r="A3362" s="2">
-        <x:v>41124</x:v>
+        <x:v>41145</x:v>
       </x:c>
       <x:c r="B3362" s="3">
-        <x:v>497092.62</x:v>
+        <x:v>497322.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3363" spans="1:2">
       <x:c r="A3363" s="2">
-        <x:v>41123</x:v>
+        <x:v>41144</x:v>
       </x:c>
       <x:c r="B3363" s="3">
-        <x:v>497060.73</x:v>
+        <x:v>497289.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3364" spans="1:2">
       <x:c r="A3364" s="2">
-        <x:v>41122</x:v>
+        <x:v>41143</x:v>
       </x:c>
       <x:c r="B3364" s="3">
-        <x:v>497050.1</x:v>
+        <x:v>497278.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3365" spans="1:2">
       <x:c r="A3365" s="2">
-        <x:v>41121</x:v>
+        <x:v>41142</x:v>
       </x:c>
       <x:c r="B3365" s="3">
-        <x:v>497039.47</x:v>
+        <x:v>497267.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3366" spans="1:2">
       <x:c r="A3366" s="2">
-        <x:v>41120</x:v>
+        <x:v>41141</x:v>
       </x:c>
       <x:c r="B3366" s="3">
-        <x:v>497028.84</x:v>
+        <x:v>497256.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3367" spans="1:2">
       <x:c r="A3367" s="2">
-        <x:v>41117</x:v>
+        <x:v>41138</x:v>
       </x:c>
       <x:c r="B3367" s="3">
-        <x:v>497018.21</x:v>
+        <x:v>497245.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3368" spans="1:2">
       <x:c r="A3368" s="2">
-        <x:v>41116</x:v>
+        <x:v>41137</x:v>
       </x:c>
       <x:c r="B3368" s="3">
-        <x:v>496986.32</x:v>
+        <x:v>497212.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3369" spans="1:2">
       <x:c r="A3369" s="2">
-        <x:v>41115</x:v>
+        <x:v>41135</x:v>
       </x:c>
       <x:c r="B3369" s="3">
-        <x:v>496975.69</x:v>
+        <x:v>497201.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3370" spans="1:2">
       <x:c r="A3370" s="2">
-        <x:v>41114</x:v>
+        <x:v>41134</x:v>
       </x:c>
       <x:c r="B3370" s="3">
-        <x:v>496965.06</x:v>
+        <x:v>497179.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3371" spans="1:2">
       <x:c r="A3371" s="2">
-        <x:v>41113</x:v>
+        <x:v>41131</x:v>
       </x:c>
       <x:c r="B3371" s="3">
-        <x:v>496954.43</x:v>
+        <x:v>497168.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3372" spans="1:2">
       <x:c r="A3372" s="2">
-        <x:v>41110</x:v>
+        <x:v>41130</x:v>
       </x:c>
       <x:c r="B3372" s="3">
-        <x:v>496943.8</x:v>
+        <x:v>497135.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3373" spans="1:2">
       <x:c r="A3373" s="2">
-        <x:v>41109</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="B3373" s="3">
-        <x:v>496911.91</x:v>
+        <x:v>497124.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3374" spans="1:2">
       <x:c r="A3374" s="2">
-        <x:v>41108</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="B3374" s="3">
-        <x:v>496901.28</x:v>
+        <x:v>497113.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3375" spans="1:2">
       <x:c r="A3375" s="2">
-        <x:v>41107</x:v>
+        <x:v>41127</x:v>
       </x:c>
       <x:c r="B3375" s="3">
-        <x:v>496890.65</x:v>
+        <x:v>497103.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3376" spans="1:2">
       <x:c r="A3376" s="2">
-        <x:v>41106</x:v>
+        <x:v>41124</x:v>
       </x:c>
       <x:c r="B3376" s="3">
-        <x:v>496880.02</x:v>
+        <x:v>497092.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3377" spans="1:2">
       <x:c r="A3377" s="2">
-        <x:v>41103</x:v>
+        <x:v>41123</x:v>
       </x:c>
       <x:c r="B3377" s="3">
-        <x:v>496869.39</x:v>
+        <x:v>497060.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3378" spans="1:2">
       <x:c r="A3378" s="2">
-        <x:v>41102</x:v>
+        <x:v>41122</x:v>
       </x:c>
       <x:c r="B3378" s="3">
-        <x:v>496837.51</x:v>
+        <x:v>497050.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3379" spans="1:2">
       <x:c r="A3379" s="2">
-        <x:v>41101</x:v>
+        <x:v>41121</x:v>
       </x:c>
       <x:c r="B3379" s="3">
-        <x:v>496826.88</x:v>
+        <x:v>497039.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3380" spans="1:2">
       <x:c r="A3380" s="2">
-        <x:v>41100</x:v>
+        <x:v>41120</x:v>
       </x:c>
       <x:c r="B3380" s="3">
-        <x:v>496816.25</x:v>
+        <x:v>497028.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3381" spans="1:2">
       <x:c r="A3381" s="2">
-        <x:v>41099</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="B3381" s="3">
-        <x:v>496805.62</x:v>
+        <x:v>497018.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3382" spans="1:2">
       <x:c r="A3382" s="2">
-        <x:v>41096</x:v>
+        <x:v>41116</x:v>
       </x:c>
       <x:c r="B3382" s="3">
-        <x:v>496794.99</x:v>
+        <x:v>496986.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3383" spans="1:2">
       <x:c r="A3383" s="2">
-        <x:v>41095</x:v>
+        <x:v>41115</x:v>
       </x:c>
       <x:c r="B3383" s="3">
-        <x:v>496763.11</x:v>
+        <x:v>496975.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3384" spans="1:2">
       <x:c r="A3384" s="2">
-        <x:v>41094</x:v>
+        <x:v>41114</x:v>
       </x:c>
       <x:c r="B3384" s="3">
-        <x:v>496752.49</x:v>
+        <x:v>496965.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3385" spans="1:2">
       <x:c r="A3385" s="2">
-        <x:v>41093</x:v>
+        <x:v>41113</x:v>
       </x:c>
       <x:c r="B3385" s="3">
-        <x:v>496741.87</x:v>
+        <x:v>496954.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3386" spans="1:2">
       <x:c r="A3386" s="2">
-        <x:v>41092</x:v>
+        <x:v>41110</x:v>
       </x:c>
       <x:c r="B3386" s="3">
-        <x:v>496731.25</x:v>
+        <x:v>496943.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3387" spans="1:2">
       <x:c r="A3387" s="2">
-        <x:v>41089</x:v>
+        <x:v>41109</x:v>
       </x:c>
       <x:c r="B3387" s="3">
-        <x:v>496720.9</x:v>
+        <x:v>496911.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3388" spans="1:2">
       <x:c r="A3388" s="2">
-        <x:v>41088</x:v>
+        <x:v>41108</x:v>
       </x:c>
       <x:c r="B3388" s="3">
-        <x:v>496689.86</x:v>
+        <x:v>496901.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3389" spans="1:2">
       <x:c r="A3389" s="2">
-        <x:v>41087</x:v>
+        <x:v>41107</x:v>
       </x:c>
       <x:c r="B3389" s="3">
-        <x:v>496679.51</x:v>
+        <x:v>496890.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3390" spans="1:2">
       <x:c r="A3390" s="2">
-        <x:v>41086</x:v>
+        <x:v>41106</x:v>
       </x:c>
       <x:c r="B3390" s="3">
-        <x:v>496669.16</x:v>
+        <x:v>496880.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3391" spans="1:2">
       <x:c r="A3391" s="2">
-        <x:v>41085</x:v>
+        <x:v>41103</x:v>
       </x:c>
       <x:c r="B3391" s="3">
-        <x:v>496658.81</x:v>
+        <x:v>496869.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3392" spans="1:2">
       <x:c r="A3392" s="2">
-        <x:v>41082</x:v>
+        <x:v>41102</x:v>
       </x:c>
       <x:c r="B3392" s="3">
-        <x:v>496648.46</x:v>
+        <x:v>496837.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3393" spans="1:2">
       <x:c r="A3393" s="2">
-        <x:v>41081</x:v>
+        <x:v>41101</x:v>
       </x:c>
       <x:c r="B3393" s="3">
-        <x:v>496617.42</x:v>
+        <x:v>496826.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3394" spans="1:2">
       <x:c r="A3394" s="2">
-        <x:v>41080</x:v>
+        <x:v>41100</x:v>
       </x:c>
       <x:c r="B3394" s="3">
-        <x:v>496607.07</x:v>
+        <x:v>496816.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3395" spans="1:2">
       <x:c r="A3395" s="2">
-        <x:v>41079</x:v>
+        <x:v>41099</x:v>
       </x:c>
       <x:c r="B3395" s="3">
-        <x:v>496596.72</x:v>
+        <x:v>496805.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3396" spans="1:2">
       <x:c r="A3396" s="2">
-        <x:v>41078</x:v>
+        <x:v>41096</x:v>
       </x:c>
       <x:c r="B3396" s="3">
-        <x:v>496586.37</x:v>
+        <x:v>496794.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3397" spans="1:2">
       <x:c r="A3397" s="2">
-        <x:v>41075</x:v>
+        <x:v>41095</x:v>
       </x:c>
       <x:c r="B3397" s="3">
-        <x:v>496576.02</x:v>
+        <x:v>496763.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3398" spans="1:2">
       <x:c r="A3398" s="2">
-        <x:v>41074</x:v>
+        <x:v>41094</x:v>
       </x:c>
       <x:c r="B3398" s="3">
-        <x:v>496544.99</x:v>
+        <x:v>496752.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3399" spans="1:2">
       <x:c r="A3399" s="2">
-        <x:v>41073</x:v>
+        <x:v>41093</x:v>
       </x:c>
       <x:c r="B3399" s="3">
-        <x:v>496534.65</x:v>
+        <x:v>496741.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3400" spans="1:2">
       <x:c r="A3400" s="2">
-        <x:v>41072</x:v>
+        <x:v>41092</x:v>
       </x:c>
       <x:c r="B3400" s="3">
-        <x:v>496524.31</x:v>
+        <x:v>496731.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3401" spans="1:2">
       <x:c r="A3401" s="2">
-        <x:v>41071</x:v>
+        <x:v>41089</x:v>
       </x:c>
       <x:c r="B3401" s="3">
-        <x:v>496513.97</x:v>
+        <x:v>496720.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3402" spans="1:2">
       <x:c r="A3402" s="2">
-        <x:v>41068</x:v>
+        <x:v>41088</x:v>
       </x:c>
       <x:c r="B3402" s="3">
-        <x:v>496503.63</x:v>
+        <x:v>496689.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3403" spans="1:2">
       <x:c r="A3403" s="2">
-        <x:v>41067</x:v>
+        <x:v>41087</x:v>
       </x:c>
       <x:c r="B3403" s="3">
-        <x:v>496472.6</x:v>
+        <x:v>496679.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3404" spans="1:2">
       <x:c r="A3404" s="2">
-        <x:v>41066</x:v>
+        <x:v>41086</x:v>
       </x:c>
       <x:c r="B3404" s="3">
-        <x:v>496462.26</x:v>
+        <x:v>496669.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3405" spans="1:2">
       <x:c r="A3405" s="2">
-        <x:v>41065</x:v>
+        <x:v>41085</x:v>
       </x:c>
       <x:c r="B3405" s="3">
-        <x:v>496451.92</x:v>
+        <x:v>496658.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3406" spans="1:2">
       <x:c r="A3406" s="2">
-        <x:v>41064</x:v>
+        <x:v>41082</x:v>
       </x:c>
       <x:c r="B3406" s="3">
-        <x:v>496441.58</x:v>
+        <x:v>496648.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3407" spans="1:2">
       <x:c r="A3407" s="2">
-        <x:v>41061</x:v>
+        <x:v>41081</x:v>
       </x:c>
       <x:c r="B3407" s="3">
-        <x:v>496431.24</x:v>
+        <x:v>496617.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3408" spans="1:2">
       <x:c r="A3408" s="2">
-        <x:v>41060</x:v>
+        <x:v>41080</x:v>
       </x:c>
       <x:c r="B3408" s="3">
-        <x:v>496400.21</x:v>
+        <x:v>496607.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3409" spans="1:2">
       <x:c r="A3409" s="2">
-        <x:v>41059</x:v>
+        <x:v>41079</x:v>
       </x:c>
       <x:c r="B3409" s="3">
-        <x:v>496389.87</x:v>
+        <x:v>496596.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3410" spans="1:2">
       <x:c r="A3410" s="2">
-        <x:v>41058</x:v>
+        <x:v>41078</x:v>
       </x:c>
       <x:c r="B3410" s="3">
-        <x:v>496379.53</x:v>
+        <x:v>496586.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3411" spans="1:2">
       <x:c r="A3411" s="2">
-        <x:v>41054</x:v>
+        <x:v>41075</x:v>
       </x:c>
       <x:c r="B3411" s="3">
-        <x:v>496369.19</x:v>
+        <x:v>496576.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3412" spans="1:2">
       <x:c r="A3412" s="2">
-        <x:v>41053</x:v>
+        <x:v>41074</x:v>
       </x:c>
       <x:c r="B3412" s="3">
-        <x:v>496327.83</x:v>
+        <x:v>496544.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3413" spans="1:2">
       <x:c r="A3413" s="2">
-        <x:v>41052</x:v>
+        <x:v>41073</x:v>
       </x:c>
       <x:c r="B3413" s="3">
-        <x:v>496317.49</x:v>
+        <x:v>496534.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3414" spans="1:2">
       <x:c r="A3414" s="2">
-        <x:v>41051</x:v>
+        <x:v>41072</x:v>
       </x:c>
       <x:c r="B3414" s="3">
-        <x:v>496307.15</x:v>
+        <x:v>496524.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3415" spans="1:2">
       <x:c r="A3415" s="2">
-        <x:v>41050</x:v>
+        <x:v>41071</x:v>
       </x:c>
       <x:c r="B3415" s="3">
-        <x:v>496296.81</x:v>
+        <x:v>496513.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3416" spans="1:2">
       <x:c r="A3416" s="2">
-        <x:v>41047</x:v>
+        <x:v>41068</x:v>
       </x:c>
       <x:c r="B3416" s="3">
-        <x:v>496286.47</x:v>
+        <x:v>496503.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3417" spans="1:2">
       <x:c r="A3417" s="2">
-        <x:v>41045</x:v>
+        <x:v>41067</x:v>
       </x:c>
       <x:c r="B3417" s="3">
-        <x:v>496255.45</x:v>
+        <x:v>496472.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3418" spans="1:2">
       <x:c r="A3418" s="2">
-        <x:v>41044</x:v>
+        <x:v>41066</x:v>
       </x:c>
       <x:c r="B3418" s="3">
-        <x:v>496234.77</x:v>
+        <x:v>496462.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3419" spans="1:2">
       <x:c r="A3419" s="2">
-        <x:v>41043</x:v>
+        <x:v>41065</x:v>
       </x:c>
       <x:c r="B3419" s="3">
-        <x:v>496224.43</x:v>
+        <x:v>496451.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3420" spans="1:2">
       <x:c r="A3420" s="2">
-        <x:v>41040</x:v>
+        <x:v>41064</x:v>
       </x:c>
       <x:c r="B3420" s="3">
-        <x:v>496214.09</x:v>
+        <x:v>496441.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3421" spans="1:2">
       <x:c r="A3421" s="2">
-        <x:v>41039</x:v>
+        <x:v>41061</x:v>
       </x:c>
       <x:c r="B3421" s="3">
-        <x:v>496183.08</x:v>
+        <x:v>496431.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3422" spans="1:2">
       <x:c r="A3422" s="2">
-        <x:v>41038</x:v>
+        <x:v>41060</x:v>
       </x:c>
       <x:c r="B3422" s="3">
-        <x:v>496172.33</x:v>
+        <x:v>496400.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3423" spans="1:2">
       <x:c r="A3423" s="2">
-        <x:v>41036</x:v>
+        <x:v>41059</x:v>
       </x:c>
       <x:c r="B3423" s="3">
-        <x:v>496161.58</x:v>
+        <x:v>496389.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3424" spans="1:2">
       <x:c r="A3424" s="2">
-        <x:v>41033</x:v>
+        <x:v>41058</x:v>
       </x:c>
       <x:c r="B3424" s="3">
-        <x:v>496140.08</x:v>
+        <x:v>496379.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3425" spans="1:2">
       <x:c r="A3425" s="2">
-        <x:v>41032</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="B3425" s="3">
-        <x:v>496107.83</x:v>
+        <x:v>496369.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3426" spans="1:2">
       <x:c r="A3426" s="2">
-        <x:v>41031</x:v>
+        <x:v>41053</x:v>
       </x:c>
       <x:c r="B3426" s="3">
-        <x:v>496097.08</x:v>
+        <x:v>496327.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3427" spans="1:2">
       <x:c r="A3427" s="2">
-        <x:v>41029</x:v>
+        <x:v>41052</x:v>
       </x:c>
       <x:c r="B3427" s="3">
-        <x:v>496086.33</x:v>
+        <x:v>496317.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3428" spans="1:2">
       <x:c r="A3428" s="2">
-        <x:v>41026</x:v>
+        <x:v>41051</x:v>
       </x:c>
       <x:c r="B3428" s="3">
-        <x:v>496064.83</x:v>
+        <x:v>496307.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3429" spans="1:2">
       <x:c r="A3429" s="2">
-        <x:v>41025</x:v>
+        <x:v>41050</x:v>
       </x:c>
       <x:c r="B3429" s="3">
-        <x:v>503621.44</x:v>
+        <x:v>496296.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3430" spans="1:2">
       <x:c r="A3430" s="2">
-        <x:v>41024</x:v>
+        <x:v>41047</x:v>
       </x:c>
       <x:c r="B3430" s="3">
-        <x:v>503610.53</x:v>
+        <x:v>496286.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3431" spans="1:2">
       <x:c r="A3431" s="2">
-        <x:v>41023</x:v>
+        <x:v>41045</x:v>
       </x:c>
       <x:c r="B3431" s="3">
-        <x:v>503599.62</x:v>
+        <x:v>496255.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3432" spans="1:2">
       <x:c r="A3432" s="2">
-        <x:v>41022</x:v>
+        <x:v>41044</x:v>
       </x:c>
       <x:c r="B3432" s="3">
-        <x:v>503588.71</x:v>
+        <x:v>496234.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3433" spans="1:2">
       <x:c r="A3433" s="2">
-        <x:v>41019</x:v>
+        <x:v>41043</x:v>
       </x:c>
       <x:c r="B3433" s="3">
-        <x:v>503577.8</x:v>
+        <x:v>496224.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3434" spans="1:2">
       <x:c r="A3434" s="2">
-        <x:v>41018</x:v>
+        <x:v>41040</x:v>
       </x:c>
       <x:c r="B3434" s="3">
-        <x:v>503545.07</x:v>
+        <x:v>496214.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3435" spans="1:2">
       <x:c r="A3435" s="2">
-        <x:v>41017</x:v>
+        <x:v>41039</x:v>
       </x:c>
       <x:c r="B3435" s="3">
-        <x:v>503530.38</x:v>
+        <x:v>496183.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3436" spans="1:2">
       <x:c r="A3436" s="2">
-        <x:v>41016</x:v>
+        <x:v>41038</x:v>
       </x:c>
       <x:c r="B3436" s="3">
-        <x:v>503515.69</x:v>
+        <x:v>496172.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3437" spans="1:2">
       <x:c r="A3437" s="2">
-        <x:v>41015</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="B3437" s="3">
-        <x:v>503498.21</x:v>
+        <x:v>496161.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3438" spans="1:2">
       <x:c r="A3438" s="2">
-        <x:v>41012</x:v>
+        <x:v>41033</x:v>
       </x:c>
       <x:c r="B3438" s="3">
-        <x:v>503480.73</x:v>
+        <x:v>496140.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3439" spans="1:2">
       <x:c r="A3439" s="2">
-        <x:v>41011</x:v>
+        <x:v>41032</x:v>
       </x:c>
       <x:c r="B3439" s="3">
-        <x:v>503428.29</x:v>
+        <x:v>496107.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3440" spans="1:2">
       <x:c r="A3440" s="2">
-        <x:v>41010</x:v>
+        <x:v>41031</x:v>
       </x:c>
       <x:c r="B3440" s="3">
-        <x:v>503409.41</x:v>
+        <x:v>496097.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3441" spans="1:2">
       <x:c r="A3441" s="2">
-        <x:v>41009</x:v>
+        <x:v>41029</x:v>
       </x:c>
       <x:c r="B3441" s="3">
-        <x:v>503390.53</x:v>
+        <x:v>496086.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3442" spans="1:2">
       <x:c r="A3442" s="2">
-        <x:v>41004</x:v>
+        <x:v>41026</x:v>
       </x:c>
       <x:c r="B3442" s="3">
-        <x:v>503371.65</x:v>
+        <x:v>496064.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3443" spans="1:2">
       <x:c r="A3443" s="2">
-        <x:v>41003</x:v>
+        <x:v>41025</x:v>
       </x:c>
       <x:c r="B3443" s="3">
-        <x:v>503270.3</x:v>
+        <x:v>503621.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3444" spans="1:2">
       <x:c r="A3444" s="2">
-        <x:v>41002</x:v>
+        <x:v>41024</x:v>
       </x:c>
       <x:c r="B3444" s="3">
-        <x:v>503250.03</x:v>
+        <x:v>503610.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3445" spans="1:2">
       <x:c r="A3445" s="2">
-        <x:v>41001</x:v>
+        <x:v>41023</x:v>
       </x:c>
       <x:c r="B3445" s="3">
-        <x:v>503229.76</x:v>
+        <x:v>503599.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3446" spans="1:2">
       <x:c r="A3446" s="2">
-        <x:v>40998</x:v>
+        <x:v>41022</x:v>
       </x:c>
       <x:c r="B3446" s="3">
-        <x:v>503209.49</x:v>
+        <x:v>503588.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3447" spans="1:2">
       <x:c r="A3447" s="2">
-        <x:v>40997</x:v>
+        <x:v>41019</x:v>
       </x:c>
       <x:c r="B3447" s="3">
-        <x:v>503148.69</x:v>
+        <x:v>503577.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3448" spans="1:2">
       <x:c r="A3448" s="2">
-        <x:v>40996</x:v>
+        <x:v>41018</x:v>
       </x:c>
       <x:c r="B3448" s="3">
-        <x:v>503127.73</x:v>
+        <x:v>503545.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3449" spans="1:2">
       <x:c r="A3449" s="2">
-        <x:v>40995</x:v>
+        <x:v>41017</x:v>
       </x:c>
       <x:c r="B3449" s="3">
-        <x:v>503106.77</x:v>
+        <x:v>503530.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3450" spans="1:2">
       <x:c r="A3450" s="2">
-        <x:v>40994</x:v>
+        <x:v>41016</x:v>
       </x:c>
       <x:c r="B3450" s="3">
-        <x:v>503085.81</x:v>
+        <x:v>503515.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3451" spans="1:2">
       <x:c r="A3451" s="2">
-        <x:v>40991</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="B3451" s="3">
-        <x:v>503064.85</x:v>
+        <x:v>503498.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3452" spans="1:2">
       <x:c r="A3452" s="2">
-        <x:v>40990</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="B3452" s="3">
-        <x:v>503001.97</x:v>
+        <x:v>503480.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3453" spans="1:2">
       <x:c r="A3453" s="2">
-        <x:v>40989</x:v>
+        <x:v>41011</x:v>
       </x:c>
       <x:c r="B3453" s="3">
-        <x:v>502981.01</x:v>
+        <x:v>503428.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3454" spans="1:2">
       <x:c r="A3454" s="2">
-        <x:v>40988</x:v>
+        <x:v>41010</x:v>
       </x:c>
       <x:c r="B3454" s="3">
-        <x:v>502960.05</x:v>
+        <x:v>503409.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3455" spans="1:2">
       <x:c r="A3455" s="2">
-        <x:v>40987</x:v>
+        <x:v>41009</x:v>
       </x:c>
       <x:c r="B3455" s="3">
-        <x:v>502938.4</x:v>
+        <x:v>503390.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3456" spans="1:2">
       <x:c r="A3456" s="2">
-        <x:v>40984</x:v>
+        <x:v>41004</x:v>
       </x:c>
       <x:c r="B3456" s="3">
-        <x:v>502916.75</x:v>
+        <x:v>503371.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3457" spans="1:2">
       <x:c r="A3457" s="2">
-        <x:v>40983</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="B3457" s="3">
-        <x:v>502851.8</x:v>
+        <x:v>503270.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3458" spans="1:2">
       <x:c r="A3458" s="2">
-        <x:v>40982</x:v>
+        <x:v>41002</x:v>
       </x:c>
       <x:c r="B3458" s="3">
-        <x:v>502830.15</x:v>
+        <x:v>503250.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3459" spans="1:2">
       <x:c r="A3459" s="2">
-        <x:v>40981</x:v>
+        <x:v>41001</x:v>
       </x:c>
       <x:c r="B3459" s="3">
-        <x:v>502808.5</x:v>
+        <x:v>503229.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3460" spans="1:2">
       <x:c r="A3460" s="2">
-        <x:v>40980</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="B3460" s="3">
-        <x:v>502786.15</x:v>
+        <x:v>503209.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3461" spans="1:2">
       <x:c r="A3461" s="2">
-        <x:v>40977</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="B3461" s="3">
-        <x:v>502763.8</x:v>
+        <x:v>503148.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3462" spans="1:2">
       <x:c r="A3462" s="2">
-        <x:v>40976</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="B3462" s="3">
-        <x:v>502696.77</x:v>
+        <x:v>503127.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3463" spans="1:2">
       <x:c r="A3463" s="2">
-        <x:v>40975</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="B3463" s="3">
-        <x:v>502674.43</x:v>
+        <x:v>503106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3464" spans="1:2">
       <x:c r="A3464" s="2">
-        <x:v>40974</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="B3464" s="3">
-        <x:v>502652.09</x:v>
+        <x:v>503085.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3465" spans="1:2">
       <x:c r="A3465" s="2">
-        <x:v>40973</x:v>
+        <x:v>40991</x:v>
       </x:c>
       <x:c r="B3465" s="3">
-        <x:v>502629.75</x:v>
+        <x:v>503064.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3466" spans="1:2">
       <x:c r="A3466" s="2">
-        <x:v>40970</x:v>
+        <x:v>40990</x:v>
       </x:c>
       <x:c r="B3466" s="3">
-        <x:v>502607.41</x:v>
+        <x:v>503001.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3467" spans="1:2">
       <x:c r="A3467" s="2">
-        <x:v>40969</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="B3467" s="3">
-        <x:v>502540.4</x:v>
+        <x:v>502981.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3468" spans="1:2">
       <x:c r="A3468" s="2">
-        <x:v>40968</x:v>
+        <x:v>40988</x:v>
       </x:c>
       <x:c r="B3468" s="3">
-        <x:v>502518.07</x:v>
+        <x:v>502960.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3469" spans="1:2">
       <x:c r="A3469" s="2">
-        <x:v>40967</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="B3469" s="3">
-        <x:v>502495.74</x:v>
+        <x:v>502938.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3470" spans="1:2">
       <x:c r="A3470" s="2">
-        <x:v>40966</x:v>
+        <x:v>40984</x:v>
       </x:c>
       <x:c r="B3470" s="3">
-        <x:v>502473.41</x:v>
+        <x:v>502916.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3471" spans="1:2">
       <x:c r="A3471" s="2">
-        <x:v>40963</x:v>
+        <x:v>40983</x:v>
       </x:c>
       <x:c r="B3471" s="3">
-        <x:v>502451.08</x:v>
+        <x:v>502851.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3472" spans="1:2">
       <x:c r="A3472" s="2">
-        <x:v>40962</x:v>
+        <x:v>40982</x:v>
       </x:c>
       <x:c r="B3472" s="3">
-        <x:v>502384.1</x:v>
+        <x:v>502830.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3473" spans="1:2">
       <x:c r="A3473" s="2">
-        <x:v>40961</x:v>
+        <x:v>40981</x:v>
       </x:c>
       <x:c r="B3473" s="3">
-        <x:v>502361.77</x:v>
+        <x:v>502808.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3474" spans="1:2">
       <x:c r="A3474" s="2">
-        <x:v>40960</x:v>
+        <x:v>40980</x:v>
       </x:c>
       <x:c r="B3474" s="3">
-        <x:v>502339.44</x:v>
+        <x:v>502786.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3475" spans="1:2">
       <x:c r="A3475" s="2">
-        <x:v>40959</x:v>
+        <x:v>40977</x:v>
       </x:c>
       <x:c r="B3475" s="3">
-        <x:v>502317.11</x:v>
+        <x:v>502763.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3476" spans="1:2">
       <x:c r="A3476" s="2">
-        <x:v>40956</x:v>
+        <x:v>40976</x:v>
       </x:c>
       <x:c r="B3476" s="3">
-        <x:v>502294.79</x:v>
+        <x:v>502696.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3477" spans="1:2">
       <x:c r="A3477" s="2">
-        <x:v>40955</x:v>
+        <x:v>40975</x:v>
       </x:c>
       <x:c r="B3477" s="3">
-        <x:v>502227.83</x:v>
+        <x:v>502674.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3478" spans="1:2">
       <x:c r="A3478" s="2">
-        <x:v>40954</x:v>
+        <x:v>40974</x:v>
       </x:c>
       <x:c r="B3478" s="3">
-        <x:v>502205.51</x:v>
+        <x:v>502652.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3479" spans="1:2">
       <x:c r="A3479" s="2">
-        <x:v>40953</x:v>
+        <x:v>40973</x:v>
       </x:c>
       <x:c r="B3479" s="3">
-        <x:v>502183.75</x:v>
+        <x:v>502629.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3480" spans="1:2">
       <x:c r="A3480" s="2">
-        <x:v>40952</x:v>
+        <x:v>40970</x:v>
       </x:c>
       <x:c r="B3480" s="3">
-        <x:v>502161.99</x:v>
+        <x:v>502607.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3481" spans="1:2">
       <x:c r="A3481" s="2">
-        <x:v>40949</x:v>
+        <x:v>40969</x:v>
       </x:c>
       <x:c r="B3481" s="3">
-        <x:v>502140.23</x:v>
+        <x:v>502540.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3482" spans="1:2">
       <x:c r="A3482" s="2">
-        <x:v>40948</x:v>
+        <x:v>40968</x:v>
       </x:c>
       <x:c r="B3482" s="3">
-        <x:v>502074.96</x:v>
+        <x:v>502518.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3483" spans="1:2">
       <x:c r="A3483" s="2">
-        <x:v>40947</x:v>
+        <x:v>40967</x:v>
       </x:c>
       <x:c r="B3483" s="3">
-        <x:v>502053.2</x:v>
+        <x:v>502495.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3484" spans="1:2">
       <x:c r="A3484" s="2">
-        <x:v>40946</x:v>
+        <x:v>40966</x:v>
       </x:c>
       <x:c r="B3484" s="3">
-        <x:v>502031.45</x:v>
+        <x:v>502473.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3485" spans="1:2">
       <x:c r="A3485" s="2">
-        <x:v>40945</x:v>
+        <x:v>40963</x:v>
       </x:c>
       <x:c r="B3485" s="3">
-        <x:v>502009.7</x:v>
+        <x:v>502451.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3486" spans="1:2">
       <x:c r="A3486" s="2">
-        <x:v>40942</x:v>
+        <x:v>40962</x:v>
       </x:c>
       <x:c r="B3486" s="3">
-        <x:v>501987.95</x:v>
+        <x:v>502384.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3487" spans="1:2">
       <x:c r="A3487" s="2">
-        <x:v>40941</x:v>
+        <x:v>40961</x:v>
       </x:c>
       <x:c r="B3487" s="3">
-        <x:v>501922.7</x:v>
+        <x:v>502361.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3488" spans="1:2">
       <x:c r="A3488" s="2">
-        <x:v>40940</x:v>
+        <x:v>40960</x:v>
       </x:c>
       <x:c r="B3488" s="3">
-        <x:v>501901.79</x:v>
+        <x:v>502339.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3489" spans="1:2">
       <x:c r="A3489" s="2">
-        <x:v>40939</x:v>
+        <x:v>40959</x:v>
       </x:c>
       <x:c r="B3489" s="3">
-        <x:v>501880.88</x:v>
+        <x:v>502317.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3490" spans="1:2">
       <x:c r="A3490" s="2">
-        <x:v>40938</x:v>
+        <x:v>40956</x:v>
       </x:c>
       <x:c r="B3490" s="3">
-        <x:v>501859.97</x:v>
+        <x:v>502294.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3491" spans="1:2">
       <x:c r="A3491" s="2">
-        <x:v>40935</x:v>
+        <x:v>40955</x:v>
       </x:c>
       <x:c r="B3491" s="3">
-        <x:v>501839.06</x:v>
+        <x:v>502227.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3492" spans="1:2">
       <x:c r="A3492" s="2">
-        <x:v>40934</x:v>
+        <x:v>40954</x:v>
       </x:c>
       <x:c r="B3492" s="3">
-        <x:v>501776.34</x:v>
+        <x:v>502205.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3493" spans="1:2">
       <x:c r="A3493" s="2">
-        <x:v>40933</x:v>
+        <x:v>40953</x:v>
       </x:c>
       <x:c r="B3493" s="3">
-        <x:v>501755.43</x:v>
+        <x:v>502183.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3494" spans="1:2">
       <x:c r="A3494" s="2">
-        <x:v>40932</x:v>
+        <x:v>40952</x:v>
       </x:c>
       <x:c r="B3494" s="3">
-        <x:v>501734.52</x:v>
+        <x:v>502161.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3495" spans="1:2">
       <x:c r="A3495" s="2">
-        <x:v>40931</x:v>
+        <x:v>40949</x:v>
       </x:c>
       <x:c r="B3495" s="3">
-        <x:v>501713.62</x:v>
+        <x:v>502140.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3496" spans="1:2">
       <x:c r="A3496" s="2">
-        <x:v>40928</x:v>
+        <x:v>40948</x:v>
       </x:c>
       <x:c r="B3496" s="3">
-        <x:v>501692.72</x:v>
+        <x:v>502074.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3497" spans="1:2">
       <x:c r="A3497" s="2">
-        <x:v>40927</x:v>
+        <x:v>40947</x:v>
       </x:c>
       <x:c r="B3497" s="3">
-        <x:v>501636.29</x:v>
+        <x:v>502053.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3498" spans="1:2">
       <x:c r="A3498" s="2">
-        <x:v>40926</x:v>
+        <x:v>40946</x:v>
       </x:c>
       <x:c r="B3498" s="3">
-        <x:v>501617.48</x:v>
+        <x:v>502031.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3499" spans="1:2">
       <x:c r="A3499" s="2">
-        <x:v>40925</x:v>
+        <x:v>40945</x:v>
       </x:c>
       <x:c r="B3499" s="3">
-        <x:v>501596.45</x:v>
+        <x:v>502009.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3500" spans="1:2">
       <x:c r="A3500" s="2">
-        <x:v>40924</x:v>
+        <x:v>40942</x:v>
       </x:c>
       <x:c r="B3500" s="3">
-        <x:v>501575.57</x:v>
+        <x:v>501987.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3501" spans="1:2">
       <x:c r="A3501" s="2">
-        <x:v>40921</x:v>
+        <x:v>40941</x:v>
       </x:c>
       <x:c r="B3501" s="3">
-        <x:v>501556.34</x:v>
+        <x:v>501922.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3502" spans="1:2">
       <x:c r="A3502" s="2">
-        <x:v>40920</x:v>
+        <x:v>40940</x:v>
       </x:c>
       <x:c r="B3502" s="3">
-        <x:v>501498.69</x:v>
+        <x:v>501901.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3503" spans="1:2">
       <x:c r="A3503" s="2">
-        <x:v>40919</x:v>
+        <x:v>40939</x:v>
       </x:c>
       <x:c r="B3503" s="3">
-        <x:v>501480.86</x:v>
+        <x:v>501880.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3504" spans="1:2">
       <x:c r="A3504" s="2">
-        <x:v>40918</x:v>
+        <x:v>40938</x:v>
       </x:c>
       <x:c r="B3504" s="3">
-        <x:v>501463.05</x:v>
+        <x:v>501859.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3505" spans="1:2">
       <x:c r="A3505" s="2">
-        <x:v>40917</x:v>
+        <x:v>40935</x:v>
       </x:c>
       <x:c r="B3505" s="3">
-        <x:v>501445.23</x:v>
+        <x:v>501839.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3506" spans="1:2">
       <x:c r="A3506" s="2">
-        <x:v>40914</x:v>
+        <x:v>40934</x:v>
       </x:c>
       <x:c r="B3506" s="3">
-        <x:v>501427.43</x:v>
+        <x:v>501776.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3507" spans="1:2">
       <x:c r="A3507" s="2">
-        <x:v>40913</x:v>
+        <x:v>40933</x:v>
       </x:c>
       <x:c r="B3507" s="3">
-        <x:v>501373.93</x:v>
+        <x:v>501755.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3508" spans="1:2">
       <x:c r="A3508" s="2">
-        <x:v>40912</x:v>
+        <x:v>40932</x:v>
       </x:c>
       <x:c r="B3508" s="3">
-        <x:v>501356.12</x:v>
+        <x:v>501734.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3509" spans="1:2">
       <x:c r="A3509" s="2">
-        <x:v>40911</x:v>
+        <x:v>40931</x:v>
       </x:c>
       <x:c r="B3509" s="3">
-        <x:v>501339.44</x:v>
+        <x:v>501713.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3510" spans="1:2">
       <x:c r="A3510" s="2">
-        <x:v>40910</x:v>
+        <x:v>40928</x:v>
       </x:c>
       <x:c r="B3510" s="3">
-        <x:v>501322.74</x:v>
+        <x:v>501692.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3511" spans="1:2">
       <x:c r="A3511" s="2">
-        <x:v>40907</x:v>
+        <x:v>40927</x:v>
       </x:c>
       <x:c r="B3511" s="3">
-        <x:v>501306.02</x:v>
+        <x:v>501636.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3512" spans="1:2">
       <x:c r="A3512" s="2">
-        <x:v>40906</x:v>
+        <x:v>40926</x:v>
       </x:c>
       <x:c r="B3512" s="3">
-        <x:v>501256.06</x:v>
+        <x:v>501617.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3513" spans="1:2">
       <x:c r="A3513" s="2">
-        <x:v>40905</x:v>
+        <x:v>40925</x:v>
       </x:c>
       <x:c r="B3513" s="3">
-        <x:v>501239.32</x:v>
+        <x:v>501596.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3514" spans="1:2">
       <x:c r="A3514" s="2">
-        <x:v>40904</x:v>
+        <x:v>40924</x:v>
       </x:c>
       <x:c r="B3514" s="3">
-        <x:v>501222.63</x:v>
+        <x:v>501575.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3515" spans="1:2">
       <x:c r="A3515" s="2">
-        <x:v>40900</x:v>
+        <x:v>40921</x:v>
       </x:c>
       <x:c r="B3515" s="3">
-        <x:v>501207</x:v>
+        <x:v>501556.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3516" spans="1:2">
       <x:c r="A3516" s="2">
-        <x:v>40899</x:v>
+        <x:v>40920</x:v>
       </x:c>
       <x:c r="B3516" s="3">
-        <x:v>501144.58</x:v>
+        <x:v>501498.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3517" spans="1:2">
       <x:c r="A3517" s="2">
-        <x:v>40898</x:v>
+        <x:v>40919</x:v>
       </x:c>
       <x:c r="B3517" s="3">
-        <x:v>501128.98</x:v>
+        <x:v>501480.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3518" spans="1:2">
       <x:c r="A3518" s="2">
-        <x:v>40897</x:v>
+        <x:v>40918</x:v>
       </x:c>
       <x:c r="B3518" s="3">
-        <x:v>501113.38</x:v>
+        <x:v>501463.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3519" spans="1:2">
       <x:c r="A3519" s="2">
-        <x:v>40896</x:v>
+        <x:v>40917</x:v>
       </x:c>
       <x:c r="B3519" s="3">
-        <x:v>501097.79</x:v>
+        <x:v>501445.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3520" spans="1:2">
       <x:c r="A3520" s="2">
-        <x:v>40893</x:v>
+        <x:v>40914</x:v>
       </x:c>
       <x:c r="B3520" s="3">
-        <x:v>501082.2</x:v>
+        <x:v>501427.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3521" spans="1:2">
       <x:c r="A3521" s="2">
-        <x:v>40892</x:v>
+        <x:v>40913</x:v>
       </x:c>
       <x:c r="B3521" s="3">
-        <x:v>501035.35</x:v>
+        <x:v>501373.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3522" spans="1:2">
       <x:c r="A3522" s="2">
-        <x:v>40891</x:v>
+        <x:v>40912</x:v>
       </x:c>
       <x:c r="B3522" s="3">
-        <x:v>501019.73</x:v>
+        <x:v>501356.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3523" spans="1:2">
       <x:c r="A3523" s="2">
-        <x:v>40890</x:v>
+        <x:v>40911</x:v>
       </x:c>
       <x:c r="B3523" s="3">
-        <x:v>501004.12</x:v>
+        <x:v>501339.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3524" spans="1:2">
       <x:c r="A3524" s="2">
-        <x:v>40889</x:v>
+        <x:v>40910</x:v>
       </x:c>
       <x:c r="B3524" s="3">
-        <x:v>500988.54</x:v>
+        <x:v>501322.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3525" spans="1:2">
       <x:c r="A3525" s="2">
-        <x:v>40886</x:v>
+        <x:v>40907</x:v>
       </x:c>
       <x:c r="B3525" s="3">
-        <x:v>500972.96</x:v>
+        <x:v>501306.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3526" spans="1:2">
       <x:c r="A3526" s="2">
-        <x:v>40885</x:v>
+        <x:v>40906</x:v>
       </x:c>
       <x:c r="B3526" s="3">
-        <x:v>500926.24</x:v>
+        <x:v>501256.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3527" spans="1:2">
       <x:c r="A3527" s="2">
-        <x:v>40884</x:v>
+        <x:v>40905</x:v>
       </x:c>
       <x:c r="B3527" s="3">
-        <x:v>500910.68</x:v>
+        <x:v>501239.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3528" spans="1:2">
       <x:c r="A3528" s="2">
-        <x:v>40883</x:v>
+        <x:v>40904</x:v>
       </x:c>
       <x:c r="B3528" s="3">
-        <x:v>500895.09</x:v>
+        <x:v>501222.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3529" spans="1:2">
       <x:c r="A3529" s="2">
-        <x:v>40882</x:v>
+        <x:v>40900</x:v>
       </x:c>
       <x:c r="B3529" s="3">
-        <x:v>500879.52</x:v>
+        <x:v>501207</x:v>
       </x:c>
     </x:row>
     <x:row r="3530" spans="1:2">
       <x:c r="A3530" s="2">
-        <x:v>40879</x:v>
+        <x:v>40899</x:v>
       </x:c>
       <x:c r="B3530" s="3">
-        <x:v>500864</x:v>
+        <x:v>501144.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3531" spans="1:2">
       <x:c r="A3531" s="2">
-        <x:v>40878</x:v>
+        <x:v>40898</x:v>
       </x:c>
       <x:c r="B3531" s="3">
-        <x:v>500817.28</x:v>
+        <x:v>501128.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3532" spans="1:2">
       <x:c r="A3532" s="2">
-        <x:v>40877</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="B3532" s="3">
-        <x:v>500801.71</x:v>
+        <x:v>501113.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3533" spans="1:2">
       <x:c r="A3533" s="2">
-        <x:v>40876</x:v>
+        <x:v>40896</x:v>
       </x:c>
       <x:c r="B3533" s="3">
-        <x:v>500786.12</x:v>
+        <x:v>501097.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3534" spans="1:2">
       <x:c r="A3534" s="2">
-        <x:v>40875</x:v>
+        <x:v>40893</x:v>
       </x:c>
       <x:c r="B3534" s="3">
-        <x:v>500770.56</x:v>
+        <x:v>501082.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3535" spans="1:2">
       <x:c r="A3535" s="2">
-        <x:v>40872</x:v>
+        <x:v>40892</x:v>
       </x:c>
       <x:c r="B3535" s="3">
-        <x:v>500754.97</x:v>
+        <x:v>501035.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3536" spans="1:2">
       <x:c r="A3536" s="2">
-        <x:v>40871</x:v>
+        <x:v>40891</x:v>
       </x:c>
       <x:c r="B3536" s="3">
-        <x:v>500706.9</x:v>
+        <x:v>501019.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3537" spans="1:2">
       <x:c r="A3537" s="2">
-        <x:v>40870</x:v>
+        <x:v>40890</x:v>
       </x:c>
       <x:c r="B3537" s="3">
-        <x:v>500690.9</x:v>
+        <x:v>501004.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3538" spans="1:2">
       <x:c r="A3538" s="2">
-        <x:v>40869</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="B3538" s="3">
-        <x:v>500674.92</x:v>
+        <x:v>500988.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3539" spans="1:2">
       <x:c r="A3539" s="2">
-        <x:v>40868</x:v>
+        <x:v>40886</x:v>
       </x:c>
       <x:c r="B3539" s="3">
-        <x:v>500658.24</x:v>
+        <x:v>500972.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3540" spans="1:2">
       <x:c r="A3540" s="2">
-        <x:v>40865</x:v>
+        <x:v>40885</x:v>
       </x:c>
       <x:c r="B3540" s="3">
-        <x:v>500641.55</x:v>
+        <x:v>500926.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3541" spans="1:2">
       <x:c r="A3541" s="2">
-        <x:v>40864</x:v>
+        <x:v>40884</x:v>
       </x:c>
       <x:c r="B3541" s="3">
-        <x:v>500591.46</x:v>
+        <x:v>500910.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3542" spans="1:2">
       <x:c r="A3542" s="2">
-        <x:v>40863</x:v>
+        <x:v>40883</x:v>
       </x:c>
       <x:c r="B3542" s="3">
-        <x:v>500574.72</x:v>
+        <x:v>500895.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3543" spans="1:2">
       <x:c r="A3543" s="2">
-        <x:v>40862</x:v>
+        <x:v>40882</x:v>
       </x:c>
       <x:c r="B3543" s="3">
-        <x:v>500558.01</x:v>
+        <x:v>500879.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3544" spans="1:2">
       <x:c r="A3544" s="2">
-        <x:v>40861</x:v>
+        <x:v>40879</x:v>
       </x:c>
       <x:c r="B3544" s="3">
-        <x:v>500541.99</x:v>
+        <x:v>500864</x:v>
       </x:c>
     </x:row>
     <x:row r="3545" spans="1:2">
       <x:c r="A3545" s="2">
-        <x:v>40857</x:v>
+        <x:v>40878</x:v>
       </x:c>
       <x:c r="B3545" s="3">
-        <x:v>500526</x:v>
+        <x:v>500817.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3546" spans="1:2">
       <x:c r="A3546" s="2">
-        <x:v>40856</x:v>
+        <x:v>40877</x:v>
       </x:c>
       <x:c r="B3546" s="3">
-        <x:v>500462.14</x:v>
+        <x:v>500801.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3547" spans="1:2">
       <x:c r="A3547" s="2">
-        <x:v>40855</x:v>
+        <x:v>40876</x:v>
       </x:c>
       <x:c r="B3547" s="3">
-        <x:v>500446.16</x:v>
+        <x:v>500786.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3548" spans="1:2">
       <x:c r="A3548" s="2">
-        <x:v>40854</x:v>
+        <x:v>40875</x:v>
       </x:c>
       <x:c r="B3548" s="3">
-        <x:v>500430.18</x:v>
+        <x:v>500770.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3549" spans="1:2">
       <x:c r="A3549" s="2">
-        <x:v>40851</x:v>
+        <x:v>40872</x:v>
       </x:c>
       <x:c r="B3549" s="3">
-        <x:v>500414.18</x:v>
+        <x:v>500754.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3550" spans="1:2">
       <x:c r="A3550" s="2">
-        <x:v>40850</x:v>
+        <x:v>40871</x:v>
       </x:c>
       <x:c r="B3550" s="3">
-        <x:v>500366.26</x:v>
+        <x:v>500706.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3551" spans="1:2">
       <x:c r="A3551" s="2">
-        <x:v>40849</x:v>
+        <x:v>40870</x:v>
       </x:c>
       <x:c r="B3551" s="3">
-        <x:v>500350.3</x:v>
+        <x:v>500690.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3552" spans="1:2">
       <x:c r="A3552" s="2">
-        <x:v>40847</x:v>
+        <x:v>40869</x:v>
       </x:c>
       <x:c r="B3552" s="3">
-        <x:v>500334.49</x:v>
+        <x:v>500674.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3553" spans="1:2">
       <x:c r="A3553" s="2">
-        <x:v>40844</x:v>
+        <x:v>40868</x:v>
       </x:c>
       <x:c r="B3553" s="3">
-        <x:v>500302.47</x:v>
+        <x:v>500658.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3554" spans="1:2">
       <x:c r="A3554" s="2">
-        <x:v>40843</x:v>
+        <x:v>40865</x:v>
       </x:c>
       <x:c r="B3554" s="3">
-        <x:v>500254.5</x:v>
+        <x:v>500641.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3555" spans="1:2">
       <x:c r="A3555" s="2">
-        <x:v>40842</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="B3555" s="3">
-        <x:v>500238.51</x:v>
+        <x:v>500591.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3556" spans="1:2">
       <x:c r="A3556" s="2">
-        <x:v>40841</x:v>
+        <x:v>40863</x:v>
       </x:c>
       <x:c r="B3556" s="3">
-        <x:v>500222.53</x:v>
+        <x:v>500574.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3557" spans="1:2">
       <x:c r="A3557" s="2">
-        <x:v>40840</x:v>
+        <x:v>40862</x:v>
       </x:c>
       <x:c r="B3557" s="3">
-        <x:v>500206.56</x:v>
+        <x:v>500558.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3558" spans="1:2">
       <x:c r="A3558" s="2">
-        <x:v>40837</x:v>
+        <x:v>40861</x:v>
       </x:c>
       <x:c r="B3558" s="3">
-        <x:v>500190.59</x:v>
+        <x:v>500541.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3559" spans="1:2">
       <x:c r="A3559" s="2">
-        <x:v>40836</x:v>
+        <x:v>40857</x:v>
       </x:c>
       <x:c r="B3559" s="3">
-        <x:v>500142.68</x:v>
+        <x:v>500526</x:v>
       </x:c>
     </x:row>
     <x:row r="3560" spans="1:2">
       <x:c r="A3560" s="2">
-        <x:v>40835</x:v>
+        <x:v>40856</x:v>
       </x:c>
       <x:c r="B3560" s="3">
-        <x:v>500127.35</x:v>
+        <x:v>500462.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3561" spans="1:2">
       <x:c r="A3561" s="2">
-        <x:v>40834</x:v>
+        <x:v>40855</x:v>
       </x:c>
       <x:c r="B3561" s="3">
-        <x:v>500112.11</x:v>
+        <x:v>500446.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3562" spans="1:2">
       <x:c r="A3562" s="2">
-        <x:v>40833</x:v>
+        <x:v>40854</x:v>
       </x:c>
       <x:c r="B3562" s="3">
-        <x:v>500096.81</x:v>
+        <x:v>500430.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3563" spans="1:2">
       <x:c r="A3563" s="2">
-        <x:v>40830</x:v>
+        <x:v>40851</x:v>
       </x:c>
       <x:c r="B3563" s="3">
-        <x:v>500081.52</x:v>
+        <x:v>500414.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3564" spans="1:2">
       <x:c r="A3564" s="2">
-        <x:v>40829</x:v>
+        <x:v>40850</x:v>
       </x:c>
       <x:c r="B3564" s="3">
-        <x:v>500035.6</x:v>
+        <x:v>500366.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3565" spans="1:2">
       <x:c r="A3565" s="2">
-        <x:v>40828</x:v>
+        <x:v>40849</x:v>
       </x:c>
       <x:c r="B3565" s="3">
-        <x:v>500020.34</x:v>
+        <x:v>500350.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3566" spans="1:2">
       <x:c r="A3566" s="2">
-        <x:v>40827</x:v>
+        <x:v>40847</x:v>
       </x:c>
       <x:c r="B3566" s="3">
-        <x:v>500005.08</x:v>
+        <x:v>500334.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3567" spans="1:2">
       <x:c r="A3567" s="2">
-        <x:v>40826</x:v>
+        <x:v>40844</x:v>
       </x:c>
       <x:c r="B3567" s="3">
-        <x:v>499989.83</x:v>
+        <x:v>500302.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3568" spans="1:2">
       <x:c r="A3568" s="2">
-        <x:v>40823</x:v>
+        <x:v>40843</x:v>
       </x:c>
       <x:c r="B3568" s="3">
-        <x:v>499974.54</x:v>
+        <x:v>500254.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3569" spans="1:2">
       <x:c r="A3569" s="2">
-        <x:v>40822</x:v>
+        <x:v>40842</x:v>
       </x:c>
       <x:c r="B3569" s="3">
-        <x:v>499928.7</x:v>
+        <x:v>500238.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3570" spans="1:2">
       <x:c r="A3570" s="2">
-        <x:v>40821</x:v>
+        <x:v>40841</x:v>
       </x:c>
       <x:c r="B3570" s="3">
-        <x:v>499913.4</x:v>
+        <x:v>500222.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3571" spans="1:2">
       <x:c r="A3571" s="2">
-        <x:v>40820</x:v>
+        <x:v>40840</x:v>
       </x:c>
       <x:c r="B3571" s="3">
-        <x:v>499898.11</x:v>
+        <x:v>500206.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3572" spans="1:2">
       <x:c r="A3572" s="2">
-        <x:v>40819</x:v>
+        <x:v>40837</x:v>
       </x:c>
       <x:c r="B3572" s="3">
-        <x:v>499882.84</x:v>
+        <x:v>500190.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3573" spans="1:2">
       <x:c r="A3573" s="2">
-        <x:v>40816</x:v>
+        <x:v>40836</x:v>
       </x:c>
       <x:c r="B3573" s="3">
-        <x:v>499867.8</x:v>
+        <x:v>500142.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3574" spans="1:2">
       <x:c r="A3574" s="2">
-        <x:v>40815</x:v>
+        <x:v>40835</x:v>
       </x:c>
       <x:c r="B3574" s="3">
-        <x:v>499821.81</x:v>
+        <x:v>500127.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3575" spans="1:2">
       <x:c r="A3575" s="2">
-        <x:v>40814</x:v>
+        <x:v>40834</x:v>
       </x:c>
       <x:c r="B3575" s="3">
-        <x:v>499806.5</x:v>
+        <x:v>500112.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3576" spans="1:2">
       <x:c r="A3576" s="2">
-        <x:v>40813</x:v>
+        <x:v>40833</x:v>
       </x:c>
       <x:c r="B3576" s="3">
-        <x:v>499791.21</x:v>
+        <x:v>500096.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3577" spans="1:2">
       <x:c r="A3577" s="2">
-        <x:v>40812</x:v>
+        <x:v>40830</x:v>
       </x:c>
       <x:c r="B3577" s="3">
-        <x:v>499776.18</x:v>
+        <x:v>500081.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3578" spans="1:2">
       <x:c r="A3578" s="2">
-        <x:v>40809</x:v>
+        <x:v>40829</x:v>
       </x:c>
       <x:c r="B3578" s="3">
-        <x:v>499760.73</x:v>
+        <x:v>500035.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3579" spans="1:2">
       <x:c r="A3579" s="2">
-        <x:v>40808</x:v>
+        <x:v>40828</x:v>
       </x:c>
       <x:c r="B3579" s="3">
-        <x:v>499714.88</x:v>
+        <x:v>500020.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3580" spans="1:2">
       <x:c r="A3580" s="2">
-        <x:v>40807</x:v>
+        <x:v>40827</x:v>
       </x:c>
       <x:c r="B3580" s="3">
-        <x:v>499699.59</x:v>
+        <x:v>500005.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3581" spans="1:2">
       <x:c r="A3581" s="2">
-        <x:v>40806</x:v>
+        <x:v>40826</x:v>
       </x:c>
       <x:c r="B3581" s="3">
-        <x:v>499684.65</x:v>
+        <x:v>499989.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3582" spans="1:2">
       <x:c r="A3582" s="2">
-        <x:v>40805</x:v>
+        <x:v>40823</x:v>
       </x:c>
       <x:c r="B3582" s="3">
-        <x:v>499669.4</x:v>
+        <x:v>499974.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3583" spans="1:2">
       <x:c r="A3583" s="2">
-        <x:v>40802</x:v>
+        <x:v>40822</x:v>
       </x:c>
       <x:c r="B3583" s="3">
-        <x:v>499654.13</x:v>
+        <x:v>499928.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3584" spans="1:2">
       <x:c r="A3584" s="2">
-        <x:v>40801</x:v>
+        <x:v>40821</x:v>
       </x:c>
       <x:c r="B3584" s="3">
-        <x:v>499608.23</x:v>
+        <x:v>499913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3585" spans="1:2">
       <x:c r="A3585" s="2">
-        <x:v>40800</x:v>
+        <x:v>40820</x:v>
       </x:c>
       <x:c r="B3585" s="3">
-        <x:v>499592.9</x:v>
+        <x:v>499898.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3586" spans="1:2">
       <x:c r="A3586" s="2">
-        <x:v>40799</x:v>
+        <x:v>40819</x:v>
       </x:c>
       <x:c r="B3586" s="3">
-        <x:v>499577.62</x:v>
+        <x:v>499882.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3587" spans="1:2">
       <x:c r="A3587" s="2">
-        <x:v>40798</x:v>
+        <x:v>40816</x:v>
       </x:c>
       <x:c r="B3587" s="3">
-        <x:v>499562.37</x:v>
+        <x:v>499867.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3588" spans="1:2">
       <x:c r="A3588" s="2">
-        <x:v>40795</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="B3588" s="3">
-        <x:v>499547.1</x:v>
+        <x:v>499821.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3589" spans="1:2">
       <x:c r="A3589" s="2">
-        <x:v>40794</x:v>
+        <x:v>40814</x:v>
       </x:c>
       <x:c r="B3589" s="3">
-        <x:v>499501.22</x:v>
+        <x:v>499806.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3590" spans="1:2">
       <x:c r="A3590" s="2">
-        <x:v>40793</x:v>
+        <x:v>40813</x:v>
       </x:c>
       <x:c r="B3590" s="3">
-        <x:v>499485.93</x:v>
+        <x:v>499791.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3591" spans="1:2">
       <x:c r="A3591" s="2">
-        <x:v>40792</x:v>
+        <x:v>40812</x:v>
       </x:c>
       <x:c r="B3591" s="3">
-        <x:v>499472.01</x:v>
+        <x:v>499776.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3592" spans="1:2">
       <x:c r="A3592" s="2">
-        <x:v>40791</x:v>
+        <x:v>40809</x:v>
       </x:c>
       <x:c r="B3592" s="3">
-        <x:v>499458.31</x:v>
+        <x:v>499760.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3593" spans="1:2">
       <x:c r="A3593" s="2">
-        <x:v>40788</x:v>
+        <x:v>40808</x:v>
       </x:c>
       <x:c r="B3593" s="3">
-        <x:v>499444.43</x:v>
+        <x:v>499714.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3594" spans="1:2">
       <x:c r="A3594" s="2">
-        <x:v>40787</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="B3594" s="3">
-        <x:v>499402.79</x:v>
+        <x:v>499699.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3595" spans="1:2">
       <x:c r="A3595" s="2">
-        <x:v>40786</x:v>
+        <x:v>40806</x:v>
       </x:c>
       <x:c r="B3595" s="3">
-        <x:v>499388.88</x:v>
+        <x:v>499684.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3596" spans="1:2">
       <x:c r="A3596" s="2">
-        <x:v>40785</x:v>
+        <x:v>40805</x:v>
       </x:c>
       <x:c r="B3596" s="3">
-        <x:v>499375.01</x:v>
+        <x:v>499669.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3597" spans="1:2">
       <x:c r="A3597" s="2">
-        <x:v>40784</x:v>
+        <x:v>40802</x:v>
       </x:c>
       <x:c r="B3597" s="3">
-        <x:v>499361.14</x:v>
+        <x:v>499654.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3598" spans="1:2">
       <x:c r="A3598" s="2">
-        <x:v>40781</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="B3598" s="3">
-        <x:v>499347.29</x:v>
+        <x:v>499608.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3599" spans="1:2">
       <x:c r="A3599" s="2">
-        <x:v>40780</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="B3599" s="3">
-        <x:v>499305.56</x:v>
+        <x:v>499592.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3600" spans="1:2">
       <x:c r="A3600" s="2">
-        <x:v>40779</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="B3600" s="3">
-        <x:v>499291.67</x:v>
+        <x:v>499577.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3601" spans="1:2">
       <x:c r="A3601" s="2">
-        <x:v>40778</x:v>
+        <x:v>40798</x:v>
       </x:c>
       <x:c r="B3601" s="3">
-        <x:v>499280.58</x:v>
+        <x:v>499562.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3602" spans="1:2">
       <x:c r="A3602" s="2">
-        <x:v>40777</x:v>
+        <x:v>40795</x:v>
       </x:c>
       <x:c r="B3602" s="3">
-        <x:v>499269.49</x:v>
+        <x:v>499547.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3603" spans="1:2">
       <x:c r="A3603" s="2">
-        <x:v>40774</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="B3603" s="3">
-        <x:v>499258.4</x:v>
+        <x:v>499501.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3604" spans="1:2">
       <x:c r="A3604" s="2">
-        <x:v>40773</x:v>
+        <x:v>40793</x:v>
       </x:c>
       <x:c r="B3604" s="3">
-        <x:v>499216.76</x:v>
+        <x:v>499485.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3605" spans="1:2">
       <x:c r="A3605" s="2">
-        <x:v>40772</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="B3605" s="3">
-        <x:v>499202.92</x:v>
+        <x:v>499472.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3606" spans="1:2">
       <x:c r="A3606" s="2">
-        <x:v>40771</x:v>
+        <x:v>40791</x:v>
       </x:c>
       <x:c r="B3606" s="3">
-        <x:v>499189.02</x:v>
+        <x:v>499458.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3607" spans="1:2">
       <x:c r="A3607" s="2">
-        <x:v>40767</x:v>
+        <x:v>40788</x:v>
       </x:c>
       <x:c r="B3607" s="3">
-        <x:v>499175.13</x:v>
+        <x:v>499444.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3608" spans="1:2">
       <x:c r="A3608" s="2">
-        <x:v>40766</x:v>
+        <x:v>40787</x:v>
       </x:c>
       <x:c r="B3608" s="3">
-        <x:v>499113.85</x:v>
+        <x:v>499402.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3609" spans="1:2">
       <x:c r="A3609" s="2">
-        <x:v>40765</x:v>
+        <x:v>40786</x:v>
       </x:c>
       <x:c r="B3609" s="3">
-        <x:v>499097.93</x:v>
+        <x:v>499388.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3610" spans="1:2">
       <x:c r="A3610" s="2">
-        <x:v>40764</x:v>
+        <x:v>40785</x:v>
       </x:c>
       <x:c r="B3610" s="3">
-        <x:v>499080.35</x:v>
+        <x:v>499375.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3611" spans="1:2">
       <x:c r="A3611" s="2">
-        <x:v>40763</x:v>
+        <x:v>40784</x:v>
       </x:c>
       <x:c r="B3611" s="3">
-        <x:v>499062.79</x:v>
+        <x:v>499361.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3612" spans="1:2">
       <x:c r="A3612" s="2">
-        <x:v>40760</x:v>
+        <x:v>40781</x:v>
       </x:c>
       <x:c r="B3612" s="3">
-        <x:v>499045.2</x:v>
+        <x:v>499347.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3613" spans="1:2">
       <x:c r="A3613" s="2">
-        <x:v>40759</x:v>
+        <x:v>40780</x:v>
       </x:c>
       <x:c r="B3613" s="3">
-        <x:v>498992.41</x:v>
+        <x:v>499305.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3614" spans="1:2">
       <x:c r="A3614" s="2">
-        <x:v>40758</x:v>
+        <x:v>40779</x:v>
       </x:c>
       <x:c r="B3614" s="3">
-        <x:v>498974.81</x:v>
+        <x:v>499291.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3615" spans="1:2">
       <x:c r="A3615" s="2">
-        <x:v>40757</x:v>
+        <x:v>40778</x:v>
       </x:c>
       <x:c r="B3615" s="3">
-        <x:v>498957.22</x:v>
+        <x:v>499280.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3616" spans="1:2">
       <x:c r="A3616" s="2">
-        <x:v>40756</x:v>
+        <x:v>40777</x:v>
       </x:c>
       <x:c r="B3616" s="3">
-        <x:v>498939.58</x:v>
+        <x:v>499269.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3617" spans="1:2">
       <x:c r="A3617" s="2">
-        <x:v>40753</x:v>
+        <x:v>40774</x:v>
       </x:c>
       <x:c r="B3617" s="3">
-        <x:v>498922.07</x:v>
+        <x:v>499258.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3618" spans="1:2">
       <x:c r="A3618" s="2">
-        <x:v>40752</x:v>
+        <x:v>40773</x:v>
       </x:c>
       <x:c r="B3618" s="3">
-        <x:v>498869.25</x:v>
+        <x:v>499216.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3619" spans="1:2">
       <x:c r="A3619" s="2">
-        <x:v>40751</x:v>
+        <x:v>40772</x:v>
       </x:c>
       <x:c r="B3619" s="3">
-        <x:v>498850.93</x:v>
+        <x:v>499202.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3620" spans="1:2">
       <x:c r="A3620" s="2">
-        <x:v>40750</x:v>
+        <x:v>40771</x:v>
       </x:c>
       <x:c r="B3620" s="3">
-        <x:v>498832.65</x:v>
+        <x:v>499189.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3621" spans="1:2">
       <x:c r="A3621" s="2">
-        <x:v>40749</x:v>
+        <x:v>40767</x:v>
       </x:c>
       <x:c r="B3621" s="3">
-        <x:v>498814.4</x:v>
+        <x:v>499175.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3622" spans="1:2">
       <x:c r="A3622" s="2">
-        <x:v>40746</x:v>
+        <x:v>40766</x:v>
       </x:c>
       <x:c r="B3622" s="3">
-        <x:v>498796.11</x:v>
+        <x:v>499113.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3623" spans="1:2">
       <x:c r="A3623" s="2">
-        <x:v>40745</x:v>
+        <x:v>40765</x:v>
       </x:c>
       <x:c r="B3623" s="3">
-        <x:v>498741.23</x:v>
+        <x:v>499097.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3624" spans="1:2">
       <x:c r="A3624" s="2">
-        <x:v>40744</x:v>
+        <x:v>40764</x:v>
       </x:c>
       <x:c r="B3624" s="3">
-        <x:v>498722.94</x:v>
+        <x:v>499080.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3625" spans="1:2">
       <x:c r="A3625" s="2">
-        <x:v>40743</x:v>
+        <x:v>40763</x:v>
       </x:c>
       <x:c r="B3625" s="3">
-        <x:v>498704.67</x:v>
+        <x:v>499062.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3626" spans="1:2">
       <x:c r="A3626" s="2">
-        <x:v>40742</x:v>
+        <x:v>40760</x:v>
       </x:c>
       <x:c r="B3626" s="3">
-        <x:v>498685.96</x:v>
+        <x:v>499045.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3627" spans="1:2">
       <x:c r="A3627" s="2">
-        <x:v>40739</x:v>
+        <x:v>40759</x:v>
       </x:c>
       <x:c r="B3627" s="3">
-        <x:v>498667.24</x:v>
+        <x:v>498992.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3628" spans="1:2">
       <x:c r="A3628" s="2">
-        <x:v>40737</x:v>
+        <x:v>40758</x:v>
       </x:c>
       <x:c r="B3628" s="3">
-        <x:v>498611.2</x:v>
+        <x:v>498974.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3629" spans="1:2">
       <x:c r="A3629" s="2">
-        <x:v>40736</x:v>
+        <x:v>40757</x:v>
       </x:c>
       <x:c r="B3629" s="3">
-        <x:v>498573.95</x:v>
+        <x:v>498957.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3630" spans="1:2">
       <x:c r="A3630" s="2">
-        <x:v>40735</x:v>
+        <x:v>40756</x:v>
       </x:c>
       <x:c r="B3630" s="3">
-        <x:v>498555.25</x:v>
+        <x:v>498939.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3631" spans="1:2">
       <x:c r="A3631" s="2">
-        <x:v>40732</x:v>
+        <x:v>40753</x:v>
       </x:c>
       <x:c r="B3631" s="3">
-        <x:v>498536.62</x:v>
+        <x:v>498922.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3632" spans="1:2">
       <x:c r="A3632" s="2">
-        <x:v>40731</x:v>
+        <x:v>40752</x:v>
       </x:c>
       <x:c r="B3632" s="3">
-        <x:v>498480.53</x:v>
+        <x:v>498869.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3633" spans="1:2">
       <x:c r="A3633" s="2">
-        <x:v>40730</x:v>
+        <x:v>40751</x:v>
       </x:c>
       <x:c r="B3633" s="3">
-        <x:v>498461.86</x:v>
+        <x:v>498850.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3634" spans="1:2">
       <x:c r="A3634" s="2">
-        <x:v>40729</x:v>
+        <x:v>40750</x:v>
       </x:c>
       <x:c r="B3634" s="3">
-        <x:v>498443.15</x:v>
+        <x:v>498832.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3635" spans="1:2">
       <x:c r="A3635" s="2">
-        <x:v>40728</x:v>
+        <x:v>40749</x:v>
       </x:c>
       <x:c r="B3635" s="3">
-        <x:v>498424.6</x:v>
+        <x:v>498814.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3636" spans="1:2">
       <x:c r="A3636" s="2">
-        <x:v>40725</x:v>
+        <x:v>40746</x:v>
       </x:c>
       <x:c r="B3636" s="3">
-        <x:v>498405.95</x:v>
+        <x:v>498796.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3637" spans="1:2">
       <x:c r="A3637" s="2">
-        <x:v>40724</x:v>
+        <x:v>40745</x:v>
       </x:c>
       <x:c r="B3637" s="3">
-        <x:v>498349.93</x:v>
+        <x:v>498741.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3638" spans="1:2">
       <x:c r="A3638" s="2">
-        <x:v>40723</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="B3638" s="3">
-        <x:v>498331.16</x:v>
+        <x:v>498722.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3639" spans="1:2">
       <x:c r="A3639" s="2">
-        <x:v>40722</x:v>
+        <x:v>40743</x:v>
       </x:c>
       <x:c r="B3639" s="3">
-        <x:v>498312.46</x:v>
+        <x:v>498704.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3640" spans="1:2">
       <x:c r="A3640" s="2">
-        <x:v>40721</x:v>
+        <x:v>40742</x:v>
       </x:c>
       <x:c r="B3640" s="3">
-        <x:v>498293.1</x:v>
+        <x:v>498685.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3641" spans="1:2">
       <x:c r="A3641" s="2">
-        <x:v>40718</x:v>
+        <x:v>40739</x:v>
       </x:c>
       <x:c r="B3641" s="3">
-        <x:v>498273.75</x:v>
+        <x:v>498667.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3642" spans="1:2">
       <x:c r="A3642" s="2">
-        <x:v>40717</x:v>
+        <x:v>40737</x:v>
       </x:c>
       <x:c r="B3642" s="3">
-        <x:v>498212.91</x:v>
+        <x:v>498611.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3643" spans="1:2">
       <x:c r="A3643" s="2">
-        <x:v>40716</x:v>
+        <x:v>40736</x:v>
       </x:c>
       <x:c r="B3643" s="3">
-        <x:v>498192.75</x:v>
+        <x:v>498573.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3644" spans="1:2">
       <x:c r="A3644" s="2">
-        <x:v>40715</x:v>
+        <x:v>40735</x:v>
       </x:c>
       <x:c r="B3644" s="3">
-        <x:v>498172.55</x:v>
+        <x:v>498555.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3645" spans="1:2">
       <x:c r="A3645" s="2">
-        <x:v>40714</x:v>
+        <x:v>40732</x:v>
       </x:c>
       <x:c r="B3645" s="3">
-        <x:v>498152.35</x:v>
+        <x:v>498536.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3646" spans="1:2">
       <x:c r="A3646" s="2">
-        <x:v>40711</x:v>
+        <x:v>40731</x:v>
       </x:c>
       <x:c r="B3646" s="3">
-        <x:v>498132.13</x:v>
+        <x:v>498480.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3647" spans="1:2">
       <x:c r="A3647" s="2">
-        <x:v>40710</x:v>
+        <x:v>40730</x:v>
       </x:c>
       <x:c r="B3647" s="3">
-        <x:v>498071.53</x:v>
+        <x:v>498461.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3648" spans="1:2">
       <x:c r="A3648" s="2">
-        <x:v>40709</x:v>
+        <x:v>40729</x:v>
       </x:c>
       <x:c r="B3648" s="3">
-        <x:v>498051.26</x:v>
+        <x:v>498443.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3649" spans="1:2">
       <x:c r="A3649" s="2">
-        <x:v>40708</x:v>
+        <x:v>40728</x:v>
       </x:c>
       <x:c r="B3649" s="3">
-        <x:v>498031.09</x:v>
+        <x:v>498424.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3650" spans="1:2">
       <x:c r="A3650" s="2">
-        <x:v>40704</x:v>
+        <x:v>40725</x:v>
       </x:c>
       <x:c r="B3650" s="3">
-        <x:v>498010.9</x:v>
+        <x:v>498405.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3651" spans="1:2">
       <x:c r="A3651" s="2">
-        <x:v>40703</x:v>
+        <x:v>40724</x:v>
       </x:c>
       <x:c r="B3651" s="3">
-        <x:v>497930.1</x:v>
+        <x:v>498349.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3652" spans="1:2">
       <x:c r="A3652" s="2">
-        <x:v>40702</x:v>
+        <x:v>40723</x:v>
       </x:c>
       <x:c r="B3652" s="3">
-        <x:v>497909.92</x:v>
+        <x:v>498331.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3653" spans="1:2">
       <x:c r="A3653" s="2">
-        <x:v>40701</x:v>
+        <x:v>40722</x:v>
       </x:c>
       <x:c r="B3653" s="3">
-        <x:v>497889.73</x:v>
+        <x:v>498312.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3654" spans="1:2">
       <x:c r="A3654" s="2">
-        <x:v>40700</x:v>
+        <x:v>40721</x:v>
       </x:c>
       <x:c r="B3654" s="3">
-        <x:v>497869.53</x:v>
+        <x:v>498293.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3655" spans="1:2">
       <x:c r="A3655" s="2">
-        <x:v>40697</x:v>
+        <x:v>40718</x:v>
       </x:c>
       <x:c r="B3655" s="3">
-        <x:v>497849.37</x:v>
+        <x:v>498273.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3656" spans="1:2">
       <x:c r="A3656" s="2">
-        <x:v>40695</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="B3656" s="3">
-        <x:v>497788.82</x:v>
+        <x:v>498212.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3657" spans="1:2">
       <x:c r="A3657" s="2">
-        <x:v>40694</x:v>
+        <x:v>40716</x:v>
       </x:c>
       <x:c r="B3657" s="3">
-        <x:v>497748.63</x:v>
+        <x:v>498192.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3658" spans="1:2">
       <x:c r="A3658" s="2">
-        <x:v>40693</x:v>
+        <x:v>40715</x:v>
       </x:c>
       <x:c r="B3658" s="3">
-        <x:v>497728.39</x:v>
+        <x:v>498172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3659" spans="1:2">
       <x:c r="A3659" s="2">
-        <x:v>40690</x:v>
+        <x:v>40714</x:v>
       </x:c>
       <x:c r="B3659" s="3">
-        <x:v>497708.21</x:v>
+        <x:v>498152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3660" spans="1:2">
       <x:c r="A3660" s="2">
-        <x:v>40689</x:v>
+        <x:v>40711</x:v>
       </x:c>
       <x:c r="B3660" s="3">
-        <x:v>497647.67</x:v>
+        <x:v>498132.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3661" spans="1:2">
       <x:c r="A3661" s="2">
-        <x:v>40688</x:v>
+        <x:v>40710</x:v>
       </x:c>
       <x:c r="B3661" s="3">
-        <x:v>497627.54</x:v>
+        <x:v>498071.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3662" spans="1:2">
       <x:c r="A3662" s="2">
-        <x:v>40687</x:v>
+        <x:v>40709</x:v>
       </x:c>
       <x:c r="B3662" s="3">
-        <x:v>497607.35</x:v>
+        <x:v>498051.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3663" spans="1:2">
       <x:c r="A3663" s="2">
-        <x:v>40686</x:v>
+        <x:v>40708</x:v>
       </x:c>
       <x:c r="B3663" s="3">
-        <x:v>497587.21</x:v>
+        <x:v>498031.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3664" spans="1:2">
       <x:c r="A3664" s="2">
-        <x:v>40683</x:v>
+        <x:v>40704</x:v>
       </x:c>
       <x:c r="B3664" s="3">
-        <x:v>497567.02</x:v>
+        <x:v>498010.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3665" spans="1:2">
       <x:c r="A3665" s="2">
-        <x:v>40682</x:v>
+        <x:v>40703</x:v>
       </x:c>
       <x:c r="B3665" s="3">
-        <x:v>497506.48</x:v>
+        <x:v>497930.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3666" spans="1:2">
       <x:c r="A3666" s="2">
-        <x:v>40681</x:v>
+        <x:v>40702</x:v>
       </x:c>
       <x:c r="B3666" s="3">
-        <x:v>497487.04</x:v>
+        <x:v>497909.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3667" spans="1:2">
       <x:c r="A3667" s="2">
-        <x:v>40680</x:v>
+        <x:v>40701</x:v>
       </x:c>
       <x:c r="B3667" s="3">
-        <x:v>497467.7</x:v>
+        <x:v>497889.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3668" spans="1:2">
       <x:c r="A3668" s="2">
-        <x:v>40679</x:v>
+        <x:v>40700</x:v>
       </x:c>
       <x:c r="B3668" s="3">
-        <x:v>497448.33</x:v>
+        <x:v>497869.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3669" spans="1:2">
       <x:c r="A3669" s="2">
-        <x:v>40676</x:v>
+        <x:v>40697</x:v>
       </x:c>
       <x:c r="B3669" s="3">
-        <x:v>497429</x:v>
+        <x:v>497849.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3670" spans="1:2">
       <x:c r="A3670" s="2">
-        <x:v>40675</x:v>
+        <x:v>40695</x:v>
       </x:c>
       <x:c r="B3670" s="3">
-        <x:v>497371.07</x:v>
+        <x:v>497788.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3671" spans="1:2">
       <x:c r="A3671" s="2">
-        <x:v>40674</x:v>
+        <x:v>40694</x:v>
       </x:c>
       <x:c r="B3671" s="3">
-        <x:v>497351.75</x:v>
+        <x:v>497748.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3672" spans="1:2">
       <x:c r="A3672" s="2">
-        <x:v>40673</x:v>
+        <x:v>40693</x:v>
       </x:c>
       <x:c r="B3672" s="3">
-        <x:v>497332.41</x:v>
+        <x:v>497728.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3673" spans="1:2">
       <x:c r="A3673" s="2">
-        <x:v>40672</x:v>
+        <x:v>40690</x:v>
       </x:c>
       <x:c r="B3673" s="3">
-        <x:v>497313.78</x:v>
+        <x:v>497708.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3674" spans="1:2">
       <x:c r="A3674" s="2">
-        <x:v>40669</x:v>
+        <x:v>40689</x:v>
       </x:c>
       <x:c r="B3674" s="3">
-        <x:v>497295.25</x:v>
+        <x:v>497647.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3675" spans="1:2">
       <x:c r="A3675" s="2">
-        <x:v>40668</x:v>
+        <x:v>40688</x:v>
       </x:c>
       <x:c r="B3675" s="3">
-        <x:v>497239.82</x:v>
+        <x:v>497627.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3676" spans="1:2">
       <x:c r="A3676" s="2">
-        <x:v>40667</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="B3676" s="3">
-        <x:v>497221.23</x:v>
+        <x:v>497607.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3677" spans="1:2">
       <x:c r="A3677" s="2">
-        <x:v>40666</x:v>
+        <x:v>40686</x:v>
       </x:c>
       <x:c r="B3677" s="3">
-        <x:v>497202.7</x:v>
+        <x:v>497587.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3678" spans="1:2">
       <x:c r="A3678" s="2">
-        <x:v>40665</x:v>
+        <x:v>40683</x:v>
       </x:c>
       <x:c r="B3678" s="3">
-        <x:v>497184.19</x:v>
+        <x:v>497567.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3679" spans="1:2">
       <x:c r="A3679" s="2">
-        <x:v>40662</x:v>
+        <x:v>40682</x:v>
       </x:c>
       <x:c r="B3679" s="3">
-        <x:v>497165.79</x:v>
+        <x:v>497506.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3680" spans="1:2">
       <x:c r="A3680" s="2">
-        <x:v>40661</x:v>
+        <x:v>40681</x:v>
       </x:c>
       <x:c r="B3680" s="3">
-        <x:v>497110.14</x:v>
+        <x:v>497487.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3681" spans="1:2">
       <x:c r="A3681" s="2">
-        <x:v>40660</x:v>
+        <x:v>40680</x:v>
       </x:c>
       <x:c r="B3681" s="3">
-        <x:v>498300.2</x:v>
+        <x:v>497467.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3682" spans="1:2">
       <x:c r="A3682" s="2">
-        <x:v>40659</x:v>
+        <x:v>40679</x:v>
       </x:c>
       <x:c r="B3682" s="3">
-        <x:v>498281.65</x:v>
+        <x:v>497448.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3683" spans="1:2">
       <x:c r="A3683" s="2">
-        <x:v>40654</x:v>
+        <x:v>40676</x:v>
       </x:c>
       <x:c r="B3683" s="3">
-        <x:v>498263.1</x:v>
+        <x:v>497429</x:v>
       </x:c>
     </x:row>
     <x:row r="3684" spans="1:2">
       <x:c r="A3684" s="2">
-        <x:v>40653</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="B3684" s="3">
-        <x:v>498170.38</x:v>
+        <x:v>497371.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3685" spans="1:2">
       <x:c r="A3685" s="2">
-        <x:v>40652</x:v>
+        <x:v>40674</x:v>
       </x:c>
       <x:c r="B3685" s="3">
-        <x:v>498151.84</x:v>
+        <x:v>497351.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3686" spans="1:2">
       <x:c r="A3686" s="2">
-        <x:v>40651</x:v>
+        <x:v>40673</x:v>
       </x:c>
       <x:c r="B3686" s="3">
-        <x:v>498133.3</x:v>
+        <x:v>497332.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3687" spans="1:2">
       <x:c r="A3687" s="2">
-        <x:v>40648</x:v>
+        <x:v>40672</x:v>
       </x:c>
       <x:c r="B3687" s="3">
-        <x:v>498114.76</x:v>
+        <x:v>497313.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3688" spans="1:2">
       <x:c r="A3688" s="2">
-        <x:v>40647</x:v>
+        <x:v>40669</x:v>
       </x:c>
       <x:c r="B3688" s="3">
-        <x:v>498057.48</x:v>
+        <x:v>497295.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3689" spans="1:2">
       <x:c r="A3689" s="2">
-        <x:v>40646</x:v>
+        <x:v>40668</x:v>
       </x:c>
       <x:c r="B3689" s="3">
-        <x:v>498038.39</x:v>
+        <x:v>497239.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3690" spans="1:2">
       <x:c r="A3690" s="2">
-        <x:v>40645</x:v>
+        <x:v>40667</x:v>
       </x:c>
       <x:c r="B3690" s="3">
-        <x:v>498019.85</x:v>
+        <x:v>497221.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3691" spans="1:2">
       <x:c r="A3691" s="2">
-        <x:v>40644</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="B3691" s="3">
-        <x:v>498001.31</x:v>
+        <x:v>497202.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3692" spans="1:2">
       <x:c r="A3692" s="2">
-        <x:v>40641</x:v>
+        <x:v>40665</x:v>
       </x:c>
       <x:c r="B3692" s="3">
-        <x:v>497982.77</x:v>
+        <x:v>497184.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3693" spans="1:2">
       <x:c r="A3693" s="2">
-        <x:v>40640</x:v>
+        <x:v>40662</x:v>
       </x:c>
       <x:c r="B3693" s="3">
-        <x:v>497927.17</x:v>
+        <x:v>497165.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3694" spans="1:2">
       <x:c r="A3694" s="2">
-        <x:v>40639</x:v>
+        <x:v>40661</x:v>
       </x:c>
       <x:c r="B3694" s="3">
-        <x:v>497908.64</x:v>
+        <x:v>497110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3695" spans="1:2">
       <x:c r="A3695" s="2">
-        <x:v>40638</x:v>
+        <x:v>40660</x:v>
       </x:c>
       <x:c r="B3695" s="3">
-        <x:v>497890.11</x:v>
+        <x:v>498300.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3696" spans="1:2">
       <x:c r="A3696" s="2">
-        <x:v>40637</x:v>
+        <x:v>40659</x:v>
       </x:c>
       <x:c r="B3696" s="3">
-        <x:v>497871.58</x:v>
+        <x:v>498281.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3697" spans="1:2">
       <x:c r="A3697" s="2">
-        <x:v>40634</x:v>
+        <x:v>40654</x:v>
       </x:c>
       <x:c r="B3697" s="3">
-        <x:v>497853.05</x:v>
+        <x:v>498263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3698" spans="1:2">
       <x:c r="A3698" s="2">
-        <x:v>40633</x:v>
+        <x:v>40653</x:v>
       </x:c>
       <x:c r="B3698" s="3">
-        <x:v>497797.46</x:v>
+        <x:v>498170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3699" spans="1:2">
       <x:c r="A3699" s="2">
-        <x:v>40632</x:v>
+        <x:v>40652</x:v>
       </x:c>
       <x:c r="B3699" s="3">
-        <x:v>497778.93</x:v>
+        <x:v>498151.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3700" spans="1:2">
       <x:c r="A3700" s="2">
-        <x:v>40631</x:v>
+        <x:v>40651</x:v>
       </x:c>
       <x:c r="B3700" s="3">
-        <x:v>497760.4</x:v>
+        <x:v>498133.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3701" spans="1:2">
       <x:c r="A3701" s="2">
-        <x:v>40630</x:v>
+        <x:v>40648</x:v>
       </x:c>
       <x:c r="B3701" s="3">
-        <x:v>497742.43</x:v>
+        <x:v>498114.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3702" spans="1:2">
       <x:c r="A3702" s="2">
-        <x:v>40627</x:v>
+        <x:v>40647</x:v>
       </x:c>
       <x:c r="B3702" s="3">
-        <x:v>497724.46</x:v>
+        <x:v>498057.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3703" spans="1:2">
       <x:c r="A3703" s="2">
-        <x:v>40626</x:v>
+        <x:v>40646</x:v>
       </x:c>
       <x:c r="B3703" s="3">
-        <x:v>497670.55</x:v>
+        <x:v>498038.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3704" spans="1:2">
       <x:c r="A3704" s="2">
-        <x:v>40625</x:v>
+        <x:v>40645</x:v>
       </x:c>
       <x:c r="B3704" s="3">
-        <x:v>497652.58</x:v>
+        <x:v>498019.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3705" spans="1:2">
       <x:c r="A3705" s="2">
-        <x:v>40624</x:v>
+        <x:v>40644</x:v>
       </x:c>
       <x:c r="B3705" s="3">
-        <x:v>497634.61</x:v>
+        <x:v>498001.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3706" spans="1:2">
       <x:c r="A3706" s="2">
-        <x:v>40623</x:v>
+        <x:v>40641</x:v>
       </x:c>
       <x:c r="B3706" s="3">
-        <x:v>497616.64</x:v>
+        <x:v>497982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3707" spans="1:2">
       <x:c r="A3707" s="2">
-        <x:v>40620</x:v>
+        <x:v>40640</x:v>
       </x:c>
       <x:c r="B3707" s="3">
-        <x:v>497600.05</x:v>
+        <x:v>497927.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3708" spans="1:2">
       <x:c r="A3708" s="2">
-        <x:v>40619</x:v>
+        <x:v>40639</x:v>
       </x:c>
       <x:c r="B3708" s="3">
-        <x:v>497550.29</x:v>
+        <x:v>497908.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3709" spans="1:2">
       <x:c r="A3709" s="2">
-        <x:v>40618</x:v>
+        <x:v>40638</x:v>
       </x:c>
       <x:c r="B3709" s="3">
-        <x:v>497533.71</x:v>
+        <x:v>497890.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3710" spans="1:2">
       <x:c r="A3710" s="2">
-        <x:v>40617</x:v>
+        <x:v>40637</x:v>
       </x:c>
       <x:c r="B3710" s="3">
-        <x:v>497517.13</x:v>
+        <x:v>497871.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3711" spans="1:2">
       <x:c r="A3711" s="2">
-        <x:v>40616</x:v>
+        <x:v>40634</x:v>
       </x:c>
       <x:c r="B3711" s="3">
-        <x:v>497500.55</x:v>
+        <x:v>497853.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3712" spans="1:2">
       <x:c r="A3712" s="2">
-        <x:v>40613</x:v>
+        <x:v>40633</x:v>
       </x:c>
       <x:c r="B3712" s="3">
-        <x:v>497483.97</x:v>
+        <x:v>497797.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3713" spans="1:2">
       <x:c r="A3713" s="2">
-        <x:v>40612</x:v>
+        <x:v>40632</x:v>
       </x:c>
       <x:c r="B3713" s="3">
-        <x:v>497434.23</x:v>
+        <x:v>497778.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3714" spans="1:2">
       <x:c r="A3714" s="2">
-        <x:v>40611</x:v>
+        <x:v>40631</x:v>
       </x:c>
       <x:c r="B3714" s="3">
-        <x:v>497417.65</x:v>
+        <x:v>497760.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3715" spans="1:2">
       <x:c r="A3715" s="2">
-        <x:v>40610</x:v>
+        <x:v>40630</x:v>
       </x:c>
       <x:c r="B3715" s="3">
-        <x:v>497401.07</x:v>
+        <x:v>497742.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3716" spans="1:2">
       <x:c r="A3716" s="2">
-        <x:v>40609</x:v>
+        <x:v>40627</x:v>
       </x:c>
       <x:c r="B3716" s="3">
-        <x:v>497384.49</x:v>
+        <x:v>497724.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3717" spans="1:2">
       <x:c r="A3717" s="2">
-        <x:v>40606</x:v>
+        <x:v>40626</x:v>
       </x:c>
       <x:c r="B3717" s="3">
-        <x:v>497367.91</x:v>
+        <x:v>497670.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3718" spans="1:2">
       <x:c r="A3718" s="2">
-        <x:v>40605</x:v>
+        <x:v>40625</x:v>
       </x:c>
       <x:c r="B3718" s="3">
-        <x:v>497318.18</x:v>
+        <x:v>497652.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3719" spans="1:2">
       <x:c r="A3719" s="2">
-        <x:v>40604</x:v>
+        <x:v>40624</x:v>
       </x:c>
       <x:c r="B3719" s="3">
-        <x:v>497301.6</x:v>
+        <x:v>497634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3720" spans="1:2">
       <x:c r="A3720" s="2">
-        <x:v>40603</x:v>
+        <x:v>40623</x:v>
       </x:c>
       <x:c r="B3720" s="3">
-        <x:v>497285.02</x:v>
+        <x:v>497616.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3721" spans="1:2">
       <x:c r="A3721" s="2">
-        <x:v>40602</x:v>
+        <x:v>40620</x:v>
       </x:c>
       <x:c r="B3721" s="3">
-        <x:v>497268.44</x:v>
+        <x:v>497600.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3722" spans="1:2">
       <x:c r="A3722" s="2">
-        <x:v>40599</x:v>
+        <x:v>40619</x:v>
       </x:c>
       <x:c r="B3722" s="3">
-        <x:v>497251.86</x:v>
+        <x:v>497550.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3723" spans="1:2">
       <x:c r="A3723" s="2">
-        <x:v>40598</x:v>
+        <x:v>40618</x:v>
       </x:c>
       <x:c r="B3723" s="3">
-        <x:v>497202.14</x:v>
+        <x:v>497533.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3724" spans="1:2">
       <x:c r="A3724" s="2">
-        <x:v>40597</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="B3724" s="3">
-        <x:v>497185.57</x:v>
+        <x:v>497517.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3725" spans="1:2">
       <x:c r="A3725" s="2">
-        <x:v>40596</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="B3725" s="3">
-        <x:v>497169</x:v>
+        <x:v>497500.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3726" spans="1:2">
       <x:c r="A3726" s="2">
-        <x:v>40595</x:v>
+        <x:v>40613</x:v>
       </x:c>
       <x:c r="B3726" s="3">
-        <x:v>497152.43</x:v>
+        <x:v>497483.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3727" spans="1:2">
       <x:c r="A3727" s="2">
-        <x:v>40592</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="B3727" s="3">
-        <x:v>497135.86</x:v>
+        <x:v>497434.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3728" spans="1:2">
       <x:c r="A3728" s="2">
-        <x:v>40591</x:v>
+        <x:v>40611</x:v>
       </x:c>
       <x:c r="B3728" s="3">
-        <x:v>497086.15</x:v>
+        <x:v>497417.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3729" spans="1:2">
       <x:c r="A3729" s="2">
-        <x:v>40590</x:v>
+        <x:v>40610</x:v>
       </x:c>
       <x:c r="B3729" s="3">
-        <x:v>497069.58</x:v>
+        <x:v>497401.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3730" spans="1:2">
       <x:c r="A3730" s="2">
-        <x:v>40589</x:v>
+        <x:v>40609</x:v>
       </x:c>
       <x:c r="B3730" s="3">
-        <x:v>497053.01</x:v>
+        <x:v>497384.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3731" spans="1:2">
       <x:c r="A3731" s="2">
-        <x:v>40588</x:v>
+        <x:v>40606</x:v>
       </x:c>
       <x:c r="B3731" s="3">
-        <x:v>497036.44</x:v>
+        <x:v>497367.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3732" spans="1:2">
       <x:c r="A3732" s="2">
-        <x:v>40585</x:v>
+        <x:v>40605</x:v>
       </x:c>
       <x:c r="B3732" s="3">
-        <x:v>497021.25</x:v>
+        <x:v>497318.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3733" spans="1:2">
       <x:c r="A3733" s="2">
-        <x:v>40584</x:v>
+        <x:v>40604</x:v>
       </x:c>
       <x:c r="B3733" s="3">
-        <x:v>496975.69</x:v>
+        <x:v>497301.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3734" spans="1:2">
       <x:c r="A3734" s="2">
-        <x:v>40583</x:v>
+        <x:v>40603</x:v>
       </x:c>
       <x:c r="B3734" s="3">
-        <x:v>496960.51</x:v>
+        <x:v>497285.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3735" spans="1:2">
       <x:c r="A3735" s="2">
-        <x:v>40582</x:v>
+        <x:v>40602</x:v>
       </x:c>
       <x:c r="B3735" s="3">
-        <x:v>496945.33</x:v>
+        <x:v>497268.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3736" spans="1:2">
       <x:c r="A3736" s="2">
-        <x:v>40581</x:v>
+        <x:v>40599</x:v>
       </x:c>
       <x:c r="B3736" s="3">
-        <x:v>496930.15</x:v>
+        <x:v>497251.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3737" spans="1:2">
       <x:c r="A3737" s="2">
-        <x:v>40578</x:v>
+        <x:v>40598</x:v>
       </x:c>
       <x:c r="B3737" s="3">
-        <x:v>496914.97</x:v>
+        <x:v>497202.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3738" spans="1:2">
       <x:c r="A3738" s="2">
-        <x:v>40577</x:v>
+        <x:v>40597</x:v>
       </x:c>
       <x:c r="B3738" s="3">
-        <x:v>496869.42</x:v>
+        <x:v>497185.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3739" spans="1:2">
       <x:c r="A3739" s="2">
-        <x:v>40576</x:v>
+        <x:v>40596</x:v>
       </x:c>
       <x:c r="B3739" s="3">
-        <x:v>496854.24</x:v>
+        <x:v>497169</x:v>
       </x:c>
     </x:row>
     <x:row r="3740" spans="1:2">
       <x:c r="A3740" s="2">
-        <x:v>40575</x:v>
+        <x:v>40595</x:v>
       </x:c>
       <x:c r="B3740" s="3">
-        <x:v>496839.06</x:v>
+        <x:v>497152.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3741" spans="1:2">
       <x:c r="A3741" s="2">
-        <x:v>40574</x:v>
+        <x:v>40592</x:v>
       </x:c>
       <x:c r="B3741" s="3">
-        <x:v>496823.88</x:v>
+        <x:v>497135.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3742" spans="1:2">
       <x:c r="A3742" s="2">
-        <x:v>40571</x:v>
+        <x:v>40591</x:v>
       </x:c>
       <x:c r="B3742" s="3">
-        <x:v>496810.08</x:v>
+        <x:v>497086.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3743" spans="1:2">
       <x:c r="A3743" s="2">
-        <x:v>40570</x:v>
+        <x:v>40590</x:v>
       </x:c>
       <x:c r="B3743" s="3">
-        <x:v>496768.68</x:v>
+        <x:v>497069.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3744" spans="1:2">
       <x:c r="A3744" s="2">
-        <x:v>40569</x:v>
+        <x:v>40589</x:v>
       </x:c>
       <x:c r="B3744" s="3">
-        <x:v>496754.88</x:v>
+        <x:v>497053.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3745" spans="1:2">
       <x:c r="A3745" s="2">
-        <x:v>40568</x:v>
+        <x:v>40588</x:v>
       </x:c>
       <x:c r="B3745" s="3">
-        <x:v>496741.08</x:v>
+        <x:v>497036.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3746" spans="1:2">
       <x:c r="A3746" s="2">
-        <x:v>40567</x:v>
+        <x:v>40585</x:v>
       </x:c>
       <x:c r="B3746" s="3">
-        <x:v>496727.83</x:v>
+        <x:v>497021.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3747" spans="1:2">
       <x:c r="A3747" s="2">
-        <x:v>40564</x:v>
+        <x:v>40584</x:v>
       </x:c>
       <x:c r="B3747" s="3">
-        <x:v>496714.58</x:v>
+        <x:v>496975.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3748" spans="1:2">
       <x:c r="A3748" s="2">
-        <x:v>40563</x:v>
+        <x:v>40583</x:v>
       </x:c>
       <x:c r="B3748" s="3">
-        <x:v>496674.85</x:v>
+        <x:v>496960.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3749" spans="1:2">
       <x:c r="A3749" s="2">
-        <x:v>40562</x:v>
+        <x:v>40582</x:v>
       </x:c>
       <x:c r="B3749" s="3">
-        <x:v>496661.61</x:v>
+        <x:v>496945.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3750" spans="1:2">
       <x:c r="A3750" s="2">
-        <x:v>40561</x:v>
+        <x:v>40581</x:v>
       </x:c>
       <x:c r="B3750" s="3">
-        <x:v>496648.37</x:v>
+        <x:v>496930.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3751" spans="1:2">
       <x:c r="A3751" s="2">
-        <x:v>40560</x:v>
+        <x:v>40578</x:v>
       </x:c>
       <x:c r="B3751" s="3">
-        <x:v>496635.13</x:v>
+        <x:v>496914.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3752" spans="1:2">
       <x:c r="A3752" s="2">
-        <x:v>40557</x:v>
+        <x:v>40577</x:v>
       </x:c>
       <x:c r="B3752" s="3">
-        <x:v>496623.27</x:v>
+        <x:v>496869.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3753" spans="1:2">
       <x:c r="A3753" s="2">
-        <x:v>40556</x:v>
+        <x:v>40576</x:v>
       </x:c>
       <x:c r="B3753" s="3">
-        <x:v>496587.68</x:v>
+        <x:v>496854.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3754" spans="1:2">
       <x:c r="A3754" s="2">
-        <x:v>40555</x:v>
+        <x:v>40575</x:v>
       </x:c>
       <x:c r="B3754" s="3">
-        <x:v>496575.82</x:v>
+        <x:v>496839.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3755" spans="1:2">
       <x:c r="A3755" s="2">
-        <x:v>40554</x:v>
+        <x:v>40574</x:v>
       </x:c>
       <x:c r="B3755" s="3">
-        <x:v>496563.96</x:v>
+        <x:v>496823.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3756" spans="1:2">
       <x:c r="A3756" s="2">
-        <x:v>40553</x:v>
+        <x:v>40571</x:v>
       </x:c>
       <x:c r="B3756" s="3">
-        <x:v>496552.1</x:v>
+        <x:v>496810.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3757" spans="1:2">
       <x:c r="A3757" s="2">
-        <x:v>40550</x:v>
+        <x:v>40570</x:v>
       </x:c>
       <x:c r="B3757" s="3">
-        <x:v>496540.24</x:v>
+        <x:v>496768.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3758" spans="1:2">
       <x:c r="A3758" s="2">
-        <x:v>40549</x:v>
+        <x:v>40569</x:v>
       </x:c>
       <x:c r="B3758" s="3">
-        <x:v>496504.66</x:v>
+        <x:v>496754.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3759" spans="1:2">
       <x:c r="A3759" s="2">
-        <x:v>40548</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="B3759" s="3">
-        <x:v>496492.8</x:v>
+        <x:v>496741.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3760" spans="1:2">
       <x:c r="A3760" s="2">
-        <x:v>40547</x:v>
+        <x:v>40567</x:v>
       </x:c>
       <x:c r="B3760" s="3">
-        <x:v>496480.94</x:v>
+        <x:v>496727.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3761" spans="1:2">
       <x:c r="A3761" s="2">
-        <x:v>40546</x:v>
+        <x:v>40564</x:v>
       </x:c>
       <x:c r="B3761" s="3">
-        <x:v>496469.08</x:v>
+        <x:v>496714.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3762" spans="1:2">
       <x:c r="A3762" s="2">
-        <x:v>40543</x:v>
+        <x:v>40563</x:v>
       </x:c>
       <x:c r="B3762" s="3">
-        <x:v>496457.22</x:v>
+        <x:v>496674.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3763" spans="1:2">
       <x:c r="A3763" s="2">
-        <x:v>40542</x:v>
+        <x:v>40562</x:v>
       </x:c>
       <x:c r="B3763" s="3">
-        <x:v>496421.64</x:v>
+        <x:v>496661.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3764" spans="1:2">
       <x:c r="A3764" s="2">
-        <x:v>40541</x:v>
+        <x:v>40561</x:v>
       </x:c>
       <x:c r="B3764" s="3">
-        <x:v>496409.78</x:v>
+        <x:v>496648.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3765" spans="1:2">
       <x:c r="A3765" s="2">
-        <x:v>40540</x:v>
+        <x:v>40560</x:v>
       </x:c>
       <x:c r="B3765" s="3">
-        <x:v>496397.92</x:v>
+        <x:v>496635.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3766" spans="1:2">
       <x:c r="A3766" s="2">
-        <x:v>40539</x:v>
+        <x:v>40557</x:v>
       </x:c>
       <x:c r="B3766" s="3">
-        <x:v>496386.06</x:v>
+        <x:v>496623.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3767" spans="1:2">
       <x:c r="A3767" s="2">
-        <x:v>40536</x:v>
+        <x:v>40556</x:v>
       </x:c>
       <x:c r="B3767" s="3">
-        <x:v>496374.2</x:v>
+        <x:v>496587.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3768" spans="1:2">
       <x:c r="A3768" s="2">
-        <x:v>40535</x:v>
+        <x:v>40555</x:v>
       </x:c>
       <x:c r="B3768" s="3">
-        <x:v>496338.63</x:v>
+        <x:v>496575.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3769" spans="1:2">
       <x:c r="A3769" s="2">
-        <x:v>40534</x:v>
+        <x:v>40554</x:v>
       </x:c>
       <x:c r="B3769" s="3">
-        <x:v>496326.77</x:v>
+        <x:v>496563.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3770" spans="1:2">
       <x:c r="A3770" s="2">
-        <x:v>40533</x:v>
+        <x:v>40553</x:v>
       </x:c>
       <x:c r="B3770" s="3">
-        <x:v>496314.78</x:v>
+        <x:v>496552.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3771" spans="1:2">
       <x:c r="A3771" s="2">
-        <x:v>40532</x:v>
+        <x:v>40550</x:v>
       </x:c>
       <x:c r="B3771" s="3">
-        <x:v>496302.79</x:v>
+        <x:v>496540.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3772" spans="1:2">
       <x:c r="A3772" s="2">
-        <x:v>40529</x:v>
+        <x:v>40549</x:v>
       </x:c>
       <x:c r="B3772" s="3">
-        <x:v>496290.8</x:v>
+        <x:v>496504.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3773" spans="1:2">
       <x:c r="A3773" s="2">
-        <x:v>40528</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="B3773" s="3">
-        <x:v>496254.82</x:v>
+        <x:v>496492.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3774" spans="1:2">
       <x:c r="A3774" s="2">
-        <x:v>40527</x:v>
+        <x:v>40547</x:v>
       </x:c>
       <x:c r="B3774" s="3">
-        <x:v>496242.83</x:v>
+        <x:v>496480.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3775" spans="1:2">
       <x:c r="A3775" s="2">
-        <x:v>40526</x:v>
+        <x:v>40546</x:v>
       </x:c>
       <x:c r="B3775" s="3">
-        <x:v>496230.84</x:v>
+        <x:v>496469.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3776" spans="1:2">
       <x:c r="A3776" s="2">
-        <x:v>40525</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="B3776" s="3">
-        <x:v>496218.85</x:v>
+        <x:v>496457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3777" spans="1:2">
       <x:c r="A3777" s="2">
-        <x:v>40522</x:v>
+        <x:v>40542</x:v>
       </x:c>
       <x:c r="B3777" s="3">
-        <x:v>496206.86</x:v>
+        <x:v>496421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3778" spans="1:2">
       <x:c r="A3778" s="2">
-        <x:v>40521</x:v>
+        <x:v>40541</x:v>
       </x:c>
       <x:c r="B3778" s="3">
-        <x:v>496170.89</x:v>
+        <x:v>496409.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3779" spans="1:2">
       <x:c r="A3779" s="2">
-        <x:v>40520</x:v>
+        <x:v>40540</x:v>
       </x:c>
       <x:c r="B3779" s="3">
-        <x:v>496158.9</x:v>
+        <x:v>496397.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3780" spans="1:2">
       <x:c r="A3780" s="2">
-        <x:v>40519</x:v>
+        <x:v>40539</x:v>
       </x:c>
       <x:c r="B3780" s="3">
-        <x:v>496146.91</x:v>
+        <x:v>496386.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3781" spans="1:2">
       <x:c r="A3781" s="2">
-        <x:v>40518</x:v>
+        <x:v>40536</x:v>
       </x:c>
       <x:c r="B3781" s="3">
-        <x:v>496135.61</x:v>
+        <x:v>496374.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3782" spans="1:2">
       <x:c r="A3782" s="2">
-        <x:v>40515</x:v>
+        <x:v>40535</x:v>
       </x:c>
       <x:c r="B3782" s="3">
-        <x:v>496124.31</x:v>
+        <x:v>496338.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3783" spans="1:2">
       <x:c r="A3783" s="2">
-        <x:v>40514</x:v>
+        <x:v>40534</x:v>
       </x:c>
       <x:c r="B3783" s="3">
-        <x:v>496090.41</x:v>
+        <x:v>496326.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3784" spans="1:2">
       <x:c r="A3784" s="2">
-        <x:v>40513</x:v>
+        <x:v>40533</x:v>
       </x:c>
       <x:c r="B3784" s="3">
-        <x:v>496079.11</x:v>
+        <x:v>496314.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3785" spans="1:2">
       <x:c r="A3785" s="2">
-        <x:v>40512</x:v>
+        <x:v>40532</x:v>
       </x:c>
       <x:c r="B3785" s="3">
-        <x:v>496067.81</x:v>
+        <x:v>496302.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3786" spans="1:2">
       <x:c r="A3786" s="2">
-        <x:v>40511</x:v>
+        <x:v>40529</x:v>
       </x:c>
       <x:c r="B3786" s="3">
-        <x:v>496055.82</x:v>
+        <x:v>496290.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3787" spans="1:2">
       <x:c r="A3787" s="2">
-        <x:v>40508</x:v>
+        <x:v>40528</x:v>
       </x:c>
       <x:c r="B3787" s="3">
-        <x:v>496043.83</x:v>
+        <x:v>496254.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3788" spans="1:2">
       <x:c r="A3788" s="2">
-        <x:v>40507</x:v>
+        <x:v>40527</x:v>
       </x:c>
       <x:c r="B3788" s="3">
-        <x:v>496007.87</x:v>
+        <x:v>496242.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3789" spans="1:2">
       <x:c r="A3789" s="2">
-        <x:v>40506</x:v>
+        <x:v>40526</x:v>
       </x:c>
       <x:c r="B3789" s="3">
-        <x:v>495995.19</x:v>
+        <x:v>496230.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3790" spans="1:2">
       <x:c r="A3790" s="2">
-        <x:v>40505</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="B3790" s="3">
-        <x:v>495982.51</x:v>
+        <x:v>496218.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3791" spans="1:2">
       <x:c r="A3791" s="2">
-        <x:v>40504</x:v>
+        <x:v>40522</x:v>
       </x:c>
       <x:c r="B3791" s="3">
-        <x:v>495969.84</x:v>
+        <x:v>496206.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3792" spans="1:2">
       <x:c r="A3792" s="2">
-        <x:v>40501</x:v>
+        <x:v>40521</x:v>
       </x:c>
       <x:c r="B3792" s="3">
-        <x:v>495956.75</x:v>
+        <x:v>496170.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3793" spans="1:2">
       <x:c r="A3793" s="2">
-        <x:v>40500</x:v>
+        <x:v>40520</x:v>
       </x:c>
       <x:c r="B3793" s="3">
-        <x:v>495917.49</x:v>
+        <x:v>496158.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3794" spans="1:2">
       <x:c r="A3794" s="2">
-        <x:v>40499</x:v>
+        <x:v>40519</x:v>
       </x:c>
       <x:c r="B3794" s="3">
-        <x:v>495904.4</x:v>
+        <x:v>496146.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3795" spans="1:2">
       <x:c r="A3795" s="2">
-        <x:v>40498</x:v>
+        <x:v>40518</x:v>
       </x:c>
       <x:c r="B3795" s="3">
-        <x:v>495891.31</x:v>
+        <x:v>496135.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3796" spans="1:2">
       <x:c r="A3796" s="2">
-        <x:v>40497</x:v>
+        <x:v>40515</x:v>
       </x:c>
       <x:c r="B3796" s="3">
-        <x:v>495877.54</x:v>
+        <x:v>496124.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3797" spans="1:2">
       <x:c r="A3797" s="2">
-        <x:v>40494</x:v>
+        <x:v>40514</x:v>
       </x:c>
       <x:c r="B3797" s="3">
-        <x:v>495863.77</x:v>
+        <x:v>496090.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3798" spans="1:2">
       <x:c r="A3798" s="2">
-        <x:v>40492</x:v>
+        <x:v>40513</x:v>
       </x:c>
       <x:c r="B3798" s="3">
-        <x:v>495822.45</x:v>
+        <x:v>496079.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3799" spans="1:2">
       <x:c r="A3799" s="2">
-        <x:v>40491</x:v>
+        <x:v>40512</x:v>
       </x:c>
       <x:c r="B3799" s="3">
-        <x:v>495794.91</x:v>
+        <x:v>496067.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3800" spans="1:2">
       <x:c r="A3800" s="2">
-        <x:v>40490</x:v>
+        <x:v>40511</x:v>
       </x:c>
       <x:c r="B3800" s="3">
-        <x:v>495781.14</x:v>
+        <x:v>496055.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3801" spans="1:2">
       <x:c r="A3801" s="2">
-        <x:v>40487</x:v>
+        <x:v>40508</x:v>
       </x:c>
       <x:c r="B3801" s="3">
-        <x:v>495767.37</x:v>
+        <x:v>496043.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3802" spans="1:2">
       <x:c r="A3802" s="2">
-        <x:v>40486</x:v>
+        <x:v>40507</x:v>
       </x:c>
       <x:c r="B3802" s="3">
-        <x:v>495726.06</x:v>
+        <x:v>496007.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3803" spans="1:2">
       <x:c r="A3803" s="2">
-        <x:v>40485</x:v>
+        <x:v>40506</x:v>
       </x:c>
       <x:c r="B3803" s="3">
-        <x:v>495712.29</x:v>
+        <x:v>495995.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3804" spans="1:2">
       <x:c r="A3804" s="2">
-        <x:v>40484</x:v>
+        <x:v>40505</x:v>
       </x:c>
       <x:c r="B3804" s="3">
-        <x:v>495698.52</x:v>
+        <x:v>495982.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3805" spans="1:2">
       <x:c r="A3805" s="2">
-        <x:v>40480</x:v>
+        <x:v>40504</x:v>
       </x:c>
       <x:c r="B3805" s="3">
-        <x:v>495684.75</x:v>
+        <x:v>495969.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3806" spans="1:2">
       <x:c r="A3806" s="2">
-        <x:v>40479</x:v>
+        <x:v>40501</x:v>
       </x:c>
       <x:c r="B3806" s="3">
-        <x:v>495629.68</x:v>
+        <x:v>495956.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3807" spans="1:2">
       <x:c r="A3807" s="2">
-        <x:v>40478</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="B3807" s="3">
-        <x:v>495615.91</x:v>
+        <x:v>495917.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3808" spans="1:2">
       <x:c r="A3808" s="2">
-        <x:v>40477</x:v>
+        <x:v>40499</x:v>
       </x:c>
       <x:c r="B3808" s="3">
-        <x:v>495601.45</x:v>
+        <x:v>495904.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3809" spans="1:2">
       <x:c r="A3809" s="2">
-        <x:v>40476</x:v>
+        <x:v>40498</x:v>
       </x:c>
       <x:c r="B3809" s="3">
-        <x:v>495587</x:v>
+        <x:v>495891.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3810" spans="1:2">
       <x:c r="A3810" s="2">
-        <x:v>40473</x:v>
+        <x:v>40497</x:v>
       </x:c>
       <x:c r="B3810" s="3">
-        <x:v>495572.55</x:v>
+        <x:v>495877.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3811" spans="1:2">
       <x:c r="A3811" s="2">
-        <x:v>40472</x:v>
+        <x:v>40494</x:v>
       </x:c>
       <x:c r="B3811" s="3">
-        <x:v>495529.19</x:v>
+        <x:v>495863.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3812" spans="1:2">
       <x:c r="A3812" s="2">
-        <x:v>40471</x:v>
+        <x:v>40492</x:v>
       </x:c>
       <x:c r="B3812" s="3">
-        <x:v>495514.74</x:v>
+        <x:v>495822.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3813" spans="1:2">
       <x:c r="A3813" s="2">
-        <x:v>40470</x:v>
+        <x:v>40491</x:v>
       </x:c>
       <x:c r="B3813" s="3">
-        <x:v>495500.29</x:v>
+        <x:v>495794.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3814" spans="1:2">
       <x:c r="A3814" s="2">
-        <x:v>40469</x:v>
+        <x:v>40490</x:v>
       </x:c>
       <x:c r="B3814" s="3">
-        <x:v>495485.84</x:v>
+        <x:v>495781.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3815" spans="1:2">
       <x:c r="A3815" s="2">
-        <x:v>40466</x:v>
+        <x:v>40487</x:v>
       </x:c>
       <x:c r="B3815" s="3">
-        <x:v>495471.39</x:v>
+        <x:v>495767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3816" spans="1:2">
       <x:c r="A3816" s="2">
-        <x:v>40465</x:v>
+        <x:v>40486</x:v>
       </x:c>
       <x:c r="B3816" s="3">
-        <x:v>495428.04</x:v>
+        <x:v>495726.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3817" spans="1:2">
       <x:c r="A3817" s="2">
-        <x:v>40464</x:v>
+        <x:v>40485</x:v>
       </x:c>
       <x:c r="B3817" s="3">
-        <x:v>495413.59</x:v>
+        <x:v>495712.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3818" spans="1:2">
       <x:c r="A3818" s="2">
-        <x:v>40463</x:v>
+        <x:v>40484</x:v>
       </x:c>
       <x:c r="B3818" s="3">
-        <x:v>495399.14</x:v>
+        <x:v>495698.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3819" spans="1:2">
       <x:c r="A3819" s="2">
+        <x:v>40480</x:v>
+      </x:c>
+      <x:c r="B3819" s="3">
+        <x:v>495684.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3820" spans="1:2">
+      <x:c r="A3820" s="2">
+        <x:v>40479</x:v>
+      </x:c>
+      <x:c r="B3820" s="3">
+        <x:v>495629.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3821" spans="1:2">
+      <x:c r="A3821" s="2">
+        <x:v>40478</x:v>
+      </x:c>
+      <x:c r="B3821" s="3">
+        <x:v>495615.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3822" spans="1:2">
+      <x:c r="A3822" s="2">
+        <x:v>40477</x:v>
+      </x:c>
+      <x:c r="B3822" s="3">
+        <x:v>495601.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3823" spans="1:2">
+      <x:c r="A3823" s="2">
+        <x:v>40476</x:v>
+      </x:c>
+      <x:c r="B3823" s="3">
+        <x:v>495587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3824" spans="1:2">
+      <x:c r="A3824" s="2">
+        <x:v>40473</x:v>
+      </x:c>
+      <x:c r="B3824" s="3">
+        <x:v>495572.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3825" spans="1:2">
+      <x:c r="A3825" s="2">
+        <x:v>40472</x:v>
+      </x:c>
+      <x:c r="B3825" s="3">
+        <x:v>495529.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3826" spans="1:2">
+      <x:c r="A3826" s="2">
+        <x:v>40471</x:v>
+      </x:c>
+      <x:c r="B3826" s="3">
+        <x:v>495514.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3827" spans="1:2">
+      <x:c r="A3827" s="2">
+        <x:v>40470</x:v>
+      </x:c>
+      <x:c r="B3827" s="3">
+        <x:v>495500.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3828" spans="1:2">
+      <x:c r="A3828" s="2">
+        <x:v>40469</x:v>
+      </x:c>
+      <x:c r="B3828" s="3">
+        <x:v>495485.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3829" spans="1:2">
+      <x:c r="A3829" s="2">
+        <x:v>40466</x:v>
+      </x:c>
+      <x:c r="B3829" s="3">
+        <x:v>495471.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3830" spans="1:2">
+      <x:c r="A3830" s="2">
+        <x:v>40465</x:v>
+      </x:c>
+      <x:c r="B3830" s="3">
+        <x:v>495428.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3831" spans="1:2">
+      <x:c r="A3831" s="2">
+        <x:v>40464</x:v>
+      </x:c>
+      <x:c r="B3831" s="3">
+        <x:v>495413.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3832" spans="1:2">
+      <x:c r="A3832" s="2">
+        <x:v>40463</x:v>
+      </x:c>
+      <x:c r="B3832" s="3">
+        <x:v>495399.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3833" spans="1:2">
+      <x:c r="A3833" s="2">
         <x:v>40462</x:v>
       </x:c>
-      <x:c r="B3819" s="3">
+      <x:c r="B3833" s="3">
         <x:v>495384.69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0010948190</vt:lpstr>
       <vt:lpstr>nav - FR0010948190!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0010948190!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>