--- v3 (2026-01-30)
+++ v4 (2026-02-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea627259d1924738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba543c0dec9c46c3ad48170ef4fd4fff.psmdcp" Id="R11745a8f05564820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed5a83b37de4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cef3c55e7cf844c5992fe6cc58f00e00.psmdcp" Id="R13b668d7d1384bf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0010948190" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,30721 +420,30849 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B3833"/>
+  <x:dimension ref="A1:B3849"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>46051</x:v>
+        <x:v>46073</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>502122.94</x:v>
+        <x:v>502804.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>46050</x:v>
+        <x:v>46072</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>502094.14</x:v>
+        <x:v>502717.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>46049</x:v>
+        <x:v>46071</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>502065.55</x:v>
+        <x:v>502688.94</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>46048</x:v>
+        <x:v>46070</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>502036.6</x:v>
+        <x:v>502659.37</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>46045</x:v>
+        <x:v>46069</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>502005.55</x:v>
+        <x:v>502631.14</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>46044</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>501922.96</x:v>
+        <x:v>502599.91</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>46043</x:v>
+        <x:v>46065</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>501896.14</x:v>
+        <x:v>502516.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>46042</x:v>
+        <x:v>46064</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>501869.64</x:v>
+        <x:v>502485.85</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>46041</x:v>
+        <x:v>46063</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>501841.89</x:v>
+        <x:v>502457.25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>46038</x:v>
+        <x:v>46062</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>501810.7</x:v>
+        <x:v>502428.89</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>46037</x:v>
+        <x:v>46059</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>501725.2</x:v>
+        <x:v>502396.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>46036</x:v>
+        <x:v>46058</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>501697.83</x:v>
+        <x:v>502313.69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>46035</x:v>
+        <x:v>46057</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>501669.22</x:v>
+        <x:v>502285.72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>46034</x:v>
+        <x:v>46056</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>501639.24</x:v>
+        <x:v>502259.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>46031</x:v>
+        <x:v>46055</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>501609.19</x:v>
+        <x:v>502231.02</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>46030</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>501530.93</x:v>
+        <x:v>502202.17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>46029</x:v>
+        <x:v>46051</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>501502.51</x:v>
+        <x:v>502122.94</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>46028</x:v>
+        <x:v>46050</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>501469.41</x:v>
+        <x:v>502094.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>46027</x:v>
+        <x:v>46049</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>501442.95</x:v>
+        <x:v>502065.55</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>46024</x:v>
+        <x:v>46048</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>501413.05</x:v>
+        <x:v>502036.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>46022</x:v>
+        <x:v>46045</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>501328.99</x:v>
+        <x:v>502005.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>46021</x:v>
+        <x:v>46044</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>501272.26</x:v>
+        <x:v>501922.96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>46020</x:v>
+        <x:v>46043</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>501242.96</x:v>
+        <x:v>501896.14</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>46015</x:v>
+        <x:v>46042</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>501209.86</x:v>
+        <x:v>501869.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>46014</x:v>
+        <x:v>46041</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>501075.3</x:v>
+        <x:v>501841.89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>46013</x:v>
+        <x:v>46038</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>501047.02</x:v>
+        <x:v>501810.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>46010</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>501004.89</x:v>
+        <x:v>501725.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>46009</x:v>
+        <x:v>46036</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>500919.95</x:v>
+        <x:v>501697.83</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>46008</x:v>
+        <x:v>46035</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>500889.68</x:v>
+        <x:v>501669.22</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>46007</x:v>
+        <x:v>46034</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>500859.73</x:v>
+        <x:v>501639.24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>46006</x:v>
+        <x:v>46031</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>500829.54</x:v>
+        <x:v>501609.19</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>46003</x:v>
+        <x:v>46030</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>500797.74</x:v>
+        <x:v>501530.93</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>46002</x:v>
+        <x:v>46029</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>500707.75</x:v>
+        <x:v>501502.51</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>46001</x:v>
+        <x:v>46028</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>500676.05</x:v>
+        <x:v>501469.41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>46000</x:v>
+        <x:v>46027</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>500648.11</x:v>
+        <x:v>501442.95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45999</x:v>
+        <x:v>46024</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>500618.72</x:v>
+        <x:v>501413.05</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45996</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>500587.18</x:v>
+        <x:v>501328.99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45995</x:v>
+        <x:v>46021</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>500504.46</x:v>
+        <x:v>501272.26</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45994</x:v>
+        <x:v>46020</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>500476.09</x:v>
+        <x:v>501242.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45993</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>500447.42</x:v>
+        <x:v>501209.86</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45992</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>500418.54</x:v>
+        <x:v>501075.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45989</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>500388.53</x:v>
+        <x:v>501047.02</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45988</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>500303.7</x:v>
+        <x:v>501004.89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45987</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>500273.4</x:v>
+        <x:v>500919.95</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45986</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>500244.73</x:v>
+        <x:v>500889.68</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45985</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>500214.3</x:v>
+        <x:v>500859.73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45982</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>500183.39</x:v>
+        <x:v>500829.54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45981</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>500104.87</x:v>
+        <x:v>500797.74</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45980</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>500076.65</x:v>
+        <x:v>500707.75</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45979</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>500048.46</x:v>
+        <x:v>500676.05</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45978</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>500019.64</x:v>
+        <x:v>500648.11</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45975</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>499986.94</x:v>
+        <x:v>500618.72</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45974</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>499900.67</x:v>
+        <x:v>500587.18</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45973</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>499872.8</x:v>
+        <x:v>500504.46</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45971</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>499841.5</x:v>
+        <x:v>500476.09</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45968</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>499782.59</x:v>
+        <x:v>500447.42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45967</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>499701.83</x:v>
+        <x:v>500418.54</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45966</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>499673.63</x:v>
+        <x:v>500388.53</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45965</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>499645.26</x:v>
+        <x:v>500303.7</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45964</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>499616.18</x:v>
+        <x:v>500273.4</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45961</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>499585.08</x:v>
+        <x:v>500244.73</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45960</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>499502.32</x:v>
+        <x:v>500214.3</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45959</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>499473.71</x:v>
+        <x:v>500183.39</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45958</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>499445.05</x:v>
+        <x:v>500104.87</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45957</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>499416.3</x:v>
+        <x:v>500076.65</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45954</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>499384.81</x:v>
+        <x:v>500048.46</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45953</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>499303.77</x:v>
+        <x:v>500019.64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45952</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>499276.49</x:v>
+        <x:v>499986.94</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45951</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>499247.85</x:v>
+        <x:v>499900.67</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45950</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>499219.49</x:v>
+        <x:v>499872.8</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45947</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>499185.92</x:v>
+        <x:v>499841.5</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45946</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>499105.62</x:v>
+        <x:v>499782.59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45945</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>499077.42</x:v>
+        <x:v>499701.83</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45944</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>499049.39</x:v>
+        <x:v>499673.63</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45943</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>499022.01</x:v>
+        <x:v>499645.26</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45940</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>498990.38</x:v>
+        <x:v>499616.18</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45939</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>498908.35</x:v>
+        <x:v>499585.08</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45938</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>498878.92</x:v>
+        <x:v>499502.32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45937</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>498851.36</x:v>
+        <x:v>499473.71</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45936</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>498822.19</x:v>
+        <x:v>499445.05</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45933</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>498794.07</x:v>
+        <x:v>499416.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45932</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>498708.34</x:v>
+        <x:v>499384.81</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45931</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>498678.28</x:v>
+        <x:v>499303.77</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45930</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>498649.6</x:v>
+        <x:v>499276.49</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45929</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>498619.71</x:v>
+        <x:v>499247.85</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45926</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>498587.35</x:v>
+        <x:v>499219.49</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45925</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>498504.91</x:v>
+        <x:v>499185.92</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45924</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>498476</x:v>
+        <x:v>499105.62</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45923</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>498446.13</x:v>
+        <x:v>499077.42</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45922</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>498416.45</x:v>
+        <x:v>499049.39</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45919</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>498383.35</x:v>
+        <x:v>499022.01</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45918</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>498301.88</x:v>
+        <x:v>498990.38</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45917</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>498273.09</x:v>
+        <x:v>498908.35</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45916</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>498244.55</x:v>
+        <x:v>498878.92</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45915</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>498214.4</x:v>
+        <x:v>498851.36</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45912</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>498181.07</x:v>
+        <x:v>498822.19</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45911</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>498098.61</x:v>
+        <x:v>498794.07</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45910</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>498067.09</x:v>
+        <x:v>498708.34</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45909</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>498038.43</x:v>
+        <x:v>498678.28</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45908</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>498008.58</x:v>
+        <x:v>498649.6</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45905</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>497975.15</x:v>
+        <x:v>498619.71</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45904</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>497894.27</x:v>
+        <x:v>498587.35</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45903</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>497865.98</x:v>
+        <x:v>498504.91</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45902</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>497839.41</x:v>
+        <x:v>498476</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45901</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>497810.3</x:v>
+        <x:v>498446.13</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45898</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>497779.76</x:v>
+        <x:v>498416.45</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45897</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>497695.68</x:v>
+        <x:v>498383.35</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45896</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>497667.95</x:v>
+        <x:v>498301.88</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45895</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>497636.86</x:v>
+        <x:v>498273.09</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45894</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>497609.22</x:v>
+        <x:v>498244.55</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45891</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>497575.83</x:v>
+        <x:v>498214.4</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45890</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>497492.54</x:v>
+        <x:v>498181.07</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45889</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>497464.97</x:v>
+        <x:v>498098.61</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45888</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>497437.41</x:v>
+        <x:v>498067.09</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45887</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>497409.51</x:v>
+        <x:v>498038.43</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45883</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>497370.17</x:v>
+        <x:v>498008.58</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45882</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>497266.19</x:v>
+        <x:v>497975.15</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45881</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>497238.16</x:v>
+        <x:v>497894.27</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45880</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>497209.09</x:v>
+        <x:v>497865.98</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45877</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>497174.55</x:v>
+        <x:v>497839.41</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45876</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>497095.06</x:v>
+        <x:v>497810.3</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45875</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>497068.08</x:v>
+        <x:v>497779.76</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45874</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>510286.15</x:v>
+        <x:v>497695.68</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45873</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>510258.26</x:v>
+        <x:v>497667.95</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45870</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>510224.98</x:v>
+        <x:v>497636.86</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45869</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>510143.72</x:v>
+        <x:v>497609.22</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45868</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>510114.44</x:v>
+        <x:v>497575.83</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45867</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>510086.49</x:v>
+        <x:v>497492.54</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45866</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>510057.88</x:v>
+        <x:v>497464.97</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45863</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>510026.45</x:v>
+        <x:v>497437.41</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45862</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>509941.51</x:v>
+        <x:v>497409.51</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45861</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>509908.91</x:v>
+        <x:v>497370.17</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45860</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>509878.92</x:v>
+        <x:v>497266.19</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45859</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>509849.82</x:v>
+        <x:v>497238.16</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45856</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>509816.31</x:v>
+        <x:v>497209.09</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45855</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>509734.53</x:v>
+        <x:v>497174.55</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45854</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>509707.02</x:v>
+        <x:v>497095.06</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45853</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>509677.9</x:v>
+        <x:v>497068.08</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45849</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>509646.55</x:v>
+        <x:v>510286.15</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45848</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>509536.19</x:v>
+        <x:v>510258.26</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45847</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>509507.63</x:v>
+        <x:v>510224.98</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45846</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>509480.02</x:v>
+        <x:v>510143.72</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45845</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>509448.42</x:v>
+        <x:v>510114.44</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45842</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>509416.35</x:v>
+        <x:v>510086.49</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45841</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>509335.51</x:v>
+        <x:v>510057.88</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45840</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>509307.11</x:v>
+        <x:v>510026.45</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45839</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>509278.48</x:v>
+        <x:v>509941.51</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45838</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>509247.96</x:v>
+        <x:v>509908.91</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45835</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>509204.29</x:v>
+        <x:v>509878.92</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45834</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>509122.95</x:v>
+        <x:v>509849.82</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45833</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>509093.26</x:v>
+        <x:v>509816.31</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45832</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>509064.48</x:v>
+        <x:v>509734.53</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45831</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>509035.38</x:v>
+        <x:v>509707.02</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45828</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>508999.59</x:v>
+        <x:v>509677.9</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45827</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>508920.55</x:v>
+        <x:v>509646.55</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45826</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>508889.15</x:v>
+        <x:v>509536.19</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45825</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>508859.83</x:v>
+        <x:v>509507.63</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45824</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>508830.89</x:v>
+        <x:v>509480.02</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45821</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>508788.67</x:v>
+        <x:v>509448.42</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45820</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>508709.96</x:v>
+        <x:v>509416.35</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45819</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>508683.06</x:v>
+        <x:v>509335.51</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45818</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>508648.02</x:v>
+        <x:v>509307.11</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45814</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>508599.5</x:v>
+        <x:v>509278.48</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45813</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>508476.61</x:v>
+        <x:v>509247.96</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45812</x:v>
+        <x:v>45835</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>508442.45</x:v>
+        <x:v>509204.29</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45811</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>508408.52</x:v>
+        <x:v>509122.95</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45810</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>508375.84</x:v>
+        <x:v>509093.26</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45807</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>508336.06</x:v>
+        <x:v>509064.48</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45805</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>508239.43</x:v>
+        <x:v>509035.38</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45804</x:v>
+        <x:v>45828</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>508176.64</x:v>
+        <x:v>508999.59</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45803</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>508141.83</x:v>
+        <x:v>508920.55</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45800</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>508106.17</x:v>
+        <x:v>508889.15</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45799</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>508016.58</x:v>
+        <x:v>508859.83</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45798</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>507986.56</x:v>
+        <x:v>508830.89</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45797</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>507952.33</x:v>
+        <x:v>508788.67</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45796</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>507918.31</x:v>
+        <x:v>508709.96</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45793</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>507879.4</x:v>
+        <x:v>508683.06</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45792</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>507790.83</x:v>
+        <x:v>508648.02</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45791</x:v>
+        <x:v>45814</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>507760.31</x:v>
+        <x:v>508599.5</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45790</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>507726.7</x:v>
+        <x:v>508476.61</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45789</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>507689.75</x:v>
+        <x:v>508442.45</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45786</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>507643.76</x:v>
+        <x:v>508408.52</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45784</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>507547.87</x:v>
+        <x:v>508375.84</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45783</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>507486.44</x:v>
+        <x:v>508336.06</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45782</x:v>
+        <x:v>45805</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>507452.66</x:v>
+        <x:v>508239.43</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45779</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>507411.64</x:v>
+        <x:v>508176.64</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45777</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>507320.28</x:v>
+        <x:v>508141.83</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45776</x:v>
+        <x:v>45800</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>507262.14</x:v>
+        <x:v>508106.17</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45775</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>507230.81</x:v>
+        <x:v>508016.58</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45772</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>507190.53</x:v>
+        <x:v>507986.56</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45771</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>507101.38</x:v>
+        <x:v>507952.33</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45770</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>507069.33</x:v>
+        <x:v>507918.31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45769</x:v>
+        <x:v>45793</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>507031.97</x:v>
+        <x:v>507879.4</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45764</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>506981.27</x:v>
+        <x:v>507790.83</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45763</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>506816.58</x:v>
+        <x:v>507760.31</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45762</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>506784.43</x:v>
+        <x:v>507726.7</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45761</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>506746.79</x:v>
+        <x:v>507689.75</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45758</x:v>
+        <x:v>45786</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>506704.88</x:v>
+        <x:v>507643.76</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45757</x:v>
+        <x:v>45784</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>506595.52</x:v>
+        <x:v>507547.87</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45756</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>506557.94</x:v>
+        <x:v>507486.44</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45755</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>506519.28</x:v>
+        <x:v>507452.66</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45754</x:v>
+        <x:v>45779</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>506466.25</x:v>
+        <x:v>507411.64</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45751</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>506431.8</x:v>
+        <x:v>507320.28</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45750</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>506331.07</x:v>
+        <x:v>507262.14</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45749</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>506292.3</x:v>
+        <x:v>507230.81</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45748</x:v>
+        <x:v>45772</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>506256.44</x:v>
+        <x:v>507190.53</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45747</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>506221.41</x:v>
+        <x:v>507101.38</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45744</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>506179.78</x:v>
+        <x:v>507069.33</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45743</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>506077.85</x:v>
+        <x:v>507031.97</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45742</x:v>
+        <x:v>45764</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>506041.77</x:v>
+        <x:v>506981.27</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45741</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>506005.23</x:v>
+        <x:v>506816.58</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45740</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>505968.62</x:v>
+        <x:v>506784.43</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45737</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>505927.26</x:v>
+        <x:v>506746.79</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45736</x:v>
+        <x:v>45758</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>505823.31</x:v>
+        <x:v>506704.88</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45735</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>505787.77</x:v>
+        <x:v>506595.52</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45734</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>505749.63</x:v>
+        <x:v>506557.94</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45733</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>505711.78</x:v>
+        <x:v>506519.28</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45730</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>505666.81</x:v>
+        <x:v>506466.25</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45729</x:v>
+        <x:v>45751</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>505563.75</x:v>
+        <x:v>506431.8</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45728</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>505527.28</x:v>
+        <x:v>506331.07</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45727</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>505487.58</x:v>
+        <x:v>506292.3</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45726</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>505450.85</x:v>
+        <x:v>506256.44</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45723</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>505403.9</x:v>
+        <x:v>506221.41</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45722</x:v>
+        <x:v>45744</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>505293.36</x:v>
+        <x:v>506179.78</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45721</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>505254.35</x:v>
+        <x:v>506077.85</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45720</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>505213.51</x:v>
+        <x:v>506041.77</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45719</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>505175.78</x:v>
+        <x:v>506005.23</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45716</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>505131.8</x:v>
+        <x:v>505968.62</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45715</x:v>
+        <x:v>45737</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>505020.14</x:v>
+        <x:v>505927.26</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45714</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>504980.87</x:v>
+        <x:v>505823.31</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45713</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>504942.5</x:v>
+        <x:v>505787.77</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45712</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>504905.53</x:v>
+        <x:v>505749.63</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45709</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>504858.34</x:v>
+        <x:v>505711.78</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45708</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>504749.77</x:v>
+        <x:v>505666.81</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45707</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>504710.39</x:v>
+        <x:v>505563.75</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45706</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>504671.02</x:v>
+        <x:v>505527.28</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45705</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>504632.66</x:v>
+        <x:v>505487.58</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45702</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>504585.99</x:v>
+        <x:v>505450.85</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45701</x:v>
+        <x:v>45723</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>504475.79</x:v>
+        <x:v>505403.9</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45700</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>504437.37</x:v>
+        <x:v>505293.36</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45699</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>504396.02</x:v>
+        <x:v>505254.35</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45698</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>504357.72</x:v>
+        <x:v>505213.51</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45695</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>504306.59</x:v>
+        <x:v>505175.78</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45694</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>504200.95</x:v>
+        <x:v>505131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45693</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>504163.89</x:v>
+        <x:v>505020.14</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45692</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>504120.98</x:v>
+        <x:v>504980.87</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45691</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>504077.93</x:v>
+        <x:v>504942.5</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45688</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>504029.91</x:v>
+        <x:v>504905.53</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45687</x:v>
+        <x:v>45709</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>503911.6</x:v>
+        <x:v>504858.34</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45686</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>503868.44</x:v>
+        <x:v>504749.77</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45685</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>503825.94</x:v>
+        <x:v>504710.39</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45684</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>503782.71</x:v>
+        <x:v>504671.02</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45681</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>503734.34</x:v>
+        <x:v>504632.66</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45680</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>503617.91</x:v>
+        <x:v>504585.99</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45679</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>503575.41</x:v>
+        <x:v>504475.79</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45678</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>503534.26</x:v>
+        <x:v>504437.37</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45677</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>503490.69</x:v>
+        <x:v>504396.02</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45674</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>503444.58</x:v>
+        <x:v>504357.72</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45673</x:v>
+        <x:v>45695</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>503327.67</x:v>
+        <x:v>504306.59</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45672</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>503286.45</x:v>
+        <x:v>504200.95</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45671</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>503242.52</x:v>
+        <x:v>504163.89</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45670</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>503204.55</x:v>
+        <x:v>504120.98</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45667</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>503148.89</x:v>
+        <x:v>504077.93</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45666</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>503028.27</x:v>
+        <x:v>504029.91</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45665</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>502986.03</x:v>
+        <x:v>503911.6</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45664</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>502945.5</x:v>
+        <x:v>503868.44</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45663</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>502903.99</x:v>
+        <x:v>503825.94</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45660</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>502854.06</x:v>
+        <x:v>503782.71</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45659</x:v>
+        <x:v>45681</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>502734.06</x:v>
+        <x:v>503734.34</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45657</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>502690.87</x:v>
+        <x:v>503617.91</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45656</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>502611.55</x:v>
+        <x:v>503575.41</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45653</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>502555.89</x:v>
+        <x:v>503534.26</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45650</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>502431.44</x:v>
+        <x:v>503490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45649</x:v>
+        <x:v>45674</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>502312.92</x:v>
+        <x:v>503444.58</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45646</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>502260.79</x:v>
+        <x:v>503327.67</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45645</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>502144.94</x:v>
+        <x:v>503286.45</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45644</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>502104.61</x:v>
+        <x:v>503242.52</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45643</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>502055.32</x:v>
+        <x:v>503204.55</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45642</x:v>
+        <x:v>45667</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>502010.13</x:v>
+        <x:v>503148.89</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45639</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>501955.1</x:v>
+        <x:v>503028.27</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45638</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>501826.06</x:v>
+        <x:v>502986.03</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45637</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>501779.65</x:v>
+        <x:v>502945.5</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45636</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>501734.02</x:v>
+        <x:v>502903.99</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45635</x:v>
+        <x:v>45660</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>501686.71</x:v>
+        <x:v>502854.06</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45632</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>501633.89</x:v>
+        <x:v>502734.06</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45631</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>501504.89</x:v>
+        <x:v>502690.87</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45630</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>501458.68</x:v>
+        <x:v>502611.55</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45629</x:v>
+        <x:v>45653</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>501411.02</x:v>
+        <x:v>502555.89</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45628</x:v>
+        <x:v>45650</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>501359.89</x:v>
+        <x:v>502431.44</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45625</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>501309.66</x:v>
+        <x:v>502312.92</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45624</x:v>
+        <x:v>45646</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>501182.23</x:v>
+        <x:v>502260.79</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45623</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>501137.97</x:v>
+        <x:v>502144.94</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45622</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>501088.05</x:v>
+        <x:v>502104.61</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45621</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>501039.55</x:v>
+        <x:v>502055.32</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45618</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>500992.02</x:v>
+        <x:v>502010.13</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45617</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>500857.77</x:v>
+        <x:v>501955.1</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45616</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>500810.73</x:v>
+        <x:v>501826.06</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45615</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>500763.6</x:v>
+        <x:v>501779.65</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45614</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>500716.34</x:v>
+        <x:v>501734.02</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45611</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>500660.65</x:v>
+        <x:v>501686.71</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45610</x:v>
+        <x:v>45632</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>500529.38</x:v>
+        <x:v>501633.89</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45609</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>500486.43</x:v>
+        <x:v>501504.89</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45608</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>500440.64</x:v>
+        <x:v>501458.68</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45604</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>500381.78</x:v>
+        <x:v>501411.02</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45603</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>500214.11</x:v>
+        <x:v>501359.89</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45602</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>500167.47</x:v>
+        <x:v>501309.66</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45601</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>500124.09</x:v>
+        <x:v>501182.23</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45600</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>500078.29</x:v>
+        <x:v>501137.97</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45596</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>500030.91</x:v>
+        <x:v>501088.05</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45595</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>499854.75</x:v>
+        <x:v>501039.55</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45594</x:v>
+        <x:v>45618</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>499811.14</x:v>
+        <x:v>500992.02</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45593</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>499766.43</x:v>
+        <x:v>500857.77</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45590</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>499714.21</x:v>
+        <x:v>500810.73</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45589</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>499586.65</x:v>
+        <x:v>500763.6</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45588</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>499545.43</x:v>
+        <x:v>500716.34</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45587</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>499499.54</x:v>
+        <x:v>500660.65</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45586</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>499448.16</x:v>
+        <x:v>500529.38</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45583</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>499389.91</x:v>
+        <x:v>500486.43</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45582</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>499254.81</x:v>
+        <x:v>500440.64</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45581</x:v>
+        <x:v>45604</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>499204.65</x:v>
+        <x:v>500381.78</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45580</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>499158.02</x:v>
+        <x:v>500214.11</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45579</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>499112.44</x:v>
+        <x:v>500167.47</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45576</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>499057.66</x:v>
+        <x:v>500124.09</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45575</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>498914.86</x:v>
+        <x:v>500078.29</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45574</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>498864.5</x:v>
+        <x:v>500030.91</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45573</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>498815.09</x:v>
+        <x:v>499854.75</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45572</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>498767.36</x:v>
+        <x:v>499811.14</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45569</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>498704.54</x:v>
+        <x:v>499766.43</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45568</x:v>
+        <x:v>45590</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>498564.27</x:v>
+        <x:v>499714.21</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45567</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>498520.82</x:v>
+        <x:v>499586.65</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45566</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>498467.93</x:v>
+        <x:v>499545.43</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45565</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>498420.29</x:v>
+        <x:v>499499.54</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45562</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>498354.71</x:v>
+        <x:v>499448.16</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45561</x:v>
+        <x:v>45583</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>498218.46</x:v>
+        <x:v>499389.91</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45560</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>498171.08</x:v>
+        <x:v>499254.81</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45559</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>498118.76</x:v>
+        <x:v>499204.65</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45558</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>498071.81</x:v>
+        <x:v>499158.02</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45555</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>498014.33</x:v>
+        <x:v>499112.44</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45554</x:v>
+        <x:v>45576</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>497874.46</x:v>
+        <x:v>499057.66</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45553</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>497825.73</x:v>
+        <x:v>498914.86</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45552</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>497771.78</x:v>
+        <x:v>498864.5</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45551</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>497720.64</x:v>
+        <x:v>498815.09</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45548</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>497659.96</x:v>
+        <x:v>498767.36</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45547</x:v>
+        <x:v>45569</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>497510.91</x:v>
+        <x:v>498704.54</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45546</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>497458.36</x:v>
+        <x:v>498564.27</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45545</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>497408.05</x:v>
+        <x:v>498520.82</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45544</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>497356.1</x:v>
+        <x:v>498467.93</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45541</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>497295.78</x:v>
+        <x:v>498420.29</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45540</x:v>
+        <x:v>45562</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>497154.37</x:v>
+        <x:v>498354.71</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45539</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>497099.23</x:v>
+        <x:v>498218.46</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45538</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>497048.47</x:v>
+        <x:v>498171.08</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45537</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>496996.18</x:v>
+        <x:v>498118.76</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45534</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>496935.42</x:v>
+        <x:v>498071.81</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45533</x:v>
+        <x:v>45555</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>496788.24</x:v>
+        <x:v>498014.33</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45532</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>496735.8</x:v>
+        <x:v>497874.46</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45531</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>496684.19</x:v>
+        <x:v>497825.73</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45530</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>496629.35</x:v>
+        <x:v>497771.78</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45527</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>496569.47</x:v>
+        <x:v>497720.64</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45526</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>496420.45</x:v>
+        <x:v>497659.96</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45525</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>496367.38</x:v>
+        <x:v>497510.91</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45524</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>496316.21</x:v>
+        <x:v>497458.36</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45523</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>496263.57</x:v>
+        <x:v>497408.05</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45520</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>496205.5</x:v>
+        <x:v>497356.1</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45518</x:v>
+        <x:v>45541</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>496051.51</x:v>
+        <x:v>497295.78</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45517</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>495953.28</x:v>
+        <x:v>497154.37</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45516</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>495902.31</x:v>
+        <x:v>497099.23</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45513</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>495842.43</x:v>
+        <x:v>497048.47</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45512</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>495692.6</x:v>
+        <x:v>496996.18</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45511</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>495648</x:v>
+        <x:v>496935.42</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45510</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>495586.79</x:v>
+        <x:v>496788.24</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45509</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>510272.51</x:v>
+        <x:v>496735.8</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45506</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>510218.09</x:v>
+        <x:v>496684.19</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45505</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>510068.63</x:v>
+        <x:v>496629.35</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45504</x:v>
+        <x:v>45527</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>510015.85</x:v>
+        <x:v>496569.47</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45503</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>509961.8</x:v>
+        <x:v>496420.45</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45502</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>509909.01</x:v>
+        <x:v>496367.38</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45499</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>509848.36</x:v>
+        <x:v>496316.21</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45498</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>509696.62</x:v>
+        <x:v>496263.57</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45497</x:v>
+        <x:v>45520</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>509643.97</x:v>
+        <x:v>496205.5</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45496</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>509589.98</x:v>
+        <x:v>496051.51</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45495</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>509531.82</x:v>
+        <x:v>495953.28</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45492</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>509479.44</x:v>
+        <x:v>495902.31</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45491</x:v>
+        <x:v>45513</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>509322.72</x:v>
+        <x:v>495842.43</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45490</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>509270.41</x:v>
+        <x:v>495692.6</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45489</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>509218.36</x:v>
+        <x:v>495648</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45488</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>509164.9</x:v>
+        <x:v>495586.79</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45485</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>509105.84</x:v>
+        <x:v>510272.51</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45484</x:v>
+        <x:v>45506</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>508953.96</x:v>
+        <x:v>510218.09</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45483</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>508901.33</x:v>
+        <x:v>510068.63</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45482</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>508850.67</x:v>
+        <x:v>510015.85</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45481</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>508793.51</x:v>
+        <x:v>509961.8</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45478</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>508734.64</x:v>
+        <x:v>509909.01</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45477</x:v>
+        <x:v>45499</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>508580.16</x:v>
+        <x:v>509848.36</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45476</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>508525.5</x:v>
+        <x:v>509696.62</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45475</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>508471.2</x:v>
+        <x:v>509643.97</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45474</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>508418.47</x:v>
+        <x:v>509589.98</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45471</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>508359.54</x:v>
+        <x:v>509531.82</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45470</x:v>
+        <x:v>45492</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>508204.72</x:v>
+        <x:v>509479.44</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45469</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>508150.62</x:v>
+        <x:v>509322.72</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45468</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>508098.08</x:v>
+        <x:v>509270.41</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45467</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>508044.45</x:v>
+        <x:v>509218.36</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45464</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>507986.01</x:v>
+        <x:v>509164.9</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45463</x:v>
+        <x:v>45485</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>507831.75</x:v>
+        <x:v>509105.84</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45462</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>507779.04</x:v>
+        <x:v>508953.96</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45461</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>507727.98</x:v>
+        <x:v>508901.33</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45460</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>507676.89</x:v>
+        <x:v>508850.67</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45457</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>507621.3</x:v>
+        <x:v>508793.51</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45456</x:v>
+        <x:v>45478</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>507470.81</x:v>
+        <x:v>508734.64</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45455</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>507417.34</x:v>
+        <x:v>508580.16</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45454</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>507360.1</x:v>
+        <x:v>508525.5</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45453</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>507302.72</x:v>
+        <x:v>508471.2</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45450</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>507242.08</x:v>
+        <x:v>508418.47</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45449</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>507074.23</x:v>
+        <x:v>508359.54</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45448</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>507020.44</x:v>
+        <x:v>508204.72</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45447</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>506961.82</x:v>
+        <x:v>508150.62</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45446</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>506906.81</x:v>
+        <x:v>508098.08</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45443</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>506849.23</x:v>
+        <x:v>508044.45</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45442</x:v>
+        <x:v>45464</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>506678</x:v>
+        <x:v>507986.01</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45441</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>506622.59</x:v>
+        <x:v>507831.75</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45440</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>506561.5</x:v>
+        <x:v>507779.04</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45439</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>506507.09</x:v>
+        <x:v>507727.98</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45436</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>506450.04</x:v>
+        <x:v>507676.89</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45435</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>506280.74</x:v>
+        <x:v>507621.3</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45434</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>506226.33</x:v>
+        <x:v>507470.81</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45433</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>506165.74</x:v>
+        <x:v>507417.34</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45429</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>506113.5</x:v>
+        <x:v>507360.1</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45428</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>505890.43</x:v>
+        <x:v>507302.72</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45427</x:v>
+        <x:v>45450</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>505835.44</x:v>
+        <x:v>507242.08</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45426</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>505775.92</x:v>
+        <x:v>507074.23</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45425</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>505721.13</x:v>
+        <x:v>507020.44</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45422</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>505662.36</x:v>
+        <x:v>506961.82</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45419</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>505497.04</x:v>
+        <x:v>506906.81</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45418</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>505331.7</x:v>
+        <x:v>506849.23</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45415</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>505272.51</x:v>
+        <x:v>506678</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45414</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>505107.15</x:v>
+        <x:v>506622.59</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45412</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>505054.68</x:v>
+        <x:v>506561.5</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45411</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>504942.94</x:v>
+        <x:v>506507.09</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45408</x:v>
+        <x:v>45436</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>504883.74</x:v>
+        <x:v>506450.04</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45407</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>504719.45</x:v>
+        <x:v>506280.74</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45406</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>504664.71</x:v>
+        <x:v>506226.33</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45405</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>504607.95</x:v>
+        <x:v>506165.74</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45404</x:v>
+        <x:v>45429</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>504538.84</x:v>
+        <x:v>506113.5</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45401</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>504484.46</x:v>
+        <x:v>505890.43</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45400</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>504319.92</x:v>
+        <x:v>505835.44</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45399</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>504264.22</x:v>
+        <x:v>505775.92</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45398</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>504208.39</x:v>
+        <x:v>505721.13</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45397</x:v>
+        <x:v>45422</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>504150.23</x:v>
+        <x:v>505662.36</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45394</x:v>
+        <x:v>45419</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>504087.32</x:v>
+        <x:v>505497.04</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45393</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>503929.51</x:v>
+        <x:v>505331.7</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45392</x:v>
+        <x:v>45415</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>503868.09</x:v>
+        <x:v>505272.51</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45391</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>503812.53</x:v>
+        <x:v>505107.15</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45390</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>503756.01</x:v>
+        <x:v>505054.68</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45387</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>503690.51</x:v>
+        <x:v>504942.94</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45386</x:v>
+        <x:v>45408</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>503527.79</x:v>
+        <x:v>504883.74</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45385</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>503472.22</x:v>
+        <x:v>504719.45</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45384</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>503406.28</x:v>
+        <x:v>504664.71</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45379</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>503346.56</x:v>
+        <x:v>504607.95</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45378</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>503077.03</x:v>
+        <x:v>504538.84</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45377</x:v>
+        <x:v>45401</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>503018.91</x:v>
+        <x:v>504484.46</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45376</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>502960.39</x:v>
+        <x:v>504319.92</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45373</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>502899.39</x:v>
+        <x:v>504264.22</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45372</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>502734.27</x:v>
+        <x:v>504208.39</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45371</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>502681.7</x:v>
+        <x:v>504150.23</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45370</x:v>
+        <x:v>45394</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>502626.24</x:v>
+        <x:v>504087.32</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45369</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>502568.49</x:v>
+        <x:v>503929.51</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45366</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>502509.29</x:v>
+        <x:v>503868.09</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45365</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>502345.39</x:v>
+        <x:v>503812.53</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45364</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>502283.97</x:v>
+        <x:v>503756.01</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45363</x:v>
+        <x:v>45387</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>502224.37</x:v>
+        <x:v>503690.51</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45362</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>502165.7</x:v>
+        <x:v>503527.79</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45359</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>502102.22</x:v>
+        <x:v>503472.22</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45358</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>501943.78</x:v>
+        <x:v>503406.28</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45357</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>501888.41</x:v>
+        <x:v>503346.56</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45356</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>501827.55</x:v>
+        <x:v>503077.03</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45355</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>501771.99</x:v>
+        <x:v>503018.91</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45352</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>501715.96</x:v>
+        <x:v>502960.39</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45351</x:v>
+        <x:v>45373</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>501546.93</x:v>
+        <x:v>502899.39</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45350</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>501485.44</x:v>
+        <x:v>502734.27</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45349</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>501428.84</x:v>
+        <x:v>502681.7</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45348</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>501370.68</x:v>
+        <x:v>502626.24</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45345</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>501316.63</x:v>
+        <x:v>502568.49</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45344</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>501159.26</x:v>
+        <x:v>502509.29</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45343</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>501096.43</x:v>
+        <x:v>502345.39</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45342</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>501032.77</x:v>
+        <x:v>502283.97</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45341</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>500978.49</x:v>
+        <x:v>502224.37</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45338</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>500914.18</x:v>
+        <x:v>502165.7</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45337</x:v>
+        <x:v>45359</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>500755.9</x:v>
+        <x:v>502102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45336</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>500700.38</x:v>
+        <x:v>501943.78</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45335</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>500650.05</x:v>
+        <x:v>501888.41</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45334</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>500581.98</x:v>
+        <x:v>501827.55</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45331</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>500525.19</x:v>
+        <x:v>501771.99</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45330</x:v>
+        <x:v>45352</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>500359.03</x:v>
+        <x:v>501715.96</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45329</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>500309.26</x:v>
+        <x:v>501546.93</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45328</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>500256.49</x:v>
+        <x:v>501485.44</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45327</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>500201.95</x:v>
+        <x:v>501428.84</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45324</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>500128.74</x:v>
+        <x:v>501370.68</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45323</x:v>
+        <x:v>45345</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>499971.76</x:v>
+        <x:v>501316.63</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45322</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>499909.8</x:v>
+        <x:v>501159.26</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45321</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>499866.28</x:v>
+        <x:v>501096.43</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45320</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>499802.97</x:v>
+        <x:v>501032.77</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45317</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>499742</x:v>
+        <x:v>500978.49</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45316</x:v>
+        <x:v>45338</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>499582.02</x:v>
+        <x:v>500914.18</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45315</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>499514.52</x:v>
+        <x:v>500755.9</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45314</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>499459.19</x:v>
+        <x:v>500700.38</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45313</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>499398.49</x:v>
+        <x:v>500650.05</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45310</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>499330.2</x:v>
+        <x:v>500581.98</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45309</x:v>
+        <x:v>45331</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>499170.88</x:v>
+        <x:v>500525.19</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45308</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>499118.5</x:v>
+        <x:v>500359.03</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45307</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>499058.27</x:v>
+        <x:v>500309.26</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45306</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>499005.61</x:v>
+        <x:v>500256.49</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45303</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>498924.85</x:v>
+        <x:v>500201.95</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45302</x:v>
+        <x:v>45324</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>498771.22</x:v>
+        <x:v>500128.74</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45301</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>498711.56</x:v>
+        <x:v>499971.76</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45300</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>498660.72</x:v>
+        <x:v>499909.8</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45299</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>498603.17</x:v>
+        <x:v>499866.28</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45296</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>498543.91</x:v>
+        <x:v>499802.97</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45295</x:v>
+        <x:v>45317</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>498381.1</x:v>
+        <x:v>499742</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45294</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>498331.35</x:v>
+        <x:v>499582.02</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45293</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>498278.88</x:v>
+        <x:v>499514.52</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45289</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>498222.14</x:v>
+        <x:v>499459.19</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45288</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>498002.66</x:v>
+        <x:v>499398.49</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45287</x:v>
+        <x:v>45310</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>497941.08</x:v>
+        <x:v>499330.2</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45282</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>497884.24</x:v>
+        <x:v>499170.88</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45281</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>497607.85</x:v>
+        <x:v>499118.5</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45280</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>497548.86</x:v>
+        <x:v>499058.27</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45279</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>497489.7</x:v>
+        <x:v>499005.61</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45278</x:v>
+        <x:v>45303</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>497434.22</x:v>
+        <x:v>498924.85</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45275</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>497378.59</x:v>
+        <x:v>498771.22</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45274</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>497195.58</x:v>
+        <x:v>498711.56</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45273</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>497156.92</x:v>
+        <x:v>498660.72</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45272</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>497097.69</x:v>
+        <x:v>498603.17</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45271</x:v>
+        <x:v>45296</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>497045.99</x:v>
+        <x:v>498543.91</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45268</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>496991.46</x:v>
+        <x:v>498381.1</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45267</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>496822.97</x:v>
+        <x:v>498331.35</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45266</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>496765.9</x:v>
+        <x:v>498278.88</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45265</x:v>
+        <x:v>45289</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>496710.65</x:v>
+        <x:v>498222.14</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45264</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>496667.42</x:v>
+        <x:v>498002.66</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45261</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>496609.03</x:v>
+        <x:v>497941.08</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45260</x:v>
+        <x:v>45282</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>496442.43</x:v>
+        <x:v>497884.24</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45259</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>496385.04</x:v>
+        <x:v>497607.85</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45258</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>496337.61</x:v>
+        <x:v>497548.86</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45257</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>496285.33</x:v>
+        <x:v>497489.7</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45254</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>496232.64</x:v>
+        <x:v>497434.22</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45253</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>496062.89</x:v>
+        <x:v>497378.59</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45252</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>496005.65</x:v>
+        <x:v>497195.58</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45251</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>495950.7</x:v>
+        <x:v>497156.92</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45250</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>495897.7</x:v>
+        <x:v>497097.69</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45247</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>495836.33</x:v>
+        <x:v>497045.99</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45246</x:v>
+        <x:v>45268</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>495670.3</x:v>
+        <x:v>496991.46</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45245</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>495616.83</x:v>
+        <x:v>496822.97</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45244</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>495560.2</x:v>
+        <x:v>496765.9</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45243</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>495504.76</x:v>
+        <x:v>496710.65</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45240</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>495451.65</x:v>
+        <x:v>496667.42</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45239</x:v>
+        <x:v>45261</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>495286.23</x:v>
+        <x:v>496609.03</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45238</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>495232.09</x:v>
+        <x:v>496442.43</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45237</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>495177.93</x:v>
+        <x:v>496385.04</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45236</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>495122.81</x:v>
+        <x:v>496337.61</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45233</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>495069.51</x:v>
+        <x:v>496285.33</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45232</x:v>
+        <x:v>45254</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>494903.09</x:v>
+        <x:v>496232.64</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45230</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>494846.53</x:v>
+        <x:v>496062.89</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45229</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>494733.1</x:v>
+        <x:v>496005.65</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45226</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>494676.65</x:v>
+        <x:v>495950.7</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45225</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>494513.71</x:v>
+        <x:v>495897.7</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45224</x:v>
+        <x:v>45247</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>494456.31</x:v>
+        <x:v>495836.33</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45223</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>494403.95</x:v>
+        <x:v>495670.3</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45222</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>494351.72</x:v>
+        <x:v>495616.83</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45219</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>494297.02</x:v>
+        <x:v>495560.2</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45218</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>494128.99</x:v>
+        <x:v>495504.76</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45217</x:v>
+        <x:v>45240</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>494076.77</x:v>
+        <x:v>495451.65</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45216</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>494022.04</x:v>
+        <x:v>495286.23</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45215</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>493966.83</x:v>
+        <x:v>495232.09</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45212</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>493911</x:v>
+        <x:v>495177.93</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45211</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>493748.7</x:v>
+        <x:v>495122.81</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45210</x:v>
+        <x:v>45233</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>493694.26</x:v>
+        <x:v>495069.51</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45209</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>493638.69</x:v>
+        <x:v>494903.09</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45208</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>493583.15</x:v>
+        <x:v>494846.53</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45205</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>493533.84</x:v>
+        <x:v>494733.1</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45204</x:v>
+        <x:v>45226</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>493370.71</x:v>
+        <x:v>494676.65</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45203</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>493320.47</x:v>
+        <x:v>494513.71</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45202</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>493267.83</x:v>
+        <x:v>494456.31</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45201</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>493215.99</x:v>
+        <x:v>494403.95</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45198</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>493164.57</x:v>
+        <x:v>494351.72</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45197</x:v>
+        <x:v>45219</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>492996.39</x:v>
+        <x:v>494297.02</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45196</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>492942.75</x:v>
+        <x:v>494128.99</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45195</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>492889.31</x:v>
+        <x:v>494076.77</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45194</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>492835.16</x:v>
+        <x:v>494022.04</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45191</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>492779.69</x:v>
+        <x:v>493966.83</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45190</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>492631.12</x:v>
+        <x:v>493911</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45189</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>492574.53</x:v>
+        <x:v>493748.7</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45188</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>492524.34</x:v>
+        <x:v>493694.26</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45187</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>492471.27</x:v>
+        <x:v>493638.69</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45184</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>492415.68</x:v>
+        <x:v>493583.15</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45183</x:v>
+        <x:v>45205</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>492262.07</x:v>
+        <x:v>493533.84</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45182</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>492211.8</x:v>
+        <x:v>493370.71</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45181</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>492159.82</x:v>
+        <x:v>493320.47</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45180</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>492105.33</x:v>
+        <x:v>493267.83</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45177</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>492052.41</x:v>
+        <x:v>493215.99</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45176</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>491899.35</x:v>
+        <x:v>493164.57</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45175</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>491846.3</x:v>
+        <x:v>492996.39</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45174</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>491796.05</x:v>
+        <x:v>492942.75</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45173</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>491743.49</x:v>
+        <x:v>492889.31</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45170</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>491688.07</x:v>
+        <x:v>492835.16</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45169</x:v>
+        <x:v>45191</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>491535.81</x:v>
+        <x:v>492779.69</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45168</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>491483.66</x:v>
+        <x:v>492631.12</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45167</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>491432.11</x:v>
+        <x:v>492574.53</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45166</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>491379.78</x:v>
+        <x:v>492524.34</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45163</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>491326.86</x:v>
+        <x:v>492471.27</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45162</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>491174.64</x:v>
+        <x:v>492415.68</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45161</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>491128.12</x:v>
+        <x:v>492262.07</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45160</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>491074.96</x:v>
+        <x:v>492211.8</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45159</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>491023.73</x:v>
+        <x:v>492159.82</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45156</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>490970.33</x:v>
+        <x:v>492105.33</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45155</x:v>
+        <x:v>45177</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>490819.85</x:v>
+        <x:v>492052.41</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45154</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>490768.24</x:v>
+        <x:v>491899.35</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45152</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>490715.66</x:v>
+        <x:v>491846.3</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45149</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>490613.2</x:v>
+        <x:v>491796.05</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45148</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>490455.2</x:v>
+        <x:v>491743.49</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45147</x:v>
+        <x:v>45170</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>490404.08</x:v>
+        <x:v>491688.07</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45146</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>490353.91</x:v>
+        <x:v>491535.81</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45145</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>490303.24</x:v>
+        <x:v>491483.66</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45142</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>490252.33</x:v>
+        <x:v>491432.11</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45141</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>490096.82</x:v>
+        <x:v>491379.78</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45140</x:v>
+        <x:v>45163</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>492752.86</x:v>
+        <x:v>491326.86</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45139</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>492702.52</x:v>
+        <x:v>491174.64</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45138</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>492655.37</x:v>
+        <x:v>491128.12</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45135</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>492606.29</x:v>
+        <x:v>491074.96</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45134</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>492463.54</x:v>
+        <x:v>491023.73</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45133</x:v>
+        <x:v>45156</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>492415.45</x:v>
+        <x:v>490970.33</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45132</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>492368.51</x:v>
+        <x:v>490819.85</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45131</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>492320.81</x:v>
+        <x:v>490768.24</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45128</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>492276.72</x:v>
+        <x:v>490715.66</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45127</x:v>
+        <x:v>45149</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>492129.87</x:v>
+        <x:v>490613.2</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45126</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>492079.03</x:v>
+        <x:v>490455.2</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45125</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>492034.8</x:v>
+        <x:v>490404.08</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45124</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>491985.09</x:v>
+        <x:v>490353.91</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45120</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>491937.32</x:v>
+        <x:v>490303.24</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45119</x:v>
+        <x:v>45142</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>491745.71</x:v>
+        <x:v>490252.33</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45118</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>491697.16</x:v>
+        <x:v>490096.82</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45117</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>491648.56</x:v>
+        <x:v>492752.86</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45114</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>491604.3</x:v>
+        <x:v>492702.52</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45113</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>491458.79</x:v>
+        <x:v>492655.37</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45112</x:v>
+        <x:v>45135</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>491410.28</x:v>
+        <x:v>492606.29</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45111</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>491362.22</x:v>
+        <x:v>492463.54</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45110</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>491313.58</x:v>
+        <x:v>492415.45</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45107</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>491267.62</x:v>
+        <x:v>492368.51</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45106</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>491125.99</x:v>
+        <x:v>492320.81</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45105</x:v>
+        <x:v>45128</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>491080.96</x:v>
+        <x:v>492276.72</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45104</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>491031.61</x:v>
+        <x:v>492129.87</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45103</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>490984.79</x:v>
+        <x:v>492079.03</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45100</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>490940.47</x:v>
+        <x:v>492034.8</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45099</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>490796.98</x:v>
+        <x:v>491985.09</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45098</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>490749.81</x:v>
+        <x:v>491937.32</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45097</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>490707.7</x:v>
+        <x:v>491745.71</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>45096</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>490659.21</x:v>
+        <x:v>491697.16</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>45093</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>490615.69</x:v>
+        <x:v>491648.56</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>45092</x:v>
+        <x:v>45114</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>490481.66</x:v>
+        <x:v>491604.3</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>45091</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>490432.41</x:v>
+        <x:v>491458.79</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>45090</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>490388.16</x:v>
+        <x:v>491410.28</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>45089</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>490343.29</x:v>
+        <x:v>491362.22</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>45086</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>490295.38</x:v>
+        <x:v>491313.58</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>45085</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>490168.99</x:v>
+        <x:v>491267.62</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>45084</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>490121.09</x:v>
+        <x:v>491125.99</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>45083</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>490076.92</x:v>
+        <x:v>491080.96</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>45082</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>490031.53</x:v>
+        <x:v>491031.61</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>45079</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>489988.27</x:v>
+        <x:v>490984.79</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>45078</x:v>
+        <x:v>45100</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>489857.74</x:v>
+        <x:v>490940.47</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>45077</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>489811.2</x:v>
+        <x:v>490796.98</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>45076</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>489770.48</x:v>
+        <x:v>490749.81</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>45072</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>489729</x:v>
+        <x:v>490707.7</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>45071</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>489553.06</x:v>
+        <x:v>490659.21</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>45070</x:v>
+        <x:v>45093</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>489512.03</x:v>
+        <x:v>490615.69</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>45069</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>489465.18</x:v>
+        <x:v>490481.66</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>45068</x:v>
+        <x:v>45091</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>489407.73</x:v>
+        <x:v>490432.41</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>45065</x:v>
+        <x:v>45090</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>489373.55</x:v>
+        <x:v>490388.16</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>45063</x:v>
+        <x:v>45089</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>489234.9</x:v>
+        <x:v>490343.29</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>45062</x:v>
+        <x:v>45086</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>489143.14</x:v>
+        <x:v>490295.38</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>45061</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>489100.18</x:v>
+        <x:v>490168.99</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>45058</x:v>
+        <x:v>45084</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>489056.22</x:v>
+        <x:v>490121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>45057</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>488922.65</x:v>
+        <x:v>490076.92</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>45056</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>488879.15</x:v>
+        <x:v>490031.53</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>45055</x:v>
+        <x:v>45079</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>488839.89</x:v>
+        <x:v>489988.27</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>45051</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>488802.57</x:v>
+        <x:v>489857.74</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>45050</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>488660</x:v>
+        <x:v>489811.2</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>45049</x:v>
+        <x:v>45076</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>488618.2</x:v>
+        <x:v>489770.48</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>45048</x:v>
+        <x:v>45072</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>488578.05</x:v>
+        <x:v>489729</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
-        <x:v>45044</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="B687" s="3">
-        <x:v>488536.79</x:v>
+        <x:v>489553.06</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:2">
       <x:c r="A688" s="2">
-        <x:v>45043</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="B688" s="3">
-        <x:v>488362.51</x:v>
+        <x:v>489512.03</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:2">
       <x:c r="A689" s="2">
-        <x:v>45042</x:v>
+        <x:v>45069</x:v>
       </x:c>
       <x:c r="B689" s="3">
-        <x:v>488319.89</x:v>
+        <x:v>489465.18</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:2">
       <x:c r="A690" s="2">
-        <x:v>45041</x:v>
+        <x:v>45068</x:v>
       </x:c>
       <x:c r="B690" s="3">
-        <x:v>488278.31</x:v>
+        <x:v>489407.73</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:2">
       <x:c r="A691" s="2">
-        <x:v>45040</x:v>
+        <x:v>45065</x:v>
       </x:c>
       <x:c r="B691" s="3">
-        <x:v>488233.75</x:v>
+        <x:v>489373.55</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:2">
       <x:c r="A692" s="2">
-        <x:v>45037</x:v>
+        <x:v>45063</x:v>
       </x:c>
       <x:c r="B692" s="3">
-        <x:v>488194.11</x:v>
+        <x:v>489234.9</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:2">
       <x:c r="A693" s="2">
-        <x:v>45036</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="B693" s="3">
-        <x:v>488063.52</x:v>
+        <x:v>489143.14</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:2">
       <x:c r="A694" s="2">
-        <x:v>45035</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B694" s="3">
-        <x:v>488021.62</x:v>
+        <x:v>489100.18</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:2">
       <x:c r="A695" s="2">
-        <x:v>45034</x:v>
+        <x:v>45058</x:v>
       </x:c>
       <x:c r="B695" s="3">
-        <x:v>487969.23</x:v>
+        <x:v>489056.22</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:2">
       <x:c r="A696" s="2">
-        <x:v>45033</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="B696" s="3">
-        <x:v>487925.59</x:v>
+        <x:v>488922.65</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:2">
       <x:c r="A697" s="2">
-        <x:v>45030</x:v>
+        <x:v>45056</x:v>
       </x:c>
       <x:c r="B697" s="3">
-        <x:v>487879.94</x:v>
+        <x:v>488879.15</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:2">
       <x:c r="A698" s="2">
-        <x:v>45029</x:v>
+        <x:v>45055</x:v>
       </x:c>
       <x:c r="B698" s="3">
-        <x:v>487711.15</x:v>
+        <x:v>488839.89</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:2">
       <x:c r="A699" s="2">
-        <x:v>45028</x:v>
+        <x:v>45051</x:v>
       </x:c>
       <x:c r="B699" s="3">
-        <x:v>487674.42</x:v>
+        <x:v>488802.57</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:2">
       <x:c r="A700" s="2">
-        <x:v>45027</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="B700" s="3">
-        <x:v>487639.94</x:v>
+        <x:v>488660</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:2">
       <x:c r="A701" s="2">
-        <x:v>45022</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="B701" s="3">
-        <x:v>487608.44</x:v>
+        <x:v>488618.2</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:2">
       <x:c r="A702" s="2">
-        <x:v>45021</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="B702" s="3">
-        <x:v>487421.48</x:v>
+        <x:v>488578.05</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:2">
       <x:c r="A703" s="2">
-        <x:v>45020</x:v>
+        <x:v>45044</x:v>
       </x:c>
       <x:c r="B703" s="3">
-        <x:v>487381.16</x:v>
+        <x:v>488536.79</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:2">
       <x:c r="A704" s="2">
-        <x:v>45019</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="B704" s="3">
-        <x:v>487343.62</x:v>
+        <x:v>488362.51</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:2">
       <x:c r="A705" s="2">
-        <x:v>45016</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="B705" s="3">
-        <x:v>487303.77</x:v>
+        <x:v>488319.89</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:2">
       <x:c r="A706" s="2">
-        <x:v>45015</x:v>
+        <x:v>45041</x:v>
       </x:c>
       <x:c r="B706" s="3">
-        <x:v>487169.87</x:v>
+        <x:v>488278.31</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:2">
       <x:c r="A707" s="2">
-        <x:v>45014</x:v>
+        <x:v>45040</x:v>
       </x:c>
       <x:c r="B707" s="3">
-        <x:v>487129.19</x:v>
+        <x:v>488233.75</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:2">
       <x:c r="A708" s="2">
-        <x:v>45013</x:v>
+        <x:v>45037</x:v>
       </x:c>
       <x:c r="B708" s="3">
-        <x:v>487093.47</x:v>
+        <x:v>488194.11</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:2">
       <x:c r="A709" s="2">
-        <x:v>45012</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="B709" s="3">
-        <x:v>487049.37</x:v>
+        <x:v>488063.52</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:2">
       <x:c r="A710" s="2">
-        <x:v>45009</x:v>
+        <x:v>45035</x:v>
       </x:c>
       <x:c r="B710" s="3">
-        <x:v>487017.54</x:v>
+        <x:v>488021.62</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:2">
       <x:c r="A711" s="2">
-        <x:v>45008</x:v>
+        <x:v>45034</x:v>
       </x:c>
       <x:c r="B711" s="3">
-        <x:v>486899.94</x:v>
+        <x:v>487969.23</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:2">
       <x:c r="A712" s="2">
-        <x:v>45007</x:v>
+        <x:v>45033</x:v>
       </x:c>
       <x:c r="B712" s="3">
-        <x:v>486856.33</x:v>
+        <x:v>487925.59</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:2">
       <x:c r="A713" s="2">
-        <x:v>45006</x:v>
+        <x:v>45030</x:v>
       </x:c>
       <x:c r="B713" s="3">
-        <x:v>486765.47</x:v>
+        <x:v>487879.94</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:2">
       <x:c r="A714" s="2">
-        <x:v>45005</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="B714" s="3">
-        <x:v>486685.37</x:v>
+        <x:v>487711.15</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:2">
       <x:c r="A715" s="2">
-        <x:v>45002</x:v>
+        <x:v>45028</x:v>
       </x:c>
       <x:c r="B715" s="3">
-        <x:v>486671.42</x:v>
+        <x:v>487674.42</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:2">
       <x:c r="A716" s="2">
-        <x:v>45001</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="B716" s="3">
-        <x:v>486593.43</x:v>
+        <x:v>487639.94</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:2">
       <x:c r="A717" s="2">
-        <x:v>45000</x:v>
+        <x:v>45022</x:v>
       </x:c>
       <x:c r="B717" s="3">
-        <x:v>486590.8</x:v>
+        <x:v>487608.44</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:2">
       <x:c r="A718" s="2">
-        <x:v>44999</x:v>
+        <x:v>45021</x:v>
       </x:c>
       <x:c r="B718" s="3">
-        <x:v>486524.94</x:v>
+        <x:v>487421.48</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:2">
       <x:c r="A719" s="2">
-        <x:v>44998</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="B719" s="3">
-        <x:v>486537.31</x:v>
+        <x:v>487381.16</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:2">
       <x:c r="A720" s="2">
-        <x:v>44995</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="B720" s="3">
-        <x:v>486519.37</x:v>
+        <x:v>487343.62</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:2">
       <x:c r="A721" s="2">
-        <x:v>44994</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B721" s="3">
-        <x:v>486434.42</x:v>
+        <x:v>487303.77</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:2">
       <x:c r="A722" s="2">
-        <x:v>44993</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="B722" s="3">
-        <x:v>486404.29</x:v>
+        <x:v>487169.87</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:2">
       <x:c r="A723" s="2">
-        <x:v>44992</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B723" s="3">
-        <x:v>486368.37</x:v>
+        <x:v>487129.19</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:2">
       <x:c r="A724" s="2">
-        <x:v>44991</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B724" s="3">
-        <x:v>486327.02</x:v>
+        <x:v>487093.47</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:2">
       <x:c r="A725" s="2">
-        <x:v>44988</x:v>
+        <x:v>45012</x:v>
       </x:c>
       <x:c r="B725" s="3">
-        <x:v>486298.5</x:v>
+        <x:v>487049.37</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:2">
       <x:c r="A726" s="2">
-        <x:v>44987</x:v>
+        <x:v>45009</x:v>
       </x:c>
       <x:c r="B726" s="3">
-        <x:v>486205.83</x:v>
+        <x:v>487017.54</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:2">
       <x:c r="A727" s="2">
-        <x:v>44986</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="B727" s="3">
-        <x:v>486174.55</x:v>
+        <x:v>486899.94</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:2">
       <x:c r="A728" s="2">
-        <x:v>44985</x:v>
+        <x:v>45007</x:v>
       </x:c>
       <x:c r="B728" s="3">
-        <x:v>486136.72</x:v>
+        <x:v>486856.33</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:2">
       <x:c r="A729" s="2">
-        <x:v>44984</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="B729" s="3">
-        <x:v>486106.44</x:v>
+        <x:v>486765.47</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:2">
       <x:c r="A730" s="2">
-        <x:v>44981</x:v>
+        <x:v>45005</x:v>
       </x:c>
       <x:c r="B730" s="3">
-        <x:v>486081.16</x:v>
+        <x:v>486685.37</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:2">
       <x:c r="A731" s="2">
-        <x:v>44980</x:v>
+        <x:v>45002</x:v>
       </x:c>
       <x:c r="B731" s="3">
-        <x:v>485982.54</x:v>
+        <x:v>486671.42</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:2">
       <x:c r="A732" s="2">
-        <x:v>44979</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="B732" s="3">
-        <x:v>485948.21</x:v>
+        <x:v>486593.43</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:2">
       <x:c r="A733" s="2">
-        <x:v>44978</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B733" s="3">
-        <x:v>485919.03</x:v>
+        <x:v>486590.8</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:2">
       <x:c r="A734" s="2">
-        <x:v>44977</x:v>
+        <x:v>44999</x:v>
       </x:c>
       <x:c r="B734" s="3">
-        <x:v>485869.62</x:v>
+        <x:v>486524.94</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:2">
       <x:c r="A735" s="2">
-        <x:v>44974</x:v>
+        <x:v>44998</x:v>
       </x:c>
       <x:c r="B735" s="3">
-        <x:v>485841.73</x:v>
+        <x:v>486537.31</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:2">
       <x:c r="A736" s="2">
-        <x:v>44973</x:v>
+        <x:v>44995</x:v>
       </x:c>
       <x:c r="B736" s="3">
-        <x:v>485729.03</x:v>
+        <x:v>486519.37</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:2">
       <x:c r="A737" s="2">
-        <x:v>44972</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="B737" s="3">
-        <x:v>485705.59</x:v>
+        <x:v>486434.42</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:2">
       <x:c r="A738" s="2">
-        <x:v>44971</x:v>
+        <x:v>44993</x:v>
       </x:c>
       <x:c r="B738" s="3">
-        <x:v>485656.51</x:v>
+        <x:v>486404.29</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:2">
       <x:c r="A739" s="2">
-        <x:v>44970</x:v>
+        <x:v>44992</x:v>
       </x:c>
       <x:c r="B739" s="3">
-        <x:v>485627.24</x:v>
+        <x:v>486368.37</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:2">
       <x:c r="A740" s="2">
-        <x:v>44967</x:v>
+        <x:v>44991</x:v>
       </x:c>
       <x:c r="B740" s="3">
-        <x:v>485598.95</x:v>
+        <x:v>486327.02</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:2">
       <x:c r="A741" s="2">
-        <x:v>44966</x:v>
+        <x:v>44988</x:v>
       </x:c>
       <x:c r="B741" s="3">
-        <x:v>485490.99</x:v>
+        <x:v>486298.5</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:2">
       <x:c r="A742" s="2">
-        <x:v>44965</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="B742" s="3">
-        <x:v>485451.83</x:v>
+        <x:v>486205.83</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:2">
       <x:c r="A743" s="2">
-        <x:v>44964</x:v>
+        <x:v>44986</x:v>
       </x:c>
       <x:c r="B743" s="3">
-        <x:v>485430.1</x:v>
+        <x:v>486174.55</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:2">
       <x:c r="A744" s="2">
-        <x:v>44963</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B744" s="3">
-        <x:v>485403.27</x:v>
+        <x:v>486136.72</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:2">
       <x:c r="A745" s="2">
-        <x:v>44960</x:v>
+        <x:v>44984</x:v>
       </x:c>
       <x:c r="B745" s="3">
-        <x:v>485379.21</x:v>
+        <x:v>486106.44</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:2">
       <x:c r="A746" s="2">
-        <x:v>44959</x:v>
+        <x:v>44981</x:v>
       </x:c>
       <x:c r="B746" s="3">
-        <x:v>485285.24</x:v>
+        <x:v>486081.16</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:2">
       <x:c r="A747" s="2">
-        <x:v>44958</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B747" s="3">
-        <x:v>485262.06</x:v>
+        <x:v>485982.54</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:2">
       <x:c r="A748" s="2">
-        <x:v>44957</x:v>
+        <x:v>44979</x:v>
       </x:c>
       <x:c r="B748" s="3">
-        <x:v>485234.57</x:v>
+        <x:v>485948.21</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:2">
       <x:c r="A749" s="2">
-        <x:v>44956</x:v>
+        <x:v>44978</x:v>
       </x:c>
       <x:c r="B749" s="3">
-        <x:v>485202.94</x:v>
+        <x:v>485919.03</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:2">
       <x:c r="A750" s="2">
-        <x:v>44953</x:v>
+        <x:v>44977</x:v>
       </x:c>
       <x:c r="B750" s="3">
-        <x:v>485181.48</x:v>
+        <x:v>485869.62</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:2">
       <x:c r="A751" s="2">
-        <x:v>44952</x:v>
+        <x:v>44974</x:v>
       </x:c>
       <x:c r="B751" s="3">
-        <x:v>485088.72</x:v>
+        <x:v>485841.73</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:2">
       <x:c r="A752" s="2">
-        <x:v>44951</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="B752" s="3">
-        <x:v>485062</x:v>
+        <x:v>485729.03</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:2">
       <x:c r="A753" s="2">
-        <x:v>44950</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B753" s="3">
-        <x:v>485037.64</x:v>
+        <x:v>485705.59</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:2">
       <x:c r="A754" s="2">
-        <x:v>44949</x:v>
+        <x:v>44971</x:v>
       </x:c>
       <x:c r="B754" s="3">
-        <x:v>485007.91</x:v>
+        <x:v>485656.51</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:2">
       <x:c r="A755" s="2">
-        <x:v>44946</x:v>
+        <x:v>44970</x:v>
       </x:c>
       <x:c r="B755" s="3">
-        <x:v>484981.89</x:v>
+        <x:v>485627.24</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:2">
       <x:c r="A756" s="2">
-        <x:v>44945</x:v>
+        <x:v>44967</x:v>
       </x:c>
       <x:c r="B756" s="3">
-        <x:v>484888.02</x:v>
+        <x:v>485598.95</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:2">
       <x:c r="A757" s="2">
-        <x:v>44944</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="B757" s="3">
-        <x:v>484857.15</x:v>
+        <x:v>485490.99</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:2">
       <x:c r="A758" s="2">
-        <x:v>44943</x:v>
+        <x:v>44965</x:v>
       </x:c>
       <x:c r="B758" s="3">
-        <x:v>484834.15</x:v>
+        <x:v>485451.83</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:2">
       <x:c r="A759" s="2">
-        <x:v>44942</x:v>
+        <x:v>44964</x:v>
       </x:c>
       <x:c r="B759" s="3">
-        <x:v>484803.34</x:v>
+        <x:v>485430.1</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:2">
       <x:c r="A760" s="2">
-        <x:v>44939</x:v>
+        <x:v>44963</x:v>
       </x:c>
       <x:c r="B760" s="3">
-        <x:v>484775.88</x:v>
+        <x:v>485403.27</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:2">
       <x:c r="A761" s="2">
-        <x:v>44938</x:v>
+        <x:v>44960</x:v>
       </x:c>
       <x:c r="B761" s="3">
-        <x:v>484693.13</x:v>
+        <x:v>485379.21</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:2">
       <x:c r="A762" s="2">
-        <x:v>44937</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="B762" s="3">
-        <x:v>484667.7</x:v>
+        <x:v>485285.24</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:2">
       <x:c r="A763" s="2">
-        <x:v>44936</x:v>
+        <x:v>44958</x:v>
       </x:c>
       <x:c r="B763" s="3">
-        <x:v>484640.08</x:v>
+        <x:v>485262.06</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:2">
       <x:c r="A764" s="2">
-        <x:v>44935</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B764" s="3">
-        <x:v>484613.32</x:v>
+        <x:v>485234.57</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:2">
       <x:c r="A765" s="2">
-        <x:v>44932</x:v>
+        <x:v>44956</x:v>
       </x:c>
       <x:c r="B765" s="3">
-        <x:v>484591.76</x:v>
+        <x:v>485202.94</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:2">
       <x:c r="A766" s="2">
-        <x:v>44931</x:v>
+        <x:v>44953</x:v>
       </x:c>
       <x:c r="B766" s="3">
-        <x:v>484507.16</x:v>
+        <x:v>485181.48</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:2">
       <x:c r="A767" s="2">
-        <x:v>44930</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="B767" s="3">
-        <x:v>484488.22</x:v>
+        <x:v>485088.72</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:2">
       <x:c r="A768" s="2">
-        <x:v>44929</x:v>
+        <x:v>44951</x:v>
       </x:c>
       <x:c r="B768" s="3">
-        <x:v>484477.95</x:v>
+        <x:v>485062</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:2">
       <x:c r="A769" s="2">
-        <x:v>44928</x:v>
+        <x:v>44950</x:v>
       </x:c>
       <x:c r="B769" s="3">
-        <x:v>484457.66</x:v>
+        <x:v>485037.64</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:2">
       <x:c r="A770" s="2">
-        <x:v>44925</x:v>
+        <x:v>44949</x:v>
       </x:c>
       <x:c r="B770" s="3">
-        <x:v>484441</x:v>
+        <x:v>485007.91</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:2">
       <x:c r="A771" s="2">
-        <x:v>44924</x:v>
+        <x:v>44946</x:v>
       </x:c>
       <x:c r="B771" s="3">
-        <x:v>484360.48</x:v>
+        <x:v>484981.89</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:2">
       <x:c r="A772" s="2">
-        <x:v>44923</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="B772" s="3">
-        <x:v>484337.67</x:v>
+        <x:v>484888.02</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:2">
       <x:c r="A773" s="2">
-        <x:v>44922</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="B773" s="3">
-        <x:v>484307.67</x:v>
+        <x:v>484857.15</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:2">
       <x:c r="A774" s="2">
-        <x:v>44918</x:v>
+        <x:v>44943</x:v>
       </x:c>
       <x:c r="B774" s="3">
-        <x:v>484284.26</x:v>
+        <x:v>484834.15</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:2">
       <x:c r="A775" s="2">
-        <x:v>44917</x:v>
+        <x:v>44942</x:v>
       </x:c>
       <x:c r="B775" s="3">
-        <x:v>484179.06</x:v>
+        <x:v>484803.34</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:2">
       <x:c r="A776" s="2">
-        <x:v>44916</x:v>
+        <x:v>44939</x:v>
       </x:c>
       <x:c r="B776" s="3">
-        <x:v>484145.01</x:v>
+        <x:v>484775.88</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:2">
       <x:c r="A777" s="2">
-        <x:v>44915</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="B777" s="3">
-        <x:v>484121.09</x:v>
+        <x:v>484693.13</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:2">
       <x:c r="A778" s="2">
-        <x:v>44914</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="B778" s="3">
-        <x:v>484101.23</x:v>
+        <x:v>484667.7</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:2">
       <x:c r="A779" s="2">
-        <x:v>44911</x:v>
+        <x:v>44936</x:v>
       </x:c>
       <x:c r="B779" s="3">
-        <x:v>484087.23</x:v>
+        <x:v>484640.08</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:2">
       <x:c r="A780" s="2">
-        <x:v>44910</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="B780" s="3">
-        <x:v>484013.17</x:v>
+        <x:v>484613.32</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:2">
       <x:c r="A781" s="2">
-        <x:v>44909</x:v>
+        <x:v>44932</x:v>
       </x:c>
       <x:c r="B781" s="3">
-        <x:v>483985.77</x:v>
+        <x:v>484591.76</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:2">
       <x:c r="A782" s="2">
-        <x:v>44908</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="B782" s="3">
-        <x:v>483968.46</x:v>
+        <x:v>484507.16</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:2">
       <x:c r="A783" s="2">
-        <x:v>44907</x:v>
+        <x:v>44930</x:v>
       </x:c>
       <x:c r="B783" s="3">
-        <x:v>483949.68</x:v>
+        <x:v>484488.22</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:2">
       <x:c r="A784" s="2">
-        <x:v>44904</x:v>
+        <x:v>44929</x:v>
       </x:c>
       <x:c r="B784" s="3">
-        <x:v>483937.31</x:v>
+        <x:v>484477.95</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:2">
       <x:c r="A785" s="2">
-        <x:v>44903</x:v>
+        <x:v>44928</x:v>
       </x:c>
       <x:c r="B785" s="3">
-        <x:v>483863.83</x:v>
+        <x:v>484457.66</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:2">
       <x:c r="A786" s="2">
-        <x:v>44902</x:v>
+        <x:v>44925</x:v>
       </x:c>
       <x:c r="B786" s="3">
-        <x:v>483842.98</x:v>
+        <x:v>484441</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:2">
       <x:c r="A787" s="2">
-        <x:v>44901</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="B787" s="3">
-        <x:v>483825.82</x:v>
+        <x:v>484360.48</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:2">
       <x:c r="A788" s="2">
-        <x:v>44900</x:v>
+        <x:v>44923</x:v>
       </x:c>
       <x:c r="B788" s="3">
-        <x:v>483799.9</x:v>
+        <x:v>484337.67</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:2">
       <x:c r="A789" s="2">
-        <x:v>44897</x:v>
+        <x:v>44922</x:v>
       </x:c>
       <x:c r="B789" s="3">
-        <x:v>483782.24</x:v>
+        <x:v>484307.67</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:2">
       <x:c r="A790" s="2">
-        <x:v>44896</x:v>
+        <x:v>44918</x:v>
       </x:c>
       <x:c r="B790" s="3">
-        <x:v>483718.96</x:v>
+        <x:v>484284.26</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:2">
       <x:c r="A791" s="2">
-        <x:v>44895</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="B791" s="3">
-        <x:v>483699.02</x:v>
+        <x:v>484179.06</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:2">
       <x:c r="A792" s="2">
-        <x:v>44894</x:v>
+        <x:v>44916</x:v>
       </x:c>
       <x:c r="B792" s="3">
-        <x:v>483676.5</x:v>
+        <x:v>484145.01</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:2">
       <x:c r="A793" s="2">
-        <x:v>44893</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="B793" s="3">
-        <x:v>483660.71</x:v>
+        <x:v>484121.09</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:2">
       <x:c r="A794" s="2">
-        <x:v>44890</x:v>
+        <x:v>44914</x:v>
       </x:c>
       <x:c r="B794" s="3">
-        <x:v>483649.21</x:v>
+        <x:v>484101.23</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:2">
       <x:c r="A795" s="2">
-        <x:v>44889</x:v>
+        <x:v>44911</x:v>
       </x:c>
       <x:c r="B795" s="3">
-        <x:v>483584.77</x:v>
+        <x:v>484087.23</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:2">
       <x:c r="A796" s="2">
-        <x:v>44888</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B796" s="3">
-        <x:v>483563.24</x:v>
+        <x:v>484013.17</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:2">
       <x:c r="A797" s="2">
-        <x:v>44887</x:v>
+        <x:v>44909</x:v>
       </x:c>
       <x:c r="B797" s="3">
-        <x:v>483541.62</x:v>
+        <x:v>483985.77</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:2">
       <x:c r="A798" s="2">
-        <x:v>44886</x:v>
+        <x:v>44908</x:v>
       </x:c>
       <x:c r="B798" s="3">
-        <x:v>483518.4</x:v>
+        <x:v>483968.46</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:2">
       <x:c r="A799" s="2">
-        <x:v>44883</x:v>
+        <x:v>44907</x:v>
       </x:c>
       <x:c r="B799" s="3">
-        <x:v>483500.37</x:v>
+        <x:v>483949.68</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:2">
       <x:c r="A800" s="2">
-        <x:v>44882</x:v>
+        <x:v>44904</x:v>
       </x:c>
       <x:c r="B800" s="3">
-        <x:v>483434.88</x:v>
+        <x:v>483937.31</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:2">
       <x:c r="A801" s="2">
-        <x:v>44881</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="B801" s="3">
-        <x:v>483399.57</x:v>
+        <x:v>483863.83</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:2">
       <x:c r="A802" s="2">
-        <x:v>44880</x:v>
+        <x:v>44902</x:v>
       </x:c>
       <x:c r="B802" s="3">
-        <x:v>483377.96</x:v>
+        <x:v>483842.98</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:2">
       <x:c r="A803" s="2">
-        <x:v>44879</x:v>
+        <x:v>44901</x:v>
       </x:c>
       <x:c r="B803" s="3">
-        <x:v>483366.41</x:v>
+        <x:v>483825.82</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:2">
       <x:c r="A804" s="2">
-        <x:v>44875</x:v>
+        <x:v>44900</x:v>
       </x:c>
       <x:c r="B804" s="3">
-        <x:v>483349.08</x:v>
+        <x:v>483799.9</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:2">
       <x:c r="A805" s="2">
-        <x:v>44874</x:v>
+        <x:v>44897</x:v>
       </x:c>
       <x:c r="B805" s="3">
-        <x:v>483259.01</x:v>
+        <x:v>483782.24</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:2">
       <x:c r="A806" s="2">
-        <x:v>44873</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="B806" s="3">
-        <x:v>483241</x:v>
+        <x:v>483718.96</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:2">
       <x:c r="A807" s="2">
-        <x:v>44872</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B807" s="3">
-        <x:v>483216.77</x:v>
+        <x:v>483699.02</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:2">
       <x:c r="A808" s="2">
-        <x:v>44869</x:v>
+        <x:v>44894</x:v>
       </x:c>
       <x:c r="B808" s="3">
-        <x:v>483188.25</x:v>
+        <x:v>483676.5</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:2">
       <x:c r="A809" s="2">
-        <x:v>44868</x:v>
+        <x:v>44893</x:v>
       </x:c>
       <x:c r="B809" s="3">
-        <x:v>483139.9</x:v>
+        <x:v>483660.71</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:2">
       <x:c r="A810" s="2">
-        <x:v>44867</x:v>
+        <x:v>44890</x:v>
       </x:c>
       <x:c r="B810" s="3">
-        <x:v>483110.61</x:v>
+        <x:v>483649.21</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:2">
       <x:c r="A811" s="2">
-        <x:v>44865</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="B811" s="3">
-        <x:v>483095.67</x:v>
+        <x:v>483584.77</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:2">
       <x:c r="A812" s="2">
-        <x:v>44862</x:v>
+        <x:v>44888</x:v>
       </x:c>
       <x:c r="B812" s="3">
-        <x:v>483070.76</x:v>
+        <x:v>483563.24</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:2">
       <x:c r="A813" s="2">
-        <x:v>44861</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="B813" s="3">
-        <x:v>483052.39</x:v>
+        <x:v>483541.62</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:2">
       <x:c r="A814" s="2">
-        <x:v>44860</x:v>
+        <x:v>44886</x:v>
       </x:c>
       <x:c r="B814" s="3">
-        <x:v>483045.37</x:v>
+        <x:v>483518.4</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:2">
       <x:c r="A815" s="2">
-        <x:v>44859</x:v>
+        <x:v>44883</x:v>
       </x:c>
       <x:c r="B815" s="3">
-        <x:v>483037.2</x:v>
+        <x:v>483500.37</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:2">
       <x:c r="A816" s="2">
-        <x:v>44858</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="B816" s="3">
-        <x:v>483027.71</x:v>
+        <x:v>483434.88</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:2">
       <x:c r="A817" s="2">
-        <x:v>44855</x:v>
+        <x:v>44881</x:v>
       </x:c>
       <x:c r="B817" s="3">
-        <x:v>483036.47</x:v>
+        <x:v>483399.57</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:2">
       <x:c r="A818" s="2">
-        <x:v>44854</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B818" s="3">
-        <x:v>483001.48</x:v>
+        <x:v>483377.96</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:2">
       <x:c r="A819" s="2">
-        <x:v>44853</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="B819" s="3">
-        <x:v>482986.2</x:v>
+        <x:v>483366.41</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:2">
       <x:c r="A820" s="2">
-        <x:v>44852</x:v>
+        <x:v>44875</x:v>
       </x:c>
       <x:c r="B820" s="3">
-        <x:v>482969.38</x:v>
+        <x:v>483349.08</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:2">
       <x:c r="A821" s="2">
-        <x:v>44851</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="B821" s="3">
-        <x:v>482958.45</x:v>
+        <x:v>483259.01</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:2">
       <x:c r="A822" s="2">
-        <x:v>44848</x:v>
+        <x:v>44873</x:v>
       </x:c>
       <x:c r="B822" s="3">
-        <x:v>482953.89</x:v>
+        <x:v>483241</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:2">
       <x:c r="A823" s="2">
-        <x:v>44847</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="B823" s="3">
-        <x:v>482917.73</x:v>
+        <x:v>483216.77</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:2">
       <x:c r="A824" s="2">
-        <x:v>44846</x:v>
+        <x:v>44869</x:v>
       </x:c>
       <x:c r="B824" s="3">
-        <x:v>482915.36</x:v>
+        <x:v>483188.25</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:2">
       <x:c r="A825" s="2">
-        <x:v>44845</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="B825" s="3">
-        <x:v>482903.05</x:v>
+        <x:v>483139.9</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:2">
       <x:c r="A826" s="2">
-        <x:v>44844</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B826" s="3">
-        <x:v>482893.81</x:v>
+        <x:v>483110.61</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:2">
       <x:c r="A827" s="2">
-        <x:v>44841</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B827" s="3">
-        <x:v>482880.7</x:v>
+        <x:v>483095.67</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:2">
       <x:c r="A828" s="2">
-        <x:v>44840</x:v>
+        <x:v>44862</x:v>
       </x:c>
       <x:c r="B828" s="3">
-        <x:v>482844.96</x:v>
+        <x:v>483070.76</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:2">
       <x:c r="A829" s="2">
-        <x:v>44839</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B829" s="3">
-        <x:v>482842.1</x:v>
+        <x:v>483052.39</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:2">
       <x:c r="A830" s="2">
-        <x:v>44838</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B830" s="3">
-        <x:v>482823.19</x:v>
+        <x:v>483045.37</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:2">
       <x:c r="A831" s="2">
-        <x:v>44837</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B831" s="3">
-        <x:v>482832.23</x:v>
+        <x:v>483037.2</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:2">
       <x:c r="A832" s="2">
-        <x:v>44834</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B832" s="3">
-        <x:v>482832.92</x:v>
+        <x:v>483027.71</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:2">
       <x:c r="A833" s="2">
-        <x:v>44833</x:v>
+        <x:v>44855</x:v>
       </x:c>
       <x:c r="B833" s="3">
-        <x:v>482811.43</x:v>
+        <x:v>483036.47</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:2">
       <x:c r="A834" s="2">
-        <x:v>44832</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B834" s="3">
-        <x:v>482809.08</x:v>
+        <x:v>483001.48</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:2">
       <x:c r="A835" s="2">
-        <x:v>44831</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B835" s="3">
-        <x:v>482806.88</x:v>
+        <x:v>482986.2</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:2">
       <x:c r="A836" s="2">
-        <x:v>44830</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B836" s="3">
-        <x:v>482808.02</x:v>
+        <x:v>482969.38</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:2">
       <x:c r="A837" s="2">
-        <x:v>44827</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B837" s="3">
-        <x:v>482804.72</x:v>
+        <x:v>482958.45</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:2">
       <x:c r="A838" s="2">
-        <x:v>44826</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B838" s="3">
-        <x:v>482776.47</x:v>
+        <x:v>482953.89</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:2">
       <x:c r="A839" s="2">
-        <x:v>44825</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B839" s="3">
-        <x:v>482762.3</x:v>
+        <x:v>482917.73</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:2">
       <x:c r="A840" s="2">
-        <x:v>44824</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B840" s="3">
-        <x:v>482762.99</x:v>
+        <x:v>482915.36</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:2">
       <x:c r="A841" s="2">
-        <x:v>44823</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B841" s="3">
-        <x:v>482756.9</x:v>
+        <x:v>482903.05</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:2">
       <x:c r="A842" s="2">
-        <x:v>44820</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B842" s="3">
-        <x:v>482754.79</x:v>
+        <x:v>482893.81</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:2">
       <x:c r="A843" s="2">
-        <x:v>44819</x:v>
+        <x:v>44841</x:v>
       </x:c>
       <x:c r="B843" s="3">
-        <x:v>482726.92</x:v>
+        <x:v>482880.7</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:2">
       <x:c r="A844" s="2">
-        <x:v>44818</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="B844" s="3">
-        <x:v>482708.34</x:v>
+        <x:v>482844.96</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:2">
       <x:c r="A845" s="2">
-        <x:v>44817</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B845" s="3">
-        <x:v>482683.35</x:v>
+        <x:v>482842.1</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:2">
       <x:c r="A846" s="2">
-        <x:v>44816</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B846" s="3">
-        <x:v>482688.45</x:v>
+        <x:v>482823.19</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:2">
       <x:c r="A847" s="2">
-        <x:v>44813</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B847" s="3">
-        <x:v>482697.58</x:v>
+        <x:v>482832.23</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:2">
       <x:c r="A848" s="2">
-        <x:v>44812</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B848" s="3">
-        <x:v>482695.46</x:v>
+        <x:v>482832.92</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:2">
       <x:c r="A849" s="2">
-        <x:v>44811</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B849" s="3">
-        <x:v>482705.66</x:v>
+        <x:v>482811.43</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:2">
       <x:c r="A850" s="2">
-        <x:v>44810</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B850" s="3">
-        <x:v>482714.1</x:v>
+        <x:v>482809.08</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:2">
       <x:c r="A851" s="2">
-        <x:v>44809</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B851" s="3">
-        <x:v>482712.02</x:v>
+        <x:v>482806.88</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:2">
       <x:c r="A852" s="2">
-        <x:v>44806</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B852" s="3">
-        <x:v>482713.24</x:v>
+        <x:v>482808.02</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:2">
       <x:c r="A853" s="2">
-        <x:v>44805</x:v>
+        <x:v>44827</x:v>
       </x:c>
       <x:c r="B853" s="3">
-        <x:v>482714.85</x:v>
+        <x:v>482804.72</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:2">
       <x:c r="A854" s="2">
-        <x:v>44804</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B854" s="3">
-        <x:v>482719.84</x:v>
+        <x:v>482776.47</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:2">
       <x:c r="A855" s="2">
-        <x:v>44803</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B855" s="3">
-        <x:v>482726.18</x:v>
+        <x:v>482762.3</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:2">
       <x:c r="A856" s="2">
-        <x:v>44802</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B856" s="3">
-        <x:v>482735.33</x:v>
+        <x:v>482762.99</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:2">
       <x:c r="A857" s="2">
-        <x:v>44799</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B857" s="3">
-        <x:v>482718.94</x:v>
+        <x:v>482756.9</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:2">
       <x:c r="A858" s="2">
-        <x:v>44798</x:v>
+        <x:v>44820</x:v>
       </x:c>
       <x:c r="B858" s="3">
-        <x:v>482711.03</x:v>
+        <x:v>482754.79</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:2">
       <x:c r="A859" s="2">
-        <x:v>44797</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B859" s="3">
-        <x:v>482709.04</x:v>
+        <x:v>482726.92</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:2">
       <x:c r="A860" s="2">
-        <x:v>44796</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B860" s="3">
-        <x:v>482702.56</x:v>
+        <x:v>482708.34</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:2">
       <x:c r="A861" s="2">
-        <x:v>44795</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B861" s="3">
-        <x:v>482704.07</x:v>
+        <x:v>482683.35</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:2">
       <x:c r="A862" s="2">
-        <x:v>44792</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B862" s="3">
-        <x:v>482711.85</x:v>
+        <x:v>482688.45</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:2">
       <x:c r="A863" s="2">
-        <x:v>44791</x:v>
+        <x:v>44813</x:v>
       </x:c>
       <x:c r="B863" s="3">
-        <x:v>482713.72</x:v>
+        <x:v>482697.58</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:2">
       <x:c r="A864" s="2">
-        <x:v>44790</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B864" s="3">
-        <x:v>482719.38</x:v>
+        <x:v>482695.46</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:2">
       <x:c r="A865" s="2">
-        <x:v>44789</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B865" s="3">
-        <x:v>482719.85</x:v>
+        <x:v>482705.66</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:2">
       <x:c r="A866" s="2">
-        <x:v>44785</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B866" s="3">
-        <x:v>482724.44</x:v>
+        <x:v>482714.1</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:2">
       <x:c r="A867" s="2">
-        <x:v>44784</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B867" s="3">
-        <x:v>482711.85</x:v>
+        <x:v>482712.02</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:2">
       <x:c r="A868" s="2">
-        <x:v>44783</x:v>
+        <x:v>44806</x:v>
       </x:c>
       <x:c r="B868" s="3">
-        <x:v>482715.02</x:v>
+        <x:v>482713.24</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:2">
       <x:c r="A869" s="2">
-        <x:v>44782</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B869" s="3">
-        <x:v>482713.78</x:v>
+        <x:v>482714.85</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:2">
       <x:c r="A870" s="2">
-        <x:v>44781</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B870" s="3">
-        <x:v>482712.8</x:v>
+        <x:v>482719.84</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:2">
       <x:c r="A871" s="2">
-        <x:v>44778</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B871" s="3">
-        <x:v>482709.87</x:v>
+        <x:v>482726.18</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:2">
       <x:c r="A872" s="2">
-        <x:v>44777</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B872" s="3">
-        <x:v>482704.84</x:v>
+        <x:v>482735.33</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:2">
       <x:c r="A873" s="2">
-        <x:v>44776</x:v>
+        <x:v>44799</x:v>
       </x:c>
       <x:c r="B873" s="3">
-        <x:v>482709.67</x:v>
+        <x:v>482718.94</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:2">
       <x:c r="A874" s="2">
-        <x:v>44775</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B874" s="3">
-        <x:v>482707.36</x:v>
+        <x:v>482711.03</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:2">
       <x:c r="A875" s="2">
-        <x:v>44774</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B875" s="3">
-        <x:v>482708.54</x:v>
+        <x:v>482709.04</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:2">
       <x:c r="A876" s="2">
-        <x:v>44771</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B876" s="3">
-        <x:v>482704.67</x:v>
+        <x:v>482702.56</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:2">
       <x:c r="A877" s="2">
-        <x:v>44770</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B877" s="3">
-        <x:v>482705.01</x:v>
+        <x:v>482704.07</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:2">
       <x:c r="A878" s="2">
-        <x:v>44769</x:v>
+        <x:v>44792</x:v>
       </x:c>
       <x:c r="B878" s="3">
-        <x:v>482708.69</x:v>
+        <x:v>482711.85</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:2">
       <x:c r="A879" s="2">
-        <x:v>44768</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B879" s="3">
-        <x:v>482717.52</x:v>
+        <x:v>482713.72</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:2">
       <x:c r="A880" s="2">
-        <x:v>44767</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B880" s="3">
-        <x:v>482714.79</x:v>
+        <x:v>482719.38</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:2">
       <x:c r="A881" s="2">
-        <x:v>44764</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B881" s="3">
-        <x:v>482735.92</x:v>
+        <x:v>482719.85</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:2">
       <x:c r="A882" s="2">
-        <x:v>44763</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B882" s="3">
-        <x:v>482766.17</x:v>
+        <x:v>482724.44</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:2">
       <x:c r="A883" s="2">
-        <x:v>44762</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B883" s="3">
-        <x:v>482780.9</x:v>
+        <x:v>482711.85</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:2">
       <x:c r="A884" s="2">
-        <x:v>44761</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B884" s="3">
-        <x:v>482762.91</x:v>
+        <x:v>482715.02</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:2">
       <x:c r="A885" s="2">
-        <x:v>44760</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B885" s="3">
-        <x:v>482760.55</x:v>
+        <x:v>482713.78</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:2">
       <x:c r="A886" s="2">
-        <x:v>44757</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B886" s="3">
-        <x:v>482757.75</x:v>
+        <x:v>482712.8</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:2">
       <x:c r="A887" s="2">
-        <x:v>44755</x:v>
+        <x:v>44778</x:v>
       </x:c>
       <x:c r="B887" s="3">
-        <x:v>482785.36</x:v>
+        <x:v>482709.87</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:2">
       <x:c r="A888" s="2">
-        <x:v>44754</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B888" s="3">
-        <x:v>482791.98</x:v>
+        <x:v>482704.84</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:2">
       <x:c r="A889" s="2">
-        <x:v>44753</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B889" s="3">
-        <x:v>482798.3</x:v>
+        <x:v>482709.67</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:2">
       <x:c r="A890" s="2">
-        <x:v>44750</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B890" s="3">
-        <x:v>482791.41</x:v>
+        <x:v>482707.36</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:2">
       <x:c r="A891" s="2">
-        <x:v>44749</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B891" s="3">
-        <x:v>482800.17</x:v>
+        <x:v>482708.54</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:2">
       <x:c r="A892" s="2">
-        <x:v>44748</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B892" s="3">
-        <x:v>482792.91</x:v>
+        <x:v>482704.67</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:2">
       <x:c r="A893" s="2">
-        <x:v>44747</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B893" s="3">
-        <x:v>482807.99</x:v>
+        <x:v>482705.01</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:2">
       <x:c r="A894" s="2">
-        <x:v>44746</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B894" s="3">
-        <x:v>482801.22</x:v>
+        <x:v>482708.69</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:2">
       <x:c r="A895" s="2">
-        <x:v>44743</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B895" s="3">
-        <x:v>482803.65</x:v>
+        <x:v>482717.52</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:2">
       <x:c r="A896" s="2">
-        <x:v>44742</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B896" s="3">
-        <x:v>482853.19</x:v>
+        <x:v>482714.79</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:2">
       <x:c r="A897" s="2">
-        <x:v>44741</x:v>
+        <x:v>44764</x:v>
       </x:c>
       <x:c r="B897" s="3">
-        <x:v>482869.66</x:v>
+        <x:v>482735.92</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:2">
       <x:c r="A898" s="2">
-        <x:v>44740</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B898" s="3">
-        <x:v>482888.71</x:v>
+        <x:v>482766.17</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:2">
       <x:c r="A899" s="2">
-        <x:v>44739</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B899" s="3">
-        <x:v>482880.7</x:v>
+        <x:v>482780.9</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:2">
       <x:c r="A900" s="2">
-        <x:v>44736</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B900" s="3">
-        <x:v>482875.25</x:v>
+        <x:v>482762.91</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:2">
       <x:c r="A901" s="2">
-        <x:v>44735</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B901" s="3">
-        <x:v>482915.63</x:v>
+        <x:v>482760.55</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:2">
       <x:c r="A902" s="2">
-        <x:v>44734</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B902" s="3">
-        <x:v>482928.32</x:v>
+        <x:v>482757.75</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:2">
       <x:c r="A903" s="2">
-        <x:v>44733</x:v>
+        <x:v>44755</x:v>
       </x:c>
       <x:c r="B903" s="3">
-        <x:v>482930.95</x:v>
+        <x:v>482785.36</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:2">
       <x:c r="A904" s="2">
-        <x:v>44732</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B904" s="3">
-        <x:v>482944.11</x:v>
+        <x:v>482791.98</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:2">
       <x:c r="A905" s="2">
-        <x:v>44729</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B905" s="3">
-        <x:v>482950.78</x:v>
+        <x:v>482798.3</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:2">
       <x:c r="A906" s="2">
-        <x:v>44728</x:v>
+        <x:v>44750</x:v>
       </x:c>
       <x:c r="B906" s="3">
-        <x:v>482969.82</x:v>
+        <x:v>482791.41</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:2">
       <x:c r="A907" s="2">
-        <x:v>44727</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="B907" s="3">
-        <x:v>483013.15</x:v>
+        <x:v>482800.17</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:2">
       <x:c r="A908" s="2">
-        <x:v>44726</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="B908" s="3">
-        <x:v>483039.57</x:v>
+        <x:v>482792.91</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:2">
       <x:c r="A909" s="2">
-        <x:v>44725</x:v>
+        <x:v>44747</x:v>
       </x:c>
       <x:c r="B909" s="3">
-        <x:v>483067.74</x:v>
+        <x:v>482807.99</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:2">
       <x:c r="A910" s="2">
-        <x:v>44722</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B910" s="3">
-        <x:v>483078.67</x:v>
+        <x:v>482801.22</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:2">
       <x:c r="A911" s="2">
-        <x:v>44721</x:v>
+        <x:v>44743</x:v>
       </x:c>
       <x:c r="B911" s="3">
-        <x:v>483092.33</x:v>
+        <x:v>482803.65</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:2">
       <x:c r="A912" s="2">
-        <x:v>44720</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B912" s="3">
-        <x:v>483105.55</x:v>
+        <x:v>482853.19</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:2">
       <x:c r="A913" s="2">
-        <x:v>44719</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B913" s="3">
-        <x:v>483113.8</x:v>
+        <x:v>482869.66</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:2">
       <x:c r="A914" s="2">
-        <x:v>44715</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="B914" s="3">
-        <x:v>483109.58</x:v>
+        <x:v>482888.71</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:2">
       <x:c r="A915" s="2">
-        <x:v>44714</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B915" s="3">
-        <x:v>483135.62</x:v>
+        <x:v>482880.7</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:2">
       <x:c r="A916" s="2">
-        <x:v>44713</x:v>
+        <x:v>44736</x:v>
       </x:c>
       <x:c r="B916" s="3">
-        <x:v>483149.05</x:v>
+        <x:v>482875.25</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:2">
       <x:c r="A917" s="2">
-        <x:v>44712</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="B917" s="3">
-        <x:v>483160.08</x:v>
+        <x:v>482915.63</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:2">
       <x:c r="A918" s="2">
-        <x:v>44711</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B918" s="3">
-        <x:v>483162.32</x:v>
+        <x:v>482928.32</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:2">
       <x:c r="A919" s="2">
-        <x:v>44708</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B919" s="3">
-        <x:v>483171.27</x:v>
+        <x:v>482930.95</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:2">
       <x:c r="A920" s="2">
-        <x:v>44706</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B920" s="3">
-        <x:v>483190.6</x:v>
+        <x:v>482944.11</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:2">
       <x:c r="A921" s="2">
-        <x:v>44705</x:v>
+        <x:v>44729</x:v>
       </x:c>
       <x:c r="B921" s="3">
-        <x:v>483204.56</x:v>
+        <x:v>482950.78</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:2">
       <x:c r="A922" s="2">
-        <x:v>44704</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B922" s="3">
-        <x:v>483216.05</x:v>
+        <x:v>482969.82</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:2">
       <x:c r="A923" s="2">
-        <x:v>44701</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B923" s="3">
-        <x:v>483221.16</x:v>
+        <x:v>483013.15</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:2">
       <x:c r="A924" s="2">
-        <x:v>44700</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B924" s="3">
-        <x:v>483256.13</x:v>
+        <x:v>483039.57</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:2">
       <x:c r="A925" s="2">
-        <x:v>44699</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B925" s="3">
-        <x:v>483267.19</x:v>
+        <x:v>483067.74</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:2">
       <x:c r="A926" s="2">
-        <x:v>44698</x:v>
+        <x:v>44722</x:v>
       </x:c>
       <x:c r="B926" s="3">
-        <x:v>483269.01</x:v>
+        <x:v>483078.67</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:2">
       <x:c r="A927" s="2">
-        <x:v>44697</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B927" s="3">
-        <x:v>483269.59</x:v>
+        <x:v>483092.33</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:2">
       <x:c r="A928" s="2">
-        <x:v>44694</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="B928" s="3">
-        <x:v>483269.57</x:v>
+        <x:v>483105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:2">
       <x:c r="A929" s="2">
-        <x:v>44693</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B929" s="3">
-        <x:v>483289.8</x:v>
+        <x:v>483113.8</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:2">
       <x:c r="A930" s="2">
-        <x:v>44692</x:v>
+        <x:v>44715</x:v>
       </x:c>
       <x:c r="B930" s="3">
-        <x:v>483300.74</x:v>
+        <x:v>483109.58</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:2">
       <x:c r="A931" s="2">
-        <x:v>44691</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B931" s="3">
-        <x:v>483304.83</x:v>
+        <x:v>483135.62</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:2">
       <x:c r="A932" s="2">
-        <x:v>44690</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B932" s="3">
-        <x:v>483334.89</x:v>
+        <x:v>483149.05</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:2">
       <x:c r="A933" s="2">
-        <x:v>44687</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B933" s="3">
-        <x:v>483350.36</x:v>
+        <x:v>483160.08</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:2">
       <x:c r="A934" s="2">
-        <x:v>44686</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B934" s="3">
-        <x:v>483365.9</x:v>
+        <x:v>483162.32</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:2">
       <x:c r="A935" s="2">
-        <x:v>44685</x:v>
+        <x:v>44708</x:v>
       </x:c>
       <x:c r="B935" s="3">
-        <x:v>483380.71</x:v>
+        <x:v>483171.27</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:2">
       <x:c r="A936" s="2">
-        <x:v>44684</x:v>
+        <x:v>44706</x:v>
       </x:c>
       <x:c r="B936" s="3">
-        <x:v>483390.04</x:v>
+        <x:v>483190.6</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:2">
       <x:c r="A937" s="2">
-        <x:v>44683</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B937" s="3">
-        <x:v>483395.67</x:v>
+        <x:v>483204.56</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:2">
       <x:c r="A938" s="2">
-        <x:v>44680</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B938" s="3">
-        <x:v>483413.02</x:v>
+        <x:v>483216.05</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:2">
       <x:c r="A939" s="2">
-        <x:v>44679</x:v>
+        <x:v>44701</x:v>
       </x:c>
       <x:c r="B939" s="3">
-        <x:v>483420</x:v>
+        <x:v>483221.16</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:2">
       <x:c r="A940" s="2">
-        <x:v>44678</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B940" s="3">
-        <x:v>483419.76</x:v>
+        <x:v>483256.13</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:2">
       <x:c r="A941" s="2">
-        <x:v>44677</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B941" s="3">
-        <x:v>483429.04</x:v>
+        <x:v>483267.19</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:2">
       <x:c r="A942" s="2">
-        <x:v>44676</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B942" s="3">
-        <x:v>483453.81</x:v>
+        <x:v>483269.01</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:2">
       <x:c r="A943" s="2">
-        <x:v>44673</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B943" s="3">
-        <x:v>483477.07</x:v>
+        <x:v>483269.59</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:2">
       <x:c r="A944" s="2">
-        <x:v>44672</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B944" s="3">
-        <x:v>483481.82</x:v>
+        <x:v>483269.57</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:2">
       <x:c r="A945" s="2">
-        <x:v>44671</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B945" s="3">
-        <x:v>483490.26</x:v>
+        <x:v>483289.8</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:2">
       <x:c r="A946" s="2">
-        <x:v>44670</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B946" s="3">
-        <x:v>483503.42</x:v>
+        <x:v>483300.74</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:2">
       <x:c r="A947" s="2">
-        <x:v>44665</x:v>
+        <x:v>44691</x:v>
       </x:c>
       <x:c r="B947" s="3">
-        <x:v>483514.59</x:v>
+        <x:v>483304.83</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:2">
       <x:c r="A948" s="2">
-        <x:v>44664</x:v>
+        <x:v>44690</x:v>
       </x:c>
       <x:c r="B948" s="3">
-        <x:v>483543.8</x:v>
+        <x:v>483334.89</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:2">
       <x:c r="A949" s="2">
-        <x:v>44663</x:v>
+        <x:v>44687</x:v>
       </x:c>
       <x:c r="B949" s="3">
-        <x:v>483548.62</x:v>
+        <x:v>483350.36</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:2">
       <x:c r="A950" s="2">
-        <x:v>44662</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B950" s="3">
-        <x:v>483555.55</x:v>
+        <x:v>483365.9</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:2">
       <x:c r="A951" s="2">
-        <x:v>44659</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B951" s="3">
-        <x:v>483577.79</x:v>
+        <x:v>483380.71</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:2">
       <x:c r="A952" s="2">
-        <x:v>44658</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B952" s="3">
-        <x:v>483602.35</x:v>
+        <x:v>483390.04</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:2">
       <x:c r="A953" s="2">
-        <x:v>44657</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B953" s="3">
-        <x:v>483605.38</x:v>
+        <x:v>483395.67</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:2">
       <x:c r="A954" s="2">
-        <x:v>44656</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B954" s="3">
-        <x:v>483621.23</x:v>
+        <x:v>483413.02</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:2">
       <x:c r="A955" s="2">
-        <x:v>44655</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B955" s="3">
-        <x:v>483627.58</x:v>
+        <x:v>483420</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:2">
       <x:c r="A956" s="2">
-        <x:v>44652</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B956" s="3">
-        <x:v>483633.63</x:v>
+        <x:v>483419.76</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:2">
       <x:c r="A957" s="2">
-        <x:v>44651</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B957" s="3">
-        <x:v>483649.27</x:v>
+        <x:v>483429.04</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:2">
       <x:c r="A958" s="2">
-        <x:v>44650</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B958" s="3">
-        <x:v>483666.1</x:v>
+        <x:v>483453.81</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:2">
       <x:c r="A959" s="2">
-        <x:v>44649</x:v>
+        <x:v>44673</x:v>
       </x:c>
       <x:c r="B959" s="3">
-        <x:v>483658.4</x:v>
+        <x:v>483477.07</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:2">
       <x:c r="A960" s="2">
-        <x:v>44648</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B960" s="3">
-        <x:v>483665.45</x:v>
+        <x:v>483481.82</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:2">
       <x:c r="A961" s="2">
-        <x:v>44645</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B961" s="3">
-        <x:v>483663.46</x:v>
+        <x:v>483490.26</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:2">
       <x:c r="A962" s="2">
-        <x:v>44644</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B962" s="3">
-        <x:v>483675.07</x:v>
+        <x:v>483503.42</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:2">
       <x:c r="A963" s="2">
-        <x:v>44643</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B963" s="3">
-        <x:v>483679.55</x:v>
+        <x:v>483514.59</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:2">
       <x:c r="A964" s="2">
-        <x:v>44642</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B964" s="3">
-        <x:v>483680.87</x:v>
+        <x:v>483543.8</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:2">
       <x:c r="A965" s="2">
-        <x:v>44641</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B965" s="3">
-        <x:v>483685.14</x:v>
+        <x:v>483548.62</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:2">
       <x:c r="A966" s="2">
-        <x:v>44638</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B966" s="3">
-        <x:v>483697.22</x:v>
+        <x:v>483555.55</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:2">
       <x:c r="A967" s="2">
-        <x:v>44637</x:v>
+        <x:v>44659</x:v>
       </x:c>
       <x:c r="B967" s="3">
-        <x:v>483728.37</x:v>
+        <x:v>483577.79</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:2">
       <x:c r="A968" s="2">
-        <x:v>44636</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B968" s="3">
-        <x:v>483737.53</x:v>
+        <x:v>483602.35</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:2">
       <x:c r="A969" s="2">
-        <x:v>44635</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B969" s="3">
-        <x:v>483739.29</x:v>
+        <x:v>483605.38</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:2">
       <x:c r="A970" s="2">
-        <x:v>44634</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B970" s="3">
-        <x:v>483751.33</x:v>
+        <x:v>483621.23</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:2">
       <x:c r="A971" s="2">
-        <x:v>44631</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B971" s="3">
-        <x:v>483755.16</x:v>
+        <x:v>483627.58</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:2">
       <x:c r="A972" s="2">
-        <x:v>44630</x:v>
+        <x:v>44652</x:v>
       </x:c>
       <x:c r="B972" s="3">
-        <x:v>483764.49</x:v>
+        <x:v>483633.63</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:2">
       <x:c r="A973" s="2">
-        <x:v>44629</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B973" s="3">
-        <x:v>483748.09</x:v>
+        <x:v>483649.27</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:2">
       <x:c r="A974" s="2">
-        <x:v>44628</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B974" s="3">
-        <x:v>483758.04</x:v>
+        <x:v>483666.1</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:2">
       <x:c r="A975" s="2">
-        <x:v>44627</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B975" s="3">
-        <x:v>483787.81</x:v>
+        <x:v>483658.4</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:2">
       <x:c r="A976" s="2">
-        <x:v>44624</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B976" s="3">
-        <x:v>483805.54</x:v>
+        <x:v>483665.45</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:2">
       <x:c r="A977" s="2">
-        <x:v>44623</x:v>
+        <x:v>44645</x:v>
       </x:c>
       <x:c r="B977" s="3">
-        <x:v>483840.89</x:v>
+        <x:v>483663.46</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:2">
       <x:c r="A978" s="2">
-        <x:v>44622</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B978" s="3">
-        <x:v>483843.39</x:v>
+        <x:v>483675.07</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:2">
       <x:c r="A979" s="2">
-        <x:v>44621</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B979" s="3">
-        <x:v>483844.08</x:v>
+        <x:v>483679.55</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:2">
       <x:c r="A980" s="2">
-        <x:v>44620</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B980" s="3">
-        <x:v>483848.75</x:v>
+        <x:v>483680.87</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:2">
       <x:c r="A981" s="2">
-        <x:v>44617</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B981" s="3">
-        <x:v>483870.29</x:v>
+        <x:v>483685.14</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:2">
       <x:c r="A982" s="2">
-        <x:v>44616</x:v>
+        <x:v>44638</x:v>
       </x:c>
       <x:c r="B982" s="3">
-        <x:v>483917.88</x:v>
+        <x:v>483697.22</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:2">
       <x:c r="A983" s="2">
-        <x:v>44615</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B983" s="3">
-        <x:v>483927.85</x:v>
+        <x:v>483728.37</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:2">
       <x:c r="A984" s="2">
-        <x:v>44614</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B984" s="3">
-        <x:v>483939.47</x:v>
+        <x:v>483737.53</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:2">
       <x:c r="A985" s="2">
-        <x:v>44613</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B985" s="3">
-        <x:v>483956.43</x:v>
+        <x:v>483739.29</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:2">
       <x:c r="A986" s="2">
-        <x:v>44610</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B986" s="3">
-        <x:v>483968.87</x:v>
+        <x:v>483751.33</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:2">
       <x:c r="A987" s="2">
-        <x:v>44609</x:v>
+        <x:v>44631</x:v>
       </x:c>
       <x:c r="B987" s="3">
-        <x:v>483996.5</x:v>
+        <x:v>483755.16</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:2">
       <x:c r="A988" s="2">
-        <x:v>44608</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B988" s="3">
-        <x:v>484003</x:v>
+        <x:v>483764.49</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:2">
       <x:c r="A989" s="2">
-        <x:v>44607</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B989" s="3">
-        <x:v>484015.24</x:v>
+        <x:v>483748.09</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:2">
       <x:c r="A990" s="2">
-        <x:v>44606</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B990" s="3">
-        <x:v>484027.11</x:v>
+        <x:v>483758.04</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:2">
       <x:c r="A991" s="2">
-        <x:v>44603</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B991" s="3">
-        <x:v>484053.65</x:v>
+        <x:v>483787.81</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:2">
       <x:c r="A992" s="2">
-        <x:v>44602</x:v>
+        <x:v>44624</x:v>
       </x:c>
       <x:c r="B992" s="3">
-        <x:v>484067.98</x:v>
+        <x:v>483805.54</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:2">
       <x:c r="A993" s="2">
-        <x:v>44601</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B993" s="3">
-        <x:v>484071.38</x:v>
+        <x:v>483840.89</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:2">
       <x:c r="A994" s="2">
-        <x:v>44600</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B994" s="3">
-        <x:v>484081.5</x:v>
+        <x:v>483843.39</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:2">
       <x:c r="A995" s="2">
-        <x:v>44599</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B995" s="3">
-        <x:v>484105.1</x:v>
+        <x:v>483844.08</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:2">
       <x:c r="A996" s="2">
-        <x:v>44596</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B996" s="3">
-        <x:v>484127.65</x:v>
+        <x:v>483848.75</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:2">
       <x:c r="A997" s="2">
-        <x:v>44595</x:v>
+        <x:v>44617</x:v>
       </x:c>
       <x:c r="B997" s="3">
-        <x:v>484127.37</x:v>
+        <x:v>483870.29</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:2">
       <x:c r="A998" s="2">
-        <x:v>44594</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B998" s="3">
-        <x:v>484128.95</x:v>
+        <x:v>483917.88</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:2">
       <x:c r="A999" s="2">
-        <x:v>44593</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B999" s="3">
-        <x:v>484137.34</x:v>
+        <x:v>483927.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:2">
       <x:c r="A1000" s="2">
-        <x:v>44592</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B1000" s="3">
-        <x:v>484140.84</x:v>
+        <x:v>483939.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:2">
       <x:c r="A1001" s="2">
-        <x:v>44589</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B1001" s="3">
-        <x:v>484144.6</x:v>
+        <x:v>483956.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:2">
       <x:c r="A1002" s="2">
-        <x:v>44588</x:v>
+        <x:v>44610</x:v>
       </x:c>
       <x:c r="B1002" s="3">
-        <x:v>484166.79</x:v>
+        <x:v>483968.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:2">
       <x:c r="A1003" s="2">
-        <x:v>44587</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B1003" s="3">
-        <x:v>484165.78</x:v>
+        <x:v>483996.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:2">
       <x:c r="A1004" s="2">
-        <x:v>44586</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B1004" s="3">
-        <x:v>484171.73</x:v>
+        <x:v>484003</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:2">
       <x:c r="A1005" s="2">
-        <x:v>44585</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B1005" s="3">
-        <x:v>484178.87</x:v>
+        <x:v>484015.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:2">
       <x:c r="A1006" s="2">
-        <x:v>44582</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B1006" s="3">
-        <x:v>484196.31</x:v>
+        <x:v>484027.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:2">
       <x:c r="A1007" s="2">
-        <x:v>44581</x:v>
+        <x:v>44603</x:v>
       </x:c>
       <x:c r="B1007" s="3">
-        <x:v>484218</x:v>
+        <x:v>484053.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:2">
       <x:c r="A1008" s="2">
-        <x:v>44580</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B1008" s="3">
-        <x:v>484231.63</x:v>
+        <x:v>484067.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:2">
       <x:c r="A1009" s="2">
-        <x:v>44579</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B1009" s="3">
-        <x:v>484237.43</x:v>
+        <x:v>484071.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:2">
       <x:c r="A1010" s="2">
-        <x:v>44578</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B1010" s="3">
-        <x:v>484247.99</x:v>
+        <x:v>484081.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:2">
       <x:c r="A1011" s="2">
-        <x:v>44575</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B1011" s="3">
-        <x:v>484257.66</x:v>
+        <x:v>484105.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:2">
       <x:c r="A1012" s="2">
-        <x:v>44574</x:v>
+        <x:v>44596</x:v>
       </x:c>
       <x:c r="B1012" s="3">
-        <x:v>484279.08</x:v>
+        <x:v>484127.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:2">
       <x:c r="A1013" s="2">
-        <x:v>44573</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B1013" s="3">
-        <x:v>484285.69</x:v>
+        <x:v>484127.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:2">
       <x:c r="A1014" s="2">
-        <x:v>44572</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B1014" s="3">
-        <x:v>484295.33</x:v>
+        <x:v>484128.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:2">
       <x:c r="A1015" s="2">
-        <x:v>44571</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B1015" s="3">
-        <x:v>484303.57</x:v>
+        <x:v>484137.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:2">
       <x:c r="A1016" s="2">
-        <x:v>44568</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B1016" s="3">
-        <x:v>484312.02</x:v>
+        <x:v>484140.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:2">
       <x:c r="A1017" s="2">
-        <x:v>44567</x:v>
+        <x:v>44589</x:v>
       </x:c>
       <x:c r="B1017" s="3">
-        <x:v>484334.9</x:v>
+        <x:v>484144.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:2">
       <x:c r="A1018" s="2">
-        <x:v>44566</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="B1018" s="3">
-        <x:v>484343.44</x:v>
+        <x:v>484166.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:2">
       <x:c r="A1019" s="2">
-        <x:v>44565</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="B1019" s="3">
-        <x:v>484353.83</x:v>
+        <x:v>484165.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:2">
       <x:c r="A1020" s="2">
-        <x:v>44564</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="B1020" s="3">
-        <x:v>484367.5</x:v>
+        <x:v>484171.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:2">
       <x:c r="A1021" s="2">
-        <x:v>44561</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="B1021" s="3">
-        <x:v>484373.52</x:v>
+        <x:v>484178.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:2">
       <x:c r="A1022" s="2">
-        <x:v>44560</x:v>
+        <x:v>44582</x:v>
       </x:c>
       <x:c r="B1022" s="3">
-        <x:v>484397.56</x:v>
+        <x:v>484196.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:2">
       <x:c r="A1023" s="2">
-        <x:v>44559</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="B1023" s="3">
-        <x:v>484405.61</x:v>
+        <x:v>484218</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:2">
       <x:c r="A1024" s="2">
-        <x:v>44558</x:v>
+        <x:v>44580</x:v>
       </x:c>
       <x:c r="B1024" s="3">
-        <x:v>484412.98</x:v>
+        <x:v>484231.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:2">
       <x:c r="A1025" s="2">
-        <x:v>44557</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="B1025" s="3">
-        <x:v>484422.58</x:v>
+        <x:v>484237.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:2">
       <x:c r="A1026" s="2">
-        <x:v>44554</x:v>
+        <x:v>44578</x:v>
       </x:c>
       <x:c r="B1026" s="3">
-        <x:v>484427.49</x:v>
+        <x:v>484247.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:2">
       <x:c r="A1027" s="2">
-        <x:v>44553</x:v>
+        <x:v>44575</x:v>
       </x:c>
       <x:c r="B1027" s="3">
-        <x:v>484446.4</x:v>
+        <x:v>484257.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:2">
       <x:c r="A1028" s="2">
-        <x:v>44552</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="B1028" s="3">
-        <x:v>484450.71</x:v>
+        <x:v>484279.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:2">
       <x:c r="A1029" s="2">
-        <x:v>44551</x:v>
+        <x:v>44573</x:v>
       </x:c>
       <x:c r="B1029" s="3">
-        <x:v>484453.32</x:v>
+        <x:v>484285.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:2">
       <x:c r="A1030" s="2">
-        <x:v>44550</x:v>
+        <x:v>44572</x:v>
       </x:c>
       <x:c r="B1030" s="3">
-        <x:v>484458.95</x:v>
+        <x:v>484295.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:2">
       <x:c r="A1031" s="2">
-        <x:v>44547</x:v>
+        <x:v>44571</x:v>
       </x:c>
       <x:c r="B1031" s="3">
-        <x:v>484461.7</x:v>
+        <x:v>484303.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:2">
       <x:c r="A1032" s="2">
-        <x:v>44546</x:v>
+        <x:v>44568</x:v>
       </x:c>
       <x:c r="B1032" s="3">
-        <x:v>484491.84</x:v>
+        <x:v>484312.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:2">
       <x:c r="A1033" s="2">
-        <x:v>44545</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="B1033" s="3">
-        <x:v>484497.58</x:v>
+        <x:v>484334.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:2">
       <x:c r="A1034" s="2">
-        <x:v>44544</x:v>
+        <x:v>44566</x:v>
       </x:c>
       <x:c r="B1034" s="3">
-        <x:v>484499.05</x:v>
+        <x:v>484343.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:2">
       <x:c r="A1035" s="2">
-        <x:v>44543</x:v>
+        <x:v>44565</x:v>
       </x:c>
       <x:c r="B1035" s="3">
-        <x:v>484505.93</x:v>
+        <x:v>484353.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:2">
       <x:c r="A1036" s="2">
-        <x:v>44540</x:v>
+        <x:v>44564</x:v>
       </x:c>
       <x:c r="B1036" s="3">
-        <x:v>484520.15</x:v>
+        <x:v>484367.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:2">
       <x:c r="A1037" s="2">
-        <x:v>44539</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B1037" s="3">
-        <x:v>484538.31</x:v>
+        <x:v>484373.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:2">
       <x:c r="A1038" s="2">
-        <x:v>44538</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="B1038" s="3">
-        <x:v>484546.81</x:v>
+        <x:v>484397.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:2">
       <x:c r="A1039" s="2">
-        <x:v>44537</x:v>
+        <x:v>44559</x:v>
       </x:c>
       <x:c r="B1039" s="3">
-        <x:v>484550.21</x:v>
+        <x:v>484405.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:2">
       <x:c r="A1040" s="2">
-        <x:v>44536</x:v>
+        <x:v>44558</x:v>
       </x:c>
       <x:c r="B1040" s="3">
-        <x:v>484555.95</x:v>
+        <x:v>484412.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:2">
       <x:c r="A1041" s="2">
-        <x:v>44533</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="B1041" s="3">
-        <x:v>484563.4</x:v>
+        <x:v>484422.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:2">
       <x:c r="A1042" s="2">
-        <x:v>44532</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="B1042" s="3">
-        <x:v>484589.47</x:v>
+        <x:v>484427.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:2">
       <x:c r="A1043" s="2">
-        <x:v>44531</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="B1043" s="3">
-        <x:v>484596.14</x:v>
+        <x:v>484446.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:2">
       <x:c r="A1044" s="2">
-        <x:v>44530</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="B1044" s="3">
-        <x:v>484602.95</x:v>
+        <x:v>484450.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:2">
       <x:c r="A1045" s="2">
-        <x:v>44529</x:v>
+        <x:v>44551</x:v>
       </x:c>
       <x:c r="B1045" s="3">
-        <x:v>484616.09</x:v>
+        <x:v>484453.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:2">
       <x:c r="A1046" s="2">
-        <x:v>44526</x:v>
+        <x:v>44550</x:v>
       </x:c>
       <x:c r="B1046" s="3">
-        <x:v>484635.43</x:v>
+        <x:v>484458.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:2">
       <x:c r="A1047" s="2">
-        <x:v>44525</x:v>
+        <x:v>44547</x:v>
       </x:c>
       <x:c r="B1047" s="3">
-        <x:v>484673.07</x:v>
+        <x:v>484461.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:2">
       <x:c r="A1048" s="2">
-        <x:v>44524</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="B1048" s="3">
-        <x:v>484682.34</x:v>
+        <x:v>484491.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:2">
       <x:c r="A1049" s="2">
-        <x:v>44523</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B1049" s="3">
-        <x:v>484686.58</x:v>
+        <x:v>484497.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:2">
       <x:c r="A1050" s="2">
-        <x:v>44522</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="B1050" s="3">
-        <x:v>484693.31</x:v>
+        <x:v>484499.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:2">
       <x:c r="A1051" s="2">
-        <x:v>44519</x:v>
+        <x:v>44543</x:v>
       </x:c>
       <x:c r="B1051" s="3">
-        <x:v>484696.13</x:v>
+        <x:v>484505.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:2">
       <x:c r="A1052" s="2">
-        <x:v>44518</x:v>
+        <x:v>44540</x:v>
       </x:c>
       <x:c r="B1052" s="3">
-        <x:v>484714.75</x:v>
+        <x:v>484520.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:2">
       <x:c r="A1053" s="2">
-        <x:v>44517</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="B1053" s="3">
-        <x:v>484728.19</x:v>
+        <x:v>484538.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:2">
       <x:c r="A1054" s="2">
-        <x:v>44516</x:v>
+        <x:v>44538</x:v>
       </x:c>
       <x:c r="B1054" s="3">
-        <x:v>484734.51</x:v>
+        <x:v>484546.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:2">
       <x:c r="A1055" s="2">
-        <x:v>44515</x:v>
+        <x:v>44537</x:v>
       </x:c>
       <x:c r="B1055" s="3">
-        <x:v>484755.06</x:v>
+        <x:v>484550.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:2">
       <x:c r="A1056" s="2">
-        <x:v>44512</x:v>
+        <x:v>44536</x:v>
       </x:c>
       <x:c r="B1056" s="3">
-        <x:v>484770.7</x:v>
+        <x:v>484555.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:2">
       <x:c r="A1057" s="2">
-        <x:v>44510</x:v>
+        <x:v>44533</x:v>
       </x:c>
       <x:c r="B1057" s="3">
-        <x:v>484792.16</x:v>
+        <x:v>484563.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:2">
       <x:c r="A1058" s="2">
-        <x:v>44509</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="B1058" s="3">
-        <x:v>484802.62</x:v>
+        <x:v>484589.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:2">
       <x:c r="A1059" s="2">
-        <x:v>44508</x:v>
+        <x:v>44531</x:v>
       </x:c>
       <x:c r="B1059" s="3">
-        <x:v>484811.89</x:v>
+        <x:v>484596.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:2">
       <x:c r="A1060" s="2">
-        <x:v>44505</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B1060" s="3">
-        <x:v>484815.22</x:v>
+        <x:v>484602.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:2">
       <x:c r="A1061" s="2">
-        <x:v>44504</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="B1061" s="3">
-        <x:v>484816.84</x:v>
+        <x:v>484616.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:2">
       <x:c r="A1062" s="2">
-        <x:v>44503</x:v>
+        <x:v>44526</x:v>
       </x:c>
       <x:c r="B1062" s="3">
-        <x:v>484822.73</x:v>
+        <x:v>484635.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:2">
       <x:c r="A1063" s="2">
-        <x:v>44502</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="B1063" s="3">
-        <x:v>484827.7</x:v>
+        <x:v>484673.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:2">
       <x:c r="A1064" s="2">
-        <x:v>44498</x:v>
+        <x:v>44524</x:v>
       </x:c>
       <x:c r="B1064" s="3">
-        <x:v>484850.82</x:v>
+        <x:v>484682.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:2">
       <x:c r="A1065" s="2">
-        <x:v>44497</x:v>
+        <x:v>44523</x:v>
       </x:c>
       <x:c r="B1065" s="3">
-        <x:v>484875.51</x:v>
+        <x:v>484686.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:2">
       <x:c r="A1066" s="2">
-        <x:v>44496</x:v>
+        <x:v>44522</x:v>
       </x:c>
       <x:c r="B1066" s="3">
-        <x:v>484886.34</x:v>
+        <x:v>484693.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:2">
       <x:c r="A1067" s="2">
-        <x:v>44495</x:v>
+        <x:v>44519</x:v>
       </x:c>
       <x:c r="B1067" s="3">
-        <x:v>484892.49</x:v>
+        <x:v>484696.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:2">
       <x:c r="A1068" s="2">
-        <x:v>44494</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="B1068" s="3">
-        <x:v>484900.73</x:v>
+        <x:v>484714.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:2">
       <x:c r="A1069" s="2">
-        <x:v>44491</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="B1069" s="3">
-        <x:v>484907.87</x:v>
+        <x:v>484728.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:2">
       <x:c r="A1070" s="2">
-        <x:v>44490</x:v>
+        <x:v>44516</x:v>
       </x:c>
       <x:c r="B1070" s="3">
-        <x:v>484927.09</x:v>
+        <x:v>484734.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:2">
       <x:c r="A1071" s="2">
-        <x:v>44489</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B1071" s="3">
-        <x:v>484933.67</x:v>
+        <x:v>484755.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:2">
       <x:c r="A1072" s="2">
-        <x:v>44488</x:v>
+        <x:v>44512</x:v>
       </x:c>
       <x:c r="B1072" s="3">
-        <x:v>484942.71</x:v>
+        <x:v>484770.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:2">
       <x:c r="A1073" s="2">
-        <x:v>44487</x:v>
+        <x:v>44510</x:v>
       </x:c>
       <x:c r="B1073" s="3">
-        <x:v>484959.83</x:v>
+        <x:v>484792.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:2">
       <x:c r="A1074" s="2">
-        <x:v>44484</x:v>
+        <x:v>44509</x:v>
       </x:c>
       <x:c r="B1074" s="3">
-        <x:v>484961.97</x:v>
+        <x:v>484802.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:2">
       <x:c r="A1075" s="2">
-        <x:v>44483</x:v>
+        <x:v>44508</x:v>
       </x:c>
       <x:c r="B1075" s="3">
-        <x:v>484981.6</x:v>
+        <x:v>484811.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:2">
       <x:c r="A1076" s="2">
-        <x:v>44482</x:v>
+        <x:v>44505</x:v>
       </x:c>
       <x:c r="B1076" s="3">
-        <x:v>484990.92</x:v>
+        <x:v>484815.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:2">
       <x:c r="A1077" s="2">
-        <x:v>44481</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="B1077" s="3">
-        <x:v>484999.16</x:v>
+        <x:v>484816.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:2">
       <x:c r="A1078" s="2">
-        <x:v>44480</x:v>
+        <x:v>44503</x:v>
       </x:c>
       <x:c r="B1078" s="3">
-        <x:v>485008.83</x:v>
+        <x:v>484822.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:2">
       <x:c r="A1079" s="2">
-        <x:v>44477</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="B1079" s="3">
-        <x:v>485017.84</x:v>
+        <x:v>484827.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:2">
       <x:c r="A1080" s="2">
-        <x:v>44476</x:v>
+        <x:v>44498</x:v>
       </x:c>
       <x:c r="B1080" s="3">
-        <x:v>485033.84</x:v>
+        <x:v>484850.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:2">
       <x:c r="A1081" s="2">
-        <x:v>44475</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="B1081" s="3">
-        <x:v>485042.96</x:v>
+        <x:v>484875.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:2">
       <x:c r="A1082" s="2">
-        <x:v>44474</x:v>
+        <x:v>44496</x:v>
       </x:c>
       <x:c r="B1082" s="3">
-        <x:v>485047.1</x:v>
+        <x:v>484886.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:2">
       <x:c r="A1083" s="2">
-        <x:v>44473</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="B1083" s="3">
-        <x:v>485056.28</x:v>
+        <x:v>484892.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:2">
       <x:c r="A1084" s="2">
-        <x:v>44470</x:v>
+        <x:v>44494</x:v>
       </x:c>
       <x:c r="B1084" s="3">
-        <x:v>485062.1</x:v>
+        <x:v>484900.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:2">
       <x:c r="A1085" s="2">
-        <x:v>44469</x:v>
+        <x:v>44491</x:v>
       </x:c>
       <x:c r="B1085" s="3">
-        <x:v>485083.51</x:v>
+        <x:v>484907.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:2">
       <x:c r="A1086" s="2">
-        <x:v>44468</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="B1086" s="3">
-        <x:v>485090.83</x:v>
+        <x:v>484927.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:2">
       <x:c r="A1087" s="2">
-        <x:v>44467</x:v>
+        <x:v>44489</x:v>
       </x:c>
       <x:c r="B1087" s="3">
-        <x:v>485098.15</x:v>
+        <x:v>484933.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:2">
       <x:c r="A1088" s="2">
-        <x:v>44466</x:v>
+        <x:v>44488</x:v>
       </x:c>
       <x:c r="B1088" s="3">
-        <x:v>485106.24</x:v>
+        <x:v>484942.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:2">
       <x:c r="A1089" s="2">
-        <x:v>44463</x:v>
+        <x:v>44487</x:v>
       </x:c>
       <x:c r="B1089" s="3">
-        <x:v>485115.32</x:v>
+        <x:v>484959.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:2">
       <x:c r="A1090" s="2">
-        <x:v>44462</x:v>
+        <x:v>44484</x:v>
       </x:c>
       <x:c r="B1090" s="3">
-        <x:v>485135.86</x:v>
+        <x:v>484961.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:2">
       <x:c r="A1091" s="2">
-        <x:v>44461</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="B1091" s="3">
-        <x:v>485146.61</x:v>
+        <x:v>484981.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:2">
       <x:c r="A1092" s="2">
-        <x:v>44460</x:v>
+        <x:v>44482</x:v>
       </x:c>
       <x:c r="B1092" s="3">
-        <x:v>485152.96</x:v>
+        <x:v>484990.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:2">
       <x:c r="A1093" s="2">
-        <x:v>44459</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="B1093" s="3">
-        <x:v>485156.94</x:v>
+        <x:v>484999.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:2">
       <x:c r="A1094" s="2">
-        <x:v>44456</x:v>
+        <x:v>44480</x:v>
       </x:c>
       <x:c r="B1094" s="3">
-        <x:v>485166.08</x:v>
+        <x:v>485008.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:2">
       <x:c r="A1095" s="2">
-        <x:v>44455</x:v>
+        <x:v>44477</x:v>
       </x:c>
       <x:c r="B1095" s="3">
-        <x:v>485185.65</x:v>
+        <x:v>485017.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:2">
       <x:c r="A1096" s="2">
-        <x:v>44454</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="B1096" s="3">
-        <x:v>485193.08</x:v>
+        <x:v>485033.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:2">
       <x:c r="A1097" s="2">
-        <x:v>44453</x:v>
+        <x:v>44475</x:v>
       </x:c>
       <x:c r="B1097" s="3">
-        <x:v>485198.87</x:v>
+        <x:v>485042.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:2">
       <x:c r="A1098" s="2">
-        <x:v>44452</x:v>
+        <x:v>44474</x:v>
       </x:c>
       <x:c r="B1098" s="3">
-        <x:v>485206.3</x:v>
+        <x:v>485047.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:2">
       <x:c r="A1099" s="2">
-        <x:v>44449</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="B1099" s="3">
-        <x:v>485216.64</x:v>
+        <x:v>485056.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:2">
       <x:c r="A1100" s="2">
-        <x:v>44448</x:v>
+        <x:v>44470</x:v>
       </x:c>
       <x:c r="B1100" s="3">
-        <x:v>485233.01</x:v>
+        <x:v>485062.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:2">
       <x:c r="A1101" s="2">
-        <x:v>44447</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B1101" s="3">
-        <x:v>485242.91</x:v>
+        <x:v>485083.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:2">
       <x:c r="A1102" s="2">
-        <x:v>44446</x:v>
+        <x:v>44468</x:v>
       </x:c>
       <x:c r="B1102" s="3">
-        <x:v>485252.75</x:v>
+        <x:v>485090.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:2">
       <x:c r="A1103" s="2">
-        <x:v>44445</x:v>
+        <x:v>44467</x:v>
       </x:c>
       <x:c r="B1103" s="3">
-        <x:v>485256.67</x:v>
+        <x:v>485098.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:2">
       <x:c r="A1104" s="2">
-        <x:v>44442</x:v>
+        <x:v>44466</x:v>
       </x:c>
       <x:c r="B1104" s="3">
-        <x:v>485268.1</x:v>
+        <x:v>485106.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:2">
       <x:c r="A1105" s="2">
-        <x:v>44441</x:v>
+        <x:v>44463</x:v>
       </x:c>
       <x:c r="B1105" s="3">
-        <x:v>485283.38</x:v>
+        <x:v>485115.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:2">
       <x:c r="A1106" s="2">
-        <x:v>44440</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="B1106" s="3">
-        <x:v>485294.43</x:v>
+        <x:v>485135.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:2">
       <x:c r="A1107" s="2">
-        <x:v>44439</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="B1107" s="3">
-        <x:v>485296.56</x:v>
+        <x:v>485146.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:2">
       <x:c r="A1108" s="2">
-        <x:v>44438</x:v>
+        <x:v>44460</x:v>
       </x:c>
       <x:c r="B1108" s="3">
-        <x:v>485304.17</x:v>
+        <x:v>485152.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:2">
       <x:c r="A1109" s="2">
-        <x:v>44435</x:v>
+        <x:v>44459</x:v>
       </x:c>
       <x:c r="B1109" s="3">
-        <x:v>485310.93</x:v>
+        <x:v>485156.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:2">
       <x:c r="A1110" s="2">
-        <x:v>44434</x:v>
+        <x:v>44456</x:v>
       </x:c>
       <x:c r="B1110" s="3">
-        <x:v>485331.65</x:v>
+        <x:v>485166.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:2">
       <x:c r="A1111" s="2">
-        <x:v>44433</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="B1111" s="3">
-        <x:v>485338.6</x:v>
+        <x:v>485185.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:2">
       <x:c r="A1112" s="2">
-        <x:v>44432</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B1112" s="3">
-        <x:v>485344.76</x:v>
+        <x:v>485193.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:2">
       <x:c r="A1113" s="2">
-        <x:v>44431</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="B1113" s="3">
-        <x:v>485352.79</x:v>
+        <x:v>485198.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:2">
       <x:c r="A1114" s="2">
-        <x:v>44428</x:v>
+        <x:v>44452</x:v>
       </x:c>
       <x:c r="B1114" s="3">
-        <x:v>485357.91</x:v>
+        <x:v>485206.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:2">
       <x:c r="A1115" s="2">
-        <x:v>44427</x:v>
+        <x:v>44449</x:v>
       </x:c>
       <x:c r="B1115" s="3">
-        <x:v>485377.81</x:v>
+        <x:v>485216.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:2">
       <x:c r="A1116" s="2">
-        <x:v>44426</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="B1116" s="3">
-        <x:v>485386.3</x:v>
+        <x:v>485233.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:2">
       <x:c r="A1117" s="2">
-        <x:v>44425</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="B1117" s="3">
-        <x:v>485392.89</x:v>
+        <x:v>485242.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:2">
       <x:c r="A1118" s="2">
-        <x:v>44424</x:v>
+        <x:v>44446</x:v>
       </x:c>
       <x:c r="B1118" s="3">
-        <x:v>485401.73</x:v>
+        <x:v>485252.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:2">
       <x:c r="A1119" s="2">
-        <x:v>44421</x:v>
+        <x:v>44445</x:v>
       </x:c>
       <x:c r="B1119" s="3">
-        <x:v>485408.91</x:v>
+        <x:v>485256.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:2">
       <x:c r="A1120" s="2">
-        <x:v>44420</x:v>
+        <x:v>44442</x:v>
       </x:c>
       <x:c r="B1120" s="3">
-        <x:v>485426.82</x:v>
+        <x:v>485268.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:2">
       <x:c r="A1121" s="2">
-        <x:v>44419</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="B1121" s="3">
-        <x:v>485436.8</x:v>
+        <x:v>485283.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:2">
       <x:c r="A1122" s="2">
-        <x:v>44418</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="B1122" s="3">
-        <x:v>485444.1</x:v>
+        <x:v>485294.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:2">
       <x:c r="A1123" s="2">
-        <x:v>44417</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B1123" s="3">
-        <x:v>485451.23</x:v>
+        <x:v>485296.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:2">
       <x:c r="A1124" s="2">
-        <x:v>44414</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="B1124" s="3">
-        <x:v>485464.53</x:v>
+        <x:v>485304.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:2">
       <x:c r="A1125" s="2">
-        <x:v>44413</x:v>
+        <x:v>44435</x:v>
       </x:c>
       <x:c r="B1125" s="3">
-        <x:v>485483.46</x:v>
+        <x:v>485310.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:2">
       <x:c r="A1126" s="2">
-        <x:v>44412</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="B1126" s="3">
-        <x:v>485489.79</x:v>
+        <x:v>485331.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:2">
       <x:c r="A1127" s="2">
-        <x:v>44411</x:v>
+        <x:v>44433</x:v>
       </x:c>
       <x:c r="B1127" s="3">
-        <x:v>485497.81</x:v>
+        <x:v>485338.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:2">
       <x:c r="A1128" s="2">
-        <x:v>44410</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="B1128" s="3">
-        <x:v>485502.71</x:v>
+        <x:v>485344.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:2">
       <x:c r="A1129" s="2">
-        <x:v>44407</x:v>
+        <x:v>44431</x:v>
       </x:c>
       <x:c r="B1129" s="3">
-        <x:v>485513.75</x:v>
+        <x:v>485352.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:2">
       <x:c r="A1130" s="2">
-        <x:v>44406</x:v>
+        <x:v>44428</x:v>
       </x:c>
       <x:c r="B1130" s="3">
-        <x:v>485531.77</x:v>
+        <x:v>485357.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:2">
       <x:c r="A1131" s="2">
-        <x:v>44405</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="B1131" s="3">
-        <x:v>485541.73</x:v>
+        <x:v>485377.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:2">
       <x:c r="A1132" s="2">
-        <x:v>44404</x:v>
+        <x:v>44426</x:v>
       </x:c>
       <x:c r="B1132" s="3">
-        <x:v>485546.28</x:v>
+        <x:v>485386.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:2">
       <x:c r="A1133" s="2">
-        <x:v>44403</x:v>
+        <x:v>44425</x:v>
       </x:c>
       <x:c r="B1133" s="3">
-        <x:v>485548.5</x:v>
+        <x:v>485392.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:2">
       <x:c r="A1134" s="2">
-        <x:v>44400</x:v>
+        <x:v>44424</x:v>
       </x:c>
       <x:c r="B1134" s="3">
-        <x:v>485551.79</x:v>
+        <x:v>485401.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:2">
       <x:c r="A1135" s="2">
-        <x:v>44399</x:v>
+        <x:v>44421</x:v>
       </x:c>
       <x:c r="B1135" s="3">
-        <x:v>485569.85</x:v>
+        <x:v>485408.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:2">
       <x:c r="A1136" s="2">
-        <x:v>44398</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="B1136" s="3">
-        <x:v>485579.61</x:v>
+        <x:v>485426.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:2">
       <x:c r="A1137" s="2">
-        <x:v>44397</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="B1137" s="3">
-        <x:v>485588.21</x:v>
+        <x:v>485436.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:2">
       <x:c r="A1138" s="2">
-        <x:v>44396</x:v>
+        <x:v>44418</x:v>
       </x:c>
       <x:c r="B1138" s="3">
-        <x:v>485594.77</x:v>
+        <x:v>485444.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:2">
       <x:c r="A1139" s="2">
-        <x:v>44393</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="B1139" s="3">
-        <x:v>485598.62</x:v>
+        <x:v>485451.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:2">
       <x:c r="A1140" s="2">
-        <x:v>44392</x:v>
+        <x:v>44414</x:v>
       </x:c>
       <x:c r="B1140" s="3">
-        <x:v>485617.11</x:v>
+        <x:v>485464.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:2">
       <x:c r="A1141" s="2">
-        <x:v>44390</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="B1141" s="3">
-        <x:v>485624.67</x:v>
+        <x:v>485483.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:2">
       <x:c r="A1142" s="2">
-        <x:v>44389</x:v>
+        <x:v>44412</x:v>
       </x:c>
       <x:c r="B1142" s="3">
-        <x:v>485636.86</x:v>
+        <x:v>485489.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:2">
       <x:c r="A1143" s="2">
-        <x:v>44386</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="B1143" s="3">
-        <x:v>485645.42</x:v>
+        <x:v>485497.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:2">
       <x:c r="A1144" s="2">
-        <x:v>44385</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="B1144" s="3">
-        <x:v>485664.33</x:v>
+        <x:v>485502.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:2">
       <x:c r="A1145" s="2">
-        <x:v>44384</x:v>
+        <x:v>44407</x:v>
       </x:c>
       <x:c r="B1145" s="3">
-        <x:v>485673.61</x:v>
+        <x:v>485513.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:2">
       <x:c r="A1146" s="2">
-        <x:v>44383</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="B1146" s="3">
-        <x:v>485679.74</x:v>
+        <x:v>485531.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:2">
       <x:c r="A1147" s="2">
-        <x:v>44382</x:v>
+        <x:v>44405</x:v>
       </x:c>
       <x:c r="B1147" s="3">
-        <x:v>485687.5</x:v>
+        <x:v>485541.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:2">
       <x:c r="A1148" s="2">
-        <x:v>44379</x:v>
+        <x:v>44404</x:v>
       </x:c>
       <x:c r="B1148" s="3">
-        <x:v>485693.91</x:v>
+        <x:v>485546.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:2">
       <x:c r="A1149" s="2">
-        <x:v>44378</x:v>
+        <x:v>44403</x:v>
       </x:c>
       <x:c r="B1149" s="3">
-        <x:v>485710.9</x:v>
+        <x:v>485548.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:2">
       <x:c r="A1150" s="2">
-        <x:v>44377</x:v>
+        <x:v>44400</x:v>
       </x:c>
       <x:c r="B1150" s="3">
-        <x:v>485720.64</x:v>
+        <x:v>485551.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:2">
       <x:c r="A1151" s="2">
-        <x:v>44376</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="B1151" s="3">
-        <x:v>485726.44</x:v>
+        <x:v>485569.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:2">
       <x:c r="A1152" s="2">
-        <x:v>44375</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="B1152" s="3">
-        <x:v>485730.13</x:v>
+        <x:v>485579.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:2">
       <x:c r="A1153" s="2">
-        <x:v>44372</x:v>
+        <x:v>44397</x:v>
       </x:c>
       <x:c r="B1153" s="3">
-        <x:v>485737.57</x:v>
+        <x:v>485588.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:2">
       <x:c r="A1154" s="2">
-        <x:v>44371</x:v>
+        <x:v>44396</x:v>
       </x:c>
       <x:c r="B1154" s="3">
-        <x:v>485752.78</x:v>
+        <x:v>485594.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:2">
       <x:c r="A1155" s="2">
-        <x:v>44370</x:v>
+        <x:v>44393</x:v>
       </x:c>
       <x:c r="B1155" s="3">
-        <x:v>485764.36</x:v>
+        <x:v>485598.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:2">
       <x:c r="A1156" s="2">
-        <x:v>44369</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B1156" s="3">
-        <x:v>485772.41</x:v>
+        <x:v>485617.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:2">
       <x:c r="A1157" s="2">
-        <x:v>44368</x:v>
+        <x:v>44390</x:v>
       </x:c>
       <x:c r="B1157" s="3">
-        <x:v>485782.36</x:v>
+        <x:v>485624.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:2">
       <x:c r="A1158" s="2">
-        <x:v>44365</x:v>
+        <x:v>44389</x:v>
       </x:c>
       <x:c r="B1158" s="3">
-        <x:v>485788.29</x:v>
+        <x:v>485636.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:2">
       <x:c r="A1159" s="2">
-        <x:v>44364</x:v>
+        <x:v>44386</x:v>
       </x:c>
       <x:c r="B1159" s="3">
-        <x:v>485805.8</x:v>
+        <x:v>485645.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:2">
       <x:c r="A1160" s="2">
-        <x:v>44363</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="B1160" s="3">
-        <x:v>485814.91</x:v>
+        <x:v>485664.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:2">
       <x:c r="A1161" s="2">
-        <x:v>44362</x:v>
+        <x:v>44384</x:v>
       </x:c>
       <x:c r="B1161" s="3">
-        <x:v>485821.98</x:v>
+        <x:v>485673.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:2">
       <x:c r="A1162" s="2">
-        <x:v>44361</x:v>
+        <x:v>44383</x:v>
       </x:c>
       <x:c r="B1162" s="3">
-        <x:v>485829.8</x:v>
+        <x:v>485679.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:2">
       <x:c r="A1163" s="2">
-        <x:v>44358</x:v>
+        <x:v>44382</x:v>
       </x:c>
       <x:c r="B1163" s="3">
-        <x:v>485837.25</x:v>
+        <x:v>485687.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:2">
       <x:c r="A1164" s="2">
-        <x:v>44357</x:v>
+        <x:v>44379</x:v>
       </x:c>
       <x:c r="B1164" s="3">
-        <x:v>485854.24</x:v>
+        <x:v>485693.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:2">
       <x:c r="A1165" s="2">
-        <x:v>44356</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="B1165" s="3">
-        <x:v>485861.13</x:v>
+        <x:v>485710.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:2">
       <x:c r="A1166" s="2">
-        <x:v>44355</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B1166" s="3">
-        <x:v>485869.16</x:v>
+        <x:v>485720.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:2">
       <x:c r="A1167" s="2">
-        <x:v>44354</x:v>
+        <x:v>44376</x:v>
       </x:c>
       <x:c r="B1167" s="3">
-        <x:v>485876.3</x:v>
+        <x:v>485726.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:2">
       <x:c r="A1168" s="2">
-        <x:v>44351</x:v>
+        <x:v>44375</x:v>
       </x:c>
       <x:c r="B1168" s="3">
-        <x:v>485882.75</x:v>
+        <x:v>485730.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:2">
       <x:c r="A1169" s="2">
-        <x:v>44350</x:v>
+        <x:v>44372</x:v>
       </x:c>
       <x:c r="B1169" s="3">
-        <x:v>485902.63</x:v>
+        <x:v>485737.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:2">
       <x:c r="A1170" s="2">
-        <x:v>44349</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="B1170" s="3">
-        <x:v>485910.17</x:v>
+        <x:v>485752.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:2">
       <x:c r="A1171" s="2">
-        <x:v>44348</x:v>
+        <x:v>44370</x:v>
       </x:c>
       <x:c r="B1171" s="3">
-        <x:v>485914.89</x:v>
+        <x:v>485764.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:2">
       <x:c r="A1172" s="2">
-        <x:v>44347</x:v>
+        <x:v>44369</x:v>
       </x:c>
       <x:c r="B1172" s="3">
-        <x:v>485921.84</x:v>
+        <x:v>485772.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:2">
       <x:c r="A1173" s="2">
-        <x:v>44344</x:v>
+        <x:v>44368</x:v>
       </x:c>
       <x:c r="B1173" s="3">
-        <x:v>485927.1</x:v>
+        <x:v>485782.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:2">
       <x:c r="A1174" s="2">
-        <x:v>44343</x:v>
+        <x:v>44365</x:v>
       </x:c>
       <x:c r="B1174" s="3">
-        <x:v>485944.88</x:v>
+        <x:v>485788.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:2">
       <x:c r="A1175" s="2">
-        <x:v>44342</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="B1175" s="3">
-        <x:v>485950.08</x:v>
+        <x:v>485805.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:2">
       <x:c r="A1176" s="2">
-        <x:v>44341</x:v>
+        <x:v>44363</x:v>
       </x:c>
       <x:c r="B1176" s="3">
-        <x:v>485955.15</x:v>
+        <x:v>485814.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:2">
       <x:c r="A1177" s="2">
-        <x:v>44337</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B1177" s="3">
-        <x:v>485965.08</x:v>
+        <x:v>485821.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:2">
       <x:c r="A1178" s="2">
-        <x:v>44336</x:v>
+        <x:v>44361</x:v>
       </x:c>
       <x:c r="B1178" s="3">
-        <x:v>485987.93</x:v>
+        <x:v>485829.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:2">
       <x:c r="A1179" s="2">
-        <x:v>44335</x:v>
+        <x:v>44358</x:v>
       </x:c>
       <x:c r="B1179" s="3">
-        <x:v>485995.27</x:v>
+        <x:v>485837.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:2">
       <x:c r="A1180" s="2">
-        <x:v>44334</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="B1180" s="3">
-        <x:v>486001.29</x:v>
+        <x:v>485854.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:2">
       <x:c r="A1181" s="2">
-        <x:v>44333</x:v>
+        <x:v>44356</x:v>
       </x:c>
       <x:c r="B1181" s="3">
-        <x:v>486006.51</x:v>
+        <x:v>485861.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:2">
       <x:c r="A1182" s="2">
-        <x:v>44330</x:v>
+        <x:v>44355</x:v>
       </x:c>
       <x:c r="B1182" s="3">
-        <x:v>486012.73</x:v>
+        <x:v>485869.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:2">
       <x:c r="A1183" s="2">
-        <x:v>44328</x:v>
+        <x:v>44354</x:v>
       </x:c>
       <x:c r="B1183" s="3">
-        <x:v>486032.07</x:v>
+        <x:v>485876.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:2">
       <x:c r="A1184" s="2">
-        <x:v>44327</x:v>
+        <x:v>44351</x:v>
       </x:c>
       <x:c r="B1184" s="3">
-        <x:v>486039.82</x:v>
+        <x:v>485882.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:2">
       <x:c r="A1185" s="2">
-        <x:v>44326</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="B1185" s="3">
-        <x:v>486045.11</x:v>
+        <x:v>485902.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:2">
       <x:c r="A1186" s="2">
-        <x:v>44323</x:v>
+        <x:v>44349</x:v>
       </x:c>
       <x:c r="B1186" s="3">
-        <x:v>486052.77</x:v>
+        <x:v>485910.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:2">
       <x:c r="A1187" s="2">
-        <x:v>44322</x:v>
+        <x:v>44348</x:v>
       </x:c>
       <x:c r="B1187" s="3">
-        <x:v>486069.92</x:v>
+        <x:v>485914.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:2">
       <x:c r="A1188" s="2">
-        <x:v>44321</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B1188" s="3">
-        <x:v>486076.48</x:v>
+        <x:v>485921.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:2">
       <x:c r="A1189" s="2">
-        <x:v>44320</x:v>
+        <x:v>44344</x:v>
       </x:c>
       <x:c r="B1189" s="3">
-        <x:v>486084.54</x:v>
+        <x:v>485927.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:2">
       <x:c r="A1190" s="2">
-        <x:v>44319</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="B1190" s="3">
-        <x:v>486093.09</x:v>
+        <x:v>485944.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:2">
       <x:c r="A1191" s="2">
-        <x:v>44316</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="B1191" s="3">
-        <x:v>486102.01</x:v>
+        <x:v>485950.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:2">
       <x:c r="A1192" s="2">
-        <x:v>44315</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="B1192" s="3">
-        <x:v>486121.25</x:v>
+        <x:v>485955.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:2">
       <x:c r="A1193" s="2">
-        <x:v>44314</x:v>
+        <x:v>44337</x:v>
       </x:c>
       <x:c r="B1193" s="3">
-        <x:v>486130.3</x:v>
+        <x:v>485965.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:2">
       <x:c r="A1194" s="2">
-        <x:v>44313</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="B1194" s="3">
-        <x:v>486138.44</x:v>
+        <x:v>485987.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:2">
       <x:c r="A1195" s="2">
-        <x:v>44312</x:v>
+        <x:v>44335</x:v>
       </x:c>
       <x:c r="B1195" s="3">
-        <x:v>486143.44</x:v>
+        <x:v>485995.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:2">
       <x:c r="A1196" s="2">
-        <x:v>44309</x:v>
+        <x:v>44334</x:v>
       </x:c>
       <x:c r="B1196" s="3">
-        <x:v>486151.24</x:v>
+        <x:v>486001.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:2">
       <x:c r="A1197" s="2">
-        <x:v>44308</x:v>
+        <x:v>44333</x:v>
       </x:c>
       <x:c r="B1197" s="3">
-        <x:v>486170.19</x:v>
+        <x:v>486006.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:2">
       <x:c r="A1198" s="2">
-        <x:v>44307</x:v>
+        <x:v>44330</x:v>
       </x:c>
       <x:c r="B1198" s="3">
-        <x:v>486175.81</x:v>
+        <x:v>486012.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:2">
       <x:c r="A1199" s="2">
-        <x:v>44306</x:v>
+        <x:v>44328</x:v>
       </x:c>
       <x:c r="B1199" s="3">
-        <x:v>486182.61</x:v>
+        <x:v>486032.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:2">
       <x:c r="A1200" s="2">
-        <x:v>44305</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="B1200" s="3">
-        <x:v>486191.64</x:v>
+        <x:v>486039.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:2">
       <x:c r="A1201" s="2">
-        <x:v>44302</x:v>
+        <x:v>44326</x:v>
       </x:c>
       <x:c r="B1201" s="3">
-        <x:v>486207.84</x:v>
+        <x:v>486045.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:2">
       <x:c r="A1202" s="2">
-        <x:v>44301</x:v>
+        <x:v>44323</x:v>
       </x:c>
       <x:c r="B1202" s="3">
-        <x:v>486229.37</x:v>
+        <x:v>486052.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:2">
       <x:c r="A1203" s="2">
-        <x:v>44300</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="B1203" s="3">
-        <x:v>486240.15</x:v>
+        <x:v>486069.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:2">
       <x:c r="A1204" s="2">
-        <x:v>44299</x:v>
+        <x:v>44321</x:v>
       </x:c>
       <x:c r="B1204" s="3">
-        <x:v>486245.52</x:v>
+        <x:v>486076.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:2">
       <x:c r="A1205" s="2">
-        <x:v>44298</x:v>
+        <x:v>44320</x:v>
       </x:c>
       <x:c r="B1205" s="3">
-        <x:v>486255.43</x:v>
+        <x:v>486084.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:2">
       <x:c r="A1206" s="2">
-        <x:v>44295</x:v>
+        <x:v>44319</x:v>
       </x:c>
       <x:c r="B1206" s="3">
-        <x:v>486260.91</x:v>
+        <x:v>486093.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:2">
       <x:c r="A1207" s="2">
-        <x:v>44294</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B1207" s="3">
-        <x:v>486278.32</x:v>
+        <x:v>486102.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:2">
       <x:c r="A1208" s="2">
-        <x:v>44293</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="B1208" s="3">
-        <x:v>486283.99</x:v>
+        <x:v>486121.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:2">
       <x:c r="A1209" s="2">
-        <x:v>44292</x:v>
+        <x:v>44314</x:v>
       </x:c>
       <x:c r="B1209" s="3">
-        <x:v>486289.66</x:v>
+        <x:v>486130.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:2">
       <x:c r="A1210" s="2">
-        <x:v>44287</x:v>
+        <x:v>44313</x:v>
       </x:c>
       <x:c r="B1210" s="3">
-        <x:v>486298.37</x:v>
+        <x:v>486138.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:2">
       <x:c r="A1211" s="2">
-        <x:v>44286</x:v>
+        <x:v>44312</x:v>
       </x:c>
       <x:c r="B1211" s="3">
-        <x:v>486319.17</x:v>
+        <x:v>486143.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:2">
       <x:c r="A1212" s="2">
-        <x:v>44285</x:v>
+        <x:v>44309</x:v>
       </x:c>
       <x:c r="B1212" s="3">
-        <x:v>486328.89</x:v>
+        <x:v>486151.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:2">
       <x:c r="A1213" s="2">
-        <x:v>44284</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="B1213" s="3">
-        <x:v>486336.64</x:v>
+        <x:v>486170.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:2">
       <x:c r="A1214" s="2">
-        <x:v>44281</x:v>
+        <x:v>44307</x:v>
       </x:c>
       <x:c r="B1214" s="3">
-        <x:v>486342.24</x:v>
+        <x:v>486175.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:2">
       <x:c r="A1215" s="2">
-        <x:v>44280</x:v>
+        <x:v>44306</x:v>
       </x:c>
       <x:c r="B1215" s="3">
-        <x:v>486359.23</x:v>
+        <x:v>486182.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:2">
       <x:c r="A1216" s="2">
-        <x:v>44279</x:v>
+        <x:v>44305</x:v>
       </x:c>
       <x:c r="B1216" s="3">
-        <x:v>486366.84</x:v>
+        <x:v>486191.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:2">
       <x:c r="A1217" s="2">
-        <x:v>44278</x:v>
+        <x:v>44302</x:v>
       </x:c>
       <x:c r="B1217" s="3">
-        <x:v>486371.92</x:v>
+        <x:v>486207.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:2">
       <x:c r="A1218" s="2">
-        <x:v>44277</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B1218" s="3">
-        <x:v>486378.21</x:v>
+        <x:v>486229.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:2">
       <x:c r="A1219" s="2">
-        <x:v>44274</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="B1219" s="3">
-        <x:v>486382.24</x:v>
+        <x:v>486240.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:2">
       <x:c r="A1220" s="2">
-        <x:v>44273</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="B1220" s="3">
-        <x:v>486401.46</x:v>
+        <x:v>486245.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:2">
       <x:c r="A1221" s="2">
-        <x:v>44272</x:v>
+        <x:v>44298</x:v>
       </x:c>
       <x:c r="B1221" s="3">
-        <x:v>486411.24</x:v>
+        <x:v>486255.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:2">
       <x:c r="A1222" s="2">
-        <x:v>44271</x:v>
+        <x:v>44295</x:v>
       </x:c>
       <x:c r="B1222" s="3">
-        <x:v>486418.98</x:v>
+        <x:v>486260.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:2">
       <x:c r="A1223" s="2">
-        <x:v>44270</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="B1223" s="3">
-        <x:v>486424.62</x:v>
+        <x:v>486278.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:2">
       <x:c r="A1224" s="2">
-        <x:v>44267</x:v>
+        <x:v>44293</x:v>
       </x:c>
       <x:c r="B1224" s="3">
-        <x:v>486432.41</x:v>
+        <x:v>486283.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:2">
       <x:c r="A1225" s="2">
-        <x:v>44266</x:v>
+        <x:v>44292</x:v>
       </x:c>
       <x:c r="B1225" s="3">
-        <x:v>486439.29</x:v>
+        <x:v>486289.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:2">
       <x:c r="A1226" s="2">
-        <x:v>44265</x:v>
+        <x:v>44287</x:v>
       </x:c>
       <x:c r="B1226" s="3">
-        <x:v>486446.23</x:v>
+        <x:v>486298.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:2">
       <x:c r="A1227" s="2">
-        <x:v>44264</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B1227" s="3">
-        <x:v>486451.73</x:v>
+        <x:v>486319.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:2">
       <x:c r="A1228" s="2">
-        <x:v>44263</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="B1228" s="3">
-        <x:v>486459.28</x:v>
+        <x:v>486328.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:2">
       <x:c r="A1229" s="2">
-        <x:v>44260</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="B1229" s="3">
-        <x:v>486468.06</x:v>
+        <x:v>486336.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:2">
       <x:c r="A1230" s="2">
-        <x:v>44259</x:v>
+        <x:v>44281</x:v>
       </x:c>
       <x:c r="B1230" s="3">
-        <x:v>486486.35</x:v>
+        <x:v>486342.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:2">
       <x:c r="A1231" s="2">
-        <x:v>44258</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="B1231" s="3">
-        <x:v>486493.72</x:v>
+        <x:v>486359.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:2">
       <x:c r="A1232" s="2">
-        <x:v>44257</x:v>
+        <x:v>44279</x:v>
       </x:c>
       <x:c r="B1232" s="3">
-        <x:v>486494.93</x:v>
+        <x:v>486366.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:2">
       <x:c r="A1233" s="2">
-        <x:v>44256</x:v>
+        <x:v>44278</x:v>
       </x:c>
       <x:c r="B1233" s="3">
-        <x:v>486500.11</x:v>
+        <x:v>486371.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:2">
       <x:c r="A1234" s="2">
-        <x:v>44253</x:v>
+        <x:v>44277</x:v>
       </x:c>
       <x:c r="B1234" s="3">
-        <x:v>486507.7</x:v>
+        <x:v>486378.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:2">
       <x:c r="A1235" s="2">
-        <x:v>44252</x:v>
+        <x:v>44274</x:v>
       </x:c>
       <x:c r="B1235" s="3">
-        <x:v>486530.48</x:v>
+        <x:v>486382.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:2">
       <x:c r="A1236" s="2">
-        <x:v>44251</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="B1236" s="3">
-        <x:v>486536.89</x:v>
+        <x:v>486401.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:2">
       <x:c r="A1237" s="2">
-        <x:v>44250</x:v>
+        <x:v>44272</x:v>
       </x:c>
       <x:c r="B1237" s="3">
-        <x:v>486543.02</x:v>
+        <x:v>486411.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:2">
       <x:c r="A1238" s="2">
-        <x:v>44249</x:v>
+        <x:v>44271</x:v>
       </x:c>
       <x:c r="B1238" s="3">
-        <x:v>486548.59</x:v>
+        <x:v>486418.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:2">
       <x:c r="A1239" s="2">
-        <x:v>44246</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B1239" s="3">
-        <x:v>486557.14</x:v>
+        <x:v>486424.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:2">
       <x:c r="A1240" s="2">
-        <x:v>44245</x:v>
+        <x:v>44267</x:v>
       </x:c>
       <x:c r="B1240" s="3">
-        <x:v>486575.27</x:v>
+        <x:v>486432.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:2">
       <x:c r="A1241" s="2">
-        <x:v>44244</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="B1241" s="3">
-        <x:v>486583.09</x:v>
+        <x:v>486439.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:2">
       <x:c r="A1242" s="2">
-        <x:v>44243</x:v>
+        <x:v>44265</x:v>
       </x:c>
       <x:c r="B1242" s="3">
-        <x:v>486590.47</x:v>
+        <x:v>486446.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:2">
       <x:c r="A1243" s="2">
-        <x:v>44242</x:v>
+        <x:v>44264</x:v>
       </x:c>
       <x:c r="B1243" s="3">
-        <x:v>486596.31</x:v>
+        <x:v>486451.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:2">
       <x:c r="A1244" s="2">
-        <x:v>44239</x:v>
+        <x:v>44263</x:v>
       </x:c>
       <x:c r="B1244" s="3">
-        <x:v>486604.38</x:v>
+        <x:v>486459.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:2">
       <x:c r="A1245" s="2">
-        <x:v>44238</x:v>
+        <x:v>44260</x:v>
       </x:c>
       <x:c r="B1245" s="3">
-        <x:v>486622.05</x:v>
+        <x:v>486468.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:2">
       <x:c r="A1246" s="2">
-        <x:v>44237</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="B1246" s="3">
-        <x:v>486630.33</x:v>
+        <x:v>486486.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:2">
       <x:c r="A1247" s="2">
-        <x:v>44236</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="B1247" s="3">
-        <x:v>486635.03</x:v>
+        <x:v>486493.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:2">
       <x:c r="A1248" s="2">
-        <x:v>44235</x:v>
+        <x:v>44257</x:v>
       </x:c>
       <x:c r="B1248" s="3">
-        <x:v>486642.61</x:v>
+        <x:v>486494.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:2">
       <x:c r="A1249" s="2">
-        <x:v>44232</x:v>
+        <x:v>44256</x:v>
       </x:c>
       <x:c r="B1249" s="3">
-        <x:v>486649.76</x:v>
+        <x:v>486500.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:2">
       <x:c r="A1250" s="2">
-        <x:v>44231</x:v>
+        <x:v>44253</x:v>
       </x:c>
       <x:c r="B1250" s="3">
-        <x:v>486667.27</x:v>
+        <x:v>486507.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:2">
       <x:c r="A1251" s="2">
-        <x:v>44230</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="B1251" s="3">
-        <x:v>486676.02</x:v>
+        <x:v>486530.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:2">
       <x:c r="A1252" s="2">
-        <x:v>44229</x:v>
+        <x:v>44251</x:v>
       </x:c>
       <x:c r="B1252" s="3">
-        <x:v>486682.87</x:v>
+        <x:v>486536.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:2">
       <x:c r="A1253" s="2">
-        <x:v>44228</x:v>
+        <x:v>44250</x:v>
       </x:c>
       <x:c r="B1253" s="3">
-        <x:v>486689.07</x:v>
+        <x:v>486543.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:2">
       <x:c r="A1254" s="2">
-        <x:v>44225</x:v>
+        <x:v>44249</x:v>
       </x:c>
       <x:c r="B1254" s="3">
-        <x:v>486695.07</x:v>
+        <x:v>486548.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:2">
       <x:c r="A1255" s="2">
-        <x:v>44224</x:v>
+        <x:v>44246</x:v>
       </x:c>
       <x:c r="B1255" s="3">
-        <x:v>486708.27</x:v>
+        <x:v>486557.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:2">
       <x:c r="A1256" s="2">
-        <x:v>44223</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="B1256" s="3">
-        <x:v>486707.78</x:v>
+        <x:v>486575.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:2">
       <x:c r="A1257" s="2">
-        <x:v>44222</x:v>
+        <x:v>44244</x:v>
       </x:c>
       <x:c r="B1257" s="3">
-        <x:v>486715.17</x:v>
+        <x:v>486583.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:2">
       <x:c r="A1258" s="2">
-        <x:v>44221</x:v>
+        <x:v>44243</x:v>
       </x:c>
       <x:c r="B1258" s="3">
-        <x:v>486718.56</x:v>
+        <x:v>486590.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:2">
       <x:c r="A1259" s="2">
-        <x:v>44218</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B1259" s="3">
-        <x:v>486728.41</x:v>
+        <x:v>486596.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:2">
       <x:c r="A1260" s="2">
-        <x:v>44217</x:v>
+        <x:v>44239</x:v>
       </x:c>
       <x:c r="B1260" s="3">
-        <x:v>486746.1</x:v>
+        <x:v>486604.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:2">
       <x:c r="A1261" s="2">
-        <x:v>44216</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="B1261" s="3">
-        <x:v>486754.03</x:v>
+        <x:v>486622.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:2">
       <x:c r="A1262" s="2">
-        <x:v>44215</x:v>
+        <x:v>44237</x:v>
       </x:c>
       <x:c r="B1262" s="3">
-        <x:v>486763.25</x:v>
+        <x:v>486630.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:2">
       <x:c r="A1263" s="2">
-        <x:v>44214</x:v>
+        <x:v>44236</x:v>
       </x:c>
       <x:c r="B1263" s="3">
-        <x:v>486772.11</x:v>
+        <x:v>486635.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:2">
       <x:c r="A1264" s="2">
-        <x:v>44211</x:v>
+        <x:v>44235</x:v>
       </x:c>
       <x:c r="B1264" s="3">
-        <x:v>486782.5</x:v>
+        <x:v>486642.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:2">
       <x:c r="A1265" s="2">
-        <x:v>44210</x:v>
+        <x:v>44232</x:v>
       </x:c>
       <x:c r="B1265" s="3">
-        <x:v>486799.31</x:v>
+        <x:v>486649.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:2">
       <x:c r="A1266" s="2">
-        <x:v>44209</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="B1266" s="3">
-        <x:v>486809.21</x:v>
+        <x:v>486667.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:2">
       <x:c r="A1267" s="2">
-        <x:v>44208</x:v>
+        <x:v>44230</x:v>
       </x:c>
       <x:c r="B1267" s="3">
-        <x:v>486817.09</x:v>
+        <x:v>486676.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:2">
       <x:c r="A1268" s="2">
-        <x:v>44207</x:v>
+        <x:v>44229</x:v>
       </x:c>
       <x:c r="B1268" s="3">
-        <x:v>486824.67</x:v>
+        <x:v>486682.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:2">
       <x:c r="A1269" s="2">
-        <x:v>44204</x:v>
+        <x:v>44228</x:v>
       </x:c>
       <x:c r="B1269" s="3">
-        <x:v>486832.73</x:v>
+        <x:v>486689.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:2">
       <x:c r="A1270" s="2">
-        <x:v>44203</x:v>
+        <x:v>44225</x:v>
       </x:c>
       <x:c r="B1270" s="3">
-        <x:v>486853.92</x:v>
+        <x:v>486695.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:2">
       <x:c r="A1271" s="2">
-        <x:v>44202</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="B1271" s="3">
-        <x:v>486858.37</x:v>
+        <x:v>486708.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:2">
       <x:c r="A1272" s="2">
-        <x:v>44201</x:v>
+        <x:v>44223</x:v>
       </x:c>
       <x:c r="B1272" s="3">
-        <x:v>486865.82</x:v>
+        <x:v>486707.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:2">
       <x:c r="A1273" s="2">
-        <x:v>44200</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="B1273" s="3">
-        <x:v>486872.01</x:v>
+        <x:v>486715.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:2">
       <x:c r="A1274" s="2">
-        <x:v>44196</x:v>
+        <x:v>44221</x:v>
       </x:c>
       <x:c r="B1274" s="3">
-        <x:v>486879.3</x:v>
+        <x:v>486718.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:2">
       <x:c r="A1275" s="2">
-        <x:v>44195</x:v>
+        <x:v>44218</x:v>
       </x:c>
       <x:c r="B1275" s="3">
-        <x:v>486902.08</x:v>
+        <x:v>486728.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:2">
       <x:c r="A1276" s="2">
-        <x:v>44194</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="B1276" s="3">
-        <x:v>486907.88</x:v>
+        <x:v>486746.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:2">
       <x:c r="A1277" s="2">
-        <x:v>44193</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="B1277" s="3">
-        <x:v>486914.46</x:v>
+        <x:v>486754.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:2">
       <x:c r="A1278" s="2">
-        <x:v>44189</x:v>
+        <x:v>44215</x:v>
       </x:c>
       <x:c r="B1278" s="3">
-        <x:v>486924.29</x:v>
+        <x:v>486763.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:2">
       <x:c r="A1279" s="2">
-        <x:v>44188</x:v>
+        <x:v>44214</x:v>
       </x:c>
       <x:c r="B1279" s="3">
-        <x:v>486943.95</x:v>
+        <x:v>486772.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:2">
       <x:c r="A1280" s="2">
-        <x:v>44187</x:v>
+        <x:v>44211</x:v>
       </x:c>
       <x:c r="B1280" s="3">
-        <x:v>486951.84</x:v>
+        <x:v>486782.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:2">
       <x:c r="A1281" s="2">
-        <x:v>44186</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="B1281" s="3">
-        <x:v>486958.41</x:v>
+        <x:v>486799.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:2">
       <x:c r="A1282" s="2">
-        <x:v>44183</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="B1282" s="3">
-        <x:v>486963.04</x:v>
+        <x:v>486809.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:2">
       <x:c r="A1283" s="2">
-        <x:v>44182</x:v>
+        <x:v>44208</x:v>
       </x:c>
       <x:c r="B1283" s="3">
-        <x:v>486980.51</x:v>
+        <x:v>486817.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:2">
       <x:c r="A1284" s="2">
-        <x:v>44181</x:v>
+        <x:v>44207</x:v>
       </x:c>
       <x:c r="B1284" s="3">
-        <x:v>486990.37</x:v>
+        <x:v>486824.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:2">
       <x:c r="A1285" s="2">
-        <x:v>44180</x:v>
+        <x:v>44204</x:v>
       </x:c>
       <x:c r="B1285" s="3">
-        <x:v>486997.44</x:v>
+        <x:v>486832.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:2">
       <x:c r="A1286" s="2">
-        <x:v>44179</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="B1286" s="3">
-        <x:v>486999.71</x:v>
+        <x:v>486853.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:2">
       <x:c r="A1287" s="2">
-        <x:v>44176</x:v>
+        <x:v>44202</x:v>
       </x:c>
       <x:c r="B1287" s="3">
-        <x:v>487006.47</x:v>
+        <x:v>486858.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:2">
       <x:c r="A1288" s="2">
-        <x:v>44175</x:v>
+        <x:v>44201</x:v>
       </x:c>
       <x:c r="B1288" s="3">
-        <x:v>487026.56</x:v>
+        <x:v>486865.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:2">
       <x:c r="A1289" s="2">
-        <x:v>44174</x:v>
+        <x:v>44200</x:v>
       </x:c>
       <x:c r="B1289" s="3">
-        <x:v>487032.04</x:v>
+        <x:v>486872.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:2">
       <x:c r="A1290" s="2">
-        <x:v>44173</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B1290" s="3">
-        <x:v>487038.82</x:v>
+        <x:v>486879.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:2">
       <x:c r="A1291" s="2">
-        <x:v>44172</x:v>
+        <x:v>44195</x:v>
       </x:c>
       <x:c r="B1291" s="3">
-        <x:v>487044.94</x:v>
+        <x:v>486902.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:2">
       <x:c r="A1292" s="2">
-        <x:v>44169</x:v>
+        <x:v>44194</x:v>
       </x:c>
       <x:c r="B1292" s="3">
-        <x:v>487048.82</x:v>
+        <x:v>486907.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:2">
       <x:c r="A1293" s="2">
-        <x:v>44168</x:v>
+        <x:v>44193</x:v>
       </x:c>
       <x:c r="B1293" s="3">
-        <x:v>487064.73</x:v>
+        <x:v>486914.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:2">
       <x:c r="A1294" s="2">
-        <x:v>44167</x:v>
+        <x:v>44189</x:v>
       </x:c>
       <x:c r="B1294" s="3">
-        <x:v>487070.2</x:v>
+        <x:v>486924.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:2">
       <x:c r="A1295" s="2">
-        <x:v>44166</x:v>
+        <x:v>44188</x:v>
       </x:c>
       <x:c r="B1295" s="3">
-        <x:v>487076.02</x:v>
+        <x:v>486943.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:2">
       <x:c r="A1296" s="2">
-        <x:v>44165</x:v>
+        <x:v>44187</x:v>
       </x:c>
       <x:c r="B1296" s="3">
-        <x:v>487083.47</x:v>
+        <x:v>486951.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:2">
       <x:c r="A1297" s="2">
-        <x:v>44162</x:v>
+        <x:v>44186</x:v>
       </x:c>
       <x:c r="B1297" s="3">
-        <x:v>487089.44</x:v>
+        <x:v>486958.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:2">
       <x:c r="A1298" s="2">
-        <x:v>44161</x:v>
+        <x:v>44183</x:v>
       </x:c>
       <x:c r="B1298" s="3">
-        <x:v>487105.41</x:v>
+        <x:v>486963.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:2">
       <x:c r="A1299" s="2">
-        <x:v>44160</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="B1299" s="3">
-        <x:v>487110.86</x:v>
+        <x:v>486980.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:2">
       <x:c r="A1300" s="2">
-        <x:v>44159</x:v>
+        <x:v>44181</x:v>
       </x:c>
       <x:c r="B1300" s="3">
-        <x:v>487117.26</x:v>
+        <x:v>486990.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:2">
       <x:c r="A1301" s="2">
-        <x:v>44158</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B1301" s="3">
-        <x:v>487123.68</x:v>
+        <x:v>486997.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:2">
       <x:c r="A1302" s="2">
-        <x:v>44155</x:v>
+        <x:v>44179</x:v>
       </x:c>
       <x:c r="B1302" s="3">
-        <x:v>487126.49</x:v>
+        <x:v>486999.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:2">
       <x:c r="A1303" s="2">
-        <x:v>44154</x:v>
+        <x:v>44176</x:v>
       </x:c>
       <x:c r="B1303" s="3">
-        <x:v>487142.3</x:v>
+        <x:v>487006.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:2">
       <x:c r="A1304" s="2">
-        <x:v>44153</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="B1304" s="3">
-        <x:v>487147.94</x:v>
+        <x:v>487026.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:2">
       <x:c r="A1305" s="2">
-        <x:v>44152</x:v>
+        <x:v>44174</x:v>
       </x:c>
       <x:c r="B1305" s="3">
-        <x:v>487153.69</x:v>
+        <x:v>487032.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:2">
       <x:c r="A1306" s="2">
-        <x:v>44151</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="B1306" s="3">
-        <x:v>487159.15</x:v>
+        <x:v>487038.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:2">
       <x:c r="A1307" s="2">
-        <x:v>44148</x:v>
+        <x:v>44172</x:v>
       </x:c>
       <x:c r="B1307" s="3">
-        <x:v>487165.69</x:v>
+        <x:v>487044.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:2">
       <x:c r="A1308" s="2">
-        <x:v>44147</x:v>
+        <x:v>44169</x:v>
       </x:c>
       <x:c r="B1308" s="3">
-        <x:v>487181.09</x:v>
+        <x:v>487048.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:2">
       <x:c r="A1309" s="2">
-        <x:v>44145</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="B1309" s="3">
-        <x:v>487188.89</x:v>
+        <x:v>487064.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:2">
       <x:c r="A1310" s="2">
-        <x:v>44144</x:v>
+        <x:v>44167</x:v>
       </x:c>
       <x:c r="B1310" s="3">
-        <x:v>487196.69</x:v>
+        <x:v>487070.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:2">
       <x:c r="A1311" s="2">
-        <x:v>44141</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="B1311" s="3">
-        <x:v>487202.81</x:v>
+        <x:v>487076.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:2">
       <x:c r="A1312" s="2">
-        <x:v>44140</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B1312" s="3">
-        <x:v>487218.87</x:v>
+        <x:v>487083.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:2">
       <x:c r="A1313" s="2">
-        <x:v>44139</x:v>
+        <x:v>44162</x:v>
       </x:c>
       <x:c r="B1313" s="3">
-        <x:v>487226.31</x:v>
+        <x:v>487089.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:2">
       <x:c r="A1314" s="2">
-        <x:v>44138</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="B1314" s="3">
-        <x:v>487235.1</x:v>
+        <x:v>487105.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:2">
       <x:c r="A1315" s="2">
-        <x:v>44137</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="B1315" s="3">
-        <x:v>487242.29</x:v>
+        <x:v>487110.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:2">
       <x:c r="A1316" s="2">
-        <x:v>44134</x:v>
+        <x:v>44159</x:v>
       </x:c>
       <x:c r="B1316" s="3">
-        <x:v>487247.26</x:v>
+        <x:v>487117.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:2">
       <x:c r="A1317" s="2">
-        <x:v>44133</x:v>
+        <x:v>44158</x:v>
       </x:c>
       <x:c r="B1317" s="3">
-        <x:v>487263</x:v>
+        <x:v>487123.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:2">
       <x:c r="A1318" s="2">
-        <x:v>44132</x:v>
+        <x:v>44155</x:v>
       </x:c>
       <x:c r="B1318" s="3">
-        <x:v>487270.66</x:v>
+        <x:v>487126.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:2">
       <x:c r="A1319" s="2">
-        <x:v>44131</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="B1319" s="3">
-        <x:v>487275.36</x:v>
+        <x:v>487142.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:2">
       <x:c r="A1320" s="2">
-        <x:v>44130</x:v>
+        <x:v>44153</x:v>
       </x:c>
       <x:c r="B1320" s="3">
-        <x:v>487281.83</x:v>
+        <x:v>487147.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:2">
       <x:c r="A1321" s="2">
-        <x:v>44127</x:v>
+        <x:v>44152</x:v>
       </x:c>
       <x:c r="B1321" s="3">
-        <x:v>487289.36</x:v>
+        <x:v>487153.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:2">
       <x:c r="A1322" s="2">
-        <x:v>44126</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="B1322" s="3">
-        <x:v>487299.94</x:v>
+        <x:v>487159.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:2">
       <x:c r="A1323" s="2">
-        <x:v>44125</x:v>
+        <x:v>44148</x:v>
       </x:c>
       <x:c r="B1323" s="3">
-        <x:v>487309.19</x:v>
+        <x:v>487165.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:2">
       <x:c r="A1324" s="2">
-        <x:v>44124</x:v>
+        <x:v>44147</x:v>
       </x:c>
       <x:c r="B1324" s="3">
-        <x:v>487317.65</x:v>
+        <x:v>487181.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:2">
       <x:c r="A1325" s="2">
-        <x:v>44123</x:v>
+        <x:v>44145</x:v>
       </x:c>
       <x:c r="B1325" s="3">
-        <x:v>487323.72</x:v>
+        <x:v>487188.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:2">
       <x:c r="A1326" s="2">
-        <x:v>44120</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="B1326" s="3">
-        <x:v>487325.1</x:v>
+        <x:v>487196.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:2">
       <x:c r="A1327" s="2">
-        <x:v>44119</x:v>
+        <x:v>44141</x:v>
       </x:c>
       <x:c r="B1327" s="3">
-        <x:v>487342.58</x:v>
+        <x:v>487202.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:2">
       <x:c r="A1328" s="2">
-        <x:v>44118</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="B1328" s="3">
-        <x:v>487347.94</x:v>
+        <x:v>487218.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:2">
       <x:c r="A1329" s="2">
-        <x:v>44117</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B1329" s="3">
-        <x:v>487350.27</x:v>
+        <x:v>487226.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:2">
       <x:c r="A1330" s="2">
-        <x:v>44116</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="B1330" s="3">
-        <x:v>487355.64</x:v>
+        <x:v>487235.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:2">
       <x:c r="A1331" s="2">
-        <x:v>44113</x:v>
+        <x:v>44137</x:v>
       </x:c>
       <x:c r="B1331" s="3">
-        <x:v>487359.56</x:v>
+        <x:v>487242.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:2">
       <x:c r="A1332" s="2">
-        <x:v>44112</x:v>
+        <x:v>44134</x:v>
       </x:c>
       <x:c r="B1332" s="3">
-        <x:v>487362.53</x:v>
+        <x:v>487247.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:2">
       <x:c r="A1333" s="2">
-        <x:v>44111</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="B1333" s="3">
-        <x:v>487361.15</x:v>
+        <x:v>487263</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:2">
       <x:c r="A1334" s="2">
-        <x:v>44110</x:v>
+        <x:v>44132</x:v>
       </x:c>
       <x:c r="B1334" s="3">
-        <x:v>487360.24</x:v>
+        <x:v>487270.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:2">
       <x:c r="A1335" s="2">
-        <x:v>44109</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="B1335" s="3">
-        <x:v>487365.86</x:v>
+        <x:v>487275.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:2">
       <x:c r="A1336" s="2">
-        <x:v>44106</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="B1336" s="3">
-        <x:v>487363.42</x:v>
+        <x:v>487281.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:2">
       <x:c r="A1337" s="2">
-        <x:v>44105</x:v>
+        <x:v>44127</x:v>
       </x:c>
       <x:c r="B1337" s="3">
-        <x:v>487371.1</x:v>
+        <x:v>487289.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:2">
       <x:c r="A1338" s="2">
-        <x:v>44104</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="B1338" s="3">
-        <x:v>487376.43</x:v>
+        <x:v>487299.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:2">
       <x:c r="A1339" s="2">
-        <x:v>44103</x:v>
+        <x:v>44125</x:v>
       </x:c>
       <x:c r="B1339" s="3">
-        <x:v>487379.88</x:v>
+        <x:v>487309.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:2">
       <x:c r="A1340" s="2">
-        <x:v>44102</x:v>
+        <x:v>44124</x:v>
       </x:c>
       <x:c r="B1340" s="3">
-        <x:v>487382.84</x:v>
+        <x:v>487317.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:2">
       <x:c r="A1341" s="2">
-        <x:v>44099</x:v>
+        <x:v>44123</x:v>
       </x:c>
       <x:c r="B1341" s="3">
-        <x:v>487390.45</x:v>
+        <x:v>487323.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:2">
       <x:c r="A1342" s="2">
-        <x:v>44098</x:v>
+        <x:v>44120</x:v>
       </x:c>
       <x:c r="B1342" s="3">
-        <x:v>487402.79</x:v>
+        <x:v>487325.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:2">
       <x:c r="A1343" s="2">
-        <x:v>44097</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B1343" s="3">
-        <x:v>487407.67</x:v>
+        <x:v>487342.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:2">
       <x:c r="A1344" s="2">
-        <x:v>44096</x:v>
+        <x:v>44118</x:v>
       </x:c>
       <x:c r="B1344" s="3">
-        <x:v>487408</x:v>
+        <x:v>487347.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:2">
       <x:c r="A1345" s="2">
-        <x:v>44095</x:v>
+        <x:v>44117</x:v>
       </x:c>
       <x:c r="B1345" s="3">
-        <x:v>487410.94</x:v>
+        <x:v>487350.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:2">
       <x:c r="A1346" s="2">
-        <x:v>44092</x:v>
+        <x:v>44116</x:v>
       </x:c>
       <x:c r="B1346" s="3">
-        <x:v>487416.56</x:v>
+        <x:v>487355.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:2">
       <x:c r="A1347" s="2">
-        <x:v>44091</x:v>
+        <x:v>44113</x:v>
       </x:c>
       <x:c r="B1347" s="3">
-        <x:v>487424.78</x:v>
+        <x:v>487359.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:2">
       <x:c r="A1348" s="2">
-        <x:v>44090</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="B1348" s="3">
-        <x:v>487428.76</x:v>
+        <x:v>487362.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:2">
       <x:c r="A1349" s="2">
-        <x:v>44089</x:v>
+        <x:v>44111</x:v>
       </x:c>
       <x:c r="B1349" s="3">
-        <x:v>487431.92</x:v>
+        <x:v>487361.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:2">
       <x:c r="A1350" s="2">
-        <x:v>44088</x:v>
+        <x:v>44110</x:v>
       </x:c>
       <x:c r="B1350" s="3">
-        <x:v>487435.78</x:v>
+        <x:v>487360.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:2">
       <x:c r="A1351" s="2">
-        <x:v>44085</x:v>
+        <x:v>44109</x:v>
       </x:c>
       <x:c r="B1351" s="3">
-        <x:v>487438.64</x:v>
+        <x:v>487365.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:2">
       <x:c r="A1352" s="2">
-        <x:v>44084</x:v>
+        <x:v>44106</x:v>
       </x:c>
       <x:c r="B1352" s="3">
-        <x:v>487454.54</x:v>
+        <x:v>487363.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:2">
       <x:c r="A1353" s="2">
-        <x:v>44083</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="B1353" s="3">
-        <x:v>487457.06</x:v>
+        <x:v>487371.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:2">
       <x:c r="A1354" s="2">
-        <x:v>44082</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B1354" s="3">
-        <x:v>487460.3</x:v>
+        <x:v>487376.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:2">
       <x:c r="A1355" s="2">
-        <x:v>44081</x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="B1355" s="3">
-        <x:v>487461.18</x:v>
+        <x:v>487379.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:2">
       <x:c r="A1356" s="2">
-        <x:v>44078</x:v>
+        <x:v>44102</x:v>
       </x:c>
       <x:c r="B1356" s="3">
-        <x:v>487465.66</x:v>
+        <x:v>487382.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:2">
       <x:c r="A1357" s="2">
-        <x:v>44077</x:v>
+        <x:v>44099</x:v>
       </x:c>
       <x:c r="B1357" s="3">
-        <x:v>487465.92</x:v>
+        <x:v>487390.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:2">
       <x:c r="A1358" s="2">
-        <x:v>44076</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="B1358" s="3">
-        <x:v>487469.47</x:v>
+        <x:v>487402.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:2">
       <x:c r="A1359" s="2">
-        <x:v>44075</x:v>
+        <x:v>44097</x:v>
       </x:c>
       <x:c r="B1359" s="3">
-        <x:v>487470.42</x:v>
+        <x:v>487407.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:2">
       <x:c r="A1360" s="2">
-        <x:v>44074</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="B1360" s="3">
-        <x:v>487477.87</x:v>
+        <x:v>487408</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:2">
       <x:c r="A1361" s="2">
-        <x:v>44071</x:v>
+        <x:v>44095</x:v>
       </x:c>
       <x:c r="B1361" s="3">
-        <x:v>487481.58</x:v>
+        <x:v>487410.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:2">
       <x:c r="A1362" s="2">
-        <x:v>44070</x:v>
+        <x:v>44092</x:v>
       </x:c>
       <x:c r="B1362" s="3">
-        <x:v>487491.96</x:v>
+        <x:v>487416.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:2">
       <x:c r="A1363" s="2">
-        <x:v>44069</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="B1363" s="3">
-        <x:v>487496.56</x:v>
+        <x:v>487424.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:2">
       <x:c r="A1364" s="2">
-        <x:v>44068</x:v>
+        <x:v>44090</x:v>
       </x:c>
       <x:c r="B1364" s="3">
-        <x:v>487502.49</x:v>
+        <x:v>487428.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:2">
       <x:c r="A1365" s="2">
-        <x:v>44067</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B1365" s="3">
-        <x:v>487500.7</x:v>
+        <x:v>487431.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:2">
       <x:c r="A1366" s="2">
-        <x:v>44064</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="B1366" s="3">
-        <x:v>487501.81</x:v>
+        <x:v>487435.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:2">
       <x:c r="A1367" s="2">
-        <x:v>44063</x:v>
+        <x:v>44085</x:v>
       </x:c>
       <x:c r="B1367" s="3">
-        <x:v>487511.36</x:v>
+        <x:v>487438.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:2">
       <x:c r="A1368" s="2">
-        <x:v>44062</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="B1368" s="3">
-        <x:v>487517.29</x:v>
+        <x:v>487454.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:2">
       <x:c r="A1369" s="2">
-        <x:v>44061</x:v>
+        <x:v>44083</x:v>
       </x:c>
       <x:c r="B1369" s="3">
-        <x:v>487499.55</x:v>
+        <x:v>487457.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:2">
       <x:c r="A1370" s="2">
-        <x:v>44060</x:v>
+        <x:v>44082</x:v>
       </x:c>
       <x:c r="B1370" s="3">
-        <x:v>487502.99</x:v>
+        <x:v>487460.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:2">
       <x:c r="A1371" s="2">
-        <x:v>44057</x:v>
+        <x:v>44081</x:v>
       </x:c>
       <x:c r="B1371" s="3">
-        <x:v>487508.87</x:v>
+        <x:v>487461.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:2">
       <x:c r="A1372" s="2">
-        <x:v>44056</x:v>
+        <x:v>44078</x:v>
       </x:c>
       <x:c r="B1372" s="3">
-        <x:v>487515.72</x:v>
+        <x:v>487465.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:2">
       <x:c r="A1373" s="2">
-        <x:v>44055</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="B1373" s="3">
-        <x:v>487518.89</x:v>
+        <x:v>487465.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:2">
       <x:c r="A1374" s="2">
-        <x:v>44054</x:v>
+        <x:v>44076</x:v>
       </x:c>
       <x:c r="B1374" s="3">
-        <x:v>487523.13</x:v>
+        <x:v>487469.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:2">
       <x:c r="A1375" s="2">
-        <x:v>44053</x:v>
+        <x:v>44075</x:v>
       </x:c>
       <x:c r="B1375" s="3">
-        <x:v>487521.8</x:v>
+        <x:v>487470.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:2">
       <x:c r="A1376" s="2">
-        <x:v>44050</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B1376" s="3">
-        <x:v>487514</x:v>
+        <x:v>487477.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:2">
       <x:c r="A1377" s="2">
-        <x:v>44049</x:v>
+        <x:v>44071</x:v>
       </x:c>
       <x:c r="B1377" s="3">
-        <x:v>487515.32</x:v>
+        <x:v>487481.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:2">
       <x:c r="A1378" s="2">
-        <x:v>44048</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="B1378" s="3">
-        <x:v>487521.23</x:v>
+        <x:v>487491.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:2">
       <x:c r="A1379" s="2">
-        <x:v>44047</x:v>
+        <x:v>44069</x:v>
       </x:c>
       <x:c r="B1379" s="3">
-        <x:v>487521.72</x:v>
+        <x:v>487496.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:2">
       <x:c r="A1380" s="2">
-        <x:v>44046</x:v>
+        <x:v>44068</x:v>
       </x:c>
       <x:c r="B1380" s="3">
-        <x:v>487525.82</x:v>
+        <x:v>487502.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:2">
       <x:c r="A1381" s="2">
-        <x:v>44043</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="B1381" s="3">
-        <x:v>487531.6</x:v>
+        <x:v>487500.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:2">
       <x:c r="A1382" s="2">
-        <x:v>44042</x:v>
+        <x:v>44064</x:v>
       </x:c>
       <x:c r="B1382" s="3">
-        <x:v>487541.93</x:v>
+        <x:v>487501.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:2">
       <x:c r="A1383" s="2">
-        <x:v>44041</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="B1383" s="3">
-        <x:v>487546.07</x:v>
+        <x:v>487511.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:2">
       <x:c r="A1384" s="2">
-        <x:v>44040</x:v>
+        <x:v>44062</x:v>
       </x:c>
       <x:c r="B1384" s="3">
-        <x:v>487550.82</x:v>
+        <x:v>487517.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:2">
       <x:c r="A1385" s="2">
-        <x:v>44039</x:v>
+        <x:v>44061</x:v>
       </x:c>
       <x:c r="B1385" s="3">
-        <x:v>487553.65</x:v>
+        <x:v>487499.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:2">
       <x:c r="A1386" s="2">
-        <x:v>44036</x:v>
+        <x:v>44060</x:v>
       </x:c>
       <x:c r="B1386" s="3">
-        <x:v>487559.32</x:v>
+        <x:v>487502.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:2">
       <x:c r="A1387" s="2">
-        <x:v>44035</x:v>
+        <x:v>44057</x:v>
       </x:c>
       <x:c r="B1387" s="3">
-        <x:v>487563.96</x:v>
+        <x:v>487508.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:2">
       <x:c r="A1388" s="2">
-        <x:v>44034</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="B1388" s="3">
-        <x:v>487563.32</x:v>
+        <x:v>487515.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:2">
       <x:c r="A1389" s="2">
-        <x:v>44033</x:v>
+        <x:v>44055</x:v>
       </x:c>
       <x:c r="B1389" s="3">
-        <x:v>487563.55</x:v>
+        <x:v>487518.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:2">
       <x:c r="A1390" s="2">
-        <x:v>44032</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="B1390" s="3">
-        <x:v>487557.48</x:v>
+        <x:v>487523.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:2">
       <x:c r="A1391" s="2">
-        <x:v>44029</x:v>
+        <x:v>44053</x:v>
       </x:c>
       <x:c r="B1391" s="3">
-        <x:v>487552.77</x:v>
+        <x:v>487521.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:2">
       <x:c r="A1392" s="2">
-        <x:v>44028</x:v>
+        <x:v>44050</x:v>
       </x:c>
       <x:c r="B1392" s="3">
-        <x:v>487548.85</x:v>
+        <x:v>487514</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:2">
       <x:c r="A1393" s="2">
-        <x:v>44027</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="B1393" s="3">
-        <x:v>487546.39</x:v>
+        <x:v>487515.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:2">
       <x:c r="A1394" s="2">
-        <x:v>44025</x:v>
+        <x:v>44048</x:v>
       </x:c>
       <x:c r="B1394" s="3">
-        <x:v>487538.87</x:v>
+        <x:v>487521.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:2">
       <x:c r="A1395" s="2">
-        <x:v>44022</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="B1395" s="3">
-        <x:v>487543.06</x:v>
+        <x:v>487521.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:2">
       <x:c r="A1396" s="2">
-        <x:v>44021</x:v>
+        <x:v>44046</x:v>
       </x:c>
       <x:c r="B1396" s="3">
-        <x:v>487537.87</x:v>
+        <x:v>487525.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:2">
       <x:c r="A1397" s="2">
-        <x:v>44020</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B1397" s="3">
-        <x:v>487543.75</x:v>
+        <x:v>487531.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:2">
       <x:c r="A1398" s="2">
-        <x:v>44019</x:v>
+        <x:v>44042</x:v>
       </x:c>
       <x:c r="B1398" s="3">
-        <x:v>487548.23</x:v>
+        <x:v>487541.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:2">
       <x:c r="A1399" s="2">
-        <x:v>44018</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="B1399" s="3">
-        <x:v>487550.39</x:v>
+        <x:v>487546.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:2">
       <x:c r="A1400" s="2">
-        <x:v>44015</x:v>
+        <x:v>44040</x:v>
       </x:c>
       <x:c r="B1400" s="3">
-        <x:v>487554.55</x:v>
+        <x:v>487550.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:2">
       <x:c r="A1401" s="2">
-        <x:v>44014</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="B1401" s="3">
-        <x:v>487557.27</x:v>
+        <x:v>487553.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:2">
       <x:c r="A1402" s="2">
-        <x:v>44013</x:v>
+        <x:v>44036</x:v>
       </x:c>
       <x:c r="B1402" s="3">
-        <x:v>487560.09</x:v>
+        <x:v>487559.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:2">
       <x:c r="A1403" s="2">
-        <x:v>44012</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="B1403" s="3">
-        <x:v>487564.03</x:v>
+        <x:v>487563.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:2">
       <x:c r="A1404" s="2">
-        <x:v>44011</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="B1404" s="3">
-        <x:v>487568.42</x:v>
+        <x:v>487563.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:2">
       <x:c r="A1405" s="2">
-        <x:v>44008</x:v>
+        <x:v>44033</x:v>
       </x:c>
       <x:c r="B1405" s="3">
-        <x:v>487570.3</x:v>
+        <x:v>487563.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:2">
       <x:c r="A1406" s="2">
-        <x:v>44007</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="B1406" s="3">
-        <x:v>487583.17</x:v>
+        <x:v>487557.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:2">
       <x:c r="A1407" s="2">
-        <x:v>44006</x:v>
+        <x:v>44029</x:v>
       </x:c>
       <x:c r="B1407" s="3">
-        <x:v>487586.51</x:v>
+        <x:v>487552.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:2">
       <x:c r="A1408" s="2">
-        <x:v>44005</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="B1408" s="3">
-        <x:v>487590.91</x:v>
+        <x:v>487548.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:2">
       <x:c r="A1409" s="2">
-        <x:v>44004</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B1409" s="3">
-        <x:v>487593.99</x:v>
+        <x:v>487546.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:2">
       <x:c r="A1410" s="2">
-        <x:v>44001</x:v>
+        <x:v>44025</x:v>
       </x:c>
       <x:c r="B1410" s="3">
-        <x:v>487599.82</x:v>
+        <x:v>487538.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:2">
       <x:c r="A1411" s="2">
-        <x:v>44000</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="B1411" s="3">
-        <x:v>487611.26</x:v>
+        <x:v>487543.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:2">
       <x:c r="A1412" s="2">
-        <x:v>43999</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="B1412" s="3">
-        <x:v>487616.75</x:v>
+        <x:v>487537.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:2">
       <x:c r="A1413" s="2">
-        <x:v>43998</x:v>
+        <x:v>44020</x:v>
       </x:c>
       <x:c r="B1413" s="3">
-        <x:v>487620.58</x:v>
+        <x:v>487543.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:2">
       <x:c r="A1414" s="2">
-        <x:v>43997</x:v>
+        <x:v>44019</x:v>
       </x:c>
       <x:c r="B1414" s="3">
-        <x:v>487625.04</x:v>
+        <x:v>487548.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:2">
       <x:c r="A1415" s="2">
-        <x:v>43994</x:v>
+        <x:v>44018</x:v>
       </x:c>
       <x:c r="B1415" s="3">
-        <x:v>487628.83</x:v>
+        <x:v>487550.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:2">
       <x:c r="A1416" s="2">
-        <x:v>43993</x:v>
+        <x:v>44015</x:v>
       </x:c>
       <x:c r="B1416" s="3">
-        <x:v>487649.12</x:v>
+        <x:v>487554.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:2">
       <x:c r="A1417" s="2">
-        <x:v>43992</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="B1417" s="3">
-        <x:v>487654.99</x:v>
+        <x:v>487557.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:2">
       <x:c r="A1418" s="2">
-        <x:v>43991</x:v>
+        <x:v>44013</x:v>
       </x:c>
       <x:c r="B1418" s="3">
-        <x:v>487660.77</x:v>
+        <x:v>487560.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:2">
       <x:c r="A1419" s="2">
-        <x:v>43990</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B1419" s="3">
-        <x:v>487666.62</x:v>
+        <x:v>487564.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:2">
       <x:c r="A1420" s="2">
-        <x:v>43987</x:v>
+        <x:v>44011</x:v>
       </x:c>
       <x:c r="B1420" s="3">
-        <x:v>487670.14</x:v>
+        <x:v>487568.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:2">
       <x:c r="A1421" s="2">
-        <x:v>43986</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="B1421" s="3">
-        <x:v>487679.9</x:v>
+        <x:v>487570.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:2">
       <x:c r="A1422" s="2">
-        <x:v>43985</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="B1422" s="3">
-        <x:v>487683.15</x:v>
+        <x:v>487583.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:2">
       <x:c r="A1423" s="2">
-        <x:v>43984</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="B1423" s="3">
-        <x:v>487688.94</x:v>
+        <x:v>487586.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:2">
       <x:c r="A1424" s="2">
-        <x:v>43980</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="B1424" s="3">
-        <x:v>487691.8</x:v>
+        <x:v>487590.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:2">
       <x:c r="A1425" s="2">
-        <x:v>43979</x:v>
+        <x:v>44004</x:v>
       </x:c>
       <x:c r="B1425" s="3">
-        <x:v>487705.84</x:v>
+        <x:v>487593.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:2">
       <x:c r="A1426" s="2">
-        <x:v>43978</x:v>
+        <x:v>44001</x:v>
       </x:c>
       <x:c r="B1426" s="3">
-        <x:v>487709.93</x:v>
+        <x:v>487599.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:2">
       <x:c r="A1427" s="2">
-        <x:v>43977</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="B1427" s="3">
-        <x:v>487718.63</x:v>
+        <x:v>487611.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:2">
       <x:c r="A1428" s="2">
-        <x:v>43976</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="B1428" s="3">
-        <x:v>487732.11</x:v>
+        <x:v>487616.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:2">
       <x:c r="A1429" s="2">
-        <x:v>43973</x:v>
+        <x:v>43998</x:v>
       </x:c>
       <x:c r="B1429" s="3">
-        <x:v>487743.09</x:v>
+        <x:v>487620.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:2">
       <x:c r="A1430" s="2">
-        <x:v>43971</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B1430" s="3">
-        <x:v>487761.7</x:v>
+        <x:v>487625.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:2">
       <x:c r="A1431" s="2">
-        <x:v>43970</x:v>
+        <x:v>43994</x:v>
       </x:c>
       <x:c r="B1431" s="3">
-        <x:v>487773.27</x:v>
+        <x:v>487628.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:2">
       <x:c r="A1432" s="2">
-        <x:v>43969</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="B1432" s="3">
-        <x:v>487778.96</x:v>
+        <x:v>487649.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:2">
       <x:c r="A1433" s="2">
-        <x:v>43966</x:v>
+        <x:v>43992</x:v>
       </x:c>
       <x:c r="B1433" s="3">
-        <x:v>487784.76</x:v>
+        <x:v>487654.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:2">
       <x:c r="A1434" s="2">
-        <x:v>43965</x:v>
+        <x:v>43991</x:v>
       </x:c>
       <x:c r="B1434" s="3">
-        <x:v>487800.34</x:v>
+        <x:v>487660.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:2">
       <x:c r="A1435" s="2">
-        <x:v>43964</x:v>
+        <x:v>43990</x:v>
       </x:c>
       <x:c r="B1435" s="3">
-        <x:v>487806.13</x:v>
+        <x:v>487666.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:2">
       <x:c r="A1436" s="2">
-        <x:v>43963</x:v>
+        <x:v>43987</x:v>
       </x:c>
       <x:c r="B1436" s="3">
-        <x:v>487811.92</x:v>
+        <x:v>487670.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:2">
       <x:c r="A1437" s="2">
-        <x:v>43962</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="B1437" s="3">
-        <x:v>487817.74</x:v>
+        <x:v>487679.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:2">
       <x:c r="A1438" s="2">
-        <x:v>43958</x:v>
+        <x:v>43985</x:v>
       </x:c>
       <x:c r="B1438" s="3">
-        <x:v>487823.51</x:v>
+        <x:v>487683.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:2">
       <x:c r="A1439" s="2">
-        <x:v>43957</x:v>
+        <x:v>43984</x:v>
       </x:c>
       <x:c r="B1439" s="3">
-        <x:v>487846.66</x:v>
+        <x:v>487688.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:2">
       <x:c r="A1440" s="2">
-        <x:v>43956</x:v>
+        <x:v>43980</x:v>
       </x:c>
       <x:c r="B1440" s="3">
-        <x:v>487852.23</x:v>
+        <x:v>487691.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:2">
       <x:c r="A1441" s="2">
-        <x:v>43955</x:v>
+        <x:v>43979</x:v>
       </x:c>
       <x:c r="B1441" s="3">
-        <x:v>487858.03</x:v>
+        <x:v>487705.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:2">
       <x:c r="A1442" s="2">
-        <x:v>43951</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="B1442" s="3">
-        <x:v>487859.08</x:v>
+        <x:v>487709.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:2">
       <x:c r="A1443" s="2">
-        <x:v>43950</x:v>
+        <x:v>43977</x:v>
       </x:c>
       <x:c r="B1443" s="3">
-        <x:v>487874.4</x:v>
+        <x:v>487718.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:2">
       <x:c r="A1444" s="2">
-        <x:v>43949</x:v>
+        <x:v>43976</x:v>
       </x:c>
       <x:c r="B1444" s="3">
-        <x:v>487876.11</x:v>
+        <x:v>487732.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:2">
       <x:c r="A1445" s="2">
-        <x:v>43948</x:v>
+        <x:v>43973</x:v>
       </x:c>
       <x:c r="B1445" s="3">
-        <x:v>487879.65</x:v>
+        <x:v>487743.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:2">
       <x:c r="A1446" s="2">
-        <x:v>43945</x:v>
+        <x:v>43971</x:v>
       </x:c>
       <x:c r="B1446" s="3">
-        <x:v>487863.13</x:v>
+        <x:v>487761.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:2">
       <x:c r="A1447" s="2">
-        <x:v>43944</x:v>
+        <x:v>43970</x:v>
       </x:c>
       <x:c r="B1447" s="3">
-        <x:v>487880.37</x:v>
+        <x:v>487773.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:2">
       <x:c r="A1448" s="2">
-        <x:v>43943</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="B1448" s="3">
-        <x:v>487884.72</x:v>
+        <x:v>487778.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:2">
       <x:c r="A1449" s="2">
-        <x:v>43942</x:v>
+        <x:v>43966</x:v>
       </x:c>
       <x:c r="B1449" s="3">
-        <x:v>487890.49</x:v>
+        <x:v>487784.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:2">
       <x:c r="A1450" s="2">
-        <x:v>43941</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="B1450" s="3">
-        <x:v>487893.85</x:v>
+        <x:v>487800.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:2">
       <x:c r="A1451" s="2">
-        <x:v>43938</x:v>
+        <x:v>43964</x:v>
       </x:c>
       <x:c r="B1451" s="3">
-        <x:v>487896.43</x:v>
+        <x:v>487806.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:2">
       <x:c r="A1452" s="2">
-        <x:v>43937</x:v>
+        <x:v>43963</x:v>
       </x:c>
       <x:c r="B1452" s="3">
-        <x:v>487906.86</x:v>
+        <x:v>487811.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:2">
       <x:c r="A1453" s="2">
-        <x:v>43936</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="B1453" s="3">
-        <x:v>487910.18</x:v>
+        <x:v>487817.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:2">
       <x:c r="A1454" s="2">
-        <x:v>43935</x:v>
+        <x:v>43958</x:v>
       </x:c>
       <x:c r="B1454" s="3">
-        <x:v>487915.86</x:v>
+        <x:v>487823.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:2">
       <x:c r="A1455" s="2">
-        <x:v>43930</x:v>
+        <x:v>43957</x:v>
       </x:c>
       <x:c r="B1455" s="3">
-        <x:v>487918.73</x:v>
+        <x:v>487846.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:2">
       <x:c r="A1456" s="2">
-        <x:v>43929</x:v>
+        <x:v>43956</x:v>
       </x:c>
       <x:c r="B1456" s="3">
-        <x:v>487945.16</x:v>
+        <x:v>487852.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:2">
       <x:c r="A1457" s="2">
-        <x:v>43928</x:v>
+        <x:v>43955</x:v>
       </x:c>
       <x:c r="B1457" s="3">
-        <x:v>487947.65</x:v>
+        <x:v>487858.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:2">
       <x:c r="A1458" s="2">
-        <x:v>43927</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B1458" s="3">
-        <x:v>487953.05</x:v>
+        <x:v>487859.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:2">
       <x:c r="A1459" s="2">
-        <x:v>43924</x:v>
+        <x:v>43950</x:v>
       </x:c>
       <x:c r="B1459" s="3">
-        <x:v>487958.8</x:v>
+        <x:v>487874.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:2">
       <x:c r="A1460" s="2">
-        <x:v>43923</x:v>
+        <x:v>43949</x:v>
       </x:c>
       <x:c r="B1460" s="3">
-        <x:v>487975.84</x:v>
+        <x:v>487876.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:2">
       <x:c r="A1461" s="2">
-        <x:v>43922</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="B1461" s="3">
-        <x:v>487978.72</x:v>
+        <x:v>487879.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:2">
       <x:c r="A1462" s="2">
-        <x:v>43921</x:v>
+        <x:v>43945</x:v>
       </x:c>
       <x:c r="B1462" s="3">
-        <x:v>487984.14</x:v>
+        <x:v>487863.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:2">
       <x:c r="A1463" s="2">
-        <x:v>43920</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="B1463" s="3">
-        <x:v>487989.45</x:v>
+        <x:v>487880.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:2">
       <x:c r="A1464" s="2">
-        <x:v>43917</x:v>
+        <x:v>43943</x:v>
       </x:c>
       <x:c r="B1464" s="3">
-        <x:v>487995.08</x:v>
+        <x:v>487884.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:2">
       <x:c r="A1465" s="2">
-        <x:v>43916</x:v>
+        <x:v>43942</x:v>
       </x:c>
       <x:c r="B1465" s="3">
-        <x:v>488011.91</x:v>
+        <x:v>487890.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:2">
       <x:c r="A1466" s="2">
-        <x:v>43915</x:v>
+        <x:v>43941</x:v>
       </x:c>
       <x:c r="B1466" s="3">
-        <x:v>488016.38</x:v>
+        <x:v>487893.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:2">
       <x:c r="A1467" s="2">
-        <x:v>43914</x:v>
+        <x:v>43938</x:v>
       </x:c>
       <x:c r="B1467" s="3">
-        <x:v>488021.41</x:v>
+        <x:v>487896.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:2">
       <x:c r="A1468" s="2">
-        <x:v>43913</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="B1468" s="3">
-        <x:v>488026.97</x:v>
+        <x:v>487906.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:2">
       <x:c r="A1469" s="2">
-        <x:v>43910</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B1469" s="3">
-        <x:v>488032.51</x:v>
+        <x:v>487910.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:2">
       <x:c r="A1470" s="2">
-        <x:v>43909</x:v>
+        <x:v>43935</x:v>
       </x:c>
       <x:c r="B1470" s="3">
-        <x:v>488047.6</x:v>
+        <x:v>487915.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:2">
       <x:c r="A1471" s="2">
-        <x:v>43908</x:v>
+        <x:v>43930</x:v>
       </x:c>
       <x:c r="B1471" s="3">
-        <x:v>488052.67</x:v>
+        <x:v>487918.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:2">
       <x:c r="A1472" s="2">
-        <x:v>43907</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="B1472" s="3">
-        <x:v>488057.77</x:v>
+        <x:v>487945.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:2">
       <x:c r="A1473" s="2">
-        <x:v>43906</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="B1473" s="3">
-        <x:v>488062.94</x:v>
+        <x:v>487947.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:2">
       <x:c r="A1474" s="2">
-        <x:v>43903</x:v>
+        <x:v>43927</x:v>
       </x:c>
       <x:c r="B1474" s="3">
-        <x:v>488068.17</x:v>
+        <x:v>487953.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:2">
       <x:c r="A1475" s="2">
-        <x:v>43902</x:v>
+        <x:v>43924</x:v>
       </x:c>
       <x:c r="B1475" s="3">
-        <x:v>488083.97</x:v>
+        <x:v>487958.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:2">
       <x:c r="A1476" s="2">
-        <x:v>43901</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="B1476" s="3">
-        <x:v>488089.23</x:v>
+        <x:v>487975.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:2">
       <x:c r="A1477" s="2">
-        <x:v>43900</x:v>
+        <x:v>43922</x:v>
       </x:c>
       <x:c r="B1477" s="3">
-        <x:v>488094.46</x:v>
+        <x:v>487978.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:2">
       <x:c r="A1478" s="2">
-        <x:v>43899</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B1478" s="3">
-        <x:v>488099.7</x:v>
+        <x:v>487984.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:2">
       <x:c r="A1479" s="2">
-        <x:v>43896</x:v>
+        <x:v>43920</x:v>
       </x:c>
       <x:c r="B1479" s="3">
-        <x:v>488104.93</x:v>
+        <x:v>487989.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:2">
       <x:c r="A1480" s="2">
-        <x:v>43895</x:v>
+        <x:v>43917</x:v>
       </x:c>
       <x:c r="B1480" s="3">
-        <x:v>488120.59</x:v>
+        <x:v>487995.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:2">
       <x:c r="A1481" s="2">
-        <x:v>43894</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="B1481" s="3">
-        <x:v>488125.83</x:v>
+        <x:v>488011.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:2">
       <x:c r="A1482" s="2">
-        <x:v>43893</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="B1482" s="3">
-        <x:v>488126.48</x:v>
+        <x:v>488016.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:2">
       <x:c r="A1483" s="2">
-        <x:v>43892</x:v>
+        <x:v>43914</x:v>
       </x:c>
       <x:c r="B1483" s="3">
-        <x:v>488131.73</x:v>
+        <x:v>488021.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:2">
       <x:c r="A1484" s="2">
-        <x:v>43889</x:v>
+        <x:v>43913</x:v>
       </x:c>
       <x:c r="B1484" s="3">
-        <x:v>488136.95</x:v>
+        <x:v>488026.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:2">
       <x:c r="A1485" s="2">
-        <x:v>43888</x:v>
+        <x:v>43910</x:v>
       </x:c>
       <x:c r="B1485" s="3">
-        <x:v>488152.53</x:v>
+        <x:v>488032.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:2">
       <x:c r="A1486" s="2">
-        <x:v>43887</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="B1486" s="3">
-        <x:v>488157.74</x:v>
+        <x:v>488047.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:2">
       <x:c r="A1487" s="2">
-        <x:v>43886</x:v>
+        <x:v>43908</x:v>
       </x:c>
       <x:c r="B1487" s="3">
-        <x:v>488161.04</x:v>
+        <x:v>488052.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:2">
       <x:c r="A1488" s="2">
-        <x:v>43885</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="B1488" s="3">
-        <x:v>488166.26</x:v>
+        <x:v>488057.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:2">
       <x:c r="A1489" s="2">
-        <x:v>43882</x:v>
+        <x:v>43906</x:v>
       </x:c>
       <x:c r="B1489" s="3">
-        <x:v>488169.29</x:v>
+        <x:v>488062.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:2">
       <x:c r="A1490" s="2">
-        <x:v>43881</x:v>
+        <x:v>43903</x:v>
       </x:c>
       <x:c r="B1490" s="3">
-        <x:v>488176.83</x:v>
+        <x:v>488068.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:2">
       <x:c r="A1491" s="2">
-        <x:v>43880</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="B1491" s="3">
-        <x:v>488182.03</x:v>
+        <x:v>488083.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:2">
       <x:c r="A1492" s="2">
-        <x:v>43879</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="B1492" s="3">
-        <x:v>488187.19</x:v>
+        <x:v>488089.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:2">
       <x:c r="A1493" s="2">
-        <x:v>43878</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="B1493" s="3">
-        <x:v>488190.97</x:v>
+        <x:v>488094.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:2">
       <x:c r="A1494" s="2">
-        <x:v>43875</x:v>
+        <x:v>43899</x:v>
       </x:c>
       <x:c r="B1494" s="3">
-        <x:v>488196.16</x:v>
+        <x:v>488099.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:2">
       <x:c r="A1495" s="2">
-        <x:v>43874</x:v>
+        <x:v>43896</x:v>
       </x:c>
       <x:c r="B1495" s="3">
-        <x:v>488207.53</x:v>
+        <x:v>488104.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:2">
       <x:c r="A1496" s="2">
-        <x:v>43873</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="B1496" s="3">
-        <x:v>488209.81</x:v>
+        <x:v>488120.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:2">
       <x:c r="A1497" s="2">
-        <x:v>43872</x:v>
+        <x:v>43894</x:v>
       </x:c>
       <x:c r="B1497" s="3">
-        <x:v>488213.13</x:v>
+        <x:v>488125.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:2">
       <x:c r="A1498" s="2">
-        <x:v>43871</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="B1498" s="3">
-        <x:v>488214.43</x:v>
+        <x:v>488126.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:2">
       <x:c r="A1499" s="2">
-        <x:v>43868</x:v>
+        <x:v>43892</x:v>
       </x:c>
       <x:c r="B1499" s="3">
-        <x:v>488218.32</x:v>
+        <x:v>488131.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:2">
       <x:c r="A1500" s="2">
-        <x:v>43867</x:v>
+        <x:v>43889</x:v>
       </x:c>
       <x:c r="B1500" s="3">
-        <x:v>488229.07</x:v>
+        <x:v>488136.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:2">
       <x:c r="A1501" s="2">
-        <x:v>43866</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="B1501" s="3">
-        <x:v>488231.88</x:v>
+        <x:v>488152.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:2">
       <x:c r="A1502" s="2">
-        <x:v>43865</x:v>
+        <x:v>43887</x:v>
       </x:c>
       <x:c r="B1502" s="3">
-        <x:v>488236.35</x:v>
+        <x:v>488157.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:2">
       <x:c r="A1503" s="2">
-        <x:v>43864</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="B1503" s="3">
-        <x:v>488240.43</x:v>
+        <x:v>488161.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:2">
       <x:c r="A1504" s="2">
-        <x:v>43861</x:v>
+        <x:v>43885</x:v>
       </x:c>
       <x:c r="B1504" s="3">
-        <x:v>488243.51</x:v>
+        <x:v>488166.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:2">
       <x:c r="A1505" s="2">
-        <x:v>43860</x:v>
+        <x:v>43882</x:v>
       </x:c>
       <x:c r="B1505" s="3">
-        <x:v>488255.03</x:v>
+        <x:v>488169.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:2">
       <x:c r="A1506" s="2">
-        <x:v>43859</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="B1506" s="3">
-        <x:v>488259.28</x:v>
+        <x:v>488176.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:2">
       <x:c r="A1507" s="2">
-        <x:v>43858</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="B1507" s="3">
-        <x:v>488263.7</x:v>
+        <x:v>488182.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:2">
       <x:c r="A1508" s="2">
-        <x:v>43857</x:v>
+        <x:v>43879</x:v>
       </x:c>
       <x:c r="B1508" s="3">
-        <x:v>488267.05</x:v>
+        <x:v>488187.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:2">
       <x:c r="A1509" s="2">
-        <x:v>43854</x:v>
+        <x:v>43878</x:v>
       </x:c>
       <x:c r="B1509" s="3">
-        <x:v>488271</x:v>
+        <x:v>488190.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:2">
       <x:c r="A1510" s="2">
-        <x:v>43853</x:v>
+        <x:v>43875</x:v>
       </x:c>
       <x:c r="B1510" s="3">
-        <x:v>488283.68</x:v>
+        <x:v>488196.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:2">
       <x:c r="A1511" s="2">
-        <x:v>43852</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="B1511" s="3">
-        <x:v>488288.39</x:v>
+        <x:v>488207.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:2">
       <x:c r="A1512" s="2">
-        <x:v>43851</x:v>
+        <x:v>43873</x:v>
       </x:c>
       <x:c r="B1512" s="3">
-        <x:v>488293.54</x:v>
+        <x:v>488209.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:2">
       <x:c r="A1513" s="2">
-        <x:v>43850</x:v>
+        <x:v>43872</x:v>
       </x:c>
       <x:c r="B1513" s="3">
-        <x:v>488298.36</x:v>
+        <x:v>488213.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:2">
       <x:c r="A1514" s="2">
-        <x:v>43847</x:v>
+        <x:v>43871</x:v>
       </x:c>
       <x:c r="B1514" s="3">
-        <x:v>488303.54</x:v>
+        <x:v>488214.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:2">
       <x:c r="A1515" s="2">
-        <x:v>43846</x:v>
+        <x:v>43868</x:v>
       </x:c>
       <x:c r="B1515" s="3">
-        <x:v>488316.48</x:v>
+        <x:v>488218.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:2">
       <x:c r="A1516" s="2">
-        <x:v>43845</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="B1516" s="3">
-        <x:v>488321.67</x:v>
+        <x:v>488229.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:2">
       <x:c r="A1517" s="2">
-        <x:v>43844</x:v>
+        <x:v>43866</x:v>
       </x:c>
       <x:c r="B1517" s="3">
-        <x:v>488326.87</x:v>
+        <x:v>488231.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:2">
       <x:c r="A1518" s="2">
-        <x:v>43843</x:v>
+        <x:v>43865</x:v>
       </x:c>
       <x:c r="B1518" s="3">
-        <x:v>488332.05</x:v>
+        <x:v>488236.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:2">
       <x:c r="A1519" s="2">
-        <x:v>43840</x:v>
+        <x:v>43864</x:v>
       </x:c>
       <x:c r="B1519" s="3">
-        <x:v>488337.25</x:v>
+        <x:v>488240.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:2">
       <x:c r="A1520" s="2">
-        <x:v>43839</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B1520" s="3">
-        <x:v>488349.59</x:v>
+        <x:v>488243.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:2">
       <x:c r="A1521" s="2">
-        <x:v>43838</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="B1521" s="3">
-        <x:v>488354.76</x:v>
+        <x:v>488255.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:2">
       <x:c r="A1522" s="2">
-        <x:v>43837</x:v>
+        <x:v>43859</x:v>
       </x:c>
       <x:c r="B1522" s="3">
-        <x:v>488359.31</x:v>
+        <x:v>488259.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:2">
       <x:c r="A1523" s="2">
-        <x:v>43836</x:v>
+        <x:v>43858</x:v>
       </x:c>
       <x:c r="B1523" s="3">
-        <x:v>488364.52</x:v>
+        <x:v>488263.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:2">
       <x:c r="A1524" s="2">
-        <x:v>43833</x:v>
+        <x:v>43857</x:v>
       </x:c>
       <x:c r="B1524" s="3">
-        <x:v>488368.42</x:v>
+        <x:v>488267.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:2">
       <x:c r="A1525" s="2">
-        <x:v>43832</x:v>
+        <x:v>43854</x:v>
       </x:c>
       <x:c r="B1525" s="3">
-        <x:v>488380.86</x:v>
+        <x:v>488271</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:2">
       <x:c r="A1526" s="2">
-        <x:v>43830</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="B1526" s="3">
-        <x:v>488385.59</x:v>
+        <x:v>488283.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:2">
       <x:c r="A1527" s="2">
-        <x:v>43829</x:v>
+        <x:v>43852</x:v>
       </x:c>
       <x:c r="B1527" s="3">
-        <x:v>488395.99</x:v>
+        <x:v>488288.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:2">
       <x:c r="A1528" s="2">
-        <x:v>43826</x:v>
+        <x:v>43851</x:v>
       </x:c>
       <x:c r="B1528" s="3">
-        <x:v>488398.85</x:v>
+        <x:v>488293.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:2">
       <x:c r="A1529" s="2">
-        <x:v>43823</x:v>
+        <x:v>43850</x:v>
       </x:c>
       <x:c r="B1529" s="3">
-        <x:v>488410.48</x:v>
+        <x:v>488298.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:2">
       <x:c r="A1530" s="2">
-        <x:v>43822</x:v>
+        <x:v>43847</x:v>
       </x:c>
       <x:c r="B1530" s="3">
-        <x:v>488420.13</x:v>
+        <x:v>488303.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:2">
       <x:c r="A1531" s="2">
-        <x:v>43819</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="B1531" s="3">
-        <x:v>488425.62</x:v>
+        <x:v>488316.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:2">
       <x:c r="A1532" s="2">
-        <x:v>43818</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B1532" s="3">
-        <x:v>488435.76</x:v>
+        <x:v>488321.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:2">
       <x:c r="A1533" s="2">
-        <x:v>43817</x:v>
+        <x:v>43844</x:v>
       </x:c>
       <x:c r="B1533" s="3">
-        <x:v>488440.25</x:v>
+        <x:v>488326.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:2">
       <x:c r="A1534" s="2">
-        <x:v>43816</x:v>
+        <x:v>43843</x:v>
       </x:c>
       <x:c r="B1534" s="3">
-        <x:v>488443.98</x:v>
+        <x:v>488332.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:2">
       <x:c r="A1535" s="2">
-        <x:v>43815</x:v>
+        <x:v>43840</x:v>
       </x:c>
       <x:c r="B1535" s="3">
-        <x:v>488449.52</x:v>
+        <x:v>488337.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:2">
       <x:c r="A1536" s="2">
-        <x:v>43812</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="B1536" s="3">
-        <x:v>488452.89</x:v>
+        <x:v>488349.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:2">
       <x:c r="A1537" s="2">
-        <x:v>43811</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B1537" s="3">
-        <x:v>488462.48</x:v>
+        <x:v>488354.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:2">
       <x:c r="A1538" s="2">
-        <x:v>43810</x:v>
+        <x:v>43837</x:v>
       </x:c>
       <x:c r="B1538" s="3">
-        <x:v>488468.03</x:v>
+        <x:v>488359.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:2">
       <x:c r="A1539" s="2">
-        <x:v>43809</x:v>
+        <x:v>43836</x:v>
       </x:c>
       <x:c r="B1539" s="3">
-        <x:v>488473.25</x:v>
+        <x:v>488364.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:2">
       <x:c r="A1540" s="2">
-        <x:v>43808</x:v>
+        <x:v>43833</x:v>
       </x:c>
       <x:c r="B1540" s="3">
-        <x:v>488477.06</x:v>
+        <x:v>488368.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:2">
       <x:c r="A1541" s="2">
-        <x:v>43805</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="B1541" s="3">
-        <x:v>488482.57</x:v>
+        <x:v>488380.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:2">
       <x:c r="A1542" s="2">
-        <x:v>43804</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B1542" s="3">
-        <x:v>488495.78</x:v>
+        <x:v>488385.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:2">
       <x:c r="A1543" s="2">
-        <x:v>43803</x:v>
+        <x:v>43829</x:v>
       </x:c>
       <x:c r="B1543" s="3">
-        <x:v>488501.28</x:v>
+        <x:v>488395.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:2">
       <x:c r="A1544" s="2">
-        <x:v>43802</x:v>
+        <x:v>43826</x:v>
       </x:c>
       <x:c r="B1544" s="3">
-        <x:v>488506.34</x:v>
+        <x:v>488398.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:2">
       <x:c r="A1545" s="2">
-        <x:v>43801</x:v>
+        <x:v>43823</x:v>
       </x:c>
       <x:c r="B1545" s="3">
-        <x:v>488510.83</x:v>
+        <x:v>488410.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:2">
       <x:c r="A1546" s="2">
-        <x:v>43798</x:v>
+        <x:v>43822</x:v>
       </x:c>
       <x:c r="B1546" s="3">
-        <x:v>488515.49</x:v>
+        <x:v>488420.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:2">
       <x:c r="A1547" s="2">
-        <x:v>43797</x:v>
+        <x:v>43819</x:v>
       </x:c>
       <x:c r="B1547" s="3">
-        <x:v>488531.61</x:v>
+        <x:v>488425.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:2">
       <x:c r="A1548" s="2">
-        <x:v>43796</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="B1548" s="3">
-        <x:v>488535.68</x:v>
+        <x:v>488435.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:2">
       <x:c r="A1549" s="2">
-        <x:v>43795</x:v>
+        <x:v>43817</x:v>
       </x:c>
       <x:c r="B1549" s="3">
-        <x:v>488540.85</x:v>
+        <x:v>488440.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:2">
       <x:c r="A1550" s="2">
-        <x:v>43794</x:v>
+        <x:v>43816</x:v>
       </x:c>
       <x:c r="B1550" s="3">
-        <x:v>488545.61</x:v>
+        <x:v>488443.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:2">
       <x:c r="A1551" s="2">
-        <x:v>43791</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="B1551" s="3">
-        <x:v>488551.05</x:v>
+        <x:v>488449.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:2">
       <x:c r="A1552" s="2">
-        <x:v>43790</x:v>
+        <x:v>43812</x:v>
       </x:c>
       <x:c r="B1552" s="3">
-        <x:v>488564.67</x:v>
+        <x:v>488452.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:2">
       <x:c r="A1553" s="2">
-        <x:v>43789</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="B1553" s="3">
-        <x:v>488569.77</x:v>
+        <x:v>488462.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:2">
       <x:c r="A1554" s="2">
-        <x:v>43788</x:v>
+        <x:v>43810</x:v>
       </x:c>
       <x:c r="B1554" s="3">
-        <x:v>488572.43</x:v>
+        <x:v>488468.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:2">
       <x:c r="A1555" s="2">
-        <x:v>43787</x:v>
+        <x:v>43809</x:v>
       </x:c>
       <x:c r="B1555" s="3">
-        <x:v>488576.33</x:v>
+        <x:v>488473.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:2">
       <x:c r="A1556" s="2">
-        <x:v>43784</x:v>
+        <x:v>43808</x:v>
       </x:c>
       <x:c r="B1556" s="3">
-        <x:v>488581.28</x:v>
+        <x:v>488477.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:2">
       <x:c r="A1557" s="2">
-        <x:v>43783</x:v>
+        <x:v>43805</x:v>
       </x:c>
       <x:c r="B1557" s="3">
-        <x:v>488594.64</x:v>
+        <x:v>488482.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:2">
       <x:c r="A1558" s="2">
-        <x:v>43782</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="B1558" s="3">
-        <x:v>488596.57</x:v>
+        <x:v>488495.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:2">
       <x:c r="A1559" s="2">
-        <x:v>43781</x:v>
+        <x:v>43803</x:v>
       </x:c>
       <x:c r="B1559" s="3">
-        <x:v>488600.63</x:v>
+        <x:v>488501.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:2">
       <x:c r="A1560" s="2">
-        <x:v>43777</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="B1560" s="3">
-        <x:v>488604.95</x:v>
+        <x:v>488506.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:2">
       <x:c r="A1561" s="2">
-        <x:v>43776</x:v>
+        <x:v>43801</x:v>
       </x:c>
       <x:c r="B1561" s="3">
-        <x:v>488624.49</x:v>
+        <x:v>488510.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:2">
       <x:c r="A1562" s="2">
-        <x:v>43775</x:v>
+        <x:v>43798</x:v>
       </x:c>
       <x:c r="B1562" s="3">
-        <x:v>488629.98</x:v>
+        <x:v>488515.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:2">
       <x:c r="A1563" s="2">
-        <x:v>43774</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="B1563" s="3">
-        <x:v>488635.49</x:v>
+        <x:v>488531.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:2">
       <x:c r="A1564" s="2">
-        <x:v>43773</x:v>
+        <x:v>43796</x:v>
       </x:c>
       <x:c r="B1564" s="3">
-        <x:v>488640.93</x:v>
+        <x:v>488535.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:2">
       <x:c r="A1565" s="2">
-        <x:v>43769</x:v>
+        <x:v>43795</x:v>
       </x:c>
       <x:c r="B1565" s="3">
-        <x:v>488646.55</x:v>
+        <x:v>488540.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:2">
       <x:c r="A1566" s="2">
-        <x:v>43768</x:v>
+        <x:v>43794</x:v>
       </x:c>
       <x:c r="B1566" s="3">
-        <x:v>488660.08</x:v>
+        <x:v>488545.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:2">
       <x:c r="A1567" s="2">
-        <x:v>43767</x:v>
+        <x:v>43791</x:v>
       </x:c>
       <x:c r="B1567" s="3">
-        <x:v>488664.88</x:v>
+        <x:v>488551.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:2">
       <x:c r="A1568" s="2">
-        <x:v>43766</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="B1568" s="3">
-        <x:v>488670.46</x:v>
+        <x:v>488564.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:2">
       <x:c r="A1569" s="2">
-        <x:v>43763</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="B1569" s="3">
-        <x:v>488673.87</x:v>
+        <x:v>488569.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:2">
       <x:c r="A1570" s="2">
-        <x:v>43762</x:v>
+        <x:v>43788</x:v>
       </x:c>
       <x:c r="B1570" s="3">
-        <x:v>488685.84</x:v>
+        <x:v>488572.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:2">
       <x:c r="A1571" s="2">
-        <x:v>43761</x:v>
+        <x:v>43787</x:v>
       </x:c>
       <x:c r="B1571" s="3">
-        <x:v>488691.43</x:v>
+        <x:v>488576.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:2">
       <x:c r="A1572" s="2">
-        <x:v>43760</x:v>
+        <x:v>43784</x:v>
       </x:c>
       <x:c r="B1572" s="3">
-        <x:v>488695.03</x:v>
+        <x:v>488581.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:2">
       <x:c r="A1573" s="2">
-        <x:v>43759</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="B1573" s="3">
-        <x:v>488700.44</x:v>
+        <x:v>488594.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:2">
       <x:c r="A1574" s="2">
-        <x:v>43756</x:v>
+        <x:v>43782</x:v>
       </x:c>
       <x:c r="B1574" s="3">
-        <x:v>488706.03</x:v>
+        <x:v>488596.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:2">
       <x:c r="A1575" s="2">
-        <x:v>43755</x:v>
+        <x:v>43781</x:v>
       </x:c>
       <x:c r="B1575" s="3">
-        <x:v>488719.3</x:v>
+        <x:v>488600.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:2">
       <x:c r="A1576" s="2">
-        <x:v>43754</x:v>
+        <x:v>43777</x:v>
       </x:c>
       <x:c r="B1576" s="3">
-        <x:v>488724.91</x:v>
+        <x:v>488604.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:2">
       <x:c r="A1577" s="2">
-        <x:v>43753</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="B1577" s="3">
-        <x:v>488726.8</x:v>
+        <x:v>488624.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:2">
       <x:c r="A1578" s="2">
-        <x:v>43752</x:v>
+        <x:v>43775</x:v>
       </x:c>
       <x:c r="B1578" s="3">
-        <x:v>488732.42</x:v>
+        <x:v>488629.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:2">
       <x:c r="A1579" s="2">
-        <x:v>43749</x:v>
+        <x:v>43774</x:v>
       </x:c>
       <x:c r="B1579" s="3">
-        <x:v>488736.71</x:v>
+        <x:v>488635.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:2">
       <x:c r="A1580" s="2">
-        <x:v>43748</x:v>
+        <x:v>43773</x:v>
       </x:c>
       <x:c r="B1580" s="3">
-        <x:v>488752.43</x:v>
+        <x:v>488640.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:2">
       <x:c r="A1581" s="2">
-        <x:v>43747</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B1581" s="3">
-        <x:v>488758.09</x:v>
+        <x:v>488646.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:2">
       <x:c r="A1582" s="2">
-        <x:v>43746</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="B1582" s="3">
-        <x:v>488763.69</x:v>
+        <x:v>488660.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:2">
       <x:c r="A1583" s="2">
-        <x:v>43745</x:v>
+        <x:v>43767</x:v>
       </x:c>
       <x:c r="B1583" s="3">
-        <x:v>488769.38</x:v>
+        <x:v>488664.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:2">
       <x:c r="A1584" s="2">
-        <x:v>43742</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="B1584" s="3">
-        <x:v>488772.74</x:v>
+        <x:v>488670.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:2">
       <x:c r="A1585" s="2">
-        <x:v>43741</x:v>
+        <x:v>43763</x:v>
       </x:c>
       <x:c r="B1585" s="3">
-        <x:v>488784.98</x:v>
+        <x:v>488673.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:2">
       <x:c r="A1586" s="2">
-        <x:v>43740</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="B1586" s="3">
-        <x:v>488790.19</x:v>
+        <x:v>488685.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:2">
       <x:c r="A1587" s="2">
-        <x:v>43739</x:v>
+        <x:v>43761</x:v>
       </x:c>
       <x:c r="B1587" s="3">
-        <x:v>488790.81</x:v>
+        <x:v>488691.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:2">
       <x:c r="A1588" s="2">
-        <x:v>43738</x:v>
+        <x:v>43760</x:v>
       </x:c>
       <x:c r="B1588" s="3">
-        <x:v>488795.19</x:v>
+        <x:v>488695.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:2">
       <x:c r="A1589" s="2">
-        <x:v>43735</x:v>
+        <x:v>43759</x:v>
       </x:c>
       <x:c r="B1589" s="3">
-        <x:v>488798.52</x:v>
+        <x:v>488700.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:2">
       <x:c r="A1590" s="2">
-        <x:v>43734</x:v>
+        <x:v>43756</x:v>
       </x:c>
       <x:c r="B1590" s="3">
-        <x:v>488809.32</x:v>
+        <x:v>488706.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:2">
       <x:c r="A1591" s="2">
-        <x:v>43733</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="B1591" s="3">
-        <x:v>488813.3</x:v>
+        <x:v>488719.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:2">
       <x:c r="A1592" s="2">
-        <x:v>43732</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="B1592" s="3">
-        <x:v>488817.41</x:v>
+        <x:v>488724.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:2">
       <x:c r="A1593" s="2">
-        <x:v>43731</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B1593" s="3">
-        <x:v>488818.76</x:v>
+        <x:v>488726.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:2">
       <x:c r="A1594" s="2">
-        <x:v>43728</x:v>
+        <x:v>43752</x:v>
       </x:c>
       <x:c r="B1594" s="3">
-        <x:v>488816.92</x:v>
+        <x:v>488732.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:2">
       <x:c r="A1595" s="2">
-        <x:v>43727</x:v>
+        <x:v>43749</x:v>
       </x:c>
       <x:c r="B1595" s="3">
-        <x:v>488829.65</x:v>
+        <x:v>488736.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:2">
       <x:c r="A1596" s="2">
-        <x:v>43726</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="B1596" s="3">
-        <x:v>488835.18</x:v>
+        <x:v>488752.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:2">
       <x:c r="A1597" s="2">
-        <x:v>43725</x:v>
+        <x:v>43747</x:v>
       </x:c>
       <x:c r="B1597" s="3">
-        <x:v>488837.94</x:v>
+        <x:v>488758.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:2">
       <x:c r="A1598" s="2">
-        <x:v>43724</x:v>
+        <x:v>43746</x:v>
       </x:c>
       <x:c r="B1598" s="3">
-        <x:v>488842.24</x:v>
+        <x:v>488763.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:2">
       <x:c r="A1599" s="2">
-        <x:v>43721</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="B1599" s="3">
-        <x:v>488846.57</x:v>
+        <x:v>488769.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:2">
       <x:c r="A1600" s="2">
-        <x:v>43720</x:v>
+        <x:v>43742</x:v>
       </x:c>
       <x:c r="B1600" s="3">
-        <x:v>488859.45</x:v>
+        <x:v>488772.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:2">
       <x:c r="A1601" s="2">
-        <x:v>43719</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="B1601" s="3">
-        <x:v>488863.74</x:v>
+        <x:v>488784.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:2">
       <x:c r="A1602" s="2">
-        <x:v>43718</x:v>
+        <x:v>43740</x:v>
       </x:c>
       <x:c r="B1602" s="3">
-        <x:v>488868.02</x:v>
+        <x:v>488790.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:2">
       <x:c r="A1603" s="2">
-        <x:v>43717</x:v>
+        <x:v>43739</x:v>
       </x:c>
       <x:c r="B1603" s="3">
-        <x:v>488872.27</x:v>
+        <x:v>488790.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:2">
       <x:c r="A1604" s="2">
-        <x:v>43714</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B1604" s="3">
-        <x:v>488876.5</x:v>
+        <x:v>488795.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:2">
       <x:c r="A1605" s="2">
-        <x:v>43713</x:v>
+        <x:v>43735</x:v>
       </x:c>
       <x:c r="B1605" s="3">
-        <x:v>488889.13</x:v>
+        <x:v>488798.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:2">
       <x:c r="A1606" s="2">
-        <x:v>43712</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="B1606" s="3">
-        <x:v>488893.37</x:v>
+        <x:v>488809.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:2">
       <x:c r="A1607" s="2">
-        <x:v>43711</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="B1607" s="3">
-        <x:v>488897.62</x:v>
+        <x:v>488813.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:2">
       <x:c r="A1608" s="2">
-        <x:v>43710</x:v>
+        <x:v>43732</x:v>
       </x:c>
       <x:c r="B1608" s="3">
-        <x:v>488899.2</x:v>
+        <x:v>488817.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:2">
       <x:c r="A1609" s="2">
-        <x:v>43707</x:v>
+        <x:v>43731</x:v>
       </x:c>
       <x:c r="B1609" s="3">
-        <x:v>488901.66</x:v>
+        <x:v>488818.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:2">
       <x:c r="A1610" s="2">
-        <x:v>43706</x:v>
+        <x:v>43728</x:v>
       </x:c>
       <x:c r="B1610" s="3">
-        <x:v>488910.48</x:v>
+        <x:v>488816.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:2">
       <x:c r="A1611" s="2">
-        <x:v>43705</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="B1611" s="3">
-        <x:v>488914.82</x:v>
+        <x:v>488829.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:2">
       <x:c r="A1612" s="2">
-        <x:v>43704</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="B1612" s="3">
-        <x:v>488917.7</x:v>
+        <x:v>488835.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:2">
       <x:c r="A1613" s="2">
-        <x:v>43703</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="B1613" s="3">
-        <x:v>488920.35</x:v>
+        <x:v>488837.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:2">
       <x:c r="A1614" s="2">
-        <x:v>43700</x:v>
+        <x:v>43724</x:v>
       </x:c>
       <x:c r="B1614" s="3">
-        <x:v>488921.53</x:v>
+        <x:v>488842.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:2">
       <x:c r="A1615" s="2">
-        <x:v>43699</x:v>
+        <x:v>43721</x:v>
       </x:c>
       <x:c r="B1615" s="3">
-        <x:v>488927.87</x:v>
+        <x:v>488846.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:2">
       <x:c r="A1616" s="2">
-        <x:v>43698</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="B1616" s="3">
-        <x:v>488932.21</x:v>
+        <x:v>488859.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:2">
       <x:c r="A1617" s="2">
-        <x:v>43697</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="B1617" s="3">
-        <x:v>488935.02</x:v>
+        <x:v>488863.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:2">
       <x:c r="A1618" s="2">
-        <x:v>43696</x:v>
+        <x:v>43718</x:v>
       </x:c>
       <x:c r="B1618" s="3">
-        <x:v>488938.58</x:v>
+        <x:v>488868.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:2">
       <x:c r="A1619" s="2">
-        <x:v>43693</x:v>
+        <x:v>43717</x:v>
       </x:c>
       <x:c r="B1619" s="3">
-        <x:v>488941.02</x:v>
+        <x:v>488872.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:2">
       <x:c r="A1620" s="2">
-        <x:v>43691</x:v>
+        <x:v>43714</x:v>
       </x:c>
       <x:c r="B1620" s="3">
-        <x:v>488946.19</x:v>
+        <x:v>488876.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:2">
       <x:c r="A1621" s="2">
-        <x:v>43690</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="B1621" s="3">
-        <x:v>488952.13</x:v>
+        <x:v>488889.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:2">
       <x:c r="A1622" s="2">
-        <x:v>43689</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="B1622" s="3">
-        <x:v>488954.33</x:v>
+        <x:v>488893.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:2">
       <x:c r="A1623" s="2">
-        <x:v>43686</x:v>
+        <x:v>43711</x:v>
       </x:c>
       <x:c r="B1623" s="3">
-        <x:v>488958.16</x:v>
+        <x:v>488897.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:2">
       <x:c r="A1624" s="2">
-        <x:v>43685</x:v>
+        <x:v>43710</x:v>
       </x:c>
       <x:c r="B1624" s="3">
-        <x:v>488964.81</x:v>
+        <x:v>488899.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:2">
       <x:c r="A1625" s="2">
-        <x:v>43684</x:v>
+        <x:v>43707</x:v>
       </x:c>
       <x:c r="B1625" s="3">
-        <x:v>488969.01</x:v>
+        <x:v>488901.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:2">
       <x:c r="A1626" s="2">
-        <x:v>43683</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="B1626" s="3">
-        <x:v>488972.52</x:v>
+        <x:v>488910.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:2">
       <x:c r="A1627" s="2">
-        <x:v>43682</x:v>
+        <x:v>43705</x:v>
       </x:c>
       <x:c r="B1627" s="3">
-        <x:v>488976.68</x:v>
+        <x:v>488914.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:2">
       <x:c r="A1628" s="2">
-        <x:v>43679</x:v>
+        <x:v>43704</x:v>
       </x:c>
       <x:c r="B1628" s="3">
-        <x:v>488980.22</x:v>
+        <x:v>488917.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:2">
       <x:c r="A1629" s="2">
-        <x:v>43678</x:v>
+        <x:v>43703</x:v>
       </x:c>
       <x:c r="B1629" s="3">
-        <x:v>488988.25</x:v>
+        <x:v>488920.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:2">
       <x:c r="A1630" s="2">
-        <x:v>43677</x:v>
+        <x:v>43700</x:v>
       </x:c>
       <x:c r="B1630" s="3">
-        <x:v>488991.65</x:v>
+        <x:v>488921.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:2">
       <x:c r="A1631" s="2">
-        <x:v>43676</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="B1631" s="3">
-        <x:v>488994.93</x:v>
+        <x:v>488927.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:2">
       <x:c r="A1632" s="2">
-        <x:v>43675</x:v>
+        <x:v>43698</x:v>
       </x:c>
       <x:c r="B1632" s="3">
-        <x:v>488999.25</x:v>
+        <x:v>488932.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:2">
       <x:c r="A1633" s="2">
-        <x:v>43672</x:v>
+        <x:v>43697</x:v>
       </x:c>
       <x:c r="B1633" s="3">
-        <x:v>489003.55</x:v>
+        <x:v>488935.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:2">
       <x:c r="A1634" s="2">
-        <x:v>43671</x:v>
+        <x:v>43696</x:v>
       </x:c>
       <x:c r="B1634" s="3">
-        <x:v>489016.22</x:v>
+        <x:v>488938.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:2">
       <x:c r="A1635" s="2">
-        <x:v>43670</x:v>
+        <x:v>43693</x:v>
       </x:c>
       <x:c r="B1635" s="3">
-        <x:v>489017.31</x:v>
+        <x:v>488941.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:2">
       <x:c r="A1636" s="2">
-        <x:v>43669</x:v>
+        <x:v>43691</x:v>
       </x:c>
       <x:c r="B1636" s="3">
-        <x:v>489019.66</x:v>
+        <x:v>488946.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:2">
       <x:c r="A1637" s="2">
-        <x:v>43668</x:v>
+        <x:v>43690</x:v>
       </x:c>
       <x:c r="B1637" s="3">
-        <x:v>489023.84</x:v>
+        <x:v>488952.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:2">
       <x:c r="A1638" s="2">
-        <x:v>43665</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="B1638" s="3">
-        <x:v>489027.12</x:v>
+        <x:v>488954.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:2">
       <x:c r="A1639" s="2">
-        <x:v>43664</x:v>
+        <x:v>43686</x:v>
       </x:c>
       <x:c r="B1639" s="3">
-        <x:v>489033.76</x:v>
+        <x:v>488958.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:2">
       <x:c r="A1640" s="2">
-        <x:v>43663</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="B1640" s="3">
-        <x:v>489035.87</x:v>
+        <x:v>488964.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:2">
       <x:c r="A1641" s="2">
-        <x:v>43662</x:v>
+        <x:v>43684</x:v>
       </x:c>
       <x:c r="B1641" s="3">
-        <x:v>489037.67</x:v>
+        <x:v>488969.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:2">
       <x:c r="A1642" s="2">
-        <x:v>43661</x:v>
+        <x:v>43683</x:v>
       </x:c>
       <x:c r="B1642" s="3">
-        <x:v>489038.22</x:v>
+        <x:v>488972.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:2">
       <x:c r="A1643" s="2">
-        <x:v>43658</x:v>
+        <x:v>43682</x:v>
       </x:c>
       <x:c r="B1643" s="3">
-        <x:v>489040.01</x:v>
+        <x:v>488976.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:2">
       <x:c r="A1644" s="2">
-        <x:v>43657</x:v>
+        <x:v>43679</x:v>
       </x:c>
       <x:c r="B1644" s="3">
-        <x:v>489049.9</x:v>
+        <x:v>488980.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:2">
       <x:c r="A1645" s="2">
-        <x:v>43656</x:v>
+        <x:v>43678</x:v>
       </x:c>
       <x:c r="B1645" s="3">
-        <x:v>489049.13</x:v>
+        <x:v>488988.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:2">
       <x:c r="A1646" s="2">
-        <x:v>43655</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B1646" s="3">
-        <x:v>489053.45</x:v>
+        <x:v>488991.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:2">
       <x:c r="A1647" s="2">
-        <x:v>43654</x:v>
+        <x:v>43676</x:v>
       </x:c>
       <x:c r="B1647" s="3">
-        <x:v>489057.77</x:v>
+        <x:v>488994.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:2">
       <x:c r="A1648" s="2">
-        <x:v>43651</x:v>
+        <x:v>43675</x:v>
       </x:c>
       <x:c r="B1648" s="3">
-        <x:v>489062.08</x:v>
+        <x:v>488999.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:2">
       <x:c r="A1649" s="2">
-        <x:v>43650</x:v>
+        <x:v>43672</x:v>
       </x:c>
       <x:c r="B1649" s="3">
-        <x:v>489068.48</x:v>
+        <x:v>489003.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:2">
       <x:c r="A1650" s="2">
-        <x:v>43649</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="B1650" s="3">
-        <x:v>489072.8</x:v>
+        <x:v>489016.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:2">
       <x:c r="A1651" s="2">
-        <x:v>43648</x:v>
+        <x:v>43670</x:v>
       </x:c>
       <x:c r="B1651" s="3">
-        <x:v>489075.64</x:v>
+        <x:v>489017.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:2">
       <x:c r="A1652" s="2">
-        <x:v>43647</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="B1652" s="3">
-        <x:v>489073.51</x:v>
+        <x:v>489019.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:2">
       <x:c r="A1653" s="2">
-        <x:v>43644</x:v>
+        <x:v>43668</x:v>
       </x:c>
       <x:c r="B1653" s="3">
-        <x:v>489076.15</x:v>
+        <x:v>489023.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:2">
       <x:c r="A1654" s="2">
-        <x:v>43643</x:v>
+        <x:v>43665</x:v>
       </x:c>
       <x:c r="B1654" s="3">
-        <x:v>489085.26</x:v>
+        <x:v>489027.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:2">
       <x:c r="A1655" s="2">
-        <x:v>43642</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="B1655" s="3">
-        <x:v>489089.61</x:v>
+        <x:v>489033.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:2">
       <x:c r="A1656" s="2">
-        <x:v>43641</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="B1656" s="3">
-        <x:v>489093.96</x:v>
+        <x:v>489035.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:2">
       <x:c r="A1657" s="2">
-        <x:v>43640</x:v>
+        <x:v>43662</x:v>
       </x:c>
       <x:c r="B1657" s="3">
-        <x:v>489096.57</x:v>
+        <x:v>489037.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:2">
       <x:c r="A1658" s="2">
-        <x:v>43637</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B1658" s="3">
-        <x:v>489096.64</x:v>
+        <x:v>489038.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:2">
       <x:c r="A1659" s="2">
-        <x:v>43636</x:v>
+        <x:v>43658</x:v>
       </x:c>
       <x:c r="B1659" s="3">
-        <x:v>489108.25</x:v>
+        <x:v>489040.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:2">
       <x:c r="A1660" s="2">
-        <x:v>43635</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="B1660" s="3">
-        <x:v>489111.22</x:v>
+        <x:v>489049.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:2">
       <x:c r="A1661" s="2">
-        <x:v>43634</x:v>
+        <x:v>43656</x:v>
       </x:c>
       <x:c r="B1661" s="3">
-        <x:v>489103.01</x:v>
+        <x:v>489049.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:2">
       <x:c r="A1662" s="2">
-        <x:v>43633</x:v>
+        <x:v>43655</x:v>
       </x:c>
       <x:c r="B1662" s="3">
-        <x:v>489097.55</x:v>
+        <x:v>489053.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:2">
       <x:c r="A1663" s="2">
-        <x:v>43630</x:v>
+        <x:v>43654</x:v>
       </x:c>
       <x:c r="B1663" s="3">
-        <x:v>489101.87</x:v>
+        <x:v>489057.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:2">
       <x:c r="A1664" s="2">
-        <x:v>43629</x:v>
+        <x:v>43651</x:v>
       </x:c>
       <x:c r="B1664" s="3">
-        <x:v>489107.34</x:v>
+        <x:v>489062.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:2">
       <x:c r="A1665" s="2">
-        <x:v>43628</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="B1665" s="3">
-        <x:v>489109.32</x:v>
+        <x:v>489068.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:2">
       <x:c r="A1666" s="2">
-        <x:v>43627</x:v>
+        <x:v>43649</x:v>
       </x:c>
       <x:c r="B1666" s="3">
-        <x:v>489112.12</x:v>
+        <x:v>489072.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:2">
       <x:c r="A1667" s="2">
-        <x:v>43623</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="B1667" s="3">
-        <x:v>489114.22</x:v>
+        <x:v>489075.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:2">
       <x:c r="A1668" s="2">
-        <x:v>43622</x:v>
+        <x:v>43647</x:v>
       </x:c>
       <x:c r="B1668" s="3">
-        <x:v>489131.38</x:v>
+        <x:v>489073.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:2">
       <x:c r="A1669" s="2">
-        <x:v>43621</x:v>
+        <x:v>43644</x:v>
       </x:c>
       <x:c r="B1669" s="3">
-        <x:v>489130.94</x:v>
+        <x:v>489076.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:2">
       <x:c r="A1670" s="2">
-        <x:v>43620</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="B1670" s="3">
-        <x:v>489134.67</x:v>
+        <x:v>489085.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:2">
       <x:c r="A1671" s="2">
-        <x:v>43619</x:v>
+        <x:v>43642</x:v>
       </x:c>
       <x:c r="B1671" s="3">
-        <x:v>489137.35</x:v>
+        <x:v>489089.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:2">
       <x:c r="A1672" s="2">
-        <x:v>43616</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="B1672" s="3">
-        <x:v>489140.01</x:v>
+        <x:v>489093.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:2">
       <x:c r="A1673" s="2">
-        <x:v>43614</x:v>
+        <x:v>43640</x:v>
       </x:c>
       <x:c r="B1673" s="3">
-        <x:v>489149.13</x:v>
+        <x:v>489096.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:2">
       <x:c r="A1674" s="2">
-        <x:v>43613</x:v>
+        <x:v>43637</x:v>
       </x:c>
       <x:c r="B1674" s="3">
-        <x:v>489157.5</x:v>
+        <x:v>489096.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:2">
       <x:c r="A1675" s="2">
-        <x:v>43612</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="B1675" s="3">
-        <x:v>489162.48</x:v>
+        <x:v>489108.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:2">
       <x:c r="A1676" s="2">
-        <x:v>43609</x:v>
+        <x:v>43635</x:v>
       </x:c>
       <x:c r="B1676" s="3">
-        <x:v>489164.57</x:v>
+        <x:v>489111.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:2">
       <x:c r="A1677" s="2">
-        <x:v>43608</x:v>
+        <x:v>43634</x:v>
       </x:c>
       <x:c r="B1677" s="3">
-        <x:v>489175.23</x:v>
+        <x:v>489103.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:2">
       <x:c r="A1678" s="2">
-        <x:v>43607</x:v>
+        <x:v>43633</x:v>
       </x:c>
       <x:c r="B1678" s="3">
-        <x:v>489179.06</x:v>
+        <x:v>489097.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:2">
       <x:c r="A1679" s="2">
-        <x:v>43606</x:v>
+        <x:v>43630</x:v>
       </x:c>
       <x:c r="B1679" s="3">
-        <x:v>489184.1</x:v>
+        <x:v>489101.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:2">
       <x:c r="A1680" s="2">
-        <x:v>43605</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="B1680" s="3">
-        <x:v>489187.65</x:v>
+        <x:v>489107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:2">
       <x:c r="A1681" s="2">
-        <x:v>43602</x:v>
+        <x:v>43628</x:v>
       </x:c>
       <x:c r="B1681" s="3">
-        <x:v>489191.6</x:v>
+        <x:v>489109.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:2">
       <x:c r="A1682" s="2">
-        <x:v>43601</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="B1682" s="3">
-        <x:v>489203.11</x:v>
+        <x:v>489112.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:2">
       <x:c r="A1683" s="2">
-        <x:v>43600</x:v>
+        <x:v>43623</x:v>
       </x:c>
       <x:c r="B1683" s="3">
-        <x:v>489207.6</x:v>
+        <x:v>489114.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:2">
       <x:c r="A1684" s="2">
-        <x:v>43599</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="B1684" s="3">
-        <x:v>489212.15</x:v>
+        <x:v>489131.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:2">
       <x:c r="A1685" s="2">
-        <x:v>43598</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="B1685" s="3">
-        <x:v>489217.15</x:v>
+        <x:v>489130.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:2">
       <x:c r="A1686" s="2">
-        <x:v>43595</x:v>
+        <x:v>43620</x:v>
       </x:c>
       <x:c r="B1686" s="3">
-        <x:v>489222.11</x:v>
+        <x:v>489134.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:2">
       <x:c r="A1687" s="2">
-        <x:v>43594</x:v>
+        <x:v>43619</x:v>
       </x:c>
       <x:c r="B1687" s="3">
-        <x:v>489235.35</x:v>
+        <x:v>489137.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:2">
       <x:c r="A1688" s="2">
-        <x:v>43592</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B1688" s="3">
-        <x:v>489238.76</x:v>
+        <x:v>489140.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:2">
       <x:c r="A1689" s="2">
-        <x:v>43591</x:v>
+        <x:v>43614</x:v>
       </x:c>
       <x:c r="B1689" s="3">
-        <x:v>489245.07</x:v>
+        <x:v>489149.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:2">
       <x:c r="A1690" s="2">
-        <x:v>43588</x:v>
+        <x:v>43613</x:v>
       </x:c>
       <x:c r="B1690" s="3">
-        <x:v>489247.02</x:v>
+        <x:v>489157.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:2">
       <x:c r="A1691" s="2">
-        <x:v>43587</x:v>
+        <x:v>43612</x:v>
       </x:c>
       <x:c r="B1691" s="3">
-        <x:v>489258.14</x:v>
+        <x:v>489162.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:2">
       <x:c r="A1692" s="2">
-        <x:v>43585</x:v>
+        <x:v>43609</x:v>
       </x:c>
       <x:c r="B1692" s="3">
-        <x:v>489261.02</x:v>
+        <x:v>489164.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:2">
       <x:c r="A1693" s="2">
-        <x:v>43584</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="B1693" s="3">
-        <x:v>489268.93</x:v>
+        <x:v>489175.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:2">
       <x:c r="A1694" s="2">
-        <x:v>43581</x:v>
+        <x:v>43607</x:v>
       </x:c>
       <x:c r="B1694" s="3">
-        <x:v>489273.81</x:v>
+        <x:v>489179.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:2">
       <x:c r="A1695" s="2">
-        <x:v>43580</x:v>
+        <x:v>43606</x:v>
       </x:c>
       <x:c r="B1695" s="3">
-        <x:v>489285.09</x:v>
+        <x:v>489184.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:2">
       <x:c r="A1696" s="2">
-        <x:v>43579</x:v>
+        <x:v>43605</x:v>
       </x:c>
       <x:c r="B1696" s="3">
-        <x:v>489293.08</x:v>
+        <x:v>489187.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:2">
       <x:c r="A1697" s="2">
-        <x:v>43578</x:v>
+        <x:v>43602</x:v>
       </x:c>
       <x:c r="B1697" s="3">
-        <x:v>489388.02</x:v>
+        <x:v>489191.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:2">
       <x:c r="A1698" s="2">
-        <x:v>43573</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="B1698" s="3">
-        <x:v>489392.71</x:v>
+        <x:v>489203.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:2">
       <x:c r="A1699" s="2">
-        <x:v>43572</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B1699" s="3">
-        <x:v>489409.48</x:v>
+        <x:v>489207.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:2">
       <x:c r="A1700" s="2">
-        <x:v>43571</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="B1700" s="3">
-        <x:v>489413.46</x:v>
+        <x:v>489212.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:2">
       <x:c r="A1701" s="2">
-        <x:v>43570</x:v>
+        <x:v>43598</x:v>
       </x:c>
       <x:c r="B1701" s="3">
-        <x:v>489417.3</x:v>
+        <x:v>489217.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:2">
       <x:c r="A1702" s="2">
-        <x:v>43567</x:v>
+        <x:v>43595</x:v>
       </x:c>
       <x:c r="B1702" s="3">
-        <x:v>489418.85</x:v>
+        <x:v>489222.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:2">
       <x:c r="A1703" s="2">
-        <x:v>43566</x:v>
+        <x:v>43594</x:v>
       </x:c>
       <x:c r="B1703" s="3">
-        <x:v>489430.77</x:v>
+        <x:v>489235.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:2">
       <x:c r="A1704" s="2">
-        <x:v>43565</x:v>
+        <x:v>43592</x:v>
       </x:c>
       <x:c r="B1704" s="3">
-        <x:v>489433.97</x:v>
+        <x:v>489238.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:2">
       <x:c r="A1705" s="2">
-        <x:v>43564</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="B1705" s="3">
-        <x:v>489436.7</x:v>
+        <x:v>489245.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:2">
       <x:c r="A1706" s="2">
-        <x:v>43563</x:v>
+        <x:v>43588</x:v>
       </x:c>
       <x:c r="B1706" s="3">
-        <x:v>489440.53</x:v>
+        <x:v>489247.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:2">
       <x:c r="A1707" s="2">
-        <x:v>43560</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="B1707" s="3">
-        <x:v>489444.04</x:v>
+        <x:v>489258.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:2">
       <x:c r="A1708" s="2">
-        <x:v>43559</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B1708" s="3">
-        <x:v>489457.62</x:v>
+        <x:v>489261.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:2">
       <x:c r="A1709" s="2">
-        <x:v>43558</x:v>
+        <x:v>43584</x:v>
       </x:c>
       <x:c r="B1709" s="3">
-        <x:v>489458.73</x:v>
+        <x:v>489268.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:2">
       <x:c r="A1710" s="2">
-        <x:v>43557</x:v>
+        <x:v>43581</x:v>
       </x:c>
       <x:c r="B1710" s="3">
-        <x:v>489463.71</x:v>
+        <x:v>489273.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:2">
       <x:c r="A1711" s="2">
-        <x:v>43556</x:v>
+        <x:v>43580</x:v>
       </x:c>
       <x:c r="B1711" s="3">
-        <x:v>489467.21</x:v>
+        <x:v>489285.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:2">
       <x:c r="A1712" s="2">
-        <x:v>43553</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="B1712" s="3">
-        <x:v>489470.43</x:v>
+        <x:v>489293.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:2">
       <x:c r="A1713" s="2">
-        <x:v>43552</x:v>
+        <x:v>43578</x:v>
       </x:c>
       <x:c r="B1713" s="3">
-        <x:v>489481.05</x:v>
+        <x:v>489388.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:2">
       <x:c r="A1714" s="2">
-        <x:v>43551</x:v>
+        <x:v>43573</x:v>
       </x:c>
       <x:c r="B1714" s="3">
-        <x:v>489483.6</x:v>
+        <x:v>489392.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:2">
       <x:c r="A1715" s="2">
-        <x:v>43550</x:v>
+        <x:v>43572</x:v>
       </x:c>
       <x:c r="B1715" s="3">
-        <x:v>489488.6</x:v>
+        <x:v>489409.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:2">
       <x:c r="A1716" s="2">
-        <x:v>43549</x:v>
+        <x:v>43571</x:v>
       </x:c>
       <x:c r="B1716" s="3">
-        <x:v>489493.61</x:v>
+        <x:v>489413.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:2">
       <x:c r="A1717" s="2">
-        <x:v>43546</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B1717" s="3">
-        <x:v>489498.1</x:v>
+        <x:v>489417.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:2">
       <x:c r="A1718" s="2">
-        <x:v>43545</x:v>
+        <x:v>43567</x:v>
       </x:c>
       <x:c r="B1718" s="3">
-        <x:v>489509.78</x:v>
+        <x:v>489418.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:2">
       <x:c r="A1719" s="2">
-        <x:v>43544</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="B1719" s="3">
-        <x:v>489514.83</x:v>
+        <x:v>489430.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:2">
       <x:c r="A1720" s="2">
-        <x:v>43543</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="B1720" s="3">
-        <x:v>489516.84</x:v>
+        <x:v>489433.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:2">
       <x:c r="A1721" s="2">
-        <x:v>43542</x:v>
+        <x:v>43564</x:v>
       </x:c>
       <x:c r="B1721" s="3">
-        <x:v>489519.58</x:v>
+        <x:v>489436.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:2">
       <x:c r="A1722" s="2">
-        <x:v>43539</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="B1722" s="3">
-        <x:v>489523.84</x:v>
+        <x:v>489440.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:2">
       <x:c r="A1723" s="2">
-        <x:v>43538</x:v>
+        <x:v>43560</x:v>
       </x:c>
       <x:c r="B1723" s="3">
-        <x:v>489532.99</x:v>
+        <x:v>489444.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:2">
       <x:c r="A1724" s="2">
-        <x:v>43537</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="B1724" s="3">
-        <x:v>489537.16</x:v>
+        <x:v>489457.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:2">
       <x:c r="A1725" s="2">
-        <x:v>43536</x:v>
+        <x:v>43558</x:v>
       </x:c>
       <x:c r="B1725" s="3">
-        <x:v>489540.63</x:v>
+        <x:v>489458.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:2">
       <x:c r="A1726" s="2">
-        <x:v>43535</x:v>
+        <x:v>43557</x:v>
       </x:c>
       <x:c r="B1726" s="3">
-        <x:v>489544.38</x:v>
+        <x:v>489463.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:2">
       <x:c r="A1727" s="2">
-        <x:v>43532</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="B1727" s="3">
-        <x:v>489547.21</x:v>
+        <x:v>489467.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:2">
       <x:c r="A1728" s="2">
-        <x:v>43531</x:v>
+        <x:v>43553</x:v>
       </x:c>
       <x:c r="B1728" s="3">
-        <x:v>489556.6</x:v>
+        <x:v>489470.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:2">
       <x:c r="A1729" s="2">
-        <x:v>43530</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="B1729" s="3">
-        <x:v>489561.02</x:v>
+        <x:v>489481.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:2">
       <x:c r="A1730" s="2">
-        <x:v>43529</x:v>
+        <x:v>43551</x:v>
       </x:c>
       <x:c r="B1730" s="3">
-        <x:v>489565.11</x:v>
+        <x:v>489483.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:2">
       <x:c r="A1731" s="2">
-        <x:v>43528</x:v>
+        <x:v>43550</x:v>
       </x:c>
       <x:c r="B1731" s="3">
-        <x:v>489569.92</x:v>
+        <x:v>489488.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:2">
       <x:c r="A1732" s="2">
-        <x:v>43525</x:v>
+        <x:v>43549</x:v>
       </x:c>
       <x:c r="B1732" s="3">
-        <x:v>489572.25</x:v>
+        <x:v>489493.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:2">
       <x:c r="A1733" s="2">
-        <x:v>43524</x:v>
+        <x:v>43546</x:v>
       </x:c>
       <x:c r="B1733" s="3">
-        <x:v>489584.15</x:v>
+        <x:v>489498.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:2">
       <x:c r="A1734" s="2">
-        <x:v>43523</x:v>
+        <x:v>43545</x:v>
       </x:c>
       <x:c r="B1734" s="3">
-        <x:v>489587.48</x:v>
+        <x:v>489509.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:2">
       <x:c r="A1735" s="2">
-        <x:v>43522</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="B1735" s="3">
-        <x:v>489589.14</x:v>
+        <x:v>489514.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:2">
       <x:c r="A1736" s="2">
-        <x:v>43521</x:v>
+        <x:v>43543</x:v>
       </x:c>
       <x:c r="B1736" s="3">
-        <x:v>489591.93</x:v>
+        <x:v>489516.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:2">
       <x:c r="A1737" s="2">
-        <x:v>43518</x:v>
+        <x:v>43542</x:v>
       </x:c>
       <x:c r="B1737" s="3">
-        <x:v>489596.35</x:v>
+        <x:v>489519.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:2">
       <x:c r="A1738" s="2">
-        <x:v>43517</x:v>
+        <x:v>43539</x:v>
       </x:c>
       <x:c r="B1738" s="3">
-        <x:v>489605.16</x:v>
+        <x:v>489523.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:2">
       <x:c r="A1739" s="2">
-        <x:v>43516</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="B1739" s="3">
-        <x:v>489608.55</x:v>
+        <x:v>489532.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:2">
       <x:c r="A1740" s="2">
-        <x:v>43515</x:v>
+        <x:v>43537</x:v>
       </x:c>
       <x:c r="B1740" s="3">
-        <x:v>489609.86</x:v>
+        <x:v>489537.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:2">
       <x:c r="A1741" s="2">
-        <x:v>43514</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="B1741" s="3">
-        <x:v>489612.91</x:v>
+        <x:v>489540.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:2">
       <x:c r="A1742" s="2">
-        <x:v>43511</x:v>
+        <x:v>43535</x:v>
       </x:c>
       <x:c r="B1742" s="3">
-        <x:v>489616.34</x:v>
+        <x:v>489544.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:2">
       <x:c r="A1743" s="2">
-        <x:v>43510</x:v>
+        <x:v>43532</x:v>
       </x:c>
       <x:c r="B1743" s="3">
-        <x:v>489625.92</x:v>
+        <x:v>489547.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:2">
       <x:c r="A1744" s="2">
-        <x:v>43509</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="B1744" s="3">
-        <x:v>489625.95</x:v>
+        <x:v>489556.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:2">
       <x:c r="A1745" s="2">
-        <x:v>43508</x:v>
+        <x:v>43530</x:v>
       </x:c>
       <x:c r="B1745" s="3">
-        <x:v>489630.94</x:v>
+        <x:v>489561.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:2">
       <x:c r="A1746" s="2">
-        <x:v>43507</x:v>
+        <x:v>43529</x:v>
       </x:c>
       <x:c r="B1746" s="3">
-        <x:v>489634.76</x:v>
+        <x:v>489565.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:2">
       <x:c r="A1747" s="2">
-        <x:v>43504</x:v>
+        <x:v>43528</x:v>
       </x:c>
       <x:c r="B1747" s="3">
-        <x:v>489639.26</x:v>
+        <x:v>489569.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:2">
       <x:c r="A1748" s="2">
-        <x:v>43503</x:v>
+        <x:v>43525</x:v>
       </x:c>
       <x:c r="B1748" s="3">
-        <x:v>489648.96</x:v>
+        <x:v>489572.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:2">
       <x:c r="A1749" s="2">
-        <x:v>43502</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B1749" s="3">
-        <x:v>489653.66</x:v>
+        <x:v>489584.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:2">
       <x:c r="A1750" s="2">
-        <x:v>43501</x:v>
+        <x:v>43523</x:v>
       </x:c>
       <x:c r="B1750" s="3">
-        <x:v>489655.95</x:v>
+        <x:v>489587.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:2">
       <x:c r="A1751" s="2">
-        <x:v>43500</x:v>
+        <x:v>43522</x:v>
       </x:c>
       <x:c r="B1751" s="3">
-        <x:v>489659.52</x:v>
+        <x:v>489589.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:2">
       <x:c r="A1752" s="2">
-        <x:v>43497</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="B1752" s="3">
-        <x:v>489662.81</x:v>
+        <x:v>489591.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:2">
       <x:c r="A1753" s="2">
-        <x:v>43496</x:v>
+        <x:v>43518</x:v>
       </x:c>
       <x:c r="B1753" s="3">
-        <x:v>489669.12</x:v>
+        <x:v>489596.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:2">
       <x:c r="A1754" s="2">
-        <x:v>43495</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="B1754" s="3">
-        <x:v>489671.26</x:v>
+        <x:v>489605.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:2">
       <x:c r="A1755" s="2">
-        <x:v>43494</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="B1755" s="3">
-        <x:v>489673.56</x:v>
+        <x:v>489608.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:2">
       <x:c r="A1756" s="2">
-        <x:v>43493</x:v>
+        <x:v>43515</x:v>
       </x:c>
       <x:c r="B1756" s="3">
-        <x:v>489677.16</x:v>
+        <x:v>489609.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:2">
       <x:c r="A1757" s="2">
-        <x:v>43490</x:v>
+        <x:v>43514</x:v>
       </x:c>
       <x:c r="B1757" s="3">
-        <x:v>489679.98</x:v>
+        <x:v>489612.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:2">
       <x:c r="A1758" s="2">
-        <x:v>43489</x:v>
+        <x:v>43511</x:v>
       </x:c>
       <x:c r="B1758" s="3">
-        <x:v>489690.12</x:v>
+        <x:v>489616.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:2">
       <x:c r="A1759" s="2">
-        <x:v>43488</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="B1759" s="3">
-        <x:v>489692.65</x:v>
+        <x:v>489625.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:2">
       <x:c r="A1760" s="2">
-        <x:v>43487</x:v>
+        <x:v>43509</x:v>
       </x:c>
       <x:c r="B1760" s="3">
-        <x:v>489697.38</x:v>
+        <x:v>489625.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:2">
       <x:c r="A1761" s="2">
-        <x:v>43486</x:v>
+        <x:v>43508</x:v>
       </x:c>
       <x:c r="B1761" s="3">
-        <x:v>489700.18</x:v>
+        <x:v>489630.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:2">
       <x:c r="A1762" s="2">
-        <x:v>43483</x:v>
+        <x:v>43507</x:v>
       </x:c>
       <x:c r="B1762" s="3">
-        <x:v>489701.92</x:v>
+        <x:v>489634.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:2">
       <x:c r="A1763" s="2">
-        <x:v>43482</x:v>
+        <x:v>43504</x:v>
       </x:c>
       <x:c r="B1763" s="3">
-        <x:v>489713.6</x:v>
+        <x:v>489639.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:2">
       <x:c r="A1764" s="2">
-        <x:v>43481</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="B1764" s="3">
-        <x:v>489717.14</x:v>
+        <x:v>489648.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:2">
       <x:c r="A1765" s="2">
-        <x:v>43480</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="B1765" s="3">
-        <x:v>489717.94</x:v>
+        <x:v>489653.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:2">
       <x:c r="A1766" s="2">
-        <x:v>43479</x:v>
+        <x:v>43501</x:v>
       </x:c>
       <x:c r="B1766" s="3">
-        <x:v>489722.43</x:v>
+        <x:v>489655.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:2">
       <x:c r="A1767" s="2">
-        <x:v>43476</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="B1767" s="3">
-        <x:v>489727.41</x:v>
+        <x:v>489659.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:2">
       <x:c r="A1768" s="2">
-        <x:v>43475</x:v>
+        <x:v>43497</x:v>
       </x:c>
       <x:c r="B1768" s="3">
-        <x:v>489740.55</x:v>
+        <x:v>489662.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:2">
       <x:c r="A1769" s="2">
-        <x:v>43474</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B1769" s="3">
-        <x:v>489745.18</x:v>
+        <x:v>489669.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:2">
       <x:c r="A1770" s="2">
-        <x:v>43473</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="B1770" s="3">
-        <x:v>489750.1</x:v>
+        <x:v>489671.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:2">
       <x:c r="A1771" s="2">
-        <x:v>43472</x:v>
+        <x:v>43494</x:v>
       </x:c>
       <x:c r="B1771" s="3">
-        <x:v>489755.07</x:v>
+        <x:v>489673.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:2">
       <x:c r="A1772" s="2">
-        <x:v>43469</x:v>
+        <x:v>43493</x:v>
       </x:c>
       <x:c r="B1772" s="3">
-        <x:v>489759.47</x:v>
+        <x:v>489677.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:2">
       <x:c r="A1773" s="2">
-        <x:v>43468</x:v>
+        <x:v>43490</x:v>
       </x:c>
       <x:c r="B1773" s="3">
-        <x:v>489774.41</x:v>
+        <x:v>489679.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:2">
       <x:c r="A1774" s="2">
-        <x:v>43467</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="B1774" s="3">
-        <x:v>489779.33</x:v>
+        <x:v>489690.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:2">
       <x:c r="A1775" s="2">
-        <x:v>43465</x:v>
+        <x:v>43488</x:v>
       </x:c>
       <x:c r="B1775" s="3">
-        <x:v>489784.17</x:v>
+        <x:v>489692.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:2">
       <x:c r="A1776" s="2">
-        <x:v>43462</x:v>
+        <x:v>43487</x:v>
       </x:c>
       <x:c r="B1776" s="3">
-        <x:v>489792.67</x:v>
+        <x:v>489697.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:2">
       <x:c r="A1777" s="2">
-        <x:v>43461</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="B1777" s="3">
-        <x:v>489801.62</x:v>
+        <x:v>489700.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:2">
       <x:c r="A1778" s="2">
-        <x:v>43458</x:v>
+        <x:v>43483</x:v>
       </x:c>
       <x:c r="B1778" s="3">
-        <x:v>489802.93</x:v>
+        <x:v>489701.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:2">
       <x:c r="A1779" s="2">
-        <x:v>43455</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="B1779" s="3">
-        <x:v>489814.63</x:v>
+        <x:v>489713.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:2">
       <x:c r="A1780" s="2">
-        <x:v>43454</x:v>
+        <x:v>43481</x:v>
       </x:c>
       <x:c r="B1780" s="3">
-        <x:v>489824.34</x:v>
+        <x:v>489717.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:2">
       <x:c r="A1781" s="2">
-        <x:v>43453</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B1781" s="3">
-        <x:v>489828.69</x:v>
+        <x:v>489717.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:2">
       <x:c r="A1782" s="2">
-        <x:v>43452</x:v>
+        <x:v>43479</x:v>
       </x:c>
       <x:c r="B1782" s="3">
-        <x:v>489829.7</x:v>
+        <x:v>489722.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:2">
       <x:c r="A1783" s="2">
-        <x:v>43451</x:v>
+        <x:v>43476</x:v>
       </x:c>
       <x:c r="B1783" s="3">
-        <x:v>489832.63</x:v>
+        <x:v>489727.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:2">
       <x:c r="A1784" s="2">
-        <x:v>43448</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="B1784" s="3">
-        <x:v>489835.29</x:v>
+        <x:v>489740.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:2">
       <x:c r="A1785" s="2">
-        <x:v>43447</x:v>
+        <x:v>43474</x:v>
       </x:c>
       <x:c r="B1785" s="3">
-        <x:v>489841.84</x:v>
+        <x:v>489745.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:2">
       <x:c r="A1786" s="2">
-        <x:v>43446</x:v>
+        <x:v>43473</x:v>
       </x:c>
       <x:c r="B1786" s="3">
-        <x:v>489846.74</x:v>
+        <x:v>489750.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:2">
       <x:c r="A1787" s="2">
-        <x:v>43445</x:v>
+        <x:v>43472</x:v>
       </x:c>
       <x:c r="B1787" s="3">
-        <x:v>489851.64</x:v>
+        <x:v>489755.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:2">
       <x:c r="A1788" s="2">
-        <x:v>43444</x:v>
+        <x:v>43469</x:v>
       </x:c>
       <x:c r="B1788" s="3">
-        <x:v>489856.51</x:v>
+        <x:v>489759.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:2">
       <x:c r="A1789" s="2">
-        <x:v>43441</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="B1789" s="3">
-        <x:v>489861.39</x:v>
+        <x:v>489774.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:2">
       <x:c r="A1790" s="2">
-        <x:v>43440</x:v>
+        <x:v>43467</x:v>
       </x:c>
       <x:c r="B1790" s="3">
-        <x:v>489876.05</x:v>
+        <x:v>489779.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:2">
       <x:c r="A1791" s="2">
-        <x:v>43439</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B1791" s="3">
-        <x:v>489880.92</x:v>
+        <x:v>489784.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:2">
       <x:c r="A1792" s="2">
-        <x:v>43438</x:v>
+        <x:v>43462</x:v>
       </x:c>
       <x:c r="B1792" s="3">
-        <x:v>489885.02</x:v>
+        <x:v>489792.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:2">
       <x:c r="A1793" s="2">
-        <x:v>43437</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="B1793" s="3">
-        <x:v>489889.86</x:v>
+        <x:v>489801.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:2">
       <x:c r="A1794" s="2">
-        <x:v>43434</x:v>
+        <x:v>43458</x:v>
       </x:c>
       <x:c r="B1794" s="3">
-        <x:v>489894.6</x:v>
+        <x:v>489802.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:2">
       <x:c r="A1795" s="2">
-        <x:v>43433</x:v>
+        <x:v>43455</x:v>
       </x:c>
       <x:c r="B1795" s="3">
-        <x:v>489908.19</x:v>
+        <x:v>489814.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:2">
       <x:c r="A1796" s="2">
-        <x:v>43432</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="B1796" s="3">
-        <x:v>489913.16</x:v>
+        <x:v>489824.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:2">
       <x:c r="A1797" s="2">
-        <x:v>43431</x:v>
+        <x:v>43453</x:v>
       </x:c>
       <x:c r="B1797" s="3">
-        <x:v>489917.4</x:v>
+        <x:v>489828.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:2">
       <x:c r="A1798" s="2">
-        <x:v>43430</x:v>
+        <x:v>43452</x:v>
       </x:c>
       <x:c r="B1798" s="3">
-        <x:v>489919.56</x:v>
+        <x:v>489829.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:2">
       <x:c r="A1799" s="2">
-        <x:v>43427</x:v>
+        <x:v>43451</x:v>
       </x:c>
       <x:c r="B1799" s="3">
-        <x:v>489924.48</x:v>
+        <x:v>489832.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:2">
       <x:c r="A1800" s="2">
-        <x:v>43426</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="B1800" s="3">
-        <x:v>489939.24</x:v>
+        <x:v>489835.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:2">
       <x:c r="A1801" s="2">
-        <x:v>43425</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="B1801" s="3">
-        <x:v>489941.51</x:v>
+        <x:v>489841.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:2">
       <x:c r="A1802" s="2">
-        <x:v>43424</x:v>
+        <x:v>43446</x:v>
       </x:c>
       <x:c r="B1802" s="3">
-        <x:v>489946.43</x:v>
+        <x:v>489846.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:2">
       <x:c r="A1803" s="2">
-        <x:v>43423</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="B1803" s="3">
-        <x:v>489951.36</x:v>
+        <x:v>489851.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:2">
       <x:c r="A1804" s="2">
-        <x:v>43420</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="B1804" s="3">
-        <x:v>489955.45</x:v>
+        <x:v>489856.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:2">
       <x:c r="A1805" s="2">
-        <x:v>43419</x:v>
+        <x:v>43441</x:v>
       </x:c>
       <x:c r="B1805" s="3">
-        <x:v>489970.48</x:v>
+        <x:v>489861.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:2">
       <x:c r="A1806" s="2">
-        <x:v>43418</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="B1806" s="3">
-        <x:v>489975.38</x:v>
+        <x:v>489876.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:2">
       <x:c r="A1807" s="2">
-        <x:v>43417</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="B1807" s="3">
-        <x:v>489980.3</x:v>
+        <x:v>489880.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:2">
       <x:c r="A1808" s="2">
-        <x:v>43416</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="B1808" s="3">
-        <x:v>489984.86</x:v>
+        <x:v>489885.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:2">
       <x:c r="A1809" s="2">
-        <x:v>43413</x:v>
+        <x:v>43437</x:v>
       </x:c>
       <x:c r="B1809" s="3">
-        <x:v>489989.4</x:v>
+        <x:v>489889.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:2">
       <x:c r="A1810" s="2">
-        <x:v>43412</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B1810" s="3">
-        <x:v>490000.19</x:v>
+        <x:v>489894.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:2">
       <x:c r="A1811" s="2">
-        <x:v>43411</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="B1811" s="3">
-        <x:v>490005.12</x:v>
+        <x:v>489908.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:2">
       <x:c r="A1812" s="2">
-        <x:v>43410</x:v>
+        <x:v>43432</x:v>
       </x:c>
       <x:c r="B1812" s="3">
-        <x:v>490009.53</x:v>
+        <x:v>489913.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:2">
       <x:c r="A1813" s="2">
-        <x:v>43409</x:v>
+        <x:v>43431</x:v>
       </x:c>
       <x:c r="B1813" s="3">
-        <x:v>490014.46</x:v>
+        <x:v>489917.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:2">
       <x:c r="A1814" s="2">
-        <x:v>43406</x:v>
+        <x:v>43430</x:v>
       </x:c>
       <x:c r="B1814" s="3">
-        <x:v>490019.39</x:v>
+        <x:v>489919.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:2">
       <x:c r="A1815" s="2">
-        <x:v>43404</x:v>
+        <x:v>43427</x:v>
       </x:c>
       <x:c r="B1815" s="3">
-        <x:v>490029.3</x:v>
+        <x:v>489924.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:2">
       <x:c r="A1816" s="2">
-        <x:v>43403</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="B1816" s="3">
-        <x:v>490038.23</x:v>
+        <x:v>489939.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:2">
       <x:c r="A1817" s="2">
-        <x:v>43402</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="B1817" s="3">
-        <x:v>490043.27</x:v>
+        <x:v>489941.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:2">
       <x:c r="A1818" s="2">
-        <x:v>43399</x:v>
+        <x:v>43424</x:v>
       </x:c>
       <x:c r="B1818" s="3">
-        <x:v>490048.29</x:v>
+        <x:v>489946.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:2">
       <x:c r="A1819" s="2">
-        <x:v>43398</x:v>
+        <x:v>43423</x:v>
       </x:c>
       <x:c r="B1819" s="3">
-        <x:v>490060.37</x:v>
+        <x:v>489951.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:2">
       <x:c r="A1820" s="2">
-        <x:v>43397</x:v>
+        <x:v>43420</x:v>
       </x:c>
       <x:c r="B1820" s="3">
-        <x:v>490063.95</x:v>
+        <x:v>489955.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:2">
       <x:c r="A1821" s="2">
-        <x:v>43396</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B1821" s="3">
-        <x:v>490068.98</x:v>
+        <x:v>489970.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:2">
       <x:c r="A1822" s="2">
-        <x:v>43395</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="B1822" s="3">
-        <x:v>490074</x:v>
+        <x:v>489975.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:2">
       <x:c r="A1823" s="2">
-        <x:v>43392</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="B1823" s="3">
-        <x:v>490079.01</x:v>
+        <x:v>489980.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:2">
       <x:c r="A1824" s="2">
-        <x:v>43391</x:v>
+        <x:v>43416</x:v>
       </x:c>
       <x:c r="B1824" s="3">
-        <x:v>490089.81</x:v>
+        <x:v>489984.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:2">
       <x:c r="A1825" s="2">
-        <x:v>43390</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="B1825" s="3">
-        <x:v>490094.87</x:v>
+        <x:v>489989.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:2">
       <x:c r="A1826" s="2">
-        <x:v>43389</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="B1826" s="3">
-        <x:v>490099.32</x:v>
+        <x:v>490000.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:2">
       <x:c r="A1827" s="2">
-        <x:v>43388</x:v>
+        <x:v>43411</x:v>
       </x:c>
       <x:c r="B1827" s="3">
-        <x:v>490104.34</x:v>
+        <x:v>490005.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:2">
       <x:c r="A1828" s="2">
-        <x:v>43385</x:v>
+        <x:v>43410</x:v>
       </x:c>
       <x:c r="B1828" s="3">
-        <x:v>490108.27</x:v>
+        <x:v>490009.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:2">
       <x:c r="A1829" s="2">
-        <x:v>43384</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="B1829" s="3">
-        <x:v>490119.17</x:v>
+        <x:v>490014.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:2">
       <x:c r="A1830" s="2">
-        <x:v>43383</x:v>
+        <x:v>43406</x:v>
       </x:c>
       <x:c r="B1830" s="3">
-        <x:v>490124.16</x:v>
+        <x:v>490019.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:2">
       <x:c r="A1831" s="2">
-        <x:v>43382</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B1831" s="3">
-        <x:v>490127.52</x:v>
+        <x:v>490029.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:2">
       <x:c r="A1832" s="2">
-        <x:v>43381</x:v>
+        <x:v>43403</x:v>
       </x:c>
       <x:c r="B1832" s="3">
-        <x:v>490130.37</x:v>
+        <x:v>490038.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:2">
       <x:c r="A1833" s="2">
-        <x:v>43378</x:v>
+        <x:v>43402</x:v>
       </x:c>
       <x:c r="B1833" s="3">
-        <x:v>490131.81</x:v>
+        <x:v>490043.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:2">
       <x:c r="A1834" s="2">
-        <x:v>43377</x:v>
+        <x:v>43399</x:v>
       </x:c>
       <x:c r="B1834" s="3">
-        <x:v>490141.48</x:v>
+        <x:v>490048.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:2">
       <x:c r="A1835" s="2">
-        <x:v>43376</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="B1835" s="3">
-        <x:v>490146.14</x:v>
+        <x:v>490060.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:2">
       <x:c r="A1836" s="2">
-        <x:v>43375</x:v>
+        <x:v>43397</x:v>
       </x:c>
       <x:c r="B1836" s="3">
-        <x:v>490149.3</x:v>
+        <x:v>490063.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:2">
       <x:c r="A1837" s="2">
-        <x:v>43374</x:v>
+        <x:v>43396</x:v>
       </x:c>
       <x:c r="B1837" s="3">
-        <x:v>490152.37</x:v>
+        <x:v>490068.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:2">
       <x:c r="A1838" s="2">
-        <x:v>43371</x:v>
+        <x:v>43395</x:v>
       </x:c>
       <x:c r="B1838" s="3">
-        <x:v>490157.15</x:v>
+        <x:v>490074</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:2">
       <x:c r="A1839" s="2">
-        <x:v>43370</x:v>
+        <x:v>43392</x:v>
       </x:c>
       <x:c r="B1839" s="3">
-        <x:v>490165.34</x:v>
+        <x:v>490079.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:2">
       <x:c r="A1840" s="2">
-        <x:v>43369</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="B1840" s="3">
-        <x:v>490168.99</x:v>
+        <x:v>490089.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:2">
       <x:c r="A1841" s="2">
-        <x:v>43368</x:v>
+        <x:v>43390</x:v>
       </x:c>
       <x:c r="B1841" s="3">
-        <x:v>490173.99</x:v>
+        <x:v>490094.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:2">
       <x:c r="A1842" s="2">
-        <x:v>43367</x:v>
+        <x:v>43389</x:v>
       </x:c>
       <x:c r="B1842" s="3">
-        <x:v>490176.27</x:v>
+        <x:v>490099.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:2">
       <x:c r="A1843" s="2">
-        <x:v>43364</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B1843" s="3">
-        <x:v>490181.26</x:v>
+        <x:v>490104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:2">
       <x:c r="A1844" s="2">
-        <x:v>43363</x:v>
+        <x:v>43385</x:v>
       </x:c>
       <x:c r="B1844" s="3">
-        <x:v>490193.17</x:v>
+        <x:v>490108.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:2">
       <x:c r="A1845" s="2">
-        <x:v>43362</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="B1845" s="3">
-        <x:v>490197.6</x:v>
+        <x:v>490119.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:2">
       <x:c r="A1846" s="2">
-        <x:v>43361</x:v>
+        <x:v>43383</x:v>
       </x:c>
       <x:c r="B1846" s="3">
-        <x:v>490201.86</x:v>
+        <x:v>490124.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:2">
       <x:c r="A1847" s="2">
-        <x:v>43360</x:v>
+        <x:v>43382</x:v>
       </x:c>
       <x:c r="B1847" s="3">
-        <x:v>490206.84</x:v>
+        <x:v>490127.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:2">
       <x:c r="A1848" s="2">
-        <x:v>43357</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="B1848" s="3">
-        <x:v>490210.43</x:v>
+        <x:v>490130.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:2">
       <x:c r="A1849" s="2">
-        <x:v>43356</x:v>
+        <x:v>43378</x:v>
       </x:c>
       <x:c r="B1849" s="3">
-        <x:v>490220.75</x:v>
+        <x:v>490131.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:2">
       <x:c r="A1850" s="2">
-        <x:v>43355</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="B1850" s="3">
-        <x:v>490225.42</x:v>
+        <x:v>490141.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:2">
       <x:c r="A1851" s="2">
-        <x:v>43354</x:v>
+        <x:v>43376</x:v>
       </x:c>
       <x:c r="B1851" s="3">
-        <x:v>490229.97</x:v>
+        <x:v>490146.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:2">
       <x:c r="A1852" s="2">
-        <x:v>43353</x:v>
+        <x:v>43375</x:v>
       </x:c>
       <x:c r="B1852" s="3">
-        <x:v>490232.53</x:v>
+        <x:v>490149.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:2">
       <x:c r="A1853" s="2">
-        <x:v>43350</x:v>
+        <x:v>43374</x:v>
       </x:c>
       <x:c r="B1853" s="3">
-        <x:v>490237.44</x:v>
+        <x:v>490152.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:2">
       <x:c r="A1854" s="2">
-        <x:v>43349</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B1854" s="3">
-        <x:v>490248.35</x:v>
+        <x:v>490157.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:2">
       <x:c r="A1855" s="2">
-        <x:v>43348</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="B1855" s="3">
-        <x:v>490252.1</x:v>
+        <x:v>490165.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:2">
       <x:c r="A1856" s="2">
-        <x:v>43347</x:v>
+        <x:v>43369</x:v>
       </x:c>
       <x:c r="B1856" s="3">
-        <x:v>490254.93</x:v>
+        <x:v>490168.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:2">
       <x:c r="A1857" s="2">
-        <x:v>43346</x:v>
+        <x:v>43368</x:v>
       </x:c>
       <x:c r="B1857" s="3">
-        <x:v>490258.35</x:v>
+        <x:v>490173.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:2">
       <x:c r="A1858" s="2">
-        <x:v>43343</x:v>
+        <x:v>43367</x:v>
       </x:c>
       <x:c r="B1858" s="3">
-        <x:v>490261.15</x:v>
+        <x:v>490176.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:2">
       <x:c r="A1859" s="2">
-        <x:v>43342</x:v>
+        <x:v>43364</x:v>
       </x:c>
       <x:c r="B1859" s="3">
-        <x:v>490271.94</x:v>
+        <x:v>490181.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:2">
       <x:c r="A1860" s="2">
-        <x:v>43341</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="B1860" s="3">
-        <x:v>490275.86</x:v>
+        <x:v>490193.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:2">
       <x:c r="A1861" s="2">
-        <x:v>43340</x:v>
+        <x:v>43362</x:v>
       </x:c>
       <x:c r="B1861" s="3">
-        <x:v>490278.85</x:v>
+        <x:v>490197.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:2">
       <x:c r="A1862" s="2">
-        <x:v>43339</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="B1862" s="3">
-        <x:v>490283.8</x:v>
+        <x:v>490201.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:2">
       <x:c r="A1863" s="2">
-        <x:v>43336</x:v>
+        <x:v>43360</x:v>
       </x:c>
       <x:c r="B1863" s="3">
-        <x:v>490288.74</x:v>
+        <x:v>490206.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:2">
       <x:c r="A1864" s="2">
-        <x:v>43335</x:v>
+        <x:v>43357</x:v>
       </x:c>
       <x:c r="B1864" s="3">
-        <x:v>490297.71</x:v>
+        <x:v>490210.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:2">
       <x:c r="A1865" s="2">
-        <x:v>43334</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="B1865" s="3">
-        <x:v>490302.66</x:v>
+        <x:v>490220.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:2">
       <x:c r="A1866" s="2">
-        <x:v>43333</x:v>
+        <x:v>43355</x:v>
       </x:c>
       <x:c r="B1866" s="3">
-        <x:v>490307.6</x:v>
+        <x:v>490225.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:2">
       <x:c r="A1867" s="2">
-        <x:v>43332</x:v>
+        <x:v>43354</x:v>
       </x:c>
       <x:c r="B1867" s="3">
-        <x:v>490310.66</x:v>
+        <x:v>490229.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:2">
       <x:c r="A1868" s="2">
-        <x:v>43329</x:v>
+        <x:v>43353</x:v>
       </x:c>
       <x:c r="B1868" s="3">
-        <x:v>490313.24</x:v>
+        <x:v>490232.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:2">
       <x:c r="A1869" s="2">
-        <x:v>43328</x:v>
+        <x:v>43350</x:v>
       </x:c>
       <x:c r="B1869" s="3">
-        <x:v>490322.92</x:v>
+        <x:v>490237.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:2">
       <x:c r="A1870" s="2">
-        <x:v>43326</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="B1870" s="3">
-        <x:v>490327.85</x:v>
+        <x:v>490248.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:2">
       <x:c r="A1871" s="2">
-        <x:v>43325</x:v>
+        <x:v>43348</x:v>
       </x:c>
       <x:c r="B1871" s="3">
-        <x:v>490335.17</x:v>
+        <x:v>490252.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:2">
       <x:c r="A1872" s="2">
-        <x:v>43322</x:v>
+        <x:v>43347</x:v>
       </x:c>
       <x:c r="B1872" s="3">
-        <x:v>490337.09</x:v>
+        <x:v>490254.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:2">
       <x:c r="A1873" s="2">
-        <x:v>43321</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="B1873" s="3">
-        <x:v>490348.33</x:v>
+        <x:v>490258.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:2">
       <x:c r="A1874" s="2">
-        <x:v>43320</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B1874" s="3">
-        <x:v>490353.19</x:v>
+        <x:v>490261.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:2">
       <x:c r="A1875" s="2">
-        <x:v>43319</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="B1875" s="3">
-        <x:v>490358.04</x:v>
+        <x:v>490271.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:2">
       <x:c r="A1876" s="2">
-        <x:v>43318</x:v>
+        <x:v>43341</x:v>
       </x:c>
       <x:c r="B1876" s="3">
-        <x:v>490362.19</x:v>
+        <x:v>490275.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:2">
       <x:c r="A1877" s="2">
-        <x:v>43315</x:v>
+        <x:v>43340</x:v>
       </x:c>
       <x:c r="B1877" s="3">
-        <x:v>490366.6</x:v>
+        <x:v>490278.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:2">
       <x:c r="A1878" s="2">
-        <x:v>43314</x:v>
+        <x:v>43339</x:v>
       </x:c>
       <x:c r="B1878" s="3">
-        <x:v>490375.48</x:v>
+        <x:v>490283.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:2">
       <x:c r="A1879" s="2">
-        <x:v>43313</x:v>
+        <x:v>43336</x:v>
       </x:c>
       <x:c r="B1879" s="3">
-        <x:v>490379.6</x:v>
+        <x:v>490288.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:2">
       <x:c r="A1880" s="2">
-        <x:v>43312</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="B1880" s="3">
-        <x:v>490384.48</x:v>
+        <x:v>490297.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:2">
       <x:c r="A1881" s="2">
-        <x:v>43311</x:v>
+        <x:v>43334</x:v>
       </x:c>
       <x:c r="B1881" s="3">
-        <x:v>490389.43</x:v>
+        <x:v>490302.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:2">
       <x:c r="A1882" s="2">
-        <x:v>43308</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="B1882" s="3">
-        <x:v>490394.41</x:v>
+        <x:v>490307.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:2">
       <x:c r="A1883" s="2">
-        <x:v>43307</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="B1883" s="3">
-        <x:v>490406.05</x:v>
+        <x:v>490310.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:2">
       <x:c r="A1884" s="2">
-        <x:v>43306</x:v>
+        <x:v>43329</x:v>
       </x:c>
       <x:c r="B1884" s="3">
-        <x:v>490411.02</x:v>
+        <x:v>490313.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:2">
       <x:c r="A1885" s="2">
-        <x:v>43305</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="B1885" s="3">
-        <x:v>490416.01</x:v>
+        <x:v>490322.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:2">
       <x:c r="A1886" s="2">
-        <x:v>43304</x:v>
+        <x:v>43326</x:v>
       </x:c>
       <x:c r="B1886" s="3">
-        <x:v>490420.99</x:v>
+        <x:v>490327.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:2">
       <x:c r="A1887" s="2">
-        <x:v>43301</x:v>
+        <x:v>43325</x:v>
       </x:c>
       <x:c r="B1887" s="3">
-        <x:v>490425.66</x:v>
+        <x:v>490335.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:2">
       <x:c r="A1888" s="2">
-        <x:v>43300</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="B1888" s="3">
-        <x:v>490436.44</x:v>
+        <x:v>490337.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:2">
       <x:c r="A1889" s="2">
-        <x:v>43299</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="B1889" s="3">
-        <x:v>490441.42</x:v>
+        <x:v>490348.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:2">
       <x:c r="A1890" s="2">
-        <x:v>43298</x:v>
+        <x:v>43320</x:v>
       </x:c>
       <x:c r="B1890" s="3">
-        <x:v>490446.4</x:v>
+        <x:v>490353.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:2">
       <x:c r="A1891" s="2">
-        <x:v>43297</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="B1891" s="3">
-        <x:v>490449.3</x:v>
+        <x:v>490358.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:2">
       <x:c r="A1892" s="2">
-        <x:v>43294</x:v>
+        <x:v>43318</x:v>
       </x:c>
       <x:c r="B1892" s="3">
-        <x:v>490454.24</x:v>
+        <x:v>490362.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:2">
       <x:c r="A1893" s="2">
-        <x:v>43293</x:v>
+        <x:v>43315</x:v>
       </x:c>
       <x:c r="B1893" s="3">
-        <x:v>490462.81</x:v>
+        <x:v>490366.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:2">
       <x:c r="A1894" s="2">
-        <x:v>43292</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="B1894" s="3">
-        <x:v>490467.16</x:v>
+        <x:v>490375.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:2">
       <x:c r="A1895" s="2">
-        <x:v>43291</x:v>
+        <x:v>43313</x:v>
       </x:c>
       <x:c r="B1895" s="3">
-        <x:v>490472.09</x:v>
+        <x:v>490379.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:2">
       <x:c r="A1896" s="2">
-        <x:v>43290</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B1896" s="3">
-        <x:v>490477.01</x:v>
+        <x:v>490384.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:2">
       <x:c r="A1897" s="2">
-        <x:v>43287</x:v>
+        <x:v>43311</x:v>
       </x:c>
       <x:c r="B1897" s="3">
-        <x:v>490480.49</x:v>
+        <x:v>490389.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:2">
       <x:c r="A1898" s="2">
-        <x:v>43286</x:v>
+        <x:v>43308</x:v>
       </x:c>
       <x:c r="B1898" s="3">
-        <x:v>490492.87</x:v>
+        <x:v>490394.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:2">
       <x:c r="A1899" s="2">
-        <x:v>43285</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="B1899" s="3">
-        <x:v>490496.96</x:v>
+        <x:v>490406.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:2">
       <x:c r="A1900" s="2">
-        <x:v>43284</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="B1900" s="3">
-        <x:v>490500.03</x:v>
+        <x:v>490411.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:2">
       <x:c r="A1901" s="2">
-        <x:v>43283</x:v>
+        <x:v>43305</x:v>
       </x:c>
       <x:c r="B1901" s="3">
-        <x:v>490504.56</x:v>
+        <x:v>490416.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:2">
       <x:c r="A1902" s="2">
-        <x:v>43280</x:v>
+        <x:v>43304</x:v>
       </x:c>
       <x:c r="B1902" s="3">
-        <x:v>490508.7</x:v>
+        <x:v>490420.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:2">
       <x:c r="A1903" s="2">
-        <x:v>43279</x:v>
+        <x:v>43301</x:v>
       </x:c>
       <x:c r="B1903" s="3">
-        <x:v>490518.19</x:v>
+        <x:v>490425.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:2">
       <x:c r="A1904" s="2">
-        <x:v>43278</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="B1904" s="3">
-        <x:v>490523.21</x:v>
+        <x:v>490436.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:2">
       <x:c r="A1905" s="2">
-        <x:v>43277</x:v>
+        <x:v>43299</x:v>
       </x:c>
       <x:c r="B1905" s="3">
-        <x:v>490527.32</x:v>
+        <x:v>490441.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:2">
       <x:c r="A1906" s="2">
-        <x:v>43276</x:v>
+        <x:v>43298</x:v>
       </x:c>
       <x:c r="B1906" s="3">
-        <x:v>490529.28</x:v>
+        <x:v>490446.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:2">
       <x:c r="A1907" s="2">
-        <x:v>43273</x:v>
+        <x:v>43297</x:v>
       </x:c>
       <x:c r="B1907" s="3">
-        <x:v>490534.24</x:v>
+        <x:v>490449.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:2">
       <x:c r="A1908" s="2">
-        <x:v>43272</x:v>
+        <x:v>43294</x:v>
       </x:c>
       <x:c r="B1908" s="3">
-        <x:v>490544.91</x:v>
+        <x:v>490454.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:2">
       <x:c r="A1909" s="2">
-        <x:v>43271</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="B1909" s="3">
-        <x:v>490549.63</x:v>
+        <x:v>490462.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:2">
       <x:c r="A1910" s="2">
-        <x:v>43270</x:v>
+        <x:v>43292</x:v>
       </x:c>
       <x:c r="B1910" s="3">
-        <x:v>490552.53</x:v>
+        <x:v>490467.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:2">
       <x:c r="A1911" s="2">
-        <x:v>43269</x:v>
+        <x:v>43291</x:v>
       </x:c>
       <x:c r="B1911" s="3">
-        <x:v>490557.08</x:v>
+        <x:v>490472.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:2">
       <x:c r="A1912" s="2">
-        <x:v>43266</x:v>
+        <x:v>43290</x:v>
       </x:c>
       <x:c r="B1912" s="3">
-        <x:v>490560.58</x:v>
+        <x:v>490477.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:2">
       <x:c r="A1913" s="2">
-        <x:v>43265</x:v>
+        <x:v>43287</x:v>
       </x:c>
       <x:c r="B1913" s="3">
-        <x:v>490572.68</x:v>
+        <x:v>490480.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:2">
       <x:c r="A1914" s="2">
-        <x:v>43264</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="B1914" s="3">
-        <x:v>490577.61</x:v>
+        <x:v>490492.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:2">
       <x:c r="A1915" s="2">
-        <x:v>43263</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="B1915" s="3">
-        <x:v>490582.55</x:v>
+        <x:v>490496.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:2">
       <x:c r="A1916" s="2">
-        <x:v>43262</x:v>
+        <x:v>43284</x:v>
       </x:c>
       <x:c r="B1916" s="3">
-        <x:v>490587.45</x:v>
+        <x:v>490500.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:2">
       <x:c r="A1917" s="2">
-        <x:v>43259</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="B1917" s="3">
-        <x:v>490592.32</x:v>
+        <x:v>490504.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:2">
       <x:c r="A1918" s="2">
-        <x:v>43258</x:v>
+        <x:v>43280</x:v>
       </x:c>
       <x:c r="B1918" s="3">
-        <x:v>490606.87</x:v>
+        <x:v>490508.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1919" spans="1:2">
       <x:c r="A1919" s="2">
-        <x:v>43257</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="B1919" s="3">
-        <x:v>490611.74</x:v>
+        <x:v>490518.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:2">
       <x:c r="A1920" s="2">
-        <x:v>43256</x:v>
+        <x:v>43278</x:v>
       </x:c>
       <x:c r="B1920" s="3">
-        <x:v>490615.3</x:v>
+        <x:v>490523.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:2">
       <x:c r="A1921" s="2">
-        <x:v>43255</x:v>
+        <x:v>43277</x:v>
       </x:c>
       <x:c r="B1921" s="3">
-        <x:v>490620.16</x:v>
+        <x:v>490527.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:2">
       <x:c r="A1922" s="2">
-        <x:v>43252</x:v>
+        <x:v>43276</x:v>
       </x:c>
       <x:c r="B1922" s="3">
-        <x:v>490625.03</x:v>
+        <x:v>490529.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:2">
       <x:c r="A1923" s="2">
-        <x:v>43251</x:v>
+        <x:v>43273</x:v>
       </x:c>
       <x:c r="B1923" s="3">
-        <x:v>490637.22</x:v>
+        <x:v>490534.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:2">
       <x:c r="A1924" s="2">
-        <x:v>43250</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="B1924" s="3">
-        <x:v>490638.23</x:v>
+        <x:v>490544.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:2">
       <x:c r="A1925" s="2">
-        <x:v>43249</x:v>
+        <x:v>43271</x:v>
       </x:c>
       <x:c r="B1925" s="3">
-        <x:v>490642.49</x:v>
+        <x:v>490549.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1926" spans="1:2">
       <x:c r="A1926" s="2">
-        <x:v>43248</x:v>
+        <x:v>43270</x:v>
       </x:c>
       <x:c r="B1926" s="3">
-        <x:v>490646.81</x:v>
+        <x:v>490552.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1927" spans="1:2">
       <x:c r="A1927" s="2">
-        <x:v>43245</x:v>
+        <x:v>43269</x:v>
       </x:c>
       <x:c r="B1927" s="3">
-        <x:v>490651.12</x:v>
+        <x:v>490557.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1928" spans="1:2">
       <x:c r="A1928" s="2">
-        <x:v>43244</x:v>
+        <x:v>43266</x:v>
       </x:c>
       <x:c r="B1928" s="3">
-        <x:v>490663.36</x:v>
+        <x:v>490560.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1929" spans="1:2">
       <x:c r="A1929" s="2">
-        <x:v>43243</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="B1929" s="3">
-        <x:v>490667.65</x:v>
+        <x:v>490572.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1930" spans="1:2">
       <x:c r="A1930" s="2">
-        <x:v>43242</x:v>
+        <x:v>43264</x:v>
       </x:c>
       <x:c r="B1930" s="3">
-        <x:v>490671.93</x:v>
+        <x:v>490577.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1931" spans="1:2">
       <x:c r="A1931" s="2">
-        <x:v>43238</x:v>
+        <x:v>43263</x:v>
       </x:c>
       <x:c r="B1931" s="3">
-        <x:v>490675.89</x:v>
+        <x:v>490582.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1932" spans="1:2">
       <x:c r="A1932" s="2">
-        <x:v>43237</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="B1932" s="3">
-        <x:v>490689.77</x:v>
+        <x:v>490587.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1933" spans="1:2">
       <x:c r="A1933" s="2">
-        <x:v>43236</x:v>
+        <x:v>43259</x:v>
       </x:c>
       <x:c r="B1933" s="3">
-        <x:v>490694.12</x:v>
+        <x:v>490592.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1934" spans="1:2">
       <x:c r="A1934" s="2">
-        <x:v>43235</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="B1934" s="3">
-        <x:v>490697.05</x:v>
+        <x:v>490606.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1935" spans="1:2">
       <x:c r="A1935" s="2">
-        <x:v>43234</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="B1935" s="3">
-        <x:v>490701.27</x:v>
+        <x:v>490611.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1936" spans="1:2">
       <x:c r="A1936" s="2">
-        <x:v>43231</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="B1936" s="3">
-        <x:v>490705.28</x:v>
+        <x:v>490615.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1937" spans="1:2">
       <x:c r="A1937" s="2">
-        <x:v>43229</x:v>
+        <x:v>43255</x:v>
       </x:c>
       <x:c r="B1937" s="3">
-        <x:v>490716.39</x:v>
+        <x:v>490620.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1938" spans="1:2">
       <x:c r="A1938" s="2">
-        <x:v>43227</x:v>
+        <x:v>43252</x:v>
       </x:c>
       <x:c r="B1938" s="3">
-        <x:v>490724.39</x:v>
+        <x:v>490625.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1939" spans="1:2">
       <x:c r="A1939" s="2">
-        <x:v>43224</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B1939" s="3">
-        <x:v>490731.74</x:v>
+        <x:v>490637.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1940" spans="1:2">
       <x:c r="A1940" s="2">
-        <x:v>43223</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="B1940" s="3">
-        <x:v>490744.16</x:v>
+        <x:v>490638.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1941" spans="1:2">
       <x:c r="A1941" s="2">
-        <x:v>43222</x:v>
+        <x:v>43249</x:v>
       </x:c>
       <x:c r="B1941" s="3">
-        <x:v>490748.36</x:v>
+        <x:v>490642.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1942" spans="1:2">
       <x:c r="A1942" s="2">
-        <x:v>43220</x:v>
+        <x:v>43248</x:v>
       </x:c>
       <x:c r="B1942" s="3">
-        <x:v>490752.52</x:v>
+        <x:v>490646.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1943" spans="1:2">
       <x:c r="A1943" s="2">
-        <x:v>43217</x:v>
+        <x:v>43245</x:v>
       </x:c>
       <x:c r="B1943" s="3">
-        <x:v>490760.7</x:v>
+        <x:v>490651.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1944" spans="1:2">
       <x:c r="A1944" s="2">
-        <x:v>43216</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="B1944" s="3">
-        <x:v>490773.66</x:v>
+        <x:v>490663.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1945" spans="1:2">
       <x:c r="A1945" s="2">
-        <x:v>43215</x:v>
+        <x:v>43243</x:v>
       </x:c>
       <x:c r="B1945" s="3">
-        <x:v>490777.97</x:v>
+        <x:v>490667.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1946" spans="1:2">
       <x:c r="A1946" s="2">
-        <x:v>43214</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="B1946" s="3">
-        <x:v>490782.29</x:v>
+        <x:v>490671.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1947" spans="1:2">
       <x:c r="A1947" s="2">
-        <x:v>43213</x:v>
+        <x:v>43238</x:v>
       </x:c>
       <x:c r="B1947" s="3">
-        <x:v>490980.33</x:v>
+        <x:v>490675.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1948" spans="1:2">
       <x:c r="A1948" s="2">
-        <x:v>43210</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="B1948" s="3">
-        <x:v>490984.66</x:v>
+        <x:v>490689.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1949" spans="1:2">
       <x:c r="A1949" s="2">
-        <x:v>43209</x:v>
+        <x:v>43236</x:v>
       </x:c>
       <x:c r="B1949" s="3">
-        <x:v>490997.68</x:v>
+        <x:v>490694.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1950" spans="1:2">
       <x:c r="A1950" s="2">
-        <x:v>43208</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B1950" s="3">
-        <x:v>491002.01</x:v>
+        <x:v>490697.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1951" spans="1:2">
       <x:c r="A1951" s="2">
-        <x:v>43207</x:v>
+        <x:v>43234</x:v>
       </x:c>
       <x:c r="B1951" s="3">
-        <x:v>491005.98</x:v>
+        <x:v>490701.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1952" spans="1:2">
       <x:c r="A1952" s="2">
-        <x:v>43206</x:v>
+        <x:v>43231</x:v>
       </x:c>
       <x:c r="B1952" s="3">
-        <x:v>491010.31</x:v>
+        <x:v>490705.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1953" spans="1:2">
       <x:c r="A1953" s="2">
-        <x:v>43203</x:v>
+        <x:v>43229</x:v>
       </x:c>
       <x:c r="B1953" s="3">
-        <x:v>491014.41</x:v>
+        <x:v>490716.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1954" spans="1:2">
       <x:c r="A1954" s="2">
-        <x:v>43202</x:v>
+        <x:v>43227</x:v>
       </x:c>
       <x:c r="B1954" s="3">
-        <x:v>491024.16</x:v>
+        <x:v>490724.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1955" spans="1:2">
       <x:c r="A1955" s="2">
-        <x:v>43201</x:v>
+        <x:v>43224</x:v>
       </x:c>
       <x:c r="B1955" s="3">
-        <x:v>491028.46</x:v>
+        <x:v>490731.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1956" spans="1:2">
       <x:c r="A1956" s="2">
-        <x:v>43200</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="B1956" s="3">
-        <x:v>491032.77</x:v>
+        <x:v>490744.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1957" spans="1:2">
       <x:c r="A1957" s="2">
-        <x:v>43199</x:v>
+        <x:v>43222</x:v>
       </x:c>
       <x:c r="B1957" s="3">
-        <x:v>491036.33</x:v>
+        <x:v>490748.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1958" spans="1:2">
       <x:c r="A1958" s="2">
-        <x:v>43196</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B1958" s="3">
-        <x:v>491039.79</x:v>
+        <x:v>490752.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1959" spans="1:2">
       <x:c r="A1959" s="2">
-        <x:v>43195</x:v>
+        <x:v>43217</x:v>
       </x:c>
       <x:c r="B1959" s="3">
-        <x:v>491047.1</x:v>
+        <x:v>490760.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1960" spans="1:2">
       <x:c r="A1960" s="2">
-        <x:v>43194</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="B1960" s="3">
-        <x:v>491051.37</x:v>
+        <x:v>490773.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1961" spans="1:2">
       <x:c r="A1961" s="2">
-        <x:v>43193</x:v>
+        <x:v>43215</x:v>
       </x:c>
       <x:c r="B1961" s="3">
-        <x:v>491055.63</x:v>
+        <x:v>490777.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1962" spans="1:2">
       <x:c r="A1962" s="2">
-        <x:v>43188</x:v>
+        <x:v>43214</x:v>
       </x:c>
       <x:c r="B1962" s="3">
-        <x:v>491056.99</x:v>
+        <x:v>490782.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1963" spans="1:2">
       <x:c r="A1963" s="2">
-        <x:v>43187</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B1963" s="3">
-        <x:v>491073.13</x:v>
+        <x:v>490980.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1964" spans="1:2">
       <x:c r="A1964" s="2">
-        <x:v>43186</x:v>
+        <x:v>43210</x:v>
       </x:c>
       <x:c r="B1964" s="3">
-        <x:v>491077.47</x:v>
+        <x:v>490984.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1965" spans="1:2">
       <x:c r="A1965" s="2">
-        <x:v>43185</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="B1965" s="3">
-        <x:v>491081.79</x:v>
+        <x:v>490997.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1966" spans="1:2">
       <x:c r="A1966" s="2">
-        <x:v>43182</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="B1966" s="3">
-        <x:v>491086.1</x:v>
+        <x:v>491002.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1967" spans="1:2">
       <x:c r="A1967" s="2">
-        <x:v>43181</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="B1967" s="3">
-        <x:v>491099.12</x:v>
+        <x:v>491005.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1968" spans="1:2">
       <x:c r="A1968" s="2">
-        <x:v>43180</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="B1968" s="3">
-        <x:v>491102.35</x:v>
+        <x:v>491010.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1969" spans="1:2">
       <x:c r="A1969" s="2">
-        <x:v>43179</x:v>
+        <x:v>43203</x:v>
       </x:c>
       <x:c r="B1969" s="3">
-        <x:v>491106.65</x:v>
+        <x:v>491014.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1970" spans="1:2">
       <x:c r="A1970" s="2">
-        <x:v>43178</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="B1970" s="3">
-        <x:v>491110.54</x:v>
+        <x:v>491024.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1971" spans="1:2">
       <x:c r="A1971" s="2">
-        <x:v>43175</x:v>
+        <x:v>43201</x:v>
       </x:c>
       <x:c r="B1971" s="3">
-        <x:v>491114.85</x:v>
+        <x:v>491028.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1972" spans="1:2">
       <x:c r="A1972" s="2">
-        <x:v>43174</x:v>
+        <x:v>43200</x:v>
       </x:c>
       <x:c r="B1972" s="3">
-        <x:v>491124.61</x:v>
+        <x:v>491032.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1973" spans="1:2">
       <x:c r="A1973" s="2">
-        <x:v>43173</x:v>
+        <x:v>43199</x:v>
       </x:c>
       <x:c r="B1973" s="3">
-        <x:v>491128.88</x:v>
+        <x:v>491036.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1974" spans="1:2">
       <x:c r="A1974" s="2">
-        <x:v>43172</x:v>
+        <x:v>43196</x:v>
       </x:c>
       <x:c r="B1974" s="3">
-        <x:v>491133.16</x:v>
+        <x:v>491039.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1975" spans="1:2">
       <x:c r="A1975" s="2">
-        <x:v>43171</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="B1975" s="3">
-        <x:v>491137.25</x:v>
+        <x:v>491047.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1976" spans="1:2">
       <x:c r="A1976" s="2">
-        <x:v>43168</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="B1976" s="3">
-        <x:v>491141.49</x:v>
+        <x:v>491051.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1977" spans="1:2">
       <x:c r="A1977" s="2">
-        <x:v>43167</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="B1977" s="3">
-        <x:v>491151.59</x:v>
+        <x:v>491055.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1978" spans="1:2">
       <x:c r="A1978" s="2">
-        <x:v>43166</x:v>
+        <x:v>43188</x:v>
       </x:c>
       <x:c r="B1978" s="3">
-        <x:v>491155.86</x:v>
+        <x:v>491056.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1979" spans="1:2">
       <x:c r="A1979" s="2">
-        <x:v>43165</x:v>
+        <x:v>43187</x:v>
       </x:c>
       <x:c r="B1979" s="3">
-        <x:v>491160.16</x:v>
+        <x:v>491073.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1980" spans="1:2">
       <x:c r="A1980" s="2">
-        <x:v>43164</x:v>
+        <x:v>43186</x:v>
       </x:c>
       <x:c r="B1980" s="3">
-        <x:v>491164.42</x:v>
+        <x:v>491077.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1981" spans="1:2">
       <x:c r="A1981" s="2">
-        <x:v>43161</x:v>
+        <x:v>43185</x:v>
       </x:c>
       <x:c r="B1981" s="3">
-        <x:v>491168.68</x:v>
+        <x:v>491081.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1982" spans="1:2">
       <x:c r="A1982" s="2">
-        <x:v>43160</x:v>
+        <x:v>43182</x:v>
       </x:c>
       <x:c r="B1982" s="3">
-        <x:v>491179.78</x:v>
+        <x:v>491086.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1983" spans="1:2">
       <x:c r="A1983" s="2">
-        <x:v>43159</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="B1983" s="3">
-        <x:v>491183.88</x:v>
+        <x:v>491099.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1984" spans="1:2">
       <x:c r="A1984" s="2">
-        <x:v>43158</x:v>
+        <x:v>43180</x:v>
       </x:c>
       <x:c r="B1984" s="3">
-        <x:v>491185.95</x:v>
+        <x:v>491102.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1985" spans="1:2">
       <x:c r="A1985" s="2">
-        <x:v>43157</x:v>
+        <x:v>43179</x:v>
       </x:c>
       <x:c r="B1985" s="3">
-        <x:v>491190.32</x:v>
+        <x:v>491106.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1986" spans="1:2">
       <x:c r="A1986" s="2">
-        <x:v>43154</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="B1986" s="3">
-        <x:v>491194.66</x:v>
+        <x:v>491110.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1987" spans="1:2">
       <x:c r="A1987" s="2">
-        <x:v>43153</x:v>
+        <x:v>43175</x:v>
       </x:c>
       <x:c r="B1987" s="3">
-        <x:v>491207.18</x:v>
+        <x:v>491114.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1988" spans="1:2">
       <x:c r="A1988" s="2">
-        <x:v>43152</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B1988" s="3">
-        <x:v>491211.44</x:v>
+        <x:v>491124.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1989" spans="1:2">
       <x:c r="A1989" s="2">
-        <x:v>43151</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="B1989" s="3">
-        <x:v>491214.33</x:v>
+        <x:v>491128.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1990" spans="1:2">
       <x:c r="A1990" s="2">
-        <x:v>43150</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="B1990" s="3">
-        <x:v>491217.31</x:v>
+        <x:v>491133.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1991" spans="1:2">
       <x:c r="A1991" s="2">
-        <x:v>43147</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="B1991" s="3">
-        <x:v>491220.83</x:v>
+        <x:v>491137.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1992" spans="1:2">
       <x:c r="A1992" s="2">
-        <x:v>43146</x:v>
+        <x:v>43168</x:v>
       </x:c>
       <x:c r="B1992" s="3">
-        <x:v>491230.61</x:v>
+        <x:v>491141.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1993" spans="1:2">
       <x:c r="A1993" s="2">
-        <x:v>43145</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="B1993" s="3">
-        <x:v>491234.89</x:v>
+        <x:v>491151.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1994" spans="1:2">
       <x:c r="A1994" s="2">
-        <x:v>43144</x:v>
+        <x:v>43166</x:v>
       </x:c>
       <x:c r="B1994" s="3">
-        <x:v>491239.15</x:v>
+        <x:v>491155.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1995" spans="1:2">
       <x:c r="A1995" s="2">
-        <x:v>43143</x:v>
+        <x:v>43165</x:v>
       </x:c>
       <x:c r="B1995" s="3">
-        <x:v>491243.42</x:v>
+        <x:v>491160.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1996" spans="1:2">
       <x:c r="A1996" s="2">
-        <x:v>43140</x:v>
+        <x:v>43164</x:v>
       </x:c>
       <x:c r="B1996" s="3">
-        <x:v>491247.72</x:v>
+        <x:v>491164.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1997" spans="1:2">
       <x:c r="A1997" s="2">
-        <x:v>43139</x:v>
+        <x:v>43161</x:v>
       </x:c>
       <x:c r="B1997" s="3">
-        <x:v>491257.3</x:v>
+        <x:v>491168.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1998" spans="1:2">
       <x:c r="A1998" s="2">
-        <x:v>43138</x:v>
+        <x:v>43160</x:v>
       </x:c>
       <x:c r="B1998" s="3">
-        <x:v>491261.6</x:v>
+        <x:v>491179.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1999" spans="1:2">
       <x:c r="A1999" s="2">
-        <x:v>43137</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B1999" s="3">
-        <x:v>491265.92</x:v>
+        <x:v>491183.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2000" spans="1:2">
       <x:c r="A2000" s="2">
-        <x:v>43136</x:v>
+        <x:v>43158</x:v>
       </x:c>
       <x:c r="B2000" s="3">
-        <x:v>491270.23</x:v>
+        <x:v>491185.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2001" spans="1:2">
       <x:c r="A2001" s="2">
-        <x:v>43133</x:v>
+        <x:v>43157</x:v>
       </x:c>
       <x:c r="B2001" s="3">
-        <x:v>491274.51</x:v>
+        <x:v>491190.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2002" spans="1:2">
       <x:c r="A2002" s="2">
-        <x:v>43132</x:v>
+        <x:v>43154</x:v>
       </x:c>
       <x:c r="B2002" s="3">
-        <x:v>491277.26</x:v>
+        <x:v>491194.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2003" spans="1:2">
       <x:c r="A2003" s="2">
-        <x:v>43131</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="B2003" s="3">
-        <x:v>491281.42</x:v>
+        <x:v>491207.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2004" spans="1:2">
       <x:c r="A2004" s="2">
-        <x:v>43130</x:v>
+        <x:v>43152</x:v>
       </x:c>
       <x:c r="B2004" s="3">
-        <x:v>491284.61</x:v>
+        <x:v>491211.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2005" spans="1:2">
       <x:c r="A2005" s="2">
-        <x:v>43129</x:v>
+        <x:v>43151</x:v>
       </x:c>
       <x:c r="B2005" s="3">
-        <x:v>491288.88</x:v>
+        <x:v>491214.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2006" spans="1:2">
       <x:c r="A2006" s="2">
-        <x:v>43126</x:v>
+        <x:v>43150</x:v>
       </x:c>
       <x:c r="B2006" s="3">
-        <x:v>491292.99</x:v>
+        <x:v>491217.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2007" spans="1:2">
       <x:c r="A2007" s="2">
-        <x:v>43125</x:v>
+        <x:v>43147</x:v>
       </x:c>
       <x:c r="B2007" s="3">
-        <x:v>491302.4</x:v>
+        <x:v>491220.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2008" spans="1:2">
       <x:c r="A2008" s="2">
-        <x:v>43124</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B2008" s="3">
-        <x:v>491305.69</x:v>
+        <x:v>491230.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2009" spans="1:2">
       <x:c r="A2009" s="2">
-        <x:v>43123</x:v>
+        <x:v>43145</x:v>
       </x:c>
       <x:c r="B2009" s="3">
-        <x:v>491309.96</x:v>
+        <x:v>491234.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2010" spans="1:2">
       <x:c r="A2010" s="2">
-        <x:v>43122</x:v>
+        <x:v>43144</x:v>
       </x:c>
       <x:c r="B2010" s="3">
-        <x:v>491310.02</x:v>
+        <x:v>491239.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2011" spans="1:2">
       <x:c r="A2011" s="2">
-        <x:v>43119</x:v>
+        <x:v>43143</x:v>
       </x:c>
       <x:c r="B2011" s="3">
-        <x:v>491310.41</x:v>
+        <x:v>491243.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2012" spans="1:2">
       <x:c r="A2012" s="2">
-        <x:v>43118</x:v>
+        <x:v>43140</x:v>
       </x:c>
       <x:c r="B2012" s="3">
-        <x:v>491323.51</x:v>
+        <x:v>491247.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2013" spans="1:2">
       <x:c r="A2013" s="2">
-        <x:v>43117</x:v>
+        <x:v>43139</x:v>
       </x:c>
       <x:c r="B2013" s="3">
-        <x:v>491327.11</x:v>
+        <x:v>491257.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2014" spans="1:2">
       <x:c r="A2014" s="2">
-        <x:v>43116</x:v>
+        <x:v>43138</x:v>
       </x:c>
       <x:c r="B2014" s="3">
-        <x:v>491330.57</x:v>
+        <x:v>491261.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2015" spans="1:2">
       <x:c r="A2015" s="2">
-        <x:v>43115</x:v>
+        <x:v>43137</x:v>
       </x:c>
       <x:c r="B2015" s="3">
-        <x:v>491334.93</x:v>
+        <x:v>491265.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2016" spans="1:2">
       <x:c r="A2016" s="2">
-        <x:v>43112</x:v>
+        <x:v>43136</x:v>
       </x:c>
       <x:c r="B2016" s="3">
-        <x:v>491338.72</x:v>
+        <x:v>491270.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2017" spans="1:2">
       <x:c r="A2017" s="2">
-        <x:v>43111</x:v>
+        <x:v>43133</x:v>
       </x:c>
       <x:c r="B2017" s="3">
-        <x:v>491350.33</x:v>
+        <x:v>491274.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2018" spans="1:2">
       <x:c r="A2018" s="2">
-        <x:v>43110</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="B2018" s="3">
-        <x:v>491354.7</x:v>
+        <x:v>491277.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2019" spans="1:2">
       <x:c r="A2019" s="2">
-        <x:v>43109</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B2019" s="3">
-        <x:v>491358.2</x:v>
+        <x:v>491281.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2020" spans="1:2">
       <x:c r="A2020" s="2">
-        <x:v>43108</x:v>
+        <x:v>43130</x:v>
       </x:c>
       <x:c r="B2020" s="3">
-        <x:v>491362.39</x:v>
+        <x:v>491284.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2021" spans="1:2">
       <x:c r="A2021" s="2">
-        <x:v>43105</x:v>
+        <x:v>43129</x:v>
       </x:c>
       <x:c r="B2021" s="3">
-        <x:v>491365.64</x:v>
+        <x:v>491288.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2022" spans="1:2">
       <x:c r="A2022" s="2">
-        <x:v>43104</x:v>
+        <x:v>43126</x:v>
       </x:c>
       <x:c r="B2022" s="3">
-        <x:v>491375.8</x:v>
+        <x:v>491292.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2023" spans="1:2">
       <x:c r="A2023" s="2">
-        <x:v>43103</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="B2023" s="3">
-        <x:v>491379.28</x:v>
+        <x:v>491302.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2024" spans="1:2">
       <x:c r="A2024" s="2">
-        <x:v>43102</x:v>
+        <x:v>43124</x:v>
       </x:c>
       <x:c r="B2024" s="3">
-        <x:v>491383.65</x:v>
+        <x:v>491305.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2025" spans="1:2">
       <x:c r="A2025" s="2">
-        <x:v>43098</x:v>
+        <x:v>43123</x:v>
       </x:c>
       <x:c r="B2025" s="3">
-        <x:v>491387.2</x:v>
+        <x:v>491309.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2026" spans="1:2">
       <x:c r="A2026" s="2">
-        <x:v>43097</x:v>
+        <x:v>43122</x:v>
       </x:c>
       <x:c r="B2026" s="3">
-        <x:v>491401.57</x:v>
+        <x:v>491310.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2027" spans="1:2">
       <x:c r="A2027" s="2">
-        <x:v>43096</x:v>
+        <x:v>43119</x:v>
       </x:c>
       <x:c r="B2027" s="3">
-        <x:v>491404.46</x:v>
+        <x:v>491310.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2028" spans="1:2">
       <x:c r="A2028" s="2">
-        <x:v>43091</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="B2028" s="3">
-        <x:v>491405.84</x:v>
+        <x:v>491323.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2029" spans="1:2">
       <x:c r="A2029" s="2">
-        <x:v>43090</x:v>
+        <x:v>43117</x:v>
       </x:c>
       <x:c r="B2029" s="3">
-        <x:v>491411.27</x:v>
+        <x:v>491327.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2030" spans="1:2">
       <x:c r="A2030" s="2">
-        <x:v>43089</x:v>
+        <x:v>43116</x:v>
       </x:c>
       <x:c r="B2030" s="3">
-        <x:v>491415.32</x:v>
+        <x:v>491330.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2031" spans="1:2">
       <x:c r="A2031" s="2">
-        <x:v>43088</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B2031" s="3">
-        <x:v>491418.8</x:v>
+        <x:v>491334.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2032" spans="1:2">
       <x:c r="A2032" s="2">
-        <x:v>43087</x:v>
+        <x:v>43112</x:v>
       </x:c>
       <x:c r="B2032" s="3">
-        <x:v>491423</x:v>
+        <x:v>491338.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2033" spans="1:2">
       <x:c r="A2033" s="2">
-        <x:v>43084</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="B2033" s="3">
-        <x:v>491425.69</x:v>
+        <x:v>491350.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2034" spans="1:2">
       <x:c r="A2034" s="2">
-        <x:v>43083</x:v>
+        <x:v>43110</x:v>
       </x:c>
       <x:c r="B2034" s="3">
-        <x:v>491425.73</x:v>
+        <x:v>491354.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2035" spans="1:2">
       <x:c r="A2035" s="2">
-        <x:v>43082</x:v>
+        <x:v>43109</x:v>
       </x:c>
       <x:c r="B2035" s="3">
-        <x:v>491427.69</x:v>
+        <x:v>491358.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2036" spans="1:2">
       <x:c r="A2036" s="2">
-        <x:v>43081</x:v>
+        <x:v>43108</x:v>
       </x:c>
       <x:c r="B2036" s="3">
-        <x:v>491429.29</x:v>
+        <x:v>491362.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2037" spans="1:2">
       <x:c r="A2037" s="2">
-        <x:v>43080</x:v>
+        <x:v>43105</x:v>
       </x:c>
       <x:c r="B2037" s="3">
-        <x:v>491427.22</x:v>
+        <x:v>491365.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2038" spans="1:2">
       <x:c r="A2038" s="2">
-        <x:v>43077</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="B2038" s="3">
-        <x:v>491431.03</x:v>
+        <x:v>491375.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2039" spans="1:2">
       <x:c r="A2039" s="2">
-        <x:v>43076</x:v>
+        <x:v>43103</x:v>
       </x:c>
       <x:c r="B2039" s="3">
-        <x:v>491438.1</x:v>
+        <x:v>491379.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2040" spans="1:2">
       <x:c r="A2040" s="2">
-        <x:v>43075</x:v>
+        <x:v>43102</x:v>
       </x:c>
       <x:c r="B2040" s="3">
-        <x:v>491441.87</x:v>
+        <x:v>491383.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2041" spans="1:2">
       <x:c r="A2041" s="2">
-        <x:v>43074</x:v>
+        <x:v>43098</x:v>
       </x:c>
       <x:c r="B2041" s="3">
-        <x:v>491443.32</x:v>
+        <x:v>491387.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2042" spans="1:2">
       <x:c r="A2042" s="2">
-        <x:v>43073</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="B2042" s="3">
-        <x:v>491446.99</x:v>
+        <x:v>491401.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2043" spans="1:2">
       <x:c r="A2043" s="2">
-        <x:v>43070</x:v>
+        <x:v>43096</x:v>
       </x:c>
       <x:c r="B2043" s="3">
-        <x:v>491449.18</x:v>
+        <x:v>491404.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2044" spans="1:2">
       <x:c r="A2044" s="2">
-        <x:v>43069</x:v>
+        <x:v>43091</x:v>
       </x:c>
       <x:c r="B2044" s="3">
-        <x:v>491455.67</x:v>
+        <x:v>491405.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2045" spans="1:2">
       <x:c r="A2045" s="2">
-        <x:v>43068</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="B2045" s="3">
-        <x:v>491458.28</x:v>
+        <x:v>491411.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2046" spans="1:2">
       <x:c r="A2046" s="2">
-        <x:v>43067</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="B2046" s="3">
-        <x:v>491462.54</x:v>
+        <x:v>491415.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2047" spans="1:2">
       <x:c r="A2047" s="2">
-        <x:v>43066</x:v>
+        <x:v>43088</x:v>
       </x:c>
       <x:c r="B2047" s="3">
-        <x:v>491466.41</x:v>
+        <x:v>491418.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2048" spans="1:2">
       <x:c r="A2048" s="2">
-        <x:v>43063</x:v>
+        <x:v>43087</x:v>
       </x:c>
       <x:c r="B2048" s="3">
-        <x:v>491470.63</x:v>
+        <x:v>491423</x:v>
       </x:c>
     </x:row>
     <x:row r="2049" spans="1:2">
       <x:c r="A2049" s="2">
-        <x:v>43062</x:v>
+        <x:v>43084</x:v>
       </x:c>
       <x:c r="B2049" s="3">
-        <x:v>491479.62</x:v>
+        <x:v>491425.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2050" spans="1:2">
       <x:c r="A2050" s="2">
-        <x:v>43061</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="B2050" s="3">
-        <x:v>491483.82</x:v>
+        <x:v>491425.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2051" spans="1:2">
       <x:c r="A2051" s="2">
-        <x:v>43060</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="B2051" s="3">
-        <x:v>491486.63</x:v>
+        <x:v>491427.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2052" spans="1:2">
       <x:c r="A2052" s="2">
-        <x:v>43059</x:v>
+        <x:v>43081</x:v>
       </x:c>
       <x:c r="B2052" s="3">
-        <x:v>491490</x:v>
+        <x:v>491429.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2053" spans="1:2">
       <x:c r="A2053" s="2">
-        <x:v>43056</x:v>
+        <x:v>43080</x:v>
       </x:c>
       <x:c r="B2053" s="3">
-        <x:v>491494.04</x:v>
+        <x:v>491427.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2054" spans="1:2">
       <x:c r="A2054" s="2">
-        <x:v>43055</x:v>
+        <x:v>43077</x:v>
       </x:c>
       <x:c r="B2054" s="3">
-        <x:v>491503.58</x:v>
+        <x:v>491431.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2055" spans="1:2">
       <x:c r="A2055" s="2">
-        <x:v>43054</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="B2055" s="3">
-        <x:v>491507.77</x:v>
+        <x:v>491438.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2056" spans="1:2">
       <x:c r="A2056" s="2">
-        <x:v>43053</x:v>
+        <x:v>43075</x:v>
       </x:c>
       <x:c r="B2056" s="3">
-        <x:v>491511.94</x:v>
+        <x:v>491441.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2057" spans="1:2">
       <x:c r="A2057" s="2">
-        <x:v>43052</x:v>
+        <x:v>43074</x:v>
       </x:c>
       <x:c r="B2057" s="3">
-        <x:v>491516.12</x:v>
+        <x:v>491443.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2058" spans="1:2">
       <x:c r="A2058" s="2">
-        <x:v>43049</x:v>
+        <x:v>43073</x:v>
       </x:c>
       <x:c r="B2058" s="3">
-        <x:v>491520.31</x:v>
+        <x:v>491446.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2059" spans="1:2">
       <x:c r="A2059" s="2">
-        <x:v>43048</x:v>
+        <x:v>43070</x:v>
       </x:c>
       <x:c r="B2059" s="3">
-        <x:v>491530.58</x:v>
+        <x:v>491449.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2060" spans="1:2">
       <x:c r="A2060" s="2">
-        <x:v>43047</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B2060" s="3">
-        <x:v>491534.73</x:v>
+        <x:v>491455.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2061" spans="1:2">
       <x:c r="A2061" s="2">
-        <x:v>43046</x:v>
+        <x:v>43068</x:v>
       </x:c>
       <x:c r="B2061" s="3">
-        <x:v>491538.92</x:v>
+        <x:v>491458.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2062" spans="1:2">
       <x:c r="A2062" s="2">
-        <x:v>43045</x:v>
+        <x:v>43067</x:v>
       </x:c>
       <x:c r="B2062" s="3">
-        <x:v>491543.08</x:v>
+        <x:v>491462.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2063" spans="1:2">
       <x:c r="A2063" s="2">
-        <x:v>43042</x:v>
+        <x:v>43066</x:v>
       </x:c>
       <x:c r="B2063" s="3">
-        <x:v>491547.21</x:v>
+        <x:v>491466.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2064" spans="1:2">
       <x:c r="A2064" s="2">
-        <x:v>43041</x:v>
+        <x:v>43063</x:v>
       </x:c>
       <x:c r="B2064" s="3">
-        <x:v>491554.44</x:v>
+        <x:v>491470.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2065" spans="1:2">
       <x:c r="A2065" s="2">
-        <x:v>43039</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="B2065" s="3">
-        <x:v>491558.54</x:v>
+        <x:v>491479.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2066" spans="1:2">
       <x:c r="A2066" s="2">
-        <x:v>43038</x:v>
+        <x:v>43061</x:v>
       </x:c>
       <x:c r="B2066" s="3">
-        <x:v>491566.68</x:v>
+        <x:v>491483.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2067" spans="1:2">
       <x:c r="A2067" s="2">
-        <x:v>43035</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="B2067" s="3">
-        <x:v>491567.33</x:v>
+        <x:v>491486.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2068" spans="1:2">
       <x:c r="A2068" s="2">
-        <x:v>43034</x:v>
+        <x:v>43059</x:v>
       </x:c>
       <x:c r="B2068" s="3">
-        <x:v>491572.94</x:v>
+        <x:v>491490</x:v>
       </x:c>
     </x:row>
     <x:row r="2069" spans="1:2">
       <x:c r="A2069" s="2">
-        <x:v>43033</x:v>
+        <x:v>43056</x:v>
       </x:c>
       <x:c r="B2069" s="3">
-        <x:v>491577.2</x:v>
+        <x:v>491494.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2070" spans="1:2">
       <x:c r="A2070" s="2">
-        <x:v>43032</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="B2070" s="3">
-        <x:v>491581.45</x:v>
+        <x:v>491503.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2071" spans="1:2">
       <x:c r="A2071" s="2">
-        <x:v>43031</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B2071" s="3">
-        <x:v>491585.27</x:v>
+        <x:v>491507.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2072" spans="1:2">
       <x:c r="A2072" s="2">
-        <x:v>43028</x:v>
+        <x:v>43053</x:v>
       </x:c>
       <x:c r="B2072" s="3">
-        <x:v>491589.52</x:v>
+        <x:v>491511.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2073" spans="1:2">
       <x:c r="A2073" s="2">
-        <x:v>43027</x:v>
+        <x:v>43052</x:v>
       </x:c>
       <x:c r="B2073" s="3">
-        <x:v>491595.21</x:v>
+        <x:v>491516.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2074" spans="1:2">
       <x:c r="A2074" s="2">
-        <x:v>43026</x:v>
+        <x:v>43049</x:v>
       </x:c>
       <x:c r="B2074" s="3">
-        <x:v>491598.86</x:v>
+        <x:v>491520.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2075" spans="1:2">
       <x:c r="A2075" s="2">
-        <x:v>43025</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="B2075" s="3">
-        <x:v>491600.73</x:v>
+        <x:v>491530.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2076" spans="1:2">
       <x:c r="A2076" s="2">
-        <x:v>43024</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="B2076" s="3">
-        <x:v>491603.07</x:v>
+        <x:v>491534.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2077" spans="1:2">
       <x:c r="A2077" s="2">
-        <x:v>43021</x:v>
+        <x:v>43046</x:v>
       </x:c>
       <x:c r="B2077" s="3">
-        <x:v>491603.18</x:v>
+        <x:v>491538.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2078" spans="1:2">
       <x:c r="A2078" s="2">
-        <x:v>43020</x:v>
+        <x:v>43045</x:v>
       </x:c>
       <x:c r="B2078" s="3">
-        <x:v>491610.27</x:v>
+        <x:v>491543.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2079" spans="1:2">
       <x:c r="A2079" s="2">
-        <x:v>43019</x:v>
+        <x:v>43042</x:v>
       </x:c>
       <x:c r="B2079" s="3">
-        <x:v>491613.6</x:v>
+        <x:v>491547.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2080" spans="1:2">
       <x:c r="A2080" s="2">
-        <x:v>43018</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="B2080" s="3">
-        <x:v>491616.61</x:v>
+        <x:v>491554.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2081" spans="1:2">
       <x:c r="A2081" s="2">
-        <x:v>43017</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B2081" s="3">
-        <x:v>491620.8</x:v>
+        <x:v>491558.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2082" spans="1:2">
       <x:c r="A2082" s="2">
-        <x:v>43014</x:v>
+        <x:v>43038</x:v>
       </x:c>
       <x:c r="B2082" s="3">
-        <x:v>491622.78</x:v>
+        <x:v>491566.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2083" spans="1:2">
       <x:c r="A2083" s="2">
-        <x:v>43013</x:v>
+        <x:v>43035</x:v>
       </x:c>
       <x:c r="B2083" s="3">
-        <x:v>491628.55</x:v>
+        <x:v>491567.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2084" spans="1:2">
       <x:c r="A2084" s="2">
-        <x:v>43012</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="B2084" s="3">
-        <x:v>491630.21</x:v>
+        <x:v>491572.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2085" spans="1:2">
       <x:c r="A2085" s="2">
-        <x:v>43011</x:v>
+        <x:v>43033</x:v>
       </x:c>
       <x:c r="B2085" s="3">
-        <x:v>491634.06</x:v>
+        <x:v>491577.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2086" spans="1:2">
       <x:c r="A2086" s="2">
-        <x:v>43010</x:v>
+        <x:v>43032</x:v>
       </x:c>
       <x:c r="B2086" s="3">
-        <x:v>491636.73</x:v>
+        <x:v>491581.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2087" spans="1:2">
       <x:c r="A2087" s="2">
-        <x:v>43007</x:v>
+        <x:v>43031</x:v>
       </x:c>
       <x:c r="B2087" s="3">
-        <x:v>491639.07</x:v>
+        <x:v>491585.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2088" spans="1:2">
       <x:c r="A2088" s="2">
-        <x:v>43006</x:v>
+        <x:v>43028</x:v>
       </x:c>
       <x:c r="B2088" s="3">
-        <x:v>491643.91</x:v>
+        <x:v>491589.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2089" spans="1:2">
       <x:c r="A2089" s="2">
-        <x:v>43005</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="B2089" s="3">
-        <x:v>491647.77</x:v>
+        <x:v>491595.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2090" spans="1:2">
       <x:c r="A2090" s="2">
-        <x:v>43004</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="B2090" s="3">
-        <x:v>491649.61</x:v>
+        <x:v>491598.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2091" spans="1:2">
       <x:c r="A2091" s="2">
-        <x:v>43003</x:v>
+        <x:v>43025</x:v>
       </x:c>
       <x:c r="B2091" s="3">
-        <x:v>491652.15</x:v>
+        <x:v>491600.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2092" spans="1:2">
       <x:c r="A2092" s="2">
-        <x:v>43000</x:v>
+        <x:v>43024</x:v>
       </x:c>
       <x:c r="B2092" s="3">
-        <x:v>491654.32</x:v>
+        <x:v>491603.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2093" spans="1:2">
       <x:c r="A2093" s="2">
-        <x:v>42999</x:v>
+        <x:v>43021</x:v>
       </x:c>
       <x:c r="B2093" s="3">
-        <x:v>491660.69</x:v>
+        <x:v>491603.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2094" spans="1:2">
       <x:c r="A2094" s="2">
-        <x:v>42998</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="B2094" s="3">
-        <x:v>491663.99</x:v>
+        <x:v>491610.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2095" spans="1:2">
       <x:c r="A2095" s="2">
-        <x:v>42997</x:v>
+        <x:v>43019</x:v>
       </x:c>
       <x:c r="B2095" s="3">
-        <x:v>491665.22</x:v>
+        <x:v>491613.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2096" spans="1:2">
       <x:c r="A2096" s="2">
-        <x:v>42996</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="B2096" s="3">
-        <x:v>491668.47</x:v>
+        <x:v>491616.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2097" spans="1:2">
       <x:c r="A2097" s="2">
-        <x:v>42993</x:v>
+        <x:v>43017</x:v>
       </x:c>
       <x:c r="B2097" s="3">
-        <x:v>491672.71</x:v>
+        <x:v>491620.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2098" spans="1:2">
       <x:c r="A2098" s="2">
-        <x:v>42992</x:v>
+        <x:v>43014</x:v>
       </x:c>
       <x:c r="B2098" s="3">
-        <x:v>491678.66</x:v>
+        <x:v>491622.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2099" spans="1:2">
       <x:c r="A2099" s="2">
-        <x:v>42991</x:v>
+        <x:v>43013</x:v>
       </x:c>
       <x:c r="B2099" s="3">
-        <x:v>491682.39</x:v>
+        <x:v>491628.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2100" spans="1:2">
       <x:c r="A2100" s="2">
-        <x:v>42990</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="B2100" s="3">
-        <x:v>491685.88</x:v>
+        <x:v>491630.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2101" spans="1:2">
       <x:c r="A2101" s="2">
-        <x:v>42989</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="B2101" s="3">
-        <x:v>491690.07</x:v>
+        <x:v>491634.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2102" spans="1:2">
       <x:c r="A2102" s="2">
-        <x:v>42986</x:v>
+        <x:v>43010</x:v>
       </x:c>
       <x:c r="B2102" s="3">
-        <x:v>491691.4</x:v>
+        <x:v>491636.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2103" spans="1:2">
       <x:c r="A2103" s="2">
-        <x:v>42985</x:v>
+        <x:v>43007</x:v>
       </x:c>
       <x:c r="B2103" s="3">
-        <x:v>491697.41</x:v>
+        <x:v>491639.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2104" spans="1:2">
       <x:c r="A2104" s="2">
-        <x:v>42984</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="B2104" s="3">
-        <x:v>491700.5</x:v>
+        <x:v>491643.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2105" spans="1:2">
       <x:c r="A2105" s="2">
-        <x:v>42983</x:v>
+        <x:v>43005</x:v>
       </x:c>
       <x:c r="B2105" s="3">
-        <x:v>491701.97</x:v>
+        <x:v>491647.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2106" spans="1:2">
       <x:c r="A2106" s="2">
-        <x:v>42982</x:v>
+        <x:v>43004</x:v>
       </x:c>
       <x:c r="B2106" s="3">
-        <x:v>491703.12</x:v>
+        <x:v>491649.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2107" spans="1:2">
       <x:c r="A2107" s="2">
-        <x:v>42979</x:v>
+        <x:v>43003</x:v>
       </x:c>
       <x:c r="B2107" s="3">
-        <x:v>491707.31</x:v>
+        <x:v>491652.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2108" spans="1:2">
       <x:c r="A2108" s="2">
-        <x:v>42978</x:v>
+        <x:v>43000</x:v>
       </x:c>
       <x:c r="B2108" s="3">
-        <x:v>491717.24</x:v>
+        <x:v>491654.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2109" spans="1:2">
       <x:c r="A2109" s="2">
-        <x:v>42977</x:v>
+        <x:v>42999</x:v>
       </x:c>
       <x:c r="B2109" s="3">
-        <x:v>491721.48</x:v>
+        <x:v>491660.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2110" spans="1:2">
       <x:c r="A2110" s="2">
-        <x:v>42976</x:v>
+        <x:v>42998</x:v>
       </x:c>
       <x:c r="B2110" s="3">
-        <x:v>491724.33</x:v>
+        <x:v>491663.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2111" spans="1:2">
       <x:c r="A2111" s="2">
-        <x:v>42975</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="B2111" s="3">
-        <x:v>491726.62</x:v>
+        <x:v>491665.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2112" spans="1:2">
       <x:c r="A2112" s="2">
-        <x:v>42972</x:v>
+        <x:v>42996</x:v>
       </x:c>
       <x:c r="B2112" s="3">
-        <x:v>491730.81</x:v>
+        <x:v>491668.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2113" spans="1:2">
       <x:c r="A2113" s="2">
-        <x:v>42971</x:v>
+        <x:v>42993</x:v>
       </x:c>
       <x:c r="B2113" s="3">
-        <x:v>491740.08</x:v>
+        <x:v>491672.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2114" spans="1:2">
       <x:c r="A2114" s="2">
-        <x:v>42970</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="B2114" s="3">
-        <x:v>491741.06</x:v>
+        <x:v>491678.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2115" spans="1:2">
       <x:c r="A2115" s="2">
-        <x:v>42969</x:v>
+        <x:v>42991</x:v>
       </x:c>
       <x:c r="B2115" s="3">
-        <x:v>491743.08</x:v>
+        <x:v>491682.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2116" spans="1:2">
       <x:c r="A2116" s="2">
-        <x:v>42968</x:v>
+        <x:v>42990</x:v>
       </x:c>
       <x:c r="B2116" s="3">
-        <x:v>491746.81</x:v>
+        <x:v>491685.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2117" spans="1:2">
       <x:c r="A2117" s="2">
-        <x:v>42965</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="B2117" s="3">
-        <x:v>491749.13</x:v>
+        <x:v>491690.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2118" spans="1:2">
       <x:c r="A2118" s="2">
-        <x:v>42964</x:v>
+        <x:v>42986</x:v>
       </x:c>
       <x:c r="B2118" s="3">
-        <x:v>491749.74</x:v>
+        <x:v>491691.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2119" spans="1:2">
       <x:c r="A2119" s="2">
-        <x:v>42963</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="B2119" s="3">
-        <x:v>491753.05</x:v>
+        <x:v>491697.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2120" spans="1:2">
       <x:c r="A2120" s="2">
-        <x:v>42961</x:v>
+        <x:v>42984</x:v>
       </x:c>
       <x:c r="B2120" s="3">
-        <x:v>491754.39</x:v>
+        <x:v>491700.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2121" spans="1:2">
       <x:c r="A2121" s="2">
-        <x:v>42958</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="B2121" s="3">
-        <x:v>491757.83</x:v>
+        <x:v>491701.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2122" spans="1:2">
       <x:c r="A2122" s="2">
-        <x:v>42957</x:v>
+        <x:v>42982</x:v>
       </x:c>
       <x:c r="B2122" s="3">
-        <x:v>491770.25</x:v>
+        <x:v>491703.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2123" spans="1:2">
       <x:c r="A2123" s="2">
-        <x:v>42956</x:v>
+        <x:v>42979</x:v>
       </x:c>
       <x:c r="B2123" s="3">
-        <x:v>491774.4</x:v>
+        <x:v>491707.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2124" spans="1:2">
       <x:c r="A2124" s="2">
-        <x:v>42955</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B2124" s="3">
-        <x:v>491773.24</x:v>
+        <x:v>491717.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2125" spans="1:2">
       <x:c r="A2125" s="2">
-        <x:v>42954</x:v>
+        <x:v>42977</x:v>
       </x:c>
       <x:c r="B2125" s="3">
-        <x:v>491777.38</x:v>
+        <x:v>491721.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2126" spans="1:2">
       <x:c r="A2126" s="2">
-        <x:v>42951</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="B2126" s="3">
-        <x:v>491779.85</x:v>
+        <x:v>491724.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2127" spans="1:2">
       <x:c r="A2127" s="2">
-        <x:v>42950</x:v>
+        <x:v>42975</x:v>
       </x:c>
       <x:c r="B2127" s="3">
-        <x:v>491786.37</x:v>
+        <x:v>491726.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2128" spans="1:2">
       <x:c r="A2128" s="2">
-        <x:v>42949</x:v>
+        <x:v>42972</x:v>
       </x:c>
       <x:c r="B2128" s="3">
-        <x:v>491790.52</x:v>
+        <x:v>491730.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2129" spans="1:2">
       <x:c r="A2129" s="2">
-        <x:v>42948</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="B2129" s="3">
-        <x:v>491794.7</x:v>
+        <x:v>491740.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2130" spans="1:2">
       <x:c r="A2130" s="2">
-        <x:v>42947</x:v>
+        <x:v>42970</x:v>
       </x:c>
       <x:c r="B2130" s="3">
-        <x:v>491798.77</x:v>
+        <x:v>491741.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2131" spans="1:2">
       <x:c r="A2131" s="2">
-        <x:v>42944</x:v>
+        <x:v>42969</x:v>
       </x:c>
       <x:c r="B2131" s="3">
-        <x:v>491803</x:v>
+        <x:v>491743.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2132" spans="1:2">
       <x:c r="A2132" s="2">
-        <x:v>42943</x:v>
+        <x:v>42968</x:v>
       </x:c>
       <x:c r="B2132" s="3">
-        <x:v>491794.05</x:v>
+        <x:v>491746.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2133" spans="1:2">
       <x:c r="A2133" s="2">
-        <x:v>42942</x:v>
+        <x:v>42965</x:v>
       </x:c>
       <x:c r="B2133" s="3">
-        <x:v>491786.25</x:v>
+        <x:v>491749.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2134" spans="1:2">
       <x:c r="A2134" s="2">
-        <x:v>42941</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="B2134" s="3">
-        <x:v>491781.68</x:v>
+        <x:v>491749.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2135" spans="1:2">
       <x:c r="A2135" s="2">
-        <x:v>42940</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="B2135" s="3">
-        <x:v>491785.08</x:v>
+        <x:v>491753.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2136" spans="1:2">
       <x:c r="A2136" s="2">
-        <x:v>42937</x:v>
+        <x:v>42961</x:v>
       </x:c>
       <x:c r="B2136" s="3">
-        <x:v>491787.63</x:v>
+        <x:v>491754.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2137" spans="1:2">
       <x:c r="A2137" s="2">
-        <x:v>42936</x:v>
+        <x:v>42958</x:v>
       </x:c>
       <x:c r="B2137" s="3">
-        <x:v>491796.23</x:v>
+        <x:v>491757.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2138" spans="1:2">
       <x:c r="A2138" s="2">
-        <x:v>42935</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="B2138" s="3">
-        <x:v>491800.5</x:v>
+        <x:v>491770.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2139" spans="1:2">
       <x:c r="A2139" s="2">
-        <x:v>42934</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="B2139" s="3">
-        <x:v>491802.27</x:v>
+        <x:v>491774.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2140" spans="1:2">
       <x:c r="A2140" s="2">
-        <x:v>42933</x:v>
+        <x:v>42955</x:v>
       </x:c>
       <x:c r="B2140" s="3">
-        <x:v>491802.14</x:v>
+        <x:v>491773.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2141" spans="1:2">
       <x:c r="A2141" s="2">
-        <x:v>42929</x:v>
+        <x:v>42954</x:v>
       </x:c>
       <x:c r="B2141" s="3">
-        <x:v>491799.41</x:v>
+        <x:v>491777.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2142" spans="1:2">
       <x:c r="A2142" s="2">
-        <x:v>42928</x:v>
+        <x:v>42951</x:v>
       </x:c>
       <x:c r="B2142" s="3">
-        <x:v>491808.99</x:v>
+        <x:v>491779.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2143" spans="1:2">
       <x:c r="A2143" s="2">
-        <x:v>42927</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="B2143" s="3">
-        <x:v>491813.22</x:v>
+        <x:v>491786.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2144" spans="1:2">
       <x:c r="A2144" s="2">
-        <x:v>42926</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="B2144" s="3">
-        <x:v>491816.88</x:v>
+        <x:v>491790.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2145" spans="1:2">
       <x:c r="A2145" s="2">
-        <x:v>42923</x:v>
+        <x:v>42948</x:v>
       </x:c>
       <x:c r="B2145" s="3">
-        <x:v>491820.44</x:v>
+        <x:v>491794.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2146" spans="1:2">
       <x:c r="A2146" s="2">
-        <x:v>42922</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B2146" s="3">
-        <x:v>491828.99</x:v>
+        <x:v>491798.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2147" spans="1:2">
       <x:c r="A2147" s="2">
-        <x:v>42921</x:v>
+        <x:v>42944</x:v>
       </x:c>
       <x:c r="B2147" s="3">
-        <x:v>491833.19</x:v>
+        <x:v>491803</x:v>
       </x:c>
     </x:row>
     <x:row r="2148" spans="1:2">
       <x:c r="A2148" s="2">
-        <x:v>42920</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="B2148" s="3">
-        <x:v>491837.38</x:v>
+        <x:v>491794.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2149" spans="1:2">
       <x:c r="A2149" s="2">
-        <x:v>42919</x:v>
+        <x:v>42942</x:v>
       </x:c>
       <x:c r="B2149" s="3">
-        <x:v>491841.12</x:v>
+        <x:v>491786.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2150" spans="1:2">
       <x:c r="A2150" s="2">
-        <x:v>42916</x:v>
+        <x:v>42941</x:v>
       </x:c>
       <x:c r="B2150" s="3">
-        <x:v>491845.13</x:v>
+        <x:v>491781.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2151" spans="1:2">
       <x:c r="A2151" s="2">
-        <x:v>42915</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="B2151" s="3">
-        <x:v>491853.74</x:v>
+        <x:v>491785.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2152" spans="1:2">
       <x:c r="A2152" s="2">
-        <x:v>42914</x:v>
+        <x:v>42937</x:v>
       </x:c>
       <x:c r="B2152" s="3">
-        <x:v>491856.64</x:v>
+        <x:v>491787.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2153" spans="1:2">
       <x:c r="A2153" s="2">
-        <x:v>42913</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="B2153" s="3">
-        <x:v>491856.19</x:v>
+        <x:v>491796.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2154" spans="1:2">
       <x:c r="A2154" s="2">
-        <x:v>42912</x:v>
+        <x:v>42935</x:v>
       </x:c>
       <x:c r="B2154" s="3">
-        <x:v>491859.08</x:v>
+        <x:v>491800.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2155" spans="1:2">
       <x:c r="A2155" s="2">
-        <x:v>42909</x:v>
+        <x:v>42934</x:v>
       </x:c>
       <x:c r="B2155" s="3">
-        <x:v>491861.98</x:v>
+        <x:v>491802.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2156" spans="1:2">
       <x:c r="A2156" s="2">
-        <x:v>42908</x:v>
+        <x:v>42933</x:v>
       </x:c>
       <x:c r="B2156" s="3">
-        <x:v>491854.45</x:v>
+        <x:v>491802.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2157" spans="1:2">
       <x:c r="A2157" s="2">
-        <x:v>42907</x:v>
+        <x:v>42929</x:v>
       </x:c>
       <x:c r="B2157" s="3">
-        <x:v>491853.33</x:v>
+        <x:v>491799.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2158" spans="1:2">
       <x:c r="A2158" s="2">
-        <x:v>42906</x:v>
+        <x:v>42928</x:v>
       </x:c>
       <x:c r="B2158" s="3">
-        <x:v>491848.63</x:v>
+        <x:v>491808.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2159" spans="1:2">
       <x:c r="A2159" s="2">
-        <x:v>42905</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="B2159" s="3">
-        <x:v>491850.83</x:v>
+        <x:v>491813.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2160" spans="1:2">
       <x:c r="A2160" s="2">
-        <x:v>42902</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="B2160" s="3">
-        <x:v>491853.63</x:v>
+        <x:v>491816.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2161" spans="1:2">
       <x:c r="A2161" s="2">
-        <x:v>42901</x:v>
+        <x:v>42923</x:v>
       </x:c>
       <x:c r="B2161" s="3">
-        <x:v>491857.88</x:v>
+        <x:v>491820.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2162" spans="1:2">
       <x:c r="A2162" s="2">
-        <x:v>42900</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="B2162" s="3">
-        <x:v>491860.72</x:v>
+        <x:v>491828.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2163" spans="1:2">
       <x:c r="A2163" s="2">
-        <x:v>42899</x:v>
+        <x:v>42921</x:v>
       </x:c>
       <x:c r="B2163" s="3">
-        <x:v>491863.56</x:v>
+        <x:v>491833.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2164" spans="1:2">
       <x:c r="A2164" s="2">
-        <x:v>42898</x:v>
+        <x:v>42920</x:v>
       </x:c>
       <x:c r="B2164" s="3">
-        <x:v>491865.61</x:v>
+        <x:v>491837.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2165" spans="1:2">
       <x:c r="A2165" s="2">
-        <x:v>42895</x:v>
+        <x:v>42919</x:v>
       </x:c>
       <x:c r="B2165" s="3">
-        <x:v>491868.4</x:v>
+        <x:v>491841.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2166" spans="1:2">
       <x:c r="A2166" s="2">
-        <x:v>42894</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B2166" s="3">
-        <x:v>491875.02</x:v>
+        <x:v>491845.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2167" spans="1:2">
       <x:c r="A2167" s="2">
-        <x:v>42893</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="B2167" s="3">
-        <x:v>491877.4</x:v>
+        <x:v>491853.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2168" spans="1:2">
       <x:c r="A2168" s="2">
-        <x:v>42892</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="B2168" s="3">
-        <x:v>491879.84</x:v>
+        <x:v>491856.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2169" spans="1:2">
       <x:c r="A2169" s="2">
-        <x:v>42888</x:v>
+        <x:v>42913</x:v>
       </x:c>
       <x:c r="B2169" s="3">
-        <x:v>491881.4</x:v>
+        <x:v>491856.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2170" spans="1:2">
       <x:c r="A2170" s="2">
-        <x:v>42887</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="B2170" s="3">
-        <x:v>491884.32</x:v>
+        <x:v>491859.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2171" spans="1:2">
       <x:c r="A2171" s="2">
-        <x:v>42886</x:v>
+        <x:v>42909</x:v>
       </x:c>
       <x:c r="B2171" s="3">
-        <x:v>491887.02</x:v>
+        <x:v>491861.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2172" spans="1:2">
       <x:c r="A2172" s="2">
-        <x:v>42885</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="B2172" s="3">
-        <x:v>491888.36</x:v>
+        <x:v>491854.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2173" spans="1:2">
       <x:c r="A2173" s="2">
-        <x:v>42884</x:v>
+        <x:v>42907</x:v>
       </x:c>
       <x:c r="B2173" s="3">
-        <x:v>491891.04</x:v>
+        <x:v>491853.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2174" spans="1:2">
       <x:c r="A2174" s="2">
-        <x:v>42881</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="B2174" s="3">
-        <x:v>491893.9</x:v>
+        <x:v>491848.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2175" spans="1:2">
       <x:c r="A2175" s="2">
-        <x:v>42879</x:v>
+        <x:v>42905</x:v>
       </x:c>
       <x:c r="B2175" s="3">
-        <x:v>491901.22</x:v>
+        <x:v>491850.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2176" spans="1:2">
       <x:c r="A2176" s="2">
-        <x:v>42878</x:v>
+        <x:v>42902</x:v>
       </x:c>
       <x:c r="B2176" s="3">
-        <x:v>491906.96</x:v>
+        <x:v>491853.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2177" spans="1:2">
       <x:c r="A2177" s="2">
-        <x:v>42877</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B2177" s="3">
-        <x:v>491909.81</x:v>
+        <x:v>491857.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2178" spans="1:2">
       <x:c r="A2178" s="2">
-        <x:v>42874</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="B2178" s="3">
-        <x:v>491912.68</x:v>
+        <x:v>491860.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2179" spans="1:2">
       <x:c r="A2179" s="2">
-        <x:v>42873</x:v>
+        <x:v>42899</x:v>
       </x:c>
       <x:c r="B2179" s="3">
-        <x:v>491919.35</x:v>
+        <x:v>491863.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2180" spans="1:2">
       <x:c r="A2180" s="2">
-        <x:v>42872</x:v>
+        <x:v>42898</x:v>
       </x:c>
       <x:c r="B2180" s="3">
-        <x:v>491913.32</x:v>
+        <x:v>491865.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2181" spans="1:2">
       <x:c r="A2181" s="2">
-        <x:v>42871</x:v>
+        <x:v>42895</x:v>
       </x:c>
       <x:c r="B2181" s="3">
-        <x:v>491912.28</x:v>
+        <x:v>491868.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2182" spans="1:2">
       <x:c r="A2182" s="2">
-        <x:v>42870</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="B2182" s="3">
-        <x:v>491915.12</x:v>
+        <x:v>491875.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2183" spans="1:2">
       <x:c r="A2183" s="2">
-        <x:v>42867</x:v>
+        <x:v>42893</x:v>
       </x:c>
       <x:c r="B2183" s="3">
-        <x:v>491908.08</x:v>
+        <x:v>491877.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2184" spans="1:2">
       <x:c r="A2184" s="2">
-        <x:v>42866</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="B2184" s="3">
-        <x:v>491916.36</x:v>
+        <x:v>491879.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2185" spans="1:2">
       <x:c r="A2185" s="2">
-        <x:v>42865</x:v>
+        <x:v>42888</x:v>
       </x:c>
       <x:c r="B2185" s="3">
-        <x:v>491919.12</x:v>
+        <x:v>491881.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2186" spans="1:2">
       <x:c r="A2186" s="2">
-        <x:v>42864</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="B2186" s="3">
-        <x:v>491921.13</x:v>
+        <x:v>491884.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2187" spans="1:2">
       <x:c r="A2187" s="2">
-        <x:v>42860</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B2187" s="3">
-        <x:v>491923.94</x:v>
+        <x:v>491887.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2188" spans="1:2">
       <x:c r="A2188" s="2">
-        <x:v>42859</x:v>
+        <x:v>42885</x:v>
       </x:c>
       <x:c r="B2188" s="3">
-        <x:v>491932.65</x:v>
+        <x:v>491888.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2189" spans="1:2">
       <x:c r="A2189" s="2">
-        <x:v>42858</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="B2189" s="3">
-        <x:v>491935.48</x:v>
+        <x:v>491891.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2190" spans="1:2">
       <x:c r="A2190" s="2">
-        <x:v>42857</x:v>
+        <x:v>42881</x:v>
       </x:c>
       <x:c r="B2190" s="3">
-        <x:v>491937.98</x:v>
+        <x:v>491893.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2191" spans="1:2">
       <x:c r="A2191" s="2">
-        <x:v>42853</x:v>
+        <x:v>42879</x:v>
       </x:c>
       <x:c r="B2191" s="3">
-        <x:v>491935.3</x:v>
+        <x:v>491901.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2192" spans="1:2">
       <x:c r="A2192" s="2">
-        <x:v>42852</x:v>
+        <x:v>42878</x:v>
       </x:c>
       <x:c r="B2192" s="3">
-        <x:v>491945.74</x:v>
+        <x:v>491906.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2193" spans="1:2">
       <x:c r="A2193" s="2">
-        <x:v>42851</x:v>
+        <x:v>42877</x:v>
       </x:c>
       <x:c r="B2193" s="3">
-        <x:v>491948.65</x:v>
+        <x:v>491909.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2194" spans="1:2">
       <x:c r="A2194" s="2">
-        <x:v>42850</x:v>
+        <x:v>42874</x:v>
       </x:c>
       <x:c r="B2194" s="3">
-        <x:v>491945.21</x:v>
+        <x:v>491912.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2195" spans="1:2">
       <x:c r="A2195" s="2">
-        <x:v>42849</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="B2195" s="3">
-        <x:v>491947.01</x:v>
+        <x:v>491919.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2196" spans="1:2">
       <x:c r="A2196" s="2">
-        <x:v>42846</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="B2196" s="3">
-        <x:v>492360.94</x:v>
+        <x:v>491913.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2197" spans="1:2">
       <x:c r="A2197" s="2">
-        <x:v>42845</x:v>
+        <x:v>42871</x:v>
       </x:c>
       <x:c r="B2197" s="3">
-        <x:v>492369.48</x:v>
+        <x:v>491912.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2198" spans="1:2">
       <x:c r="A2198" s="2">
-        <x:v>42844</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B2198" s="3">
-        <x:v>492372.33</x:v>
+        <x:v>491915.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2199" spans="1:2">
       <x:c r="A2199" s="2">
-        <x:v>42843</x:v>
+        <x:v>42867</x:v>
       </x:c>
       <x:c r="B2199" s="3">
-        <x:v>492375.19</x:v>
+        <x:v>491908.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2200" spans="1:2">
       <x:c r="A2200" s="2">
-        <x:v>42838</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="B2200" s="3">
-        <x:v>492376.85</x:v>
+        <x:v>491916.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2201" spans="1:2">
       <x:c r="A2201" s="2">
-        <x:v>42837</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="B2201" s="3">
-        <x:v>492385.72</x:v>
+        <x:v>491919.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2202" spans="1:2">
       <x:c r="A2202" s="2">
-        <x:v>42836</x:v>
+        <x:v>42864</x:v>
       </x:c>
       <x:c r="B2202" s="3">
-        <x:v>492388.56</x:v>
+        <x:v>491921.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2203" spans="1:2">
       <x:c r="A2203" s="2">
-        <x:v>42835</x:v>
+        <x:v>42860</x:v>
       </x:c>
       <x:c r="B2203" s="3">
-        <x:v>492390.9</x:v>
+        <x:v>491923.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2204" spans="1:2">
       <x:c r="A2204" s="2">
-        <x:v>42832</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="B2204" s="3">
-        <x:v>492390.7</x:v>
+        <x:v>491932.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2205" spans="1:2">
       <x:c r="A2205" s="2">
-        <x:v>42831</x:v>
+        <x:v>42858</x:v>
       </x:c>
       <x:c r="B2205" s="3">
-        <x:v>492397.01</x:v>
+        <x:v>491935.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2206" spans="1:2">
       <x:c r="A2206" s="2">
-        <x:v>42830</x:v>
+        <x:v>42857</x:v>
       </x:c>
       <x:c r="B2206" s="3">
-        <x:v>492398.9</x:v>
+        <x:v>491937.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2207" spans="1:2">
       <x:c r="A2207" s="2">
-        <x:v>42829</x:v>
+        <x:v>42853</x:v>
       </x:c>
       <x:c r="B2207" s="3">
-        <x:v>492401.65</x:v>
+        <x:v>491935.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2208" spans="1:2">
       <x:c r="A2208" s="2">
-        <x:v>42828</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="B2208" s="3">
-        <x:v>492403.6</x:v>
+        <x:v>491945.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2209" spans="1:2">
       <x:c r="A2209" s="2">
-        <x:v>42825</x:v>
+        <x:v>42851</x:v>
       </x:c>
       <x:c r="B2209" s="3">
-        <x:v>492406.4</x:v>
+        <x:v>491948.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2210" spans="1:2">
       <x:c r="A2210" s="2">
-        <x:v>42824</x:v>
+        <x:v>42850</x:v>
       </x:c>
       <x:c r="B2210" s="3">
-        <x:v>492410.55</x:v>
+        <x:v>491945.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2211" spans="1:2">
       <x:c r="A2211" s="2">
-        <x:v>42823</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="B2211" s="3">
-        <x:v>492413.38</x:v>
+        <x:v>491947.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2212" spans="1:2">
       <x:c r="A2212" s="2">
-        <x:v>42822</x:v>
+        <x:v>42846</x:v>
       </x:c>
       <x:c r="B2212" s="3">
-        <x:v>492415.21</x:v>
+        <x:v>492360.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2213" spans="1:2">
       <x:c r="A2213" s="2">
-        <x:v>42821</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="B2213" s="3">
-        <x:v>492418.04</x:v>
+        <x:v>492369.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2214" spans="1:2">
       <x:c r="A2214" s="2">
-        <x:v>42818</x:v>
+        <x:v>42844</x:v>
       </x:c>
       <x:c r="B2214" s="3">
-        <x:v>492419.96</x:v>
+        <x:v>492372.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2215" spans="1:2">
       <x:c r="A2215" s="2">
-        <x:v>42817</x:v>
+        <x:v>42843</x:v>
       </x:c>
       <x:c r="B2215" s="3">
-        <x:v>492425.37</x:v>
+        <x:v>492375.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2216" spans="1:2">
       <x:c r="A2216" s="2">
-        <x:v>42816</x:v>
+        <x:v>42838</x:v>
       </x:c>
       <x:c r="B2216" s="3">
-        <x:v>492428.2</x:v>
+        <x:v>492376.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2217" spans="1:2">
       <x:c r="A2217" s="2">
-        <x:v>42815</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="B2217" s="3">
-        <x:v>492430.32</x:v>
+        <x:v>492385.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2218" spans="1:2">
       <x:c r="A2218" s="2">
-        <x:v>42814</x:v>
+        <x:v>42836</x:v>
       </x:c>
       <x:c r="B2218" s="3">
-        <x:v>492432.69</x:v>
+        <x:v>492388.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2219" spans="1:2">
       <x:c r="A2219" s="2">
-        <x:v>42811</x:v>
+        <x:v>42835</x:v>
       </x:c>
       <x:c r="B2219" s="3">
-        <x:v>492435.46</x:v>
+        <x:v>492390.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2220" spans="1:2">
       <x:c r="A2220" s="2">
-        <x:v>42810</x:v>
+        <x:v>42832</x:v>
       </x:c>
       <x:c r="B2220" s="3">
-        <x:v>492442.02</x:v>
+        <x:v>492390.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2221" spans="1:2">
       <x:c r="A2221" s="2">
-        <x:v>42809</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="B2221" s="3">
-        <x:v>492440.51</x:v>
+        <x:v>492397.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2222" spans="1:2">
       <x:c r="A2222" s="2">
-        <x:v>42808</x:v>
+        <x:v>42830</x:v>
       </x:c>
       <x:c r="B2222" s="3">
-        <x:v>492442.45</x:v>
+        <x:v>492398.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2223" spans="1:2">
       <x:c r="A2223" s="2">
-        <x:v>42807</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="B2223" s="3">
-        <x:v>492437.6</x:v>
+        <x:v>492401.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2224" spans="1:2">
       <x:c r="A2224" s="2">
-        <x:v>42804</x:v>
+        <x:v>42828</x:v>
       </x:c>
       <x:c r="B2224" s="3">
-        <x:v>492440.34</x:v>
+        <x:v>492403.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2225" spans="1:2">
       <x:c r="A2225" s="2">
-        <x:v>42803</x:v>
+        <x:v>42825</x:v>
       </x:c>
       <x:c r="B2225" s="3">
-        <x:v>492444.96</x:v>
+        <x:v>492406.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2226" spans="1:2">
       <x:c r="A2226" s="2">
-        <x:v>42802</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="B2226" s="3">
-        <x:v>492445.85</x:v>
+        <x:v>492410.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2227" spans="1:2">
       <x:c r="A2227" s="2">
-        <x:v>42801</x:v>
+        <x:v>42823</x:v>
       </x:c>
       <x:c r="B2227" s="3">
-        <x:v>492442.03</x:v>
+        <x:v>492413.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2228" spans="1:2">
       <x:c r="A2228" s="2">
-        <x:v>42800</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="B2228" s="3">
-        <x:v>492444.91</x:v>
+        <x:v>492415.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2229" spans="1:2">
       <x:c r="A2229" s="2">
-        <x:v>42797</x:v>
+        <x:v>42821</x:v>
       </x:c>
       <x:c r="B2229" s="3">
-        <x:v>492441.81</x:v>
+        <x:v>492418.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2230" spans="1:2">
       <x:c r="A2230" s="2">
-        <x:v>42796</x:v>
+        <x:v>42818</x:v>
       </x:c>
       <x:c r="B2230" s="3">
-        <x:v>492449.83</x:v>
+        <x:v>492419.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2231" spans="1:2">
       <x:c r="A2231" s="2">
-        <x:v>42795</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="B2231" s="3">
-        <x:v>492447.06</x:v>
+        <x:v>492425.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2232" spans="1:2">
       <x:c r="A2232" s="2">
-        <x:v>42794</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="B2232" s="3">
-        <x:v>492449.53</x:v>
+        <x:v>492428.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2233" spans="1:2">
       <x:c r="A2233" s="2">
-        <x:v>42793</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="B2233" s="3">
-        <x:v>492452.54</x:v>
+        <x:v>492430.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2234" spans="1:2">
       <x:c r="A2234" s="2">
-        <x:v>42790</x:v>
+        <x:v>42814</x:v>
       </x:c>
       <x:c r="B2234" s="3">
-        <x:v>492455.55</x:v>
+        <x:v>492432.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2235" spans="1:2">
       <x:c r="A2235" s="2">
-        <x:v>42789</x:v>
+        <x:v>42811</x:v>
       </x:c>
       <x:c r="B2235" s="3">
-        <x:v>492464.34</x:v>
+        <x:v>492435.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2236" spans="1:2">
       <x:c r="A2236" s="2">
-        <x:v>42788</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="B2236" s="3">
-        <x:v>492467.35</x:v>
+        <x:v>492442.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2237" spans="1:2">
       <x:c r="A2237" s="2">
-        <x:v>42787</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B2237" s="3">
-        <x:v>492470.36</x:v>
+        <x:v>492440.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2238" spans="1:2">
       <x:c r="A2238" s="2">
-        <x:v>42786</x:v>
+        <x:v>42808</x:v>
       </x:c>
       <x:c r="B2238" s="3">
-        <x:v>492473.25</x:v>
+        <x:v>492442.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2239" spans="1:2">
       <x:c r="A2239" s="2">
-        <x:v>42783</x:v>
+        <x:v>42807</x:v>
       </x:c>
       <x:c r="B2239" s="3">
-        <x:v>492476.26</x:v>
+        <x:v>492437.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2240" spans="1:2">
       <x:c r="A2240" s="2">
-        <x:v>42782</x:v>
+        <x:v>42804</x:v>
       </x:c>
       <x:c r="B2240" s="3">
-        <x:v>492481.27</x:v>
+        <x:v>492440.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2241" spans="1:2">
       <x:c r="A2241" s="2">
-        <x:v>42781</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="B2241" s="3">
-        <x:v>492484.28</x:v>
+        <x:v>492444.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2242" spans="1:2">
       <x:c r="A2242" s="2">
-        <x:v>42780</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="B2242" s="3">
-        <x:v>492482.17</x:v>
+        <x:v>492445.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2243" spans="1:2">
       <x:c r="A2243" s="2">
-        <x:v>42779</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="B2243" s="3">
-        <x:v>492482.55</x:v>
+        <x:v>492442.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2244" spans="1:2">
       <x:c r="A2244" s="2">
-        <x:v>42776</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="B2244" s="3">
-        <x:v>492484.62</x:v>
+        <x:v>492444.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2245" spans="1:2">
       <x:c r="A2245" s="2">
-        <x:v>42775</x:v>
+        <x:v>42797</x:v>
       </x:c>
       <x:c r="B2245" s="3">
-        <x:v>492486.41</x:v>
+        <x:v>492441.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2246" spans="1:2">
       <x:c r="A2246" s="2">
-        <x:v>42774</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="B2246" s="3">
-        <x:v>492484.38</x:v>
+        <x:v>492449.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2247" spans="1:2">
       <x:c r="A2247" s="2">
-        <x:v>42773</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="B2247" s="3">
-        <x:v>492479.25</x:v>
+        <x:v>492447.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2248" spans="1:2">
       <x:c r="A2248" s="2">
-        <x:v>42772</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B2248" s="3">
-        <x:v>492469.28</x:v>
+        <x:v>492449.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2249" spans="1:2">
       <x:c r="A2249" s="2">
-        <x:v>42769</x:v>
+        <x:v>42793</x:v>
       </x:c>
       <x:c r="B2249" s="3">
-        <x:v>492465.97</x:v>
+        <x:v>492452.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2250" spans="1:2">
       <x:c r="A2250" s="2">
-        <x:v>42768</x:v>
+        <x:v>42790</x:v>
       </x:c>
       <x:c r="B2250" s="3">
-        <x:v>492468.36</x:v>
+        <x:v>492455.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2251" spans="1:2">
       <x:c r="A2251" s="2">
-        <x:v>42767</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="B2251" s="3">
-        <x:v>492469.76</x:v>
+        <x:v>492464.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2252" spans="1:2">
       <x:c r="A2252" s="2">
-        <x:v>42766</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="B2252" s="3">
-        <x:v>492472.05</x:v>
+        <x:v>492467.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2253" spans="1:2">
       <x:c r="A2253" s="2">
-        <x:v>42765</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="B2253" s="3">
-        <x:v>492469.66</x:v>
+        <x:v>492470.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2254" spans="1:2">
       <x:c r="A2254" s="2">
-        <x:v>42762</x:v>
+        <x:v>42786</x:v>
       </x:c>
       <x:c r="B2254" s="3">
-        <x:v>492471.69</x:v>
+        <x:v>492473.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2255" spans="1:2">
       <x:c r="A2255" s="2">
-        <x:v>42761</x:v>
+        <x:v>42783</x:v>
       </x:c>
       <x:c r="B2255" s="3">
-        <x:v>492475.39</x:v>
+        <x:v>492476.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2256" spans="1:2">
       <x:c r="A2256" s="2">
-        <x:v>42760</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="B2256" s="3">
-        <x:v>492477.66</x:v>
+        <x:v>492481.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2257" spans="1:2">
       <x:c r="A2257" s="2">
-        <x:v>42759</x:v>
+        <x:v>42781</x:v>
       </x:c>
       <x:c r="B2257" s="3">
-        <x:v>492476.33</x:v>
+        <x:v>492484.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2258" spans="1:2">
       <x:c r="A2258" s="2">
-        <x:v>42758</x:v>
+        <x:v>42780</x:v>
       </x:c>
       <x:c r="B2258" s="3">
-        <x:v>492478.85</x:v>
+        <x:v>492482.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2259" spans="1:2">
       <x:c r="A2259" s="2">
-        <x:v>42755</x:v>
+        <x:v>42779</x:v>
       </x:c>
       <x:c r="B2259" s="3">
-        <x:v>492481.4</x:v>
+        <x:v>492482.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2260" spans="1:2">
       <x:c r="A2260" s="2">
-        <x:v>42754</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="B2260" s="3">
-        <x:v>492487.44</x:v>
+        <x:v>492484.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2261" spans="1:2">
       <x:c r="A2261" s="2">
-        <x:v>42753</x:v>
+        <x:v>42775</x:v>
       </x:c>
       <x:c r="B2261" s="3">
-        <x:v>492490.59</x:v>
+        <x:v>492486.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2262" spans="1:2">
       <x:c r="A2262" s="2">
-        <x:v>42752</x:v>
+        <x:v>42774</x:v>
       </x:c>
       <x:c r="B2262" s="3">
-        <x:v>492493.73</x:v>
+        <x:v>492484.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2263" spans="1:2">
       <x:c r="A2263" s="2">
-        <x:v>42751</x:v>
+        <x:v>42773</x:v>
       </x:c>
       <x:c r="B2263" s="3">
-        <x:v>492496.74</x:v>
+        <x:v>492479.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2264" spans="1:2">
       <x:c r="A2264" s="2">
-        <x:v>42748</x:v>
+        <x:v>42772</x:v>
       </x:c>
       <x:c r="B2264" s="3">
-        <x:v>492499.61</x:v>
+        <x:v>492469.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2265" spans="1:2">
       <x:c r="A2265" s="2">
-        <x:v>42747</x:v>
+        <x:v>42769</x:v>
       </x:c>
       <x:c r="B2265" s="3">
-        <x:v>492505.44</x:v>
+        <x:v>492465.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2266" spans="1:2">
       <x:c r="A2266" s="2">
-        <x:v>42746</x:v>
+        <x:v>42768</x:v>
       </x:c>
       <x:c r="B2266" s="3">
-        <x:v>492508.31</x:v>
+        <x:v>492468.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2267" spans="1:2">
       <x:c r="A2267" s="2">
-        <x:v>42745</x:v>
+        <x:v>42767</x:v>
       </x:c>
       <x:c r="B2267" s="3">
-        <x:v>492509.07</x:v>
+        <x:v>492469.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2268" spans="1:2">
       <x:c r="A2268" s="2">
-        <x:v>42744</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="B2268" s="3">
-        <x:v>492511.5</x:v>
+        <x:v>492472.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2269" spans="1:2">
       <x:c r="A2269" s="2">
-        <x:v>42741</x:v>
+        <x:v>42765</x:v>
       </x:c>
       <x:c r="B2269" s="3">
-        <x:v>492513.89</x:v>
+        <x:v>492469.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2270" spans="1:2">
       <x:c r="A2270" s="2">
-        <x:v>42740</x:v>
+        <x:v>42762</x:v>
       </x:c>
       <x:c r="B2270" s="3">
-        <x:v>492518.6</x:v>
+        <x:v>492471.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2271" spans="1:2">
       <x:c r="A2271" s="2">
-        <x:v>42739</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="B2271" s="3">
-        <x:v>492521.03</x:v>
+        <x:v>492475.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2272" spans="1:2">
       <x:c r="A2272" s="2">
-        <x:v>42738</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="B2272" s="3">
-        <x:v>492524.03</x:v>
+        <x:v>492477.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2273" spans="1:2">
       <x:c r="A2273" s="2">
-        <x:v>42737</x:v>
+        <x:v>42759</x:v>
       </x:c>
       <x:c r="B2273" s="3">
-        <x:v>492521.27</x:v>
+        <x:v>492476.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2274" spans="1:2">
       <x:c r="A2274" s="2">
-        <x:v>42734</x:v>
+        <x:v>42758</x:v>
       </x:c>
       <x:c r="B2274" s="3">
-        <x:v>492524.28</x:v>
+        <x:v>492478.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2275" spans="1:2">
       <x:c r="A2275" s="2">
-        <x:v>42733</x:v>
+        <x:v>42755</x:v>
       </x:c>
       <x:c r="B2275" s="3">
-        <x:v>492533.09</x:v>
+        <x:v>492481.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2276" spans="1:2">
       <x:c r="A2276" s="2">
-        <x:v>42732</x:v>
+        <x:v>42754</x:v>
       </x:c>
       <x:c r="B2276" s="3">
-        <x:v>492536.03</x:v>
+        <x:v>492487.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2277" spans="1:2">
       <x:c r="A2277" s="2">
-        <x:v>42731</x:v>
+        <x:v>42753</x:v>
       </x:c>
       <x:c r="B2277" s="3">
-        <x:v>492537.27</x:v>
+        <x:v>492490.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2278" spans="1:2">
       <x:c r="A2278" s="2">
-        <x:v>42727</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="B2278" s="3">
-        <x:v>492540.07</x:v>
+        <x:v>492493.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2279" spans="1:2">
       <x:c r="A2279" s="2">
-        <x:v>42726</x:v>
+        <x:v>42751</x:v>
       </x:c>
       <x:c r="B2279" s="3">
-        <x:v>492542</x:v>
+        <x:v>492496.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2280" spans="1:2">
       <x:c r="A2280" s="2">
-        <x:v>42725</x:v>
+        <x:v>42748</x:v>
       </x:c>
       <x:c r="B2280" s="3">
-        <x:v>492544.78</x:v>
+        <x:v>492499.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2281" spans="1:2">
       <x:c r="A2281" s="2">
-        <x:v>42724</x:v>
+        <x:v>42747</x:v>
       </x:c>
       <x:c r="B2281" s="3">
-        <x:v>492546.68</x:v>
+        <x:v>492505.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2282" spans="1:2">
       <x:c r="A2282" s="2">
-        <x:v>42723</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="B2282" s="3">
-        <x:v>492545.42</x:v>
+        <x:v>492508.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2283" spans="1:2">
       <x:c r="A2283" s="2">
-        <x:v>42720</x:v>
+        <x:v>42745</x:v>
       </x:c>
       <x:c r="B2283" s="3">
-        <x:v>492548.15</x:v>
+        <x:v>492509.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2284" spans="1:2">
       <x:c r="A2284" s="2">
-        <x:v>42719</x:v>
+        <x:v>42744</x:v>
       </x:c>
       <x:c r="B2284" s="3">
-        <x:v>492548.03</x:v>
+        <x:v>492511.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2285" spans="1:2">
       <x:c r="A2285" s="2">
-        <x:v>42718</x:v>
+        <x:v>42741</x:v>
       </x:c>
       <x:c r="B2285" s="3">
-        <x:v>492550.77</x:v>
+        <x:v>492513.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2286" spans="1:2">
       <x:c r="A2286" s="2">
-        <x:v>42717</x:v>
+        <x:v>42740</x:v>
       </x:c>
       <x:c r="B2286" s="3">
-        <x:v>492552.12</x:v>
+        <x:v>492518.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2287" spans="1:2">
       <x:c r="A2287" s="2">
-        <x:v>42716</x:v>
+        <x:v>42739</x:v>
       </x:c>
       <x:c r="B2287" s="3">
-        <x:v>492554.86</x:v>
+        <x:v>492521.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2288" spans="1:2">
       <x:c r="A2288" s="2">
-        <x:v>42713</x:v>
+        <x:v>42738</x:v>
       </x:c>
       <x:c r="B2288" s="3">
-        <x:v>492557.59</x:v>
+        <x:v>492524.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2289" spans="1:2">
       <x:c r="A2289" s="2">
-        <x:v>42712</x:v>
+        <x:v>42737</x:v>
       </x:c>
       <x:c r="B2289" s="3">
-        <x:v>492559.4</x:v>
+        <x:v>492521.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2290" spans="1:2">
       <x:c r="A2290" s="2">
-        <x:v>42711</x:v>
+        <x:v>42734</x:v>
       </x:c>
       <x:c r="B2290" s="3">
-        <x:v>492560.98</x:v>
+        <x:v>492524.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2291" spans="1:2">
       <x:c r="A2291" s="2">
-        <x:v>42710</x:v>
+        <x:v>42733</x:v>
       </x:c>
       <x:c r="B2291" s="3">
-        <x:v>492560.45</x:v>
+        <x:v>492533.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2292" spans="1:2">
       <x:c r="A2292" s="2">
-        <x:v>42709</x:v>
+        <x:v>42732</x:v>
       </x:c>
       <x:c r="B2292" s="3">
-        <x:v>492563.14</x:v>
+        <x:v>492536.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2293" spans="1:2">
       <x:c r="A2293" s="2">
-        <x:v>42706</x:v>
+        <x:v>42731</x:v>
       </x:c>
       <x:c r="B2293" s="3">
-        <x:v>492550.02</x:v>
+        <x:v>492537.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2294" spans="1:2">
       <x:c r="A2294" s="2">
-        <x:v>42705</x:v>
+        <x:v>42727</x:v>
       </x:c>
       <x:c r="B2294" s="3">
-        <x:v>492549.82</x:v>
+        <x:v>492540.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2295" spans="1:2">
       <x:c r="A2295" s="2">
-        <x:v>42704</x:v>
+        <x:v>42726</x:v>
       </x:c>
       <x:c r="B2295" s="3">
-        <x:v>492550.99</x:v>
+        <x:v>492542</x:v>
       </x:c>
     </x:row>
     <x:row r="2296" spans="1:2">
       <x:c r="A2296" s="2">
-        <x:v>42703</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="B2296" s="3">
-        <x:v>492545.56</x:v>
+        <x:v>492544.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2297" spans="1:2">
       <x:c r="A2297" s="2">
-        <x:v>42702</x:v>
+        <x:v>42724</x:v>
       </x:c>
       <x:c r="B2297" s="3">
-        <x:v>492544.72</x:v>
+        <x:v>492546.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2298" spans="1:2">
       <x:c r="A2298" s="2">
-        <x:v>42699</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="B2298" s="3">
-        <x:v>492547.43</x:v>
+        <x:v>492545.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2299" spans="1:2">
       <x:c r="A2299" s="2">
-        <x:v>42698</x:v>
+        <x:v>42720</x:v>
       </x:c>
       <x:c r="B2299" s="3">
-        <x:v>492553.37</x:v>
+        <x:v>492548.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2300" spans="1:2">
       <x:c r="A2300" s="2">
-        <x:v>42697</x:v>
+        <x:v>42719</x:v>
       </x:c>
       <x:c r="B2300" s="3">
-        <x:v>492555.05</x:v>
+        <x:v>492548.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2301" spans="1:2">
       <x:c r="A2301" s="2">
-        <x:v>42696</x:v>
+        <x:v>42718</x:v>
       </x:c>
       <x:c r="B2301" s="3">
-        <x:v>492557.22</x:v>
+        <x:v>492550.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2302" spans="1:2">
       <x:c r="A2302" s="2">
-        <x:v>42695</x:v>
+        <x:v>42717</x:v>
       </x:c>
       <x:c r="B2302" s="3">
-        <x:v>492556.75</x:v>
+        <x:v>492552.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2303" spans="1:2">
       <x:c r="A2303" s="2">
-        <x:v>42692</x:v>
+        <x:v>42716</x:v>
       </x:c>
       <x:c r="B2303" s="3">
-        <x:v>492559.49</x:v>
+        <x:v>492554.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2304" spans="1:2">
       <x:c r="A2304" s="2">
-        <x:v>42691</x:v>
+        <x:v>42713</x:v>
       </x:c>
       <x:c r="B2304" s="3">
-        <x:v>492566.25</x:v>
+        <x:v>492557.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2305" spans="1:2">
       <x:c r="A2305" s="2">
-        <x:v>42690</x:v>
+        <x:v>42712</x:v>
       </x:c>
       <x:c r="B2305" s="3">
-        <x:v>492566.01</x:v>
+        <x:v>492559.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2306" spans="1:2">
       <x:c r="A2306" s="2">
-        <x:v>42689</x:v>
+        <x:v>42711</x:v>
       </x:c>
       <x:c r="B2306" s="3">
-        <x:v>492566.52</x:v>
+        <x:v>492560.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2307" spans="1:2">
       <x:c r="A2307" s="2">
-        <x:v>42688</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="B2307" s="3">
-        <x:v>492568.46</x:v>
+        <x:v>492560.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2308" spans="1:2">
       <x:c r="A2308" s="2">
-        <x:v>42684</x:v>
+        <x:v>42709</x:v>
       </x:c>
       <x:c r="B2308" s="3">
-        <x:v>492571.19</x:v>
+        <x:v>492563.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2309" spans="1:2">
       <x:c r="A2309" s="2">
-        <x:v>42683</x:v>
+        <x:v>42706</x:v>
       </x:c>
       <x:c r="B2309" s="3">
-        <x:v>492573.06</x:v>
+        <x:v>492550.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2310" spans="1:2">
       <x:c r="A2310" s="2">
-        <x:v>42682</x:v>
+        <x:v>42705</x:v>
       </x:c>
       <x:c r="B2310" s="3">
-        <x:v>492571.31</x:v>
+        <x:v>492549.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2311" spans="1:2">
       <x:c r="A2311" s="2">
-        <x:v>42681</x:v>
+        <x:v>42704</x:v>
       </x:c>
       <x:c r="B2311" s="3">
-        <x:v>492573.26</x:v>
+        <x:v>492550.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2312" spans="1:2">
       <x:c r="A2312" s="2">
-        <x:v>42678</x:v>
+        <x:v>42703</x:v>
       </x:c>
       <x:c r="B2312" s="3">
-        <x:v>492576</x:v>
+        <x:v>492545.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2313" spans="1:2">
       <x:c r="A2313" s="2">
-        <x:v>42677</x:v>
+        <x:v>42702</x:v>
       </x:c>
       <x:c r="B2313" s="3">
-        <x:v>492581.34</x:v>
+        <x:v>492544.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2314" spans="1:2">
       <x:c r="A2314" s="2">
-        <x:v>42676</x:v>
+        <x:v>42699</x:v>
       </x:c>
       <x:c r="B2314" s="3">
-        <x:v>492565.4</x:v>
+        <x:v>492547.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2315" spans="1:2">
       <x:c r="A2315" s="2">
-        <x:v>42674</x:v>
+        <x:v>42698</x:v>
       </x:c>
       <x:c r="B2315" s="3">
-        <x:v>492564.77</x:v>
+        <x:v>492553.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2316" spans="1:2">
       <x:c r="A2316" s="2">
-        <x:v>42671</x:v>
+        <x:v>42697</x:v>
       </x:c>
       <x:c r="B2316" s="3">
-        <x:v>492567.34</x:v>
+        <x:v>492555.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2317" spans="1:2">
       <x:c r="A2317" s="2">
-        <x:v>42670</x:v>
+        <x:v>42696</x:v>
       </x:c>
       <x:c r="B2317" s="3">
-        <x:v>492567.18</x:v>
+        <x:v>492557.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2318" spans="1:2">
       <x:c r="A2318" s="2">
-        <x:v>42669</x:v>
+        <x:v>42695</x:v>
       </x:c>
       <x:c r="B2318" s="3">
-        <x:v>492545.15</x:v>
+        <x:v>492556.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2319" spans="1:2">
       <x:c r="A2319" s="2">
-        <x:v>42668</x:v>
+        <x:v>42692</x:v>
       </x:c>
       <x:c r="B2319" s="3">
-        <x:v>492547.08</x:v>
+        <x:v>492559.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2320" spans="1:2">
       <x:c r="A2320" s="2">
-        <x:v>42667</x:v>
+        <x:v>42691</x:v>
       </x:c>
       <x:c r="B2320" s="3">
-        <x:v>492549.07</x:v>
+        <x:v>492566.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2321" spans="1:2">
       <x:c r="A2321" s="2">
-        <x:v>42664</x:v>
+        <x:v>42690</x:v>
       </x:c>
       <x:c r="B2321" s="3">
-        <x:v>492536.72</x:v>
+        <x:v>492566.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2322" spans="1:2">
       <x:c r="A2322" s="2">
-        <x:v>42663</x:v>
+        <x:v>42689</x:v>
       </x:c>
       <x:c r="B2322" s="3">
-        <x:v>492524.83</x:v>
+        <x:v>492566.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2323" spans="1:2">
       <x:c r="A2323" s="2">
-        <x:v>42662</x:v>
+        <x:v>42688</x:v>
       </x:c>
       <x:c r="B2323" s="3">
-        <x:v>492517.91</x:v>
+        <x:v>492568.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2324" spans="1:2">
       <x:c r="A2324" s="2">
-        <x:v>42661</x:v>
+        <x:v>42684</x:v>
       </x:c>
       <x:c r="B2324" s="3">
-        <x:v>492517.64</x:v>
+        <x:v>492571.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2325" spans="1:2">
       <x:c r="A2325" s="2">
-        <x:v>42660</x:v>
+        <x:v>42683</x:v>
       </x:c>
       <x:c r="B2325" s="3">
-        <x:v>492514.39</x:v>
+        <x:v>492573.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2326" spans="1:2">
       <x:c r="A2326" s="2">
-        <x:v>42657</x:v>
+        <x:v>42682</x:v>
       </x:c>
       <x:c r="B2326" s="3">
-        <x:v>492515.83</x:v>
+        <x:v>492571.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2327" spans="1:2">
       <x:c r="A2327" s="2">
-        <x:v>42656</x:v>
+        <x:v>42681</x:v>
       </x:c>
       <x:c r="B2327" s="3">
-        <x:v>492518.3</x:v>
+        <x:v>492573.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2328" spans="1:2">
       <x:c r="A2328" s="2">
-        <x:v>42655</x:v>
+        <x:v>42678</x:v>
       </x:c>
       <x:c r="B2328" s="3">
-        <x:v>492519.25</x:v>
+        <x:v>492576</x:v>
       </x:c>
     </x:row>
     <x:row r="2329" spans="1:2">
       <x:c r="A2329" s="2">
-        <x:v>42654</x:v>
+        <x:v>42677</x:v>
       </x:c>
       <x:c r="B2329" s="3">
-        <x:v>492519.54</x:v>
+        <x:v>492581.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2330" spans="1:2">
       <x:c r="A2330" s="2">
-        <x:v>42653</x:v>
+        <x:v>42676</x:v>
       </x:c>
       <x:c r="B2330" s="3">
-        <x:v>492514.72</x:v>
+        <x:v>492565.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2331" spans="1:2">
       <x:c r="A2331" s="2">
-        <x:v>42650</x:v>
+        <x:v>42674</x:v>
       </x:c>
       <x:c r="B2331" s="3">
-        <x:v>492515.67</x:v>
+        <x:v>492564.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2332" spans="1:2">
       <x:c r="A2332" s="2">
-        <x:v>42649</x:v>
+        <x:v>42671</x:v>
       </x:c>
       <x:c r="B2332" s="3">
-        <x:v>492511.4</x:v>
+        <x:v>492567.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2333" spans="1:2">
       <x:c r="A2333" s="2">
-        <x:v>42648</x:v>
+        <x:v>42670</x:v>
       </x:c>
       <x:c r="B2333" s="3">
-        <x:v>492512.51</x:v>
+        <x:v>492567.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2334" spans="1:2">
       <x:c r="A2334" s="2">
-        <x:v>42647</x:v>
+        <x:v>42669</x:v>
       </x:c>
       <x:c r="B2334" s="3">
-        <x:v>492511.43</x:v>
+        <x:v>492545.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2335" spans="1:2">
       <x:c r="A2335" s="2">
-        <x:v>42646</x:v>
+        <x:v>42668</x:v>
       </x:c>
       <x:c r="B2335" s="3">
-        <x:v>492511.7</x:v>
+        <x:v>492547.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2336" spans="1:2">
       <x:c r="A2336" s="2">
-        <x:v>42643</x:v>
+        <x:v>42667</x:v>
       </x:c>
       <x:c r="B2336" s="3">
-        <x:v>492511.7</x:v>
+        <x:v>492549.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2337" spans="1:2">
       <x:c r="A2337" s="2">
-        <x:v>42642</x:v>
+        <x:v>42664</x:v>
       </x:c>
       <x:c r="B2337" s="3">
-        <x:v>492510.96</x:v>
+        <x:v>492536.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2338" spans="1:2">
       <x:c r="A2338" s="2">
-        <x:v>42641</x:v>
+        <x:v>42663</x:v>
       </x:c>
       <x:c r="B2338" s="3">
-        <x:v>492511.91</x:v>
+        <x:v>492524.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2339" spans="1:2">
       <x:c r="A2339" s="2">
-        <x:v>42640</x:v>
+        <x:v>42662</x:v>
       </x:c>
       <x:c r="B2339" s="3">
-        <x:v>492511.6</x:v>
+        <x:v>492517.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2340" spans="1:2">
       <x:c r="A2340" s="2">
-        <x:v>42639</x:v>
+        <x:v>42661</x:v>
       </x:c>
       <x:c r="B2340" s="3">
-        <x:v>492511.12</x:v>
+        <x:v>492517.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2341" spans="1:2">
       <x:c r="A2341" s="2">
-        <x:v>42636</x:v>
+        <x:v>42660</x:v>
       </x:c>
       <x:c r="B2341" s="3">
-        <x:v>492512.08</x:v>
+        <x:v>492514.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2342" spans="1:2">
       <x:c r="A2342" s="2">
-        <x:v>42635</x:v>
+        <x:v>42657</x:v>
       </x:c>
       <x:c r="B2342" s="3">
-        <x:v>492512.01</x:v>
+        <x:v>492515.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2343" spans="1:2">
       <x:c r="A2343" s="2">
-        <x:v>42634</x:v>
+        <x:v>42656</x:v>
       </x:c>
       <x:c r="B2343" s="3">
-        <x:v>492512.97</x:v>
+        <x:v>492518.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2344" spans="1:2">
       <x:c r="A2344" s="2">
-        <x:v>42633</x:v>
+        <x:v>42655</x:v>
       </x:c>
       <x:c r="B2344" s="3">
-        <x:v>492512.87</x:v>
+        <x:v>492519.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2345" spans="1:2">
       <x:c r="A2345" s="2">
-        <x:v>42632</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="B2345" s="3">
-        <x:v>492513.65</x:v>
+        <x:v>492519.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2346" spans="1:2">
       <x:c r="A2346" s="2">
-        <x:v>42629</x:v>
+        <x:v>42653</x:v>
       </x:c>
       <x:c r="B2346" s="3">
-        <x:v>492506.66</x:v>
+        <x:v>492514.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2347" spans="1:2">
       <x:c r="A2347" s="2">
-        <x:v>42628</x:v>
+        <x:v>42650</x:v>
       </x:c>
       <x:c r="B2347" s="3">
-        <x:v>492507.94</x:v>
+        <x:v>492515.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2348" spans="1:2">
       <x:c r="A2348" s="2">
-        <x:v>42627</x:v>
+        <x:v>42649</x:v>
       </x:c>
       <x:c r="B2348" s="3">
-        <x:v>492507.15</x:v>
+        <x:v>492511.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2349" spans="1:2">
       <x:c r="A2349" s="2">
-        <x:v>42626</x:v>
+        <x:v>42648</x:v>
       </x:c>
       <x:c r="B2349" s="3">
-        <x:v>492507.67</x:v>
+        <x:v>492512.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2350" spans="1:2">
       <x:c r="A2350" s="2">
-        <x:v>42625</x:v>
+        <x:v>42647</x:v>
       </x:c>
       <x:c r="B2350" s="3">
-        <x:v>492507.45</x:v>
+        <x:v>492511.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2351" spans="1:2">
       <x:c r="A2351" s="2">
-        <x:v>42622</x:v>
+        <x:v>42646</x:v>
       </x:c>
       <x:c r="B2351" s="3">
-        <x:v>492508.13</x:v>
+        <x:v>492511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2352" spans="1:2">
       <x:c r="A2352" s="2">
-        <x:v>42621</x:v>
+        <x:v>42643</x:v>
       </x:c>
       <x:c r="B2352" s="3">
-        <x:v>492509.36</x:v>
+        <x:v>492511.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2353" spans="1:2">
       <x:c r="A2353" s="2">
-        <x:v>42620</x:v>
+        <x:v>42642</x:v>
       </x:c>
       <x:c r="B2353" s="3">
-        <x:v>492510.05</x:v>
+        <x:v>492510.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2354" spans="1:2">
       <x:c r="A2354" s="2">
-        <x:v>42619</x:v>
+        <x:v>42641</x:v>
       </x:c>
       <x:c r="B2354" s="3">
-        <x:v>492510.28</x:v>
+        <x:v>492511.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2355" spans="1:2">
       <x:c r="A2355" s="2">
-        <x:v>42618</x:v>
+        <x:v>42640</x:v>
       </x:c>
       <x:c r="B2355" s="3">
-        <x:v>492503.68</x:v>
+        <x:v>492511.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2356" spans="1:2">
       <x:c r="A2356" s="2">
-        <x:v>42615</x:v>
+        <x:v>42639</x:v>
       </x:c>
       <x:c r="B2356" s="3">
-        <x:v>492503.68</x:v>
+        <x:v>492511.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2357" spans="1:2">
       <x:c r="A2357" s="2">
-        <x:v>42614</x:v>
+        <x:v>42636</x:v>
       </x:c>
       <x:c r="B2357" s="3">
-        <x:v>492504.41</x:v>
+        <x:v>492512.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2358" spans="1:2">
       <x:c r="A2358" s="2">
-        <x:v>42613</x:v>
+        <x:v>42635</x:v>
       </x:c>
       <x:c r="B2358" s="3">
-        <x:v>492504.13</x:v>
+        <x:v>492512.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2359" spans="1:2">
       <x:c r="A2359" s="2">
-        <x:v>42612</x:v>
+        <x:v>42634</x:v>
       </x:c>
       <x:c r="B2359" s="3">
-        <x:v>492504.13</x:v>
+        <x:v>492512.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2360" spans="1:2">
       <x:c r="A2360" s="2">
-        <x:v>42611</x:v>
+        <x:v>42633</x:v>
       </x:c>
       <x:c r="B2360" s="3">
-        <x:v>492505.94</x:v>
+        <x:v>492512.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2361" spans="1:2">
       <x:c r="A2361" s="2">
-        <x:v>42608</x:v>
+        <x:v>42632</x:v>
       </x:c>
       <x:c r="B2361" s="3">
-        <x:v>492506.89</x:v>
+        <x:v>492513.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2362" spans="1:2">
       <x:c r="A2362" s="2">
-        <x:v>42607</x:v>
+        <x:v>42629</x:v>
       </x:c>
       <x:c r="B2362" s="3">
-        <x:v>492507.16</x:v>
+        <x:v>492506.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2363" spans="1:2">
       <x:c r="A2363" s="2">
-        <x:v>42606</x:v>
+        <x:v>42628</x:v>
       </x:c>
       <x:c r="B2363" s="3">
-        <x:v>492507.71</x:v>
+        <x:v>492507.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2364" spans="1:2">
       <x:c r="A2364" s="2">
-        <x:v>42605</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="B2364" s="3">
-        <x:v>492505.34</x:v>
+        <x:v>492507.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2365" spans="1:2">
       <x:c r="A2365" s="2">
-        <x:v>42604</x:v>
+        <x:v>42626</x:v>
       </x:c>
       <x:c r="B2365" s="3">
-        <x:v>492506.02</x:v>
+        <x:v>492507.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2366" spans="1:2">
       <x:c r="A2366" s="2">
-        <x:v>42601</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="B2366" s="3">
-        <x:v>492503.26</x:v>
+        <x:v>492507.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2367" spans="1:2">
       <x:c r="A2367" s="2">
-        <x:v>42600</x:v>
+        <x:v>42622</x:v>
       </x:c>
       <x:c r="B2367" s="3">
-        <x:v>492503.26</x:v>
+        <x:v>492508.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2368" spans="1:2">
       <x:c r="A2368" s="2">
-        <x:v>42599</x:v>
+        <x:v>42621</x:v>
       </x:c>
       <x:c r="B2368" s="3">
-        <x:v>492504.3</x:v>
+        <x:v>492509.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2369" spans="1:2">
       <x:c r="A2369" s="2">
-        <x:v>42598</x:v>
+        <x:v>42620</x:v>
       </x:c>
       <x:c r="B2369" s="3">
-        <x:v>492502.32</x:v>
+        <x:v>492510.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2370" spans="1:2">
       <x:c r="A2370" s="2">
-        <x:v>42594</x:v>
+        <x:v>42619</x:v>
       </x:c>
       <x:c r="B2370" s="3">
-        <x:v>492502.31</x:v>
+        <x:v>492510.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2371" spans="1:2">
       <x:c r="A2371" s="2">
-        <x:v>42593</x:v>
+        <x:v>42618</x:v>
       </x:c>
       <x:c r="B2371" s="3">
-        <x:v>492502.08</x:v>
+        <x:v>492503.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2372" spans="1:2">
       <x:c r="A2372" s="2">
-        <x:v>42592</x:v>
+        <x:v>42615</x:v>
       </x:c>
       <x:c r="B2372" s="3">
-        <x:v>492500.95</x:v>
+        <x:v>492503.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2373" spans="1:2">
       <x:c r="A2373" s="2">
-        <x:v>42591</x:v>
+        <x:v>42614</x:v>
       </x:c>
       <x:c r="B2373" s="3">
-        <x:v>492500.36</x:v>
+        <x:v>492504.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2374" spans="1:2">
       <x:c r="A2374" s="2">
-        <x:v>42590</x:v>
+        <x:v>42613</x:v>
       </x:c>
       <x:c r="B2374" s="3">
-        <x:v>492500.36</x:v>
+        <x:v>492504.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2375" spans="1:2">
       <x:c r="A2375" s="2">
-        <x:v>42587</x:v>
+        <x:v>42612</x:v>
       </x:c>
       <x:c r="B2375" s="3">
-        <x:v>492499.95</x:v>
+        <x:v>492504.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2376" spans="1:2">
       <x:c r="A2376" s="2">
-        <x:v>42586</x:v>
+        <x:v>42611</x:v>
       </x:c>
       <x:c r="B2376" s="3">
-        <x:v>492499.89</x:v>
+        <x:v>492505.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2377" spans="1:2">
       <x:c r="A2377" s="2">
-        <x:v>42585</x:v>
+        <x:v>42608</x:v>
       </x:c>
       <x:c r="B2377" s="3">
-        <x:v>492498.02</x:v>
+        <x:v>492506.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2378" spans="1:2">
       <x:c r="A2378" s="2">
-        <x:v>42584</x:v>
+        <x:v>42607</x:v>
       </x:c>
       <x:c r="B2378" s="3">
-        <x:v>492495.8</x:v>
+        <x:v>492507.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2379" spans="1:2">
       <x:c r="A2379" s="2">
-        <x:v>42583</x:v>
+        <x:v>42606</x:v>
       </x:c>
       <x:c r="B2379" s="3">
-        <x:v>492495.03</x:v>
+        <x:v>492507.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2380" spans="1:2">
       <x:c r="A2380" s="2">
-        <x:v>42580</x:v>
+        <x:v>42605</x:v>
       </x:c>
       <x:c r="B2380" s="3">
-        <x:v>492489.83</x:v>
+        <x:v>492505.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2381" spans="1:2">
       <x:c r="A2381" s="2">
-        <x:v>42579</x:v>
+        <x:v>42604</x:v>
       </x:c>
       <x:c r="B2381" s="3">
-        <x:v>492489.13</x:v>
+        <x:v>492506.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2382" spans="1:2">
       <x:c r="A2382" s="2">
-        <x:v>42578</x:v>
+        <x:v>42601</x:v>
       </x:c>
       <x:c r="B2382" s="3">
-        <x:v>492489.08</x:v>
+        <x:v>492503.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2383" spans="1:2">
       <x:c r="A2383" s="2">
-        <x:v>42577</x:v>
+        <x:v>42600</x:v>
       </x:c>
       <x:c r="B2383" s="3">
-        <x:v>492487.75</x:v>
+        <x:v>492503.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2384" spans="1:2">
       <x:c r="A2384" s="2">
-        <x:v>42576</x:v>
+        <x:v>42599</x:v>
       </x:c>
       <x:c r="B2384" s="3">
-        <x:v>492487.75</x:v>
+        <x:v>492504.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2385" spans="1:2">
       <x:c r="A2385" s="2">
-        <x:v>42573</x:v>
+        <x:v>42598</x:v>
       </x:c>
       <x:c r="B2385" s="3">
-        <x:v>492490.22</x:v>
+        <x:v>492502.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2386" spans="1:2">
       <x:c r="A2386" s="2">
-        <x:v>42572</x:v>
+        <x:v>42594</x:v>
       </x:c>
       <x:c r="B2386" s="3">
-        <x:v>492492.99</x:v>
+        <x:v>492502.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2387" spans="1:2">
       <x:c r="A2387" s="2">
-        <x:v>42571</x:v>
+        <x:v>42593</x:v>
       </x:c>
       <x:c r="B2387" s="3">
-        <x:v>492490.34</x:v>
+        <x:v>492502.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2388" spans="1:2">
       <x:c r="A2388" s="2">
-        <x:v>42570</x:v>
+        <x:v>42592</x:v>
       </x:c>
       <x:c r="B2388" s="3">
-        <x:v>492488.69</x:v>
+        <x:v>492500.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2389" spans="1:2">
       <x:c r="A2389" s="2">
-        <x:v>42569</x:v>
+        <x:v>42591</x:v>
       </x:c>
       <x:c r="B2389" s="3">
-        <x:v>492488.69</x:v>
+        <x:v>492500.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2390" spans="1:2">
       <x:c r="A2390" s="2">
-        <x:v>42566</x:v>
+        <x:v>42590</x:v>
       </x:c>
       <x:c r="B2390" s="3">
-        <x:v>492488.69</x:v>
+        <x:v>492500.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2391" spans="1:2">
       <x:c r="A2391" s="2">
-        <x:v>42564</x:v>
+        <x:v>42587</x:v>
       </x:c>
       <x:c r="B2391" s="3">
-        <x:v>492489.38</x:v>
+        <x:v>492499.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2392" spans="1:2">
       <x:c r="A2392" s="2">
-        <x:v>42563</x:v>
+        <x:v>42586</x:v>
       </x:c>
       <x:c r="B2392" s="3">
-        <x:v>492489.38</x:v>
+        <x:v>492499.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2393" spans="1:2">
       <x:c r="A2393" s="2">
-        <x:v>42562</x:v>
+        <x:v>42585</x:v>
       </x:c>
       <x:c r="B2393" s="3">
-        <x:v>492489.37</x:v>
+        <x:v>492498.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2394" spans="1:2">
       <x:c r="A2394" s="2">
-        <x:v>42559</x:v>
+        <x:v>42584</x:v>
       </x:c>
       <x:c r="B2394" s="3">
-        <x:v>492483.35</x:v>
+        <x:v>492495.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2395" spans="1:2">
       <x:c r="A2395" s="2">
-        <x:v>42558</x:v>
+        <x:v>42583</x:v>
       </x:c>
       <x:c r="B2395" s="3">
-        <x:v>492482.82</x:v>
+        <x:v>492495.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2396" spans="1:2">
       <x:c r="A2396" s="2">
-        <x:v>42557</x:v>
+        <x:v>42580</x:v>
       </x:c>
       <x:c r="B2396" s="3">
-        <x:v>492483.01</x:v>
+        <x:v>492489.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2397" spans="1:2">
       <x:c r="A2397" s="2">
-        <x:v>42556</x:v>
+        <x:v>42579</x:v>
       </x:c>
       <x:c r="B2397" s="3">
-        <x:v>492483.55</x:v>
+        <x:v>492489.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2398" spans="1:2">
       <x:c r="A2398" s="2">
-        <x:v>42555</x:v>
+        <x:v>42578</x:v>
       </x:c>
       <x:c r="B2398" s="3">
-        <x:v>492482.36</x:v>
+        <x:v>492489.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2399" spans="1:2">
       <x:c r="A2399" s="2">
-        <x:v>42552</x:v>
+        <x:v>42577</x:v>
       </x:c>
       <x:c r="B2399" s="3">
-        <x:v>492482.83</x:v>
+        <x:v>492487.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2400" spans="1:2">
       <x:c r="A2400" s="2">
-        <x:v>42551</x:v>
+        <x:v>42576</x:v>
       </x:c>
       <x:c r="B2400" s="3">
-        <x:v>492481.55</x:v>
+        <x:v>492487.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2401" spans="1:2">
       <x:c r="A2401" s="2">
-        <x:v>42550</x:v>
+        <x:v>42573</x:v>
       </x:c>
       <x:c r="B2401" s="3">
-        <x:v>492479.62</x:v>
+        <x:v>492490.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2402" spans="1:2">
       <x:c r="A2402" s="2">
-        <x:v>42549</x:v>
+        <x:v>42572</x:v>
       </x:c>
       <x:c r="B2402" s="3">
-        <x:v>492476.52</x:v>
+        <x:v>492492.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2403" spans="1:2">
       <x:c r="A2403" s="2">
-        <x:v>42548</x:v>
+        <x:v>42571</x:v>
       </x:c>
       <x:c r="B2403" s="3">
-        <x:v>492476.49</x:v>
+        <x:v>492490.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2404" spans="1:2">
       <x:c r="A2404" s="2">
-        <x:v>42545</x:v>
+        <x:v>42570</x:v>
       </x:c>
       <x:c r="B2404" s="3">
-        <x:v>492476.18</x:v>
+        <x:v>492488.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2405" spans="1:2">
       <x:c r="A2405" s="2">
-        <x:v>42544</x:v>
+        <x:v>42569</x:v>
       </x:c>
       <x:c r="B2405" s="3">
-        <x:v>492475.87</x:v>
+        <x:v>492488.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2406" spans="1:2">
       <x:c r="A2406" s="2">
-        <x:v>42543</x:v>
+        <x:v>42566</x:v>
       </x:c>
       <x:c r="B2406" s="3">
-        <x:v>492474.22</x:v>
+        <x:v>492488.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2407" spans="1:2">
       <x:c r="A2407" s="2">
-        <x:v>42542</x:v>
+        <x:v>42564</x:v>
       </x:c>
       <x:c r="B2407" s="3">
-        <x:v>492473.61</x:v>
+        <x:v>492489.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2408" spans="1:2">
       <x:c r="A2408" s="2">
-        <x:v>42541</x:v>
+        <x:v>42563</x:v>
       </x:c>
       <x:c r="B2408" s="3">
-        <x:v>492471.74</x:v>
+        <x:v>492489.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2409" spans="1:2">
       <x:c r="A2409" s="2">
-        <x:v>42538</x:v>
+        <x:v>42562</x:v>
       </x:c>
       <x:c r="B2409" s="3">
-        <x:v>492471.33</x:v>
+        <x:v>492489.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2410" spans="1:2">
       <x:c r="A2410" s="2">
-        <x:v>42537</x:v>
+        <x:v>42559</x:v>
       </x:c>
       <x:c r="B2410" s="3">
-        <x:v>492471.3</x:v>
+        <x:v>492483.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2411" spans="1:2">
       <x:c r="A2411" s="2">
-        <x:v>42536</x:v>
+        <x:v>42558</x:v>
       </x:c>
       <x:c r="B2411" s="3">
-        <x:v>492471.23</x:v>
+        <x:v>492482.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2412" spans="1:2">
       <x:c r="A2412" s="2">
-        <x:v>42535</x:v>
+        <x:v>42557</x:v>
       </x:c>
       <x:c r="B2412" s="3">
-        <x:v>492471.2</x:v>
+        <x:v>492483.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2413" spans="1:2">
       <x:c r="A2413" s="2">
-        <x:v>42534</x:v>
+        <x:v>42556</x:v>
       </x:c>
       <x:c r="B2413" s="3">
-        <x:v>492467.59</x:v>
+        <x:v>492483.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2414" spans="1:2">
       <x:c r="A2414" s="2">
-        <x:v>42531</x:v>
+        <x:v>42555</x:v>
       </x:c>
       <x:c r="B2414" s="3">
-        <x:v>492467.56</x:v>
+        <x:v>492482.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2415" spans="1:2">
       <x:c r="A2415" s="2">
-        <x:v>42530</x:v>
+        <x:v>42552</x:v>
       </x:c>
       <x:c r="B2415" s="3">
-        <x:v>492460.11</x:v>
+        <x:v>492482.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2416" spans="1:2">
       <x:c r="A2416" s="2">
-        <x:v>42529</x:v>
+        <x:v>42551</x:v>
       </x:c>
       <x:c r="B2416" s="3">
-        <x:v>492460.07</x:v>
+        <x:v>492481.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2417" spans="1:2">
       <x:c r="A2417" s="2">
-        <x:v>42528</x:v>
+        <x:v>42550</x:v>
       </x:c>
       <x:c r="B2417" s="3">
-        <x:v>492457.61</x:v>
+        <x:v>492479.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2418" spans="1:2">
       <x:c r="A2418" s="2">
-        <x:v>42527</x:v>
+        <x:v>42549</x:v>
       </x:c>
       <x:c r="B2418" s="3">
-        <x:v>492456.96</x:v>
+        <x:v>492476.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2419" spans="1:2">
       <x:c r="A2419" s="2">
-        <x:v>42524</x:v>
+        <x:v>42548</x:v>
       </x:c>
       <x:c r="B2419" s="3">
-        <x:v>492456.73</x:v>
+        <x:v>492476.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2420" spans="1:2">
       <x:c r="A2420" s="2">
-        <x:v>42523</x:v>
+        <x:v>42545</x:v>
       </x:c>
       <x:c r="B2420" s="3">
-        <x:v>492454.1</x:v>
+        <x:v>492476.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2421" spans="1:2">
       <x:c r="A2421" s="2">
-        <x:v>42522</x:v>
+        <x:v>42544</x:v>
       </x:c>
       <x:c r="B2421" s="3">
-        <x:v>492449.57</x:v>
+        <x:v>492475.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2422" spans="1:2">
       <x:c r="A2422" s="2">
-        <x:v>42521</x:v>
+        <x:v>42543</x:v>
       </x:c>
       <x:c r="B2422" s="3">
-        <x:v>492446.28</x:v>
+        <x:v>492474.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2423" spans="1:2">
       <x:c r="A2423" s="2">
-        <x:v>42520</x:v>
+        <x:v>42542</x:v>
       </x:c>
       <x:c r="B2423" s="3">
-        <x:v>492445.61</x:v>
+        <x:v>492473.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2424" spans="1:2">
       <x:c r="A2424" s="2">
-        <x:v>42517</x:v>
+        <x:v>42541</x:v>
       </x:c>
       <x:c r="B2424" s="3">
-        <x:v>492444.94</x:v>
+        <x:v>492471.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2425" spans="1:2">
       <x:c r="A2425" s="2">
-        <x:v>42516</x:v>
+        <x:v>42538</x:v>
       </x:c>
       <x:c r="B2425" s="3">
-        <x:v>492442.92</x:v>
+        <x:v>492471.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2426" spans="1:2">
       <x:c r="A2426" s="2">
-        <x:v>42515</x:v>
+        <x:v>42537</x:v>
       </x:c>
       <x:c r="B2426" s="3">
-        <x:v>492442.24</x:v>
+        <x:v>492471.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2427" spans="1:2">
       <x:c r="A2427" s="2">
-        <x:v>42514</x:v>
+        <x:v>42536</x:v>
       </x:c>
       <x:c r="B2427" s="3">
-        <x:v>492441.58</x:v>
+        <x:v>492471.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2428" spans="1:2">
       <x:c r="A2428" s="2">
-        <x:v>42513</x:v>
+        <x:v>42535</x:v>
       </x:c>
       <x:c r="B2428" s="3">
-        <x:v>492440.91</x:v>
+        <x:v>492471.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2429" spans="1:2">
       <x:c r="A2429" s="2">
-        <x:v>42510</x:v>
+        <x:v>42534</x:v>
       </x:c>
       <x:c r="B2429" s="3">
-        <x:v>492440.24</x:v>
+        <x:v>492467.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2430" spans="1:2">
       <x:c r="A2430" s="2">
-        <x:v>42509</x:v>
+        <x:v>42531</x:v>
       </x:c>
       <x:c r="B2430" s="3">
-        <x:v>492438.22</x:v>
+        <x:v>492467.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2431" spans="1:2">
       <x:c r="A2431" s="2">
-        <x:v>42508</x:v>
+        <x:v>42530</x:v>
       </x:c>
       <x:c r="B2431" s="3">
-        <x:v>492437.55</x:v>
+        <x:v>492460.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2432" spans="1:2">
       <x:c r="A2432" s="2">
-        <x:v>42507</x:v>
+        <x:v>42529</x:v>
       </x:c>
       <x:c r="B2432" s="3">
-        <x:v>492436.61</x:v>
+        <x:v>492460.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2433" spans="1:2">
       <x:c r="A2433" s="2">
-        <x:v>42503</x:v>
+        <x:v>42528</x:v>
       </x:c>
       <x:c r="B2433" s="3">
-        <x:v>492435.54</x:v>
+        <x:v>492457.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2434" spans="1:2">
       <x:c r="A2434" s="2">
-        <x:v>42502</x:v>
+        <x:v>42527</x:v>
       </x:c>
       <x:c r="B2434" s="3">
-        <x:v>492431.22</x:v>
+        <x:v>492456.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2435" spans="1:2">
       <x:c r="A2435" s="2">
-        <x:v>42501</x:v>
+        <x:v>42524</x:v>
       </x:c>
       <x:c r="B2435" s="3">
-        <x:v>492429.89</x:v>
+        <x:v>492456.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2436" spans="1:2">
       <x:c r="A2436" s="2">
-        <x:v>42500</x:v>
+        <x:v>42523</x:v>
       </x:c>
       <x:c r="B2436" s="3">
-        <x:v>492428.55</x:v>
+        <x:v>492454.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2437" spans="1:2">
       <x:c r="A2437" s="2">
-        <x:v>42499</x:v>
+        <x:v>42522</x:v>
       </x:c>
       <x:c r="B2437" s="3">
-        <x:v>492427.2</x:v>
+        <x:v>492449.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2438" spans="1:2">
       <x:c r="A2438" s="2">
-        <x:v>42496</x:v>
+        <x:v>42521</x:v>
       </x:c>
       <x:c r="B2438" s="3">
-        <x:v>492425.6</x:v>
+        <x:v>492446.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2439" spans="1:2">
       <x:c r="A2439" s="2">
-        <x:v>42494</x:v>
+        <x:v>42520</x:v>
       </x:c>
       <x:c r="B2439" s="3">
-        <x:v>492420.75</x:v>
+        <x:v>492445.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2440" spans="1:2">
       <x:c r="A2440" s="2">
-        <x:v>42493</x:v>
+        <x:v>42517</x:v>
       </x:c>
       <x:c r="B2440" s="3">
-        <x:v>492417.52</x:v>
+        <x:v>492444.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2441" spans="1:2">
       <x:c r="A2441" s="2">
-        <x:v>42492</x:v>
+        <x:v>42516</x:v>
       </x:c>
       <x:c r="B2441" s="3">
-        <x:v>492415.9</x:v>
+        <x:v>492442.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2442" spans="1:2">
       <x:c r="A2442" s="2">
-        <x:v>42489</x:v>
+        <x:v>42515</x:v>
       </x:c>
       <x:c r="B2442" s="3">
-        <x:v>492414.3</x:v>
+        <x:v>492442.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2443" spans="1:2">
       <x:c r="A2443" s="2">
-        <x:v>42488</x:v>
+        <x:v>42514</x:v>
       </x:c>
       <x:c r="B2443" s="3">
-        <x:v>492409.85</x:v>
+        <x:v>492441.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2444" spans="1:2">
       <x:c r="A2444" s="2">
-        <x:v>42487</x:v>
+        <x:v>42513</x:v>
       </x:c>
       <x:c r="B2444" s="3">
-        <x:v>492408.37</x:v>
+        <x:v>492440.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2445" spans="1:2">
       <x:c r="A2445" s="2">
-        <x:v>42486</x:v>
+        <x:v>42510</x:v>
       </x:c>
       <x:c r="B2445" s="3">
-        <x:v>492406.89</x:v>
+        <x:v>492440.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2446" spans="1:2">
       <x:c r="A2446" s="2">
-        <x:v>42485</x:v>
+        <x:v>42509</x:v>
       </x:c>
       <x:c r="B2446" s="3">
-        <x:v>492405.41</x:v>
+        <x:v>492438.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2447" spans="1:2">
       <x:c r="A2447" s="2">
-        <x:v>42482</x:v>
+        <x:v>42508</x:v>
       </x:c>
       <x:c r="B2447" s="3">
-        <x:v>492404.47</x:v>
+        <x:v>492437.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2448" spans="1:2">
       <x:c r="A2448" s="2">
-        <x:v>42481</x:v>
+        <x:v>42507</x:v>
       </x:c>
       <x:c r="B2448" s="3">
-        <x:v>493607.54</x:v>
+        <x:v>492436.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2449" spans="1:2">
       <x:c r="A2449" s="2">
-        <x:v>42480</x:v>
+        <x:v>42503</x:v>
       </x:c>
       <x:c r="B2449" s="3">
-        <x:v>493606.6</x:v>
+        <x:v>492435.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2450" spans="1:2">
       <x:c r="A2450" s="2">
-        <x:v>42479</x:v>
+        <x:v>42502</x:v>
       </x:c>
       <x:c r="B2450" s="3">
-        <x:v>493605.65</x:v>
+        <x:v>492431.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2451" spans="1:2">
       <x:c r="A2451" s="2">
-        <x:v>42478</x:v>
+        <x:v>42501</x:v>
       </x:c>
       <x:c r="B2451" s="3">
-        <x:v>493605.12</x:v>
+        <x:v>492429.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2452" spans="1:2">
       <x:c r="A2452" s="2">
-        <x:v>42475</x:v>
+        <x:v>42500</x:v>
       </x:c>
       <x:c r="B2452" s="3">
-        <x:v>493604.58</x:v>
+        <x:v>492428.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2453" spans="1:2">
       <x:c r="A2453" s="2">
-        <x:v>42474</x:v>
+        <x:v>42499</x:v>
       </x:c>
       <x:c r="B2453" s="3">
-        <x:v>493602.96</x:v>
+        <x:v>492427.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2454" spans="1:2">
       <x:c r="A2454" s="2">
-        <x:v>42473</x:v>
+        <x:v>42496</x:v>
       </x:c>
       <x:c r="B2454" s="3">
-        <x:v>493602.56</x:v>
+        <x:v>492425.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2455" spans="1:2">
       <x:c r="A2455" s="2">
-        <x:v>42472</x:v>
+        <x:v>42494</x:v>
       </x:c>
       <x:c r="B2455" s="3">
-        <x:v>493602.16</x:v>
+        <x:v>492420.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2456" spans="1:2">
       <x:c r="A2456" s="2">
-        <x:v>42471</x:v>
+        <x:v>42493</x:v>
       </x:c>
       <x:c r="B2456" s="3">
-        <x:v>493601.76</x:v>
+        <x:v>492417.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2457" spans="1:2">
       <x:c r="A2457" s="2">
-        <x:v>42468</x:v>
+        <x:v>42492</x:v>
       </x:c>
       <x:c r="B2457" s="3">
-        <x:v>493601.36</x:v>
+        <x:v>492415.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2458" spans="1:2">
       <x:c r="A2458" s="2">
-        <x:v>42467</x:v>
+        <x:v>42489</x:v>
       </x:c>
       <x:c r="B2458" s="3">
-        <x:v>493600.15</x:v>
+        <x:v>492414.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2459" spans="1:2">
       <x:c r="A2459" s="2">
-        <x:v>42466</x:v>
+        <x:v>42488</x:v>
       </x:c>
       <x:c r="B2459" s="3">
-        <x:v>493599.61</x:v>
+        <x:v>492409.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2460" spans="1:2">
       <x:c r="A2460" s="2">
-        <x:v>42465</x:v>
+        <x:v>42487</x:v>
       </x:c>
       <x:c r="B2460" s="3">
-        <x:v>493599.07</x:v>
+        <x:v>492408.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2461" spans="1:2">
       <x:c r="A2461" s="2">
-        <x:v>42464</x:v>
+        <x:v>42486</x:v>
       </x:c>
       <x:c r="B2461" s="3">
-        <x:v>493598.53</x:v>
+        <x:v>492406.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2462" spans="1:2">
       <x:c r="A2462" s="2">
-        <x:v>42461</x:v>
+        <x:v>42485</x:v>
       </x:c>
       <x:c r="B2462" s="3">
-        <x:v>493597.45</x:v>
+        <x:v>492405.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2463" spans="1:2">
       <x:c r="A2463" s="2">
-        <x:v>42460</x:v>
+        <x:v>42482</x:v>
       </x:c>
       <x:c r="B2463" s="3">
-        <x:v>493593.39</x:v>
+        <x:v>492404.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2464" spans="1:2">
       <x:c r="A2464" s="2">
-        <x:v>42459</x:v>
+        <x:v>42481</x:v>
       </x:c>
       <x:c r="B2464" s="3">
-        <x:v>493590.02</x:v>
+        <x:v>493607.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2465" spans="1:2">
       <x:c r="A2465" s="2">
-        <x:v>42458</x:v>
+        <x:v>42480</x:v>
       </x:c>
       <x:c r="B2465" s="3">
-        <x:v>493586.63</x:v>
+        <x:v>493606.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2466" spans="1:2">
       <x:c r="A2466" s="2">
-        <x:v>42453</x:v>
+        <x:v>42479</x:v>
       </x:c>
       <x:c r="B2466" s="3">
-        <x:v>493583.26</x:v>
+        <x:v>493605.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2467" spans="1:2">
       <x:c r="A2467" s="2">
-        <x:v>42452</x:v>
+        <x:v>42478</x:v>
       </x:c>
       <x:c r="B2467" s="3">
-        <x:v>493573.12</x:v>
+        <x:v>493605.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2468" spans="1:2">
       <x:c r="A2468" s="2">
-        <x:v>42451</x:v>
+        <x:v>42475</x:v>
       </x:c>
       <x:c r="B2468" s="3">
-        <x:v>493570.42</x:v>
+        <x:v>493604.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2469" spans="1:2">
       <x:c r="A2469" s="2">
-        <x:v>42450</x:v>
+        <x:v>42474</x:v>
       </x:c>
       <x:c r="B2469" s="3">
-        <x:v>493567.72</x:v>
+        <x:v>493602.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2470" spans="1:2">
       <x:c r="A2470" s="2">
-        <x:v>42447</x:v>
+        <x:v>42473</x:v>
       </x:c>
       <x:c r="B2470" s="3">
-        <x:v>493565.02</x:v>
+        <x:v>493602.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2471" spans="1:2">
       <x:c r="A2471" s="2">
-        <x:v>42446</x:v>
+        <x:v>42472</x:v>
       </x:c>
       <x:c r="B2471" s="3">
-        <x:v>493556.91</x:v>
+        <x:v>493602.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2472" spans="1:2">
       <x:c r="A2472" s="2">
-        <x:v>42445</x:v>
+        <x:v>42471</x:v>
       </x:c>
       <x:c r="B2472" s="3">
-        <x:v>493554.21</x:v>
+        <x:v>493601.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2473" spans="1:2">
       <x:c r="A2473" s="2">
-        <x:v>42444</x:v>
+        <x:v>42468</x:v>
       </x:c>
       <x:c r="B2473" s="3">
-        <x:v>493551.51</x:v>
+        <x:v>493601.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2474" spans="1:2">
       <x:c r="A2474" s="2">
-        <x:v>42443</x:v>
+        <x:v>42467</x:v>
       </x:c>
       <x:c r="B2474" s="3">
-        <x:v>493548.8</x:v>
+        <x:v>493600.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2475" spans="1:2">
       <x:c r="A2475" s="2">
-        <x:v>42440</x:v>
+        <x:v>42466</x:v>
       </x:c>
       <x:c r="B2475" s="3">
-        <x:v>493546.11</x:v>
+        <x:v>493599.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2476" spans="1:2">
       <x:c r="A2476" s="2">
-        <x:v>42439</x:v>
+        <x:v>42465</x:v>
       </x:c>
       <x:c r="B2476" s="3">
-        <x:v>493538</x:v>
+        <x:v>493599.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2477" spans="1:2">
       <x:c r="A2477" s="2">
-        <x:v>42438</x:v>
+        <x:v>42464</x:v>
       </x:c>
       <x:c r="B2477" s="3">
-        <x:v>493535.3</x:v>
+        <x:v>493598.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2478" spans="1:2">
       <x:c r="A2478" s="2">
-        <x:v>42437</x:v>
+        <x:v>42461</x:v>
       </x:c>
       <x:c r="B2478" s="3">
-        <x:v>493533.82</x:v>
+        <x:v>493597.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2479" spans="1:2">
       <x:c r="A2479" s="2">
-        <x:v>42436</x:v>
+        <x:v>42460</x:v>
       </x:c>
       <x:c r="B2479" s="3">
-        <x:v>493532.34</x:v>
+        <x:v>493593.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2480" spans="1:2">
       <x:c r="A2480" s="2">
-        <x:v>42433</x:v>
+        <x:v>42459</x:v>
       </x:c>
       <x:c r="B2480" s="3">
-        <x:v>493530.86</x:v>
+        <x:v>493590.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2481" spans="1:2">
       <x:c r="A2481" s="2">
-        <x:v>42432</x:v>
+        <x:v>42458</x:v>
       </x:c>
       <x:c r="B2481" s="3">
-        <x:v>493526.4</x:v>
+        <x:v>493586.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2482" spans="1:2">
       <x:c r="A2482" s="2">
-        <x:v>42431</x:v>
+        <x:v>42453</x:v>
       </x:c>
       <x:c r="B2482" s="3">
-        <x:v>493523.84</x:v>
+        <x:v>493583.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2483" spans="1:2">
       <x:c r="A2483" s="2">
-        <x:v>42430</x:v>
+        <x:v>42452</x:v>
       </x:c>
       <x:c r="B2483" s="3">
-        <x:v>493521.28</x:v>
+        <x:v>493573.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2484" spans="1:2">
       <x:c r="A2484" s="2">
-        <x:v>42429</x:v>
+        <x:v>42451</x:v>
       </x:c>
       <x:c r="B2484" s="3">
-        <x:v>493520.07</x:v>
+        <x:v>493570.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2485" spans="1:2">
       <x:c r="A2485" s="2">
-        <x:v>42426</x:v>
+        <x:v>42450</x:v>
       </x:c>
       <x:c r="B2485" s="3">
-        <x:v>493518.99</x:v>
+        <x:v>493567.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2486" spans="1:2">
       <x:c r="A2486" s="2">
-        <x:v>42425</x:v>
+        <x:v>42447</x:v>
       </x:c>
       <x:c r="B2486" s="3">
-        <x:v>493515.75</x:v>
+        <x:v>493565.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2487" spans="1:2">
       <x:c r="A2487" s="2">
-        <x:v>42424</x:v>
+        <x:v>42446</x:v>
       </x:c>
       <x:c r="B2487" s="3">
-        <x:v>493514.94</x:v>
+        <x:v>493556.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2488" spans="1:2">
       <x:c r="A2488" s="2">
-        <x:v>42423</x:v>
+        <x:v>42445</x:v>
       </x:c>
       <x:c r="B2488" s="3">
-        <x:v>493514.13</x:v>
+        <x:v>493554.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2489" spans="1:2">
       <x:c r="A2489" s="2">
-        <x:v>42422</x:v>
+        <x:v>42444</x:v>
       </x:c>
       <x:c r="B2489" s="3">
-        <x:v>493513.46</x:v>
+        <x:v>493551.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2490" spans="1:2">
       <x:c r="A2490" s="2">
-        <x:v>42419</x:v>
+        <x:v>42443</x:v>
       </x:c>
       <x:c r="B2490" s="3">
-        <x:v>493512.79</x:v>
+        <x:v>493548.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2491" spans="1:2">
       <x:c r="A2491" s="2">
-        <x:v>42418</x:v>
+        <x:v>42440</x:v>
       </x:c>
       <x:c r="B2491" s="3">
-        <x:v>493510.77</x:v>
+        <x:v>493546.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2492" spans="1:2">
       <x:c r="A2492" s="2">
-        <x:v>42417</x:v>
+        <x:v>42439</x:v>
       </x:c>
       <x:c r="B2492" s="3">
-        <x:v>493510.1</x:v>
+        <x:v>493538</x:v>
       </x:c>
     </x:row>
     <x:row r="2493" spans="1:2">
       <x:c r="A2493" s="2">
-        <x:v>42416</x:v>
+        <x:v>42438</x:v>
       </x:c>
       <x:c r="B2493" s="3">
-        <x:v>493509.43</x:v>
+        <x:v>493535.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2494" spans="1:2">
       <x:c r="A2494" s="2">
-        <x:v>42415</x:v>
+        <x:v>42437</x:v>
       </x:c>
       <x:c r="B2494" s="3">
-        <x:v>493508.76</x:v>
+        <x:v>493533.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2495" spans="1:2">
       <x:c r="A2495" s="2">
-        <x:v>42412</x:v>
+        <x:v>42436</x:v>
       </x:c>
       <x:c r="B2495" s="3">
-        <x:v>493508.09</x:v>
+        <x:v>493532.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2496" spans="1:2">
       <x:c r="A2496" s="2">
-        <x:v>42411</x:v>
+        <x:v>42433</x:v>
       </x:c>
       <x:c r="B2496" s="3">
-        <x:v>493505.66</x:v>
+        <x:v>493530.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2497" spans="1:2">
       <x:c r="A2497" s="2">
-        <x:v>42410</x:v>
+        <x:v>42432</x:v>
       </x:c>
       <x:c r="B2497" s="3">
-        <x:v>493504.85</x:v>
+        <x:v>493526.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2498" spans="1:2">
       <x:c r="A2498" s="2">
-        <x:v>42409</x:v>
+        <x:v>42431</x:v>
       </x:c>
       <x:c r="B2498" s="3">
-        <x:v>493504.04</x:v>
+        <x:v>493523.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2499" spans="1:2">
       <x:c r="A2499" s="2">
-        <x:v>42408</x:v>
+        <x:v>42430</x:v>
       </x:c>
       <x:c r="B2499" s="3">
-        <x:v>493503.23</x:v>
+        <x:v>493521.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2500" spans="1:2">
       <x:c r="A2500" s="2">
-        <x:v>42405</x:v>
+        <x:v>42429</x:v>
       </x:c>
       <x:c r="B2500" s="3">
-        <x:v>493502.42</x:v>
+        <x:v>493520.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2501" spans="1:2">
       <x:c r="A2501" s="2">
-        <x:v>42404</x:v>
+        <x:v>42426</x:v>
       </x:c>
       <x:c r="B2501" s="3">
-        <x:v>493499.99</x:v>
+        <x:v>493518.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2502" spans="1:2">
       <x:c r="A2502" s="2">
-        <x:v>42403</x:v>
+        <x:v>42425</x:v>
       </x:c>
       <x:c r="B2502" s="3">
-        <x:v>493499.18</x:v>
+        <x:v>493515.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2503" spans="1:2">
       <x:c r="A2503" s="2">
-        <x:v>42402</x:v>
+        <x:v>42424</x:v>
       </x:c>
       <x:c r="B2503" s="3">
-        <x:v>493498.37</x:v>
+        <x:v>493514.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2504" spans="1:2">
       <x:c r="A2504" s="2">
-        <x:v>42401</x:v>
+        <x:v>42423</x:v>
       </x:c>
       <x:c r="B2504" s="3">
-        <x:v>493497.56</x:v>
+        <x:v>493514.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2505" spans="1:2">
       <x:c r="A2505" s="2">
-        <x:v>42398</x:v>
+        <x:v>42422</x:v>
       </x:c>
       <x:c r="B2505" s="3">
-        <x:v>493496.75</x:v>
+        <x:v>493513.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2506" spans="1:2">
       <x:c r="A2506" s="2">
-        <x:v>42397</x:v>
+        <x:v>42419</x:v>
       </x:c>
       <x:c r="B2506" s="3">
-        <x:v>493494.32</x:v>
+        <x:v>493512.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2507" spans="1:2">
       <x:c r="A2507" s="2">
-        <x:v>42396</x:v>
+        <x:v>42418</x:v>
       </x:c>
       <x:c r="B2507" s="3">
-        <x:v>493493.5</x:v>
+        <x:v>493510.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2508" spans="1:2">
       <x:c r="A2508" s="2">
-        <x:v>42395</x:v>
+        <x:v>42417</x:v>
       </x:c>
       <x:c r="B2508" s="3">
-        <x:v>493493.11</x:v>
+        <x:v>493510.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2509" spans="1:2">
       <x:c r="A2509" s="2">
-        <x:v>42394</x:v>
+        <x:v>42416</x:v>
       </x:c>
       <x:c r="B2509" s="3">
-        <x:v>493492.71</x:v>
+        <x:v>493509.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2510" spans="1:2">
       <x:c r="A2510" s="2">
-        <x:v>42391</x:v>
+        <x:v>42415</x:v>
       </x:c>
       <x:c r="B2510" s="3">
-        <x:v>493492.31</x:v>
+        <x:v>493508.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2511" spans="1:2">
       <x:c r="A2511" s="2">
-        <x:v>42390</x:v>
+        <x:v>42412</x:v>
       </x:c>
       <x:c r="B2511" s="3">
-        <x:v>493490.69</x:v>
+        <x:v>493508.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2512" spans="1:2">
       <x:c r="A2512" s="2">
-        <x:v>42389</x:v>
+        <x:v>42411</x:v>
       </x:c>
       <x:c r="B2512" s="3">
-        <x:v>493490.15</x:v>
+        <x:v>493505.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2513" spans="1:2">
       <x:c r="A2513" s="2">
-        <x:v>42388</x:v>
+        <x:v>42410</x:v>
       </x:c>
       <x:c r="B2513" s="3">
-        <x:v>493489.61</x:v>
+        <x:v>493504.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2514" spans="1:2">
       <x:c r="A2514" s="2">
-        <x:v>42387</x:v>
+        <x:v>42409</x:v>
       </x:c>
       <x:c r="B2514" s="3">
-        <x:v>493489.07</x:v>
+        <x:v>493504.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2515" spans="1:2">
       <x:c r="A2515" s="2">
-        <x:v>42384</x:v>
+        <x:v>42408</x:v>
       </x:c>
       <x:c r="B2515" s="3">
-        <x:v>493488.53</x:v>
+        <x:v>493503.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2516" spans="1:2">
       <x:c r="A2516" s="2">
-        <x:v>42383</x:v>
+        <x:v>42405</x:v>
       </x:c>
       <x:c r="B2516" s="3">
-        <x:v>493486.91</x:v>
+        <x:v>493502.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2517" spans="1:2">
       <x:c r="A2517" s="2">
-        <x:v>42382</x:v>
+        <x:v>42404</x:v>
       </x:c>
       <x:c r="B2517" s="3">
-        <x:v>493486.24</x:v>
+        <x:v>493499.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2518" spans="1:2">
       <x:c r="A2518" s="2">
-        <x:v>42381</x:v>
+        <x:v>42403</x:v>
       </x:c>
       <x:c r="B2518" s="3">
-        <x:v>493485.57</x:v>
+        <x:v>493499.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2519" spans="1:2">
       <x:c r="A2519" s="2">
-        <x:v>42380</x:v>
+        <x:v>42402</x:v>
       </x:c>
       <x:c r="B2519" s="3">
-        <x:v>493484.9</x:v>
+        <x:v>493498.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2520" spans="1:2">
       <x:c r="A2520" s="2">
-        <x:v>42377</x:v>
+        <x:v>42401</x:v>
       </x:c>
       <x:c r="B2520" s="3">
-        <x:v>493484.23</x:v>
+        <x:v>493497.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2521" spans="1:2">
       <x:c r="A2521" s="2">
-        <x:v>42376</x:v>
+        <x:v>42398</x:v>
       </x:c>
       <x:c r="B2521" s="3">
-        <x:v>493482.21</x:v>
+        <x:v>493496.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2522" spans="1:2">
       <x:c r="A2522" s="2">
-        <x:v>42375</x:v>
+        <x:v>42397</x:v>
       </x:c>
       <x:c r="B2522" s="3">
-        <x:v>493481.54</x:v>
+        <x:v>493494.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2523" spans="1:2">
       <x:c r="A2523" s="2">
-        <x:v>42374</x:v>
+        <x:v>42396</x:v>
       </x:c>
       <x:c r="B2523" s="3">
-        <x:v>493480.6</x:v>
+        <x:v>493493.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2524" spans="1:2">
       <x:c r="A2524" s="2">
-        <x:v>42373</x:v>
+        <x:v>42395</x:v>
       </x:c>
       <x:c r="B2524" s="3">
-        <x:v>493479.66</x:v>
+        <x:v>493493.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2525" spans="1:2">
       <x:c r="A2525" s="2">
-        <x:v>42369</x:v>
+        <x:v>42394</x:v>
       </x:c>
       <x:c r="B2525" s="3">
-        <x:v>493478.72</x:v>
+        <x:v>493492.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2526" spans="1:2">
       <x:c r="A2526" s="2">
-        <x:v>42368</x:v>
+        <x:v>42391</x:v>
       </x:c>
       <x:c r="B2526" s="3">
-        <x:v>493473.32</x:v>
+        <x:v>493492.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2527" spans="1:2">
       <x:c r="A2527" s="2">
-        <x:v>42367</x:v>
+        <x:v>42390</x:v>
       </x:c>
       <x:c r="B2527" s="3">
-        <x:v>493471.97</x:v>
+        <x:v>493490.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2528" spans="1:2">
       <x:c r="A2528" s="2">
-        <x:v>42366</x:v>
+        <x:v>42389</x:v>
       </x:c>
       <x:c r="B2528" s="3">
-        <x:v>493470.22</x:v>
+        <x:v>493490.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2529" spans="1:2">
       <x:c r="A2529" s="2">
-        <x:v>42362</x:v>
+        <x:v>42388</x:v>
       </x:c>
       <x:c r="B2529" s="3">
-        <x:v>493468.47</x:v>
+        <x:v>493489.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2530" spans="1:2">
       <x:c r="A2530" s="2">
-        <x:v>42361</x:v>
+        <x:v>42387</x:v>
       </x:c>
       <x:c r="B2530" s="3">
-        <x:v>493461.44</x:v>
+        <x:v>493489.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2531" spans="1:2">
       <x:c r="A2531" s="2">
-        <x:v>42360</x:v>
+        <x:v>42384</x:v>
       </x:c>
       <x:c r="B2531" s="3">
-        <x:v>493459.69</x:v>
+        <x:v>493488.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2532" spans="1:2">
       <x:c r="A2532" s="2">
-        <x:v>42359</x:v>
+        <x:v>42383</x:v>
       </x:c>
       <x:c r="B2532" s="3">
-        <x:v>493457.94</x:v>
+        <x:v>493486.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2533" spans="1:2">
       <x:c r="A2533" s="2">
-        <x:v>42356</x:v>
+        <x:v>42382</x:v>
       </x:c>
       <x:c r="B2533" s="3">
-        <x:v>493456.19</x:v>
+        <x:v>493486.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2534" spans="1:2">
       <x:c r="A2534" s="2">
-        <x:v>42355</x:v>
+        <x:v>42381</x:v>
       </x:c>
       <x:c r="B2534" s="3">
-        <x:v>493452.14</x:v>
+        <x:v>493485.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2535" spans="1:2">
       <x:c r="A2535" s="2">
-        <x:v>42354</x:v>
+        <x:v>42380</x:v>
       </x:c>
       <x:c r="B2535" s="3">
-        <x:v>493450.79</x:v>
+        <x:v>493484.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2536" spans="1:2">
       <x:c r="A2536" s="2">
-        <x:v>42353</x:v>
+        <x:v>42377</x:v>
       </x:c>
       <x:c r="B2536" s="3">
-        <x:v>493449.71</x:v>
+        <x:v>493484.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2537" spans="1:2">
       <x:c r="A2537" s="2">
-        <x:v>42352</x:v>
+        <x:v>42376</x:v>
       </x:c>
       <x:c r="B2537" s="3">
-        <x:v>493448.63</x:v>
+        <x:v>493482.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2538" spans="1:2">
       <x:c r="A2538" s="2">
-        <x:v>42349</x:v>
+        <x:v>42375</x:v>
       </x:c>
       <x:c r="B2538" s="3">
-        <x:v>493447.55</x:v>
+        <x:v>493481.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2539" spans="1:2">
       <x:c r="A2539" s="2">
-        <x:v>42348</x:v>
+        <x:v>42374</x:v>
       </x:c>
       <x:c r="B2539" s="3">
-        <x:v>493444.3</x:v>
+        <x:v>493480.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2540" spans="1:2">
       <x:c r="A2540" s="2">
-        <x:v>42347</x:v>
+        <x:v>42373</x:v>
       </x:c>
       <x:c r="B2540" s="3">
-        <x:v>493443.23</x:v>
+        <x:v>493479.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2541" spans="1:2">
       <x:c r="A2541" s="2">
-        <x:v>42346</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="B2541" s="3">
-        <x:v>493442.15</x:v>
+        <x:v>493478.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2542" spans="1:2">
       <x:c r="A2542" s="2">
-        <x:v>42345</x:v>
+        <x:v>42368</x:v>
       </x:c>
       <x:c r="B2542" s="3">
-        <x:v>493441.06</x:v>
+        <x:v>493473.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2543" spans="1:2">
       <x:c r="A2543" s="2">
-        <x:v>42342</x:v>
+        <x:v>42367</x:v>
       </x:c>
       <x:c r="B2543" s="3">
-        <x:v>493439.99</x:v>
+        <x:v>493471.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2544" spans="1:2">
       <x:c r="A2544" s="2">
-        <x:v>42341</x:v>
+        <x:v>42366</x:v>
       </x:c>
       <x:c r="B2544" s="3">
-        <x:v>493436.75</x:v>
+        <x:v>493470.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2545" spans="1:2">
       <x:c r="A2545" s="2">
-        <x:v>42340</x:v>
+        <x:v>42362</x:v>
       </x:c>
       <x:c r="B2545" s="3">
-        <x:v>493435.67</x:v>
+        <x:v>493468.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2546" spans="1:2">
       <x:c r="A2546" s="2">
-        <x:v>42339</x:v>
+        <x:v>42361</x:v>
       </x:c>
       <x:c r="B2546" s="3">
-        <x:v>493434.6</x:v>
+        <x:v>493461.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2547" spans="1:2">
       <x:c r="A2547" s="2">
-        <x:v>42338</x:v>
+        <x:v>42360</x:v>
       </x:c>
       <x:c r="B2547" s="3">
-        <x:v>493433.51</x:v>
+        <x:v>493459.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2548" spans="1:2">
       <x:c r="A2548" s="2">
-        <x:v>42335</x:v>
+        <x:v>42359</x:v>
       </x:c>
       <x:c r="B2548" s="3">
-        <x:v>493432.43</x:v>
+        <x:v>493457.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2549" spans="1:2">
       <x:c r="A2549" s="2">
-        <x:v>42334</x:v>
+        <x:v>42356</x:v>
       </x:c>
       <x:c r="B2549" s="3">
-        <x:v>493429.19</x:v>
+        <x:v>493456.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2550" spans="1:2">
       <x:c r="A2550" s="2">
-        <x:v>42333</x:v>
+        <x:v>42355</x:v>
       </x:c>
       <x:c r="B2550" s="3">
-        <x:v>493428.11</x:v>
+        <x:v>493452.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2551" spans="1:2">
       <x:c r="A2551" s="2">
-        <x:v>42332</x:v>
+        <x:v>42354</x:v>
       </x:c>
       <x:c r="B2551" s="3">
-        <x:v>493427.03</x:v>
+        <x:v>493450.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2552" spans="1:2">
       <x:c r="A2552" s="2">
-        <x:v>42331</x:v>
+        <x:v>42353</x:v>
       </x:c>
       <x:c r="B2552" s="3">
-        <x:v>493425.95</x:v>
+        <x:v>493449.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2553" spans="1:2">
       <x:c r="A2553" s="2">
-        <x:v>42328</x:v>
+        <x:v>42352</x:v>
       </x:c>
       <x:c r="B2553" s="3">
-        <x:v>493424.74</x:v>
+        <x:v>493448.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2554" spans="1:2">
       <x:c r="A2554" s="2">
-        <x:v>42327</x:v>
+        <x:v>42349</x:v>
       </x:c>
       <x:c r="B2554" s="3">
-        <x:v>493421.1</x:v>
+        <x:v>493447.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2555" spans="1:2">
       <x:c r="A2555" s="2">
-        <x:v>42326</x:v>
+        <x:v>42348</x:v>
       </x:c>
       <x:c r="B2555" s="3">
-        <x:v>493419.89</x:v>
+        <x:v>493444.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2556" spans="1:2">
       <x:c r="A2556" s="2">
-        <x:v>42325</x:v>
+        <x:v>42347</x:v>
       </x:c>
       <x:c r="B2556" s="3">
-        <x:v>493418.54</x:v>
+        <x:v>493443.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2557" spans="1:2">
       <x:c r="A2557" s="2">
-        <x:v>42324</x:v>
+        <x:v>42346</x:v>
       </x:c>
       <x:c r="B2557" s="3">
-        <x:v>493417.19</x:v>
+        <x:v>493442.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2558" spans="1:2">
       <x:c r="A2558" s="2">
-        <x:v>42321</x:v>
+        <x:v>42345</x:v>
       </x:c>
       <x:c r="B2558" s="3">
-        <x:v>493415.71</x:v>
+        <x:v>493441.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2559" spans="1:2">
       <x:c r="A2559" s="2">
-        <x:v>42320</x:v>
+        <x:v>42342</x:v>
       </x:c>
       <x:c r="B2559" s="3">
-        <x:v>493411.25</x:v>
+        <x:v>493439.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2560" spans="1:2">
       <x:c r="A2560" s="2">
-        <x:v>42318</x:v>
+        <x:v>42341</x:v>
       </x:c>
       <x:c r="B2560" s="3">
-        <x:v>493409.77</x:v>
+        <x:v>493436.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2561" spans="1:2">
       <x:c r="A2561" s="2">
-        <x:v>42317</x:v>
+        <x:v>42340</x:v>
       </x:c>
       <x:c r="B2561" s="3">
-        <x:v>493406.8</x:v>
+        <x:v>493435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2562" spans="1:2">
       <x:c r="A2562" s="2">
-        <x:v>42314</x:v>
+        <x:v>42339</x:v>
       </x:c>
       <x:c r="B2562" s="3">
-        <x:v>493405.18</x:v>
+        <x:v>493434.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2563" spans="1:2">
       <x:c r="A2563" s="2">
-        <x:v>42313</x:v>
+        <x:v>42338</x:v>
       </x:c>
       <x:c r="B2563" s="3">
-        <x:v>493400.32</x:v>
+        <x:v>493433.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2564" spans="1:2">
       <x:c r="A2564" s="2">
-        <x:v>42312</x:v>
+        <x:v>42335</x:v>
       </x:c>
       <x:c r="B2564" s="3">
-        <x:v>493398.7</x:v>
+        <x:v>493432.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2565" spans="1:2">
       <x:c r="A2565" s="2">
-        <x:v>42311</x:v>
+        <x:v>42334</x:v>
       </x:c>
       <x:c r="B2565" s="3">
-        <x:v>493396.81</x:v>
+        <x:v>493429.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2566" spans="1:2">
       <x:c r="A2566" s="2">
-        <x:v>42310</x:v>
+        <x:v>42333</x:v>
       </x:c>
       <x:c r="B2566" s="3">
-        <x:v>493394.92</x:v>
+        <x:v>493428.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2567" spans="1:2">
       <x:c r="A2567" s="2">
-        <x:v>42307</x:v>
+        <x:v>42332</x:v>
       </x:c>
       <x:c r="B2567" s="3">
-        <x:v>493393.02</x:v>
+        <x:v>493427.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2568" spans="1:2">
       <x:c r="A2568" s="2">
-        <x:v>42306</x:v>
+        <x:v>42331</x:v>
       </x:c>
       <x:c r="B2568" s="3">
-        <x:v>493386.95</x:v>
+        <x:v>493425.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2569" spans="1:2">
       <x:c r="A2569" s="2">
-        <x:v>42305</x:v>
+        <x:v>42328</x:v>
       </x:c>
       <x:c r="B2569" s="3">
-        <x:v>493384.93</x:v>
+        <x:v>493424.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2570" spans="1:2">
       <x:c r="A2570" s="2">
-        <x:v>42304</x:v>
+        <x:v>42327</x:v>
       </x:c>
       <x:c r="B2570" s="3">
-        <x:v>493382.91</x:v>
+        <x:v>493421.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2571" spans="1:2">
       <x:c r="A2571" s="2">
-        <x:v>42303</x:v>
+        <x:v>42326</x:v>
       </x:c>
       <x:c r="B2571" s="3">
-        <x:v>493380.89</x:v>
+        <x:v>493419.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2572" spans="1:2">
       <x:c r="A2572" s="2">
-        <x:v>42300</x:v>
+        <x:v>42325</x:v>
       </x:c>
       <x:c r="B2572" s="3">
-        <x:v>493378.87</x:v>
+        <x:v>493418.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2573" spans="1:2">
       <x:c r="A2573" s="2">
-        <x:v>42299</x:v>
+        <x:v>42324</x:v>
       </x:c>
       <x:c r="B2573" s="3">
-        <x:v>493372.79</x:v>
+        <x:v>493417.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2574" spans="1:2">
       <x:c r="A2574" s="2">
-        <x:v>42298</x:v>
+        <x:v>42321</x:v>
       </x:c>
       <x:c r="B2574" s="3">
-        <x:v>493370.77</x:v>
+        <x:v>493415.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2575" spans="1:2">
       <x:c r="A2575" s="2">
-        <x:v>42297</x:v>
+        <x:v>42320</x:v>
       </x:c>
       <x:c r="B2575" s="3">
-        <x:v>493368.75</x:v>
+        <x:v>493411.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2576" spans="1:2">
       <x:c r="A2576" s="2">
-        <x:v>42296</x:v>
+        <x:v>42318</x:v>
       </x:c>
       <x:c r="B2576" s="3">
-        <x:v>493366.73</x:v>
+        <x:v>493409.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2577" spans="1:2">
       <x:c r="A2577" s="2">
-        <x:v>42293</x:v>
+        <x:v>42317</x:v>
       </x:c>
       <x:c r="B2577" s="3">
-        <x:v>493364.71</x:v>
+        <x:v>493406.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2578" spans="1:2">
       <x:c r="A2578" s="2">
-        <x:v>42292</x:v>
+        <x:v>42314</x:v>
       </x:c>
       <x:c r="B2578" s="3">
-        <x:v>493358.63</x:v>
+        <x:v>493405.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2579" spans="1:2">
       <x:c r="A2579" s="2">
-        <x:v>42291</x:v>
+        <x:v>42313</x:v>
       </x:c>
       <x:c r="B2579" s="3">
-        <x:v>493356.61</x:v>
+        <x:v>493400.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2580" spans="1:2">
       <x:c r="A2580" s="2">
-        <x:v>42290</x:v>
+        <x:v>42312</x:v>
       </x:c>
       <x:c r="B2580" s="3">
-        <x:v>493354.59</x:v>
+        <x:v>493398.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2581" spans="1:2">
       <x:c r="A2581" s="2">
-        <x:v>42289</x:v>
+        <x:v>42311</x:v>
       </x:c>
       <x:c r="B2581" s="3">
-        <x:v>493352.57</x:v>
+        <x:v>493396.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2582" spans="1:2">
       <x:c r="A2582" s="2">
-        <x:v>42286</x:v>
+        <x:v>42310</x:v>
       </x:c>
       <x:c r="B2582" s="3">
-        <x:v>493350.55</x:v>
+        <x:v>493394.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2583" spans="1:2">
       <x:c r="A2583" s="2">
-        <x:v>42285</x:v>
+        <x:v>42307</x:v>
       </x:c>
       <x:c r="B2583" s="3">
-        <x:v>493344.46</x:v>
+        <x:v>493393.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2584" spans="1:2">
       <x:c r="A2584" s="2">
-        <x:v>42284</x:v>
+        <x:v>42306</x:v>
       </x:c>
       <x:c r="B2584" s="3">
-        <x:v>493342.45</x:v>
+        <x:v>493386.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2585" spans="1:2">
       <x:c r="A2585" s="2">
-        <x:v>42283</x:v>
+        <x:v>42305</x:v>
       </x:c>
       <x:c r="B2585" s="3">
-        <x:v>493340.43</x:v>
+        <x:v>493384.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2586" spans="1:2">
       <x:c r="A2586" s="2">
-        <x:v>42282</x:v>
+        <x:v>42304</x:v>
       </x:c>
       <x:c r="B2586" s="3">
-        <x:v>493337.87</x:v>
+        <x:v>493382.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2587" spans="1:2">
       <x:c r="A2587" s="2">
-        <x:v>42279</x:v>
+        <x:v>42303</x:v>
       </x:c>
       <x:c r="B2587" s="3">
-        <x:v>493335.31</x:v>
+        <x:v>493380.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2588" spans="1:2">
       <x:c r="A2588" s="2">
-        <x:v>42278</x:v>
+        <x:v>42300</x:v>
       </x:c>
       <x:c r="B2588" s="3">
-        <x:v>493327.61</x:v>
+        <x:v>493378.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2589" spans="1:2">
       <x:c r="A2589" s="2">
-        <x:v>42277</x:v>
+        <x:v>42299</x:v>
       </x:c>
       <x:c r="B2589" s="3">
-        <x:v>493325.05</x:v>
+        <x:v>493372.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2590" spans="1:2">
       <x:c r="A2590" s="2">
-        <x:v>42276</x:v>
+        <x:v>42298</x:v>
       </x:c>
       <x:c r="B2590" s="3">
-        <x:v>493322.49</x:v>
+        <x:v>493370.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2591" spans="1:2">
       <x:c r="A2591" s="2">
-        <x:v>42275</x:v>
+        <x:v>42297</x:v>
       </x:c>
       <x:c r="B2591" s="3">
-        <x:v>493319.93</x:v>
+        <x:v>493368.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2592" spans="1:2">
       <x:c r="A2592" s="2">
-        <x:v>42272</x:v>
+        <x:v>42296</x:v>
       </x:c>
       <x:c r="B2592" s="3">
-        <x:v>493317.37</x:v>
+        <x:v>493366.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2593" spans="1:2">
       <x:c r="A2593" s="2">
-        <x:v>42271</x:v>
+        <x:v>42293</x:v>
       </x:c>
       <x:c r="B2593" s="3">
-        <x:v>493309.67</x:v>
+        <x:v>493364.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2594" spans="1:2">
       <x:c r="A2594" s="2">
-        <x:v>42270</x:v>
+        <x:v>42292</x:v>
       </x:c>
       <x:c r="B2594" s="3">
-        <x:v>493307.11</x:v>
+        <x:v>493358.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2595" spans="1:2">
       <x:c r="A2595" s="2">
-        <x:v>42269</x:v>
+        <x:v>42291</x:v>
       </x:c>
       <x:c r="B2595" s="3">
-        <x:v>493304.01</x:v>
+        <x:v>493356.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2596" spans="1:2">
       <x:c r="A2596" s="2">
-        <x:v>42268</x:v>
+        <x:v>42290</x:v>
       </x:c>
       <x:c r="B2596" s="3">
-        <x:v>493300.91</x:v>
+        <x:v>493354.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2597" spans="1:2">
       <x:c r="A2597" s="2">
-        <x:v>42265</x:v>
+        <x:v>42289</x:v>
       </x:c>
       <x:c r="B2597" s="3">
-        <x:v>493297.81</x:v>
+        <x:v>493352.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2598" spans="1:2">
       <x:c r="A2598" s="2">
-        <x:v>42264</x:v>
+        <x:v>42286</x:v>
       </x:c>
       <x:c r="B2598" s="3">
-        <x:v>493288.49</x:v>
+        <x:v>493350.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2599" spans="1:2">
       <x:c r="A2599" s="2">
-        <x:v>42263</x:v>
+        <x:v>42285</x:v>
       </x:c>
       <x:c r="B2599" s="3">
-        <x:v>493285.39</x:v>
+        <x:v>493344.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2600" spans="1:2">
       <x:c r="A2600" s="2">
-        <x:v>42262</x:v>
+        <x:v>42284</x:v>
       </x:c>
       <x:c r="B2600" s="3">
-        <x:v>493282.29</x:v>
+        <x:v>493342.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2601" spans="1:2">
       <x:c r="A2601" s="2">
-        <x:v>42261</x:v>
+        <x:v>42283</x:v>
       </x:c>
       <x:c r="B2601" s="3">
-        <x:v>493279.19</x:v>
+        <x:v>493340.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2602" spans="1:2">
       <x:c r="A2602" s="2">
-        <x:v>42258</x:v>
+        <x:v>42282</x:v>
       </x:c>
       <x:c r="B2602" s="3">
-        <x:v>493276.09</x:v>
+        <x:v>493337.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2603" spans="1:2">
       <x:c r="A2603" s="2">
-        <x:v>42257</x:v>
+        <x:v>42279</x:v>
       </x:c>
       <x:c r="B2603" s="3">
-        <x:v>493266.77</x:v>
+        <x:v>493335.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2604" spans="1:2">
       <x:c r="A2604" s="2">
-        <x:v>42256</x:v>
+        <x:v>42278</x:v>
       </x:c>
       <x:c r="B2604" s="3">
-        <x:v>493263.67</x:v>
+        <x:v>493327.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2605" spans="1:2">
       <x:c r="A2605" s="2">
-        <x:v>42255</x:v>
+        <x:v>42277</x:v>
       </x:c>
       <x:c r="B2605" s="3">
-        <x:v>493260.57</x:v>
+        <x:v>493325.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2606" spans="1:2">
       <x:c r="A2606" s="2">
-        <x:v>42254</x:v>
+        <x:v>42276</x:v>
       </x:c>
       <x:c r="B2606" s="3">
-        <x:v>493257.47</x:v>
+        <x:v>493322.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2607" spans="1:2">
       <x:c r="A2607" s="2">
-        <x:v>42251</x:v>
+        <x:v>42275</x:v>
       </x:c>
       <x:c r="B2607" s="3">
-        <x:v>493254.37</x:v>
+        <x:v>493319.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2608" spans="1:2">
       <x:c r="A2608" s="2">
-        <x:v>42250</x:v>
+        <x:v>42272</x:v>
       </x:c>
       <x:c r="B2608" s="3">
-        <x:v>493245.05</x:v>
+        <x:v>493317.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2609" spans="1:2">
       <x:c r="A2609" s="2">
-        <x:v>42249</x:v>
+        <x:v>42271</x:v>
       </x:c>
       <x:c r="B2609" s="3">
-        <x:v>493241.95</x:v>
+        <x:v>493309.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2610" spans="1:2">
       <x:c r="A2610" s="2">
-        <x:v>42248</x:v>
+        <x:v>42270</x:v>
       </x:c>
       <x:c r="B2610" s="3">
-        <x:v>493238.85</x:v>
+        <x:v>493307.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2611" spans="1:2">
       <x:c r="A2611" s="2">
-        <x:v>42247</x:v>
+        <x:v>42269</x:v>
       </x:c>
       <x:c r="B2611" s="3">
-        <x:v>493235.75</x:v>
+        <x:v>493304.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2612" spans="1:2">
       <x:c r="A2612" s="2">
-        <x:v>42244</x:v>
+        <x:v>42268</x:v>
       </x:c>
       <x:c r="B2612" s="3">
-        <x:v>493233.05</x:v>
+        <x:v>493300.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2613" spans="1:2">
       <x:c r="A2613" s="2">
-        <x:v>42243</x:v>
+        <x:v>42265</x:v>
       </x:c>
       <x:c r="B2613" s="3">
-        <x:v>493224.95</x:v>
+        <x:v>493297.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2614" spans="1:2">
       <x:c r="A2614" s="2">
-        <x:v>42242</x:v>
+        <x:v>42264</x:v>
       </x:c>
       <x:c r="B2614" s="3">
-        <x:v>493222.25</x:v>
+        <x:v>493288.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2615" spans="1:2">
       <x:c r="A2615" s="2">
-        <x:v>42241</x:v>
+        <x:v>42263</x:v>
       </x:c>
       <x:c r="B2615" s="3">
-        <x:v>493219.55</x:v>
+        <x:v>493285.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2616" spans="1:2">
       <x:c r="A2616" s="2">
-        <x:v>42240</x:v>
+        <x:v>42262</x:v>
       </x:c>
       <x:c r="B2616" s="3">
-        <x:v>493216.85</x:v>
+        <x:v>493282.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2617" spans="1:2">
       <x:c r="A2617" s="2">
-        <x:v>42237</x:v>
+        <x:v>42261</x:v>
       </x:c>
       <x:c r="B2617" s="3">
-        <x:v>493214.15</x:v>
+        <x:v>493279.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2618" spans="1:2">
       <x:c r="A2618" s="2">
-        <x:v>42236</x:v>
+        <x:v>42258</x:v>
       </x:c>
       <x:c r="B2618" s="3">
-        <x:v>493206.05</x:v>
+        <x:v>493276.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2619" spans="1:2">
       <x:c r="A2619" s="2">
-        <x:v>42235</x:v>
+        <x:v>42257</x:v>
       </x:c>
       <x:c r="B2619" s="3">
-        <x:v>493203.35</x:v>
+        <x:v>493266.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2620" spans="1:2">
       <x:c r="A2620" s="2">
-        <x:v>42234</x:v>
+        <x:v>42256</x:v>
       </x:c>
       <x:c r="B2620" s="3">
-        <x:v>493200.65</x:v>
+        <x:v>493263.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2621" spans="1:2">
       <x:c r="A2621" s="2">
-        <x:v>42233</x:v>
+        <x:v>42255</x:v>
       </x:c>
       <x:c r="B2621" s="3">
-        <x:v>493197.95</x:v>
+        <x:v>493260.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2622" spans="1:2">
       <x:c r="A2622" s="2">
-        <x:v>42230</x:v>
+        <x:v>42254</x:v>
       </x:c>
       <x:c r="B2622" s="3">
-        <x:v>493195.25</x:v>
+        <x:v>493257.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2623" spans="1:2">
       <x:c r="A2623" s="2">
-        <x:v>42229</x:v>
+        <x:v>42251</x:v>
       </x:c>
       <x:c r="B2623" s="3">
-        <x:v>493187.15</x:v>
+        <x:v>493254.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2624" spans="1:2">
       <x:c r="A2624" s="2">
-        <x:v>42228</x:v>
+        <x:v>42250</x:v>
       </x:c>
       <x:c r="B2624" s="3">
-        <x:v>493184.45</x:v>
+        <x:v>493245.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2625" spans="1:2">
       <x:c r="A2625" s="2">
-        <x:v>42227</x:v>
+        <x:v>42249</x:v>
       </x:c>
       <x:c r="B2625" s="3">
-        <x:v>493181.75</x:v>
+        <x:v>493241.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2626" spans="1:2">
       <x:c r="A2626" s="2">
-        <x:v>42226</x:v>
+        <x:v>42248</x:v>
       </x:c>
       <x:c r="B2626" s="3">
-        <x:v>493179.05</x:v>
+        <x:v>493238.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2627" spans="1:2">
       <x:c r="A2627" s="2">
-        <x:v>42223</x:v>
+        <x:v>42247</x:v>
       </x:c>
       <x:c r="B2627" s="3">
-        <x:v>493176.35</x:v>
+        <x:v>493235.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2628" spans="1:2">
       <x:c r="A2628" s="2">
-        <x:v>42222</x:v>
+        <x:v>42244</x:v>
       </x:c>
       <x:c r="B2628" s="3">
-        <x:v>493168.25</x:v>
+        <x:v>493233.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2629" spans="1:2">
       <x:c r="A2629" s="2">
-        <x:v>42221</x:v>
+        <x:v>42243</x:v>
       </x:c>
       <x:c r="B2629" s="3">
-        <x:v>493165.82</x:v>
+        <x:v>493224.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2630" spans="1:2">
       <x:c r="A2630" s="2">
-        <x:v>42220</x:v>
+        <x:v>42242</x:v>
       </x:c>
       <x:c r="B2630" s="3">
-        <x:v>493163.39</x:v>
+        <x:v>493222.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2631" spans="1:2">
       <x:c r="A2631" s="2">
-        <x:v>42219</x:v>
+        <x:v>42241</x:v>
       </x:c>
       <x:c r="B2631" s="3">
-        <x:v>493160.96</x:v>
+        <x:v>493219.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2632" spans="1:2">
       <x:c r="A2632" s="2">
-        <x:v>42216</x:v>
+        <x:v>42240</x:v>
       </x:c>
       <x:c r="B2632" s="3">
-        <x:v>493158.53</x:v>
+        <x:v>493216.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2633" spans="1:2">
       <x:c r="A2633" s="2">
-        <x:v>42215</x:v>
+        <x:v>42237</x:v>
       </x:c>
       <x:c r="B2633" s="3">
-        <x:v>493151.24</x:v>
+        <x:v>493214.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2634" spans="1:2">
       <x:c r="A2634" s="2">
-        <x:v>42214</x:v>
+        <x:v>42236</x:v>
       </x:c>
       <x:c r="B2634" s="3">
-        <x:v>493148.81</x:v>
+        <x:v>493206.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2635" spans="1:2">
       <x:c r="A2635" s="2">
-        <x:v>42213</x:v>
+        <x:v>42235</x:v>
       </x:c>
       <x:c r="B2635" s="3">
-        <x:v>493146.38</x:v>
+        <x:v>493203.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2636" spans="1:2">
       <x:c r="A2636" s="2">
-        <x:v>42212</x:v>
+        <x:v>42234</x:v>
       </x:c>
       <x:c r="B2636" s="3">
-        <x:v>493143.95</x:v>
+        <x:v>493200.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2637" spans="1:2">
       <x:c r="A2637" s="2">
-        <x:v>42209</x:v>
+        <x:v>42233</x:v>
       </x:c>
       <x:c r="B2637" s="3">
-        <x:v>493141.52</x:v>
+        <x:v>493197.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2638" spans="1:2">
       <x:c r="A2638" s="2">
-        <x:v>42208</x:v>
+        <x:v>42230</x:v>
       </x:c>
       <x:c r="B2638" s="3">
-        <x:v>493134.23</x:v>
+        <x:v>493195.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2639" spans="1:2">
       <x:c r="A2639" s="2">
-        <x:v>42207</x:v>
+        <x:v>42229</x:v>
       </x:c>
       <x:c r="B2639" s="3">
-        <x:v>493131.8</x:v>
+        <x:v>493187.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2640" spans="1:2">
       <x:c r="A2640" s="2">
-        <x:v>42206</x:v>
+        <x:v>42228</x:v>
       </x:c>
       <x:c r="B2640" s="3">
-        <x:v>493129.37</x:v>
+        <x:v>493184.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2641" spans="1:2">
       <x:c r="A2641" s="2">
-        <x:v>42205</x:v>
+        <x:v>42227</x:v>
       </x:c>
       <x:c r="B2641" s="3">
-        <x:v>493126.94</x:v>
+        <x:v>493181.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2642" spans="1:2">
       <x:c r="A2642" s="2">
-        <x:v>42202</x:v>
+        <x:v>42226</x:v>
       </x:c>
       <x:c r="B2642" s="3">
-        <x:v>493124.51</x:v>
+        <x:v>493179.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2643" spans="1:2">
       <x:c r="A2643" s="2">
-        <x:v>42201</x:v>
+        <x:v>42223</x:v>
       </x:c>
       <x:c r="B2643" s="3">
-        <x:v>493117.22</x:v>
+        <x:v>493176.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2644" spans="1:2">
       <x:c r="A2644" s="2">
-        <x:v>42200</x:v>
+        <x:v>42222</x:v>
       </x:c>
       <x:c r="B2644" s="3">
-        <x:v>493114.79</x:v>
+        <x:v>493168.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2645" spans="1:2">
       <x:c r="A2645" s="2">
-        <x:v>42198</x:v>
+        <x:v>42221</x:v>
       </x:c>
       <x:c r="B2645" s="3">
-        <x:v>493112.36</x:v>
+        <x:v>493165.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2646" spans="1:2">
       <x:c r="A2646" s="2">
-        <x:v>42195</x:v>
+        <x:v>42220</x:v>
       </x:c>
       <x:c r="B2646" s="3">
-        <x:v>493107.5</x:v>
+        <x:v>493163.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2647" spans="1:2">
       <x:c r="A2647" s="2">
-        <x:v>42194</x:v>
+        <x:v>42219</x:v>
       </x:c>
       <x:c r="B2647" s="3">
-        <x:v>493100.21</x:v>
+        <x:v>493160.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2648" spans="1:2">
       <x:c r="A2648" s="2">
-        <x:v>42193</x:v>
+        <x:v>42216</x:v>
       </x:c>
       <x:c r="B2648" s="3">
-        <x:v>493097.78</x:v>
+        <x:v>493158.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2649" spans="1:2">
       <x:c r="A2649" s="2">
-        <x:v>42192</x:v>
+        <x:v>42215</x:v>
       </x:c>
       <x:c r="B2649" s="3">
-        <x:v>493095.35</x:v>
+        <x:v>493151.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2650" spans="1:2">
       <x:c r="A2650" s="2">
-        <x:v>42191</x:v>
+        <x:v>42214</x:v>
       </x:c>
       <x:c r="B2650" s="3">
-        <x:v>493092.92</x:v>
+        <x:v>493148.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2651" spans="1:2">
       <x:c r="A2651" s="2">
-        <x:v>42188</x:v>
+        <x:v>42213</x:v>
       </x:c>
       <x:c r="B2651" s="3">
-        <x:v>493090.49</x:v>
+        <x:v>493146.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2652" spans="1:2">
       <x:c r="A2652" s="2">
-        <x:v>42187</x:v>
+        <x:v>42212</x:v>
       </x:c>
       <x:c r="B2652" s="3">
-        <x:v>493083.2</x:v>
+        <x:v>493143.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2653" spans="1:2">
       <x:c r="A2653" s="2">
-        <x:v>42186</x:v>
+        <x:v>42209</x:v>
       </x:c>
       <x:c r="B2653" s="3">
-        <x:v>493080.77</x:v>
+        <x:v>493141.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2654" spans="1:2">
       <x:c r="A2654" s="2">
-        <x:v>42185</x:v>
+        <x:v>42208</x:v>
       </x:c>
       <x:c r="B2654" s="3">
-        <x:v>493078.34</x:v>
+        <x:v>493134.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2655" spans="1:2">
       <x:c r="A2655" s="2">
-        <x:v>42184</x:v>
+        <x:v>42207</x:v>
       </x:c>
       <x:c r="B2655" s="3">
-        <x:v>493075.91</x:v>
+        <x:v>493131.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2656" spans="1:2">
       <x:c r="A2656" s="2">
-        <x:v>42181</x:v>
+        <x:v>42206</x:v>
       </x:c>
       <x:c r="B2656" s="3">
-        <x:v>493073.48</x:v>
+        <x:v>493129.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2657" spans="1:2">
       <x:c r="A2657" s="2">
-        <x:v>42180</x:v>
+        <x:v>42205</x:v>
       </x:c>
       <x:c r="B2657" s="3">
-        <x:v>493066.19</x:v>
+        <x:v>493126.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2658" spans="1:2">
       <x:c r="A2658" s="2">
-        <x:v>42179</x:v>
+        <x:v>42202</x:v>
       </x:c>
       <x:c r="B2658" s="3">
-        <x:v>493063.76</x:v>
+        <x:v>493124.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2659" spans="1:2">
       <x:c r="A2659" s="2">
-        <x:v>42178</x:v>
+        <x:v>42201</x:v>
       </x:c>
       <x:c r="B2659" s="3">
-        <x:v>493061.33</x:v>
+        <x:v>493117.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2660" spans="1:2">
       <x:c r="A2660" s="2">
-        <x:v>42177</x:v>
+        <x:v>42200</x:v>
       </x:c>
       <x:c r="B2660" s="3">
-        <x:v>493059.17</x:v>
+        <x:v>493114.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2661" spans="1:2">
       <x:c r="A2661" s="2">
-        <x:v>42174</x:v>
+        <x:v>42198</x:v>
       </x:c>
       <x:c r="B2661" s="3">
-        <x:v>493057.01</x:v>
+        <x:v>493112.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2662" spans="1:2">
       <x:c r="A2662" s="2">
-        <x:v>42173</x:v>
+        <x:v>42195</x:v>
       </x:c>
       <x:c r="B2662" s="3">
-        <x:v>493050.53</x:v>
+        <x:v>493107.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2663" spans="1:2">
       <x:c r="A2663" s="2">
-        <x:v>42172</x:v>
+        <x:v>42194</x:v>
       </x:c>
       <x:c r="B2663" s="3">
-        <x:v>493048.37</x:v>
+        <x:v>493100.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2664" spans="1:2">
       <x:c r="A2664" s="2">
-        <x:v>42171</x:v>
+        <x:v>42193</x:v>
       </x:c>
       <x:c r="B2664" s="3">
-        <x:v>493046.21</x:v>
+        <x:v>493097.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2665" spans="1:2">
       <x:c r="A2665" s="2">
-        <x:v>42170</x:v>
+        <x:v>42192</x:v>
       </x:c>
       <x:c r="B2665" s="3">
-        <x:v>493044.05</x:v>
+        <x:v>493095.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2666" spans="1:2">
       <x:c r="A2666" s="2">
-        <x:v>42167</x:v>
+        <x:v>42191</x:v>
       </x:c>
       <x:c r="B2666" s="3">
-        <x:v>493042.16</x:v>
+        <x:v>493092.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2667" spans="1:2">
       <x:c r="A2667" s="2">
-        <x:v>42166</x:v>
+        <x:v>42188</x:v>
       </x:c>
       <x:c r="B2667" s="3">
-        <x:v>493036.49</x:v>
+        <x:v>493090.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2668" spans="1:2">
       <x:c r="A2668" s="2">
-        <x:v>42165</x:v>
+        <x:v>42187</x:v>
       </x:c>
       <x:c r="B2668" s="3">
-        <x:v>493034.6</x:v>
+        <x:v>493083.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2669" spans="1:2">
       <x:c r="A2669" s="2">
-        <x:v>42164</x:v>
+        <x:v>42186</x:v>
       </x:c>
       <x:c r="B2669" s="3">
-        <x:v>493032.71</x:v>
+        <x:v>493080.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2670" spans="1:2">
       <x:c r="A2670" s="2">
-        <x:v>42163</x:v>
+        <x:v>42185</x:v>
       </x:c>
       <x:c r="B2670" s="3">
-        <x:v>493030.82</x:v>
+        <x:v>493078.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2671" spans="1:2">
       <x:c r="A2671" s="2">
-        <x:v>42160</x:v>
+        <x:v>42184</x:v>
       </x:c>
       <x:c r="B2671" s="3">
-        <x:v>493028.93</x:v>
+        <x:v>493075.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2672" spans="1:2">
       <x:c r="A2672" s="2">
-        <x:v>42159</x:v>
+        <x:v>42181</x:v>
       </x:c>
       <x:c r="B2672" s="3">
-        <x:v>493023.26</x:v>
+        <x:v>493073.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2673" spans="1:2">
       <x:c r="A2673" s="2">
-        <x:v>42158</x:v>
+        <x:v>42180</x:v>
       </x:c>
       <x:c r="B2673" s="3">
-        <x:v>493021.1</x:v>
+        <x:v>493066.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2674" spans="1:2">
       <x:c r="A2674" s="2">
-        <x:v>42157</x:v>
+        <x:v>42179</x:v>
       </x:c>
       <x:c r="B2674" s="3">
-        <x:v>493018.94</x:v>
+        <x:v>493063.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2675" spans="1:2">
       <x:c r="A2675" s="2">
-        <x:v>42156</x:v>
+        <x:v>42178</x:v>
       </x:c>
       <x:c r="B2675" s="3">
-        <x:v>493016.78</x:v>
+        <x:v>493061.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2676" spans="1:2">
       <x:c r="A2676" s="2">
-        <x:v>42153</x:v>
+        <x:v>42177</x:v>
       </x:c>
       <x:c r="B2676" s="3">
-        <x:v>493014.62</x:v>
+        <x:v>493059.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2677" spans="1:2">
       <x:c r="A2677" s="2">
-        <x:v>42152</x:v>
+        <x:v>42174</x:v>
       </x:c>
       <x:c r="B2677" s="3">
-        <x:v>493008.14</x:v>
+        <x:v>493057.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2678" spans="1:2">
       <x:c r="A2678" s="2">
-        <x:v>42151</x:v>
+        <x:v>42173</x:v>
       </x:c>
       <x:c r="B2678" s="3">
-        <x:v>493005.98</x:v>
+        <x:v>493050.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2679" spans="1:2">
       <x:c r="A2679" s="2">
-        <x:v>42150</x:v>
+        <x:v>42172</x:v>
       </x:c>
       <x:c r="B2679" s="3">
-        <x:v>493003.82</x:v>
+        <x:v>493048.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2680" spans="1:2">
       <x:c r="A2680" s="2">
-        <x:v>42146</x:v>
+        <x:v>42171</x:v>
       </x:c>
       <x:c r="B2680" s="3">
-        <x:v>493001.66</x:v>
+        <x:v>493046.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2681" spans="1:2">
       <x:c r="A2681" s="2">
-        <x:v>42145</x:v>
+        <x:v>42170</x:v>
       </x:c>
       <x:c r="B2681" s="3">
-        <x:v>492993.02</x:v>
+        <x:v>493044.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2682" spans="1:2">
       <x:c r="A2682" s="2">
-        <x:v>42144</x:v>
+        <x:v>42167</x:v>
       </x:c>
       <x:c r="B2682" s="3">
-        <x:v>492990.86</x:v>
+        <x:v>493042.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2683" spans="1:2">
       <x:c r="A2683" s="2">
-        <x:v>42143</x:v>
+        <x:v>42166</x:v>
       </x:c>
       <x:c r="B2683" s="3">
-        <x:v>492988.57</x:v>
+        <x:v>493036.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2684" spans="1:2">
       <x:c r="A2684" s="2">
-        <x:v>42142</x:v>
+        <x:v>42165</x:v>
       </x:c>
       <x:c r="B2684" s="3">
-        <x:v>492986.28</x:v>
+        <x:v>493034.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2685" spans="1:2">
       <x:c r="A2685" s="2">
-        <x:v>42139</x:v>
+        <x:v>42164</x:v>
       </x:c>
       <x:c r="B2685" s="3">
-        <x:v>492983.99</x:v>
+        <x:v>493032.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2686" spans="1:2">
       <x:c r="A2686" s="2">
-        <x:v>42137</x:v>
+        <x:v>42163</x:v>
       </x:c>
       <x:c r="B2686" s="3">
-        <x:v>492977.11</x:v>
+        <x:v>493030.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2687" spans="1:2">
       <x:c r="A2687" s="2">
-        <x:v>42136</x:v>
+        <x:v>42160</x:v>
       </x:c>
       <x:c r="B2687" s="3">
-        <x:v>492972.52</x:v>
+        <x:v>493028.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2688" spans="1:2">
       <x:c r="A2688" s="2">
-        <x:v>42135</x:v>
+        <x:v>42159</x:v>
       </x:c>
       <x:c r="B2688" s="3">
-        <x:v>492970.23</x:v>
+        <x:v>493023.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2689" spans="1:2">
       <x:c r="A2689" s="2">
-        <x:v>42131</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="B2689" s="3">
-        <x:v>492967.94</x:v>
+        <x:v>493021.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2690" spans="1:2">
       <x:c r="A2690" s="2">
-        <x:v>42130</x:v>
+        <x:v>42157</x:v>
       </x:c>
       <x:c r="B2690" s="3">
-        <x:v>492957.14</x:v>
+        <x:v>493018.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2691" spans="1:2">
       <x:c r="A2691" s="2">
-        <x:v>42129</x:v>
+        <x:v>42156</x:v>
       </x:c>
       <x:c r="B2691" s="3">
-        <x:v>492954.44</x:v>
+        <x:v>493016.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2692" spans="1:2">
       <x:c r="A2692" s="2">
-        <x:v>42128</x:v>
+        <x:v>42153</x:v>
       </x:c>
       <x:c r="B2692" s="3">
-        <x:v>492951.74</x:v>
+        <x:v>493014.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2693" spans="1:2">
       <x:c r="A2693" s="2">
-        <x:v>42124</x:v>
+        <x:v>42152</x:v>
       </x:c>
       <x:c r="B2693" s="3">
-        <x:v>492948.77</x:v>
+        <x:v>493008.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2694" spans="1:2">
       <x:c r="A2694" s="2">
-        <x:v>42123</x:v>
+        <x:v>42151</x:v>
       </x:c>
       <x:c r="B2694" s="3">
-        <x:v>492936.89</x:v>
+        <x:v>493005.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2695" spans="1:2">
       <x:c r="A2695" s="2">
-        <x:v>42122</x:v>
+        <x:v>42150</x:v>
       </x:c>
       <x:c r="B2695" s="3">
-        <x:v>492933.92</x:v>
+        <x:v>493003.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2696" spans="1:2">
       <x:c r="A2696" s="2">
-        <x:v>42121</x:v>
+        <x:v>42146</x:v>
       </x:c>
       <x:c r="B2696" s="3">
-        <x:v>492930.82</x:v>
+        <x:v>493001.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2697" spans="1:2">
       <x:c r="A2697" s="2">
-        <x:v>42118</x:v>
+        <x:v>42145</x:v>
       </x:c>
       <x:c r="B2697" s="3">
-        <x:v>492927.72</x:v>
+        <x:v>492993.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2698" spans="1:2">
       <x:c r="A2698" s="2">
-        <x:v>42117</x:v>
+        <x:v>42144</x:v>
       </x:c>
       <x:c r="B2698" s="3">
-        <x:v>492916.38</x:v>
+        <x:v>492990.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2699" spans="1:2">
       <x:c r="A2699" s="2">
-        <x:v>42116</x:v>
+        <x:v>42143</x:v>
       </x:c>
       <x:c r="B2699" s="3">
-        <x:v>496227.97</x:v>
+        <x:v>492988.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2700" spans="1:2">
       <x:c r="A2700" s="2">
-        <x:v>42115</x:v>
+        <x:v>42142</x:v>
       </x:c>
       <x:c r="B2700" s="3">
-        <x:v>496224.17</x:v>
+        <x:v>492986.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2701" spans="1:2">
       <x:c r="A2701" s="2">
-        <x:v>42114</x:v>
+        <x:v>42139</x:v>
       </x:c>
       <x:c r="B2701" s="3">
-        <x:v>496220.37</x:v>
+        <x:v>492983.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2702" spans="1:2">
       <x:c r="A2702" s="2">
-        <x:v>42111</x:v>
+        <x:v>42137</x:v>
       </x:c>
       <x:c r="B2702" s="3">
-        <x:v>496216.57</x:v>
+        <x:v>492977.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2703" spans="1:2">
       <x:c r="A2703" s="2">
-        <x:v>42110</x:v>
+        <x:v>42136</x:v>
       </x:c>
       <x:c r="B2703" s="3">
-        <x:v>496205.16</x:v>
+        <x:v>492972.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2704" spans="1:2">
       <x:c r="A2704" s="2">
-        <x:v>42109</x:v>
+        <x:v>42135</x:v>
       </x:c>
       <x:c r="B2704" s="3">
-        <x:v>496201.09</x:v>
+        <x:v>492970.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2705" spans="1:2">
       <x:c r="A2705" s="2">
-        <x:v>42108</x:v>
+        <x:v>42131</x:v>
       </x:c>
       <x:c r="B2705" s="3">
-        <x:v>496197.02</x:v>
+        <x:v>492967.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2706" spans="1:2">
       <x:c r="A2706" s="2">
-        <x:v>42107</x:v>
+        <x:v>42130</x:v>
       </x:c>
       <x:c r="B2706" s="3">
-        <x:v>496192.67</x:v>
+        <x:v>492957.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2707" spans="1:2">
       <x:c r="A2707" s="2">
-        <x:v>42104</x:v>
+        <x:v>42129</x:v>
       </x:c>
       <x:c r="B2707" s="3">
-        <x:v>496188.19</x:v>
+        <x:v>492954.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2708" spans="1:2">
       <x:c r="A2708" s="2">
-        <x:v>42103</x:v>
+        <x:v>42128</x:v>
       </x:c>
       <x:c r="B2708" s="3">
-        <x:v>496171.88</x:v>
+        <x:v>492951.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2709" spans="1:2">
       <x:c r="A2709" s="2">
-        <x:v>42102</x:v>
+        <x:v>42124</x:v>
       </x:c>
       <x:c r="B2709" s="3">
-        <x:v>496166.45</x:v>
+        <x:v>492948.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2710" spans="1:2">
       <x:c r="A2710" s="2">
-        <x:v>42101</x:v>
+        <x:v>42123</x:v>
       </x:c>
       <x:c r="B2710" s="3">
-        <x:v>496161.02</x:v>
+        <x:v>492936.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2711" spans="1:2">
       <x:c r="A2711" s="2">
-        <x:v>42096</x:v>
+        <x:v>42122</x:v>
       </x:c>
       <x:c r="B2711" s="3">
-        <x:v>496155.59</x:v>
+        <x:v>492933.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2712" spans="1:2">
       <x:c r="A2712" s="2">
-        <x:v>42095</x:v>
+        <x:v>42121</x:v>
       </x:c>
       <x:c r="B2712" s="3">
-        <x:v>496128.41</x:v>
+        <x:v>492930.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2713" spans="1:2">
       <x:c r="A2713" s="2">
-        <x:v>42094</x:v>
+        <x:v>42118</x:v>
       </x:c>
       <x:c r="B2713" s="3">
-        <x:v>496122.98</x:v>
+        <x:v>492927.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2714" spans="1:2">
       <x:c r="A2714" s="2">
-        <x:v>42093</x:v>
+        <x:v>42117</x:v>
       </x:c>
       <x:c r="B2714" s="3">
-        <x:v>496117.55</x:v>
+        <x:v>492916.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2715" spans="1:2">
       <x:c r="A2715" s="2">
-        <x:v>42090</x:v>
+        <x:v>42116</x:v>
       </x:c>
       <x:c r="B2715" s="3">
-        <x:v>496112.8</x:v>
+        <x:v>496227.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2716" spans="1:2">
       <x:c r="A2716" s="2">
-        <x:v>42089</x:v>
+        <x:v>42115</x:v>
       </x:c>
       <x:c r="B2716" s="3">
-        <x:v>496098.53</x:v>
+        <x:v>496224.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2717" spans="1:2">
       <x:c r="A2717" s="2">
-        <x:v>42088</x:v>
+        <x:v>42114</x:v>
       </x:c>
       <x:c r="B2717" s="3">
-        <x:v>496094.46</x:v>
+        <x:v>496220.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2718" spans="1:2">
       <x:c r="A2718" s="2">
-        <x:v>42087</x:v>
+        <x:v>42111</x:v>
       </x:c>
       <x:c r="B2718" s="3">
-        <x:v>496090.39</x:v>
+        <x:v>496216.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2719" spans="1:2">
       <x:c r="A2719" s="2">
-        <x:v>42086</x:v>
+        <x:v>42110</x:v>
       </x:c>
       <x:c r="B2719" s="3">
-        <x:v>496086.32</x:v>
+        <x:v>496205.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2720" spans="1:2">
       <x:c r="A2720" s="2">
-        <x:v>42083</x:v>
+        <x:v>42109</x:v>
       </x:c>
       <x:c r="B2720" s="3">
-        <x:v>496082.25</x:v>
+        <x:v>496201.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2721" spans="1:2">
       <x:c r="A2721" s="2">
-        <x:v>42082</x:v>
+        <x:v>42108</x:v>
       </x:c>
       <x:c r="B2721" s="3">
-        <x:v>496070.84</x:v>
+        <x:v>496197.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2722" spans="1:2">
       <x:c r="A2722" s="2">
-        <x:v>42081</x:v>
+        <x:v>42107</x:v>
       </x:c>
       <x:c r="B2722" s="3">
-        <x:v>496067.04</x:v>
+        <x:v>496192.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2723" spans="1:2">
       <x:c r="A2723" s="2">
-        <x:v>42080</x:v>
+        <x:v>42104</x:v>
       </x:c>
       <x:c r="B2723" s="3">
-        <x:v>496063.51</x:v>
+        <x:v>496188.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2724" spans="1:2">
       <x:c r="A2724" s="2">
-        <x:v>42079</x:v>
+        <x:v>42103</x:v>
       </x:c>
       <x:c r="B2724" s="3">
-        <x:v>496059.98</x:v>
+        <x:v>496171.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2725" spans="1:2">
       <x:c r="A2725" s="2">
-        <x:v>42076</x:v>
+        <x:v>42102</x:v>
       </x:c>
       <x:c r="B2725" s="3">
-        <x:v>496056.45</x:v>
+        <x:v>496166.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2726" spans="1:2">
       <x:c r="A2726" s="2">
-        <x:v>42075</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="B2726" s="3">
-        <x:v>496045.85</x:v>
+        <x:v>496161.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2727" spans="1:2">
       <x:c r="A2727" s="2">
-        <x:v>42074</x:v>
+        <x:v>42096</x:v>
       </x:c>
       <x:c r="B2727" s="3">
-        <x:v>496042.32</x:v>
+        <x:v>496155.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2728" spans="1:2">
       <x:c r="A2728" s="2">
-        <x:v>42073</x:v>
+        <x:v>42095</x:v>
       </x:c>
       <x:c r="B2728" s="3">
-        <x:v>496038.79</x:v>
+        <x:v>496128.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2729" spans="1:2">
       <x:c r="A2729" s="2">
-        <x:v>42072</x:v>
+        <x:v>42094</x:v>
       </x:c>
       <x:c r="B2729" s="3">
-        <x:v>496035.26</x:v>
+        <x:v>496122.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2730" spans="1:2">
       <x:c r="A2730" s="2">
-        <x:v>42069</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="B2730" s="3">
-        <x:v>496031.73</x:v>
+        <x:v>496117.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2731" spans="1:2">
       <x:c r="A2731" s="2">
-        <x:v>42068</x:v>
+        <x:v>42090</x:v>
       </x:c>
       <x:c r="B2731" s="3">
-        <x:v>496021.14</x:v>
+        <x:v>496112.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2732" spans="1:2">
       <x:c r="A2732" s="2">
-        <x:v>42067</x:v>
+        <x:v>42089</x:v>
       </x:c>
       <x:c r="B2732" s="3">
-        <x:v>496018.02</x:v>
+        <x:v>496098.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2733" spans="1:2">
       <x:c r="A2733" s="2">
-        <x:v>42066</x:v>
+        <x:v>42088</x:v>
       </x:c>
       <x:c r="B2733" s="3">
-        <x:v>496014.9</x:v>
+        <x:v>496094.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2734" spans="1:2">
       <x:c r="A2734" s="2">
-        <x:v>42065</x:v>
+        <x:v>42087</x:v>
       </x:c>
       <x:c r="B2734" s="3">
-        <x:v>496011.78</x:v>
+        <x:v>496090.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2735" spans="1:2">
       <x:c r="A2735" s="2">
-        <x:v>42062</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="B2735" s="3">
-        <x:v>496008.66</x:v>
+        <x:v>496086.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2736" spans="1:2">
       <x:c r="A2736" s="2">
-        <x:v>42061</x:v>
+        <x:v>42083</x:v>
       </x:c>
       <x:c r="B2736" s="3">
-        <x:v>495999.29</x:v>
+        <x:v>496082.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2737" spans="1:2">
       <x:c r="A2737" s="2">
-        <x:v>42060</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="B2737" s="3">
-        <x:v>495996.17</x:v>
+        <x:v>496070.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2738" spans="1:2">
       <x:c r="A2738" s="2">
-        <x:v>42059</x:v>
+        <x:v>42081</x:v>
       </x:c>
       <x:c r="B2738" s="3">
-        <x:v>495993.05</x:v>
+        <x:v>496067.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2739" spans="1:2">
       <x:c r="A2739" s="2">
-        <x:v>42058</x:v>
+        <x:v>42080</x:v>
       </x:c>
       <x:c r="B2739" s="3">
-        <x:v>495990.2</x:v>
+        <x:v>496063.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2740" spans="1:2">
       <x:c r="A2740" s="2">
-        <x:v>42055</x:v>
+        <x:v>42079</x:v>
       </x:c>
       <x:c r="B2740" s="3">
-        <x:v>495987.35</x:v>
+        <x:v>496059.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2741" spans="1:2">
       <x:c r="A2741" s="2">
-        <x:v>42054</x:v>
+        <x:v>42076</x:v>
       </x:c>
       <x:c r="B2741" s="3">
-        <x:v>495978.79</x:v>
+        <x:v>496056.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2742" spans="1:2">
       <x:c r="A2742" s="2">
-        <x:v>42053</x:v>
+        <x:v>42075</x:v>
       </x:c>
       <x:c r="B2742" s="3">
-        <x:v>495975.94</x:v>
+        <x:v>496045.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2743" spans="1:2">
       <x:c r="A2743" s="2">
-        <x:v>42052</x:v>
+        <x:v>42074</x:v>
       </x:c>
       <x:c r="B2743" s="3">
-        <x:v>495973.09</x:v>
+        <x:v>496042.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2744" spans="1:2">
       <x:c r="A2744" s="2">
-        <x:v>42051</x:v>
+        <x:v>42073</x:v>
       </x:c>
       <x:c r="B2744" s="3">
-        <x:v>495970.24</x:v>
+        <x:v>496038.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2745" spans="1:2">
       <x:c r="A2745" s="2">
-        <x:v>42048</x:v>
+        <x:v>42072</x:v>
       </x:c>
       <x:c r="B2745" s="3">
-        <x:v>495967.39</x:v>
+        <x:v>496035.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2746" spans="1:2">
       <x:c r="A2746" s="2">
-        <x:v>42047</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="B2746" s="3">
-        <x:v>495958.83</x:v>
+        <x:v>496031.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2747" spans="1:2">
       <x:c r="A2747" s="2">
-        <x:v>42046</x:v>
+        <x:v>42068</x:v>
       </x:c>
       <x:c r="B2747" s="3">
-        <x:v>495955.98</x:v>
+        <x:v>496021.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2748" spans="1:2">
       <x:c r="A2748" s="2">
-        <x:v>42045</x:v>
+        <x:v>42067</x:v>
       </x:c>
       <x:c r="B2748" s="3">
-        <x:v>495953.13</x:v>
+        <x:v>496018.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2749" spans="1:2">
       <x:c r="A2749" s="2">
-        <x:v>42044</x:v>
+        <x:v>42066</x:v>
       </x:c>
       <x:c r="B2749" s="3">
-        <x:v>495950.28</x:v>
+        <x:v>496014.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2750" spans="1:2">
       <x:c r="A2750" s="2">
-        <x:v>42041</x:v>
+        <x:v>42065</x:v>
       </x:c>
       <x:c r="B2750" s="3">
-        <x:v>495947.43</x:v>
+        <x:v>496011.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2751" spans="1:2">
       <x:c r="A2751" s="2">
-        <x:v>42040</x:v>
+        <x:v>42062</x:v>
       </x:c>
       <x:c r="B2751" s="3">
-        <x:v>495937.65</x:v>
+        <x:v>496008.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2752" spans="1:2">
       <x:c r="A2752" s="2">
-        <x:v>42039</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="B2752" s="3">
-        <x:v>495934.39</x:v>
+        <x:v>495999.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2753" spans="1:2">
       <x:c r="A2753" s="2">
-        <x:v>42038</x:v>
+        <x:v>42060</x:v>
       </x:c>
       <x:c r="B2753" s="3">
-        <x:v>495931.13</x:v>
+        <x:v>495996.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2754" spans="1:2">
       <x:c r="A2754" s="2">
-        <x:v>42037</x:v>
+        <x:v>42059</x:v>
       </x:c>
       <x:c r="B2754" s="3">
-        <x:v>495927.87</x:v>
+        <x:v>495993.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2755" spans="1:2">
       <x:c r="A2755" s="2">
-        <x:v>42034</x:v>
+        <x:v>42058</x:v>
       </x:c>
       <x:c r="B2755" s="3">
-        <x:v>495924.61</x:v>
+        <x:v>495990.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2756" spans="1:2">
       <x:c r="A2756" s="2">
-        <x:v>42033</x:v>
+        <x:v>42055</x:v>
       </x:c>
       <x:c r="B2756" s="3">
-        <x:v>495914.83</x:v>
+        <x:v>495987.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2757" spans="1:2">
       <x:c r="A2757" s="2">
-        <x:v>42032</x:v>
+        <x:v>42054</x:v>
       </x:c>
       <x:c r="B2757" s="3">
-        <x:v>495911.85</x:v>
+        <x:v>495978.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2758" spans="1:2">
       <x:c r="A2758" s="2">
-        <x:v>42031</x:v>
+        <x:v>42053</x:v>
       </x:c>
       <x:c r="B2758" s="3">
-        <x:v>495908.87</x:v>
+        <x:v>495975.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2759" spans="1:2">
       <x:c r="A2759" s="2">
-        <x:v>42030</x:v>
+        <x:v>42052</x:v>
       </x:c>
       <x:c r="B2759" s="3">
-        <x:v>495905.89</x:v>
+        <x:v>495973.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2760" spans="1:2">
       <x:c r="A2760" s="2">
-        <x:v>42027</x:v>
+        <x:v>42051</x:v>
       </x:c>
       <x:c r="B2760" s="3">
-        <x:v>495902.91</x:v>
+        <x:v>495970.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2761" spans="1:2">
       <x:c r="A2761" s="2">
-        <x:v>42026</x:v>
+        <x:v>42048</x:v>
       </x:c>
       <x:c r="B2761" s="3">
-        <x:v>495893.95</x:v>
+        <x:v>495967.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2762" spans="1:2">
       <x:c r="A2762" s="2">
-        <x:v>42025</x:v>
+        <x:v>42047</x:v>
       </x:c>
       <x:c r="B2762" s="3">
-        <x:v>495890.97</x:v>
+        <x:v>495958.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2763" spans="1:2">
       <x:c r="A2763" s="2">
-        <x:v>42024</x:v>
+        <x:v>42046</x:v>
       </x:c>
       <x:c r="B2763" s="3">
-        <x:v>495887.99</x:v>
+        <x:v>495955.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2764" spans="1:2">
       <x:c r="A2764" s="2">
-        <x:v>42023</x:v>
+        <x:v>42045</x:v>
       </x:c>
       <x:c r="B2764" s="3">
-        <x:v>495885.01</x:v>
+        <x:v>495953.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2765" spans="1:2">
       <x:c r="A2765" s="2">
-        <x:v>42020</x:v>
+        <x:v>42044</x:v>
       </x:c>
       <x:c r="B2765" s="3">
-        <x:v>495882.03</x:v>
+        <x:v>495950.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2766" spans="1:2">
       <x:c r="A2766" s="2">
-        <x:v>42019</x:v>
+        <x:v>42041</x:v>
       </x:c>
       <x:c r="B2766" s="3">
-        <x:v>495873.07</x:v>
+        <x:v>495947.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2767" spans="1:2">
       <x:c r="A2767" s="2">
-        <x:v>42018</x:v>
+        <x:v>42040</x:v>
       </x:c>
       <x:c r="B2767" s="3">
-        <x:v>495870.09</x:v>
+        <x:v>495937.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2768" spans="1:2">
       <x:c r="A2768" s="2">
-        <x:v>42017</x:v>
+        <x:v>42039</x:v>
       </x:c>
       <x:c r="B2768" s="3">
-        <x:v>495866.97</x:v>
+        <x:v>495934.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2769" spans="1:2">
       <x:c r="A2769" s="2">
-        <x:v>42016</x:v>
+        <x:v>42038</x:v>
       </x:c>
       <x:c r="B2769" s="3">
-        <x:v>495863.85</x:v>
+        <x:v>495931.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2770" spans="1:2">
       <x:c r="A2770" s="2">
-        <x:v>42013</x:v>
+        <x:v>42037</x:v>
       </x:c>
       <x:c r="B2770" s="3">
-        <x:v>495860.59</x:v>
+        <x:v>495927.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2771" spans="1:2">
       <x:c r="A2771" s="2">
-        <x:v>42012</x:v>
+        <x:v>42034</x:v>
       </x:c>
       <x:c r="B2771" s="3">
-        <x:v>495850.81</x:v>
+        <x:v>495924.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2772" spans="1:2">
       <x:c r="A2772" s="2">
-        <x:v>42011</x:v>
+        <x:v>42033</x:v>
       </x:c>
       <x:c r="B2772" s="3">
-        <x:v>495847.55</x:v>
+        <x:v>495914.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2773" spans="1:2">
       <x:c r="A2773" s="2">
-        <x:v>42010</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="B2773" s="3">
-        <x:v>495844.28</x:v>
+        <x:v>495911.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2774" spans="1:2">
       <x:c r="A2774" s="2">
-        <x:v>42009</x:v>
+        <x:v>42031</x:v>
       </x:c>
       <x:c r="B2774" s="3">
-        <x:v>495841.03</x:v>
+        <x:v>495908.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2775" spans="1:2">
       <x:c r="A2775" s="2">
-        <x:v>42006</x:v>
+        <x:v>42030</x:v>
       </x:c>
       <x:c r="B2775" s="3">
-        <x:v>495837.37</x:v>
+        <x:v>495905.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2776" spans="1:2">
       <x:c r="A2776" s="2">
-        <x:v>42004</x:v>
+        <x:v>42027</x:v>
       </x:c>
       <x:c r="B2776" s="3">
-        <x:v>495826.38</x:v>
+        <x:v>495902.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2777" spans="1:2">
       <x:c r="A2777" s="2">
-        <x:v>42003</x:v>
+        <x:v>42026</x:v>
       </x:c>
       <x:c r="B2777" s="3">
-        <x:v>495818.5</x:v>
+        <x:v>495893.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2778" spans="1:2">
       <x:c r="A2778" s="2">
-        <x:v>42002</x:v>
+        <x:v>42025</x:v>
       </x:c>
       <x:c r="B2778" s="3">
-        <x:v>495814.16</x:v>
+        <x:v>495890.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2779" spans="1:2">
       <x:c r="A2779" s="2">
-        <x:v>41997</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="B2779" s="3">
-        <x:v>495809.82</x:v>
+        <x:v>495887.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2780" spans="1:2">
       <x:c r="A2780" s="2">
-        <x:v>41996</x:v>
+        <x:v>42023</x:v>
       </x:c>
       <x:c r="B2780" s="3">
-        <x:v>495788.09</x:v>
+        <x:v>495885.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2781" spans="1:2">
       <x:c r="A2781" s="2">
-        <x:v>41995</x:v>
+        <x:v>42020</x:v>
       </x:c>
       <x:c r="B2781" s="3">
-        <x:v>495783.75</x:v>
+        <x:v>495882.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2782" spans="1:2">
       <x:c r="A2782" s="2">
-        <x:v>41992</x:v>
+        <x:v>42019</x:v>
       </x:c>
       <x:c r="B2782" s="3">
-        <x:v>495779.41</x:v>
+        <x:v>495873.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2783" spans="1:2">
       <x:c r="A2783" s="2">
-        <x:v>41991</x:v>
+        <x:v>42018</x:v>
       </x:c>
       <x:c r="B2783" s="3">
-        <x:v>495766.38</x:v>
+        <x:v>495870.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2784" spans="1:2">
       <x:c r="A2784" s="2">
-        <x:v>41990</x:v>
+        <x:v>42017</x:v>
       </x:c>
       <x:c r="B2784" s="3">
-        <x:v>495762.04</x:v>
+        <x:v>495866.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2785" spans="1:2">
       <x:c r="A2785" s="2">
-        <x:v>41989</x:v>
+        <x:v>42016</x:v>
       </x:c>
       <x:c r="B2785" s="3">
-        <x:v>495757.7</x:v>
+        <x:v>495863.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2786" spans="1:2">
       <x:c r="A2786" s="2">
-        <x:v>41988</x:v>
+        <x:v>42013</x:v>
       </x:c>
       <x:c r="B2786" s="3">
-        <x:v>495753.36</x:v>
+        <x:v>495860.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2787" spans="1:2">
       <x:c r="A2787" s="2">
-        <x:v>41985</x:v>
+        <x:v>42012</x:v>
       </x:c>
       <x:c r="B2787" s="3">
-        <x:v>495749.02</x:v>
+        <x:v>495850.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2788" spans="1:2">
       <x:c r="A2788" s="2">
-        <x:v>41984</x:v>
+        <x:v>42011</x:v>
       </x:c>
       <x:c r="B2788" s="3">
-        <x:v>495735.99</x:v>
+        <x:v>495847.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2789" spans="1:2">
       <x:c r="A2789" s="2">
-        <x:v>41983</x:v>
+        <x:v>42010</x:v>
       </x:c>
       <x:c r="B2789" s="3">
-        <x:v>495731.65</x:v>
+        <x:v>495844.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2790" spans="1:2">
       <x:c r="A2790" s="2">
-        <x:v>41982</x:v>
+        <x:v>42009</x:v>
       </x:c>
       <x:c r="B2790" s="3">
-        <x:v>495727.04</x:v>
+        <x:v>495841.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2791" spans="1:2">
       <x:c r="A2791" s="2">
-        <x:v>41981</x:v>
+        <x:v>42006</x:v>
       </x:c>
       <x:c r="B2791" s="3">
-        <x:v>495722.43</x:v>
+        <x:v>495837.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2792" spans="1:2">
       <x:c r="A2792" s="2">
-        <x:v>41978</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="B2792" s="3">
-        <x:v>495717.82</x:v>
+        <x:v>495826.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2793" spans="1:2">
       <x:c r="A2793" s="2">
-        <x:v>41977</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="B2793" s="3">
-        <x:v>495703.97</x:v>
+        <x:v>495818.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2794" spans="1:2">
       <x:c r="A2794" s="2">
-        <x:v>41976</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="B2794" s="3">
-        <x:v>495699.36</x:v>
+        <x:v>495814.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2795" spans="1:2">
       <x:c r="A2795" s="2">
-        <x:v>41975</x:v>
+        <x:v>41997</x:v>
       </x:c>
       <x:c r="B2795" s="3">
-        <x:v>495694.75</x:v>
+        <x:v>495809.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2796" spans="1:2">
       <x:c r="A2796" s="2">
-        <x:v>41974</x:v>
+        <x:v>41996</x:v>
       </x:c>
       <x:c r="B2796" s="3">
-        <x:v>495690.14</x:v>
+        <x:v>495788.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2797" spans="1:2">
       <x:c r="A2797" s="2">
-        <x:v>41971</x:v>
+        <x:v>41995</x:v>
       </x:c>
       <x:c r="B2797" s="3">
-        <x:v>495685.26</x:v>
+        <x:v>495783.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2798" spans="1:2">
       <x:c r="A2798" s="2">
-        <x:v>41970</x:v>
+        <x:v>41992</x:v>
       </x:c>
       <x:c r="B2798" s="3">
-        <x:v>495670.6</x:v>
+        <x:v>495779.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2799" spans="1:2">
       <x:c r="A2799" s="2">
-        <x:v>41969</x:v>
+        <x:v>41991</x:v>
       </x:c>
       <x:c r="B2799" s="3">
-        <x:v>495665.72</x:v>
+        <x:v>495766.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2800" spans="1:2">
       <x:c r="A2800" s="2">
-        <x:v>41968</x:v>
+        <x:v>41990</x:v>
       </x:c>
       <x:c r="B2800" s="3">
-        <x:v>495660.84</x:v>
+        <x:v>495762.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2801" spans="1:2">
       <x:c r="A2801" s="2">
-        <x:v>41967</x:v>
+        <x:v>41989</x:v>
       </x:c>
       <x:c r="B2801" s="3">
-        <x:v>495656.23</x:v>
+        <x:v>495757.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2802" spans="1:2">
       <x:c r="A2802" s="2">
-        <x:v>41964</x:v>
+        <x:v>41988</x:v>
       </x:c>
       <x:c r="B2802" s="3">
-        <x:v>495651.62</x:v>
+        <x:v>495753.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2803" spans="1:2">
       <x:c r="A2803" s="2">
-        <x:v>41963</x:v>
+        <x:v>41985</x:v>
       </x:c>
       <x:c r="B2803" s="3">
-        <x:v>495637.77</x:v>
+        <x:v>495749.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2804" spans="1:2">
       <x:c r="A2804" s="2">
-        <x:v>41962</x:v>
+        <x:v>41984</x:v>
       </x:c>
       <x:c r="B2804" s="3">
-        <x:v>495633.16</x:v>
+        <x:v>495735.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2805" spans="1:2">
       <x:c r="A2805" s="2">
-        <x:v>41961</x:v>
+        <x:v>41983</x:v>
       </x:c>
       <x:c r="B2805" s="3">
-        <x:v>495628.28</x:v>
+        <x:v>495731.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2806" spans="1:2">
       <x:c r="A2806" s="2">
-        <x:v>41960</x:v>
+        <x:v>41982</x:v>
       </x:c>
       <x:c r="B2806" s="3">
-        <x:v>495623.4</x:v>
+        <x:v>495727.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2807" spans="1:2">
       <x:c r="A2807" s="2">
-        <x:v>41957</x:v>
+        <x:v>41981</x:v>
       </x:c>
       <x:c r="B2807" s="3">
-        <x:v>495618.52</x:v>
+        <x:v>495722.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2808" spans="1:2">
       <x:c r="A2808" s="2">
-        <x:v>41956</x:v>
+        <x:v>41978</x:v>
       </x:c>
       <x:c r="B2808" s="3">
-        <x:v>495603.05</x:v>
+        <x:v>495717.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2809" spans="1:2">
       <x:c r="A2809" s="2">
-        <x:v>41955</x:v>
+        <x:v>41977</x:v>
       </x:c>
       <x:c r="B2809" s="3">
-        <x:v>495597.89</x:v>
+        <x:v>495703.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2810" spans="1:2">
       <x:c r="A2810" s="2">
-        <x:v>41953</x:v>
+        <x:v>41976</x:v>
       </x:c>
       <x:c r="B2810" s="3">
-        <x:v>495592.75</x:v>
+        <x:v>495699.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2811" spans="1:2">
       <x:c r="A2811" s="2">
-        <x:v>41950</x:v>
+        <x:v>41975</x:v>
       </x:c>
       <x:c r="B2811" s="3">
-        <x:v>495582.44</x:v>
+        <x:v>495694.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2812" spans="1:2">
       <x:c r="A2812" s="2">
-        <x:v>41949</x:v>
+        <x:v>41974</x:v>
       </x:c>
       <x:c r="B2812" s="3">
-        <x:v>495566.97</x:v>
+        <x:v>495690.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2813" spans="1:2">
       <x:c r="A2813" s="2">
-        <x:v>41948</x:v>
+        <x:v>41971</x:v>
       </x:c>
       <x:c r="B2813" s="3">
-        <x:v>495561.54</x:v>
+        <x:v>495685.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2814" spans="1:2">
       <x:c r="A2814" s="2">
-        <x:v>41947</x:v>
+        <x:v>41970</x:v>
       </x:c>
       <x:c r="B2814" s="3">
-        <x:v>495556.11</x:v>
+        <x:v>495670.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2815" spans="1:2">
       <x:c r="A2815" s="2">
-        <x:v>41946</x:v>
+        <x:v>41969</x:v>
       </x:c>
       <x:c r="B2815" s="3">
-        <x:v>495550.68</x:v>
+        <x:v>495665.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2816" spans="1:2">
       <x:c r="A2816" s="2">
-        <x:v>41943</x:v>
+        <x:v>41968</x:v>
       </x:c>
       <x:c r="B2816" s="3">
-        <x:v>495544.98</x:v>
+        <x:v>495660.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2817" spans="1:2">
       <x:c r="A2817" s="2">
-        <x:v>41942</x:v>
+        <x:v>41967</x:v>
       </x:c>
       <x:c r="B2817" s="3">
-        <x:v>495527.88</x:v>
+        <x:v>495656.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2818" spans="1:2">
       <x:c r="A2818" s="2">
-        <x:v>41941</x:v>
+        <x:v>41964</x:v>
       </x:c>
       <x:c r="B2818" s="3">
-        <x:v>495522.18</x:v>
+        <x:v>495651.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2819" spans="1:2">
       <x:c r="A2819" s="2">
-        <x:v>41940</x:v>
+        <x:v>41963</x:v>
       </x:c>
       <x:c r="B2819" s="3">
-        <x:v>495516.48</x:v>
+        <x:v>495637.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2820" spans="1:2">
       <x:c r="A2820" s="2">
-        <x:v>41939</x:v>
+        <x:v>41962</x:v>
       </x:c>
       <x:c r="B2820" s="3">
-        <x:v>495510.78</x:v>
+        <x:v>495633.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2821" spans="1:2">
       <x:c r="A2821" s="2">
-        <x:v>41936</x:v>
+        <x:v>41961</x:v>
       </x:c>
       <x:c r="B2821" s="3">
-        <x:v>495504.68</x:v>
+        <x:v>495628.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2822" spans="1:2">
       <x:c r="A2822" s="2">
-        <x:v>41935</x:v>
+        <x:v>41960</x:v>
       </x:c>
       <x:c r="B2822" s="3">
-        <x:v>495486.36</x:v>
+        <x:v>495623.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2823" spans="1:2">
       <x:c r="A2823" s="2">
-        <x:v>41934</x:v>
+        <x:v>41957</x:v>
       </x:c>
       <x:c r="B2823" s="3">
-        <x:v>495480.26</x:v>
+        <x:v>495618.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2824" spans="1:2">
       <x:c r="A2824" s="2">
-        <x:v>41933</x:v>
+        <x:v>41956</x:v>
       </x:c>
       <x:c r="B2824" s="3">
-        <x:v>495473.75</x:v>
+        <x:v>495603.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2825" spans="1:2">
       <x:c r="A2825" s="2">
-        <x:v>41932</x:v>
+        <x:v>41955</x:v>
       </x:c>
       <x:c r="B2825" s="3">
-        <x:v>495467.24</x:v>
+        <x:v>495597.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2826" spans="1:2">
       <x:c r="A2826" s="2">
-        <x:v>41929</x:v>
+        <x:v>41953</x:v>
       </x:c>
       <x:c r="B2826" s="3">
-        <x:v>495460.59</x:v>
+        <x:v>495592.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2827" spans="1:2">
       <x:c r="A2827" s="2">
-        <x:v>41928</x:v>
+        <x:v>41950</x:v>
       </x:c>
       <x:c r="B2827" s="3">
-        <x:v>495440.64</x:v>
+        <x:v>495582.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2828" spans="1:2">
       <x:c r="A2828" s="2">
-        <x:v>41927</x:v>
+        <x:v>41949</x:v>
       </x:c>
       <x:c r="B2828" s="3">
-        <x:v>495433.99</x:v>
+        <x:v>495566.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2829" spans="1:2">
       <x:c r="A2829" s="2">
-        <x:v>41926</x:v>
+        <x:v>41948</x:v>
       </x:c>
       <x:c r="B2829" s="3">
-        <x:v>495427.34</x:v>
+        <x:v>495561.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2830" spans="1:2">
       <x:c r="A2830" s="2">
-        <x:v>41925</x:v>
+        <x:v>41947</x:v>
       </x:c>
       <x:c r="B2830" s="3">
-        <x:v>495420.69</x:v>
+        <x:v>495556.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2831" spans="1:2">
       <x:c r="A2831" s="2">
-        <x:v>41922</x:v>
+        <x:v>41946</x:v>
       </x:c>
       <x:c r="B2831" s="3">
-        <x:v>495414.04</x:v>
+        <x:v>495550.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2832" spans="1:2">
       <x:c r="A2832" s="2">
-        <x:v>41921</x:v>
+        <x:v>41943</x:v>
       </x:c>
       <x:c r="B2832" s="3">
-        <x:v>495394.09</x:v>
+        <x:v>495544.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2833" spans="1:2">
       <x:c r="A2833" s="2">
-        <x:v>41920</x:v>
+        <x:v>41942</x:v>
       </x:c>
       <x:c r="B2833" s="3">
-        <x:v>495387.44</x:v>
+        <x:v>495527.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2834" spans="1:2">
       <x:c r="A2834" s="2">
-        <x:v>41919</x:v>
+        <x:v>41941</x:v>
       </x:c>
       <x:c r="B2834" s="3">
-        <x:v>495380.79</x:v>
+        <x:v>495522.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2835" spans="1:2">
       <x:c r="A2835" s="2">
-        <x:v>41918</x:v>
+        <x:v>41940</x:v>
       </x:c>
       <x:c r="B2835" s="3">
-        <x:v>495374.14</x:v>
+        <x:v>495516.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2836" spans="1:2">
       <x:c r="A2836" s="2">
-        <x:v>41915</x:v>
+        <x:v>41939</x:v>
       </x:c>
       <x:c r="B2836" s="3">
-        <x:v>495367.49</x:v>
+        <x:v>495510.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2837" spans="1:2">
       <x:c r="A2837" s="2">
-        <x:v>41914</x:v>
+        <x:v>41936</x:v>
       </x:c>
       <x:c r="B2837" s="3">
-        <x:v>495349.99</x:v>
+        <x:v>495504.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2838" spans="1:2">
       <x:c r="A2838" s="2">
-        <x:v>41913</x:v>
+        <x:v>41935</x:v>
       </x:c>
       <x:c r="B2838" s="3">
-        <x:v>495344.16</x:v>
+        <x:v>495486.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2839" spans="1:2">
       <x:c r="A2839" s="2">
-        <x:v>41912</x:v>
+        <x:v>41934</x:v>
       </x:c>
       <x:c r="B2839" s="3">
-        <x:v>495338.33</x:v>
+        <x:v>495480.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2840" spans="1:2">
       <x:c r="A2840" s="2">
-        <x:v>41911</x:v>
+        <x:v>41933</x:v>
       </x:c>
       <x:c r="B2840" s="3">
-        <x:v>495332.5</x:v>
+        <x:v>495473.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2841" spans="1:2">
       <x:c r="A2841" s="2">
-        <x:v>41908</x:v>
+        <x:v>41932</x:v>
       </x:c>
       <x:c r="B2841" s="3">
-        <x:v>495326.67</x:v>
+        <x:v>495467.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2842" spans="1:2">
       <x:c r="A2842" s="2">
-        <x:v>41907</x:v>
+        <x:v>41929</x:v>
       </x:c>
       <x:c r="B2842" s="3">
-        <x:v>495310.39</x:v>
+        <x:v>495460.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2843" spans="1:2">
       <x:c r="A2843" s="2">
-        <x:v>41906</x:v>
+        <x:v>41928</x:v>
       </x:c>
       <x:c r="B2843" s="3">
-        <x:v>495304.97</x:v>
+        <x:v>495440.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2844" spans="1:2">
       <x:c r="A2844" s="2">
-        <x:v>41905</x:v>
+        <x:v>41927</x:v>
       </x:c>
       <x:c r="B2844" s="3">
-        <x:v>495299.55</x:v>
+        <x:v>495433.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2845" spans="1:2">
       <x:c r="A2845" s="2">
-        <x:v>41904</x:v>
+        <x:v>41926</x:v>
       </x:c>
       <x:c r="B2845" s="3">
-        <x:v>495294.53</x:v>
+        <x:v>495427.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2846" spans="1:2">
       <x:c r="A2846" s="2">
-        <x:v>41901</x:v>
+        <x:v>41925</x:v>
       </x:c>
       <x:c r="B2846" s="3">
-        <x:v>495289.51</x:v>
+        <x:v>495420.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2847" spans="1:2">
       <x:c r="A2847" s="2">
-        <x:v>41900</x:v>
+        <x:v>41922</x:v>
       </x:c>
       <x:c r="B2847" s="3">
-        <x:v>495276.08</x:v>
+        <x:v>495414.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2848" spans="1:2">
       <x:c r="A2848" s="2">
-        <x:v>41899</x:v>
+        <x:v>41921</x:v>
       </x:c>
       <x:c r="B2848" s="3">
-        <x:v>495271.61</x:v>
+        <x:v>495394.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2849" spans="1:2">
       <x:c r="A2849" s="2">
-        <x:v>41898</x:v>
+        <x:v>41920</x:v>
       </x:c>
       <x:c r="B2849" s="3">
-        <x:v>495267.14</x:v>
+        <x:v>495387.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2850" spans="1:2">
       <x:c r="A2850" s="2">
-        <x:v>41897</x:v>
+        <x:v>41919</x:v>
       </x:c>
       <x:c r="B2850" s="3">
-        <x:v>495262.67</x:v>
+        <x:v>495380.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2851" spans="1:2">
       <x:c r="A2851" s="2">
-        <x:v>41894</x:v>
+        <x:v>41918</x:v>
       </x:c>
       <x:c r="B2851" s="3">
-        <x:v>495258.2</x:v>
+        <x:v>495374.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2852" spans="1:2">
       <x:c r="A2852" s="2">
-        <x:v>41893</x:v>
+        <x:v>41915</x:v>
       </x:c>
       <x:c r="B2852" s="3">
-        <x:v>495244.77</x:v>
+        <x:v>495367.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2853" spans="1:2">
       <x:c r="A2853" s="2">
-        <x:v>41892</x:v>
+        <x:v>41914</x:v>
       </x:c>
       <x:c r="B2853" s="3">
-        <x:v>495240.3</x:v>
+        <x:v>495349.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2854" spans="1:2">
       <x:c r="A2854" s="2">
-        <x:v>41891</x:v>
+        <x:v>41913</x:v>
       </x:c>
       <x:c r="B2854" s="3">
-        <x:v>495235.83</x:v>
+        <x:v>495344.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2855" spans="1:2">
       <x:c r="A2855" s="2">
-        <x:v>41890</x:v>
+        <x:v>41912</x:v>
       </x:c>
       <x:c r="B2855" s="3">
-        <x:v>495231.36</x:v>
+        <x:v>495338.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2856" spans="1:2">
       <x:c r="A2856" s="2">
-        <x:v>41887</x:v>
+        <x:v>41911</x:v>
       </x:c>
       <x:c r="B2856" s="3">
-        <x:v>495226.89</x:v>
+        <x:v>495332.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2857" spans="1:2">
       <x:c r="A2857" s="2">
-        <x:v>41886</x:v>
+        <x:v>41908</x:v>
       </x:c>
       <x:c r="B2857" s="3">
-        <x:v>495213.46</x:v>
+        <x:v>495326.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2858" spans="1:2">
       <x:c r="A2858" s="2">
-        <x:v>41885</x:v>
+        <x:v>41907</x:v>
       </x:c>
       <x:c r="B2858" s="3">
-        <x:v>495208.85</x:v>
+        <x:v>495310.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2859" spans="1:2">
       <x:c r="A2859" s="2">
-        <x:v>41884</x:v>
+        <x:v>41906</x:v>
       </x:c>
       <x:c r="B2859" s="3">
-        <x:v>495204.24</x:v>
+        <x:v>495304.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2860" spans="1:2">
       <x:c r="A2860" s="2">
-        <x:v>41883</x:v>
+        <x:v>41905</x:v>
       </x:c>
       <x:c r="B2860" s="3">
-        <x:v>495199.63</x:v>
+        <x:v>495299.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2861" spans="1:2">
       <x:c r="A2861" s="2">
-        <x:v>41880</x:v>
+        <x:v>41904</x:v>
       </x:c>
       <x:c r="B2861" s="3">
-        <x:v>495195.02</x:v>
+        <x:v>495294.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2862" spans="1:2">
       <x:c r="A2862" s="2">
-        <x:v>41879</x:v>
+        <x:v>41901</x:v>
       </x:c>
       <x:c r="B2862" s="3">
-        <x:v>495181.19</x:v>
+        <x:v>495289.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2863" spans="1:2">
       <x:c r="A2863" s="2">
-        <x:v>41878</x:v>
+        <x:v>41900</x:v>
       </x:c>
       <x:c r="B2863" s="3">
-        <x:v>495176.58</x:v>
+        <x:v>495276.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2864" spans="1:2">
       <x:c r="A2864" s="2">
-        <x:v>41877</x:v>
+        <x:v>41899</x:v>
       </x:c>
       <x:c r="B2864" s="3">
-        <x:v>495171.97</x:v>
+        <x:v>495271.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2865" spans="1:2">
       <x:c r="A2865" s="2">
-        <x:v>41876</x:v>
+        <x:v>41898</x:v>
       </x:c>
       <x:c r="B2865" s="3">
-        <x:v>495167.36</x:v>
+        <x:v>495267.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2866" spans="1:2">
       <x:c r="A2866" s="2">
-        <x:v>41873</x:v>
+        <x:v>41897</x:v>
       </x:c>
       <x:c r="B2866" s="3">
-        <x:v>495162.75</x:v>
+        <x:v>495262.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2867" spans="1:2">
       <x:c r="A2867" s="2">
-        <x:v>41872</x:v>
+        <x:v>41894</x:v>
       </x:c>
       <x:c r="B2867" s="3">
-        <x:v>495148.51</x:v>
+        <x:v>495258.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2868" spans="1:2">
       <x:c r="A2868" s="2">
-        <x:v>41871</x:v>
+        <x:v>41893</x:v>
       </x:c>
       <x:c r="B2868" s="3">
-        <x:v>495143.77</x:v>
+        <x:v>495244.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2869" spans="1:2">
       <x:c r="A2869" s="2">
-        <x:v>41870</x:v>
+        <x:v>41892</x:v>
       </x:c>
       <x:c r="B2869" s="3">
-        <x:v>495139.03</x:v>
+        <x:v>495240.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2870" spans="1:2">
       <x:c r="A2870" s="2">
-        <x:v>41869</x:v>
+        <x:v>41891</x:v>
       </x:c>
       <x:c r="B2870" s="3">
-        <x:v>495134.29</x:v>
+        <x:v>495235.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2871" spans="1:2">
       <x:c r="A2871" s="2">
-        <x:v>41865</x:v>
+        <x:v>41890</x:v>
       </x:c>
       <x:c r="B2871" s="3">
-        <x:v>495129.14</x:v>
+        <x:v>495231.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2872" spans="1:2">
       <x:c r="A2872" s="2">
-        <x:v>41864</x:v>
+        <x:v>41887</x:v>
       </x:c>
       <x:c r="B2872" s="3">
-        <x:v>495108.53</x:v>
+        <x:v>495226.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2873" spans="1:2">
       <x:c r="A2873" s="2">
-        <x:v>41863</x:v>
+        <x:v>41886</x:v>
       </x:c>
       <x:c r="B2873" s="3">
-        <x:v>495103.38</x:v>
+        <x:v>495213.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2874" spans="1:2">
       <x:c r="A2874" s="2">
-        <x:v>41862</x:v>
+        <x:v>41885</x:v>
       </x:c>
       <x:c r="B2874" s="3">
-        <x:v>495098.23</x:v>
+        <x:v>495208.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2875" spans="1:2">
       <x:c r="A2875" s="2">
-        <x:v>41859</x:v>
+        <x:v>41884</x:v>
       </x:c>
       <x:c r="B2875" s="3">
-        <x:v>495093.08</x:v>
+        <x:v>495204.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2876" spans="1:2">
       <x:c r="A2876" s="2">
-        <x:v>41858</x:v>
+        <x:v>41883</x:v>
       </x:c>
       <x:c r="B2876" s="3">
-        <x:v>495077.62</x:v>
+        <x:v>495199.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2877" spans="1:2">
       <x:c r="A2877" s="2">
-        <x:v>41857</x:v>
+        <x:v>41880</x:v>
       </x:c>
       <x:c r="B2877" s="3">
-        <x:v>495072.34</x:v>
+        <x:v>495195.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2878" spans="1:2">
       <x:c r="A2878" s="2">
-        <x:v>41856</x:v>
+        <x:v>41879</x:v>
       </x:c>
       <x:c r="B2878" s="3">
-        <x:v>495067.06</x:v>
+        <x:v>495181.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2879" spans="1:2">
       <x:c r="A2879" s="2">
-        <x:v>41855</x:v>
+        <x:v>41878</x:v>
       </x:c>
       <x:c r="B2879" s="3">
-        <x:v>495061.78</x:v>
+        <x:v>495176.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2880" spans="1:2">
       <x:c r="A2880" s="2">
-        <x:v>41852</x:v>
+        <x:v>41877</x:v>
       </x:c>
       <x:c r="B2880" s="3">
-        <x:v>495056.5</x:v>
+        <x:v>495171.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2881" spans="1:2">
       <x:c r="A2881" s="2">
-        <x:v>41851</x:v>
+        <x:v>41876</x:v>
       </x:c>
       <x:c r="B2881" s="3">
-        <x:v>495040.64</x:v>
+        <x:v>495167.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2882" spans="1:2">
       <x:c r="A2882" s="2">
-        <x:v>41850</x:v>
+        <x:v>41873</x:v>
       </x:c>
       <x:c r="B2882" s="3">
-        <x:v>495035.36</x:v>
+        <x:v>495162.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2883" spans="1:2">
       <x:c r="A2883" s="2">
-        <x:v>41849</x:v>
+        <x:v>41872</x:v>
       </x:c>
       <x:c r="B2883" s="3">
-        <x:v>495030.08</x:v>
+        <x:v>495148.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2884" spans="1:2">
       <x:c r="A2884" s="2">
-        <x:v>41848</x:v>
+        <x:v>41871</x:v>
       </x:c>
       <x:c r="B2884" s="3">
-        <x:v>495024.8</x:v>
+        <x:v>495143.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2885" spans="1:2">
       <x:c r="A2885" s="2">
-        <x:v>41845</x:v>
+        <x:v>41870</x:v>
       </x:c>
       <x:c r="B2885" s="3">
-        <x:v>495019.52</x:v>
+        <x:v>495139.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2886" spans="1:2">
       <x:c r="A2886" s="2">
-        <x:v>41844</x:v>
+        <x:v>41869</x:v>
       </x:c>
       <x:c r="B2886" s="3">
-        <x:v>495003.66</x:v>
+        <x:v>495134.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2887" spans="1:2">
       <x:c r="A2887" s="2">
-        <x:v>41843</x:v>
+        <x:v>41865</x:v>
       </x:c>
       <x:c r="B2887" s="3">
-        <x:v>494998.38</x:v>
+        <x:v>495129.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2888" spans="1:2">
       <x:c r="A2888" s="2">
-        <x:v>41842</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="B2888" s="3">
-        <x:v>494993.1</x:v>
+        <x:v>495108.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2889" spans="1:2">
       <x:c r="A2889" s="2">
-        <x:v>41841</x:v>
+        <x:v>41863</x:v>
       </x:c>
       <x:c r="B2889" s="3">
-        <x:v>494987.68</x:v>
+        <x:v>495103.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2890" spans="1:2">
       <x:c r="A2890" s="2">
-        <x:v>41838</x:v>
+        <x:v>41862</x:v>
       </x:c>
       <x:c r="B2890" s="3">
-        <x:v>494982.26</x:v>
+        <x:v>495098.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2891" spans="1:2">
       <x:c r="A2891" s="2">
-        <x:v>41837</x:v>
+        <x:v>41859</x:v>
       </x:c>
       <x:c r="B2891" s="3">
-        <x:v>494965.99</x:v>
+        <x:v>495093.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2892" spans="1:2">
       <x:c r="A2892" s="2">
-        <x:v>41836</x:v>
+        <x:v>41858</x:v>
       </x:c>
       <x:c r="B2892" s="3">
-        <x:v>494960.57</x:v>
+        <x:v>495077.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2893" spans="1:2">
       <x:c r="A2893" s="2">
-        <x:v>41835</x:v>
+        <x:v>41857</x:v>
       </x:c>
       <x:c r="B2893" s="3">
-        <x:v>494955.15</x:v>
+        <x:v>495072.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2894" spans="1:2">
       <x:c r="A2894" s="2">
-        <x:v>41831</x:v>
+        <x:v>41856</x:v>
       </x:c>
       <x:c r="B2894" s="3">
-        <x:v>494949.6</x:v>
+        <x:v>495067.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2895" spans="1:2">
       <x:c r="A2895" s="2">
-        <x:v>41830</x:v>
+        <x:v>41855</x:v>
       </x:c>
       <x:c r="B2895" s="3">
-        <x:v>494927.37</x:v>
+        <x:v>495061.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2896" spans="1:2">
       <x:c r="A2896" s="2">
-        <x:v>41829</x:v>
+        <x:v>41852</x:v>
       </x:c>
       <x:c r="B2896" s="3">
-        <x:v>494921.82</x:v>
+        <x:v>495056.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2897" spans="1:2">
       <x:c r="A2897" s="2">
-        <x:v>41828</x:v>
+        <x:v>41851</x:v>
       </x:c>
       <x:c r="B2897" s="3">
-        <x:v>494916.27</x:v>
+        <x:v>495040.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2898" spans="1:2">
       <x:c r="A2898" s="2">
-        <x:v>41827</x:v>
+        <x:v>41850</x:v>
       </x:c>
       <x:c r="B2898" s="3">
-        <x:v>494910.72</x:v>
+        <x:v>495035.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2899" spans="1:2">
       <x:c r="A2899" s="2">
-        <x:v>41824</x:v>
+        <x:v>41849</x:v>
       </x:c>
       <x:c r="B2899" s="3">
-        <x:v>494905.03</x:v>
+        <x:v>495030.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2900" spans="1:2">
       <x:c r="A2900" s="2">
-        <x:v>41823</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="B2900" s="3">
-        <x:v>494887.95</x:v>
+        <x:v>495024.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2901" spans="1:2">
       <x:c r="A2901" s="2">
-        <x:v>41822</x:v>
+        <x:v>41845</x:v>
       </x:c>
       <x:c r="B2901" s="3">
-        <x:v>494881.99</x:v>
+        <x:v>495019.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2902" spans="1:2">
       <x:c r="A2902" s="2">
-        <x:v>41821</x:v>
+        <x:v>41844</x:v>
       </x:c>
       <x:c r="B2902" s="3">
-        <x:v>494876.03</x:v>
+        <x:v>495003.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2903" spans="1:2">
       <x:c r="A2903" s="2">
-        <x:v>41820</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="B2903" s="3">
-        <x:v>494870.07</x:v>
+        <x:v>494998.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2904" spans="1:2">
       <x:c r="A2904" s="2">
-        <x:v>41817</x:v>
+        <x:v>41842</x:v>
       </x:c>
       <x:c r="B2904" s="3">
-        <x:v>494864.11</x:v>
+        <x:v>494993.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2905" spans="1:2">
       <x:c r="A2905" s="2">
-        <x:v>41816</x:v>
+        <x:v>41841</x:v>
       </x:c>
       <x:c r="B2905" s="3">
-        <x:v>494846.22</x:v>
+        <x:v>494987.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2906" spans="1:2">
       <x:c r="A2906" s="2">
-        <x:v>41815</x:v>
+        <x:v>41838</x:v>
       </x:c>
       <x:c r="B2906" s="3">
-        <x:v>494840.53</x:v>
+        <x:v>494982.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2907" spans="1:2">
       <x:c r="A2907" s="2">
-        <x:v>41814</x:v>
+        <x:v>41837</x:v>
       </x:c>
       <x:c r="B2907" s="3">
-        <x:v>494834.84</x:v>
+        <x:v>494965.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2908" spans="1:2">
       <x:c r="A2908" s="2">
-        <x:v>41813</x:v>
+        <x:v>41836</x:v>
       </x:c>
       <x:c r="B2908" s="3">
-        <x:v>494829.15</x:v>
+        <x:v>494960.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2909" spans="1:2">
       <x:c r="A2909" s="2">
-        <x:v>41810</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="B2909" s="3">
-        <x:v>494823.19</x:v>
+        <x:v>494955.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2910" spans="1:2">
       <x:c r="A2910" s="2">
-        <x:v>41809</x:v>
+        <x:v>41831</x:v>
       </x:c>
       <x:c r="B2910" s="3">
-        <x:v>494805.3</x:v>
+        <x:v>494949.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2911" spans="1:2">
       <x:c r="A2911" s="2">
-        <x:v>41808</x:v>
+        <x:v>41830</x:v>
       </x:c>
       <x:c r="B2911" s="3">
-        <x:v>494799.34</x:v>
+        <x:v>494927.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2912" spans="1:2">
       <x:c r="A2912" s="2">
-        <x:v>41807</x:v>
+        <x:v>41829</x:v>
       </x:c>
       <x:c r="B2912" s="3">
-        <x:v>494793.37</x:v>
+        <x:v>494921.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2913" spans="1:2">
       <x:c r="A2913" s="2">
-        <x:v>41806</x:v>
+        <x:v>41828</x:v>
       </x:c>
       <x:c r="B2913" s="3">
-        <x:v>494787.42</x:v>
+        <x:v>494916.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2914" spans="1:2">
       <x:c r="A2914" s="2">
-        <x:v>41803</x:v>
+        <x:v>41827</x:v>
       </x:c>
       <x:c r="B2914" s="3">
-        <x:v>494781.46</x:v>
+        <x:v>494910.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2915" spans="1:2">
       <x:c r="A2915" s="2">
-        <x:v>41802</x:v>
+        <x:v>41824</x:v>
       </x:c>
       <x:c r="B2915" s="3">
-        <x:v>494763.57</x:v>
+        <x:v>494905.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2916" spans="1:2">
       <x:c r="A2916" s="2">
-        <x:v>41801</x:v>
+        <x:v>41823</x:v>
       </x:c>
       <x:c r="B2916" s="3">
-        <x:v>494757.61</x:v>
+        <x:v>494887.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2917" spans="1:2">
       <x:c r="A2917" s="2">
-        <x:v>41800</x:v>
+        <x:v>41822</x:v>
       </x:c>
       <x:c r="B2917" s="3">
-        <x:v>494751.65</x:v>
+        <x:v>494881.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2918" spans="1:2">
       <x:c r="A2918" s="2">
-        <x:v>41796</x:v>
+        <x:v>41821</x:v>
       </x:c>
       <x:c r="B2918" s="3">
-        <x:v>494745.42</x:v>
+        <x:v>494876.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2919" spans="1:2">
       <x:c r="A2919" s="2">
-        <x:v>41795</x:v>
+        <x:v>41820</x:v>
       </x:c>
       <x:c r="B2919" s="3">
-        <x:v>494720.49</x:v>
+        <x:v>494870.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2920" spans="1:2">
       <x:c r="A2920" s="2">
-        <x:v>41794</x:v>
+        <x:v>41817</x:v>
       </x:c>
       <x:c r="B2920" s="3">
-        <x:v>494713.85</x:v>
+        <x:v>494864.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2921" spans="1:2">
       <x:c r="A2921" s="2">
-        <x:v>41793</x:v>
+        <x:v>41816</x:v>
       </x:c>
       <x:c r="B2921" s="3">
-        <x:v>494707.21</x:v>
+        <x:v>494846.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2922" spans="1:2">
       <x:c r="A2922" s="2">
-        <x:v>41792</x:v>
+        <x:v>41815</x:v>
       </x:c>
       <x:c r="B2922" s="3">
-        <x:v>494700.57</x:v>
+        <x:v>494840.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2923" spans="1:2">
       <x:c r="A2923" s="2">
-        <x:v>41789</x:v>
+        <x:v>41814</x:v>
       </x:c>
       <x:c r="B2923" s="3">
-        <x:v>494693.93</x:v>
+        <x:v>494834.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2924" spans="1:2">
       <x:c r="A2924" s="2">
-        <x:v>41787</x:v>
+        <x:v>41813</x:v>
       </x:c>
       <x:c r="B2924" s="3">
-        <x:v>494674.01</x:v>
+        <x:v>494829.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2925" spans="1:2">
       <x:c r="A2925" s="2">
-        <x:v>41786</x:v>
+        <x:v>41810</x:v>
       </x:c>
       <x:c r="B2925" s="3">
-        <x:v>494660.73</x:v>
+        <x:v>494823.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2926" spans="1:2">
       <x:c r="A2926" s="2">
-        <x:v>41785</x:v>
+        <x:v>41809</x:v>
       </x:c>
       <x:c r="B2926" s="3">
-        <x:v>494654</x:v>
+        <x:v>494805.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2927" spans="1:2">
       <x:c r="A2927" s="2">
-        <x:v>41782</x:v>
+        <x:v>41808</x:v>
       </x:c>
       <x:c r="B2927" s="3">
-        <x:v>494647.27</x:v>
+        <x:v>494799.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2928" spans="1:2">
       <x:c r="A2928" s="2">
-        <x:v>41781</x:v>
+        <x:v>41807</x:v>
       </x:c>
       <x:c r="B2928" s="3">
-        <x:v>494627.08</x:v>
+        <x:v>494793.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2929" spans="1:2">
       <x:c r="A2929" s="2">
-        <x:v>41780</x:v>
+        <x:v>41806</x:v>
       </x:c>
       <x:c r="B2929" s="3">
-        <x:v>494620.35</x:v>
+        <x:v>494787.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2930" spans="1:2">
       <x:c r="A2930" s="2">
-        <x:v>41779</x:v>
+        <x:v>41803</x:v>
       </x:c>
       <x:c r="B2930" s="3">
-        <x:v>494613.62</x:v>
+        <x:v>494781.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2931" spans="1:2">
       <x:c r="A2931" s="2">
-        <x:v>41778</x:v>
+        <x:v>41802</x:v>
       </x:c>
       <x:c r="B2931" s="3">
-        <x:v>494606.89</x:v>
+        <x:v>494763.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2932" spans="1:2">
       <x:c r="A2932" s="2">
-        <x:v>41775</x:v>
+        <x:v>41801</x:v>
       </x:c>
       <x:c r="B2932" s="3">
-        <x:v>494600.16</x:v>
+        <x:v>494757.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2933" spans="1:2">
       <x:c r="A2933" s="2">
-        <x:v>41774</x:v>
+        <x:v>41800</x:v>
       </x:c>
       <x:c r="B2933" s="3">
-        <x:v>494579.97</x:v>
+        <x:v>494751.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2934" spans="1:2">
       <x:c r="A2934" s="2">
-        <x:v>41773</x:v>
+        <x:v>41796</x:v>
       </x:c>
       <x:c r="B2934" s="3">
-        <x:v>494573.24</x:v>
+        <x:v>494745.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2935" spans="1:2">
       <x:c r="A2935" s="2">
-        <x:v>41772</x:v>
+        <x:v>41795</x:v>
       </x:c>
       <x:c r="B2935" s="3">
-        <x:v>494566.51</x:v>
+        <x:v>494720.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2936" spans="1:2">
       <x:c r="A2936" s="2">
-        <x:v>41771</x:v>
+        <x:v>41794</x:v>
       </x:c>
       <x:c r="B2936" s="3">
-        <x:v>494559.78</x:v>
+        <x:v>494713.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2937" spans="1:2">
       <x:c r="A2937" s="2">
-        <x:v>41768</x:v>
+        <x:v>41793</x:v>
       </x:c>
       <x:c r="B2937" s="3">
-        <x:v>494553.05</x:v>
+        <x:v>494707.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2938" spans="1:2">
       <x:c r="A2938" s="2">
-        <x:v>41766</x:v>
+        <x:v>41792</x:v>
       </x:c>
       <x:c r="B2938" s="3">
-        <x:v>494532.86</x:v>
+        <x:v>494700.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2939" spans="1:2">
       <x:c r="A2939" s="2">
-        <x:v>41765</x:v>
+        <x:v>41789</x:v>
       </x:c>
       <x:c r="B2939" s="3">
-        <x:v>494519.95</x:v>
+        <x:v>494693.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2940" spans="1:2">
       <x:c r="A2940" s="2">
-        <x:v>41764</x:v>
+        <x:v>41787</x:v>
       </x:c>
       <x:c r="B2940" s="3">
-        <x:v>494513.5</x:v>
+        <x:v>494674.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2941" spans="1:2">
       <x:c r="A2941" s="2">
-        <x:v>41761</x:v>
+        <x:v>41786</x:v>
       </x:c>
       <x:c r="B2941" s="3">
-        <x:v>494507.05</x:v>
+        <x:v>494660.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2942" spans="1:2">
       <x:c r="A2942" s="2">
-        <x:v>41759</x:v>
+        <x:v>41785</x:v>
       </x:c>
       <x:c r="B2942" s="3">
-        <x:v>494485.63</x:v>
+        <x:v>494654</x:v>
       </x:c>
     </x:row>
     <x:row r="2943" spans="1:2">
       <x:c r="A2943" s="2">
-        <x:v>41758</x:v>
+        <x:v>41782</x:v>
       </x:c>
       <x:c r="B2943" s="3">
-        <x:v>494471.35</x:v>
+        <x:v>494647.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2944" spans="1:2">
       <x:c r="A2944" s="2">
-        <x:v>41757</x:v>
+        <x:v>41781</x:v>
       </x:c>
       <x:c r="B2944" s="3">
-        <x:v>494464.76</x:v>
+        <x:v>494627.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2945" spans="1:2">
       <x:c r="A2945" s="2">
-        <x:v>41754</x:v>
+        <x:v>41780</x:v>
       </x:c>
       <x:c r="B2945" s="3">
-        <x:v>494458.17</x:v>
+        <x:v>494620.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2946" spans="1:2">
       <x:c r="A2946" s="2">
-        <x:v>41753</x:v>
+        <x:v>41779</x:v>
       </x:c>
       <x:c r="B2946" s="3">
-        <x:v>496847.71</x:v>
+        <x:v>494613.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2947" spans="1:2">
       <x:c r="A2947" s="2">
-        <x:v>41752</x:v>
+        <x:v>41778</x:v>
       </x:c>
       <x:c r="B2947" s="3">
-        <x:v>496841.64</x:v>
+        <x:v>494606.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2948" spans="1:2">
       <x:c r="A2948" s="2">
-        <x:v>41751</x:v>
+        <x:v>41775</x:v>
       </x:c>
       <x:c r="B2948" s="3">
-        <x:v>496835.57</x:v>
+        <x:v>494600.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2949" spans="1:2">
       <x:c r="A2949" s="2">
-        <x:v>41746</x:v>
+        <x:v>41774</x:v>
       </x:c>
       <x:c r="B2949" s="3">
-        <x:v>496829.5</x:v>
+        <x:v>494579.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2950" spans="1:2">
       <x:c r="A2950" s="2">
-        <x:v>41745</x:v>
+        <x:v>41773</x:v>
       </x:c>
       <x:c r="B2950" s="3">
-        <x:v>496799.16</x:v>
+        <x:v>494573.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2951" spans="1:2">
       <x:c r="A2951" s="2">
-        <x:v>41744</x:v>
+        <x:v>41772</x:v>
       </x:c>
       <x:c r="B2951" s="3">
-        <x:v>496793.08</x:v>
+        <x:v>494566.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2952" spans="1:2">
       <x:c r="A2952" s="2">
-        <x:v>41743</x:v>
+        <x:v>41771</x:v>
       </x:c>
       <x:c r="B2952" s="3">
-        <x:v>496787.01</x:v>
+        <x:v>494559.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2953" spans="1:2">
       <x:c r="A2953" s="2">
-        <x:v>41740</x:v>
+        <x:v>41768</x:v>
       </x:c>
       <x:c r="B2953" s="3">
-        <x:v>496780.94</x:v>
+        <x:v>494553.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2954" spans="1:2">
       <x:c r="A2954" s="2">
-        <x:v>41739</x:v>
+        <x:v>41766</x:v>
       </x:c>
       <x:c r="B2954" s="3">
-        <x:v>496762.73</x:v>
+        <x:v>494532.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2955" spans="1:2">
       <x:c r="A2955" s="2">
-        <x:v>41738</x:v>
+        <x:v>41765</x:v>
       </x:c>
       <x:c r="B2955" s="3">
-        <x:v>496756.66</x:v>
+        <x:v>494519.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2956" spans="1:2">
       <x:c r="A2956" s="2">
-        <x:v>41737</x:v>
+        <x:v>41764</x:v>
       </x:c>
       <x:c r="B2956" s="3">
-        <x:v>496750.59</x:v>
+        <x:v>494513.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2957" spans="1:2">
       <x:c r="A2957" s="2">
-        <x:v>41736</x:v>
+        <x:v>41761</x:v>
       </x:c>
       <x:c r="B2957" s="3">
-        <x:v>496744.52</x:v>
+        <x:v>494507.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2958" spans="1:2">
       <x:c r="A2958" s="2">
-        <x:v>41733</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="B2958" s="3">
-        <x:v>496738.45</x:v>
+        <x:v>494485.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2959" spans="1:2">
       <x:c r="A2959" s="2">
-        <x:v>41732</x:v>
+        <x:v>41758</x:v>
       </x:c>
       <x:c r="B2959" s="3">
-        <x:v>496720.24</x:v>
+        <x:v>494471.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2960" spans="1:2">
       <x:c r="A2960" s="2">
-        <x:v>41731</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="B2960" s="3">
-        <x:v>496714.17</x:v>
+        <x:v>494464.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2961" spans="1:2">
       <x:c r="A2961" s="2">
-        <x:v>41730</x:v>
+        <x:v>41754</x:v>
       </x:c>
       <x:c r="B2961" s="3">
-        <x:v>496708.1</x:v>
+        <x:v>494458.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2962" spans="1:2">
       <x:c r="A2962" s="2">
-        <x:v>41729</x:v>
+        <x:v>41753</x:v>
       </x:c>
       <x:c r="B2962" s="3">
-        <x:v>496702.03</x:v>
+        <x:v>496847.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2963" spans="1:2">
       <x:c r="A2963" s="2">
-        <x:v>41726</x:v>
+        <x:v>41752</x:v>
       </x:c>
       <x:c r="B2963" s="3">
-        <x:v>496695.96</x:v>
+        <x:v>496841.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2964" spans="1:2">
       <x:c r="A2964" s="2">
-        <x:v>41725</x:v>
+        <x:v>41751</x:v>
       </x:c>
       <x:c r="B2964" s="3">
-        <x:v>496677.75</x:v>
+        <x:v>496835.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2965" spans="1:2">
       <x:c r="A2965" s="2">
-        <x:v>41724</x:v>
+        <x:v>41746</x:v>
       </x:c>
       <x:c r="B2965" s="3">
-        <x:v>496671.68</x:v>
+        <x:v>496829.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2966" spans="1:2">
       <x:c r="A2966" s="2">
-        <x:v>41723</x:v>
+        <x:v>41745</x:v>
       </x:c>
       <x:c r="B2966" s="3">
-        <x:v>496665.61</x:v>
+        <x:v>496799.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2967" spans="1:2">
       <x:c r="A2967" s="2">
-        <x:v>41722</x:v>
+        <x:v>41744</x:v>
       </x:c>
       <x:c r="B2967" s="3">
-        <x:v>496659.54</x:v>
+        <x:v>496793.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2968" spans="1:2">
       <x:c r="A2968" s="2">
-        <x:v>41719</x:v>
+        <x:v>41743</x:v>
       </x:c>
       <x:c r="B2968" s="3">
-        <x:v>496653.47</x:v>
+        <x:v>496787.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2969" spans="1:2">
       <x:c r="A2969" s="2">
-        <x:v>41718</x:v>
+        <x:v>41740</x:v>
       </x:c>
       <x:c r="B2969" s="3">
-        <x:v>496635.27</x:v>
+        <x:v>496780.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2970" spans="1:2">
       <x:c r="A2970" s="2">
-        <x:v>41717</x:v>
+        <x:v>41739</x:v>
       </x:c>
       <x:c r="B2970" s="3">
-        <x:v>496629.21</x:v>
+        <x:v>496762.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2971" spans="1:2">
       <x:c r="A2971" s="2">
-        <x:v>41716</x:v>
+        <x:v>41738</x:v>
       </x:c>
       <x:c r="B2971" s="3">
-        <x:v>496623.42</x:v>
+        <x:v>496756.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2972" spans="1:2">
       <x:c r="A2972" s="2">
-        <x:v>41715</x:v>
+        <x:v>41737</x:v>
       </x:c>
       <x:c r="B2972" s="3">
-        <x:v>496617.63</x:v>
+        <x:v>496750.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2973" spans="1:2">
       <x:c r="A2973" s="2">
-        <x:v>41712</x:v>
+        <x:v>41736</x:v>
       </x:c>
       <x:c r="B2973" s="3">
-        <x:v>496611.84</x:v>
+        <x:v>496744.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2974" spans="1:2">
       <x:c r="A2974" s="2">
-        <x:v>41711</x:v>
+        <x:v>41733</x:v>
       </x:c>
       <x:c r="B2974" s="3">
-        <x:v>496594.46</x:v>
+        <x:v>496738.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2975" spans="1:2">
       <x:c r="A2975" s="2">
-        <x:v>41710</x:v>
+        <x:v>41732</x:v>
       </x:c>
       <x:c r="B2975" s="3">
-        <x:v>496588.67</x:v>
+        <x:v>496720.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2976" spans="1:2">
       <x:c r="A2976" s="2">
-        <x:v>41709</x:v>
+        <x:v>41731</x:v>
       </x:c>
       <x:c r="B2976" s="3">
-        <x:v>496582.88</x:v>
+        <x:v>496714.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2977" spans="1:2">
       <x:c r="A2977" s="2">
-        <x:v>41708</x:v>
+        <x:v>41730</x:v>
       </x:c>
       <x:c r="B2977" s="3">
-        <x:v>496577.09</x:v>
+        <x:v>496708.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2978" spans="1:2">
       <x:c r="A2978" s="2">
-        <x:v>41705</x:v>
+        <x:v>41729</x:v>
       </x:c>
       <x:c r="B2978" s="3">
-        <x:v>496571.3</x:v>
+        <x:v>496702.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2979" spans="1:2">
       <x:c r="A2979" s="2">
-        <x:v>41704</x:v>
+        <x:v>41726</x:v>
       </x:c>
       <x:c r="B2979" s="3">
-        <x:v>496553.92</x:v>
+        <x:v>496695.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2980" spans="1:2">
       <x:c r="A2980" s="2">
-        <x:v>41703</x:v>
+        <x:v>41725</x:v>
       </x:c>
       <x:c r="B2980" s="3">
-        <x:v>496548.14</x:v>
+        <x:v>496677.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2981" spans="1:2">
       <x:c r="A2981" s="2">
-        <x:v>41702</x:v>
+        <x:v>41724</x:v>
       </x:c>
       <x:c r="B2981" s="3">
-        <x:v>496542.35</x:v>
+        <x:v>496671.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2982" spans="1:2">
       <x:c r="A2982" s="2">
-        <x:v>41701</x:v>
+        <x:v>41723</x:v>
       </x:c>
       <x:c r="B2982" s="3">
-        <x:v>496536.56</x:v>
+        <x:v>496665.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2983" spans="1:2">
       <x:c r="A2983" s="2">
-        <x:v>41698</x:v>
+        <x:v>41722</x:v>
       </x:c>
       <x:c r="B2983" s="3">
-        <x:v>496530.77</x:v>
+        <x:v>496659.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2984" spans="1:2">
       <x:c r="A2984" s="2">
-        <x:v>41697</x:v>
+        <x:v>41719</x:v>
       </x:c>
       <x:c r="B2984" s="3">
-        <x:v>496513.4</x:v>
+        <x:v>496653.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2985" spans="1:2">
       <x:c r="A2985" s="2">
-        <x:v>41696</x:v>
+        <x:v>41718</x:v>
       </x:c>
       <x:c r="B2985" s="3">
-        <x:v>496507.61</x:v>
+        <x:v>496635.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2986" spans="1:2">
       <x:c r="A2986" s="2">
-        <x:v>41695</x:v>
+        <x:v>41717</x:v>
       </x:c>
       <x:c r="B2986" s="3">
-        <x:v>496501.82</x:v>
+        <x:v>496629.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2987" spans="1:2">
       <x:c r="A2987" s="2">
-        <x:v>41694</x:v>
+        <x:v>41716</x:v>
       </x:c>
       <x:c r="B2987" s="3">
-        <x:v>496496.03</x:v>
+        <x:v>496623.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2988" spans="1:2">
       <x:c r="A2988" s="2">
-        <x:v>41691</x:v>
+        <x:v>41715</x:v>
       </x:c>
       <x:c r="B2988" s="3">
-        <x:v>496490.24</x:v>
+        <x:v>496617.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2989" spans="1:2">
       <x:c r="A2989" s="2">
-        <x:v>41690</x:v>
+        <x:v>41712</x:v>
       </x:c>
       <x:c r="B2989" s="3">
-        <x:v>496472.87</x:v>
+        <x:v>496611.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2990" spans="1:2">
       <x:c r="A2990" s="2">
-        <x:v>41689</x:v>
+        <x:v>41711</x:v>
       </x:c>
       <x:c r="B2990" s="3">
-        <x:v>496467.08</x:v>
+        <x:v>496594.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2991" spans="1:2">
       <x:c r="A2991" s="2">
-        <x:v>41688</x:v>
+        <x:v>41710</x:v>
       </x:c>
       <x:c r="B2991" s="3">
-        <x:v>496461.29</x:v>
+        <x:v>496588.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2992" spans="1:2">
       <x:c r="A2992" s="2">
-        <x:v>41687</x:v>
+        <x:v>41709</x:v>
       </x:c>
       <x:c r="B2992" s="3">
-        <x:v>496455.5</x:v>
+        <x:v>496582.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2993" spans="1:2">
       <x:c r="A2993" s="2">
-        <x:v>41684</x:v>
+        <x:v>41708</x:v>
       </x:c>
       <x:c r="B2993" s="3">
-        <x:v>496449.85</x:v>
+        <x:v>496577.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2994" spans="1:2">
       <x:c r="A2994" s="2">
-        <x:v>41683</x:v>
+        <x:v>41705</x:v>
       </x:c>
       <x:c r="B2994" s="3">
-        <x:v>496432.89</x:v>
+        <x:v>496571.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2995" spans="1:2">
       <x:c r="A2995" s="2">
-        <x:v>41682</x:v>
+        <x:v>41704</x:v>
       </x:c>
       <x:c r="B2995" s="3">
-        <x:v>496427.24</x:v>
+        <x:v>496553.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2996" spans="1:2">
       <x:c r="A2996" s="2">
-        <x:v>41681</x:v>
+        <x:v>41703</x:v>
       </x:c>
       <x:c r="B2996" s="3">
-        <x:v>496421.59</x:v>
+        <x:v>496548.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2997" spans="1:2">
       <x:c r="A2997" s="2">
-        <x:v>41680</x:v>
+        <x:v>41702</x:v>
       </x:c>
       <x:c r="B2997" s="3">
-        <x:v>496415.94</x:v>
+        <x:v>496542.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2998" spans="1:2">
       <x:c r="A2998" s="2">
-        <x:v>41677</x:v>
+        <x:v>41701</x:v>
       </x:c>
       <x:c r="B2998" s="3">
-        <x:v>496410.29</x:v>
+        <x:v>496536.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2999" spans="1:2">
       <x:c r="A2999" s="2">
-        <x:v>41676</x:v>
+        <x:v>41698</x:v>
       </x:c>
       <x:c r="B2999" s="3">
-        <x:v>496393.33</x:v>
+        <x:v>496530.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3000" spans="1:2">
       <x:c r="A3000" s="2">
-        <x:v>41675</x:v>
+        <x:v>41697</x:v>
       </x:c>
       <x:c r="B3000" s="3">
-        <x:v>496387.68</x:v>
+        <x:v>496513.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3001" spans="1:2">
       <x:c r="A3001" s="2">
-        <x:v>41674</x:v>
+        <x:v>41696</x:v>
       </x:c>
       <x:c r="B3001" s="3">
-        <x:v>496382.03</x:v>
+        <x:v>496507.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3002" spans="1:2">
       <x:c r="A3002" s="2">
-        <x:v>41673</x:v>
+        <x:v>41695</x:v>
       </x:c>
       <x:c r="B3002" s="3">
-        <x:v>496376.38</x:v>
+        <x:v>496501.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3003" spans="1:2">
       <x:c r="A3003" s="2">
-        <x:v>41670</x:v>
+        <x:v>41694</x:v>
       </x:c>
       <x:c r="B3003" s="3">
-        <x:v>496370.73</x:v>
+        <x:v>496496.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3004" spans="1:2">
       <x:c r="A3004" s="2">
-        <x:v>41669</x:v>
+        <x:v>41691</x:v>
       </x:c>
       <x:c r="B3004" s="3">
-        <x:v>496353.78</x:v>
+        <x:v>496490.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3005" spans="1:2">
       <x:c r="A3005" s="2">
-        <x:v>41668</x:v>
+        <x:v>41690</x:v>
       </x:c>
       <x:c r="B3005" s="3">
-        <x:v>496348.27</x:v>
+        <x:v>496472.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3006" spans="1:2">
       <x:c r="A3006" s="2">
-        <x:v>41667</x:v>
+        <x:v>41689</x:v>
       </x:c>
       <x:c r="B3006" s="3">
-        <x:v>496342.76</x:v>
+        <x:v>496467.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3007" spans="1:2">
       <x:c r="A3007" s="2">
-        <x:v>41666</x:v>
+        <x:v>41688</x:v>
       </x:c>
       <x:c r="B3007" s="3">
-        <x:v>496337.25</x:v>
+        <x:v>496461.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3008" spans="1:2">
       <x:c r="A3008" s="2">
-        <x:v>41663</x:v>
+        <x:v>41687</x:v>
       </x:c>
       <x:c r="B3008" s="3">
-        <x:v>496331.74</x:v>
+        <x:v>496455.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3009" spans="1:2">
       <x:c r="A3009" s="2">
-        <x:v>41662</x:v>
+        <x:v>41684</x:v>
       </x:c>
       <x:c r="B3009" s="3">
-        <x:v>496315.2</x:v>
+        <x:v>496449.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3010" spans="1:2">
       <x:c r="A3010" s="2">
-        <x:v>41661</x:v>
+        <x:v>41683</x:v>
       </x:c>
       <x:c r="B3010" s="3">
-        <x:v>496309.83</x:v>
+        <x:v>496432.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3011" spans="1:2">
       <x:c r="A3011" s="2">
-        <x:v>41660</x:v>
+        <x:v>41682</x:v>
       </x:c>
       <x:c r="B3011" s="3">
-        <x:v>496304.46</x:v>
+        <x:v>496427.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3012" spans="1:2">
       <x:c r="A3012" s="2">
-        <x:v>41659</x:v>
+        <x:v>41681</x:v>
       </x:c>
       <x:c r="B3012" s="3">
-        <x:v>496299.09</x:v>
+        <x:v>496421.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3013" spans="1:2">
       <x:c r="A3013" s="2">
-        <x:v>41656</x:v>
+        <x:v>41680</x:v>
       </x:c>
       <x:c r="B3013" s="3">
-        <x:v>496293.72</x:v>
+        <x:v>496415.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3014" spans="1:2">
       <x:c r="A3014" s="2">
-        <x:v>41655</x:v>
+        <x:v>41677</x:v>
       </x:c>
       <x:c r="B3014" s="3">
-        <x:v>496277.6</x:v>
+        <x:v>496410.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3015" spans="1:2">
       <x:c r="A3015" s="2">
-        <x:v>41654</x:v>
+        <x:v>41676</x:v>
       </x:c>
       <x:c r="B3015" s="3">
-        <x:v>496272.23</x:v>
+        <x:v>496393.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3016" spans="1:2">
       <x:c r="A3016" s="2">
-        <x:v>41653</x:v>
+        <x:v>41675</x:v>
       </x:c>
       <x:c r="B3016" s="3">
-        <x:v>496266.86</x:v>
+        <x:v>496387.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3017" spans="1:2">
       <x:c r="A3017" s="2">
-        <x:v>41652</x:v>
+        <x:v>41674</x:v>
       </x:c>
       <x:c r="B3017" s="3">
-        <x:v>496261.49</x:v>
+        <x:v>496382.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3018" spans="1:2">
       <x:c r="A3018" s="2">
-        <x:v>41649</x:v>
+        <x:v>41673</x:v>
       </x:c>
       <x:c r="B3018" s="3">
-        <x:v>496256.12</x:v>
+        <x:v>496376.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3019" spans="1:2">
       <x:c r="A3019" s="2">
-        <x:v>41648</x:v>
+        <x:v>41670</x:v>
       </x:c>
       <x:c r="B3019" s="3">
-        <x:v>496240</x:v>
+        <x:v>496370.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3020" spans="1:2">
       <x:c r="A3020" s="2">
-        <x:v>41647</x:v>
+        <x:v>41669</x:v>
       </x:c>
       <x:c r="B3020" s="3">
-        <x:v>496234.63</x:v>
+        <x:v>496353.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3021" spans="1:2">
       <x:c r="A3021" s="2">
-        <x:v>41646</x:v>
+        <x:v>41668</x:v>
       </x:c>
       <x:c r="B3021" s="3">
-        <x:v>496229.26</x:v>
+        <x:v>496348.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3022" spans="1:2">
       <x:c r="A3022" s="2">
-        <x:v>41645</x:v>
+        <x:v>41667</x:v>
       </x:c>
       <x:c r="B3022" s="3">
-        <x:v>496223.75</x:v>
+        <x:v>496342.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3023" spans="1:2">
       <x:c r="A3023" s="2">
-        <x:v>41642</x:v>
+        <x:v>41666</x:v>
       </x:c>
       <x:c r="B3023" s="3">
-        <x:v>496218.24</x:v>
+        <x:v>496337.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3024" spans="1:2">
       <x:c r="A3024" s="2">
-        <x:v>41641</x:v>
+        <x:v>41663</x:v>
       </x:c>
       <x:c r="B3024" s="3">
-        <x:v>496202.12</x:v>
+        <x:v>496331.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3025" spans="1:2">
       <x:c r="A3025" s="2">
-        <x:v>41639</x:v>
+        <x:v>41662</x:v>
       </x:c>
       <x:c r="B3025" s="3">
-        <x:v>496196.61</x:v>
+        <x:v>496315.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3026" spans="1:2">
       <x:c r="A3026" s="2">
-        <x:v>41638</x:v>
+        <x:v>41661</x:v>
       </x:c>
       <x:c r="B3026" s="3">
-        <x:v>496185.59</x:v>
+        <x:v>496309.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3027" spans="1:2">
       <x:c r="A3027" s="2">
-        <x:v>41635</x:v>
+        <x:v>41660</x:v>
       </x:c>
       <x:c r="B3027" s="3">
-        <x:v>496180.08</x:v>
+        <x:v>496304.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3028" spans="1:2">
       <x:c r="A3028" s="2">
-        <x:v>41632</x:v>
+        <x:v>41659</x:v>
       </x:c>
       <x:c r="B3028" s="3">
-        <x:v>496164.79</x:v>
+        <x:v>496299.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3029" spans="1:2">
       <x:c r="A3029" s="2">
-        <x:v>41631</x:v>
+        <x:v>41656</x:v>
       </x:c>
       <x:c r="B3029" s="3">
-        <x:v>496149.5</x:v>
+        <x:v>496293.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3030" spans="1:2">
       <x:c r="A3030" s="2">
-        <x:v>41628</x:v>
+        <x:v>41655</x:v>
       </x:c>
       <x:c r="B3030" s="3">
-        <x:v>496144.41</x:v>
+        <x:v>496277.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3031" spans="1:2">
       <x:c r="A3031" s="2">
-        <x:v>41627</x:v>
+        <x:v>41654</x:v>
       </x:c>
       <x:c r="B3031" s="3">
-        <x:v>496129.12</x:v>
+        <x:v>496272.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3032" spans="1:2">
       <x:c r="A3032" s="2">
-        <x:v>41626</x:v>
+        <x:v>41653</x:v>
       </x:c>
       <x:c r="B3032" s="3">
-        <x:v>496124.03</x:v>
+        <x:v>496266.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3033" spans="1:2">
       <x:c r="A3033" s="2">
-        <x:v>41625</x:v>
+        <x:v>41652</x:v>
       </x:c>
       <x:c r="B3033" s="3">
-        <x:v>496118.94</x:v>
+        <x:v>496261.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3034" spans="1:2">
       <x:c r="A3034" s="2">
-        <x:v>41624</x:v>
+        <x:v>41649</x:v>
       </x:c>
       <x:c r="B3034" s="3">
-        <x:v>496113.85</x:v>
+        <x:v>496256.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3035" spans="1:2">
       <x:c r="A3035" s="2">
-        <x:v>41621</x:v>
+        <x:v>41648</x:v>
       </x:c>
       <x:c r="B3035" s="3">
-        <x:v>496108.76</x:v>
+        <x:v>496240</x:v>
       </x:c>
     </x:row>
     <x:row r="3036" spans="1:2">
       <x:c r="A3036" s="2">
-        <x:v>41620</x:v>
+        <x:v>41647</x:v>
       </x:c>
       <x:c r="B3036" s="3">
-        <x:v>496093.47</x:v>
+        <x:v>496234.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3037" spans="1:2">
       <x:c r="A3037" s="2">
-        <x:v>41619</x:v>
+        <x:v>41646</x:v>
       </x:c>
       <x:c r="B3037" s="3">
-        <x:v>496088.38</x:v>
+        <x:v>496229.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3038" spans="1:2">
       <x:c r="A3038" s="2">
-        <x:v>41618</x:v>
+        <x:v>41645</x:v>
       </x:c>
       <x:c r="B3038" s="3">
-        <x:v>496083.29</x:v>
+        <x:v>496223.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3039" spans="1:2">
       <x:c r="A3039" s="2">
-        <x:v>41617</x:v>
+        <x:v>41642</x:v>
       </x:c>
       <x:c r="B3039" s="3">
-        <x:v>496078.2</x:v>
+        <x:v>496218.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3040" spans="1:2">
       <x:c r="A3040" s="2">
-        <x:v>41614</x:v>
+        <x:v>41641</x:v>
       </x:c>
       <x:c r="B3040" s="3">
-        <x:v>496073.38</x:v>
+        <x:v>496202.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3041" spans="1:2">
       <x:c r="A3041" s="2">
-        <x:v>41613</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="B3041" s="3">
-        <x:v>496058.92</x:v>
+        <x:v>496196.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3042" spans="1:2">
       <x:c r="A3042" s="2">
-        <x:v>41612</x:v>
+        <x:v>41638</x:v>
       </x:c>
       <x:c r="B3042" s="3">
-        <x:v>496054.1</x:v>
+        <x:v>496185.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3043" spans="1:2">
       <x:c r="A3043" s="2">
-        <x:v>41611</x:v>
+        <x:v>41635</x:v>
       </x:c>
       <x:c r="B3043" s="3">
-        <x:v>496049.28</x:v>
+        <x:v>496180.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3044" spans="1:2">
       <x:c r="A3044" s="2">
-        <x:v>41610</x:v>
+        <x:v>41632</x:v>
       </x:c>
       <x:c r="B3044" s="3">
-        <x:v>496044.46</x:v>
+        <x:v>496164.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3045" spans="1:2">
       <x:c r="A3045" s="2">
-        <x:v>41607</x:v>
+        <x:v>41631</x:v>
       </x:c>
       <x:c r="B3045" s="3">
-        <x:v>496039.64</x:v>
+        <x:v>496149.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3046" spans="1:2">
       <x:c r="A3046" s="2">
-        <x:v>41606</x:v>
+        <x:v>41628</x:v>
       </x:c>
       <x:c r="B3046" s="3">
-        <x:v>496025.18</x:v>
+        <x:v>496144.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3047" spans="1:2">
       <x:c r="A3047" s="2">
-        <x:v>41605</x:v>
+        <x:v>41627</x:v>
       </x:c>
       <x:c r="B3047" s="3">
-        <x:v>496020.36</x:v>
+        <x:v>496129.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3048" spans="1:2">
       <x:c r="A3048" s="2">
-        <x:v>41604</x:v>
+        <x:v>41626</x:v>
       </x:c>
       <x:c r="B3048" s="3">
-        <x:v>496015.54</x:v>
+        <x:v>496124.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3049" spans="1:2">
       <x:c r="A3049" s="2">
-        <x:v>41603</x:v>
+        <x:v>41625</x:v>
       </x:c>
       <x:c r="B3049" s="3">
-        <x:v>496010.45</x:v>
+        <x:v>496118.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3050" spans="1:2">
       <x:c r="A3050" s="2">
-        <x:v>41600</x:v>
+        <x:v>41624</x:v>
       </x:c>
       <x:c r="B3050" s="3">
-        <x:v>496005.36</x:v>
+        <x:v>496113.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3051" spans="1:2">
       <x:c r="A3051" s="2">
-        <x:v>41599</x:v>
+        <x:v>41621</x:v>
       </x:c>
       <x:c r="B3051" s="3">
-        <x:v>495990.07</x:v>
+        <x:v>496108.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3052" spans="1:2">
       <x:c r="A3052" s="2">
-        <x:v>41598</x:v>
+        <x:v>41620</x:v>
       </x:c>
       <x:c r="B3052" s="3">
-        <x:v>495984.98</x:v>
+        <x:v>496093.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3053" spans="1:2">
       <x:c r="A3053" s="2">
-        <x:v>41597</x:v>
+        <x:v>41619</x:v>
       </x:c>
       <x:c r="B3053" s="3">
-        <x:v>495979.34</x:v>
+        <x:v>496088.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3054" spans="1:2">
       <x:c r="A3054" s="2">
-        <x:v>41596</x:v>
+        <x:v>41618</x:v>
       </x:c>
       <x:c r="B3054" s="3">
-        <x:v>495973.7</x:v>
+        <x:v>496083.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3055" spans="1:2">
       <x:c r="A3055" s="2">
-        <x:v>41593</x:v>
+        <x:v>41617</x:v>
       </x:c>
       <x:c r="B3055" s="3">
-        <x:v>495968.06</x:v>
+        <x:v>496078.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3056" spans="1:2">
       <x:c r="A3056" s="2">
-        <x:v>41592</x:v>
+        <x:v>41614</x:v>
       </x:c>
       <x:c r="B3056" s="3">
-        <x:v>495951.12</x:v>
+        <x:v>496073.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3057" spans="1:2">
       <x:c r="A3057" s="2">
-        <x:v>41591</x:v>
+        <x:v>41613</x:v>
       </x:c>
       <x:c r="B3057" s="3">
-        <x:v>495945.48</x:v>
+        <x:v>496058.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3058" spans="1:2">
       <x:c r="A3058" s="2">
-        <x:v>41590</x:v>
+        <x:v>41612</x:v>
       </x:c>
       <x:c r="B3058" s="3">
-        <x:v>495939.84</x:v>
+        <x:v>496054.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3059" spans="1:2">
       <x:c r="A3059" s="2">
-        <x:v>41586</x:v>
+        <x:v>41611</x:v>
       </x:c>
       <x:c r="B3059" s="3">
-        <x:v>495934.2</x:v>
+        <x:v>496049.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3060" spans="1:2">
       <x:c r="A3060" s="2">
-        <x:v>41585</x:v>
+        <x:v>41610</x:v>
       </x:c>
       <x:c r="B3060" s="3">
-        <x:v>495910.51</x:v>
+        <x:v>496044.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3061" spans="1:2">
       <x:c r="A3061" s="2">
-        <x:v>41584</x:v>
+        <x:v>41607</x:v>
       </x:c>
       <x:c r="B3061" s="3">
-        <x:v>495904.59</x:v>
+        <x:v>496039.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3062" spans="1:2">
       <x:c r="A3062" s="2">
-        <x:v>41583</x:v>
+        <x:v>41606</x:v>
       </x:c>
       <x:c r="B3062" s="3">
-        <x:v>495898.67</x:v>
+        <x:v>496025.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3063" spans="1:2">
       <x:c r="A3063" s="2">
-        <x:v>41582</x:v>
+        <x:v>41605</x:v>
       </x:c>
       <x:c r="B3063" s="3">
-        <x:v>495892.75</x:v>
+        <x:v>496020.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3064" spans="1:2">
       <x:c r="A3064" s="2">
-        <x:v>41578</x:v>
+        <x:v>41604</x:v>
       </x:c>
       <x:c r="B3064" s="3">
-        <x:v>495886.83</x:v>
+        <x:v>496015.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3065" spans="1:2">
       <x:c r="A3065" s="2">
-        <x:v>41577</x:v>
+        <x:v>41603</x:v>
       </x:c>
       <x:c r="B3065" s="3">
-        <x:v>495863.14</x:v>
+        <x:v>496010.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3066" spans="1:2">
       <x:c r="A3066" s="2">
-        <x:v>41576</x:v>
+        <x:v>41600</x:v>
       </x:c>
       <x:c r="B3066" s="3">
-        <x:v>495856.95</x:v>
+        <x:v>496005.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3067" spans="1:2">
       <x:c r="A3067" s="2">
-        <x:v>41575</x:v>
+        <x:v>41599</x:v>
       </x:c>
       <x:c r="B3067" s="3">
-        <x:v>495850.76</x:v>
+        <x:v>495990.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3068" spans="1:2">
       <x:c r="A3068" s="2">
-        <x:v>41572</x:v>
+        <x:v>41598</x:v>
       </x:c>
       <x:c r="B3068" s="3">
-        <x:v>495844.57</x:v>
+        <x:v>495984.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3069" spans="1:2">
       <x:c r="A3069" s="2">
-        <x:v>41571</x:v>
+        <x:v>41597</x:v>
       </x:c>
       <x:c r="B3069" s="3">
-        <x:v>495825.98</x:v>
+        <x:v>495979.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3070" spans="1:2">
       <x:c r="A3070" s="2">
-        <x:v>41570</x:v>
+        <x:v>41596</x:v>
       </x:c>
       <x:c r="B3070" s="3">
-        <x:v>495819.1</x:v>
+        <x:v>495973.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3071" spans="1:2">
       <x:c r="A3071" s="2">
-        <x:v>41569</x:v>
+        <x:v>41593</x:v>
       </x:c>
       <x:c r="B3071" s="3">
-        <x:v>495812.22</x:v>
+        <x:v>495968.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3072" spans="1:2">
       <x:c r="A3072" s="2">
-        <x:v>41568</x:v>
+        <x:v>41592</x:v>
       </x:c>
       <x:c r="B3072" s="3">
-        <x:v>495805.34</x:v>
+        <x:v>495951.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3073" spans="1:2">
       <x:c r="A3073" s="2">
-        <x:v>41565</x:v>
+        <x:v>41591</x:v>
       </x:c>
       <x:c r="B3073" s="3">
-        <x:v>495798.46</x:v>
+        <x:v>495945.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3074" spans="1:2">
       <x:c r="A3074" s="2">
-        <x:v>41564</x:v>
+        <x:v>41590</x:v>
       </x:c>
       <x:c r="B3074" s="3">
-        <x:v>495777.81</x:v>
+        <x:v>495939.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3075" spans="1:2">
       <x:c r="A3075" s="2">
-        <x:v>41563</x:v>
+        <x:v>41586</x:v>
       </x:c>
       <x:c r="B3075" s="3">
-        <x:v>495770.65</x:v>
+        <x:v>495934.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3076" spans="1:2">
       <x:c r="A3076" s="2">
-        <x:v>41562</x:v>
+        <x:v>41585</x:v>
       </x:c>
       <x:c r="B3076" s="3">
-        <x:v>495763.49</x:v>
+        <x:v>495910.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3077" spans="1:2">
       <x:c r="A3077" s="2">
-        <x:v>41561</x:v>
+        <x:v>41584</x:v>
       </x:c>
       <x:c r="B3077" s="3">
-        <x:v>495756.33</x:v>
+        <x:v>495904.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3078" spans="1:2">
       <x:c r="A3078" s="2">
-        <x:v>41558</x:v>
+        <x:v>41583</x:v>
       </x:c>
       <x:c r="B3078" s="3">
-        <x:v>495749.17</x:v>
+        <x:v>495898.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3079" spans="1:2">
       <x:c r="A3079" s="2">
-        <x:v>41557</x:v>
+        <x:v>41582</x:v>
       </x:c>
       <x:c r="B3079" s="3">
-        <x:v>495727.69</x:v>
+        <x:v>495892.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3080" spans="1:2">
       <x:c r="A3080" s="2">
-        <x:v>41556</x:v>
+        <x:v>41578</x:v>
       </x:c>
       <x:c r="B3080" s="3">
-        <x:v>495720.53</x:v>
+        <x:v>495886.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3081" spans="1:2">
       <x:c r="A3081" s="2">
-        <x:v>41555</x:v>
+        <x:v>41577</x:v>
       </x:c>
       <x:c r="B3081" s="3">
-        <x:v>495713.37</x:v>
+        <x:v>495863.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3082" spans="1:2">
       <x:c r="A3082" s="2">
-        <x:v>41554</x:v>
+        <x:v>41576</x:v>
       </x:c>
       <x:c r="B3082" s="3">
-        <x:v>495706.21</x:v>
+        <x:v>495856.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3083" spans="1:2">
       <x:c r="A3083" s="2">
-        <x:v>41551</x:v>
+        <x:v>41575</x:v>
       </x:c>
       <x:c r="B3083" s="3">
-        <x:v>495699.05</x:v>
+        <x:v>495850.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3084" spans="1:2">
       <x:c r="A3084" s="2">
-        <x:v>41550</x:v>
+        <x:v>41572</x:v>
       </x:c>
       <x:c r="B3084" s="3">
-        <x:v>495677.58</x:v>
+        <x:v>495844.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3085" spans="1:2">
       <x:c r="A3085" s="2">
-        <x:v>41549</x:v>
+        <x:v>41571</x:v>
       </x:c>
       <x:c r="B3085" s="3">
-        <x:v>495669.87</x:v>
+        <x:v>495825.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3086" spans="1:2">
       <x:c r="A3086" s="2">
-        <x:v>41548</x:v>
+        <x:v>41570</x:v>
       </x:c>
       <x:c r="B3086" s="3">
-        <x:v>495662.16</x:v>
+        <x:v>495819.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3087" spans="1:2">
       <x:c r="A3087" s="2">
-        <x:v>41547</x:v>
+        <x:v>41569</x:v>
       </x:c>
       <x:c r="B3087" s="3">
-        <x:v>495654.45</x:v>
+        <x:v>495812.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3088" spans="1:2">
       <x:c r="A3088" s="2">
-        <x:v>41544</x:v>
+        <x:v>41568</x:v>
       </x:c>
       <x:c r="B3088" s="3">
-        <x:v>495646.74</x:v>
+        <x:v>495805.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3089" spans="1:2">
       <x:c r="A3089" s="2">
-        <x:v>41543</x:v>
+        <x:v>41565</x:v>
       </x:c>
       <x:c r="B3089" s="3">
-        <x:v>495623.62</x:v>
+        <x:v>495798.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3090" spans="1:2">
       <x:c r="A3090" s="2">
-        <x:v>41542</x:v>
+        <x:v>41564</x:v>
       </x:c>
       <x:c r="B3090" s="3">
-        <x:v>495616.47</x:v>
+        <x:v>495777.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3091" spans="1:2">
       <x:c r="A3091" s="2">
-        <x:v>41541</x:v>
+        <x:v>41563</x:v>
       </x:c>
       <x:c r="B3091" s="3">
-        <x:v>495609.32</x:v>
+        <x:v>495770.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3092" spans="1:2">
       <x:c r="A3092" s="2">
-        <x:v>41540</x:v>
+        <x:v>41562</x:v>
       </x:c>
       <x:c r="B3092" s="3">
-        <x:v>495602.17</x:v>
+        <x:v>495763.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3093" spans="1:2">
       <x:c r="A3093" s="2">
-        <x:v>41537</x:v>
+        <x:v>41561</x:v>
       </x:c>
       <x:c r="B3093" s="3">
-        <x:v>495595.02</x:v>
+        <x:v>495756.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3094" spans="1:2">
       <x:c r="A3094" s="2">
-        <x:v>41536</x:v>
+        <x:v>41558</x:v>
       </x:c>
       <x:c r="B3094" s="3">
-        <x:v>495574.38</x:v>
+        <x:v>495749.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3095" spans="1:2">
       <x:c r="A3095" s="2">
-        <x:v>41535</x:v>
+        <x:v>41557</x:v>
       </x:c>
       <x:c r="B3095" s="3">
-        <x:v>495567.5</x:v>
+        <x:v>495727.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3096" spans="1:2">
       <x:c r="A3096" s="2">
-        <x:v>41534</x:v>
+        <x:v>41556</x:v>
       </x:c>
       <x:c r="B3096" s="3">
-        <x:v>495560.62</x:v>
+        <x:v>495720.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3097" spans="1:2">
       <x:c r="A3097" s="2">
-        <x:v>41533</x:v>
+        <x:v>41555</x:v>
       </x:c>
       <x:c r="B3097" s="3">
-        <x:v>495553.74</x:v>
+        <x:v>495713.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3098" spans="1:2">
       <x:c r="A3098" s="2">
-        <x:v>41530</x:v>
+        <x:v>41554</x:v>
       </x:c>
       <x:c r="B3098" s="3">
-        <x:v>495546.86</x:v>
+        <x:v>495706.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3099" spans="1:2">
       <x:c r="A3099" s="2">
-        <x:v>41529</x:v>
+        <x:v>41551</x:v>
       </x:c>
       <x:c r="B3099" s="3">
-        <x:v>495526.22</x:v>
+        <x:v>495699.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3100" spans="1:2">
       <x:c r="A3100" s="2">
-        <x:v>41528</x:v>
+        <x:v>41550</x:v>
       </x:c>
       <x:c r="B3100" s="3">
-        <x:v>495519.34</x:v>
+        <x:v>495677.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3101" spans="1:2">
       <x:c r="A3101" s="2">
-        <x:v>41527</x:v>
+        <x:v>41549</x:v>
       </x:c>
       <x:c r="B3101" s="3">
-        <x:v>495512.46</x:v>
+        <x:v>495669.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3102" spans="1:2">
       <x:c r="A3102" s="2">
-        <x:v>41526</x:v>
+        <x:v>41548</x:v>
       </x:c>
       <x:c r="B3102" s="3">
-        <x:v>495505.58</x:v>
+        <x:v>495662.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3103" spans="1:2">
       <x:c r="A3103" s="2">
-        <x:v>41523</x:v>
+        <x:v>41547</x:v>
       </x:c>
       <x:c r="B3103" s="3">
-        <x:v>495498.7</x:v>
+        <x:v>495654.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3104" spans="1:2">
       <x:c r="A3104" s="2">
-        <x:v>41522</x:v>
+        <x:v>41544</x:v>
       </x:c>
       <x:c r="B3104" s="3">
-        <x:v>495478.06</x:v>
+        <x:v>495646.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3105" spans="1:2">
       <x:c r="A3105" s="2">
-        <x:v>41521</x:v>
+        <x:v>41543</x:v>
       </x:c>
       <x:c r="B3105" s="3">
-        <x:v>495471.18</x:v>
+        <x:v>495623.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3106" spans="1:2">
       <x:c r="A3106" s="2">
-        <x:v>41520</x:v>
+        <x:v>41542</x:v>
       </x:c>
       <x:c r="B3106" s="3">
-        <x:v>495464.3</x:v>
+        <x:v>495616.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3107" spans="1:2">
       <x:c r="A3107" s="2">
-        <x:v>41519</x:v>
+        <x:v>41541</x:v>
       </x:c>
       <x:c r="B3107" s="3">
-        <x:v>495457.42</x:v>
+        <x:v>495609.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3108" spans="1:2">
       <x:c r="A3108" s="2">
-        <x:v>41516</x:v>
+        <x:v>41540</x:v>
       </x:c>
       <x:c r="B3108" s="3">
-        <x:v>495450.54</x:v>
+        <x:v>495602.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3109" spans="1:2">
       <x:c r="A3109" s="2">
-        <x:v>41515</x:v>
+        <x:v>41537</x:v>
       </x:c>
       <x:c r="B3109" s="3">
-        <x:v>495431.14</x:v>
+        <x:v>495595.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3110" spans="1:2">
       <x:c r="A3110" s="2">
-        <x:v>41514</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="B3110" s="3">
-        <x:v>495424.68</x:v>
+        <x:v>495574.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3111" spans="1:2">
       <x:c r="A3111" s="2">
-        <x:v>41513</x:v>
+        <x:v>41535</x:v>
       </x:c>
       <x:c r="B3111" s="3">
-        <x:v>495418.22</x:v>
+        <x:v>495567.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3112" spans="1:2">
       <x:c r="A3112" s="2">
-        <x:v>41512</x:v>
+        <x:v>41534</x:v>
       </x:c>
       <x:c r="B3112" s="3">
-        <x:v>495411.76</x:v>
+        <x:v>495560.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3113" spans="1:2">
       <x:c r="A3113" s="2">
-        <x:v>41509</x:v>
+        <x:v>41533</x:v>
       </x:c>
       <x:c r="B3113" s="3">
-        <x:v>495405.3</x:v>
+        <x:v>495553.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3114" spans="1:2">
       <x:c r="A3114" s="2">
-        <x:v>41508</x:v>
+        <x:v>41530</x:v>
       </x:c>
       <x:c r="B3114" s="3">
-        <x:v>495385.9</x:v>
+        <x:v>495546.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3115" spans="1:2">
       <x:c r="A3115" s="2">
-        <x:v>41507</x:v>
+        <x:v>41529</x:v>
       </x:c>
       <x:c r="B3115" s="3">
-        <x:v>495379.44</x:v>
+        <x:v>495526.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3116" spans="1:2">
       <x:c r="A3116" s="2">
-        <x:v>41506</x:v>
+        <x:v>41528</x:v>
       </x:c>
       <x:c r="B3116" s="3">
-        <x:v>495372.98</x:v>
+        <x:v>495519.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3117" spans="1:2">
       <x:c r="A3117" s="2">
-        <x:v>41505</x:v>
+        <x:v>41527</x:v>
       </x:c>
       <x:c r="B3117" s="3">
-        <x:v>495366.93</x:v>
+        <x:v>495512.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3118" spans="1:2">
       <x:c r="A3118" s="2">
-        <x:v>41502</x:v>
+        <x:v>41526</x:v>
       </x:c>
       <x:c r="B3118" s="3">
-        <x:v>495360.88</x:v>
+        <x:v>495505.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3119" spans="1:2">
       <x:c r="A3119" s="2">
-        <x:v>41500</x:v>
+        <x:v>41523</x:v>
       </x:c>
       <x:c r="B3119" s="3">
-        <x:v>495342.72</x:v>
+        <x:v>495498.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3120" spans="1:2">
       <x:c r="A3120" s="2">
-        <x:v>41499</x:v>
+        <x:v>41522</x:v>
       </x:c>
       <x:c r="B3120" s="3">
-        <x:v>495330.62</x:v>
+        <x:v>495478.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3121" spans="1:2">
       <x:c r="A3121" s="2">
-        <x:v>41498</x:v>
+        <x:v>41521</x:v>
       </x:c>
       <x:c r="B3121" s="3">
-        <x:v>495324.57</x:v>
+        <x:v>495471.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3122" spans="1:2">
       <x:c r="A3122" s="2">
-        <x:v>41495</x:v>
+        <x:v>41520</x:v>
       </x:c>
       <x:c r="B3122" s="3">
-        <x:v>495319.07</x:v>
+        <x:v>495464.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3123" spans="1:2">
       <x:c r="A3123" s="2">
-        <x:v>41494</x:v>
+        <x:v>41519</x:v>
       </x:c>
       <x:c r="B3123" s="3">
-        <x:v>495302.56</x:v>
+        <x:v>495457.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3124" spans="1:2">
       <x:c r="A3124" s="2">
-        <x:v>41493</x:v>
+        <x:v>41516</x:v>
       </x:c>
       <x:c r="B3124" s="3">
-        <x:v>495297.06</x:v>
+        <x:v>495450.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3125" spans="1:2">
       <x:c r="A3125" s="2">
-        <x:v>41492</x:v>
+        <x:v>41515</x:v>
       </x:c>
       <x:c r="B3125" s="3">
-        <x:v>495291.56</x:v>
+        <x:v>495431.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3126" spans="1:2">
       <x:c r="A3126" s="2">
-        <x:v>41491</x:v>
+        <x:v>41514</x:v>
       </x:c>
       <x:c r="B3126" s="3">
-        <x:v>495286.06</x:v>
+        <x:v>495424.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3127" spans="1:2">
       <x:c r="A3127" s="2">
-        <x:v>41488</x:v>
+        <x:v>41513</x:v>
       </x:c>
       <x:c r="B3127" s="3">
-        <x:v>495280.56</x:v>
+        <x:v>495418.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3128" spans="1:2">
       <x:c r="A3128" s="2">
-        <x:v>41487</x:v>
+        <x:v>41512</x:v>
       </x:c>
       <x:c r="B3128" s="3">
-        <x:v>495264.06</x:v>
+        <x:v>495411.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3129" spans="1:2">
       <x:c r="A3129" s="2">
-        <x:v>41486</x:v>
+        <x:v>41509</x:v>
       </x:c>
       <x:c r="B3129" s="3">
-        <x:v>495258.56</x:v>
+        <x:v>495405.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3130" spans="1:2">
       <x:c r="A3130" s="2">
-        <x:v>41485</x:v>
+        <x:v>41508</x:v>
       </x:c>
       <x:c r="B3130" s="3">
-        <x:v>495253.06</x:v>
+        <x:v>495385.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3131" spans="1:2">
       <x:c r="A3131" s="2">
-        <x:v>41484</x:v>
+        <x:v>41507</x:v>
       </x:c>
       <x:c r="B3131" s="3">
-        <x:v>495247.56</x:v>
+        <x:v>495379.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3132" spans="1:2">
       <x:c r="A3132" s="2">
-        <x:v>41481</x:v>
+        <x:v>41506</x:v>
       </x:c>
       <x:c r="B3132" s="3">
-        <x:v>495242.06</x:v>
+        <x:v>495372.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3133" spans="1:2">
       <x:c r="A3133" s="2">
-        <x:v>41480</x:v>
+        <x:v>41505</x:v>
       </x:c>
       <x:c r="B3133" s="3">
-        <x:v>495225.56</x:v>
+        <x:v>495366.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3134" spans="1:2">
       <x:c r="A3134" s="2">
-        <x:v>41479</x:v>
+        <x:v>41502</x:v>
       </x:c>
       <x:c r="B3134" s="3">
-        <x:v>495220.06</x:v>
+        <x:v>495360.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3135" spans="1:2">
       <x:c r="A3135" s="2">
-        <x:v>41478</x:v>
+        <x:v>41500</x:v>
       </x:c>
       <x:c r="B3135" s="3">
-        <x:v>495214.56</x:v>
+        <x:v>495342.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3136" spans="1:2">
       <x:c r="A3136" s="2">
-        <x:v>41477</x:v>
+        <x:v>41499</x:v>
       </x:c>
       <x:c r="B3136" s="3">
-        <x:v>495209.06</x:v>
+        <x:v>495330.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3137" spans="1:2">
       <x:c r="A3137" s="2">
-        <x:v>41474</x:v>
+        <x:v>41498</x:v>
       </x:c>
       <x:c r="B3137" s="3">
-        <x:v>495203.56</x:v>
+        <x:v>495324.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3138" spans="1:2">
       <x:c r="A3138" s="2">
-        <x:v>41473</x:v>
+        <x:v>41495</x:v>
       </x:c>
       <x:c r="B3138" s="3">
-        <x:v>495187.88</x:v>
+        <x:v>495319.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3139" spans="1:2">
       <x:c r="A3139" s="2">
-        <x:v>41472</x:v>
+        <x:v>41494</x:v>
       </x:c>
       <x:c r="B3139" s="3">
-        <x:v>495182.66</x:v>
+        <x:v>495302.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3140" spans="1:2">
       <x:c r="A3140" s="2">
-        <x:v>41471</x:v>
+        <x:v>41493</x:v>
       </x:c>
       <x:c r="B3140" s="3">
-        <x:v>495177.44</x:v>
+        <x:v>495297.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3141" spans="1:2">
       <x:c r="A3141" s="2">
-        <x:v>41470</x:v>
+        <x:v>41492</x:v>
       </x:c>
       <x:c r="B3141" s="3">
-        <x:v>495172.22</x:v>
+        <x:v>495291.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3142" spans="1:2">
       <x:c r="A3142" s="2">
-        <x:v>41467</x:v>
+        <x:v>41491</x:v>
       </x:c>
       <x:c r="B3142" s="3">
-        <x:v>495167</x:v>
+        <x:v>495286.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3143" spans="1:2">
       <x:c r="A3143" s="2">
-        <x:v>41466</x:v>
+        <x:v>41488</x:v>
       </x:c>
       <x:c r="B3143" s="3">
-        <x:v>495152.56</x:v>
+        <x:v>495280.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3144" spans="1:2">
       <x:c r="A3144" s="2">
-        <x:v>41465</x:v>
+        <x:v>41487</x:v>
       </x:c>
       <x:c r="B3144" s="3">
-        <x:v>495147.75</x:v>
+        <x:v>495264.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3145" spans="1:2">
       <x:c r="A3145" s="2">
-        <x:v>41464</x:v>
+        <x:v>41486</x:v>
       </x:c>
       <x:c r="B3145" s="3">
-        <x:v>495142.94</x:v>
+        <x:v>495258.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3146" spans="1:2">
       <x:c r="A3146" s="2">
-        <x:v>41463</x:v>
+        <x:v>41485</x:v>
       </x:c>
       <x:c r="B3146" s="3">
-        <x:v>495138.13</x:v>
+        <x:v>495253.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3147" spans="1:2">
       <x:c r="A3147" s="2">
-        <x:v>41460</x:v>
+        <x:v>41484</x:v>
       </x:c>
       <x:c r="B3147" s="3">
-        <x:v>495133.32</x:v>
+        <x:v>495247.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3148" spans="1:2">
       <x:c r="A3148" s="2">
-        <x:v>41459</x:v>
+        <x:v>41481</x:v>
       </x:c>
       <x:c r="B3148" s="3">
-        <x:v>495118.88</x:v>
+        <x:v>495242.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3149" spans="1:2">
       <x:c r="A3149" s="2">
-        <x:v>41458</x:v>
+        <x:v>41480</x:v>
       </x:c>
       <x:c r="B3149" s="3">
-        <x:v>495114.07</x:v>
+        <x:v>495225.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3150" spans="1:2">
       <x:c r="A3150" s="2">
-        <x:v>41457</x:v>
+        <x:v>41479</x:v>
       </x:c>
       <x:c r="B3150" s="3">
-        <x:v>495109.26</x:v>
+        <x:v>495220.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3151" spans="1:2">
       <x:c r="A3151" s="2">
-        <x:v>41456</x:v>
+        <x:v>41478</x:v>
       </x:c>
       <x:c r="B3151" s="3">
-        <x:v>495104.45</x:v>
+        <x:v>495214.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3152" spans="1:2">
       <x:c r="A3152" s="2">
-        <x:v>41453</x:v>
+        <x:v>41477</x:v>
       </x:c>
       <x:c r="B3152" s="3">
-        <x:v>495099.64</x:v>
+        <x:v>495209.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3153" spans="1:2">
       <x:c r="A3153" s="2">
-        <x:v>41452</x:v>
+        <x:v>41474</x:v>
       </x:c>
       <x:c r="B3153" s="3">
-        <x:v>495085.21</x:v>
+        <x:v>495203.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3154" spans="1:2">
       <x:c r="A3154" s="2">
-        <x:v>41451</x:v>
+        <x:v>41473</x:v>
       </x:c>
       <x:c r="B3154" s="3">
-        <x:v>495080.4</x:v>
+        <x:v>495187.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3155" spans="1:2">
       <x:c r="A3155" s="2">
-        <x:v>41450</x:v>
+        <x:v>41472</x:v>
       </x:c>
       <x:c r="B3155" s="3">
-        <x:v>495075.59</x:v>
+        <x:v>495182.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3156" spans="1:2">
       <x:c r="A3156" s="2">
-        <x:v>41449</x:v>
+        <x:v>41471</x:v>
       </x:c>
       <x:c r="B3156" s="3">
-        <x:v>495070.78</x:v>
+        <x:v>495177.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3157" spans="1:2">
       <x:c r="A3157" s="2">
-        <x:v>41446</x:v>
+        <x:v>41470</x:v>
       </x:c>
       <x:c r="B3157" s="3">
-        <x:v>495065.97</x:v>
+        <x:v>495172.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3158" spans="1:2">
       <x:c r="A3158" s="2">
-        <x:v>41445</x:v>
+        <x:v>41467</x:v>
       </x:c>
       <x:c r="B3158" s="3">
-        <x:v>495051.95</x:v>
+        <x:v>495167</x:v>
       </x:c>
     </x:row>
     <x:row r="3159" spans="1:2">
       <x:c r="A3159" s="2">
-        <x:v>41444</x:v>
+        <x:v>41466</x:v>
       </x:c>
       <x:c r="B3159" s="3">
-        <x:v>495047.27</x:v>
+        <x:v>495152.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3160" spans="1:2">
       <x:c r="A3160" s="2">
-        <x:v>41443</x:v>
+        <x:v>41465</x:v>
       </x:c>
       <x:c r="B3160" s="3">
-        <x:v>495042.61</x:v>
+        <x:v>495147.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3161" spans="1:2">
       <x:c r="A3161" s="2">
-        <x:v>41442</x:v>
+        <x:v>41464</x:v>
       </x:c>
       <x:c r="B3161" s="3">
-        <x:v>495037.94</x:v>
+        <x:v>495142.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3162" spans="1:2">
       <x:c r="A3162" s="2">
-        <x:v>41439</x:v>
+        <x:v>41463</x:v>
       </x:c>
       <x:c r="B3162" s="3">
-        <x:v>495033.27</x:v>
+        <x:v>495138.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3163" spans="1:2">
       <x:c r="A3163" s="2">
-        <x:v>41438</x:v>
+        <x:v>41460</x:v>
       </x:c>
       <x:c r="B3163" s="3">
-        <x:v>495020.49</x:v>
+        <x:v>495133.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3164" spans="1:2">
       <x:c r="A3164" s="2">
-        <x:v>41437</x:v>
+        <x:v>41459</x:v>
       </x:c>
       <x:c r="B3164" s="3">
-        <x:v>495016.23</x:v>
+        <x:v>495118.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3165" spans="1:2">
       <x:c r="A3165" s="2">
-        <x:v>41436</x:v>
+        <x:v>41458</x:v>
       </x:c>
       <x:c r="B3165" s="3">
-        <x:v>495011.97</x:v>
+        <x:v>495114.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3166" spans="1:2">
       <x:c r="A3166" s="2">
-        <x:v>41435</x:v>
+        <x:v>41457</x:v>
       </x:c>
       <x:c r="B3166" s="3">
-        <x:v>495007.71</x:v>
+        <x:v>495109.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3167" spans="1:2">
       <x:c r="A3167" s="2">
-        <x:v>41432</x:v>
+        <x:v>41456</x:v>
       </x:c>
       <x:c r="B3167" s="3">
-        <x:v>495003.45</x:v>
+        <x:v>495104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3168" spans="1:2">
       <x:c r="A3168" s="2">
-        <x:v>41431</x:v>
+        <x:v>41453</x:v>
       </x:c>
       <x:c r="B3168" s="3">
-        <x:v>494990.67</x:v>
+        <x:v>495099.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3169" spans="1:2">
       <x:c r="A3169" s="2">
-        <x:v>41430</x:v>
+        <x:v>41452</x:v>
       </x:c>
       <x:c r="B3169" s="3">
-        <x:v>494986.41</x:v>
+        <x:v>495085.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3170" spans="1:2">
       <x:c r="A3170" s="2">
-        <x:v>41429</x:v>
+        <x:v>41451</x:v>
       </x:c>
       <x:c r="B3170" s="3">
-        <x:v>494982.15</x:v>
+        <x:v>495080.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3171" spans="1:2">
       <x:c r="A3171" s="2">
-        <x:v>41428</x:v>
+        <x:v>41450</x:v>
       </x:c>
       <x:c r="B3171" s="3">
-        <x:v>494977.89</x:v>
+        <x:v>495075.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3172" spans="1:2">
       <x:c r="A3172" s="2">
-        <x:v>41425</x:v>
+        <x:v>41449</x:v>
       </x:c>
       <x:c r="B3172" s="3">
-        <x:v>494973.63</x:v>
+        <x:v>495070.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3173" spans="1:2">
       <x:c r="A3173" s="2">
-        <x:v>41424</x:v>
+        <x:v>41446</x:v>
       </x:c>
       <x:c r="B3173" s="3">
-        <x:v>494960.85</x:v>
+        <x:v>495065.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3174" spans="1:2">
       <x:c r="A3174" s="2">
-        <x:v>41423</x:v>
+        <x:v>41445</x:v>
       </x:c>
       <x:c r="B3174" s="3">
-        <x:v>494956.59</x:v>
+        <x:v>495051.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3175" spans="1:2">
       <x:c r="A3175" s="2">
-        <x:v>41422</x:v>
+        <x:v>41444</x:v>
       </x:c>
       <x:c r="B3175" s="3">
-        <x:v>494952.33</x:v>
+        <x:v>495047.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3176" spans="1:2">
       <x:c r="A3176" s="2">
-        <x:v>41421</x:v>
+        <x:v>41443</x:v>
       </x:c>
       <x:c r="B3176" s="3">
-        <x:v>494948.07</x:v>
+        <x:v>495042.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3177" spans="1:2">
       <x:c r="A3177" s="2">
-        <x:v>41418</x:v>
+        <x:v>41442</x:v>
       </x:c>
       <x:c r="B3177" s="3">
-        <x:v>494943.81</x:v>
+        <x:v>495037.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3178" spans="1:2">
       <x:c r="A3178" s="2">
-        <x:v>41417</x:v>
+        <x:v>41439</x:v>
       </x:c>
       <x:c r="B3178" s="3">
-        <x:v>494931.03</x:v>
+        <x:v>495033.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3179" spans="1:2">
       <x:c r="A3179" s="2">
-        <x:v>41416</x:v>
+        <x:v>41438</x:v>
       </x:c>
       <x:c r="B3179" s="3">
-        <x:v>494926.77</x:v>
+        <x:v>495020.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3180" spans="1:2">
       <x:c r="A3180" s="2">
-        <x:v>41415</x:v>
+        <x:v>41437</x:v>
       </x:c>
       <x:c r="B3180" s="3">
-        <x:v>494922.51</x:v>
+        <x:v>495016.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3181" spans="1:2">
       <x:c r="A3181" s="2">
-        <x:v>41411</x:v>
+        <x:v>41436</x:v>
       </x:c>
       <x:c r="B3181" s="3">
-        <x:v>494918.25</x:v>
+        <x:v>495011.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3182" spans="1:2">
       <x:c r="A3182" s="2">
-        <x:v>41410</x:v>
+        <x:v>41435</x:v>
       </x:c>
       <x:c r="B3182" s="3">
-        <x:v>494901.21</x:v>
+        <x:v>495007.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3183" spans="1:2">
       <x:c r="A3183" s="2">
-        <x:v>41409</x:v>
+        <x:v>41432</x:v>
       </x:c>
       <x:c r="B3183" s="3">
-        <x:v>494896.95</x:v>
+        <x:v>495003.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3184" spans="1:2">
       <x:c r="A3184" s="2">
-        <x:v>41408</x:v>
+        <x:v>41431</x:v>
       </x:c>
       <x:c r="B3184" s="3">
-        <x:v>494892.69</x:v>
+        <x:v>494990.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3185" spans="1:2">
       <x:c r="A3185" s="2">
-        <x:v>41407</x:v>
+        <x:v>41430</x:v>
       </x:c>
       <x:c r="B3185" s="3">
-        <x:v>494888.43</x:v>
+        <x:v>494986.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3186" spans="1:2">
       <x:c r="A3186" s="2">
-        <x:v>41404</x:v>
+        <x:v>41429</x:v>
       </x:c>
       <x:c r="B3186" s="3">
-        <x:v>494884.17</x:v>
+        <x:v>494982.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3187" spans="1:2">
       <x:c r="A3187" s="2">
-        <x:v>41401</x:v>
+        <x:v>41428</x:v>
       </x:c>
       <x:c r="B3187" s="3">
-        <x:v>494871.39</x:v>
+        <x:v>494977.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3188" spans="1:2">
       <x:c r="A3188" s="2">
-        <x:v>41400</x:v>
+        <x:v>41425</x:v>
       </x:c>
       <x:c r="B3188" s="3">
-        <x:v>494858.61</x:v>
+        <x:v>494973.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3189" spans="1:2">
       <x:c r="A3189" s="2">
-        <x:v>41397</x:v>
+        <x:v>41424</x:v>
       </x:c>
       <x:c r="B3189" s="3">
-        <x:v>494854.35</x:v>
+        <x:v>494960.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3190" spans="1:2">
       <x:c r="A3190" s="2">
-        <x:v>41396</x:v>
+        <x:v>41423</x:v>
       </x:c>
       <x:c r="B3190" s="3">
-        <x:v>494841.57</x:v>
+        <x:v>494956.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3191" spans="1:2">
       <x:c r="A3191" s="2">
-        <x:v>41394</x:v>
+        <x:v>41422</x:v>
       </x:c>
       <x:c r="B3191" s="3">
-        <x:v>494837.31</x:v>
+        <x:v>494952.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3192" spans="1:2">
       <x:c r="A3192" s="2">
-        <x:v>41393</x:v>
+        <x:v>41421</x:v>
       </x:c>
       <x:c r="B3192" s="3">
-        <x:v>494828.79</x:v>
+        <x:v>494948.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3193" spans="1:2">
       <x:c r="A3193" s="2">
-        <x:v>41390</x:v>
+        <x:v>41418</x:v>
       </x:c>
       <x:c r="B3193" s="3">
-        <x:v>494824.53</x:v>
+        <x:v>494943.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3194" spans="1:2">
       <x:c r="A3194" s="2">
-        <x:v>41389</x:v>
+        <x:v>41417</x:v>
       </x:c>
       <x:c r="B3194" s="3">
-        <x:v>498950.16</x:v>
+        <x:v>494931.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3195" spans="1:2">
       <x:c r="A3195" s="2">
-        <x:v>41388</x:v>
+        <x:v>41416</x:v>
       </x:c>
       <x:c r="B3195" s="3">
-        <x:v>498945.87</x:v>
+        <x:v>494926.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3196" spans="1:2">
       <x:c r="A3196" s="2">
-        <x:v>41387</x:v>
+        <x:v>41415</x:v>
       </x:c>
       <x:c r="B3196" s="3">
-        <x:v>498941.58</x:v>
+        <x:v>494922.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3197" spans="1:2">
       <x:c r="A3197" s="2">
-        <x:v>41386</x:v>
+        <x:v>41411</x:v>
       </x:c>
       <x:c r="B3197" s="3">
-        <x:v>498937.29</x:v>
+        <x:v>494918.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3198" spans="1:2">
       <x:c r="A3198" s="2">
-        <x:v>41383</x:v>
+        <x:v>41410</x:v>
       </x:c>
       <x:c r="B3198" s="3">
-        <x:v>498933</x:v>
+        <x:v>494901.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3199" spans="1:2">
       <x:c r="A3199" s="2">
-        <x:v>41382</x:v>
+        <x:v>41409</x:v>
       </x:c>
       <x:c r="B3199" s="3">
-        <x:v>498920.12</x:v>
+        <x:v>494896.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3200" spans="1:2">
       <x:c r="A3200" s="2">
-        <x:v>41381</x:v>
+        <x:v>41408</x:v>
       </x:c>
       <x:c r="B3200" s="3">
-        <x:v>498915.83</x:v>
+        <x:v>494892.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3201" spans="1:2">
       <x:c r="A3201" s="2">
-        <x:v>41380</x:v>
+        <x:v>41407</x:v>
       </x:c>
       <x:c r="B3201" s="3">
-        <x:v>498911.54</x:v>
+        <x:v>494888.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3202" spans="1:2">
       <x:c r="A3202" s="2">
-        <x:v>41379</x:v>
+        <x:v>41404</x:v>
       </x:c>
       <x:c r="B3202" s="3">
-        <x:v>498907.25</x:v>
+        <x:v>494884.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3203" spans="1:2">
       <x:c r="A3203" s="2">
-        <x:v>41376</x:v>
+        <x:v>41401</x:v>
       </x:c>
       <x:c r="B3203" s="3">
-        <x:v>498902.96</x:v>
+        <x:v>494871.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3204" spans="1:2">
       <x:c r="A3204" s="2">
-        <x:v>41375</x:v>
+        <x:v>41400</x:v>
       </x:c>
       <x:c r="B3204" s="3">
-        <x:v>498890.08</x:v>
+        <x:v>494858.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3205" spans="1:2">
       <x:c r="A3205" s="2">
-        <x:v>41374</x:v>
+        <x:v>41397</x:v>
       </x:c>
       <x:c r="B3205" s="3">
-        <x:v>498885.65</x:v>
+        <x:v>494854.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3206" spans="1:2">
       <x:c r="A3206" s="2">
-        <x:v>41373</x:v>
+        <x:v>41396</x:v>
       </x:c>
       <x:c r="B3206" s="3">
-        <x:v>498881.22</x:v>
+        <x:v>494841.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3207" spans="1:2">
       <x:c r="A3207" s="2">
-        <x:v>41372</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="B3207" s="3">
-        <x:v>498876.79</x:v>
+        <x:v>494837.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3208" spans="1:2">
       <x:c r="A3208" s="2">
-        <x:v>41369</x:v>
+        <x:v>41393</x:v>
       </x:c>
       <x:c r="B3208" s="3">
-        <x:v>498872.36</x:v>
+        <x:v>494828.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3209" spans="1:2">
       <x:c r="A3209" s="2">
-        <x:v>41368</x:v>
+        <x:v>41390</x:v>
       </x:c>
       <x:c r="B3209" s="3">
-        <x:v>498859.06</x:v>
+        <x:v>494824.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3210" spans="1:2">
       <x:c r="A3210" s="2">
-        <x:v>41367</x:v>
+        <x:v>41389</x:v>
       </x:c>
       <x:c r="B3210" s="3">
-        <x:v>498854.63</x:v>
+        <x:v>498950.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3211" spans="1:2">
       <x:c r="A3211" s="2">
-        <x:v>41366</x:v>
+        <x:v>41388</x:v>
       </x:c>
       <x:c r="B3211" s="3">
-        <x:v>498850.2</x:v>
+        <x:v>498945.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3212" spans="1:2">
       <x:c r="A3212" s="2">
-        <x:v>41361</x:v>
+        <x:v>41387</x:v>
       </x:c>
       <x:c r="B3212" s="3">
-        <x:v>498845.77</x:v>
+        <x:v>498941.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3213" spans="1:2">
       <x:c r="A3213" s="2">
-        <x:v>41360</x:v>
+        <x:v>41386</x:v>
       </x:c>
       <x:c r="B3213" s="3">
-        <x:v>498823.61</x:v>
+        <x:v>498937.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3214" spans="1:2">
       <x:c r="A3214" s="2">
-        <x:v>41359</x:v>
+        <x:v>41383</x:v>
       </x:c>
       <x:c r="B3214" s="3">
-        <x:v>498819.18</x:v>
+        <x:v>498933</x:v>
       </x:c>
     </x:row>
     <x:row r="3215" spans="1:2">
       <x:c r="A3215" s="2">
-        <x:v>41358</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="B3215" s="3">
-        <x:v>498814.2</x:v>
+        <x:v>498920.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3216" spans="1:2">
       <x:c r="A3216" s="2">
-        <x:v>41355</x:v>
+        <x:v>41381</x:v>
       </x:c>
       <x:c r="B3216" s="3">
-        <x:v>498809.22</x:v>
+        <x:v>498915.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3217" spans="1:2">
       <x:c r="A3217" s="2">
-        <x:v>41354</x:v>
+        <x:v>41380</x:v>
       </x:c>
       <x:c r="B3217" s="3">
-        <x:v>498794.26</x:v>
+        <x:v>498911.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3218" spans="1:2">
       <x:c r="A3218" s="2">
-        <x:v>41353</x:v>
+        <x:v>41379</x:v>
       </x:c>
       <x:c r="B3218" s="3">
-        <x:v>498789</x:v>
+        <x:v>498907.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3219" spans="1:2">
       <x:c r="A3219" s="2">
-        <x:v>41352</x:v>
+        <x:v>41376</x:v>
       </x:c>
       <x:c r="B3219" s="3">
-        <x:v>498783.74</x:v>
+        <x:v>498902.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3220" spans="1:2">
       <x:c r="A3220" s="2">
-        <x:v>41351</x:v>
+        <x:v>41375</x:v>
       </x:c>
       <x:c r="B3220" s="3">
-        <x:v>498778.48</x:v>
+        <x:v>498890.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3221" spans="1:2">
       <x:c r="A3221" s="2">
-        <x:v>41348</x:v>
+        <x:v>41374</x:v>
       </x:c>
       <x:c r="B3221" s="3">
-        <x:v>498773.22</x:v>
+        <x:v>498885.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3222" spans="1:2">
       <x:c r="A3222" s="2">
-        <x:v>41347</x:v>
+        <x:v>41373</x:v>
       </x:c>
       <x:c r="B3222" s="3">
-        <x:v>498757.43</x:v>
+        <x:v>498881.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3223" spans="1:2">
       <x:c r="A3223" s="2">
-        <x:v>41346</x:v>
+        <x:v>41372</x:v>
       </x:c>
       <x:c r="B3223" s="3">
-        <x:v>498751.89</x:v>
+        <x:v>498876.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3224" spans="1:2">
       <x:c r="A3224" s="2">
-        <x:v>41345</x:v>
+        <x:v>41369</x:v>
       </x:c>
       <x:c r="B3224" s="3">
-        <x:v>498746.35</x:v>
+        <x:v>498872.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3225" spans="1:2">
       <x:c r="A3225" s="2">
-        <x:v>41344</x:v>
+        <x:v>41368</x:v>
       </x:c>
       <x:c r="B3225" s="3">
-        <x:v>498740.81</x:v>
+        <x:v>498859.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3226" spans="1:2">
       <x:c r="A3226" s="2">
-        <x:v>41341</x:v>
+        <x:v>41367</x:v>
       </x:c>
       <x:c r="B3226" s="3">
-        <x:v>498735.27</x:v>
+        <x:v>498854.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3227" spans="1:2">
       <x:c r="A3227" s="2">
-        <x:v>41340</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="B3227" s="3">
-        <x:v>498718.65</x:v>
+        <x:v>498850.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3228" spans="1:2">
       <x:c r="A3228" s="2">
-        <x:v>41339</x:v>
+        <x:v>41361</x:v>
       </x:c>
       <x:c r="B3228" s="3">
-        <x:v>498713.11</x:v>
+        <x:v>498845.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3229" spans="1:2">
       <x:c r="A3229" s="2">
-        <x:v>41338</x:v>
+        <x:v>41360</x:v>
       </x:c>
       <x:c r="B3229" s="3">
-        <x:v>498707.57</x:v>
+        <x:v>498823.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3230" spans="1:2">
       <x:c r="A3230" s="2">
-        <x:v>41337</x:v>
+        <x:v>41359</x:v>
       </x:c>
       <x:c r="B3230" s="3">
-        <x:v>498702.03</x:v>
+        <x:v>498819.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3231" spans="1:2">
       <x:c r="A3231" s="2">
-        <x:v>41334</x:v>
+        <x:v>41358</x:v>
       </x:c>
       <x:c r="B3231" s="3">
-        <x:v>498696.49</x:v>
+        <x:v>498814.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3232" spans="1:2">
       <x:c r="A3232" s="2">
-        <x:v>41333</x:v>
+        <x:v>41355</x:v>
       </x:c>
       <x:c r="B3232" s="3">
-        <x:v>498679.04</x:v>
+        <x:v>498809.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3233" spans="1:2">
       <x:c r="A3233" s="2">
-        <x:v>41332</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="B3233" s="3">
-        <x:v>498673.23</x:v>
+        <x:v>498794.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3234" spans="1:2">
       <x:c r="A3234" s="2">
-        <x:v>41331</x:v>
+        <x:v>41353</x:v>
       </x:c>
       <x:c r="B3234" s="3">
-        <x:v>498667.42</x:v>
+        <x:v>498789</x:v>
       </x:c>
     </x:row>
     <x:row r="3235" spans="1:2">
       <x:c r="A3235" s="2">
-        <x:v>41330</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="B3235" s="3">
-        <x:v>498661.61</x:v>
+        <x:v>498783.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3236" spans="1:2">
       <x:c r="A3236" s="2">
-        <x:v>41327</x:v>
+        <x:v>41351</x:v>
       </x:c>
       <x:c r="B3236" s="3">
-        <x:v>498655.8</x:v>
+        <x:v>498778.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3237" spans="1:2">
       <x:c r="A3237" s="2">
-        <x:v>41326</x:v>
+        <x:v>41348</x:v>
       </x:c>
       <x:c r="B3237" s="3">
-        <x:v>498638.35</x:v>
+        <x:v>498773.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3238" spans="1:2">
       <x:c r="A3238" s="2">
-        <x:v>41325</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="B3238" s="3">
-        <x:v>498632.54</x:v>
+        <x:v>498757.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3239" spans="1:2">
       <x:c r="A3239" s="2">
-        <x:v>41324</x:v>
+        <x:v>41346</x:v>
       </x:c>
       <x:c r="B3239" s="3">
-        <x:v>498626.73</x:v>
+        <x:v>498751.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3240" spans="1:2">
       <x:c r="A3240" s="2">
-        <x:v>41323</x:v>
+        <x:v>41345</x:v>
       </x:c>
       <x:c r="B3240" s="3">
-        <x:v>498620.92</x:v>
+        <x:v>498746.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3241" spans="1:2">
       <x:c r="A3241" s="2">
-        <x:v>41320</x:v>
+        <x:v>41344</x:v>
       </x:c>
       <x:c r="B3241" s="3">
-        <x:v>498615.11</x:v>
+        <x:v>498740.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3242" spans="1:2">
       <x:c r="A3242" s="2">
-        <x:v>41319</x:v>
+        <x:v>41341</x:v>
       </x:c>
       <x:c r="B3242" s="3">
-        <x:v>498597.66</x:v>
+        <x:v>498735.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3243" spans="1:2">
       <x:c r="A3243" s="2">
-        <x:v>41318</x:v>
+        <x:v>41340</x:v>
       </x:c>
       <x:c r="B3243" s="3">
-        <x:v>498591.85</x:v>
+        <x:v>498718.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3244" spans="1:2">
       <x:c r="A3244" s="2">
-        <x:v>41317</x:v>
+        <x:v>41339</x:v>
       </x:c>
       <x:c r="B3244" s="3">
-        <x:v>498586.04</x:v>
+        <x:v>498713.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3245" spans="1:2">
       <x:c r="A3245" s="2">
-        <x:v>41316</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="B3245" s="3">
-        <x:v>498580.23</x:v>
+        <x:v>498707.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3246" spans="1:2">
       <x:c r="A3246" s="2">
-        <x:v>41313</x:v>
+        <x:v>41337</x:v>
       </x:c>
       <x:c r="B3246" s="3">
-        <x:v>498574.42</x:v>
+        <x:v>498702.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3247" spans="1:2">
       <x:c r="A3247" s="2">
-        <x:v>41312</x:v>
+        <x:v>41334</x:v>
       </x:c>
       <x:c r="B3247" s="3">
-        <x:v>498556.98</x:v>
+        <x:v>498696.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3248" spans="1:2">
       <x:c r="A3248" s="2">
-        <x:v>41311</x:v>
+        <x:v>41333</x:v>
       </x:c>
       <x:c r="B3248" s="3">
-        <x:v>498551.17</x:v>
+        <x:v>498679.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3249" spans="1:2">
       <x:c r="A3249" s="2">
-        <x:v>41310</x:v>
+        <x:v>41332</x:v>
       </x:c>
       <x:c r="B3249" s="3">
-        <x:v>498545.36</x:v>
+        <x:v>498673.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3250" spans="1:2">
       <x:c r="A3250" s="2">
-        <x:v>41309</x:v>
+        <x:v>41331</x:v>
       </x:c>
       <x:c r="B3250" s="3">
-        <x:v>498539.55</x:v>
+        <x:v>498667.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3251" spans="1:2">
       <x:c r="A3251" s="2">
-        <x:v>41306</x:v>
+        <x:v>41330</x:v>
       </x:c>
       <x:c r="B3251" s="3">
-        <x:v>498533.74</x:v>
+        <x:v>498661.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3252" spans="1:2">
       <x:c r="A3252" s="2">
-        <x:v>41305</x:v>
+        <x:v>41327</x:v>
       </x:c>
       <x:c r="B3252" s="3">
-        <x:v>498516.3</x:v>
+        <x:v>498655.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3253" spans="1:2">
       <x:c r="A3253" s="2">
-        <x:v>41304</x:v>
+        <x:v>41326</x:v>
       </x:c>
       <x:c r="B3253" s="3">
-        <x:v>498510.49</x:v>
+        <x:v>498638.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3254" spans="1:2">
       <x:c r="A3254" s="2">
-        <x:v>41303</x:v>
+        <x:v>41325</x:v>
       </x:c>
       <x:c r="B3254" s="3">
-        <x:v>498504.68</x:v>
+        <x:v>498632.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3255" spans="1:2">
       <x:c r="A3255" s="2">
-        <x:v>41302</x:v>
+        <x:v>41324</x:v>
       </x:c>
       <x:c r="B3255" s="3">
-        <x:v>498498.87</x:v>
+        <x:v>498626.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3256" spans="1:2">
       <x:c r="A3256" s="2">
-        <x:v>41299</x:v>
+        <x:v>41323</x:v>
       </x:c>
       <x:c r="B3256" s="3">
-        <x:v>498493.06</x:v>
+        <x:v>498620.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3257" spans="1:2">
       <x:c r="A3257" s="2">
-        <x:v>41298</x:v>
+        <x:v>41320</x:v>
       </x:c>
       <x:c r="B3257" s="3">
-        <x:v>498475.62</x:v>
+        <x:v>498615.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3258" spans="1:2">
       <x:c r="A3258" s="2">
-        <x:v>41297</x:v>
+        <x:v>41319</x:v>
       </x:c>
       <x:c r="B3258" s="3">
-        <x:v>498469.81</x:v>
+        <x:v>498597.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3259" spans="1:2">
       <x:c r="A3259" s="2">
-        <x:v>41296</x:v>
+        <x:v>41318</x:v>
       </x:c>
       <x:c r="B3259" s="3">
-        <x:v>498464</x:v>
+        <x:v>498591.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3260" spans="1:2">
       <x:c r="A3260" s="2">
-        <x:v>41295</x:v>
+        <x:v>41317</x:v>
       </x:c>
       <x:c r="B3260" s="3">
-        <x:v>498458.19</x:v>
+        <x:v>498586.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3261" spans="1:2">
       <x:c r="A3261" s="2">
-        <x:v>41292</x:v>
+        <x:v>41316</x:v>
       </x:c>
       <x:c r="B3261" s="3">
-        <x:v>498452.38</x:v>
+        <x:v>498580.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3262" spans="1:2">
       <x:c r="A3262" s="2">
-        <x:v>41291</x:v>
+        <x:v>41313</x:v>
       </x:c>
       <x:c r="B3262" s="3">
-        <x:v>498434.94</x:v>
+        <x:v>498574.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3263" spans="1:2">
       <x:c r="A3263" s="2">
-        <x:v>41290</x:v>
+        <x:v>41312</x:v>
       </x:c>
       <x:c r="B3263" s="3">
-        <x:v>498429.13</x:v>
+        <x:v>498556.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3264" spans="1:2">
       <x:c r="A3264" s="2">
-        <x:v>41289</x:v>
+        <x:v>41311</x:v>
       </x:c>
       <x:c r="B3264" s="3">
-        <x:v>498423.46</x:v>
+        <x:v>498551.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3265" spans="1:2">
       <x:c r="A3265" s="2">
-        <x:v>41288</x:v>
+        <x:v>41310</x:v>
       </x:c>
       <x:c r="B3265" s="3">
-        <x:v>498417.79</x:v>
+        <x:v>498545.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3266" spans="1:2">
       <x:c r="A3266" s="2">
-        <x:v>41285</x:v>
+        <x:v>41309</x:v>
       </x:c>
       <x:c r="B3266" s="3">
-        <x:v>498412.12</x:v>
+        <x:v>498539.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3267" spans="1:2">
       <x:c r="A3267" s="2">
-        <x:v>41284</x:v>
+        <x:v>41306</x:v>
       </x:c>
       <x:c r="B3267" s="3">
-        <x:v>498395.09</x:v>
+        <x:v>498533.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3268" spans="1:2">
       <x:c r="A3268" s="2">
-        <x:v>41283</x:v>
+        <x:v>41305</x:v>
       </x:c>
       <x:c r="B3268" s="3">
-        <x:v>498389.43</x:v>
+        <x:v>498516.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3269" spans="1:2">
       <x:c r="A3269" s="2">
-        <x:v>41282</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="B3269" s="3">
-        <x:v>498383.76</x:v>
+        <x:v>498510.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3270" spans="1:2">
       <x:c r="A3270" s="2">
-        <x:v>41281</x:v>
+        <x:v>41303</x:v>
       </x:c>
       <x:c r="B3270" s="3">
-        <x:v>498378.08</x:v>
+        <x:v>498504.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3271" spans="1:2">
       <x:c r="A3271" s="2">
-        <x:v>41278</x:v>
+        <x:v>41302</x:v>
       </x:c>
       <x:c r="B3271" s="3">
-        <x:v>498372.42</x:v>
+        <x:v>498498.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3272" spans="1:2">
       <x:c r="A3272" s="2">
-        <x:v>41277</x:v>
+        <x:v>41299</x:v>
       </x:c>
       <x:c r="B3272" s="3">
-        <x:v>498355.4</x:v>
+        <x:v>498493.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3273" spans="1:2">
       <x:c r="A3273" s="2">
-        <x:v>41276</x:v>
+        <x:v>41298</x:v>
       </x:c>
       <x:c r="B3273" s="3">
-        <x:v>498349.73</x:v>
+        <x:v>498475.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3274" spans="1:2">
       <x:c r="A3274" s="2">
-        <x:v>41274</x:v>
+        <x:v>41297</x:v>
       </x:c>
       <x:c r="B3274" s="3">
-        <x:v>498343.64</x:v>
+        <x:v>498469.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3275" spans="1:2">
       <x:c r="A3275" s="2">
-        <x:v>41271</x:v>
+        <x:v>41296</x:v>
       </x:c>
       <x:c r="B3275" s="3">
-        <x:v>498331.46</x:v>
+        <x:v>498464</x:v>
       </x:c>
     </x:row>
     <x:row r="3276" spans="1:2">
       <x:c r="A3276" s="2">
-        <x:v>41270</x:v>
+        <x:v>41295</x:v>
       </x:c>
       <x:c r="B3276" s="3">
-        <x:v>498313.19</x:v>
+        <x:v>498458.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3277" spans="1:2">
       <x:c r="A3277" s="2">
-        <x:v>41267</x:v>
+        <x:v>41292</x:v>
       </x:c>
       <x:c r="B3277" s="3">
-        <x:v>498307.1</x:v>
+        <x:v>498452.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3278" spans="1:2">
       <x:c r="A3278" s="2">
-        <x:v>41264</x:v>
+        <x:v>41291</x:v>
       </x:c>
       <x:c r="B3278" s="3">
-        <x:v>498288.83</x:v>
+        <x:v>498434.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3279" spans="1:2">
       <x:c r="A3279" s="2">
-        <x:v>41263</x:v>
+        <x:v>41290</x:v>
       </x:c>
       <x:c r="B3279" s="3">
-        <x:v>498270.57</x:v>
+        <x:v>498429.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3280" spans="1:2">
       <x:c r="A3280" s="2">
-        <x:v>41262</x:v>
+        <x:v>41289</x:v>
       </x:c>
       <x:c r="B3280" s="3">
-        <x:v>498264.49</x:v>
+        <x:v>498423.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3281" spans="1:2">
       <x:c r="A3281" s="2">
-        <x:v>41261</x:v>
+        <x:v>41288</x:v>
       </x:c>
       <x:c r="B3281" s="3">
-        <x:v>498258.41</x:v>
+        <x:v>498417.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3282" spans="1:2">
       <x:c r="A3282" s="2">
-        <x:v>41260</x:v>
+        <x:v>41285</x:v>
       </x:c>
       <x:c r="B3282" s="3">
-        <x:v>498252.33</x:v>
+        <x:v>498412.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3283" spans="1:2">
       <x:c r="A3283" s="2">
-        <x:v>41257</x:v>
+        <x:v>41284</x:v>
       </x:c>
       <x:c r="B3283" s="3">
-        <x:v>498246.25</x:v>
+        <x:v>498395.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3284" spans="1:2">
       <x:c r="A3284" s="2">
-        <x:v>41256</x:v>
+        <x:v>41283</x:v>
       </x:c>
       <x:c r="B3284" s="3">
-        <x:v>498225.5</x:v>
+        <x:v>498389.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3285" spans="1:2">
       <x:c r="A3285" s="2">
-        <x:v>41255</x:v>
+        <x:v>41282</x:v>
       </x:c>
       <x:c r="B3285" s="3">
-        <x:v>498218.45</x:v>
+        <x:v>498383.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3286" spans="1:2">
       <x:c r="A3286" s="2">
-        <x:v>41254</x:v>
+        <x:v>41281</x:v>
       </x:c>
       <x:c r="B3286" s="3">
-        <x:v>498211.4</x:v>
+        <x:v>498378.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3287" spans="1:2">
       <x:c r="A3287" s="2">
-        <x:v>41253</x:v>
+        <x:v>41278</x:v>
       </x:c>
       <x:c r="B3287" s="3">
-        <x:v>498204.35</x:v>
+        <x:v>498372.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3288" spans="1:2">
       <x:c r="A3288" s="2">
-        <x:v>41250</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="B3288" s="3">
-        <x:v>498197.02</x:v>
+        <x:v>498355.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3289" spans="1:2">
       <x:c r="A3289" s="2">
-        <x:v>41249</x:v>
+        <x:v>41276</x:v>
       </x:c>
       <x:c r="B3289" s="3">
-        <x:v>498175.02</x:v>
+        <x:v>498349.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3290" spans="1:2">
       <x:c r="A3290" s="2">
-        <x:v>41248</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="B3290" s="3">
-        <x:v>498167.69</x:v>
+        <x:v>498343.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3291" spans="1:2">
       <x:c r="A3291" s="2">
-        <x:v>41247</x:v>
+        <x:v>41271</x:v>
       </x:c>
       <x:c r="B3291" s="3">
-        <x:v>498160.36</x:v>
+        <x:v>498331.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3292" spans="1:2">
       <x:c r="A3292" s="2">
-        <x:v>41246</x:v>
+        <x:v>41270</x:v>
       </x:c>
       <x:c r="B3292" s="3">
-        <x:v>498153.03</x:v>
+        <x:v>498313.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3293" spans="1:2">
       <x:c r="A3293" s="2">
-        <x:v>41243</x:v>
+        <x:v>41267</x:v>
       </x:c>
       <x:c r="B3293" s="3">
-        <x:v>498145.7</x:v>
+        <x:v>498307.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3294" spans="1:2">
       <x:c r="A3294" s="2">
-        <x:v>41242</x:v>
+        <x:v>41264</x:v>
       </x:c>
       <x:c r="B3294" s="3">
-        <x:v>498122.87</x:v>
+        <x:v>498288.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3295" spans="1:2">
       <x:c r="A3295" s="2">
-        <x:v>41241</x:v>
+        <x:v>41263</x:v>
       </x:c>
       <x:c r="B3295" s="3">
-        <x:v>498115.26</x:v>
+        <x:v>498270.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3296" spans="1:2">
       <x:c r="A3296" s="2">
-        <x:v>41240</x:v>
+        <x:v>41262</x:v>
       </x:c>
       <x:c r="B3296" s="3">
-        <x:v>498107.66</x:v>
+        <x:v>498264.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3297" spans="1:2">
       <x:c r="A3297" s="2">
-        <x:v>41239</x:v>
+        <x:v>41261</x:v>
       </x:c>
       <x:c r="B3297" s="3">
-        <x:v>498100.06</x:v>
+        <x:v>498258.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3298" spans="1:2">
       <x:c r="A3298" s="2">
-        <x:v>41236</x:v>
+        <x:v>41260</x:v>
       </x:c>
       <x:c r="B3298" s="3">
-        <x:v>498092.46</x:v>
+        <x:v>498252.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3299" spans="1:2">
       <x:c r="A3299" s="2">
-        <x:v>41235</x:v>
+        <x:v>41257</x:v>
       </x:c>
       <x:c r="B3299" s="3">
-        <x:v>498069.64</x:v>
+        <x:v>498246.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3300" spans="1:2">
       <x:c r="A3300" s="2">
-        <x:v>41234</x:v>
+        <x:v>41256</x:v>
       </x:c>
       <x:c r="B3300" s="3">
-        <x:v>498062.04</x:v>
+        <x:v>498225.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3301" spans="1:2">
       <x:c r="A3301" s="2">
-        <x:v>41233</x:v>
+        <x:v>41255</x:v>
       </x:c>
       <x:c r="B3301" s="3">
-        <x:v>498054.44</x:v>
+        <x:v>498218.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3302" spans="1:2">
       <x:c r="A3302" s="2">
-        <x:v>41232</x:v>
+        <x:v>41254</x:v>
       </x:c>
       <x:c r="B3302" s="3">
-        <x:v>498046.84</x:v>
+        <x:v>498211.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3303" spans="1:2">
       <x:c r="A3303" s="2">
-        <x:v>41229</x:v>
+        <x:v>41253</x:v>
       </x:c>
       <x:c r="B3303" s="3">
-        <x:v>498039.24</x:v>
+        <x:v>498204.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3304" spans="1:2">
       <x:c r="A3304" s="2">
-        <x:v>41228</x:v>
+        <x:v>41250</x:v>
       </x:c>
       <x:c r="B3304" s="3">
-        <x:v>498016.42</x:v>
+        <x:v>498197.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3305" spans="1:2">
       <x:c r="A3305" s="2">
-        <x:v>41227</x:v>
+        <x:v>41249</x:v>
       </x:c>
       <x:c r="B3305" s="3">
-        <x:v>498008.82</x:v>
+        <x:v>498175.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3306" spans="1:2">
       <x:c r="A3306" s="2">
-        <x:v>41226</x:v>
+        <x:v>41248</x:v>
       </x:c>
       <x:c r="B3306" s="3">
-        <x:v>498001.22</x:v>
+        <x:v>498167.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3307" spans="1:2">
       <x:c r="A3307" s="2">
-        <x:v>41225</x:v>
+        <x:v>41247</x:v>
       </x:c>
       <x:c r="B3307" s="3">
-        <x:v>497993.62</x:v>
+        <x:v>498160.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3308" spans="1:2">
       <x:c r="A3308" s="2">
-        <x:v>41222</x:v>
+        <x:v>41246</x:v>
       </x:c>
       <x:c r="B3308" s="3">
-        <x:v>497986.02</x:v>
+        <x:v>498153.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3309" spans="1:2">
       <x:c r="A3309" s="2">
-        <x:v>41221</x:v>
+        <x:v>41243</x:v>
       </x:c>
       <x:c r="B3309" s="3">
-        <x:v>497963.2</x:v>
+        <x:v>498145.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3310" spans="1:2">
       <x:c r="A3310" s="2">
-        <x:v>41220</x:v>
+        <x:v>41242</x:v>
       </x:c>
       <x:c r="B3310" s="3">
-        <x:v>497955.6</x:v>
+        <x:v>498122.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3311" spans="1:2">
       <x:c r="A3311" s="2">
-        <x:v>41219</x:v>
+        <x:v>41241</x:v>
       </x:c>
       <x:c r="B3311" s="3">
-        <x:v>497948</x:v>
+        <x:v>498115.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3312" spans="1:2">
       <x:c r="A3312" s="2">
-        <x:v>41218</x:v>
+        <x:v>41240</x:v>
       </x:c>
       <x:c r="B3312" s="3">
-        <x:v>497940.4</x:v>
+        <x:v>498107.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3313" spans="1:2">
       <x:c r="A3313" s="2">
-        <x:v>41215</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="B3313" s="3">
-        <x:v>497932.8</x:v>
+        <x:v>498100.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3314" spans="1:2">
       <x:c r="A3314" s="2">
-        <x:v>41213</x:v>
+        <x:v>41236</x:v>
       </x:c>
       <x:c r="B3314" s="3">
-        <x:v>497909.98</x:v>
+        <x:v>498092.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3315" spans="1:2">
       <x:c r="A3315" s="2">
-        <x:v>41212</x:v>
+        <x:v>41235</x:v>
       </x:c>
       <x:c r="B3315" s="3">
-        <x:v>497894.77</x:v>
+        <x:v>498069.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3316" spans="1:2">
       <x:c r="A3316" s="2">
-        <x:v>41211</x:v>
+        <x:v>41234</x:v>
       </x:c>
       <x:c r="B3316" s="3">
-        <x:v>497887.17</x:v>
+        <x:v>498062.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3317" spans="1:2">
       <x:c r="A3317" s="2">
-        <x:v>41208</x:v>
+        <x:v>41233</x:v>
       </x:c>
       <x:c r="B3317" s="3">
-        <x:v>497879.57</x:v>
+        <x:v>498054.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3318" spans="1:2">
       <x:c r="A3318" s="2">
-        <x:v>41207</x:v>
+        <x:v>41232</x:v>
       </x:c>
       <x:c r="B3318" s="3">
-        <x:v>497856.76</x:v>
+        <x:v>498046.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3319" spans="1:2">
       <x:c r="A3319" s="2">
-        <x:v>41206</x:v>
+        <x:v>41229</x:v>
       </x:c>
       <x:c r="B3319" s="3">
-        <x:v>497849.16</x:v>
+        <x:v>498039.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3320" spans="1:2">
       <x:c r="A3320" s="2">
-        <x:v>41205</x:v>
+        <x:v>41228</x:v>
       </x:c>
       <x:c r="B3320" s="3">
-        <x:v>497841.56</x:v>
+        <x:v>498016.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3321" spans="1:2">
       <x:c r="A3321" s="2">
-        <x:v>41204</x:v>
+        <x:v>41227</x:v>
       </x:c>
       <x:c r="B3321" s="3">
-        <x:v>497833.96</x:v>
+        <x:v>498008.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3322" spans="1:2">
       <x:c r="A3322" s="2">
-        <x:v>41201</x:v>
+        <x:v>41226</x:v>
       </x:c>
       <x:c r="B3322" s="3">
-        <x:v>497826.36</x:v>
+        <x:v>498001.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3323" spans="1:2">
       <x:c r="A3323" s="2">
-        <x:v>41200</x:v>
+        <x:v>41225</x:v>
       </x:c>
       <x:c r="B3323" s="3">
-        <x:v>497803.55</x:v>
+        <x:v>497993.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3324" spans="1:2">
       <x:c r="A3324" s="2">
-        <x:v>41199</x:v>
+        <x:v>41222</x:v>
       </x:c>
       <x:c r="B3324" s="3">
-        <x:v>497795.95</x:v>
+        <x:v>497986.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3325" spans="1:2">
       <x:c r="A3325" s="2">
-        <x:v>41198</x:v>
+        <x:v>41221</x:v>
       </x:c>
       <x:c r="B3325" s="3">
-        <x:v>497788.35</x:v>
+        <x:v>497963.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3326" spans="1:2">
       <x:c r="A3326" s="2">
-        <x:v>41197</x:v>
+        <x:v>41220</x:v>
       </x:c>
       <x:c r="B3326" s="3">
-        <x:v>497780.75</x:v>
+        <x:v>497955.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3327" spans="1:2">
       <x:c r="A3327" s="2">
-        <x:v>41194</x:v>
+        <x:v>41219</x:v>
       </x:c>
       <x:c r="B3327" s="3">
-        <x:v>497773.15</x:v>
+        <x:v>497948</x:v>
       </x:c>
     </x:row>
     <x:row r="3328" spans="1:2">
       <x:c r="A3328" s="2">
-        <x:v>41193</x:v>
+        <x:v>41218</x:v>
       </x:c>
       <x:c r="B3328" s="3">
-        <x:v>497750.34</x:v>
+        <x:v>497940.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3329" spans="1:2">
       <x:c r="A3329" s="2">
-        <x:v>41192</x:v>
+        <x:v>41215</x:v>
       </x:c>
       <x:c r="B3329" s="3">
-        <x:v>497742.74</x:v>
+        <x:v>497932.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3330" spans="1:2">
       <x:c r="A3330" s="2">
-        <x:v>41191</x:v>
+        <x:v>41213</x:v>
       </x:c>
       <x:c r="B3330" s="3">
-        <x:v>497735.14</x:v>
+        <x:v>497909.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3331" spans="1:2">
       <x:c r="A3331" s="2">
-        <x:v>41190</x:v>
+        <x:v>41212</x:v>
       </x:c>
       <x:c r="B3331" s="3">
-        <x:v>497727.54</x:v>
+        <x:v>497894.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3332" spans="1:2">
       <x:c r="A3332" s="2">
-        <x:v>41187</x:v>
+        <x:v>41211</x:v>
       </x:c>
       <x:c r="B3332" s="3">
-        <x:v>497719.94</x:v>
+        <x:v>497887.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3333" spans="1:2">
       <x:c r="A3333" s="2">
-        <x:v>41186</x:v>
+        <x:v>41208</x:v>
       </x:c>
       <x:c r="B3333" s="3">
-        <x:v>497695.06</x:v>
+        <x:v>497879.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3334" spans="1:2">
       <x:c r="A3334" s="2">
-        <x:v>41185</x:v>
+        <x:v>41207</x:v>
       </x:c>
       <x:c r="B3334" s="3">
-        <x:v>497686.77</x:v>
+        <x:v>497856.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3335" spans="1:2">
       <x:c r="A3335" s="2">
-        <x:v>41184</x:v>
+        <x:v>41206</x:v>
       </x:c>
       <x:c r="B3335" s="3">
-        <x:v>497678.48</x:v>
+        <x:v>497849.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3336" spans="1:2">
       <x:c r="A3336" s="2">
-        <x:v>41183</x:v>
+        <x:v>41205</x:v>
       </x:c>
       <x:c r="B3336" s="3">
-        <x:v>497670.19</x:v>
+        <x:v>497841.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3337" spans="1:2">
       <x:c r="A3337" s="2">
-        <x:v>41180</x:v>
+        <x:v>41204</x:v>
       </x:c>
       <x:c r="B3337" s="3">
-        <x:v>497661.9</x:v>
+        <x:v>497833.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3338" spans="1:2">
       <x:c r="A3338" s="2">
-        <x:v>41179</x:v>
+        <x:v>41201</x:v>
       </x:c>
       <x:c r="B3338" s="3">
-        <x:v>497637.02</x:v>
+        <x:v>497826.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3339" spans="1:2">
       <x:c r="A3339" s="2">
-        <x:v>41178</x:v>
+        <x:v>41200</x:v>
       </x:c>
       <x:c r="B3339" s="3">
-        <x:v>497628.73</x:v>
+        <x:v>497803.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3340" spans="1:2">
       <x:c r="A3340" s="2">
-        <x:v>41177</x:v>
+        <x:v>41199</x:v>
       </x:c>
       <x:c r="B3340" s="3">
-        <x:v>497620.44</x:v>
+        <x:v>497795.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3341" spans="1:2">
       <x:c r="A3341" s="2">
-        <x:v>41176</x:v>
+        <x:v>41198</x:v>
       </x:c>
       <x:c r="B3341" s="3">
-        <x:v>497611.46</x:v>
+        <x:v>497788.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3342" spans="1:2">
       <x:c r="A3342" s="2">
-        <x:v>41173</x:v>
+        <x:v>41197</x:v>
       </x:c>
       <x:c r="B3342" s="3">
-        <x:v>497602.48</x:v>
+        <x:v>497780.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3343" spans="1:2">
       <x:c r="A3343" s="2">
-        <x:v>41172</x:v>
+        <x:v>41194</x:v>
       </x:c>
       <x:c r="B3343" s="3">
-        <x:v>497575.53</x:v>
+        <x:v>497773.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3344" spans="1:2">
       <x:c r="A3344" s="2">
-        <x:v>41171</x:v>
+        <x:v>41193</x:v>
       </x:c>
       <x:c r="B3344" s="3">
-        <x:v>497566.55</x:v>
+        <x:v>497750.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3345" spans="1:2">
       <x:c r="A3345" s="2">
-        <x:v>41170</x:v>
+        <x:v>41192</x:v>
       </x:c>
       <x:c r="B3345" s="3">
-        <x:v>497557.57</x:v>
+        <x:v>497742.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3346" spans="1:2">
       <x:c r="A3346" s="2">
-        <x:v>41169</x:v>
+        <x:v>41191</x:v>
       </x:c>
       <x:c r="B3346" s="3">
-        <x:v>497548.59</x:v>
+        <x:v>497735.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3347" spans="1:2">
       <x:c r="A3347" s="2">
-        <x:v>41166</x:v>
+        <x:v>41190</x:v>
       </x:c>
       <x:c r="B3347" s="3">
-        <x:v>497539.61</x:v>
+        <x:v>497727.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3348" spans="1:2">
       <x:c r="A3348" s="2">
-        <x:v>41165</x:v>
+        <x:v>41187</x:v>
       </x:c>
       <x:c r="B3348" s="3">
-        <x:v>497512.66</x:v>
+        <x:v>497719.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3349" spans="1:2">
       <x:c r="A3349" s="2">
-        <x:v>41164</x:v>
+        <x:v>41186</x:v>
       </x:c>
       <x:c r="B3349" s="3">
-        <x:v>497503.68</x:v>
+        <x:v>497695.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3350" spans="1:2">
       <x:c r="A3350" s="2">
-        <x:v>41163</x:v>
+        <x:v>41185</x:v>
       </x:c>
       <x:c r="B3350" s="3">
-        <x:v>497493.87</x:v>
+        <x:v>497686.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3351" spans="1:2">
       <x:c r="A3351" s="2">
-        <x:v>41162</x:v>
+        <x:v>41184</x:v>
       </x:c>
       <x:c r="B3351" s="3">
-        <x:v>497484.06</x:v>
+        <x:v>497678.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3352" spans="1:2">
       <x:c r="A3352" s="2">
-        <x:v>41159</x:v>
+        <x:v>41183</x:v>
       </x:c>
       <x:c r="B3352" s="3">
-        <x:v>497474.25</x:v>
+        <x:v>497670.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3353" spans="1:2">
       <x:c r="A3353" s="2">
-        <x:v>41158</x:v>
+        <x:v>41180</x:v>
       </x:c>
       <x:c r="B3353" s="3">
-        <x:v>497443.16</x:v>
+        <x:v>497661.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3354" spans="1:2">
       <x:c r="A3354" s="2">
-        <x:v>41157</x:v>
+        <x:v>41179</x:v>
       </x:c>
       <x:c r="B3354" s="3">
-        <x:v>497432.8</x:v>
+        <x:v>497637.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3355" spans="1:2">
       <x:c r="A3355" s="2">
-        <x:v>41156</x:v>
+        <x:v>41178</x:v>
       </x:c>
       <x:c r="B3355" s="3">
-        <x:v>497422.44</x:v>
+        <x:v>497628.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3356" spans="1:2">
       <x:c r="A3356" s="2">
-        <x:v>41155</x:v>
+        <x:v>41177</x:v>
       </x:c>
       <x:c r="B3356" s="3">
-        <x:v>497411.39</x:v>
+        <x:v>497620.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3357" spans="1:2">
       <x:c r="A3357" s="2">
-        <x:v>41152</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="B3357" s="3">
-        <x:v>497400.34</x:v>
+        <x:v>497611.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3358" spans="1:2">
       <x:c r="A3358" s="2">
-        <x:v>41151</x:v>
+        <x:v>41173</x:v>
       </x:c>
       <x:c r="B3358" s="3">
-        <x:v>497367.18</x:v>
+        <x:v>497602.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3359" spans="1:2">
       <x:c r="A3359" s="2">
-        <x:v>41150</x:v>
+        <x:v>41172</x:v>
       </x:c>
       <x:c r="B3359" s="3">
-        <x:v>497356.13</x:v>
+        <x:v>497575.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3360" spans="1:2">
       <x:c r="A3360" s="2">
-        <x:v>41149</x:v>
+        <x:v>41171</x:v>
       </x:c>
       <x:c r="B3360" s="3">
-        <x:v>497345.08</x:v>
+        <x:v>497566.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3361" spans="1:2">
       <x:c r="A3361" s="2">
-        <x:v>41148</x:v>
+        <x:v>41170</x:v>
       </x:c>
       <x:c r="B3361" s="3">
-        <x:v>497334.03</x:v>
+        <x:v>497557.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3362" spans="1:2">
       <x:c r="A3362" s="2">
-        <x:v>41145</x:v>
+        <x:v>41169</x:v>
       </x:c>
       <x:c r="B3362" s="3">
-        <x:v>497322.98</x:v>
+        <x:v>497548.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3363" spans="1:2">
       <x:c r="A3363" s="2">
-        <x:v>41144</x:v>
+        <x:v>41166</x:v>
       </x:c>
       <x:c r="B3363" s="3">
-        <x:v>497289.83</x:v>
+        <x:v>497539.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3364" spans="1:2">
       <x:c r="A3364" s="2">
-        <x:v>41143</x:v>
+        <x:v>41165</x:v>
       </x:c>
       <x:c r="B3364" s="3">
-        <x:v>497278.78</x:v>
+        <x:v>497512.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3365" spans="1:2">
       <x:c r="A3365" s="2">
-        <x:v>41142</x:v>
+        <x:v>41164</x:v>
       </x:c>
       <x:c r="B3365" s="3">
-        <x:v>497267.73</x:v>
+        <x:v>497503.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3366" spans="1:2">
       <x:c r="A3366" s="2">
-        <x:v>41141</x:v>
+        <x:v>41163</x:v>
       </x:c>
       <x:c r="B3366" s="3">
-        <x:v>497256.68</x:v>
+        <x:v>497493.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3367" spans="1:2">
       <x:c r="A3367" s="2">
-        <x:v>41138</x:v>
+        <x:v>41162</x:v>
       </x:c>
       <x:c r="B3367" s="3">
-        <x:v>497245.63</x:v>
+        <x:v>497484.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3368" spans="1:2">
       <x:c r="A3368" s="2">
-        <x:v>41137</x:v>
+        <x:v>41159</x:v>
       </x:c>
       <x:c r="B3368" s="3">
-        <x:v>497212.48</x:v>
+        <x:v>497474.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3369" spans="1:2">
       <x:c r="A3369" s="2">
-        <x:v>41135</x:v>
+        <x:v>41158</x:v>
       </x:c>
       <x:c r="B3369" s="3">
-        <x:v>497201.43</x:v>
+        <x:v>497443.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3370" spans="1:2">
       <x:c r="A3370" s="2">
-        <x:v>41134</x:v>
+        <x:v>41157</x:v>
       </x:c>
       <x:c r="B3370" s="3">
-        <x:v>497179.33</x:v>
+        <x:v>497432.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3371" spans="1:2">
       <x:c r="A3371" s="2">
-        <x:v>41131</x:v>
+        <x:v>41156</x:v>
       </x:c>
       <x:c r="B3371" s="3">
-        <x:v>497168.28</x:v>
+        <x:v>497422.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3372" spans="1:2">
       <x:c r="A3372" s="2">
-        <x:v>41130</x:v>
+        <x:v>41155</x:v>
       </x:c>
       <x:c r="B3372" s="3">
-        <x:v>497135.14</x:v>
+        <x:v>497411.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3373" spans="1:2">
       <x:c r="A3373" s="2">
-        <x:v>41129</x:v>
+        <x:v>41152</x:v>
       </x:c>
       <x:c r="B3373" s="3">
-        <x:v>497124.51</x:v>
+        <x:v>497400.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3374" spans="1:2">
       <x:c r="A3374" s="2">
-        <x:v>41128</x:v>
+        <x:v>41151</x:v>
       </x:c>
       <x:c r="B3374" s="3">
-        <x:v>497113.88</x:v>
+        <x:v>497367.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3375" spans="1:2">
       <x:c r="A3375" s="2">
-        <x:v>41127</x:v>
+        <x:v>41150</x:v>
       </x:c>
       <x:c r="B3375" s="3">
-        <x:v>497103.25</x:v>
+        <x:v>497356.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3376" spans="1:2">
       <x:c r="A3376" s="2">
-        <x:v>41124</x:v>
+        <x:v>41149</x:v>
       </x:c>
       <x:c r="B3376" s="3">
-        <x:v>497092.62</x:v>
+        <x:v>497345.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3377" spans="1:2">
       <x:c r="A3377" s="2">
-        <x:v>41123</x:v>
+        <x:v>41148</x:v>
       </x:c>
       <x:c r="B3377" s="3">
-        <x:v>497060.73</x:v>
+        <x:v>497334.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3378" spans="1:2">
       <x:c r="A3378" s="2">
-        <x:v>41122</x:v>
+        <x:v>41145</x:v>
       </x:c>
       <x:c r="B3378" s="3">
-        <x:v>497050.1</x:v>
+        <x:v>497322.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3379" spans="1:2">
       <x:c r="A3379" s="2">
-        <x:v>41121</x:v>
+        <x:v>41144</x:v>
       </x:c>
       <x:c r="B3379" s="3">
-        <x:v>497039.47</x:v>
+        <x:v>497289.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3380" spans="1:2">
       <x:c r="A3380" s="2">
-        <x:v>41120</x:v>
+        <x:v>41143</x:v>
       </x:c>
       <x:c r="B3380" s="3">
-        <x:v>497028.84</x:v>
+        <x:v>497278.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3381" spans="1:2">
       <x:c r="A3381" s="2">
-        <x:v>41117</x:v>
+        <x:v>41142</x:v>
       </x:c>
       <x:c r="B3381" s="3">
-        <x:v>497018.21</x:v>
+        <x:v>497267.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3382" spans="1:2">
       <x:c r="A3382" s="2">
-        <x:v>41116</x:v>
+        <x:v>41141</x:v>
       </x:c>
       <x:c r="B3382" s="3">
-        <x:v>496986.32</x:v>
+        <x:v>497256.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3383" spans="1:2">
       <x:c r="A3383" s="2">
-        <x:v>41115</x:v>
+        <x:v>41138</x:v>
       </x:c>
       <x:c r="B3383" s="3">
-        <x:v>496975.69</x:v>
+        <x:v>497245.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3384" spans="1:2">
       <x:c r="A3384" s="2">
-        <x:v>41114</x:v>
+        <x:v>41137</x:v>
       </x:c>
       <x:c r="B3384" s="3">
-        <x:v>496965.06</x:v>
+        <x:v>497212.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3385" spans="1:2">
       <x:c r="A3385" s="2">
-        <x:v>41113</x:v>
+        <x:v>41135</x:v>
       </x:c>
       <x:c r="B3385" s="3">
-        <x:v>496954.43</x:v>
+        <x:v>497201.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3386" spans="1:2">
       <x:c r="A3386" s="2">
-        <x:v>41110</x:v>
+        <x:v>41134</x:v>
       </x:c>
       <x:c r="B3386" s="3">
-        <x:v>496943.8</x:v>
+        <x:v>497179.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3387" spans="1:2">
       <x:c r="A3387" s="2">
-        <x:v>41109</x:v>
+        <x:v>41131</x:v>
       </x:c>
       <x:c r="B3387" s="3">
-        <x:v>496911.91</x:v>
+        <x:v>497168.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3388" spans="1:2">
       <x:c r="A3388" s="2">
-        <x:v>41108</x:v>
+        <x:v>41130</x:v>
       </x:c>
       <x:c r="B3388" s="3">
-        <x:v>496901.28</x:v>
+        <x:v>497135.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3389" spans="1:2">
       <x:c r="A3389" s="2">
-        <x:v>41107</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="B3389" s="3">
-        <x:v>496890.65</x:v>
+        <x:v>497124.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3390" spans="1:2">
       <x:c r="A3390" s="2">
-        <x:v>41106</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="B3390" s="3">
-        <x:v>496880.02</x:v>
+        <x:v>497113.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3391" spans="1:2">
       <x:c r="A3391" s="2">
-        <x:v>41103</x:v>
+        <x:v>41127</x:v>
       </x:c>
       <x:c r="B3391" s="3">
-        <x:v>496869.39</x:v>
+        <x:v>497103.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3392" spans="1:2">
       <x:c r="A3392" s="2">
-        <x:v>41102</x:v>
+        <x:v>41124</x:v>
       </x:c>
       <x:c r="B3392" s="3">
-        <x:v>496837.51</x:v>
+        <x:v>497092.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3393" spans="1:2">
       <x:c r="A3393" s="2">
-        <x:v>41101</x:v>
+        <x:v>41123</x:v>
       </x:c>
       <x:c r="B3393" s="3">
-        <x:v>496826.88</x:v>
+        <x:v>497060.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3394" spans="1:2">
       <x:c r="A3394" s="2">
-        <x:v>41100</x:v>
+        <x:v>41122</x:v>
       </x:c>
       <x:c r="B3394" s="3">
-        <x:v>496816.25</x:v>
+        <x:v>497050.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3395" spans="1:2">
       <x:c r="A3395" s="2">
-        <x:v>41099</x:v>
+        <x:v>41121</x:v>
       </x:c>
       <x:c r="B3395" s="3">
-        <x:v>496805.62</x:v>
+        <x:v>497039.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3396" spans="1:2">
       <x:c r="A3396" s="2">
-        <x:v>41096</x:v>
+        <x:v>41120</x:v>
       </x:c>
       <x:c r="B3396" s="3">
-        <x:v>496794.99</x:v>
+        <x:v>497028.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3397" spans="1:2">
       <x:c r="A3397" s="2">
-        <x:v>41095</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="B3397" s="3">
-        <x:v>496763.11</x:v>
+        <x:v>497018.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3398" spans="1:2">
       <x:c r="A3398" s="2">
-        <x:v>41094</x:v>
+        <x:v>41116</x:v>
       </x:c>
       <x:c r="B3398" s="3">
-        <x:v>496752.49</x:v>
+        <x:v>496986.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3399" spans="1:2">
       <x:c r="A3399" s="2">
-        <x:v>41093</x:v>
+        <x:v>41115</x:v>
       </x:c>
       <x:c r="B3399" s="3">
-        <x:v>496741.87</x:v>
+        <x:v>496975.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3400" spans="1:2">
       <x:c r="A3400" s="2">
-        <x:v>41092</x:v>
+        <x:v>41114</x:v>
       </x:c>
       <x:c r="B3400" s="3">
-        <x:v>496731.25</x:v>
+        <x:v>496965.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3401" spans="1:2">
       <x:c r="A3401" s="2">
-        <x:v>41089</x:v>
+        <x:v>41113</x:v>
       </x:c>
       <x:c r="B3401" s="3">
-        <x:v>496720.9</x:v>
+        <x:v>496954.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3402" spans="1:2">
       <x:c r="A3402" s="2">
-        <x:v>41088</x:v>
+        <x:v>41110</x:v>
       </x:c>
       <x:c r="B3402" s="3">
-        <x:v>496689.86</x:v>
+        <x:v>496943.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3403" spans="1:2">
       <x:c r="A3403" s="2">
-        <x:v>41087</x:v>
+        <x:v>41109</x:v>
       </x:c>
       <x:c r="B3403" s="3">
-        <x:v>496679.51</x:v>
+        <x:v>496911.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3404" spans="1:2">
       <x:c r="A3404" s="2">
-        <x:v>41086</x:v>
+        <x:v>41108</x:v>
       </x:c>
       <x:c r="B3404" s="3">
-        <x:v>496669.16</x:v>
+        <x:v>496901.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3405" spans="1:2">
       <x:c r="A3405" s="2">
-        <x:v>41085</x:v>
+        <x:v>41107</x:v>
       </x:c>
       <x:c r="B3405" s="3">
-        <x:v>496658.81</x:v>
+        <x:v>496890.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3406" spans="1:2">
       <x:c r="A3406" s="2">
-        <x:v>41082</x:v>
+        <x:v>41106</x:v>
       </x:c>
       <x:c r="B3406" s="3">
-        <x:v>496648.46</x:v>
+        <x:v>496880.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3407" spans="1:2">
       <x:c r="A3407" s="2">
-        <x:v>41081</x:v>
+        <x:v>41103</x:v>
       </x:c>
       <x:c r="B3407" s="3">
-        <x:v>496617.42</x:v>
+        <x:v>496869.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3408" spans="1:2">
       <x:c r="A3408" s="2">
-        <x:v>41080</x:v>
+        <x:v>41102</x:v>
       </x:c>
       <x:c r="B3408" s="3">
-        <x:v>496607.07</x:v>
+        <x:v>496837.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3409" spans="1:2">
       <x:c r="A3409" s="2">
-        <x:v>41079</x:v>
+        <x:v>41101</x:v>
       </x:c>
       <x:c r="B3409" s="3">
-        <x:v>496596.72</x:v>
+        <x:v>496826.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3410" spans="1:2">
       <x:c r="A3410" s="2">
-        <x:v>41078</x:v>
+        <x:v>41100</x:v>
       </x:c>
       <x:c r="B3410" s="3">
-        <x:v>496586.37</x:v>
+        <x:v>496816.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3411" spans="1:2">
       <x:c r="A3411" s="2">
-        <x:v>41075</x:v>
+        <x:v>41099</x:v>
       </x:c>
       <x:c r="B3411" s="3">
-        <x:v>496576.02</x:v>
+        <x:v>496805.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3412" spans="1:2">
       <x:c r="A3412" s="2">
-        <x:v>41074</x:v>
+        <x:v>41096</x:v>
       </x:c>
       <x:c r="B3412" s="3">
-        <x:v>496544.99</x:v>
+        <x:v>496794.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3413" spans="1:2">
       <x:c r="A3413" s="2">
-        <x:v>41073</x:v>
+        <x:v>41095</x:v>
       </x:c>
       <x:c r="B3413" s="3">
-        <x:v>496534.65</x:v>
+        <x:v>496763.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3414" spans="1:2">
       <x:c r="A3414" s="2">
-        <x:v>41072</x:v>
+        <x:v>41094</x:v>
       </x:c>
       <x:c r="B3414" s="3">
-        <x:v>496524.31</x:v>
+        <x:v>496752.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3415" spans="1:2">
       <x:c r="A3415" s="2">
-        <x:v>41071</x:v>
+        <x:v>41093</x:v>
       </x:c>
       <x:c r="B3415" s="3">
-        <x:v>496513.97</x:v>
+        <x:v>496741.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3416" spans="1:2">
       <x:c r="A3416" s="2">
-        <x:v>41068</x:v>
+        <x:v>41092</x:v>
       </x:c>
       <x:c r="B3416" s="3">
-        <x:v>496503.63</x:v>
+        <x:v>496731.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3417" spans="1:2">
       <x:c r="A3417" s="2">
-        <x:v>41067</x:v>
+        <x:v>41089</x:v>
       </x:c>
       <x:c r="B3417" s="3">
-        <x:v>496472.6</x:v>
+        <x:v>496720.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3418" spans="1:2">
       <x:c r="A3418" s="2">
-        <x:v>41066</x:v>
+        <x:v>41088</x:v>
       </x:c>
       <x:c r="B3418" s="3">
-        <x:v>496462.26</x:v>
+        <x:v>496689.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3419" spans="1:2">
       <x:c r="A3419" s="2">
-        <x:v>41065</x:v>
+        <x:v>41087</x:v>
       </x:c>
       <x:c r="B3419" s="3">
-        <x:v>496451.92</x:v>
+        <x:v>496679.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3420" spans="1:2">
       <x:c r="A3420" s="2">
-        <x:v>41064</x:v>
+        <x:v>41086</x:v>
       </x:c>
       <x:c r="B3420" s="3">
-        <x:v>496441.58</x:v>
+        <x:v>496669.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3421" spans="1:2">
       <x:c r="A3421" s="2">
-        <x:v>41061</x:v>
+        <x:v>41085</x:v>
       </x:c>
       <x:c r="B3421" s="3">
-        <x:v>496431.24</x:v>
+        <x:v>496658.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3422" spans="1:2">
       <x:c r="A3422" s="2">
-        <x:v>41060</x:v>
+        <x:v>41082</x:v>
       </x:c>
       <x:c r="B3422" s="3">
-        <x:v>496400.21</x:v>
+        <x:v>496648.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3423" spans="1:2">
       <x:c r="A3423" s="2">
-        <x:v>41059</x:v>
+        <x:v>41081</x:v>
       </x:c>
       <x:c r="B3423" s="3">
-        <x:v>496389.87</x:v>
+        <x:v>496617.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3424" spans="1:2">
       <x:c r="A3424" s="2">
-        <x:v>41058</x:v>
+        <x:v>41080</x:v>
       </x:c>
       <x:c r="B3424" s="3">
-        <x:v>496379.53</x:v>
+        <x:v>496607.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3425" spans="1:2">
       <x:c r="A3425" s="2">
-        <x:v>41054</x:v>
+        <x:v>41079</x:v>
       </x:c>
       <x:c r="B3425" s="3">
-        <x:v>496369.19</x:v>
+        <x:v>496596.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3426" spans="1:2">
       <x:c r="A3426" s="2">
-        <x:v>41053</x:v>
+        <x:v>41078</x:v>
       </x:c>
       <x:c r="B3426" s="3">
-        <x:v>496327.83</x:v>
+        <x:v>496586.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3427" spans="1:2">
       <x:c r="A3427" s="2">
-        <x:v>41052</x:v>
+        <x:v>41075</x:v>
       </x:c>
       <x:c r="B3427" s="3">
-        <x:v>496317.49</x:v>
+        <x:v>496576.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3428" spans="1:2">
       <x:c r="A3428" s="2">
-        <x:v>41051</x:v>
+        <x:v>41074</x:v>
       </x:c>
       <x:c r="B3428" s="3">
-        <x:v>496307.15</x:v>
+        <x:v>496544.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3429" spans="1:2">
       <x:c r="A3429" s="2">
-        <x:v>41050</x:v>
+        <x:v>41073</x:v>
       </x:c>
       <x:c r="B3429" s="3">
-        <x:v>496296.81</x:v>
+        <x:v>496534.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3430" spans="1:2">
       <x:c r="A3430" s="2">
-        <x:v>41047</x:v>
+        <x:v>41072</x:v>
       </x:c>
       <x:c r="B3430" s="3">
-        <x:v>496286.47</x:v>
+        <x:v>496524.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3431" spans="1:2">
       <x:c r="A3431" s="2">
-        <x:v>41045</x:v>
+        <x:v>41071</x:v>
       </x:c>
       <x:c r="B3431" s="3">
-        <x:v>496255.45</x:v>
+        <x:v>496513.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3432" spans="1:2">
       <x:c r="A3432" s="2">
-        <x:v>41044</x:v>
+        <x:v>41068</x:v>
       </x:c>
       <x:c r="B3432" s="3">
-        <x:v>496234.77</x:v>
+        <x:v>496503.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3433" spans="1:2">
       <x:c r="A3433" s="2">
-        <x:v>41043</x:v>
+        <x:v>41067</x:v>
       </x:c>
       <x:c r="B3433" s="3">
-        <x:v>496224.43</x:v>
+        <x:v>496472.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3434" spans="1:2">
       <x:c r="A3434" s="2">
-        <x:v>41040</x:v>
+        <x:v>41066</x:v>
       </x:c>
       <x:c r="B3434" s="3">
-        <x:v>496214.09</x:v>
+        <x:v>496462.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3435" spans="1:2">
       <x:c r="A3435" s="2">
-        <x:v>41039</x:v>
+        <x:v>41065</x:v>
       </x:c>
       <x:c r="B3435" s="3">
-        <x:v>496183.08</x:v>
+        <x:v>496451.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3436" spans="1:2">
       <x:c r="A3436" s="2">
-        <x:v>41038</x:v>
+        <x:v>41064</x:v>
       </x:c>
       <x:c r="B3436" s="3">
-        <x:v>496172.33</x:v>
+        <x:v>496441.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3437" spans="1:2">
       <x:c r="A3437" s="2">
-        <x:v>41036</x:v>
+        <x:v>41061</x:v>
       </x:c>
       <x:c r="B3437" s="3">
-        <x:v>496161.58</x:v>
+        <x:v>496431.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3438" spans="1:2">
       <x:c r="A3438" s="2">
-        <x:v>41033</x:v>
+        <x:v>41060</x:v>
       </x:c>
       <x:c r="B3438" s="3">
-        <x:v>496140.08</x:v>
+        <x:v>496400.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3439" spans="1:2">
       <x:c r="A3439" s="2">
-        <x:v>41032</x:v>
+        <x:v>41059</x:v>
       </x:c>
       <x:c r="B3439" s="3">
-        <x:v>496107.83</x:v>
+        <x:v>496389.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3440" spans="1:2">
       <x:c r="A3440" s="2">
-        <x:v>41031</x:v>
+        <x:v>41058</x:v>
       </x:c>
       <x:c r="B3440" s="3">
-        <x:v>496097.08</x:v>
+        <x:v>496379.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3441" spans="1:2">
       <x:c r="A3441" s="2">
-        <x:v>41029</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="B3441" s="3">
-        <x:v>496086.33</x:v>
+        <x:v>496369.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3442" spans="1:2">
       <x:c r="A3442" s="2">
-        <x:v>41026</x:v>
+        <x:v>41053</x:v>
       </x:c>
       <x:c r="B3442" s="3">
-        <x:v>496064.83</x:v>
+        <x:v>496327.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3443" spans="1:2">
       <x:c r="A3443" s="2">
-        <x:v>41025</x:v>
+        <x:v>41052</x:v>
       </x:c>
       <x:c r="B3443" s="3">
-        <x:v>503621.44</x:v>
+        <x:v>496317.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3444" spans="1:2">
       <x:c r="A3444" s="2">
-        <x:v>41024</x:v>
+        <x:v>41051</x:v>
       </x:c>
       <x:c r="B3444" s="3">
-        <x:v>503610.53</x:v>
+        <x:v>496307.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3445" spans="1:2">
       <x:c r="A3445" s="2">
-        <x:v>41023</x:v>
+        <x:v>41050</x:v>
       </x:c>
       <x:c r="B3445" s="3">
-        <x:v>503599.62</x:v>
+        <x:v>496296.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3446" spans="1:2">
       <x:c r="A3446" s="2">
-        <x:v>41022</x:v>
+        <x:v>41047</x:v>
       </x:c>
       <x:c r="B3446" s="3">
-        <x:v>503588.71</x:v>
+        <x:v>496286.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3447" spans="1:2">
       <x:c r="A3447" s="2">
-        <x:v>41019</x:v>
+        <x:v>41045</x:v>
       </x:c>
       <x:c r="B3447" s="3">
-        <x:v>503577.8</x:v>
+        <x:v>496255.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3448" spans="1:2">
       <x:c r="A3448" s="2">
-        <x:v>41018</x:v>
+        <x:v>41044</x:v>
       </x:c>
       <x:c r="B3448" s="3">
-        <x:v>503545.07</x:v>
+        <x:v>496234.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3449" spans="1:2">
       <x:c r="A3449" s="2">
-        <x:v>41017</x:v>
+        <x:v>41043</x:v>
       </x:c>
       <x:c r="B3449" s="3">
-        <x:v>503530.38</x:v>
+        <x:v>496224.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3450" spans="1:2">
       <x:c r="A3450" s="2">
-        <x:v>41016</x:v>
+        <x:v>41040</x:v>
       </x:c>
       <x:c r="B3450" s="3">
-        <x:v>503515.69</x:v>
+        <x:v>496214.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3451" spans="1:2">
       <x:c r="A3451" s="2">
-        <x:v>41015</x:v>
+        <x:v>41039</x:v>
       </x:c>
       <x:c r="B3451" s="3">
-        <x:v>503498.21</x:v>
+        <x:v>496183.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3452" spans="1:2">
       <x:c r="A3452" s="2">
-        <x:v>41012</x:v>
+        <x:v>41038</x:v>
       </x:c>
       <x:c r="B3452" s="3">
-        <x:v>503480.73</x:v>
+        <x:v>496172.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3453" spans="1:2">
       <x:c r="A3453" s="2">
-        <x:v>41011</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="B3453" s="3">
-        <x:v>503428.29</x:v>
+        <x:v>496161.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3454" spans="1:2">
       <x:c r="A3454" s="2">
-        <x:v>41010</x:v>
+        <x:v>41033</x:v>
       </x:c>
       <x:c r="B3454" s="3">
-        <x:v>503409.41</x:v>
+        <x:v>496140.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3455" spans="1:2">
       <x:c r="A3455" s="2">
-        <x:v>41009</x:v>
+        <x:v>41032</x:v>
       </x:c>
       <x:c r="B3455" s="3">
-        <x:v>503390.53</x:v>
+        <x:v>496107.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3456" spans="1:2">
       <x:c r="A3456" s="2">
-        <x:v>41004</x:v>
+        <x:v>41031</x:v>
       </x:c>
       <x:c r="B3456" s="3">
-        <x:v>503371.65</x:v>
+        <x:v>496097.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3457" spans="1:2">
       <x:c r="A3457" s="2">
-        <x:v>41003</x:v>
+        <x:v>41029</x:v>
       </x:c>
       <x:c r="B3457" s="3">
-        <x:v>503270.3</x:v>
+        <x:v>496086.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3458" spans="1:2">
       <x:c r="A3458" s="2">
-        <x:v>41002</x:v>
+        <x:v>41026</x:v>
       </x:c>
       <x:c r="B3458" s="3">
-        <x:v>503250.03</x:v>
+        <x:v>496064.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3459" spans="1:2">
       <x:c r="A3459" s="2">
-        <x:v>41001</x:v>
+        <x:v>41025</x:v>
       </x:c>
       <x:c r="B3459" s="3">
-        <x:v>503229.76</x:v>
+        <x:v>503621.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3460" spans="1:2">
       <x:c r="A3460" s="2">
-        <x:v>40998</x:v>
+        <x:v>41024</x:v>
       </x:c>
       <x:c r="B3460" s="3">
-        <x:v>503209.49</x:v>
+        <x:v>503610.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3461" spans="1:2">
       <x:c r="A3461" s="2">
-        <x:v>40997</x:v>
+        <x:v>41023</x:v>
       </x:c>
       <x:c r="B3461" s="3">
-        <x:v>503148.69</x:v>
+        <x:v>503599.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3462" spans="1:2">
       <x:c r="A3462" s="2">
-        <x:v>40996</x:v>
+        <x:v>41022</x:v>
       </x:c>
       <x:c r="B3462" s="3">
-        <x:v>503127.73</x:v>
+        <x:v>503588.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3463" spans="1:2">
       <x:c r="A3463" s="2">
-        <x:v>40995</x:v>
+        <x:v>41019</x:v>
       </x:c>
       <x:c r="B3463" s="3">
-        <x:v>503106.77</x:v>
+        <x:v>503577.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3464" spans="1:2">
       <x:c r="A3464" s="2">
-        <x:v>40994</x:v>
+        <x:v>41018</x:v>
       </x:c>
       <x:c r="B3464" s="3">
-        <x:v>503085.81</x:v>
+        <x:v>503545.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3465" spans="1:2">
       <x:c r="A3465" s="2">
-        <x:v>40991</x:v>
+        <x:v>41017</x:v>
       </x:c>
       <x:c r="B3465" s="3">
-        <x:v>503064.85</x:v>
+        <x:v>503530.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3466" spans="1:2">
       <x:c r="A3466" s="2">
-        <x:v>40990</x:v>
+        <x:v>41016</x:v>
       </x:c>
       <x:c r="B3466" s="3">
-        <x:v>503001.97</x:v>
+        <x:v>503515.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3467" spans="1:2">
       <x:c r="A3467" s="2">
-        <x:v>40989</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="B3467" s="3">
-        <x:v>502981.01</x:v>
+        <x:v>503498.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3468" spans="1:2">
       <x:c r="A3468" s="2">
-        <x:v>40988</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="B3468" s="3">
-        <x:v>502960.05</x:v>
+        <x:v>503480.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3469" spans="1:2">
       <x:c r="A3469" s="2">
-        <x:v>40987</x:v>
+        <x:v>41011</x:v>
       </x:c>
       <x:c r="B3469" s="3">
-        <x:v>502938.4</x:v>
+        <x:v>503428.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3470" spans="1:2">
       <x:c r="A3470" s="2">
-        <x:v>40984</x:v>
+        <x:v>41010</x:v>
       </x:c>
       <x:c r="B3470" s="3">
-        <x:v>502916.75</x:v>
+        <x:v>503409.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3471" spans="1:2">
       <x:c r="A3471" s="2">
-        <x:v>40983</x:v>
+        <x:v>41009</x:v>
       </x:c>
       <x:c r="B3471" s="3">
-        <x:v>502851.8</x:v>
+        <x:v>503390.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3472" spans="1:2">
       <x:c r="A3472" s="2">
-        <x:v>40982</x:v>
+        <x:v>41004</x:v>
       </x:c>
       <x:c r="B3472" s="3">
-        <x:v>502830.15</x:v>
+        <x:v>503371.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3473" spans="1:2">
       <x:c r="A3473" s="2">
-        <x:v>40981</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="B3473" s="3">
-        <x:v>502808.5</x:v>
+        <x:v>503270.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3474" spans="1:2">
       <x:c r="A3474" s="2">
-        <x:v>40980</x:v>
+        <x:v>41002</x:v>
       </x:c>
       <x:c r="B3474" s="3">
-        <x:v>502786.15</x:v>
+        <x:v>503250.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3475" spans="1:2">
       <x:c r="A3475" s="2">
-        <x:v>40977</x:v>
+        <x:v>41001</x:v>
       </x:c>
       <x:c r="B3475" s="3">
-        <x:v>502763.8</x:v>
+        <x:v>503229.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3476" spans="1:2">
       <x:c r="A3476" s="2">
-        <x:v>40976</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="B3476" s="3">
-        <x:v>502696.77</x:v>
+        <x:v>503209.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3477" spans="1:2">
       <x:c r="A3477" s="2">
-        <x:v>40975</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="B3477" s="3">
-        <x:v>502674.43</x:v>
+        <x:v>503148.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3478" spans="1:2">
       <x:c r="A3478" s="2">
-        <x:v>40974</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="B3478" s="3">
-        <x:v>502652.09</x:v>
+        <x:v>503127.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3479" spans="1:2">
       <x:c r="A3479" s="2">
-        <x:v>40973</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="B3479" s="3">
-        <x:v>502629.75</x:v>
+        <x:v>503106.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3480" spans="1:2">
       <x:c r="A3480" s="2">
-        <x:v>40970</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="B3480" s="3">
-        <x:v>502607.41</x:v>
+        <x:v>503085.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3481" spans="1:2">
       <x:c r="A3481" s="2">
-        <x:v>40969</x:v>
+        <x:v>40991</x:v>
       </x:c>
       <x:c r="B3481" s="3">
-        <x:v>502540.4</x:v>
+        <x:v>503064.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3482" spans="1:2">
       <x:c r="A3482" s="2">
-        <x:v>40968</x:v>
+        <x:v>40990</x:v>
       </x:c>
       <x:c r="B3482" s="3">
-        <x:v>502518.07</x:v>
+        <x:v>503001.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3483" spans="1:2">
       <x:c r="A3483" s="2">
-        <x:v>40967</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="B3483" s="3">
-        <x:v>502495.74</x:v>
+        <x:v>502981.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3484" spans="1:2">
       <x:c r="A3484" s="2">
-        <x:v>40966</x:v>
+        <x:v>40988</x:v>
       </x:c>
       <x:c r="B3484" s="3">
-        <x:v>502473.41</x:v>
+        <x:v>502960.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3485" spans="1:2">
       <x:c r="A3485" s="2">
-        <x:v>40963</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="B3485" s="3">
-        <x:v>502451.08</x:v>
+        <x:v>502938.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3486" spans="1:2">
       <x:c r="A3486" s="2">
-        <x:v>40962</x:v>
+        <x:v>40984</x:v>
       </x:c>
       <x:c r="B3486" s="3">
-        <x:v>502384.1</x:v>
+        <x:v>502916.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3487" spans="1:2">
       <x:c r="A3487" s="2">
-        <x:v>40961</x:v>
+        <x:v>40983</x:v>
       </x:c>
       <x:c r="B3487" s="3">
-        <x:v>502361.77</x:v>
+        <x:v>502851.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3488" spans="1:2">
       <x:c r="A3488" s="2">
-        <x:v>40960</x:v>
+        <x:v>40982</x:v>
       </x:c>
       <x:c r="B3488" s="3">
-        <x:v>502339.44</x:v>
+        <x:v>502830.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3489" spans="1:2">
       <x:c r="A3489" s="2">
-        <x:v>40959</x:v>
+        <x:v>40981</x:v>
       </x:c>
       <x:c r="B3489" s="3">
-        <x:v>502317.11</x:v>
+        <x:v>502808.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3490" spans="1:2">
       <x:c r="A3490" s="2">
-        <x:v>40956</x:v>
+        <x:v>40980</x:v>
       </x:c>
       <x:c r="B3490" s="3">
-        <x:v>502294.79</x:v>
+        <x:v>502786.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3491" spans="1:2">
       <x:c r="A3491" s="2">
-        <x:v>40955</x:v>
+        <x:v>40977</x:v>
       </x:c>
       <x:c r="B3491" s="3">
-        <x:v>502227.83</x:v>
+        <x:v>502763.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3492" spans="1:2">
       <x:c r="A3492" s="2">
-        <x:v>40954</x:v>
+        <x:v>40976</x:v>
       </x:c>
       <x:c r="B3492" s="3">
-        <x:v>502205.51</x:v>
+        <x:v>502696.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3493" spans="1:2">
       <x:c r="A3493" s="2">
-        <x:v>40953</x:v>
+        <x:v>40975</x:v>
       </x:c>
       <x:c r="B3493" s="3">
-        <x:v>502183.75</x:v>
+        <x:v>502674.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3494" spans="1:2">
       <x:c r="A3494" s="2">
-        <x:v>40952</x:v>
+        <x:v>40974</x:v>
       </x:c>
       <x:c r="B3494" s="3">
-        <x:v>502161.99</x:v>
+        <x:v>502652.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3495" spans="1:2">
       <x:c r="A3495" s="2">
-        <x:v>40949</x:v>
+        <x:v>40973</x:v>
       </x:c>
       <x:c r="B3495" s="3">
-        <x:v>502140.23</x:v>
+        <x:v>502629.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3496" spans="1:2">
       <x:c r="A3496" s="2">
-        <x:v>40948</x:v>
+        <x:v>40970</x:v>
       </x:c>
       <x:c r="B3496" s="3">
-        <x:v>502074.96</x:v>
+        <x:v>502607.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3497" spans="1:2">
       <x:c r="A3497" s="2">
-        <x:v>40947</x:v>
+        <x:v>40969</x:v>
       </x:c>
       <x:c r="B3497" s="3">
-        <x:v>502053.2</x:v>
+        <x:v>502540.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3498" spans="1:2">
       <x:c r="A3498" s="2">
-        <x:v>40946</x:v>
+        <x:v>40968</x:v>
       </x:c>
       <x:c r="B3498" s="3">
-        <x:v>502031.45</x:v>
+        <x:v>502518.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3499" spans="1:2">
       <x:c r="A3499" s="2">
-        <x:v>40945</x:v>
+        <x:v>40967</x:v>
       </x:c>
       <x:c r="B3499" s="3">
-        <x:v>502009.7</x:v>
+        <x:v>502495.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3500" spans="1:2">
       <x:c r="A3500" s="2">
-        <x:v>40942</x:v>
+        <x:v>40966</x:v>
       </x:c>
       <x:c r="B3500" s="3">
-        <x:v>501987.95</x:v>
+        <x:v>502473.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3501" spans="1:2">
       <x:c r="A3501" s="2">
-        <x:v>40941</x:v>
+        <x:v>40963</x:v>
       </x:c>
       <x:c r="B3501" s="3">
-        <x:v>501922.7</x:v>
+        <x:v>502451.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3502" spans="1:2">
       <x:c r="A3502" s="2">
-        <x:v>40940</x:v>
+        <x:v>40962</x:v>
       </x:c>
       <x:c r="B3502" s="3">
-        <x:v>501901.79</x:v>
+        <x:v>502384.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3503" spans="1:2">
       <x:c r="A3503" s="2">
-        <x:v>40939</x:v>
+        <x:v>40961</x:v>
       </x:c>
       <x:c r="B3503" s="3">
-        <x:v>501880.88</x:v>
+        <x:v>502361.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3504" spans="1:2">
       <x:c r="A3504" s="2">
-        <x:v>40938</x:v>
+        <x:v>40960</x:v>
       </x:c>
       <x:c r="B3504" s="3">
-        <x:v>501859.97</x:v>
+        <x:v>502339.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3505" spans="1:2">
       <x:c r="A3505" s="2">
-        <x:v>40935</x:v>
+        <x:v>40959</x:v>
       </x:c>
       <x:c r="B3505" s="3">
-        <x:v>501839.06</x:v>
+        <x:v>502317.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3506" spans="1:2">
       <x:c r="A3506" s="2">
-        <x:v>40934</x:v>
+        <x:v>40956</x:v>
       </x:c>
       <x:c r="B3506" s="3">
-        <x:v>501776.34</x:v>
+        <x:v>502294.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3507" spans="1:2">
       <x:c r="A3507" s="2">
-        <x:v>40933</x:v>
+        <x:v>40955</x:v>
       </x:c>
       <x:c r="B3507" s="3">
-        <x:v>501755.43</x:v>
+        <x:v>502227.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3508" spans="1:2">
       <x:c r="A3508" s="2">
-        <x:v>40932</x:v>
+        <x:v>40954</x:v>
       </x:c>
       <x:c r="B3508" s="3">
-        <x:v>501734.52</x:v>
+        <x:v>502205.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3509" spans="1:2">
       <x:c r="A3509" s="2">
-        <x:v>40931</x:v>
+        <x:v>40953</x:v>
       </x:c>
       <x:c r="B3509" s="3">
-        <x:v>501713.62</x:v>
+        <x:v>502183.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3510" spans="1:2">
       <x:c r="A3510" s="2">
-        <x:v>40928</x:v>
+        <x:v>40952</x:v>
       </x:c>
       <x:c r="B3510" s="3">
-        <x:v>501692.72</x:v>
+        <x:v>502161.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3511" spans="1:2">
       <x:c r="A3511" s="2">
-        <x:v>40927</x:v>
+        <x:v>40949</x:v>
       </x:c>
       <x:c r="B3511" s="3">
-        <x:v>501636.29</x:v>
+        <x:v>502140.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3512" spans="1:2">
       <x:c r="A3512" s="2">
-        <x:v>40926</x:v>
+        <x:v>40948</x:v>
       </x:c>
       <x:c r="B3512" s="3">
-        <x:v>501617.48</x:v>
+        <x:v>502074.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3513" spans="1:2">
       <x:c r="A3513" s="2">
-        <x:v>40925</x:v>
+        <x:v>40947</x:v>
       </x:c>
       <x:c r="B3513" s="3">
-        <x:v>501596.45</x:v>
+        <x:v>502053.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3514" spans="1:2">
       <x:c r="A3514" s="2">
-        <x:v>40924</x:v>
+        <x:v>40946</x:v>
       </x:c>
       <x:c r="B3514" s="3">
-        <x:v>501575.57</x:v>
+        <x:v>502031.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3515" spans="1:2">
       <x:c r="A3515" s="2">
-        <x:v>40921</x:v>
+        <x:v>40945</x:v>
       </x:c>
       <x:c r="B3515" s="3">
-        <x:v>501556.34</x:v>
+        <x:v>502009.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3516" spans="1:2">
       <x:c r="A3516" s="2">
-        <x:v>40920</x:v>
+        <x:v>40942</x:v>
       </x:c>
       <x:c r="B3516" s="3">
-        <x:v>501498.69</x:v>
+        <x:v>501987.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3517" spans="1:2">
       <x:c r="A3517" s="2">
-        <x:v>40919</x:v>
+        <x:v>40941</x:v>
       </x:c>
       <x:c r="B3517" s="3">
-        <x:v>501480.86</x:v>
+        <x:v>501922.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3518" spans="1:2">
       <x:c r="A3518" s="2">
-        <x:v>40918</x:v>
+        <x:v>40940</x:v>
       </x:c>
       <x:c r="B3518" s="3">
-        <x:v>501463.05</x:v>
+        <x:v>501901.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3519" spans="1:2">
       <x:c r="A3519" s="2">
-        <x:v>40917</x:v>
+        <x:v>40939</x:v>
       </x:c>
       <x:c r="B3519" s="3">
-        <x:v>501445.23</x:v>
+        <x:v>501880.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3520" spans="1:2">
       <x:c r="A3520" s="2">
-        <x:v>40914</x:v>
+        <x:v>40938</x:v>
       </x:c>
       <x:c r="B3520" s="3">
-        <x:v>501427.43</x:v>
+        <x:v>501859.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3521" spans="1:2">
       <x:c r="A3521" s="2">
-        <x:v>40913</x:v>
+        <x:v>40935</x:v>
       </x:c>
       <x:c r="B3521" s="3">
-        <x:v>501373.93</x:v>
+        <x:v>501839.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3522" spans="1:2">
       <x:c r="A3522" s="2">
-        <x:v>40912</x:v>
+        <x:v>40934</x:v>
       </x:c>
       <x:c r="B3522" s="3">
-        <x:v>501356.12</x:v>
+        <x:v>501776.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3523" spans="1:2">
       <x:c r="A3523" s="2">
-        <x:v>40911</x:v>
+        <x:v>40933</x:v>
       </x:c>
       <x:c r="B3523" s="3">
-        <x:v>501339.44</x:v>
+        <x:v>501755.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3524" spans="1:2">
       <x:c r="A3524" s="2">
-        <x:v>40910</x:v>
+        <x:v>40932</x:v>
       </x:c>
       <x:c r="B3524" s="3">
-        <x:v>501322.74</x:v>
+        <x:v>501734.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3525" spans="1:2">
       <x:c r="A3525" s="2">
-        <x:v>40907</x:v>
+        <x:v>40931</x:v>
       </x:c>
       <x:c r="B3525" s="3">
-        <x:v>501306.02</x:v>
+        <x:v>501713.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3526" spans="1:2">
       <x:c r="A3526" s="2">
-        <x:v>40906</x:v>
+        <x:v>40928</x:v>
       </x:c>
       <x:c r="B3526" s="3">
-        <x:v>501256.06</x:v>
+        <x:v>501692.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3527" spans="1:2">
       <x:c r="A3527" s="2">
-        <x:v>40905</x:v>
+        <x:v>40927</x:v>
       </x:c>
       <x:c r="B3527" s="3">
-        <x:v>501239.32</x:v>
+        <x:v>501636.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3528" spans="1:2">
       <x:c r="A3528" s="2">
-        <x:v>40904</x:v>
+        <x:v>40926</x:v>
       </x:c>
       <x:c r="B3528" s="3">
-        <x:v>501222.63</x:v>
+        <x:v>501617.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3529" spans="1:2">
       <x:c r="A3529" s="2">
-        <x:v>40900</x:v>
+        <x:v>40925</x:v>
       </x:c>
       <x:c r="B3529" s="3">
-        <x:v>501207</x:v>
+        <x:v>501596.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3530" spans="1:2">
       <x:c r="A3530" s="2">
-        <x:v>40899</x:v>
+        <x:v>40924</x:v>
       </x:c>
       <x:c r="B3530" s="3">
-        <x:v>501144.58</x:v>
+        <x:v>501575.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3531" spans="1:2">
       <x:c r="A3531" s="2">
-        <x:v>40898</x:v>
+        <x:v>40921</x:v>
       </x:c>
       <x:c r="B3531" s="3">
-        <x:v>501128.98</x:v>
+        <x:v>501556.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3532" spans="1:2">
       <x:c r="A3532" s="2">
-        <x:v>40897</x:v>
+        <x:v>40920</x:v>
       </x:c>
       <x:c r="B3532" s="3">
-        <x:v>501113.38</x:v>
+        <x:v>501498.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3533" spans="1:2">
       <x:c r="A3533" s="2">
-        <x:v>40896</x:v>
+        <x:v>40919</x:v>
       </x:c>
       <x:c r="B3533" s="3">
-        <x:v>501097.79</x:v>
+        <x:v>501480.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3534" spans="1:2">
       <x:c r="A3534" s="2">
-        <x:v>40893</x:v>
+        <x:v>40918</x:v>
       </x:c>
       <x:c r="B3534" s="3">
-        <x:v>501082.2</x:v>
+        <x:v>501463.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3535" spans="1:2">
       <x:c r="A3535" s="2">
-        <x:v>40892</x:v>
+        <x:v>40917</x:v>
       </x:c>
       <x:c r="B3535" s="3">
-        <x:v>501035.35</x:v>
+        <x:v>501445.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3536" spans="1:2">
       <x:c r="A3536" s="2">
-        <x:v>40891</x:v>
+        <x:v>40914</x:v>
       </x:c>
       <x:c r="B3536" s="3">
-        <x:v>501019.73</x:v>
+        <x:v>501427.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3537" spans="1:2">
       <x:c r="A3537" s="2">
-        <x:v>40890</x:v>
+        <x:v>40913</x:v>
       </x:c>
       <x:c r="B3537" s="3">
-        <x:v>501004.12</x:v>
+        <x:v>501373.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3538" spans="1:2">
       <x:c r="A3538" s="2">
-        <x:v>40889</x:v>
+        <x:v>40912</x:v>
       </x:c>
       <x:c r="B3538" s="3">
-        <x:v>500988.54</x:v>
+        <x:v>501356.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3539" spans="1:2">
       <x:c r="A3539" s="2">
-        <x:v>40886</x:v>
+        <x:v>40911</x:v>
       </x:c>
       <x:c r="B3539" s="3">
-        <x:v>500972.96</x:v>
+        <x:v>501339.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3540" spans="1:2">
       <x:c r="A3540" s="2">
-        <x:v>40885</x:v>
+        <x:v>40910</x:v>
       </x:c>
       <x:c r="B3540" s="3">
-        <x:v>500926.24</x:v>
+        <x:v>501322.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3541" spans="1:2">
       <x:c r="A3541" s="2">
-        <x:v>40884</x:v>
+        <x:v>40907</x:v>
       </x:c>
       <x:c r="B3541" s="3">
-        <x:v>500910.68</x:v>
+        <x:v>501306.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3542" spans="1:2">
       <x:c r="A3542" s="2">
-        <x:v>40883</x:v>
+        <x:v>40906</x:v>
       </x:c>
       <x:c r="B3542" s="3">
-        <x:v>500895.09</x:v>
+        <x:v>501256.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3543" spans="1:2">
       <x:c r="A3543" s="2">
-        <x:v>40882</x:v>
+        <x:v>40905</x:v>
       </x:c>
       <x:c r="B3543" s="3">
-        <x:v>500879.52</x:v>
+        <x:v>501239.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3544" spans="1:2">
       <x:c r="A3544" s="2">
-        <x:v>40879</x:v>
+        <x:v>40904</x:v>
       </x:c>
       <x:c r="B3544" s="3">
-        <x:v>500864</x:v>
+        <x:v>501222.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3545" spans="1:2">
       <x:c r="A3545" s="2">
-        <x:v>40878</x:v>
+        <x:v>40900</x:v>
       </x:c>
       <x:c r="B3545" s="3">
-        <x:v>500817.28</x:v>
+        <x:v>501207</x:v>
       </x:c>
     </x:row>
     <x:row r="3546" spans="1:2">
       <x:c r="A3546" s="2">
-        <x:v>40877</x:v>
+        <x:v>40899</x:v>
       </x:c>
       <x:c r="B3546" s="3">
-        <x:v>500801.71</x:v>
+        <x:v>501144.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3547" spans="1:2">
       <x:c r="A3547" s="2">
-        <x:v>40876</x:v>
+        <x:v>40898</x:v>
       </x:c>
       <x:c r="B3547" s="3">
-        <x:v>500786.12</x:v>
+        <x:v>501128.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3548" spans="1:2">
       <x:c r="A3548" s="2">
-        <x:v>40875</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="B3548" s="3">
-        <x:v>500770.56</x:v>
+        <x:v>501113.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3549" spans="1:2">
       <x:c r="A3549" s="2">
-        <x:v>40872</x:v>
+        <x:v>40896</x:v>
       </x:c>
       <x:c r="B3549" s="3">
-        <x:v>500754.97</x:v>
+        <x:v>501097.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3550" spans="1:2">
       <x:c r="A3550" s="2">
-        <x:v>40871</x:v>
+        <x:v>40893</x:v>
       </x:c>
       <x:c r="B3550" s="3">
-        <x:v>500706.9</x:v>
+        <x:v>501082.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3551" spans="1:2">
       <x:c r="A3551" s="2">
-        <x:v>40870</x:v>
+        <x:v>40892</x:v>
       </x:c>
       <x:c r="B3551" s="3">
-        <x:v>500690.9</x:v>
+        <x:v>501035.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3552" spans="1:2">
       <x:c r="A3552" s="2">
-        <x:v>40869</x:v>
+        <x:v>40891</x:v>
       </x:c>
       <x:c r="B3552" s="3">
-        <x:v>500674.92</x:v>
+        <x:v>501019.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3553" spans="1:2">
       <x:c r="A3553" s="2">
-        <x:v>40868</x:v>
+        <x:v>40890</x:v>
       </x:c>
       <x:c r="B3553" s="3">
-        <x:v>500658.24</x:v>
+        <x:v>501004.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3554" spans="1:2">
       <x:c r="A3554" s="2">
-        <x:v>40865</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="B3554" s="3">
-        <x:v>500641.55</x:v>
+        <x:v>500988.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3555" spans="1:2">
       <x:c r="A3555" s="2">
-        <x:v>40864</x:v>
+        <x:v>40886</x:v>
       </x:c>
       <x:c r="B3555" s="3">
-        <x:v>500591.46</x:v>
+        <x:v>500972.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3556" spans="1:2">
       <x:c r="A3556" s="2">
-        <x:v>40863</x:v>
+        <x:v>40885</x:v>
       </x:c>
       <x:c r="B3556" s="3">
-        <x:v>500574.72</x:v>
+        <x:v>500926.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3557" spans="1:2">
       <x:c r="A3557" s="2">
-        <x:v>40862</x:v>
+        <x:v>40884</x:v>
       </x:c>
       <x:c r="B3557" s="3">
-        <x:v>500558.01</x:v>
+        <x:v>500910.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3558" spans="1:2">
       <x:c r="A3558" s="2">
-        <x:v>40861</x:v>
+        <x:v>40883</x:v>
       </x:c>
       <x:c r="B3558" s="3">
-        <x:v>500541.99</x:v>
+        <x:v>500895.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3559" spans="1:2">
       <x:c r="A3559" s="2">
-        <x:v>40857</x:v>
+        <x:v>40882</x:v>
       </x:c>
       <x:c r="B3559" s="3">
-        <x:v>500526</x:v>
+        <x:v>500879.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3560" spans="1:2">
       <x:c r="A3560" s="2">
-        <x:v>40856</x:v>
+        <x:v>40879</x:v>
       </x:c>
       <x:c r="B3560" s="3">
-        <x:v>500462.14</x:v>
+        <x:v>500864</x:v>
       </x:c>
     </x:row>
     <x:row r="3561" spans="1:2">
       <x:c r="A3561" s="2">
-        <x:v>40855</x:v>
+        <x:v>40878</x:v>
       </x:c>
       <x:c r="B3561" s="3">
-        <x:v>500446.16</x:v>
+        <x:v>500817.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3562" spans="1:2">
       <x:c r="A3562" s="2">
-        <x:v>40854</x:v>
+        <x:v>40877</x:v>
       </x:c>
       <x:c r="B3562" s="3">
-        <x:v>500430.18</x:v>
+        <x:v>500801.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3563" spans="1:2">
       <x:c r="A3563" s="2">
-        <x:v>40851</x:v>
+        <x:v>40876</x:v>
       </x:c>
       <x:c r="B3563" s="3">
-        <x:v>500414.18</x:v>
+        <x:v>500786.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3564" spans="1:2">
       <x:c r="A3564" s="2">
-        <x:v>40850</x:v>
+        <x:v>40875</x:v>
       </x:c>
       <x:c r="B3564" s="3">
-        <x:v>500366.26</x:v>
+        <x:v>500770.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3565" spans="1:2">
       <x:c r="A3565" s="2">
-        <x:v>40849</x:v>
+        <x:v>40872</x:v>
       </x:c>
       <x:c r="B3565" s="3">
-        <x:v>500350.3</x:v>
+        <x:v>500754.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3566" spans="1:2">
       <x:c r="A3566" s="2">
-        <x:v>40847</x:v>
+        <x:v>40871</x:v>
       </x:c>
       <x:c r="B3566" s="3">
-        <x:v>500334.49</x:v>
+        <x:v>500706.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3567" spans="1:2">
       <x:c r="A3567" s="2">
-        <x:v>40844</x:v>
+        <x:v>40870</x:v>
       </x:c>
       <x:c r="B3567" s="3">
-        <x:v>500302.47</x:v>
+        <x:v>500690.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3568" spans="1:2">
       <x:c r="A3568" s="2">
-        <x:v>40843</x:v>
+        <x:v>40869</x:v>
       </x:c>
       <x:c r="B3568" s="3">
-        <x:v>500254.5</x:v>
+        <x:v>500674.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3569" spans="1:2">
       <x:c r="A3569" s="2">
-        <x:v>40842</x:v>
+        <x:v>40868</x:v>
       </x:c>
       <x:c r="B3569" s="3">
-        <x:v>500238.51</x:v>
+        <x:v>500658.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3570" spans="1:2">
       <x:c r="A3570" s="2">
-        <x:v>40841</x:v>
+        <x:v>40865</x:v>
       </x:c>
       <x:c r="B3570" s="3">
-        <x:v>500222.53</x:v>
+        <x:v>500641.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3571" spans="1:2">
       <x:c r="A3571" s="2">
-        <x:v>40840</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="B3571" s="3">
-        <x:v>500206.56</x:v>
+        <x:v>500591.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3572" spans="1:2">
       <x:c r="A3572" s="2">
-        <x:v>40837</x:v>
+        <x:v>40863</x:v>
       </x:c>
       <x:c r="B3572" s="3">
-        <x:v>500190.59</x:v>
+        <x:v>500574.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3573" spans="1:2">
       <x:c r="A3573" s="2">
-        <x:v>40836</x:v>
+        <x:v>40862</x:v>
       </x:c>
       <x:c r="B3573" s="3">
-        <x:v>500142.68</x:v>
+        <x:v>500558.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3574" spans="1:2">
       <x:c r="A3574" s="2">
-        <x:v>40835</x:v>
+        <x:v>40861</x:v>
       </x:c>
       <x:c r="B3574" s="3">
-        <x:v>500127.35</x:v>
+        <x:v>500541.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3575" spans="1:2">
       <x:c r="A3575" s="2">
-        <x:v>40834</x:v>
+        <x:v>40857</x:v>
       </x:c>
       <x:c r="B3575" s="3">
-        <x:v>500112.11</x:v>
+        <x:v>500526</x:v>
       </x:c>
     </x:row>
     <x:row r="3576" spans="1:2">
       <x:c r="A3576" s="2">
-        <x:v>40833</x:v>
+        <x:v>40856</x:v>
       </x:c>
       <x:c r="B3576" s="3">
-        <x:v>500096.81</x:v>
+        <x:v>500462.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3577" spans="1:2">
       <x:c r="A3577" s="2">
-        <x:v>40830</x:v>
+        <x:v>40855</x:v>
       </x:c>
       <x:c r="B3577" s="3">
-        <x:v>500081.52</x:v>
+        <x:v>500446.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3578" spans="1:2">
       <x:c r="A3578" s="2">
-        <x:v>40829</x:v>
+        <x:v>40854</x:v>
       </x:c>
       <x:c r="B3578" s="3">
-        <x:v>500035.6</x:v>
+        <x:v>500430.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3579" spans="1:2">
       <x:c r="A3579" s="2">
-        <x:v>40828</x:v>
+        <x:v>40851</x:v>
       </x:c>
       <x:c r="B3579" s="3">
-        <x:v>500020.34</x:v>
+        <x:v>500414.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3580" spans="1:2">
       <x:c r="A3580" s="2">
-        <x:v>40827</x:v>
+        <x:v>40850</x:v>
       </x:c>
       <x:c r="B3580" s="3">
-        <x:v>500005.08</x:v>
+        <x:v>500366.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3581" spans="1:2">
       <x:c r="A3581" s="2">
-        <x:v>40826</x:v>
+        <x:v>40849</x:v>
       </x:c>
       <x:c r="B3581" s="3">
-        <x:v>499989.83</x:v>
+        <x:v>500350.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3582" spans="1:2">
       <x:c r="A3582" s="2">
-        <x:v>40823</x:v>
+        <x:v>40847</x:v>
       </x:c>
       <x:c r="B3582" s="3">
-        <x:v>499974.54</x:v>
+        <x:v>500334.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3583" spans="1:2">
       <x:c r="A3583" s="2">
-        <x:v>40822</x:v>
+        <x:v>40844</x:v>
       </x:c>
       <x:c r="B3583" s="3">
-        <x:v>499928.7</x:v>
+        <x:v>500302.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3584" spans="1:2">
       <x:c r="A3584" s="2">
-        <x:v>40821</x:v>
+        <x:v>40843</x:v>
       </x:c>
       <x:c r="B3584" s="3">
-        <x:v>499913.4</x:v>
+        <x:v>500254.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3585" spans="1:2">
       <x:c r="A3585" s="2">
-        <x:v>40820</x:v>
+        <x:v>40842</x:v>
       </x:c>
       <x:c r="B3585" s="3">
-        <x:v>499898.11</x:v>
+        <x:v>500238.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3586" spans="1:2">
       <x:c r="A3586" s="2">
-        <x:v>40819</x:v>
+        <x:v>40841</x:v>
       </x:c>
       <x:c r="B3586" s="3">
-        <x:v>499882.84</x:v>
+        <x:v>500222.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3587" spans="1:2">
       <x:c r="A3587" s="2">
-        <x:v>40816</x:v>
+        <x:v>40840</x:v>
       </x:c>
       <x:c r="B3587" s="3">
-        <x:v>499867.8</x:v>
+        <x:v>500206.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3588" spans="1:2">
       <x:c r="A3588" s="2">
-        <x:v>40815</x:v>
+        <x:v>40837</x:v>
       </x:c>
       <x:c r="B3588" s="3">
-        <x:v>499821.81</x:v>
+        <x:v>500190.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3589" spans="1:2">
       <x:c r="A3589" s="2">
-        <x:v>40814</x:v>
+        <x:v>40836</x:v>
       </x:c>
       <x:c r="B3589" s="3">
-        <x:v>499806.5</x:v>
+        <x:v>500142.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3590" spans="1:2">
       <x:c r="A3590" s="2">
-        <x:v>40813</x:v>
+        <x:v>40835</x:v>
       </x:c>
       <x:c r="B3590" s="3">
-        <x:v>499791.21</x:v>
+        <x:v>500127.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3591" spans="1:2">
       <x:c r="A3591" s="2">
-        <x:v>40812</x:v>
+        <x:v>40834</x:v>
       </x:c>
       <x:c r="B3591" s="3">
-        <x:v>499776.18</x:v>
+        <x:v>500112.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3592" spans="1:2">
       <x:c r="A3592" s="2">
-        <x:v>40809</x:v>
+        <x:v>40833</x:v>
       </x:c>
       <x:c r="B3592" s="3">
-        <x:v>499760.73</x:v>
+        <x:v>500096.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3593" spans="1:2">
       <x:c r="A3593" s="2">
-        <x:v>40808</x:v>
+        <x:v>40830</x:v>
       </x:c>
       <x:c r="B3593" s="3">
-        <x:v>499714.88</x:v>
+        <x:v>500081.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3594" spans="1:2">
       <x:c r="A3594" s="2">
-        <x:v>40807</x:v>
+        <x:v>40829</x:v>
       </x:c>
       <x:c r="B3594" s="3">
-        <x:v>499699.59</x:v>
+        <x:v>500035.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3595" spans="1:2">
       <x:c r="A3595" s="2">
-        <x:v>40806</x:v>
+        <x:v>40828</x:v>
       </x:c>
       <x:c r="B3595" s="3">
-        <x:v>499684.65</x:v>
+        <x:v>500020.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3596" spans="1:2">
       <x:c r="A3596" s="2">
-        <x:v>40805</x:v>
+        <x:v>40827</x:v>
       </x:c>
       <x:c r="B3596" s="3">
-        <x:v>499669.4</x:v>
+        <x:v>500005.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3597" spans="1:2">
       <x:c r="A3597" s="2">
-        <x:v>40802</x:v>
+        <x:v>40826</x:v>
       </x:c>
       <x:c r="B3597" s="3">
-        <x:v>499654.13</x:v>
+        <x:v>499989.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3598" spans="1:2">
       <x:c r="A3598" s="2">
-        <x:v>40801</x:v>
+        <x:v>40823</x:v>
       </x:c>
       <x:c r="B3598" s="3">
-        <x:v>499608.23</x:v>
+        <x:v>499974.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3599" spans="1:2">
       <x:c r="A3599" s="2">
-        <x:v>40800</x:v>
+        <x:v>40822</x:v>
       </x:c>
       <x:c r="B3599" s="3">
-        <x:v>499592.9</x:v>
+        <x:v>499928.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3600" spans="1:2">
       <x:c r="A3600" s="2">
-        <x:v>40799</x:v>
+        <x:v>40821</x:v>
       </x:c>
       <x:c r="B3600" s="3">
-        <x:v>499577.62</x:v>
+        <x:v>499913.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3601" spans="1:2">
       <x:c r="A3601" s="2">
-        <x:v>40798</x:v>
+        <x:v>40820</x:v>
       </x:c>
       <x:c r="B3601" s="3">
-        <x:v>499562.37</x:v>
+        <x:v>499898.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3602" spans="1:2">
       <x:c r="A3602" s="2">
-        <x:v>40795</x:v>
+        <x:v>40819</x:v>
       </x:c>
       <x:c r="B3602" s="3">
-        <x:v>499547.1</x:v>
+        <x:v>499882.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3603" spans="1:2">
       <x:c r="A3603" s="2">
-        <x:v>40794</x:v>
+        <x:v>40816</x:v>
       </x:c>
       <x:c r="B3603" s="3">
-        <x:v>499501.22</x:v>
+        <x:v>499867.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3604" spans="1:2">
       <x:c r="A3604" s="2">
-        <x:v>40793</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="B3604" s="3">
-        <x:v>499485.93</x:v>
+        <x:v>499821.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3605" spans="1:2">
       <x:c r="A3605" s="2">
-        <x:v>40792</x:v>
+        <x:v>40814</x:v>
       </x:c>
       <x:c r="B3605" s="3">
-        <x:v>499472.01</x:v>
+        <x:v>499806.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3606" spans="1:2">
       <x:c r="A3606" s="2">
-        <x:v>40791</x:v>
+        <x:v>40813</x:v>
       </x:c>
       <x:c r="B3606" s="3">
-        <x:v>499458.31</x:v>
+        <x:v>499791.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3607" spans="1:2">
       <x:c r="A3607" s="2">
-        <x:v>40788</x:v>
+        <x:v>40812</x:v>
       </x:c>
       <x:c r="B3607" s="3">
-        <x:v>499444.43</x:v>
+        <x:v>499776.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3608" spans="1:2">
       <x:c r="A3608" s="2">
-        <x:v>40787</x:v>
+        <x:v>40809</x:v>
       </x:c>
       <x:c r="B3608" s="3">
-        <x:v>499402.79</x:v>
+        <x:v>499760.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3609" spans="1:2">
       <x:c r="A3609" s="2">
-        <x:v>40786</x:v>
+        <x:v>40808</x:v>
       </x:c>
       <x:c r="B3609" s="3">
-        <x:v>499388.88</x:v>
+        <x:v>499714.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3610" spans="1:2">
       <x:c r="A3610" s="2">
-        <x:v>40785</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="B3610" s="3">
-        <x:v>499375.01</x:v>
+        <x:v>499699.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3611" spans="1:2">
       <x:c r="A3611" s="2">
-        <x:v>40784</x:v>
+        <x:v>40806</x:v>
       </x:c>
       <x:c r="B3611" s="3">
-        <x:v>499361.14</x:v>
+        <x:v>499684.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3612" spans="1:2">
       <x:c r="A3612" s="2">
-        <x:v>40781</x:v>
+        <x:v>40805</x:v>
       </x:c>
       <x:c r="B3612" s="3">
-        <x:v>499347.29</x:v>
+        <x:v>499669.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3613" spans="1:2">
       <x:c r="A3613" s="2">
-        <x:v>40780</x:v>
+        <x:v>40802</x:v>
       </x:c>
       <x:c r="B3613" s="3">
-        <x:v>499305.56</x:v>
+        <x:v>499654.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3614" spans="1:2">
       <x:c r="A3614" s="2">
-        <x:v>40779</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="B3614" s="3">
-        <x:v>499291.67</x:v>
+        <x:v>499608.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3615" spans="1:2">
       <x:c r="A3615" s="2">
-        <x:v>40778</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="B3615" s="3">
-        <x:v>499280.58</x:v>
+        <x:v>499592.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3616" spans="1:2">
       <x:c r="A3616" s="2">
-        <x:v>40777</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="B3616" s="3">
-        <x:v>499269.49</x:v>
+        <x:v>499577.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3617" spans="1:2">
       <x:c r="A3617" s="2">
-        <x:v>40774</x:v>
+        <x:v>40798</x:v>
       </x:c>
       <x:c r="B3617" s="3">
-        <x:v>499258.4</x:v>
+        <x:v>499562.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3618" spans="1:2">
       <x:c r="A3618" s="2">
-        <x:v>40773</x:v>
+        <x:v>40795</x:v>
       </x:c>
       <x:c r="B3618" s="3">
-        <x:v>499216.76</x:v>
+        <x:v>499547.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3619" spans="1:2">
       <x:c r="A3619" s="2">
-        <x:v>40772</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="B3619" s="3">
-        <x:v>499202.92</x:v>
+        <x:v>499501.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3620" spans="1:2">
       <x:c r="A3620" s="2">
-        <x:v>40771</x:v>
+        <x:v>40793</x:v>
       </x:c>
       <x:c r="B3620" s="3">
-        <x:v>499189.02</x:v>
+        <x:v>499485.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3621" spans="1:2">
       <x:c r="A3621" s="2">
-        <x:v>40767</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="B3621" s="3">
-        <x:v>499175.13</x:v>
+        <x:v>499472.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3622" spans="1:2">
       <x:c r="A3622" s="2">
-        <x:v>40766</x:v>
+        <x:v>40791</x:v>
       </x:c>
       <x:c r="B3622" s="3">
-        <x:v>499113.85</x:v>
+        <x:v>499458.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3623" spans="1:2">
       <x:c r="A3623" s="2">
-        <x:v>40765</x:v>
+        <x:v>40788</x:v>
       </x:c>
       <x:c r="B3623" s="3">
-        <x:v>499097.93</x:v>
+        <x:v>499444.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3624" spans="1:2">
       <x:c r="A3624" s="2">
-        <x:v>40764</x:v>
+        <x:v>40787</x:v>
       </x:c>
       <x:c r="B3624" s="3">
-        <x:v>499080.35</x:v>
+        <x:v>499402.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3625" spans="1:2">
       <x:c r="A3625" s="2">
-        <x:v>40763</x:v>
+        <x:v>40786</x:v>
       </x:c>
       <x:c r="B3625" s="3">
-        <x:v>499062.79</x:v>
+        <x:v>499388.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3626" spans="1:2">
       <x:c r="A3626" s="2">
-        <x:v>40760</x:v>
+        <x:v>40785</x:v>
       </x:c>
       <x:c r="B3626" s="3">
-        <x:v>499045.2</x:v>
+        <x:v>499375.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3627" spans="1:2">
       <x:c r="A3627" s="2">
-        <x:v>40759</x:v>
+        <x:v>40784</x:v>
       </x:c>
       <x:c r="B3627" s="3">
-        <x:v>498992.41</x:v>
+        <x:v>499361.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3628" spans="1:2">
       <x:c r="A3628" s="2">
-        <x:v>40758</x:v>
+        <x:v>40781</x:v>
       </x:c>
       <x:c r="B3628" s="3">
-        <x:v>498974.81</x:v>
+        <x:v>499347.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3629" spans="1:2">
       <x:c r="A3629" s="2">
-        <x:v>40757</x:v>
+        <x:v>40780</x:v>
       </x:c>
       <x:c r="B3629" s="3">
-        <x:v>498957.22</x:v>
+        <x:v>499305.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3630" spans="1:2">
       <x:c r="A3630" s="2">
-        <x:v>40756</x:v>
+        <x:v>40779</x:v>
       </x:c>
       <x:c r="B3630" s="3">
-        <x:v>498939.58</x:v>
+        <x:v>499291.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3631" spans="1:2">
       <x:c r="A3631" s="2">
-        <x:v>40753</x:v>
+        <x:v>40778</x:v>
       </x:c>
       <x:c r="B3631" s="3">
-        <x:v>498922.07</x:v>
+        <x:v>499280.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3632" spans="1:2">
       <x:c r="A3632" s="2">
-        <x:v>40752</x:v>
+        <x:v>40777</x:v>
       </x:c>
       <x:c r="B3632" s="3">
-        <x:v>498869.25</x:v>
+        <x:v>499269.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3633" spans="1:2">
       <x:c r="A3633" s="2">
-        <x:v>40751</x:v>
+        <x:v>40774</x:v>
       </x:c>
       <x:c r="B3633" s="3">
-        <x:v>498850.93</x:v>
+        <x:v>499258.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3634" spans="1:2">
       <x:c r="A3634" s="2">
-        <x:v>40750</x:v>
+        <x:v>40773</x:v>
       </x:c>
       <x:c r="B3634" s="3">
-        <x:v>498832.65</x:v>
+        <x:v>499216.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3635" spans="1:2">
       <x:c r="A3635" s="2">
-        <x:v>40749</x:v>
+        <x:v>40772</x:v>
       </x:c>
       <x:c r="B3635" s="3">
-        <x:v>498814.4</x:v>
+        <x:v>499202.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3636" spans="1:2">
       <x:c r="A3636" s="2">
-        <x:v>40746</x:v>
+        <x:v>40771</x:v>
       </x:c>
       <x:c r="B3636" s="3">
-        <x:v>498796.11</x:v>
+        <x:v>499189.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3637" spans="1:2">
       <x:c r="A3637" s="2">
-        <x:v>40745</x:v>
+        <x:v>40767</x:v>
       </x:c>
       <x:c r="B3637" s="3">
-        <x:v>498741.23</x:v>
+        <x:v>499175.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3638" spans="1:2">
       <x:c r="A3638" s="2">
-        <x:v>40744</x:v>
+        <x:v>40766</x:v>
       </x:c>
       <x:c r="B3638" s="3">
-        <x:v>498722.94</x:v>
+        <x:v>499113.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3639" spans="1:2">
       <x:c r="A3639" s="2">
-        <x:v>40743</x:v>
+        <x:v>40765</x:v>
       </x:c>
       <x:c r="B3639" s="3">
-        <x:v>498704.67</x:v>
+        <x:v>499097.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3640" spans="1:2">
       <x:c r="A3640" s="2">
-        <x:v>40742</x:v>
+        <x:v>40764</x:v>
       </x:c>
       <x:c r="B3640" s="3">
-        <x:v>498685.96</x:v>
+        <x:v>499080.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3641" spans="1:2">
       <x:c r="A3641" s="2">
-        <x:v>40739</x:v>
+        <x:v>40763</x:v>
       </x:c>
       <x:c r="B3641" s="3">
-        <x:v>498667.24</x:v>
+        <x:v>499062.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3642" spans="1:2">
       <x:c r="A3642" s="2">
-        <x:v>40737</x:v>
+        <x:v>40760</x:v>
       </x:c>
       <x:c r="B3642" s="3">
-        <x:v>498611.2</x:v>
+        <x:v>499045.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3643" spans="1:2">
       <x:c r="A3643" s="2">
-        <x:v>40736</x:v>
+        <x:v>40759</x:v>
       </x:c>
       <x:c r="B3643" s="3">
-        <x:v>498573.95</x:v>
+        <x:v>498992.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3644" spans="1:2">
       <x:c r="A3644" s="2">
-        <x:v>40735</x:v>
+        <x:v>40758</x:v>
       </x:c>
       <x:c r="B3644" s="3">
-        <x:v>498555.25</x:v>
+        <x:v>498974.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3645" spans="1:2">
       <x:c r="A3645" s="2">
-        <x:v>40732</x:v>
+        <x:v>40757</x:v>
       </x:c>
       <x:c r="B3645" s="3">
-        <x:v>498536.62</x:v>
+        <x:v>498957.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3646" spans="1:2">
       <x:c r="A3646" s="2">
-        <x:v>40731</x:v>
+        <x:v>40756</x:v>
       </x:c>
       <x:c r="B3646" s="3">
-        <x:v>498480.53</x:v>
+        <x:v>498939.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3647" spans="1:2">
       <x:c r="A3647" s="2">
-        <x:v>40730</x:v>
+        <x:v>40753</x:v>
       </x:c>
       <x:c r="B3647" s="3">
-        <x:v>498461.86</x:v>
+        <x:v>498922.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3648" spans="1:2">
       <x:c r="A3648" s="2">
-        <x:v>40729</x:v>
+        <x:v>40752</x:v>
       </x:c>
       <x:c r="B3648" s="3">
-        <x:v>498443.15</x:v>
+        <x:v>498869.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3649" spans="1:2">
       <x:c r="A3649" s="2">
-        <x:v>40728</x:v>
+        <x:v>40751</x:v>
       </x:c>
       <x:c r="B3649" s="3">
-        <x:v>498424.6</x:v>
+        <x:v>498850.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3650" spans="1:2">
       <x:c r="A3650" s="2">
-        <x:v>40725</x:v>
+        <x:v>40750</x:v>
       </x:c>
       <x:c r="B3650" s="3">
-        <x:v>498405.95</x:v>
+        <x:v>498832.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3651" spans="1:2">
       <x:c r="A3651" s="2">
-        <x:v>40724</x:v>
+        <x:v>40749</x:v>
       </x:c>
       <x:c r="B3651" s="3">
-        <x:v>498349.93</x:v>
+        <x:v>498814.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3652" spans="1:2">
       <x:c r="A3652" s="2">
-        <x:v>40723</x:v>
+        <x:v>40746</x:v>
       </x:c>
       <x:c r="B3652" s="3">
-        <x:v>498331.16</x:v>
+        <x:v>498796.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3653" spans="1:2">
       <x:c r="A3653" s="2">
-        <x:v>40722</x:v>
+        <x:v>40745</x:v>
       </x:c>
       <x:c r="B3653" s="3">
-        <x:v>498312.46</x:v>
+        <x:v>498741.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3654" spans="1:2">
       <x:c r="A3654" s="2">
-        <x:v>40721</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="B3654" s="3">
-        <x:v>498293.1</x:v>
+        <x:v>498722.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3655" spans="1:2">
       <x:c r="A3655" s="2">
-        <x:v>40718</x:v>
+        <x:v>40743</x:v>
       </x:c>
       <x:c r="B3655" s="3">
-        <x:v>498273.75</x:v>
+        <x:v>498704.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3656" spans="1:2">
       <x:c r="A3656" s="2">
-        <x:v>40717</x:v>
+        <x:v>40742</x:v>
       </x:c>
       <x:c r="B3656" s="3">
-        <x:v>498212.91</x:v>
+        <x:v>498685.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3657" spans="1:2">
       <x:c r="A3657" s="2">
-        <x:v>40716</x:v>
+        <x:v>40739</x:v>
       </x:c>
       <x:c r="B3657" s="3">
-        <x:v>498192.75</x:v>
+        <x:v>498667.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3658" spans="1:2">
       <x:c r="A3658" s="2">
-        <x:v>40715</x:v>
+        <x:v>40737</x:v>
       </x:c>
       <x:c r="B3658" s="3">
-        <x:v>498172.55</x:v>
+        <x:v>498611.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3659" spans="1:2">
       <x:c r="A3659" s="2">
-        <x:v>40714</x:v>
+        <x:v>40736</x:v>
       </x:c>
       <x:c r="B3659" s="3">
-        <x:v>498152.35</x:v>
+        <x:v>498573.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3660" spans="1:2">
       <x:c r="A3660" s="2">
-        <x:v>40711</x:v>
+        <x:v>40735</x:v>
       </x:c>
       <x:c r="B3660" s="3">
-        <x:v>498132.13</x:v>
+        <x:v>498555.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3661" spans="1:2">
       <x:c r="A3661" s="2">
-        <x:v>40710</x:v>
+        <x:v>40732</x:v>
       </x:c>
       <x:c r="B3661" s="3">
-        <x:v>498071.53</x:v>
+        <x:v>498536.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3662" spans="1:2">
       <x:c r="A3662" s="2">
-        <x:v>40709</x:v>
+        <x:v>40731</x:v>
       </x:c>
       <x:c r="B3662" s="3">
-        <x:v>498051.26</x:v>
+        <x:v>498480.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3663" spans="1:2">
       <x:c r="A3663" s="2">
-        <x:v>40708</x:v>
+        <x:v>40730</x:v>
       </x:c>
       <x:c r="B3663" s="3">
-        <x:v>498031.09</x:v>
+        <x:v>498461.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3664" spans="1:2">
       <x:c r="A3664" s="2">
-        <x:v>40704</x:v>
+        <x:v>40729</x:v>
       </x:c>
       <x:c r="B3664" s="3">
-        <x:v>498010.9</x:v>
+        <x:v>498443.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3665" spans="1:2">
       <x:c r="A3665" s="2">
-        <x:v>40703</x:v>
+        <x:v>40728</x:v>
       </x:c>
       <x:c r="B3665" s="3">
-        <x:v>497930.1</x:v>
+        <x:v>498424.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3666" spans="1:2">
       <x:c r="A3666" s="2">
-        <x:v>40702</x:v>
+        <x:v>40725</x:v>
       </x:c>
       <x:c r="B3666" s="3">
-        <x:v>497909.92</x:v>
+        <x:v>498405.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3667" spans="1:2">
       <x:c r="A3667" s="2">
-        <x:v>40701</x:v>
+        <x:v>40724</x:v>
       </x:c>
       <x:c r="B3667" s="3">
-        <x:v>497889.73</x:v>
+        <x:v>498349.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3668" spans="1:2">
       <x:c r="A3668" s="2">
-        <x:v>40700</x:v>
+        <x:v>40723</x:v>
       </x:c>
       <x:c r="B3668" s="3">
-        <x:v>497869.53</x:v>
+        <x:v>498331.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3669" spans="1:2">
       <x:c r="A3669" s="2">
-        <x:v>40697</x:v>
+        <x:v>40722</x:v>
       </x:c>
       <x:c r="B3669" s="3">
-        <x:v>497849.37</x:v>
+        <x:v>498312.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3670" spans="1:2">
       <x:c r="A3670" s="2">
-        <x:v>40695</x:v>
+        <x:v>40721</x:v>
       </x:c>
       <x:c r="B3670" s="3">
-        <x:v>497788.82</x:v>
+        <x:v>498293.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3671" spans="1:2">
       <x:c r="A3671" s="2">
-        <x:v>40694</x:v>
+        <x:v>40718</x:v>
       </x:c>
       <x:c r="B3671" s="3">
-        <x:v>497748.63</x:v>
+        <x:v>498273.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3672" spans="1:2">
       <x:c r="A3672" s="2">
-        <x:v>40693</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="B3672" s="3">
-        <x:v>497728.39</x:v>
+        <x:v>498212.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3673" spans="1:2">
       <x:c r="A3673" s="2">
-        <x:v>40690</x:v>
+        <x:v>40716</x:v>
       </x:c>
       <x:c r="B3673" s="3">
-        <x:v>497708.21</x:v>
+        <x:v>498192.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3674" spans="1:2">
       <x:c r="A3674" s="2">
-        <x:v>40689</x:v>
+        <x:v>40715</x:v>
       </x:c>
       <x:c r="B3674" s="3">
-        <x:v>497647.67</x:v>
+        <x:v>498172.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3675" spans="1:2">
       <x:c r="A3675" s="2">
-        <x:v>40688</x:v>
+        <x:v>40714</x:v>
       </x:c>
       <x:c r="B3675" s="3">
-        <x:v>497627.54</x:v>
+        <x:v>498152.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3676" spans="1:2">
       <x:c r="A3676" s="2">
-        <x:v>40687</x:v>
+        <x:v>40711</x:v>
       </x:c>
       <x:c r="B3676" s="3">
-        <x:v>497607.35</x:v>
+        <x:v>498132.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3677" spans="1:2">
       <x:c r="A3677" s="2">
-        <x:v>40686</x:v>
+        <x:v>40710</x:v>
       </x:c>
       <x:c r="B3677" s="3">
-        <x:v>497587.21</x:v>
+        <x:v>498071.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3678" spans="1:2">
       <x:c r="A3678" s="2">
-        <x:v>40683</x:v>
+        <x:v>40709</x:v>
       </x:c>
       <x:c r="B3678" s="3">
-        <x:v>497567.02</x:v>
+        <x:v>498051.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3679" spans="1:2">
       <x:c r="A3679" s="2">
-        <x:v>40682</x:v>
+        <x:v>40708</x:v>
       </x:c>
       <x:c r="B3679" s="3">
-        <x:v>497506.48</x:v>
+        <x:v>498031.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3680" spans="1:2">
       <x:c r="A3680" s="2">
-        <x:v>40681</x:v>
+        <x:v>40704</x:v>
       </x:c>
       <x:c r="B3680" s="3">
-        <x:v>497487.04</x:v>
+        <x:v>498010.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3681" spans="1:2">
       <x:c r="A3681" s="2">
-        <x:v>40680</x:v>
+        <x:v>40703</x:v>
       </x:c>
       <x:c r="B3681" s="3">
-        <x:v>497467.7</x:v>
+        <x:v>497930.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3682" spans="1:2">
       <x:c r="A3682" s="2">
-        <x:v>40679</x:v>
+        <x:v>40702</x:v>
       </x:c>
       <x:c r="B3682" s="3">
-        <x:v>497448.33</x:v>
+        <x:v>497909.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3683" spans="1:2">
       <x:c r="A3683" s="2">
-        <x:v>40676</x:v>
+        <x:v>40701</x:v>
       </x:c>
       <x:c r="B3683" s="3">
-        <x:v>497429</x:v>
+        <x:v>497889.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3684" spans="1:2">
       <x:c r="A3684" s="2">
-        <x:v>40675</x:v>
+        <x:v>40700</x:v>
       </x:c>
       <x:c r="B3684" s="3">
-        <x:v>497371.07</x:v>
+        <x:v>497869.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3685" spans="1:2">
       <x:c r="A3685" s="2">
-        <x:v>40674</x:v>
+        <x:v>40697</x:v>
       </x:c>
       <x:c r="B3685" s="3">
-        <x:v>497351.75</x:v>
+        <x:v>497849.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3686" spans="1:2">
       <x:c r="A3686" s="2">
-        <x:v>40673</x:v>
+        <x:v>40695</x:v>
       </x:c>
       <x:c r="B3686" s="3">
-        <x:v>497332.41</x:v>
+        <x:v>497788.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3687" spans="1:2">
       <x:c r="A3687" s="2">
-        <x:v>40672</x:v>
+        <x:v>40694</x:v>
       </x:c>
       <x:c r="B3687" s="3">
-        <x:v>497313.78</x:v>
+        <x:v>497748.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3688" spans="1:2">
       <x:c r="A3688" s="2">
-        <x:v>40669</x:v>
+        <x:v>40693</x:v>
       </x:c>
       <x:c r="B3688" s="3">
-        <x:v>497295.25</x:v>
+        <x:v>497728.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3689" spans="1:2">
       <x:c r="A3689" s="2">
-        <x:v>40668</x:v>
+        <x:v>40690</x:v>
       </x:c>
       <x:c r="B3689" s="3">
-        <x:v>497239.82</x:v>
+        <x:v>497708.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3690" spans="1:2">
       <x:c r="A3690" s="2">
-        <x:v>40667</x:v>
+        <x:v>40689</x:v>
       </x:c>
       <x:c r="B3690" s="3">
-        <x:v>497221.23</x:v>
+        <x:v>497647.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3691" spans="1:2">
       <x:c r="A3691" s="2">
-        <x:v>40666</x:v>
+        <x:v>40688</x:v>
       </x:c>
       <x:c r="B3691" s="3">
-        <x:v>497202.7</x:v>
+        <x:v>497627.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3692" spans="1:2">
       <x:c r="A3692" s="2">
-        <x:v>40665</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="B3692" s="3">
-        <x:v>497184.19</x:v>
+        <x:v>497607.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3693" spans="1:2">
       <x:c r="A3693" s="2">
-        <x:v>40662</x:v>
+        <x:v>40686</x:v>
       </x:c>
       <x:c r="B3693" s="3">
-        <x:v>497165.79</x:v>
+        <x:v>497587.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3694" spans="1:2">
       <x:c r="A3694" s="2">
-        <x:v>40661</x:v>
+        <x:v>40683</x:v>
       </x:c>
       <x:c r="B3694" s="3">
-        <x:v>497110.14</x:v>
+        <x:v>497567.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3695" spans="1:2">
       <x:c r="A3695" s="2">
-        <x:v>40660</x:v>
+        <x:v>40682</x:v>
       </x:c>
       <x:c r="B3695" s="3">
-        <x:v>498300.2</x:v>
+        <x:v>497506.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3696" spans="1:2">
       <x:c r="A3696" s="2">
-        <x:v>40659</x:v>
+        <x:v>40681</x:v>
       </x:c>
       <x:c r="B3696" s="3">
-        <x:v>498281.65</x:v>
+        <x:v>497487.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3697" spans="1:2">
       <x:c r="A3697" s="2">
-        <x:v>40654</x:v>
+        <x:v>40680</x:v>
       </x:c>
       <x:c r="B3697" s="3">
-        <x:v>498263.1</x:v>
+        <x:v>497467.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3698" spans="1:2">
       <x:c r="A3698" s="2">
-        <x:v>40653</x:v>
+        <x:v>40679</x:v>
       </x:c>
       <x:c r="B3698" s="3">
-        <x:v>498170.38</x:v>
+        <x:v>497448.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3699" spans="1:2">
       <x:c r="A3699" s="2">
-        <x:v>40652</x:v>
+        <x:v>40676</x:v>
       </x:c>
       <x:c r="B3699" s="3">
-        <x:v>498151.84</x:v>
+        <x:v>497429</x:v>
       </x:c>
     </x:row>
     <x:row r="3700" spans="1:2">
       <x:c r="A3700" s="2">
-        <x:v>40651</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="B3700" s="3">
-        <x:v>498133.3</x:v>
+        <x:v>497371.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3701" spans="1:2">
       <x:c r="A3701" s="2">
-        <x:v>40648</x:v>
+        <x:v>40674</x:v>
       </x:c>
       <x:c r="B3701" s="3">
-        <x:v>498114.76</x:v>
+        <x:v>497351.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3702" spans="1:2">
       <x:c r="A3702" s="2">
-        <x:v>40647</x:v>
+        <x:v>40673</x:v>
       </x:c>
       <x:c r="B3702" s="3">
-        <x:v>498057.48</x:v>
+        <x:v>497332.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3703" spans="1:2">
       <x:c r="A3703" s="2">
-        <x:v>40646</x:v>
+        <x:v>40672</x:v>
       </x:c>
       <x:c r="B3703" s="3">
-        <x:v>498038.39</x:v>
+        <x:v>497313.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3704" spans="1:2">
       <x:c r="A3704" s="2">
-        <x:v>40645</x:v>
+        <x:v>40669</x:v>
       </x:c>
       <x:c r="B3704" s="3">
-        <x:v>498019.85</x:v>
+        <x:v>497295.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3705" spans="1:2">
       <x:c r="A3705" s="2">
-        <x:v>40644</x:v>
+        <x:v>40668</x:v>
       </x:c>
       <x:c r="B3705" s="3">
-        <x:v>498001.31</x:v>
+        <x:v>497239.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3706" spans="1:2">
       <x:c r="A3706" s="2">
-        <x:v>40641</x:v>
+        <x:v>40667</x:v>
       </x:c>
       <x:c r="B3706" s="3">
-        <x:v>497982.77</x:v>
+        <x:v>497221.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3707" spans="1:2">
       <x:c r="A3707" s="2">
-        <x:v>40640</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="B3707" s="3">
-        <x:v>497927.17</x:v>
+        <x:v>497202.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3708" spans="1:2">
       <x:c r="A3708" s="2">
-        <x:v>40639</x:v>
+        <x:v>40665</x:v>
       </x:c>
       <x:c r="B3708" s="3">
-        <x:v>497908.64</x:v>
+        <x:v>497184.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3709" spans="1:2">
       <x:c r="A3709" s="2">
-        <x:v>40638</x:v>
+        <x:v>40662</x:v>
       </x:c>
       <x:c r="B3709" s="3">
-        <x:v>497890.11</x:v>
+        <x:v>497165.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3710" spans="1:2">
       <x:c r="A3710" s="2">
-        <x:v>40637</x:v>
+        <x:v>40661</x:v>
       </x:c>
       <x:c r="B3710" s="3">
-        <x:v>497871.58</x:v>
+        <x:v>497110.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3711" spans="1:2">
       <x:c r="A3711" s="2">
-        <x:v>40634</x:v>
+        <x:v>40660</x:v>
       </x:c>
       <x:c r="B3711" s="3">
-        <x:v>497853.05</x:v>
+        <x:v>498300.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3712" spans="1:2">
       <x:c r="A3712" s="2">
-        <x:v>40633</x:v>
+        <x:v>40659</x:v>
       </x:c>
       <x:c r="B3712" s="3">
-        <x:v>497797.46</x:v>
+        <x:v>498281.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3713" spans="1:2">
       <x:c r="A3713" s="2">
-        <x:v>40632</x:v>
+        <x:v>40654</x:v>
       </x:c>
       <x:c r="B3713" s="3">
-        <x:v>497778.93</x:v>
+        <x:v>498263.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3714" spans="1:2">
       <x:c r="A3714" s="2">
-        <x:v>40631</x:v>
+        <x:v>40653</x:v>
       </x:c>
       <x:c r="B3714" s="3">
-        <x:v>497760.4</x:v>
+        <x:v>498170.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3715" spans="1:2">
       <x:c r="A3715" s="2">
-        <x:v>40630</x:v>
+        <x:v>40652</x:v>
       </x:c>
       <x:c r="B3715" s="3">
-        <x:v>497742.43</x:v>
+        <x:v>498151.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3716" spans="1:2">
       <x:c r="A3716" s="2">
-        <x:v>40627</x:v>
+        <x:v>40651</x:v>
       </x:c>
       <x:c r="B3716" s="3">
-        <x:v>497724.46</x:v>
+        <x:v>498133.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3717" spans="1:2">
       <x:c r="A3717" s="2">
-        <x:v>40626</x:v>
+        <x:v>40648</x:v>
       </x:c>
       <x:c r="B3717" s="3">
-        <x:v>497670.55</x:v>
+        <x:v>498114.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3718" spans="1:2">
       <x:c r="A3718" s="2">
-        <x:v>40625</x:v>
+        <x:v>40647</x:v>
       </x:c>
       <x:c r="B3718" s="3">
-        <x:v>497652.58</x:v>
+        <x:v>498057.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3719" spans="1:2">
       <x:c r="A3719" s="2">
-        <x:v>40624</x:v>
+        <x:v>40646</x:v>
       </x:c>
       <x:c r="B3719" s="3">
-        <x:v>497634.61</x:v>
+        <x:v>498038.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3720" spans="1:2">
       <x:c r="A3720" s="2">
-        <x:v>40623</x:v>
+        <x:v>40645</x:v>
       </x:c>
       <x:c r="B3720" s="3">
-        <x:v>497616.64</x:v>
+        <x:v>498019.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3721" spans="1:2">
       <x:c r="A3721" s="2">
-        <x:v>40620</x:v>
+        <x:v>40644</x:v>
       </x:c>
       <x:c r="B3721" s="3">
-        <x:v>497600.05</x:v>
+        <x:v>498001.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3722" spans="1:2">
       <x:c r="A3722" s="2">
-        <x:v>40619</x:v>
+        <x:v>40641</x:v>
       </x:c>
       <x:c r="B3722" s="3">
-        <x:v>497550.29</x:v>
+        <x:v>497982.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3723" spans="1:2">
       <x:c r="A3723" s="2">
-        <x:v>40618</x:v>
+        <x:v>40640</x:v>
       </x:c>
       <x:c r="B3723" s="3">
-        <x:v>497533.71</x:v>
+        <x:v>497927.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3724" spans="1:2">
       <x:c r="A3724" s="2">
-        <x:v>40617</x:v>
+        <x:v>40639</x:v>
       </x:c>
       <x:c r="B3724" s="3">
-        <x:v>497517.13</x:v>
+        <x:v>497908.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3725" spans="1:2">
       <x:c r="A3725" s="2">
-        <x:v>40616</x:v>
+        <x:v>40638</x:v>
       </x:c>
       <x:c r="B3725" s="3">
-        <x:v>497500.55</x:v>
+        <x:v>497890.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3726" spans="1:2">
       <x:c r="A3726" s="2">
-        <x:v>40613</x:v>
+        <x:v>40637</x:v>
       </x:c>
       <x:c r="B3726" s="3">
-        <x:v>497483.97</x:v>
+        <x:v>497871.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3727" spans="1:2">
       <x:c r="A3727" s="2">
-        <x:v>40612</x:v>
+        <x:v>40634</x:v>
       </x:c>
       <x:c r="B3727" s="3">
-        <x:v>497434.23</x:v>
+        <x:v>497853.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3728" spans="1:2">
       <x:c r="A3728" s="2">
-        <x:v>40611</x:v>
+        <x:v>40633</x:v>
       </x:c>
       <x:c r="B3728" s="3">
-        <x:v>497417.65</x:v>
+        <x:v>497797.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3729" spans="1:2">
       <x:c r="A3729" s="2">
-        <x:v>40610</x:v>
+        <x:v>40632</x:v>
       </x:c>
       <x:c r="B3729" s="3">
-        <x:v>497401.07</x:v>
+        <x:v>497778.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3730" spans="1:2">
       <x:c r="A3730" s="2">
-        <x:v>40609</x:v>
+        <x:v>40631</x:v>
       </x:c>
       <x:c r="B3730" s="3">
-        <x:v>497384.49</x:v>
+        <x:v>497760.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3731" spans="1:2">
       <x:c r="A3731" s="2">
-        <x:v>40606</x:v>
+        <x:v>40630</x:v>
       </x:c>
       <x:c r="B3731" s="3">
-        <x:v>497367.91</x:v>
+        <x:v>497742.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3732" spans="1:2">
       <x:c r="A3732" s="2">
-        <x:v>40605</x:v>
+        <x:v>40627</x:v>
       </x:c>
       <x:c r="B3732" s="3">
-        <x:v>497318.18</x:v>
+        <x:v>497724.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3733" spans="1:2">
       <x:c r="A3733" s="2">
-        <x:v>40604</x:v>
+        <x:v>40626</x:v>
       </x:c>
       <x:c r="B3733" s="3">
-        <x:v>497301.6</x:v>
+        <x:v>497670.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3734" spans="1:2">
       <x:c r="A3734" s="2">
-        <x:v>40603</x:v>
+        <x:v>40625</x:v>
       </x:c>
       <x:c r="B3734" s="3">
-        <x:v>497285.02</x:v>
+        <x:v>497652.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3735" spans="1:2">
       <x:c r="A3735" s="2">
-        <x:v>40602</x:v>
+        <x:v>40624</x:v>
       </x:c>
       <x:c r="B3735" s="3">
-        <x:v>497268.44</x:v>
+        <x:v>497634.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3736" spans="1:2">
       <x:c r="A3736" s="2">
-        <x:v>40599</x:v>
+        <x:v>40623</x:v>
       </x:c>
       <x:c r="B3736" s="3">
-        <x:v>497251.86</x:v>
+        <x:v>497616.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3737" spans="1:2">
       <x:c r="A3737" s="2">
-        <x:v>40598</x:v>
+        <x:v>40620</x:v>
       </x:c>
       <x:c r="B3737" s="3">
-        <x:v>497202.14</x:v>
+        <x:v>497600.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3738" spans="1:2">
       <x:c r="A3738" s="2">
-        <x:v>40597</x:v>
+        <x:v>40619</x:v>
       </x:c>
       <x:c r="B3738" s="3">
-        <x:v>497185.57</x:v>
+        <x:v>497550.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3739" spans="1:2">
       <x:c r="A3739" s="2">
-        <x:v>40596</x:v>
+        <x:v>40618</x:v>
       </x:c>
       <x:c r="B3739" s="3">
-        <x:v>497169</x:v>
+        <x:v>497533.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3740" spans="1:2">
       <x:c r="A3740" s="2">
-        <x:v>40595</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="B3740" s="3">
-        <x:v>497152.43</x:v>
+        <x:v>497517.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3741" spans="1:2">
       <x:c r="A3741" s="2">
-        <x:v>40592</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="B3741" s="3">
-        <x:v>497135.86</x:v>
+        <x:v>497500.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3742" spans="1:2">
       <x:c r="A3742" s="2">
-        <x:v>40591</x:v>
+        <x:v>40613</x:v>
       </x:c>
       <x:c r="B3742" s="3">
-        <x:v>497086.15</x:v>
+        <x:v>497483.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3743" spans="1:2">
       <x:c r="A3743" s="2">
-        <x:v>40590</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="B3743" s="3">
-        <x:v>497069.58</x:v>
+        <x:v>497434.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3744" spans="1:2">
       <x:c r="A3744" s="2">
-        <x:v>40589</x:v>
+        <x:v>40611</x:v>
       </x:c>
       <x:c r="B3744" s="3">
-        <x:v>497053.01</x:v>
+        <x:v>497417.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3745" spans="1:2">
       <x:c r="A3745" s="2">
-        <x:v>40588</x:v>
+        <x:v>40610</x:v>
       </x:c>
       <x:c r="B3745" s="3">
-        <x:v>497036.44</x:v>
+        <x:v>497401.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3746" spans="1:2">
       <x:c r="A3746" s="2">
-        <x:v>40585</x:v>
+        <x:v>40609</x:v>
       </x:c>
       <x:c r="B3746" s="3">
-        <x:v>497021.25</x:v>
+        <x:v>497384.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3747" spans="1:2">
       <x:c r="A3747" s="2">
-        <x:v>40584</x:v>
+        <x:v>40606</x:v>
       </x:c>
       <x:c r="B3747" s="3">
-        <x:v>496975.69</x:v>
+        <x:v>497367.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3748" spans="1:2">
       <x:c r="A3748" s="2">
-        <x:v>40583</x:v>
+        <x:v>40605</x:v>
       </x:c>
       <x:c r="B3748" s="3">
-        <x:v>496960.51</x:v>
+        <x:v>497318.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3749" spans="1:2">
       <x:c r="A3749" s="2">
-        <x:v>40582</x:v>
+        <x:v>40604</x:v>
       </x:c>
       <x:c r="B3749" s="3">
-        <x:v>496945.33</x:v>
+        <x:v>497301.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3750" spans="1:2">
       <x:c r="A3750" s="2">
-        <x:v>40581</x:v>
+        <x:v>40603</x:v>
       </x:c>
       <x:c r="B3750" s="3">
-        <x:v>496930.15</x:v>
+        <x:v>497285.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3751" spans="1:2">
       <x:c r="A3751" s="2">
-        <x:v>40578</x:v>
+        <x:v>40602</x:v>
       </x:c>
       <x:c r="B3751" s="3">
-        <x:v>496914.97</x:v>
+        <x:v>497268.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3752" spans="1:2">
       <x:c r="A3752" s="2">
-        <x:v>40577</x:v>
+        <x:v>40599</x:v>
       </x:c>
       <x:c r="B3752" s="3">
-        <x:v>496869.42</x:v>
+        <x:v>497251.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3753" spans="1:2">
       <x:c r="A3753" s="2">
-        <x:v>40576</x:v>
+        <x:v>40598</x:v>
       </x:c>
       <x:c r="B3753" s="3">
-        <x:v>496854.24</x:v>
+        <x:v>497202.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3754" spans="1:2">
       <x:c r="A3754" s="2">
-        <x:v>40575</x:v>
+        <x:v>40597</x:v>
       </x:c>
       <x:c r="B3754" s="3">
-        <x:v>496839.06</x:v>
+        <x:v>497185.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3755" spans="1:2">
       <x:c r="A3755" s="2">
-        <x:v>40574</x:v>
+        <x:v>40596</x:v>
       </x:c>
       <x:c r="B3755" s="3">
-        <x:v>496823.88</x:v>
+        <x:v>497169</x:v>
       </x:c>
     </x:row>
     <x:row r="3756" spans="1:2">
       <x:c r="A3756" s="2">
-        <x:v>40571</x:v>
+        <x:v>40595</x:v>
       </x:c>
       <x:c r="B3756" s="3">
-        <x:v>496810.08</x:v>
+        <x:v>497152.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3757" spans="1:2">
       <x:c r="A3757" s="2">
-        <x:v>40570</x:v>
+        <x:v>40592</x:v>
       </x:c>
       <x:c r="B3757" s="3">
-        <x:v>496768.68</x:v>
+        <x:v>497135.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3758" spans="1:2">
       <x:c r="A3758" s="2">
-        <x:v>40569</x:v>
+        <x:v>40591</x:v>
       </x:c>
       <x:c r="B3758" s="3">
-        <x:v>496754.88</x:v>
+        <x:v>497086.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3759" spans="1:2">
       <x:c r="A3759" s="2">
-        <x:v>40568</x:v>
+        <x:v>40590</x:v>
       </x:c>
       <x:c r="B3759" s="3">
-        <x:v>496741.08</x:v>
+        <x:v>497069.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3760" spans="1:2">
       <x:c r="A3760" s="2">
-        <x:v>40567</x:v>
+        <x:v>40589</x:v>
       </x:c>
       <x:c r="B3760" s="3">
-        <x:v>496727.83</x:v>
+        <x:v>497053.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3761" spans="1:2">
       <x:c r="A3761" s="2">
-        <x:v>40564</x:v>
+        <x:v>40588</x:v>
       </x:c>
       <x:c r="B3761" s="3">
-        <x:v>496714.58</x:v>
+        <x:v>497036.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3762" spans="1:2">
       <x:c r="A3762" s="2">
-        <x:v>40563</x:v>
+        <x:v>40585</x:v>
       </x:c>
       <x:c r="B3762" s="3">
-        <x:v>496674.85</x:v>
+        <x:v>497021.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3763" spans="1:2">
       <x:c r="A3763" s="2">
-        <x:v>40562</x:v>
+        <x:v>40584</x:v>
       </x:c>
       <x:c r="B3763" s="3">
-        <x:v>496661.61</x:v>
+        <x:v>496975.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3764" spans="1:2">
       <x:c r="A3764" s="2">
-        <x:v>40561</x:v>
+        <x:v>40583</x:v>
       </x:c>
       <x:c r="B3764" s="3">
-        <x:v>496648.37</x:v>
+        <x:v>496960.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3765" spans="1:2">
       <x:c r="A3765" s="2">
-        <x:v>40560</x:v>
+        <x:v>40582</x:v>
       </x:c>
       <x:c r="B3765" s="3">
-        <x:v>496635.13</x:v>
+        <x:v>496945.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3766" spans="1:2">
       <x:c r="A3766" s="2">
-        <x:v>40557</x:v>
+        <x:v>40581</x:v>
       </x:c>
       <x:c r="B3766" s="3">
-        <x:v>496623.27</x:v>
+        <x:v>496930.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3767" spans="1:2">
       <x:c r="A3767" s="2">
-        <x:v>40556</x:v>
+        <x:v>40578</x:v>
       </x:c>
       <x:c r="B3767" s="3">
-        <x:v>496587.68</x:v>
+        <x:v>496914.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3768" spans="1:2">
       <x:c r="A3768" s="2">
-        <x:v>40555</x:v>
+        <x:v>40577</x:v>
       </x:c>
       <x:c r="B3768" s="3">
-        <x:v>496575.82</x:v>
+        <x:v>496869.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3769" spans="1:2">
       <x:c r="A3769" s="2">
-        <x:v>40554</x:v>
+        <x:v>40576</x:v>
       </x:c>
       <x:c r="B3769" s="3">
-        <x:v>496563.96</x:v>
+        <x:v>496854.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3770" spans="1:2">
       <x:c r="A3770" s="2">
-        <x:v>40553</x:v>
+        <x:v>40575</x:v>
       </x:c>
       <x:c r="B3770" s="3">
-        <x:v>496552.1</x:v>
+        <x:v>496839.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3771" spans="1:2">
       <x:c r="A3771" s="2">
-        <x:v>40550</x:v>
+        <x:v>40574</x:v>
       </x:c>
       <x:c r="B3771" s="3">
-        <x:v>496540.24</x:v>
+        <x:v>496823.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3772" spans="1:2">
       <x:c r="A3772" s="2">
-        <x:v>40549</x:v>
+        <x:v>40571</x:v>
       </x:c>
       <x:c r="B3772" s="3">
-        <x:v>496504.66</x:v>
+        <x:v>496810.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3773" spans="1:2">
       <x:c r="A3773" s="2">
-        <x:v>40548</x:v>
+        <x:v>40570</x:v>
       </x:c>
       <x:c r="B3773" s="3">
-        <x:v>496492.8</x:v>
+        <x:v>496768.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3774" spans="1:2">
       <x:c r="A3774" s="2">
-        <x:v>40547</x:v>
+        <x:v>40569</x:v>
       </x:c>
       <x:c r="B3774" s="3">
-        <x:v>496480.94</x:v>
+        <x:v>496754.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3775" spans="1:2">
       <x:c r="A3775" s="2">
-        <x:v>40546</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="B3775" s="3">
-        <x:v>496469.08</x:v>
+        <x:v>496741.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3776" spans="1:2">
       <x:c r="A3776" s="2">
-        <x:v>40543</x:v>
+        <x:v>40567</x:v>
       </x:c>
       <x:c r="B3776" s="3">
-        <x:v>496457.22</x:v>
+        <x:v>496727.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3777" spans="1:2">
       <x:c r="A3777" s="2">
-        <x:v>40542</x:v>
+        <x:v>40564</x:v>
       </x:c>
       <x:c r="B3777" s="3">
-        <x:v>496421.64</x:v>
+        <x:v>496714.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3778" spans="1:2">
       <x:c r="A3778" s="2">
-        <x:v>40541</x:v>
+        <x:v>40563</x:v>
       </x:c>
       <x:c r="B3778" s="3">
-        <x:v>496409.78</x:v>
+        <x:v>496674.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3779" spans="1:2">
       <x:c r="A3779" s="2">
-        <x:v>40540</x:v>
+        <x:v>40562</x:v>
       </x:c>
       <x:c r="B3779" s="3">
-        <x:v>496397.92</x:v>
+        <x:v>496661.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3780" spans="1:2">
       <x:c r="A3780" s="2">
-        <x:v>40539</x:v>
+        <x:v>40561</x:v>
       </x:c>
       <x:c r="B3780" s="3">
-        <x:v>496386.06</x:v>
+        <x:v>496648.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3781" spans="1:2">
       <x:c r="A3781" s="2">
-        <x:v>40536</x:v>
+        <x:v>40560</x:v>
       </x:c>
       <x:c r="B3781" s="3">
-        <x:v>496374.2</x:v>
+        <x:v>496635.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3782" spans="1:2">
       <x:c r="A3782" s="2">
-        <x:v>40535</x:v>
+        <x:v>40557</x:v>
       </x:c>
       <x:c r="B3782" s="3">
-        <x:v>496338.63</x:v>
+        <x:v>496623.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3783" spans="1:2">
       <x:c r="A3783" s="2">
-        <x:v>40534</x:v>
+        <x:v>40556</x:v>
       </x:c>
       <x:c r="B3783" s="3">
-        <x:v>496326.77</x:v>
+        <x:v>496587.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3784" spans="1:2">
       <x:c r="A3784" s="2">
-        <x:v>40533</x:v>
+        <x:v>40555</x:v>
       </x:c>
       <x:c r="B3784" s="3">
-        <x:v>496314.78</x:v>
+        <x:v>496575.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3785" spans="1:2">
       <x:c r="A3785" s="2">
-        <x:v>40532</x:v>
+        <x:v>40554</x:v>
       </x:c>
       <x:c r="B3785" s="3">
-        <x:v>496302.79</x:v>
+        <x:v>496563.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3786" spans="1:2">
       <x:c r="A3786" s="2">
-        <x:v>40529</x:v>
+        <x:v>40553</x:v>
       </x:c>
       <x:c r="B3786" s="3">
-        <x:v>496290.8</x:v>
+        <x:v>496552.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3787" spans="1:2">
       <x:c r="A3787" s="2">
-        <x:v>40528</x:v>
+        <x:v>40550</x:v>
       </x:c>
       <x:c r="B3787" s="3">
-        <x:v>496254.82</x:v>
+        <x:v>496540.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3788" spans="1:2">
       <x:c r="A3788" s="2">
-        <x:v>40527</x:v>
+        <x:v>40549</x:v>
       </x:c>
       <x:c r="B3788" s="3">
-        <x:v>496242.83</x:v>
+        <x:v>496504.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3789" spans="1:2">
       <x:c r="A3789" s="2">
-        <x:v>40526</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="B3789" s="3">
-        <x:v>496230.84</x:v>
+        <x:v>496492.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3790" spans="1:2">
       <x:c r="A3790" s="2">
-        <x:v>40525</x:v>
+        <x:v>40547</x:v>
       </x:c>
       <x:c r="B3790" s="3">
-        <x:v>496218.85</x:v>
+        <x:v>496480.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3791" spans="1:2">
       <x:c r="A3791" s="2">
-        <x:v>40522</x:v>
+        <x:v>40546</x:v>
       </x:c>
       <x:c r="B3791" s="3">
-        <x:v>496206.86</x:v>
+        <x:v>496469.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3792" spans="1:2">
       <x:c r="A3792" s="2">
-        <x:v>40521</x:v>
+        <x:v>40543</x:v>
       </x:c>
       <x:c r="B3792" s="3">
-        <x:v>496170.89</x:v>
+        <x:v>496457.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3793" spans="1:2">
       <x:c r="A3793" s="2">
-        <x:v>40520</x:v>
+        <x:v>40542</x:v>
       </x:c>
       <x:c r="B3793" s="3">
-        <x:v>496158.9</x:v>
+        <x:v>496421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3794" spans="1:2">
       <x:c r="A3794" s="2">
-        <x:v>40519</x:v>
+        <x:v>40541</x:v>
       </x:c>
       <x:c r="B3794" s="3">
-        <x:v>496146.91</x:v>
+        <x:v>496409.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3795" spans="1:2">
       <x:c r="A3795" s="2">
-        <x:v>40518</x:v>
+        <x:v>40540</x:v>
       </x:c>
       <x:c r="B3795" s="3">
-        <x:v>496135.61</x:v>
+        <x:v>496397.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3796" spans="1:2">
       <x:c r="A3796" s="2">
-        <x:v>40515</x:v>
+        <x:v>40539</x:v>
       </x:c>
       <x:c r="B3796" s="3">
-        <x:v>496124.31</x:v>
+        <x:v>496386.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3797" spans="1:2">
       <x:c r="A3797" s="2">
-        <x:v>40514</x:v>
+        <x:v>40536</x:v>
       </x:c>
       <x:c r="B3797" s="3">
-        <x:v>496090.41</x:v>
+        <x:v>496374.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3798" spans="1:2">
       <x:c r="A3798" s="2">
-        <x:v>40513</x:v>
+        <x:v>40535</x:v>
       </x:c>
       <x:c r="B3798" s="3">
-        <x:v>496079.11</x:v>
+        <x:v>496338.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3799" spans="1:2">
       <x:c r="A3799" s="2">
-        <x:v>40512</x:v>
+        <x:v>40534</x:v>
       </x:c>
       <x:c r="B3799" s="3">
-        <x:v>496067.81</x:v>
+        <x:v>496326.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3800" spans="1:2">
       <x:c r="A3800" s="2">
-        <x:v>40511</x:v>
+        <x:v>40533</x:v>
       </x:c>
       <x:c r="B3800" s="3">
-        <x:v>496055.82</x:v>
+        <x:v>496314.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3801" spans="1:2">
       <x:c r="A3801" s="2">
-        <x:v>40508</x:v>
+        <x:v>40532</x:v>
       </x:c>
       <x:c r="B3801" s="3">
-        <x:v>496043.83</x:v>
+        <x:v>496302.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3802" spans="1:2">
       <x:c r="A3802" s="2">
-        <x:v>40507</x:v>
+        <x:v>40529</x:v>
       </x:c>
       <x:c r="B3802" s="3">
-        <x:v>496007.87</x:v>
+        <x:v>496290.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3803" spans="1:2">
       <x:c r="A3803" s="2">
-        <x:v>40506</x:v>
+        <x:v>40528</x:v>
       </x:c>
       <x:c r="B3803" s="3">
-        <x:v>495995.19</x:v>
+        <x:v>496254.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3804" spans="1:2">
       <x:c r="A3804" s="2">
-        <x:v>40505</x:v>
+        <x:v>40527</x:v>
       </x:c>
       <x:c r="B3804" s="3">
-        <x:v>495982.51</x:v>
+        <x:v>496242.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3805" spans="1:2">
       <x:c r="A3805" s="2">
-        <x:v>40504</x:v>
+        <x:v>40526</x:v>
       </x:c>
       <x:c r="B3805" s="3">
-        <x:v>495969.84</x:v>
+        <x:v>496230.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3806" spans="1:2">
       <x:c r="A3806" s="2">
-        <x:v>40501</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="B3806" s="3">
-        <x:v>495956.75</x:v>
+        <x:v>496218.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3807" spans="1:2">
       <x:c r="A3807" s="2">
-        <x:v>40500</x:v>
+        <x:v>40522</x:v>
       </x:c>
       <x:c r="B3807" s="3">
-        <x:v>495917.49</x:v>
+        <x:v>496206.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3808" spans="1:2">
       <x:c r="A3808" s="2">
-        <x:v>40499</x:v>
+        <x:v>40521</x:v>
       </x:c>
       <x:c r="B3808" s="3">
-        <x:v>495904.4</x:v>
+        <x:v>496170.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3809" spans="1:2">
       <x:c r="A3809" s="2">
-        <x:v>40498</x:v>
+        <x:v>40520</x:v>
       </x:c>
       <x:c r="B3809" s="3">
-        <x:v>495891.31</x:v>
+        <x:v>496158.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3810" spans="1:2">
       <x:c r="A3810" s="2">
-        <x:v>40497</x:v>
+        <x:v>40519</x:v>
       </x:c>
       <x:c r="B3810" s="3">
-        <x:v>495877.54</x:v>
+        <x:v>496146.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3811" spans="1:2">
       <x:c r="A3811" s="2">
-        <x:v>40494</x:v>
+        <x:v>40518</x:v>
       </x:c>
       <x:c r="B3811" s="3">
-        <x:v>495863.77</x:v>
+        <x:v>496135.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3812" spans="1:2">
       <x:c r="A3812" s="2">
-        <x:v>40492</x:v>
+        <x:v>40515</x:v>
       </x:c>
       <x:c r="B3812" s="3">
-        <x:v>495822.45</x:v>
+        <x:v>496124.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3813" spans="1:2">
       <x:c r="A3813" s="2">
-        <x:v>40491</x:v>
+        <x:v>40514</x:v>
       </x:c>
       <x:c r="B3813" s="3">
-        <x:v>495794.91</x:v>
+        <x:v>496090.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3814" spans="1:2">
       <x:c r="A3814" s="2">
-        <x:v>40490</x:v>
+        <x:v>40513</x:v>
       </x:c>
       <x:c r="B3814" s="3">
-        <x:v>495781.14</x:v>
+        <x:v>496079.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3815" spans="1:2">
       <x:c r="A3815" s="2">
-        <x:v>40487</x:v>
+        <x:v>40512</x:v>
       </x:c>
       <x:c r="B3815" s="3">
-        <x:v>495767.37</x:v>
+        <x:v>496067.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3816" spans="1:2">
       <x:c r="A3816" s="2">
-        <x:v>40486</x:v>
+        <x:v>40511</x:v>
       </x:c>
       <x:c r="B3816" s="3">
-        <x:v>495726.06</x:v>
+        <x:v>496055.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3817" spans="1:2">
       <x:c r="A3817" s="2">
-        <x:v>40485</x:v>
+        <x:v>40508</x:v>
       </x:c>
       <x:c r="B3817" s="3">
-        <x:v>495712.29</x:v>
+        <x:v>496043.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3818" spans="1:2">
       <x:c r="A3818" s="2">
-        <x:v>40484</x:v>
+        <x:v>40507</x:v>
       </x:c>
       <x:c r="B3818" s="3">
-        <x:v>495698.52</x:v>
+        <x:v>496007.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3819" spans="1:2">
       <x:c r="A3819" s="2">
-        <x:v>40480</x:v>
+        <x:v>40506</x:v>
       </x:c>
       <x:c r="B3819" s="3">
-        <x:v>495684.75</x:v>
+        <x:v>495995.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3820" spans="1:2">
       <x:c r="A3820" s="2">
-        <x:v>40479</x:v>
+        <x:v>40505</x:v>
       </x:c>
       <x:c r="B3820" s="3">
-        <x:v>495629.68</x:v>
+        <x:v>495982.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3821" spans="1:2">
       <x:c r="A3821" s="2">
-        <x:v>40478</x:v>
+        <x:v>40504</x:v>
       </x:c>
       <x:c r="B3821" s="3">
-        <x:v>495615.91</x:v>
+        <x:v>495969.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3822" spans="1:2">
       <x:c r="A3822" s="2">
-        <x:v>40477</x:v>
+        <x:v>40501</x:v>
       </x:c>
       <x:c r="B3822" s="3">
-        <x:v>495601.45</x:v>
+        <x:v>495956.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3823" spans="1:2">
       <x:c r="A3823" s="2">
-        <x:v>40476</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="B3823" s="3">
-        <x:v>495587</x:v>
+        <x:v>495917.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3824" spans="1:2">
       <x:c r="A3824" s="2">
-        <x:v>40473</x:v>
+        <x:v>40499</x:v>
       </x:c>
       <x:c r="B3824" s="3">
-        <x:v>495572.55</x:v>
+        <x:v>495904.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3825" spans="1:2">
       <x:c r="A3825" s="2">
-        <x:v>40472</x:v>
+        <x:v>40498</x:v>
       </x:c>
       <x:c r="B3825" s="3">
-        <x:v>495529.19</x:v>
+        <x:v>495891.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3826" spans="1:2">
       <x:c r="A3826" s="2">
-        <x:v>40471</x:v>
+        <x:v>40497</x:v>
       </x:c>
       <x:c r="B3826" s="3">
-        <x:v>495514.74</x:v>
+        <x:v>495877.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3827" spans="1:2">
       <x:c r="A3827" s="2">
-        <x:v>40470</x:v>
+        <x:v>40494</x:v>
       </x:c>
       <x:c r="B3827" s="3">
-        <x:v>495500.29</x:v>
+        <x:v>495863.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3828" spans="1:2">
       <x:c r="A3828" s="2">
-        <x:v>40469</x:v>
+        <x:v>40492</x:v>
       </x:c>
       <x:c r="B3828" s="3">
-        <x:v>495485.84</x:v>
+        <x:v>495822.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3829" spans="1:2">
       <x:c r="A3829" s="2">
-        <x:v>40466</x:v>
+        <x:v>40491</x:v>
       </x:c>
       <x:c r="B3829" s="3">
-        <x:v>495471.39</x:v>
+        <x:v>495794.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3830" spans="1:2">
       <x:c r="A3830" s="2">
-        <x:v>40465</x:v>
+        <x:v>40490</x:v>
       </x:c>
       <x:c r="B3830" s="3">
-        <x:v>495428.04</x:v>
+        <x:v>495781.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3831" spans="1:2">
       <x:c r="A3831" s="2">
-        <x:v>40464</x:v>
+        <x:v>40487</x:v>
       </x:c>
       <x:c r="B3831" s="3">
-        <x:v>495413.59</x:v>
+        <x:v>495767.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3832" spans="1:2">
       <x:c r="A3832" s="2">
-        <x:v>40463</x:v>
+        <x:v>40486</x:v>
       </x:c>
       <x:c r="B3832" s="3">
-        <x:v>495399.14</x:v>
+        <x:v>495726.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3833" spans="1:2">
       <x:c r="A3833" s="2">
+        <x:v>40485</x:v>
+      </x:c>
+      <x:c r="B3833" s="3">
+        <x:v>495712.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3834" spans="1:2">
+      <x:c r="A3834" s="2">
+        <x:v>40484</x:v>
+      </x:c>
+      <x:c r="B3834" s="3">
+        <x:v>495698.52</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3835" spans="1:2">
+      <x:c r="A3835" s="2">
+        <x:v>40480</x:v>
+      </x:c>
+      <x:c r="B3835" s="3">
+        <x:v>495684.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3836" spans="1:2">
+      <x:c r="A3836" s="2">
+        <x:v>40479</x:v>
+      </x:c>
+      <x:c r="B3836" s="3">
+        <x:v>495629.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3837" spans="1:2">
+      <x:c r="A3837" s="2">
+        <x:v>40478</x:v>
+      </x:c>
+      <x:c r="B3837" s="3">
+        <x:v>495615.91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3838" spans="1:2">
+      <x:c r="A3838" s="2">
+        <x:v>40477</x:v>
+      </x:c>
+      <x:c r="B3838" s="3">
+        <x:v>495601.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3839" spans="1:2">
+      <x:c r="A3839" s="2">
+        <x:v>40476</x:v>
+      </x:c>
+      <x:c r="B3839" s="3">
+        <x:v>495587</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3840" spans="1:2">
+      <x:c r="A3840" s="2">
+        <x:v>40473</x:v>
+      </x:c>
+      <x:c r="B3840" s="3">
+        <x:v>495572.55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3841" spans="1:2">
+      <x:c r="A3841" s="2">
+        <x:v>40472</x:v>
+      </x:c>
+      <x:c r="B3841" s="3">
+        <x:v>495529.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3842" spans="1:2">
+      <x:c r="A3842" s="2">
+        <x:v>40471</x:v>
+      </x:c>
+      <x:c r="B3842" s="3">
+        <x:v>495514.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3843" spans="1:2">
+      <x:c r="A3843" s="2">
+        <x:v>40470</x:v>
+      </x:c>
+      <x:c r="B3843" s="3">
+        <x:v>495500.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3844" spans="1:2">
+      <x:c r="A3844" s="2">
+        <x:v>40469</x:v>
+      </x:c>
+      <x:c r="B3844" s="3">
+        <x:v>495485.84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3845" spans="1:2">
+      <x:c r="A3845" s="2">
+        <x:v>40466</x:v>
+      </x:c>
+      <x:c r="B3845" s="3">
+        <x:v>495471.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3846" spans="1:2">
+      <x:c r="A3846" s="2">
+        <x:v>40465</x:v>
+      </x:c>
+      <x:c r="B3846" s="3">
+        <x:v>495428.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3847" spans="1:2">
+      <x:c r="A3847" s="2">
+        <x:v>40464</x:v>
+      </x:c>
+      <x:c r="B3847" s="3">
+        <x:v>495413.59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3848" spans="1:2">
+      <x:c r="A3848" s="2">
+        <x:v>40463</x:v>
+      </x:c>
+      <x:c r="B3848" s="3">
+        <x:v>495399.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3849" spans="1:2">
+      <x:c r="A3849" s="2">
         <x:v>40462</x:v>
       </x:c>
-      <x:c r="B3833" s="3">
+      <x:c r="B3849" s="3">
         <x:v>495384.69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0010948190</vt:lpstr>
       <vt:lpstr>nav - FR0010948190!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0010948190!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>