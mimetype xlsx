--- v0 (2025-12-04)
+++ v1 (2026-03-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1cacdb6f0d14487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca84dea63d2748c183386be431bb55e9.psmdcp" Id="Re1699110d1594626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R485dc31e93ce4c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2b75126a9179485eb2009c0d9adb7fe5.psmdcp" Id="Rd7361332b0124e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0010899187" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,2857 +420,2905 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B350"/>
+  <x:dimension ref="A1:B356"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45975</x:v>
+        <x:v>46066</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>96.36</x:v>
+        <x:v>94.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45961</x:v>
+        <x:v>46052</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>96.24</x:v>
+        <x:v>93.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45945</x:v>
+        <x:v>46037</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>96.12</x:v>
+        <x:v>93.75</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45930</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>95.94</x:v>
+        <x:v>93.49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45915</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>96.73</x:v>
+        <x:v>96.57</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45898</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>96.6</x:v>
+        <x:v>96.57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45883</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>96.54</x:v>
+        <x:v>96.36</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45869</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>96.25</x:v>
+        <x:v>96.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45853</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>96.05</x:v>
+        <x:v>96.12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45838</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>95.96</x:v>
+        <x:v>95.94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45821</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>96.06</x:v>
+        <x:v>96.73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45807</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>98.14</x:v>
+        <x:v>96.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45792</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>97.76</x:v>
+        <x:v>96.54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45777</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>97.6</x:v>
+        <x:v>96.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45762</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>97.23</x:v>
+        <x:v>96.05</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45747</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>96.92</x:v>
+        <x:v>95.96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45730</x:v>
+        <x:v>45821</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>98.41</x:v>
+        <x:v>96.06</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45716</x:v>
+        <x:v>45807</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>98.61</x:v>
+        <x:v>98.14</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45702</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>98.39</x:v>
+        <x:v>97.76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45688</x:v>
+        <x:v>45777</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>98.22</x:v>
+        <x:v>97.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45672</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>97.83</x:v>
+        <x:v>97.23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45657</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>97.75</x:v>
+        <x:v>96.92</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45639</x:v>
+        <x:v>45730</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>97.57</x:v>
+        <x:v>98.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45625</x:v>
+        <x:v>45716</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>100.82</x:v>
+        <x:v>98.61</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45611</x:v>
+        <x:v>45702</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>100.49</x:v>
+        <x:v>98.39</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45596</x:v>
+        <x:v>45688</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>100.31</x:v>
+        <x:v>98.22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45580</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>100.92</x:v>
+        <x:v>97.83</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45565</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>100.81</x:v>
+        <x:v>97.75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45548</x:v>
+        <x:v>45639</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>103.7</x:v>
+        <x:v>97.57</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45534</x:v>
+        <x:v>45625</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>103.12</x:v>
+        <x:v>100.82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45518</x:v>
+        <x:v>45611</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>102.87</x:v>
+        <x:v>100.49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45504</x:v>
+        <x:v>45596</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>102.55</x:v>
+        <x:v>100.31</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45488</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>102.31</x:v>
+        <x:v>100.92</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45471</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>101.78</x:v>
+        <x:v>100.81</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45457</x:v>
+        <x:v>45548</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>102.82</x:v>
+        <x:v>103.7</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45443</x:v>
+        <x:v>45534</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>103.72</x:v>
+        <x:v>103.12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45427</x:v>
+        <x:v>45518</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>105.5</x:v>
+        <x:v>102.87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45412</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>104.92</x:v>
+        <x:v>102.55</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45397</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>104.78</x:v>
+        <x:v>102.31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45379</x:v>
+        <x:v>45471</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>104.79</x:v>
+        <x:v>101.78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45366</x:v>
+        <x:v>45457</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>105.88</x:v>
+        <x:v>102.82</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45351</x:v>
+        <x:v>45443</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>105.62</x:v>
+        <x:v>103.72</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45337</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>105.58</x:v>
+        <x:v>105.5</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45322</x:v>
+        <x:v>45412</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>105.75</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45306</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>105.48</x:v>
+        <x:v>104.78</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45291</x:v>
+        <x:v>45379</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>105.55</x:v>
+        <x:v>104.79</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45275</x:v>
+        <x:v>45366</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>105.24</x:v>
+        <x:v>105.88</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45260</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>106.96</x:v>
+        <x:v>105.62</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45245</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>106.51</x:v>
+        <x:v>105.58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45230</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>105.89</x:v>
+        <x:v>105.75</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45212</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>105.77</x:v>
+        <x:v>105.48</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45198</x:v>
+        <x:v>45291</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>105.75</x:v>
+        <x:v>105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45184</x:v>
+        <x:v>45275</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>107.64</x:v>
+        <x:v>105.24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45169</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>107.68</x:v>
+        <x:v>106.96</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45152</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>107.33</x:v>
+        <x:v>106.51</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45138</x:v>
+        <x:v>45230</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>107.39</x:v>
+        <x:v>105.89</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45120</x:v>
+        <x:v>45212</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>107.08</x:v>
+        <x:v>105.77</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45107</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>106.73</x:v>
+        <x:v>105.75</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45092</x:v>
+        <x:v>45184</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>106.69</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45077</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>107.28</x:v>
+        <x:v>107.68</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45061</x:v>
+        <x:v>45152</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>109.45</x:v>
+        <x:v>107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45044</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>109.4</x:v>
+        <x:v>107.39</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45030</x:v>
+        <x:v>45120</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>109.09</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45016</x:v>
+        <x:v>45107</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>108.85</x:v>
+        <x:v>106.73</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45000</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>109.88</x:v>
+        <x:v>106.69</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>44985</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>109.69</x:v>
+        <x:v>107.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>44972</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>109.81</x:v>
+        <x:v>109.45</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>44957</x:v>
+        <x:v>45044</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>109.74</x:v>
+        <x:v>109.4</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>44939</x:v>
+        <x:v>45030</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>109.63</x:v>
+        <x:v>109.09</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>44926</x:v>
+        <x:v>45016</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>108.89</x:v>
+        <x:v>108.85</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>44910</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>109.77</x:v>
+        <x:v>109.88</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>44895</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>109.66</x:v>
+        <x:v>109.69</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>44880</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>109.5</x:v>
+        <x:v>109.81</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>44865</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>109.01</x:v>
+        <x:v>109.74</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>44848</x:v>
+        <x:v>44939</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>108.51</x:v>
+        <x:v>109.63</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>44834</x:v>
+        <x:v>44926</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>108.45</x:v>
+        <x:v>108.89</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>44819</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>108.83</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>44804</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>108.85</x:v>
+        <x:v>109.66</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>44785</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>109.16</x:v>
+        <x:v>109.5</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>44771</x:v>
+        <x:v>44865</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>109.1</x:v>
+        <x:v>109.01</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>44757</x:v>
+        <x:v>44848</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>108.43</x:v>
+        <x:v>108.51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>44742</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>108.28</x:v>
+        <x:v>108.45</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>44727</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>108.07</x:v>
+        <x:v>108.83</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>44712</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>108.66</x:v>
+        <x:v>108.85</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>44694</x:v>
+        <x:v>44785</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>110.76</x:v>
+        <x:v>109.16</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>44680</x:v>
+        <x:v>44771</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>110.8</x:v>
+        <x:v>109.1</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>44666</x:v>
+        <x:v>44757</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>111.06</x:v>
+        <x:v>108.43</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>44665</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>111.06</x:v>
+        <x:v>108.28</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>44651</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>111.3</x:v>
+        <x:v>108.07</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>44635</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>111.14</x:v>
+        <x:v>108.66</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>44620</x:v>
+        <x:v>44694</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>111.38</x:v>
+        <x:v>110.76</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>44607</x:v>
+        <x:v>44680</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>111.23</x:v>
+        <x:v>110.8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>44592</x:v>
+        <x:v>44666</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>111.92</x:v>
+        <x:v>111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>44575</x:v>
+        <x:v>44665</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>112.05</x:v>
+        <x:v>111.06</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>44561</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>112.03</x:v>
+        <x:v>111.3</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>44545</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>111.44</x:v>
+        <x:v>111.14</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>44530</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>111.25</x:v>
+        <x:v>111.38</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>44515</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>111.37</x:v>
+        <x:v>111.23</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>44498</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>111.04</x:v>
+        <x:v>111.92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>44484</x:v>
+        <x:v>44575</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>111.08</x:v>
+        <x:v>112.05</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>44469</x:v>
+        <x:v>44561</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>110.81</x:v>
+        <x:v>112.03</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>44454</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>110.94</x:v>
+        <x:v>111.44</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>44439</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>111.34</x:v>
+        <x:v>111.25</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>44421</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B105" s="3">
         <x:v>111.37</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>44407</x:v>
+        <x:v>44498</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>111.13</x:v>
+        <x:v>111.04</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>44392</x:v>
+        <x:v>44484</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>110.75</x:v>
+        <x:v>111.08</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>44377</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>110.35</x:v>
+        <x:v>110.81</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>44362</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>110.37</x:v>
+        <x:v>110.94</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>44347</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>109.91</x:v>
+        <x:v>111.34</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>44330</x:v>
+        <x:v>44421</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>110.79</x:v>
+        <x:v>111.37</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>44316</x:v>
+        <x:v>44407</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>110.82</x:v>
+        <x:v>111.13</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>44301</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>110.81</x:v>
+        <x:v>110.75</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>44286</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>110.55</x:v>
+        <x:v>110.35</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>44270</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>110.54</x:v>
+        <x:v>110.37</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>44253</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>110.32</x:v>
+        <x:v>109.91</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>44242</x:v>
+        <x:v>44330</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>110.43</x:v>
+        <x:v>110.79</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>44225</x:v>
+        <x:v>44316</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>110.36</x:v>
+        <x:v>110.82</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>44211</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>110.34</x:v>
+        <x:v>110.81</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>44196</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>110.33</x:v>
+        <x:v>110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>44180</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>110.13</x:v>
+        <x:v>110.54</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>44165</x:v>
+        <x:v>44253</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>109.96</x:v>
+        <x:v>110.32</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>44148</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>109.77</x:v>
+        <x:v>110.43</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>44134</x:v>
+        <x:v>44225</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>109.65</x:v>
+        <x:v>110.36</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>44119</x:v>
+        <x:v>44211</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>109.58</x:v>
+        <x:v>110.34</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>44104</x:v>
+        <x:v>44196</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>109.45</x:v>
+        <x:v>110.33</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>44089</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>109.56</x:v>
+        <x:v>110.13</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>44074</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>109.45</x:v>
+        <x:v>109.96</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>44057</x:v>
+        <x:v>44148</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>109.36</x:v>
+        <x:v>109.77</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>44043</x:v>
+        <x:v>44134</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>109.27</x:v>
+        <x:v>109.65</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>44027</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>109.03</x:v>
+        <x:v>109.58</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>44012</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>108.96</x:v>
+        <x:v>109.45</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>43997</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>109.15</x:v>
+        <x:v>109.56</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>43980</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>108.96</x:v>
+        <x:v>109.45</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>43966</x:v>
+        <x:v>44057</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>108.84</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>43951</x:v>
+        <x:v>44043</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>108.8</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>43936</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>108.62</x:v>
+        <x:v>109.03</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>43921</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>108.66</x:v>
+        <x:v>108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>43903</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>109.98</x:v>
+        <x:v>109.15</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>43889</x:v>
+        <x:v>43980</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>111.5</x:v>
+        <x:v>108.96</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>43875</x:v>
+        <x:v>43966</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>112.35</x:v>
+        <x:v>108.84</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>43861</x:v>
+        <x:v>43951</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>112.07</x:v>
+        <x:v>108.8</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>43845</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>111.92</x:v>
+        <x:v>108.62</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>43830</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>111.79</x:v>
+        <x:v>108.66</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>43812</x:v>
+        <x:v>43903</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>111.34</x:v>
+        <x:v>109.98</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>43798</x:v>
+        <x:v>43889</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>111.3</x:v>
+        <x:v>111.5</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>43784</x:v>
+        <x:v>43875</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>111.17</x:v>
+        <x:v>112.35</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>43769</x:v>
+        <x:v>43861</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>111.09</x:v>
+        <x:v>112.07</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>43753</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>112.15</x:v>
+        <x:v>111.92</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>43738</x:v>
+        <x:v>43830</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>112.02</x:v>
+        <x:v>111.79</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>43721</x:v>
+        <x:v>43812</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>111.03</x:v>
+        <x:v>111.34</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>43707</x:v>
+        <x:v>43798</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>111.21</x:v>
+        <x:v>111.3</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>43691</x:v>
+        <x:v>43784</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>110.85</x:v>
+        <x:v>111.17</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>43677</x:v>
+        <x:v>43769</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>110.73</x:v>
+        <x:v>111.09</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>43661</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>110.79</x:v>
+        <x:v>112.15</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>43644</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>110.53</x:v>
+        <x:v>112.02</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>43630</x:v>
+        <x:v>43721</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>110.09</x:v>
+        <x:v>111.03</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>43616</x:v>
+        <x:v>43707</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>109.89</x:v>
+        <x:v>111.21</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>43600</x:v>
+        <x:v>43691</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>109.87</x:v>
+        <x:v>110.85</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>43585</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>110.23</x:v>
+        <x:v>110.73</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>43570</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>110.06</x:v>
+        <x:v>110.79</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>43553</x:v>
+        <x:v>43644</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>109.92</x:v>
+        <x:v>110.53</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>43539</x:v>
+        <x:v>43630</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>110.39</x:v>
+        <x:v>110.09</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>43524</x:v>
+        <x:v>43616</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>110.01</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>43511</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>109.9</x:v>
+        <x:v>109.87</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>43496</x:v>
+        <x:v>43585</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>109.81</x:v>
+        <x:v>110.23</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>43480</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>109.28</x:v>
+        <x:v>110.06</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>43465</x:v>
+        <x:v>43553</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>108.99</x:v>
+        <x:v>109.92</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>43448</x:v>
+        <x:v>43539</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>109.89</x:v>
+        <x:v>110.39</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>43434</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B170" s="3">
         <x:v>110.01</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>43419</x:v>
+        <x:v>43511</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>110.22</x:v>
+        <x:v>109.9</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>43404</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>110.23</x:v>
+        <x:v>109.81</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>43388</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>110.03</x:v>
+        <x:v>109.28</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>43371</x:v>
+        <x:v>43465</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>110.21</x:v>
+        <x:v>108.99</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>43357</x:v>
+        <x:v>43448</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>110.15</x:v>
+        <x:v>109.89</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>43343</x:v>
+        <x:v>43434</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>110.15</x:v>
+        <x:v>110.01</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>43326</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>110.05</x:v>
+        <x:v>110.22</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>43312</x:v>
+        <x:v>43404</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>110.05</x:v>
+        <x:v>110.23</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>43294</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>110.62</x:v>
+        <x:v>110.03</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>43281</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>110.45</x:v>
+        <x:v>110.21</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>43266</x:v>
+        <x:v>43357</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>109.28</x:v>
+        <x:v>110.15</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>43251</x:v>
+        <x:v>43343</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>109.02</x:v>
+        <x:v>110.15</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>43235</x:v>
+        <x:v>43326</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>109.13</x:v>
+        <x:v>110.05</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>43220</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>109.13</x:v>
+        <x:v>110.05</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>43205</x:v>
+        <x:v>43294</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>109.51</x:v>
+        <x:v>110.62</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>43190</x:v>
+        <x:v>43281</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>109.28</x:v>
+        <x:v>110.45</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>43174</x:v>
+        <x:v>43266</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>108.73</x:v>
+        <x:v>109.28</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>43159</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>108.69</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>43146</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>108.5</x:v>
+        <x:v>109.13</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>43131</x:v>
+        <x:v>43220</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>109.06</x:v>
+        <x:v>109.13</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>43115</x:v>
+        <x:v>43205</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>109.72</x:v>
+        <x:v>109.51</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>43100</x:v>
+        <x:v>43190</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>109.66</x:v>
+        <x:v>109.28</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>43084</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>109.76</x:v>
+        <x:v>108.73</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>43069</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>109.67</x:v>
+        <x:v>108.69</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>43054</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>109.47</x:v>
+        <x:v>108.5</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>43039</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>109.45</x:v>
+        <x:v>109.06</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>43023</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>109.99</x:v>
+        <x:v>109.72</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>43008</x:v>
+        <x:v>43100</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>109.86</x:v>
+        <x:v>109.66</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>42993</x:v>
+        <x:v>43084</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>109.27</x:v>
+        <x:v>109.76</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>42978</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>109.19</x:v>
+        <x:v>109.67</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>42962</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>109.07</x:v>
+        <x:v>109.47</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>42947</x:v>
+        <x:v>43039</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>108.88</x:v>
+        <x:v>109.45</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>42931</x:v>
+        <x:v>43023</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>109.5</x:v>
+        <x:v>109.99</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>42916</x:v>
+        <x:v>43008</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>109.37</x:v>
+        <x:v>109.86</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>42901</x:v>
+        <x:v>42993</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>109.71</x:v>
+        <x:v>109.27</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>42886</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>109.43</x:v>
+        <x:v>109.19</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>42870</x:v>
+        <x:v>42962</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>109.38</x:v>
+        <x:v>109.07</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>42855</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>108.99</x:v>
+        <x:v>108.88</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>42840</x:v>
+        <x:v>42931</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>109.53</x:v>
+        <x:v>109.5</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>42825</x:v>
+        <x:v>42916</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>109.12</x:v>
+        <x:v>109.37</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>42809</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>107.75</x:v>
+        <x:v>109.71</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>42794</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>107.86</x:v>
+        <x:v>109.43</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>42781</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>107.86</x:v>
+        <x:v>109.38</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>42766</x:v>
+        <x:v>42855</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>107.56</x:v>
+        <x:v>108.99</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>42750</x:v>
+        <x:v>42840</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>108.4</x:v>
+        <x:v>109.53</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>42735</x:v>
+        <x:v>42825</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>108.33</x:v>
+        <x:v>109.12</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>42719</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>107.67</x:v>
+        <x:v>107.75</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>42704</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>107.49</x:v>
+        <x:v>107.86</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>42689</x:v>
+        <x:v>42781</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>107.34</x:v>
+        <x:v>107.86</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>42674</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>107.97</x:v>
+        <x:v>107.56</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>42658</x:v>
+        <x:v>42750</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>108.85</x:v>
+        <x:v>108.4</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>42643</x:v>
+        <x:v>42735</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>109.25</x:v>
+        <x:v>108.33</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>42628</x:v>
+        <x:v>42719</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>109</x:v>
+        <x:v>107.67</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>42613</x:v>
+        <x:v>42704</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>109.19</x:v>
+        <x:v>107.49</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>42597</x:v>
+        <x:v>42689</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>109.36</x:v>
+        <x:v>107.34</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>42582</x:v>
+        <x:v>42674</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>110.01</x:v>
+        <x:v>107.97</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>42566</x:v>
+        <x:v>42658</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>109.57</x:v>
+        <x:v>108.85</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>42551</x:v>
+        <x:v>42643</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>109.02</x:v>
+        <x:v>109.25</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>42536</x:v>
+        <x:v>42628</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>107.92</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>42521</x:v>
+        <x:v>42613</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>108.13</x:v>
+        <x:v>109.19</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>42505</x:v>
+        <x:v>42597</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>107.78</x:v>
+        <x:v>109.36</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>42490</x:v>
+        <x:v>42582</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>107.48</x:v>
+        <x:v>110.01</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>42475</x:v>
+        <x:v>42566</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>108.54</x:v>
+        <x:v>109.57</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>42460</x:v>
+        <x:v>42551</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>108.22</x:v>
+        <x:v>109.02</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>42444</x:v>
+        <x:v>42536</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>107.78</x:v>
+        <x:v>107.92</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>42429</x:v>
+        <x:v>42521</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>106.81</x:v>
+        <x:v>108.13</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>42415</x:v>
+        <x:v>42505</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>106</x:v>
+        <x:v>107.78</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>42400</x:v>
+        <x:v>42490</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>107.47</x:v>
+        <x:v>107.48</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>42384</x:v>
+        <x:v>42475</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>107.92</x:v>
+        <x:v>108.54</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>42369</x:v>
+        <x:v>42460</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>109.63</x:v>
+        <x:v>108.22</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>42353</x:v>
+        <x:v>42444</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>109.29</x:v>
+        <x:v>107.78</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>42338</x:v>
+        <x:v>42429</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>109.88</x:v>
+        <x:v>106.81</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>42323</x:v>
+        <x:v>42415</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>109.26</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>42308</x:v>
+        <x:v>42400</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>109.62</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>42292</x:v>
+        <x:v>42384</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>109.73</x:v>
+        <x:v>107.92</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>42277</x:v>
+        <x:v>42369</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>109.06</x:v>
+        <x:v>109.63</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>42262</x:v>
+        <x:v>42353</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>108.91</x:v>
+        <x:v>109.29</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>42247</x:v>
+        <x:v>42338</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>109.2</x:v>
+        <x:v>109.88</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>42231</x:v>
+        <x:v>42323</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>109.88</x:v>
+        <x:v>109.26</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>42216</x:v>
+        <x:v>42308</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>109.86</x:v>
+        <x:v>109.62</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>42200</x:v>
+        <x:v>42292</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>110.37</x:v>
+        <x:v>109.73</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>42185</x:v>
+        <x:v>42277</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>109.47</x:v>
+        <x:v>109.06</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>42170</x:v>
+        <x:v>42262</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>109.82</x:v>
+        <x:v>108.91</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>42155</x:v>
+        <x:v>42247</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>110.38</x:v>
+        <x:v>109.2</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>42139</x:v>
+        <x:v>42231</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>109.99</x:v>
+        <x:v>109.88</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>42124</x:v>
+        <x:v>42216</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>110.24</x:v>
+        <x:v>109.86</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>42109</x:v>
+        <x:v>42200</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>111.51</x:v>
+        <x:v>110.37</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>42094</x:v>
+        <x:v>42185</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>111.03</x:v>
+        <x:v>109.47</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>42078</x:v>
+        <x:v>42170</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>110.77</x:v>
+        <x:v>109.82</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>42063</x:v>
+        <x:v>42155</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>110.59</x:v>
+        <x:v>110.38</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>42050</x:v>
+        <x:v>42139</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>109.92</x:v>
+        <x:v>109.99</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>42035</x:v>
+        <x:v>42124</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>109.44</x:v>
+        <x:v>110.24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>42019</x:v>
+        <x:v>42109</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>109.45</x:v>
+        <x:v>111.51</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>42004</x:v>
+        <x:v>42094</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>108.87</x:v>
+        <x:v>111.03</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>41988</x:v>
+        <x:v>42078</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>107.81</x:v>
+        <x:v>110.77</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>41973</x:v>
+        <x:v>42063</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>108.24</x:v>
+        <x:v>110.59</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>41958</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>107.83</x:v>
+        <x:v>109.92</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>41943</x:v>
+        <x:v>42035</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>107.75</x:v>
+        <x:v>109.44</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>41927</x:v>
+        <x:v>42019</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>107.72</x:v>
+        <x:v>109.45</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>41912</x:v>
+        <x:v>42004</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>108.5</x:v>
+        <x:v>108.87</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>41897</x:v>
+        <x:v>41988</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>108.1</x:v>
+        <x:v>107.81</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>41882</x:v>
+        <x:v>41973</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>108</x:v>
+        <x:v>108.24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>41866</x:v>
+        <x:v>41958</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>107.32</x:v>
+        <x:v>107.83</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>41851</x:v>
+        <x:v>41943</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>107.47</x:v>
+        <x:v>107.75</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>41835</x:v>
+        <x:v>41927</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>108.18</x:v>
+        <x:v>107.72</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>41820</x:v>
+        <x:v>41912</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>108.04</x:v>
+        <x:v>108.5</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>41805</x:v>
+        <x:v>41897</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>108.35</x:v>
+        <x:v>108.1</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>41790</x:v>
+        <x:v>41882</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>107.99</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>41774</x:v>
+        <x:v>41866</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>107.62</x:v>
+        <x:v>107.32</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>41759</x:v>
+        <x:v>41851</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>107.41</x:v>
+        <x:v>107.47</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>41744</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>107.64</x:v>
+        <x:v>108.18</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>41729</x:v>
+        <x:v>41820</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>107.67</x:v>
+        <x:v>108.04</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>41713</x:v>
+        <x:v>41805</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>107.08</x:v>
+        <x:v>108.35</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>41698</x:v>
+        <x:v>41790</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>107.26</x:v>
+        <x:v>107.99</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>41685</x:v>
+        <x:v>41774</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107.62</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>41684</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107.41</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>41670</x:v>
+        <x:v>41744</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>106.31</x:v>
+        <x:v>107.64</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>41654</x:v>
+        <x:v>41729</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>107.48</x:v>
+        <x:v>107.67</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>41639</x:v>
+        <x:v>41713</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>106.92</x:v>
+        <x:v>107.08</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>41623</x:v>
+        <x:v>41698</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>106</x:v>
+        <x:v>107.26</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>41608</x:v>
+        <x:v>41685</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>106.31</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>41593</x:v>
+        <x:v>41684</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>106.24</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>41578</x:v>
+        <x:v>41670</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>106.09</x:v>
+        <x:v>106.31</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>41562</x:v>
+        <x:v>41654</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>106.62</x:v>
+        <x:v>107.48</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>41547</x:v>
+        <x:v>41639</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>105.97</x:v>
+        <x:v>106.92</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>41532</x:v>
+        <x:v>41623</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>105.79</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>41517</x:v>
+        <x:v>41608</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>105.03</x:v>
+        <x:v>106.31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>41501</x:v>
+        <x:v>41593</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>105.35</x:v>
+        <x:v>106.24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>41500</x:v>
+        <x:v>41578</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>105.37</x:v>
+        <x:v>106.09</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>41486</x:v>
+        <x:v>41562</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>104.92</x:v>
+        <x:v>106.62</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>41470</x:v>
+        <x:v>41547</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>105.44</x:v>
+        <x:v>105.97</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>41455</x:v>
+        <x:v>41532</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>104.86</x:v>
+        <x:v>105.79</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>41440</x:v>
+        <x:v>41517</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>104.92</x:v>
+        <x:v>105.03</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>41425</x:v>
+        <x:v>41501</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>105.27</x:v>
+        <x:v>105.35</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>41409</x:v>
+        <x:v>41500</x:v>
       </x:c>
       <x:c r="B305" s="3">
         <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>41394</x:v>
+        <x:v>41486</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>104.68</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>41379</x:v>
+        <x:v>41470</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>105.01</x:v>
+        <x:v>105.44</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>41364</x:v>
+        <x:v>41455</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>104.91</x:v>
+        <x:v>104.86</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>41348</x:v>
+        <x:v>41440</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>104.99</x:v>
+        <x:v>104.92</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>41333</x:v>
+        <x:v>41425</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>104.57</x:v>
+        <x:v>105.27</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>41320</x:v>
+        <x:v>41409</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>104.45</x:v>
+        <x:v>105.37</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>41305</x:v>
+        <x:v>41394</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>104.34</x:v>
+        <x:v>104.68</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>41289</x:v>
+        <x:v>41379</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>104.89</x:v>
+        <x:v>105.01</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>41274</x:v>
+        <x:v>41364</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>104.43</x:v>
+        <x:v>104.91</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>41258</x:v>
+        <x:v>41348</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>103.61</x:v>
+        <x:v>104.99</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>41243</x:v>
+        <x:v>41333</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>103.29</x:v>
+        <x:v>104.57</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>41228</x:v>
+        <x:v>41320</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>102.73</x:v>
+        <x:v>104.45</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>41213</x:v>
+        <x:v>41305</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>102.82</x:v>
+        <x:v>104.34</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>41197</x:v>
+        <x:v>41289</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>103.55</x:v>
+        <x:v>104.89</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>41182</x:v>
+        <x:v>41274</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>103.26</x:v>
+        <x:v>104.43</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>41167</x:v>
+        <x:v>41258</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>103.16</x:v>
+        <x:v>103.61</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>41152</x:v>
+        <x:v>41243</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>102.76</x:v>
+        <x:v>103.29</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>41136</x:v>
+        <x:v>41228</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>102.65</x:v>
+        <x:v>102.73</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>41121</x:v>
+        <x:v>41213</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>102.44</x:v>
+        <x:v>102.82</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>41105</x:v>
+        <x:v>41197</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>102.94</x:v>
+        <x:v>103.55</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>41090</x:v>
+        <x:v>41182</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>102.69</x:v>
+        <x:v>103.26</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>41075</x:v>
+        <x:v>41167</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>102.39</x:v>
+        <x:v>103.16</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>41060</x:v>
+        <x:v>41152</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>102.22</x:v>
+        <x:v>102.76</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>41044</x:v>
+        <x:v>41136</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>102.03</x:v>
+        <x:v>102.65</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>41029</x:v>
+        <x:v>41121</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>102.02</x:v>
+        <x:v>102.44</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>41012</x:v>
+        <x:v>41105</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>102.16</x:v>
+        <x:v>102.94</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>40998</x:v>
+        <x:v>41090</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>102.19</x:v>
+        <x:v>102.69</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>40983</x:v>
+        <x:v>41075</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>101.32</x:v>
+        <x:v>102.39</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>40968</x:v>
+        <x:v>41060</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>100.94</x:v>
+        <x:v>102.22</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>40954</x:v>
+        <x:v>41044</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>100.84</x:v>
+        <x:v>102.03</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>40939</x:v>
+        <x:v>41029</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>100.56</x:v>
+        <x:v>102.02</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>40921</x:v>
+        <x:v>41012</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>100.13</x:v>
+        <x:v>102.16</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>40907</x:v>
+        <x:v>40998</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>99.97</x:v>
+        <x:v>102.19</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>40892</x:v>
+        <x:v>40983</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>98.61</x:v>
+        <x:v>101.32</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>40877</x:v>
+        <x:v>40968</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>98.79</x:v>
+        <x:v>100.94</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>40862</x:v>
+        <x:v>40954</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>98.69</x:v>
+        <x:v>100.84</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>40847</x:v>
+        <x:v>40939</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>101.12</x:v>
+        <x:v>100.56</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>40830</x:v>
+        <x:v>40921</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>100.99</x:v>
+        <x:v>100.13</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>40816</x:v>
+        <x:v>40907</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>100.34</x:v>
+        <x:v>99.97</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>40801</x:v>
+        <x:v>40892</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>99.79</x:v>
+        <x:v>98.61</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>40786</x:v>
+        <x:v>40877</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>100.34</x:v>
+        <x:v>98.79</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>40767</x:v>
+        <x:v>40862</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>99.93</x:v>
+        <x:v>98.69</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>40753</x:v>
+        <x:v>40847</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>100.6</x:v>
+        <x:v>101.12</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>40739</x:v>
+        <x:v>40830</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>100.51</x:v>
+        <x:v>100.99</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
+        <x:v>40816</x:v>
+      </x:c>
+      <x:c r="B350" s="3">
+        <x:v>100.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="351" spans="1:2">
+      <x:c r="A351" s="2">
+        <x:v>40801</x:v>
+      </x:c>
+      <x:c r="B351" s="3">
+        <x:v>99.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="352" spans="1:2">
+      <x:c r="A352" s="2">
+        <x:v>40786</x:v>
+      </x:c>
+      <x:c r="B352" s="3">
+        <x:v>100.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="353" spans="1:2">
+      <x:c r="A353" s="2">
+        <x:v>40767</x:v>
+      </x:c>
+      <x:c r="B353" s="3">
+        <x:v>99.93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="354" spans="1:2">
+      <x:c r="A354" s="2">
+        <x:v>40753</x:v>
+      </x:c>
+      <x:c r="B354" s="3">
+        <x:v>100.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="355" spans="1:2">
+      <x:c r="A355" s="2">
+        <x:v>40739</x:v>
+      </x:c>
+      <x:c r="B355" s="3">
+        <x:v>100.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="356" spans="1:2">
+      <x:c r="A356" s="2">
         <x:v>40724</x:v>
       </x:c>
-      <x:c r="B350" s="3">
+      <x:c r="B356" s="3">
         <x:v>100.52</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0010899187</vt:lpstr>
       <vt:lpstr>nav - FR0010899187!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0010899187!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>