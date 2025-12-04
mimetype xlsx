--- v1 (2025-11-01)
+++ v2 (2025-12-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2917714c24a84283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8c87f21f548741998a278a645671f96f.psmdcp" Id="Rac30f2288d8541b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra441ce1fa1754cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fe4bf54cf734b35a89ba15a92a9aba1.psmdcp" Id="R2d91001785d84f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0010609115" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,35289 +420,35473 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B4404"/>
+  <x:dimension ref="A1:B4427"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45960</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>117262.53</x:v>
+        <x:v>117500.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45959</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>117256.2</x:v>
+        <x:v>117493.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45958</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>117249.27</x:v>
+        <x:v>117486.89</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45957</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>117242.93</x:v>
+        <x:v>117478.66</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45954</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>117235.54</x:v>
+        <x:v>117460.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45953</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>117216.48</x:v>
+        <x:v>117453.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45952</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>117210.28</x:v>
+        <x:v>117446.31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45951</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>117203.27</x:v>
+        <x:v>117439.26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45950</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>117196.71</x:v>
+        <x:v>117430.97</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45947</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>117189.13</x:v>
+        <x:v>117410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45946</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>117172.69</x:v>
+        <x:v>117403.56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45945</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>117166.89</x:v>
+        <x:v>117396.75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45944</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>117160.63</x:v>
+        <x:v>117389.79</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45943</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>117154.56</x:v>
+        <x:v>117381.53</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45940</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>117147.36</x:v>
+        <x:v>117361.16</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45939</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>117128.75</x:v>
+        <x:v>117354.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45938</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>117122.53</x:v>
+        <x:v>117346.97</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45937</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>117116.13</x:v>
+        <x:v>117332.27</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45936</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>117109.52</x:v>
+        <x:v>117312.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45933</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>117102.61</x:v>
+        <x:v>117303.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45932</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>117082.13</x:v>
+        <x:v>117296.55</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45931</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>117075.41</x:v>
+        <x:v>117289.95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45930</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>117069.04</x:v>
+        <x:v>117282.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45929</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>117062.17</x:v>
+        <x:v>117262.53</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45926</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>117054.12</x:v>
+        <x:v>117256.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45925</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>117035.54</x:v>
+        <x:v>117249.27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45924</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>117029.22</x:v>
+        <x:v>117242.93</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45923</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>117022.95</x:v>
+        <x:v>117235.54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45922</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>117016.6</x:v>
+        <x:v>117216.48</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45919</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>117009.07</x:v>
+        <x:v>117210.28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45918</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>116990.26</x:v>
+        <x:v>117203.27</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45917</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>116983.7</x:v>
+        <x:v>117196.71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45916</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>116977.13</x:v>
+        <x:v>117189.13</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45915</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>116969.99</x:v>
+        <x:v>117172.69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45912</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>116961.69</x:v>
+        <x:v>117166.89</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45911</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>116942.62</x:v>
+        <x:v>117160.63</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45910</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>116935.61</x:v>
+        <x:v>117154.56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45909</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>116929.18</x:v>
+        <x:v>117147.36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45908</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>116922.48</x:v>
+        <x:v>117128.75</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45905</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>116913.91</x:v>
+        <x:v>117122.53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45904</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>116894.88</x:v>
+        <x:v>117116.13</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45903</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>116888.02</x:v>
+        <x:v>117109.52</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45902</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>116881.09</x:v>
+        <x:v>117102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45901</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>116873.39</x:v>
+        <x:v>117082.13</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45898</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>116866.71</x:v>
+        <x:v>117075.41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45897</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>116846.04</x:v>
+        <x:v>117069.04</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45896</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>116838.56</x:v>
+        <x:v>117062.17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45895</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>116831.64</x:v>
+        <x:v>117054.12</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45894</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>116825.33</x:v>
+        <x:v>117035.54</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45891</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>116817.39</x:v>
+        <x:v>117029.22</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45890</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>116797.41</x:v>
+        <x:v>117022.95</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45889</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>116791.24</x:v>
+        <x:v>117016.6</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45888</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>116784.58</x:v>
+        <x:v>117009.07</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45887</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>116777.88</x:v>
+        <x:v>116990.26</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45883</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>116769.23</x:v>
+        <x:v>116983.7</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45882</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>116744.02</x:v>
+        <x:v>116977.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45881</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>116737.25</x:v>
+        <x:v>116969.99</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45880</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>116730.14</x:v>
+        <x:v>116961.69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45877</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>116720.44</x:v>
+        <x:v>116942.62</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45876</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>116701.44</x:v>
+        <x:v>116935.61</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45875</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>116694.99</x:v>
+        <x:v>116929.18</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45874</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>116688.17</x:v>
+        <x:v>116922.48</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45873</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>116681.5</x:v>
+        <x:v>116913.91</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45870</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>116673.19</x:v>
+        <x:v>116894.88</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45869</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>116654.6</x:v>
+        <x:v>116888.02</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45868</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>116648.48</x:v>
+        <x:v>116881.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45867</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>116642.01</x:v>
+        <x:v>116873.39</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45866</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>116635.57</x:v>
+        <x:v>116866.71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45863</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>116627.43</x:v>
+        <x:v>116846.04</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45862</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>116609.73</x:v>
+        <x:v>116838.56</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45861</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>116603.14</x:v>
+        <x:v>116831.64</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45860</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>116596.04</x:v>
+        <x:v>116825.33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45859</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>116589.61</x:v>
+        <x:v>116817.39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45856</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>116581.27</x:v>
+        <x:v>116797.41</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45855</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>116562.71</x:v>
+        <x:v>116791.24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45854</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>116555.79</x:v>
+        <x:v>116784.58</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45853</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>116548.86</x:v>
+        <x:v>116777.88</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45849</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>116539.82</x:v>
+        <x:v>116769.23</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45848</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>116515.44</x:v>
+        <x:v>116744.02</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45847</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>116508.19</x:v>
+        <x:v>116737.25</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45846</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>116502.36</x:v>
+        <x:v>116730.14</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45845</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>116496.28</x:v>
+        <x:v>116720.44</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45842</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>116486.75</x:v>
+        <x:v>116701.44</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45841</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>116464.2</x:v>
+        <x:v>116694.99</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45840</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>116456.59</x:v>
+        <x:v>116688.17</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45839</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>116449.13</x:v>
+        <x:v>116681.5</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45838</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>116440.64</x:v>
+        <x:v>116673.19</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45837</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>116433.17</x:v>
+        <x:v>116654.6</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45834</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>116415.52</x:v>
+        <x:v>116648.48</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45833</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>116406.06</x:v>
+        <x:v>116642.01</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45832</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>116396.3</x:v>
+        <x:v>116635.57</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45831</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>116389.46</x:v>
+        <x:v>116627.43</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45830</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>116383.29</x:v>
+        <x:v>116609.73</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45827</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>116366.76</x:v>
+        <x:v>116603.14</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45826</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>116359.43</x:v>
+        <x:v>116596.04</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45825</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>116352.86</x:v>
+        <x:v>116589.61</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45824</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>116345.51</x:v>
+        <x:v>116581.27</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45823</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>116338.88</x:v>
+        <x:v>116562.71</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45820</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>116321.33</x:v>
+        <x:v>116555.79</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45819</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>116314.58</x:v>
+        <x:v>116548.86</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45818</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>116307.63</x:v>
+        <x:v>116539.82</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45817</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>116293.05</x:v>
+        <x:v>116515.44</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45813</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>116268.51</x:v>
+        <x:v>116508.19</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45812</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>116261.97</x:v>
+        <x:v>116502.36</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45811</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>116254.53</x:v>
+        <x:v>116496.28</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45810</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>116245.73</x:v>
+        <x:v>116486.75</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45809</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>116236.59</x:v>
+        <x:v>116464.2</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45806</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>116216.14</x:v>
+        <x:v>116456.59</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45804</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>116203.81</x:v>
+        <x:v>116449.13</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45803</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>116196.14</x:v>
+        <x:v>116440.64</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45802</x:v>
+        <x:v>45837</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>116186.75</x:v>
+        <x:v>116433.17</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45799</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>116160.26</x:v>
+        <x:v>116415.52</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45798</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>116152.79</x:v>
+        <x:v>116406.06</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45797</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>116145.59</x:v>
+        <x:v>116396.3</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45796</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>116138.04</x:v>
+        <x:v>116389.46</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45795</x:v>
+        <x:v>45830</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>116128.87</x:v>
+        <x:v>116383.29</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45792</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>116109.37</x:v>
+        <x:v>116366.76</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45791</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>116102.07</x:v>
+        <x:v>116359.43</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45790</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>116094.35</x:v>
+        <x:v>116352.86</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45789</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>116085.92</x:v>
+        <x:v>116345.51</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45788</x:v>
+        <x:v>45823</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>116077.36</x:v>
+        <x:v>116338.88</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45785</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>116051.85</x:v>
+        <x:v>116321.33</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45783</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>116037.63</x:v>
+        <x:v>116314.58</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45782</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>116029.35</x:v>
+        <x:v>116307.63</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45781</x:v>
+        <x:v>45817</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>116019.24</x:v>
+        <x:v>116293.05</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45778</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>115999.68</x:v>
+        <x:v>116268.51</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45776</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>115986.75</x:v>
+        <x:v>116261.97</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45775</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>115978.4</x:v>
+        <x:v>116254.53</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45774</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>115969.31</x:v>
+        <x:v>116245.73</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45771</x:v>
+        <x:v>45809</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>115944.43</x:v>
+        <x:v>116236.59</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45770</x:v>
+        <x:v>45806</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>115936.99</x:v>
+        <x:v>116216.14</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45769</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>115928.21</x:v>
+        <x:v>116203.81</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45768</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>115914.1</x:v>
+        <x:v>116196.14</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45763</x:v>
+        <x:v>45802</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>115881.13</x:v>
+        <x:v>116186.75</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45762</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>115873.79</x:v>
+        <x:v>116160.26</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45761</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>115865.55</x:v>
+        <x:v>116152.79</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45760</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>115853.95</x:v>
+        <x:v>116145.59</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45757</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>115839.01</x:v>
+        <x:v>116138.04</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45756</x:v>
+        <x:v>45795</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>115832.35</x:v>
+        <x:v>116128.87</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45755</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>115823.39</x:v>
+        <x:v>116109.37</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45754</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>115812.16</x:v>
+        <x:v>116102.07</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45753</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>115802.06</x:v>
+        <x:v>116094.35</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45750</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>115780.53</x:v>
+        <x:v>116085.92</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45749</x:v>
+        <x:v>45788</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>115772.93</x:v>
+        <x:v>116077.36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45748</x:v>
+        <x:v>45785</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>115764.5</x:v>
+        <x:v>116051.85</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45747</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>115755.97</x:v>
+        <x:v>116037.63</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45746</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>115747.87</x:v>
+        <x:v>116029.35</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45743</x:v>
+        <x:v>45781</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>115725.99</x:v>
+        <x:v>116019.24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45742</x:v>
+        <x:v>45778</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>115717.99</x:v>
+        <x:v>115999.68</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45741</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>115709.58</x:v>
+        <x:v>115986.75</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45740</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>115700.51</x:v>
+        <x:v>115978.4</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45739</x:v>
+        <x:v>45774</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>115690.5</x:v>
+        <x:v>115969.31</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45736</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>115663.89</x:v>
+        <x:v>115944.43</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45735</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>115656.01</x:v>
+        <x:v>115936.99</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45734</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>115647.25</x:v>
+        <x:v>115928.21</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45733</x:v>
+        <x:v>45768</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>115637.55</x:v>
+        <x:v>115914.1</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45732</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>115629.35</x:v>
+        <x:v>115881.13</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45729</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>115607.08</x:v>
+        <x:v>115873.79</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45728</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>115599.75</x:v>
+        <x:v>115865.55</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45727</x:v>
+        <x:v>45760</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>115591.63</x:v>
+        <x:v>115853.95</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45726</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>115582.44</x:v>
+        <x:v>115839.01</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45725</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>115571.19</x:v>
+        <x:v>115832.35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45722</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>115546.01</x:v>
+        <x:v>115823.39</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45721</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>115537.2</x:v>
+        <x:v>115812.16</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45720</x:v>
+        <x:v>45753</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>115528.45</x:v>
+        <x:v>115802.06</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45719</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>115517.29</x:v>
+        <x:v>115780.53</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45718</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>115507.02</x:v>
+        <x:v>115772.93</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45715</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>115482.37</x:v>
+        <x:v>115764.5</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45714</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>115473.12</x:v>
+        <x:v>115755.97</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45713</x:v>
+        <x:v>45746</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>115464.45</x:v>
+        <x:v>115747.87</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45712</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>115455.61</x:v>
+        <x:v>115725.99</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45711</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>115445.99</x:v>
+        <x:v>115717.99</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45708</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>115421.18</x:v>
+        <x:v>115709.58</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45707</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>115412.23</x:v>
+        <x:v>115700.51</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45706</x:v>
+        <x:v>45739</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>115403.64</x:v>
+        <x:v>115690.5</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45705</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>115394.55</x:v>
+        <x:v>115663.89</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45704</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>115383.23</x:v>
+        <x:v>115656.01</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45701</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>115358.01</x:v>
+        <x:v>115647.25</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45700</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>115348.94</x:v>
+        <x:v>115637.55</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45699</x:v>
+        <x:v>45732</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>115339.43</x:v>
+        <x:v>115629.35</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45698</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>115330.9</x:v>
+        <x:v>115607.08</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45697</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>115320.63</x:v>
+        <x:v>115599.75</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45694</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>115295.85</x:v>
+        <x:v>115591.63</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45693</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>115287.46</x:v>
+        <x:v>115582.44</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45692</x:v>
+        <x:v>45725</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>115278.31</x:v>
+        <x:v>115571.19</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45691</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>115269.22</x:v>
+        <x:v>115546.01</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45690</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>115258.29</x:v>
+        <x:v>115537.2</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45687</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>115231.21</x:v>
+        <x:v>115528.45</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45686</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>115220.85</x:v>
+        <x:v>115517.29</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45685</x:v>
+        <x:v>45718</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>115211.26</x:v>
+        <x:v>115507.02</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45684</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>115201.66</x:v>
+        <x:v>115482.37</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45683</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>115190.2</x:v>
+        <x:v>115473.12</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45680</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>115163.46</x:v>
+        <x:v>115464.45</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45679</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>115153.99</x:v>
+        <x:v>115455.61</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45678</x:v>
+        <x:v>45711</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>115144.43</x:v>
+        <x:v>115445.99</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45677</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>115134.4</x:v>
+        <x:v>115421.18</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45676</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>115122</x:v>
+        <x:v>115412.23</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45673</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>115094.93</x:v>
+        <x:v>115403.64</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45672</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>115084.91</x:v>
+        <x:v>115394.55</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45671</x:v>
+        <x:v>45704</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>115075.53</x:v>
+        <x:v>115383.23</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45670</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>115065.67</x:v>
+        <x:v>115358.01</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45669</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>115054.23</x:v>
+        <x:v>115348.94</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45666</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>115026.91</x:v>
+        <x:v>115339.43</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45665</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>115016.92</x:v>
+        <x:v>115330.9</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45664</x:v>
+        <x:v>45697</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>115007.28</x:v>
+        <x:v>115320.63</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45663</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>114997.16</x:v>
+        <x:v>115295.85</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45662</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>114986.94</x:v>
+        <x:v>115287.46</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45659</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>114956.53</x:v>
+        <x:v>115278.31</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45658</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>114946.36</x:v>
+        <x:v>115269.22</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45657</x:v>
+        <x:v>45690</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>114927.8</x:v>
+        <x:v>115258.29</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45656</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>114927.8</x:v>
+        <x:v>115231.21</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45655</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>114914.05</x:v>
+        <x:v>115220.85</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45652</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>114888.23</x:v>
+        <x:v>115211.26</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45649</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>114862.26</x:v>
+        <x:v>115201.66</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45648</x:v>
+        <x:v>45683</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>114851.97</x:v>
+        <x:v>115190.2</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45645</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>114823.74</x:v>
+        <x:v>115163.46</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45644</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>114816.66</x:v>
+        <x:v>115153.99</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45643</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>114802.3</x:v>
+        <x:v>115144.43</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45642</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>114792.9</x:v>
+        <x:v>115134.4</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45641</x:v>
+        <x:v>45676</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>114781.23</x:v>
+        <x:v>115122</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45638</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>114752.23</x:v>
+        <x:v>115094.93</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45637</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>114743.03</x:v>
+        <x:v>115084.91</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45636</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>114732.66</x:v>
+        <x:v>115075.53</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45635</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>114723.09</x:v>
+        <x:v>115065.67</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45634</x:v>
+        <x:v>45669</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>114710.46</x:v>
+        <x:v>115054.23</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45631</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>114682.19</x:v>
+        <x:v>115026.91</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45630</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>114671.22</x:v>
+        <x:v>115016.92</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45629</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>114661.26</x:v>
+        <x:v>115007.28</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45628</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>114652.15</x:v>
+        <x:v>114997.16</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45627</x:v>
+        <x:v>45662</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>114637.87</x:v>
+        <x:v>114986.94</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45624</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>114610.78</x:v>
+        <x:v>114956.53</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45623</x:v>
+        <x:v>45658</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>114600.9</x:v>
+        <x:v>114946.36</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45622</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>114589.89</x:v>
+        <x:v>114927.8</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45621</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>114578.67</x:v>
+        <x:v>114927.8</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45620</x:v>
+        <x:v>45655</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>114564.28</x:v>
+        <x:v>114914.05</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45617</x:v>
+        <x:v>45652</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>114529.84</x:v>
+        <x:v>114888.23</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45616</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>114519.5</x:v>
+        <x:v>114862.26</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45615</x:v>
+        <x:v>45648</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>114508.16</x:v>
+        <x:v>114851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45614</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>114497.58</x:v>
+        <x:v>114823.74</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45613</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>114486.07</x:v>
+        <x:v>114816.66</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45610</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>114457.38</x:v>
+        <x:v>114802.3</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45609</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>114447.06</x:v>
+        <x:v>114792.9</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45608</x:v>
+        <x:v>45641</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>114437.37</x:v>
+        <x:v>114781.23</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45607</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>114422.57</x:v>
+        <x:v>114752.23</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45603</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>114385.29</x:v>
+        <x:v>114743.03</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45602</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>114375.33</x:v>
+        <x:v>114732.66</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45601</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>114363</x:v>
+        <x:v>114723.09</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45600</x:v>
+        <x:v>45634</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>114353.15</x:v>
+        <x:v>114710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45599</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>114337.95</x:v>
+        <x:v>114682.19</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45595</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>114303.59</x:v>
+        <x:v>114671.22</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45594</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>114293.06</x:v>
+        <x:v>114661.26</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45593</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>114283.56</x:v>
+        <x:v>114652.15</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45592</x:v>
+        <x:v>45627</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>114271.72</x:v>
+        <x:v>114637.87</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45589</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>114241.67</x:v>
+        <x:v>114610.78</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45588</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>114230.71</x:v>
+        <x:v>114600.9</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45587</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>114218.76</x:v>
+        <x:v>114589.89</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45586</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>114207.75</x:v>
+        <x:v>114578.67</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45585</x:v>
+        <x:v>45620</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>114196.84</x:v>
+        <x:v>114564.28</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45582</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>114163.89</x:v>
+        <x:v>114529.84</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45581</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>114152.72</x:v>
+        <x:v>114519.5</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45580</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>114142.61</x:v>
+        <x:v>114508.16</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45579</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>114132.74</x:v>
+        <x:v>114497.58</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45578</x:v>
+        <x:v>45613</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>114120.97</x:v>
+        <x:v>114486.07</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45575</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>114090.93</x:v>
+        <x:v>114457.38</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45574</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>114081.28</x:v>
+        <x:v>114447.06</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45573</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>114071</x:v>
+        <x:v>114437.37</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45572</x:v>
+        <x:v>45607</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>114060.53</x:v>
+        <x:v>114422.57</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45571</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>114047.1</x:v>
+        <x:v>114385.29</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45568</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>114017.77</x:v>
+        <x:v>114375.33</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45567</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>114007</x:v>
+        <x:v>114363</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45566</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>113995.28</x:v>
+        <x:v>114353.15</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45565</x:v>
+        <x:v>45599</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>113984.74</x:v>
+        <x:v>114337.95</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45564</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>113974.32</x:v>
+        <x:v>114303.59</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45561</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>113938.8</x:v>
+        <x:v>114293.06</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45560</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>113931.78</x:v>
+        <x:v>114283.56</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45559</x:v>
+        <x:v>45592</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>113913.81</x:v>
+        <x:v>114271.72</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45558</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>113901.87</x:v>
+        <x:v>114241.67</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45557</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>113891.16</x:v>
+        <x:v>114230.71</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45554</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>113856.98</x:v>
+        <x:v>114218.76</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45553</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>113844.77</x:v>
+        <x:v>114207.75</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45552</x:v>
+        <x:v>45585</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>113833.01</x:v>
+        <x:v>114196.84</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45551</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>113821.5</x:v>
+        <x:v>114163.89</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45550</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>113807.43</x:v>
+        <x:v>114152.72</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45547</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>113774.52</x:v>
+        <x:v>114142.61</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45546</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>113763.81</x:v>
+        <x:v>114132.74</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45545</x:v>
+        <x:v>45578</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>113750.44</x:v>
+        <x:v>114120.97</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45544</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>113739.03</x:v>
+        <x:v>114090.93</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45543</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>113725.82</x:v>
+        <x:v>114081.28</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45540</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>113692.93</x:v>
+        <x:v>114071</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45539</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>113681.28</x:v>
+        <x:v>114060.53</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45538</x:v>
+        <x:v>45571</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>113669.12</x:v>
+        <x:v>114047.1</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45537</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>113657.1</x:v>
+        <x:v>114017.77</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45536</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>113644.79</x:v>
+        <x:v>114007</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45533</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>113611.79</x:v>
+        <x:v>113995.28</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45532</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>113600.18</x:v>
+        <x:v>113984.74</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45531</x:v>
+        <x:v>45564</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>113587.36</x:v>
+        <x:v>113974.32</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45530</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>113575.17</x:v>
+        <x:v>113938.8</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45529</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>113563.19</x:v>
+        <x:v>113931.78</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45526</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>113529.54</x:v>
+        <x:v>113913.81</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45525</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>113518.67</x:v>
+        <x:v>113901.87</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45524</x:v>
+        <x:v>45557</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>113507.13</x:v>
+        <x:v>113891.16</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45523</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>113496.4</x:v>
+        <x:v>113856.98</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45522</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>113481.78</x:v>
+        <x:v>113844.77</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45519</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>113448.96</x:v>
+        <x:v>113833.01</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45517</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>113427.52</x:v>
+        <x:v>113821.5</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45516</x:v>
+        <x:v>45550</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>113415.95</x:v>
+        <x:v>113807.43</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45515</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>113402</x:v>
+        <x:v>113774.52</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45512</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>113368.77</x:v>
+        <x:v>113763.81</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45511</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>113356.43</x:v>
+        <x:v>113750.44</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45510</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>113344.44</x:v>
+        <x:v>113739.03</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45509</x:v>
+        <x:v>45543</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>113333.23</x:v>
+        <x:v>113725.82</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45508</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>113316.94</x:v>
+        <x:v>113692.93</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45505</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>113283.32</x:v>
+        <x:v>113681.28</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45504</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>113272.87</x:v>
+        <x:v>113669.12</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45503</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>113260.8</x:v>
+        <x:v>113657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45502</x:v>
+        <x:v>45536</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>113249.51</x:v>
+        <x:v>113644.79</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45501</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>113236.08</x:v>
+        <x:v>113611.79</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45498</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>113204.08</x:v>
+        <x:v>113600.18</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45497</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>113192.42</x:v>
+        <x:v>113587.36</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45496</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>113180.29</x:v>
+        <x:v>113575.17</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45495</x:v>
+        <x:v>45529</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>113168.24</x:v>
+        <x:v>113563.19</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45494</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>113155.46</x:v>
+        <x:v>113529.54</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45491</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>113123.13</x:v>
+        <x:v>113518.67</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45490</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>113110.91</x:v>
+        <x:v>113507.13</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45489</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>113098.84</x:v>
+        <x:v>113496.4</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45488</x:v>
+        <x:v>45522</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>113087.19</x:v>
+        <x:v>113481.78</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45487</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>113073.98</x:v>
+        <x:v>113448.96</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45484</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>113042.29</x:v>
+        <x:v>113427.52</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45483</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>113030.89</x:v>
+        <x:v>113415.95</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45482</x:v>
+        <x:v>45515</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>113019.64</x:v>
+        <x:v>113402</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45481</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>113008.29</x:v>
+        <x:v>113368.77</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45480</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>112994.9</x:v>
+        <x:v>113356.43</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45477</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>112963.02</x:v>
+        <x:v>113344.44</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45476</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>112950.62</x:v>
+        <x:v>113333.23</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45475</x:v>
+        <x:v>45508</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>112939.13</x:v>
+        <x:v>113316.94</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45474</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>112927.79</x:v>
+        <x:v>113283.32</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45473</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>112914.57</x:v>
+        <x:v>113272.87</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45470</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>112881.03</x:v>
+        <x:v>113260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45469</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>112869.23</x:v>
+        <x:v>113249.51</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45468</x:v>
+        <x:v>45501</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>112857.21</x:v>
+        <x:v>113236.08</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45467</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>112845.7</x:v>
+        <x:v>113204.08</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45466</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>112832.77</x:v>
+        <x:v>113192.42</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45463</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>112797.98</x:v>
+        <x:v>113180.29</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45462</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>112786.64</x:v>
+        <x:v>113168.24</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45461</x:v>
+        <x:v>45494</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>112774.71</x:v>
+        <x:v>113155.46</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45460</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>112763.26</x:v>
+        <x:v>113123.13</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45459</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>112750.34</x:v>
+        <x:v>113110.91</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45456</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>112717.82</x:v>
+        <x:v>113098.84</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45455</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>112706.85</x:v>
+        <x:v>113087.19</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45454</x:v>
+        <x:v>45487</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>112694.56</x:v>
+        <x:v>113073.98</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45453</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>112681.57</x:v>
+        <x:v>113042.29</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45452</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>112667.91</x:v>
+        <x:v>113030.89</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45449</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>112633.66</x:v>
+        <x:v>113019.64</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45448</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>112621.36</x:v>
+        <x:v>113008.29</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45447</x:v>
+        <x:v>45480</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>112601.94</x:v>
+        <x:v>112994.9</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45446</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>112597.06</x:v>
+        <x:v>112963.02</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45445</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>112583.68</x:v>
+        <x:v>112950.62</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45442</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>112548.03</x:v>
+        <x:v>112939.13</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45441</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>112535.35</x:v>
+        <x:v>112927.79</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45440</x:v>
+        <x:v>45473</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>112523.22</x:v>
+        <x:v>112914.57</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45439</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>112510.42</x:v>
+        <x:v>112881.03</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45438</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>112496.33</x:v>
+        <x:v>112869.23</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45435</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>112461.15</x:v>
+        <x:v>112857.21</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45434</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>112448.72</x:v>
+        <x:v>112845.7</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45433</x:v>
+        <x:v>45466</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>112436.6</x:v>
+        <x:v>112832.77</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45432</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>112421.06</x:v>
+        <x:v>112797.98</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45428</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>112376.38</x:v>
+        <x:v>112786.64</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45427</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>112363.08</x:v>
+        <x:v>112774.71</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45426</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>112350.58</x:v>
+        <x:v>112763.26</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45425</x:v>
+        <x:v>45459</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>112337.78</x:v>
+        <x:v>112750.34</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45424</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>112321.78</x:v>
+        <x:v>112717.82</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45421</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>112282.4</x:v>
+        <x:v>112706.85</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45418</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>112250.48</x:v>
+        <x:v>112694.56</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45417</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>112235.13</x:v>
+        <x:v>112681.57</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45414</x:v>
+        <x:v>45452</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>112201.36</x:v>
+        <x:v>112667.91</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45413</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>112189.54</x:v>
+        <x:v>112633.66</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45411</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>112165.45</x:v>
+        <x:v>112621.36</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45410</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>112149.38</x:v>
+        <x:v>112601.94</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45407</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>112114.37</x:v>
+        <x:v>112597.06</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45406</x:v>
+        <x:v>45445</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>112101.72</x:v>
+        <x:v>112583.68</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45405</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>112089.03</x:v>
+        <x:v>112548.03</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45404</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>112076.16</x:v>
+        <x:v>112535.35</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45403</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>112061</x:v>
+        <x:v>112523.22</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45400</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>112025.7</x:v>
+        <x:v>112510.42</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45399</x:v>
+        <x:v>45438</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>112012.8</x:v>
+        <x:v>112496.33</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45398</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>112000.47</x:v>
+        <x:v>112461.15</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45397</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>111988.48</x:v>
+        <x:v>112448.72</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45396</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>111972.75</x:v>
+        <x:v>112436.6</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45393</x:v>
+        <x:v>45432</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>111938.21</x:v>
+        <x:v>112421.06</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45392</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>111927.29</x:v>
+        <x:v>112376.38</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45391</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>111916.16</x:v>
+        <x:v>112363.08</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45390</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>111904.18</x:v>
+        <x:v>112350.58</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45389</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>111891.32</x:v>
+        <x:v>112337.78</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45386</x:v>
+        <x:v>45424</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>111854.84</x:v>
+        <x:v>112321.78</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45385</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>111842.21</x:v>
+        <x:v>112282.4</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45384</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>111826.49</x:v>
+        <x:v>112250.48</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45383</x:v>
+        <x:v>45417</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>111813.03</x:v>
+        <x:v>112235.13</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45378</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>111757.17</x:v>
+        <x:v>112201.36</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45377</x:v>
+        <x:v>45413</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>111744.31</x:v>
+        <x:v>112189.54</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45376</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>111732.1</x:v>
+        <x:v>112165.45</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45375</x:v>
+        <x:v>45410</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>111716.85</x:v>
+        <x:v>112149.38</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45372</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>111681.74</x:v>
+        <x:v>112114.37</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45371</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>111669.02</x:v>
+        <x:v>112101.72</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45370</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>111656.31</x:v>
+        <x:v>112089.03</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45369</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>111643.92</x:v>
+        <x:v>112076.16</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45368</x:v>
+        <x:v>45403</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>111627.19</x:v>
+        <x:v>112061</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45365</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>111591.21</x:v>
+        <x:v>112025.7</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45364</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>111578.78</x:v>
+        <x:v>112012.8</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45363</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>111566.11</x:v>
+        <x:v>112000.47</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45362</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>111552.9</x:v>
+        <x:v>111988.48</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45361</x:v>
+        <x:v>45396</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>111539.62</x:v>
+        <x:v>111972.75</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45358</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>111503.05</x:v>
+        <x:v>111938.21</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45357</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>111489.98</x:v>
+        <x:v>111927.29</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45356</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>111477.3</x:v>
+        <x:v>111916.16</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45355</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>111464.78</x:v>
+        <x:v>111904.18</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45354</x:v>
+        <x:v>45389</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>111450.81</x:v>
+        <x:v>111891.32</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45351</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>111417.52</x:v>
+        <x:v>111854.84</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45350</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>111404.31</x:v>
+        <x:v>111842.21</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45349</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>111391.34</x:v>
+        <x:v>111826.49</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45348</x:v>
+        <x:v>45383</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>111378.91</x:v>
+        <x:v>111813.03</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45347</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>111363.02</x:v>
+        <x:v>111757.17</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45344</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>111328.02</x:v>
+        <x:v>111744.31</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45343</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>111316.11</x:v>
+        <x:v>111732.1</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45342</x:v>
+        <x:v>45375</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>111303.43</x:v>
+        <x:v>111716.85</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45341</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>111291.43</x:v>
+        <x:v>111681.74</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45340</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>111274.59</x:v>
+        <x:v>111669.02</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45337</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>111239.75</x:v>
+        <x:v>111656.31</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45336</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>111227.48</x:v>
+        <x:v>111643.92</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45335</x:v>
+        <x:v>45368</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>111215.21</x:v>
+        <x:v>111627.19</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45334</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>111202.08</x:v>
+        <x:v>111591.21</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45333</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>111184.84</x:v>
+        <x:v>111578.78</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45330</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>111148.91</x:v>
+        <x:v>111566.11</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45329</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>111136.95</x:v>
+        <x:v>111552.9</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45328</x:v>
+        <x:v>45361</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>111124.43</x:v>
+        <x:v>111539.62</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45327</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>111112.05</x:v>
+        <x:v>111503.05</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45326</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>111097.89</x:v>
+        <x:v>111489.98</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45323</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>111063.13</x:v>
+        <x:v>111477.3</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45322</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>111051.34</x:v>
+        <x:v>111464.78</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45321</x:v>
+        <x:v>45354</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>111039.28</x:v>
+        <x:v>111450.81</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45320</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>111026.19</x:v>
+        <x:v>111417.52</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45319</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>111007.96</x:v>
+        <x:v>111404.31</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45316</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>110973.21</x:v>
+        <x:v>111391.34</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45315</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>110960.64</x:v>
+        <x:v>111378.91</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45314</x:v>
+        <x:v>45347</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>110948.41</x:v>
+        <x:v>111363.02</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45313</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>110936.79</x:v>
+        <x:v>111328.02</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45312</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>110922.34</x:v>
+        <x:v>111316.11</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45309</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>110887.81</x:v>
+        <x:v>111303.43</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45308</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>110874.88</x:v>
+        <x:v>111291.43</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45307</x:v>
+        <x:v>45340</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>110862.21</x:v>
+        <x:v>111274.59</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45306</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>110849.21</x:v>
+        <x:v>111239.75</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45305</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>110833.89</x:v>
+        <x:v>111227.48</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45302</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>110797.95</x:v>
+        <x:v>111215.21</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45301</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>110784.93</x:v>
+        <x:v>111202.08</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45300</x:v>
+        <x:v>45333</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>110772.63</x:v>
+        <x:v>111184.84</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45299</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>110760.35</x:v>
+        <x:v>111148.91</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45298</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>110744.9</x:v>
+        <x:v>111136.95</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45295</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>110708.73</x:v>
+        <x:v>111124.43</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45294</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>110695.19</x:v>
+        <x:v>111112.05</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45293</x:v>
+        <x:v>45326</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>110685.39</x:v>
+        <x:v>111097.89</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45292</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>110672.58</x:v>
+        <x:v>111063.13</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45288</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>110629.36</x:v>
+        <x:v>111051.34</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45287</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>110615.54</x:v>
+        <x:v>111039.28</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45286</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>110598.94</x:v>
+        <x:v>111026.19</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45281</x:v>
+        <x:v>45319</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>110543.03</x:v>
+        <x:v>111007.96</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45280</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>110530.31</x:v>
+        <x:v>110973.21</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45279</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>110516.85</x:v>
+        <x:v>110960.64</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45278</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>110504.68</x:v>
+        <x:v>110948.41</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45277</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>110489.82</x:v>
+        <x:v>110936.79</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45274</x:v>
+        <x:v>45312</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>110453.57</x:v>
+        <x:v>110922.34</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45273</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>110439.96</x:v>
+        <x:v>110887.81</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45272</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>110427.81</x:v>
+        <x:v>110874.88</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45271</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>110415.32</x:v>
+        <x:v>110862.21</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45270</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>110400.16</x:v>
+        <x:v>110849.21</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45267</x:v>
+        <x:v>45305</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>110365.4</x:v>
+        <x:v>110833.89</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45266</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>110353.32</x:v>
+        <x:v>110797.95</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45265</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>110340.07</x:v>
+        <x:v>110784.93</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45264</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>110327.73</x:v>
+        <x:v>110772.63</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45263</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>110309.92</x:v>
+        <x:v>110760.35</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45260</x:v>
+        <x:v>45298</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>110275.82</x:v>
+        <x:v>110744.9</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45259</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>110262.86</x:v>
+        <x:v>110708.73</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45258</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>110251.82</x:v>
+        <x:v>110695.19</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45257</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>110239.84</x:v>
+        <x:v>110685.39</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45256</x:v>
+        <x:v>45292</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>110224.19</x:v>
+        <x:v>110672.58</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45253</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>110190.59</x:v>
+        <x:v>110629.36</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45252</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>110179.27</x:v>
+        <x:v>110615.54</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45251</x:v>
+        <x:v>45286</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>110166.76</x:v>
+        <x:v>110598.94</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45250</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>110154.02</x:v>
+        <x:v>110543.03</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45249</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>110138.81</x:v>
+        <x:v>110530.31</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45246</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>110104.33</x:v>
+        <x:v>110516.85</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45245</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>110091.32</x:v>
+        <x:v>110504.68</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45244</x:v>
+        <x:v>45277</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>110077.7</x:v>
+        <x:v>110489.82</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45243</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>110064.16</x:v>
+        <x:v>110453.57</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45242</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>110050.4</x:v>
+        <x:v>110439.96</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45239</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>110015.67</x:v>
+        <x:v>110427.81</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45238</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>110003.1</x:v>
+        <x:v>110415.32</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45237</x:v>
+        <x:v>45270</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>109990.76</x:v>
+        <x:v>110400.16</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45236</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>109978.52</x:v>
+        <x:v>110365.4</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45235</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>109960.56</x:v>
+        <x:v>110353.32</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45232</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>109926.8</x:v>
+        <x:v>110340.07</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45231</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>109911.77</x:v>
+        <x:v>110327.73</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45229</x:v>
+        <x:v>45263</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>109890.85</x:v>
+        <x:v>110309.92</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45228</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>109877.6</x:v>
+        <x:v>110275.82</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45225</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>109843.49</x:v>
+        <x:v>110262.86</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45224</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>109831.53</x:v>
+        <x:v>110251.82</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45223</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>109819.67</x:v>
+        <x:v>110239.84</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45222</x:v>
+        <x:v>45256</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>109807.77</x:v>
+        <x:v>110224.19</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45221</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>109789.14</x:v>
+        <x:v>110190.59</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45218</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>109753.46</x:v>
+        <x:v>110179.27</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45217</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>109741.5</x:v>
+        <x:v>110166.76</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45216</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>109729.38</x:v>
+        <x:v>110154.02</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45215</x:v>
+        <x:v>45249</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>109717.08</x:v>
+        <x:v>110138.81</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45214</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>109704.21</x:v>
+        <x:v>110104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45211</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>109669.57</x:v>
+        <x:v>110091.32</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45210</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>109656.67</x:v>
+        <x:v>110077.7</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45209</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>109644.42</x:v>
+        <x:v>110064.16</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45208</x:v>
+        <x:v>45242</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>109631.31</x:v>
+        <x:v>110050.4</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45207</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>109615.75</x:v>
+        <x:v>110015.67</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45204</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>109580.92</x:v>
+        <x:v>110003.1</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45203</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>109567.28</x:v>
+        <x:v>109990.76</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45202</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>109557.78</x:v>
+        <x:v>109978.52</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45201</x:v>
+        <x:v>45235</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>109547.88</x:v>
+        <x:v>109960.56</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45200</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>109531.62</x:v>
+        <x:v>109926.8</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45198</x:v>
+        <x:v>45231</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>109499.98</x:v>
+        <x:v>109911.77</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45197</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>109499.98</x:v>
+        <x:v>109890.85</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45196</x:v>
+        <x:v>45228</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>109488.47</x:v>
+        <x:v>109877.6</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45195</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>109475.8</x:v>
+        <x:v>109843.49</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45194</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>109463.18</x:v>
+        <x:v>109831.53</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45193</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>109446</x:v>
+        <x:v>109819.67</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45190</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>109411.69</x:v>
+        <x:v>109807.77</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45189</x:v>
+        <x:v>45221</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>109399.94</x:v>
+        <x:v>109789.14</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45188</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>109389.84</x:v>
+        <x:v>109753.46</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45187</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>109378.91</x:v>
+        <x:v>109741.5</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45186</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>109361.94</x:v>
+        <x:v>109729.38</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45183</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>109332.39</x:v>
+        <x:v>109717.08</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45182</x:v>
+        <x:v>45214</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>109321.74</x:v>
+        <x:v>109704.21</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45181</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>109312.6</x:v>
+        <x:v>109669.57</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45180</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>109300.67</x:v>
+        <x:v>109656.67</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45179</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>109286.5</x:v>
+        <x:v>109644.42</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45176</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>109254.33</x:v>
+        <x:v>109631.31</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45175</x:v>
+        <x:v>45207</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>109243.07</x:v>
+        <x:v>109615.75</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45174</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>109231.54</x:v>
+        <x:v>109580.92</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45173</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>109219.88</x:v>
+        <x:v>109567.28</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45172</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>109208.54</x:v>
+        <x:v>109557.78</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45169</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>109173.52</x:v>
+        <x:v>109547.88</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45168</x:v>
+        <x:v>45200</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>109163.88</x:v>
+        <x:v>109531.62</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45167</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>109153.44</x:v>
+        <x:v>109499.98</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45166</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>109141.4</x:v>
+        <x:v>109499.98</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45165</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>109128.07</x:v>
+        <x:v>109488.47</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45162</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>109097.56</x:v>
+        <x:v>109475.8</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45161</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>109084.63</x:v>
+        <x:v>109463.18</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45160</x:v>
+        <x:v>45193</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>109071.42</x:v>
+        <x:v>109446</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45159</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>109061.78</x:v>
+        <x:v>109411.69</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45158</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>109047.05</x:v>
+        <x:v>109399.94</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45155</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>109016.91</x:v>
+        <x:v>109389.84</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45154</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>109005.09</x:v>
+        <x:v>109378.91</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45153</x:v>
+        <x:v>45186</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>108991.43</x:v>
+        <x:v>109361.94</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45151</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>108968.6</x:v>
+        <x:v>109332.39</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45148</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>108935.03</x:v>
+        <x:v>109321.74</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45147</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>108924.37</x:v>
+        <x:v>109312.6</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45146</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>108911.86</x:v>
+        <x:v>109300.67</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45145</x:v>
+        <x:v>45179</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>108900.48</x:v>
+        <x:v>109286.5</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45144</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>108886.99</x:v>
+        <x:v>109254.33</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45141</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>108855.71</x:v>
+        <x:v>109243.07</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45140</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>108844.84</x:v>
+        <x:v>109231.54</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45139</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>108833.41</x:v>
+        <x:v>109219.88</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45138</x:v>
+        <x:v>45172</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>108822.63</x:v>
+        <x:v>109208.54</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45137</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>108809.83</x:v>
+        <x:v>109173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45134</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>108780.49</x:v>
+        <x:v>109163.88</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45133</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>108770.64</x:v>
+        <x:v>109153.44</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45132</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>108759.81</x:v>
+        <x:v>109141.4</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45131</x:v>
+        <x:v>45165</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>108748.22</x:v>
+        <x:v>109128.07</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45130</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>108735.58</x:v>
+        <x:v>109097.56</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45127</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>108706.47</x:v>
+        <x:v>109084.63</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45126</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>108694.78</x:v>
+        <x:v>109071.42</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45125</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>108683.49</x:v>
+        <x:v>109061.78</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45124</x:v>
+        <x:v>45158</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>108671.9</x:v>
+        <x:v>109047.05</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45123</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>108655.87</x:v>
+        <x:v>109016.91</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45119</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>108619.29</x:v>
+        <x:v>109005.09</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45118</x:v>
+        <x:v>45153</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>108610.25</x:v>
+        <x:v>108991.43</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45117</x:v>
+        <x:v>45151</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>108600.25</x:v>
+        <x:v>108968.6</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45116</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>108589.42</x:v>
+        <x:v>108935.03</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45113</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>108558.95</x:v>
+        <x:v>108924.37</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45112</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>108549.64</x:v>
+        <x:v>108911.86</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45111</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>108539.19</x:v>
+        <x:v>108900.48</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45110</x:v>
+        <x:v>45144</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>108528.78</x:v>
+        <x:v>108886.99</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45109</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>108515.58</x:v>
+        <x:v>108855.71</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45106</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>108487.08</x:v>
+        <x:v>108844.84</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45105</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>108476.32</x:v>
+        <x:v>108833.41</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45104</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>108465.77</x:v>
+        <x:v>108822.63</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45103</x:v>
+        <x:v>45137</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>108454.76</x:v>
+        <x:v>108809.83</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45102</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>108442.12</x:v>
+        <x:v>108780.49</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45099</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>108413.39</x:v>
+        <x:v>108770.64</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45098</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>108402.64</x:v>
+        <x:v>108759.81</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45097</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>108391.76</x:v>
+        <x:v>108748.22</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45096</x:v>
+        <x:v>45130</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>108381.75</x:v>
+        <x:v>108735.58</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45095</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>108369.58</x:v>
+        <x:v>108706.47</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45092</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>108342.82</x:v>
+        <x:v>108694.78</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45091</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>108333.56</x:v>
+        <x:v>108683.49</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45090</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>108323.5</x:v>
+        <x:v>108671.9</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45089</x:v>
+        <x:v>45123</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>108314.22</x:v>
+        <x:v>108655.87</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45088</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>108301.43</x:v>
+        <x:v>108619.29</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45085</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>108274.18</x:v>
+        <x:v>108610.25</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45084</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>108265.18</x:v>
+        <x:v>108600.25</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45083</x:v>
+        <x:v>45116</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>108255.7</x:v>
+        <x:v>108589.42</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45082</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>108245.33</x:v>
+        <x:v>108558.95</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45081</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>108232.11</x:v>
+        <x:v>108549.64</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45078</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>108205.49</x:v>
+        <x:v>108539.19</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45077</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>108195.75</x:v>
+        <x:v>108528.78</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45076</x:v>
+        <x:v>45109</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>108187.03</x:v>
+        <x:v>108515.58</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45075</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>108174.26</x:v>
+        <x:v>108487.08</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45071</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>108140.43</x:v>
+        <x:v>108476.32</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45070</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>108131.5</x:v>
+        <x:v>108465.77</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45069</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>108121.43</x:v>
+        <x:v>108454.76</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45068</x:v>
+        <x:v>45102</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>108111.52</x:v>
+        <x:v>108442.12</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45067</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>108100.12</x:v>
+        <x:v>108413.39</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45064</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>108072.82</x:v>
+        <x:v>108402.64</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45062</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>108055.97</x:v>
+        <x:v>108391.76</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45061</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>108044.99</x:v>
+        <x:v>108381.75</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45060</x:v>
+        <x:v>45095</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>108034.66</x:v>
+        <x:v>108369.58</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45057</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>108009.41</x:v>
+        <x:v>108342.82</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45056</x:v>
+        <x:v>45091</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>107999.82</x:v>
+        <x:v>108333.56</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45055</x:v>
+        <x:v>45090</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>107991.73</x:v>
+        <x:v>108323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45054</x:v>
+        <x:v>45089</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>107980.75</x:v>
+        <x:v>108314.22</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45050</x:v>
+        <x:v>45088</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>107948.79</x:v>
+        <x:v>108301.43</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45049</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>107940.56</x:v>
+        <x:v>108274.18</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45048</x:v>
+        <x:v>45084</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>107929.57</x:v>
+        <x:v>108265.18</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45047</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>107918.84</x:v>
+        <x:v>108255.7</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45043</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>107883.57</x:v>
+        <x:v>108245.33</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45042</x:v>
+        <x:v>45081</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>107876.02</x:v>
+        <x:v>108232.11</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45041</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>107866.6</x:v>
+        <x:v>108205.49</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45040</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>107858.31</x:v>
+        <x:v>108195.75</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45039</x:v>
+        <x:v>45076</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>107849.13</x:v>
+        <x:v>108187.03</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45036</x:v>
+        <x:v>45075</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>107825.11</x:v>
+        <x:v>108174.26</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45035</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>107815.48</x:v>
+        <x:v>108140.43</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45034</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>107806.93</x:v>
+        <x:v>108131.5</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45033</x:v>
+        <x:v>45069</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>107796.61</x:v>
+        <x:v>108121.43</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45032</x:v>
+        <x:v>45068</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>107786.92</x:v>
+        <x:v>108111.52</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45029</x:v>
+        <x:v>45067</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>107763.63</x:v>
+        <x:v>108100.12</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45028</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>107754.26</x:v>
+        <x:v>108072.82</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45027</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>107743.5</x:v>
+        <x:v>108055.97</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45026</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>107731.24</x:v>
+        <x:v>108044.99</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45021</x:v>
+        <x:v>45060</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>107691.87</x:v>
+        <x:v>108034.66</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45020</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>107683.31</x:v>
+        <x:v>108009.41</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45019</x:v>
+        <x:v>45056</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>107674.33</x:v>
+        <x:v>107999.82</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45018</x:v>
+        <x:v>45055</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>107666.26</x:v>
+        <x:v>107991.73</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45015</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>107641.69</x:v>
+        <x:v>107980.75</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45014</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>107634.37</x:v>
+        <x:v>107948.79</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45013</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>107625.53</x:v>
+        <x:v>107940.56</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45012</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>107616.15</x:v>
+        <x:v>107929.57</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45011</x:v>
+        <x:v>45047</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>107605.92</x:v>
+        <x:v>107918.84</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45008</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>107579.51</x:v>
+        <x:v>107883.57</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45007</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>107571.41</x:v>
+        <x:v>107876.02</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45006</x:v>
+        <x:v>45041</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>107563.04</x:v>
+        <x:v>107866.6</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>45005</x:v>
+        <x:v>45040</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>107557.64</x:v>
+        <x:v>107858.31</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>45004</x:v>
+        <x:v>45039</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>107549.99</x:v>
+        <x:v>107849.13</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>45001</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>107533.38</x:v>
+        <x:v>107825.11</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>45000</x:v>
+        <x:v>45035</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>107521.65</x:v>
+        <x:v>107815.48</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>44999</x:v>
+        <x:v>45034</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>107513.86</x:v>
+        <x:v>107806.93</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>44998</x:v>
+        <x:v>45033</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>107502.37</x:v>
+        <x:v>107796.61</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>44997</x:v>
+        <x:v>45032</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>107492.84</x:v>
+        <x:v>107786.92</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>44994</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>107467.72</x:v>
+        <x:v>107763.63</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>44993</x:v>
+        <x:v>45028</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>107460.45</x:v>
+        <x:v>107754.26</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>44992</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>107453.03</x:v>
+        <x:v>107743.5</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>44991</x:v>
+        <x:v>45026</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>107445.95</x:v>
+        <x:v>107731.24</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>44990</x:v>
+        <x:v>45021</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>107438.08</x:v>
+        <x:v>107691.87</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>44987</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>107414.72</x:v>
+        <x:v>107683.31</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>44986</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>107408.04</x:v>
+        <x:v>107674.33</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>44985</x:v>
+        <x:v>45018</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>107400.5</x:v>
+        <x:v>107666.26</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>44984</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>107391.62</x:v>
+        <x:v>107641.69</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>44983</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>107385.65</x:v>
+        <x:v>107634.37</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>44980</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>107363.33</x:v>
+        <x:v>107625.53</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>44979</x:v>
+        <x:v>45012</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>107355.48</x:v>
+        <x:v>107616.15</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>44978</x:v>
+        <x:v>45011</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>107348.66</x:v>
+        <x:v>107605.92</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>44977</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>107341.17</x:v>
+        <x:v>107579.51</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>44976</x:v>
+        <x:v>45007</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>107333.38</x:v>
+        <x:v>107571.41</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>44973</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>107312.31</x:v>
+        <x:v>107563.04</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>44972</x:v>
+        <x:v>45005</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>107304.89</x:v>
+        <x:v>107557.64</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>44971</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>107296.54</x:v>
+        <x:v>107549.99</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>44970</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>107288.48</x:v>
+        <x:v>107533.38</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>44969</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>107280.15</x:v>
+        <x:v>107521.65</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>44966</x:v>
+        <x:v>44999</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>107255.1</x:v>
+        <x:v>107513.86</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>44965</x:v>
+        <x:v>44998</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>107247.66</x:v>
+        <x:v>107502.37</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>44964</x:v>
+        <x:v>44997</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>107240.73</x:v>
+        <x:v>107492.84</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>44963</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>107234.85</x:v>
+        <x:v>107467.72</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>44962</x:v>
+        <x:v>44993</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>107228.13</x:v>
+        <x:v>107460.45</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
-        <x:v>44959</x:v>
+        <x:v>44992</x:v>
       </x:c>
       <x:c r="B687" s="3">
-        <x:v>107209.71</x:v>
+        <x:v>107453.03</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:2">
       <x:c r="A688" s="2">
-        <x:v>44958</x:v>
+        <x:v>44991</x:v>
       </x:c>
       <x:c r="B688" s="3">
-        <x:v>107202.02</x:v>
+        <x:v>107445.95</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:2">
       <x:c r="A689" s="2">
-        <x:v>44957</x:v>
+        <x:v>44990</x:v>
       </x:c>
       <x:c r="B689" s="3">
-        <x:v>107195.6</x:v>
+        <x:v>107438.08</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:2">
       <x:c r="A690" s="2">
-        <x:v>44956</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="B690" s="3">
-        <x:v>107187.41</x:v>
+        <x:v>107414.72</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:2">
       <x:c r="A691" s="2">
-        <x:v>44955</x:v>
+        <x:v>44986</x:v>
       </x:c>
       <x:c r="B691" s="3">
-        <x:v>107181.83</x:v>
+        <x:v>107408.04</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:2">
       <x:c r="A692" s="2">
-        <x:v>44952</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B692" s="3">
-        <x:v>107164.31</x:v>
+        <x:v>107400.5</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:2">
       <x:c r="A693" s="2">
-        <x:v>44951</x:v>
+        <x:v>44984</x:v>
       </x:c>
       <x:c r="B693" s="3">
-        <x:v>107157.52</x:v>
+        <x:v>107391.62</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:2">
       <x:c r="A694" s="2">
-        <x:v>44950</x:v>
+        <x:v>44983</x:v>
       </x:c>
       <x:c r="B694" s="3">
-        <x:v>107150.92</x:v>
+        <x:v>107385.65</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:2">
       <x:c r="A695" s="2">
-        <x:v>44949</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B695" s="3">
-        <x:v>107144.47</x:v>
+        <x:v>107363.33</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:2">
       <x:c r="A696" s="2">
-        <x:v>44948</x:v>
+        <x:v>44979</x:v>
       </x:c>
       <x:c r="B696" s="3">
-        <x:v>107138.07</x:v>
+        <x:v>107355.48</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:2">
       <x:c r="A697" s="2">
-        <x:v>44945</x:v>
+        <x:v>44978</x:v>
       </x:c>
       <x:c r="B697" s="3">
-        <x:v>107121.7</x:v>
+        <x:v>107348.66</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:2">
       <x:c r="A698" s="2">
-        <x:v>44944</x:v>
+        <x:v>44977</x:v>
       </x:c>
       <x:c r="B698" s="3">
-        <x:v>107116.26</x:v>
+        <x:v>107341.17</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:2">
       <x:c r="A699" s="2">
-        <x:v>44943</x:v>
+        <x:v>44976</x:v>
       </x:c>
       <x:c r="B699" s="3">
-        <x:v>107110.55</x:v>
+        <x:v>107333.38</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:2">
       <x:c r="A700" s="2">
-        <x:v>44942</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="B700" s="3">
-        <x:v>107102.57</x:v>
+        <x:v>107312.31</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:2">
       <x:c r="A701" s="2">
-        <x:v>44941</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B701" s="3">
-        <x:v>107096.67</x:v>
+        <x:v>107304.89</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:2">
       <x:c r="A702" s="2">
-        <x:v>44938</x:v>
+        <x:v>44971</x:v>
       </x:c>
       <x:c r="B702" s="3">
-        <x:v>107079.52</x:v>
+        <x:v>107296.54</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:2">
       <x:c r="A703" s="2">
-        <x:v>44937</x:v>
+        <x:v>44970</x:v>
       </x:c>
       <x:c r="B703" s="3">
-        <x:v>107073.38</x:v>
+        <x:v>107288.48</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:2">
       <x:c r="A704" s="2">
-        <x:v>44936</x:v>
+        <x:v>44969</x:v>
       </x:c>
       <x:c r="B704" s="3">
-        <x:v>107067.05</x:v>
+        <x:v>107280.15</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:2">
       <x:c r="A705" s="2">
-        <x:v>44935</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="B705" s="3">
-        <x:v>107060.7</x:v>
+        <x:v>107255.1</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:2">
       <x:c r="A706" s="2">
-        <x:v>44934</x:v>
+        <x:v>44965</x:v>
       </x:c>
       <x:c r="B706" s="3">
-        <x:v>107055.12</x:v>
+        <x:v>107247.66</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:2">
       <x:c r="A707" s="2">
-        <x:v>44931</x:v>
+        <x:v>44964</x:v>
       </x:c>
       <x:c r="B707" s="3">
-        <x:v>107039.95</x:v>
+        <x:v>107240.73</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:2">
       <x:c r="A708" s="2">
-        <x:v>44930</x:v>
+        <x:v>44963</x:v>
       </x:c>
       <x:c r="B708" s="3">
-        <x:v>107034.5</x:v>
+        <x:v>107234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:2">
       <x:c r="A709" s="2">
-        <x:v>44929</x:v>
+        <x:v>44962</x:v>
       </x:c>
       <x:c r="B709" s="3">
-        <x:v>107026.85</x:v>
+        <x:v>107228.13</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:2">
       <x:c r="A710" s="2">
-        <x:v>44928</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="B710" s="3">
-        <x:v>107022.1</x:v>
+        <x:v>107209.71</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:2">
       <x:c r="A711" s="2">
-        <x:v>44927</x:v>
+        <x:v>44958</x:v>
       </x:c>
       <x:c r="B711" s="3">
-        <x:v>107015.19</x:v>
+        <x:v>107202.02</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:2">
       <x:c r="A712" s="2">
-        <x:v>44924</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B712" s="3">
-        <x:v>106998.35</x:v>
+        <x:v>107195.6</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:2">
       <x:c r="A713" s="2">
-        <x:v>44923</x:v>
+        <x:v>44956</x:v>
       </x:c>
       <x:c r="B713" s="3">
-        <x:v>106993.8</x:v>
+        <x:v>107187.41</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:2">
       <x:c r="A714" s="2">
-        <x:v>44922</x:v>
+        <x:v>44955</x:v>
       </x:c>
       <x:c r="B714" s="3">
-        <x:v>106984.98</x:v>
+        <x:v>107181.83</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:2">
       <x:c r="A715" s="2">
-        <x:v>44921</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="B715" s="3">
-        <x:v>106978.05</x:v>
+        <x:v>107164.31</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:2">
       <x:c r="A716" s="2">
-        <x:v>44917</x:v>
+        <x:v>44951</x:v>
       </x:c>
       <x:c r="B716" s="3">
-        <x:v>106954.85</x:v>
+        <x:v>107157.52</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:2">
       <x:c r="A717" s="2">
-        <x:v>44916</x:v>
+        <x:v>44950</x:v>
       </x:c>
       <x:c r="B717" s="3">
-        <x:v>106948.79</x:v>
+        <x:v>107150.92</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:2">
       <x:c r="A718" s="2">
-        <x:v>44915</x:v>
+        <x:v>44949</x:v>
       </x:c>
       <x:c r="B718" s="3">
-        <x:v>106944.35</x:v>
+        <x:v>107144.47</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:2">
       <x:c r="A719" s="2">
-        <x:v>44914</x:v>
+        <x:v>44948</x:v>
       </x:c>
       <x:c r="B719" s="3">
-        <x:v>106938.93</x:v>
+        <x:v>107138.07</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:2">
       <x:c r="A720" s="2">
-        <x:v>44913</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="B720" s="3">
-        <x:v>106934.06</x:v>
+        <x:v>107121.7</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:2">
       <x:c r="A721" s="2">
-        <x:v>44910</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="B721" s="3">
-        <x:v>106921.72</x:v>
+        <x:v>107116.26</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:2">
       <x:c r="A722" s="2">
-        <x:v>44909</x:v>
+        <x:v>44943</x:v>
       </x:c>
       <x:c r="B722" s="3">
-        <x:v>106916.95</x:v>
+        <x:v>107110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:2">
       <x:c r="A723" s="2">
-        <x:v>44908</x:v>
+        <x:v>44942</x:v>
       </x:c>
       <x:c r="B723" s="3">
-        <x:v>106911.48</x:v>
+        <x:v>107102.57</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:2">
       <x:c r="A724" s="2">
-        <x:v>44907</x:v>
+        <x:v>44941</x:v>
       </x:c>
       <x:c r="B724" s="3">
-        <x:v>106906.49</x:v>
+        <x:v>107096.67</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:2">
       <x:c r="A725" s="2">
-        <x:v>44906</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="B725" s="3">
-        <x:v>106900.34</x:v>
+        <x:v>107079.52</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:2">
       <x:c r="A726" s="2">
-        <x:v>44903</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="B726" s="3">
-        <x:v>106887.16</x:v>
+        <x:v>107073.38</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:2">
       <x:c r="A727" s="2">
-        <x:v>44902</x:v>
+        <x:v>44936</x:v>
       </x:c>
       <x:c r="B727" s="3">
-        <x:v>106883.85</x:v>
+        <x:v>107067.05</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:2">
       <x:c r="A728" s="2">
-        <x:v>44901</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="B728" s="3">
-        <x:v>106879.49</x:v>
+        <x:v>107060.7</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:2">
       <x:c r="A729" s="2">
-        <x:v>44900</x:v>
+        <x:v>44934</x:v>
       </x:c>
       <x:c r="B729" s="3">
-        <x:v>106874.27</x:v>
+        <x:v>107055.12</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:2">
       <x:c r="A730" s="2">
-        <x:v>44899</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="B730" s="3">
-        <x:v>106868.73</x:v>
+        <x:v>107039.95</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:2">
       <x:c r="A731" s="2">
-        <x:v>44896</x:v>
+        <x:v>44930</x:v>
       </x:c>
       <x:c r="B731" s="3">
-        <x:v>106856.62</x:v>
+        <x:v>107034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:2">
       <x:c r="A732" s="2">
-        <x:v>44895</x:v>
+        <x:v>44929</x:v>
       </x:c>
       <x:c r="B732" s="3">
-        <x:v>106852.02</x:v>
+        <x:v>107026.85</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:2">
       <x:c r="A733" s="2">
-        <x:v>44894</x:v>
+        <x:v>44928</x:v>
       </x:c>
       <x:c r="B733" s="3">
-        <x:v>106847.08</x:v>
+        <x:v>107022.1</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:2">
       <x:c r="A734" s="2">
-        <x:v>44893</x:v>
+        <x:v>44927</x:v>
       </x:c>
       <x:c r="B734" s="3">
-        <x:v>106842.45</x:v>
+        <x:v>107015.19</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:2">
       <x:c r="A735" s="2">
-        <x:v>44892</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="B735" s="3">
-        <x:v>106837.84</x:v>
+        <x:v>106998.35</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:2">
       <x:c r="A736" s="2">
-        <x:v>44889</x:v>
+        <x:v>44923</x:v>
       </x:c>
       <x:c r="B736" s="3">
-        <x:v>106825.37</x:v>
+        <x:v>106993.8</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:2">
       <x:c r="A737" s="2">
-        <x:v>44888</x:v>
+        <x:v>44922</x:v>
       </x:c>
       <x:c r="B737" s="3">
-        <x:v>106820.84</x:v>
+        <x:v>106984.98</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:2">
       <x:c r="A738" s="2">
-        <x:v>44887</x:v>
+        <x:v>44921</x:v>
       </x:c>
       <x:c r="B738" s="3">
-        <x:v>106816.72</x:v>
+        <x:v>106978.05</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:2">
       <x:c r="A739" s="2">
-        <x:v>44886</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="B739" s="3">
-        <x:v>106810.99</x:v>
+        <x:v>106954.85</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:2">
       <x:c r="A740" s="2">
-        <x:v>44885</x:v>
+        <x:v>44916</x:v>
       </x:c>
       <x:c r="B740" s="3">
-        <x:v>106806.46</x:v>
+        <x:v>106948.79</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:2">
       <x:c r="A741" s="2">
-        <x:v>44882</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="B741" s="3">
-        <x:v>106795.82</x:v>
+        <x:v>106944.35</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:2">
       <x:c r="A742" s="2">
-        <x:v>44881</x:v>
+        <x:v>44914</x:v>
       </x:c>
       <x:c r="B742" s="3">
-        <x:v>106791.05</x:v>
+        <x:v>106938.93</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:2">
       <x:c r="A743" s="2">
-        <x:v>44880</x:v>
+        <x:v>44913</x:v>
       </x:c>
       <x:c r="B743" s="3">
-        <x:v>106785.53</x:v>
+        <x:v>106934.06</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:2">
       <x:c r="A744" s="2">
-        <x:v>44879</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B744" s="3">
-        <x:v>106782.58</x:v>
+        <x:v>106921.72</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:2">
       <x:c r="A745" s="2">
-        <x:v>44878</x:v>
+        <x:v>44909</x:v>
       </x:c>
       <x:c r="B745" s="3">
-        <x:v>106775.31</x:v>
+        <x:v>106916.95</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:2">
       <x:c r="A746" s="2">
-        <x:v>44874</x:v>
+        <x:v>44908</x:v>
       </x:c>
       <x:c r="B746" s="3">
-        <x:v>106757.75</x:v>
+        <x:v>106911.48</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:2">
       <x:c r="A747" s="2">
-        <x:v>44873</x:v>
+        <x:v>44907</x:v>
       </x:c>
       <x:c r="B747" s="3">
-        <x:v>106753.45</x:v>
+        <x:v>106906.49</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:2">
       <x:c r="A748" s="2">
-        <x:v>44872</x:v>
+        <x:v>44906</x:v>
       </x:c>
       <x:c r="B748" s="3">
-        <x:v>106749.51</x:v>
+        <x:v>106900.34</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:2">
       <x:c r="A749" s="2">
-        <x:v>44871</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="B749" s="3">
-        <x:v>106743.14</x:v>
+        <x:v>106887.16</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:2">
       <x:c r="A750" s="2">
-        <x:v>44868</x:v>
+        <x:v>44902</x:v>
       </x:c>
       <x:c r="B750" s="3">
-        <x:v>106731.55</x:v>
+        <x:v>106883.85</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:2">
       <x:c r="A751" s="2">
-        <x:v>44867</x:v>
+        <x:v>44901</x:v>
       </x:c>
       <x:c r="B751" s="3">
-        <x:v>106725.97</x:v>
+        <x:v>106879.49</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:2">
       <x:c r="A752" s="2">
-        <x:v>44866</x:v>
+        <x:v>44900</x:v>
       </x:c>
       <x:c r="B752" s="3">
-        <x:v>106723.61</x:v>
+        <x:v>106874.27</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:2">
       <x:c r="A753" s="2">
-        <x:v>44864</x:v>
+        <x:v>44899</x:v>
       </x:c>
       <x:c r="B753" s="3">
-        <x:v>106717.29</x:v>
+        <x:v>106868.73</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:2">
       <x:c r="A754" s="2">
-        <x:v>44861</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="B754" s="3">
-        <x:v>106709.8</x:v>
+        <x:v>106856.62</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:2">
       <x:c r="A755" s="2">
-        <x:v>44860</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B755" s="3">
-        <x:v>106707.69</x:v>
+        <x:v>106852.02</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:2">
       <x:c r="A756" s="2">
-        <x:v>44859</x:v>
+        <x:v>44894</x:v>
       </x:c>
       <x:c r="B756" s="3">
-        <x:v>106705.52</x:v>
+        <x:v>106847.08</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:2">
       <x:c r="A757" s="2">
-        <x:v>44858</x:v>
+        <x:v>44893</x:v>
       </x:c>
       <x:c r="B757" s="3">
-        <x:v>106703.19</x:v>
+        <x:v>106842.45</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:2">
       <x:c r="A758" s="2">
-        <x:v>44857</x:v>
+        <x:v>44892</x:v>
       </x:c>
       <x:c r="B758" s="3">
-        <x:v>106701.22</x:v>
+        <x:v>106837.84</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:2">
       <x:c r="A759" s="2">
-        <x:v>44854</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="B759" s="3">
-        <x:v>106697.56</x:v>
+        <x:v>106825.37</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:2">
       <x:c r="A760" s="2">
-        <x:v>44853</x:v>
+        <x:v>44888</x:v>
       </x:c>
       <x:c r="B760" s="3">
-        <x:v>106695.25</x:v>
+        <x:v>106820.84</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:2">
       <x:c r="A761" s="2">
-        <x:v>44852</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="B761" s="3">
-        <x:v>106692.73</x:v>
+        <x:v>106816.72</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:2">
       <x:c r="A762" s="2">
-        <x:v>44851</x:v>
+        <x:v>44886</x:v>
       </x:c>
       <x:c r="B762" s="3">
-        <x:v>106690.87</x:v>
+        <x:v>106810.99</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:2">
       <x:c r="A763" s="2">
-        <x:v>44850</x:v>
+        <x:v>44885</x:v>
       </x:c>
       <x:c r="B763" s="3">
-        <x:v>106686.87</x:v>
+        <x:v>106806.46</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:2">
       <x:c r="A764" s="2">
-        <x:v>44847</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="B764" s="3">
-        <x:v>106686.09</x:v>
+        <x:v>106795.82</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:2">
       <x:c r="A765" s="2">
-        <x:v>44846</x:v>
+        <x:v>44881</x:v>
       </x:c>
       <x:c r="B765" s="3">
-        <x:v>106686.22</x:v>
+        <x:v>106791.05</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:2">
       <x:c r="A766" s="2">
-        <x:v>44845</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B766" s="3">
-        <x:v>106682.68</x:v>
+        <x:v>106785.53</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:2">
       <x:c r="A767" s="2">
-        <x:v>44844</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="B767" s="3">
-        <x:v>106679.72</x:v>
+        <x:v>106782.58</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:2">
       <x:c r="A768" s="2">
-        <x:v>44843</x:v>
+        <x:v>44878</x:v>
       </x:c>
       <x:c r="B768" s="3">
-        <x:v>106675.46</x:v>
+        <x:v>106775.31</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:2">
       <x:c r="A769" s="2">
-        <x:v>44840</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="B769" s="3">
-        <x:v>106670.89</x:v>
+        <x:v>106757.75</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:2">
       <x:c r="A770" s="2">
-        <x:v>44839</x:v>
+        <x:v>44873</x:v>
       </x:c>
       <x:c r="B770" s="3">
-        <x:v>106668.57</x:v>
+        <x:v>106753.45</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:2">
       <x:c r="A771" s="2">
-        <x:v>44838</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="B771" s="3">
-        <x:v>106664.05</x:v>
+        <x:v>106749.51</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:2">
       <x:c r="A772" s="2">
-        <x:v>44837</x:v>
+        <x:v>44871</x:v>
       </x:c>
       <x:c r="B772" s="3">
-        <x:v>106667.9</x:v>
+        <x:v>106743.14</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:2">
       <x:c r="A773" s="2">
-        <x:v>44836</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="B773" s="3">
-        <x:v>106661.43</x:v>
+        <x:v>106731.55</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:2">
       <x:c r="A774" s="2">
-        <x:v>44834</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B774" s="3">
-        <x:v>106661.43</x:v>
+        <x:v>106725.97</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:2">
       <x:c r="A775" s="2">
-        <x:v>44833</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B775" s="3">
-        <x:v>106661.43</x:v>
+        <x:v>106723.61</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:2">
       <x:c r="A776" s="2">
-        <x:v>44832</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B776" s="3">
-        <x:v>106662.4</x:v>
+        <x:v>106717.29</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:2">
       <x:c r="A777" s="2">
-        <x:v>44831</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B777" s="3">
-        <x:v>106660.57</x:v>
+        <x:v>106709.8</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:2">
       <x:c r="A778" s="2">
-        <x:v>44830</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B778" s="3">
-        <x:v>106658.99</x:v>
+        <x:v>106707.69</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:2">
       <x:c r="A779" s="2">
-        <x:v>44829</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B779" s="3">
-        <x:v>106658.38</x:v>
+        <x:v>106705.52</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:2">
       <x:c r="A780" s="2">
-        <x:v>44826</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B780" s="3">
-        <x:v>106657.19</x:v>
+        <x:v>106703.19</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:2">
       <x:c r="A781" s="2">
-        <x:v>44825</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B781" s="3">
-        <x:v>106658.22</x:v>
+        <x:v>106701.22</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:2">
       <x:c r="A782" s="2">
-        <x:v>44824</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B782" s="3">
-        <x:v>106656.8</x:v>
+        <x:v>106697.56</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:2">
       <x:c r="A783" s="2">
-        <x:v>44823</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B783" s="3">
-        <x:v>106655.68</x:v>
+        <x:v>106695.25</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:2">
       <x:c r="A784" s="2">
-        <x:v>44822</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B784" s="3">
-        <x:v>106657.49</x:v>
+        <x:v>106692.73</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:2">
       <x:c r="A785" s="2">
-        <x:v>44819</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B785" s="3">
-        <x:v>106653.13</x:v>
+        <x:v>106690.87</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:2">
       <x:c r="A786" s="2">
-        <x:v>44818</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B786" s="3">
-        <x:v>106645.67</x:v>
+        <x:v>106686.87</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:2">
       <x:c r="A787" s="2">
-        <x:v>44817</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B787" s="3">
-        <x:v>106639.46</x:v>
+        <x:v>106686.09</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:2">
       <x:c r="A788" s="2">
-        <x:v>44816</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B788" s="3">
-        <x:v>106642.98</x:v>
+        <x:v>106686.22</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:2">
       <x:c r="A789" s="2">
-        <x:v>44815</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B789" s="3">
-        <x:v>106642.25</x:v>
+        <x:v>106682.68</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:2">
       <x:c r="A790" s="2">
-        <x:v>44812</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B790" s="3">
-        <x:v>106652.58</x:v>
+        <x:v>106679.72</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:2">
       <x:c r="A791" s="2">
-        <x:v>44811</x:v>
+        <x:v>44843</x:v>
       </x:c>
       <x:c r="B791" s="3">
-        <x:v>106651.97</x:v>
+        <x:v>106675.46</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:2">
       <x:c r="A792" s="2">
-        <x:v>44810</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="B792" s="3">
-        <x:v>106652.45</x:v>
+        <x:v>106670.89</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:2">
       <x:c r="A793" s="2">
-        <x:v>44809</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B793" s="3">
-        <x:v>106658.88</x:v>
+        <x:v>106668.57</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:2">
       <x:c r="A794" s="2">
-        <x:v>44808</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B794" s="3">
-        <x:v>106666.45</x:v>
+        <x:v>106664.05</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:2">
       <x:c r="A795" s="2">
-        <x:v>44805</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B795" s="3">
-        <x:v>106668.76</x:v>
+        <x:v>106667.9</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:2">
       <x:c r="A796" s="2">
-        <x:v>44804</x:v>
+        <x:v>44836</x:v>
       </x:c>
       <x:c r="B796" s="3">
-        <x:v>106672.62</x:v>
+        <x:v>106661.43</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:2">
       <x:c r="A797" s="2">
-        <x:v>44803</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B797" s="3">
-        <x:v>106675.45</x:v>
+        <x:v>106661.43</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:2">
       <x:c r="A798" s="2">
-        <x:v>44802</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B798" s="3">
-        <x:v>106681.67</x:v>
+        <x:v>106661.43</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:2">
       <x:c r="A799" s="2">
-        <x:v>44801</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B799" s="3">
-        <x:v>106691.86</x:v>
+        <x:v>106662.4</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:2">
       <x:c r="A800" s="2">
-        <x:v>44798</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B800" s="3">
-        <x:v>106690.86</x:v>
+        <x:v>106660.57</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:2">
       <x:c r="A801" s="2">
-        <x:v>44797</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B801" s="3">
-        <x:v>106693.64</x:v>
+        <x:v>106658.99</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:2">
       <x:c r="A802" s="2">
-        <x:v>44796</x:v>
+        <x:v>44829</x:v>
       </x:c>
       <x:c r="B802" s="3">
-        <x:v>106692.72</x:v>
+        <x:v>106658.38</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:2">
       <x:c r="A803" s="2">
-        <x:v>44795</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B803" s="3">
-        <x:v>106691.54</x:v>
+        <x:v>106657.19</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:2">
       <x:c r="A804" s="2">
-        <x:v>44794</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B804" s="3">
-        <x:v>106690.09</x:v>
+        <x:v>106658.22</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:2">
       <x:c r="A805" s="2">
-        <x:v>44791</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B805" s="3">
-        <x:v>106690.32</x:v>
+        <x:v>106656.8</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:2">
       <x:c r="A806" s="2">
-        <x:v>44790</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B806" s="3">
-        <x:v>106695.69</x:v>
+        <x:v>106655.68</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:2">
       <x:c r="A807" s="2">
-        <x:v>44789</x:v>
+        <x:v>44822</x:v>
       </x:c>
       <x:c r="B807" s="3">
-        <x:v>106695.83</x:v>
+        <x:v>106657.49</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:2">
       <x:c r="A808" s="2">
-        <x:v>44788</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B808" s="3">
-        <x:v>106694.61</x:v>
+        <x:v>106653.13</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:2">
       <x:c r="A809" s="2">
-        <x:v>44784</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B809" s="3">
-        <x:v>106692.47</x:v>
+        <x:v>106645.67</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:2">
       <x:c r="A810" s="2">
-        <x:v>44783</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B810" s="3">
-        <x:v>106692.12</x:v>
+        <x:v>106639.46</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:2">
       <x:c r="A811" s="2">
-        <x:v>44782</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B811" s="3">
-        <x:v>106692.92</x:v>
+        <x:v>106642.98</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:2">
       <x:c r="A812" s="2">
-        <x:v>44781</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B812" s="3">
-        <x:v>106690.09</x:v>
+        <x:v>106642.25</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:2">
       <x:c r="A813" s="2">
-        <x:v>44780</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B813" s="3">
-        <x:v>106690.11</x:v>
+        <x:v>106652.58</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:2">
       <x:c r="A814" s="2">
-        <x:v>44777</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B814" s="3">
-        <x:v>106688.77</x:v>
+        <x:v>106651.97</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:2">
       <x:c r="A815" s="2">
-        <x:v>44776</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B815" s="3">
-        <x:v>106690.96</x:v>
+        <x:v>106652.45</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:2">
       <x:c r="A816" s="2">
-        <x:v>44775</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B816" s="3">
-        <x:v>106690.88</x:v>
+        <x:v>106658.88</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:2">
       <x:c r="A817" s="2">
-        <x:v>44774</x:v>
+        <x:v>44808</x:v>
       </x:c>
       <x:c r="B817" s="3">
-        <x:v>106689.42</x:v>
+        <x:v>106666.45</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:2">
       <x:c r="A818" s="2">
-        <x:v>44773</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B818" s="3">
-        <x:v>106688.71</x:v>
+        <x:v>106668.76</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:2">
       <x:c r="A819" s="2">
-        <x:v>44770</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B819" s="3">
-        <x:v>106681.05</x:v>
+        <x:v>106672.62</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:2">
       <x:c r="A820" s="2">
-        <x:v>44769</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B820" s="3">
-        <x:v>106684.42</x:v>
+        <x:v>106675.45</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:2">
       <x:c r="A821" s="2">
-        <x:v>44768</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B821" s="3">
-        <x:v>106685.57</x:v>
+        <x:v>106681.67</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:2">
       <x:c r="A822" s="2">
-        <x:v>44767</x:v>
+        <x:v>44801</x:v>
       </x:c>
       <x:c r="B822" s="3">
-        <x:v>106686.42</x:v>
+        <x:v>106691.86</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:2">
       <x:c r="A823" s="2">
-        <x:v>44766</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B823" s="3">
-        <x:v>106687</x:v>
+        <x:v>106690.86</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:2">
       <x:c r="A824" s="2">
-        <x:v>44763</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B824" s="3">
-        <x:v>106691.19</x:v>
+        <x:v>106693.64</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:2">
       <x:c r="A825" s="2">
-        <x:v>44762</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B825" s="3">
-        <x:v>106690.55</x:v>
+        <x:v>106692.72</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:2">
       <x:c r="A826" s="2">
-        <x:v>44761</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B826" s="3">
-        <x:v>106698.44</x:v>
+        <x:v>106691.54</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:2">
       <x:c r="A827" s="2">
-        <x:v>44760</x:v>
+        <x:v>44794</x:v>
       </x:c>
       <x:c r="B827" s="3">
-        <x:v>106698.35</x:v>
+        <x:v>106690.09</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:2">
       <x:c r="A828" s="2">
-        <x:v>44759</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B828" s="3">
-        <x:v>106694.09</x:v>
+        <x:v>106690.32</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:2">
       <x:c r="A829" s="2">
-        <x:v>44756</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B829" s="3">
-        <x:v>106716.57</x:v>
+        <x:v>106695.69</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:2">
       <x:c r="A830" s="2">
-        <x:v>44754</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B830" s="3">
-        <x:v>106720.98</x:v>
+        <x:v>106695.83</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:2">
       <x:c r="A831" s="2">
-        <x:v>44753</x:v>
+        <x:v>44788</x:v>
       </x:c>
       <x:c r="B831" s="3">
-        <x:v>106719.48</x:v>
+        <x:v>106694.61</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:2">
       <x:c r="A832" s="2">
-        <x:v>44752</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B832" s="3">
-        <x:v>106720.71</x:v>
+        <x:v>106692.47</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:2">
       <x:c r="A833" s="2">
-        <x:v>44749</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B833" s="3">
-        <x:v>106717.31</x:v>
+        <x:v>106692.12</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:2">
       <x:c r="A834" s="2">
-        <x:v>44748</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B834" s="3">
-        <x:v>106717.99</x:v>
+        <x:v>106692.92</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:2">
       <x:c r="A835" s="2">
-        <x:v>44747</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B835" s="3">
-        <x:v>106717.62</x:v>
+        <x:v>106690.09</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:2">
       <x:c r="A836" s="2">
-        <x:v>44746</x:v>
+        <x:v>44780</x:v>
       </x:c>
       <x:c r="B836" s="3">
-        <x:v>106718.15</x:v>
+        <x:v>106690.11</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:2">
       <x:c r="A837" s="2">
-        <x:v>44745</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B837" s="3">
-        <x:v>106718.89</x:v>
+        <x:v>106688.77</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:2">
       <x:c r="A838" s="2">
-        <x:v>44742</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B838" s="3">
-        <x:v>106722.7</x:v>
+        <x:v>106690.96</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:2">
       <x:c r="A839" s="2">
-        <x:v>44741</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B839" s="3">
-        <x:v>106722.07</x:v>
+        <x:v>106690.88</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:2">
       <x:c r="A840" s="2">
-        <x:v>44740</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B840" s="3">
-        <x:v>106723.94</x:v>
+        <x:v>106689.42</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:2">
       <x:c r="A841" s="2">
-        <x:v>44739</x:v>
+        <x:v>44773</x:v>
       </x:c>
       <x:c r="B841" s="3">
-        <x:v>106726.94</x:v>
+        <x:v>106688.71</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:2">
       <x:c r="A842" s="2">
-        <x:v>44738</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B842" s="3">
-        <x:v>106727.69</x:v>
+        <x:v>106681.05</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:2">
       <x:c r="A843" s="2">
-        <x:v>44735</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B843" s="3">
-        <x:v>106724.91</x:v>
+        <x:v>106684.42</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:2">
       <x:c r="A844" s="2">
-        <x:v>44734</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B844" s="3">
-        <x:v>106725</x:v>
+        <x:v>106685.57</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:2">
       <x:c r="A845" s="2">
-        <x:v>44733</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B845" s="3">
-        <x:v>106726.98</x:v>
+        <x:v>106686.42</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:2">
       <x:c r="A846" s="2">
-        <x:v>44732</x:v>
+        <x:v>44766</x:v>
       </x:c>
       <x:c r="B846" s="3">
-        <x:v>106728.11</x:v>
+        <x:v>106687</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:2">
       <x:c r="A847" s="2">
-        <x:v>44731</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B847" s="3">
-        <x:v>106727.46</x:v>
+        <x:v>106691.19</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:2">
       <x:c r="A848" s="2">
-        <x:v>44728</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B848" s="3">
-        <x:v>106728.86</x:v>
+        <x:v>106690.55</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:2">
       <x:c r="A849" s="2">
-        <x:v>44727</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B849" s="3">
-        <x:v>106730.25</x:v>
+        <x:v>106698.44</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:2">
       <x:c r="A850" s="2">
-        <x:v>44726</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B850" s="3">
-        <x:v>106750.19</x:v>
+        <x:v>106698.35</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:2">
       <x:c r="A851" s="2">
-        <x:v>44725</x:v>
+        <x:v>44759</x:v>
       </x:c>
       <x:c r="B851" s="3">
-        <x:v>106764.71</x:v>
+        <x:v>106694.09</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:2">
       <x:c r="A852" s="2">
-        <x:v>44724</x:v>
+        <x:v>44756</x:v>
       </x:c>
       <x:c r="B852" s="3">
-        <x:v>106775.87</x:v>
+        <x:v>106716.57</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:2">
       <x:c r="A853" s="2">
-        <x:v>44721</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B853" s="3">
-        <x:v>106788.6</x:v>
+        <x:v>106720.98</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:2">
       <x:c r="A854" s="2">
-        <x:v>44720</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B854" s="3">
-        <x:v>106792.33</x:v>
+        <x:v>106719.48</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:2">
       <x:c r="A855" s="2">
-        <x:v>44719</x:v>
+        <x:v>44752</x:v>
       </x:c>
       <x:c r="B855" s="3">
-        <x:v>106797.72</x:v>
+        <x:v>106720.71</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:2">
       <x:c r="A856" s="2">
-        <x:v>44718</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="B856" s="3">
-        <x:v>106804.23</x:v>
+        <x:v>106717.31</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:2">
       <x:c r="A857" s="2">
-        <x:v>44714</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="B857" s="3">
-        <x:v>106809.96</x:v>
+        <x:v>106717.99</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:2">
       <x:c r="A858" s="2">
-        <x:v>44713</x:v>
+        <x:v>44747</x:v>
       </x:c>
       <x:c r="B858" s="3">
-        <x:v>106811.5</x:v>
+        <x:v>106717.62</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:2">
       <x:c r="A859" s="2">
-        <x:v>44712</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B859" s="3">
-        <x:v>106815.25</x:v>
+        <x:v>106718.15</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:2">
       <x:c r="A860" s="2">
-        <x:v>44711</x:v>
+        <x:v>44745</x:v>
       </x:c>
       <x:c r="B860" s="3">
-        <x:v>106817.42</x:v>
+        <x:v>106718.89</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:2">
       <x:c r="A861" s="2">
-        <x:v>44710</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B861" s="3">
-        <x:v>106819.83</x:v>
+        <x:v>106722.7</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:2">
       <x:c r="A862" s="2">
-        <x:v>44707</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B862" s="3">
-        <x:v>106821.6</x:v>
+        <x:v>106722.07</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:2">
       <x:c r="A863" s="2">
-        <x:v>44705</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="B863" s="3">
-        <x:v>106824.05</x:v>
+        <x:v>106723.94</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:2">
       <x:c r="A864" s="2">
-        <x:v>44704</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B864" s="3">
-        <x:v>106827.82</x:v>
+        <x:v>106726.94</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:2">
       <x:c r="A865" s="2">
-        <x:v>44703</x:v>
+        <x:v>44738</x:v>
       </x:c>
       <x:c r="B865" s="3">
-        <x:v>106828.75</x:v>
+        <x:v>106727.69</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:2">
       <x:c r="A866" s="2">
-        <x:v>44700</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="B866" s="3">
-        <x:v>106831.57</x:v>
+        <x:v>106724.91</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:2">
       <x:c r="A867" s="2">
-        <x:v>44699</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B867" s="3">
-        <x:v>106835.6</x:v>
+        <x:v>106725</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:2">
       <x:c r="A868" s="2">
-        <x:v>44698</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B868" s="3">
-        <x:v>106837.9</x:v>
+        <x:v>106726.98</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:2">
       <x:c r="A869" s="2">
-        <x:v>44697</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B869" s="3">
-        <x:v>106839.93</x:v>
+        <x:v>106728.11</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:2">
       <x:c r="A870" s="2">
-        <x:v>44696</x:v>
+        <x:v>44731</x:v>
       </x:c>
       <x:c r="B870" s="3">
-        <x:v>106840.48</x:v>
+        <x:v>106727.46</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:2">
       <x:c r="A871" s="2">
-        <x:v>44693</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B871" s="3">
-        <x:v>106847.78</x:v>
+        <x:v>106728.86</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:2">
       <x:c r="A872" s="2">
-        <x:v>44692</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B872" s="3">
-        <x:v>106847.01</x:v>
+        <x:v>106730.25</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:2">
       <x:c r="A873" s="2">
-        <x:v>44691</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B873" s="3">
-        <x:v>106846.53</x:v>
+        <x:v>106750.19</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:2">
       <x:c r="A874" s="2">
-        <x:v>44690</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B874" s="3">
-        <x:v>106847.55</x:v>
+        <x:v>106764.71</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:2">
       <x:c r="A875" s="2">
-        <x:v>44689</x:v>
+        <x:v>44724</x:v>
       </x:c>
       <x:c r="B875" s="3">
-        <x:v>106854.17</x:v>
+        <x:v>106775.87</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:2">
       <x:c r="A876" s="2">
-        <x:v>44686</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B876" s="3">
-        <x:v>106859.66</x:v>
+        <x:v>106788.6</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:2">
       <x:c r="A877" s="2">
-        <x:v>44685</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="B877" s="3">
-        <x:v>106861.3</x:v>
+        <x:v>106792.33</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:2">
       <x:c r="A878" s="2">
-        <x:v>44684</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B878" s="3">
-        <x:v>106863.27</x:v>
+        <x:v>106797.72</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:2">
       <x:c r="A879" s="2">
-        <x:v>44683</x:v>
+        <x:v>44718</x:v>
       </x:c>
       <x:c r="B879" s="3">
-        <x:v>106866.25</x:v>
+        <x:v>106804.23</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:2">
       <x:c r="A880" s="2">
-        <x:v>44682</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B880" s="3">
-        <x:v>106865.93</x:v>
+        <x:v>106809.96</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:2">
       <x:c r="A881" s="2">
-        <x:v>44679</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B881" s="3">
-        <x:v>106871.57</x:v>
+        <x:v>106811.5</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:2">
       <x:c r="A882" s="2">
-        <x:v>44678</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B882" s="3">
-        <x:v>106872.92</x:v>
+        <x:v>106815.25</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:2">
       <x:c r="A883" s="2">
-        <x:v>44677</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B883" s="3">
-        <x:v>106873.4</x:v>
+        <x:v>106817.42</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:2">
       <x:c r="A884" s="2">
-        <x:v>44676</x:v>
+        <x:v>44710</x:v>
       </x:c>
       <x:c r="B884" s="3">
-        <x:v>106870.94</x:v>
+        <x:v>106819.83</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:2">
       <x:c r="A885" s="2">
-        <x:v>44675</x:v>
+        <x:v>44707</x:v>
       </x:c>
       <x:c r="B885" s="3">
-        <x:v>106875.37</x:v>
+        <x:v>106821.6</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:2">
       <x:c r="A886" s="2">
-        <x:v>44672</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B886" s="3">
-        <x:v>106887.71</x:v>
+        <x:v>106824.05</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:2">
       <x:c r="A887" s="2">
-        <x:v>44671</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B887" s="3">
-        <x:v>106891.61</x:v>
+        <x:v>106827.82</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:2">
       <x:c r="A888" s="2">
-        <x:v>44670</x:v>
+        <x:v>44703</x:v>
       </x:c>
       <x:c r="B888" s="3">
-        <x:v>106889.3</x:v>
+        <x:v>106828.75</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:2">
       <x:c r="A889" s="2">
-        <x:v>44669</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B889" s="3">
-        <x:v>106891.76</x:v>
+        <x:v>106831.57</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:2">
       <x:c r="A890" s="2">
-        <x:v>44664</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B890" s="3">
-        <x:v>106899.02</x:v>
+        <x:v>106835.6</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:2">
       <x:c r="A891" s="2">
-        <x:v>44663</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B891" s="3">
-        <x:v>106899.5</x:v>
+        <x:v>106837.9</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:2">
       <x:c r="A892" s="2">
-        <x:v>44662</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B892" s="3">
-        <x:v>106902.8</x:v>
+        <x:v>106839.93</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:2">
       <x:c r="A893" s="2">
-        <x:v>44661</x:v>
+        <x:v>44696</x:v>
       </x:c>
       <x:c r="B893" s="3">
-        <x:v>106906.42</x:v>
+        <x:v>106840.48</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:2">
       <x:c r="A894" s="2">
-        <x:v>44658</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B894" s="3">
-        <x:v>106911.37</x:v>
+        <x:v>106847.78</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:2">
       <x:c r="A895" s="2">
-        <x:v>44657</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B895" s="3">
-        <x:v>106912.69</x:v>
+        <x:v>106847.01</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:2">
       <x:c r="A896" s="2">
-        <x:v>44656</x:v>
+        <x:v>44691</x:v>
       </x:c>
       <x:c r="B896" s="3">
-        <x:v>106914.14</x:v>
+        <x:v>106846.53</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:2">
       <x:c r="A897" s="2">
-        <x:v>44655</x:v>
+        <x:v>44690</x:v>
       </x:c>
       <x:c r="B897" s="3">
-        <x:v>106914.98</x:v>
+        <x:v>106847.55</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:2">
       <x:c r="A898" s="2">
-        <x:v>44654</x:v>
+        <x:v>44689</x:v>
       </x:c>
       <x:c r="B898" s="3">
-        <x:v>106915.66</x:v>
+        <x:v>106854.17</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:2">
       <x:c r="A899" s="2">
-        <x:v>44651</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B899" s="3">
-        <x:v>106918.21</x:v>
+        <x:v>106859.66</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:2">
       <x:c r="A900" s="2">
-        <x:v>44650</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B900" s="3">
-        <x:v>106917.61</x:v>
+        <x:v>106861.3</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:2">
       <x:c r="A901" s="2">
-        <x:v>44649</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B901" s="3">
-        <x:v>106919.89</x:v>
+        <x:v>106863.27</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:2">
       <x:c r="A902" s="2">
-        <x:v>44648</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B902" s="3">
-        <x:v>106923.61</x:v>
+        <x:v>106866.25</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:2">
       <x:c r="A903" s="2">
-        <x:v>44647</x:v>
+        <x:v>44682</x:v>
       </x:c>
       <x:c r="B903" s="3">
-        <x:v>106925.57</x:v>
+        <x:v>106865.93</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:2">
       <x:c r="A904" s="2">
-        <x:v>44644</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B904" s="3">
-        <x:v>106930.55</x:v>
+        <x:v>106871.57</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:2">
       <x:c r="A905" s="2">
-        <x:v>44643</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B905" s="3">
-        <x:v>106931.19</x:v>
+        <x:v>106872.92</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:2">
       <x:c r="A906" s="2">
-        <x:v>44642</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B906" s="3">
-        <x:v>106932.81</x:v>
+        <x:v>106873.4</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:2">
       <x:c r="A907" s="2">
-        <x:v>44641</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B907" s="3">
-        <x:v>106934.62</x:v>
+        <x:v>106870.94</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:2">
       <x:c r="A908" s="2">
-        <x:v>44640</x:v>
+        <x:v>44675</x:v>
       </x:c>
       <x:c r="B908" s="3">
-        <x:v>106936.37</x:v>
+        <x:v>106875.37</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:2">
       <x:c r="A909" s="2">
-        <x:v>44637</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B909" s="3">
-        <x:v>106943.29</x:v>
+        <x:v>106887.71</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:2">
       <x:c r="A910" s="2">
-        <x:v>44636</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B910" s="3">
-        <x:v>106945.7</x:v>
+        <x:v>106891.61</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:2">
       <x:c r="A911" s="2">
-        <x:v>44635</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B911" s="3">
-        <x:v>106945.4</x:v>
+        <x:v>106889.3</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:2">
       <x:c r="A912" s="2">
-        <x:v>44634</x:v>
+        <x:v>44669</x:v>
       </x:c>
       <x:c r="B912" s="3">
-        <x:v>106949.35</x:v>
+        <x:v>106891.76</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:2">
       <x:c r="A913" s="2">
-        <x:v>44633</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B913" s="3">
-        <x:v>106952.58</x:v>
+        <x:v>106899.02</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:2">
       <x:c r="A914" s="2">
-        <x:v>44630</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B914" s="3">
-        <x:v>106958.96</x:v>
+        <x:v>106899.5</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:2">
       <x:c r="A915" s="2">
-        <x:v>44629</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B915" s="3">
-        <x:v>106963.74</x:v>
+        <x:v>106902.8</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:2">
       <x:c r="A916" s="2">
-        <x:v>44628</x:v>
+        <x:v>44661</x:v>
       </x:c>
       <x:c r="B916" s="3">
-        <x:v>106970.13</x:v>
+        <x:v>106906.42</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:2">
       <x:c r="A917" s="2">
-        <x:v>44627</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B917" s="3">
-        <x:v>106978.18</x:v>
+        <x:v>106911.37</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:2">
       <x:c r="A918" s="2">
-        <x:v>44626</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B918" s="3">
-        <x:v>106975.16</x:v>
+        <x:v>106912.69</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:2">
       <x:c r="A919" s="2">
-        <x:v>44623</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B919" s="3">
-        <x:v>106983.78</x:v>
+        <x:v>106914.14</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:2">
       <x:c r="A920" s="2">
-        <x:v>44622</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B920" s="3">
-        <x:v>106987.14</x:v>
+        <x:v>106914.98</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:2">
       <x:c r="A921" s="2">
-        <x:v>44621</x:v>
+        <x:v>44654</x:v>
       </x:c>
       <x:c r="B921" s="3">
-        <x:v>106989.05</x:v>
+        <x:v>106915.66</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:2">
       <x:c r="A922" s="2">
-        <x:v>44620</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B922" s="3">
-        <x:v>106991.28</x:v>
+        <x:v>106918.21</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:2">
       <x:c r="A923" s="2">
-        <x:v>44619</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B923" s="3">
-        <x:v>106993.3</x:v>
+        <x:v>106917.61</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:2">
       <x:c r="A924" s="2">
-        <x:v>44616</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B924" s="3">
-        <x:v>106999.19</x:v>
+        <x:v>106919.89</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:2">
       <x:c r="A925" s="2">
-        <x:v>44615</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B925" s="3">
-        <x:v>107001.89</x:v>
+        <x:v>106923.61</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:2">
       <x:c r="A926" s="2">
-        <x:v>44614</x:v>
+        <x:v>44647</x:v>
       </x:c>
       <x:c r="B926" s="3">
-        <x:v>107005.96</x:v>
+        <x:v>106925.57</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:2">
       <x:c r="A927" s="2">
-        <x:v>44613</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B927" s="3">
-        <x:v>107011.74</x:v>
+        <x:v>106930.55</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:2">
       <x:c r="A928" s="2">
-        <x:v>44612</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B928" s="3">
-        <x:v>107012.7</x:v>
+        <x:v>106931.19</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:2">
       <x:c r="A929" s="2">
-        <x:v>44609</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B929" s="3">
-        <x:v>107022.64</x:v>
+        <x:v>106932.81</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:2">
       <x:c r="A930" s="2">
-        <x:v>44608</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B930" s="3">
-        <x:v>107022.2</x:v>
+        <x:v>106934.62</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:2">
       <x:c r="A931" s="2">
-        <x:v>44607</x:v>
+        <x:v>44640</x:v>
       </x:c>
       <x:c r="B931" s="3">
-        <x:v>107022.29</x:v>
+        <x:v>106936.37</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:2">
       <x:c r="A932" s="2">
-        <x:v>44606</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B932" s="3">
-        <x:v>107022.55</x:v>
+        <x:v>106943.29</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:2">
       <x:c r="A933" s="2">
-        <x:v>44605</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B933" s="3">
-        <x:v>107023.94</x:v>
+        <x:v>106945.7</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:2">
       <x:c r="A934" s="2">
-        <x:v>44602</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B934" s="3">
-        <x:v>107030.17</x:v>
+        <x:v>106945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:2">
       <x:c r="A935" s="2">
-        <x:v>44601</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B935" s="3">
-        <x:v>107031.92</x:v>
+        <x:v>106949.35</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:2">
       <x:c r="A936" s="2">
-        <x:v>44600</x:v>
+        <x:v>44633</x:v>
       </x:c>
       <x:c r="B936" s="3">
-        <x:v>107033.88</x:v>
+        <x:v>106952.58</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:2">
       <x:c r="A937" s="2">
-        <x:v>44599</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B937" s="3">
-        <x:v>107039.78</x:v>
+        <x:v>106958.96</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:2">
       <x:c r="A938" s="2">
-        <x:v>44598</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B938" s="3">
-        <x:v>107043.57</x:v>
+        <x:v>106963.74</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:2">
       <x:c r="A939" s="2">
-        <x:v>44595</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B939" s="3">
-        <x:v>107049.84</x:v>
+        <x:v>106970.13</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:2">
       <x:c r="A940" s="2">
-        <x:v>44594</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B940" s="3">
-        <x:v>107052.95</x:v>
+        <x:v>106978.18</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:2">
       <x:c r="A941" s="2">
-        <x:v>44593</x:v>
+        <x:v>44626</x:v>
       </x:c>
       <x:c r="B941" s="3">
-        <x:v>107055.88</x:v>
+        <x:v>106975.16</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:2">
       <x:c r="A942" s="2">
-        <x:v>44592</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B942" s="3">
-        <x:v>107057.77</x:v>
+        <x:v>106983.78</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:2">
       <x:c r="A943" s="2">
-        <x:v>44591</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B943" s="3">
-        <x:v>107060.69</x:v>
+        <x:v>106987.14</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:2">
       <x:c r="A944" s="2">
-        <x:v>44588</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B944" s="3">
-        <x:v>107066.08</x:v>
+        <x:v>106989.05</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:2">
       <x:c r="A945" s="2">
-        <x:v>44587</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B945" s="3">
-        <x:v>107067.96</x:v>
+        <x:v>106991.28</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:2">
       <x:c r="A946" s="2">
-        <x:v>44586</x:v>
+        <x:v>44619</x:v>
       </x:c>
       <x:c r="B946" s="3">
-        <x:v>107069.8</x:v>
+        <x:v>106993.3</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:2">
       <x:c r="A947" s="2">
-        <x:v>44585</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B947" s="3">
-        <x:v>107071.68</x:v>
+        <x:v>106999.19</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:2">
       <x:c r="A948" s="2">
-        <x:v>44584</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B948" s="3">
-        <x:v>107072.79</x:v>
+        <x:v>107001.89</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:2">
       <x:c r="A949" s="2">
-        <x:v>44581</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B949" s="3">
-        <x:v>107078.18</x:v>
+        <x:v>107005.96</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:2">
       <x:c r="A950" s="2">
-        <x:v>44580</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B950" s="3">
-        <x:v>107079.63</x:v>
+        <x:v>107011.74</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:2">
       <x:c r="A951" s="2">
-        <x:v>44579</x:v>
+        <x:v>44612</x:v>
       </x:c>
       <x:c r="B951" s="3">
-        <x:v>107081.19</x:v>
+        <x:v>107012.7</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:2">
       <x:c r="A952" s="2">
-        <x:v>44578</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B952" s="3">
-        <x:v>107083.72</x:v>
+        <x:v>107022.64</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:2">
       <x:c r="A953" s="2">
-        <x:v>44577</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B953" s="3">
-        <x:v>107086.92</x:v>
+        <x:v>107022.2</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:2">
       <x:c r="A954" s="2">
-        <x:v>44574</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B954" s="3">
-        <x:v>107092.05</x:v>
+        <x:v>107022.29</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:2">
       <x:c r="A955" s="2">
-        <x:v>44573</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B955" s="3">
-        <x:v>107094.15</x:v>
+        <x:v>107022.55</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:2">
       <x:c r="A956" s="2">
-        <x:v>44572</x:v>
+        <x:v>44605</x:v>
       </x:c>
       <x:c r="B956" s="3">
-        <x:v>107095.75</x:v>
+        <x:v>107023.94</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:2">
       <x:c r="A957" s="2">
-        <x:v>44571</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B957" s="3">
-        <x:v>107097.98</x:v>
+        <x:v>107030.17</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:2">
       <x:c r="A958" s="2">
-        <x:v>44570</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B958" s="3">
-        <x:v>107099.62</x:v>
+        <x:v>107031.92</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:2">
       <x:c r="A959" s="2">
-        <x:v>44567</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B959" s="3">
-        <x:v>107103.92</x:v>
+        <x:v>107033.88</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:2">
       <x:c r="A960" s="2">
-        <x:v>44566</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B960" s="3">
-        <x:v>107105.55</x:v>
+        <x:v>107039.78</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:2">
       <x:c r="A961" s="2">
-        <x:v>44565</x:v>
+        <x:v>44598</x:v>
       </x:c>
       <x:c r="B961" s="3">
-        <x:v>107107.62</x:v>
+        <x:v>107043.57</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:2">
       <x:c r="A962" s="2">
-        <x:v>44564</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B962" s="3">
-        <x:v>107109.44</x:v>
+        <x:v>107049.84</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:2">
       <x:c r="A963" s="2">
-        <x:v>44563</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B963" s="3">
-        <x:v>107111.22</x:v>
+        <x:v>107052.95</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:2">
       <x:c r="A964" s="2">
-        <x:v>44560</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B964" s="3">
-        <x:v>107116.11</x:v>
+        <x:v>107055.88</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:2">
       <x:c r="A965" s="2">
-        <x:v>44559</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B965" s="3">
-        <x:v>107118.53</x:v>
+        <x:v>107057.77</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:2">
       <x:c r="A966" s="2">
-        <x:v>44558</x:v>
+        <x:v>44591</x:v>
       </x:c>
       <x:c r="B966" s="3">
-        <x:v>107119.17</x:v>
+        <x:v>107060.69</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:2">
       <x:c r="A967" s="2">
-        <x:v>44557</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="B967" s="3">
-        <x:v>107122.14</x:v>
+        <x:v>107066.08</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:2">
       <x:c r="A968" s="2">
-        <x:v>44556</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="B968" s="3">
-        <x:v>107123.31</x:v>
+        <x:v>107067.96</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:2">
       <x:c r="A969" s="2">
-        <x:v>44553</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="B969" s="3">
-        <x:v>107128.92</x:v>
+        <x:v>107069.8</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:2">
       <x:c r="A970" s="2">
-        <x:v>44552</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="B970" s="3">
-        <x:v>107129.76</x:v>
+        <x:v>107071.68</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:2">
       <x:c r="A971" s="2">
-        <x:v>44551</x:v>
+        <x:v>44584</x:v>
       </x:c>
       <x:c r="B971" s="3">
-        <x:v>107132.42</x:v>
+        <x:v>107072.79</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:2">
       <x:c r="A972" s="2">
-        <x:v>44550</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="B972" s="3">
-        <x:v>107134.89</x:v>
+        <x:v>107078.18</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:2">
       <x:c r="A973" s="2">
-        <x:v>44549</x:v>
+        <x:v>44580</x:v>
       </x:c>
       <x:c r="B973" s="3">
-        <x:v>107136.54</x:v>
+        <x:v>107079.63</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:2">
       <x:c r="A974" s="2">
-        <x:v>44546</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="B974" s="3">
-        <x:v>107140.38</x:v>
+        <x:v>107081.19</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:2">
       <x:c r="A975" s="2">
-        <x:v>44545</x:v>
+        <x:v>44578</x:v>
       </x:c>
       <x:c r="B975" s="3">
-        <x:v>107142.65</x:v>
+        <x:v>107083.72</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:2">
       <x:c r="A976" s="2">
-        <x:v>44544</x:v>
+        <x:v>44577</x:v>
       </x:c>
       <x:c r="B976" s="3">
-        <x:v>107143.97</x:v>
+        <x:v>107086.92</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:2">
       <x:c r="A977" s="2">
-        <x:v>44543</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="B977" s="3">
-        <x:v>107146.05</x:v>
+        <x:v>107092.05</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:2">
       <x:c r="A978" s="2">
-        <x:v>44542</x:v>
+        <x:v>44573</x:v>
       </x:c>
       <x:c r="B978" s="3">
-        <x:v>107146.97</x:v>
+        <x:v>107094.15</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:2">
       <x:c r="A979" s="2">
-        <x:v>44539</x:v>
+        <x:v>44572</x:v>
       </x:c>
       <x:c r="B979" s="3">
-        <x:v>107150.78</x:v>
+        <x:v>107095.75</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:2">
       <x:c r="A980" s="2">
-        <x:v>44538</x:v>
+        <x:v>44571</x:v>
       </x:c>
       <x:c r="B980" s="3">
-        <x:v>107153.54</x:v>
+        <x:v>107097.98</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:2">
       <x:c r="A981" s="2">
-        <x:v>44537</x:v>
+        <x:v>44570</x:v>
       </x:c>
       <x:c r="B981" s="3">
-        <x:v>107154.8</x:v>
+        <x:v>107099.62</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:2">
       <x:c r="A982" s="2">
-        <x:v>44536</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="B982" s="3">
-        <x:v>107157.27</x:v>
+        <x:v>107103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:2">
       <x:c r="A983" s="2">
-        <x:v>44535</x:v>
+        <x:v>44566</x:v>
       </x:c>
       <x:c r="B983" s="3">
-        <x:v>107158.08</x:v>
+        <x:v>107105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:2">
       <x:c r="A984" s="2">
-        <x:v>44532</x:v>
+        <x:v>44565</x:v>
       </x:c>
       <x:c r="B984" s="3">
-        <x:v>107162.68</x:v>
+        <x:v>107107.62</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:2">
       <x:c r="A985" s="2">
-        <x:v>44531</x:v>
+        <x:v>44564</x:v>
       </x:c>
       <x:c r="B985" s="3">
-        <x:v>107164.95</x:v>
+        <x:v>107109.44</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:2">
       <x:c r="A986" s="2">
-        <x:v>44530</x:v>
+        <x:v>44563</x:v>
       </x:c>
       <x:c r="B986" s="3">
-        <x:v>107165.8</x:v>
+        <x:v>107111.22</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:2">
       <x:c r="A987" s="2">
-        <x:v>44529</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="B987" s="3">
-        <x:v>107168.85</x:v>
+        <x:v>107116.11</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:2">
       <x:c r="A988" s="2">
-        <x:v>44528</x:v>
+        <x:v>44559</x:v>
       </x:c>
       <x:c r="B988" s="3">
-        <x:v>107170.18</x:v>
+        <x:v>107118.53</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:2">
       <x:c r="A989" s="2">
-        <x:v>44525</x:v>
+        <x:v>44558</x:v>
       </x:c>
       <x:c r="B989" s="3">
-        <x:v>107175.48</x:v>
+        <x:v>107119.17</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:2">
       <x:c r="A990" s="2">
-        <x:v>44524</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="B990" s="3">
-        <x:v>107176.56</x:v>
+        <x:v>107122.14</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:2">
       <x:c r="A991" s="2">
-        <x:v>44523</x:v>
+        <x:v>44556</x:v>
       </x:c>
       <x:c r="B991" s="3">
-        <x:v>107179.37</x:v>
+        <x:v>107123.31</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:2">
       <x:c r="A992" s="2">
-        <x:v>44522</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="B992" s="3">
-        <x:v>107180.95</x:v>
+        <x:v>107128.92</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:2">
       <x:c r="A993" s="2">
-        <x:v>44521</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="B993" s="3">
-        <x:v>107183.24</x:v>
+        <x:v>107129.76</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:2">
       <x:c r="A994" s="2">
-        <x:v>44518</x:v>
+        <x:v>44551</x:v>
       </x:c>
       <x:c r="B994" s="3">
-        <x:v>107188.64</x:v>
+        <x:v>107132.42</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:2">
       <x:c r="A995" s="2">
-        <x:v>44517</x:v>
+        <x:v>44550</x:v>
       </x:c>
       <x:c r="B995" s="3">
-        <x:v>107190.16</x:v>
+        <x:v>107134.89</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:2">
       <x:c r="A996" s="2">
-        <x:v>44516</x:v>
+        <x:v>44549</x:v>
       </x:c>
       <x:c r="B996" s="3">
-        <x:v>107191.51</x:v>
+        <x:v>107136.54</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:2">
       <x:c r="A997" s="2">
-        <x:v>44515</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="B997" s="3">
-        <x:v>107192.88</x:v>
+        <x:v>107140.38</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:2">
       <x:c r="A998" s="2">
-        <x:v>44514</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B998" s="3">
-        <x:v>107194.99</x:v>
+        <x:v>107142.65</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:2">
       <x:c r="A999" s="2">
-        <x:v>44511</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="B999" s="3">
-        <x:v>107200.18</x:v>
+        <x:v>107143.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:2">
       <x:c r="A1000" s="2">
-        <x:v>44509</x:v>
+        <x:v>44543</x:v>
       </x:c>
       <x:c r="B1000" s="3">
-        <x:v>107203.15</x:v>
+        <x:v>107146.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:2">
       <x:c r="A1001" s="2">
-        <x:v>44508</x:v>
+        <x:v>44542</x:v>
       </x:c>
       <x:c r="B1001" s="3">
-        <x:v>107202.67</x:v>
+        <x:v>107146.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:2">
       <x:c r="A1002" s="2">
-        <x:v>44507</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="B1002" s="3">
-        <x:v>107204.45</x:v>
+        <x:v>107150.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:2">
       <x:c r="A1003" s="2">
-        <x:v>44504</x:v>
+        <x:v>44538</x:v>
       </x:c>
       <x:c r="B1003" s="3">
-        <x:v>107209.33</x:v>
+        <x:v>107153.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:2">
       <x:c r="A1004" s="2">
-        <x:v>44503</x:v>
+        <x:v>44537</x:v>
       </x:c>
       <x:c r="B1004" s="3">
-        <x:v>107211.51</x:v>
+        <x:v>107154.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:2">
       <x:c r="A1005" s="2">
-        <x:v>44502</x:v>
+        <x:v>44536</x:v>
       </x:c>
       <x:c r="B1005" s="3">
-        <x:v>107214.54</x:v>
+        <x:v>107157.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:2">
       <x:c r="A1006" s="2">
-        <x:v>44501</x:v>
+        <x:v>44535</x:v>
       </x:c>
       <x:c r="B1006" s="3">
-        <x:v>107213.57</x:v>
+        <x:v>107158.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:2">
       <x:c r="A1007" s="2">
-        <x:v>44497</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="B1007" s="3">
-        <x:v>107222.66</x:v>
+        <x:v>107162.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:2">
       <x:c r="A1008" s="2">
-        <x:v>44496</x:v>
+        <x:v>44531</x:v>
       </x:c>
       <x:c r="B1008" s="3">
-        <x:v>107222.95</x:v>
+        <x:v>107164.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:2">
       <x:c r="A1009" s="2">
-        <x:v>44495</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B1009" s="3">
-        <x:v>107224.37</x:v>
+        <x:v>107165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:2">
       <x:c r="A1010" s="2">
-        <x:v>44494</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="B1010" s="3">
-        <x:v>107224.82</x:v>
+        <x:v>107168.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:2">
       <x:c r="A1011" s="2">
-        <x:v>44493</x:v>
+        <x:v>44528</x:v>
       </x:c>
       <x:c r="B1011" s="3">
-        <x:v>107225.89</x:v>
+        <x:v>107170.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:2">
       <x:c r="A1012" s="2">
-        <x:v>44490</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="B1012" s="3">
-        <x:v>107232.2</x:v>
+        <x:v>107175.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:2">
       <x:c r="A1013" s="2">
-        <x:v>44489</x:v>
+        <x:v>44524</x:v>
       </x:c>
       <x:c r="B1013" s="3">
-        <x:v>107232.41</x:v>
+        <x:v>107176.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:2">
       <x:c r="A1014" s="2">
-        <x:v>44488</x:v>
+        <x:v>44523</x:v>
       </x:c>
       <x:c r="B1014" s="3">
-        <x:v>107233.92</x:v>
+        <x:v>107179.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:2">
       <x:c r="A1015" s="2">
-        <x:v>44487</x:v>
+        <x:v>44522</x:v>
       </x:c>
       <x:c r="B1015" s="3">
-        <x:v>107237.06</x:v>
+        <x:v>107180.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:2">
       <x:c r="A1016" s="2">
-        <x:v>44486</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="B1016" s="3">
-        <x:v>107238.72</x:v>
+        <x:v>107183.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:2">
       <x:c r="A1017" s="2">
-        <x:v>44483</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="B1017" s="3">
-        <x:v>107243.11</x:v>
+        <x:v>107188.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:2">
       <x:c r="A1018" s="2">
-        <x:v>44482</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="B1018" s="3">
-        <x:v>107244.95</x:v>
+        <x:v>107190.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:2">
       <x:c r="A1019" s="2">
-        <x:v>44481</x:v>
+        <x:v>44516</x:v>
       </x:c>
       <x:c r="B1019" s="3">
-        <x:v>107246.7</x:v>
+        <x:v>107191.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:2">
       <x:c r="A1020" s="2">
-        <x:v>44480</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B1020" s="3">
-        <x:v>107248.3</x:v>
+        <x:v>107192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:2">
       <x:c r="A1021" s="2">
-        <x:v>44479</x:v>
+        <x:v>44514</x:v>
       </x:c>
       <x:c r="B1021" s="3">
-        <x:v>107251.24</x:v>
+        <x:v>107194.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:2">
       <x:c r="A1022" s="2">
-        <x:v>44476</x:v>
+        <x:v>44511</x:v>
       </x:c>
       <x:c r="B1022" s="3">
-        <x:v>107256.16</x:v>
+        <x:v>107200.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:2">
       <x:c r="A1023" s="2">
-        <x:v>44475</x:v>
+        <x:v>44509</x:v>
       </x:c>
       <x:c r="B1023" s="3">
-        <x:v>107257.51</x:v>
+        <x:v>107203.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:2">
       <x:c r="A1024" s="2">
-        <x:v>44474</x:v>
+        <x:v>44508</x:v>
       </x:c>
       <x:c r="B1024" s="3">
-        <x:v>107258.93</x:v>
+        <x:v>107202.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:2">
       <x:c r="A1025" s="2">
-        <x:v>44473</x:v>
+        <x:v>44507</x:v>
       </x:c>
       <x:c r="B1025" s="3">
-        <x:v>107260.39</x:v>
+        <x:v>107204.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:2">
       <x:c r="A1026" s="2">
-        <x:v>44472</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="B1026" s="3">
-        <x:v>107262.16</x:v>
+        <x:v>107209.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:2">
       <x:c r="A1027" s="2">
-        <x:v>44469</x:v>
+        <x:v>44503</x:v>
       </x:c>
       <x:c r="B1027" s="3">
-        <x:v>107265.9</x:v>
+        <x:v>107211.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:2">
       <x:c r="A1028" s="2">
-        <x:v>44468</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="B1028" s="3">
-        <x:v>107267.7</x:v>
+        <x:v>107214.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:2">
       <x:c r="A1029" s="2">
-        <x:v>44467</x:v>
+        <x:v>44501</x:v>
       </x:c>
       <x:c r="B1029" s="3">
-        <x:v>107270.02</x:v>
+        <x:v>107213.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:2">
       <x:c r="A1030" s="2">
-        <x:v>44466</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="B1030" s="3">
-        <x:v>107271.35</x:v>
+        <x:v>107222.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:2">
       <x:c r="A1031" s="2">
-        <x:v>44465</x:v>
+        <x:v>44496</x:v>
       </x:c>
       <x:c r="B1031" s="3">
-        <x:v>107272.01</x:v>
+        <x:v>107222.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:2">
       <x:c r="A1032" s="2">
-        <x:v>44462</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="B1032" s="3">
-        <x:v>107276.26</x:v>
+        <x:v>107224.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:2">
       <x:c r="A1033" s="2">
-        <x:v>44461</x:v>
+        <x:v>44494</x:v>
       </x:c>
       <x:c r="B1033" s="3">
-        <x:v>107278.81</x:v>
+        <x:v>107224.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:2">
       <x:c r="A1034" s="2">
-        <x:v>44460</x:v>
+        <x:v>44493</x:v>
       </x:c>
       <x:c r="B1034" s="3">
-        <x:v>107279.89</x:v>
+        <x:v>107225.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:2">
       <x:c r="A1035" s="2">
-        <x:v>44459</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="B1035" s="3">
-        <x:v>107281.55</x:v>
+        <x:v>107232.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:2">
       <x:c r="A1036" s="2">
-        <x:v>44458</x:v>
+        <x:v>44489</x:v>
       </x:c>
       <x:c r="B1036" s="3">
-        <x:v>107284.66</x:v>
+        <x:v>107232.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:2">
       <x:c r="A1037" s="2">
-        <x:v>44455</x:v>
+        <x:v>44488</x:v>
       </x:c>
       <x:c r="B1037" s="3">
-        <x:v>107288.78</x:v>
+        <x:v>107233.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:2">
       <x:c r="A1038" s="2">
-        <x:v>44454</x:v>
+        <x:v>44487</x:v>
       </x:c>
       <x:c r="B1038" s="3">
-        <x:v>107290.01</x:v>
+        <x:v>107237.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:2">
       <x:c r="A1039" s="2">
-        <x:v>44453</x:v>
+        <x:v>44486</x:v>
       </x:c>
       <x:c r="B1039" s="3">
-        <x:v>107291.64</x:v>
+        <x:v>107238.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:2">
       <x:c r="A1040" s="2">
-        <x:v>44452</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="B1040" s="3">
-        <x:v>107292.05</x:v>
+        <x:v>107243.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:2">
       <x:c r="A1041" s="2">
-        <x:v>44451</x:v>
+        <x:v>44482</x:v>
       </x:c>
       <x:c r="B1041" s="3">
-        <x:v>107292.67</x:v>
+        <x:v>107244.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:2">
       <x:c r="A1042" s="2">
-        <x:v>44448</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="B1042" s="3">
-        <x:v>107296.11</x:v>
+        <x:v>107246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:2">
       <x:c r="A1043" s="2">
-        <x:v>44447</x:v>
+        <x:v>44480</x:v>
       </x:c>
       <x:c r="B1043" s="3">
-        <x:v>107298.58</x:v>
+        <x:v>107248.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:2">
       <x:c r="A1044" s="2">
-        <x:v>44446</x:v>
+        <x:v>44479</x:v>
       </x:c>
       <x:c r="B1044" s="3">
-        <x:v>107301.28</x:v>
+        <x:v>107251.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:2">
       <x:c r="A1045" s="2">
-        <x:v>44445</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="B1045" s="3">
-        <x:v>107302.2</x:v>
+        <x:v>107256.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:2">
       <x:c r="A1046" s="2">
-        <x:v>44444</x:v>
+        <x:v>44475</x:v>
       </x:c>
       <x:c r="B1046" s="3">
-        <x:v>107303.83</x:v>
+        <x:v>107257.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:2">
       <x:c r="A1047" s="2">
-        <x:v>44441</x:v>
+        <x:v>44474</x:v>
       </x:c>
       <x:c r="B1047" s="3">
-        <x:v>107307.68</x:v>
+        <x:v>107258.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:2">
       <x:c r="A1048" s="2">
-        <x:v>44440</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="B1048" s="3">
-        <x:v>107308.68</x:v>
+        <x:v>107260.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:2">
       <x:c r="A1049" s="2">
-        <x:v>44439</x:v>
+        <x:v>44472</x:v>
       </x:c>
       <x:c r="B1049" s="3">
-        <x:v>107310.36</x:v>
+        <x:v>107262.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:2">
       <x:c r="A1050" s="2">
-        <x:v>44438</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B1050" s="3">
-        <x:v>107311.16</x:v>
+        <x:v>107265.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:2">
       <x:c r="A1051" s="2">
-        <x:v>44437</x:v>
+        <x:v>44468</x:v>
       </x:c>
       <x:c r="B1051" s="3">
-        <x:v>107312.25</x:v>
+        <x:v>107267.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:2">
       <x:c r="A1052" s="2">
-        <x:v>44434</x:v>
+        <x:v>44467</x:v>
       </x:c>
       <x:c r="B1052" s="3">
-        <x:v>107318.05</x:v>
+        <x:v>107270.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:2">
       <x:c r="A1053" s="2">
-        <x:v>44433</x:v>
+        <x:v>44466</x:v>
       </x:c>
       <x:c r="B1053" s="3">
-        <x:v>107319.81</x:v>
+        <x:v>107271.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:2">
       <x:c r="A1054" s="2">
-        <x:v>44432</x:v>
+        <x:v>44465</x:v>
       </x:c>
       <x:c r="B1054" s="3">
-        <x:v>107321.33</x:v>
+        <x:v>107272.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:2">
       <x:c r="A1055" s="2">
-        <x:v>44431</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="B1055" s="3">
-        <x:v>107322.76</x:v>
+        <x:v>107276.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:2">
       <x:c r="A1056" s="2">
-        <x:v>44430</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="B1056" s="3">
-        <x:v>107324.42</x:v>
+        <x:v>107278.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:2">
       <x:c r="A1057" s="2">
-        <x:v>44427</x:v>
+        <x:v>44460</x:v>
       </x:c>
       <x:c r="B1057" s="3">
-        <x:v>107328.97</x:v>
+        <x:v>107279.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:2">
       <x:c r="A1058" s="2">
-        <x:v>44426</x:v>
+        <x:v>44459</x:v>
       </x:c>
       <x:c r="B1058" s="3">
-        <x:v>107330.1</x:v>
+        <x:v>107281.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:2">
       <x:c r="A1059" s="2">
-        <x:v>44425</x:v>
+        <x:v>44458</x:v>
       </x:c>
       <x:c r="B1059" s="3">
-        <x:v>107331.77</x:v>
+        <x:v>107284.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:2">
       <x:c r="A1060" s="2">
-        <x:v>44424</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="B1060" s="3">
-        <x:v>107332.95</x:v>
+        <x:v>107288.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:2">
       <x:c r="A1061" s="2">
-        <x:v>44423</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B1061" s="3">
-        <x:v>107335.06</x:v>
+        <x:v>107290.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:2">
       <x:c r="A1062" s="2">
-        <x:v>44420</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="B1062" s="3">
-        <x:v>107339</x:v>
+        <x:v>107291.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:2">
       <x:c r="A1063" s="2">
-        <x:v>44419</x:v>
+        <x:v>44452</x:v>
       </x:c>
       <x:c r="B1063" s="3">
-        <x:v>107339.91</x:v>
+        <x:v>107292.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:2">
       <x:c r="A1064" s="2">
-        <x:v>44418</x:v>
+        <x:v>44451</x:v>
       </x:c>
       <x:c r="B1064" s="3">
-        <x:v>107341.74</x:v>
+        <x:v>107292.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:2">
       <x:c r="A1065" s="2">
-        <x:v>44417</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="B1065" s="3">
-        <x:v>107342.91</x:v>
+        <x:v>107296.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:2">
       <x:c r="A1066" s="2">
-        <x:v>44416</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="B1066" s="3">
-        <x:v>107344.11</x:v>
+        <x:v>107298.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:2">
       <x:c r="A1067" s="2">
-        <x:v>44413</x:v>
+        <x:v>44446</x:v>
       </x:c>
       <x:c r="B1067" s="3">
-        <x:v>107349.19</x:v>
+        <x:v>107301.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:2">
       <x:c r="A1068" s="2">
-        <x:v>44412</x:v>
+        <x:v>44445</x:v>
       </x:c>
       <x:c r="B1068" s="3">
-        <x:v>107350.47</x:v>
+        <x:v>107302.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:2">
       <x:c r="A1069" s="2">
-        <x:v>44411</x:v>
+        <x:v>44444</x:v>
       </x:c>
       <x:c r="B1069" s="3">
-        <x:v>107352.29</x:v>
+        <x:v>107303.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:2">
       <x:c r="A1070" s="2">
-        <x:v>44410</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="B1070" s="3">
-        <x:v>107352.62</x:v>
+        <x:v>107307.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:2">
       <x:c r="A1071" s="2">
-        <x:v>44409</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="B1071" s="3">
-        <x:v>107354.98</x:v>
+        <x:v>107308.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:2">
       <x:c r="A1072" s="2">
-        <x:v>44406</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B1072" s="3">
-        <x:v>107359.52</x:v>
+        <x:v>107310.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:2">
       <x:c r="A1073" s="2">
-        <x:v>44405</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="B1073" s="3">
-        <x:v>107360.49</x:v>
+        <x:v>107311.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:2">
       <x:c r="A1074" s="2">
-        <x:v>44404</x:v>
+        <x:v>44437</x:v>
       </x:c>
       <x:c r="B1074" s="3">
-        <x:v>107363.11</x:v>
+        <x:v>107312.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:2">
       <x:c r="A1075" s="2">
-        <x:v>44403</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="B1075" s="3">
-        <x:v>107365.1</x:v>
+        <x:v>107318.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:2">
       <x:c r="A1076" s="2">
-        <x:v>44402</x:v>
+        <x:v>44433</x:v>
       </x:c>
       <x:c r="B1076" s="3">
-        <x:v>107364.87</x:v>
+        <x:v>107319.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:2">
       <x:c r="A1077" s="2">
-        <x:v>44399</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="B1077" s="3">
-        <x:v>107367.82</x:v>
+        <x:v>107321.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:2">
       <x:c r="A1078" s="2">
-        <x:v>44398</x:v>
+        <x:v>44431</x:v>
       </x:c>
       <x:c r="B1078" s="3">
-        <x:v>107369.81</x:v>
+        <x:v>107322.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:2">
       <x:c r="A1079" s="2">
-        <x:v>44397</x:v>
+        <x:v>44430</x:v>
       </x:c>
       <x:c r="B1079" s="3">
-        <x:v>107371.34</x:v>
+        <x:v>107324.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:2">
       <x:c r="A1080" s="2">
-        <x:v>44396</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="B1080" s="3">
-        <x:v>107372.17</x:v>
+        <x:v>107328.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:2">
       <x:c r="A1081" s="2">
-        <x:v>44395</x:v>
+        <x:v>44426</x:v>
       </x:c>
       <x:c r="B1081" s="3">
-        <x:v>107371.76</x:v>
+        <x:v>107330.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:2">
       <x:c r="A1082" s="2">
-        <x:v>44392</x:v>
+        <x:v>44425</x:v>
       </x:c>
       <x:c r="B1082" s="3">
-        <x:v>107376.71</x:v>
+        <x:v>107331.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:2">
       <x:c r="A1083" s="2">
-        <x:v>44391</x:v>
+        <x:v>44424</x:v>
       </x:c>
       <x:c r="B1083" s="3">
-        <x:v>107378.5</x:v>
+        <x:v>107332.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:2">
       <x:c r="A1084" s="2">
-        <x:v>44389</x:v>
+        <x:v>44423</x:v>
       </x:c>
       <x:c r="B1084" s="3">
-        <x:v>107380.32</x:v>
+        <x:v>107335.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:2">
       <x:c r="A1085" s="2">
-        <x:v>44388</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="B1085" s="3">
-        <x:v>107382.47</x:v>
+        <x:v>107339</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:2">
       <x:c r="A1086" s="2">
-        <x:v>44385</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="B1086" s="3">
-        <x:v>107387.04</x:v>
+        <x:v>107339.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:2">
       <x:c r="A1087" s="2">
-        <x:v>44384</x:v>
+        <x:v>44418</x:v>
       </x:c>
       <x:c r="B1087" s="3">
-        <x:v>107388.71</x:v>
+        <x:v>107341.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:2">
       <x:c r="A1088" s="2">
-        <x:v>44383</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="B1088" s="3">
-        <x:v>107389.89</x:v>
+        <x:v>107342.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:2">
       <x:c r="A1089" s="2">
-        <x:v>44382</x:v>
+        <x:v>44416</x:v>
       </x:c>
       <x:c r="B1089" s="3">
-        <x:v>107391.71</x:v>
+        <x:v>107344.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:2">
       <x:c r="A1090" s="2">
-        <x:v>44381</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="B1090" s="3">
-        <x:v>107392.99</x:v>
+        <x:v>107349.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:2">
       <x:c r="A1091" s="2">
-        <x:v>44378</x:v>
+        <x:v>44412</x:v>
       </x:c>
       <x:c r="B1091" s="3">
-        <x:v>107397.01</x:v>
+        <x:v>107350.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:2">
       <x:c r="A1092" s="2">
-        <x:v>44377</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="B1092" s="3">
-        <x:v>107398.3</x:v>
+        <x:v>107352.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:2">
       <x:c r="A1093" s="2">
-        <x:v>44376</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="B1093" s="3">
-        <x:v>107398.8</x:v>
+        <x:v>107352.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:2">
       <x:c r="A1094" s="2">
-        <x:v>44375</x:v>
+        <x:v>44409</x:v>
       </x:c>
       <x:c r="B1094" s="3">
-        <x:v>107401.09</x:v>
+        <x:v>107354.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:2">
       <x:c r="A1095" s="2">
-        <x:v>44374</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="B1095" s="3">
-        <x:v>107402.35</x:v>
+        <x:v>107359.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:2">
       <x:c r="A1096" s="2">
-        <x:v>44371</x:v>
+        <x:v>44405</x:v>
       </x:c>
       <x:c r="B1096" s="3">
-        <x:v>107406.54</x:v>
+        <x:v>107360.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:2">
       <x:c r="A1097" s="2">
-        <x:v>44370</x:v>
+        <x:v>44404</x:v>
       </x:c>
       <x:c r="B1097" s="3">
-        <x:v>107407.05</x:v>
+        <x:v>107363.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:2">
       <x:c r="A1098" s="2">
-        <x:v>44369</x:v>
+        <x:v>44403</x:v>
       </x:c>
       <x:c r="B1098" s="3">
-        <x:v>107408.66</x:v>
+        <x:v>107365.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:2">
       <x:c r="A1099" s="2">
-        <x:v>44368</x:v>
+        <x:v>44402</x:v>
       </x:c>
       <x:c r="B1099" s="3">
-        <x:v>107409.6</x:v>
+        <x:v>107364.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:2">
       <x:c r="A1100" s="2">
-        <x:v>44367</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="B1100" s="3">
-        <x:v>107411.79</x:v>
+        <x:v>107367.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:2">
       <x:c r="A1101" s="2">
-        <x:v>44364</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="B1101" s="3">
-        <x:v>107416.2</x:v>
+        <x:v>107369.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:2">
       <x:c r="A1102" s="2">
-        <x:v>44363</x:v>
+        <x:v>44397</x:v>
       </x:c>
       <x:c r="B1102" s="3">
-        <x:v>107418.55</x:v>
+        <x:v>107371.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:2">
       <x:c r="A1103" s="2">
-        <x:v>44362</x:v>
+        <x:v>44396</x:v>
       </x:c>
       <x:c r="B1103" s="3">
-        <x:v>107418.93</x:v>
+        <x:v>107372.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:2">
       <x:c r="A1104" s="2">
-        <x:v>44361</x:v>
+        <x:v>44395</x:v>
       </x:c>
       <x:c r="B1104" s="3">
-        <x:v>107420.53</x:v>
+        <x:v>107371.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:2">
       <x:c r="A1105" s="2">
-        <x:v>44360</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B1105" s="3">
-        <x:v>107422.42</x:v>
+        <x:v>107376.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:2">
       <x:c r="A1106" s="2">
-        <x:v>44357</x:v>
+        <x:v>44391</x:v>
       </x:c>
       <x:c r="B1106" s="3">
-        <x:v>107427.03</x:v>
+        <x:v>107378.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:2">
       <x:c r="A1107" s="2">
-        <x:v>44356</x:v>
+        <x:v>44389</x:v>
       </x:c>
       <x:c r="B1107" s="3">
-        <x:v>107428.05</x:v>
+        <x:v>107380.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:2">
       <x:c r="A1108" s="2">
-        <x:v>44355</x:v>
+        <x:v>44388</x:v>
       </x:c>
       <x:c r="B1108" s="3">
-        <x:v>107429.61</x:v>
+        <x:v>107382.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:2">
       <x:c r="A1109" s="2">
-        <x:v>44354</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="B1109" s="3">
-        <x:v>107431.1</x:v>
+        <x:v>107387.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:2">
       <x:c r="A1110" s="2">
-        <x:v>44353</x:v>
+        <x:v>44384</x:v>
       </x:c>
       <x:c r="B1110" s="3">
-        <x:v>107432.16</x:v>
+        <x:v>107388.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:2">
       <x:c r="A1111" s="2">
-        <x:v>44350</x:v>
+        <x:v>44383</x:v>
       </x:c>
       <x:c r="B1111" s="3">
-        <x:v>107436.2</x:v>
+        <x:v>107389.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:2">
       <x:c r="A1112" s="2">
-        <x:v>44349</x:v>
+        <x:v>44382</x:v>
       </x:c>
       <x:c r="B1112" s="3">
-        <x:v>107438.12</x:v>
+        <x:v>107391.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:2">
       <x:c r="A1113" s="2">
-        <x:v>44348</x:v>
+        <x:v>44381</x:v>
       </x:c>
       <x:c r="B1113" s="3">
-        <x:v>107438.88</x:v>
+        <x:v>107392.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:2">
       <x:c r="A1114" s="2">
-        <x:v>44347</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="B1114" s="3">
-        <x:v>107440.36</x:v>
+        <x:v>107397.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:2">
       <x:c r="A1115" s="2">
-        <x:v>44346</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B1115" s="3">
-        <x:v>107440.96</x:v>
+        <x:v>107398.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:2">
       <x:c r="A1116" s="2">
-        <x:v>44343</x:v>
+        <x:v>44376</x:v>
       </x:c>
       <x:c r="B1116" s="3">
-        <x:v>107445.67</x:v>
+        <x:v>107398.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:2">
       <x:c r="A1117" s="2">
-        <x:v>44342</x:v>
+        <x:v>44375</x:v>
       </x:c>
       <x:c r="B1117" s="3">
-        <x:v>107446.45</x:v>
+        <x:v>107401.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:2">
       <x:c r="A1118" s="2">
-        <x:v>44341</x:v>
+        <x:v>44374</x:v>
       </x:c>
       <x:c r="B1118" s="3">
-        <x:v>107447.25</x:v>
+        <x:v>107402.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:2">
       <x:c r="A1119" s="2">
-        <x:v>44340</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="B1119" s="3">
-        <x:v>107449.38</x:v>
+        <x:v>107406.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:2">
       <x:c r="A1120" s="2">
-        <x:v>44336</x:v>
+        <x:v>44370</x:v>
       </x:c>
       <x:c r="B1120" s="3">
-        <x:v>107454.15</x:v>
+        <x:v>107407.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:2">
       <x:c r="A1121" s="2">
-        <x:v>44335</x:v>
+        <x:v>44369</x:v>
       </x:c>
       <x:c r="B1121" s="3">
-        <x:v>107455.98</x:v>
+        <x:v>107408.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:2">
       <x:c r="A1122" s="2">
-        <x:v>44334</x:v>
+        <x:v>44368</x:v>
       </x:c>
       <x:c r="B1122" s="3">
-        <x:v>107457.03</x:v>
+        <x:v>107409.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:2">
       <x:c r="A1123" s="2">
-        <x:v>44333</x:v>
+        <x:v>44367</x:v>
       </x:c>
       <x:c r="B1123" s="3">
-        <x:v>107459.31</x:v>
+        <x:v>107411.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:2">
       <x:c r="A1124" s="2">
-        <x:v>44332</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="B1124" s="3">
-        <x:v>107460.41</x:v>
+        <x:v>107416.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:2">
       <x:c r="A1125" s="2">
-        <x:v>44329</x:v>
+        <x:v>44363</x:v>
       </x:c>
       <x:c r="B1125" s="3">
-        <x:v>107464.65</x:v>
+        <x:v>107418.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:2">
       <x:c r="A1126" s="2">
-        <x:v>44327</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B1126" s="3">
-        <x:v>107467.92</x:v>
+        <x:v>107418.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:2">
       <x:c r="A1127" s="2">
-        <x:v>44326</x:v>
+        <x:v>44361</x:v>
       </x:c>
       <x:c r="B1127" s="3">
-        <x:v>107468.56</x:v>
+        <x:v>107420.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:2">
       <x:c r="A1128" s="2">
-        <x:v>44325</x:v>
+        <x:v>44360</x:v>
       </x:c>
       <x:c r="B1128" s="3">
-        <x:v>107470.31</x:v>
+        <x:v>107422.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:2">
       <x:c r="A1129" s="2">
-        <x:v>44322</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="B1129" s="3">
-        <x:v>107474.53</x:v>
+        <x:v>107427.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:2">
       <x:c r="A1130" s="2">
-        <x:v>44321</x:v>
+        <x:v>44356</x:v>
       </x:c>
       <x:c r="B1130" s="3">
-        <x:v>107476.7</x:v>
+        <x:v>107428.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:2">
       <x:c r="A1131" s="2">
-        <x:v>44320</x:v>
+        <x:v>44355</x:v>
       </x:c>
       <x:c r="B1131" s="3">
-        <x:v>107477.59</x:v>
+        <x:v>107429.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:2">
       <x:c r="A1132" s="2">
-        <x:v>44319</x:v>
+        <x:v>44354</x:v>
       </x:c>
       <x:c r="B1132" s="3">
-        <x:v>107479.39</x:v>
+        <x:v>107431.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:2">
       <x:c r="A1133" s="2">
-        <x:v>44318</x:v>
+        <x:v>44353</x:v>
       </x:c>
       <x:c r="B1133" s="3">
-        <x:v>107480.71</x:v>
+        <x:v>107432.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:2">
       <x:c r="A1134" s="2">
-        <x:v>44315</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="B1134" s="3">
-        <x:v>107484.4</x:v>
+        <x:v>107436.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:2">
       <x:c r="A1135" s="2">
-        <x:v>44314</x:v>
+        <x:v>44349</x:v>
       </x:c>
       <x:c r="B1135" s="3">
-        <x:v>107485.4</x:v>
+        <x:v>107438.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:2">
       <x:c r="A1136" s="2">
-        <x:v>44313</x:v>
+        <x:v>44348</x:v>
       </x:c>
       <x:c r="B1136" s="3">
-        <x:v>107486.96</x:v>
+        <x:v>107438.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:2">
       <x:c r="A1137" s="2">
-        <x:v>44312</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B1137" s="3">
-        <x:v>107488.3</x:v>
+        <x:v>107440.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:2">
       <x:c r="A1138" s="2">
-        <x:v>44311</x:v>
+        <x:v>44346</x:v>
       </x:c>
       <x:c r="B1138" s="3">
-        <x:v>107489.94</x:v>
+        <x:v>107440.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:2">
       <x:c r="A1139" s="2">
-        <x:v>44308</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="B1139" s="3">
-        <x:v>107493.89</x:v>
+        <x:v>107445.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:2">
       <x:c r="A1140" s="2">
-        <x:v>44307</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="B1140" s="3">
-        <x:v>107494.93</x:v>
+        <x:v>107446.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:2">
       <x:c r="A1141" s="2">
-        <x:v>44306</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="B1141" s="3">
-        <x:v>107496.25</x:v>
+        <x:v>107447.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:2">
       <x:c r="A1142" s="2">
-        <x:v>44305</x:v>
+        <x:v>44340</x:v>
       </x:c>
       <x:c r="B1142" s="3">
-        <x:v>107496.52</x:v>
+        <x:v>107449.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:2">
       <x:c r="A1143" s="2">
-        <x:v>44304</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="B1143" s="3">
-        <x:v>107498.79</x:v>
+        <x:v>107454.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:2">
       <x:c r="A1144" s="2">
-        <x:v>44301</x:v>
+        <x:v>44335</x:v>
       </x:c>
       <x:c r="B1144" s="3">
-        <x:v>107502.92</x:v>
+        <x:v>107455.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:2">
       <x:c r="A1145" s="2">
-        <x:v>44300</x:v>
+        <x:v>44334</x:v>
       </x:c>
       <x:c r="B1145" s="3">
-        <x:v>107504.21</x:v>
+        <x:v>107457.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:2">
       <x:c r="A1146" s="2">
-        <x:v>44299</x:v>
+        <x:v>44333</x:v>
       </x:c>
       <x:c r="B1146" s="3">
-        <x:v>107505.27</x:v>
+        <x:v>107459.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:2">
       <x:c r="A1147" s="2">
-        <x:v>44298</x:v>
+        <x:v>44332</x:v>
       </x:c>
       <x:c r="B1147" s="3">
-        <x:v>107506.92</x:v>
+        <x:v>107460.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:2">
       <x:c r="A1148" s="2">
-        <x:v>44297</x:v>
+        <x:v>44329</x:v>
       </x:c>
       <x:c r="B1148" s="3">
-        <x:v>107508.04</x:v>
+        <x:v>107464.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:2">
       <x:c r="A1149" s="2">
-        <x:v>44294</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="B1149" s="3">
-        <x:v>107513.02</x:v>
+        <x:v>107467.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:2">
       <x:c r="A1150" s="2">
-        <x:v>44293</x:v>
+        <x:v>44326</x:v>
       </x:c>
       <x:c r="B1150" s="3">
-        <x:v>107512.86</x:v>
+        <x:v>107468.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:2">
       <x:c r="A1151" s="2">
-        <x:v>44292</x:v>
+        <x:v>44325</x:v>
       </x:c>
       <x:c r="B1151" s="3">
-        <x:v>107515.05</x:v>
+        <x:v>107470.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:2">
       <x:c r="A1152" s="2">
-        <x:v>44291</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="B1152" s="3">
-        <x:v>107515.26</x:v>
+        <x:v>107474.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:2">
       <x:c r="A1153" s="2">
-        <x:v>44286</x:v>
+        <x:v>44321</x:v>
       </x:c>
       <x:c r="B1153" s="3">
-        <x:v>107522.77</x:v>
+        <x:v>107476.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:2">
       <x:c r="A1154" s="2">
-        <x:v>44285</x:v>
+        <x:v>44320</x:v>
       </x:c>
       <x:c r="B1154" s="3">
-        <x:v>107523.98</x:v>
+        <x:v>107477.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:2">
       <x:c r="A1155" s="2">
-        <x:v>44284</x:v>
+        <x:v>44319</x:v>
       </x:c>
       <x:c r="B1155" s="3">
-        <x:v>107525.42</x:v>
+        <x:v>107479.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:2">
       <x:c r="A1156" s="2">
-        <x:v>44283</x:v>
+        <x:v>44318</x:v>
       </x:c>
       <x:c r="B1156" s="3">
-        <x:v>107526.51</x:v>
+        <x:v>107480.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:2">
       <x:c r="A1157" s="2">
-        <x:v>44280</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="B1157" s="3">
-        <x:v>107530.29</x:v>
+        <x:v>107484.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:2">
       <x:c r="A1158" s="2">
-        <x:v>44279</x:v>
+        <x:v>44314</x:v>
       </x:c>
       <x:c r="B1158" s="3">
-        <x:v>107531.4</x:v>
+        <x:v>107485.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:2">
       <x:c r="A1159" s="2">
-        <x:v>44278</x:v>
+        <x:v>44313</x:v>
       </x:c>
       <x:c r="B1159" s="3">
-        <x:v>107532.82</x:v>
+        <x:v>107486.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:2">
       <x:c r="A1160" s="2">
-        <x:v>44277</x:v>
+        <x:v>44312</x:v>
       </x:c>
       <x:c r="B1160" s="3">
-        <x:v>107534.81</x:v>
+        <x:v>107488.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:2">
       <x:c r="A1161" s="2">
-        <x:v>44276</x:v>
+        <x:v>44311</x:v>
       </x:c>
       <x:c r="B1161" s="3">
-        <x:v>107535.88</x:v>
+        <x:v>107489.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:2">
       <x:c r="A1162" s="2">
-        <x:v>44273</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="B1162" s="3">
-        <x:v>107539.65</x:v>
+        <x:v>107493.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:2">
       <x:c r="A1163" s="2">
-        <x:v>44272</x:v>
+        <x:v>44307</x:v>
       </x:c>
       <x:c r="B1163" s="3">
-        <x:v>107542.18</x:v>
+        <x:v>107494.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:2">
       <x:c r="A1164" s="2">
-        <x:v>44271</x:v>
+        <x:v>44306</x:v>
       </x:c>
       <x:c r="B1164" s="3">
-        <x:v>107542.61</x:v>
+        <x:v>107496.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:2">
       <x:c r="A1165" s="2">
-        <x:v>44270</x:v>
+        <x:v>44305</x:v>
       </x:c>
       <x:c r="B1165" s="3">
-        <x:v>107544.11</x:v>
+        <x:v>107496.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:2">
       <x:c r="A1166" s="2">
-        <x:v>44269</x:v>
+        <x:v>44304</x:v>
       </x:c>
       <x:c r="B1166" s="3">
-        <x:v>107545.68</x:v>
+        <x:v>107498.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:2">
       <x:c r="A1167" s="2">
-        <x:v>44266</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B1167" s="3">
-        <x:v>107549.52</x:v>
+        <x:v>107502.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:2">
       <x:c r="A1168" s="2">
-        <x:v>44265</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="B1168" s="3">
-        <x:v>107550.37</x:v>
+        <x:v>107504.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:2">
       <x:c r="A1169" s="2">
-        <x:v>44264</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="B1169" s="3">
-        <x:v>107551.58</x:v>
+        <x:v>107505.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:2">
       <x:c r="A1170" s="2">
-        <x:v>44263</x:v>
+        <x:v>44298</x:v>
       </x:c>
       <x:c r="B1170" s="3">
-        <x:v>107553.58</x:v>
+        <x:v>107506.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:2">
       <x:c r="A1171" s="2">
-        <x:v>44262</x:v>
+        <x:v>44297</x:v>
       </x:c>
       <x:c r="B1171" s="3">
-        <x:v>107554.08</x:v>
+        <x:v>107508.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:2">
       <x:c r="A1172" s="2">
-        <x:v>44259</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="B1172" s="3">
-        <x:v>107559.01</x:v>
+        <x:v>107513.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:2">
       <x:c r="A1173" s="2">
-        <x:v>44258</x:v>
+        <x:v>44293</x:v>
       </x:c>
       <x:c r="B1173" s="3">
-        <x:v>107559.13</x:v>
+        <x:v>107512.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:2">
       <x:c r="A1174" s="2">
-        <x:v>44257</x:v>
+        <x:v>44292</x:v>
       </x:c>
       <x:c r="B1174" s="3">
-        <x:v>107560.87</x:v>
+        <x:v>107515.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:2">
       <x:c r="A1175" s="2">
-        <x:v>44256</x:v>
+        <x:v>44291</x:v>
       </x:c>
       <x:c r="B1175" s="3">
-        <x:v>107561.37</x:v>
+        <x:v>107515.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:2">
       <x:c r="A1176" s="2">
-        <x:v>44255</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B1176" s="3">
-        <x:v>107562.81</x:v>
+        <x:v>107522.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:2">
       <x:c r="A1177" s="2">
-        <x:v>44252</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="B1177" s="3">
-        <x:v>107566.65</x:v>
+        <x:v>107523.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:2">
       <x:c r="A1178" s="2">
-        <x:v>44251</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="B1178" s="3">
-        <x:v>107568.28</x:v>
+        <x:v>107525.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:2">
       <x:c r="A1179" s="2">
-        <x:v>44250</x:v>
+        <x:v>44283</x:v>
       </x:c>
       <x:c r="B1179" s="3">
-        <x:v>107569.59</x:v>
+        <x:v>107526.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:2">
       <x:c r="A1180" s="2">
-        <x:v>44249</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="B1180" s="3">
-        <x:v>107571.59</x:v>
+        <x:v>107530.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:2">
       <x:c r="A1181" s="2">
-        <x:v>44248</x:v>
+        <x:v>44279</x:v>
       </x:c>
       <x:c r="B1181" s="3">
-        <x:v>107572.21</x:v>
+        <x:v>107531.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:2">
       <x:c r="A1182" s="2">
-        <x:v>44245</x:v>
+        <x:v>44278</x:v>
       </x:c>
       <x:c r="B1182" s="3">
-        <x:v>107576.78</x:v>
+        <x:v>107532.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:2">
       <x:c r="A1183" s="2">
-        <x:v>44244</x:v>
+        <x:v>44277</x:v>
       </x:c>
       <x:c r="B1183" s="3">
-        <x:v>107578.53</x:v>
+        <x:v>107534.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:2">
       <x:c r="A1184" s="2">
-        <x:v>44243</x:v>
+        <x:v>44276</x:v>
       </x:c>
       <x:c r="B1184" s="3">
-        <x:v>107579.05</x:v>
+        <x:v>107535.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:2">
       <x:c r="A1185" s="2">
-        <x:v>44242</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="B1185" s="3">
-        <x:v>107580.97</x:v>
+        <x:v>107539.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:2">
       <x:c r="A1186" s="2">
-        <x:v>44241</x:v>
+        <x:v>44272</x:v>
       </x:c>
       <x:c r="B1186" s="3">
-        <x:v>107581.7</x:v>
+        <x:v>107542.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:2">
       <x:c r="A1187" s="2">
-        <x:v>44238</x:v>
+        <x:v>44271</x:v>
       </x:c>
       <x:c r="B1187" s="3">
-        <x:v>107585.69</x:v>
+        <x:v>107542.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:2">
       <x:c r="A1188" s="2">
-        <x:v>44237</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B1188" s="3">
-        <x:v>107587.09</x:v>
+        <x:v>107544.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:2">
       <x:c r="A1189" s="2">
-        <x:v>44236</x:v>
+        <x:v>44269</x:v>
       </x:c>
       <x:c r="B1189" s="3">
-        <x:v>107587.68</x:v>
+        <x:v>107545.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:2">
       <x:c r="A1190" s="2">
-        <x:v>44235</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="B1190" s="3">
-        <x:v>107588.86</x:v>
+        <x:v>107549.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:2">
       <x:c r="A1191" s="2">
-        <x:v>44234</x:v>
+        <x:v>44265</x:v>
       </x:c>
       <x:c r="B1191" s="3">
-        <x:v>107589.69</x:v>
+        <x:v>107550.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:2">
       <x:c r="A1192" s="2">
-        <x:v>44231</x:v>
+        <x:v>44264</x:v>
       </x:c>
       <x:c r="B1192" s="3">
-        <x:v>107594.3</x:v>
+        <x:v>107551.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:2">
       <x:c r="A1193" s="2">
-        <x:v>44230</x:v>
+        <x:v>44263</x:v>
       </x:c>
       <x:c r="B1193" s="3">
-        <x:v>107594.71</x:v>
+        <x:v>107553.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:2">
       <x:c r="A1194" s="2">
-        <x:v>44229</x:v>
+        <x:v>44262</x:v>
       </x:c>
       <x:c r="B1194" s="3">
-        <x:v>107595.57</x:v>
+        <x:v>107554.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:2">
       <x:c r="A1195" s="2">
-        <x:v>44228</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="B1195" s="3">
-        <x:v>107596.42</x:v>
+        <x:v>107559.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:2">
       <x:c r="A1196" s="2">
-        <x:v>44227</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="B1196" s="3">
-        <x:v>107598.27</x:v>
+        <x:v>107559.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:2">
       <x:c r="A1197" s="2">
-        <x:v>44224</x:v>
+        <x:v>44257</x:v>
       </x:c>
       <x:c r="B1197" s="3">
-        <x:v>107603.52</x:v>
+        <x:v>107560.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:2">
       <x:c r="A1198" s="2">
-        <x:v>44223</x:v>
+        <x:v>44256</x:v>
       </x:c>
       <x:c r="B1198" s="3">
-        <x:v>107601.98</x:v>
+        <x:v>107561.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:2">
       <x:c r="A1199" s="2">
-        <x:v>44222</x:v>
+        <x:v>44255</x:v>
       </x:c>
       <x:c r="B1199" s="3">
-        <x:v>107602.98</x:v>
+        <x:v>107562.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:2">
       <x:c r="A1200" s="2">
-        <x:v>44221</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="B1200" s="3">
-        <x:v>107604.69</x:v>
+        <x:v>107566.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:2">
       <x:c r="A1201" s="2">
-        <x:v>44220</x:v>
+        <x:v>44251</x:v>
       </x:c>
       <x:c r="B1201" s="3">
-        <x:v>107606.1</x:v>
+        <x:v>107568.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:2">
       <x:c r="A1202" s="2">
-        <x:v>44217</x:v>
+        <x:v>44250</x:v>
       </x:c>
       <x:c r="B1202" s="3">
-        <x:v>107612.15</x:v>
+        <x:v>107569.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:2">
       <x:c r="A1203" s="2">
-        <x:v>44216</x:v>
+        <x:v>44249</x:v>
       </x:c>
       <x:c r="B1203" s="3">
-        <x:v>107612.88</x:v>
+        <x:v>107571.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:2">
       <x:c r="A1204" s="2">
-        <x:v>44215</x:v>
+        <x:v>44248</x:v>
       </x:c>
       <x:c r="B1204" s="3">
-        <x:v>107614.22</x:v>
+        <x:v>107572.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:2">
       <x:c r="A1205" s="2">
-        <x:v>44214</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="B1205" s="3">
-        <x:v>107615.3</x:v>
+        <x:v>107576.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:2">
       <x:c r="A1206" s="2">
-        <x:v>44213</x:v>
+        <x:v>44244</x:v>
       </x:c>
       <x:c r="B1206" s="3">
-        <x:v>107615.63</x:v>
+        <x:v>107578.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:2">
       <x:c r="A1207" s="2">
-        <x:v>44210</x:v>
+        <x:v>44243</x:v>
       </x:c>
       <x:c r="B1207" s="3">
-        <x:v>107620.13</x:v>
+        <x:v>107579.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:2">
       <x:c r="A1208" s="2">
-        <x:v>44209</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B1208" s="3">
-        <x:v>107620.05</x:v>
+        <x:v>107580.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:2">
       <x:c r="A1209" s="2">
-        <x:v>44208</x:v>
+        <x:v>44241</x:v>
       </x:c>
       <x:c r="B1209" s="3">
-        <x:v>107622.45</x:v>
+        <x:v>107581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:2">
       <x:c r="A1210" s="2">
-        <x:v>44207</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="B1210" s="3">
-        <x:v>107624.43</x:v>
+        <x:v>107585.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:2">
       <x:c r="A1211" s="2">
-        <x:v>44206</x:v>
+        <x:v>44237</x:v>
       </x:c>
       <x:c r="B1211" s="3">
-        <x:v>107626.02</x:v>
+        <x:v>107587.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:2">
       <x:c r="A1212" s="2">
-        <x:v>44203</x:v>
+        <x:v>44236</x:v>
       </x:c>
       <x:c r="B1212" s="3">
-        <x:v>107629.61</x:v>
+        <x:v>107587.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:2">
       <x:c r="A1213" s="2">
-        <x:v>44202</x:v>
+        <x:v>44235</x:v>
       </x:c>
       <x:c r="B1213" s="3">
-        <x:v>107628.47</x:v>
+        <x:v>107588.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:2">
       <x:c r="A1214" s="2">
-        <x:v>44201</x:v>
+        <x:v>44234</x:v>
       </x:c>
       <x:c r="B1214" s="3">
-        <x:v>107629.73</x:v>
+        <x:v>107589.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:2">
       <x:c r="A1215" s="2">
-        <x:v>44200</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="B1215" s="3">
-        <x:v>107632.2</x:v>
+        <x:v>107594.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:2">
       <x:c r="A1216" s="2">
-        <x:v>44199</x:v>
+        <x:v>44230</x:v>
       </x:c>
       <x:c r="B1216" s="3">
-        <x:v>107632.53</x:v>
+        <x:v>107594.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:2">
       <x:c r="A1217" s="2">
-        <x:v>44195</x:v>
+        <x:v>44229</x:v>
       </x:c>
       <x:c r="B1217" s="3">
-        <x:v>107637.96</x:v>
+        <x:v>107595.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:2">
       <x:c r="A1218" s="2">
-        <x:v>44194</x:v>
+        <x:v>44228</x:v>
       </x:c>
       <x:c r="B1218" s="3">
-        <x:v>107636.01</x:v>
+        <x:v>107596.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:2">
       <x:c r="A1219" s="2">
-        <x:v>44193</x:v>
+        <x:v>44227</x:v>
       </x:c>
       <x:c r="B1219" s="3">
-        <x:v>107637.14</x:v>
+        <x:v>107598.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:2">
       <x:c r="A1220" s="2">
-        <x:v>44192</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="B1220" s="3">
-        <x:v>107636.87</x:v>
+        <x:v>107603.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:2">
       <x:c r="A1221" s="2">
-        <x:v>44188</x:v>
+        <x:v>44223</x:v>
       </x:c>
       <x:c r="B1221" s="3">
-        <x:v>107641.46</x:v>
+        <x:v>107601.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:2">
       <x:c r="A1222" s="2">
-        <x:v>44187</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="B1222" s="3">
-        <x:v>107642.78</x:v>
+        <x:v>107602.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:2">
       <x:c r="A1223" s="2">
-        <x:v>44186</x:v>
+        <x:v>44221</x:v>
       </x:c>
       <x:c r="B1223" s="3">
-        <x:v>107645.13</x:v>
+        <x:v>107604.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:2">
       <x:c r="A1224" s="2">
-        <x:v>44185</x:v>
+        <x:v>44220</x:v>
       </x:c>
       <x:c r="B1224" s="3">
-        <x:v>107647</x:v>
+        <x:v>107606.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:2">
       <x:c r="A1225" s="2">
-        <x:v>44182</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="B1225" s="3">
-        <x:v>107650.81</x:v>
+        <x:v>107612.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:2">
       <x:c r="A1226" s="2">
-        <x:v>44181</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="B1226" s="3">
-        <x:v>107653.4</x:v>
+        <x:v>107612.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:2">
       <x:c r="A1227" s="2">
-        <x:v>44180</x:v>
+        <x:v>44215</x:v>
       </x:c>
       <x:c r="B1227" s="3">
-        <x:v>107653</x:v>
+        <x:v>107614.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:2">
       <x:c r="A1228" s="2">
-        <x:v>44179</x:v>
+        <x:v>44214</x:v>
       </x:c>
       <x:c r="B1228" s="3">
-        <x:v>107654.48</x:v>
+        <x:v>107615.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:2">
       <x:c r="A1229" s="2">
-        <x:v>44178</x:v>
+        <x:v>44213</x:v>
       </x:c>
       <x:c r="B1229" s="3">
-        <x:v>107654.85</x:v>
+        <x:v>107615.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:2">
       <x:c r="A1230" s="2">
-        <x:v>44175</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="B1230" s="3">
-        <x:v>107658.87</x:v>
+        <x:v>107620.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:2">
       <x:c r="A1231" s="2">
-        <x:v>44174</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="B1231" s="3">
-        <x:v>107659.74</x:v>
+        <x:v>107620.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:2">
       <x:c r="A1232" s="2">
-        <x:v>44173</x:v>
+        <x:v>44208</x:v>
       </x:c>
       <x:c r="B1232" s="3">
-        <x:v>107660.02</x:v>
+        <x:v>107622.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:2">
       <x:c r="A1233" s="2">
-        <x:v>44172</x:v>
+        <x:v>44207</x:v>
       </x:c>
       <x:c r="B1233" s="3">
-        <x:v>107659.96</x:v>
+        <x:v>107624.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:2">
       <x:c r="A1234" s="2">
-        <x:v>44171</x:v>
+        <x:v>44206</x:v>
       </x:c>
       <x:c r="B1234" s="3">
-        <x:v>107660.04</x:v>
+        <x:v>107626.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:2">
       <x:c r="A1235" s="2">
-        <x:v>44168</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="B1235" s="3">
-        <x:v>107662.5</x:v>
+        <x:v>107629.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:2">
       <x:c r="A1236" s="2">
-        <x:v>44167</x:v>
+        <x:v>44202</x:v>
       </x:c>
       <x:c r="B1236" s="3">
-        <x:v>107663.32</x:v>
+        <x:v>107628.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:2">
       <x:c r="A1237" s="2">
-        <x:v>44166</x:v>
+        <x:v>44201</x:v>
       </x:c>
       <x:c r="B1237" s="3">
-        <x:v>107664.62</x:v>
+        <x:v>107629.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:2">
       <x:c r="A1238" s="2">
-        <x:v>44165</x:v>
+        <x:v>44200</x:v>
       </x:c>
       <x:c r="B1238" s="3">
-        <x:v>107665.47</x:v>
+        <x:v>107632.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:2">
       <x:c r="A1239" s="2">
-        <x:v>44164</x:v>
+        <x:v>44199</x:v>
       </x:c>
       <x:c r="B1239" s="3">
-        <x:v>107666.31</x:v>
+        <x:v>107632.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:2">
       <x:c r="A1240" s="2">
-        <x:v>44161</x:v>
+        <x:v>44195</x:v>
       </x:c>
       <x:c r="B1240" s="3">
-        <x:v>107668.84</x:v>
+        <x:v>107637.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:2">
       <x:c r="A1241" s="2">
-        <x:v>44160</x:v>
+        <x:v>44194</x:v>
       </x:c>
       <x:c r="B1241" s="3">
-        <x:v>107669.54</x:v>
+        <x:v>107636.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:2">
       <x:c r="A1242" s="2">
-        <x:v>44159</x:v>
+        <x:v>44193</x:v>
       </x:c>
       <x:c r="B1242" s="3">
-        <x:v>107670.01</x:v>
+        <x:v>107637.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:2">
       <x:c r="A1243" s="2">
-        <x:v>44158</x:v>
+        <x:v>44192</x:v>
       </x:c>
       <x:c r="B1243" s="3">
-        <x:v>107669.94</x:v>
+        <x:v>107636.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:2">
       <x:c r="A1244" s="2">
-        <x:v>44157</x:v>
+        <x:v>44188</x:v>
       </x:c>
       <x:c r="B1244" s="3">
-        <x:v>107669.56</x:v>
+        <x:v>107641.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:2">
       <x:c r="A1245" s="2">
-        <x:v>44154</x:v>
+        <x:v>44187</x:v>
       </x:c>
       <x:c r="B1245" s="3">
-        <x:v>107673.41</x:v>
+        <x:v>107642.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:2">
       <x:c r="A1246" s="2">
-        <x:v>44153</x:v>
+        <x:v>44186</x:v>
       </x:c>
       <x:c r="B1246" s="3">
-        <x:v>107673.73</x:v>
+        <x:v>107645.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:2">
       <x:c r="A1247" s="2">
-        <x:v>44152</x:v>
+        <x:v>44185</x:v>
       </x:c>
       <x:c r="B1247" s="3">
-        <x:v>107674.54</x:v>
+        <x:v>107647</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:2">
       <x:c r="A1248" s="2">
-        <x:v>44151</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="B1248" s="3">
-        <x:v>107674.93</x:v>
+        <x:v>107650.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:2">
       <x:c r="A1249" s="2">
-        <x:v>44150</x:v>
+        <x:v>44181</x:v>
       </x:c>
       <x:c r="B1249" s="3">
-        <x:v>107675.13</x:v>
+        <x:v>107653.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:2">
       <x:c r="A1250" s="2">
-        <x:v>44147</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B1250" s="3">
-        <x:v>107676.09</x:v>
+        <x:v>107653</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:2">
       <x:c r="A1251" s="2">
-        <x:v>44146</x:v>
+        <x:v>44179</x:v>
       </x:c>
       <x:c r="B1251" s="3">
-        <x:v>107677.97</x:v>
+        <x:v>107654.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:2">
       <x:c r="A1252" s="2">
-        <x:v>44144</x:v>
+        <x:v>44178</x:v>
       </x:c>
       <x:c r="B1252" s="3">
-        <x:v>107678.08</x:v>
+        <x:v>107654.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:2">
       <x:c r="A1253" s="2">
-        <x:v>44143</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="B1253" s="3">
-        <x:v>107677.8</x:v>
+        <x:v>107658.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:2">
       <x:c r="A1254" s="2">
-        <x:v>44140</x:v>
+        <x:v>44174</x:v>
       </x:c>
       <x:c r="B1254" s="3">
-        <x:v>107677.47</x:v>
+        <x:v>107659.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:2">
       <x:c r="A1255" s="2">
-        <x:v>44139</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="B1255" s="3">
-        <x:v>107676.72</x:v>
+        <x:v>107660.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:2">
       <x:c r="A1256" s="2">
-        <x:v>44138</x:v>
+        <x:v>44172</x:v>
       </x:c>
       <x:c r="B1256" s="3">
-        <x:v>107676.27</x:v>
+        <x:v>107659.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:2">
       <x:c r="A1257" s="2">
-        <x:v>44137</x:v>
+        <x:v>44171</x:v>
       </x:c>
       <x:c r="B1257" s="3">
-        <x:v>107677.54</x:v>
+        <x:v>107660.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:2">
       <x:c r="A1258" s="2">
-        <x:v>44136</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="B1258" s="3">
-        <x:v>107676.75</x:v>
+        <x:v>107662.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:2">
       <x:c r="A1259" s="2">
-        <x:v>44133</x:v>
+        <x:v>44167</x:v>
       </x:c>
       <x:c r="B1259" s="3">
-        <x:v>107681.25</x:v>
+        <x:v>107663.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:2">
       <x:c r="A1260" s="2">
-        <x:v>44132</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="B1260" s="3">
-        <x:v>107682.96</x:v>
+        <x:v>107664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:2">
       <x:c r="A1261" s="2">
-        <x:v>44131</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B1261" s="3">
-        <x:v>107683.51</x:v>
+        <x:v>107665.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:2">
       <x:c r="A1262" s="2">
-        <x:v>44130</x:v>
+        <x:v>44164</x:v>
       </x:c>
       <x:c r="B1262" s="3">
-        <x:v>107683.02</x:v>
+        <x:v>107666.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:2">
       <x:c r="A1263" s="2">
-        <x:v>44129</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="B1263" s="3">
-        <x:v>107683.98</x:v>
+        <x:v>107668.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:2">
       <x:c r="A1264" s="2">
-        <x:v>44126</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="B1264" s="3">
-        <x:v>107685.78</x:v>
+        <x:v>107669.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:2">
       <x:c r="A1265" s="2">
-        <x:v>44125</x:v>
+        <x:v>44159</x:v>
       </x:c>
       <x:c r="B1265" s="3">
-        <x:v>107685.63</x:v>
+        <x:v>107670.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:2">
       <x:c r="A1266" s="2">
-        <x:v>44124</x:v>
+        <x:v>44158</x:v>
       </x:c>
       <x:c r="B1266" s="3">
-        <x:v>107685.16</x:v>
+        <x:v>107669.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:2">
       <x:c r="A1267" s="2">
-        <x:v>44123</x:v>
+        <x:v>44157</x:v>
       </x:c>
       <x:c r="B1267" s="3">
-        <x:v>107687.63</x:v>
+        <x:v>107669.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:2">
       <x:c r="A1268" s="2">
-        <x:v>44122</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="B1268" s="3">
-        <x:v>107686.52</x:v>
+        <x:v>107673.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:2">
       <x:c r="A1269" s="2">
-        <x:v>44119</x:v>
+        <x:v>44153</x:v>
       </x:c>
       <x:c r="B1269" s="3">
-        <x:v>107690.86</x:v>
+        <x:v>107673.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:2">
       <x:c r="A1270" s="2">
-        <x:v>44118</x:v>
+        <x:v>44152</x:v>
       </x:c>
       <x:c r="B1270" s="3">
-        <x:v>107692.07</x:v>
+        <x:v>107674.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:2">
       <x:c r="A1271" s="2">
-        <x:v>44117</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="B1271" s="3">
-        <x:v>107692.83</x:v>
+        <x:v>107674.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:2">
       <x:c r="A1272" s="2">
-        <x:v>44116</x:v>
+        <x:v>44150</x:v>
       </x:c>
       <x:c r="B1272" s="3">
-        <x:v>107692.05</x:v>
+        <x:v>107675.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:2">
       <x:c r="A1273" s="2">
-        <x:v>44115</x:v>
+        <x:v>44147</x:v>
       </x:c>
       <x:c r="B1273" s="3">
-        <x:v>107690.52</x:v>
+        <x:v>107676.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:2">
       <x:c r="A1274" s="2">
-        <x:v>44112</x:v>
+        <x:v>44146</x:v>
       </x:c>
       <x:c r="B1274" s="3">
-        <x:v>107690.9</x:v>
+        <x:v>107677.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:2">
       <x:c r="A1275" s="2">
-        <x:v>44111</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="B1275" s="3">
-        <x:v>107690.2</x:v>
+        <x:v>107678.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:2">
       <x:c r="A1276" s="2">
-        <x:v>44110</x:v>
+        <x:v>44143</x:v>
       </x:c>
       <x:c r="B1276" s="3">
-        <x:v>107689.29</x:v>
+        <x:v>107677.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:2">
       <x:c r="A1277" s="2">
-        <x:v>44109</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="B1277" s="3">
-        <x:v>107689.04</x:v>
+        <x:v>107677.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:2">
       <x:c r="A1278" s="2">
-        <x:v>44108</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B1278" s="3">
-        <x:v>107688.15</x:v>
+        <x:v>107676.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:2">
       <x:c r="A1279" s="2">
-        <x:v>44105</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="B1279" s="3">
-        <x:v>107686.37</x:v>
+        <x:v>107676.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:2">
       <x:c r="A1280" s="2">
-        <x:v>44104</x:v>
+        <x:v>44137</x:v>
       </x:c>
       <x:c r="B1280" s="3">
-        <x:v>107684.44</x:v>
+        <x:v>107677.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:2">
       <x:c r="A1281" s="2">
-        <x:v>44103</x:v>
+        <x:v>44136</x:v>
       </x:c>
       <x:c r="B1281" s="3">
-        <x:v>107684.74</x:v>
+        <x:v>107676.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:2">
       <x:c r="A1282" s="2">
-        <x:v>44102</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="B1282" s="3">
-        <x:v>107684.98</x:v>
+        <x:v>107681.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:2">
       <x:c r="A1283" s="2">
-        <x:v>44101</x:v>
+        <x:v>44132</x:v>
       </x:c>
       <x:c r="B1283" s="3">
-        <x:v>107682.51</x:v>
+        <x:v>107682.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:2">
       <x:c r="A1284" s="2">
-        <x:v>44098</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="B1284" s="3">
-        <x:v>107686.12</x:v>
+        <x:v>107683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:2">
       <x:c r="A1285" s="2">
-        <x:v>44097</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="B1285" s="3">
-        <x:v>107685.73</x:v>
+        <x:v>107683.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:2">
       <x:c r="A1286" s="2">
-        <x:v>44096</x:v>
+        <x:v>44129</x:v>
       </x:c>
       <x:c r="B1286" s="3">
-        <x:v>107685.85</x:v>
+        <x:v>107683.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:2">
       <x:c r="A1287" s="2">
-        <x:v>44095</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="B1287" s="3">
-        <x:v>107687.2</x:v>
+        <x:v>107685.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:2">
       <x:c r="A1288" s="2">
-        <x:v>44094</x:v>
+        <x:v>44125</x:v>
       </x:c>
       <x:c r="B1288" s="3">
-        <x:v>107688.46</x:v>
+        <x:v>107685.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:2">
       <x:c r="A1289" s="2">
-        <x:v>44091</x:v>
+        <x:v>44124</x:v>
       </x:c>
       <x:c r="B1289" s="3">
-        <x:v>107689.22</x:v>
+        <x:v>107685.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:2">
       <x:c r="A1290" s="2">
-        <x:v>44090</x:v>
+        <x:v>44123</x:v>
       </x:c>
       <x:c r="B1290" s="3">
-        <x:v>107687.72</x:v>
+        <x:v>107687.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:2">
       <x:c r="A1291" s="2">
-        <x:v>44089</x:v>
+        <x:v>44122</x:v>
       </x:c>
       <x:c r="B1291" s="3">
-        <x:v>107687.07</x:v>
+        <x:v>107686.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:2">
       <x:c r="A1292" s="2">
-        <x:v>44088</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B1292" s="3">
-        <x:v>107685.94</x:v>
+        <x:v>107690.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:2">
       <x:c r="A1293" s="2">
-        <x:v>44087</x:v>
+        <x:v>44118</x:v>
       </x:c>
       <x:c r="B1293" s="3">
-        <x:v>107686.04</x:v>
+        <x:v>107692.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:2">
       <x:c r="A1294" s="2">
-        <x:v>44084</x:v>
+        <x:v>44117</x:v>
       </x:c>
       <x:c r="B1294" s="3">
-        <x:v>107684.14</x:v>
+        <x:v>107692.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:2">
       <x:c r="A1295" s="2">
-        <x:v>44083</x:v>
+        <x:v>44116</x:v>
       </x:c>
       <x:c r="B1295" s="3">
-        <x:v>107683.86</x:v>
+        <x:v>107692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:2">
       <x:c r="A1296" s="2">
-        <x:v>44082</x:v>
+        <x:v>44115</x:v>
       </x:c>
       <x:c r="B1296" s="3">
-        <x:v>107684.83</x:v>
+        <x:v>107690.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:2">
       <x:c r="A1297" s="2">
-        <x:v>44081</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="B1297" s="3">
-        <x:v>107684.39</x:v>
+        <x:v>107690.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:2">
       <x:c r="A1298" s="2">
-        <x:v>44080</x:v>
+        <x:v>44111</x:v>
       </x:c>
       <x:c r="B1298" s="3">
-        <x:v>107684.43</x:v>
+        <x:v>107690.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:2">
       <x:c r="A1299" s="2">
-        <x:v>44077</x:v>
+        <x:v>44110</x:v>
       </x:c>
       <x:c r="B1299" s="3">
-        <x:v>107686.82</x:v>
+        <x:v>107689.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:2">
       <x:c r="A1300" s="2">
-        <x:v>44076</x:v>
+        <x:v>44109</x:v>
       </x:c>
       <x:c r="B1300" s="3">
-        <x:v>107684.95</x:v>
+        <x:v>107689.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:2">
       <x:c r="A1301" s="2">
-        <x:v>44075</x:v>
+        <x:v>44108</x:v>
       </x:c>
       <x:c r="B1301" s="3">
-        <x:v>107683.35</x:v>
+        <x:v>107688.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:2">
       <x:c r="A1302" s="2">
-        <x:v>44074</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="B1302" s="3">
-        <x:v>107683.9</x:v>
+        <x:v>107686.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:2">
       <x:c r="A1303" s="2">
-        <x:v>44073</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B1303" s="3">
-        <x:v>107682.12</x:v>
+        <x:v>107684.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:2">
       <x:c r="A1304" s="2">
-        <x:v>44070</x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="B1304" s="3">
-        <x:v>107684.13</x:v>
+        <x:v>107684.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:2">
       <x:c r="A1305" s="2">
-        <x:v>44069</x:v>
+        <x:v>44102</x:v>
       </x:c>
       <x:c r="B1305" s="3">
-        <x:v>107685.64</x:v>
+        <x:v>107684.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:2">
       <x:c r="A1306" s="2">
-        <x:v>44068</x:v>
+        <x:v>44101</x:v>
       </x:c>
       <x:c r="B1306" s="3">
-        <x:v>107685.35</x:v>
+        <x:v>107682.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:2">
       <x:c r="A1307" s="2">
-        <x:v>44067</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="B1307" s="3">
-        <x:v>107686.5</x:v>
+        <x:v>107686.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:2">
       <x:c r="A1308" s="2">
-        <x:v>44066</x:v>
+        <x:v>44097</x:v>
       </x:c>
       <x:c r="B1308" s="3">
-        <x:v>107685.52</x:v>
+        <x:v>107685.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:2">
       <x:c r="A1309" s="2">
-        <x:v>44063</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="B1309" s="3">
-        <x:v>107684.76</x:v>
+        <x:v>107685.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:2">
       <x:c r="A1310" s="2">
-        <x:v>44062</x:v>
+        <x:v>44095</x:v>
       </x:c>
       <x:c r="B1310" s="3">
-        <x:v>107687.31</x:v>
+        <x:v>107687.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:2">
       <x:c r="A1311" s="2">
-        <x:v>44061</x:v>
+        <x:v>44094</x:v>
       </x:c>
       <x:c r="B1311" s="3">
-        <x:v>107684.72</x:v>
+        <x:v>107688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:2">
       <x:c r="A1312" s="2">
-        <x:v>44060</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="B1312" s="3">
-        <x:v>107684.1</x:v>
+        <x:v>107689.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:2">
       <x:c r="A1313" s="2">
-        <x:v>44059</x:v>
+        <x:v>44090</x:v>
       </x:c>
       <x:c r="B1313" s="3">
-        <x:v>107685.82</x:v>
+        <x:v>107687.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:2">
       <x:c r="A1314" s="2">
-        <x:v>44056</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B1314" s="3">
-        <x:v>107685.51</x:v>
+        <x:v>107687.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:2">
       <x:c r="A1315" s="2">
-        <x:v>44055</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="B1315" s="3">
-        <x:v>107682.92</x:v>
+        <x:v>107685.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:2">
       <x:c r="A1316" s="2">
-        <x:v>44054</x:v>
+        <x:v>44087</x:v>
       </x:c>
       <x:c r="B1316" s="3">
-        <x:v>107682.36</x:v>
+        <x:v>107686.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:2">
       <x:c r="A1317" s="2">
-        <x:v>44053</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="B1317" s="3">
-        <x:v>107680.29</x:v>
+        <x:v>107684.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:2">
       <x:c r="A1318" s="2">
-        <x:v>44052</x:v>
+        <x:v>44083</x:v>
       </x:c>
       <x:c r="B1318" s="3">
-        <x:v>107680.98</x:v>
+        <x:v>107683.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:2">
       <x:c r="A1319" s="2">
-        <x:v>44049</x:v>
+        <x:v>44082</x:v>
       </x:c>
       <x:c r="B1319" s="3">
-        <x:v>107680.09</x:v>
+        <x:v>107684.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:2">
       <x:c r="A1320" s="2">
-        <x:v>44048</x:v>
+        <x:v>44081</x:v>
       </x:c>
       <x:c r="B1320" s="3">
-        <x:v>107682.17</x:v>
+        <x:v>107684.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:2">
       <x:c r="A1321" s="2">
-        <x:v>44047</x:v>
+        <x:v>44080</x:v>
       </x:c>
       <x:c r="B1321" s="3">
-        <x:v>107679.41</x:v>
+        <x:v>107684.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:2">
       <x:c r="A1322" s="2">
-        <x:v>44046</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="B1322" s="3">
-        <x:v>107679.34</x:v>
+        <x:v>107686.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:2">
       <x:c r="A1323" s="2">
-        <x:v>44045</x:v>
+        <x:v>44076</x:v>
       </x:c>
       <x:c r="B1323" s="3">
-        <x:v>107679.3</x:v>
+        <x:v>107684.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:2">
       <x:c r="A1324" s="2">
-        <x:v>44042</x:v>
+        <x:v>44075</x:v>
       </x:c>
       <x:c r="B1324" s="3">
-        <x:v>107677.77</x:v>
+        <x:v>107683.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:2">
       <x:c r="A1325" s="2">
-        <x:v>44041</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B1325" s="3">
-        <x:v>107674.72</x:v>
+        <x:v>107683.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:2">
       <x:c r="A1326" s="2">
-        <x:v>44040</x:v>
+        <x:v>44073</x:v>
       </x:c>
       <x:c r="B1326" s="3">
-        <x:v>107673.96</x:v>
+        <x:v>107682.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:2">
       <x:c r="A1327" s="2">
-        <x:v>44039</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="B1327" s="3">
-        <x:v>107672.83</x:v>
+        <x:v>107684.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:2">
       <x:c r="A1328" s="2">
-        <x:v>44038</x:v>
+        <x:v>44069</x:v>
       </x:c>
       <x:c r="B1328" s="3">
-        <x:v>107672.42</x:v>
+        <x:v>107685.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:2">
       <x:c r="A1329" s="2">
-        <x:v>44035</x:v>
+        <x:v>44068</x:v>
       </x:c>
       <x:c r="B1329" s="3">
-        <x:v>107673.25</x:v>
+        <x:v>107685.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:2">
       <x:c r="A1330" s="2">
-        <x:v>44034</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="B1330" s="3">
-        <x:v>107671.08</x:v>
+        <x:v>107686.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:2">
       <x:c r="A1331" s="2">
-        <x:v>44033</x:v>
+        <x:v>44066</x:v>
       </x:c>
       <x:c r="B1331" s="3">
-        <x:v>107667.79</x:v>
+        <x:v>107685.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:2">
       <x:c r="A1332" s="2">
-        <x:v>44032</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="B1332" s="3">
-        <x:v>107664.92</x:v>
+        <x:v>107684.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:2">
       <x:c r="A1333" s="2">
-        <x:v>44031</x:v>
+        <x:v>44062</x:v>
       </x:c>
       <x:c r="B1333" s="3">
-        <x:v>107664.25</x:v>
+        <x:v>107687.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:2">
       <x:c r="A1334" s="2">
-        <x:v>44028</x:v>
+        <x:v>44061</x:v>
       </x:c>
       <x:c r="B1334" s="3">
-        <x:v>107660.34</x:v>
+        <x:v>107684.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:2">
       <x:c r="A1335" s="2">
-        <x:v>44027</x:v>
+        <x:v>44060</x:v>
       </x:c>
       <x:c r="B1335" s="3">
-        <x:v>107655.82</x:v>
+        <x:v>107684.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:2">
       <x:c r="A1336" s="2">
-        <x:v>44026</x:v>
+        <x:v>44059</x:v>
       </x:c>
       <x:c r="B1336" s="3">
-        <x:v>107653.09</x:v>
+        <x:v>107685.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:2">
       <x:c r="A1337" s="2">
-        <x:v>44024</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="B1337" s="3">
-        <x:v>107643.05</x:v>
+        <x:v>107685.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:2">
       <x:c r="A1338" s="2">
-        <x:v>44021</x:v>
+        <x:v>44055</x:v>
       </x:c>
       <x:c r="B1338" s="3">
-        <x:v>107643.99</x:v>
+        <x:v>107682.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:2">
       <x:c r="A1339" s="2">
-        <x:v>44020</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="B1339" s="3">
-        <x:v>107643.89</x:v>
+        <x:v>107682.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:2">
       <x:c r="A1340" s="2">
-        <x:v>44019</x:v>
+        <x:v>44053</x:v>
       </x:c>
       <x:c r="B1340" s="3">
-        <x:v>107645.32</x:v>
+        <x:v>107680.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:2">
       <x:c r="A1341" s="2">
-        <x:v>44018</x:v>
+        <x:v>44052</x:v>
       </x:c>
       <x:c r="B1341" s="3">
-        <x:v>107644.7</x:v>
+        <x:v>107680.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:2">
       <x:c r="A1342" s="2">
-        <x:v>44017</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="B1342" s="3">
-        <x:v>107640.74</x:v>
+        <x:v>107680.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:2">
       <x:c r="A1343" s="2">
-        <x:v>44014</x:v>
+        <x:v>44048</x:v>
       </x:c>
       <x:c r="B1343" s="3">
-        <x:v>107638.87</x:v>
+        <x:v>107682.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:2">
       <x:c r="A1344" s="2">
-        <x:v>44013</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="B1344" s="3">
-        <x:v>107634.12</x:v>
+        <x:v>107679.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:2">
       <x:c r="A1345" s="2">
-        <x:v>44012</x:v>
+        <x:v>44046</x:v>
       </x:c>
       <x:c r="B1345" s="3">
-        <x:v>107631.53</x:v>
+        <x:v>107679.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:2">
       <x:c r="A1346" s="2">
-        <x:v>44011</x:v>
+        <x:v>44045</x:v>
       </x:c>
       <x:c r="B1346" s="3">
-        <x:v>107628.15</x:v>
+        <x:v>107679.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:2">
       <x:c r="A1347" s="2">
-        <x:v>44010</x:v>
+        <x:v>44042</x:v>
       </x:c>
       <x:c r="B1347" s="3">
-        <x:v>107621.48</x:v>
+        <x:v>107677.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:2">
       <x:c r="A1348" s="2">
-        <x:v>44007</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="B1348" s="3">
-        <x:v>107620.83</x:v>
+        <x:v>107674.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:2">
       <x:c r="A1349" s="2">
-        <x:v>44006</x:v>
+        <x:v>44040</x:v>
       </x:c>
       <x:c r="B1349" s="3">
-        <x:v>107619.85</x:v>
+        <x:v>107673.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:2">
       <x:c r="A1350" s="2">
-        <x:v>44005</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="B1350" s="3">
-        <x:v>107612.97</x:v>
+        <x:v>107672.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:2">
       <x:c r="A1351" s="2">
-        <x:v>44004</x:v>
+        <x:v>44038</x:v>
       </x:c>
       <x:c r="B1351" s="3">
-        <x:v>107611.03</x:v>
+        <x:v>107672.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:2">
       <x:c r="A1352" s="2">
-        <x:v>44003</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="B1352" s="3">
-        <x:v>107608.96</x:v>
+        <x:v>107673.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:2">
       <x:c r="A1353" s="2">
-        <x:v>44000</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="B1353" s="3">
-        <x:v>107607.17</x:v>
+        <x:v>107671.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:2">
       <x:c r="A1354" s="2">
-        <x:v>43999</x:v>
+        <x:v>44033</x:v>
       </x:c>
       <x:c r="B1354" s="3">
-        <x:v>107606.51</x:v>
+        <x:v>107667.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:2">
       <x:c r="A1355" s="2">
-        <x:v>43998</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="B1355" s="3">
-        <x:v>107597.67</x:v>
+        <x:v>107664.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:2">
       <x:c r="A1356" s="2">
-        <x:v>43997</x:v>
+        <x:v>44031</x:v>
       </x:c>
       <x:c r="B1356" s="3">
-        <x:v>107596.08</x:v>
+        <x:v>107664.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:2">
       <x:c r="A1357" s="2">
-        <x:v>43996</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="B1357" s="3">
-        <x:v>107594.04</x:v>
+        <x:v>107660.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:2">
       <x:c r="A1358" s="2">
-        <x:v>43993</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B1358" s="3">
-        <x:v>107591.66</x:v>
+        <x:v>107655.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:2">
       <x:c r="A1359" s="2">
-        <x:v>43992</x:v>
+        <x:v>44026</x:v>
       </x:c>
       <x:c r="B1359" s="3">
-        <x:v>107590.75</x:v>
+        <x:v>107653.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:2">
       <x:c r="A1360" s="2">
-        <x:v>43991</x:v>
+        <x:v>44024</x:v>
       </x:c>
       <x:c r="B1360" s="3">
-        <x:v>107591.13</x:v>
+        <x:v>107643.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:2">
       <x:c r="A1361" s="2">
-        <x:v>43990</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="B1361" s="3">
-        <x:v>107586.01</x:v>
+        <x:v>107643.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:2">
       <x:c r="A1362" s="2">
-        <x:v>43989</x:v>
+        <x:v>44020</x:v>
       </x:c>
       <x:c r="B1362" s="3">
-        <x:v>107577.42</x:v>
+        <x:v>107643.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:2">
       <x:c r="A1363" s="2">
-        <x:v>43986</x:v>
+        <x:v>44019</x:v>
       </x:c>
       <x:c r="B1363" s="3">
-        <x:v>107569.61</x:v>
+        <x:v>107645.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:2">
       <x:c r="A1364" s="2">
-        <x:v>43985</x:v>
+        <x:v>44018</x:v>
       </x:c>
       <x:c r="B1364" s="3">
-        <x:v>107559.92</x:v>
+        <x:v>107644.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:2">
       <x:c r="A1365" s="2">
-        <x:v>43984</x:v>
+        <x:v>44017</x:v>
       </x:c>
       <x:c r="B1365" s="3">
-        <x:v>107548.92</x:v>
+        <x:v>107640.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:2">
       <x:c r="A1366" s="2">
-        <x:v>43983</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="B1366" s="3">
-        <x:v>107544.05</x:v>
+        <x:v>107638.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:2">
       <x:c r="A1367" s="2">
-        <x:v>43979</x:v>
+        <x:v>44013</x:v>
       </x:c>
       <x:c r="B1367" s="3">
-        <x:v>107534.73</x:v>
+        <x:v>107634.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:2">
       <x:c r="A1368" s="2">
-        <x:v>43978</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B1368" s="3">
-        <x:v>107525.2</x:v>
+        <x:v>107631.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:2">
       <x:c r="A1369" s="2">
-        <x:v>43977</x:v>
+        <x:v>44011</x:v>
       </x:c>
       <x:c r="B1369" s="3">
-        <x:v>107520.78</x:v>
+        <x:v>107628.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:2">
       <x:c r="A1370" s="2">
-        <x:v>43976</x:v>
+        <x:v>44010</x:v>
       </x:c>
       <x:c r="B1370" s="3">
-        <x:v>107521.51</x:v>
+        <x:v>107621.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:2">
       <x:c r="A1371" s="2">
-        <x:v>43975</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="B1371" s="3">
-        <x:v>107514.12</x:v>
+        <x:v>107620.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:2">
       <x:c r="A1372" s="2">
-        <x:v>43972</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="B1372" s="3">
-        <x:v>107514.36</x:v>
+        <x:v>107619.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:2">
       <x:c r="A1373" s="2">
-        <x:v>43970</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="B1373" s="3">
-        <x:v>107511.6</x:v>
+        <x:v>107612.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:2">
       <x:c r="A1374" s="2">
-        <x:v>43969</x:v>
+        <x:v>44004</x:v>
       </x:c>
       <x:c r="B1374" s="3">
-        <x:v>107508.93</x:v>
+        <x:v>107611.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:2">
       <x:c r="A1375" s="2">
-        <x:v>43968</x:v>
+        <x:v>44003</x:v>
       </x:c>
       <x:c r="B1375" s="3">
-        <x:v>107508.78</x:v>
+        <x:v>107608.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:2">
       <x:c r="A1376" s="2">
-        <x:v>43965</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="B1376" s="3">
-        <x:v>107508.42</x:v>
+        <x:v>107607.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:2">
       <x:c r="A1377" s="2">
-        <x:v>43964</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="B1377" s="3">
-        <x:v>107508.64</x:v>
+        <x:v>107606.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:2">
       <x:c r="A1378" s="2">
-        <x:v>43963</x:v>
+        <x:v>43998</x:v>
       </x:c>
       <x:c r="B1378" s="3">
-        <x:v>107506.49</x:v>
+        <x:v>107597.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:2">
       <x:c r="A1379" s="2">
-        <x:v>43962</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B1379" s="3">
-        <x:v>107499.91</x:v>
+        <x:v>107596.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:2">
       <x:c r="A1380" s="2">
-        <x:v>43961</x:v>
+        <x:v>43996</x:v>
       </x:c>
       <x:c r="B1380" s="3">
-        <x:v>107492.97</x:v>
+        <x:v>107594.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:2">
       <x:c r="A1381" s="2">
-        <x:v>43957</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="B1381" s="3">
-        <x:v>107491.34</x:v>
+        <x:v>107591.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:2">
       <x:c r="A1382" s="2">
-        <x:v>43956</x:v>
+        <x:v>43992</x:v>
       </x:c>
       <x:c r="B1382" s="3">
-        <x:v>107488.81</x:v>
+        <x:v>107590.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:2">
       <x:c r="A1383" s="2">
-        <x:v>43955</x:v>
+        <x:v>43991</x:v>
       </x:c>
       <x:c r="B1383" s="3">
-        <x:v>107487.35</x:v>
+        <x:v>107591.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:2">
       <x:c r="A1384" s="2">
-        <x:v>43954</x:v>
+        <x:v>43990</x:v>
       </x:c>
       <x:c r="B1384" s="3">
-        <x:v>107483.28</x:v>
+        <x:v>107586.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:2">
       <x:c r="A1385" s="2">
-        <x:v>43950</x:v>
+        <x:v>43989</x:v>
       </x:c>
       <x:c r="B1385" s="3">
-        <x:v>107476.24</x:v>
+        <x:v>107577.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:2">
       <x:c r="A1386" s="2">
-        <x:v>43949</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="B1386" s="3">
-        <x:v>107473.71</x:v>
+        <x:v>107569.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:2">
       <x:c r="A1387" s="2">
-        <x:v>43948</x:v>
+        <x:v>43985</x:v>
       </x:c>
       <x:c r="B1387" s="3">
-        <x:v>107469.11</x:v>
+        <x:v>107559.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:2">
       <x:c r="A1388" s="2">
-        <x:v>43947</x:v>
+        <x:v>43984</x:v>
       </x:c>
       <x:c r="B1388" s="3">
-        <x:v>107468.9</x:v>
+        <x:v>107548.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:2">
       <x:c r="A1389" s="2">
-        <x:v>43944</x:v>
+        <x:v>43983</x:v>
       </x:c>
       <x:c r="B1389" s="3">
-        <x:v>107471.39</x:v>
+        <x:v>107544.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:2">
       <x:c r="A1390" s="2">
-        <x:v>43943</x:v>
+        <x:v>43979</x:v>
       </x:c>
       <x:c r="B1390" s="3">
-        <x:v>107472.53</x:v>
+        <x:v>107534.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:2">
       <x:c r="A1391" s="2">
-        <x:v>43942</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="B1391" s="3">
-        <x:v>107477.03</x:v>
+        <x:v>107525.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:2">
       <x:c r="A1392" s="2">
-        <x:v>43941</x:v>
+        <x:v>43977</x:v>
       </x:c>
       <x:c r="B1392" s="3">
-        <x:v>107479.38</x:v>
+        <x:v>107520.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:2">
       <x:c r="A1393" s="2">
-        <x:v>43940</x:v>
+        <x:v>43976</x:v>
       </x:c>
       <x:c r="B1393" s="3">
-        <x:v>107478.13</x:v>
+        <x:v>107521.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:2">
       <x:c r="A1394" s="2">
-        <x:v>43937</x:v>
+        <x:v>43975</x:v>
       </x:c>
       <x:c r="B1394" s="3">
-        <x:v>107477.5</x:v>
+        <x:v>107514.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:2">
       <x:c r="A1395" s="2">
-        <x:v>43936</x:v>
+        <x:v>43972</x:v>
       </x:c>
       <x:c r="B1395" s="3">
-        <x:v>107476.79</x:v>
+        <x:v>107514.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:2">
       <x:c r="A1396" s="2">
-        <x:v>43935</x:v>
+        <x:v>43970</x:v>
       </x:c>
       <x:c r="B1396" s="3">
-        <x:v>107466.64</x:v>
+        <x:v>107511.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:2">
       <x:c r="A1397" s="2">
-        <x:v>43934</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="B1397" s="3">
-        <x:v>107445.22</x:v>
+        <x:v>107508.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:2">
       <x:c r="A1398" s="2">
-        <x:v>43929</x:v>
+        <x:v>43968</x:v>
       </x:c>
       <x:c r="B1398" s="3">
-        <x:v>107445.93</x:v>
+        <x:v>107508.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:2">
       <x:c r="A1399" s="2">
-        <x:v>43928</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="B1399" s="3">
-        <x:v>107436.37</x:v>
+        <x:v>107508.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:2">
       <x:c r="A1400" s="2">
-        <x:v>43927</x:v>
+        <x:v>43964</x:v>
       </x:c>
       <x:c r="B1400" s="3">
-        <x:v>107433.98</x:v>
+        <x:v>107508.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:2">
       <x:c r="A1401" s="2">
-        <x:v>43926</x:v>
+        <x:v>43963</x:v>
       </x:c>
       <x:c r="B1401" s="3">
-        <x:v>107444.51</x:v>
+        <x:v>107506.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:2">
       <x:c r="A1402" s="2">
-        <x:v>43923</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="B1402" s="3">
-        <x:v>107439.52</x:v>
+        <x:v>107499.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:2">
       <x:c r="A1403" s="2">
-        <x:v>43922</x:v>
+        <x:v>43961</x:v>
       </x:c>
       <x:c r="B1403" s="3">
-        <x:v>107435.67</x:v>
+        <x:v>107492.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:2">
       <x:c r="A1404" s="2">
-        <x:v>43921</x:v>
+        <x:v>43957</x:v>
       </x:c>
       <x:c r="B1404" s="3">
-        <x:v>107434.44</x:v>
+        <x:v>107491.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:2">
       <x:c r="A1405" s="2">
-        <x:v>43920</x:v>
+        <x:v>43956</x:v>
       </x:c>
       <x:c r="B1405" s="3">
-        <x:v>107442.05</x:v>
+        <x:v>107488.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:2">
       <x:c r="A1406" s="2">
-        <x:v>43919</x:v>
+        <x:v>43955</x:v>
       </x:c>
       <x:c r="B1406" s="3">
-        <x:v>107449.73</x:v>
+        <x:v>107487.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:2">
       <x:c r="A1407" s="2">
-        <x:v>43916</x:v>
+        <x:v>43954</x:v>
       </x:c>
       <x:c r="B1407" s="3">
-        <x:v>107468.43</x:v>
+        <x:v>107483.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:2">
       <x:c r="A1408" s="2">
-        <x:v>43915</x:v>
+        <x:v>43950</x:v>
       </x:c>
       <x:c r="B1408" s="3">
-        <x:v>107477.34</x:v>
+        <x:v>107476.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:2">
       <x:c r="A1409" s="2">
-        <x:v>43914</x:v>
+        <x:v>43949</x:v>
       </x:c>
       <x:c r="B1409" s="3">
-        <x:v>107492.84</x:v>
+        <x:v>107473.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:2">
       <x:c r="A1410" s="2">
-        <x:v>43913</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="B1410" s="3">
-        <x:v>107524.94</x:v>
+        <x:v>107469.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:2">
       <x:c r="A1411" s="2">
-        <x:v>43912</x:v>
+        <x:v>43947</x:v>
       </x:c>
       <x:c r="B1411" s="3">
-        <x:v>107539.3</x:v>
+        <x:v>107468.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:2">
       <x:c r="A1412" s="2">
-        <x:v>43909</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="B1412" s="3">
-        <x:v>107552.09</x:v>
+        <x:v>107471.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:2">
       <x:c r="A1413" s="2">
-        <x:v>43908</x:v>
+        <x:v>43943</x:v>
       </x:c>
       <x:c r="B1413" s="3">
-        <x:v>107601.95</x:v>
+        <x:v>107472.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:2">
       <x:c r="A1414" s="2">
-        <x:v>43907</x:v>
+        <x:v>43942</x:v>
       </x:c>
       <x:c r="B1414" s="3">
-        <x:v>107629.09</x:v>
+        <x:v>107477.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:2">
       <x:c r="A1415" s="2">
-        <x:v>43906</x:v>
+        <x:v>43941</x:v>
       </x:c>
       <x:c r="B1415" s="3">
-        <x:v>107659.85</x:v>
+        <x:v>107479.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:2">
       <x:c r="A1416" s="2">
-        <x:v>43905</x:v>
+        <x:v>43940</x:v>
       </x:c>
       <x:c r="B1416" s="3">
-        <x:v>107684.66</x:v>
+        <x:v>107478.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:2">
       <x:c r="A1417" s="2">
-        <x:v>43902</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="B1417" s="3">
-        <x:v>107718.79</x:v>
+        <x:v>107477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:2">
       <x:c r="A1418" s="2">
-        <x:v>43901</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B1418" s="3">
-        <x:v>107727.58</x:v>
+        <x:v>107476.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:2">
       <x:c r="A1419" s="2">
-        <x:v>43900</x:v>
+        <x:v>43935</x:v>
       </x:c>
       <x:c r="B1419" s="3">
-        <x:v>107735.34</x:v>
+        <x:v>107466.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:2">
       <x:c r="A1420" s="2">
-        <x:v>43899</x:v>
+        <x:v>43934</x:v>
       </x:c>
       <x:c r="B1420" s="3">
-        <x:v>107752.93</x:v>
+        <x:v>107445.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:2">
       <x:c r="A1421" s="2">
-        <x:v>43898</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="B1421" s="3">
-        <x:v>107760.05</x:v>
+        <x:v>107445.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:2">
       <x:c r="A1422" s="2">
-        <x:v>43895</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="B1422" s="3">
-        <x:v>107763.35</x:v>
+        <x:v>107436.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:2">
       <x:c r="A1423" s="2">
-        <x:v>43894</x:v>
+        <x:v>43927</x:v>
       </x:c>
       <x:c r="B1423" s="3">
-        <x:v>107762.93</x:v>
+        <x:v>107433.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:2">
       <x:c r="A1424" s="2">
-        <x:v>43893</x:v>
+        <x:v>43926</x:v>
       </x:c>
       <x:c r="B1424" s="3">
-        <x:v>107763.18</x:v>
+        <x:v>107444.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:2">
       <x:c r="A1425" s="2">
-        <x:v>43892</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="B1425" s="3">
-        <x:v>107764.27</x:v>
+        <x:v>107439.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:2">
       <x:c r="A1426" s="2">
-        <x:v>43891</x:v>
+        <x:v>43922</x:v>
       </x:c>
       <x:c r="B1426" s="3">
-        <x:v>107766.44</x:v>
+        <x:v>107435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:2">
       <x:c r="A1427" s="2">
-        <x:v>43888</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B1427" s="3">
-        <x:v>107770.91</x:v>
+        <x:v>107434.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:2">
       <x:c r="A1428" s="2">
-        <x:v>43887</x:v>
+        <x:v>43920</x:v>
       </x:c>
       <x:c r="B1428" s="3">
-        <x:v>107771.92</x:v>
+        <x:v>107442.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:2">
       <x:c r="A1429" s="2">
-        <x:v>43886</x:v>
+        <x:v>43919</x:v>
       </x:c>
       <x:c r="B1429" s="3">
-        <x:v>107772.15</x:v>
+        <x:v>107449.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:2">
       <x:c r="A1430" s="2">
-        <x:v>43885</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="B1430" s="3">
-        <x:v>107774.06</x:v>
+        <x:v>107468.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:2">
       <x:c r="A1431" s="2">
-        <x:v>43884</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="B1431" s="3">
-        <x:v>107775.02</x:v>
+        <x:v>107477.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:2">
       <x:c r="A1432" s="2">
-        <x:v>43881</x:v>
+        <x:v>43914</x:v>
       </x:c>
       <x:c r="B1432" s="3">
-        <x:v>107776.74</x:v>
+        <x:v>107492.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:2">
       <x:c r="A1433" s="2">
-        <x:v>43880</x:v>
+        <x:v>43913</x:v>
       </x:c>
       <x:c r="B1433" s="3">
-        <x:v>107777.87</x:v>
+        <x:v>107524.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:2">
       <x:c r="A1434" s="2">
-        <x:v>43879</x:v>
+        <x:v>43912</x:v>
       </x:c>
       <x:c r="B1434" s="3">
-        <x:v>107779.37</x:v>
+        <x:v>107539.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:2">
       <x:c r="A1435" s="2">
-        <x:v>43878</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="B1435" s="3">
-        <x:v>107779.84</x:v>
+        <x:v>107552.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:2">
       <x:c r="A1436" s="2">
-        <x:v>43877</x:v>
+        <x:v>43908</x:v>
       </x:c>
       <x:c r="B1436" s="3">
-        <x:v>107780.23</x:v>
+        <x:v>107601.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:2">
       <x:c r="A1437" s="2">
-        <x:v>43874</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="B1437" s="3">
-        <x:v>107784.16</x:v>
+        <x:v>107629.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:2">
       <x:c r="A1438" s="2">
-        <x:v>43873</x:v>
+        <x:v>43906</x:v>
       </x:c>
       <x:c r="B1438" s="3">
-        <x:v>107784.81</x:v>
+        <x:v>107659.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:2">
       <x:c r="A1439" s="2">
-        <x:v>43872</x:v>
+        <x:v>43905</x:v>
       </x:c>
       <x:c r="B1439" s="3">
-        <x:v>107784.82</x:v>
+        <x:v>107684.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:2">
       <x:c r="A1440" s="2">
-        <x:v>43871</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="B1440" s="3">
-        <x:v>107786.18</x:v>
+        <x:v>107718.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:2">
       <x:c r="A1441" s="2">
-        <x:v>43870</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="B1441" s="3">
-        <x:v>107786.79</x:v>
+        <x:v>107727.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:2">
       <x:c r="A1442" s="2">
-        <x:v>43867</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="B1442" s="3">
-        <x:v>107790.47</x:v>
+        <x:v>107735.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:2">
       <x:c r="A1443" s="2">
-        <x:v>43866</x:v>
+        <x:v>43899</x:v>
       </x:c>
       <x:c r="B1443" s="3">
-        <x:v>107789.9</x:v>
+        <x:v>107752.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:2">
       <x:c r="A1444" s="2">
-        <x:v>43865</x:v>
+        <x:v>43898</x:v>
       </x:c>
       <x:c r="B1444" s="3">
-        <x:v>107790.44</x:v>
+        <x:v>107760.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:2">
       <x:c r="A1445" s="2">
-        <x:v>43864</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="B1445" s="3">
-        <x:v>107790.98</x:v>
+        <x:v>107763.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:2">
       <x:c r="A1446" s="2">
-        <x:v>43863</x:v>
+        <x:v>43894</x:v>
       </x:c>
       <x:c r="B1446" s="3">
-        <x:v>107792.22</x:v>
+        <x:v>107762.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:2">
       <x:c r="A1447" s="2">
-        <x:v>43860</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="B1447" s="3">
-        <x:v>107795.78</x:v>
+        <x:v>107763.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:2">
       <x:c r="A1448" s="2">
-        <x:v>43859</x:v>
+        <x:v>43892</x:v>
       </x:c>
       <x:c r="B1448" s="3">
-        <x:v>107796.97</x:v>
+        <x:v>107764.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:2">
       <x:c r="A1449" s="2">
-        <x:v>43858</x:v>
+        <x:v>43891</x:v>
       </x:c>
       <x:c r="B1449" s="3">
-        <x:v>107797.66</x:v>
+        <x:v>107766.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:2">
       <x:c r="A1450" s="2">
-        <x:v>43857</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="B1450" s="3">
-        <x:v>107798.72</x:v>
+        <x:v>107770.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:2">
       <x:c r="A1451" s="2">
-        <x:v>43856</x:v>
+        <x:v>43887</x:v>
       </x:c>
       <x:c r="B1451" s="3">
-        <x:v>107799.51</x:v>
+        <x:v>107771.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:2">
       <x:c r="A1452" s="2">
-        <x:v>43853</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="B1452" s="3">
-        <x:v>107801.85</x:v>
+        <x:v>107772.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:2">
       <x:c r="A1453" s="2">
-        <x:v>43852</x:v>
+        <x:v>43885</x:v>
       </x:c>
       <x:c r="B1453" s="3">
-        <x:v>107803.55</x:v>
+        <x:v>107774.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:2">
       <x:c r="A1454" s="2">
-        <x:v>43851</x:v>
+        <x:v>43884</x:v>
       </x:c>
       <x:c r="B1454" s="3">
-        <x:v>107805.24</x:v>
+        <x:v>107775.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:2">
       <x:c r="A1455" s="2">
-        <x:v>43850</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="B1455" s="3">
-        <x:v>107806.2</x:v>
+        <x:v>107776.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:2">
       <x:c r="A1456" s="2">
-        <x:v>43849</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="B1456" s="3">
-        <x:v>107807.59</x:v>
+        <x:v>107777.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:2">
       <x:c r="A1457" s="2">
-        <x:v>43846</x:v>
+        <x:v>43879</x:v>
       </x:c>
       <x:c r="B1457" s="3">
-        <x:v>107809.66</x:v>
+        <x:v>107779.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:2">
       <x:c r="A1458" s="2">
-        <x:v>43845</x:v>
+        <x:v>43878</x:v>
       </x:c>
       <x:c r="B1458" s="3">
-        <x:v>107810.27</x:v>
+        <x:v>107779.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:2">
       <x:c r="A1459" s="2">
-        <x:v>43844</x:v>
+        <x:v>43877</x:v>
       </x:c>
       <x:c r="B1459" s="3">
-        <x:v>107812.08</x:v>
+        <x:v>107780.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:2">
       <x:c r="A1460" s="2">
-        <x:v>43843</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="B1460" s="3">
-        <x:v>107813.31</x:v>
+        <x:v>107784.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:2">
       <x:c r="A1461" s="2">
-        <x:v>43842</x:v>
+        <x:v>43873</x:v>
       </x:c>
       <x:c r="B1461" s="3">
-        <x:v>107812.86</x:v>
+        <x:v>107784.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:2">
       <x:c r="A1462" s="2">
-        <x:v>43839</x:v>
+        <x:v>43872</x:v>
       </x:c>
       <x:c r="B1462" s="3">
-        <x:v>107816.38</x:v>
+        <x:v>107784.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:2">
       <x:c r="A1463" s="2">
-        <x:v>43838</x:v>
+        <x:v>43871</x:v>
       </x:c>
       <x:c r="B1463" s="3">
-        <x:v>107816.84</x:v>
+        <x:v>107786.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:2">
       <x:c r="A1464" s="2">
-        <x:v>43837</x:v>
+        <x:v>43870</x:v>
       </x:c>
       <x:c r="B1464" s="3">
-        <x:v>107817.51</x:v>
+        <x:v>107786.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:2">
       <x:c r="A1465" s="2">
-        <x:v>43836</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="B1465" s="3">
-        <x:v>107818.79</x:v>
+        <x:v>107790.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:2">
       <x:c r="A1466" s="2">
-        <x:v>43835</x:v>
+        <x:v>43866</x:v>
       </x:c>
       <x:c r="B1466" s="3">
-        <x:v>107819.57</x:v>
+        <x:v>107789.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:2">
       <x:c r="A1467" s="2">
-        <x:v>43832</x:v>
+        <x:v>43865</x:v>
       </x:c>
       <x:c r="B1467" s="3">
-        <x:v>107822.37</x:v>
+        <x:v>107790.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:2">
       <x:c r="A1468" s="2">
-        <x:v>43831</x:v>
+        <x:v>43864</x:v>
       </x:c>
       <x:c r="B1468" s="3">
-        <x:v>107822.63</x:v>
+        <x:v>107790.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:2">
       <x:c r="A1469" s="2">
-        <x:v>43829</x:v>
+        <x:v>43863</x:v>
       </x:c>
       <x:c r="B1469" s="3">
-        <x:v>107823.99</x:v>
+        <x:v>107792.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:2">
       <x:c r="A1470" s="2">
-        <x:v>43828</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="B1470" s="3">
-        <x:v>107826.62</x:v>
+        <x:v>107795.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:2">
       <x:c r="A1471" s="2">
-        <x:v>43825</x:v>
+        <x:v>43859</x:v>
       </x:c>
       <x:c r="B1471" s="3">
-        <x:v>107829.28</x:v>
+        <x:v>107796.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:2">
       <x:c r="A1472" s="2">
-        <x:v>43822</x:v>
+        <x:v>43858</x:v>
       </x:c>
       <x:c r="B1472" s="3">
-        <x:v>107831.51</x:v>
+        <x:v>107797.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:2">
       <x:c r="A1473" s="2">
-        <x:v>43821</x:v>
+        <x:v>43857</x:v>
       </x:c>
       <x:c r="B1473" s="3">
-        <x:v>107833.44</x:v>
+        <x:v>107798.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:2">
       <x:c r="A1474" s="2">
-        <x:v>43818</x:v>
+        <x:v>43856</x:v>
       </x:c>
       <x:c r="B1474" s="3">
-        <x:v>107837.96</x:v>
+        <x:v>107799.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:2">
       <x:c r="A1475" s="2">
-        <x:v>43817</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="B1475" s="3">
-        <x:v>107839.15</x:v>
+        <x:v>107801.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:2">
       <x:c r="A1476" s="2">
-        <x:v>43816</x:v>
+        <x:v>43852</x:v>
       </x:c>
       <x:c r="B1476" s="3">
-        <x:v>107840.08</x:v>
+        <x:v>107803.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:2">
       <x:c r="A1477" s="2">
-        <x:v>43815</x:v>
+        <x:v>43851</x:v>
       </x:c>
       <x:c r="B1477" s="3">
-        <x:v>107841.47</x:v>
+        <x:v>107805.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:2">
       <x:c r="A1478" s="2">
-        <x:v>43814</x:v>
+        <x:v>43850</x:v>
       </x:c>
       <x:c r="B1478" s="3">
-        <x:v>107840.54</x:v>
+        <x:v>107806.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:2">
       <x:c r="A1479" s="2">
-        <x:v>43811</x:v>
+        <x:v>43849</x:v>
       </x:c>
       <x:c r="B1479" s="3">
-        <x:v>107844.3</x:v>
+        <x:v>107807.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:2">
       <x:c r="A1480" s="2">
-        <x:v>43810</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="B1480" s="3">
-        <x:v>107845.45</x:v>
+        <x:v>107809.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:2">
       <x:c r="A1481" s="2">
-        <x:v>43809</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B1481" s="3">
-        <x:v>107846.74</x:v>
+        <x:v>107810.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:2">
       <x:c r="A1482" s="2">
-        <x:v>43808</x:v>
+        <x:v>43844</x:v>
       </x:c>
       <x:c r="B1482" s="3">
-        <x:v>107847.39</x:v>
+        <x:v>107812.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:2">
       <x:c r="A1483" s="2">
-        <x:v>43807</x:v>
+        <x:v>43843</x:v>
       </x:c>
       <x:c r="B1483" s="3">
-        <x:v>107847.41</x:v>
+        <x:v>107813.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:2">
       <x:c r="A1484" s="2">
-        <x:v>43804</x:v>
+        <x:v>43842</x:v>
       </x:c>
       <x:c r="B1484" s="3">
-        <x:v>107850.11</x:v>
+        <x:v>107812.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:2">
       <x:c r="A1485" s="2">
-        <x:v>43803</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="B1485" s="3">
-        <x:v>107852.39</x:v>
+        <x:v>107816.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:2">
       <x:c r="A1486" s="2">
-        <x:v>43802</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B1486" s="3">
-        <x:v>107852.84</x:v>
+        <x:v>107816.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:2">
       <x:c r="A1487" s="2">
-        <x:v>43801</x:v>
+        <x:v>43837</x:v>
       </x:c>
       <x:c r="B1487" s="3">
-        <x:v>107854.62</x:v>
+        <x:v>107817.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:2">
       <x:c r="A1488" s="2">
-        <x:v>43800</x:v>
+        <x:v>43836</x:v>
       </x:c>
       <x:c r="B1488" s="3">
-        <x:v>107855.3</x:v>
+        <x:v>107818.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:2">
       <x:c r="A1489" s="2">
-        <x:v>43797</x:v>
+        <x:v>43835</x:v>
       </x:c>
       <x:c r="B1489" s="3">
-        <x:v>107859.53</x:v>
+        <x:v>107819.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:2">
       <x:c r="A1490" s="2">
-        <x:v>43796</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="B1490" s="3">
-        <x:v>107860.81</x:v>
+        <x:v>107822.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:2">
       <x:c r="A1491" s="2">
-        <x:v>43795</x:v>
+        <x:v>43831</x:v>
       </x:c>
       <x:c r="B1491" s="3">
-        <x:v>107862.49</x:v>
+        <x:v>107822.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:2">
       <x:c r="A1492" s="2">
-        <x:v>43794</x:v>
+        <x:v>43829</x:v>
       </x:c>
       <x:c r="B1492" s="3">
-        <x:v>107863.7</x:v>
+        <x:v>107823.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:2">
       <x:c r="A1493" s="2">
-        <x:v>43793</x:v>
+        <x:v>43828</x:v>
       </x:c>
       <x:c r="B1493" s="3">
-        <x:v>107865.25</x:v>
+        <x:v>107826.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:2">
       <x:c r="A1494" s="2">
-        <x:v>43790</x:v>
+        <x:v>43825</x:v>
       </x:c>
       <x:c r="B1494" s="3">
-        <x:v>107868.45</x:v>
+        <x:v>107829.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:2">
       <x:c r="A1495" s="2">
-        <x:v>43789</x:v>
+        <x:v>43822</x:v>
       </x:c>
       <x:c r="B1495" s="3">
-        <x:v>107869.46</x:v>
+        <x:v>107831.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:2">
       <x:c r="A1496" s="2">
-        <x:v>43788</x:v>
+        <x:v>43821</x:v>
       </x:c>
       <x:c r="B1496" s="3">
-        <x:v>107869.94</x:v>
+        <x:v>107833.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:2">
       <x:c r="A1497" s="2">
-        <x:v>43787</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="B1497" s="3">
-        <x:v>107870.6</x:v>
+        <x:v>107837.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:2">
       <x:c r="A1498" s="2">
-        <x:v>43786</x:v>
+        <x:v>43817</x:v>
       </x:c>
       <x:c r="B1498" s="3">
-        <x:v>107873.27</x:v>
+        <x:v>107839.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:2">
       <x:c r="A1499" s="2">
-        <x:v>43783</x:v>
+        <x:v>43816</x:v>
       </x:c>
       <x:c r="B1499" s="3">
-        <x:v>107875.73</x:v>
+        <x:v>107840.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:2">
       <x:c r="A1500" s="2">
-        <x:v>43782</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="B1500" s="3">
-        <x:v>107876.81</x:v>
+        <x:v>107841.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:2">
       <x:c r="A1501" s="2">
-        <x:v>43781</x:v>
+        <x:v>43814</x:v>
       </x:c>
       <x:c r="B1501" s="3">
-        <x:v>107877.59</x:v>
+        <x:v>107840.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:2">
       <x:c r="A1502" s="2">
-        <x:v>43780</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="B1502" s="3">
-        <x:v>107878.99</x:v>
+        <x:v>107844.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:2">
       <x:c r="A1503" s="2">
-        <x:v>43776</x:v>
+        <x:v>43810</x:v>
       </x:c>
       <x:c r="B1503" s="3">
-        <x:v>107883.1</x:v>
+        <x:v>107845.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:2">
       <x:c r="A1504" s="2">
-        <x:v>43775</x:v>
+        <x:v>43809</x:v>
       </x:c>
       <x:c r="B1504" s="3">
-        <x:v>107884.01</x:v>
+        <x:v>107846.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:2">
       <x:c r="A1505" s="2">
-        <x:v>43774</x:v>
+        <x:v>43808</x:v>
       </x:c>
       <x:c r="B1505" s="3">
-        <x:v>107884.87</x:v>
+        <x:v>107847.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:2">
       <x:c r="A1506" s="2">
-        <x:v>43773</x:v>
+        <x:v>43807</x:v>
       </x:c>
       <x:c r="B1506" s="3">
-        <x:v>107886.76</x:v>
+        <x:v>107847.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:2">
       <x:c r="A1507" s="2">
-        <x:v>43772</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="B1507" s="3">
-        <x:v>107888.02</x:v>
+        <x:v>107850.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:2">
       <x:c r="A1508" s="2">
-        <x:v>43768</x:v>
+        <x:v>43803</x:v>
       </x:c>
       <x:c r="B1508" s="3">
-        <x:v>107891.1</x:v>
+        <x:v>107852.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:2">
       <x:c r="A1509" s="2">
-        <x:v>43767</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="B1509" s="3">
-        <x:v>107893.12</x:v>
+        <x:v>107852.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:2">
       <x:c r="A1510" s="2">
-        <x:v>43766</x:v>
+        <x:v>43801</x:v>
       </x:c>
       <x:c r="B1510" s="3">
-        <x:v>107894.07</x:v>
+        <x:v>107854.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:2">
       <x:c r="A1511" s="2">
-        <x:v>43765</x:v>
+        <x:v>43800</x:v>
       </x:c>
       <x:c r="B1511" s="3">
-        <x:v>107895.82</x:v>
+        <x:v>107855.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:2">
       <x:c r="A1512" s="2">
-        <x:v>43762</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="B1512" s="3">
-        <x:v>107897.95</x:v>
+        <x:v>107859.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:2">
       <x:c r="A1513" s="2">
-        <x:v>43761</x:v>
+        <x:v>43796</x:v>
       </x:c>
       <x:c r="B1513" s="3">
-        <x:v>107899.22</x:v>
+        <x:v>107860.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:2">
       <x:c r="A1514" s="2">
-        <x:v>43760</x:v>
+        <x:v>43795</x:v>
       </x:c>
       <x:c r="B1514" s="3">
-        <x:v>107900.23</x:v>
+        <x:v>107862.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:2">
       <x:c r="A1515" s="2">
-        <x:v>43759</x:v>
+        <x:v>43794</x:v>
       </x:c>
       <x:c r="B1515" s="3">
-        <x:v>107901.14</x:v>
+        <x:v>107863.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:2">
       <x:c r="A1516" s="2">
-        <x:v>43758</x:v>
+        <x:v>43793</x:v>
       </x:c>
       <x:c r="B1516" s="3">
-        <x:v>107902.44</x:v>
+        <x:v>107865.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:2">
       <x:c r="A1517" s="2">
-        <x:v>43755</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="B1517" s="3">
-        <x:v>107904.81</x:v>
+        <x:v>107868.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:2">
       <x:c r="A1518" s="2">
-        <x:v>43754</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="B1518" s="3">
-        <x:v>107905.92</x:v>
+        <x:v>107869.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:2">
       <x:c r="A1519" s="2">
-        <x:v>43753</x:v>
+        <x:v>43788</x:v>
       </x:c>
       <x:c r="B1519" s="3">
-        <x:v>107908.6</x:v>
+        <x:v>107869.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:2">
       <x:c r="A1520" s="2">
-        <x:v>43752</x:v>
+        <x:v>43787</x:v>
       </x:c>
       <x:c r="B1520" s="3">
-        <x:v>107911.1</x:v>
+        <x:v>107870.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:2">
       <x:c r="A1521" s="2">
-        <x:v>43751</x:v>
+        <x:v>43786</x:v>
       </x:c>
       <x:c r="B1521" s="3">
-        <x:v>107909.02</x:v>
+        <x:v>107873.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:2">
       <x:c r="A1522" s="2">
-        <x:v>43748</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="B1522" s="3">
-        <x:v>107914.28</x:v>
+        <x:v>107875.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:2">
       <x:c r="A1523" s="2">
-        <x:v>43747</x:v>
+        <x:v>43782</x:v>
       </x:c>
       <x:c r="B1523" s="3">
-        <x:v>107917.32</x:v>
+        <x:v>107876.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:2">
       <x:c r="A1524" s="2">
-        <x:v>43746</x:v>
+        <x:v>43781</x:v>
       </x:c>
       <x:c r="B1524" s="3">
-        <x:v>107919.28</x:v>
+        <x:v>107877.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:2">
       <x:c r="A1525" s="2">
-        <x:v>43745</x:v>
+        <x:v>43780</x:v>
       </x:c>
       <x:c r="B1525" s="3">
-        <x:v>107920.6</x:v>
+        <x:v>107878.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:2">
       <x:c r="A1526" s="2">
-        <x:v>43744</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="B1526" s="3">
-        <x:v>107922.29</x:v>
+        <x:v>107883.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:2">
       <x:c r="A1527" s="2">
-        <x:v>43741</x:v>
+        <x:v>43775</x:v>
       </x:c>
       <x:c r="B1527" s="3">
-        <x:v>107924.47</x:v>
+        <x:v>107884.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:2">
       <x:c r="A1528" s="2">
-        <x:v>43740</x:v>
+        <x:v>43774</x:v>
       </x:c>
       <x:c r="B1528" s="3">
-        <x:v>107926.91</x:v>
+        <x:v>107884.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:2">
       <x:c r="A1529" s="2">
-        <x:v>43739</x:v>
+        <x:v>43773</x:v>
       </x:c>
       <x:c r="B1529" s="3">
-        <x:v>107927.46</x:v>
+        <x:v>107886.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:2">
       <x:c r="A1530" s="2">
-        <x:v>43738</x:v>
+        <x:v>43772</x:v>
       </x:c>
       <x:c r="B1530" s="3">
-        <x:v>107927.68</x:v>
+        <x:v>107888.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:2">
       <x:c r="A1531" s="2">
-        <x:v>43737</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="B1531" s="3">
-        <x:v>107929.35</x:v>
+        <x:v>107891.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:2">
       <x:c r="A1532" s="2">
-        <x:v>43734</x:v>
+        <x:v>43767</x:v>
       </x:c>
       <x:c r="B1532" s="3">
-        <x:v>107932.3</x:v>
+        <x:v>107893.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:2">
       <x:c r="A1533" s="2">
-        <x:v>43733</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="B1533" s="3">
-        <x:v>107932.97</x:v>
+        <x:v>107894.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:2">
       <x:c r="A1534" s="2">
-        <x:v>43732</x:v>
+        <x:v>43765</x:v>
       </x:c>
       <x:c r="B1534" s="3">
-        <x:v>107933.57</x:v>
+        <x:v>107895.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:2">
       <x:c r="A1535" s="2">
-        <x:v>43731</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="B1535" s="3">
-        <x:v>107934.35</x:v>
+        <x:v>107897.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:2">
       <x:c r="A1536" s="2">
-        <x:v>43730</x:v>
+        <x:v>43761</x:v>
       </x:c>
       <x:c r="B1536" s="3">
-        <x:v>107933.87</x:v>
+        <x:v>107899.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:2">
       <x:c r="A1537" s="2">
-        <x:v>43727</x:v>
+        <x:v>43760</x:v>
       </x:c>
       <x:c r="B1537" s="3">
-        <x:v>107938.25</x:v>
+        <x:v>107900.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:2">
       <x:c r="A1538" s="2">
-        <x:v>43726</x:v>
+        <x:v>43759</x:v>
       </x:c>
       <x:c r="B1538" s="3">
-        <x:v>107940.17</x:v>
+        <x:v>107901.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:2">
       <x:c r="A1539" s="2">
-        <x:v>43725</x:v>
+        <x:v>43758</x:v>
       </x:c>
       <x:c r="B1539" s="3">
-        <x:v>107935.73</x:v>
+        <x:v>107902.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:2">
       <x:c r="A1540" s="2">
-        <x:v>43724</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="B1540" s="3">
-        <x:v>107936.36</x:v>
+        <x:v>107904.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:2">
       <x:c r="A1541" s="2">
-        <x:v>43723</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="B1541" s="3">
-        <x:v>107938.18</x:v>
+        <x:v>107905.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:2">
       <x:c r="A1542" s="2">
-        <x:v>43720</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B1542" s="3">
-        <x:v>107949.56</x:v>
+        <x:v>107908.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:2">
       <x:c r="A1543" s="2">
-        <x:v>43719</x:v>
+        <x:v>43752</x:v>
       </x:c>
       <x:c r="B1543" s="3">
-        <x:v>107951.26</x:v>
+        <x:v>107911.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:2">
       <x:c r="A1544" s="2">
-        <x:v>43718</x:v>
+        <x:v>43751</x:v>
       </x:c>
       <x:c r="B1544" s="3">
-        <x:v>107952.5</x:v>
+        <x:v>107909.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:2">
       <x:c r="A1545" s="2">
-        <x:v>43717</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="B1545" s="3">
-        <x:v>107954.46</x:v>
+        <x:v>107914.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:2">
       <x:c r="A1546" s="2">
-        <x:v>43716</x:v>
+        <x:v>43747</x:v>
       </x:c>
       <x:c r="B1546" s="3">
-        <x:v>107951.69</x:v>
+        <x:v>107917.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:2">
       <x:c r="A1547" s="2">
-        <x:v>43713</x:v>
+        <x:v>43746</x:v>
       </x:c>
       <x:c r="B1547" s="3">
-        <x:v>107958.63</x:v>
+        <x:v>107919.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:2">
       <x:c r="A1548" s="2">
-        <x:v>43712</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="B1548" s="3">
-        <x:v>107958.37</x:v>
+        <x:v>107920.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:2">
       <x:c r="A1549" s="2">
-        <x:v>43711</x:v>
+        <x:v>43744</x:v>
       </x:c>
       <x:c r="B1549" s="3">
-        <x:v>107958.42</x:v>
+        <x:v>107922.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:2">
       <x:c r="A1550" s="2">
-        <x:v>43710</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="B1550" s="3">
-        <x:v>107956.53</x:v>
+        <x:v>107924.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:2">
       <x:c r="A1551" s="2">
-        <x:v>43709</x:v>
+        <x:v>43740</x:v>
       </x:c>
       <x:c r="B1551" s="3">
-        <x:v>107955.44</x:v>
+        <x:v>107926.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:2">
       <x:c r="A1552" s="2">
-        <x:v>43706</x:v>
+        <x:v>43739</x:v>
       </x:c>
       <x:c r="B1552" s="3">
-        <x:v>107956.49</x:v>
+        <x:v>107927.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:2">
       <x:c r="A1553" s="2">
-        <x:v>43705</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B1553" s="3">
-        <x:v>107957.08</x:v>
+        <x:v>107927.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:2">
       <x:c r="A1554" s="2">
-        <x:v>43704</x:v>
+        <x:v>43737</x:v>
       </x:c>
       <x:c r="B1554" s="3">
-        <x:v>107953.11</x:v>
+        <x:v>107929.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:2">
       <x:c r="A1555" s="2">
-        <x:v>43703</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="B1555" s="3">
-        <x:v>107952.9</x:v>
+        <x:v>107932.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:2">
       <x:c r="A1556" s="2">
-        <x:v>43702</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="B1556" s="3">
-        <x:v>107953.48</x:v>
+        <x:v>107932.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:2">
       <x:c r="A1557" s="2">
-        <x:v>43699</x:v>
+        <x:v>43732</x:v>
       </x:c>
       <x:c r="B1557" s="3">
-        <x:v>107957.07</x:v>
+        <x:v>107933.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:2">
       <x:c r="A1558" s="2">
-        <x:v>43698</x:v>
+        <x:v>43731</x:v>
       </x:c>
       <x:c r="B1558" s="3">
-        <x:v>107960.82</x:v>
+        <x:v>107934.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:2">
       <x:c r="A1559" s="2">
-        <x:v>43697</x:v>
+        <x:v>43730</x:v>
       </x:c>
       <x:c r="B1559" s="3">
-        <x:v>107960.89</x:v>
+        <x:v>107933.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:2">
       <x:c r="A1560" s="2">
-        <x:v>43696</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="B1560" s="3">
-        <x:v>107959.95</x:v>
+        <x:v>107938.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:2">
       <x:c r="A1561" s="2">
-        <x:v>43695</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="B1561" s="3">
-        <x:v>107962.94</x:v>
+        <x:v>107940.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:2">
       <x:c r="A1562" s="2">
-        <x:v>43692</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="B1562" s="3">
-        <x:v>107958.86</x:v>
+        <x:v>107935.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:2">
       <x:c r="A1563" s="2">
-        <x:v>43690</x:v>
+        <x:v>43724</x:v>
       </x:c>
       <x:c r="B1563" s="3">
-        <x:v>107959.43</x:v>
+        <x:v>107936.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:2">
       <x:c r="A1564" s="2">
-        <x:v>43689</x:v>
+        <x:v>43723</x:v>
       </x:c>
       <x:c r="B1564" s="3">
-        <x:v>107959.72</x:v>
+        <x:v>107938.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:2">
       <x:c r="A1565" s="2">
-        <x:v>43688</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="B1565" s="3">
-        <x:v>107965.38</x:v>
+        <x:v>107949.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:2">
       <x:c r="A1566" s="2">
-        <x:v>43685</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="B1566" s="3">
-        <x:v>107967.77</x:v>
+        <x:v>107951.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:2">
       <x:c r="A1567" s="2">
-        <x:v>43684</x:v>
+        <x:v>43718</x:v>
       </x:c>
       <x:c r="B1567" s="3">
-        <x:v>107965.23</x:v>
+        <x:v>107952.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:2">
       <x:c r="A1568" s="2">
-        <x:v>43683</x:v>
+        <x:v>43717</x:v>
       </x:c>
       <x:c r="B1568" s="3">
-        <x:v>107968.53</x:v>
+        <x:v>107954.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:2">
       <x:c r="A1569" s="2">
-        <x:v>43682</x:v>
+        <x:v>43716</x:v>
       </x:c>
       <x:c r="B1569" s="3">
-        <x:v>107966.56</x:v>
+        <x:v>107951.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:2">
       <x:c r="A1570" s="2">
-        <x:v>43681</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="B1570" s="3">
-        <x:v>107967.79</x:v>
+        <x:v>107958.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:2">
       <x:c r="A1571" s="2">
-        <x:v>43678</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="B1571" s="3">
-        <x:v>107969.73</x:v>
+        <x:v>107958.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:2">
       <x:c r="A1572" s="2">
-        <x:v>43677</x:v>
+        <x:v>43711</x:v>
       </x:c>
       <x:c r="B1572" s="3">
-        <x:v>107969.31</x:v>
+        <x:v>107958.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:2">
       <x:c r="A1573" s="2">
-        <x:v>43676</x:v>
+        <x:v>43710</x:v>
       </x:c>
       <x:c r="B1573" s="3">
-        <x:v>107970.21</x:v>
+        <x:v>107956.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:2">
       <x:c r="A1574" s="2">
-        <x:v>43675</x:v>
+        <x:v>43709</x:v>
       </x:c>
       <x:c r="B1574" s="3">
-        <x:v>107969.46</x:v>
+        <x:v>107955.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:2">
       <x:c r="A1575" s="2">
-        <x:v>43674</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="B1575" s="3">
-        <x:v>107973.13</x:v>
+        <x:v>107956.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:2">
       <x:c r="A1576" s="2">
-        <x:v>43671</x:v>
+        <x:v>43705</x:v>
       </x:c>
       <x:c r="B1576" s="3">
-        <x:v>107975.79</x:v>
+        <x:v>107957.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:2">
       <x:c r="A1577" s="2">
-        <x:v>43670</x:v>
+        <x:v>43704</x:v>
       </x:c>
       <x:c r="B1577" s="3">
-        <x:v>107973.43</x:v>
+        <x:v>107953.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:2">
       <x:c r="A1578" s="2">
-        <x:v>43669</x:v>
+        <x:v>43703</x:v>
       </x:c>
       <x:c r="B1578" s="3">
-        <x:v>107972.69</x:v>
+        <x:v>107952.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:2">
       <x:c r="A1579" s="2">
-        <x:v>43668</x:v>
+        <x:v>43702</x:v>
       </x:c>
       <x:c r="B1579" s="3">
-        <x:v>107973.71</x:v>
+        <x:v>107953.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:2">
       <x:c r="A1580" s="2">
-        <x:v>43667</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="B1580" s="3">
-        <x:v>107973.94</x:v>
+        <x:v>107957.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:2">
       <x:c r="A1581" s="2">
-        <x:v>43664</x:v>
+        <x:v>43698</x:v>
       </x:c>
       <x:c r="B1581" s="3">
-        <x:v>107976.48</x:v>
+        <x:v>107960.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:2">
       <x:c r="A1582" s="2">
-        <x:v>43663</x:v>
+        <x:v>43697</x:v>
       </x:c>
       <x:c r="B1582" s="3">
-        <x:v>107975.19</x:v>
+        <x:v>107960.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:2">
       <x:c r="A1583" s="2">
-        <x:v>43662</x:v>
+        <x:v>43696</x:v>
       </x:c>
       <x:c r="B1583" s="3">
-        <x:v>107974.5</x:v>
+        <x:v>107959.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:2">
       <x:c r="A1584" s="2">
-        <x:v>43661</x:v>
+        <x:v>43695</x:v>
       </x:c>
       <x:c r="B1584" s="3">
-        <x:v>107971.19</x:v>
+        <x:v>107962.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:2">
       <x:c r="A1585" s="2">
-        <x:v>43660</x:v>
+        <x:v>43692</x:v>
       </x:c>
       <x:c r="B1585" s="3">
-        <x:v>107972.98</x:v>
+        <x:v>107958.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:2">
       <x:c r="A1586" s="2">
-        <x:v>43657</x:v>
+        <x:v>43690</x:v>
       </x:c>
       <x:c r="B1586" s="3">
-        <x:v>107973.41</x:v>
+        <x:v>107959.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:2">
       <x:c r="A1587" s="2">
-        <x:v>43656</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="B1587" s="3">
-        <x:v>107971.72</x:v>
+        <x:v>107959.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:2">
       <x:c r="A1588" s="2">
-        <x:v>43655</x:v>
+        <x:v>43688</x:v>
       </x:c>
       <x:c r="B1588" s="3">
-        <x:v>107973.85</x:v>
+        <x:v>107965.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:2">
       <x:c r="A1589" s="2">
-        <x:v>43654</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="B1589" s="3">
-        <x:v>107974.42</x:v>
+        <x:v>107967.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:2">
       <x:c r="A1590" s="2">
-        <x:v>43653</x:v>
+        <x:v>43684</x:v>
       </x:c>
       <x:c r="B1590" s="3">
-        <x:v>107976.87</x:v>
+        <x:v>107965.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:2">
       <x:c r="A1591" s="2">
-        <x:v>43650</x:v>
+        <x:v>43683</x:v>
       </x:c>
       <x:c r="B1591" s="3">
-        <x:v>107977.85</x:v>
+        <x:v>107968.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:2">
       <x:c r="A1592" s="2">
-        <x:v>43649</x:v>
+        <x:v>43682</x:v>
       </x:c>
       <x:c r="B1592" s="3">
-        <x:v>107979.01</x:v>
+        <x:v>107966.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:2">
       <x:c r="A1593" s="2">
-        <x:v>43648</x:v>
+        <x:v>43681</x:v>
       </x:c>
       <x:c r="B1593" s="3">
-        <x:v>107978.23</x:v>
+        <x:v>107967.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:2">
       <x:c r="A1594" s="2">
-        <x:v>43647</x:v>
+        <x:v>43678</x:v>
       </x:c>
       <x:c r="B1594" s="3">
-        <x:v>107975</x:v>
+        <x:v>107969.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:2">
       <x:c r="A1595" s="2">
-        <x:v>43646</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B1595" s="3">
-        <x:v>107974.37</x:v>
+        <x:v>107969.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:2">
       <x:c r="A1596" s="2">
-        <x:v>43643</x:v>
+        <x:v>43676</x:v>
       </x:c>
       <x:c r="B1596" s="3">
-        <x:v>107977.14</x:v>
+        <x:v>107970.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:2">
       <x:c r="A1597" s="2">
-        <x:v>43642</x:v>
+        <x:v>43675</x:v>
       </x:c>
       <x:c r="B1597" s="3">
-        <x:v>107977.56</x:v>
+        <x:v>107969.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:2">
       <x:c r="A1598" s="2">
-        <x:v>43641</x:v>
+        <x:v>43674</x:v>
       </x:c>
       <x:c r="B1598" s="3">
-        <x:v>107977.25</x:v>
+        <x:v>107973.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:2">
       <x:c r="A1599" s="2">
-        <x:v>43640</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="B1599" s="3">
-        <x:v>107976.34</x:v>
+        <x:v>107975.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:2">
       <x:c r="A1600" s="2">
-        <x:v>43639</x:v>
+        <x:v>43670</x:v>
       </x:c>
       <x:c r="B1600" s="3">
-        <x:v>107979.33</x:v>
+        <x:v>107973.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:2">
       <x:c r="A1601" s="2">
-        <x:v>43636</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="B1601" s="3">
-        <x:v>107977.29</x:v>
+        <x:v>107972.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:2">
       <x:c r="A1602" s="2">
-        <x:v>43635</x:v>
+        <x:v>43668</x:v>
       </x:c>
       <x:c r="B1602" s="3">
-        <x:v>107978.65</x:v>
+        <x:v>107973.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:2">
       <x:c r="A1603" s="2">
-        <x:v>43634</x:v>
+        <x:v>43667</x:v>
       </x:c>
       <x:c r="B1603" s="3">
-        <x:v>107969.76</x:v>
+        <x:v>107973.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:2">
       <x:c r="A1604" s="2">
-        <x:v>43633</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="B1604" s="3">
-        <x:v>107968</x:v>
+        <x:v>107976.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:2">
       <x:c r="A1605" s="2">
-        <x:v>43632</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="B1605" s="3">
-        <x:v>107968.94</x:v>
+        <x:v>107975.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:2">
       <x:c r="A1606" s="2">
-        <x:v>43629</x:v>
+        <x:v>43662</x:v>
       </x:c>
       <x:c r="B1606" s="3">
-        <x:v>107972.19</x:v>
+        <x:v>107974.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:2">
       <x:c r="A1607" s="2">
-        <x:v>43628</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B1607" s="3">
-        <x:v>107971.36</x:v>
+        <x:v>107971.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:2">
       <x:c r="A1608" s="2">
-        <x:v>43627</x:v>
+        <x:v>43660</x:v>
       </x:c>
       <x:c r="B1608" s="3">
-        <x:v>107970.93</x:v>
+        <x:v>107972.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:2">
       <x:c r="A1609" s="2">
-        <x:v>43626</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="B1609" s="3">
-        <x:v>107970.17</x:v>
+        <x:v>107973.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:2">
       <x:c r="A1610" s="2">
-        <x:v>43622</x:v>
+        <x:v>43656</x:v>
       </x:c>
       <x:c r="B1610" s="3">
-        <x:v>107973.1</x:v>
+        <x:v>107971.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:2">
       <x:c r="A1611" s="2">
-        <x:v>43621</x:v>
+        <x:v>43655</x:v>
       </x:c>
       <x:c r="B1611" s="3">
-        <x:v>107972.19</x:v>
+        <x:v>107973.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:2">
       <x:c r="A1612" s="2">
-        <x:v>43620</x:v>
+        <x:v>43654</x:v>
       </x:c>
       <x:c r="B1612" s="3">
-        <x:v>107973.44</x:v>
+        <x:v>107974.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:2">
       <x:c r="A1613" s="2">
-        <x:v>43619</x:v>
+        <x:v>43653</x:v>
       </x:c>
       <x:c r="B1613" s="3">
-        <x:v>107973.39</x:v>
+        <x:v>107976.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:2">
       <x:c r="A1614" s="2">
-        <x:v>43618</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="B1614" s="3">
-        <x:v>107973.99</x:v>
+        <x:v>107977.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:2">
       <x:c r="A1615" s="2">
-        <x:v>43615</x:v>
+        <x:v>43649</x:v>
       </x:c>
       <x:c r="B1615" s="3">
-        <x:v>107975.27</x:v>
+        <x:v>107979.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:2">
       <x:c r="A1616" s="2">
-        <x:v>43613</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="B1616" s="3">
-        <x:v>107975.16</x:v>
+        <x:v>107978.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:2">
       <x:c r="A1617" s="2">
-        <x:v>43612</x:v>
+        <x:v>43647</x:v>
       </x:c>
       <x:c r="B1617" s="3">
-        <x:v>107976.71</x:v>
+        <x:v>107975</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:2">
       <x:c r="A1618" s="2">
-        <x:v>43611</x:v>
+        <x:v>43646</x:v>
       </x:c>
       <x:c r="B1618" s="3">
-        <x:v>107976.22</x:v>
+        <x:v>107974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:2">
       <x:c r="A1619" s="2">
-        <x:v>43608</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="B1619" s="3">
-        <x:v>107977.42</x:v>
+        <x:v>107977.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:2">
       <x:c r="A1620" s="2">
-        <x:v>43607</x:v>
+        <x:v>43642</x:v>
       </x:c>
       <x:c r="B1620" s="3">
-        <x:v>107978.27</x:v>
+        <x:v>107977.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:2">
       <x:c r="A1621" s="2">
-        <x:v>43606</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="B1621" s="3">
-        <x:v>107979.39</x:v>
+        <x:v>107977.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:2">
       <x:c r="A1622" s="2">
-        <x:v>43605</x:v>
+        <x:v>43640</x:v>
       </x:c>
       <x:c r="B1622" s="3">
-        <x:v>107979.57</x:v>
+        <x:v>107976.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:2">
       <x:c r="A1623" s="2">
-        <x:v>43604</x:v>
+        <x:v>43639</x:v>
       </x:c>
       <x:c r="B1623" s="3">
-        <x:v>107978.25</x:v>
+        <x:v>107979.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:2">
       <x:c r="A1624" s="2">
-        <x:v>43601</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="B1624" s="3">
-        <x:v>107980.16</x:v>
+        <x:v>107977.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:2">
       <x:c r="A1625" s="2">
-        <x:v>43600</x:v>
+        <x:v>43635</x:v>
       </x:c>
       <x:c r="B1625" s="3">
-        <x:v>107981.63</x:v>
+        <x:v>107978.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:2">
       <x:c r="A1626" s="2">
-        <x:v>43599</x:v>
+        <x:v>43634</x:v>
       </x:c>
       <x:c r="B1626" s="3">
-        <x:v>107983.5</x:v>
+        <x:v>107969.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:2">
       <x:c r="A1627" s="2">
-        <x:v>43598</x:v>
+        <x:v>43633</x:v>
       </x:c>
       <x:c r="B1627" s="3">
-        <x:v>107983.63</x:v>
+        <x:v>107968</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:2">
       <x:c r="A1628" s="2">
-        <x:v>43597</x:v>
+        <x:v>43632</x:v>
       </x:c>
       <x:c r="B1628" s="3">
-        <x:v>107984.07</x:v>
+        <x:v>107968.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:2">
       <x:c r="A1629" s="2">
-        <x:v>43594</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="B1629" s="3">
-        <x:v>107986.86</x:v>
+        <x:v>107972.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:2">
       <x:c r="A1630" s="2">
-        <x:v>43593</x:v>
+        <x:v>43628</x:v>
       </x:c>
       <x:c r="B1630" s="3">
-        <x:v>107986.63</x:v>
+        <x:v>107971.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:2">
       <x:c r="A1631" s="2">
-        <x:v>43591</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="B1631" s="3">
-        <x:v>107988.17</x:v>
+        <x:v>107970.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:2">
       <x:c r="A1632" s="2">
-        <x:v>43590</x:v>
+        <x:v>43626</x:v>
       </x:c>
       <x:c r="B1632" s="3">
-        <x:v>107987.46</x:v>
+        <x:v>107970.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:2">
       <x:c r="A1633" s="2">
-        <x:v>43587</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="B1633" s="3">
-        <x:v>107989.21</x:v>
+        <x:v>107973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:2">
       <x:c r="A1634" s="2">
-        <x:v>43586</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="B1634" s="3">
-        <x:v>107989.03</x:v>
+        <x:v>107972.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:2">
       <x:c r="A1635" s="2">
-        <x:v>43584</x:v>
+        <x:v>43620</x:v>
       </x:c>
       <x:c r="B1635" s="3">
-        <x:v>107988.73</x:v>
+        <x:v>107973.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:2">
       <x:c r="A1636" s="2">
-        <x:v>43583</x:v>
+        <x:v>43619</x:v>
       </x:c>
       <x:c r="B1636" s="3">
-        <x:v>107988.57</x:v>
+        <x:v>107973.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:2">
       <x:c r="A1637" s="2">
-        <x:v>43580</x:v>
+        <x:v>43618</x:v>
       </x:c>
       <x:c r="B1637" s="3">
-        <x:v>107991.05</x:v>
+        <x:v>107973.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:2">
       <x:c r="A1638" s="2">
-        <x:v>43579</x:v>
+        <x:v>43615</x:v>
       </x:c>
       <x:c r="B1638" s="3">
-        <x:v>107990.57</x:v>
+        <x:v>107975.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:2">
       <x:c r="A1639" s="2">
-        <x:v>43578</x:v>
+        <x:v>43613</x:v>
       </x:c>
       <x:c r="B1639" s="3">
-        <x:v>107992.26</x:v>
+        <x:v>107975.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:2">
       <x:c r="A1640" s="2">
-        <x:v>43577</x:v>
+        <x:v>43612</x:v>
       </x:c>
       <x:c r="B1640" s="3">
-        <x:v>107991.79</x:v>
+        <x:v>107976.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:2">
       <x:c r="A1641" s="2">
-        <x:v>43572</x:v>
+        <x:v>43611</x:v>
       </x:c>
       <x:c r="B1641" s="3">
-        <x:v>107995.6</x:v>
+        <x:v>107976.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:2">
       <x:c r="A1642" s="2">
-        <x:v>43571</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="B1642" s="3">
-        <x:v>107995.03</x:v>
+        <x:v>107977.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:2">
       <x:c r="A1643" s="2">
-        <x:v>43570</x:v>
+        <x:v>43607</x:v>
       </x:c>
       <x:c r="B1643" s="3">
-        <x:v>107995.94</x:v>
+        <x:v>107978.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:2">
       <x:c r="A1644" s="2">
-        <x:v>43569</x:v>
+        <x:v>43606</x:v>
       </x:c>
       <x:c r="B1644" s="3">
-        <x:v>107995.24</x:v>
+        <x:v>107979.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:2">
       <x:c r="A1645" s="2">
-        <x:v>43566</x:v>
+        <x:v>43605</x:v>
       </x:c>
       <x:c r="B1645" s="3">
-        <x:v>107997.92</x:v>
+        <x:v>107979.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:2">
       <x:c r="A1646" s="2">
-        <x:v>43565</x:v>
+        <x:v>43604</x:v>
       </x:c>
       <x:c r="B1646" s="3">
-        <x:v>107997.71</x:v>
+        <x:v>107978.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:2">
       <x:c r="A1647" s="2">
-        <x:v>43564</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="B1647" s="3">
-        <x:v>107998.43</x:v>
+        <x:v>107980.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:2">
       <x:c r="A1648" s="2">
-        <x:v>43563</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B1648" s="3">
-        <x:v>107998.69</x:v>
+        <x:v>107981.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:2">
       <x:c r="A1649" s="2">
-        <x:v>43562</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="B1649" s="3">
-        <x:v>107997.76</x:v>
+        <x:v>107983.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:2">
       <x:c r="A1650" s="2">
-        <x:v>43559</x:v>
+        <x:v>43598</x:v>
       </x:c>
       <x:c r="B1650" s="3">
-        <x:v>107999.51</x:v>
+        <x:v>107983.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:2">
       <x:c r="A1651" s="2">
-        <x:v>43558</x:v>
+        <x:v>43597</x:v>
       </x:c>
       <x:c r="B1651" s="3">
-        <x:v>108001.38</x:v>
+        <x:v>107984.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:2">
       <x:c r="A1652" s="2">
-        <x:v>43557</x:v>
+        <x:v>43594</x:v>
       </x:c>
       <x:c r="B1652" s="3">
-        <x:v>108001.8</x:v>
+        <x:v>107986.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:2">
       <x:c r="A1653" s="2">
-        <x:v>43556</x:v>
+        <x:v>43593</x:v>
       </x:c>
       <x:c r="B1653" s="3">
-        <x:v>108001.75</x:v>
+        <x:v>107986.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:2">
       <x:c r="A1654" s="2">
-        <x:v>43555</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="B1654" s="3">
-        <x:v>108003.67</x:v>
+        <x:v>107988.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:2">
       <x:c r="A1655" s="2">
-        <x:v>43552</x:v>
+        <x:v>43590</x:v>
       </x:c>
       <x:c r="B1655" s="3">
-        <x:v>108007.33</x:v>
+        <x:v>107987.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:2">
       <x:c r="A1656" s="2">
-        <x:v>43551</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="B1656" s="3">
-        <x:v>108008.02</x:v>
+        <x:v>107989.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:2">
       <x:c r="A1657" s="2">
-        <x:v>43550</x:v>
+        <x:v>43586</x:v>
       </x:c>
       <x:c r="B1657" s="3">
-        <x:v>108008.44</x:v>
+        <x:v>107989.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:2">
       <x:c r="A1658" s="2">
-        <x:v>43549</x:v>
+        <x:v>43584</x:v>
       </x:c>
       <x:c r="B1658" s="3">
-        <x:v>108008.77</x:v>
+        <x:v>107988.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:2">
       <x:c r="A1659" s="2">
-        <x:v>43548</x:v>
+        <x:v>43583</x:v>
       </x:c>
       <x:c r="B1659" s="3">
-        <x:v>108008.52</x:v>
+        <x:v>107988.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:2">
       <x:c r="A1660" s="2">
-        <x:v>43545</x:v>
+        <x:v>43580</x:v>
       </x:c>
       <x:c r="B1660" s="3">
-        <x:v>108010.22</x:v>
+        <x:v>107991.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:2">
       <x:c r="A1661" s="2">
-        <x:v>43544</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="B1661" s="3">
-        <x:v>108010.08</x:v>
+        <x:v>107990.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:2">
       <x:c r="A1662" s="2">
-        <x:v>43543</x:v>
+        <x:v>43578</x:v>
       </x:c>
       <x:c r="B1662" s="3">
-        <x:v>108009.4</x:v>
+        <x:v>107992.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:2">
       <x:c r="A1663" s="2">
-        <x:v>43542</x:v>
+        <x:v>43577</x:v>
       </x:c>
       <x:c r="B1663" s="3">
-        <x:v>108010.68</x:v>
+        <x:v>107991.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:2">
       <x:c r="A1664" s="2">
-        <x:v>43541</x:v>
+        <x:v>43572</x:v>
       </x:c>
       <x:c r="B1664" s="3">
-        <x:v>108009.49</x:v>
+        <x:v>107995.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:2">
       <x:c r="A1665" s="2">
-        <x:v>43538</x:v>
+        <x:v>43571</x:v>
       </x:c>
       <x:c r="B1665" s="3">
-        <x:v>108010.38</x:v>
+        <x:v>107995.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:2">
       <x:c r="A1666" s="2">
-        <x:v>43537</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B1666" s="3">
-        <x:v>108010.64</x:v>
+        <x:v>107995.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:2">
       <x:c r="A1667" s="2">
-        <x:v>43536</x:v>
+        <x:v>43569</x:v>
       </x:c>
       <x:c r="B1667" s="3">
-        <x:v>108011.92</x:v>
+        <x:v>107995.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:2">
       <x:c r="A1668" s="2">
-        <x:v>43535</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="B1668" s="3">
-        <x:v>108012.02</x:v>
+        <x:v>107997.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:2">
       <x:c r="A1669" s="2">
-        <x:v>43534</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="B1669" s="3">
-        <x:v>108012.22</x:v>
+        <x:v>107997.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:2">
       <x:c r="A1670" s="2">
-        <x:v>43531</x:v>
+        <x:v>43564</x:v>
       </x:c>
       <x:c r="B1670" s="3">
-        <x:v>108012.42</x:v>
+        <x:v>107998.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:2">
       <x:c r="A1671" s="2">
-        <x:v>43530</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="B1671" s="3">
-        <x:v>108013.18</x:v>
+        <x:v>107998.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:2">
       <x:c r="A1672" s="2">
-        <x:v>43529</x:v>
+        <x:v>43562</x:v>
       </x:c>
       <x:c r="B1672" s="3">
-        <x:v>108011.68</x:v>
+        <x:v>107997.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:2">
       <x:c r="A1673" s="2">
-        <x:v>43528</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="B1673" s="3">
-        <x:v>108013.56</x:v>
+        <x:v>107999.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:2">
       <x:c r="A1674" s="2">
-        <x:v>43527</x:v>
+        <x:v>43558</x:v>
       </x:c>
       <x:c r="B1674" s="3">
-        <x:v>108013.43</x:v>
+        <x:v>108001.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:2">
       <x:c r="A1675" s="2">
-        <x:v>43524</x:v>
+        <x:v>43557</x:v>
       </x:c>
       <x:c r="B1675" s="3">
-        <x:v>108015.22</x:v>
+        <x:v>108001.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:2">
       <x:c r="A1676" s="2">
-        <x:v>43523</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="B1676" s="3">
-        <x:v>108014.99</x:v>
+        <x:v>108001.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:2">
       <x:c r="A1677" s="2">
-        <x:v>43522</x:v>
+        <x:v>43555</x:v>
       </x:c>
       <x:c r="B1677" s="3">
-        <x:v>108014.77</x:v>
+        <x:v>108003.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:2">
       <x:c r="A1678" s="2">
-        <x:v>43521</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="B1678" s="3">
-        <x:v>108016.39</x:v>
+        <x:v>108007.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:2">
       <x:c r="A1679" s="2">
-        <x:v>43520</x:v>
+        <x:v>43551</x:v>
       </x:c>
       <x:c r="B1679" s="3">
-        <x:v>108014.59</x:v>
+        <x:v>108008.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:2">
       <x:c r="A1680" s="2">
-        <x:v>43517</x:v>
+        <x:v>43550</x:v>
       </x:c>
       <x:c r="B1680" s="3">
-        <x:v>108016.6</x:v>
+        <x:v>108008.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:2">
       <x:c r="A1681" s="2">
-        <x:v>43516</x:v>
+        <x:v>43549</x:v>
       </x:c>
       <x:c r="B1681" s="3">
-        <x:v>108015.73</x:v>
+        <x:v>108008.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:2">
       <x:c r="A1682" s="2">
-        <x:v>43515</x:v>
+        <x:v>43548</x:v>
       </x:c>
       <x:c r="B1682" s="3">
-        <x:v>108014.69</x:v>
+        <x:v>108008.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:2">
       <x:c r="A1683" s="2">
-        <x:v>43514</x:v>
+        <x:v>43545</x:v>
       </x:c>
       <x:c r="B1683" s="3">
-        <x:v>108013.85</x:v>
+        <x:v>108010.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:2">
       <x:c r="A1684" s="2">
-        <x:v>43513</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="B1684" s="3">
-        <x:v>108013.11</x:v>
+        <x:v>108010.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:2">
       <x:c r="A1685" s="2">
-        <x:v>43510</x:v>
+        <x:v>43543</x:v>
       </x:c>
       <x:c r="B1685" s="3">
-        <x:v>108015.03</x:v>
+        <x:v>108009.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:2">
       <x:c r="A1686" s="2">
-        <x:v>43509</x:v>
+        <x:v>43542</x:v>
       </x:c>
       <x:c r="B1686" s="3">
-        <x:v>108013.94</x:v>
+        <x:v>108010.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:2">
       <x:c r="A1687" s="2">
-        <x:v>43508</x:v>
+        <x:v>43541</x:v>
       </x:c>
       <x:c r="B1687" s="3">
-        <x:v>108014.74</x:v>
+        <x:v>108009.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:2">
       <x:c r="A1688" s="2">
-        <x:v>43507</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="B1688" s="3">
-        <x:v>108014.62</x:v>
+        <x:v>108010.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:2">
       <x:c r="A1689" s="2">
-        <x:v>43506</x:v>
+        <x:v>43537</x:v>
       </x:c>
       <x:c r="B1689" s="3">
-        <x:v>108015.07</x:v>
+        <x:v>108010.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:2">
       <x:c r="A1690" s="2">
-        <x:v>43503</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="B1690" s="3">
-        <x:v>108017.1</x:v>
+        <x:v>108011.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:2">
       <x:c r="A1691" s="2">
-        <x:v>43502</x:v>
+        <x:v>43535</x:v>
       </x:c>
       <x:c r="B1691" s="3">
-        <x:v>108018.65</x:v>
+        <x:v>108012.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:2">
       <x:c r="A1692" s="2">
-        <x:v>43501</x:v>
+        <x:v>43534</x:v>
       </x:c>
       <x:c r="B1692" s="3">
-        <x:v>108018.79</x:v>
+        <x:v>108012.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:2">
       <x:c r="A1693" s="2">
-        <x:v>43500</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="B1693" s="3">
-        <x:v>108018.99</x:v>
+        <x:v>108012.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:2">
       <x:c r="A1694" s="2">
-        <x:v>43499</x:v>
+        <x:v>43530</x:v>
       </x:c>
       <x:c r="B1694" s="3">
-        <x:v>108018.83</x:v>
+        <x:v>108013.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:2">
       <x:c r="A1695" s="2">
-        <x:v>43496</x:v>
+        <x:v>43529</x:v>
       </x:c>
       <x:c r="B1695" s="3">
-        <x:v>108020.32</x:v>
+        <x:v>108011.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:2">
       <x:c r="A1696" s="2">
-        <x:v>43495</x:v>
+        <x:v>43528</x:v>
       </x:c>
       <x:c r="B1696" s="3">
-        <x:v>108023.41</x:v>
+        <x:v>108013.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:2">
       <x:c r="A1697" s="2">
-        <x:v>43494</x:v>
+        <x:v>43527</x:v>
       </x:c>
       <x:c r="B1697" s="3">
-        <x:v>108021.16</x:v>
+        <x:v>108013.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:2">
       <x:c r="A1698" s="2">
-        <x:v>43493</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B1698" s="3">
-        <x:v>108020.98</x:v>
+        <x:v>108015.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:2">
       <x:c r="A1699" s="2">
-        <x:v>43492</x:v>
+        <x:v>43523</x:v>
       </x:c>
       <x:c r="B1699" s="3">
-        <x:v>108022</x:v>
+        <x:v>108014.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:2">
       <x:c r="A1700" s="2">
-        <x:v>43489</x:v>
+        <x:v>43522</x:v>
       </x:c>
       <x:c r="B1700" s="3">
-        <x:v>108024.23</x:v>
+        <x:v>108014.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:2">
       <x:c r="A1701" s="2">
-        <x:v>43488</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="B1701" s="3">
-        <x:v>108023.48</x:v>
+        <x:v>108016.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:2">
       <x:c r="A1702" s="2">
-        <x:v>43487</x:v>
+        <x:v>43520</x:v>
       </x:c>
       <x:c r="B1702" s="3">
-        <x:v>108023.13</x:v>
+        <x:v>108014.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:2">
       <x:c r="A1703" s="2">
-        <x:v>43486</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="B1703" s="3">
-        <x:v>108023.18</x:v>
+        <x:v>108016.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:2">
       <x:c r="A1704" s="2">
-        <x:v>43485</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="B1704" s="3">
-        <x:v>108023.13</x:v>
+        <x:v>108015.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:2">
       <x:c r="A1705" s="2">
-        <x:v>43482</x:v>
+        <x:v>43515</x:v>
       </x:c>
       <x:c r="B1705" s="3">
-        <x:v>108024.96</x:v>
+        <x:v>108014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:2">
       <x:c r="A1706" s="2">
-        <x:v>43481</x:v>
+        <x:v>43514</x:v>
       </x:c>
       <x:c r="B1706" s="3">
-        <x:v>108025.43</x:v>
+        <x:v>108013.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:2">
       <x:c r="A1707" s="2">
-        <x:v>43480</x:v>
+        <x:v>43513</x:v>
       </x:c>
       <x:c r="B1707" s="3">
-        <x:v>108024.9</x:v>
+        <x:v>108013.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:2">
       <x:c r="A1708" s="2">
-        <x:v>43479</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="B1708" s="3">
-        <x:v>108026.02</x:v>
+        <x:v>108015.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:2">
       <x:c r="A1709" s="2">
-        <x:v>43478</x:v>
+        <x:v>43509</x:v>
       </x:c>
       <x:c r="B1709" s="3">
-        <x:v>108026.16</x:v>
+        <x:v>108013.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:2">
       <x:c r="A1710" s="2">
-        <x:v>43475</x:v>
+        <x:v>43508</x:v>
       </x:c>
       <x:c r="B1710" s="3">
-        <x:v>108028.91</x:v>
+        <x:v>108014.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:2">
       <x:c r="A1711" s="2">
-        <x:v>43474</x:v>
+        <x:v>43507</x:v>
       </x:c>
       <x:c r="B1711" s="3">
-        <x:v>108029.43</x:v>
+        <x:v>108014.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:2">
       <x:c r="A1712" s="2">
-        <x:v>43473</x:v>
+        <x:v>43506</x:v>
       </x:c>
       <x:c r="B1712" s="3">
-        <x:v>108030.81</x:v>
+        <x:v>108015.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:2">
       <x:c r="A1713" s="2">
-        <x:v>43472</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="B1713" s="3">
-        <x:v>108031.98</x:v>
+        <x:v>108017.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:2">
       <x:c r="A1714" s="2">
-        <x:v>43471</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="B1714" s="3">
-        <x:v>108032.26</x:v>
+        <x:v>108018.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:2">
       <x:c r="A1715" s="2">
-        <x:v>43468</x:v>
+        <x:v>43501</x:v>
       </x:c>
       <x:c r="B1715" s="3">
-        <x:v>108034.27</x:v>
+        <x:v>108018.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:2">
       <x:c r="A1716" s="2">
-        <x:v>43467</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="B1716" s="3">
-        <x:v>108035.12</x:v>
+        <x:v>108018.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:2">
       <x:c r="A1717" s="2">
-        <x:v>43466</x:v>
+        <x:v>43499</x:v>
       </x:c>
       <x:c r="B1717" s="3">
-        <x:v>108036.24</x:v>
+        <x:v>108018.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:2">
       <x:c r="A1718" s="2">
-        <x:v>43464</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B1718" s="3">
-        <x:v>108036.54</x:v>
+        <x:v>108020.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:2">
       <x:c r="A1719" s="2">
-        <x:v>43461</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="B1719" s="3">
-        <x:v>108040.58</x:v>
+        <x:v>108023.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:2">
       <x:c r="A1720" s="2">
-        <x:v>43460</x:v>
+        <x:v>43494</x:v>
       </x:c>
       <x:c r="B1720" s="3">
-        <x:v>108038.95</x:v>
+        <x:v>108021.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:2">
       <x:c r="A1721" s="2">
-        <x:v>43457</x:v>
+        <x:v>43493</x:v>
       </x:c>
       <x:c r="B1721" s="3">
-        <x:v>108041.1</x:v>
+        <x:v>108020.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:2">
       <x:c r="A1722" s="2">
-        <x:v>43454</x:v>
+        <x:v>43492</x:v>
       </x:c>
       <x:c r="B1722" s="3">
-        <x:v>108047.17</x:v>
+        <x:v>108022</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:2">
       <x:c r="A1723" s="2">
-        <x:v>43453</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="B1723" s="3">
-        <x:v>108048.15</x:v>
+        <x:v>108024.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:2">
       <x:c r="A1724" s="2">
-        <x:v>43452</x:v>
+        <x:v>43488</x:v>
       </x:c>
       <x:c r="B1724" s="3">
-        <x:v>108050.63</x:v>
+        <x:v>108023.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:2">
       <x:c r="A1725" s="2">
-        <x:v>43451</x:v>
+        <x:v>43487</x:v>
       </x:c>
       <x:c r="B1725" s="3">
-        <x:v>108051.7</x:v>
+        <x:v>108023.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:2">
       <x:c r="A1726" s="2">
-        <x:v>43450</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="B1726" s="3">
-        <x:v>108052.32</x:v>
+        <x:v>108023.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:2">
       <x:c r="A1727" s="2">
-        <x:v>43447</x:v>
+        <x:v>43485</x:v>
       </x:c>
       <x:c r="B1727" s="3">
-        <x:v>108054.74</x:v>
+        <x:v>108023.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:2">
       <x:c r="A1728" s="2">
-        <x:v>43446</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="B1728" s="3">
-        <x:v>108056.1</x:v>
+        <x:v>108024.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:2">
       <x:c r="A1729" s="2">
-        <x:v>43445</x:v>
+        <x:v>43481</x:v>
       </x:c>
       <x:c r="B1729" s="3">
-        <x:v>108056.58</x:v>
+        <x:v>108025.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:2">
       <x:c r="A1730" s="2">
-        <x:v>43444</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B1730" s="3">
-        <x:v>108058.95</x:v>
+        <x:v>108024.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:2">
       <x:c r="A1731" s="2">
-        <x:v>43443</x:v>
+        <x:v>43479</x:v>
       </x:c>
       <x:c r="B1731" s="3">
-        <x:v>108060.39</x:v>
+        <x:v>108026.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:2">
       <x:c r="A1732" s="2">
-        <x:v>43440</x:v>
+        <x:v>43478</x:v>
       </x:c>
       <x:c r="B1732" s="3">
-        <x:v>108063.69</x:v>
+        <x:v>108026.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:2">
       <x:c r="A1733" s="2">
-        <x:v>43439</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="B1733" s="3">
-        <x:v>108065.58</x:v>
+        <x:v>108028.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:2">
       <x:c r="A1734" s="2">
-        <x:v>43438</x:v>
+        <x:v>43474</x:v>
       </x:c>
       <x:c r="B1734" s="3">
-        <x:v>108065.32</x:v>
+        <x:v>108029.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:2">
       <x:c r="A1735" s="2">
-        <x:v>43437</x:v>
+        <x:v>43473</x:v>
       </x:c>
       <x:c r="B1735" s="3">
-        <x:v>108067.24</x:v>
+        <x:v>108030.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:2">
       <x:c r="A1736" s="2">
-        <x:v>43436</x:v>
+        <x:v>43472</x:v>
       </x:c>
       <x:c r="B1736" s="3">
-        <x:v>108069.25</x:v>
+        <x:v>108031.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:2">
       <x:c r="A1737" s="2">
-        <x:v>43433</x:v>
+        <x:v>43471</x:v>
       </x:c>
       <x:c r="B1737" s="3">
-        <x:v>108072.64</x:v>
+        <x:v>108032.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:2">
       <x:c r="A1738" s="2">
-        <x:v>43432</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="B1738" s="3">
-        <x:v>108073.87</x:v>
+        <x:v>108034.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:2">
       <x:c r="A1739" s="2">
-        <x:v>43431</x:v>
+        <x:v>43467</x:v>
       </x:c>
       <x:c r="B1739" s="3">
-        <x:v>108075.01</x:v>
+        <x:v>108035.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:2">
       <x:c r="A1740" s="2">
-        <x:v>43430</x:v>
+        <x:v>43466</x:v>
       </x:c>
       <x:c r="B1740" s="3">
-        <x:v>108075.5</x:v>
+        <x:v>108036.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:2">
       <x:c r="A1741" s="2">
-        <x:v>43429</x:v>
+        <x:v>43464</x:v>
       </x:c>
       <x:c r="B1741" s="3">
-        <x:v>108079.13</x:v>
+        <x:v>108036.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:2">
       <x:c r="A1742" s="2">
-        <x:v>43426</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="B1742" s="3">
-        <x:v>108081.87</x:v>
+        <x:v>108040.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:2">
       <x:c r="A1743" s="2">
-        <x:v>43425</x:v>
+        <x:v>43460</x:v>
       </x:c>
       <x:c r="B1743" s="3">
-        <x:v>108083.94</x:v>
+        <x:v>108038.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:2">
       <x:c r="A1744" s="2">
-        <x:v>43424</x:v>
+        <x:v>43457</x:v>
       </x:c>
       <x:c r="B1744" s="3">
-        <x:v>108085.75</x:v>
+        <x:v>108041.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:2">
       <x:c r="A1745" s="2">
-        <x:v>43423</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="B1745" s="3">
-        <x:v>108087.84</x:v>
+        <x:v>108047.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:2">
       <x:c r="A1746" s="2">
-        <x:v>43422</x:v>
+        <x:v>43453</x:v>
       </x:c>
       <x:c r="B1746" s="3">
-        <x:v>108089.65</x:v>
+        <x:v>108048.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:2">
       <x:c r="A1747" s="2">
-        <x:v>43419</x:v>
+        <x:v>43452</x:v>
       </x:c>
       <x:c r="B1747" s="3">
-        <x:v>108092.39</x:v>
+        <x:v>108050.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:2">
       <x:c r="A1748" s="2">
-        <x:v>43418</x:v>
+        <x:v>43451</x:v>
       </x:c>
       <x:c r="B1748" s="3">
-        <x:v>108090.88</x:v>
+        <x:v>108051.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:2">
       <x:c r="A1749" s="2">
-        <x:v>43417</x:v>
+        <x:v>43450</x:v>
       </x:c>
       <x:c r="B1749" s="3">
-        <x:v>108091.76</x:v>
+        <x:v>108052.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:2">
       <x:c r="A1750" s="2">
-        <x:v>43416</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="B1750" s="3">
-        <x:v>108092.54</x:v>
+        <x:v>108054.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:2">
       <x:c r="A1751" s="2">
-        <x:v>43415</x:v>
+        <x:v>43446</x:v>
       </x:c>
       <x:c r="B1751" s="3">
-        <x:v>108093.07</x:v>
+        <x:v>108056.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:2">
       <x:c r="A1752" s="2">
-        <x:v>43412</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="B1752" s="3">
-        <x:v>108095.18</x:v>
+        <x:v>108056.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:2">
       <x:c r="A1753" s="2">
-        <x:v>43411</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="B1753" s="3">
-        <x:v>108097.41</x:v>
+        <x:v>108058.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:2">
       <x:c r="A1754" s="2">
-        <x:v>43410</x:v>
+        <x:v>43443</x:v>
       </x:c>
       <x:c r="B1754" s="3">
-        <x:v>108097.23</x:v>
+        <x:v>108060.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:2">
       <x:c r="A1755" s="2">
-        <x:v>43409</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="B1755" s="3">
-        <x:v>108098.69</x:v>
+        <x:v>108063.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:2">
       <x:c r="A1756" s="2">
-        <x:v>43408</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="B1756" s="3">
-        <x:v>108100.36</x:v>
+        <x:v>108065.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:2">
       <x:c r="A1757" s="2">
-        <x:v>43405</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="B1757" s="3">
-        <x:v>108102</x:v>
+        <x:v>108065.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:2">
       <x:c r="A1758" s="2">
-        <x:v>43403</x:v>
+        <x:v>43437</x:v>
       </x:c>
       <x:c r="B1758" s="3">
-        <x:v>108103.3</x:v>
+        <x:v>108067.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:2">
       <x:c r="A1759" s="2">
-        <x:v>43402</x:v>
+        <x:v>43436</x:v>
       </x:c>
       <x:c r="B1759" s="3">
-        <x:v>108104.18</x:v>
+        <x:v>108069.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:2">
       <x:c r="A1760" s="2">
-        <x:v>43401</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="B1760" s="3">
-        <x:v>108104.95</x:v>
+        <x:v>108072.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:2">
       <x:c r="A1761" s="2">
-        <x:v>43398</x:v>
+        <x:v>43432</x:v>
       </x:c>
       <x:c r="B1761" s="3">
-        <x:v>108107.33</x:v>
+        <x:v>108073.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:2">
       <x:c r="A1762" s="2">
-        <x:v>43397</x:v>
+        <x:v>43431</x:v>
       </x:c>
       <x:c r="B1762" s="3">
-        <x:v>108108.71</x:v>
+        <x:v>108075.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:2">
       <x:c r="A1763" s="2">
-        <x:v>43396</x:v>
+        <x:v>43430</x:v>
       </x:c>
       <x:c r="B1763" s="3">
-        <x:v>108109.49</x:v>
+        <x:v>108075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:2">
       <x:c r="A1764" s="2">
-        <x:v>43395</x:v>
+        <x:v>43429</x:v>
       </x:c>
       <x:c r="B1764" s="3">
-        <x:v>108110.28</x:v>
+        <x:v>108079.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:2">
       <x:c r="A1765" s="2">
-        <x:v>43394</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="B1765" s="3">
-        <x:v>108111.17</x:v>
+        <x:v>108081.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:2">
       <x:c r="A1766" s="2">
-        <x:v>43391</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="B1766" s="3">
-        <x:v>108114.04</x:v>
+        <x:v>108083.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:2">
       <x:c r="A1767" s="2">
-        <x:v>43390</x:v>
+        <x:v>43424</x:v>
       </x:c>
       <x:c r="B1767" s="3">
-        <x:v>108114.96</x:v>
+        <x:v>108085.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:2">
       <x:c r="A1768" s="2">
-        <x:v>43389</x:v>
+        <x:v>43423</x:v>
       </x:c>
       <x:c r="B1768" s="3">
-        <x:v>108116.11</x:v>
+        <x:v>108087.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:2">
       <x:c r="A1769" s="2">
-        <x:v>43388</x:v>
+        <x:v>43422</x:v>
       </x:c>
       <x:c r="B1769" s="3">
-        <x:v>108116.91</x:v>
+        <x:v>108089.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:2">
       <x:c r="A1770" s="2">
-        <x:v>43387</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B1770" s="3">
-        <x:v>108117.19</x:v>
+        <x:v>108092.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:2">
       <x:c r="A1771" s="2">
-        <x:v>43384</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="B1771" s="3">
-        <x:v>108119.71</x:v>
+        <x:v>108090.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:2">
       <x:c r="A1772" s="2">
-        <x:v>43383</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="B1772" s="3">
-        <x:v>108120.19</x:v>
+        <x:v>108091.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:2">
       <x:c r="A1773" s="2">
-        <x:v>43382</x:v>
+        <x:v>43416</x:v>
       </x:c>
       <x:c r="B1773" s="3">
-        <x:v>108121.43</x:v>
+        <x:v>108092.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:2">
       <x:c r="A1774" s="2">
-        <x:v>43381</x:v>
+        <x:v>43415</x:v>
       </x:c>
       <x:c r="B1774" s="3">
-        <x:v>108121.57</x:v>
+        <x:v>108093.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:2">
       <x:c r="A1775" s="2">
-        <x:v>43380</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="B1775" s="3">
-        <x:v>108122.99</x:v>
+        <x:v>108095.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:2">
       <x:c r="A1776" s="2">
-        <x:v>43377</x:v>
+        <x:v>43411</x:v>
       </x:c>
       <x:c r="B1776" s="3">
-        <x:v>108126.08</x:v>
+        <x:v>108097.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:2">
       <x:c r="A1777" s="2">
-        <x:v>43376</x:v>
+        <x:v>43410</x:v>
       </x:c>
       <x:c r="B1777" s="3">
-        <x:v>108126.68</x:v>
+        <x:v>108097.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:2">
       <x:c r="A1778" s="2">
-        <x:v>43375</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="B1778" s="3">
-        <x:v>108126.79</x:v>
+        <x:v>108098.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:2">
       <x:c r="A1779" s="2">
-        <x:v>43374</x:v>
+        <x:v>43408</x:v>
       </x:c>
       <x:c r="B1779" s="3">
-        <x:v>108127.54</x:v>
+        <x:v>108100.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:2">
       <x:c r="A1780" s="2">
-        <x:v>43373</x:v>
+        <x:v>43405</x:v>
       </x:c>
       <x:c r="B1780" s="3">
-        <x:v>108128.26</x:v>
+        <x:v>108102</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:2">
       <x:c r="A1781" s="2">
-        <x:v>43371</x:v>
+        <x:v>43403</x:v>
       </x:c>
       <x:c r="B1781" s="3">
-        <x:v>108129.09</x:v>
+        <x:v>108103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:2">
       <x:c r="A1782" s="2">
-        <x:v>43370</x:v>
+        <x:v>43402</x:v>
       </x:c>
       <x:c r="B1782" s="3">
-        <x:v>108131.53</x:v>
+        <x:v>108104.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:2">
       <x:c r="A1783" s="2">
-        <x:v>43369</x:v>
+        <x:v>43401</x:v>
       </x:c>
       <x:c r="B1783" s="3">
-        <x:v>108133.36</x:v>
+        <x:v>108104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:2">
       <x:c r="A1784" s="2">
-        <x:v>43368</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="B1784" s="3">
-        <x:v>108134.23</x:v>
+        <x:v>108107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:2">
       <x:c r="A1785" s="2">
-        <x:v>43367</x:v>
+        <x:v>43397</x:v>
       </x:c>
       <x:c r="B1785" s="3">
-        <x:v>108135.67</x:v>
+        <x:v>108108.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:2">
       <x:c r="A1786" s="2">
-        <x:v>43366</x:v>
+        <x:v>43396</x:v>
       </x:c>
       <x:c r="B1786" s="3">
-        <x:v>108136.15</x:v>
+        <x:v>108109.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:2">
       <x:c r="A1787" s="2">
-        <x:v>43363</x:v>
+        <x:v>43395</x:v>
       </x:c>
       <x:c r="B1787" s="3">
-        <x:v>108138.58</x:v>
+        <x:v>108110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:2">
       <x:c r="A1788" s="2">
-        <x:v>43362</x:v>
+        <x:v>43394</x:v>
       </x:c>
       <x:c r="B1788" s="3">
-        <x:v>108139.25</x:v>
+        <x:v>108111.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:2">
       <x:c r="A1789" s="2">
-        <x:v>43361</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="B1789" s="3">
-        <x:v>108140.65</x:v>
+        <x:v>108114.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:2">
       <x:c r="A1790" s="2">
-        <x:v>43360</x:v>
+        <x:v>43390</x:v>
       </x:c>
       <x:c r="B1790" s="3">
-        <x:v>108141.21</x:v>
+        <x:v>108114.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:2">
       <x:c r="A1791" s="2">
-        <x:v>43359</x:v>
+        <x:v>43389</x:v>
       </x:c>
       <x:c r="B1791" s="3">
-        <x:v>108141.59</x:v>
+        <x:v>108116.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:2">
       <x:c r="A1792" s="2">
-        <x:v>43356</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B1792" s="3">
-        <x:v>108143.52</x:v>
+        <x:v>108116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:2">
       <x:c r="A1793" s="2">
-        <x:v>43355</x:v>
+        <x:v>43387</x:v>
       </x:c>
       <x:c r="B1793" s="3">
-        <x:v>108144.51</x:v>
+        <x:v>108117.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:2">
       <x:c r="A1794" s="2">
-        <x:v>43354</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="B1794" s="3">
-        <x:v>108145.02</x:v>
+        <x:v>108119.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:2">
       <x:c r="A1795" s="2">
-        <x:v>43353</x:v>
+        <x:v>43383</x:v>
       </x:c>
       <x:c r="B1795" s="3">
-        <x:v>108146.27</x:v>
+        <x:v>108120.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:2">
       <x:c r="A1796" s="2">
-        <x:v>43352</x:v>
+        <x:v>43382</x:v>
       </x:c>
       <x:c r="B1796" s="3">
-        <x:v>108146.54</x:v>
+        <x:v>108121.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:2">
       <x:c r="A1797" s="2">
-        <x:v>43349</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="B1797" s="3">
-        <x:v>108149.27</x:v>
+        <x:v>108121.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:2">
       <x:c r="A1798" s="2">
-        <x:v>43348</x:v>
+        <x:v>43380</x:v>
       </x:c>
       <x:c r="B1798" s="3">
-        <x:v>108150.59</x:v>
+        <x:v>108122.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:2">
       <x:c r="A1799" s="2">
-        <x:v>43347</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="B1799" s="3">
-        <x:v>108150.28</x:v>
+        <x:v>108126.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:2">
       <x:c r="A1800" s="2">
-        <x:v>43346</x:v>
+        <x:v>43376</x:v>
       </x:c>
       <x:c r="B1800" s="3">
-        <x:v>108151.97</x:v>
+        <x:v>108126.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:2">
       <x:c r="A1801" s="2">
-        <x:v>43345</x:v>
+        <x:v>43375</x:v>
       </x:c>
       <x:c r="B1801" s="3">
-        <x:v>108152.16</x:v>
+        <x:v>108126.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:2">
       <x:c r="A1802" s="2">
-        <x:v>43342</x:v>
+        <x:v>43374</x:v>
       </x:c>
       <x:c r="B1802" s="3">
-        <x:v>108155.36</x:v>
+        <x:v>108127.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:2">
       <x:c r="A1803" s="2">
-        <x:v>43341</x:v>
+        <x:v>43373</x:v>
       </x:c>
       <x:c r="B1803" s="3">
-        <x:v>108156.6</x:v>
+        <x:v>108128.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:2">
       <x:c r="A1804" s="2">
-        <x:v>43340</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B1804" s="3">
-        <x:v>108157.55</x:v>
+        <x:v>108129.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:2">
       <x:c r="A1805" s="2">
-        <x:v>43339</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="B1805" s="3">
-        <x:v>108158.6</x:v>
+        <x:v>108131.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:2">
       <x:c r="A1806" s="2">
-        <x:v>43338</x:v>
+        <x:v>43369</x:v>
       </x:c>
       <x:c r="B1806" s="3">
-        <x:v>108159.76</x:v>
+        <x:v>108133.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:2">
       <x:c r="A1807" s="2">
-        <x:v>43335</x:v>
+        <x:v>43368</x:v>
       </x:c>
       <x:c r="B1807" s="3">
-        <x:v>108162.78</x:v>
+        <x:v>108134.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:2">
       <x:c r="A1808" s="2">
-        <x:v>43334</x:v>
+        <x:v>43367</x:v>
       </x:c>
       <x:c r="B1808" s="3">
-        <x:v>108163.65</x:v>
+        <x:v>108135.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:2">
       <x:c r="A1809" s="2">
-        <x:v>43333</x:v>
+        <x:v>43366</x:v>
       </x:c>
       <x:c r="B1809" s="3">
-        <x:v>108165.27</x:v>
+        <x:v>108136.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:2">
       <x:c r="A1810" s="2">
-        <x:v>43332</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="B1810" s="3">
-        <x:v>108165.29</x:v>
+        <x:v>108138.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:2">
       <x:c r="A1811" s="2">
-        <x:v>43331</x:v>
+        <x:v>43362</x:v>
       </x:c>
       <x:c r="B1811" s="3">
-        <x:v>108166.09</x:v>
+        <x:v>108139.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:2">
       <x:c r="A1812" s="2">
-        <x:v>43328</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="B1812" s="3">
-        <x:v>108168.22</x:v>
+        <x:v>108140.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:2">
       <x:c r="A1813" s="2">
-        <x:v>43327</x:v>
+        <x:v>43360</x:v>
       </x:c>
       <x:c r="B1813" s="3">
-        <x:v>108168.82</x:v>
+        <x:v>108141.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:2">
       <x:c r="A1814" s="2">
-        <x:v>43325</x:v>
+        <x:v>43359</x:v>
       </x:c>
       <x:c r="B1814" s="3">
-        <x:v>108170.8</x:v>
+        <x:v>108141.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:2">
       <x:c r="A1815" s="2">
-        <x:v>43324</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="B1815" s="3">
-        <x:v>108171.23</x:v>
+        <x:v>108143.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:2">
       <x:c r="A1816" s="2">
-        <x:v>43322</x:v>
+        <x:v>43355</x:v>
       </x:c>
       <x:c r="B1816" s="3">
-        <x:v>108171.23</x:v>
+        <x:v>108144.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:2">
       <x:c r="A1817" s="2">
-        <x:v>43321</x:v>
+        <x:v>43354</x:v>
       </x:c>
       <x:c r="B1817" s="3">
-        <x:v>108174.22</x:v>
+        <x:v>108145.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:2">
       <x:c r="A1818" s="2">
-        <x:v>43320</x:v>
+        <x:v>43353</x:v>
       </x:c>
       <x:c r="B1818" s="3">
-        <x:v>108175.09</x:v>
+        <x:v>108146.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:2">
       <x:c r="A1819" s="2">
-        <x:v>43319</x:v>
+        <x:v>43352</x:v>
       </x:c>
       <x:c r="B1819" s="3">
-        <x:v>108175.37</x:v>
+        <x:v>108146.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:2">
       <x:c r="A1820" s="2">
-        <x:v>43318</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="B1820" s="3">
-        <x:v>108176.61</x:v>
+        <x:v>108149.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:2">
       <x:c r="A1821" s="2">
-        <x:v>43317</x:v>
+        <x:v>43348</x:v>
       </x:c>
       <x:c r="B1821" s="3">
-        <x:v>108177.97</x:v>
+        <x:v>108150.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:2">
       <x:c r="A1822" s="2">
-        <x:v>43314</x:v>
+        <x:v>43347</x:v>
       </x:c>
       <x:c r="B1822" s="3">
-        <x:v>108181.2</x:v>
+        <x:v>108150.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:2">
       <x:c r="A1823" s="2">
-        <x:v>43313</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="B1823" s="3">
-        <x:v>108181.92</x:v>
+        <x:v>108151.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:2">
       <x:c r="A1824" s="2">
-        <x:v>43312</x:v>
+        <x:v>43345</x:v>
       </x:c>
       <x:c r="B1824" s="3">
-        <x:v>108182.79</x:v>
+        <x:v>108152.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:2">
       <x:c r="A1825" s="2">
-        <x:v>43311</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="B1825" s="3">
-        <x:v>108183.29</x:v>
+        <x:v>108155.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:2">
       <x:c r="A1826" s="2">
-        <x:v>43310</x:v>
+        <x:v>43341</x:v>
       </x:c>
       <x:c r="B1826" s="3">
-        <x:v>108184.12</x:v>
+        <x:v>108156.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:2">
       <x:c r="A1827" s="2">
-        <x:v>43307</x:v>
+        <x:v>43340</x:v>
       </x:c>
       <x:c r="B1827" s="3">
-        <x:v>108186.51</x:v>
+        <x:v>108157.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:2">
       <x:c r="A1828" s="2">
-        <x:v>43306</x:v>
+        <x:v>43339</x:v>
       </x:c>
       <x:c r="B1828" s="3">
-        <x:v>108187.43</x:v>
+        <x:v>108158.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:2">
       <x:c r="A1829" s="2">
-        <x:v>43305</x:v>
+        <x:v>43338</x:v>
       </x:c>
       <x:c r="B1829" s="3">
-        <x:v>108188.02</x:v>
+        <x:v>108159.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:2">
       <x:c r="A1830" s="2">
-        <x:v>43304</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="B1830" s="3">
-        <x:v>108188.63</x:v>
+        <x:v>108162.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:2">
       <x:c r="A1831" s="2">
-        <x:v>43303</x:v>
+        <x:v>43334</x:v>
       </x:c>
       <x:c r="B1831" s="3">
-        <x:v>108190.65</x:v>
+        <x:v>108163.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:2">
       <x:c r="A1832" s="2">
-        <x:v>43300</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="B1832" s="3">
-        <x:v>108192.84</x:v>
+        <x:v>108165.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:2">
       <x:c r="A1833" s="2">
-        <x:v>43299</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="B1833" s="3">
-        <x:v>108193.17</x:v>
+        <x:v>108165.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:2">
       <x:c r="A1834" s="2">
-        <x:v>43298</x:v>
+        <x:v>43331</x:v>
       </x:c>
       <x:c r="B1834" s="3">
-        <x:v>108194.77</x:v>
+        <x:v>108166.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:2">
       <x:c r="A1835" s="2">
-        <x:v>43297</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="B1835" s="3">
-        <x:v>108195.83</x:v>
+        <x:v>108168.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:2">
       <x:c r="A1836" s="2">
-        <x:v>43296</x:v>
+        <x:v>43327</x:v>
       </x:c>
       <x:c r="B1836" s="3">
-        <x:v>108196.14</x:v>
+        <x:v>108168.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:2">
       <x:c r="A1837" s="2">
-        <x:v>43293</x:v>
+        <x:v>43325</x:v>
       </x:c>
       <x:c r="B1837" s="3">
-        <x:v>108197.73</x:v>
+        <x:v>108170.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:2">
       <x:c r="A1838" s="2">
-        <x:v>43292</x:v>
+        <x:v>43324</x:v>
       </x:c>
       <x:c r="B1838" s="3">
-        <x:v>108198.34</x:v>
+        <x:v>108171.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:2">
       <x:c r="A1839" s="2">
-        <x:v>43291</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="B1839" s="3">
-        <x:v>108200.27</x:v>
+        <x:v>108171.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:2">
       <x:c r="A1840" s="2">
-        <x:v>43290</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="B1840" s="3">
-        <x:v>108201.54</x:v>
+        <x:v>108174.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:2">
       <x:c r="A1841" s="2">
-        <x:v>43289</x:v>
+        <x:v>43320</x:v>
       </x:c>
       <x:c r="B1841" s="3">
-        <x:v>108203.26</x:v>
+        <x:v>108175.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:2">
       <x:c r="A1842" s="2">
-        <x:v>43286</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="B1842" s="3">
-        <x:v>108206.8</x:v>
+        <x:v>108175.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:2">
       <x:c r="A1843" s="2">
-        <x:v>43285</x:v>
+        <x:v>43318</x:v>
       </x:c>
       <x:c r="B1843" s="3">
-        <x:v>108207.83</x:v>
+        <x:v>108176.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:2">
       <x:c r="A1844" s="2">
-        <x:v>43284</x:v>
+        <x:v>43317</x:v>
       </x:c>
       <x:c r="B1844" s="3">
-        <x:v>108208.83</x:v>
+        <x:v>108177.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:2">
       <x:c r="A1845" s="2">
-        <x:v>43283</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="B1845" s="3">
-        <x:v>108209.75</x:v>
+        <x:v>108181.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:2">
       <x:c r="A1846" s="2">
-        <x:v>43282</x:v>
+        <x:v>43313</x:v>
       </x:c>
       <x:c r="B1846" s="3">
-        <x:v>108210.71</x:v>
+        <x:v>108181.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:2">
       <x:c r="A1847" s="2">
-        <x:v>43279</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B1847" s="3">
-        <x:v>108213.76</x:v>
+        <x:v>108182.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:2">
       <x:c r="A1848" s="2">
-        <x:v>43278</x:v>
+        <x:v>43311</x:v>
       </x:c>
       <x:c r="B1848" s="3">
-        <x:v>108215.19</x:v>
+        <x:v>108183.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:2">
       <x:c r="A1849" s="2">
-        <x:v>43277</x:v>
+        <x:v>43310</x:v>
       </x:c>
       <x:c r="B1849" s="3">
-        <x:v>108216.31</x:v>
+        <x:v>108184.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:2">
       <x:c r="A1850" s="2">
-        <x:v>43276</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="B1850" s="3">
-        <x:v>108217.43</x:v>
+        <x:v>108186.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:2">
       <x:c r="A1851" s="2">
-        <x:v>43275</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="B1851" s="3">
-        <x:v>108218.51</x:v>
+        <x:v>108187.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:2">
       <x:c r="A1852" s="2">
-        <x:v>43272</x:v>
+        <x:v>43305</x:v>
       </x:c>
       <x:c r="B1852" s="3">
-        <x:v>108223.38</x:v>
+        <x:v>108188.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:2">
       <x:c r="A1853" s="2">
-        <x:v>43271</x:v>
+        <x:v>43304</x:v>
       </x:c>
       <x:c r="B1853" s="3">
-        <x:v>108225.03</x:v>
+        <x:v>108188.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:2">
       <x:c r="A1854" s="2">
-        <x:v>43270</x:v>
+        <x:v>43303</x:v>
       </x:c>
       <x:c r="B1854" s="3">
-        <x:v>108226.08</x:v>
+        <x:v>108190.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:2">
       <x:c r="A1855" s="2">
-        <x:v>43269</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="B1855" s="3">
-        <x:v>108225.95</x:v>
+        <x:v>108192.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:2">
       <x:c r="A1856" s="2">
-        <x:v>43268</x:v>
+        <x:v>43299</x:v>
       </x:c>
       <x:c r="B1856" s="3">
-        <x:v>108226.94</x:v>
+        <x:v>108193.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:2">
       <x:c r="A1857" s="2">
-        <x:v>43265</x:v>
+        <x:v>43298</x:v>
       </x:c>
       <x:c r="B1857" s="3">
-        <x:v>108229.71</x:v>
+        <x:v>108194.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:2">
       <x:c r="A1858" s="2">
-        <x:v>43264</x:v>
+        <x:v>43297</x:v>
       </x:c>
       <x:c r="B1858" s="3">
-        <x:v>108229.6</x:v>
+        <x:v>108195.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:2">
       <x:c r="A1859" s="2">
-        <x:v>43263</x:v>
+        <x:v>43296</x:v>
       </x:c>
       <x:c r="B1859" s="3">
-        <x:v>108231.51</x:v>
+        <x:v>108196.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:2">
       <x:c r="A1860" s="2">
-        <x:v>43262</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="B1860" s="3">
-        <x:v>108233.23</x:v>
+        <x:v>108197.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:2">
       <x:c r="A1861" s="2">
-        <x:v>43261</x:v>
+        <x:v>43292</x:v>
       </x:c>
       <x:c r="B1861" s="3">
-        <x:v>108233.36</x:v>
+        <x:v>108198.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:2">
       <x:c r="A1862" s="2">
-        <x:v>43258</x:v>
+        <x:v>43291</x:v>
       </x:c>
       <x:c r="B1862" s="3">
-        <x:v>108237.09</x:v>
+        <x:v>108200.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:2">
       <x:c r="A1863" s="2">
-        <x:v>43257</x:v>
+        <x:v>43290</x:v>
       </x:c>
       <x:c r="B1863" s="3">
-        <x:v>108237.78</x:v>
+        <x:v>108201.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:2">
       <x:c r="A1864" s="2">
-        <x:v>43256</x:v>
+        <x:v>43289</x:v>
       </x:c>
       <x:c r="B1864" s="3">
-        <x:v>108238.49</x:v>
+        <x:v>108203.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:2">
       <x:c r="A1865" s="2">
-        <x:v>43255</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="B1865" s="3">
-        <x:v>108240.31</x:v>
+        <x:v>108206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:2">
       <x:c r="A1866" s="2">
-        <x:v>43254</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="B1866" s="3">
-        <x:v>108241.9</x:v>
+        <x:v>108207.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:2">
       <x:c r="A1867" s="2">
-        <x:v>43251</x:v>
+        <x:v>43284</x:v>
       </x:c>
       <x:c r="B1867" s="3">
-        <x:v>108246.11</x:v>
+        <x:v>108208.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:2">
       <x:c r="A1868" s="2">
-        <x:v>43250</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="B1868" s="3">
-        <x:v>108247.72</x:v>
+        <x:v>108209.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:2">
       <x:c r="A1869" s="2">
-        <x:v>43249</x:v>
+        <x:v>43282</x:v>
       </x:c>
       <x:c r="B1869" s="3">
-        <x:v>108253.28</x:v>
+        <x:v>108210.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:2">
       <x:c r="A1870" s="2">
-        <x:v>43248</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="B1870" s="3">
-        <x:v>108254.74</x:v>
+        <x:v>108213.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:2">
       <x:c r="A1871" s="2">
-        <x:v>43247</x:v>
+        <x:v>43278</x:v>
       </x:c>
       <x:c r="B1871" s="3">
-        <x:v>108257.82</x:v>
+        <x:v>108215.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:2">
       <x:c r="A1872" s="2">
-        <x:v>43244</x:v>
+        <x:v>43277</x:v>
       </x:c>
       <x:c r="B1872" s="3">
-        <x:v>108260.99</x:v>
+        <x:v>108216.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:2">
       <x:c r="A1873" s="2">
-        <x:v>43243</x:v>
+        <x:v>43276</x:v>
       </x:c>
       <x:c r="B1873" s="3">
-        <x:v>108263.65</x:v>
+        <x:v>108217.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:2">
       <x:c r="A1874" s="2">
-        <x:v>43242</x:v>
+        <x:v>43275</x:v>
       </x:c>
       <x:c r="B1874" s="3">
-        <x:v>108264.18</x:v>
+        <x:v>108218.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:2">
       <x:c r="A1875" s="2">
-        <x:v>43241</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="B1875" s="3">
-        <x:v>108265.36</x:v>
+        <x:v>108223.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:2">
       <x:c r="A1876" s="2">
-        <x:v>43237</x:v>
+        <x:v>43271</x:v>
       </x:c>
       <x:c r="B1876" s="3">
-        <x:v>108269.28</x:v>
+        <x:v>108225.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:2">
       <x:c r="A1877" s="2">
-        <x:v>43236</x:v>
+        <x:v>43270</x:v>
       </x:c>
       <x:c r="B1877" s="3">
-        <x:v>108270.45</x:v>
+        <x:v>108226.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:2">
       <x:c r="A1878" s="2">
-        <x:v>43235</x:v>
+        <x:v>43269</x:v>
       </x:c>
       <x:c r="B1878" s="3">
-        <x:v>108271.79</x:v>
+        <x:v>108225.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:2">
       <x:c r="A1879" s="2">
-        <x:v>43234</x:v>
+        <x:v>43268</x:v>
       </x:c>
       <x:c r="B1879" s="3">
-        <x:v>108272.67</x:v>
+        <x:v>108226.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:2">
       <x:c r="A1880" s="2">
-        <x:v>43233</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="B1880" s="3">
-        <x:v>108273.07</x:v>
+        <x:v>108229.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:2">
       <x:c r="A1881" s="2">
-        <x:v>43231</x:v>
+        <x:v>43264</x:v>
       </x:c>
       <x:c r="B1881" s="3">
-        <x:v>108273.07</x:v>
+        <x:v>108229.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:2">
       <x:c r="A1882" s="2">
-        <x:v>43230</x:v>
+        <x:v>43263</x:v>
       </x:c>
       <x:c r="B1882" s="3">
-        <x:v>108277.86</x:v>
+        <x:v>108231.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:2">
       <x:c r="A1883" s="2">
-        <x:v>43228</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="B1883" s="3">
-        <x:v>108279.75</x:v>
+        <x:v>108233.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:2">
       <x:c r="A1884" s="2">
-        <x:v>43226</x:v>
+        <x:v>43261</x:v>
       </x:c>
       <x:c r="B1884" s="3">
-        <x:v>108281.56</x:v>
+        <x:v>108233.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:2">
       <x:c r="A1885" s="2">
-        <x:v>43223</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="B1885" s="3">
-        <x:v>108284.41</x:v>
+        <x:v>108237.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:2">
       <x:c r="A1886" s="2">
-        <x:v>43222</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="B1886" s="3">
-        <x:v>108284.96</x:v>
+        <x:v>108237.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:2">
       <x:c r="A1887" s="2">
-        <x:v>43221</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="B1887" s="3">
-        <x:v>108285.8</x:v>
+        <x:v>108238.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:2">
       <x:c r="A1888" s="2">
-        <x:v>43219</x:v>
+        <x:v>43255</x:v>
       </x:c>
       <x:c r="B1888" s="3">
-        <x:v>108287.8</x:v>
+        <x:v>108240.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:2">
       <x:c r="A1889" s="2">
-        <x:v>43216</x:v>
+        <x:v>43254</x:v>
       </x:c>
       <x:c r="B1889" s="3">
-        <x:v>108290.41</x:v>
+        <x:v>108241.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:2">
       <x:c r="A1890" s="2">
-        <x:v>43215</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B1890" s="3">
-        <x:v>108292.33</x:v>
+        <x:v>108246.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:2">
       <x:c r="A1891" s="2">
-        <x:v>43214</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="B1891" s="3">
-        <x:v>108293.27</x:v>
+        <x:v>108247.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:2">
       <x:c r="A1892" s="2">
-        <x:v>43213</x:v>
+        <x:v>43249</x:v>
       </x:c>
       <x:c r="B1892" s="3">
-        <x:v>108294.09</x:v>
+        <x:v>108253.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:2">
       <x:c r="A1893" s="2">
-        <x:v>43212</x:v>
+        <x:v>43248</x:v>
       </x:c>
       <x:c r="B1893" s="3">
-        <x:v>108295.11</x:v>
+        <x:v>108254.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:2">
       <x:c r="A1894" s="2">
-        <x:v>43209</x:v>
+        <x:v>43247</x:v>
       </x:c>
       <x:c r="B1894" s="3">
-        <x:v>108297.76</x:v>
+        <x:v>108257.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:2">
       <x:c r="A1895" s="2">
-        <x:v>43208</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="B1895" s="3">
-        <x:v>108298.88</x:v>
+        <x:v>108260.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:2">
       <x:c r="A1896" s="2">
-        <x:v>43207</x:v>
+        <x:v>43243</x:v>
       </x:c>
       <x:c r="B1896" s="3">
-        <x:v>108299.85</x:v>
+        <x:v>108263.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:2">
       <x:c r="A1897" s="2">
-        <x:v>43206</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="B1897" s="3">
-        <x:v>108300.72</x:v>
+        <x:v>108264.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:2">
       <x:c r="A1898" s="2">
-        <x:v>43205</x:v>
+        <x:v>43241</x:v>
       </x:c>
       <x:c r="B1898" s="3">
-        <x:v>108301.5</x:v>
+        <x:v>108265.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:2">
       <x:c r="A1899" s="2">
-        <x:v>43202</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="B1899" s="3">
-        <x:v>108304.1</x:v>
+        <x:v>108269.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:2">
       <x:c r="A1900" s="2">
-        <x:v>43201</x:v>
+        <x:v>43236</x:v>
       </x:c>
       <x:c r="B1900" s="3">
-        <x:v>108304.76</x:v>
+        <x:v>108270.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:2">
       <x:c r="A1901" s="2">
-        <x:v>43200</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B1901" s="3">
-        <x:v>108305.87</x:v>
+        <x:v>108271.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:2">
       <x:c r="A1902" s="2">
-        <x:v>43199</x:v>
+        <x:v>43234</x:v>
       </x:c>
       <x:c r="B1902" s="3">
-        <x:v>108306.64</x:v>
+        <x:v>108272.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:2">
       <x:c r="A1903" s="2">
-        <x:v>43198</x:v>
+        <x:v>43233</x:v>
       </x:c>
       <x:c r="B1903" s="3">
-        <x:v>108306.56</x:v>
+        <x:v>108273.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:2">
       <x:c r="A1904" s="2">
-        <x:v>43195</x:v>
+        <x:v>43231</x:v>
       </x:c>
       <x:c r="B1904" s="3">
-        <x:v>108310.05</x:v>
+        <x:v>108273.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:2">
       <x:c r="A1905" s="2">
-        <x:v>43194</x:v>
+        <x:v>43230</x:v>
       </x:c>
       <x:c r="B1905" s="3">
-        <x:v>108310.73</x:v>
+        <x:v>108277.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:2">
       <x:c r="A1906" s="2">
-        <x:v>43193</x:v>
+        <x:v>43228</x:v>
       </x:c>
       <x:c r="B1906" s="3">
-        <x:v>108311.73</x:v>
+        <x:v>108279.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:2">
       <x:c r="A1907" s="2">
-        <x:v>43192</x:v>
+        <x:v>43226</x:v>
       </x:c>
       <x:c r="B1907" s="3">
-        <x:v>108313.25</x:v>
+        <x:v>108281.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:2">
       <x:c r="A1908" s="2">
-        <x:v>43187</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="B1908" s="3">
-        <x:v>108317.79</x:v>
+        <x:v>108284.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:2">
       <x:c r="A1909" s="2">
-        <x:v>43186</x:v>
+        <x:v>43222</x:v>
       </x:c>
       <x:c r="B1909" s="3">
-        <x:v>108318.3</x:v>
+        <x:v>108284.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:2">
       <x:c r="A1910" s="2">
-        <x:v>43185</x:v>
+        <x:v>43221</x:v>
       </x:c>
       <x:c r="B1910" s="3">
-        <x:v>108319.97</x:v>
+        <x:v>108285.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:2">
       <x:c r="A1911" s="2">
-        <x:v>43184</x:v>
+        <x:v>43219</x:v>
       </x:c>
       <x:c r="B1911" s="3">
-        <x:v>108320.99</x:v>
+        <x:v>108287.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:2">
       <x:c r="A1912" s="2">
-        <x:v>43181</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="B1912" s="3">
-        <x:v>108323.67</x:v>
+        <x:v>108290.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:2">
       <x:c r="A1913" s="2">
-        <x:v>43180</x:v>
+        <x:v>43215</x:v>
       </x:c>
       <x:c r="B1913" s="3">
-        <x:v>108324.79</x:v>
+        <x:v>108292.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:2">
       <x:c r="A1914" s="2">
-        <x:v>43179</x:v>
+        <x:v>43214</x:v>
       </x:c>
       <x:c r="B1914" s="3">
-        <x:v>108325.63</x:v>
+        <x:v>108293.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:2">
       <x:c r="A1915" s="2">
-        <x:v>43178</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B1915" s="3">
-        <x:v>108326.52</x:v>
+        <x:v>108294.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:2">
       <x:c r="A1916" s="2">
-        <x:v>43177</x:v>
+        <x:v>43212</x:v>
       </x:c>
       <x:c r="B1916" s="3">
-        <x:v>108327.27</x:v>
+        <x:v>108295.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:2">
       <x:c r="A1917" s="2">
-        <x:v>43174</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="B1917" s="3">
-        <x:v>108330.35</x:v>
+        <x:v>108297.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:2">
       <x:c r="A1918" s="2">
-        <x:v>43173</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="B1918" s="3">
-        <x:v>108331.08</x:v>
+        <x:v>108298.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1919" spans="1:2">
       <x:c r="A1919" s="2">
-        <x:v>43172</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="B1919" s="3">
-        <x:v>108331.92</x:v>
+        <x:v>108299.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:2">
       <x:c r="A1920" s="2">
-        <x:v>43171</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="B1920" s="3">
-        <x:v>108333.12</x:v>
+        <x:v>108300.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:2">
       <x:c r="A1921" s="2">
-        <x:v>43170</x:v>
+        <x:v>43205</x:v>
       </x:c>
       <x:c r="B1921" s="3">
-        <x:v>108333.98</x:v>
+        <x:v>108301.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:2">
       <x:c r="A1922" s="2">
-        <x:v>43167</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="B1922" s="3">
-        <x:v>108336.68</x:v>
+        <x:v>108304.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:2">
       <x:c r="A1923" s="2">
-        <x:v>43166</x:v>
+        <x:v>43201</x:v>
       </x:c>
       <x:c r="B1923" s="3">
-        <x:v>108337.26</x:v>
+        <x:v>108304.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:2">
       <x:c r="A1924" s="2">
-        <x:v>43165</x:v>
+        <x:v>43200</x:v>
       </x:c>
       <x:c r="B1924" s="3">
-        <x:v>108338.66</x:v>
+        <x:v>108305.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:2">
       <x:c r="A1925" s="2">
-        <x:v>43164</x:v>
+        <x:v>43199</x:v>
       </x:c>
       <x:c r="B1925" s="3">
-        <x:v>108339.24</x:v>
+        <x:v>108306.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1926" spans="1:2">
       <x:c r="A1926" s="2">
-        <x:v>43163</x:v>
+        <x:v>43198</x:v>
       </x:c>
       <x:c r="B1926" s="3">
-        <x:v>108339.8</x:v>
+        <x:v>108306.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1927" spans="1:2">
       <x:c r="A1927" s="2">
-        <x:v>43160</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="B1927" s="3">
-        <x:v>108342.66</x:v>
+        <x:v>108310.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1928" spans="1:2">
       <x:c r="A1928" s="2">
-        <x:v>43159</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="B1928" s="3">
-        <x:v>108343.4</x:v>
+        <x:v>108310.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1929" spans="1:2">
       <x:c r="A1929" s="2">
-        <x:v>43158</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="B1929" s="3">
-        <x:v>108344</x:v>
+        <x:v>108311.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1930" spans="1:2">
       <x:c r="A1930" s="2">
-        <x:v>43157</x:v>
+        <x:v>43192</x:v>
       </x:c>
       <x:c r="B1930" s="3">
-        <x:v>108344.6</x:v>
+        <x:v>108313.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1931" spans="1:2">
       <x:c r="A1931" s="2">
-        <x:v>43156</x:v>
+        <x:v>43187</x:v>
       </x:c>
       <x:c r="B1931" s="3">
-        <x:v>108344.75</x:v>
+        <x:v>108317.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1932" spans="1:2">
       <x:c r="A1932" s="2">
-        <x:v>43153</x:v>
+        <x:v>43186</x:v>
       </x:c>
       <x:c r="B1932" s="3">
-        <x:v>108348.41</x:v>
+        <x:v>108318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1933" spans="1:2">
       <x:c r="A1933" s="2">
-        <x:v>43152</x:v>
+        <x:v>43185</x:v>
       </x:c>
       <x:c r="B1933" s="3">
-        <x:v>108349.83</x:v>
+        <x:v>108319.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1934" spans="1:2">
       <x:c r="A1934" s="2">
-        <x:v>43151</x:v>
+        <x:v>43184</x:v>
       </x:c>
       <x:c r="B1934" s="3">
-        <x:v>108351.31</x:v>
+        <x:v>108320.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1935" spans="1:2">
       <x:c r="A1935" s="2">
-        <x:v>43150</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="B1935" s="3">
-        <x:v>108352.3</x:v>
+        <x:v>108323.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1936" spans="1:2">
       <x:c r="A1936" s="2">
-        <x:v>43149</x:v>
+        <x:v>43180</x:v>
       </x:c>
       <x:c r="B1936" s="3">
-        <x:v>108353.26</x:v>
+        <x:v>108324.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1937" spans="1:2">
       <x:c r="A1937" s="2">
-        <x:v>43146</x:v>
+        <x:v>43179</x:v>
       </x:c>
       <x:c r="B1937" s="3">
-        <x:v>108355.78</x:v>
+        <x:v>108325.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1938" spans="1:2">
       <x:c r="A1938" s="2">
-        <x:v>43145</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="B1938" s="3">
-        <x:v>108356.94</x:v>
+        <x:v>108326.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1939" spans="1:2">
       <x:c r="A1939" s="2">
-        <x:v>43144</x:v>
+        <x:v>43177</x:v>
       </x:c>
       <x:c r="B1939" s="3">
-        <x:v>108357.82</x:v>
+        <x:v>108327.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1940" spans="1:2">
       <x:c r="A1940" s="2">
-        <x:v>43143</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B1940" s="3">
-        <x:v>108358.52</x:v>
+        <x:v>108330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1941" spans="1:2">
       <x:c r="A1941" s="2">
-        <x:v>43142</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="B1941" s="3">
-        <x:v>108359.62</x:v>
+        <x:v>108331.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1942" spans="1:2">
       <x:c r="A1942" s="2">
-        <x:v>43139</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="B1942" s="3">
-        <x:v>108363.39</x:v>
+        <x:v>108331.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1943" spans="1:2">
       <x:c r="A1943" s="2">
-        <x:v>43138</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="B1943" s="3">
-        <x:v>108363.87</x:v>
+        <x:v>108333.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1944" spans="1:2">
       <x:c r="A1944" s="2">
-        <x:v>43137</x:v>
+        <x:v>43170</x:v>
       </x:c>
       <x:c r="B1944" s="3">
-        <x:v>108364.95</x:v>
+        <x:v>108333.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1945" spans="1:2">
       <x:c r="A1945" s="2">
-        <x:v>43136</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="B1945" s="3">
-        <x:v>108365.82</x:v>
+        <x:v>108336.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1946" spans="1:2">
       <x:c r="A1946" s="2">
-        <x:v>43135</x:v>
+        <x:v>43166</x:v>
       </x:c>
       <x:c r="B1946" s="3">
-        <x:v>108366.83</x:v>
+        <x:v>108337.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1947" spans="1:2">
       <x:c r="A1947" s="2">
-        <x:v>43132</x:v>
+        <x:v>43165</x:v>
       </x:c>
       <x:c r="B1947" s="3">
-        <x:v>108369.52</x:v>
+        <x:v>108338.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1948" spans="1:2">
       <x:c r="A1948" s="2">
-        <x:v>43131</x:v>
+        <x:v>43164</x:v>
       </x:c>
       <x:c r="B1948" s="3">
-        <x:v>108369.73</x:v>
+        <x:v>108339.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1949" spans="1:2">
       <x:c r="A1949" s="2">
-        <x:v>43130</x:v>
+        <x:v>43163</x:v>
       </x:c>
       <x:c r="B1949" s="3">
-        <x:v>108370.77</x:v>
+        <x:v>108339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1950" spans="1:2">
       <x:c r="A1950" s="2">
-        <x:v>43129</x:v>
+        <x:v>43160</x:v>
       </x:c>
       <x:c r="B1950" s="3">
-        <x:v>108371.51</x:v>
+        <x:v>108342.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1951" spans="1:2">
       <x:c r="A1951" s="2">
-        <x:v>43128</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B1951" s="3">
-        <x:v>108372.22</x:v>
+        <x:v>108343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1952" spans="1:2">
       <x:c r="A1952" s="2">
-        <x:v>43125</x:v>
+        <x:v>43158</x:v>
       </x:c>
       <x:c r="B1952" s="3">
-        <x:v>108375.76</x:v>
+        <x:v>108344</x:v>
       </x:c>
     </x:row>
     <x:row r="1953" spans="1:2">
       <x:c r="A1953" s="2">
-        <x:v>43124</x:v>
+        <x:v>43157</x:v>
       </x:c>
       <x:c r="B1953" s="3">
-        <x:v>108375.81</x:v>
+        <x:v>108344.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1954" spans="1:2">
       <x:c r="A1954" s="2">
-        <x:v>43123</x:v>
+        <x:v>43156</x:v>
       </x:c>
       <x:c r="B1954" s="3">
-        <x:v>108376.68</x:v>
+        <x:v>108344.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1955" spans="1:2">
       <x:c r="A1955" s="2">
-        <x:v>43122</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="B1955" s="3">
-        <x:v>108377.58</x:v>
+        <x:v>108348.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1956" spans="1:2">
       <x:c r="A1956" s="2">
-        <x:v>43121</x:v>
+        <x:v>43152</x:v>
       </x:c>
       <x:c r="B1956" s="3">
-        <x:v>108378.09</x:v>
+        <x:v>108349.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1957" spans="1:2">
       <x:c r="A1957" s="2">
-        <x:v>43118</x:v>
+        <x:v>43151</x:v>
       </x:c>
       <x:c r="B1957" s="3">
-        <x:v>108380.78</x:v>
+        <x:v>108351.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1958" spans="1:2">
       <x:c r="A1958" s="2">
-        <x:v>43117</x:v>
+        <x:v>43150</x:v>
       </x:c>
       <x:c r="B1958" s="3">
-        <x:v>108380.54</x:v>
+        <x:v>108352.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1959" spans="1:2">
       <x:c r="A1959" s="2">
-        <x:v>43116</x:v>
+        <x:v>43149</x:v>
       </x:c>
       <x:c r="B1959" s="3">
-        <x:v>108381.4</x:v>
+        <x:v>108353.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1960" spans="1:2">
       <x:c r="A1960" s="2">
-        <x:v>43115</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B1960" s="3">
-        <x:v>108383.1</x:v>
+        <x:v>108355.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1961" spans="1:2">
       <x:c r="A1961" s="2">
-        <x:v>43114</x:v>
+        <x:v>43145</x:v>
       </x:c>
       <x:c r="B1961" s="3">
-        <x:v>108384.04</x:v>
+        <x:v>108356.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1962" spans="1:2">
       <x:c r="A1962" s="2">
-        <x:v>43111</x:v>
+        <x:v>43144</x:v>
       </x:c>
       <x:c r="B1962" s="3">
-        <x:v>108387.64</x:v>
+        <x:v>108357.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1963" spans="1:2">
       <x:c r="A1963" s="2">
-        <x:v>43110</x:v>
+        <x:v>43143</x:v>
       </x:c>
       <x:c r="B1963" s="3">
-        <x:v>108388.94</x:v>
+        <x:v>108358.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1964" spans="1:2">
       <x:c r="A1964" s="2">
-        <x:v>43109</x:v>
+        <x:v>43142</x:v>
       </x:c>
       <x:c r="B1964" s="3">
-        <x:v>108389.81</x:v>
+        <x:v>108359.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1965" spans="1:2">
       <x:c r="A1965" s="2">
-        <x:v>43108</x:v>
+        <x:v>43139</x:v>
       </x:c>
       <x:c r="B1965" s="3">
-        <x:v>108390.4</x:v>
+        <x:v>108363.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1966" spans="1:2">
       <x:c r="A1966" s="2">
-        <x:v>43107</x:v>
+        <x:v>43138</x:v>
       </x:c>
       <x:c r="B1966" s="3">
-        <x:v>108391.52</x:v>
+        <x:v>108363.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1967" spans="1:2">
       <x:c r="A1967" s="2">
-        <x:v>43104</x:v>
+        <x:v>43137</x:v>
       </x:c>
       <x:c r="B1967" s="3">
-        <x:v>108393.95</x:v>
+        <x:v>108364.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1968" spans="1:2">
       <x:c r="A1968" s="2">
-        <x:v>43103</x:v>
+        <x:v>43136</x:v>
       </x:c>
       <x:c r="B1968" s="3">
-        <x:v>108394.47</x:v>
+        <x:v>108365.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1969" spans="1:2">
       <x:c r="A1969" s="2">
-        <x:v>43102</x:v>
+        <x:v>43135</x:v>
       </x:c>
       <x:c r="B1969" s="3">
-        <x:v>108396.76</x:v>
+        <x:v>108366.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1970" spans="1:2">
       <x:c r="A1970" s="2">
-        <x:v>43101</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="B1970" s="3">
-        <x:v>108397.78</x:v>
+        <x:v>108369.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1971" spans="1:2">
       <x:c r="A1971" s="2">
-        <x:v>43097</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B1971" s="3">
-        <x:v>108400.8</x:v>
+        <x:v>108369.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1972" spans="1:2">
       <x:c r="A1972" s="2">
-        <x:v>43096</x:v>
+        <x:v>43130</x:v>
       </x:c>
       <x:c r="B1972" s="3">
-        <x:v>108401.28</x:v>
+        <x:v>108370.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1973" spans="1:2">
       <x:c r="A1973" s="2">
-        <x:v>43095</x:v>
+        <x:v>43129</x:v>
       </x:c>
       <x:c r="B1973" s="3">
-        <x:v>108401.77</x:v>
+        <x:v>108371.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1974" spans="1:2">
       <x:c r="A1974" s="2">
-        <x:v>43090</x:v>
+        <x:v>43128</x:v>
       </x:c>
       <x:c r="B1974" s="3">
-        <x:v>108406.79</x:v>
+        <x:v>108372.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1975" spans="1:2">
       <x:c r="A1975" s="2">
-        <x:v>43089</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="B1975" s="3">
-        <x:v>108407.54</x:v>
+        <x:v>108375.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1976" spans="1:2">
       <x:c r="A1976" s="2">
-        <x:v>43088</x:v>
+        <x:v>43124</x:v>
       </x:c>
       <x:c r="B1976" s="3">
-        <x:v>108407.45</x:v>
+        <x:v>108375.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1977" spans="1:2">
       <x:c r="A1977" s="2">
-        <x:v>43087</x:v>
+        <x:v>43123</x:v>
       </x:c>
       <x:c r="B1977" s="3">
-        <x:v>108407.53</x:v>
+        <x:v>108376.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1978" spans="1:2">
       <x:c r="A1978" s="2">
-        <x:v>43086</x:v>
+        <x:v>43122</x:v>
       </x:c>
       <x:c r="B1978" s="3">
-        <x:v>108407.86</x:v>
+        <x:v>108377.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1979" spans="1:2">
       <x:c r="A1979" s="2">
-        <x:v>43083</x:v>
+        <x:v>43121</x:v>
       </x:c>
       <x:c r="B1979" s="3">
-        <x:v>108409.63</x:v>
+        <x:v>108378.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1980" spans="1:2">
       <x:c r="A1980" s="2">
-        <x:v>43082</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="B1980" s="3">
-        <x:v>108410.21</x:v>
+        <x:v>108380.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1981" spans="1:2">
       <x:c r="A1981" s="2">
-        <x:v>43081</x:v>
+        <x:v>43117</x:v>
       </x:c>
       <x:c r="B1981" s="3">
-        <x:v>108410.74</x:v>
+        <x:v>108380.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1982" spans="1:2">
       <x:c r="A1982" s="2">
-        <x:v>43080</x:v>
+        <x:v>43116</x:v>
       </x:c>
       <x:c r="B1982" s="3">
-        <x:v>108411.46</x:v>
+        <x:v>108381.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1983" spans="1:2">
       <x:c r="A1983" s="2">
-        <x:v>43079</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B1983" s="3">
-        <x:v>108412.2</x:v>
+        <x:v>108383.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1984" spans="1:2">
       <x:c r="A1984" s="2">
-        <x:v>43076</x:v>
+        <x:v>43114</x:v>
       </x:c>
       <x:c r="B1984" s="3">
-        <x:v>108414.31</x:v>
+        <x:v>108384.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1985" spans="1:2">
       <x:c r="A1985" s="2">
-        <x:v>43075</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="B1985" s="3">
-        <x:v>108414.84</x:v>
+        <x:v>108387.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1986" spans="1:2">
       <x:c r="A1986" s="2">
-        <x:v>43074</x:v>
+        <x:v>43110</x:v>
       </x:c>
       <x:c r="B1986" s="3">
-        <x:v>108415.21</x:v>
+        <x:v>108388.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1987" spans="1:2">
       <x:c r="A1987" s="2">
-        <x:v>43073</x:v>
+        <x:v>43109</x:v>
       </x:c>
       <x:c r="B1987" s="3">
-        <x:v>108416.12</x:v>
+        <x:v>108389.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1988" spans="1:2">
       <x:c r="A1988" s="2">
-        <x:v>43072</x:v>
+        <x:v>43108</x:v>
       </x:c>
       <x:c r="B1988" s="3">
-        <x:v>108416.46</x:v>
+        <x:v>108390.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1989" spans="1:2">
       <x:c r="A1989" s="2">
-        <x:v>43069</x:v>
+        <x:v>43107</x:v>
       </x:c>
       <x:c r="B1989" s="3">
-        <x:v>108420.87</x:v>
+        <x:v>108391.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1990" spans="1:2">
       <x:c r="A1990" s="2">
-        <x:v>43068</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="B1990" s="3">
-        <x:v>108421.4</x:v>
+        <x:v>108393.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1991" spans="1:2">
       <x:c r="A1991" s="2">
-        <x:v>43067</x:v>
+        <x:v>43103</x:v>
       </x:c>
       <x:c r="B1991" s="3">
-        <x:v>108422.28</x:v>
+        <x:v>108394.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1992" spans="1:2">
       <x:c r="A1992" s="2">
-        <x:v>43066</x:v>
+        <x:v>43102</x:v>
       </x:c>
       <x:c r="B1992" s="3">
-        <x:v>108423.23</x:v>
+        <x:v>108396.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1993" spans="1:2">
       <x:c r="A1993" s="2">
-        <x:v>43065</x:v>
+        <x:v>43101</x:v>
       </x:c>
       <x:c r="B1993" s="3">
-        <x:v>108423.83</x:v>
+        <x:v>108397.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1994" spans="1:2">
       <x:c r="A1994" s="2">
-        <x:v>43062</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="B1994" s="3">
-        <x:v>108426.09</x:v>
+        <x:v>108400.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1995" spans="1:2">
       <x:c r="A1995" s="2">
-        <x:v>43061</x:v>
+        <x:v>43096</x:v>
       </x:c>
       <x:c r="B1995" s="3">
-        <x:v>108426.83</x:v>
+        <x:v>108401.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1996" spans="1:2">
       <x:c r="A1996" s="2">
-        <x:v>43060</x:v>
+        <x:v>43095</x:v>
       </x:c>
       <x:c r="B1996" s="3">
-        <x:v>108427.54</x:v>
+        <x:v>108401.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1997" spans="1:2">
       <x:c r="A1997" s="2">
-        <x:v>43059</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="B1997" s="3">
-        <x:v>108428.19</x:v>
+        <x:v>108406.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1998" spans="1:2">
       <x:c r="A1998" s="2">
-        <x:v>43058</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="B1998" s="3">
-        <x:v>108428.85</x:v>
+        <x:v>108407.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1999" spans="1:2">
       <x:c r="A1999" s="2">
-        <x:v>43055</x:v>
+        <x:v>43088</x:v>
       </x:c>
       <x:c r="B1999" s="3">
-        <x:v>108431.61</x:v>
+        <x:v>108407.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2000" spans="1:2">
       <x:c r="A2000" s="2">
-        <x:v>43054</x:v>
+        <x:v>43087</x:v>
       </x:c>
       <x:c r="B2000" s="3">
-        <x:v>108432.34</x:v>
+        <x:v>108407.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2001" spans="1:2">
       <x:c r="A2001" s="2">
-        <x:v>43053</x:v>
+        <x:v>43086</x:v>
       </x:c>
       <x:c r="B2001" s="3">
-        <x:v>108433.4</x:v>
+        <x:v>108407.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2002" spans="1:2">
       <x:c r="A2002" s="2">
-        <x:v>43052</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="B2002" s="3">
-        <x:v>108434.3</x:v>
+        <x:v>108409.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2003" spans="1:2">
       <x:c r="A2003" s="2">
-        <x:v>43051</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="B2003" s="3">
-        <x:v>108435.27</x:v>
+        <x:v>108410.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2004" spans="1:2">
       <x:c r="A2004" s="2">
-        <x:v>43048</x:v>
+        <x:v>43081</x:v>
       </x:c>
       <x:c r="B2004" s="3">
-        <x:v>108437.46</x:v>
+        <x:v>108410.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2005" spans="1:2">
       <x:c r="A2005" s="2">
-        <x:v>43047</x:v>
+        <x:v>43080</x:v>
       </x:c>
       <x:c r="B2005" s="3">
-        <x:v>108438.1</x:v>
+        <x:v>108411.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2006" spans="1:2">
       <x:c r="A2006" s="2">
-        <x:v>43046</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="B2006" s="3">
-        <x:v>108438.72</x:v>
+        <x:v>108412.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2007" spans="1:2">
       <x:c r="A2007" s="2">
-        <x:v>43045</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="B2007" s="3">
-        <x:v>108439.46</x:v>
+        <x:v>108414.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2008" spans="1:2">
       <x:c r="A2008" s="2">
-        <x:v>43044</x:v>
+        <x:v>43075</x:v>
       </x:c>
       <x:c r="B2008" s="3">
-        <x:v>108439.73</x:v>
+        <x:v>108414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2009" spans="1:2">
       <x:c r="A2009" s="2">
-        <x:v>43041</x:v>
+        <x:v>43074</x:v>
       </x:c>
       <x:c r="B2009" s="3">
-        <x:v>108441.97</x:v>
+        <x:v>108415.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2010" spans="1:2">
       <x:c r="A2010" s="2">
-        <x:v>43040</x:v>
+        <x:v>43073</x:v>
       </x:c>
       <x:c r="B2010" s="3">
-        <x:v>108443.08</x:v>
+        <x:v>108416.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2011" spans="1:2">
       <x:c r="A2011" s="2">
-        <x:v>43038</x:v>
+        <x:v>43072</x:v>
       </x:c>
       <x:c r="B2011" s="3">
-        <x:v>108444.24</x:v>
+        <x:v>108416.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2012" spans="1:2">
       <x:c r="A2012" s="2">
-        <x:v>43037</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B2012" s="3">
-        <x:v>108445.08</x:v>
+        <x:v>108420.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2013" spans="1:2">
       <x:c r="A2013" s="2">
-        <x:v>43034</x:v>
+        <x:v>43068</x:v>
       </x:c>
       <x:c r="B2013" s="3">
-        <x:v>108446.75</x:v>
+        <x:v>108421.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2014" spans="1:2">
       <x:c r="A2014" s="2">
-        <x:v>43033</x:v>
+        <x:v>43067</x:v>
       </x:c>
       <x:c r="B2014" s="3">
-        <x:v>108447.05</x:v>
+        <x:v>108422.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2015" spans="1:2">
       <x:c r="A2015" s="2">
-        <x:v>43032</x:v>
+        <x:v>43066</x:v>
       </x:c>
       <x:c r="B2015" s="3">
-        <x:v>108447.31</x:v>
+        <x:v>108423.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2016" spans="1:2">
       <x:c r="A2016" s="2">
-        <x:v>43031</x:v>
+        <x:v>43065</x:v>
       </x:c>
       <x:c r="B2016" s="3">
-        <x:v>108447.34</x:v>
+        <x:v>108423.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2017" spans="1:2">
       <x:c r="A2017" s="2">
-        <x:v>43030</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="B2017" s="3">
-        <x:v>108447.82</x:v>
+        <x:v>108426.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2018" spans="1:2">
       <x:c r="A2018" s="2">
-        <x:v>43027</x:v>
+        <x:v>43061</x:v>
       </x:c>
       <x:c r="B2018" s="3">
-        <x:v>108449.55</x:v>
+        <x:v>108426.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2019" spans="1:2">
       <x:c r="A2019" s="2">
-        <x:v>43026</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="B2019" s="3">
-        <x:v>108450.09</x:v>
+        <x:v>108427.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2020" spans="1:2">
       <x:c r="A2020" s="2">
-        <x:v>43025</x:v>
+        <x:v>43059</x:v>
       </x:c>
       <x:c r="B2020" s="3">
-        <x:v>108450.66</x:v>
+        <x:v>108428.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2021" spans="1:2">
       <x:c r="A2021" s="2">
-        <x:v>43024</x:v>
+        <x:v>43058</x:v>
       </x:c>
       <x:c r="B2021" s="3">
-        <x:v>108451.51</x:v>
+        <x:v>108428.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2022" spans="1:2">
       <x:c r="A2022" s="2">
-        <x:v>43023</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="B2022" s="3">
-        <x:v>108451.92</x:v>
+        <x:v>108431.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2023" spans="1:2">
       <x:c r="A2023" s="2">
-        <x:v>43020</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B2023" s="3">
-        <x:v>108454.47</x:v>
+        <x:v>108432.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2024" spans="1:2">
       <x:c r="A2024" s="2">
-        <x:v>43019</x:v>
+        <x:v>43053</x:v>
       </x:c>
       <x:c r="B2024" s="3">
-        <x:v>108455.47</x:v>
+        <x:v>108433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2025" spans="1:2">
       <x:c r="A2025" s="2">
-        <x:v>43018</x:v>
+        <x:v>43052</x:v>
       </x:c>
       <x:c r="B2025" s="3">
-        <x:v>108456.45</x:v>
+        <x:v>108434.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2026" spans="1:2">
       <x:c r="A2026" s="2">
-        <x:v>43017</x:v>
+        <x:v>43051</x:v>
       </x:c>
       <x:c r="B2026" s="3">
-        <x:v>108456.93</x:v>
+        <x:v>108435.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2027" spans="1:2">
       <x:c r="A2027" s="2">
-        <x:v>43016</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="B2027" s="3">
-        <x:v>108457.88</x:v>
+        <x:v>108437.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2028" spans="1:2">
       <x:c r="A2028" s="2">
-        <x:v>43013</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="B2028" s="3">
-        <x:v>108460.34</x:v>
+        <x:v>108438.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2029" spans="1:2">
       <x:c r="A2029" s="2">
-        <x:v>43012</x:v>
+        <x:v>43046</x:v>
       </x:c>
       <x:c r="B2029" s="3">
-        <x:v>108461.28</x:v>
+        <x:v>108438.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2030" spans="1:2">
       <x:c r="A2030" s="2">
-        <x:v>43011</x:v>
+        <x:v>43045</x:v>
       </x:c>
       <x:c r="B2030" s="3">
-        <x:v>108461.84</x:v>
+        <x:v>108439.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2031" spans="1:2">
       <x:c r="A2031" s="2">
-        <x:v>43010</x:v>
+        <x:v>43044</x:v>
       </x:c>
       <x:c r="B2031" s="3">
-        <x:v>108462.64</x:v>
+        <x:v>108439.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2032" spans="1:2">
       <x:c r="A2032" s="2">
-        <x:v>43009</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="B2032" s="3">
-        <x:v>108462.65</x:v>
+        <x:v>108441.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2033" spans="1:2">
       <x:c r="A2033" s="2">
-        <x:v>43006</x:v>
+        <x:v>43040</x:v>
       </x:c>
       <x:c r="B2033" s="3">
-        <x:v>108465.14</x:v>
+        <x:v>108443.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2034" spans="1:2">
       <x:c r="A2034" s="2">
-        <x:v>43005</x:v>
+        <x:v>43038</x:v>
       </x:c>
       <x:c r="B2034" s="3">
-        <x:v>108465.7</x:v>
+        <x:v>108444.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2035" spans="1:2">
       <x:c r="A2035" s="2">
-        <x:v>43004</x:v>
+        <x:v>43037</x:v>
       </x:c>
       <x:c r="B2035" s="3">
-        <x:v>108466.22</x:v>
+        <x:v>108445.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2036" spans="1:2">
       <x:c r="A2036" s="2">
-        <x:v>43003</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="B2036" s="3">
-        <x:v>108466.68</x:v>
+        <x:v>108446.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2037" spans="1:2">
       <x:c r="A2037" s="2">
-        <x:v>43002</x:v>
+        <x:v>43033</x:v>
       </x:c>
       <x:c r="B2037" s="3">
-        <x:v>108467.24</x:v>
+        <x:v>108447.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2038" spans="1:2">
       <x:c r="A2038" s="2">
-        <x:v>42999</x:v>
+        <x:v>43032</x:v>
       </x:c>
       <x:c r="B2038" s="3">
-        <x:v>108468.84</x:v>
+        <x:v>108447.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2039" spans="1:2">
       <x:c r="A2039" s="2">
-        <x:v>42998</x:v>
+        <x:v>43031</x:v>
       </x:c>
       <x:c r="B2039" s="3">
-        <x:v>108469.52</x:v>
+        <x:v>108447.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2040" spans="1:2">
       <x:c r="A2040" s="2">
-        <x:v>42997</x:v>
+        <x:v>43030</x:v>
       </x:c>
       <x:c r="B2040" s="3">
-        <x:v>108470.1</x:v>
+        <x:v>108447.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2041" spans="1:2">
       <x:c r="A2041" s="2">
-        <x:v>42996</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="B2041" s="3">
-        <x:v>108470.37</x:v>
+        <x:v>108449.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2042" spans="1:2">
       <x:c r="A2042" s="2">
-        <x:v>42995</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="B2042" s="3">
-        <x:v>108471.37</x:v>
+        <x:v>108450.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2043" spans="1:2">
       <x:c r="A2043" s="2">
-        <x:v>42992</x:v>
+        <x:v>43025</x:v>
       </x:c>
       <x:c r="B2043" s="3">
-        <x:v>108473.95</x:v>
+        <x:v>108450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2044" spans="1:2">
       <x:c r="A2044" s="2">
-        <x:v>42991</x:v>
+        <x:v>43024</x:v>
       </x:c>
       <x:c r="B2044" s="3">
-        <x:v>108474.2</x:v>
+        <x:v>108451.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2045" spans="1:2">
       <x:c r="A2045" s="2">
-        <x:v>42990</x:v>
+        <x:v>43023</x:v>
       </x:c>
       <x:c r="B2045" s="3">
-        <x:v>108474.95</x:v>
+        <x:v>108451.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2046" spans="1:2">
       <x:c r="A2046" s="2">
-        <x:v>42989</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="B2046" s="3">
-        <x:v>108475.55</x:v>
+        <x:v>108454.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2047" spans="1:2">
       <x:c r="A2047" s="2">
-        <x:v>42988</x:v>
+        <x:v>43019</x:v>
       </x:c>
       <x:c r="B2047" s="3">
-        <x:v>108476.11</x:v>
+        <x:v>108455.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2048" spans="1:2">
       <x:c r="A2048" s="2">
-        <x:v>42985</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="B2048" s="3">
-        <x:v>108477.92</x:v>
+        <x:v>108456.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2049" spans="1:2">
       <x:c r="A2049" s="2">
-        <x:v>42984</x:v>
+        <x:v>43017</x:v>
       </x:c>
       <x:c r="B2049" s="3">
-        <x:v>108478.35</x:v>
+        <x:v>108456.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2050" spans="1:2">
       <x:c r="A2050" s="2">
-        <x:v>42983</x:v>
+        <x:v>43016</x:v>
       </x:c>
       <x:c r="B2050" s="3">
-        <x:v>108478.91</x:v>
+        <x:v>108457.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2051" spans="1:2">
       <x:c r="A2051" s="2">
-        <x:v>42982</x:v>
+        <x:v>43013</x:v>
       </x:c>
       <x:c r="B2051" s="3">
-        <x:v>108479.52</x:v>
+        <x:v>108460.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2052" spans="1:2">
       <x:c r="A2052" s="2">
-        <x:v>42981</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="B2052" s="3">
-        <x:v>108480.36</x:v>
+        <x:v>108461.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2053" spans="1:2">
       <x:c r="A2053" s="2">
-        <x:v>42978</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="B2053" s="3">
-        <x:v>108482.2</x:v>
+        <x:v>108461.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2054" spans="1:2">
       <x:c r="A2054" s="2">
-        <x:v>42977</x:v>
+        <x:v>43010</x:v>
       </x:c>
       <x:c r="B2054" s="3">
-        <x:v>108483.1</x:v>
+        <x:v>108462.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2055" spans="1:2">
       <x:c r="A2055" s="2">
-        <x:v>42976</x:v>
+        <x:v>43009</x:v>
       </x:c>
       <x:c r="B2055" s="3">
-        <x:v>108483.87</x:v>
+        <x:v>108462.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2056" spans="1:2">
       <x:c r="A2056" s="2">
-        <x:v>42975</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="B2056" s="3">
-        <x:v>108484.51</x:v>
+        <x:v>108465.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2057" spans="1:2">
       <x:c r="A2057" s="2">
-        <x:v>42974</x:v>
+        <x:v>43005</x:v>
       </x:c>
       <x:c r="B2057" s="3">
-        <x:v>108485.24</x:v>
+        <x:v>108465.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2058" spans="1:2">
       <x:c r="A2058" s="2">
-        <x:v>42971</x:v>
+        <x:v>43004</x:v>
       </x:c>
       <x:c r="B2058" s="3">
-        <x:v>108487.16</x:v>
+        <x:v>108466.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2059" spans="1:2">
       <x:c r="A2059" s="2">
-        <x:v>42970</x:v>
+        <x:v>43003</x:v>
       </x:c>
       <x:c r="B2059" s="3">
-        <x:v>108487.83</x:v>
+        <x:v>108466.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2060" spans="1:2">
       <x:c r="A2060" s="2">
-        <x:v>42969</x:v>
+        <x:v>43002</x:v>
       </x:c>
       <x:c r="B2060" s="3">
-        <x:v>108488.59</x:v>
+        <x:v>108467.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2061" spans="1:2">
       <x:c r="A2061" s="2">
-        <x:v>42968</x:v>
+        <x:v>42999</x:v>
       </x:c>
       <x:c r="B2061" s="3">
-        <x:v>108489.37</x:v>
+        <x:v>108468.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2062" spans="1:2">
       <x:c r="A2062" s="2">
-        <x:v>42967</x:v>
+        <x:v>42998</x:v>
       </x:c>
       <x:c r="B2062" s="3">
-        <x:v>108489.08</x:v>
+        <x:v>108469.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2063" spans="1:2">
       <x:c r="A2063" s="2">
-        <x:v>42964</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="B2063" s="3">
-        <x:v>108491.02</x:v>
+        <x:v>108470.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2064" spans="1:2">
       <x:c r="A2064" s="2">
-        <x:v>42963</x:v>
+        <x:v>42996</x:v>
       </x:c>
       <x:c r="B2064" s="3">
-        <x:v>108491.39</x:v>
+        <x:v>108470.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2065" spans="1:2">
       <x:c r="A2065" s="2">
-        <x:v>42962</x:v>
+        <x:v>42995</x:v>
       </x:c>
       <x:c r="B2065" s="3">
-        <x:v>108492.04</x:v>
+        <x:v>108471.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2066" spans="1:2">
       <x:c r="A2066" s="2">
-        <x:v>42960</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="B2066" s="3">
-        <x:v>108492.66</x:v>
+        <x:v>108473.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2067" spans="1:2">
       <x:c r="A2067" s="2">
-        <x:v>42957</x:v>
+        <x:v>42991</x:v>
       </x:c>
       <x:c r="B2067" s="3">
-        <x:v>108494.21</x:v>
+        <x:v>108474.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2068" spans="1:2">
       <x:c r="A2068" s="2">
-        <x:v>42956</x:v>
+        <x:v>42990</x:v>
       </x:c>
       <x:c r="B2068" s="3">
-        <x:v>108494.79</x:v>
+        <x:v>108474.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2069" spans="1:2">
       <x:c r="A2069" s="2">
-        <x:v>42955</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="B2069" s="3">
-        <x:v>108495.46</x:v>
+        <x:v>108475.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2070" spans="1:2">
       <x:c r="A2070" s="2">
-        <x:v>42954</x:v>
+        <x:v>42988</x:v>
       </x:c>
       <x:c r="B2070" s="3">
-        <x:v>108495.91</x:v>
+        <x:v>108476.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2071" spans="1:2">
       <x:c r="A2071" s="2">
-        <x:v>42953</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="B2071" s="3">
-        <x:v>108496.45</x:v>
+        <x:v>108477.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2072" spans="1:2">
       <x:c r="A2072" s="2">
-        <x:v>42950</x:v>
+        <x:v>42984</x:v>
       </x:c>
       <x:c r="B2072" s="3">
-        <x:v>108498.14</x:v>
+        <x:v>108478.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2073" spans="1:2">
       <x:c r="A2073" s="2">
-        <x:v>42949</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="B2073" s="3">
-        <x:v>108498.77</x:v>
+        <x:v>108478.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2074" spans="1:2">
       <x:c r="A2074" s="2">
-        <x:v>42948</x:v>
+        <x:v>42982</x:v>
       </x:c>
       <x:c r="B2074" s="3">
-        <x:v>108499.38</x:v>
+        <x:v>108479.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2075" spans="1:2">
       <x:c r="A2075" s="2">
-        <x:v>42947</x:v>
+        <x:v>42981</x:v>
       </x:c>
       <x:c r="B2075" s="3">
-        <x:v>108499.87</x:v>
+        <x:v>108480.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2076" spans="1:2">
       <x:c r="A2076" s="2">
-        <x:v>42946</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B2076" s="3">
-        <x:v>108500.77</x:v>
+        <x:v>108482.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2077" spans="1:2">
       <x:c r="A2077" s="2">
-        <x:v>42943</x:v>
+        <x:v>42977</x:v>
       </x:c>
       <x:c r="B2077" s="3">
-        <x:v>108502.83</x:v>
+        <x:v>108483.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2078" spans="1:2">
       <x:c r="A2078" s="2">
-        <x:v>42942</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="B2078" s="3">
-        <x:v>108503.48</x:v>
+        <x:v>108483.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2079" spans="1:2">
       <x:c r="A2079" s="2">
-        <x:v>42941</x:v>
+        <x:v>42975</x:v>
       </x:c>
       <x:c r="B2079" s="3">
-        <x:v>108504.35</x:v>
+        <x:v>108484.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2080" spans="1:2">
       <x:c r="A2080" s="2">
-        <x:v>42940</x:v>
+        <x:v>42974</x:v>
       </x:c>
       <x:c r="B2080" s="3">
-        <x:v>108504.93</x:v>
+        <x:v>108485.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2081" spans="1:2">
       <x:c r="A2081" s="2">
-        <x:v>42939</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="B2081" s="3">
-        <x:v>108505.53</x:v>
+        <x:v>108487.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2082" spans="1:2">
       <x:c r="A2082" s="2">
-        <x:v>42936</x:v>
+        <x:v>42970</x:v>
       </x:c>
       <x:c r="B2082" s="3">
-        <x:v>108507.31</x:v>
+        <x:v>108487.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2083" spans="1:2">
       <x:c r="A2083" s="2">
-        <x:v>42935</x:v>
+        <x:v>42969</x:v>
       </x:c>
       <x:c r="B2083" s="3">
-        <x:v>108507.78</x:v>
+        <x:v>108488.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2084" spans="1:2">
       <x:c r="A2084" s="2">
-        <x:v>42934</x:v>
+        <x:v>42968</x:v>
       </x:c>
       <x:c r="B2084" s="3">
-        <x:v>108508.49</x:v>
+        <x:v>108489.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2085" spans="1:2">
       <x:c r="A2085" s="2">
-        <x:v>42933</x:v>
+        <x:v>42967</x:v>
       </x:c>
       <x:c r="B2085" s="3">
-        <x:v>108508.82</x:v>
+        <x:v>108489.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2086" spans="1:2">
       <x:c r="A2086" s="2">
-        <x:v>42932</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="B2086" s="3">
-        <x:v>108509.19</x:v>
+        <x:v>108491.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2087" spans="1:2">
       <x:c r="A2087" s="2">
-        <x:v>42928</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="B2087" s="3">
-        <x:v>108511.4</x:v>
+        <x:v>108491.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2088" spans="1:2">
       <x:c r="A2088" s="2">
-        <x:v>42927</x:v>
+        <x:v>42962</x:v>
       </x:c>
       <x:c r="B2088" s="3">
-        <x:v>108511.53</x:v>
+        <x:v>108492.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2089" spans="1:2">
       <x:c r="A2089" s="2">
-        <x:v>42926</x:v>
+        <x:v>42960</x:v>
       </x:c>
       <x:c r="B2089" s="3">
-        <x:v>108512.14</x:v>
+        <x:v>108492.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2090" spans="1:2">
       <x:c r="A2090" s="2">
-        <x:v>42925</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="B2090" s="3">
-        <x:v>108512.65</x:v>
+        <x:v>108494.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2091" spans="1:2">
       <x:c r="A2091" s="2">
-        <x:v>42922</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="B2091" s="3">
-        <x:v>108514.25</x:v>
+        <x:v>108494.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2092" spans="1:2">
       <x:c r="A2092" s="2">
-        <x:v>42921</x:v>
+        <x:v>42955</x:v>
       </x:c>
       <x:c r="B2092" s="3">
-        <x:v>108514.4</x:v>
+        <x:v>108495.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2093" spans="1:2">
       <x:c r="A2093" s="2">
-        <x:v>42920</x:v>
+        <x:v>42954</x:v>
       </x:c>
       <x:c r="B2093" s="3">
-        <x:v>108514.98</x:v>
+        <x:v>108495.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2094" spans="1:2">
       <x:c r="A2094" s="2">
-        <x:v>42919</x:v>
+        <x:v>42953</x:v>
       </x:c>
       <x:c r="B2094" s="3">
-        <x:v>108515.22</x:v>
+        <x:v>108496.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2095" spans="1:2">
       <x:c r="A2095" s="2">
-        <x:v>42918</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="B2095" s="3">
-        <x:v>108515.99</x:v>
+        <x:v>108498.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2096" spans="1:2">
       <x:c r="A2096" s="2">
-        <x:v>42915</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="B2096" s="3">
-        <x:v>108518.25</x:v>
+        <x:v>108498.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2097" spans="1:2">
       <x:c r="A2097" s="2">
-        <x:v>42914</x:v>
+        <x:v>42948</x:v>
       </x:c>
       <x:c r="B2097" s="3">
-        <x:v>108519.25</x:v>
+        <x:v>108499.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2098" spans="1:2">
       <x:c r="A2098" s="2">
-        <x:v>42913</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B2098" s="3">
-        <x:v>108520.11</x:v>
+        <x:v>108499.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2099" spans="1:2">
       <x:c r="A2099" s="2">
-        <x:v>42912</x:v>
+        <x:v>42946</x:v>
       </x:c>
       <x:c r="B2099" s="3">
-        <x:v>108520.55</x:v>
+        <x:v>108500.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2100" spans="1:2">
       <x:c r="A2100" s="2">
-        <x:v>42911</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="B2100" s="3">
-        <x:v>108520.82</x:v>
+        <x:v>108502.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2101" spans="1:2">
       <x:c r="A2101" s="2">
-        <x:v>42908</x:v>
+        <x:v>42942</x:v>
       </x:c>
       <x:c r="B2101" s="3">
-        <x:v>108522.25</x:v>
+        <x:v>108503.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2102" spans="1:2">
       <x:c r="A2102" s="2">
-        <x:v>42907</x:v>
+        <x:v>42941</x:v>
       </x:c>
       <x:c r="B2102" s="3">
-        <x:v>108522.73</x:v>
+        <x:v>108504.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2103" spans="1:2">
       <x:c r="A2103" s="2">
-        <x:v>42906</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="B2103" s="3">
-        <x:v>108522.95</x:v>
+        <x:v>108504.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2104" spans="1:2">
       <x:c r="A2104" s="2">
-        <x:v>42905</x:v>
+        <x:v>42939</x:v>
       </x:c>
       <x:c r="B2104" s="3">
-        <x:v>108523.39</x:v>
+        <x:v>108505.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2105" spans="1:2">
       <x:c r="A2105" s="2">
-        <x:v>42904</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="B2105" s="3">
-        <x:v>108523.71</x:v>
+        <x:v>108507.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2106" spans="1:2">
       <x:c r="A2106" s="2">
-        <x:v>42901</x:v>
+        <x:v>42935</x:v>
       </x:c>
       <x:c r="B2106" s="3">
-        <x:v>108525.93</x:v>
+        <x:v>108507.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2107" spans="1:2">
       <x:c r="A2107" s="2">
-        <x:v>42900</x:v>
+        <x:v>42934</x:v>
       </x:c>
       <x:c r="B2107" s="3">
-        <x:v>108526.42</x:v>
+        <x:v>108508.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2108" spans="1:2">
       <x:c r="A2108" s="2">
-        <x:v>42899</x:v>
+        <x:v>42933</x:v>
       </x:c>
       <x:c r="B2108" s="3">
-        <x:v>108526.77</x:v>
+        <x:v>108508.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2109" spans="1:2">
       <x:c r="A2109" s="2">
-        <x:v>42898</x:v>
+        <x:v>42932</x:v>
       </x:c>
       <x:c r="B2109" s="3">
-        <x:v>108527.35</x:v>
+        <x:v>108509.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2110" spans="1:2">
       <x:c r="A2110" s="2">
-        <x:v>42897</x:v>
+        <x:v>42928</x:v>
       </x:c>
       <x:c r="B2110" s="3">
-        <x:v>108527.53</x:v>
+        <x:v>108511.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2111" spans="1:2">
       <x:c r="A2111" s="2">
-        <x:v>42894</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="B2111" s="3">
-        <x:v>108528.92</x:v>
+        <x:v>108511.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2112" spans="1:2">
       <x:c r="A2112" s="2">
-        <x:v>42893</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="B2112" s="3">
-        <x:v>108529.67</x:v>
+        <x:v>108512.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2113" spans="1:2">
       <x:c r="A2113" s="2">
-        <x:v>42892</x:v>
+        <x:v>42925</x:v>
       </x:c>
       <x:c r="B2113" s="3">
-        <x:v>108529.95</x:v>
+        <x:v>108512.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2114" spans="1:2">
       <x:c r="A2114" s="2">
-        <x:v>42891</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="B2114" s="3">
-        <x:v>108530.29</x:v>
+        <x:v>108514.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2115" spans="1:2">
       <x:c r="A2115" s="2">
-        <x:v>42887</x:v>
+        <x:v>42921</x:v>
       </x:c>
       <x:c r="B2115" s="3">
-        <x:v>108532.19</x:v>
+        <x:v>108514.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2116" spans="1:2">
       <x:c r="A2116" s="2">
-        <x:v>42886</x:v>
+        <x:v>42920</x:v>
       </x:c>
       <x:c r="B2116" s="3">
-        <x:v>108532.66</x:v>
+        <x:v>108514.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2117" spans="1:2">
       <x:c r="A2117" s="2">
-        <x:v>42885</x:v>
+        <x:v>42919</x:v>
       </x:c>
       <x:c r="B2117" s="3">
-        <x:v>108533.3</x:v>
+        <x:v>108515.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2118" spans="1:2">
       <x:c r="A2118" s="2">
-        <x:v>42884</x:v>
+        <x:v>42918</x:v>
       </x:c>
       <x:c r="B2118" s="3">
-        <x:v>108533.59</x:v>
+        <x:v>108515.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2119" spans="1:2">
       <x:c r="A2119" s="2">
-        <x:v>42883</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="B2119" s="3">
-        <x:v>108534.21</x:v>
+        <x:v>108518.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2120" spans="1:2">
       <x:c r="A2120" s="2">
-        <x:v>42880</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="B2120" s="3">
-        <x:v>108535.13</x:v>
+        <x:v>108519.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2121" spans="1:2">
       <x:c r="A2121" s="2">
-        <x:v>42878</x:v>
+        <x:v>42913</x:v>
       </x:c>
       <x:c r="B2121" s="3">
-        <x:v>108536.04</x:v>
+        <x:v>108520.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2122" spans="1:2">
       <x:c r="A2122" s="2">
-        <x:v>42877</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="B2122" s="3">
-        <x:v>108536.68</x:v>
+        <x:v>108520.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2123" spans="1:2">
       <x:c r="A2123" s="2">
-        <x:v>42876</x:v>
+        <x:v>42911</x:v>
       </x:c>
       <x:c r="B2123" s="3">
-        <x:v>108537.47</x:v>
+        <x:v>108520.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2124" spans="1:2">
       <x:c r="A2124" s="2">
-        <x:v>42873</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="B2124" s="3">
-        <x:v>108538.77</x:v>
+        <x:v>108522.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2125" spans="1:2">
       <x:c r="A2125" s="2">
-        <x:v>42872</x:v>
+        <x:v>42907</x:v>
       </x:c>
       <x:c r="B2125" s="3">
-        <x:v>108538.99</x:v>
+        <x:v>108522.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2126" spans="1:2">
       <x:c r="A2126" s="2">
-        <x:v>42871</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="B2126" s="3">
-        <x:v>108539.22</x:v>
+        <x:v>108522.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2127" spans="1:2">
       <x:c r="A2127" s="2">
-        <x:v>42870</x:v>
+        <x:v>42905</x:v>
       </x:c>
       <x:c r="B2127" s="3">
-        <x:v>108539.43</x:v>
+        <x:v>108523.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2128" spans="1:2">
       <x:c r="A2128" s="2">
-        <x:v>42869</x:v>
+        <x:v>42904</x:v>
       </x:c>
       <x:c r="B2128" s="3">
-        <x:v>108540.11</x:v>
+        <x:v>108523.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2129" spans="1:2">
       <x:c r="A2129" s="2">
-        <x:v>42866</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B2129" s="3">
-        <x:v>108541.86</x:v>
+        <x:v>108525.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2130" spans="1:2">
       <x:c r="A2130" s="2">
-        <x:v>42865</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="B2130" s="3">
-        <x:v>108541.9</x:v>
+        <x:v>108526.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2131" spans="1:2">
       <x:c r="A2131" s="2">
-        <x:v>42864</x:v>
+        <x:v>42899</x:v>
       </x:c>
       <x:c r="B2131" s="3">
-        <x:v>108542.44</x:v>
+        <x:v>108526.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2132" spans="1:2">
       <x:c r="A2132" s="2">
-        <x:v>42863</x:v>
+        <x:v>42898</x:v>
       </x:c>
       <x:c r="B2132" s="3">
-        <x:v>108542.93</x:v>
+        <x:v>108527.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2133" spans="1:2">
       <x:c r="A2133" s="2">
-        <x:v>42859</x:v>
+        <x:v>42897</x:v>
       </x:c>
       <x:c r="B2133" s="3">
-        <x:v>108545.34</x:v>
+        <x:v>108527.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2134" spans="1:2">
       <x:c r="A2134" s="2">
-        <x:v>42858</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="B2134" s="3">
-        <x:v>108545.53</x:v>
+        <x:v>108528.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2135" spans="1:2">
       <x:c r="A2135" s="2">
-        <x:v>42857</x:v>
+        <x:v>42893</x:v>
       </x:c>
       <x:c r="B2135" s="3">
-        <x:v>108546.02</x:v>
+        <x:v>108529.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2136" spans="1:2">
       <x:c r="A2136" s="2">
-        <x:v>42856</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="B2136" s="3">
-        <x:v>108546.54</x:v>
+        <x:v>108529.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2137" spans="1:2">
       <x:c r="A2137" s="2">
-        <x:v>42852</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="B2137" s="3">
-        <x:v>108547.63</x:v>
+        <x:v>108530.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2138" spans="1:2">
       <x:c r="A2138" s="2">
-        <x:v>42851</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="B2138" s="3">
-        <x:v>108548.39</x:v>
+        <x:v>108532.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2139" spans="1:2">
       <x:c r="A2139" s="2">
-        <x:v>42850</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B2139" s="3">
-        <x:v>108549.19</x:v>
+        <x:v>108532.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2140" spans="1:2">
       <x:c r="A2140" s="2">
-        <x:v>42849</x:v>
+        <x:v>42885</x:v>
       </x:c>
       <x:c r="B2140" s="3">
-        <x:v>108549.62</x:v>
+        <x:v>108533.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2141" spans="1:2">
       <x:c r="A2141" s="2">
-        <x:v>42848</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="B2141" s="3">
-        <x:v>108549.8</x:v>
+        <x:v>108533.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2142" spans="1:2">
       <x:c r="A2142" s="2">
-        <x:v>42845</x:v>
+        <x:v>42883</x:v>
       </x:c>
       <x:c r="B2142" s="3">
-        <x:v>108552.4</x:v>
+        <x:v>108534.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2143" spans="1:2">
       <x:c r="A2143" s="2">
-        <x:v>42844</x:v>
+        <x:v>42880</x:v>
       </x:c>
       <x:c r="B2143" s="3">
-        <x:v>108552.7</x:v>
+        <x:v>108535.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2144" spans="1:2">
       <x:c r="A2144" s="2">
-        <x:v>42843</x:v>
+        <x:v>42878</x:v>
       </x:c>
       <x:c r="B2144" s="3">
-        <x:v>108552.82</x:v>
+        <x:v>108536.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2145" spans="1:2">
       <x:c r="A2145" s="2">
-        <x:v>42842</x:v>
+        <x:v>42877</x:v>
       </x:c>
       <x:c r="B2145" s="3">
-        <x:v>108552.94</x:v>
+        <x:v>108536.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2146" spans="1:2">
       <x:c r="A2146" s="2">
-        <x:v>42837</x:v>
+        <x:v>42876</x:v>
       </x:c>
       <x:c r="B2146" s="3">
-        <x:v>108554.39</x:v>
+        <x:v>108537.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2147" spans="1:2">
       <x:c r="A2147" s="2">
-        <x:v>42836</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="B2147" s="3">
-        <x:v>108554.57</x:v>
+        <x:v>108538.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2148" spans="1:2">
       <x:c r="A2148" s="2">
-        <x:v>42835</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="B2148" s="3">
-        <x:v>108554.73</x:v>
+        <x:v>108538.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2149" spans="1:2">
       <x:c r="A2149" s="2">
-        <x:v>42834</x:v>
+        <x:v>42871</x:v>
       </x:c>
       <x:c r="B2149" s="3">
-        <x:v>108554.72</x:v>
+        <x:v>108539.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2150" spans="1:2">
       <x:c r="A2150" s="2">
-        <x:v>42831</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B2150" s="3">
-        <x:v>108556.1</x:v>
+        <x:v>108539.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2151" spans="1:2">
       <x:c r="A2151" s="2">
-        <x:v>42830</x:v>
+        <x:v>42869</x:v>
       </x:c>
       <x:c r="B2151" s="3">
-        <x:v>108556.26</x:v>
+        <x:v>108540.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2152" spans="1:2">
       <x:c r="A2152" s="2">
-        <x:v>42829</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="B2152" s="3">
-        <x:v>108556.64</x:v>
+        <x:v>108541.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2153" spans="1:2">
       <x:c r="A2153" s="2">
-        <x:v>42828</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="B2153" s="3">
-        <x:v>108556.81</x:v>
+        <x:v>108541.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2154" spans="1:2">
       <x:c r="A2154" s="2">
-        <x:v>42827</x:v>
+        <x:v>42864</x:v>
       </x:c>
       <x:c r="B2154" s="3">
-        <x:v>108557.06</x:v>
+        <x:v>108542.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2155" spans="1:2">
       <x:c r="A2155" s="2">
-        <x:v>42824</x:v>
+        <x:v>42863</x:v>
       </x:c>
       <x:c r="B2155" s="3">
-        <x:v>108557.97</x:v>
+        <x:v>108542.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2156" spans="1:2">
       <x:c r="A2156" s="2">
-        <x:v>42823</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="B2156" s="3">
-        <x:v>108558.14</x:v>
+        <x:v>108545.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2157" spans="1:2">
       <x:c r="A2157" s="2">
-        <x:v>42822</x:v>
+        <x:v>42858</x:v>
       </x:c>
       <x:c r="B2157" s="3">
-        <x:v>108558.39</x:v>
+        <x:v>108545.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2158" spans="1:2">
       <x:c r="A2158" s="2">
-        <x:v>42821</x:v>
+        <x:v>42857</x:v>
       </x:c>
       <x:c r="B2158" s="3">
-        <x:v>108558.64</x:v>
+        <x:v>108546.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2159" spans="1:2">
       <x:c r="A2159" s="2">
-        <x:v>42820</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="B2159" s="3">
-        <x:v>108558.89</x:v>
+        <x:v>108546.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2160" spans="1:2">
       <x:c r="A2160" s="2">
-        <x:v>42817</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="B2160" s="3">
-        <x:v>108559.76</x:v>
+        <x:v>108547.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2161" spans="1:2">
       <x:c r="A2161" s="2">
-        <x:v>42816</x:v>
+        <x:v>42851</x:v>
       </x:c>
       <x:c r="B2161" s="3">
-        <x:v>108559.99</x:v>
+        <x:v>108548.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2162" spans="1:2">
       <x:c r="A2162" s="2">
-        <x:v>42815</x:v>
+        <x:v>42850</x:v>
       </x:c>
       <x:c r="B2162" s="3">
-        <x:v>108560.03</x:v>
+        <x:v>108549.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2163" spans="1:2">
       <x:c r="A2163" s="2">
-        <x:v>42814</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="B2163" s="3">
-        <x:v>108560.13</x:v>
+        <x:v>108549.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2164" spans="1:2">
       <x:c r="A2164" s="2">
-        <x:v>42813</x:v>
+        <x:v>42848</x:v>
       </x:c>
       <x:c r="B2164" s="3">
-        <x:v>108560.83</x:v>
+        <x:v>108549.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2165" spans="1:2">
       <x:c r="A2165" s="2">
-        <x:v>42810</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="B2165" s="3">
-        <x:v>108562.97</x:v>
+        <x:v>108552.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2166" spans="1:2">
       <x:c r="A2166" s="2">
-        <x:v>42809</x:v>
+        <x:v>42844</x:v>
       </x:c>
       <x:c r="B2166" s="3">
-        <x:v>108563.27</x:v>
+        <x:v>108552.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2167" spans="1:2">
       <x:c r="A2167" s="2">
-        <x:v>42808</x:v>
+        <x:v>42843</x:v>
       </x:c>
       <x:c r="B2167" s="3">
-        <x:v>108564.22</x:v>
+        <x:v>108552.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2168" spans="1:2">
       <x:c r="A2168" s="2">
-        <x:v>42807</x:v>
+        <x:v>42842</x:v>
       </x:c>
       <x:c r="B2168" s="3">
-        <x:v>108564.87</x:v>
+        <x:v>108552.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2169" spans="1:2">
       <x:c r="A2169" s="2">
-        <x:v>42806</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="B2169" s="3">
-        <x:v>108565.13</x:v>
+        <x:v>108554.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2170" spans="1:2">
       <x:c r="A2170" s="2">
-        <x:v>42803</x:v>
+        <x:v>42836</x:v>
       </x:c>
       <x:c r="B2170" s="3">
-        <x:v>108566.14</x:v>
+        <x:v>108554.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2171" spans="1:2">
       <x:c r="A2171" s="2">
-        <x:v>42802</x:v>
+        <x:v>42835</x:v>
       </x:c>
       <x:c r="B2171" s="3">
-        <x:v>108566.34</x:v>
+        <x:v>108554.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2172" spans="1:2">
       <x:c r="A2172" s="2">
-        <x:v>42801</x:v>
+        <x:v>42834</x:v>
       </x:c>
       <x:c r="B2172" s="3">
-        <x:v>108566.42</x:v>
+        <x:v>108554.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2173" spans="1:2">
       <x:c r="A2173" s="2">
-        <x:v>42800</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="B2173" s="3">
-        <x:v>108566.83</x:v>
+        <x:v>108556.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2174" spans="1:2">
       <x:c r="A2174" s="2">
-        <x:v>42799</x:v>
+        <x:v>42830</x:v>
       </x:c>
       <x:c r="B2174" s="3">
-        <x:v>108567.01</x:v>
+        <x:v>108556.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2175" spans="1:2">
       <x:c r="A2175" s="2">
-        <x:v>42796</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="B2175" s="3">
-        <x:v>108566.97</x:v>
+        <x:v>108556.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2176" spans="1:2">
       <x:c r="A2176" s="2">
-        <x:v>42795</x:v>
+        <x:v>42828</x:v>
       </x:c>
       <x:c r="B2176" s="3">
-        <x:v>108567.02</x:v>
+        <x:v>108556.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2177" spans="1:2">
       <x:c r="A2177" s="2">
-        <x:v>42794</x:v>
+        <x:v>42827</x:v>
       </x:c>
       <x:c r="B2177" s="3">
-        <x:v>108567.3</x:v>
+        <x:v>108557.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2178" spans="1:2">
       <x:c r="A2178" s="2">
-        <x:v>42793</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="B2178" s="3">
-        <x:v>108567.4</x:v>
+        <x:v>108557.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2179" spans="1:2">
       <x:c r="A2179" s="2">
-        <x:v>42792</x:v>
+        <x:v>42823</x:v>
       </x:c>
       <x:c r="B2179" s="3">
-        <x:v>108567.38</x:v>
+        <x:v>108558.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2180" spans="1:2">
       <x:c r="A2180" s="2">
-        <x:v>42789</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="B2180" s="3">
-        <x:v>108567.84</x:v>
+        <x:v>108558.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2181" spans="1:2">
       <x:c r="A2181" s="2">
-        <x:v>42788</x:v>
+        <x:v>42821</x:v>
       </x:c>
       <x:c r="B2181" s="3">
-        <x:v>108567.89</x:v>
+        <x:v>108558.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2182" spans="1:2">
       <x:c r="A2182" s="2">
-        <x:v>42787</x:v>
+        <x:v>42820</x:v>
       </x:c>
       <x:c r="B2182" s="3">
-        <x:v>108568.24</x:v>
+        <x:v>108558.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2183" spans="1:2">
       <x:c r="A2183" s="2">
-        <x:v>42786</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="B2183" s="3">
-        <x:v>108568.51</x:v>
+        <x:v>108559.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2184" spans="1:2">
       <x:c r="A2184" s="2">
-        <x:v>42785</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="B2184" s="3">
-        <x:v>108568.66</x:v>
+        <x:v>108559.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2185" spans="1:2">
       <x:c r="A2185" s="2">
-        <x:v>42782</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="B2185" s="3">
-        <x:v>108569.79</x:v>
+        <x:v>108560.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2186" spans="1:2">
       <x:c r="A2186" s="2">
-        <x:v>42781</x:v>
+        <x:v>42814</x:v>
       </x:c>
       <x:c r="B2186" s="3">
-        <x:v>108570.02</x:v>
+        <x:v>108560.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2187" spans="1:2">
       <x:c r="A2187" s="2">
-        <x:v>42780</x:v>
+        <x:v>42813</x:v>
       </x:c>
       <x:c r="B2187" s="3">
-        <x:v>108570.24</x:v>
+        <x:v>108560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2188" spans="1:2">
       <x:c r="A2188" s="2">
-        <x:v>42779</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="B2188" s="3">
-        <x:v>108570.23</x:v>
+        <x:v>108562.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2189" spans="1:2">
       <x:c r="A2189" s="2">
-        <x:v>42778</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B2189" s="3">
-        <x:v>108570.77</x:v>
+        <x:v>108563.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2190" spans="1:2">
       <x:c r="A2190" s="2">
-        <x:v>42775</x:v>
+        <x:v>42808</x:v>
       </x:c>
       <x:c r="B2190" s="3">
-        <x:v>108571.04</x:v>
+        <x:v>108564.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2191" spans="1:2">
       <x:c r="A2191" s="2">
-        <x:v>42774</x:v>
+        <x:v>42807</x:v>
       </x:c>
       <x:c r="B2191" s="3">
-        <x:v>108571.21</x:v>
+        <x:v>108564.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2192" spans="1:2">
       <x:c r="A2192" s="2">
-        <x:v>42773</x:v>
+        <x:v>42806</x:v>
       </x:c>
       <x:c r="B2192" s="3">
-        <x:v>108571.44</x:v>
+        <x:v>108565.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2193" spans="1:2">
       <x:c r="A2193" s="2">
-        <x:v>42772</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="B2193" s="3">
-        <x:v>108571.89</x:v>
+        <x:v>108566.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2194" spans="1:2">
       <x:c r="A2194" s="2">
-        <x:v>42771</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="B2194" s="3">
-        <x:v>108572.1</x:v>
+        <x:v>108566.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2195" spans="1:2">
       <x:c r="A2195" s="2">
-        <x:v>42768</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="B2195" s="3">
-        <x:v>108573.01</x:v>
+        <x:v>108566.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2196" spans="1:2">
       <x:c r="A2196" s="2">
-        <x:v>42767</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="B2196" s="3">
-        <x:v>108573.29</x:v>
+        <x:v>108566.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2197" spans="1:2">
       <x:c r="A2197" s="2">
-        <x:v>42766</x:v>
+        <x:v>42799</x:v>
       </x:c>
       <x:c r="B2197" s="3">
-        <x:v>108573.56</x:v>
+        <x:v>108567.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2198" spans="1:2">
       <x:c r="A2198" s="2">
-        <x:v>42765</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="B2198" s="3">
-        <x:v>108573.76</x:v>
+        <x:v>108566.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2199" spans="1:2">
       <x:c r="A2199" s="2">
-        <x:v>42764</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="B2199" s="3">
-        <x:v>108574.08</x:v>
+        <x:v>108567.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2200" spans="1:2">
       <x:c r="A2200" s="2">
-        <x:v>42761</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B2200" s="3">
-        <x:v>108575.51</x:v>
+        <x:v>108567.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2201" spans="1:2">
       <x:c r="A2201" s="2">
-        <x:v>42760</x:v>
+        <x:v>42793</x:v>
       </x:c>
       <x:c r="B2201" s="3">
-        <x:v>108575.71</x:v>
+        <x:v>108567.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2202" spans="1:2">
       <x:c r="A2202" s="2">
-        <x:v>42759</x:v>
+        <x:v>42792</x:v>
       </x:c>
       <x:c r="B2202" s="3">
-        <x:v>108575.97</x:v>
+        <x:v>108567.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2203" spans="1:2">
       <x:c r="A2203" s="2">
-        <x:v>42758</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="B2203" s="3">
-        <x:v>108576.14</x:v>
+        <x:v>108567.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2204" spans="1:2">
       <x:c r="A2204" s="2">
-        <x:v>42757</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="B2204" s="3">
-        <x:v>108576.37</x:v>
+        <x:v>108567.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2205" spans="1:2">
       <x:c r="A2205" s="2">
-        <x:v>42754</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="B2205" s="3">
-        <x:v>108577.29</x:v>
+        <x:v>108568.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2206" spans="1:2">
       <x:c r="A2206" s="2">
-        <x:v>42753</x:v>
+        <x:v>42786</x:v>
       </x:c>
       <x:c r="B2206" s="3">
-        <x:v>108577.5</x:v>
+        <x:v>108568.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2207" spans="1:2">
       <x:c r="A2207" s="2">
-        <x:v>42752</x:v>
+        <x:v>42785</x:v>
       </x:c>
       <x:c r="B2207" s="3">
-        <x:v>108577.69</x:v>
+        <x:v>108568.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2208" spans="1:2">
       <x:c r="A2208" s="2">
-        <x:v>42751</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="B2208" s="3">
-        <x:v>108577.8</x:v>
+        <x:v>108569.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2209" spans="1:2">
       <x:c r="A2209" s="2">
-        <x:v>42750</x:v>
+        <x:v>42781</x:v>
       </x:c>
       <x:c r="B2209" s="3">
-        <x:v>108578.62</x:v>
+        <x:v>108570.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2210" spans="1:2">
       <x:c r="A2210" s="2">
-        <x:v>42747</x:v>
+        <x:v>42780</x:v>
       </x:c>
       <x:c r="B2210" s="3">
-        <x:v>108579.2</x:v>
+        <x:v>108570.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2211" spans="1:2">
       <x:c r="A2211" s="2">
-        <x:v>42746</x:v>
+        <x:v>42779</x:v>
       </x:c>
       <x:c r="B2211" s="3">
-        <x:v>108579.37</x:v>
+        <x:v>108570.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2212" spans="1:2">
       <x:c r="A2212" s="2">
-        <x:v>42745</x:v>
+        <x:v>42778</x:v>
       </x:c>
       <x:c r="B2212" s="3">
-        <x:v>108579.65</x:v>
+        <x:v>108570.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2213" spans="1:2">
       <x:c r="A2213" s="2">
-        <x:v>42744</x:v>
+        <x:v>42775</x:v>
       </x:c>
       <x:c r="B2213" s="3">
-        <x:v>108579.72</x:v>
+        <x:v>108571.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2214" spans="1:2">
       <x:c r="A2214" s="2">
-        <x:v>42743</x:v>
+        <x:v>42774</x:v>
       </x:c>
       <x:c r="B2214" s="3">
-        <x:v>108579.71</x:v>
+        <x:v>108571.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2215" spans="1:2">
       <x:c r="A2215" s="2">
-        <x:v>42740</x:v>
+        <x:v>42773</x:v>
       </x:c>
       <x:c r="B2215" s="3">
-        <x:v>108581.79</x:v>
+        <x:v>108571.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2216" spans="1:2">
       <x:c r="A2216" s="2">
-        <x:v>42739</x:v>
+        <x:v>42772</x:v>
       </x:c>
       <x:c r="B2216" s="3">
-        <x:v>108581.87</x:v>
+        <x:v>108571.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2217" spans="1:2">
       <x:c r="A2217" s="2">
-        <x:v>42738</x:v>
+        <x:v>42771</x:v>
       </x:c>
       <x:c r="B2217" s="3">
-        <x:v>108582.05</x:v>
+        <x:v>108572.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2218" spans="1:2">
       <x:c r="A2218" s="2">
-        <x:v>42737</x:v>
+        <x:v>42768</x:v>
       </x:c>
       <x:c r="B2218" s="3">
-        <x:v>108582.17</x:v>
+        <x:v>108573.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2219" spans="1:2">
       <x:c r="A2219" s="2">
-        <x:v>42736</x:v>
+        <x:v>42767</x:v>
       </x:c>
       <x:c r="B2219" s="3">
-        <x:v>108582.36</x:v>
+        <x:v>108573.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2220" spans="1:2">
       <x:c r="A2220" s="2">
-        <x:v>42733</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="B2220" s="3">
-        <x:v>108582.48</x:v>
+        <x:v>108573.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2221" spans="1:2">
       <x:c r="A2221" s="2">
-        <x:v>42732</x:v>
+        <x:v>42765</x:v>
       </x:c>
       <x:c r="B2221" s="3">
-        <x:v>108582.43</x:v>
+        <x:v>108573.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2222" spans="1:2">
       <x:c r="A2222" s="2">
-        <x:v>42731</x:v>
+        <x:v>42764</x:v>
       </x:c>
       <x:c r="B2222" s="3">
-        <x:v>108582.48</x:v>
+        <x:v>108574.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2223" spans="1:2">
       <x:c r="A2223" s="2">
-        <x:v>42730</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="B2223" s="3">
-        <x:v>108582.32</x:v>
+        <x:v>108575.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2224" spans="1:2">
       <x:c r="A2224" s="2">
-        <x:v>42726</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="B2224" s="3">
-        <x:v>108584.93</x:v>
+        <x:v>108575.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2225" spans="1:2">
       <x:c r="A2225" s="2">
-        <x:v>42725</x:v>
+        <x:v>42759</x:v>
       </x:c>
       <x:c r="B2225" s="3">
-        <x:v>108584.95</x:v>
+        <x:v>108575.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2226" spans="1:2">
       <x:c r="A2226" s="2">
-        <x:v>42724</x:v>
+        <x:v>42758</x:v>
       </x:c>
       <x:c r="B2226" s="3">
-        <x:v>108585.1</x:v>
+        <x:v>108576.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2227" spans="1:2">
       <x:c r="A2227" s="2">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="B2227" s="3">
-        <x:v>108585.19</x:v>
+        <x:v>108576.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2228" spans="1:2">
       <x:c r="A2228" s="2">
-        <x:v>42722</x:v>
+        <x:v>42754</x:v>
       </x:c>
       <x:c r="B2228" s="3">
-        <x:v>108585.3</x:v>
+        <x:v>108577.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2229" spans="1:2">
       <x:c r="A2229" s="2">
-        <x:v>42719</x:v>
+        <x:v>42753</x:v>
       </x:c>
       <x:c r="B2229" s="3">
-        <x:v>108585.58</x:v>
+        <x:v>108577.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2230" spans="1:2">
       <x:c r="A2230" s="2">
-        <x:v>42718</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="B2230" s="3">
-        <x:v>108585.66</x:v>
+        <x:v>108577.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2231" spans="1:2">
       <x:c r="A2231" s="2">
-        <x:v>42717</x:v>
+        <x:v>42751</x:v>
       </x:c>
       <x:c r="B2231" s="3">
-        <x:v>108585.61</x:v>
+        <x:v>108577.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2232" spans="1:2">
       <x:c r="A2232" s="2">
-        <x:v>42716</x:v>
+        <x:v>42750</x:v>
       </x:c>
       <x:c r="B2232" s="3">
-        <x:v>108585.68</x:v>
+        <x:v>108578.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2233" spans="1:2">
       <x:c r="A2233" s="2">
-        <x:v>42715</x:v>
+        <x:v>42747</x:v>
       </x:c>
       <x:c r="B2233" s="3">
-        <x:v>108585.28</x:v>
+        <x:v>108579.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2234" spans="1:2">
       <x:c r="A2234" s="2">
-        <x:v>42712</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="B2234" s="3">
-        <x:v>108584.29</x:v>
+        <x:v>108579.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2235" spans="1:2">
       <x:c r="A2235" s="2">
-        <x:v>42711</x:v>
+        <x:v>42745</x:v>
       </x:c>
       <x:c r="B2235" s="3">
-        <x:v>108584.93</x:v>
+        <x:v>108579.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2236" spans="1:2">
       <x:c r="A2236" s="2">
-        <x:v>42710</x:v>
+        <x:v>42744</x:v>
       </x:c>
       <x:c r="B2236" s="3">
-        <x:v>108584.62</x:v>
+        <x:v>108579.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2237" spans="1:2">
       <x:c r="A2237" s="2">
-        <x:v>42709</x:v>
+        <x:v>42743</x:v>
       </x:c>
       <x:c r="B2237" s="3">
-        <x:v>108585.71</x:v>
+        <x:v>108579.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2238" spans="1:2">
       <x:c r="A2238" s="2">
-        <x:v>42708</x:v>
+        <x:v>42740</x:v>
       </x:c>
       <x:c r="B2238" s="3">
-        <x:v>108585.9</x:v>
+        <x:v>108581.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2239" spans="1:2">
       <x:c r="A2239" s="2">
-        <x:v>42705</x:v>
+        <x:v>42739</x:v>
       </x:c>
       <x:c r="B2239" s="3">
-        <x:v>108589.55</x:v>
+        <x:v>108581.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2240" spans="1:2">
       <x:c r="A2240" s="2">
-        <x:v>42704</x:v>
+        <x:v>42738</x:v>
       </x:c>
       <x:c r="B2240" s="3">
-        <x:v>108589.67</x:v>
+        <x:v>108582.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2241" spans="1:2">
       <x:c r="A2241" s="2">
-        <x:v>42703</x:v>
+        <x:v>42737</x:v>
       </x:c>
       <x:c r="B2241" s="3">
-        <x:v>108590.01</x:v>
+        <x:v>108582.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2242" spans="1:2">
       <x:c r="A2242" s="2">
-        <x:v>42702</x:v>
+        <x:v>42736</x:v>
       </x:c>
       <x:c r="B2242" s="3">
-        <x:v>108590.29</x:v>
+        <x:v>108582.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2243" spans="1:2">
       <x:c r="A2243" s="2">
-        <x:v>42701</x:v>
+        <x:v>42733</x:v>
       </x:c>
       <x:c r="B2243" s="3">
-        <x:v>108590.86</x:v>
+        <x:v>108582.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2244" spans="1:2">
       <x:c r="A2244" s="2">
-        <x:v>42698</x:v>
+        <x:v>42732</x:v>
       </x:c>
       <x:c r="B2244" s="3">
-        <x:v>108591.78</x:v>
+        <x:v>108582.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2245" spans="1:2">
       <x:c r="A2245" s="2">
-        <x:v>42697</x:v>
+        <x:v>42731</x:v>
       </x:c>
       <x:c r="B2245" s="3">
-        <x:v>108592.06</x:v>
+        <x:v>108582.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2246" spans="1:2">
       <x:c r="A2246" s="2">
-        <x:v>42696</x:v>
+        <x:v>42730</x:v>
       </x:c>
       <x:c r="B2246" s="3">
-        <x:v>108592.1</x:v>
+        <x:v>108582.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2247" spans="1:2">
       <x:c r="A2247" s="2">
-        <x:v>42695</x:v>
+        <x:v>42726</x:v>
       </x:c>
       <x:c r="B2247" s="3">
-        <x:v>108592.16</x:v>
+        <x:v>108584.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2248" spans="1:2">
       <x:c r="A2248" s="2">
-        <x:v>42694</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="B2248" s="3">
-        <x:v>108592.28</x:v>
+        <x:v>108584.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2249" spans="1:2">
       <x:c r="A2249" s="2">
-        <x:v>42691</x:v>
+        <x:v>42724</x:v>
       </x:c>
       <x:c r="B2249" s="3">
-        <x:v>108592.86</x:v>
+        <x:v>108585.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2250" spans="1:2">
       <x:c r="A2250" s="2">
-        <x:v>42690</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="B2250" s="3">
-        <x:v>108593.42</x:v>
+        <x:v>108585.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2251" spans="1:2">
       <x:c r="A2251" s="2">
-        <x:v>42689</x:v>
+        <x:v>42722</x:v>
       </x:c>
       <x:c r="B2251" s="3">
-        <x:v>108593.41</x:v>
+        <x:v>108585.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2252" spans="1:2">
       <x:c r="A2252" s="2">
-        <x:v>42688</x:v>
+        <x:v>42719</x:v>
       </x:c>
       <x:c r="B2252" s="3">
-        <x:v>108593.84</x:v>
+        <x:v>108585.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2253" spans="1:2">
       <x:c r="A2253" s="2">
-        <x:v>42687</x:v>
+        <x:v>42718</x:v>
       </x:c>
       <x:c r="B2253" s="3">
-        <x:v>108594.4</x:v>
+        <x:v>108585.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2254" spans="1:2">
       <x:c r="A2254" s="2">
-        <x:v>42683</x:v>
+        <x:v>42717</x:v>
       </x:c>
       <x:c r="B2254" s="3">
-        <x:v>108594.62</x:v>
+        <x:v>108585.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2255" spans="1:2">
       <x:c r="A2255" s="2">
-        <x:v>42682</x:v>
+        <x:v>42716</x:v>
       </x:c>
       <x:c r="B2255" s="3">
-        <x:v>108594.66</x:v>
+        <x:v>108585.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2256" spans="1:2">
       <x:c r="A2256" s="2">
-        <x:v>42681</x:v>
+        <x:v>42715</x:v>
       </x:c>
       <x:c r="B2256" s="3">
-        <x:v>108594.59</x:v>
+        <x:v>108585.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2257" spans="1:2">
       <x:c r="A2257" s="2">
-        <x:v>42680</x:v>
+        <x:v>42712</x:v>
       </x:c>
       <x:c r="B2257" s="3">
-        <x:v>108594.5</x:v>
+        <x:v>108584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2258" spans="1:2">
       <x:c r="A2258" s="2">
-        <x:v>42677</x:v>
+        <x:v>42711</x:v>
       </x:c>
       <x:c r="B2258" s="3">
-        <x:v>108594.22</x:v>
+        <x:v>108584.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2259" spans="1:2">
       <x:c r="A2259" s="2">
-        <x:v>42676</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="B2259" s="3">
-        <x:v>108594.41</x:v>
+        <x:v>108584.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2260" spans="1:2">
       <x:c r="A2260" s="2">
-        <x:v>42675</x:v>
+        <x:v>42709</x:v>
       </x:c>
       <x:c r="B2260" s="3">
-        <x:v>108594.36</x:v>
+        <x:v>108585.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2261" spans="1:2">
       <x:c r="A2261" s="2">
-        <x:v>42673</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="B2261" s="3">
-        <x:v>108594.59</x:v>
+        <x:v>108585.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2262" spans="1:2">
       <x:c r="A2262" s="2">
-        <x:v>42670</x:v>
+        <x:v>42705</x:v>
       </x:c>
       <x:c r="B2262" s="3">
-        <x:v>108595.16</x:v>
+        <x:v>108589.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2263" spans="1:2">
       <x:c r="A2263" s="2">
-        <x:v>42669</x:v>
+        <x:v>42704</x:v>
       </x:c>
       <x:c r="B2263" s="3">
-        <x:v>108595.27</x:v>
+        <x:v>108589.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2264" spans="1:2">
       <x:c r="A2264" s="2">
-        <x:v>42668</x:v>
+        <x:v>42703</x:v>
       </x:c>
       <x:c r="B2264" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108590.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2265" spans="1:2">
       <x:c r="A2265" s="2">
-        <x:v>42667</x:v>
+        <x:v>42702</x:v>
       </x:c>
       <x:c r="B2265" s="3">
-        <x:v>108595.38</x:v>
+        <x:v>108590.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2266" spans="1:2">
       <x:c r="A2266" s="2">
-        <x:v>42666</x:v>
+        <x:v>42701</x:v>
       </x:c>
       <x:c r="B2266" s="3">
-        <x:v>108595.41</x:v>
+        <x:v>108590.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2267" spans="1:2">
       <x:c r="A2267" s="2">
-        <x:v>42663</x:v>
+        <x:v>42698</x:v>
       </x:c>
       <x:c r="B2267" s="3">
-        <x:v>108595.51</x:v>
+        <x:v>108591.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2268" spans="1:2">
       <x:c r="A2268" s="2">
-        <x:v>42662</x:v>
+        <x:v>42697</x:v>
       </x:c>
       <x:c r="B2268" s="3">
-        <x:v>108595.44</x:v>
+        <x:v>108592.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2269" spans="1:2">
       <x:c r="A2269" s="2">
-        <x:v>42661</x:v>
+        <x:v>42696</x:v>
       </x:c>
       <x:c r="B2269" s="3">
-        <x:v>108595.25</x:v>
+        <x:v>108592.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2270" spans="1:2">
       <x:c r="A2270" s="2">
-        <x:v>42660</x:v>
+        <x:v>42695</x:v>
       </x:c>
       <x:c r="B2270" s="3">
-        <x:v>108595.22</x:v>
+        <x:v>108592.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2271" spans="1:2">
       <x:c r="A2271" s="2">
-        <x:v>42659</x:v>
+        <x:v>42694</x:v>
       </x:c>
       <x:c r="B2271" s="3">
-        <x:v>108595.13</x:v>
+        <x:v>108592.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2272" spans="1:2">
       <x:c r="A2272" s="2">
-        <x:v>42656</x:v>
+        <x:v>42691</x:v>
       </x:c>
       <x:c r="B2272" s="3">
-        <x:v>108594.69</x:v>
+        <x:v>108592.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2273" spans="1:2">
       <x:c r="A2273" s="2">
-        <x:v>42655</x:v>
+        <x:v>42690</x:v>
       </x:c>
       <x:c r="B2273" s="3">
-        <x:v>108594.54</x:v>
+        <x:v>108593.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2274" spans="1:2">
       <x:c r="A2274" s="2">
-        <x:v>42654</x:v>
+        <x:v>42689</x:v>
       </x:c>
       <x:c r="B2274" s="3">
-        <x:v>108594.21</x:v>
+        <x:v>108593.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2275" spans="1:2">
       <x:c r="A2275" s="2">
-        <x:v>42653</x:v>
+        <x:v>42688</x:v>
       </x:c>
       <x:c r="B2275" s="3">
-        <x:v>108594.21</x:v>
+        <x:v>108593.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2276" spans="1:2">
       <x:c r="A2276" s="2">
-        <x:v>42652</x:v>
+        <x:v>42687</x:v>
       </x:c>
       <x:c r="B2276" s="3">
-        <x:v>108594.19</x:v>
+        <x:v>108594.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2277" spans="1:2">
       <x:c r="A2277" s="2">
-        <x:v>42649</x:v>
+        <x:v>42683</x:v>
       </x:c>
       <x:c r="B2277" s="3">
-        <x:v>108593.96</x:v>
+        <x:v>108594.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2278" spans="1:2">
       <x:c r="A2278" s="2">
-        <x:v>42648</x:v>
+        <x:v>42682</x:v>
       </x:c>
       <x:c r="B2278" s="3">
-        <x:v>108593.85</x:v>
+        <x:v>108594.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2279" spans="1:2">
       <x:c r="A2279" s="2">
-        <x:v>42647</x:v>
+        <x:v>42681</x:v>
       </x:c>
       <x:c r="B2279" s="3">
-        <x:v>108593.57</x:v>
+        <x:v>108594.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2280" spans="1:2">
       <x:c r="A2280" s="2">
-        <x:v>42646</x:v>
+        <x:v>42680</x:v>
       </x:c>
       <x:c r="B2280" s="3">
-        <x:v>108593.41</x:v>
+        <x:v>108594.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2281" spans="1:2">
       <x:c r="A2281" s="2">
-        <x:v>42645</x:v>
+        <x:v>42677</x:v>
       </x:c>
       <x:c r="B2281" s="3">
-        <x:v>108593.81</x:v>
+        <x:v>108594.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2282" spans="1:2">
       <x:c r="A2282" s="2">
-        <x:v>42642</x:v>
+        <x:v>42676</x:v>
       </x:c>
       <x:c r="B2282" s="3">
-        <x:v>108595.34</x:v>
+        <x:v>108594.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2283" spans="1:2">
       <x:c r="A2283" s="2">
-        <x:v>42641</x:v>
+        <x:v>42675</x:v>
       </x:c>
       <x:c r="B2283" s="3">
-        <x:v>108595.33</x:v>
+        <x:v>108594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2284" spans="1:2">
       <x:c r="A2284" s="2">
-        <x:v>42640</x:v>
+        <x:v>42673</x:v>
       </x:c>
       <x:c r="B2284" s="3">
-        <x:v>108595.64</x:v>
+        <x:v>108594.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2285" spans="1:2">
       <x:c r="A2285" s="2">
-        <x:v>42639</x:v>
+        <x:v>42670</x:v>
       </x:c>
       <x:c r="B2285" s="3">
-        <x:v>108595.67</x:v>
+        <x:v>108595.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2286" spans="1:2">
       <x:c r="A2286" s="2">
-        <x:v>42638</x:v>
+        <x:v>42669</x:v>
       </x:c>
       <x:c r="B2286" s="3">
-        <x:v>108595.6</x:v>
+        <x:v>108595.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2287" spans="1:2">
       <x:c r="A2287" s="2">
-        <x:v>42635</x:v>
+        <x:v>42668</x:v>
       </x:c>
       <x:c r="B2287" s="3">
-        <x:v>108595.62</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2288" spans="1:2">
       <x:c r="A2288" s="2">
-        <x:v>42634</x:v>
+        <x:v>42667</x:v>
       </x:c>
       <x:c r="B2288" s="3">
-        <x:v>108595.72</x:v>
+        <x:v>108595.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2289" spans="1:2">
       <x:c r="A2289" s="2">
-        <x:v>42633</x:v>
+        <x:v>42666</x:v>
       </x:c>
       <x:c r="B2289" s="3">
-        <x:v>108595.67</x:v>
+        <x:v>108595.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2290" spans="1:2">
       <x:c r="A2290" s="2">
-        <x:v>42632</x:v>
+        <x:v>42663</x:v>
       </x:c>
       <x:c r="B2290" s="3">
-        <x:v>108595.53</x:v>
+        <x:v>108595.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2291" spans="1:2">
       <x:c r="A2291" s="2">
-        <x:v>42631</x:v>
+        <x:v>42662</x:v>
       </x:c>
       <x:c r="B2291" s="3">
-        <x:v>108595.61</x:v>
+        <x:v>108595.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2292" spans="1:2">
       <x:c r="A2292" s="2">
-        <x:v>42628</x:v>
+        <x:v>42661</x:v>
       </x:c>
       <x:c r="B2292" s="3">
-        <x:v>108595.49</x:v>
+        <x:v>108595.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2293" spans="1:2">
       <x:c r="A2293" s="2">
-        <x:v>42627</x:v>
+        <x:v>42660</x:v>
       </x:c>
       <x:c r="B2293" s="3">
-        <x:v>108595.44</x:v>
+        <x:v>108595.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2294" spans="1:2">
       <x:c r="A2294" s="2">
-        <x:v>42626</x:v>
+        <x:v>42659</x:v>
       </x:c>
       <x:c r="B2294" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108595.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2295" spans="1:2">
       <x:c r="A2295" s="2">
-        <x:v>42625</x:v>
+        <x:v>42656</x:v>
       </x:c>
       <x:c r="B2295" s="3">
-        <x:v>108595.22</x:v>
+        <x:v>108594.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2296" spans="1:2">
       <x:c r="A2296" s="2">
-        <x:v>42624</x:v>
+        <x:v>42655</x:v>
       </x:c>
       <x:c r="B2296" s="3">
-        <x:v>108595.51</x:v>
+        <x:v>108594.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2297" spans="1:2">
       <x:c r="A2297" s="2">
-        <x:v>42621</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="B2297" s="3">
-        <x:v>108595.43</x:v>
+        <x:v>108594.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2298" spans="1:2">
       <x:c r="A2298" s="2">
-        <x:v>42620</x:v>
+        <x:v>42653</x:v>
       </x:c>
       <x:c r="B2298" s="3">
-        <x:v>108595.39</x:v>
+        <x:v>108594.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2299" spans="1:2">
       <x:c r="A2299" s="2">
-        <x:v>42619</x:v>
+        <x:v>42652</x:v>
       </x:c>
       <x:c r="B2299" s="3">
-        <x:v>108595.41</x:v>
+        <x:v>108594.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2300" spans="1:2">
       <x:c r="A2300" s="2">
-        <x:v>42618</x:v>
+        <x:v>42649</x:v>
       </x:c>
       <x:c r="B2300" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108593.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2301" spans="1:2">
       <x:c r="A2301" s="2">
-        <x:v>42617</x:v>
+        <x:v>42648</x:v>
       </x:c>
       <x:c r="B2301" s="3">
-        <x:v>108595.33</x:v>
+        <x:v>108593.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2302" spans="1:2">
       <x:c r="A2302" s="2">
-        <x:v>42614</x:v>
+        <x:v>42647</x:v>
       </x:c>
       <x:c r="B2302" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108593.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2303" spans="1:2">
       <x:c r="A2303" s="2">
-        <x:v>42613</x:v>
+        <x:v>42646</x:v>
       </x:c>
       <x:c r="B2303" s="3">
-        <x:v>108595.3</x:v>
+        <x:v>108593.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2304" spans="1:2">
       <x:c r="A2304" s="2">
-        <x:v>42612</x:v>
+        <x:v>42645</x:v>
       </x:c>
       <x:c r="B2304" s="3">
-        <x:v>108595.2</x:v>
+        <x:v>108593.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2305" spans="1:2">
       <x:c r="A2305" s="2">
-        <x:v>42611</x:v>
+        <x:v>42642</x:v>
       </x:c>
       <x:c r="B2305" s="3">
-        <x:v>108595.12</x:v>
+        <x:v>108595.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2306" spans="1:2">
       <x:c r="A2306" s="2">
-        <x:v>42610</x:v>
+        <x:v>42641</x:v>
       </x:c>
       <x:c r="B2306" s="3">
-        <x:v>108595.11</x:v>
+        <x:v>108595.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2307" spans="1:2">
       <x:c r="A2307" s="2">
-        <x:v>42607</x:v>
+        <x:v>42640</x:v>
       </x:c>
       <x:c r="B2307" s="3">
-        <x:v>108595.02</x:v>
+        <x:v>108595.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2308" spans="1:2">
       <x:c r="A2308" s="2">
-        <x:v>42606</x:v>
+        <x:v>42639</x:v>
       </x:c>
       <x:c r="B2308" s="3">
-        <x:v>108595.11</x:v>
+        <x:v>108595.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2309" spans="1:2">
       <x:c r="A2309" s="2">
-        <x:v>42605</x:v>
+        <x:v>42638</x:v>
       </x:c>
       <x:c r="B2309" s="3">
-        <x:v>108595.11</x:v>
+        <x:v>108595.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2310" spans="1:2">
       <x:c r="A2310" s="2">
-        <x:v>42604</x:v>
+        <x:v>42635</x:v>
       </x:c>
       <x:c r="B2310" s="3">
-        <x:v>108595.06</x:v>
+        <x:v>108595.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2311" spans="1:2">
       <x:c r="A2311" s="2">
-        <x:v>42603</x:v>
+        <x:v>42634</x:v>
       </x:c>
       <x:c r="B2311" s="3">
-        <x:v>108595.02</x:v>
+        <x:v>108595.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2312" spans="1:2">
       <x:c r="A2312" s="2">
-        <x:v>42600</x:v>
+        <x:v>42633</x:v>
       </x:c>
       <x:c r="B2312" s="3">
-        <x:v>108594.94</x:v>
+        <x:v>108595.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2313" spans="1:2">
       <x:c r="A2313" s="2">
-        <x:v>42599</x:v>
+        <x:v>42632</x:v>
       </x:c>
       <x:c r="B2313" s="3">
-        <x:v>108594.89</x:v>
+        <x:v>108595.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2314" spans="1:2">
       <x:c r="A2314" s="2">
-        <x:v>42598</x:v>
+        <x:v>42631</x:v>
       </x:c>
       <x:c r="B2314" s="3">
-        <x:v>108594.85</x:v>
+        <x:v>108595.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2315" spans="1:2">
       <x:c r="A2315" s="2">
-        <x:v>42597</x:v>
+        <x:v>42628</x:v>
       </x:c>
       <x:c r="B2315" s="3">
-        <x:v>108594.81</x:v>
+        <x:v>108595.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2316" spans="1:2">
       <x:c r="A2316" s="2">
-        <x:v>42593</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="B2316" s="3">
-        <x:v>108594.71</x:v>
+        <x:v>108595.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2317" spans="1:2">
       <x:c r="A2317" s="2">
-        <x:v>42592</x:v>
+        <x:v>42626</x:v>
       </x:c>
       <x:c r="B2317" s="3">
-        <x:v>108594.66</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2318" spans="1:2">
       <x:c r="A2318" s="2">
-        <x:v>42591</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="B2318" s="3">
-        <x:v>108594.58</x:v>
+        <x:v>108595.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2319" spans="1:2">
       <x:c r="A2319" s="2">
-        <x:v>42590</x:v>
+        <x:v>42624</x:v>
       </x:c>
       <x:c r="B2319" s="3">
-        <x:v>108594.56</x:v>
+        <x:v>108595.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2320" spans="1:2">
       <x:c r="A2320" s="2">
-        <x:v>42589</x:v>
+        <x:v>42621</x:v>
       </x:c>
       <x:c r="B2320" s="3">
-        <x:v>108594.54</x:v>
+        <x:v>108595.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2321" spans="1:2">
       <x:c r="A2321" s="2">
-        <x:v>42586</x:v>
+        <x:v>42620</x:v>
       </x:c>
       <x:c r="B2321" s="3">
-        <x:v>108594.49</x:v>
+        <x:v>108595.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2322" spans="1:2">
       <x:c r="A2322" s="2">
-        <x:v>42585</x:v>
+        <x:v>42619</x:v>
       </x:c>
       <x:c r="B2322" s="3">
-        <x:v>108594.47</x:v>
+        <x:v>108595.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2323" spans="1:2">
       <x:c r="A2323" s="2">
-        <x:v>42584</x:v>
+        <x:v>42618</x:v>
       </x:c>
       <x:c r="B2323" s="3">
-        <x:v>108594.39</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2324" spans="1:2">
       <x:c r="A2324" s="2">
-        <x:v>42583</x:v>
+        <x:v>42617</x:v>
       </x:c>
       <x:c r="B2324" s="3">
-        <x:v>108594.36</x:v>
+        <x:v>108595.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2325" spans="1:2">
       <x:c r="A2325" s="2">
-        <x:v>42582</x:v>
+        <x:v>42614</x:v>
       </x:c>
       <x:c r="B2325" s="3">
-        <x:v>108594.33</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2326" spans="1:2">
       <x:c r="A2326" s="2">
-        <x:v>42579</x:v>
+        <x:v>42613</x:v>
       </x:c>
       <x:c r="B2326" s="3">
-        <x:v>108594.25</x:v>
+        <x:v>108595.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2327" spans="1:2">
       <x:c r="A2327" s="2">
-        <x:v>42578</x:v>
+        <x:v>42612</x:v>
       </x:c>
       <x:c r="B2327" s="3">
-        <x:v>108594.12</x:v>
+        <x:v>108595.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2328" spans="1:2">
       <x:c r="A2328" s="2">
-        <x:v>42577</x:v>
+        <x:v>42611</x:v>
       </x:c>
       <x:c r="B2328" s="3">
-        <x:v>108594.1</x:v>
+        <x:v>108595.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2329" spans="1:2">
       <x:c r="A2329" s="2">
-        <x:v>42576</x:v>
+        <x:v>42610</x:v>
       </x:c>
       <x:c r="B2329" s="3">
-        <x:v>108594.07</x:v>
+        <x:v>108595.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2330" spans="1:2">
       <x:c r="A2330" s="2">
-        <x:v>42575</x:v>
+        <x:v>42607</x:v>
       </x:c>
       <x:c r="B2330" s="3">
-        <x:v>108594.01</x:v>
+        <x:v>108595.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2331" spans="1:2">
       <x:c r="A2331" s="2">
-        <x:v>42572</x:v>
+        <x:v>42606</x:v>
       </x:c>
       <x:c r="B2331" s="3">
-        <x:v>108593.94</x:v>
+        <x:v>108595.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2332" spans="1:2">
       <x:c r="A2332" s="2">
-        <x:v>42571</x:v>
+        <x:v>42605</x:v>
       </x:c>
       <x:c r="B2332" s="3">
-        <x:v>108593.92</x:v>
+        <x:v>108595.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2333" spans="1:2">
       <x:c r="A2333" s="2">
-        <x:v>42570</x:v>
+        <x:v>42604</x:v>
       </x:c>
       <x:c r="B2333" s="3">
-        <x:v>108593.92</x:v>
+        <x:v>108595.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2334" spans="1:2">
       <x:c r="A2334" s="2">
-        <x:v>42569</x:v>
+        <x:v>42603</x:v>
       </x:c>
       <x:c r="B2334" s="3">
-        <x:v>108593.83</x:v>
+        <x:v>108595.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2335" spans="1:2">
       <x:c r="A2335" s="2">
-        <x:v>42568</x:v>
+        <x:v>42600</x:v>
       </x:c>
       <x:c r="B2335" s="3">
-        <x:v>108593.83</x:v>
+        <x:v>108594.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2336" spans="1:2">
       <x:c r="A2336" s="2">
-        <x:v>42565</x:v>
+        <x:v>42599</x:v>
       </x:c>
       <x:c r="B2336" s="3">
-        <x:v>108593.78</x:v>
+        <x:v>108594.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2337" spans="1:2">
       <x:c r="A2337" s="2">
-        <x:v>42563</x:v>
+        <x:v>42598</x:v>
       </x:c>
       <x:c r="B2337" s="3">
-        <x:v>108593.84</x:v>
+        <x:v>108594.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2338" spans="1:2">
       <x:c r="A2338" s="2">
-        <x:v>42562</x:v>
+        <x:v>42597</x:v>
       </x:c>
       <x:c r="B2338" s="3">
-        <x:v>108593.84</x:v>
+        <x:v>108594.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2339" spans="1:2">
       <x:c r="A2339" s="2">
-        <x:v>42561</x:v>
+        <x:v>42593</x:v>
       </x:c>
       <x:c r="B2339" s="3">
-        <x:v>108593.78</x:v>
+        <x:v>108594.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2340" spans="1:2">
       <x:c r="A2340" s="2">
-        <x:v>42558</x:v>
+        <x:v>42592</x:v>
       </x:c>
       <x:c r="B2340" s="3">
-        <x:v>108593.73</x:v>
+        <x:v>108594.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2341" spans="1:2">
       <x:c r="A2341" s="2">
-        <x:v>42557</x:v>
+        <x:v>42591</x:v>
       </x:c>
       <x:c r="B2341" s="3">
-        <x:v>108593.66</x:v>
+        <x:v>108594.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2342" spans="1:2">
       <x:c r="A2342" s="2">
-        <x:v>42556</x:v>
+        <x:v>42590</x:v>
       </x:c>
       <x:c r="B2342" s="3">
-        <x:v>108593.6</x:v>
+        <x:v>108594.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2343" spans="1:2">
       <x:c r="A2343" s="2">
-        <x:v>42555</x:v>
+        <x:v>42589</x:v>
       </x:c>
       <x:c r="B2343" s="3">
-        <x:v>108593.55</x:v>
+        <x:v>108594.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2344" spans="1:2">
       <x:c r="A2344" s="2">
-        <x:v>42554</x:v>
+        <x:v>42586</x:v>
       </x:c>
       <x:c r="B2344" s="3">
-        <x:v>108593.52</x:v>
+        <x:v>108594.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2345" spans="1:2">
       <x:c r="A2345" s="2">
-        <x:v>42551</x:v>
+        <x:v>42585</x:v>
       </x:c>
       <x:c r="B2345" s="3">
-        <x:v>108593.49</x:v>
+        <x:v>108594.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2346" spans="1:2">
       <x:c r="A2346" s="2">
-        <x:v>42550</x:v>
+        <x:v>42584</x:v>
       </x:c>
       <x:c r="B2346" s="3">
-        <x:v>108593.45</x:v>
+        <x:v>108594.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2347" spans="1:2">
       <x:c r="A2347" s="2">
-        <x:v>42549</x:v>
+        <x:v>42583</x:v>
       </x:c>
       <x:c r="B2347" s="3">
-        <x:v>108593.44</x:v>
+        <x:v>108594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2348" spans="1:2">
       <x:c r="A2348" s="2">
-        <x:v>42548</x:v>
+        <x:v>42582</x:v>
       </x:c>
       <x:c r="B2348" s="3">
-        <x:v>108593.41</x:v>
+        <x:v>108594.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2349" spans="1:2">
       <x:c r="A2349" s="2">
-        <x:v>42547</x:v>
+        <x:v>42579</x:v>
       </x:c>
       <x:c r="B2349" s="3">
-        <x:v>108593.33</x:v>
+        <x:v>108594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2350" spans="1:2">
       <x:c r="A2350" s="2">
-        <x:v>42544</x:v>
+        <x:v>42578</x:v>
       </x:c>
       <x:c r="B2350" s="3">
-        <x:v>108593.28</x:v>
+        <x:v>108594.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2351" spans="1:2">
       <x:c r="A2351" s="2">
-        <x:v>42543</x:v>
+        <x:v>42577</x:v>
       </x:c>
       <x:c r="B2351" s="3">
-        <x:v>108593.24</x:v>
+        <x:v>108594.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2352" spans="1:2">
       <x:c r="A2352" s="2">
-        <x:v>42542</x:v>
+        <x:v>42576</x:v>
       </x:c>
       <x:c r="B2352" s="3">
-        <x:v>108593.18</x:v>
+        <x:v>108594.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2353" spans="1:2">
       <x:c r="A2353" s="2">
-        <x:v>42541</x:v>
+        <x:v>42575</x:v>
       </x:c>
       <x:c r="B2353" s="3">
-        <x:v>108593.16</x:v>
+        <x:v>108594.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2354" spans="1:2">
       <x:c r="A2354" s="2">
-        <x:v>42540</x:v>
+        <x:v>42572</x:v>
       </x:c>
       <x:c r="B2354" s="3">
-        <x:v>108593.15</x:v>
+        <x:v>108593.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2355" spans="1:2">
       <x:c r="A2355" s="2">
-        <x:v>42537</x:v>
+        <x:v>42571</x:v>
       </x:c>
       <x:c r="B2355" s="3">
-        <x:v>108593.06</x:v>
+        <x:v>108593.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2356" spans="1:2">
       <x:c r="A2356" s="2">
-        <x:v>42536</x:v>
+        <x:v>42570</x:v>
       </x:c>
       <x:c r="B2356" s="3">
-        <x:v>108593.03</x:v>
+        <x:v>108593.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2357" spans="1:2">
       <x:c r="A2357" s="2">
-        <x:v>42535</x:v>
+        <x:v>42569</x:v>
       </x:c>
       <x:c r="B2357" s="3">
-        <x:v>108593.01</x:v>
+        <x:v>108593.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2358" spans="1:2">
       <x:c r="A2358" s="2">
-        <x:v>42534</x:v>
+        <x:v>42568</x:v>
       </x:c>
       <x:c r="B2358" s="3">
-        <x:v>108593.01</x:v>
+        <x:v>108593.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2359" spans="1:2">
       <x:c r="A2359" s="2">
-        <x:v>42533</x:v>
+        <x:v>42565</x:v>
       </x:c>
       <x:c r="B2359" s="3">
-        <x:v>108592.96</x:v>
+        <x:v>108593.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2360" spans="1:2">
       <x:c r="A2360" s="2">
-        <x:v>42530</x:v>
+        <x:v>42563</x:v>
       </x:c>
       <x:c r="B2360" s="3">
-        <x:v>108592.84</x:v>
+        <x:v>108593.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2361" spans="1:2">
       <x:c r="A2361" s="2">
-        <x:v>42529</x:v>
+        <x:v>42562</x:v>
       </x:c>
       <x:c r="B2361" s="3">
-        <x:v>108592.77</x:v>
+        <x:v>108593.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2362" spans="1:2">
       <x:c r="A2362" s="2">
-        <x:v>42528</x:v>
+        <x:v>42561</x:v>
       </x:c>
       <x:c r="B2362" s="3">
-        <x:v>108592.71</x:v>
+        <x:v>108593.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2363" spans="1:2">
       <x:c r="A2363" s="2">
-        <x:v>42527</x:v>
+        <x:v>42558</x:v>
       </x:c>
       <x:c r="B2363" s="3">
-        <x:v>108592.65</x:v>
+        <x:v>108593.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2364" spans="1:2">
       <x:c r="A2364" s="2">
-        <x:v>42526</x:v>
+        <x:v>42557</x:v>
       </x:c>
       <x:c r="B2364" s="3">
-        <x:v>108592.56</x:v>
+        <x:v>108593.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2365" spans="1:2">
       <x:c r="A2365" s="2">
-        <x:v>42523</x:v>
+        <x:v>42556</x:v>
       </x:c>
       <x:c r="B2365" s="3">
-        <x:v>108592.43</x:v>
+        <x:v>108593.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2366" spans="1:2">
       <x:c r="A2366" s="2">
-        <x:v>42522</x:v>
+        <x:v>42555</x:v>
       </x:c>
       <x:c r="B2366" s="3">
-        <x:v>108592.36</x:v>
+        <x:v>108593.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2367" spans="1:2">
       <x:c r="A2367" s="2">
-        <x:v>42521</x:v>
+        <x:v>42554</x:v>
       </x:c>
       <x:c r="B2367" s="3">
-        <x:v>108592.3</x:v>
+        <x:v>108593.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2368" spans="1:2">
       <x:c r="A2368" s="2">
-        <x:v>42520</x:v>
+        <x:v>42551</x:v>
       </x:c>
       <x:c r="B2368" s="3">
-        <x:v>108592.27</x:v>
+        <x:v>108593.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2369" spans="1:2">
       <x:c r="A2369" s="2">
-        <x:v>42519</x:v>
+        <x:v>42550</x:v>
       </x:c>
       <x:c r="B2369" s="3">
-        <x:v>108592.2</x:v>
+        <x:v>108593.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2370" spans="1:2">
       <x:c r="A2370" s="2">
-        <x:v>42516</x:v>
+        <x:v>42549</x:v>
       </x:c>
       <x:c r="B2370" s="3">
-        <x:v>108592.06</x:v>
+        <x:v>108593.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2371" spans="1:2">
       <x:c r="A2371" s="2">
-        <x:v>42515</x:v>
+        <x:v>42548</x:v>
       </x:c>
       <x:c r="B2371" s="3">
-        <x:v>108592.05</x:v>
+        <x:v>108593.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2372" spans="1:2">
       <x:c r="A2372" s="2">
-        <x:v>42514</x:v>
+        <x:v>42547</x:v>
       </x:c>
       <x:c r="B2372" s="3">
-        <x:v>108591.94</x:v>
+        <x:v>108593.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2373" spans="1:2">
       <x:c r="A2373" s="2">
-        <x:v>42513</x:v>
+        <x:v>42544</x:v>
       </x:c>
       <x:c r="B2373" s="3">
-        <x:v>108591.89</x:v>
+        <x:v>108593.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2374" spans="1:2">
       <x:c r="A2374" s="2">
-        <x:v>42512</x:v>
+        <x:v>42543</x:v>
       </x:c>
       <x:c r="B2374" s="3">
-        <x:v>108591.83</x:v>
+        <x:v>108593.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2375" spans="1:2">
       <x:c r="A2375" s="2">
-        <x:v>42509</x:v>
+        <x:v>42542</x:v>
       </x:c>
       <x:c r="B2375" s="3">
-        <x:v>108591.7</x:v>
+        <x:v>108593.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2376" spans="1:2">
       <x:c r="A2376" s="2">
-        <x:v>42508</x:v>
+        <x:v>42541</x:v>
       </x:c>
       <x:c r="B2376" s="3">
-        <x:v>108591.61</x:v>
+        <x:v>108593.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2377" spans="1:2">
       <x:c r="A2377" s="2">
-        <x:v>42507</x:v>
+        <x:v>42540</x:v>
       </x:c>
       <x:c r="B2377" s="3">
-        <x:v>108591.53</x:v>
+        <x:v>108593.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2378" spans="1:2">
       <x:c r="A2378" s="2">
-        <x:v>42506</x:v>
+        <x:v>42537</x:v>
       </x:c>
       <x:c r="B2378" s="3">
-        <x:v>108591.37</x:v>
+        <x:v>108593.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2379" spans="1:2">
       <x:c r="A2379" s="2">
-        <x:v>42502</x:v>
+        <x:v>42536</x:v>
       </x:c>
       <x:c r="B2379" s="3">
-        <x:v>108591.06</x:v>
+        <x:v>108593.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2380" spans="1:2">
       <x:c r="A2380" s="2">
-        <x:v>42501</x:v>
+        <x:v>42535</x:v>
       </x:c>
       <x:c r="B2380" s="3">
-        <x:v>108590.89</x:v>
+        <x:v>108593.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2381" spans="1:2">
       <x:c r="A2381" s="2">
-        <x:v>42500</x:v>
+        <x:v>42534</x:v>
       </x:c>
       <x:c r="B2381" s="3">
-        <x:v>108590.71</x:v>
+        <x:v>108593.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2382" spans="1:2">
       <x:c r="A2382" s="2">
-        <x:v>42499</x:v>
+        <x:v>42533</x:v>
       </x:c>
       <x:c r="B2382" s="3">
-        <x:v>108590.6</x:v>
+        <x:v>108592.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2383" spans="1:2">
       <x:c r="A2383" s="2">
-        <x:v>42498</x:v>
+        <x:v>42530</x:v>
       </x:c>
       <x:c r="B2383" s="3">
-        <x:v>108590.37</x:v>
+        <x:v>108592.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2384" spans="1:2">
       <x:c r="A2384" s="2">
-        <x:v>42495</x:v>
+        <x:v>42529</x:v>
       </x:c>
       <x:c r="B2384" s="3">
-        <x:v>108590.11</x:v>
+        <x:v>108592.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2385" spans="1:2">
       <x:c r="A2385" s="2">
-        <x:v>42493</x:v>
+        <x:v>42528</x:v>
       </x:c>
       <x:c r="B2385" s="3">
-        <x:v>108589.9</x:v>
+        <x:v>108592.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2386" spans="1:2">
       <x:c r="A2386" s="2">
-        <x:v>42492</x:v>
+        <x:v>42527</x:v>
       </x:c>
       <x:c r="B2386" s="3">
-        <x:v>108589.73</x:v>
+        <x:v>108592.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2387" spans="1:2">
       <x:c r="A2387" s="2">
-        <x:v>42491</x:v>
+        <x:v>42526</x:v>
       </x:c>
       <x:c r="B2387" s="3">
-        <x:v>108589.6</x:v>
+        <x:v>108592.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2388" spans="1:2">
       <x:c r="A2388" s="2">
-        <x:v>42488</x:v>
+        <x:v>42523</x:v>
       </x:c>
       <x:c r="B2388" s="3">
-        <x:v>108589.4</x:v>
+        <x:v>108592.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2389" spans="1:2">
       <x:c r="A2389" s="2">
-        <x:v>42487</x:v>
+        <x:v>42522</x:v>
       </x:c>
       <x:c r="B2389" s="3">
-        <x:v>108589.28</x:v>
+        <x:v>108592.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2390" spans="1:2">
       <x:c r="A2390" s="2">
-        <x:v>42486</x:v>
+        <x:v>42521</x:v>
       </x:c>
       <x:c r="B2390" s="3">
-        <x:v>108589.19</x:v>
+        <x:v>108592.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2391" spans="1:2">
       <x:c r="A2391" s="2">
-        <x:v>42485</x:v>
+        <x:v>42520</x:v>
       </x:c>
       <x:c r="B2391" s="3">
-        <x:v>108589.12</x:v>
+        <x:v>108592.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2392" spans="1:2">
       <x:c r="A2392" s="2">
-        <x:v>42484</x:v>
+        <x:v>42519</x:v>
       </x:c>
       <x:c r="B2392" s="3">
-        <x:v>108589.04</x:v>
+        <x:v>108592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2393" spans="1:2">
       <x:c r="A2393" s="2">
-        <x:v>42481</x:v>
+        <x:v>42516</x:v>
       </x:c>
       <x:c r="B2393" s="3">
-        <x:v>108588.8</x:v>
+        <x:v>108592.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2394" spans="1:2">
       <x:c r="A2394" s="2">
-        <x:v>42480</x:v>
+        <x:v>42515</x:v>
       </x:c>
       <x:c r="B2394" s="3">
-        <x:v>108588.61</x:v>
+        <x:v>108592.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2395" spans="1:2">
       <x:c r="A2395" s="2">
-        <x:v>42479</x:v>
+        <x:v>42514</x:v>
       </x:c>
       <x:c r="B2395" s="3">
-        <x:v>108588.43</x:v>
+        <x:v>108591.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2396" spans="1:2">
       <x:c r="A2396" s="2">
-        <x:v>42478</x:v>
+        <x:v>42513</x:v>
       </x:c>
       <x:c r="B2396" s="3">
-        <x:v>108588.29</x:v>
+        <x:v>108591.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2397" spans="1:2">
       <x:c r="A2397" s="2">
-        <x:v>42477</x:v>
+        <x:v>42512</x:v>
       </x:c>
       <x:c r="B2397" s="3">
-        <x:v>108588.08</x:v>
+        <x:v>108591.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2398" spans="1:2">
       <x:c r="A2398" s="2">
-        <x:v>42474</x:v>
+        <x:v>42509</x:v>
       </x:c>
       <x:c r="B2398" s="3">
-        <x:v>108587.78</x:v>
+        <x:v>108591.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2399" spans="1:2">
       <x:c r="A2399" s="2">
-        <x:v>42473</x:v>
+        <x:v>42508</x:v>
       </x:c>
       <x:c r="B2399" s="3">
-        <x:v>108587.6</x:v>
+        <x:v>108591.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2400" spans="1:2">
       <x:c r="A2400" s="2">
-        <x:v>42472</x:v>
+        <x:v>42507</x:v>
       </x:c>
       <x:c r="B2400" s="3">
-        <x:v>108587.58</x:v>
+        <x:v>108591.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2401" spans="1:2">
       <x:c r="A2401" s="2">
-        <x:v>42471</x:v>
+        <x:v>42506</x:v>
       </x:c>
       <x:c r="B2401" s="3">
-        <x:v>108587.48</x:v>
+        <x:v>108591.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2402" spans="1:2">
       <x:c r="A2402" s="2">
-        <x:v>42470</x:v>
+        <x:v>42502</x:v>
       </x:c>
       <x:c r="B2402" s="3">
-        <x:v>108587.3</x:v>
+        <x:v>108591.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2403" spans="1:2">
       <x:c r="A2403" s="2">
-        <x:v>42467</x:v>
+        <x:v>42501</x:v>
       </x:c>
       <x:c r="B2403" s="3">
-        <x:v>108586.79</x:v>
+        <x:v>108590.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2404" spans="1:2">
       <x:c r="A2404" s="2">
-        <x:v>42466</x:v>
+        <x:v>42500</x:v>
       </x:c>
       <x:c r="B2404" s="3">
-        <x:v>108586.64</x:v>
+        <x:v>108590.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2405" spans="1:2">
       <x:c r="A2405" s="2">
-        <x:v>42465</x:v>
+        <x:v>42499</x:v>
       </x:c>
       <x:c r="B2405" s="3">
-        <x:v>108586.46</x:v>
+        <x:v>108590.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2406" spans="1:2">
       <x:c r="A2406" s="2">
-        <x:v>42464</x:v>
+        <x:v>42498</x:v>
       </x:c>
       <x:c r="B2406" s="3">
-        <x:v>108586.29</x:v>
+        <x:v>108590.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2407" spans="1:2">
       <x:c r="A2407" s="2">
-        <x:v>42463</x:v>
+        <x:v>42495</x:v>
       </x:c>
       <x:c r="B2407" s="3">
-        <x:v>108586.08</x:v>
+        <x:v>108590.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2408" spans="1:2">
       <x:c r="A2408" s="2">
-        <x:v>42460</x:v>
+        <x:v>42493</x:v>
       </x:c>
       <x:c r="B2408" s="3">
-        <x:v>108585.52</x:v>
+        <x:v>108589.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2409" spans="1:2">
       <x:c r="A2409" s="2">
-        <x:v>42459</x:v>
+        <x:v>42492</x:v>
       </x:c>
       <x:c r="B2409" s="3">
-        <x:v>108585.37</x:v>
+        <x:v>108589.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2410" spans="1:2">
       <x:c r="A2410" s="2">
-        <x:v>42458</x:v>
+        <x:v>42491</x:v>
       </x:c>
       <x:c r="B2410" s="3">
-        <x:v>108585.18</x:v>
+        <x:v>108589.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2411" spans="1:2">
       <x:c r="A2411" s="2">
-        <x:v>42457</x:v>
+        <x:v>42488</x:v>
       </x:c>
       <x:c r="B2411" s="3">
-        <x:v>108584.97</x:v>
+        <x:v>108589.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2412" spans="1:2">
       <x:c r="A2412" s="2">
-        <x:v>42452</x:v>
+        <x:v>42487</x:v>
       </x:c>
       <x:c r="B2412" s="3">
-        <x:v>108583.94</x:v>
+        <x:v>108589.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2413" spans="1:2">
       <x:c r="A2413" s="2">
-        <x:v>42451</x:v>
+        <x:v>42486</x:v>
       </x:c>
       <x:c r="B2413" s="3">
-        <x:v>108583.73</x:v>
+        <x:v>108589.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2414" spans="1:2">
       <x:c r="A2414" s="2">
-        <x:v>42450</x:v>
+        <x:v>42485</x:v>
       </x:c>
       <x:c r="B2414" s="3">
-        <x:v>108583.51</x:v>
+        <x:v>108589.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2415" spans="1:2">
       <x:c r="A2415" s="2">
-        <x:v>42449</x:v>
+        <x:v>42484</x:v>
       </x:c>
       <x:c r="B2415" s="3">
-        <x:v>108583.27</x:v>
+        <x:v>108589.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2416" spans="1:2">
       <x:c r="A2416" s="2">
-        <x:v>42446</x:v>
+        <x:v>42481</x:v>
       </x:c>
       <x:c r="B2416" s="3">
-        <x:v>108582.44</x:v>
+        <x:v>108588.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2417" spans="1:2">
       <x:c r="A2417" s="2">
-        <x:v>42445</x:v>
+        <x:v>42480</x:v>
       </x:c>
       <x:c r="B2417" s="3">
-        <x:v>108582.16</x:v>
+        <x:v>108588.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2418" spans="1:2">
       <x:c r="A2418" s="2">
-        <x:v>42444</x:v>
+        <x:v>42479</x:v>
       </x:c>
       <x:c r="B2418" s="3">
-        <x:v>108581.94</x:v>
+        <x:v>108588.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2419" spans="1:2">
       <x:c r="A2419" s="2">
-        <x:v>42443</x:v>
+        <x:v>42478</x:v>
       </x:c>
       <x:c r="B2419" s="3">
-        <x:v>108581.7</x:v>
+        <x:v>108588.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2420" spans="1:2">
       <x:c r="A2420" s="2">
-        <x:v>42442</x:v>
+        <x:v>42477</x:v>
       </x:c>
       <x:c r="B2420" s="3">
-        <x:v>108581.54</x:v>
+        <x:v>108588.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2421" spans="1:2">
       <x:c r="A2421" s="2">
-        <x:v>42439</x:v>
+        <x:v>42474</x:v>
       </x:c>
       <x:c r="B2421" s="3">
-        <x:v>108580.96</x:v>
+        <x:v>108587.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2422" spans="1:2">
       <x:c r="A2422" s="2">
-        <x:v>42438</x:v>
+        <x:v>42473</x:v>
       </x:c>
       <x:c r="B2422" s="3">
-        <x:v>108580.77</x:v>
+        <x:v>108587.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2423" spans="1:2">
       <x:c r="A2423" s="2">
-        <x:v>42437</x:v>
+        <x:v>42472</x:v>
       </x:c>
       <x:c r="B2423" s="3">
-        <x:v>108580.56</x:v>
+        <x:v>108587.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2424" spans="1:2">
       <x:c r="A2424" s="2">
-        <x:v>42436</x:v>
+        <x:v>42471</x:v>
       </x:c>
       <x:c r="B2424" s="3">
-        <x:v>108580.37</x:v>
+        <x:v>108587.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2425" spans="1:2">
       <x:c r="A2425" s="2">
-        <x:v>42435</x:v>
+        <x:v>42470</x:v>
       </x:c>
       <x:c r="B2425" s="3">
-        <x:v>108580.18</x:v>
+        <x:v>108587.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2426" spans="1:2">
       <x:c r="A2426" s="2">
-        <x:v>42432</x:v>
+        <x:v>42467</x:v>
       </x:c>
       <x:c r="B2426" s="3">
-        <x:v>108579.76</x:v>
+        <x:v>108586.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2427" spans="1:2">
       <x:c r="A2427" s="2">
-        <x:v>42431</x:v>
+        <x:v>42466</x:v>
       </x:c>
       <x:c r="B2427" s="3">
-        <x:v>108579.57</x:v>
+        <x:v>108586.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2428" spans="1:2">
       <x:c r="A2428" s="2">
-        <x:v>42430</x:v>
+        <x:v>42465</x:v>
       </x:c>
       <x:c r="B2428" s="3">
-        <x:v>108579.39</x:v>
+        <x:v>108586.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2429" spans="1:2">
       <x:c r="A2429" s="2">
-        <x:v>42429</x:v>
+        <x:v>42464</x:v>
       </x:c>
       <x:c r="B2429" s="3">
-        <x:v>108579.23</x:v>
+        <x:v>108586.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2430" spans="1:2">
       <x:c r="A2430" s="2">
-        <x:v>42428</x:v>
+        <x:v>42463</x:v>
       </x:c>
       <x:c r="B2430" s="3">
-        <x:v>108579.12</x:v>
+        <x:v>108586.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2431" spans="1:2">
       <x:c r="A2431" s="2">
-        <x:v>42425</x:v>
+        <x:v>42460</x:v>
       </x:c>
       <x:c r="B2431" s="3">
-        <x:v>108578.82</x:v>
+        <x:v>108585.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2432" spans="1:2">
       <x:c r="A2432" s="2">
-        <x:v>42424</x:v>
+        <x:v>42459</x:v>
       </x:c>
       <x:c r="B2432" s="3">
-        <x:v>108578.68</x:v>
+        <x:v>108585.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2433" spans="1:2">
       <x:c r="A2433" s="2">
-        <x:v>42423</x:v>
+        <x:v>42458</x:v>
       </x:c>
       <x:c r="B2433" s="3">
-        <x:v>108578.63</x:v>
+        <x:v>108585.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2434" spans="1:2">
       <x:c r="A2434" s="2">
-        <x:v>42422</x:v>
+        <x:v>42457</x:v>
       </x:c>
       <x:c r="B2434" s="3">
-        <x:v>108578.57</x:v>
+        <x:v>108584.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2435" spans="1:2">
       <x:c r="A2435" s="2">
-        <x:v>42421</x:v>
+        <x:v>42452</x:v>
       </x:c>
       <x:c r="B2435" s="3">
-        <x:v>108578.45</x:v>
+        <x:v>108583.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2436" spans="1:2">
       <x:c r="A2436" s="2">
-        <x:v>42418</x:v>
+        <x:v>42451</x:v>
       </x:c>
       <x:c r="B2436" s="3">
-        <x:v>108577.83</x:v>
+        <x:v>108583.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2437" spans="1:2">
       <x:c r="A2437" s="2">
-        <x:v>42417</x:v>
+        <x:v>42450</x:v>
       </x:c>
       <x:c r="B2437" s="3">
-        <x:v>108577.73</x:v>
+        <x:v>108583.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2438" spans="1:2">
       <x:c r="A2438" s="2">
-        <x:v>42416</x:v>
+        <x:v>42449</x:v>
       </x:c>
       <x:c r="B2438" s="3">
-        <x:v>108577.58</x:v>
+        <x:v>108583.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2439" spans="1:2">
       <x:c r="A2439" s="2">
-        <x:v>42415</x:v>
+        <x:v>42446</x:v>
       </x:c>
       <x:c r="B2439" s="3">
-        <x:v>108577.44</x:v>
+        <x:v>108582.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2440" spans="1:2">
       <x:c r="A2440" s="2">
-        <x:v>42414</x:v>
+        <x:v>42445</x:v>
       </x:c>
       <x:c r="B2440" s="3">
-        <x:v>108577.29</x:v>
+        <x:v>108582.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2441" spans="1:2">
       <x:c r="A2441" s="2">
-        <x:v>42411</x:v>
+        <x:v>42444</x:v>
       </x:c>
       <x:c r="B2441" s="3">
-        <x:v>108576.73</x:v>
+        <x:v>108581.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2442" spans="1:2">
       <x:c r="A2442" s="2">
-        <x:v>42410</x:v>
+        <x:v>42443</x:v>
       </x:c>
       <x:c r="B2442" s="3">
-        <x:v>108576.53</x:v>
+        <x:v>108581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2443" spans="1:2">
       <x:c r="A2443" s="2">
-        <x:v>42409</x:v>
+        <x:v>42442</x:v>
       </x:c>
       <x:c r="B2443" s="3">
-        <x:v>108576.33</x:v>
+        <x:v>108581.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2444" spans="1:2">
       <x:c r="A2444" s="2">
-        <x:v>42408</x:v>
+        <x:v>42439</x:v>
       </x:c>
       <x:c r="B2444" s="3">
-        <x:v>108576.15</x:v>
+        <x:v>108580.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2445" spans="1:2">
       <x:c r="A2445" s="2">
-        <x:v>42407</x:v>
+        <x:v>42438</x:v>
       </x:c>
       <x:c r="B2445" s="3">
-        <x:v>108575.92</x:v>
+        <x:v>108580.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2446" spans="1:2">
       <x:c r="A2446" s="2">
-        <x:v>42404</x:v>
+        <x:v>42437</x:v>
       </x:c>
       <x:c r="B2446" s="3">
-        <x:v>108575.29</x:v>
+        <x:v>108580.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2447" spans="1:2">
       <x:c r="A2447" s="2">
-        <x:v>42403</x:v>
+        <x:v>42436</x:v>
       </x:c>
       <x:c r="B2447" s="3">
-        <x:v>108575.05</x:v>
+        <x:v>108580.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2448" spans="1:2">
       <x:c r="A2448" s="2">
-        <x:v>42402</x:v>
+        <x:v>42435</x:v>
       </x:c>
       <x:c r="B2448" s="3">
-        <x:v>108574.84</x:v>
+        <x:v>108580.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2449" spans="1:2">
       <x:c r="A2449" s="2">
-        <x:v>42401</x:v>
+        <x:v>42432</x:v>
       </x:c>
       <x:c r="B2449" s="3">
-        <x:v>108574.65</x:v>
+        <x:v>108579.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2450" spans="1:2">
       <x:c r="A2450" s="2">
-        <x:v>42400</x:v>
+        <x:v>42431</x:v>
       </x:c>
       <x:c r="B2450" s="3">
-        <x:v>108574.41</x:v>
+        <x:v>108579.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2451" spans="1:2">
       <x:c r="A2451" s="2">
-        <x:v>42397</x:v>
+        <x:v>42430</x:v>
       </x:c>
       <x:c r="B2451" s="3">
-        <x:v>108573.88</x:v>
+        <x:v>108579.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2452" spans="1:2">
       <x:c r="A2452" s="2">
-        <x:v>42396</x:v>
+        <x:v>42429</x:v>
       </x:c>
       <x:c r="B2452" s="3">
-        <x:v>108573.73</x:v>
+        <x:v>108579.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2453" spans="1:2">
       <x:c r="A2453" s="2">
-        <x:v>42395</x:v>
+        <x:v>42428</x:v>
       </x:c>
       <x:c r="B2453" s="3">
-        <x:v>108573.59</x:v>
+        <x:v>108579.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2454" spans="1:2">
       <x:c r="A2454" s="2">
-        <x:v>42394</x:v>
+        <x:v>42425</x:v>
       </x:c>
       <x:c r="B2454" s="3">
-        <x:v>108573.42</x:v>
+        <x:v>108578.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2455" spans="1:2">
       <x:c r="A2455" s="2">
-        <x:v>42393</x:v>
+        <x:v>42424</x:v>
       </x:c>
       <x:c r="B2455" s="3">
-        <x:v>108573.24</x:v>
+        <x:v>108578.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2456" spans="1:2">
       <x:c r="A2456" s="2">
-        <x:v>42390</x:v>
+        <x:v>42423</x:v>
       </x:c>
       <x:c r="B2456" s="3">
-        <x:v>108572.63</x:v>
+        <x:v>108578.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2457" spans="1:2">
       <x:c r="A2457" s="2">
-        <x:v>42389</x:v>
+        <x:v>42422</x:v>
       </x:c>
       <x:c r="B2457" s="3">
-        <x:v>108572.44</x:v>
+        <x:v>108578.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2458" spans="1:2">
       <x:c r="A2458" s="2">
-        <x:v>42388</x:v>
+        <x:v>42421</x:v>
       </x:c>
       <x:c r="B2458" s="3">
-        <x:v>108572.25</x:v>
+        <x:v>108578.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2459" spans="1:2">
       <x:c r="A2459" s="2">
-        <x:v>42387</x:v>
+        <x:v>42418</x:v>
       </x:c>
       <x:c r="B2459" s="3">
-        <x:v>108572.07</x:v>
+        <x:v>108577.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2460" spans="1:2">
       <x:c r="A2460" s="2">
-        <x:v>42386</x:v>
+        <x:v>42417</x:v>
       </x:c>
       <x:c r="B2460" s="3">
-        <x:v>108571.89</x:v>
+        <x:v>108577.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2461" spans="1:2">
       <x:c r="A2461" s="2">
-        <x:v>42383</x:v>
+        <x:v>42416</x:v>
       </x:c>
       <x:c r="B2461" s="3">
-        <x:v>108571.35</x:v>
+        <x:v>108577.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2462" spans="1:2">
       <x:c r="A2462" s="2">
-        <x:v>42382</x:v>
+        <x:v>42415</x:v>
       </x:c>
       <x:c r="B2462" s="3">
-        <x:v>108571.17</x:v>
+        <x:v>108577.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2463" spans="1:2">
       <x:c r="A2463" s="2">
-        <x:v>42381</x:v>
+        <x:v>42414</x:v>
       </x:c>
       <x:c r="B2463" s="3">
-        <x:v>108570.97</x:v>
+        <x:v>108577.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2464" spans="1:2">
       <x:c r="A2464" s="2">
-        <x:v>42380</x:v>
+        <x:v>42411</x:v>
       </x:c>
       <x:c r="B2464" s="3">
-        <x:v>108570.71</x:v>
+        <x:v>108576.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2465" spans="1:2">
       <x:c r="A2465" s="2">
-        <x:v>42379</x:v>
+        <x:v>42410</x:v>
       </x:c>
       <x:c r="B2465" s="3">
-        <x:v>108570.4</x:v>
+        <x:v>108576.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2466" spans="1:2">
       <x:c r="A2466" s="2">
-        <x:v>42376</x:v>
+        <x:v>42409</x:v>
       </x:c>
       <x:c r="B2466" s="3">
-        <x:v>108569.47</x:v>
+        <x:v>108576.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2467" spans="1:2">
       <x:c r="A2467" s="2">
-        <x:v>42375</x:v>
+        <x:v>42408</x:v>
       </x:c>
       <x:c r="B2467" s="3">
-        <x:v>108569.19</x:v>
+        <x:v>108576.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2468" spans="1:2">
       <x:c r="A2468" s="2">
-        <x:v>42374</x:v>
+        <x:v>42407</x:v>
       </x:c>
       <x:c r="B2468" s="3">
-        <x:v>108569</x:v>
+        <x:v>108575.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2469" spans="1:2">
       <x:c r="A2469" s="2">
-        <x:v>42373</x:v>
+        <x:v>42404</x:v>
       </x:c>
       <x:c r="B2469" s="3">
-        <x:v>108568.72</x:v>
+        <x:v>108575.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2470" spans="1:2">
       <x:c r="A2470" s="2">
-        <x:v>42372</x:v>
+        <x:v>42403</x:v>
       </x:c>
       <x:c r="B2470" s="3">
-        <x:v>108568.51</x:v>
+        <x:v>108575.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2471" spans="1:2">
       <x:c r="A2471" s="2">
-        <x:v>42368</x:v>
+        <x:v>42402</x:v>
       </x:c>
       <x:c r="B2471" s="3">
-        <x:v>108567.43</x:v>
+        <x:v>108574.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2472" spans="1:2">
       <x:c r="A2472" s="2">
-        <x:v>42367</x:v>
+        <x:v>42401</x:v>
       </x:c>
       <x:c r="B2472" s="3">
-        <x:v>108567.23</x:v>
+        <x:v>108574.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2473" spans="1:2">
       <x:c r="A2473" s="2">
-        <x:v>42366</x:v>
+        <x:v>42400</x:v>
       </x:c>
       <x:c r="B2473" s="3">
-        <x:v>108567.03</x:v>
+        <x:v>108574.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2474" spans="1:2">
       <x:c r="A2474" s="2">
-        <x:v>42365</x:v>
+        <x:v>42397</x:v>
       </x:c>
       <x:c r="B2474" s="3">
-        <x:v>108566.75</x:v>
+        <x:v>108573.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2475" spans="1:2">
       <x:c r="A2475" s="2">
-        <x:v>42361</x:v>
+        <x:v>42396</x:v>
       </x:c>
       <x:c r="B2475" s="3">
-        <x:v>108565.81</x:v>
+        <x:v>108573.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2476" spans="1:2">
       <x:c r="A2476" s="2">
-        <x:v>42360</x:v>
+        <x:v>42395</x:v>
       </x:c>
       <x:c r="B2476" s="3">
-        <x:v>108565.64</x:v>
+        <x:v>108573.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2477" spans="1:2">
       <x:c r="A2477" s="2">
-        <x:v>42359</x:v>
+        <x:v>42394</x:v>
       </x:c>
       <x:c r="B2477" s="3">
-        <x:v>108565.43</x:v>
+        <x:v>108573.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2478" spans="1:2">
       <x:c r="A2478" s="2">
-        <x:v>42358</x:v>
+        <x:v>42393</x:v>
       </x:c>
       <x:c r="B2478" s="3">
-        <x:v>108565.17</x:v>
+        <x:v>108573.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2479" spans="1:2">
       <x:c r="A2479" s="2">
-        <x:v>42355</x:v>
+        <x:v>42390</x:v>
       </x:c>
       <x:c r="B2479" s="3">
-        <x:v>108564.49</x:v>
+        <x:v>108572.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2480" spans="1:2">
       <x:c r="A2480" s="2">
-        <x:v>42354</x:v>
+        <x:v>42389</x:v>
       </x:c>
       <x:c r="B2480" s="3">
-        <x:v>108564.28</x:v>
+        <x:v>108572.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2481" spans="1:2">
       <x:c r="A2481" s="2">
-        <x:v>42353</x:v>
+        <x:v>42388</x:v>
       </x:c>
       <x:c r="B2481" s="3">
-        <x:v>108564.09</x:v>
+        <x:v>108572.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2482" spans="1:2">
       <x:c r="A2482" s="2">
-        <x:v>42352</x:v>
+        <x:v>42387</x:v>
       </x:c>
       <x:c r="B2482" s="3">
-        <x:v>108563.88</x:v>
+        <x:v>108572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2483" spans="1:2">
       <x:c r="A2483" s="2">
-        <x:v>42351</x:v>
+        <x:v>42386</x:v>
       </x:c>
       <x:c r="B2483" s="3">
-        <x:v>108563.69</x:v>
+        <x:v>108571.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2484" spans="1:2">
       <x:c r="A2484" s="2">
-        <x:v>42348</x:v>
+        <x:v>42383</x:v>
       </x:c>
       <x:c r="B2484" s="3">
-        <x:v>108563.09</x:v>
+        <x:v>108571.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2485" spans="1:2">
       <x:c r="A2485" s="2">
-        <x:v>42347</x:v>
+        <x:v>42382</x:v>
       </x:c>
       <x:c r="B2485" s="3">
-        <x:v>108562.83</x:v>
+        <x:v>108571.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2486" spans="1:2">
       <x:c r="A2486" s="2">
-        <x:v>42346</x:v>
+        <x:v>42381</x:v>
       </x:c>
       <x:c r="B2486" s="3">
-        <x:v>108562.56</x:v>
+        <x:v>108570.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2487" spans="1:2">
       <x:c r="A2487" s="2">
-        <x:v>42345</x:v>
+        <x:v>42380</x:v>
       </x:c>
       <x:c r="B2487" s="3">
-        <x:v>108562.31</x:v>
+        <x:v>108570.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2488" spans="1:2">
       <x:c r="A2488" s="2">
-        <x:v>42344</x:v>
+        <x:v>42379</x:v>
       </x:c>
       <x:c r="B2488" s="3">
-        <x:v>108562.07</x:v>
+        <x:v>108570.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2489" spans="1:2">
       <x:c r="A2489" s="2">
-        <x:v>42341</x:v>
+        <x:v>42376</x:v>
       </x:c>
       <x:c r="B2489" s="3">
-        <x:v>108561.27</x:v>
+        <x:v>108569.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2490" spans="1:2">
       <x:c r="A2490" s="2">
-        <x:v>42340</x:v>
+        <x:v>42375</x:v>
       </x:c>
       <x:c r="B2490" s="3">
-        <x:v>108560.94</x:v>
+        <x:v>108569.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2491" spans="1:2">
       <x:c r="A2491" s="2">
-        <x:v>42339</x:v>
+        <x:v>42374</x:v>
       </x:c>
       <x:c r="B2491" s="3">
-        <x:v>108560.64</x:v>
+        <x:v>108569</x:v>
       </x:c>
     </x:row>
     <x:row r="2492" spans="1:2">
       <x:c r="A2492" s="2">
-        <x:v>42338</x:v>
+        <x:v>42373</x:v>
       </x:c>
       <x:c r="B2492" s="3">
-        <x:v>108560.33</x:v>
+        <x:v>108568.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2493" spans="1:2">
       <x:c r="A2493" s="2">
-        <x:v>42337</x:v>
+        <x:v>42372</x:v>
       </x:c>
       <x:c r="B2493" s="3">
-        <x:v>108560.02</x:v>
+        <x:v>108568.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2494" spans="1:2">
       <x:c r="A2494" s="2">
-        <x:v>42334</x:v>
+        <x:v>42368</x:v>
       </x:c>
       <x:c r="B2494" s="3">
-        <x:v>108558.88</x:v>
+        <x:v>108567.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2495" spans="1:2">
       <x:c r="A2495" s="2">
-        <x:v>42333</x:v>
+        <x:v>42367</x:v>
       </x:c>
       <x:c r="B2495" s="3">
-        <x:v>108558.64</x:v>
+        <x:v>108567.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2496" spans="1:2">
       <x:c r="A2496" s="2">
-        <x:v>42332</x:v>
+        <x:v>42366</x:v>
       </x:c>
       <x:c r="B2496" s="3">
-        <x:v>108558.36</x:v>
+        <x:v>108567.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2497" spans="1:2">
       <x:c r="A2497" s="2">
-        <x:v>42331</x:v>
+        <x:v>42365</x:v>
       </x:c>
       <x:c r="B2497" s="3">
-        <x:v>108558.05</x:v>
+        <x:v>108566.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2498" spans="1:2">
       <x:c r="A2498" s="2">
-        <x:v>42330</x:v>
+        <x:v>42361</x:v>
       </x:c>
       <x:c r="B2498" s="3">
-        <x:v>108557.73</x:v>
+        <x:v>108565.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2499" spans="1:2">
       <x:c r="A2499" s="2">
-        <x:v>42327</x:v>
+        <x:v>42360</x:v>
       </x:c>
       <x:c r="B2499" s="3">
-        <x:v>108556.83</x:v>
+        <x:v>108565.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2500" spans="1:2">
       <x:c r="A2500" s="2">
-        <x:v>42326</x:v>
+        <x:v>42359</x:v>
       </x:c>
       <x:c r="B2500" s="3">
-        <x:v>108556.55</x:v>
+        <x:v>108565.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2501" spans="1:2">
       <x:c r="A2501" s="2">
-        <x:v>42325</x:v>
+        <x:v>42358</x:v>
       </x:c>
       <x:c r="B2501" s="3">
-        <x:v>108556.28</x:v>
+        <x:v>108565.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2502" spans="1:2">
       <x:c r="A2502" s="2">
-        <x:v>42324</x:v>
+        <x:v>42355</x:v>
       </x:c>
       <x:c r="B2502" s="3">
-        <x:v>108556.01</x:v>
+        <x:v>108564.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2503" spans="1:2">
       <x:c r="A2503" s="2">
-        <x:v>42323</x:v>
+        <x:v>42354</x:v>
       </x:c>
       <x:c r="B2503" s="3">
-        <x:v>108555.8</x:v>
+        <x:v>108564.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2504" spans="1:2">
       <x:c r="A2504" s="2">
-        <x:v>42320</x:v>
+        <x:v>42353</x:v>
       </x:c>
       <x:c r="B2504" s="3">
-        <x:v>108555</x:v>
+        <x:v>108564.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2505" spans="1:2">
       <x:c r="A2505" s="2">
-        <x:v>42319</x:v>
+        <x:v>42352</x:v>
       </x:c>
       <x:c r="B2505" s="3">
-        <x:v>108554.8</x:v>
+        <x:v>108563.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2506" spans="1:2">
       <x:c r="A2506" s="2">
-        <x:v>42317</x:v>
+        <x:v>42351</x:v>
       </x:c>
       <x:c r="B2506" s="3">
-        <x:v>108554.38</x:v>
+        <x:v>108563.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2507" spans="1:2">
       <x:c r="A2507" s="2">
-        <x:v>42316</x:v>
+        <x:v>42348</x:v>
       </x:c>
       <x:c r="B2507" s="3">
-        <x:v>108554.18</x:v>
+        <x:v>108563.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2508" spans="1:2">
       <x:c r="A2508" s="2">
-        <x:v>42313</x:v>
+        <x:v>42347</x:v>
       </x:c>
       <x:c r="B2508" s="3">
-        <x:v>108553.55</x:v>
+        <x:v>108562.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2509" spans="1:2">
       <x:c r="A2509" s="2">
-        <x:v>42312</x:v>
+        <x:v>42346</x:v>
       </x:c>
       <x:c r="B2509" s="3">
-        <x:v>108553.37</x:v>
+        <x:v>108562.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2510" spans="1:2">
       <x:c r="A2510" s="2">
-        <x:v>42311</x:v>
+        <x:v>42345</x:v>
       </x:c>
       <x:c r="B2510" s="3">
-        <x:v>108553.18</x:v>
+        <x:v>108562.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2511" spans="1:2">
       <x:c r="A2511" s="2">
-        <x:v>42310</x:v>
+        <x:v>42344</x:v>
       </x:c>
       <x:c r="B2511" s="3">
-        <x:v>108552.92</x:v>
+        <x:v>108562.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2512" spans="1:2">
       <x:c r="A2512" s="2">
-        <x:v>42309</x:v>
+        <x:v>42341</x:v>
       </x:c>
       <x:c r="B2512" s="3">
-        <x:v>108552.74</x:v>
+        <x:v>108561.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2513" spans="1:2">
       <x:c r="A2513" s="2">
-        <x:v>42306</x:v>
+        <x:v>42340</x:v>
       </x:c>
       <x:c r="B2513" s="3">
-        <x:v>108552.18</x:v>
+        <x:v>108560.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2514" spans="1:2">
       <x:c r="A2514" s="2">
-        <x:v>42305</x:v>
+        <x:v>42339</x:v>
       </x:c>
       <x:c r="B2514" s="3">
-        <x:v>108551.88</x:v>
+        <x:v>108560.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2515" spans="1:2">
       <x:c r="A2515" s="2">
-        <x:v>42304</x:v>
+        <x:v>42338</x:v>
       </x:c>
       <x:c r="B2515" s="3">
-        <x:v>108551.68</x:v>
+        <x:v>108560.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2516" spans="1:2">
       <x:c r="A2516" s="2">
-        <x:v>42303</x:v>
+        <x:v>42337</x:v>
       </x:c>
       <x:c r="B2516" s="3">
-        <x:v>108551.46</x:v>
+        <x:v>108560.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2517" spans="1:2">
       <x:c r="A2517" s="2">
-        <x:v>42302</x:v>
+        <x:v>42334</x:v>
       </x:c>
       <x:c r="B2517" s="3">
-        <x:v>108551.27</x:v>
+        <x:v>108558.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2518" spans="1:2">
       <x:c r="A2518" s="2">
-        <x:v>42299</x:v>
+        <x:v>42333</x:v>
       </x:c>
       <x:c r="B2518" s="3">
-        <x:v>108550.64</x:v>
+        <x:v>108558.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2519" spans="1:2">
       <x:c r="A2519" s="2">
-        <x:v>42298</x:v>
+        <x:v>42332</x:v>
       </x:c>
       <x:c r="B2519" s="3">
-        <x:v>108550.43</x:v>
+        <x:v>108558.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2520" spans="1:2">
       <x:c r="A2520" s="2">
-        <x:v>42297</x:v>
+        <x:v>42331</x:v>
       </x:c>
       <x:c r="B2520" s="3">
-        <x:v>108550.22</x:v>
+        <x:v>108558.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2521" spans="1:2">
       <x:c r="A2521" s="2">
-        <x:v>42296</x:v>
+        <x:v>42330</x:v>
       </x:c>
       <x:c r="B2521" s="3">
-        <x:v>108550</x:v>
+        <x:v>108557.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2522" spans="1:2">
       <x:c r="A2522" s="2">
-        <x:v>42295</x:v>
+        <x:v>42327</x:v>
       </x:c>
       <x:c r="B2522" s="3">
-        <x:v>108549.76</x:v>
+        <x:v>108556.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2523" spans="1:2">
       <x:c r="A2523" s="2">
-        <x:v>42292</x:v>
+        <x:v>42326</x:v>
       </x:c>
       <x:c r="B2523" s="3">
-        <x:v>108549.17</x:v>
+        <x:v>108556.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2524" spans="1:2">
       <x:c r="A2524" s="2">
-        <x:v>42291</x:v>
+        <x:v>42325</x:v>
       </x:c>
       <x:c r="B2524" s="3">
-        <x:v>108548.95</x:v>
+        <x:v>108556.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2525" spans="1:2">
       <x:c r="A2525" s="2">
-        <x:v>42290</x:v>
+        <x:v>42324</x:v>
       </x:c>
       <x:c r="B2525" s="3">
-        <x:v>108548.74</x:v>
+        <x:v>108556.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2526" spans="1:2">
       <x:c r="A2526" s="2">
-        <x:v>42289</x:v>
+        <x:v>42323</x:v>
       </x:c>
       <x:c r="B2526" s="3">
-        <x:v>108548.52</x:v>
+        <x:v>108555.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2527" spans="1:2">
       <x:c r="A2527" s="2">
-        <x:v>42288</x:v>
+        <x:v>42320</x:v>
       </x:c>
       <x:c r="B2527" s="3">
-        <x:v>108548.28</x:v>
+        <x:v>108555</x:v>
       </x:c>
     </x:row>
     <x:row r="2528" spans="1:2">
       <x:c r="A2528" s="2">
-        <x:v>42285</x:v>
+        <x:v>42319</x:v>
       </x:c>
       <x:c r="B2528" s="3">
-        <x:v>108547.66</x:v>
+        <x:v>108554.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2529" spans="1:2">
       <x:c r="A2529" s="2">
-        <x:v>42284</x:v>
+        <x:v>42317</x:v>
       </x:c>
       <x:c r="B2529" s="3">
-        <x:v>108547.48</x:v>
+        <x:v>108554.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2530" spans="1:2">
       <x:c r="A2530" s="2">
-        <x:v>42283</x:v>
+        <x:v>42316</x:v>
       </x:c>
       <x:c r="B2530" s="3">
-        <x:v>108547.19</x:v>
+        <x:v>108554.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2531" spans="1:2">
       <x:c r="A2531" s="2">
-        <x:v>42282</x:v>
+        <x:v>42313</x:v>
       </x:c>
       <x:c r="B2531" s="3">
-        <x:v>108546.98</x:v>
+        <x:v>108553.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2532" spans="1:2">
       <x:c r="A2532" s="2">
-        <x:v>42281</x:v>
+        <x:v>42312</x:v>
       </x:c>
       <x:c r="B2532" s="3">
-        <x:v>108546.78</x:v>
+        <x:v>108553.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2533" spans="1:2">
       <x:c r="A2533" s="2">
-        <x:v>42278</x:v>
+        <x:v>42311</x:v>
       </x:c>
       <x:c r="B2533" s="3">
-        <x:v>108546.16</x:v>
+        <x:v>108553.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2534" spans="1:2">
       <x:c r="A2534" s="2">
-        <x:v>42277</x:v>
+        <x:v>42310</x:v>
       </x:c>
       <x:c r="B2534" s="3">
-        <x:v>108545.96</x:v>
+        <x:v>108552.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2535" spans="1:2">
       <x:c r="A2535" s="2">
-        <x:v>42276</x:v>
+        <x:v>42309</x:v>
       </x:c>
       <x:c r="B2535" s="3">
-        <x:v>108545.54</x:v>
+        <x:v>108552.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2536" spans="1:2">
       <x:c r="A2536" s="2">
-        <x:v>42275</x:v>
+        <x:v>42306</x:v>
       </x:c>
       <x:c r="B2536" s="3">
-        <x:v>108545.1</x:v>
+        <x:v>108552.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2537" spans="1:2">
       <x:c r="A2537" s="2">
-        <x:v>42274</x:v>
+        <x:v>42305</x:v>
       </x:c>
       <x:c r="B2537" s="3">
-        <x:v>108544.62</x:v>
+        <x:v>108551.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2538" spans="1:2">
       <x:c r="A2538" s="2">
-        <x:v>42271</x:v>
+        <x:v>42304</x:v>
       </x:c>
       <x:c r="B2538" s="3">
-        <x:v>108543.58</x:v>
+        <x:v>108551.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2539" spans="1:2">
       <x:c r="A2539" s="2">
-        <x:v>42270</x:v>
+        <x:v>42303</x:v>
       </x:c>
       <x:c r="B2539" s="3">
-        <x:v>108543.09</x:v>
+        <x:v>108551.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2540" spans="1:2">
       <x:c r="A2540" s="2">
-        <x:v>42269</x:v>
+        <x:v>42302</x:v>
       </x:c>
       <x:c r="B2540" s="3">
-        <x:v>108542.59</x:v>
+        <x:v>108551.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2541" spans="1:2">
       <x:c r="A2541" s="2">
-        <x:v>42268</x:v>
+        <x:v>42299</x:v>
       </x:c>
       <x:c r="B2541" s="3">
-        <x:v>108542.06</x:v>
+        <x:v>108550.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2542" spans="1:2">
       <x:c r="A2542" s="2">
-        <x:v>42267</x:v>
+        <x:v>42298</x:v>
       </x:c>
       <x:c r="B2542" s="3">
-        <x:v>108541.5</x:v>
+        <x:v>108550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2543" spans="1:2">
       <x:c r="A2543" s="2">
-        <x:v>42264</x:v>
+        <x:v>42297</x:v>
       </x:c>
       <x:c r="B2543" s="3">
-        <x:v>108540.09</x:v>
+        <x:v>108550.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2544" spans="1:2">
       <x:c r="A2544" s="2">
-        <x:v>42263</x:v>
+        <x:v>42296</x:v>
       </x:c>
       <x:c r="B2544" s="3">
-        <x:v>108539.63</x:v>
+        <x:v>108550</x:v>
       </x:c>
     </x:row>
     <x:row r="2545" spans="1:2">
       <x:c r="A2545" s="2">
-        <x:v>42262</x:v>
+        <x:v>42295</x:v>
       </x:c>
       <x:c r="B2545" s="3">
-        <x:v>108539.13</x:v>
+        <x:v>108549.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2546" spans="1:2">
       <x:c r="A2546" s="2">
-        <x:v>42261</x:v>
+        <x:v>42292</x:v>
       </x:c>
       <x:c r="B2546" s="3">
-        <x:v>108538.64</x:v>
+        <x:v>108549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2547" spans="1:2">
       <x:c r="A2547" s="2">
-        <x:v>42260</x:v>
+        <x:v>42291</x:v>
       </x:c>
       <x:c r="B2547" s="3">
-        <x:v>108538.18</x:v>
+        <x:v>108548.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2548" spans="1:2">
       <x:c r="A2548" s="2">
-        <x:v>42257</x:v>
+        <x:v>42290</x:v>
       </x:c>
       <x:c r="B2548" s="3">
-        <x:v>108536.95</x:v>
+        <x:v>108548.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2549" spans="1:2">
       <x:c r="A2549" s="2">
-        <x:v>42256</x:v>
+        <x:v>42289</x:v>
       </x:c>
       <x:c r="B2549" s="3">
-        <x:v>108536.37</x:v>
+        <x:v>108548.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2550" spans="1:2">
       <x:c r="A2550" s="2">
-        <x:v>42255</x:v>
+        <x:v>42288</x:v>
       </x:c>
       <x:c r="B2550" s="3">
-        <x:v>108535.86</x:v>
+        <x:v>108548.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2551" spans="1:2">
       <x:c r="A2551" s="2">
-        <x:v>42254</x:v>
+        <x:v>42285</x:v>
       </x:c>
       <x:c r="B2551" s="3">
-        <x:v>108535.38</x:v>
+        <x:v>108547.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2552" spans="1:2">
       <x:c r="A2552" s="2">
-        <x:v>42253</x:v>
+        <x:v>42284</x:v>
       </x:c>
       <x:c r="B2552" s="3">
-        <x:v>108534.92</x:v>
+        <x:v>108547.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2553" spans="1:2">
       <x:c r="A2553" s="2">
-        <x:v>42250</x:v>
+        <x:v>42283</x:v>
       </x:c>
       <x:c r="B2553" s="3">
-        <x:v>108533.88</x:v>
+        <x:v>108547.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2554" spans="1:2">
       <x:c r="A2554" s="2">
-        <x:v>42249</x:v>
+        <x:v>42282</x:v>
       </x:c>
       <x:c r="B2554" s="3">
-        <x:v>108533.41</x:v>
+        <x:v>108546.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2555" spans="1:2">
       <x:c r="A2555" s="2">
-        <x:v>42248</x:v>
+        <x:v>42281</x:v>
       </x:c>
       <x:c r="B2555" s="3">
-        <x:v>108532.9</x:v>
+        <x:v>108546.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2556" spans="1:2">
       <x:c r="A2556" s="2">
-        <x:v>42247</x:v>
+        <x:v>42278</x:v>
       </x:c>
       <x:c r="B2556" s="3">
-        <x:v>108532.39</x:v>
+        <x:v>108546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2557" spans="1:2">
       <x:c r="A2557" s="2">
-        <x:v>42246</x:v>
+        <x:v>42277</x:v>
       </x:c>
       <x:c r="B2557" s="3">
-        <x:v>108531.92</x:v>
+        <x:v>108545.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2558" spans="1:2">
       <x:c r="A2558" s="2">
-        <x:v>42243</x:v>
+        <x:v>42276</x:v>
       </x:c>
       <x:c r="B2558" s="3">
-        <x:v>108530.77</x:v>
+        <x:v>108545.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2559" spans="1:2">
       <x:c r="A2559" s="2">
-        <x:v>42242</x:v>
+        <x:v>42275</x:v>
       </x:c>
       <x:c r="B2559" s="3">
-        <x:v>108530.28</x:v>
+        <x:v>108545.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2560" spans="1:2">
       <x:c r="A2560" s="2">
-        <x:v>42241</x:v>
+        <x:v>42274</x:v>
       </x:c>
       <x:c r="B2560" s="3">
-        <x:v>108529.79</x:v>
+        <x:v>108544.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2561" spans="1:2">
       <x:c r="A2561" s="2">
-        <x:v>42240</x:v>
+        <x:v>42271</x:v>
       </x:c>
       <x:c r="B2561" s="3">
-        <x:v>108529.57</x:v>
+        <x:v>108543.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2562" spans="1:2">
       <x:c r="A2562" s="2">
-        <x:v>42239</x:v>
+        <x:v>42270</x:v>
       </x:c>
       <x:c r="B2562" s="3">
-        <x:v>108529.2</x:v>
+        <x:v>108543.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2563" spans="1:2">
       <x:c r="A2563" s="2">
-        <x:v>42236</x:v>
+        <x:v>42269</x:v>
       </x:c>
       <x:c r="B2563" s="3">
-        <x:v>108528.7</x:v>
+        <x:v>108542.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2564" spans="1:2">
       <x:c r="A2564" s="2">
-        <x:v>42235</x:v>
+        <x:v>42268</x:v>
       </x:c>
       <x:c r="B2564" s="3">
-        <x:v>108528.41</x:v>
+        <x:v>108542.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2565" spans="1:2">
       <x:c r="A2565" s="2">
-        <x:v>42234</x:v>
+        <x:v>42267</x:v>
       </x:c>
       <x:c r="B2565" s="3">
-        <x:v>108528.16</x:v>
+        <x:v>108541.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2566" spans="1:2">
       <x:c r="A2566" s="2">
-        <x:v>42233</x:v>
+        <x:v>42264</x:v>
       </x:c>
       <x:c r="B2566" s="3">
-        <x:v>108527.8</x:v>
+        <x:v>108540.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2567" spans="1:2">
       <x:c r="A2567" s="2">
-        <x:v>42232</x:v>
+        <x:v>42263</x:v>
       </x:c>
       <x:c r="B2567" s="3">
-        <x:v>108527.49</x:v>
+        <x:v>108539.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2568" spans="1:2">
       <x:c r="A2568" s="2">
-        <x:v>42229</x:v>
+        <x:v>42262</x:v>
       </x:c>
       <x:c r="B2568" s="3">
-        <x:v>108526.82</x:v>
+        <x:v>108539.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2569" spans="1:2">
       <x:c r="A2569" s="2">
-        <x:v>42228</x:v>
+        <x:v>42261</x:v>
       </x:c>
       <x:c r="B2569" s="3">
-        <x:v>108526.6</x:v>
+        <x:v>108538.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2570" spans="1:2">
       <x:c r="A2570" s="2">
-        <x:v>42227</x:v>
+        <x:v>42260</x:v>
       </x:c>
       <x:c r="B2570" s="3">
-        <x:v>108526.43</x:v>
+        <x:v>108538.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2571" spans="1:2">
       <x:c r="A2571" s="2">
-        <x:v>42226</x:v>
+        <x:v>42257</x:v>
       </x:c>
       <x:c r="B2571" s="3">
-        <x:v>108526.18</x:v>
+        <x:v>108536.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2572" spans="1:2">
       <x:c r="A2572" s="2">
-        <x:v>42225</x:v>
+        <x:v>42256</x:v>
       </x:c>
       <x:c r="B2572" s="3">
-        <x:v>108525.65</x:v>
+        <x:v>108536.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2573" spans="1:2">
       <x:c r="A2573" s="2">
-        <x:v>42222</x:v>
+        <x:v>42255</x:v>
       </x:c>
       <x:c r="B2573" s="3">
-        <x:v>108525.22</x:v>
+        <x:v>108535.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2574" spans="1:2">
       <x:c r="A2574" s="2">
-        <x:v>42221</x:v>
+        <x:v>42254</x:v>
       </x:c>
       <x:c r="B2574" s="3">
-        <x:v>108525.17</x:v>
+        <x:v>108535.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2575" spans="1:2">
       <x:c r="A2575" s="2">
-        <x:v>42220</x:v>
+        <x:v>42253</x:v>
       </x:c>
       <x:c r="B2575" s="3">
-        <x:v>108524.92</x:v>
+        <x:v>108534.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2576" spans="1:2">
       <x:c r="A2576" s="2">
-        <x:v>42219</x:v>
+        <x:v>42250</x:v>
       </x:c>
       <x:c r="B2576" s="3">
-        <x:v>108524.73</x:v>
+        <x:v>108533.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2577" spans="1:2">
       <x:c r="A2577" s="2">
-        <x:v>42218</x:v>
+        <x:v>42249</x:v>
       </x:c>
       <x:c r="B2577" s="3">
-        <x:v>108524.36</x:v>
+        <x:v>108533.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2578" spans="1:2">
       <x:c r="A2578" s="2">
-        <x:v>42215</x:v>
+        <x:v>42248</x:v>
       </x:c>
       <x:c r="B2578" s="3">
-        <x:v>108523.74</x:v>
+        <x:v>108532.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2579" spans="1:2">
       <x:c r="A2579" s="2">
-        <x:v>42214</x:v>
+        <x:v>42247</x:v>
       </x:c>
       <x:c r="B2579" s="3">
-        <x:v>108523.59</x:v>
+        <x:v>108532.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2580" spans="1:2">
       <x:c r="A2580" s="2">
-        <x:v>42213</x:v>
+        <x:v>42246</x:v>
       </x:c>
       <x:c r="B2580" s="3">
-        <x:v>108523.31</x:v>
+        <x:v>108531.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2581" spans="1:2">
       <x:c r="A2581" s="2">
-        <x:v>42212</x:v>
+        <x:v>42243</x:v>
       </x:c>
       <x:c r="B2581" s="3">
-        <x:v>108523.01</x:v>
+        <x:v>108530.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2582" spans="1:2">
       <x:c r="A2582" s="2">
-        <x:v>42211</x:v>
+        <x:v>42242</x:v>
       </x:c>
       <x:c r="B2582" s="3">
-        <x:v>108522.91</x:v>
+        <x:v>108530.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2583" spans="1:2">
       <x:c r="A2583" s="2">
-        <x:v>42208</x:v>
+        <x:v>42241</x:v>
       </x:c>
       <x:c r="B2583" s="3">
-        <x:v>108522.39</x:v>
+        <x:v>108529.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2584" spans="1:2">
       <x:c r="A2584" s="2">
-        <x:v>42207</x:v>
+        <x:v>42240</x:v>
       </x:c>
       <x:c r="B2584" s="3">
-        <x:v>108522.24</x:v>
+        <x:v>108529.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2585" spans="1:2">
       <x:c r="A2585" s="2">
-        <x:v>42206</x:v>
+        <x:v>42239</x:v>
       </x:c>
       <x:c r="B2585" s="3">
-        <x:v>108522.04</x:v>
+        <x:v>108529.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2586" spans="1:2">
       <x:c r="A2586" s="2">
-        <x:v>42205</x:v>
+        <x:v>42236</x:v>
       </x:c>
       <x:c r="B2586" s="3">
-        <x:v>108521.85</x:v>
+        <x:v>108528.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2587" spans="1:2">
       <x:c r="A2587" s="2">
-        <x:v>42204</x:v>
+        <x:v>42235</x:v>
       </x:c>
       <x:c r="B2587" s="3">
-        <x:v>108521.7</x:v>
+        <x:v>108528.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2588" spans="1:2">
       <x:c r="A2588" s="2">
-        <x:v>42201</x:v>
+        <x:v>42234</x:v>
       </x:c>
       <x:c r="B2588" s="3">
-        <x:v>108521.1</x:v>
+        <x:v>108528.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2589" spans="1:2">
       <x:c r="A2589" s="2">
-        <x:v>42200</x:v>
+        <x:v>42233</x:v>
       </x:c>
       <x:c r="B2589" s="3">
-        <x:v>108520.79</x:v>
+        <x:v>108527.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2590" spans="1:2">
       <x:c r="A2590" s="2">
-        <x:v>42199</x:v>
+        <x:v>42232</x:v>
       </x:c>
       <x:c r="B2590" s="3">
-        <x:v>108520.49</x:v>
+        <x:v>108527.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2591" spans="1:2">
       <x:c r="A2591" s="2">
-        <x:v>42197</x:v>
+        <x:v>42229</x:v>
       </x:c>
       <x:c r="B2591" s="3">
-        <x:v>108519.89</x:v>
+        <x:v>108526.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2592" spans="1:2">
       <x:c r="A2592" s="2">
-        <x:v>42194</x:v>
+        <x:v>42228</x:v>
       </x:c>
       <x:c r="B2592" s="3">
-        <x:v>108519.44</x:v>
+        <x:v>108526.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2593" spans="1:2">
       <x:c r="A2593" s="2">
-        <x:v>42193</x:v>
+        <x:v>42227</x:v>
       </x:c>
       <x:c r="B2593" s="3">
-        <x:v>108519.1</x:v>
+        <x:v>108526.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2594" spans="1:2">
       <x:c r="A2594" s="2">
-        <x:v>42192</x:v>
+        <x:v>42226</x:v>
       </x:c>
       <x:c r="B2594" s="3">
-        <x:v>108518.6</x:v>
+        <x:v>108526.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2595" spans="1:2">
       <x:c r="A2595" s="2">
-        <x:v>42191</x:v>
+        <x:v>42225</x:v>
       </x:c>
       <x:c r="B2595" s="3">
-        <x:v>108518.32</x:v>
+        <x:v>108525.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2596" spans="1:2">
       <x:c r="A2596" s="2">
-        <x:v>42190</x:v>
+        <x:v>42222</x:v>
       </x:c>
       <x:c r="B2596" s="3">
-        <x:v>108517.92</x:v>
+        <x:v>108525.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2597" spans="1:2">
       <x:c r="A2597" s="2">
-        <x:v>42187</x:v>
+        <x:v>42221</x:v>
       </x:c>
       <x:c r="B2597" s="3">
-        <x:v>108517.1</x:v>
+        <x:v>108525.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2598" spans="1:2">
       <x:c r="A2598" s="2">
-        <x:v>42186</x:v>
+        <x:v>42220</x:v>
       </x:c>
       <x:c r="B2598" s="3">
-        <x:v>108516.74</x:v>
+        <x:v>108524.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2599" spans="1:2">
       <x:c r="A2599" s="2">
-        <x:v>42185</x:v>
+        <x:v>42219</x:v>
       </x:c>
       <x:c r="B2599" s="3">
-        <x:v>108515.92</x:v>
+        <x:v>108524.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2600" spans="1:2">
       <x:c r="A2600" s="2">
-        <x:v>42184</x:v>
+        <x:v>42218</x:v>
       </x:c>
       <x:c r="B2600" s="3">
-        <x:v>108515.49</x:v>
+        <x:v>108524.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2601" spans="1:2">
       <x:c r="A2601" s="2">
-        <x:v>42183</x:v>
+        <x:v>42215</x:v>
       </x:c>
       <x:c r="B2601" s="3">
-        <x:v>108515.11</x:v>
+        <x:v>108523.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2602" spans="1:2">
       <x:c r="A2602" s="2">
-        <x:v>42180</x:v>
+        <x:v>42214</x:v>
       </x:c>
       <x:c r="B2602" s="3">
-        <x:v>108513.93</x:v>
+        <x:v>108523.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2603" spans="1:2">
       <x:c r="A2603" s="2">
-        <x:v>42179</x:v>
+        <x:v>42213</x:v>
       </x:c>
       <x:c r="B2603" s="3">
-        <x:v>108513.63</x:v>
+        <x:v>108523.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2604" spans="1:2">
       <x:c r="A2604" s="2">
-        <x:v>42178</x:v>
+        <x:v>42212</x:v>
       </x:c>
       <x:c r="B2604" s="3">
-        <x:v>108513.26</x:v>
+        <x:v>108523.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2605" spans="1:2">
       <x:c r="A2605" s="2">
-        <x:v>42177</x:v>
+        <x:v>42211</x:v>
       </x:c>
       <x:c r="B2605" s="3">
-        <x:v>108512.73</x:v>
+        <x:v>108522.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2606" spans="1:2">
       <x:c r="A2606" s="2">
-        <x:v>42176</x:v>
+        <x:v>42208</x:v>
       </x:c>
       <x:c r="B2606" s="3">
-        <x:v>108512.29</x:v>
+        <x:v>108522.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2607" spans="1:2">
       <x:c r="A2607" s="2">
-        <x:v>42173</x:v>
+        <x:v>42207</x:v>
       </x:c>
       <x:c r="B2607" s="3">
-        <x:v>108511.42</x:v>
+        <x:v>108522.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2608" spans="1:2">
       <x:c r="A2608" s="2">
-        <x:v>42172</x:v>
+        <x:v>42206</x:v>
       </x:c>
       <x:c r="B2608" s="3">
-        <x:v>108511.16</x:v>
+        <x:v>108522.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2609" spans="1:2">
       <x:c r="A2609" s="2">
-        <x:v>42171</x:v>
+        <x:v>42205</x:v>
       </x:c>
       <x:c r="B2609" s="3">
-        <x:v>108510.6</x:v>
+        <x:v>108521.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2610" spans="1:2">
       <x:c r="A2610" s="2">
-        <x:v>42170</x:v>
+        <x:v>42204</x:v>
       </x:c>
       <x:c r="B2610" s="3">
-        <x:v>108510.36</x:v>
+        <x:v>108521.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2611" spans="1:2">
       <x:c r="A2611" s="2">
-        <x:v>42169</x:v>
+        <x:v>42201</x:v>
       </x:c>
       <x:c r="B2611" s="3">
-        <x:v>108509.96</x:v>
+        <x:v>108521.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2612" spans="1:2">
       <x:c r="A2612" s="2">
-        <x:v>42166</x:v>
+        <x:v>42200</x:v>
       </x:c>
       <x:c r="B2612" s="3">
-        <x:v>108508.72</x:v>
+        <x:v>108520.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2613" spans="1:2">
       <x:c r="A2613" s="2">
-        <x:v>42165</x:v>
+        <x:v>42199</x:v>
       </x:c>
       <x:c r="B2613" s="3">
-        <x:v>108508.32</x:v>
+        <x:v>108520.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2614" spans="1:2">
       <x:c r="A2614" s="2">
-        <x:v>42164</x:v>
+        <x:v>42197</x:v>
       </x:c>
       <x:c r="B2614" s="3">
-        <x:v>108507.96</x:v>
+        <x:v>108519.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2615" spans="1:2">
       <x:c r="A2615" s="2">
-        <x:v>42163</x:v>
+        <x:v>42194</x:v>
       </x:c>
       <x:c r="B2615" s="3">
-        <x:v>108507.25</x:v>
+        <x:v>108519.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2616" spans="1:2">
       <x:c r="A2616" s="2">
-        <x:v>42162</x:v>
+        <x:v>42193</x:v>
       </x:c>
       <x:c r="B2616" s="3">
-        <x:v>108507.01</x:v>
+        <x:v>108519.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2617" spans="1:2">
       <x:c r="A2617" s="2">
-        <x:v>42159</x:v>
+        <x:v>42192</x:v>
       </x:c>
       <x:c r="B2617" s="3">
-        <x:v>108505.8</x:v>
+        <x:v>108518.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2618" spans="1:2">
       <x:c r="A2618" s="2">
-        <x:v>42158</x:v>
+        <x:v>42191</x:v>
       </x:c>
       <x:c r="B2618" s="3">
-        <x:v>108505.17</x:v>
+        <x:v>108518.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2619" spans="1:2">
       <x:c r="A2619" s="2">
-        <x:v>42157</x:v>
+        <x:v>42190</x:v>
       </x:c>
       <x:c r="B2619" s="3">
-        <x:v>108504.54</x:v>
+        <x:v>108517.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2620" spans="1:2">
       <x:c r="A2620" s="2">
-        <x:v>42156</x:v>
+        <x:v>42187</x:v>
       </x:c>
       <x:c r="B2620" s="3">
-        <x:v>108504.02</x:v>
+        <x:v>108517.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2621" spans="1:2">
       <x:c r="A2621" s="2">
-        <x:v>42155</x:v>
+        <x:v>42186</x:v>
       </x:c>
       <x:c r="B2621" s="3">
-        <x:v>108503.29</x:v>
+        <x:v>108516.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2622" spans="1:2">
       <x:c r="A2622" s="2">
-        <x:v>42152</x:v>
+        <x:v>42185</x:v>
       </x:c>
       <x:c r="B2622" s="3">
-        <x:v>108502.21</x:v>
+        <x:v>108515.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2623" spans="1:2">
       <x:c r="A2623" s="2">
-        <x:v>42151</x:v>
+        <x:v>42184</x:v>
       </x:c>
       <x:c r="B2623" s="3">
-        <x:v>108501.72</x:v>
+        <x:v>108515.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2624" spans="1:2">
       <x:c r="A2624" s="2">
-        <x:v>42150</x:v>
+        <x:v>42183</x:v>
       </x:c>
       <x:c r="B2624" s="3">
-        <x:v>108501.15</x:v>
+        <x:v>108515.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2625" spans="1:2">
       <x:c r="A2625" s="2">
-        <x:v>42149</x:v>
+        <x:v>42180</x:v>
       </x:c>
       <x:c r="B2625" s="3">
-        <x:v>108500.68</x:v>
+        <x:v>108513.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2626" spans="1:2">
       <x:c r="A2626" s="2">
-        <x:v>42145</x:v>
+        <x:v>42179</x:v>
       </x:c>
       <x:c r="B2626" s="3">
-        <x:v>108497.88</x:v>
+        <x:v>108513.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2627" spans="1:2">
       <x:c r="A2627" s="2">
-        <x:v>42144</x:v>
+        <x:v>42178</x:v>
       </x:c>
       <x:c r="B2627" s="3">
-        <x:v>108497.27</x:v>
+        <x:v>108513.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2628" spans="1:2">
       <x:c r="A2628" s="2">
-        <x:v>42143</x:v>
+        <x:v>42177</x:v>
       </x:c>
       <x:c r="B2628" s="3">
-        <x:v>108496.44</x:v>
+        <x:v>108512.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2629" spans="1:2">
       <x:c r="A2629" s="2">
-        <x:v>42142</x:v>
+        <x:v>42176</x:v>
       </x:c>
       <x:c r="B2629" s="3">
-        <x:v>108496.1</x:v>
+        <x:v>108512.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2630" spans="1:2">
       <x:c r="A2630" s="2">
-        <x:v>42141</x:v>
+        <x:v>42173</x:v>
       </x:c>
       <x:c r="B2630" s="3">
-        <x:v>108494.9</x:v>
+        <x:v>108511.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2631" spans="1:2">
       <x:c r="A2631" s="2">
-        <x:v>42138</x:v>
+        <x:v>42172</x:v>
       </x:c>
       <x:c r="B2631" s="3">
-        <x:v>108493.61</x:v>
+        <x:v>108511.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2632" spans="1:2">
       <x:c r="A2632" s="2">
-        <x:v>42136</x:v>
+        <x:v>42171</x:v>
       </x:c>
       <x:c r="B2632" s="3">
-        <x:v>108492.61</x:v>
+        <x:v>108510.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2633" spans="1:2">
       <x:c r="A2633" s="2">
-        <x:v>42135</x:v>
+        <x:v>42170</x:v>
       </x:c>
       <x:c r="B2633" s="3">
-        <x:v>108492.19</x:v>
+        <x:v>108510.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2634" spans="1:2">
       <x:c r="A2634" s="2">
-        <x:v>42134</x:v>
+        <x:v>42169</x:v>
       </x:c>
       <x:c r="B2634" s="3">
-        <x:v>108491.86</x:v>
+        <x:v>108509.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2635" spans="1:2">
       <x:c r="A2635" s="2">
-        <x:v>42130</x:v>
+        <x:v>42166</x:v>
       </x:c>
       <x:c r="B2635" s="3">
-        <x:v>108490.14</x:v>
+        <x:v>108508.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2636" spans="1:2">
       <x:c r="A2636" s="2">
-        <x:v>42129</x:v>
+        <x:v>42165</x:v>
       </x:c>
       <x:c r="B2636" s="3">
-        <x:v>108489.83</x:v>
+        <x:v>108508.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2637" spans="1:2">
       <x:c r="A2637" s="2">
-        <x:v>42128</x:v>
+        <x:v>42164</x:v>
       </x:c>
       <x:c r="B2637" s="3">
-        <x:v>108489.55</x:v>
+        <x:v>108507.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2638" spans="1:2">
       <x:c r="A2638" s="2">
-        <x:v>42127</x:v>
+        <x:v>42163</x:v>
       </x:c>
       <x:c r="B2638" s="3">
-        <x:v>108488.95</x:v>
+        <x:v>108507.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2639" spans="1:2">
       <x:c r="A2639" s="2">
-        <x:v>42123</x:v>
+        <x:v>42162</x:v>
       </x:c>
       <x:c r="B2639" s="3">
-        <x:v>108487.42</x:v>
+        <x:v>108507.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2640" spans="1:2">
       <x:c r="A2640" s="2">
-        <x:v>42122</x:v>
+        <x:v>42159</x:v>
       </x:c>
       <x:c r="B2640" s="3">
-        <x:v>108487.05</x:v>
+        <x:v>108505.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2641" spans="1:2">
       <x:c r="A2641" s="2">
-        <x:v>42121</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="B2641" s="3">
-        <x:v>108486.12</x:v>
+        <x:v>108505.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2642" spans="1:2">
       <x:c r="A2642" s="2">
-        <x:v>42120</x:v>
+        <x:v>42157</x:v>
       </x:c>
       <x:c r="B2642" s="3">
-        <x:v>108485.71</x:v>
+        <x:v>108504.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2643" spans="1:2">
       <x:c r="A2643" s="2">
-        <x:v>42117</x:v>
+        <x:v>42156</x:v>
       </x:c>
       <x:c r="B2643" s="3">
-        <x:v>108484.33</x:v>
+        <x:v>108504.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2644" spans="1:2">
       <x:c r="A2644" s="2">
-        <x:v>42116</x:v>
+        <x:v>42155</x:v>
       </x:c>
       <x:c r="B2644" s="3">
-        <x:v>108484.05</x:v>
+        <x:v>108503.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2645" spans="1:2">
       <x:c r="A2645" s="2">
-        <x:v>42115</x:v>
+        <x:v>42152</x:v>
       </x:c>
       <x:c r="B2645" s="3">
-        <x:v>108483.41</x:v>
+        <x:v>108502.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2646" spans="1:2">
       <x:c r="A2646" s="2">
-        <x:v>42114</x:v>
+        <x:v>42151</x:v>
       </x:c>
       <x:c r="B2646" s="3">
-        <x:v>108483.03</x:v>
+        <x:v>108501.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2647" spans="1:2">
       <x:c r="A2647" s="2">
-        <x:v>42113</x:v>
+        <x:v>42150</x:v>
       </x:c>
       <x:c r="B2647" s="3">
-        <x:v>108482.61</x:v>
+        <x:v>108501.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2648" spans="1:2">
       <x:c r="A2648" s="2">
-        <x:v>42110</x:v>
+        <x:v>42149</x:v>
       </x:c>
       <x:c r="B2648" s="3">
-        <x:v>108480.56</x:v>
+        <x:v>108500.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2649" spans="1:2">
       <x:c r="A2649" s="2">
-        <x:v>42109</x:v>
+        <x:v>42145</x:v>
       </x:c>
       <x:c r="B2649" s="3">
-        <x:v>108479.32</x:v>
+        <x:v>108497.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2650" spans="1:2">
       <x:c r="A2650" s="2">
-        <x:v>42108</x:v>
+        <x:v>42144</x:v>
       </x:c>
       <x:c r="B2650" s="3">
-        <x:v>108478.3</x:v>
+        <x:v>108497.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2651" spans="1:2">
       <x:c r="A2651" s="2">
-        <x:v>42107</x:v>
+        <x:v>42143</x:v>
       </x:c>
       <x:c r="B2651" s="3">
-        <x:v>108477.19</x:v>
+        <x:v>108496.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2652" spans="1:2">
       <x:c r="A2652" s="2">
-        <x:v>42106</x:v>
+        <x:v>42142</x:v>
       </x:c>
       <x:c r="B2652" s="3">
-        <x:v>108476.27</x:v>
+        <x:v>108496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2653" spans="1:2">
       <x:c r="A2653" s="2">
-        <x:v>42103</x:v>
+        <x:v>42141</x:v>
       </x:c>
       <x:c r="B2653" s="3">
-        <x:v>108473.45</x:v>
+        <x:v>108494.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2654" spans="1:2">
       <x:c r="A2654" s="2">
-        <x:v>42102</x:v>
+        <x:v>42138</x:v>
       </x:c>
       <x:c r="B2654" s="3">
-        <x:v>108472.7</x:v>
+        <x:v>108493.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2655" spans="1:2">
       <x:c r="A2655" s="2">
-        <x:v>42101</x:v>
+        <x:v>42136</x:v>
       </x:c>
       <x:c r="B2655" s="3">
-        <x:v>108472.34</x:v>
+        <x:v>108492.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2656" spans="1:2">
       <x:c r="A2656" s="2">
-        <x:v>42100</x:v>
+        <x:v>42135</x:v>
       </x:c>
       <x:c r="B2656" s="3">
-        <x:v>108471.12</x:v>
+        <x:v>108492.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2657" spans="1:2">
       <x:c r="A2657" s="2">
-        <x:v>42095</x:v>
+        <x:v>42134</x:v>
       </x:c>
       <x:c r="B2657" s="3">
-        <x:v>108467.85</x:v>
+        <x:v>108491.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2658" spans="1:2">
       <x:c r="A2658" s="2">
-        <x:v>42094</x:v>
+        <x:v>42130</x:v>
       </x:c>
       <x:c r="B2658" s="3">
-        <x:v>108467.36</x:v>
+        <x:v>108490.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2659" spans="1:2">
       <x:c r="A2659" s="2">
-        <x:v>42093</x:v>
+        <x:v>42129</x:v>
       </x:c>
       <x:c r="B2659" s="3">
-        <x:v>108466.88</x:v>
+        <x:v>108489.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2660" spans="1:2">
       <x:c r="A2660" s="2">
-        <x:v>42092</x:v>
+        <x:v>42128</x:v>
       </x:c>
       <x:c r="B2660" s="3">
-        <x:v>108465.68</x:v>
+        <x:v>108489.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2661" spans="1:2">
       <x:c r="A2661" s="2">
-        <x:v>42089</x:v>
+        <x:v>42127</x:v>
       </x:c>
       <x:c r="B2661" s="3">
-        <x:v>108464.18</x:v>
+        <x:v>108488.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2662" spans="1:2">
       <x:c r="A2662" s="2">
-        <x:v>42088</x:v>
+        <x:v>42123</x:v>
       </x:c>
       <x:c r="B2662" s="3">
-        <x:v>108463.78</x:v>
+        <x:v>108487.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2663" spans="1:2">
       <x:c r="A2663" s="2">
-        <x:v>42087</x:v>
+        <x:v>42122</x:v>
       </x:c>
       <x:c r="B2663" s="3">
-        <x:v>108463.44</x:v>
+        <x:v>108487.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2664" spans="1:2">
       <x:c r="A2664" s="2">
-        <x:v>42086</x:v>
+        <x:v>42121</x:v>
       </x:c>
       <x:c r="B2664" s="3">
-        <x:v>108462.94</x:v>
+        <x:v>108486.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2665" spans="1:2">
       <x:c r="A2665" s="2">
-        <x:v>42085</x:v>
+        <x:v>42120</x:v>
       </x:c>
       <x:c r="B2665" s="3">
-        <x:v>108462.53</x:v>
+        <x:v>108485.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2666" spans="1:2">
       <x:c r="A2666" s="2">
-        <x:v>42082</x:v>
+        <x:v>42117</x:v>
       </x:c>
       <x:c r="B2666" s="3">
-        <x:v>108460.88</x:v>
+        <x:v>108484.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2667" spans="1:2">
       <x:c r="A2667" s="2">
-        <x:v>42081</x:v>
+        <x:v>42116</x:v>
       </x:c>
       <x:c r="B2667" s="3">
-        <x:v>108460.47</x:v>
+        <x:v>108484.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2668" spans="1:2">
       <x:c r="A2668" s="2">
-        <x:v>42080</x:v>
+        <x:v>42115</x:v>
       </x:c>
       <x:c r="B2668" s="3">
-        <x:v>108460.06</x:v>
+        <x:v>108483.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2669" spans="1:2">
       <x:c r="A2669" s="2">
-        <x:v>42079</x:v>
+        <x:v>42114</x:v>
       </x:c>
       <x:c r="B2669" s="3">
-        <x:v>108459.72</x:v>
+        <x:v>108483.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2670" spans="1:2">
       <x:c r="A2670" s="2">
-        <x:v>42078</x:v>
+        <x:v>42113</x:v>
       </x:c>
       <x:c r="B2670" s="3">
-        <x:v>108459.25</x:v>
+        <x:v>108482.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2671" spans="1:2">
       <x:c r="A2671" s="2">
-        <x:v>42075</x:v>
+        <x:v>42110</x:v>
       </x:c>
       <x:c r="B2671" s="3">
-        <x:v>108456.63</x:v>
+        <x:v>108480.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2672" spans="1:2">
       <x:c r="A2672" s="2">
-        <x:v>42074</x:v>
+        <x:v>42109</x:v>
       </x:c>
       <x:c r="B2672" s="3">
-        <x:v>108455.46</x:v>
+        <x:v>108479.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2673" spans="1:2">
       <x:c r="A2673" s="2">
-        <x:v>42073</x:v>
+        <x:v>42108</x:v>
       </x:c>
       <x:c r="B2673" s="3">
-        <x:v>108453.8</x:v>
+        <x:v>108478.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2674" spans="1:2">
       <x:c r="A2674" s="2">
-        <x:v>42072</x:v>
+        <x:v>42107</x:v>
       </x:c>
       <x:c r="B2674" s="3">
-        <x:v>108452.71</x:v>
+        <x:v>108477.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2675" spans="1:2">
       <x:c r="A2675" s="2">
-        <x:v>42071</x:v>
+        <x:v>42106</x:v>
       </x:c>
       <x:c r="B2675" s="3">
-        <x:v>108450.56</x:v>
+        <x:v>108476.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2676" spans="1:2">
       <x:c r="A2676" s="2">
-        <x:v>42068</x:v>
+        <x:v>42103</x:v>
       </x:c>
       <x:c r="B2676" s="3">
-        <x:v>108447.26</x:v>
+        <x:v>108473.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2677" spans="1:2">
       <x:c r="A2677" s="2">
-        <x:v>42067</x:v>
+        <x:v>42102</x:v>
       </x:c>
       <x:c r="B2677" s="3">
-        <x:v>108446.81</x:v>
+        <x:v>108472.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2678" spans="1:2">
       <x:c r="A2678" s="2">
-        <x:v>42066</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="B2678" s="3">
-        <x:v>108445.65</x:v>
+        <x:v>108472.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2679" spans="1:2">
       <x:c r="A2679" s="2">
-        <x:v>42065</x:v>
+        <x:v>42100</x:v>
       </x:c>
       <x:c r="B2679" s="3">
-        <x:v>108443.92</x:v>
+        <x:v>108471.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2680" spans="1:2">
       <x:c r="A2680" s="2">
-        <x:v>42064</x:v>
+        <x:v>42095</x:v>
       </x:c>
       <x:c r="B2680" s="3">
-        <x:v>108442.67</x:v>
+        <x:v>108467.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2681" spans="1:2">
       <x:c r="A2681" s="2">
-        <x:v>42061</x:v>
+        <x:v>42094</x:v>
       </x:c>
       <x:c r="B2681" s="3">
-        <x:v>108438.74</x:v>
+        <x:v>108467.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2682" spans="1:2">
       <x:c r="A2682" s="2">
-        <x:v>42060</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="B2682" s="3">
-        <x:v>108436.21</x:v>
+        <x:v>108466.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2683" spans="1:2">
       <x:c r="A2683" s="2">
-        <x:v>42059</x:v>
+        <x:v>42092</x:v>
       </x:c>
       <x:c r="B2683" s="3">
-        <x:v>108434.57</x:v>
+        <x:v>108465.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2684" spans="1:2">
       <x:c r="A2684" s="2">
-        <x:v>42058</x:v>
+        <x:v>42089</x:v>
       </x:c>
       <x:c r="B2684" s="3">
-        <x:v>108434.21</x:v>
+        <x:v>108464.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2685" spans="1:2">
       <x:c r="A2685" s="2">
-        <x:v>42057</x:v>
+        <x:v>42088</x:v>
       </x:c>
       <x:c r="B2685" s="3">
-        <x:v>108433.55</x:v>
+        <x:v>108463.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2686" spans="1:2">
       <x:c r="A2686" s="2">
-        <x:v>42054</x:v>
+        <x:v>42087</x:v>
       </x:c>
       <x:c r="B2686" s="3">
-        <x:v>108431.79</x:v>
+        <x:v>108463.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2687" spans="1:2">
       <x:c r="A2687" s="2">
-        <x:v>42053</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="B2687" s="3">
-        <x:v>108430.52</x:v>
+        <x:v>108462.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2688" spans="1:2">
       <x:c r="A2688" s="2">
-        <x:v>42052</x:v>
+        <x:v>42085</x:v>
       </x:c>
       <x:c r="B2688" s="3">
-        <x:v>108428.67</x:v>
+        <x:v>108462.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2689" spans="1:2">
       <x:c r="A2689" s="2">
-        <x:v>42051</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="B2689" s="3">
-        <x:v>108428.31</x:v>
+        <x:v>108460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2690" spans="1:2">
       <x:c r="A2690" s="2">
-        <x:v>42050</x:v>
+        <x:v>42081</x:v>
       </x:c>
       <x:c r="B2690" s="3">
-        <x:v>108427.45</x:v>
+        <x:v>108460.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2691" spans="1:2">
       <x:c r="A2691" s="2">
-        <x:v>42047</x:v>
+        <x:v>42080</x:v>
       </x:c>
       <x:c r="B2691" s="3">
-        <x:v>108425.48</x:v>
+        <x:v>108460.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2692" spans="1:2">
       <x:c r="A2692" s="2">
-        <x:v>42046</x:v>
+        <x:v>42079</x:v>
       </x:c>
       <x:c r="B2692" s="3">
-        <x:v>108424.68</x:v>
+        <x:v>108459.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2693" spans="1:2">
       <x:c r="A2693" s="2">
-        <x:v>42045</x:v>
+        <x:v>42078</x:v>
       </x:c>
       <x:c r="B2693" s="3">
-        <x:v>108424.26</x:v>
+        <x:v>108459.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2694" spans="1:2">
       <x:c r="A2694" s="2">
-        <x:v>42044</x:v>
+        <x:v>42075</x:v>
       </x:c>
       <x:c r="B2694" s="3">
-        <x:v>108423.89</x:v>
+        <x:v>108456.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2695" spans="1:2">
       <x:c r="A2695" s="2">
-        <x:v>42043</x:v>
+        <x:v>42074</x:v>
       </x:c>
       <x:c r="B2695" s="3">
-        <x:v>108423.53</x:v>
+        <x:v>108455.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2696" spans="1:2">
       <x:c r="A2696" s="2">
-        <x:v>42040</x:v>
+        <x:v>42073</x:v>
       </x:c>
       <x:c r="B2696" s="3">
-        <x:v>108421.1</x:v>
+        <x:v>108453.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2697" spans="1:2">
       <x:c r="A2697" s="2">
-        <x:v>42039</x:v>
+        <x:v>42072</x:v>
       </x:c>
       <x:c r="B2697" s="3">
-        <x:v>108420.79</x:v>
+        <x:v>108452.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2698" spans="1:2">
       <x:c r="A2698" s="2">
-        <x:v>42038</x:v>
+        <x:v>42071</x:v>
       </x:c>
       <x:c r="B2698" s="3">
-        <x:v>108420.52</x:v>
+        <x:v>108450.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2699" spans="1:2">
       <x:c r="A2699" s="2">
-        <x:v>42037</x:v>
+        <x:v>42068</x:v>
       </x:c>
       <x:c r="B2699" s="3">
-        <x:v>108420.2</x:v>
+        <x:v>108447.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2700" spans="1:2">
       <x:c r="A2700" s="2">
-        <x:v>42036</x:v>
+        <x:v>42067</x:v>
       </x:c>
       <x:c r="B2700" s="3">
-        <x:v>108419.71</x:v>
+        <x:v>108446.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2701" spans="1:2">
       <x:c r="A2701" s="2">
-        <x:v>42033</x:v>
+        <x:v>42066</x:v>
       </x:c>
       <x:c r="B2701" s="3">
-        <x:v>108418.85</x:v>
+        <x:v>108445.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2702" spans="1:2">
       <x:c r="A2702" s="2">
-        <x:v>42032</x:v>
+        <x:v>42065</x:v>
       </x:c>
       <x:c r="B2702" s="3">
-        <x:v>108418.52</x:v>
+        <x:v>108443.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2703" spans="1:2">
       <x:c r="A2703" s="2">
-        <x:v>42031</x:v>
+        <x:v>42064</x:v>
       </x:c>
       <x:c r="B2703" s="3">
-        <x:v>108418.15</x:v>
+        <x:v>108442.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2704" spans="1:2">
       <x:c r="A2704" s="2">
-        <x:v>42030</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="B2704" s="3">
-        <x:v>108417.83</x:v>
+        <x:v>108438.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2705" spans="1:2">
       <x:c r="A2705" s="2">
-        <x:v>42029</x:v>
+        <x:v>42060</x:v>
       </x:c>
       <x:c r="B2705" s="3">
-        <x:v>108417.44</x:v>
+        <x:v>108436.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2706" spans="1:2">
       <x:c r="A2706" s="2">
-        <x:v>42026</x:v>
+        <x:v>42059</x:v>
       </x:c>
       <x:c r="B2706" s="3">
-        <x:v>108416.31</x:v>
+        <x:v>108434.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2707" spans="1:2">
       <x:c r="A2707" s="2">
-        <x:v>42025</x:v>
+        <x:v>42058</x:v>
       </x:c>
       <x:c r="B2707" s="3">
-        <x:v>108416.05</x:v>
+        <x:v>108434.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2708" spans="1:2">
       <x:c r="A2708" s="2">
-        <x:v>42024</x:v>
+        <x:v>42057</x:v>
       </x:c>
       <x:c r="B2708" s="3">
-        <x:v>108415.44</x:v>
+        <x:v>108433.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2709" spans="1:2">
       <x:c r="A2709" s="2">
-        <x:v>42023</x:v>
+        <x:v>42054</x:v>
       </x:c>
       <x:c r="B2709" s="3">
-        <x:v>108414.7</x:v>
+        <x:v>108431.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2710" spans="1:2">
       <x:c r="A2710" s="2">
-        <x:v>42022</x:v>
+        <x:v>42053</x:v>
       </x:c>
       <x:c r="B2710" s="3">
-        <x:v>108413.46</x:v>
+        <x:v>108430.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2711" spans="1:2">
       <x:c r="A2711" s="2">
-        <x:v>42019</x:v>
+        <x:v>42052</x:v>
       </x:c>
       <x:c r="B2711" s="3">
-        <x:v>108411.73</x:v>
+        <x:v>108428.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2712" spans="1:2">
       <x:c r="A2712" s="2">
-        <x:v>42018</x:v>
+        <x:v>42051</x:v>
       </x:c>
       <x:c r="B2712" s="3">
-        <x:v>108410.33</x:v>
+        <x:v>108428.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2713" spans="1:2">
       <x:c r="A2713" s="2">
-        <x:v>42017</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="B2713" s="3">
-        <x:v>108409.34</x:v>
+        <x:v>108427.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2714" spans="1:2">
       <x:c r="A2714" s="2">
-        <x:v>42016</x:v>
+        <x:v>42047</x:v>
       </x:c>
       <x:c r="B2714" s="3">
-        <x:v>108408.7</x:v>
+        <x:v>108425.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2715" spans="1:2">
       <x:c r="A2715" s="2">
-        <x:v>42015</x:v>
+        <x:v>42046</x:v>
       </x:c>
       <x:c r="B2715" s="3">
-        <x:v>108408.15</x:v>
+        <x:v>108424.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2716" spans="1:2">
       <x:c r="A2716" s="2">
-        <x:v>42012</x:v>
+        <x:v>42045</x:v>
       </x:c>
       <x:c r="B2716" s="3">
-        <x:v>108406.88</x:v>
+        <x:v>108424.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2717" spans="1:2">
       <x:c r="A2717" s="2">
-        <x:v>42011</x:v>
+        <x:v>42044</x:v>
       </x:c>
       <x:c r="B2717" s="3">
-        <x:v>108406.32</x:v>
+        <x:v>108423.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2718" spans="1:2">
       <x:c r="A2718" s="2">
-        <x:v>42010</x:v>
+        <x:v>42043</x:v>
       </x:c>
       <x:c r="B2718" s="3">
-        <x:v>108405.99</x:v>
+        <x:v>108423.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2719" spans="1:2">
       <x:c r="A2719" s="2">
-        <x:v>42009</x:v>
+        <x:v>42040</x:v>
       </x:c>
       <x:c r="B2719" s="3">
-        <x:v>108405.41</x:v>
+        <x:v>108421.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2720" spans="1:2">
       <x:c r="A2720" s="2">
-        <x:v>42008</x:v>
+        <x:v>42039</x:v>
       </x:c>
       <x:c r="B2720" s="3">
-        <x:v>108399.85</x:v>
+        <x:v>108420.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2721" spans="1:2">
       <x:c r="A2721" s="2">
-        <x:v>42005</x:v>
+        <x:v>42038</x:v>
       </x:c>
       <x:c r="B2721" s="3">
-        <x:v>108398.54</x:v>
+        <x:v>108420.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2722" spans="1:2">
       <x:c r="A2722" s="2">
-        <x:v>42003</x:v>
+        <x:v>42037</x:v>
       </x:c>
       <x:c r="B2722" s="3">
-        <x:v>108393.9</x:v>
+        <x:v>108420.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2723" spans="1:2">
       <x:c r="A2723" s="2">
-        <x:v>42002</x:v>
+        <x:v>42036</x:v>
       </x:c>
       <x:c r="B2723" s="3">
-        <x:v>108393.45</x:v>
+        <x:v>108419.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2724" spans="1:2">
       <x:c r="A2724" s="2">
-        <x:v>42001</x:v>
+        <x:v>42033</x:v>
       </x:c>
       <x:c r="B2724" s="3">
-        <x:v>108389.98</x:v>
+        <x:v>108418.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2725" spans="1:2">
       <x:c r="A2725" s="2">
-        <x:v>41996</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="B2725" s="3">
-        <x:v>108387.01</x:v>
+        <x:v>108418.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2726" spans="1:2">
       <x:c r="A2726" s="2">
-        <x:v>41995</x:v>
+        <x:v>42031</x:v>
       </x:c>
       <x:c r="B2726" s="3">
-        <x:v>108386.42</x:v>
+        <x:v>108418.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2727" spans="1:2">
       <x:c r="A2727" s="2">
-        <x:v>41994</x:v>
+        <x:v>42030</x:v>
       </x:c>
       <x:c r="B2727" s="3">
-        <x:v>108385.85</x:v>
+        <x:v>108417.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2728" spans="1:2">
       <x:c r="A2728" s="2">
-        <x:v>41991</x:v>
+        <x:v>42029</x:v>
       </x:c>
       <x:c r="B2728" s="3">
-        <x:v>108383.12</x:v>
+        <x:v>108417.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2729" spans="1:2">
       <x:c r="A2729" s="2">
-        <x:v>41990</x:v>
+        <x:v>42026</x:v>
       </x:c>
       <x:c r="B2729" s="3">
-        <x:v>108382.46</x:v>
+        <x:v>108416.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2730" spans="1:2">
       <x:c r="A2730" s="2">
-        <x:v>41989</x:v>
+        <x:v>42025</x:v>
       </x:c>
       <x:c r="B2730" s="3">
-        <x:v>108382.07</x:v>
+        <x:v>108416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2731" spans="1:2">
       <x:c r="A2731" s="2">
-        <x:v>41988</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="B2731" s="3">
-        <x:v>108381.69</x:v>
+        <x:v>108415.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2732" spans="1:2">
       <x:c r="A2732" s="2">
-        <x:v>41987</x:v>
+        <x:v>42023</x:v>
       </x:c>
       <x:c r="B2732" s="3">
-        <x:v>108381.19</x:v>
+        <x:v>108414.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2733" spans="1:2">
       <x:c r="A2733" s="2">
-        <x:v>41984</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="B2733" s="3">
-        <x:v>108379.51</x:v>
+        <x:v>108413.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2734" spans="1:2">
       <x:c r="A2734" s="2">
-        <x:v>41983</x:v>
+        <x:v>42019</x:v>
       </x:c>
       <x:c r="B2734" s="3">
-        <x:v>108379.12</x:v>
+        <x:v>108411.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2735" spans="1:2">
       <x:c r="A2735" s="2">
-        <x:v>41982</x:v>
+        <x:v>42018</x:v>
       </x:c>
       <x:c r="B2735" s="3">
-        <x:v>108378.74</x:v>
+        <x:v>108410.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2736" spans="1:2">
       <x:c r="A2736" s="2">
-        <x:v>41981</x:v>
+        <x:v>42017</x:v>
       </x:c>
       <x:c r="B2736" s="3">
-        <x:v>108378.3</x:v>
+        <x:v>108409.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2737" spans="1:2">
       <x:c r="A2737" s="2">
-        <x:v>41980</x:v>
+        <x:v>42016</x:v>
       </x:c>
       <x:c r="B2737" s="3">
-        <x:v>108377.89</x:v>
+        <x:v>108408.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2738" spans="1:2">
       <x:c r="A2738" s="2">
-        <x:v>41977</x:v>
+        <x:v>42015</x:v>
       </x:c>
       <x:c r="B2738" s="3">
-        <x:v>108376.46</x:v>
+        <x:v>108408.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2739" spans="1:2">
       <x:c r="A2739" s="2">
-        <x:v>41976</x:v>
+        <x:v>42012</x:v>
       </x:c>
       <x:c r="B2739" s="3">
-        <x:v>108374.95</x:v>
+        <x:v>108406.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2740" spans="1:2">
       <x:c r="A2740" s="2">
-        <x:v>41975</x:v>
+        <x:v>42011</x:v>
       </x:c>
       <x:c r="B2740" s="3">
-        <x:v>108373.67</x:v>
+        <x:v>108406.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2741" spans="1:2">
       <x:c r="A2741" s="2">
-        <x:v>41974</x:v>
+        <x:v>42010</x:v>
       </x:c>
       <x:c r="B2741" s="3">
-        <x:v>108372.44</x:v>
+        <x:v>108405.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2742" spans="1:2">
       <x:c r="A2742" s="2">
-        <x:v>41973</x:v>
+        <x:v>42009</x:v>
       </x:c>
       <x:c r="B2742" s="3">
-        <x:v>108370.81</x:v>
+        <x:v>108405.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2743" spans="1:2">
       <x:c r="A2743" s="2">
-        <x:v>41970</x:v>
+        <x:v>42008</x:v>
       </x:c>
       <x:c r="B2743" s="3">
-        <x:v>108368.64</x:v>
+        <x:v>108399.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2744" spans="1:2">
       <x:c r="A2744" s="2">
-        <x:v>41969</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="B2744" s="3">
-        <x:v>108367.66</x:v>
+        <x:v>108398.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2745" spans="1:2">
       <x:c r="A2745" s="2">
-        <x:v>41968</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="B2745" s="3">
-        <x:v>108367.01</x:v>
+        <x:v>108393.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2746" spans="1:2">
       <x:c r="A2746" s="2">
-        <x:v>41967</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="B2746" s="3">
-        <x:v>108365.93</x:v>
+        <x:v>108393.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2747" spans="1:2">
       <x:c r="A2747" s="2">
-        <x:v>41966</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="B2747" s="3">
-        <x:v>108364.89</x:v>
+        <x:v>108389.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2748" spans="1:2">
       <x:c r="A2748" s="2">
-        <x:v>41963</x:v>
+        <x:v>41996</x:v>
       </x:c>
       <x:c r="B2748" s="3">
-        <x:v>108362</x:v>
+        <x:v>108387.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2749" spans="1:2">
       <x:c r="A2749" s="2">
-        <x:v>41962</x:v>
+        <x:v>41995</x:v>
       </x:c>
       <x:c r="B2749" s="3">
-        <x:v>108361.33</x:v>
+        <x:v>108386.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2750" spans="1:2">
       <x:c r="A2750" s="2">
-        <x:v>41961</x:v>
+        <x:v>41994</x:v>
       </x:c>
       <x:c r="B2750" s="3">
-        <x:v>108360.58</x:v>
+        <x:v>108385.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2751" spans="1:2">
       <x:c r="A2751" s="2">
-        <x:v>41960</x:v>
+        <x:v>41991</x:v>
       </x:c>
       <x:c r="B2751" s="3">
-        <x:v>108359.42</x:v>
+        <x:v>108383.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2752" spans="1:2">
       <x:c r="A2752" s="2">
-        <x:v>41959</x:v>
+        <x:v>41990</x:v>
       </x:c>
       <x:c r="B2752" s="3">
-        <x:v>108358.2</x:v>
+        <x:v>108382.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2753" spans="1:2">
       <x:c r="A2753" s="2">
-        <x:v>41956</x:v>
+        <x:v>41989</x:v>
       </x:c>
       <x:c r="B2753" s="3">
-        <x:v>108355.26</x:v>
+        <x:v>108382.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2754" spans="1:2">
       <x:c r="A2754" s="2">
-        <x:v>41955</x:v>
+        <x:v>41988</x:v>
       </x:c>
       <x:c r="B2754" s="3">
-        <x:v>108354.18</x:v>
+        <x:v>108381.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2755" spans="1:2">
       <x:c r="A2755" s="2">
-        <x:v>41954</x:v>
+        <x:v>41987</x:v>
       </x:c>
       <x:c r="B2755" s="3">
-        <x:v>108353.13</x:v>
+        <x:v>108381.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2756" spans="1:2">
       <x:c r="A2756" s="2">
-        <x:v>41952</x:v>
+        <x:v>41984</x:v>
       </x:c>
       <x:c r="B2756" s="3">
-        <x:v>108350.95</x:v>
+        <x:v>108379.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2757" spans="1:2">
       <x:c r="A2757" s="2">
-        <x:v>41949</x:v>
+        <x:v>41983</x:v>
       </x:c>
       <x:c r="B2757" s="3">
-        <x:v>108347.88</x:v>
+        <x:v>108379.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2758" spans="1:2">
       <x:c r="A2758" s="2">
-        <x:v>41948</x:v>
+        <x:v>41982</x:v>
       </x:c>
       <x:c r="B2758" s="3">
-        <x:v>108346.64</x:v>
+        <x:v>108378.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2759" spans="1:2">
       <x:c r="A2759" s="2">
-        <x:v>41947</x:v>
+        <x:v>41981</x:v>
       </x:c>
       <x:c r="B2759" s="3">
-        <x:v>108345.42</x:v>
+        <x:v>108378.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2760" spans="1:2">
       <x:c r="A2760" s="2">
-        <x:v>41946</x:v>
+        <x:v>41980</x:v>
       </x:c>
       <x:c r="B2760" s="3">
-        <x:v>108344.26</x:v>
+        <x:v>108377.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2761" spans="1:2">
       <x:c r="A2761" s="2">
-        <x:v>41945</x:v>
+        <x:v>41977</x:v>
       </x:c>
       <x:c r="B2761" s="3">
-        <x:v>108343.04</x:v>
+        <x:v>108376.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2762" spans="1:2">
       <x:c r="A2762" s="2">
-        <x:v>41942</x:v>
+        <x:v>41976</x:v>
       </x:c>
       <x:c r="B2762" s="3">
-        <x:v>108340.4</x:v>
+        <x:v>108374.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2763" spans="1:2">
       <x:c r="A2763" s="2">
-        <x:v>41941</x:v>
+        <x:v>41975</x:v>
       </x:c>
       <x:c r="B2763" s="3">
-        <x:v>108339.42</x:v>
+        <x:v>108373.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2764" spans="1:2">
       <x:c r="A2764" s="2">
-        <x:v>41940</x:v>
+        <x:v>41974</x:v>
       </x:c>
       <x:c r="B2764" s="3">
-        <x:v>108338.56</x:v>
+        <x:v>108372.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2765" spans="1:2">
       <x:c r="A2765" s="2">
-        <x:v>41939</x:v>
+        <x:v>41973</x:v>
       </x:c>
       <x:c r="B2765" s="3">
-        <x:v>108337.49</x:v>
+        <x:v>108370.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2766" spans="1:2">
       <x:c r="A2766" s="2">
-        <x:v>41938</x:v>
+        <x:v>41970</x:v>
       </x:c>
       <x:c r="B2766" s="3">
-        <x:v>108336.64</x:v>
+        <x:v>108368.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2767" spans="1:2">
       <x:c r="A2767" s="2">
-        <x:v>41935</x:v>
+        <x:v>41969</x:v>
       </x:c>
       <x:c r="B2767" s="3">
-        <x:v>108334.06</x:v>
+        <x:v>108367.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2768" spans="1:2">
       <x:c r="A2768" s="2">
-        <x:v>41934</x:v>
+        <x:v>41968</x:v>
       </x:c>
       <x:c r="B2768" s="3">
-        <x:v>108333.11</x:v>
+        <x:v>108367.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2769" spans="1:2">
       <x:c r="A2769" s="2">
-        <x:v>41933</x:v>
+        <x:v>41967</x:v>
       </x:c>
       <x:c r="B2769" s="3">
-        <x:v>108332.24</x:v>
+        <x:v>108365.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2770" spans="1:2">
       <x:c r="A2770" s="2">
-        <x:v>41932</x:v>
+        <x:v>41966</x:v>
       </x:c>
       <x:c r="B2770" s="3">
-        <x:v>108331.3</x:v>
+        <x:v>108364.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2771" spans="1:2">
       <x:c r="A2771" s="2">
-        <x:v>41931</x:v>
+        <x:v>41963</x:v>
       </x:c>
       <x:c r="B2771" s="3">
-        <x:v>108330.28</x:v>
+        <x:v>108362</x:v>
       </x:c>
     </x:row>
     <x:row r="2772" spans="1:2">
       <x:c r="A2772" s="2">
-        <x:v>41928</x:v>
+        <x:v>41962</x:v>
       </x:c>
       <x:c r="B2772" s="3">
-        <x:v>108328.13</x:v>
+        <x:v>108361.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2773" spans="1:2">
       <x:c r="A2773" s="2">
-        <x:v>41927</x:v>
+        <x:v>41961</x:v>
       </x:c>
       <x:c r="B2773" s="3">
-        <x:v>108327.14</x:v>
+        <x:v>108360.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2774" spans="1:2">
       <x:c r="A2774" s="2">
-        <x:v>41926</x:v>
+        <x:v>41960</x:v>
       </x:c>
       <x:c r="B2774" s="3">
-        <x:v>108326.11</x:v>
+        <x:v>108359.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2775" spans="1:2">
       <x:c r="A2775" s="2">
-        <x:v>41925</x:v>
+        <x:v>41959</x:v>
       </x:c>
       <x:c r="B2775" s="3">
-        <x:v>108325.05</x:v>
+        <x:v>108358.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2776" spans="1:2">
       <x:c r="A2776" s="2">
-        <x:v>41924</x:v>
+        <x:v>41956</x:v>
       </x:c>
       <x:c r="B2776" s="3">
-        <x:v>108323.92</x:v>
+        <x:v>108355.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2777" spans="1:2">
       <x:c r="A2777" s="2">
-        <x:v>41921</x:v>
+        <x:v>41955</x:v>
       </x:c>
       <x:c r="B2777" s="3">
-        <x:v>108320.93</x:v>
+        <x:v>108354.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2778" spans="1:2">
       <x:c r="A2778" s="2">
-        <x:v>41920</x:v>
+        <x:v>41954</x:v>
       </x:c>
       <x:c r="B2778" s="3">
-        <x:v>108319.89</x:v>
+        <x:v>108353.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2779" spans="1:2">
       <x:c r="A2779" s="2">
-        <x:v>41919</x:v>
+        <x:v>41952</x:v>
       </x:c>
       <x:c r="B2779" s="3">
-        <x:v>108318.54</x:v>
+        <x:v>108350.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2780" spans="1:2">
       <x:c r="A2780" s="2">
-        <x:v>41918</x:v>
+        <x:v>41949</x:v>
       </x:c>
       <x:c r="B2780" s="3">
-        <x:v>108317.49</x:v>
+        <x:v>108347.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2781" spans="1:2">
       <x:c r="A2781" s="2">
-        <x:v>41917</x:v>
+        <x:v>41948</x:v>
       </x:c>
       <x:c r="B2781" s="3">
-        <x:v>108316.52</x:v>
+        <x:v>108346.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2782" spans="1:2">
       <x:c r="A2782" s="2">
-        <x:v>41914</x:v>
+        <x:v>41947</x:v>
       </x:c>
       <x:c r="B2782" s="3">
-        <x:v>108312.64</x:v>
+        <x:v>108345.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2783" spans="1:2">
       <x:c r="A2783" s="2">
-        <x:v>41913</x:v>
+        <x:v>41946</x:v>
       </x:c>
       <x:c r="B2783" s="3">
-        <x:v>108311.65</x:v>
+        <x:v>108344.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2784" spans="1:2">
       <x:c r="A2784" s="2">
-        <x:v>41912</x:v>
+        <x:v>41945</x:v>
       </x:c>
       <x:c r="B2784" s="3">
-        <x:v>108310.32</x:v>
+        <x:v>108343.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2785" spans="1:2">
       <x:c r="A2785" s="2">
-        <x:v>41911</x:v>
+        <x:v>41942</x:v>
       </x:c>
       <x:c r="B2785" s="3">
-        <x:v>108309.12</x:v>
+        <x:v>108340.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2786" spans="1:2">
       <x:c r="A2786" s="2">
-        <x:v>41910</x:v>
+        <x:v>41941</x:v>
       </x:c>
       <x:c r="B2786" s="3">
-        <x:v>108308.08</x:v>
+        <x:v>108339.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2787" spans="1:2">
       <x:c r="A2787" s="2">
-        <x:v>41907</x:v>
+        <x:v>41940</x:v>
       </x:c>
       <x:c r="B2787" s="3">
-        <x:v>108304.42</x:v>
+        <x:v>108338.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2788" spans="1:2">
       <x:c r="A2788" s="2">
-        <x:v>41906</x:v>
+        <x:v>41939</x:v>
       </x:c>
       <x:c r="B2788" s="3">
-        <x:v>108303.09</x:v>
+        <x:v>108337.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2789" spans="1:2">
       <x:c r="A2789" s="2">
-        <x:v>41905</x:v>
+        <x:v>41938</x:v>
       </x:c>
       <x:c r="B2789" s="3">
-        <x:v>108301.89</x:v>
+        <x:v>108336.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2790" spans="1:2">
       <x:c r="A2790" s="2">
-        <x:v>41904</x:v>
+        <x:v>41935</x:v>
       </x:c>
       <x:c r="B2790" s="3">
-        <x:v>108300.63</x:v>
+        <x:v>108334.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2791" spans="1:2">
       <x:c r="A2791" s="2">
-        <x:v>41903</x:v>
+        <x:v>41934</x:v>
       </x:c>
       <x:c r="B2791" s="3">
-        <x:v>108299.28</x:v>
+        <x:v>108333.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2792" spans="1:2">
       <x:c r="A2792" s="2">
-        <x:v>41900</x:v>
+        <x:v>41933</x:v>
       </x:c>
       <x:c r="B2792" s="3">
-        <x:v>108296.01</x:v>
+        <x:v>108332.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2793" spans="1:2">
       <x:c r="A2793" s="2">
-        <x:v>41899</x:v>
+        <x:v>41932</x:v>
       </x:c>
       <x:c r="B2793" s="3">
-        <x:v>108294.86</x:v>
+        <x:v>108331.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2794" spans="1:2">
       <x:c r="A2794" s="2">
-        <x:v>41898</x:v>
+        <x:v>41931</x:v>
       </x:c>
       <x:c r="B2794" s="3">
-        <x:v>108293.85</x:v>
+        <x:v>108330.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2795" spans="1:2">
       <x:c r="A2795" s="2">
-        <x:v>41897</x:v>
+        <x:v>41928</x:v>
       </x:c>
       <x:c r="B2795" s="3">
-        <x:v>108292.57</x:v>
+        <x:v>108328.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2796" spans="1:2">
       <x:c r="A2796" s="2">
-        <x:v>41896</x:v>
+        <x:v>41927</x:v>
       </x:c>
       <x:c r="B2796" s="3">
-        <x:v>108291.36</x:v>
+        <x:v>108327.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2797" spans="1:2">
       <x:c r="A2797" s="2">
-        <x:v>41893</x:v>
+        <x:v>41926</x:v>
       </x:c>
       <x:c r="B2797" s="3">
-        <x:v>108287.79</x:v>
+        <x:v>108326.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2798" spans="1:2">
       <x:c r="A2798" s="2">
-        <x:v>41892</x:v>
+        <x:v>41925</x:v>
       </x:c>
       <x:c r="B2798" s="3">
-        <x:v>108286.57</x:v>
+        <x:v>108325.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2799" spans="1:2">
       <x:c r="A2799" s="2">
-        <x:v>41891</x:v>
+        <x:v>41924</x:v>
       </x:c>
       <x:c r="B2799" s="3">
-        <x:v>108285.37</x:v>
+        <x:v>108323.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2800" spans="1:2">
       <x:c r="A2800" s="2">
-        <x:v>41890</x:v>
+        <x:v>41921</x:v>
       </x:c>
       <x:c r="B2800" s="3">
-        <x:v>108284.25</x:v>
+        <x:v>108320.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2801" spans="1:2">
       <x:c r="A2801" s="2">
-        <x:v>41889</x:v>
+        <x:v>41920</x:v>
       </x:c>
       <x:c r="B2801" s="3">
-        <x:v>108283.01</x:v>
+        <x:v>108319.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2802" spans="1:2">
       <x:c r="A2802" s="2">
-        <x:v>41886</x:v>
+        <x:v>41919</x:v>
       </x:c>
       <x:c r="B2802" s="3">
-        <x:v>108279.72</x:v>
+        <x:v>108318.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2803" spans="1:2">
       <x:c r="A2803" s="2">
-        <x:v>41885</x:v>
+        <x:v>41918</x:v>
       </x:c>
       <x:c r="B2803" s="3">
-        <x:v>108278.6</x:v>
+        <x:v>108317.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2804" spans="1:2">
       <x:c r="A2804" s="2">
-        <x:v>41884</x:v>
+        <x:v>41917</x:v>
       </x:c>
       <x:c r="B2804" s="3">
-        <x:v>108277.15</x:v>
+        <x:v>108316.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2805" spans="1:2">
       <x:c r="A2805" s="2">
-        <x:v>41883</x:v>
+        <x:v>41914</x:v>
       </x:c>
       <x:c r="B2805" s="3">
-        <x:v>108276</x:v>
+        <x:v>108312.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2806" spans="1:2">
       <x:c r="A2806" s="2">
-        <x:v>41882</x:v>
+        <x:v>41913</x:v>
       </x:c>
       <x:c r="B2806" s="3">
-        <x:v>108274.65</x:v>
+        <x:v>108311.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2807" spans="1:2">
       <x:c r="A2807" s="2">
-        <x:v>41879</x:v>
+        <x:v>41912</x:v>
       </x:c>
       <x:c r="B2807" s="3">
-        <x:v>108271.28</x:v>
+        <x:v>108310.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2808" spans="1:2">
       <x:c r="A2808" s="2">
-        <x:v>41878</x:v>
+        <x:v>41911</x:v>
       </x:c>
       <x:c r="B2808" s="3">
-        <x:v>108270.04</x:v>
+        <x:v>108309.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2809" spans="1:2">
       <x:c r="A2809" s="2">
-        <x:v>41877</x:v>
+        <x:v>41910</x:v>
       </x:c>
       <x:c r="B2809" s="3">
-        <x:v>108268.63</x:v>
+        <x:v>108308.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2810" spans="1:2">
       <x:c r="A2810" s="2">
-        <x:v>41876</x:v>
+        <x:v>41907</x:v>
       </x:c>
       <x:c r="B2810" s="3">
-        <x:v>108267.43</x:v>
+        <x:v>108304.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2811" spans="1:2">
       <x:c r="A2811" s="2">
-        <x:v>41875</x:v>
+        <x:v>41906</x:v>
       </x:c>
       <x:c r="B2811" s="3">
-        <x:v>108265.96</x:v>
+        <x:v>108303.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2812" spans="1:2">
       <x:c r="A2812" s="2">
-        <x:v>41872</x:v>
+        <x:v>41905</x:v>
       </x:c>
       <x:c r="B2812" s="3">
-        <x:v>108262.43</x:v>
+        <x:v>108301.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2813" spans="1:2">
       <x:c r="A2813" s="2">
-        <x:v>41871</x:v>
+        <x:v>41904</x:v>
       </x:c>
       <x:c r="B2813" s="3">
-        <x:v>108261.11</x:v>
+        <x:v>108300.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2814" spans="1:2">
       <x:c r="A2814" s="2">
-        <x:v>41870</x:v>
+        <x:v>41903</x:v>
       </x:c>
       <x:c r="B2814" s="3">
-        <x:v>108259.62</x:v>
+        <x:v>108299.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2815" spans="1:2">
       <x:c r="A2815" s="2">
-        <x:v>41869</x:v>
+        <x:v>41900</x:v>
       </x:c>
       <x:c r="B2815" s="3">
-        <x:v>108258.24</x:v>
+        <x:v>108296.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2816" spans="1:2">
       <x:c r="A2816" s="2">
-        <x:v>41868</x:v>
+        <x:v>41899</x:v>
       </x:c>
       <x:c r="B2816" s="3">
-        <x:v>108256.48</x:v>
+        <x:v>108294.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2817" spans="1:2">
       <x:c r="A2817" s="2">
-        <x:v>41864</x:v>
+        <x:v>41898</x:v>
       </x:c>
       <x:c r="B2817" s="3">
-        <x:v>108251.67</x:v>
+        <x:v>108293.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2818" spans="1:2">
       <x:c r="A2818" s="2">
-        <x:v>41863</x:v>
+        <x:v>41897</x:v>
       </x:c>
       <x:c r="B2818" s="3">
-        <x:v>108250.52</x:v>
+        <x:v>108292.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2819" spans="1:2">
       <x:c r="A2819" s="2">
-        <x:v>41862</x:v>
+        <x:v>41896</x:v>
       </x:c>
       <x:c r="B2819" s="3">
-        <x:v>108249.26</x:v>
+        <x:v>108291.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2820" spans="1:2">
       <x:c r="A2820" s="2">
-        <x:v>41861</x:v>
+        <x:v>41893</x:v>
       </x:c>
       <x:c r="B2820" s="3">
-        <x:v>108247.94</x:v>
+        <x:v>108287.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2821" spans="1:2">
       <x:c r="A2821" s="2">
-        <x:v>41858</x:v>
+        <x:v>41892</x:v>
       </x:c>
       <x:c r="B2821" s="3">
-        <x:v>108243.92</x:v>
+        <x:v>108286.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2822" spans="1:2">
       <x:c r="A2822" s="2">
-        <x:v>41857</x:v>
+        <x:v>41891</x:v>
       </x:c>
       <x:c r="B2822" s="3">
-        <x:v>108242.54</x:v>
+        <x:v>108285.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2823" spans="1:2">
       <x:c r="A2823" s="2">
-        <x:v>41856</x:v>
+        <x:v>41890</x:v>
       </x:c>
       <x:c r="B2823" s="3">
-        <x:v>108241.21</x:v>
+        <x:v>108284.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2824" spans="1:2">
       <x:c r="A2824" s="2">
-        <x:v>41855</x:v>
+        <x:v>41889</x:v>
       </x:c>
       <x:c r="B2824" s="3">
-        <x:v>108239.92</x:v>
+        <x:v>108283.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2825" spans="1:2">
       <x:c r="A2825" s="2">
-        <x:v>41854</x:v>
+        <x:v>41886</x:v>
       </x:c>
       <x:c r="B2825" s="3">
-        <x:v>108238.74</x:v>
+        <x:v>108279.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2826" spans="1:2">
       <x:c r="A2826" s="2">
-        <x:v>41851</x:v>
+        <x:v>41885</x:v>
       </x:c>
       <x:c r="B2826" s="3">
-        <x:v>108234.45</x:v>
+        <x:v>108278.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2827" spans="1:2">
       <x:c r="A2827" s="2">
-        <x:v>41850</x:v>
+        <x:v>41884</x:v>
       </x:c>
       <x:c r="B2827" s="3">
-        <x:v>108233.19</x:v>
+        <x:v>108277.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2828" spans="1:2">
       <x:c r="A2828" s="2">
-        <x:v>41849</x:v>
+        <x:v>41883</x:v>
       </x:c>
       <x:c r="B2828" s="3">
-        <x:v>108231.82</x:v>
+        <x:v>108276</x:v>
       </x:c>
     </x:row>
     <x:row r="2829" spans="1:2">
       <x:c r="A2829" s="2">
-        <x:v>41848</x:v>
+        <x:v>41882</x:v>
       </x:c>
       <x:c r="B2829" s="3">
-        <x:v>108230.55</x:v>
+        <x:v>108274.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2830" spans="1:2">
       <x:c r="A2830" s="2">
-        <x:v>41847</x:v>
+        <x:v>41879</x:v>
       </x:c>
       <x:c r="B2830" s="3">
-        <x:v>108228.88</x:v>
+        <x:v>108271.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2831" spans="1:2">
       <x:c r="A2831" s="2">
-        <x:v>41844</x:v>
+        <x:v>41878</x:v>
       </x:c>
       <x:c r="B2831" s="3">
-        <x:v>108225.09</x:v>
+        <x:v>108270.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2832" spans="1:2">
       <x:c r="A2832" s="2">
-        <x:v>41843</x:v>
+        <x:v>41877</x:v>
       </x:c>
       <x:c r="B2832" s="3">
-        <x:v>108223.89</x:v>
+        <x:v>108268.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2833" spans="1:2">
       <x:c r="A2833" s="2">
-        <x:v>41842</x:v>
+        <x:v>41876</x:v>
       </x:c>
       <x:c r="B2833" s="3">
-        <x:v>108222.41</x:v>
+        <x:v>108267.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2834" spans="1:2">
       <x:c r="A2834" s="2">
-        <x:v>41841</x:v>
+        <x:v>41875</x:v>
       </x:c>
       <x:c r="B2834" s="3">
-        <x:v>108221.01</x:v>
+        <x:v>108265.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2835" spans="1:2">
       <x:c r="A2835" s="2">
-        <x:v>41840</x:v>
+        <x:v>41872</x:v>
       </x:c>
       <x:c r="B2835" s="3">
-        <x:v>108219.61</x:v>
+        <x:v>108262.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2836" spans="1:2">
       <x:c r="A2836" s="2">
-        <x:v>41837</x:v>
+        <x:v>41871</x:v>
       </x:c>
       <x:c r="B2836" s="3">
-        <x:v>108215.1</x:v>
+        <x:v>108261.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2837" spans="1:2">
       <x:c r="A2837" s="2">
-        <x:v>41836</x:v>
+        <x:v>41870</x:v>
       </x:c>
       <x:c r="B2837" s="3">
-        <x:v>108213.73</x:v>
+        <x:v>108259.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2838" spans="1:2">
       <x:c r="A2838" s="2">
-        <x:v>41835</x:v>
+        <x:v>41869</x:v>
       </x:c>
       <x:c r="B2838" s="3">
-        <x:v>108212.45</x:v>
+        <x:v>108258.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2839" spans="1:2">
       <x:c r="A2839" s="2">
-        <x:v>41834</x:v>
+        <x:v>41868</x:v>
       </x:c>
       <x:c r="B2839" s="3">
-        <x:v>108211.3</x:v>
+        <x:v>108256.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2840" spans="1:2">
       <x:c r="A2840" s="2">
-        <x:v>41830</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="B2840" s="3">
-        <x:v>108205.84</x:v>
+        <x:v>108251.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2841" spans="1:2">
       <x:c r="A2841" s="2">
-        <x:v>41829</x:v>
+        <x:v>41863</x:v>
       </x:c>
       <x:c r="B2841" s="3">
-        <x:v>108204.89</x:v>
+        <x:v>108250.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2842" spans="1:2">
       <x:c r="A2842" s="2">
-        <x:v>41828</x:v>
+        <x:v>41862</x:v>
       </x:c>
       <x:c r="B2842" s="3">
-        <x:v>108203.47</x:v>
+        <x:v>108249.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2843" spans="1:2">
       <x:c r="A2843" s="2">
-        <x:v>41827</x:v>
+        <x:v>41861</x:v>
       </x:c>
       <x:c r="B2843" s="3">
-        <x:v>108202.65</x:v>
+        <x:v>108247.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2844" spans="1:2">
       <x:c r="A2844" s="2">
-        <x:v>41826</x:v>
+        <x:v>41858</x:v>
       </x:c>
       <x:c r="B2844" s="3">
-        <x:v>108201.62</x:v>
+        <x:v>108243.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2845" spans="1:2">
       <x:c r="A2845" s="2">
-        <x:v>41823</x:v>
+        <x:v>41857</x:v>
       </x:c>
       <x:c r="B2845" s="3">
-        <x:v>108198.22</x:v>
+        <x:v>108242.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2846" spans="1:2">
       <x:c r="A2846" s="2">
-        <x:v>41822</x:v>
+        <x:v>41856</x:v>
       </x:c>
       <x:c r="B2846" s="3">
-        <x:v>108197.04</x:v>
+        <x:v>108241.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2847" spans="1:2">
       <x:c r="A2847" s="2">
-        <x:v>41821</x:v>
+        <x:v>41855</x:v>
       </x:c>
       <x:c r="B2847" s="3">
-        <x:v>108196.13</x:v>
+        <x:v>108239.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2848" spans="1:2">
       <x:c r="A2848" s="2">
-        <x:v>41820</x:v>
+        <x:v>41854</x:v>
       </x:c>
       <x:c r="B2848" s="3">
-        <x:v>108194.65</x:v>
+        <x:v>108238.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2849" spans="1:2">
       <x:c r="A2849" s="2">
-        <x:v>41819</x:v>
+        <x:v>41851</x:v>
       </x:c>
       <x:c r="B2849" s="3">
-        <x:v>108194.13</x:v>
+        <x:v>108234.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2850" spans="1:2">
       <x:c r="A2850" s="2">
-        <x:v>41816</x:v>
+        <x:v>41850</x:v>
       </x:c>
       <x:c r="B2850" s="3">
-        <x:v>108190.87</x:v>
+        <x:v>108233.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2851" spans="1:2">
       <x:c r="A2851" s="2">
-        <x:v>41815</x:v>
+        <x:v>41849</x:v>
       </x:c>
       <x:c r="B2851" s="3">
-        <x:v>108190.09</x:v>
+        <x:v>108231.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2852" spans="1:2">
       <x:c r="A2852" s="2">
-        <x:v>41814</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="B2852" s="3">
-        <x:v>108188.36</x:v>
+        <x:v>108230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2853" spans="1:2">
       <x:c r="A2853" s="2">
-        <x:v>41813</x:v>
+        <x:v>41847</x:v>
       </x:c>
       <x:c r="B2853" s="3">
-        <x:v>108187.49</x:v>
+        <x:v>108228.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2854" spans="1:2">
       <x:c r="A2854" s="2">
-        <x:v>41812</x:v>
+        <x:v>41844</x:v>
       </x:c>
       <x:c r="B2854" s="3">
-        <x:v>108186.56</x:v>
+        <x:v>108225.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2855" spans="1:2">
       <x:c r="A2855" s="2">
-        <x:v>41809</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="B2855" s="3">
-        <x:v>108181.9</x:v>
+        <x:v>108223.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2856" spans="1:2">
       <x:c r="A2856" s="2">
-        <x:v>41808</x:v>
+        <x:v>41842</x:v>
       </x:c>
       <x:c r="B2856" s="3">
-        <x:v>108181.21</x:v>
+        <x:v>108222.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2857" spans="1:2">
       <x:c r="A2857" s="2">
-        <x:v>41807</x:v>
+        <x:v>41841</x:v>
       </x:c>
       <x:c r="B2857" s="3">
-        <x:v>108180.6</x:v>
+        <x:v>108221.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2858" spans="1:2">
       <x:c r="A2858" s="2">
-        <x:v>41806</x:v>
+        <x:v>41840</x:v>
       </x:c>
       <x:c r="B2858" s="3">
-        <x:v>108179.2</x:v>
+        <x:v>108219.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2859" spans="1:2">
       <x:c r="A2859" s="2">
-        <x:v>41805</x:v>
+        <x:v>41837</x:v>
       </x:c>
       <x:c r="B2859" s="3">
-        <x:v>108177.82</x:v>
+        <x:v>108215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2860" spans="1:2">
       <x:c r="A2860" s="2">
-        <x:v>41802</x:v>
+        <x:v>41836</x:v>
       </x:c>
       <x:c r="B2860" s="3">
-        <x:v>108173.48</x:v>
+        <x:v>108213.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2861" spans="1:2">
       <x:c r="A2861" s="2">
-        <x:v>41801</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="B2861" s="3">
-        <x:v>108172.09</x:v>
+        <x:v>108212.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2862" spans="1:2">
       <x:c r="A2862" s="2">
-        <x:v>41800</x:v>
+        <x:v>41834</x:v>
       </x:c>
       <x:c r="B2862" s="3">
-        <x:v>108171.5</x:v>
+        <x:v>108211.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2863" spans="1:2">
       <x:c r="A2863" s="2">
-        <x:v>41799</x:v>
+        <x:v>41830</x:v>
       </x:c>
       <x:c r="B2863" s="3">
-        <x:v>108171.18</x:v>
+        <x:v>108205.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2864" spans="1:2">
       <x:c r="A2864" s="2">
-        <x:v>41795</x:v>
+        <x:v>41829</x:v>
       </x:c>
       <x:c r="B2864" s="3">
-        <x:v>108165.07</x:v>
+        <x:v>108204.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2865" spans="1:2">
       <x:c r="A2865" s="2">
-        <x:v>41794</x:v>
+        <x:v>41828</x:v>
       </x:c>
       <x:c r="B2865" s="3">
-        <x:v>108163.63</x:v>
+        <x:v>108203.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2866" spans="1:2">
       <x:c r="A2866" s="2">
-        <x:v>41793</x:v>
+        <x:v>41827</x:v>
       </x:c>
       <x:c r="B2866" s="3">
-        <x:v>108162.03</x:v>
+        <x:v>108202.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2867" spans="1:2">
       <x:c r="A2867" s="2">
-        <x:v>41792</x:v>
+        <x:v>41826</x:v>
       </x:c>
       <x:c r="B2867" s="3">
-        <x:v>108160.58</x:v>
+        <x:v>108201.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2868" spans="1:2">
       <x:c r="A2868" s="2">
-        <x:v>41791</x:v>
+        <x:v>41823</x:v>
       </x:c>
       <x:c r="B2868" s="3">
-        <x:v>108158.81</x:v>
+        <x:v>108198.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2869" spans="1:2">
       <x:c r="A2869" s="2">
-        <x:v>41788</x:v>
+        <x:v>41822</x:v>
       </x:c>
       <x:c r="B2869" s="3">
-        <x:v>108153.9</x:v>
+        <x:v>108197.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2870" spans="1:2">
       <x:c r="A2870" s="2">
-        <x:v>41786</x:v>
+        <x:v>41821</x:v>
       </x:c>
       <x:c r="B2870" s="3">
-        <x:v>108149.16</x:v>
+        <x:v>108196.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2871" spans="1:2">
       <x:c r="A2871" s="2">
-        <x:v>41785</x:v>
+        <x:v>41820</x:v>
       </x:c>
       <x:c r="B2871" s="3">
-        <x:v>108147.11</x:v>
+        <x:v>108194.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2872" spans="1:2">
       <x:c r="A2872" s="2">
-        <x:v>41784</x:v>
+        <x:v>41819</x:v>
       </x:c>
       <x:c r="B2872" s="3">
-        <x:v>108145.37</x:v>
+        <x:v>108194.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2873" spans="1:2">
       <x:c r="A2873" s="2">
-        <x:v>41781</x:v>
+        <x:v>41816</x:v>
       </x:c>
       <x:c r="B2873" s="3">
-        <x:v>108140.31</x:v>
+        <x:v>108190.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2874" spans="1:2">
       <x:c r="A2874" s="2">
-        <x:v>41780</x:v>
+        <x:v>41815</x:v>
       </x:c>
       <x:c r="B2874" s="3">
-        <x:v>108139.09</x:v>
+        <x:v>108190.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2875" spans="1:2">
       <x:c r="A2875" s="2">
-        <x:v>41779</x:v>
+        <x:v>41814</x:v>
       </x:c>
       <x:c r="B2875" s="3">
-        <x:v>108138.33</x:v>
+        <x:v>108188.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2876" spans="1:2">
       <x:c r="A2876" s="2">
-        <x:v>41778</x:v>
+        <x:v>41813</x:v>
       </x:c>
       <x:c r="B2876" s="3">
-        <x:v>108137.47</x:v>
+        <x:v>108187.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2877" spans="1:2">
       <x:c r="A2877" s="2">
-        <x:v>41777</x:v>
+        <x:v>41812</x:v>
       </x:c>
       <x:c r="B2877" s="3">
-        <x:v>108136.5</x:v>
+        <x:v>108186.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2878" spans="1:2">
       <x:c r="A2878" s="2">
-        <x:v>41774</x:v>
+        <x:v>41809</x:v>
       </x:c>
       <x:c r="B2878" s="3">
-        <x:v>108133.1</x:v>
+        <x:v>108181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2879" spans="1:2">
       <x:c r="A2879" s="2">
-        <x:v>41773</x:v>
+        <x:v>41808</x:v>
       </x:c>
       <x:c r="B2879" s="3">
-        <x:v>108131.78</x:v>
+        <x:v>108181.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2880" spans="1:2">
       <x:c r="A2880" s="2">
-        <x:v>41772</x:v>
+        <x:v>41807</x:v>
       </x:c>
       <x:c r="B2880" s="3">
-        <x:v>108130.65</x:v>
+        <x:v>108180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2881" spans="1:2">
       <x:c r="A2881" s="2">
-        <x:v>41771</x:v>
+        <x:v>41806</x:v>
       </x:c>
       <x:c r="B2881" s="3">
-        <x:v>108129.19</x:v>
+        <x:v>108179.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2882" spans="1:2">
       <x:c r="A2882" s="2">
-        <x:v>41770</x:v>
+        <x:v>41805</x:v>
       </x:c>
       <x:c r="B2882" s="3">
-        <x:v>108127.69</x:v>
+        <x:v>108177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2883" spans="1:2">
       <x:c r="A2883" s="2">
-        <x:v>41767</x:v>
+        <x:v>41802</x:v>
       </x:c>
       <x:c r="B2883" s="3">
-        <x:v>108123.12</x:v>
+        <x:v>108173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2884" spans="1:2">
       <x:c r="A2884" s="2">
-        <x:v>41765</x:v>
+        <x:v>41801</x:v>
       </x:c>
       <x:c r="B2884" s="3">
-        <x:v>108120.55</x:v>
+        <x:v>108172.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2885" spans="1:2">
       <x:c r="A2885" s="2">
-        <x:v>41764</x:v>
+        <x:v>41800</x:v>
       </x:c>
       <x:c r="B2885" s="3">
-        <x:v>108119.18</x:v>
+        <x:v>108171.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2886" spans="1:2">
       <x:c r="A2886" s="2">
-        <x:v>41763</x:v>
+        <x:v>41799</x:v>
       </x:c>
       <x:c r="B2886" s="3">
-        <x:v>108117.84</x:v>
+        <x:v>108171.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2887" spans="1:2">
       <x:c r="A2887" s="2">
-        <x:v>41760</x:v>
+        <x:v>41795</x:v>
       </x:c>
       <x:c r="B2887" s="3">
-        <x:v>108112.89</x:v>
+        <x:v>108165.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2888" spans="1:2">
       <x:c r="A2888" s="2">
-        <x:v>41758</x:v>
+        <x:v>41794</x:v>
       </x:c>
       <x:c r="B2888" s="3">
-        <x:v>108109.41</x:v>
+        <x:v>108163.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2889" spans="1:2">
       <x:c r="A2889" s="2">
-        <x:v>41757</x:v>
+        <x:v>41793</x:v>
       </x:c>
       <x:c r="B2889" s="3">
-        <x:v>108107.73</x:v>
+        <x:v>108162.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2890" spans="1:2">
       <x:c r="A2890" s="2">
-        <x:v>41756</x:v>
+        <x:v>41792</x:v>
       </x:c>
       <x:c r="B2890" s="3">
-        <x:v>108104.17</x:v>
+        <x:v>108160.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2891" spans="1:2">
       <x:c r="A2891" s="2">
-        <x:v>41753</x:v>
+        <x:v>41791</x:v>
       </x:c>
       <x:c r="B2891" s="3">
-        <x:v>108100.91</x:v>
+        <x:v>108158.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2892" spans="1:2">
       <x:c r="A2892" s="2">
-        <x:v>41752</x:v>
+        <x:v>41788</x:v>
       </x:c>
       <x:c r="B2892" s="3">
-        <x:v>108099.85</x:v>
+        <x:v>108153.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2893" spans="1:2">
       <x:c r="A2893" s="2">
-        <x:v>41751</x:v>
+        <x:v>41786</x:v>
       </x:c>
       <x:c r="B2893" s="3">
-        <x:v>108098.59</x:v>
+        <x:v>108149.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2894" spans="1:2">
       <x:c r="A2894" s="2">
-        <x:v>41750</x:v>
+        <x:v>41785</x:v>
       </x:c>
       <x:c r="B2894" s="3">
-        <x:v>108097.1</x:v>
+        <x:v>108147.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2895" spans="1:2">
       <x:c r="A2895" s="2">
-        <x:v>41745</x:v>
+        <x:v>41784</x:v>
       </x:c>
       <x:c r="B2895" s="3">
-        <x:v>108090.56</x:v>
+        <x:v>108145.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2896" spans="1:2">
       <x:c r="A2896" s="2">
-        <x:v>41744</x:v>
+        <x:v>41781</x:v>
       </x:c>
       <x:c r="B2896" s="3">
-        <x:v>108089.65</x:v>
+        <x:v>108140.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2897" spans="1:2">
       <x:c r="A2897" s="2">
-        <x:v>41743</x:v>
+        <x:v>41780</x:v>
       </x:c>
       <x:c r="B2897" s="3">
-        <x:v>108088.71</x:v>
+        <x:v>108139.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2898" spans="1:2">
       <x:c r="A2898" s="2">
-        <x:v>41742</x:v>
+        <x:v>41779</x:v>
       </x:c>
       <x:c r="B2898" s="3">
-        <x:v>108087.71</x:v>
+        <x:v>108138.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2899" spans="1:2">
       <x:c r="A2899" s="2">
-        <x:v>41739</x:v>
+        <x:v>41778</x:v>
       </x:c>
       <x:c r="B2899" s="3">
-        <x:v>108083.47</x:v>
+        <x:v>108137.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2900" spans="1:2">
       <x:c r="A2900" s="2">
-        <x:v>41738</x:v>
+        <x:v>41777</x:v>
       </x:c>
       <x:c r="B2900" s="3">
-        <x:v>108082.66</x:v>
+        <x:v>108136.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2901" spans="1:2">
       <x:c r="A2901" s="2">
-        <x:v>41737</x:v>
+        <x:v>41774</x:v>
       </x:c>
       <x:c r="B2901" s="3">
-        <x:v>108080.86</x:v>
+        <x:v>108133.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2902" spans="1:2">
       <x:c r="A2902" s="2">
-        <x:v>41736</x:v>
+        <x:v>41773</x:v>
       </x:c>
       <x:c r="B2902" s="3">
-        <x:v>108079.8</x:v>
+        <x:v>108131.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2903" spans="1:2">
       <x:c r="A2903" s="2">
-        <x:v>41735</x:v>
+        <x:v>41772</x:v>
       </x:c>
       <x:c r="B2903" s="3">
-        <x:v>108078.78</x:v>
+        <x:v>108130.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2904" spans="1:2">
       <x:c r="A2904" s="2">
-        <x:v>41732</x:v>
+        <x:v>41771</x:v>
       </x:c>
       <x:c r="B2904" s="3">
-        <x:v>108075.4</x:v>
+        <x:v>108129.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2905" spans="1:2">
       <x:c r="A2905" s="2">
-        <x:v>41731</x:v>
+        <x:v>41770</x:v>
       </x:c>
       <x:c r="B2905" s="3">
-        <x:v>108074.49</x:v>
+        <x:v>108127.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2906" spans="1:2">
       <x:c r="A2906" s="2">
-        <x:v>41730</x:v>
+        <x:v>41767</x:v>
       </x:c>
       <x:c r="B2906" s="3">
-        <x:v>108073.61</x:v>
+        <x:v>108123.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2907" spans="1:2">
       <x:c r="A2907" s="2">
-        <x:v>41729</x:v>
+        <x:v>41765</x:v>
       </x:c>
       <x:c r="B2907" s="3">
-        <x:v>108071.22</x:v>
+        <x:v>108120.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2908" spans="1:2">
       <x:c r="A2908" s="2">
-        <x:v>41728</x:v>
+        <x:v>41764</x:v>
       </x:c>
       <x:c r="B2908" s="3">
-        <x:v>108070.01</x:v>
+        <x:v>108119.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2909" spans="1:2">
       <x:c r="A2909" s="2">
-        <x:v>41726</x:v>
+        <x:v>41763</x:v>
       </x:c>
       <x:c r="B2909" s="3">
-        <x:v>108070.01</x:v>
+        <x:v>108117.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2910" spans="1:2">
       <x:c r="A2910" s="2">
-        <x:v>41725</x:v>
+        <x:v>41760</x:v>
       </x:c>
       <x:c r="B2910" s="3">
-        <x:v>108065.89</x:v>
+        <x:v>108112.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2911" spans="1:2">
       <x:c r="A2911" s="2">
-        <x:v>41724</x:v>
+        <x:v>41758</x:v>
       </x:c>
       <x:c r="B2911" s="3">
-        <x:v>108064.46</x:v>
+        <x:v>108109.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2912" spans="1:2">
       <x:c r="A2912" s="2">
-        <x:v>41723</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="B2912" s="3">
-        <x:v>108063.33</x:v>
+        <x:v>108107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2913" spans="1:2">
       <x:c r="A2913" s="2">
-        <x:v>41722</x:v>
+        <x:v>41756</x:v>
       </x:c>
       <x:c r="B2913" s="3">
-        <x:v>108062.31</x:v>
+        <x:v>108104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2914" spans="1:2">
       <x:c r="A2914" s="2">
-        <x:v>41721</x:v>
+        <x:v>41753</x:v>
       </x:c>
       <x:c r="B2914" s="3">
-        <x:v>108060.81</x:v>
+        <x:v>108100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2915" spans="1:2">
       <x:c r="A2915" s="2">
-        <x:v>41718</x:v>
+        <x:v>41752</x:v>
       </x:c>
       <x:c r="B2915" s="3">
-        <x:v>108058.13</x:v>
+        <x:v>108099.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2916" spans="1:2">
       <x:c r="A2916" s="2">
-        <x:v>41717</x:v>
+        <x:v>41751</x:v>
       </x:c>
       <x:c r="B2916" s="3">
-        <x:v>108057.39</x:v>
+        <x:v>108098.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2917" spans="1:2">
       <x:c r="A2917" s="2">
-        <x:v>41716</x:v>
+        <x:v>41750</x:v>
       </x:c>
       <x:c r="B2917" s="3">
-        <x:v>108056.36</x:v>
+        <x:v>108097.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2918" spans="1:2">
       <x:c r="A2918" s="2">
-        <x:v>41715</x:v>
+        <x:v>41745</x:v>
       </x:c>
       <x:c r="B2918" s="3">
-        <x:v>108055.46</x:v>
+        <x:v>108090.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2919" spans="1:2">
       <x:c r="A2919" s="2">
-        <x:v>41714</x:v>
+        <x:v>41744</x:v>
       </x:c>
       <x:c r="B2919" s="3">
-        <x:v>108054.69</x:v>
+        <x:v>108089.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2920" spans="1:2">
       <x:c r="A2920" s="2">
-        <x:v>41711</x:v>
+        <x:v>41743</x:v>
       </x:c>
       <x:c r="B2920" s="3">
-        <x:v>108049.88</x:v>
+        <x:v>108088.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2921" spans="1:2">
       <x:c r="A2921" s="2">
-        <x:v>41710</x:v>
+        <x:v>41742</x:v>
       </x:c>
       <x:c r="B2921" s="3">
-        <x:v>108048.88</x:v>
+        <x:v>108087.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2922" spans="1:2">
       <x:c r="A2922" s="2">
-        <x:v>41709</x:v>
+        <x:v>41739</x:v>
       </x:c>
       <x:c r="B2922" s="3">
-        <x:v>108047.67</x:v>
+        <x:v>108083.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2923" spans="1:2">
       <x:c r="A2923" s="2">
-        <x:v>41708</x:v>
+        <x:v>41738</x:v>
       </x:c>
       <x:c r="B2923" s="3">
-        <x:v>108046.5</x:v>
+        <x:v>108082.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2924" spans="1:2">
       <x:c r="A2924" s="2">
-        <x:v>41707</x:v>
+        <x:v>41737</x:v>
       </x:c>
       <x:c r="B2924" s="3">
-        <x:v>108045.61</x:v>
+        <x:v>108080.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2925" spans="1:2">
       <x:c r="A2925" s="2">
-        <x:v>41704</x:v>
+        <x:v>41736</x:v>
       </x:c>
       <x:c r="B2925" s="3">
-        <x:v>108042.94</x:v>
+        <x:v>108079.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2926" spans="1:2">
       <x:c r="A2926" s="2">
-        <x:v>41703</x:v>
+        <x:v>41735</x:v>
       </x:c>
       <x:c r="B2926" s="3">
-        <x:v>108041.91</x:v>
+        <x:v>108078.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2927" spans="1:2">
       <x:c r="A2927" s="2">
-        <x:v>41702</x:v>
+        <x:v>41732</x:v>
       </x:c>
       <x:c r="B2927" s="3">
-        <x:v>108039.91</x:v>
+        <x:v>108075.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2928" spans="1:2">
       <x:c r="A2928" s="2">
-        <x:v>41701</x:v>
+        <x:v>41731</x:v>
       </x:c>
       <x:c r="B2928" s="3">
-        <x:v>108038.64</x:v>
+        <x:v>108074.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2929" spans="1:2">
       <x:c r="A2929" s="2">
-        <x:v>41700</x:v>
+        <x:v>41730</x:v>
       </x:c>
       <x:c r="B2929" s="3">
-        <x:v>108037.49</x:v>
+        <x:v>108073.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2930" spans="1:2">
       <x:c r="A2930" s="2">
-        <x:v>41697</x:v>
+        <x:v>41729</x:v>
       </x:c>
       <x:c r="B2930" s="3">
-        <x:v>108033.6</x:v>
+        <x:v>108071.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2931" spans="1:2">
       <x:c r="A2931" s="2">
-        <x:v>41696</x:v>
+        <x:v>41728</x:v>
       </x:c>
       <x:c r="B2931" s="3">
-        <x:v>108032.53</x:v>
+        <x:v>108070.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2932" spans="1:2">
       <x:c r="A2932" s="2">
-        <x:v>41695</x:v>
+        <x:v>41726</x:v>
       </x:c>
       <x:c r="B2932" s="3">
-        <x:v>108031.4</x:v>
+        <x:v>108070.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2933" spans="1:2">
       <x:c r="A2933" s="2">
-        <x:v>41694</x:v>
+        <x:v>41725</x:v>
       </x:c>
       <x:c r="B2933" s="3">
-        <x:v>108029.85</x:v>
+        <x:v>108065.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2934" spans="1:2">
       <x:c r="A2934" s="2">
-        <x:v>41693</x:v>
+        <x:v>41724</x:v>
       </x:c>
       <x:c r="B2934" s="3">
-        <x:v>108028.97</x:v>
+        <x:v>108064.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2935" spans="1:2">
       <x:c r="A2935" s="2">
-        <x:v>41690</x:v>
+        <x:v>41723</x:v>
       </x:c>
       <x:c r="B2935" s="3">
-        <x:v>108025.48</x:v>
+        <x:v>108063.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2936" spans="1:2">
       <x:c r="A2936" s="2">
-        <x:v>41689</x:v>
+        <x:v>41722</x:v>
       </x:c>
       <x:c r="B2936" s="3">
-        <x:v>108024.65</x:v>
+        <x:v>108062.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2937" spans="1:2">
       <x:c r="A2937" s="2">
-        <x:v>41688</x:v>
+        <x:v>41721</x:v>
       </x:c>
       <x:c r="B2937" s="3">
-        <x:v>108023.31</x:v>
+        <x:v>108060.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2938" spans="1:2">
       <x:c r="A2938" s="2">
-        <x:v>41687</x:v>
+        <x:v>41718</x:v>
       </x:c>
       <x:c r="B2938" s="3">
-        <x:v>108022.1</x:v>
+        <x:v>108058.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2939" spans="1:2">
       <x:c r="A2939" s="2">
-        <x:v>41686</x:v>
+        <x:v>41717</x:v>
       </x:c>
       <x:c r="B2939" s="3">
-        <x:v>108020.95</x:v>
+        <x:v>108057.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2940" spans="1:2">
       <x:c r="A2940" s="2">
-        <x:v>41683</x:v>
+        <x:v>41716</x:v>
       </x:c>
       <x:c r="B2940" s="3">
-        <x:v>108017.72</x:v>
+        <x:v>108056.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2941" spans="1:2">
       <x:c r="A2941" s="2">
-        <x:v>41682</x:v>
+        <x:v>41715</x:v>
       </x:c>
       <x:c r="B2941" s="3">
-        <x:v>108016.26</x:v>
+        <x:v>108055.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2942" spans="1:2">
       <x:c r="A2942" s="2">
-        <x:v>41681</x:v>
+        <x:v>41714</x:v>
       </x:c>
       <x:c r="B2942" s="3">
-        <x:v>108015.49</x:v>
+        <x:v>108054.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2943" spans="1:2">
       <x:c r="A2943" s="2">
-        <x:v>41680</x:v>
+        <x:v>41711</x:v>
       </x:c>
       <x:c r="B2943" s="3">
-        <x:v>108014.3</x:v>
+        <x:v>108049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2944" spans="1:2">
       <x:c r="A2944" s="2">
-        <x:v>41679</x:v>
+        <x:v>41710</x:v>
       </x:c>
       <x:c r="B2944" s="3">
-        <x:v>108012.68</x:v>
+        <x:v>108048.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2945" spans="1:2">
       <x:c r="A2945" s="2">
-        <x:v>41676</x:v>
+        <x:v>41709</x:v>
       </x:c>
       <x:c r="B2945" s="3">
-        <x:v>108008.24</x:v>
+        <x:v>108047.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2946" spans="1:2">
       <x:c r="A2946" s="2">
-        <x:v>41675</x:v>
+        <x:v>41708</x:v>
       </x:c>
       <x:c r="B2946" s="3">
-        <x:v>108007.24</x:v>
+        <x:v>108046.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2947" spans="1:2">
       <x:c r="A2947" s="2">
-        <x:v>41674</x:v>
+        <x:v>41707</x:v>
       </x:c>
       <x:c r="B2947" s="3">
-        <x:v>108006.37</x:v>
+        <x:v>108045.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2948" spans="1:2">
       <x:c r="A2948" s="2">
-        <x:v>41673</x:v>
+        <x:v>41704</x:v>
       </x:c>
       <x:c r="B2948" s="3">
-        <x:v>108004.92</x:v>
+        <x:v>108042.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2949" spans="1:2">
       <x:c r="A2949" s="2">
-        <x:v>41672</x:v>
+        <x:v>41703</x:v>
       </x:c>
       <x:c r="B2949" s="3">
-        <x:v>108003.77</x:v>
+        <x:v>108041.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2950" spans="1:2">
       <x:c r="A2950" s="2">
-        <x:v>41669</x:v>
+        <x:v>41702</x:v>
       </x:c>
       <x:c r="B2950" s="3">
-        <x:v>107998.66</x:v>
+        <x:v>108039.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2951" spans="1:2">
       <x:c r="A2951" s="2">
-        <x:v>41668</x:v>
+        <x:v>41701</x:v>
       </x:c>
       <x:c r="B2951" s="3">
-        <x:v>107997.05</x:v>
+        <x:v>108038.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2952" spans="1:2">
       <x:c r="A2952" s="2">
-        <x:v>41667</x:v>
+        <x:v>41700</x:v>
       </x:c>
       <x:c r="B2952" s="3">
-        <x:v>107995.71</x:v>
+        <x:v>108037.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2953" spans="1:2">
       <x:c r="A2953" s="2">
-        <x:v>41666</x:v>
+        <x:v>41697</x:v>
       </x:c>
       <x:c r="B2953" s="3">
-        <x:v>107994.51</x:v>
+        <x:v>108033.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2954" spans="1:2">
       <x:c r="A2954" s="2">
-        <x:v>41665</x:v>
+        <x:v>41696</x:v>
       </x:c>
       <x:c r="B2954" s="3">
-        <x:v>107993.77</x:v>
+        <x:v>108032.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2955" spans="1:2">
       <x:c r="A2955" s="2">
-        <x:v>41662</x:v>
+        <x:v>41695</x:v>
       </x:c>
       <x:c r="B2955" s="3">
-        <x:v>107989.44</x:v>
+        <x:v>108031.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2956" spans="1:2">
       <x:c r="A2956" s="2">
-        <x:v>41661</x:v>
+        <x:v>41694</x:v>
       </x:c>
       <x:c r="B2956" s="3">
-        <x:v>107988.73</x:v>
+        <x:v>108029.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2957" spans="1:2">
       <x:c r="A2957" s="2">
-        <x:v>41660</x:v>
+        <x:v>41693</x:v>
       </x:c>
       <x:c r="B2957" s="3">
-        <x:v>107987.01</x:v>
+        <x:v>108028.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2958" spans="1:2">
       <x:c r="A2958" s="2">
-        <x:v>41659</x:v>
+        <x:v>41690</x:v>
       </x:c>
       <x:c r="B2958" s="3">
-        <x:v>107985.22</x:v>
+        <x:v>108025.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2959" spans="1:2">
       <x:c r="A2959" s="2">
-        <x:v>41658</x:v>
+        <x:v>41689</x:v>
       </x:c>
       <x:c r="B2959" s="3">
-        <x:v>107983.66</x:v>
+        <x:v>108024.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2960" spans="1:2">
       <x:c r="A2960" s="2">
-        <x:v>41655</x:v>
+        <x:v>41688</x:v>
       </x:c>
       <x:c r="B2960" s="3">
-        <x:v>107979.71</x:v>
+        <x:v>108023.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2961" spans="1:2">
       <x:c r="A2961" s="2">
-        <x:v>41654</x:v>
+        <x:v>41687</x:v>
       </x:c>
       <x:c r="B2961" s="3">
-        <x:v>107979.09</x:v>
+        <x:v>108022.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2962" spans="1:2">
       <x:c r="A2962" s="2">
-        <x:v>41653</x:v>
+        <x:v>41686</x:v>
       </x:c>
       <x:c r="B2962" s="3">
-        <x:v>107978.51</x:v>
+        <x:v>108020.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2963" spans="1:2">
       <x:c r="A2963" s="2">
-        <x:v>41652</x:v>
+        <x:v>41683</x:v>
       </x:c>
       <x:c r="B2963" s="3">
-        <x:v>107977.48</x:v>
+        <x:v>108017.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2964" spans="1:2">
       <x:c r="A2964" s="2">
-        <x:v>41651</x:v>
+        <x:v>41682</x:v>
       </x:c>
       <x:c r="B2964" s="3">
-        <x:v>107976.68</x:v>
+        <x:v>108016.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2965" spans="1:2">
       <x:c r="A2965" s="2">
-        <x:v>41648</x:v>
+        <x:v>41681</x:v>
       </x:c>
       <x:c r="B2965" s="3">
-        <x:v>107973.33</x:v>
+        <x:v>108015.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2966" spans="1:2">
       <x:c r="A2966" s="2">
-        <x:v>41647</x:v>
+        <x:v>41680</x:v>
       </x:c>
       <x:c r="B2966" s="3">
-        <x:v>107971.99</x:v>
+        <x:v>108014.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2967" spans="1:2">
       <x:c r="A2967" s="2">
-        <x:v>41646</x:v>
+        <x:v>41679</x:v>
       </x:c>
       <x:c r="B2967" s="3">
-        <x:v>107970.71</x:v>
+        <x:v>108012.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2968" spans="1:2">
       <x:c r="A2968" s="2">
-        <x:v>41645</x:v>
+        <x:v>41676</x:v>
       </x:c>
       <x:c r="B2968" s="3">
-        <x:v>107968.99</x:v>
+        <x:v>108008.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2969" spans="1:2">
       <x:c r="A2969" s="2">
-        <x:v>41644</x:v>
+        <x:v>41675</x:v>
       </x:c>
       <x:c r="B2969" s="3">
-        <x:v>107967.7</x:v>
+        <x:v>108007.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2970" spans="1:2">
       <x:c r="A2970" s="2">
-        <x:v>41641</x:v>
+        <x:v>41674</x:v>
       </x:c>
       <x:c r="B2970" s="3">
-        <x:v>107963.47</x:v>
+        <x:v>108006.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2971" spans="1:2">
       <x:c r="A2971" s="2">
-        <x:v>41640</x:v>
+        <x:v>41673</x:v>
       </x:c>
       <x:c r="B2971" s="3">
-        <x:v>107961.02</x:v>
+        <x:v>108004.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2972" spans="1:2">
       <x:c r="A2972" s="2">
-        <x:v>41638</x:v>
+        <x:v>41672</x:v>
       </x:c>
       <x:c r="B2972" s="3">
-        <x:v>107956.27</x:v>
+        <x:v>108003.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2973" spans="1:2">
       <x:c r="A2973" s="2">
-        <x:v>41637</x:v>
+        <x:v>41669</x:v>
       </x:c>
       <x:c r="B2973" s="3">
-        <x:v>107955.03</x:v>
+        <x:v>107998.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2974" spans="1:2">
       <x:c r="A2974" s="2">
-        <x:v>41634</x:v>
+        <x:v>41668</x:v>
       </x:c>
       <x:c r="B2974" s="3">
-        <x:v>107950.29</x:v>
+        <x:v>107997.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2975" spans="1:2">
       <x:c r="A2975" s="2">
-        <x:v>41631</x:v>
+        <x:v>41667</x:v>
       </x:c>
       <x:c r="B2975" s="3">
-        <x:v>107945.55</x:v>
+        <x:v>107995.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2976" spans="1:2">
       <x:c r="A2976" s="2">
-        <x:v>41630</x:v>
+        <x:v>41666</x:v>
       </x:c>
       <x:c r="B2976" s="3">
-        <x:v>107944.46</x:v>
+        <x:v>107994.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2977" spans="1:2">
       <x:c r="A2977" s="2">
-        <x:v>41627</x:v>
+        <x:v>41665</x:v>
       </x:c>
       <x:c r="B2977" s="3">
-        <x:v>107938.33</x:v>
+        <x:v>107993.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2978" spans="1:2">
       <x:c r="A2978" s="2">
-        <x:v>41626</x:v>
+        <x:v>41662</x:v>
       </x:c>
       <x:c r="B2978" s="3">
-        <x:v>107937.69</x:v>
+        <x:v>107989.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2979" spans="1:2">
       <x:c r="A2979" s="2">
-        <x:v>41625</x:v>
+        <x:v>41661</x:v>
       </x:c>
       <x:c r="B2979" s="3">
-        <x:v>107936.51</x:v>
+        <x:v>107988.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2980" spans="1:2">
       <x:c r="A2980" s="2">
-        <x:v>41624</x:v>
+        <x:v>41660</x:v>
       </x:c>
       <x:c r="B2980" s="3">
-        <x:v>107934.83</x:v>
+        <x:v>107987.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2981" spans="1:2">
       <x:c r="A2981" s="2">
-        <x:v>41623</x:v>
+        <x:v>41659</x:v>
       </x:c>
       <x:c r="B2981" s="3">
-        <x:v>107933.34</x:v>
+        <x:v>107985.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2982" spans="1:2">
       <x:c r="A2982" s="2">
-        <x:v>41620</x:v>
+        <x:v>41658</x:v>
       </x:c>
       <x:c r="B2982" s="3">
-        <x:v>107929.18</x:v>
+        <x:v>107983.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2983" spans="1:2">
       <x:c r="A2983" s="2">
-        <x:v>41619</x:v>
+        <x:v>41655</x:v>
       </x:c>
       <x:c r="B2983" s="3">
-        <x:v>107928.56</x:v>
+        <x:v>107979.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2984" spans="1:2">
       <x:c r="A2984" s="2">
-        <x:v>41618</x:v>
+        <x:v>41654</x:v>
       </x:c>
       <x:c r="B2984" s="3">
-        <x:v>107928</x:v>
+        <x:v>107979.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2985" spans="1:2">
       <x:c r="A2985" s="2">
-        <x:v>41617</x:v>
+        <x:v>41653</x:v>
       </x:c>
       <x:c r="B2985" s="3">
-        <x:v>107926.3</x:v>
+        <x:v>107978.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2986" spans="1:2">
       <x:c r="A2986" s="2">
-        <x:v>41616</x:v>
+        <x:v>41652</x:v>
       </x:c>
       <x:c r="B2986" s="3">
-        <x:v>107925.78</x:v>
+        <x:v>107977.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2987" spans="1:2">
       <x:c r="A2987" s="2">
-        <x:v>41613</x:v>
+        <x:v>41651</x:v>
       </x:c>
       <x:c r="B2987" s="3">
-        <x:v>107923.32</x:v>
+        <x:v>107976.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2988" spans="1:2">
       <x:c r="A2988" s="2">
-        <x:v>41612</x:v>
+        <x:v>41648</x:v>
       </x:c>
       <x:c r="B2988" s="3">
-        <x:v>107922.76</x:v>
+        <x:v>107973.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2989" spans="1:2">
       <x:c r="A2989" s="2">
-        <x:v>41611</x:v>
+        <x:v>41647</x:v>
       </x:c>
       <x:c r="B2989" s="3">
-        <x:v>107922.18</x:v>
+        <x:v>107971.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2990" spans="1:2">
       <x:c r="A2990" s="2">
-        <x:v>41610</x:v>
+        <x:v>41646</x:v>
       </x:c>
       <x:c r="B2990" s="3">
-        <x:v>107920.72</x:v>
+        <x:v>107970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2991" spans="1:2">
       <x:c r="A2991" s="2">
-        <x:v>41609</x:v>
+        <x:v>41645</x:v>
       </x:c>
       <x:c r="B2991" s="3">
-        <x:v>107918.59</x:v>
+        <x:v>107968.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2992" spans="1:2">
       <x:c r="A2992" s="2">
-        <x:v>41606</x:v>
+        <x:v>41644</x:v>
       </x:c>
       <x:c r="B2992" s="3">
-        <x:v>107915.29</x:v>
+        <x:v>107967.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2993" spans="1:2">
       <x:c r="A2993" s="2">
-        <x:v>41605</x:v>
+        <x:v>41641</x:v>
       </x:c>
       <x:c r="B2993" s="3">
-        <x:v>107914.69</x:v>
+        <x:v>107963.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2994" spans="1:2">
       <x:c r="A2994" s="2">
-        <x:v>41604</x:v>
+        <x:v>41640</x:v>
       </x:c>
       <x:c r="B2994" s="3">
-        <x:v>107913.72</x:v>
+        <x:v>107961.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2995" spans="1:2">
       <x:c r="A2995" s="2">
-        <x:v>41603</x:v>
+        <x:v>41638</x:v>
       </x:c>
       <x:c r="B2995" s="3">
-        <x:v>107912.79</x:v>
+        <x:v>107956.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2996" spans="1:2">
       <x:c r="A2996" s="2">
-        <x:v>41602</x:v>
+        <x:v>41637</x:v>
       </x:c>
       <x:c r="B2996" s="3">
-        <x:v>107911.49</x:v>
+        <x:v>107955.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2997" spans="1:2">
       <x:c r="A2997" s="2">
-        <x:v>41599</x:v>
+        <x:v>41634</x:v>
       </x:c>
       <x:c r="B2997" s="3">
-        <x:v>107907.61</x:v>
+        <x:v>107950.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2998" spans="1:2">
       <x:c r="A2998" s="2">
-        <x:v>41598</x:v>
+        <x:v>41631</x:v>
       </x:c>
       <x:c r="B2998" s="3">
-        <x:v>107906.75</x:v>
+        <x:v>107945.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2999" spans="1:2">
       <x:c r="A2999" s="2">
-        <x:v>41597</x:v>
+        <x:v>41630</x:v>
       </x:c>
       <x:c r="B2999" s="3">
-        <x:v>107905.81</x:v>
+        <x:v>107944.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3000" spans="1:2">
       <x:c r="A3000" s="2">
-        <x:v>41596</x:v>
+        <x:v>41627</x:v>
       </x:c>
       <x:c r="B3000" s="3">
-        <x:v>107905.1</x:v>
+        <x:v>107938.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3001" spans="1:2">
       <x:c r="A3001" s="2">
-        <x:v>41595</x:v>
+        <x:v>41626</x:v>
       </x:c>
       <x:c r="B3001" s="3">
-        <x:v>107904.11</x:v>
+        <x:v>107937.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3002" spans="1:2">
       <x:c r="A3002" s="2">
-        <x:v>41592</x:v>
+        <x:v>41625</x:v>
       </x:c>
       <x:c r="B3002" s="3">
-        <x:v>107901.51</x:v>
+        <x:v>107936.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3003" spans="1:2">
       <x:c r="A3003" s="2">
-        <x:v>41591</x:v>
+        <x:v>41624</x:v>
       </x:c>
       <x:c r="B3003" s="3">
-        <x:v>107900.51</x:v>
+        <x:v>107934.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3004" spans="1:2">
       <x:c r="A3004" s="2">
-        <x:v>41590</x:v>
+        <x:v>41623</x:v>
       </x:c>
       <x:c r="B3004" s="3">
-        <x:v>107899.27</x:v>
+        <x:v>107933.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3005" spans="1:2">
       <x:c r="A3005" s="2">
-        <x:v>41589</x:v>
+        <x:v>41620</x:v>
       </x:c>
       <x:c r="B3005" s="3">
-        <x:v>107898.6</x:v>
+        <x:v>107929.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3006" spans="1:2">
       <x:c r="A3006" s="2">
-        <x:v>41585</x:v>
+        <x:v>41619</x:v>
       </x:c>
       <x:c r="B3006" s="3">
-        <x:v>107892.39</x:v>
+        <x:v>107928.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3007" spans="1:2">
       <x:c r="A3007" s="2">
-        <x:v>41584</x:v>
+        <x:v>41618</x:v>
       </x:c>
       <x:c r="B3007" s="3">
-        <x:v>107891.71</x:v>
+        <x:v>107928</x:v>
       </x:c>
     </x:row>
     <x:row r="3008" spans="1:2">
       <x:c r="A3008" s="2">
-        <x:v>41583</x:v>
+        <x:v>41617</x:v>
       </x:c>
       <x:c r="B3008" s="3">
-        <x:v>107890.35</x:v>
+        <x:v>107926.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3009" spans="1:2">
       <x:c r="A3009" s="2">
-        <x:v>41582</x:v>
+        <x:v>41616</x:v>
       </x:c>
       <x:c r="B3009" s="3">
-        <x:v>107888.87</x:v>
+        <x:v>107925.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3010" spans="1:2">
       <x:c r="A3010" s="2">
-        <x:v>41581</x:v>
+        <x:v>41613</x:v>
       </x:c>
       <x:c r="B3010" s="3">
-        <x:v>107885.4</x:v>
+        <x:v>107923.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3011" spans="1:2">
       <x:c r="A3011" s="2">
-        <x:v>41577</x:v>
+        <x:v>41612</x:v>
       </x:c>
       <x:c r="B3011" s="3">
-        <x:v>107881.37</x:v>
+        <x:v>107922.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3012" spans="1:2">
       <x:c r="A3012" s="2">
-        <x:v>41576</x:v>
+        <x:v>41611</x:v>
       </x:c>
       <x:c r="B3012" s="3">
-        <x:v>107879.78</x:v>
+        <x:v>107922.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3013" spans="1:2">
       <x:c r="A3013" s="2">
-        <x:v>41575</x:v>
+        <x:v>41610</x:v>
       </x:c>
       <x:c r="B3013" s="3">
-        <x:v>107878.36</x:v>
+        <x:v>107920.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3014" spans="1:2">
       <x:c r="A3014" s="2">
-        <x:v>41574</x:v>
+        <x:v>41609</x:v>
       </x:c>
       <x:c r="B3014" s="3">
-        <x:v>107877.31</x:v>
+        <x:v>107918.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3015" spans="1:2">
       <x:c r="A3015" s="2">
-        <x:v>41571</x:v>
+        <x:v>41606</x:v>
       </x:c>
       <x:c r="B3015" s="3">
-        <x:v>107875.02</x:v>
+        <x:v>107915.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3016" spans="1:2">
       <x:c r="A3016" s="2">
-        <x:v>41570</x:v>
+        <x:v>41605</x:v>
       </x:c>
       <x:c r="B3016" s="3">
-        <x:v>107874.31</x:v>
+        <x:v>107914.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3017" spans="1:2">
       <x:c r="A3017" s="2">
-        <x:v>41569</x:v>
+        <x:v>41604</x:v>
       </x:c>
       <x:c r="B3017" s="3">
-        <x:v>107872.83</x:v>
+        <x:v>107913.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3018" spans="1:2">
       <x:c r="A3018" s="2">
-        <x:v>41568</x:v>
+        <x:v>41603</x:v>
       </x:c>
       <x:c r="B3018" s="3">
-        <x:v>107871.26</x:v>
+        <x:v>107912.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3019" spans="1:2">
       <x:c r="A3019" s="2">
-        <x:v>41567</x:v>
+        <x:v>41602</x:v>
       </x:c>
       <x:c r="B3019" s="3">
-        <x:v>107868.62</x:v>
+        <x:v>107911.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3020" spans="1:2">
       <x:c r="A3020" s="2">
-        <x:v>41564</x:v>
+        <x:v>41599</x:v>
       </x:c>
       <x:c r="B3020" s="3">
-        <x:v>107864.05</x:v>
+        <x:v>107907.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3021" spans="1:2">
       <x:c r="A3021" s="2">
-        <x:v>41563</x:v>
+        <x:v>41598</x:v>
       </x:c>
       <x:c r="B3021" s="3">
-        <x:v>107862.94</x:v>
+        <x:v>107906.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3022" spans="1:2">
       <x:c r="A3022" s="2">
-        <x:v>41562</x:v>
+        <x:v>41597</x:v>
       </x:c>
       <x:c r="B3022" s="3">
-        <x:v>107862.01</x:v>
+        <x:v>107905.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3023" spans="1:2">
       <x:c r="A3023" s="2">
-        <x:v>41561</x:v>
+        <x:v>41596</x:v>
       </x:c>
       <x:c r="B3023" s="3">
-        <x:v>107860.12</x:v>
+        <x:v>107905.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3024" spans="1:2">
       <x:c r="A3024" s="2">
-        <x:v>41560</x:v>
+        <x:v>41595</x:v>
       </x:c>
       <x:c r="B3024" s="3">
-        <x:v>107859.11</x:v>
+        <x:v>107904.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3025" spans="1:2">
       <x:c r="A3025" s="2">
-        <x:v>41557</x:v>
+        <x:v>41592</x:v>
       </x:c>
       <x:c r="B3025" s="3">
-        <x:v>107855.95</x:v>
+        <x:v>107901.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3026" spans="1:2">
       <x:c r="A3026" s="2">
-        <x:v>41556</x:v>
+        <x:v>41591</x:v>
       </x:c>
       <x:c r="B3026" s="3">
-        <x:v>107855.04</x:v>
+        <x:v>107900.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3027" spans="1:2">
       <x:c r="A3027" s="2">
-        <x:v>41555</x:v>
+        <x:v>41590</x:v>
       </x:c>
       <x:c r="B3027" s="3">
-        <x:v>107854.1</x:v>
+        <x:v>107899.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3028" spans="1:2">
       <x:c r="A3028" s="2">
-        <x:v>41554</x:v>
+        <x:v>41589</x:v>
       </x:c>
       <x:c r="B3028" s="3">
-        <x:v>107852.96</x:v>
+        <x:v>107898.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3029" spans="1:2">
       <x:c r="A3029" s="2">
-        <x:v>41553</x:v>
+        <x:v>41585</x:v>
       </x:c>
       <x:c r="B3029" s="3">
-        <x:v>107851.79</x:v>
+        <x:v>107892.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3030" spans="1:2">
       <x:c r="A3030" s="2">
-        <x:v>41550</x:v>
+        <x:v>41584</x:v>
       </x:c>
       <x:c r="B3030" s="3">
-        <x:v>107847.6</x:v>
+        <x:v>107891.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3031" spans="1:2">
       <x:c r="A3031" s="2">
-        <x:v>41549</x:v>
+        <x:v>41583</x:v>
       </x:c>
       <x:c r="B3031" s="3">
-        <x:v>107846.65</x:v>
+        <x:v>107890.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3032" spans="1:2">
       <x:c r="A3032" s="2">
-        <x:v>41548</x:v>
+        <x:v>41582</x:v>
       </x:c>
       <x:c r="B3032" s="3">
-        <x:v>107845.13</x:v>
+        <x:v>107888.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3033" spans="1:2">
       <x:c r="A3033" s="2">
-        <x:v>41547</x:v>
+        <x:v>41581</x:v>
       </x:c>
       <x:c r="B3033" s="3">
-        <x:v>107844.24</x:v>
+        <x:v>107885.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3034" spans="1:2">
       <x:c r="A3034" s="2">
-        <x:v>41546</x:v>
+        <x:v>41577</x:v>
       </x:c>
       <x:c r="B3034" s="3">
-        <x:v>107843.12</x:v>
+        <x:v>107881.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3035" spans="1:2">
       <x:c r="A3035" s="2">
-        <x:v>41543</x:v>
+        <x:v>41576</x:v>
       </x:c>
       <x:c r="B3035" s="3">
-        <x:v>107838.94</x:v>
+        <x:v>107879.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3036" spans="1:2">
       <x:c r="A3036" s="2">
-        <x:v>41542</x:v>
+        <x:v>41575</x:v>
       </x:c>
       <x:c r="B3036" s="3">
-        <x:v>107838.06</x:v>
+        <x:v>107878.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3037" spans="1:2">
       <x:c r="A3037" s="2">
-        <x:v>41541</x:v>
+        <x:v>41574</x:v>
       </x:c>
       <x:c r="B3037" s="3">
-        <x:v>107837</x:v>
+        <x:v>107877.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3038" spans="1:2">
       <x:c r="A3038" s="2">
-        <x:v>41540</x:v>
+        <x:v>41571</x:v>
       </x:c>
       <x:c r="B3038" s="3">
-        <x:v>107836.16</x:v>
+        <x:v>107875.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3039" spans="1:2">
       <x:c r="A3039" s="2">
-        <x:v>41539</x:v>
+        <x:v>41570</x:v>
       </x:c>
       <x:c r="B3039" s="3">
-        <x:v>107834.71</x:v>
+        <x:v>107874.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3040" spans="1:2">
       <x:c r="A3040" s="2">
-        <x:v>41536</x:v>
+        <x:v>41569</x:v>
       </x:c>
       <x:c r="B3040" s="3">
-        <x:v>107831.06</x:v>
+        <x:v>107872.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3041" spans="1:2">
       <x:c r="A3041" s="2">
-        <x:v>41535</x:v>
+        <x:v>41568</x:v>
       </x:c>
       <x:c r="B3041" s="3">
-        <x:v>107830.28</x:v>
+        <x:v>107871.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3042" spans="1:2">
       <x:c r="A3042" s="2">
-        <x:v>41534</x:v>
+        <x:v>41567</x:v>
       </x:c>
       <x:c r="B3042" s="3">
-        <x:v>107828.7</x:v>
+        <x:v>107868.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3043" spans="1:2">
       <x:c r="A3043" s="2">
-        <x:v>41533</x:v>
+        <x:v>41564</x:v>
       </x:c>
       <x:c r="B3043" s="3">
-        <x:v>107826.67</x:v>
+        <x:v>107864.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3044" spans="1:2">
       <x:c r="A3044" s="2">
-        <x:v>41532</x:v>
+        <x:v>41563</x:v>
       </x:c>
       <x:c r="B3044" s="3">
-        <x:v>107825.17</x:v>
+        <x:v>107862.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3045" spans="1:2">
       <x:c r="A3045" s="2">
-        <x:v>41529</x:v>
+        <x:v>41562</x:v>
       </x:c>
       <x:c r="B3045" s="3">
-        <x:v>107820.97</x:v>
+        <x:v>107862.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3046" spans="1:2">
       <x:c r="A3046" s="2">
-        <x:v>41528</x:v>
+        <x:v>41561</x:v>
       </x:c>
       <x:c r="B3046" s="3">
-        <x:v>107819.75</x:v>
+        <x:v>107860.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3047" spans="1:2">
       <x:c r="A3047" s="2">
-        <x:v>41527</x:v>
+        <x:v>41560</x:v>
       </x:c>
       <x:c r="B3047" s="3">
-        <x:v>107817.93</x:v>
+        <x:v>107859.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3048" spans="1:2">
       <x:c r="A3048" s="2">
-        <x:v>41526</x:v>
+        <x:v>41557</x:v>
       </x:c>
       <x:c r="B3048" s="3">
-        <x:v>107817.23</x:v>
+        <x:v>107855.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3049" spans="1:2">
       <x:c r="A3049" s="2">
-        <x:v>41525</x:v>
+        <x:v>41556</x:v>
       </x:c>
       <x:c r="B3049" s="3">
-        <x:v>107816.65</x:v>
+        <x:v>107855.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3050" spans="1:2">
       <x:c r="A3050" s="2">
-        <x:v>41522</x:v>
+        <x:v>41555</x:v>
       </x:c>
       <x:c r="B3050" s="3">
-        <x:v>107812.92</x:v>
+        <x:v>107854.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3051" spans="1:2">
       <x:c r="A3051" s="2">
-        <x:v>41521</x:v>
+        <x:v>41554</x:v>
       </x:c>
       <x:c r="B3051" s="3">
-        <x:v>107812.38</x:v>
+        <x:v>107852.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3052" spans="1:2">
       <x:c r="A3052" s="2">
-        <x:v>41520</x:v>
+        <x:v>41553</x:v>
       </x:c>
       <x:c r="B3052" s="3">
-        <x:v>107811.6</x:v>
+        <x:v>107851.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3053" spans="1:2">
       <x:c r="A3053" s="2">
-        <x:v>41519</x:v>
+        <x:v>41550</x:v>
       </x:c>
       <x:c r="B3053" s="3">
-        <x:v>107810.08</x:v>
+        <x:v>107847.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3054" spans="1:2">
       <x:c r="A3054" s="2">
-        <x:v>41518</x:v>
+        <x:v>41549</x:v>
       </x:c>
       <x:c r="B3054" s="3">
-        <x:v>107809.11</x:v>
+        <x:v>107846.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3055" spans="1:2">
       <x:c r="A3055" s="2">
-        <x:v>41515</x:v>
+        <x:v>41548</x:v>
       </x:c>
       <x:c r="B3055" s="3">
-        <x:v>107805.27</x:v>
+        <x:v>107845.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3056" spans="1:2">
       <x:c r="A3056" s="2">
-        <x:v>41514</x:v>
+        <x:v>41547</x:v>
       </x:c>
       <x:c r="B3056" s="3">
-        <x:v>107804.45</x:v>
+        <x:v>107844.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3057" spans="1:2">
       <x:c r="A3057" s="2">
-        <x:v>41513</x:v>
+        <x:v>41546</x:v>
       </x:c>
       <x:c r="B3057" s="3">
-        <x:v>107803.63</x:v>
+        <x:v>107843.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3058" spans="1:2">
       <x:c r="A3058" s="2">
-        <x:v>41512</x:v>
+        <x:v>41543</x:v>
       </x:c>
       <x:c r="B3058" s="3">
-        <x:v>107802.9</x:v>
+        <x:v>107838.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3059" spans="1:2">
       <x:c r="A3059" s="2">
-        <x:v>41511</x:v>
+        <x:v>41542</x:v>
       </x:c>
       <x:c r="B3059" s="3">
-        <x:v>107801.71</x:v>
+        <x:v>107838.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3060" spans="1:2">
       <x:c r="A3060" s="2">
-        <x:v>41508</x:v>
+        <x:v>41541</x:v>
       </x:c>
       <x:c r="B3060" s="3">
-        <x:v>107799.89</x:v>
+        <x:v>107837</x:v>
       </x:c>
     </x:row>
     <x:row r="3061" spans="1:2">
       <x:c r="A3061" s="2">
-        <x:v>41507</x:v>
+        <x:v>41540</x:v>
       </x:c>
       <x:c r="B3061" s="3">
-        <x:v>107799.26</x:v>
+        <x:v>107836.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3062" spans="1:2">
       <x:c r="A3062" s="2">
-        <x:v>41506</x:v>
+        <x:v>41539</x:v>
       </x:c>
       <x:c r="B3062" s="3">
-        <x:v>107797.34</x:v>
+        <x:v>107834.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3063" spans="1:2">
       <x:c r="A3063" s="2">
-        <x:v>41505</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="B3063" s="3">
-        <x:v>107796.1</x:v>
+        <x:v>107831.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3064" spans="1:2">
       <x:c r="A3064" s="2">
-        <x:v>41504</x:v>
+        <x:v>41535</x:v>
       </x:c>
       <x:c r="B3064" s="3">
-        <x:v>107795.21</x:v>
+        <x:v>107830.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3065" spans="1:2">
       <x:c r="A3065" s="2">
-        <x:v>41501</x:v>
+        <x:v>41534</x:v>
       </x:c>
       <x:c r="B3065" s="3">
-        <x:v>107792.09</x:v>
+        <x:v>107828.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3066" spans="1:2">
       <x:c r="A3066" s="2">
-        <x:v>41499</x:v>
+        <x:v>41533</x:v>
       </x:c>
       <x:c r="B3066" s="3">
-        <x:v>107789.08</x:v>
+        <x:v>107826.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3067" spans="1:2">
       <x:c r="A3067" s="2">
-        <x:v>41498</x:v>
+        <x:v>41532</x:v>
       </x:c>
       <x:c r="B3067" s="3">
-        <x:v>107787.83</x:v>
+        <x:v>107825.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3068" spans="1:2">
       <x:c r="A3068" s="2">
-        <x:v>41497</x:v>
+        <x:v>41529</x:v>
       </x:c>
       <x:c r="B3068" s="3">
-        <x:v>107786.32</x:v>
+        <x:v>107820.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3069" spans="1:2">
       <x:c r="A3069" s="2">
-        <x:v>41494</x:v>
+        <x:v>41528</x:v>
       </x:c>
       <x:c r="B3069" s="3">
-        <x:v>107782.32</x:v>
+        <x:v>107819.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3070" spans="1:2">
       <x:c r="A3070" s="2">
-        <x:v>41493</x:v>
+        <x:v>41527</x:v>
       </x:c>
       <x:c r="B3070" s="3">
-        <x:v>107781.07</x:v>
+        <x:v>107817.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3071" spans="1:2">
       <x:c r="A3071" s="2">
-        <x:v>41492</x:v>
+        <x:v>41526</x:v>
       </x:c>
       <x:c r="B3071" s="3">
-        <x:v>107779.1</x:v>
+        <x:v>107817.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3072" spans="1:2">
       <x:c r="A3072" s="2">
-        <x:v>41491</x:v>
+        <x:v>41525</x:v>
       </x:c>
       <x:c r="B3072" s="3">
-        <x:v>107777.44</x:v>
+        <x:v>107816.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3073" spans="1:2">
       <x:c r="A3073" s="2">
-        <x:v>41490</x:v>
+        <x:v>41522</x:v>
       </x:c>
       <x:c r="B3073" s="3">
-        <x:v>107775.5</x:v>
+        <x:v>107812.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3074" spans="1:2">
       <x:c r="A3074" s="2">
-        <x:v>41487</x:v>
+        <x:v>41521</x:v>
       </x:c>
       <x:c r="B3074" s="3">
-        <x:v>107771.95</x:v>
+        <x:v>107812.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3075" spans="1:2">
       <x:c r="A3075" s="2">
-        <x:v>41486</x:v>
+        <x:v>41520</x:v>
       </x:c>
       <x:c r="B3075" s="3">
-        <x:v>107770.73</x:v>
+        <x:v>107811.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3076" spans="1:2">
       <x:c r="A3076" s="2">
-        <x:v>41485</x:v>
+        <x:v>41519</x:v>
       </x:c>
       <x:c r="B3076" s="3">
-        <x:v>107769.44</x:v>
+        <x:v>107810.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3077" spans="1:2">
       <x:c r="A3077" s="2">
-        <x:v>41484</x:v>
+        <x:v>41518</x:v>
       </x:c>
       <x:c r="B3077" s="3">
-        <x:v>107768.44</x:v>
+        <x:v>107809.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3078" spans="1:2">
       <x:c r="A3078" s="2">
-        <x:v>41483</x:v>
+        <x:v>41515</x:v>
       </x:c>
       <x:c r="B3078" s="3">
-        <x:v>107767.39</x:v>
+        <x:v>107805.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3079" spans="1:2">
       <x:c r="A3079" s="2">
-        <x:v>41480</x:v>
+        <x:v>41514</x:v>
       </x:c>
       <x:c r="B3079" s="3">
-        <x:v>107763.7</x:v>
+        <x:v>107804.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3080" spans="1:2">
       <x:c r="A3080" s="2">
-        <x:v>41479</x:v>
+        <x:v>41513</x:v>
       </x:c>
       <x:c r="B3080" s="3">
-        <x:v>107762.89</x:v>
+        <x:v>107803.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3081" spans="1:2">
       <x:c r="A3081" s="2">
-        <x:v>41478</x:v>
+        <x:v>41512</x:v>
       </x:c>
       <x:c r="B3081" s="3">
-        <x:v>107761.98</x:v>
+        <x:v>107802.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3082" spans="1:2">
       <x:c r="A3082" s="2">
-        <x:v>41477</x:v>
+        <x:v>41511</x:v>
       </x:c>
       <x:c r="B3082" s="3">
-        <x:v>107760.16</x:v>
+        <x:v>107801.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3083" spans="1:2">
       <x:c r="A3083" s="2">
-        <x:v>41476</x:v>
+        <x:v>41508</x:v>
       </x:c>
       <x:c r="B3083" s="3">
-        <x:v>107759.29</x:v>
+        <x:v>107799.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3084" spans="1:2">
       <x:c r="A3084" s="2">
-        <x:v>41473</x:v>
+        <x:v>41507</x:v>
       </x:c>
       <x:c r="B3084" s="3">
-        <x:v>107754.53</x:v>
+        <x:v>107799.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3085" spans="1:2">
       <x:c r="A3085" s="2">
-        <x:v>41472</x:v>
+        <x:v>41506</x:v>
       </x:c>
       <x:c r="B3085" s="3">
-        <x:v>107753.9</x:v>
+        <x:v>107797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3086" spans="1:2">
       <x:c r="A3086" s="2">
-        <x:v>41471</x:v>
+        <x:v>41505</x:v>
       </x:c>
       <x:c r="B3086" s="3">
-        <x:v>107752.67</x:v>
+        <x:v>107796.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3087" spans="1:2">
       <x:c r="A3087" s="2">
-        <x:v>41470</x:v>
+        <x:v>41504</x:v>
       </x:c>
       <x:c r="B3087" s="3">
-        <x:v>107750.84</x:v>
+        <x:v>107795.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3088" spans="1:2">
       <x:c r="A3088" s="2">
-        <x:v>41469</x:v>
+        <x:v>41501</x:v>
       </x:c>
       <x:c r="B3088" s="3">
-        <x:v>107748.99</x:v>
+        <x:v>107792.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3089" spans="1:2">
       <x:c r="A3089" s="2">
-        <x:v>41466</x:v>
+        <x:v>41499</x:v>
       </x:c>
       <x:c r="B3089" s="3">
-        <x:v>107745.24</x:v>
+        <x:v>107789.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3090" spans="1:2">
       <x:c r="A3090" s="2">
-        <x:v>41465</x:v>
+        <x:v>41498</x:v>
       </x:c>
       <x:c r="B3090" s="3">
-        <x:v>107743.84</x:v>
+        <x:v>107787.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3091" spans="1:2">
       <x:c r="A3091" s="2">
-        <x:v>41464</x:v>
+        <x:v>41497</x:v>
       </x:c>
       <x:c r="B3091" s="3">
-        <x:v>107742.17</x:v>
+        <x:v>107786.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3092" spans="1:2">
       <x:c r="A3092" s="2">
-        <x:v>41463</x:v>
+        <x:v>41494</x:v>
       </x:c>
       <x:c r="B3092" s="3">
-        <x:v>107740.89</x:v>
+        <x:v>107782.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3093" spans="1:2">
       <x:c r="A3093" s="2">
-        <x:v>41462</x:v>
+        <x:v>41493</x:v>
       </x:c>
       <x:c r="B3093" s="3">
-        <x:v>107739.33</x:v>
+        <x:v>107781.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3094" spans="1:2">
       <x:c r="A3094" s="2">
-        <x:v>41459</x:v>
+        <x:v>41492</x:v>
       </x:c>
       <x:c r="B3094" s="3">
-        <x:v>107734.84</x:v>
+        <x:v>107779.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3095" spans="1:2">
       <x:c r="A3095" s="2">
-        <x:v>41458</x:v>
+        <x:v>41491</x:v>
       </x:c>
       <x:c r="B3095" s="3">
-        <x:v>107734.15</x:v>
+        <x:v>107777.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3096" spans="1:2">
       <x:c r="A3096" s="2">
-        <x:v>41457</x:v>
+        <x:v>41490</x:v>
       </x:c>
       <x:c r="B3096" s="3">
-        <x:v>107733.26</x:v>
+        <x:v>107775.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3097" spans="1:2">
       <x:c r="A3097" s="2">
-        <x:v>41456</x:v>
+        <x:v>41487</x:v>
       </x:c>
       <x:c r="B3097" s="3">
-        <x:v>107731</x:v>
+        <x:v>107771.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3098" spans="1:2">
       <x:c r="A3098" s="2">
-        <x:v>41455</x:v>
+        <x:v>41486</x:v>
       </x:c>
       <x:c r="B3098" s="3">
-        <x:v>107730.11</x:v>
+        <x:v>107770.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3099" spans="1:2">
       <x:c r="A3099" s="2">
-        <x:v>41452</x:v>
+        <x:v>41485</x:v>
       </x:c>
       <x:c r="B3099" s="3">
-        <x:v>107726</x:v>
+        <x:v>107769.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3100" spans="1:2">
       <x:c r="A3100" s="2">
-        <x:v>41451</x:v>
+        <x:v>41484</x:v>
       </x:c>
       <x:c r="B3100" s="3">
-        <x:v>107724.9</x:v>
+        <x:v>107768.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3101" spans="1:2">
       <x:c r="A3101" s="2">
-        <x:v>41450</x:v>
+        <x:v>41483</x:v>
       </x:c>
       <x:c r="B3101" s="3">
-        <x:v>107723.79</x:v>
+        <x:v>107767.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3102" spans="1:2">
       <x:c r="A3102" s="2">
-        <x:v>41449</x:v>
+        <x:v>41480</x:v>
       </x:c>
       <x:c r="B3102" s="3">
-        <x:v>107722.79</x:v>
+        <x:v>107763.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3103" spans="1:2">
       <x:c r="A3103" s="2">
-        <x:v>41448</x:v>
+        <x:v>41479</x:v>
       </x:c>
       <x:c r="B3103" s="3">
-        <x:v>107721.91</x:v>
+        <x:v>107762.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3104" spans="1:2">
       <x:c r="A3104" s="2">
-        <x:v>41445</x:v>
+        <x:v>41478</x:v>
       </x:c>
       <x:c r="B3104" s="3">
-        <x:v>107719.02</x:v>
+        <x:v>107761.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3105" spans="1:2">
       <x:c r="A3105" s="2">
-        <x:v>41444</x:v>
+        <x:v>41477</x:v>
       </x:c>
       <x:c r="B3105" s="3">
-        <x:v>107718.22</x:v>
+        <x:v>107760.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3106" spans="1:2">
       <x:c r="A3106" s="2">
-        <x:v>41443</x:v>
+        <x:v>41476</x:v>
       </x:c>
       <x:c r="B3106" s="3">
-        <x:v>107717.66</x:v>
+        <x:v>107759.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3107" spans="1:2">
       <x:c r="A3107" s="2">
-        <x:v>41442</x:v>
+        <x:v>41473</x:v>
       </x:c>
       <x:c r="B3107" s="3">
-        <x:v>107716.33</x:v>
+        <x:v>107754.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3108" spans="1:2">
       <x:c r="A3108" s="2">
-        <x:v>41441</x:v>
+        <x:v>41472</x:v>
       </x:c>
       <x:c r="B3108" s="3">
-        <x:v>107715.83</x:v>
+        <x:v>107753.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3109" spans="1:2">
       <x:c r="A3109" s="2">
-        <x:v>41438</x:v>
+        <x:v>41471</x:v>
       </x:c>
       <x:c r="B3109" s="3">
-        <x:v>107714.22</x:v>
+        <x:v>107752.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3110" spans="1:2">
       <x:c r="A3110" s="2">
-        <x:v>41437</x:v>
+        <x:v>41470</x:v>
       </x:c>
       <x:c r="B3110" s="3">
-        <x:v>107713.81</x:v>
+        <x:v>107750.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3111" spans="1:2">
       <x:c r="A3111" s="2">
-        <x:v>41436</x:v>
+        <x:v>41469</x:v>
       </x:c>
       <x:c r="B3111" s="3">
-        <x:v>107713.45</x:v>
+        <x:v>107748.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3112" spans="1:2">
       <x:c r="A3112" s="2">
-        <x:v>41435</x:v>
+        <x:v>41466</x:v>
       </x:c>
       <x:c r="B3112" s="3">
-        <x:v>107713.16</x:v>
+        <x:v>107745.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3113" spans="1:2">
       <x:c r="A3113" s="2">
-        <x:v>41434</x:v>
+        <x:v>41465</x:v>
       </x:c>
       <x:c r="B3113" s="3">
-        <x:v>107712.06</x:v>
+        <x:v>107743.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3114" spans="1:2">
       <x:c r="A3114" s="2">
-        <x:v>41431</x:v>
+        <x:v>41464</x:v>
       </x:c>
       <x:c r="B3114" s="3">
-        <x:v>107710.51</x:v>
+        <x:v>107742.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3115" spans="1:2">
       <x:c r="A3115" s="2">
-        <x:v>41430</x:v>
+        <x:v>41463</x:v>
       </x:c>
       <x:c r="B3115" s="3">
-        <x:v>107710.03</x:v>
+        <x:v>107740.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3116" spans="1:2">
       <x:c r="A3116" s="2">
-        <x:v>41429</x:v>
+        <x:v>41462</x:v>
       </x:c>
       <x:c r="B3116" s="3">
-        <x:v>107709.51</x:v>
+        <x:v>107739.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3117" spans="1:2">
       <x:c r="A3117" s="2">
-        <x:v>41428</x:v>
+        <x:v>41459</x:v>
       </x:c>
       <x:c r="B3117" s="3">
-        <x:v>107708.83</x:v>
+        <x:v>107734.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3118" spans="1:2">
       <x:c r="A3118" s="2">
-        <x:v>41427</x:v>
+        <x:v>41458</x:v>
       </x:c>
       <x:c r="B3118" s="3">
-        <x:v>107708.29</x:v>
+        <x:v>107734.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3119" spans="1:2">
       <x:c r="A3119" s="2">
-        <x:v>41424</x:v>
+        <x:v>41457</x:v>
       </x:c>
       <x:c r="B3119" s="3">
-        <x:v>107706.81</x:v>
+        <x:v>107733.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3120" spans="1:2">
       <x:c r="A3120" s="2">
-        <x:v>41423</x:v>
+        <x:v>41456</x:v>
       </x:c>
       <x:c r="B3120" s="3">
-        <x:v>107706.47</x:v>
+        <x:v>107731</x:v>
       </x:c>
     </x:row>
     <x:row r="3121" spans="1:2">
       <x:c r="A3121" s="2">
-        <x:v>41422</x:v>
+        <x:v>41455</x:v>
       </x:c>
       <x:c r="B3121" s="3">
-        <x:v>107704.79</x:v>
+        <x:v>107730.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3122" spans="1:2">
       <x:c r="A3122" s="2">
-        <x:v>41421</x:v>
+        <x:v>41452</x:v>
       </x:c>
       <x:c r="B3122" s="3">
-        <x:v>107703.85</x:v>
+        <x:v>107726</x:v>
       </x:c>
     </x:row>
     <x:row r="3123" spans="1:2">
       <x:c r="A3123" s="2">
-        <x:v>41420</x:v>
+        <x:v>41451</x:v>
       </x:c>
       <x:c r="B3123" s="3">
-        <x:v>107702.18</x:v>
+        <x:v>107724.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3124" spans="1:2">
       <x:c r="A3124" s="2">
-        <x:v>41417</x:v>
+        <x:v>41450</x:v>
       </x:c>
       <x:c r="B3124" s="3">
-        <x:v>107700.22</x:v>
+        <x:v>107723.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3125" spans="1:2">
       <x:c r="A3125" s="2">
-        <x:v>41416</x:v>
+        <x:v>41449</x:v>
       </x:c>
       <x:c r="B3125" s="3">
-        <x:v>107699.63</x:v>
+        <x:v>107722.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3126" spans="1:2">
       <x:c r="A3126" s="2">
-        <x:v>41415</x:v>
+        <x:v>41448</x:v>
       </x:c>
       <x:c r="B3126" s="3">
-        <x:v>107699.04</x:v>
+        <x:v>107721.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3127" spans="1:2">
       <x:c r="A3127" s="2">
-        <x:v>41414</x:v>
+        <x:v>41445</x:v>
       </x:c>
       <x:c r="B3127" s="3">
-        <x:v>107697.87</x:v>
+        <x:v>107719.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3128" spans="1:2">
       <x:c r="A3128" s="2">
-        <x:v>41410</x:v>
+        <x:v>41444</x:v>
       </x:c>
       <x:c r="B3128" s="3">
-        <x:v>107692.7</x:v>
+        <x:v>107718.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3129" spans="1:2">
       <x:c r="A3129" s="2">
-        <x:v>41409</x:v>
+        <x:v>41443</x:v>
       </x:c>
       <x:c r="B3129" s="3">
-        <x:v>107690.97</x:v>
+        <x:v>107717.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3130" spans="1:2">
       <x:c r="A3130" s="2">
-        <x:v>41408</x:v>
+        <x:v>41442</x:v>
       </x:c>
       <x:c r="B3130" s="3">
-        <x:v>107689.68</x:v>
+        <x:v>107716.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3131" spans="1:2">
       <x:c r="A3131" s="2">
-        <x:v>41407</x:v>
+        <x:v>41441</x:v>
       </x:c>
       <x:c r="B3131" s="3">
-        <x:v>107689.3</x:v>
+        <x:v>107715.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3132" spans="1:2">
       <x:c r="A3132" s="2">
-        <x:v>41406</x:v>
+        <x:v>41438</x:v>
       </x:c>
       <x:c r="B3132" s="3">
-        <x:v>107688.19</x:v>
+        <x:v>107714.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3133" spans="1:2">
       <x:c r="A3133" s="2">
-        <x:v>41403</x:v>
+        <x:v>41437</x:v>
       </x:c>
       <x:c r="B3133" s="3">
-        <x:v>107684.6</x:v>
+        <x:v>107713.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3134" spans="1:2">
       <x:c r="A3134" s="2">
-        <x:v>41400</x:v>
+        <x:v>41436</x:v>
       </x:c>
       <x:c r="B3134" s="3">
-        <x:v>107680.58</x:v>
+        <x:v>107713.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3135" spans="1:2">
       <x:c r="A3135" s="2">
-        <x:v>41399</x:v>
+        <x:v>41435</x:v>
       </x:c>
       <x:c r="B3135" s="3">
-        <x:v>107679.32</x:v>
+        <x:v>107713.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3136" spans="1:2">
       <x:c r="A3136" s="2">
-        <x:v>41396</x:v>
+        <x:v>41434</x:v>
       </x:c>
       <x:c r="B3136" s="3">
-        <x:v>107673.76</x:v>
+        <x:v>107712.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3137" spans="1:2">
       <x:c r="A3137" s="2">
-        <x:v>41395</x:v>
+        <x:v>41431</x:v>
       </x:c>
       <x:c r="B3137" s="3">
-        <x:v>107672.16</x:v>
+        <x:v>107710.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3138" spans="1:2">
       <x:c r="A3138" s="2">
-        <x:v>41393</x:v>
+        <x:v>41430</x:v>
       </x:c>
       <x:c r="B3138" s="3">
-        <x:v>107670.53</x:v>
+        <x:v>107710.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3139" spans="1:2">
       <x:c r="A3139" s="2">
-        <x:v>41392</x:v>
+        <x:v>41429</x:v>
       </x:c>
       <x:c r="B3139" s="3">
-        <x:v>107669.91</x:v>
+        <x:v>107709.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3140" spans="1:2">
       <x:c r="A3140" s="2">
-        <x:v>41389</x:v>
+        <x:v>41428</x:v>
       </x:c>
       <x:c r="B3140" s="3">
-        <x:v>107666.09</x:v>
+        <x:v>107708.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3141" spans="1:2">
       <x:c r="A3141" s="2">
-        <x:v>41388</x:v>
+        <x:v>41427</x:v>
       </x:c>
       <x:c r="B3141" s="3">
-        <x:v>107664.36</x:v>
+        <x:v>107708.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3142" spans="1:2">
       <x:c r="A3142" s="2">
-        <x:v>41387</x:v>
+        <x:v>41424</x:v>
       </x:c>
       <x:c r="B3142" s="3">
-        <x:v>107663.94</x:v>
+        <x:v>107706.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3143" spans="1:2">
       <x:c r="A3143" s="2">
-        <x:v>41386</x:v>
+        <x:v>41423</x:v>
       </x:c>
       <x:c r="B3143" s="3">
-        <x:v>107662.52</x:v>
+        <x:v>107706.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3144" spans="1:2">
       <x:c r="A3144" s="2">
-        <x:v>41385</x:v>
+        <x:v>41422</x:v>
       </x:c>
       <x:c r="B3144" s="3">
-        <x:v>107661.28</x:v>
+        <x:v>107704.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3145" spans="1:2">
       <x:c r="A3145" s="2">
-        <x:v>41382</x:v>
+        <x:v>41421</x:v>
       </x:c>
       <x:c r="B3145" s="3">
-        <x:v>107657.32</x:v>
+        <x:v>107703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3146" spans="1:2">
       <x:c r="A3146" s="2">
-        <x:v>41381</x:v>
+        <x:v>41420</x:v>
       </x:c>
       <x:c r="B3146" s="3">
-        <x:v>107656.89</x:v>
+        <x:v>107702.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3147" spans="1:2">
       <x:c r="A3147" s="2">
-        <x:v>41380</x:v>
+        <x:v>41417</x:v>
       </x:c>
       <x:c r="B3147" s="3">
-        <x:v>107656.19</x:v>
+        <x:v>107700.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3148" spans="1:2">
       <x:c r="A3148" s="2">
-        <x:v>41379</x:v>
+        <x:v>41416</x:v>
       </x:c>
       <x:c r="B3148" s="3">
-        <x:v>107653.8</x:v>
+        <x:v>107699.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3149" spans="1:2">
       <x:c r="A3149" s="2">
-        <x:v>41378</x:v>
+        <x:v>41415</x:v>
       </x:c>
       <x:c r="B3149" s="3">
-        <x:v>107652.97</x:v>
+        <x:v>107699.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3150" spans="1:2">
       <x:c r="A3150" s="2">
-        <x:v>41375</x:v>
+        <x:v>41414</x:v>
       </x:c>
       <x:c r="B3150" s="3">
-        <x:v>107648.5</x:v>
+        <x:v>107697.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3151" spans="1:2">
       <x:c r="A3151" s="2">
-        <x:v>41374</x:v>
+        <x:v>41410</x:v>
       </x:c>
       <x:c r="B3151" s="3">
-        <x:v>107647.59</x:v>
+        <x:v>107692.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3152" spans="1:2">
       <x:c r="A3152" s="2">
-        <x:v>41373</x:v>
+        <x:v>41409</x:v>
       </x:c>
       <x:c r="B3152" s="3">
-        <x:v>107646.01</x:v>
+        <x:v>107690.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3153" spans="1:2">
       <x:c r="A3153" s="2">
-        <x:v>41372</x:v>
+        <x:v>41408</x:v>
       </x:c>
       <x:c r="B3153" s="3">
-        <x:v>107643.72</x:v>
+        <x:v>107689.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3154" spans="1:2">
       <x:c r="A3154" s="2">
-        <x:v>41371</x:v>
+        <x:v>41407</x:v>
       </x:c>
       <x:c r="B3154" s="3">
-        <x:v>107642.75</x:v>
+        <x:v>107689.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3155" spans="1:2">
       <x:c r="A3155" s="2">
-        <x:v>41368</x:v>
+        <x:v>41406</x:v>
       </x:c>
       <x:c r="B3155" s="3">
-        <x:v>107639.06</x:v>
+        <x:v>107688.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3156" spans="1:2">
       <x:c r="A3156" s="2">
-        <x:v>41367</x:v>
+        <x:v>41403</x:v>
       </x:c>
       <x:c r="B3156" s="3">
-        <x:v>107637.89</x:v>
+        <x:v>107684.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3157" spans="1:2">
       <x:c r="A3157" s="2">
-        <x:v>41366</x:v>
+        <x:v>41400</x:v>
       </x:c>
       <x:c r="B3157" s="3">
-        <x:v>107634.51</x:v>
+        <x:v>107680.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3158" spans="1:2">
       <x:c r="A3158" s="2">
-        <x:v>41365</x:v>
+        <x:v>41399</x:v>
       </x:c>
       <x:c r="B3158" s="3">
-        <x:v>107632.96</x:v>
+        <x:v>107679.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3159" spans="1:2">
       <x:c r="A3159" s="2">
-        <x:v>41360</x:v>
+        <x:v>41396</x:v>
       </x:c>
       <x:c r="B3159" s="3">
-        <x:v>107627.66</x:v>
+        <x:v>107673.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3160" spans="1:2">
       <x:c r="A3160" s="2">
-        <x:v>41359</x:v>
+        <x:v>41395</x:v>
       </x:c>
       <x:c r="B3160" s="3">
-        <x:v>107625.21</x:v>
+        <x:v>107672.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3161" spans="1:2">
       <x:c r="A3161" s="2">
-        <x:v>41358</x:v>
+        <x:v>41393</x:v>
       </x:c>
       <x:c r="B3161" s="3">
-        <x:v>107624.59</x:v>
+        <x:v>107670.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3162" spans="1:2">
       <x:c r="A3162" s="2">
-        <x:v>41357</x:v>
+        <x:v>41392</x:v>
       </x:c>
       <x:c r="B3162" s="3">
-        <x:v>107621.69</x:v>
+        <x:v>107669.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3163" spans="1:2">
       <x:c r="A3163" s="2">
-        <x:v>41354</x:v>
+        <x:v>41389</x:v>
       </x:c>
       <x:c r="B3163" s="3">
-        <x:v>107618.75</x:v>
+        <x:v>107666.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3164" spans="1:2">
       <x:c r="A3164" s="2">
-        <x:v>41353</x:v>
+        <x:v>41388</x:v>
       </x:c>
       <x:c r="B3164" s="3">
-        <x:v>107618.04</x:v>
+        <x:v>107664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3165" spans="1:2">
       <x:c r="A3165" s="2">
-        <x:v>41352</x:v>
+        <x:v>41387</x:v>
       </x:c>
       <x:c r="B3165" s="3">
-        <x:v>107617.18</x:v>
+        <x:v>107663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3166" spans="1:2">
       <x:c r="A3166" s="2">
-        <x:v>41351</x:v>
+        <x:v>41386</x:v>
       </x:c>
       <x:c r="B3166" s="3">
-        <x:v>107616.13</x:v>
+        <x:v>107662.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3167" spans="1:2">
       <x:c r="A3167" s="2">
-        <x:v>41350</x:v>
+        <x:v>41385</x:v>
       </x:c>
       <x:c r="B3167" s="3">
-        <x:v>107615.02</x:v>
+        <x:v>107661.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3168" spans="1:2">
       <x:c r="A3168" s="2">
-        <x:v>41347</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="B3168" s="3">
-        <x:v>107610.05</x:v>
+        <x:v>107657.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3169" spans="1:2">
       <x:c r="A3169" s="2">
-        <x:v>41346</x:v>
+        <x:v>41381</x:v>
       </x:c>
       <x:c r="B3169" s="3">
-        <x:v>107608.9</x:v>
+        <x:v>107656.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3170" spans="1:2">
       <x:c r="A3170" s="2">
-        <x:v>41345</x:v>
+        <x:v>41380</x:v>
       </x:c>
       <x:c r="B3170" s="3">
-        <x:v>107607.91</x:v>
+        <x:v>107656.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3171" spans="1:2">
       <x:c r="A3171" s="2">
-        <x:v>41344</x:v>
+        <x:v>41379</x:v>
       </x:c>
       <x:c r="B3171" s="3">
-        <x:v>107606.58</x:v>
+        <x:v>107653.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3172" spans="1:2">
       <x:c r="A3172" s="2">
-        <x:v>41343</x:v>
+        <x:v>41378</x:v>
       </x:c>
       <x:c r="B3172" s="3">
-        <x:v>107605.42</x:v>
+        <x:v>107652.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3173" spans="1:2">
       <x:c r="A3173" s="2">
-        <x:v>41340</x:v>
+        <x:v>41375</x:v>
       </x:c>
       <x:c r="B3173" s="3">
-        <x:v>107599.9</x:v>
+        <x:v>107648.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3174" spans="1:2">
       <x:c r="A3174" s="2">
-        <x:v>41339</x:v>
+        <x:v>41374</x:v>
       </x:c>
       <x:c r="B3174" s="3">
-        <x:v>107598.36</x:v>
+        <x:v>107647.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3175" spans="1:2">
       <x:c r="A3175" s="2">
-        <x:v>41338</x:v>
+        <x:v>41373</x:v>
       </x:c>
       <x:c r="B3175" s="3">
-        <x:v>107597.17</x:v>
+        <x:v>107646.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3176" spans="1:2">
       <x:c r="A3176" s="2">
-        <x:v>41337</x:v>
+        <x:v>41372</x:v>
       </x:c>
       <x:c r="B3176" s="3">
-        <x:v>107595.55</x:v>
+        <x:v>107643.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3177" spans="1:2">
       <x:c r="A3177" s="2">
-        <x:v>41336</x:v>
+        <x:v>41371</x:v>
       </x:c>
       <x:c r="B3177" s="3">
-        <x:v>107594.36</x:v>
+        <x:v>107642.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3178" spans="1:2">
       <x:c r="A3178" s="2">
-        <x:v>41333</x:v>
+        <x:v>41368</x:v>
       </x:c>
       <x:c r="B3178" s="3">
-        <x:v>107588.5</x:v>
+        <x:v>107639.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3179" spans="1:2">
       <x:c r="A3179" s="2">
-        <x:v>41332</x:v>
+        <x:v>41367</x:v>
       </x:c>
       <x:c r="B3179" s="3">
-        <x:v>107587.66</x:v>
+        <x:v>107637.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3180" spans="1:2">
       <x:c r="A3180" s="2">
-        <x:v>41331</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="B3180" s="3">
-        <x:v>107586.9</x:v>
+        <x:v>107634.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3181" spans="1:2">
       <x:c r="A3181" s="2">
-        <x:v>41330</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="B3181" s="3">
-        <x:v>107583.96</x:v>
+        <x:v>107632.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3182" spans="1:2">
       <x:c r="A3182" s="2">
-        <x:v>41329</x:v>
+        <x:v>41360</x:v>
       </x:c>
       <x:c r="B3182" s="3">
-        <x:v>107581.84</x:v>
+        <x:v>107627.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3183" spans="1:2">
       <x:c r="A3183" s="2">
-        <x:v>41326</x:v>
+        <x:v>41359</x:v>
       </x:c>
       <x:c r="B3183" s="3">
-        <x:v>107577.19</x:v>
+        <x:v>107625.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3184" spans="1:2">
       <x:c r="A3184" s="2">
-        <x:v>41325</x:v>
+        <x:v>41358</x:v>
       </x:c>
       <x:c r="B3184" s="3">
-        <x:v>107574.69</x:v>
+        <x:v>107624.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3185" spans="1:2">
       <x:c r="A3185" s="2">
-        <x:v>41324</x:v>
+        <x:v>41357</x:v>
       </x:c>
       <x:c r="B3185" s="3">
-        <x:v>107572.89</x:v>
+        <x:v>107621.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3186" spans="1:2">
       <x:c r="A3186" s="2">
-        <x:v>41323</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="B3186" s="3">
-        <x:v>107571.3</x:v>
+        <x:v>107618.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3187" spans="1:2">
       <x:c r="A3187" s="2">
-        <x:v>41322</x:v>
+        <x:v>41353</x:v>
       </x:c>
       <x:c r="B3187" s="3">
-        <x:v>107568.48</x:v>
+        <x:v>107618.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3188" spans="1:2">
       <x:c r="A3188" s="2">
-        <x:v>41319</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="B3188" s="3">
-        <x:v>107563.59</x:v>
+        <x:v>107617.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3189" spans="1:2">
       <x:c r="A3189" s="2">
-        <x:v>41318</x:v>
+        <x:v>41351</x:v>
       </x:c>
       <x:c r="B3189" s="3">
-        <x:v>107561.17</x:v>
+        <x:v>107616.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3190" spans="1:2">
       <x:c r="A3190" s="2">
-        <x:v>41317</x:v>
+        <x:v>41350</x:v>
       </x:c>
       <x:c r="B3190" s="3">
-        <x:v>107559.56</x:v>
+        <x:v>107615.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3191" spans="1:2">
       <x:c r="A3191" s="2">
-        <x:v>41316</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="B3191" s="3">
-        <x:v>107557.8</x:v>
+        <x:v>107610.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3192" spans="1:2">
       <x:c r="A3192" s="2">
-        <x:v>41315</x:v>
+        <x:v>41346</x:v>
       </x:c>
       <x:c r="B3192" s="3">
-        <x:v>107555.5</x:v>
+        <x:v>107608.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3193" spans="1:2">
       <x:c r="A3193" s="2">
-        <x:v>41312</x:v>
+        <x:v>41345</x:v>
       </x:c>
       <x:c r="B3193" s="3">
-        <x:v>107549.79</x:v>
+        <x:v>107607.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3194" spans="1:2">
       <x:c r="A3194" s="2">
-        <x:v>41311</x:v>
+        <x:v>41344</x:v>
       </x:c>
       <x:c r="B3194" s="3">
-        <x:v>107548.63</x:v>
+        <x:v>107606.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3195" spans="1:2">
       <x:c r="A3195" s="2">
-        <x:v>41310</x:v>
+        <x:v>41343</x:v>
       </x:c>
       <x:c r="B3195" s="3">
-        <x:v>107544.21</x:v>
+        <x:v>107605.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3196" spans="1:2">
       <x:c r="A3196" s="2">
-        <x:v>41309</x:v>
+        <x:v>41340</x:v>
       </x:c>
       <x:c r="B3196" s="3">
-        <x:v>107542.66</x:v>
+        <x:v>107599.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3197" spans="1:2">
       <x:c r="A3197" s="2">
-        <x:v>41308</x:v>
+        <x:v>41339</x:v>
       </x:c>
       <x:c r="B3197" s="3">
-        <x:v>107542.05</x:v>
+        <x:v>107598.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3198" spans="1:2">
       <x:c r="A3198" s="2">
-        <x:v>41305</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="B3198" s="3">
-        <x:v>107537.72</x:v>
+        <x:v>107597.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3199" spans="1:2">
       <x:c r="A3199" s="2">
-        <x:v>41304</x:v>
+        <x:v>41337</x:v>
       </x:c>
       <x:c r="B3199" s="3">
-        <x:v>107536.74</x:v>
+        <x:v>107595.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3200" spans="1:2">
       <x:c r="A3200" s="2">
-        <x:v>41303</x:v>
+        <x:v>41336</x:v>
       </x:c>
       <x:c r="B3200" s="3">
-        <x:v>107535.23</x:v>
+        <x:v>107594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3201" spans="1:2">
       <x:c r="A3201" s="2">
-        <x:v>41302</x:v>
+        <x:v>41333</x:v>
       </x:c>
       <x:c r="B3201" s="3">
-        <x:v>107533.48</x:v>
+        <x:v>107588.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3202" spans="1:2">
       <x:c r="A3202" s="2">
-        <x:v>41301</x:v>
+        <x:v>41332</x:v>
       </x:c>
       <x:c r="B3202" s="3">
-        <x:v>107532.67</x:v>
+        <x:v>107587.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3203" spans="1:2">
       <x:c r="A3203" s="2">
-        <x:v>41298</x:v>
+        <x:v>41331</x:v>
       </x:c>
       <x:c r="B3203" s="3">
-        <x:v>107530.15</x:v>
+        <x:v>107586.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3204" spans="1:2">
       <x:c r="A3204" s="2">
-        <x:v>41297</x:v>
+        <x:v>41330</x:v>
       </x:c>
       <x:c r="B3204" s="3">
-        <x:v>107527.62</x:v>
+        <x:v>107583.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3205" spans="1:2">
       <x:c r="A3205" s="2">
-        <x:v>41296</x:v>
+        <x:v>41329</x:v>
       </x:c>
       <x:c r="B3205" s="3">
-        <x:v>107524.87</x:v>
+        <x:v>107581.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3206" spans="1:2">
       <x:c r="A3206" s="2">
-        <x:v>41295</x:v>
+        <x:v>41326</x:v>
       </x:c>
       <x:c r="B3206" s="3">
-        <x:v>107522.35</x:v>
+        <x:v>107577.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3207" spans="1:2">
       <x:c r="A3207" s="2">
-        <x:v>41294</x:v>
+        <x:v>41325</x:v>
       </x:c>
       <x:c r="B3207" s="3">
-        <x:v>107518.93</x:v>
+        <x:v>107574.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3208" spans="1:2">
       <x:c r="A3208" s="2">
-        <x:v>41291</x:v>
+        <x:v>41324</x:v>
       </x:c>
       <x:c r="B3208" s="3">
-        <x:v>107512.61</x:v>
+        <x:v>107572.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3209" spans="1:2">
       <x:c r="A3209" s="2">
-        <x:v>41290</x:v>
+        <x:v>41323</x:v>
       </x:c>
       <x:c r="B3209" s="3">
-        <x:v>107511.26</x:v>
+        <x:v>107571.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3210" spans="1:2">
       <x:c r="A3210" s="2">
-        <x:v>41289</x:v>
+        <x:v>41322</x:v>
       </x:c>
       <x:c r="B3210" s="3">
-        <x:v>107508.38</x:v>
+        <x:v>107568.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3211" spans="1:2">
       <x:c r="A3211" s="2">
-        <x:v>41288</x:v>
+        <x:v>41319</x:v>
       </x:c>
       <x:c r="B3211" s="3">
-        <x:v>107505</x:v>
+        <x:v>107563.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3212" spans="1:2">
       <x:c r="A3212" s="2">
-        <x:v>41287</x:v>
+        <x:v>41318</x:v>
       </x:c>
       <x:c r="B3212" s="3">
-        <x:v>107503.21</x:v>
+        <x:v>107561.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3213" spans="1:2">
       <x:c r="A3213" s="2">
-        <x:v>41284</x:v>
+        <x:v>41317</x:v>
       </x:c>
       <x:c r="B3213" s="3">
-        <x:v>107497.43</x:v>
+        <x:v>107559.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3214" spans="1:2">
       <x:c r="A3214" s="2">
-        <x:v>41283</x:v>
+        <x:v>41316</x:v>
       </x:c>
       <x:c r="B3214" s="3">
-        <x:v>107495.59</x:v>
+        <x:v>107557.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3215" spans="1:2">
       <x:c r="A3215" s="2">
-        <x:v>41282</x:v>
+        <x:v>41315</x:v>
       </x:c>
       <x:c r="B3215" s="3">
-        <x:v>107492.06</x:v>
+        <x:v>107555.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3216" spans="1:2">
       <x:c r="A3216" s="2">
-        <x:v>41281</x:v>
+        <x:v>41312</x:v>
       </x:c>
       <x:c r="B3216" s="3">
-        <x:v>107489.32</x:v>
+        <x:v>107549.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3217" spans="1:2">
       <x:c r="A3217" s="2">
-        <x:v>41280</x:v>
+        <x:v>41311</x:v>
       </x:c>
       <x:c r="B3217" s="3">
-        <x:v>107485.73</x:v>
+        <x:v>107548.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3218" spans="1:2">
       <x:c r="A3218" s="2">
-        <x:v>41277</x:v>
+        <x:v>41310</x:v>
       </x:c>
       <x:c r="B3218" s="3">
-        <x:v>107480.66</x:v>
+        <x:v>107544.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3219" spans="1:2">
       <x:c r="A3219" s="2">
-        <x:v>41276</x:v>
+        <x:v>41309</x:v>
       </x:c>
       <x:c r="B3219" s="3">
-        <x:v>107480.02</x:v>
+        <x:v>107542.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3220" spans="1:2">
       <x:c r="A3220" s="2">
-        <x:v>41275</x:v>
+        <x:v>41308</x:v>
       </x:c>
       <x:c r="B3220" s="3">
-        <x:v>107478.14</x:v>
+        <x:v>107542.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3221" spans="1:2">
       <x:c r="A3221" s="2">
-        <x:v>41273</x:v>
+        <x:v>41305</x:v>
       </x:c>
       <x:c r="B3221" s="3">
-        <x:v>107475.29</x:v>
+        <x:v>107537.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3222" spans="1:2">
       <x:c r="A3222" s="2">
-        <x:v>41270</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="B3222" s="3">
-        <x:v>107471.17</x:v>
+        <x:v>107536.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3223" spans="1:2">
       <x:c r="A3223" s="2">
-        <x:v>41269</x:v>
+        <x:v>41303</x:v>
       </x:c>
       <x:c r="B3223" s="3">
-        <x:v>107470.03</x:v>
+        <x:v>107535.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3224" spans="1:2">
       <x:c r="A3224" s="2">
-        <x:v>41266</x:v>
+        <x:v>41302</x:v>
       </x:c>
       <x:c r="B3224" s="3">
-        <x:v>107463.87</x:v>
+        <x:v>107533.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3225" spans="1:2">
       <x:c r="A3225" s="2">
-        <x:v>41263</x:v>
+        <x:v>41301</x:v>
       </x:c>
       <x:c r="B3225" s="3">
-        <x:v>107457.43</x:v>
+        <x:v>107532.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3226" spans="1:2">
       <x:c r="A3226" s="2">
-        <x:v>41262</x:v>
+        <x:v>41298</x:v>
       </x:c>
       <x:c r="B3226" s="3">
-        <x:v>107455.1</x:v>
+        <x:v>107530.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3227" spans="1:2">
       <x:c r="A3227" s="2">
-        <x:v>41261</x:v>
+        <x:v>41297</x:v>
       </x:c>
       <x:c r="B3227" s="3">
-        <x:v>107452.47</x:v>
+        <x:v>107527.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3228" spans="1:2">
       <x:c r="A3228" s="2">
-        <x:v>41260</x:v>
+        <x:v>41296</x:v>
       </x:c>
       <x:c r="B3228" s="3">
-        <x:v>107448.68</x:v>
+        <x:v>107524.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3229" spans="1:2">
       <x:c r="A3229" s="2">
-        <x:v>41259</x:v>
+        <x:v>41295</x:v>
       </x:c>
       <x:c r="B3229" s="3">
-        <x:v>107446.88</x:v>
+        <x:v>107522.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3230" spans="1:2">
       <x:c r="A3230" s="2">
-        <x:v>41256</x:v>
+        <x:v>41294</x:v>
       </x:c>
       <x:c r="B3230" s="3">
-        <x:v>107440.62</x:v>
+        <x:v>107518.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3231" spans="1:2">
       <x:c r="A3231" s="2">
-        <x:v>41255</x:v>
+        <x:v>41291</x:v>
       </x:c>
       <x:c r="B3231" s="3">
-        <x:v>107439.51</x:v>
+        <x:v>107512.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3232" spans="1:2">
       <x:c r="A3232" s="2">
-        <x:v>41254</x:v>
+        <x:v>41290</x:v>
       </x:c>
       <x:c r="B3232" s="3">
-        <x:v>107438.17</x:v>
+        <x:v>107511.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3233" spans="1:2">
       <x:c r="A3233" s="2">
-        <x:v>41253</x:v>
+        <x:v>41289</x:v>
       </x:c>
       <x:c r="B3233" s="3">
-        <x:v>107437.16</x:v>
+        <x:v>107508.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3234" spans="1:2">
       <x:c r="A3234" s="2">
-        <x:v>41252</x:v>
+        <x:v>41288</x:v>
       </x:c>
       <x:c r="B3234" s="3">
-        <x:v>107435.61</x:v>
+        <x:v>107505</x:v>
       </x:c>
     </x:row>
     <x:row r="3235" spans="1:2">
       <x:c r="A3235" s="2">
-        <x:v>41249</x:v>
+        <x:v>41287</x:v>
       </x:c>
       <x:c r="B3235" s="3">
-        <x:v>107429.88</x:v>
+        <x:v>107503.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3236" spans="1:2">
       <x:c r="A3236" s="2">
-        <x:v>41248</x:v>
+        <x:v>41284</x:v>
       </x:c>
       <x:c r="B3236" s="3">
-        <x:v>107428.4</x:v>
+        <x:v>107497.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3237" spans="1:2">
       <x:c r="A3237" s="2">
-        <x:v>41247</x:v>
+        <x:v>41283</x:v>
       </x:c>
       <x:c r="B3237" s="3">
-        <x:v>107425.25</x:v>
+        <x:v>107495.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3238" spans="1:2">
       <x:c r="A3238" s="2">
-        <x:v>41246</x:v>
+        <x:v>41282</x:v>
       </x:c>
       <x:c r="B3238" s="3">
-        <x:v>107422.65</x:v>
+        <x:v>107492.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3239" spans="1:2">
       <x:c r="A3239" s="2">
-        <x:v>41245</x:v>
+        <x:v>41281</x:v>
       </x:c>
       <x:c r="B3239" s="3">
-        <x:v>107420.38</x:v>
+        <x:v>107489.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3240" spans="1:2">
       <x:c r="A3240" s="2">
-        <x:v>41242</x:v>
+        <x:v>41280</x:v>
       </x:c>
       <x:c r="B3240" s="3">
-        <x:v>107413.87</x:v>
+        <x:v>107485.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3241" spans="1:2">
       <x:c r="A3241" s="2">
-        <x:v>41241</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="B3241" s="3">
-        <x:v>107411.85</x:v>
+        <x:v>107480.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3242" spans="1:2">
       <x:c r="A3242" s="2">
-        <x:v>41240</x:v>
+        <x:v>41276</x:v>
       </x:c>
       <x:c r="B3242" s="3">
-        <x:v>107410.28</x:v>
+        <x:v>107480.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3243" spans="1:2">
       <x:c r="A3243" s="2">
-        <x:v>41239</x:v>
+        <x:v>41275</x:v>
       </x:c>
       <x:c r="B3243" s="3">
-        <x:v>107408.46</x:v>
+        <x:v>107478.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3244" spans="1:2">
       <x:c r="A3244" s="2">
-        <x:v>41238</x:v>
+        <x:v>41273</x:v>
       </x:c>
       <x:c r="B3244" s="3">
-        <x:v>107406.42</x:v>
+        <x:v>107475.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3245" spans="1:2">
       <x:c r="A3245" s="2">
-        <x:v>41235</x:v>
+        <x:v>41270</x:v>
       </x:c>
       <x:c r="B3245" s="3">
-        <x:v>107401.33</x:v>
+        <x:v>107471.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3246" spans="1:2">
       <x:c r="A3246" s="2">
-        <x:v>41234</x:v>
+        <x:v>41269</x:v>
       </x:c>
       <x:c r="B3246" s="3">
-        <x:v>107400.86</x:v>
+        <x:v>107470.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3247" spans="1:2">
       <x:c r="A3247" s="2">
-        <x:v>41233</x:v>
+        <x:v>41266</x:v>
       </x:c>
       <x:c r="B3247" s="3">
-        <x:v>107399.19</x:v>
+        <x:v>107463.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3248" spans="1:2">
       <x:c r="A3248" s="2">
-        <x:v>41232</x:v>
+        <x:v>41263</x:v>
       </x:c>
       <x:c r="B3248" s="3">
-        <x:v>107397.03</x:v>
+        <x:v>107457.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3249" spans="1:2">
       <x:c r="A3249" s="2">
-        <x:v>41231</x:v>
+        <x:v>41262</x:v>
       </x:c>
       <x:c r="B3249" s="3">
-        <x:v>107395.88</x:v>
+        <x:v>107455.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3250" spans="1:2">
       <x:c r="A3250" s="2">
-        <x:v>41228</x:v>
+        <x:v>41261</x:v>
       </x:c>
       <x:c r="B3250" s="3">
-        <x:v>107391.7</x:v>
+        <x:v>107452.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3251" spans="1:2">
       <x:c r="A3251" s="2">
-        <x:v>41227</x:v>
+        <x:v>41260</x:v>
       </x:c>
       <x:c r="B3251" s="3">
-        <x:v>107389.19</x:v>
+        <x:v>107448.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3252" spans="1:2">
       <x:c r="A3252" s="2">
-        <x:v>41226</x:v>
+        <x:v>41259</x:v>
       </x:c>
       <x:c r="B3252" s="3">
-        <x:v>107387.64</x:v>
+        <x:v>107446.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3253" spans="1:2">
       <x:c r="A3253" s="2">
-        <x:v>41225</x:v>
+        <x:v>41256</x:v>
       </x:c>
       <x:c r="B3253" s="3">
-        <x:v>107386.24</x:v>
+        <x:v>107440.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3254" spans="1:2">
       <x:c r="A3254" s="2">
-        <x:v>41224</x:v>
+        <x:v>41255</x:v>
       </x:c>
       <x:c r="B3254" s="3">
-        <x:v>107385.1</x:v>
+        <x:v>107439.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3255" spans="1:2">
       <x:c r="A3255" s="2">
-        <x:v>41221</x:v>
+        <x:v>41254</x:v>
       </x:c>
       <x:c r="B3255" s="3">
-        <x:v>107380.49</x:v>
+        <x:v>107438.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3256" spans="1:2">
       <x:c r="A3256" s="2">
-        <x:v>41220</x:v>
+        <x:v>41253</x:v>
       </x:c>
       <x:c r="B3256" s="3">
-        <x:v>107378.96</x:v>
+        <x:v>107437.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3257" spans="1:2">
       <x:c r="A3257" s="2">
-        <x:v>41219</x:v>
+        <x:v>41252</x:v>
       </x:c>
       <x:c r="B3257" s="3">
-        <x:v>107378.01</x:v>
+        <x:v>107435.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3258" spans="1:2">
       <x:c r="A3258" s="2">
-        <x:v>41218</x:v>
+        <x:v>41249</x:v>
       </x:c>
       <x:c r="B3258" s="3">
-        <x:v>107375.99</x:v>
+        <x:v>107429.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3259" spans="1:2">
       <x:c r="A3259" s="2">
-        <x:v>41217</x:v>
+        <x:v>41248</x:v>
       </x:c>
       <x:c r="B3259" s="3">
-        <x:v>107374.44</x:v>
+        <x:v>107428.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3260" spans="1:2">
       <x:c r="A3260" s="2">
-        <x:v>41214</x:v>
+        <x:v>41247</x:v>
       </x:c>
       <x:c r="B3260" s="3">
-        <x:v>107370.75</x:v>
+        <x:v>107425.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3261" spans="1:2">
       <x:c r="A3261" s="2">
-        <x:v>41212</x:v>
+        <x:v>41246</x:v>
       </x:c>
       <x:c r="B3261" s="3">
-        <x:v>107368.04</x:v>
+        <x:v>107422.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3262" spans="1:2">
       <x:c r="A3262" s="2">
-        <x:v>41211</x:v>
+        <x:v>41245</x:v>
       </x:c>
       <x:c r="B3262" s="3">
-        <x:v>107367.12</x:v>
+        <x:v>107420.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3263" spans="1:2">
       <x:c r="A3263" s="2">
-        <x:v>41210</x:v>
+        <x:v>41242</x:v>
       </x:c>
       <x:c r="B3263" s="3">
-        <x:v>107365.05</x:v>
+        <x:v>107413.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3264" spans="1:2">
       <x:c r="A3264" s="2">
-        <x:v>41207</x:v>
+        <x:v>41241</x:v>
       </x:c>
       <x:c r="B3264" s="3">
-        <x:v>107359.3</x:v>
+        <x:v>107411.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3265" spans="1:2">
       <x:c r="A3265" s="2">
-        <x:v>41206</x:v>
+        <x:v>41240</x:v>
       </x:c>
       <x:c r="B3265" s="3">
-        <x:v>107356.51</x:v>
+        <x:v>107410.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3266" spans="1:2">
       <x:c r="A3266" s="2">
-        <x:v>41205</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="B3266" s="3">
-        <x:v>107355.44</x:v>
+        <x:v>107408.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3267" spans="1:2">
       <x:c r="A3267" s="2">
-        <x:v>41204</x:v>
+        <x:v>41238</x:v>
       </x:c>
       <x:c r="B3267" s="3">
-        <x:v>107350.52</x:v>
+        <x:v>107406.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3268" spans="1:2">
       <x:c r="A3268" s="2">
-        <x:v>41203</x:v>
+        <x:v>41235</x:v>
       </x:c>
       <x:c r="B3268" s="3">
-        <x:v>107347.68</x:v>
+        <x:v>107401.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3269" spans="1:2">
       <x:c r="A3269" s="2">
-        <x:v>41200</x:v>
+        <x:v>41234</x:v>
       </x:c>
       <x:c r="B3269" s="3">
-        <x:v>107344.42</x:v>
+        <x:v>107400.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3270" spans="1:2">
       <x:c r="A3270" s="2">
-        <x:v>41199</x:v>
+        <x:v>41233</x:v>
       </x:c>
       <x:c r="B3270" s="3">
-        <x:v>107342.87</x:v>
+        <x:v>107399.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3271" spans="1:2">
       <x:c r="A3271" s="2">
-        <x:v>41198</x:v>
+        <x:v>41232</x:v>
       </x:c>
       <x:c r="B3271" s="3">
-        <x:v>107340.43</x:v>
+        <x:v>107397.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3272" spans="1:2">
       <x:c r="A3272" s="2">
-        <x:v>41197</x:v>
+        <x:v>41231</x:v>
       </x:c>
       <x:c r="B3272" s="3">
-        <x:v>107338.28</x:v>
+        <x:v>107395.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3273" spans="1:2">
       <x:c r="A3273" s="2">
-        <x:v>41196</x:v>
+        <x:v>41228</x:v>
       </x:c>
       <x:c r="B3273" s="3">
-        <x:v>107335.75</x:v>
+        <x:v>107391.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3274" spans="1:2">
       <x:c r="A3274" s="2">
-        <x:v>41193</x:v>
+        <x:v>41227</x:v>
       </x:c>
       <x:c r="B3274" s="3">
-        <x:v>107327.6</x:v>
+        <x:v>107389.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3275" spans="1:2">
       <x:c r="A3275" s="2">
-        <x:v>41192</x:v>
+        <x:v>41226</x:v>
       </x:c>
       <x:c r="B3275" s="3">
-        <x:v>107325.06</x:v>
+        <x:v>107387.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3276" spans="1:2">
       <x:c r="A3276" s="2">
-        <x:v>41191</x:v>
+        <x:v>41225</x:v>
       </x:c>
       <x:c r="B3276" s="3">
-        <x:v>107323.89</x:v>
+        <x:v>107386.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3277" spans="1:2">
       <x:c r="A3277" s="2">
-        <x:v>41190</x:v>
+        <x:v>41224</x:v>
       </x:c>
       <x:c r="B3277" s="3">
-        <x:v>107322.41</x:v>
+        <x:v>107385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3278" spans="1:2">
       <x:c r="A3278" s="2">
-        <x:v>41189</x:v>
+        <x:v>41221</x:v>
       </x:c>
       <x:c r="B3278" s="3">
-        <x:v>107319.75</x:v>
+        <x:v>107380.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3279" spans="1:2">
       <x:c r="A3279" s="2">
-        <x:v>41186</x:v>
+        <x:v>41220</x:v>
       </x:c>
       <x:c r="B3279" s="3">
-        <x:v>107314.35</x:v>
+        <x:v>107378.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3280" spans="1:2">
       <x:c r="A3280" s="2">
-        <x:v>41185</x:v>
+        <x:v>41219</x:v>
       </x:c>
       <x:c r="B3280" s="3">
-        <x:v>107312.13</x:v>
+        <x:v>107378.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3281" spans="1:2">
       <x:c r="A3281" s="2">
-        <x:v>41184</x:v>
+        <x:v>41218</x:v>
       </x:c>
       <x:c r="B3281" s="3">
-        <x:v>107307.25</x:v>
+        <x:v>107375.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3282" spans="1:2">
       <x:c r="A3282" s="2">
-        <x:v>41183</x:v>
+        <x:v>41217</x:v>
       </x:c>
       <x:c r="B3282" s="3">
-        <x:v>107304.45</x:v>
+        <x:v>107374.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3283" spans="1:2">
       <x:c r="A3283" s="2">
-        <x:v>41182</x:v>
+        <x:v>41214</x:v>
       </x:c>
       <x:c r="B3283" s="3">
-        <x:v>107302.54</x:v>
+        <x:v>107370.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3284" spans="1:2">
       <x:c r="A3284" s="2">
-        <x:v>41179</x:v>
+        <x:v>41212</x:v>
       </x:c>
       <x:c r="B3284" s="3">
-        <x:v>107295.77</x:v>
+        <x:v>107368.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3285" spans="1:2">
       <x:c r="A3285" s="2">
-        <x:v>41178</x:v>
+        <x:v>41211</x:v>
       </x:c>
       <x:c r="B3285" s="3">
-        <x:v>107294.18</x:v>
+        <x:v>107367.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3286" spans="1:2">
       <x:c r="A3286" s="2">
-        <x:v>41177</x:v>
+        <x:v>41210</x:v>
       </x:c>
       <x:c r="B3286" s="3">
-        <x:v>107293.59</x:v>
+        <x:v>107365.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3287" spans="1:2">
       <x:c r="A3287" s="2">
-        <x:v>41176</x:v>
+        <x:v>41207</x:v>
       </x:c>
       <x:c r="B3287" s="3">
-        <x:v>107291.46</x:v>
+        <x:v>107359.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3288" spans="1:2">
       <x:c r="A3288" s="2">
-        <x:v>41175</x:v>
+        <x:v>41206</x:v>
       </x:c>
       <x:c r="B3288" s="3">
-        <x:v>107289.62</x:v>
+        <x:v>107356.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3289" spans="1:2">
       <x:c r="A3289" s="2">
-        <x:v>41172</x:v>
+        <x:v>41205</x:v>
       </x:c>
       <x:c r="B3289" s="3">
-        <x:v>107283.76</x:v>
+        <x:v>107355.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3290" spans="1:2">
       <x:c r="A3290" s="2">
-        <x:v>41171</x:v>
+        <x:v>41204</x:v>
       </x:c>
       <x:c r="B3290" s="3">
-        <x:v>107280.51</x:v>
+        <x:v>107350.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3291" spans="1:2">
       <x:c r="A3291" s="2">
-        <x:v>41170</x:v>
+        <x:v>41203</x:v>
       </x:c>
       <x:c r="B3291" s="3">
-        <x:v>107277.09</x:v>
+        <x:v>107347.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3292" spans="1:2">
       <x:c r="A3292" s="2">
-        <x:v>41169</x:v>
+        <x:v>41200</x:v>
       </x:c>
       <x:c r="B3292" s="3">
-        <x:v>107274.01</x:v>
+        <x:v>107344.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3293" spans="1:2">
       <x:c r="A3293" s="2">
-        <x:v>41168</x:v>
+        <x:v>41199</x:v>
       </x:c>
       <x:c r="B3293" s="3">
-        <x:v>107271.33</x:v>
+        <x:v>107342.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3294" spans="1:2">
       <x:c r="A3294" s="2">
-        <x:v>41165</x:v>
+        <x:v>41198</x:v>
       </x:c>
       <x:c r="B3294" s="3">
-        <x:v>107265.34</x:v>
+        <x:v>107340.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3295" spans="1:2">
       <x:c r="A3295" s="2">
-        <x:v>41164</x:v>
+        <x:v>41197</x:v>
       </x:c>
       <x:c r="B3295" s="3">
-        <x:v>107262.02</x:v>
+        <x:v>107338.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3296" spans="1:2">
       <x:c r="A3296" s="2">
-        <x:v>41163</x:v>
+        <x:v>41196</x:v>
       </x:c>
       <x:c r="B3296" s="3">
-        <x:v>107259.5</x:v>
+        <x:v>107335.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3297" spans="1:2">
       <x:c r="A3297" s="2">
-        <x:v>41162</x:v>
+        <x:v>41193</x:v>
       </x:c>
       <x:c r="B3297" s="3">
-        <x:v>107256.54</x:v>
+        <x:v>107327.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3298" spans="1:2">
       <x:c r="A3298" s="2">
-        <x:v>41161</x:v>
+        <x:v>41192</x:v>
       </x:c>
       <x:c r="B3298" s="3">
-        <x:v>107251.49</x:v>
+        <x:v>107325.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3299" spans="1:2">
       <x:c r="A3299" s="2">
-        <x:v>41158</x:v>
+        <x:v>41191</x:v>
       </x:c>
       <x:c r="B3299" s="3">
-        <x:v>107245.11</x:v>
+        <x:v>107323.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3300" spans="1:2">
       <x:c r="A3300" s="2">
-        <x:v>41157</x:v>
+        <x:v>41190</x:v>
       </x:c>
       <x:c r="B3300" s="3">
-        <x:v>107241.74</x:v>
+        <x:v>107322.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3301" spans="1:2">
       <x:c r="A3301" s="2">
-        <x:v>41156</x:v>
+        <x:v>41189</x:v>
       </x:c>
       <x:c r="B3301" s="3">
-        <x:v>107239.63</x:v>
+        <x:v>107319.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3302" spans="1:2">
       <x:c r="A3302" s="2">
-        <x:v>41155</x:v>
+        <x:v>41186</x:v>
       </x:c>
       <x:c r="B3302" s="3">
-        <x:v>107231.88</x:v>
+        <x:v>107314.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3303" spans="1:2">
       <x:c r="A3303" s="2">
-        <x:v>41154</x:v>
+        <x:v>41185</x:v>
       </x:c>
       <x:c r="B3303" s="3">
-        <x:v>107215.03</x:v>
+        <x:v>107312.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3304" spans="1:2">
       <x:c r="A3304" s="2">
-        <x:v>41151</x:v>
+        <x:v>41184</x:v>
       </x:c>
       <x:c r="B3304" s="3">
-        <x:v>107209.59</x:v>
+        <x:v>107307.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3305" spans="1:2">
       <x:c r="A3305" s="2">
-        <x:v>41150</x:v>
+        <x:v>41183</x:v>
       </x:c>
       <x:c r="B3305" s="3">
-        <x:v>107204.5</x:v>
+        <x:v>107304.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3306" spans="1:2">
       <x:c r="A3306" s="2">
-        <x:v>41149</x:v>
+        <x:v>41182</x:v>
       </x:c>
       <x:c r="B3306" s="3">
-        <x:v>107199.83</x:v>
+        <x:v>107302.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3307" spans="1:2">
       <x:c r="A3307" s="2">
-        <x:v>41148</x:v>
+        <x:v>41179</x:v>
       </x:c>
       <x:c r="B3307" s="3">
-        <x:v>107195.38</x:v>
+        <x:v>107295.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3308" spans="1:2">
       <x:c r="A3308" s="2">
-        <x:v>41147</x:v>
+        <x:v>41178</x:v>
       </x:c>
       <x:c r="B3308" s="3">
-        <x:v>107193.78</x:v>
+        <x:v>107294.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3309" spans="1:2">
       <x:c r="A3309" s="2">
-        <x:v>41144</x:v>
+        <x:v>41177</x:v>
       </x:c>
       <x:c r="B3309" s="3">
-        <x:v>107188.64</x:v>
+        <x:v>107293.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3310" spans="1:2">
       <x:c r="A3310" s="2">
-        <x:v>41143</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="B3310" s="3">
-        <x:v>107187.12</x:v>
+        <x:v>107291.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3311" spans="1:2">
       <x:c r="A3311" s="2">
-        <x:v>41142</x:v>
+        <x:v>41175</x:v>
       </x:c>
       <x:c r="B3311" s="3">
-        <x:v>107184.7</x:v>
+        <x:v>107289.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3312" spans="1:2">
       <x:c r="A3312" s="2">
-        <x:v>41141</x:v>
+        <x:v>41172</x:v>
       </x:c>
       <x:c r="B3312" s="3">
-        <x:v>107180.48</x:v>
+        <x:v>107283.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3313" spans="1:2">
       <x:c r="A3313" s="2">
-        <x:v>41140</x:v>
+        <x:v>41171</x:v>
       </x:c>
       <x:c r="B3313" s="3">
-        <x:v>107176.82</x:v>
+        <x:v>107280.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3314" spans="1:2">
       <x:c r="A3314" s="2">
-        <x:v>41137</x:v>
+        <x:v>41170</x:v>
       </x:c>
       <x:c r="B3314" s="3">
-        <x:v>107168.52</x:v>
+        <x:v>107277.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3315" spans="1:2">
       <x:c r="A3315" s="2">
-        <x:v>41136</x:v>
+        <x:v>41169</x:v>
       </x:c>
       <x:c r="B3315" s="3">
-        <x:v>107163.13</x:v>
+        <x:v>107274.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3316" spans="1:2">
       <x:c r="A3316" s="2">
-        <x:v>41134</x:v>
+        <x:v>41168</x:v>
       </x:c>
       <x:c r="B3316" s="3">
-        <x:v>107157.85</x:v>
+        <x:v>107271.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3317" spans="1:2">
       <x:c r="A3317" s="2">
-        <x:v>41133</x:v>
+        <x:v>41165</x:v>
       </x:c>
       <x:c r="B3317" s="3">
-        <x:v>107155.01</x:v>
+        <x:v>107265.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3318" spans="1:2">
       <x:c r="A3318" s="2">
-        <x:v>41130</x:v>
+        <x:v>41164</x:v>
       </x:c>
       <x:c r="B3318" s="3">
-        <x:v>107147.11</x:v>
+        <x:v>107262.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3319" spans="1:2">
       <x:c r="A3319" s="2">
-        <x:v>41129</x:v>
+        <x:v>41163</x:v>
       </x:c>
       <x:c r="B3319" s="3">
-        <x:v>107143.05</x:v>
+        <x:v>107259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3320" spans="1:2">
       <x:c r="A3320" s="2">
-        <x:v>41128</x:v>
+        <x:v>41162</x:v>
       </x:c>
       <x:c r="B3320" s="3">
-        <x:v>107138.63</x:v>
+        <x:v>107256.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3321" spans="1:2">
       <x:c r="A3321" s="2">
-        <x:v>41127</x:v>
+        <x:v>41161</x:v>
       </x:c>
       <x:c r="B3321" s="3">
-        <x:v>107134.19</x:v>
+        <x:v>107251.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3322" spans="1:2">
       <x:c r="A3322" s="2">
-        <x:v>41126</x:v>
+        <x:v>41158</x:v>
       </x:c>
       <x:c r="B3322" s="3">
-        <x:v>107129.78</x:v>
+        <x:v>107245.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3323" spans="1:2">
       <x:c r="A3323" s="2">
-        <x:v>41123</x:v>
+        <x:v>41157</x:v>
       </x:c>
       <x:c r="B3323" s="3">
-        <x:v>107120.72</x:v>
+        <x:v>107241.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3324" spans="1:2">
       <x:c r="A3324" s="2">
-        <x:v>41122</x:v>
+        <x:v>41156</x:v>
       </x:c>
       <x:c r="B3324" s="3">
-        <x:v>107118.8</x:v>
+        <x:v>107239.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3325" spans="1:2">
       <x:c r="A3325" s="2">
-        <x:v>41121</x:v>
+        <x:v>41155</x:v>
       </x:c>
       <x:c r="B3325" s="3">
-        <x:v>107115.13</x:v>
+        <x:v>107231.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3326" spans="1:2">
       <x:c r="A3326" s="2">
-        <x:v>41120</x:v>
+        <x:v>41154</x:v>
       </x:c>
       <x:c r="B3326" s="3">
-        <x:v>107113.27</x:v>
+        <x:v>107215.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3327" spans="1:2">
       <x:c r="A3327" s="2">
-        <x:v>41119</x:v>
+        <x:v>41151</x:v>
       </x:c>
       <x:c r="B3327" s="3">
-        <x:v>107111.27</x:v>
+        <x:v>107209.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3328" spans="1:2">
       <x:c r="A3328" s="2">
-        <x:v>41116</x:v>
+        <x:v>41150</x:v>
       </x:c>
       <x:c r="B3328" s="3">
-        <x:v>107103.4</x:v>
+        <x:v>107204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3329" spans="1:2">
       <x:c r="A3329" s="2">
-        <x:v>41115</x:v>
+        <x:v>41149</x:v>
       </x:c>
       <x:c r="B3329" s="3">
-        <x:v>107101.09</x:v>
+        <x:v>107199.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3330" spans="1:2">
       <x:c r="A3330" s="2">
-        <x:v>41114</x:v>
+        <x:v>41148</x:v>
       </x:c>
       <x:c r="B3330" s="3">
-        <x:v>107098.43</x:v>
+        <x:v>107195.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3331" spans="1:2">
       <x:c r="A3331" s="2">
-        <x:v>41113</x:v>
+        <x:v>41147</x:v>
       </x:c>
       <x:c r="B3331" s="3">
-        <x:v>107097.82</x:v>
+        <x:v>107193.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3332" spans="1:2">
       <x:c r="A3332" s="2">
-        <x:v>41112</x:v>
+        <x:v>41144</x:v>
       </x:c>
       <x:c r="B3332" s="3">
-        <x:v>107096.06</x:v>
+        <x:v>107188.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3333" spans="1:2">
       <x:c r="A3333" s="2">
-        <x:v>41109</x:v>
+        <x:v>41143</x:v>
       </x:c>
       <x:c r="B3333" s="3">
-        <x:v>107089.45</x:v>
+        <x:v>107187.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3334" spans="1:2">
       <x:c r="A3334" s="2">
-        <x:v>41108</x:v>
+        <x:v>41142</x:v>
       </x:c>
       <x:c r="B3334" s="3">
-        <x:v>107087.64</x:v>
+        <x:v>107184.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3335" spans="1:2">
       <x:c r="A3335" s="2">
-        <x:v>41107</x:v>
+        <x:v>41141</x:v>
       </x:c>
       <x:c r="B3335" s="3">
-        <x:v>107084.94</x:v>
+        <x:v>107180.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3336" spans="1:2">
       <x:c r="A3336" s="2">
-        <x:v>41106</x:v>
+        <x:v>41140</x:v>
       </x:c>
       <x:c r="B3336" s="3">
-        <x:v>107083.06</x:v>
+        <x:v>107176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3337" spans="1:2">
       <x:c r="A3337" s="2">
-        <x:v>41105</x:v>
+        <x:v>41137</x:v>
       </x:c>
       <x:c r="B3337" s="3">
-        <x:v>107078.45</x:v>
+        <x:v>107168.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3338" spans="1:2">
       <x:c r="A3338" s="2">
-        <x:v>41102</x:v>
+        <x:v>41136</x:v>
       </x:c>
       <x:c r="B3338" s="3">
-        <x:v>107071.39</x:v>
+        <x:v>107163.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3339" spans="1:2">
       <x:c r="A3339" s="2">
-        <x:v>41101</x:v>
+        <x:v>41134</x:v>
       </x:c>
       <x:c r="B3339" s="3">
-        <x:v>107065.22</x:v>
+        <x:v>107157.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3340" spans="1:2">
       <x:c r="A3340" s="2">
-        <x:v>41100</x:v>
+        <x:v>41133</x:v>
       </x:c>
       <x:c r="B3340" s="3">
-        <x:v>107058.73</x:v>
+        <x:v>107155.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3341" spans="1:2">
       <x:c r="A3341" s="2">
-        <x:v>41099</x:v>
+        <x:v>41130</x:v>
       </x:c>
       <x:c r="B3341" s="3">
-        <x:v>107053.03</x:v>
+        <x:v>107147.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3342" spans="1:2">
       <x:c r="A3342" s="2">
-        <x:v>41098</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="B3342" s="3">
-        <x:v>107049.41</x:v>
+        <x:v>107143.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3343" spans="1:2">
       <x:c r="A3343" s="2">
-        <x:v>41095</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="B3343" s="3">
-        <x:v>107039.84</x:v>
+        <x:v>107138.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3344" spans="1:2">
       <x:c r="A3344" s="2">
-        <x:v>41094</x:v>
+        <x:v>41127</x:v>
       </x:c>
       <x:c r="B3344" s="3">
-        <x:v>107038.78</x:v>
+        <x:v>107134.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3345" spans="1:2">
       <x:c r="A3345" s="2">
-        <x:v>41093</x:v>
+        <x:v>41126</x:v>
       </x:c>
       <x:c r="B3345" s="3">
-        <x:v>107034.55</x:v>
+        <x:v>107129.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3346" spans="1:2">
       <x:c r="A3346" s="2">
-        <x:v>41092</x:v>
+        <x:v>41123</x:v>
       </x:c>
       <x:c r="B3346" s="3">
-        <x:v>107031.31</x:v>
+        <x:v>107120.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3347" spans="1:2">
       <x:c r="A3347" s="2">
-        <x:v>41091</x:v>
+        <x:v>41122</x:v>
       </x:c>
       <x:c r="B3347" s="3">
-        <x:v>107026.57</x:v>
+        <x:v>107118.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3348" spans="1:2">
       <x:c r="A3348" s="2">
-        <x:v>41088</x:v>
+        <x:v>41121</x:v>
       </x:c>
       <x:c r="B3348" s="3">
-        <x:v>107018.54</x:v>
+        <x:v>107115.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3349" spans="1:2">
       <x:c r="A3349" s="2">
-        <x:v>41087</x:v>
+        <x:v>41120</x:v>
       </x:c>
       <x:c r="B3349" s="3">
-        <x:v>107015.69</x:v>
+        <x:v>107113.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3350" spans="1:2">
       <x:c r="A3350" s="2">
-        <x:v>41086</x:v>
+        <x:v>41119</x:v>
       </x:c>
       <x:c r="B3350" s="3">
-        <x:v>107013.94</x:v>
+        <x:v>107111.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3351" spans="1:2">
       <x:c r="A3351" s="2">
-        <x:v>41085</x:v>
+        <x:v>41116</x:v>
       </x:c>
       <x:c r="B3351" s="3">
-        <x:v>107011.83</x:v>
+        <x:v>107103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3352" spans="1:2">
       <x:c r="A3352" s="2">
-        <x:v>41084</x:v>
+        <x:v>41115</x:v>
       </x:c>
       <x:c r="B3352" s="3">
-        <x:v>107008.35</x:v>
+        <x:v>107101.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3353" spans="1:2">
       <x:c r="A3353" s="2">
-        <x:v>41081</x:v>
+        <x:v>41114</x:v>
       </x:c>
       <x:c r="B3353" s="3">
-        <x:v>106998.64</x:v>
+        <x:v>107098.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3354" spans="1:2">
       <x:c r="A3354" s="2">
-        <x:v>41080</x:v>
+        <x:v>41113</x:v>
       </x:c>
       <x:c r="B3354" s="3">
-        <x:v>106995.97</x:v>
+        <x:v>107097.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3355" spans="1:2">
       <x:c r="A3355" s="2">
-        <x:v>41079</x:v>
+        <x:v>41112</x:v>
       </x:c>
       <x:c r="B3355" s="3">
-        <x:v>106993.35</x:v>
+        <x:v>107096.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3356" spans="1:2">
       <x:c r="A3356" s="2">
-        <x:v>41078</x:v>
+        <x:v>41109</x:v>
       </x:c>
       <x:c r="B3356" s="3">
-        <x:v>106991.24</x:v>
+        <x:v>107089.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3357" spans="1:2">
       <x:c r="A3357" s="2">
-        <x:v>41077</x:v>
+        <x:v>41108</x:v>
       </x:c>
       <x:c r="B3357" s="3">
-        <x:v>106988.38</x:v>
+        <x:v>107087.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3358" spans="1:2">
       <x:c r="A3358" s="2">
-        <x:v>41074</x:v>
+        <x:v>41107</x:v>
       </x:c>
       <x:c r="B3358" s="3">
-        <x:v>106980.24</x:v>
+        <x:v>107084.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3359" spans="1:2">
       <x:c r="A3359" s="2">
-        <x:v>41073</x:v>
+        <x:v>41106</x:v>
       </x:c>
       <x:c r="B3359" s="3">
-        <x:v>106978.33</x:v>
+        <x:v>107083.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3360" spans="1:2">
       <x:c r="A3360" s="2">
-        <x:v>41072</x:v>
+        <x:v>41105</x:v>
       </x:c>
       <x:c r="B3360" s="3">
-        <x:v>106976.09</x:v>
+        <x:v>107078.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3361" spans="1:2">
       <x:c r="A3361" s="2">
-        <x:v>41071</x:v>
+        <x:v>41102</x:v>
       </x:c>
       <x:c r="B3361" s="3">
-        <x:v>106973.55</x:v>
+        <x:v>107071.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3362" spans="1:2">
       <x:c r="A3362" s="2">
-        <x:v>41070</x:v>
+        <x:v>41101</x:v>
       </x:c>
       <x:c r="B3362" s="3">
-        <x:v>106970.64</x:v>
+        <x:v>107065.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3363" spans="1:2">
       <x:c r="A3363" s="2">
-        <x:v>41067</x:v>
+        <x:v>41100</x:v>
       </x:c>
       <x:c r="B3363" s="3">
-        <x:v>106963.19</x:v>
+        <x:v>107058.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3364" spans="1:2">
       <x:c r="A3364" s="2">
-        <x:v>41066</x:v>
+        <x:v>41099</x:v>
       </x:c>
       <x:c r="B3364" s="3">
-        <x:v>106961.41</x:v>
+        <x:v>107053.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3365" spans="1:2">
       <x:c r="A3365" s="2">
-        <x:v>41065</x:v>
+        <x:v>41098</x:v>
       </x:c>
       <x:c r="B3365" s="3">
-        <x:v>106958.2</x:v>
+        <x:v>107049.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3366" spans="1:2">
       <x:c r="A3366" s="2">
-        <x:v>41064</x:v>
+        <x:v>41095</x:v>
       </x:c>
       <x:c r="B3366" s="3">
-        <x:v>106955.21</x:v>
+        <x:v>107039.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3367" spans="1:2">
       <x:c r="A3367" s="2">
-        <x:v>41063</x:v>
+        <x:v>41094</x:v>
       </x:c>
       <x:c r="B3367" s="3">
-        <x:v>106952.88</x:v>
+        <x:v>107038.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3368" spans="1:2">
       <x:c r="A3368" s="2">
-        <x:v>41060</x:v>
+        <x:v>41093</x:v>
       </x:c>
       <x:c r="B3368" s="3">
-        <x:v>106946.29</x:v>
+        <x:v>107034.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3369" spans="1:2">
       <x:c r="A3369" s="2">
-        <x:v>41059</x:v>
+        <x:v>41092</x:v>
       </x:c>
       <x:c r="B3369" s="3">
-        <x:v>106944.59</x:v>
+        <x:v>107031.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3370" spans="1:2">
       <x:c r="A3370" s="2">
-        <x:v>41058</x:v>
+        <x:v>41091</x:v>
       </x:c>
       <x:c r="B3370" s="3">
-        <x:v>106942.1</x:v>
+        <x:v>107026.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3371" spans="1:2">
       <x:c r="A3371" s="2">
-        <x:v>41057</x:v>
+        <x:v>41088</x:v>
       </x:c>
       <x:c r="B3371" s="3">
-        <x:v>106940.1</x:v>
+        <x:v>107018.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3372" spans="1:2">
       <x:c r="A3372" s="2">
-        <x:v>41053</x:v>
+        <x:v>41087</x:v>
       </x:c>
       <x:c r="B3372" s="3">
-        <x:v>106930.41</x:v>
+        <x:v>107015.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3373" spans="1:2">
       <x:c r="A3373" s="2">
-        <x:v>41052</x:v>
+        <x:v>41086</x:v>
       </x:c>
       <x:c r="B3373" s="3">
-        <x:v>106928.92</x:v>
+        <x:v>107013.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3374" spans="1:2">
       <x:c r="A3374" s="2">
-        <x:v>41051</x:v>
+        <x:v>41085</x:v>
       </x:c>
       <x:c r="B3374" s="3">
-        <x:v>106925.91</x:v>
+        <x:v>107011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3375" spans="1:2">
       <x:c r="A3375" s="2">
-        <x:v>41050</x:v>
+        <x:v>41084</x:v>
       </x:c>
       <x:c r="B3375" s="3">
-        <x:v>106923.41</x:v>
+        <x:v>107008.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3376" spans="1:2">
       <x:c r="A3376" s="2">
-        <x:v>41049</x:v>
+        <x:v>41081</x:v>
       </x:c>
       <x:c r="B3376" s="3">
-        <x:v>106922.13</x:v>
+        <x:v>106998.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3377" spans="1:2">
       <x:c r="A3377" s="2">
-        <x:v>41046</x:v>
+        <x:v>41080</x:v>
       </x:c>
       <x:c r="B3377" s="3">
-        <x:v>106915.75</x:v>
+        <x:v>106995.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3378" spans="1:2">
       <x:c r="A3378" s="2">
-        <x:v>41044</x:v>
+        <x:v>41079</x:v>
       </x:c>
       <x:c r="B3378" s="3">
-        <x:v>106912.09</x:v>
+        <x:v>106993.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3379" spans="1:2">
       <x:c r="A3379" s="2">
-        <x:v>41043</x:v>
+        <x:v>41078</x:v>
       </x:c>
       <x:c r="B3379" s="3">
-        <x:v>106910.04</x:v>
+        <x:v>106991.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3380" spans="1:2">
       <x:c r="A3380" s="2">
-        <x:v>41042</x:v>
+        <x:v>41077</x:v>
       </x:c>
       <x:c r="B3380" s="3">
-        <x:v>106906.44</x:v>
+        <x:v>106988.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3381" spans="1:2">
       <x:c r="A3381" s="2">
-        <x:v>41039</x:v>
+        <x:v>41074</x:v>
       </x:c>
       <x:c r="B3381" s="3">
-        <x:v>106899.71</x:v>
+        <x:v>106980.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3382" spans="1:2">
       <x:c r="A3382" s="2">
-        <x:v>41038</x:v>
+        <x:v>41073</x:v>
       </x:c>
       <x:c r="B3382" s="3">
-        <x:v>106898.2</x:v>
+        <x:v>106978.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3383" spans="1:2">
       <x:c r="A3383" s="2">
-        <x:v>41037</x:v>
+        <x:v>41072</x:v>
       </x:c>
       <x:c r="B3383" s="3">
-        <x:v>106896.02</x:v>
+        <x:v>106976.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3384" spans="1:2">
       <x:c r="A3384" s="2">
-        <x:v>41035</x:v>
+        <x:v>41071</x:v>
       </x:c>
       <x:c r="B3384" s="3">
-        <x:v>106890.25</x:v>
+        <x:v>106973.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3385" spans="1:2">
       <x:c r="A3385" s="2">
-        <x:v>41032</x:v>
+        <x:v>41070</x:v>
       </x:c>
       <x:c r="B3385" s="3">
-        <x:v>106883.6</x:v>
+        <x:v>106970.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3386" spans="1:2">
       <x:c r="A3386" s="2">
-        <x:v>41031</x:v>
+        <x:v>41067</x:v>
       </x:c>
       <x:c r="B3386" s="3">
-        <x:v>106882.69</x:v>
+        <x:v>106963.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3387" spans="1:2">
       <x:c r="A3387" s="2">
-        <x:v>41030</x:v>
+        <x:v>41066</x:v>
       </x:c>
       <x:c r="B3387" s="3">
-        <x:v>106879.16</x:v>
+        <x:v>106961.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3388" spans="1:2">
       <x:c r="A3388" s="2">
-        <x:v>41028</x:v>
+        <x:v>41065</x:v>
       </x:c>
       <x:c r="B3388" s="3">
-        <x:v>106871.64</x:v>
+        <x:v>106958.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3389" spans="1:2">
       <x:c r="A3389" s="2">
-        <x:v>41025</x:v>
+        <x:v>41064</x:v>
       </x:c>
       <x:c r="B3389" s="3">
-        <x:v>106862.93</x:v>
+        <x:v>106955.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3390" spans="1:2">
       <x:c r="A3390" s="2">
-        <x:v>41024</x:v>
+        <x:v>41063</x:v>
       </x:c>
       <x:c r="B3390" s="3">
-        <x:v>106859.67</x:v>
+        <x:v>106952.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3391" spans="1:2">
       <x:c r="A3391" s="2">
-        <x:v>41023</x:v>
+        <x:v>41060</x:v>
       </x:c>
       <x:c r="B3391" s="3">
-        <x:v>106856.23</x:v>
+        <x:v>106946.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3392" spans="1:2">
       <x:c r="A3392" s="2">
-        <x:v>41022</x:v>
+        <x:v>41059</x:v>
       </x:c>
       <x:c r="B3392" s="3">
-        <x:v>106854.26</x:v>
+        <x:v>106944.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3393" spans="1:2">
       <x:c r="A3393" s="2">
-        <x:v>41021</x:v>
+        <x:v>41058</x:v>
       </x:c>
       <x:c r="B3393" s="3">
-        <x:v>106850.31</x:v>
+        <x:v>106942.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3394" spans="1:2">
       <x:c r="A3394" s="2">
-        <x:v>41018</x:v>
+        <x:v>41057</x:v>
       </x:c>
       <x:c r="B3394" s="3">
-        <x:v>106842.83</x:v>
+        <x:v>106940.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3395" spans="1:2">
       <x:c r="A3395" s="2">
-        <x:v>41017</x:v>
+        <x:v>41053</x:v>
       </x:c>
       <x:c r="B3395" s="3">
-        <x:v>106841.23</x:v>
+        <x:v>106930.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3396" spans="1:2">
       <x:c r="A3396" s="2">
-        <x:v>41016</x:v>
+        <x:v>41052</x:v>
       </x:c>
       <x:c r="B3396" s="3">
-        <x:v>106838.24</x:v>
+        <x:v>106928.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3397" spans="1:2">
       <x:c r="A3397" s="2">
-        <x:v>41015</x:v>
+        <x:v>41051</x:v>
       </x:c>
       <x:c r="B3397" s="3">
-        <x:v>106836.03</x:v>
+        <x:v>106925.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3398" spans="1:2">
       <x:c r="A3398" s="2">
-        <x:v>41014</x:v>
+        <x:v>41050</x:v>
       </x:c>
       <x:c r="B3398" s="3">
-        <x:v>106833.46</x:v>
+        <x:v>106923.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3399" spans="1:2">
       <x:c r="A3399" s="2">
-        <x:v>41011</x:v>
+        <x:v>41049</x:v>
       </x:c>
       <x:c r="B3399" s="3">
-        <x:v>106824.78</x:v>
+        <x:v>106922.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3400" spans="1:2">
       <x:c r="A3400" s="2">
-        <x:v>41010</x:v>
+        <x:v>41046</x:v>
       </x:c>
       <x:c r="B3400" s="3">
-        <x:v>106822.46</x:v>
+        <x:v>106915.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3401" spans="1:2">
       <x:c r="A3401" s="2">
-        <x:v>41009</x:v>
+        <x:v>41044</x:v>
       </x:c>
       <x:c r="B3401" s="3">
-        <x:v>106820.03</x:v>
+        <x:v>106912.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3402" spans="1:2">
       <x:c r="A3402" s="2">
-        <x:v>41008</x:v>
+        <x:v>41043</x:v>
       </x:c>
       <x:c r="B3402" s="3">
-        <x:v>106816.45</x:v>
+        <x:v>106910.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3403" spans="1:2">
       <x:c r="A3403" s="2">
-        <x:v>41003</x:v>
+        <x:v>41042</x:v>
       </x:c>
       <x:c r="B3403" s="3">
-        <x:v>106802.85</x:v>
+        <x:v>106906.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3404" spans="1:2">
       <x:c r="A3404" s="2">
-        <x:v>41002</x:v>
+        <x:v>41039</x:v>
       </x:c>
       <x:c r="B3404" s="3">
-        <x:v>106800.25</x:v>
+        <x:v>106899.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3405" spans="1:2">
       <x:c r="A3405" s="2">
-        <x:v>41001</x:v>
+        <x:v>41038</x:v>
       </x:c>
       <x:c r="B3405" s="3">
-        <x:v>106795.43</x:v>
+        <x:v>106898.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3406" spans="1:2">
       <x:c r="A3406" s="2">
-        <x:v>41000</x:v>
+        <x:v>41037</x:v>
       </x:c>
       <x:c r="B3406" s="3">
-        <x:v>106790.53</x:v>
+        <x:v>106896.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3407" spans="1:2">
       <x:c r="A3407" s="2">
-        <x:v>40997</x:v>
+        <x:v>41035</x:v>
       </x:c>
       <x:c r="B3407" s="3">
-        <x:v>106778.96</x:v>
+        <x:v>106890.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3408" spans="1:2">
       <x:c r="A3408" s="2">
-        <x:v>40996</x:v>
+        <x:v>41032</x:v>
       </x:c>
       <x:c r="B3408" s="3">
-        <x:v>106775.81</x:v>
+        <x:v>106883.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3409" spans="1:2">
       <x:c r="A3409" s="2">
-        <x:v>40995</x:v>
+        <x:v>41031</x:v>
       </x:c>
       <x:c r="B3409" s="3">
-        <x:v>106771.54</x:v>
+        <x:v>106882.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3410" spans="1:2">
       <x:c r="A3410" s="2">
-        <x:v>40994</x:v>
+        <x:v>41030</x:v>
       </x:c>
       <x:c r="B3410" s="3">
-        <x:v>106763.33</x:v>
+        <x:v>106879.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3411" spans="1:2">
       <x:c r="A3411" s="2">
-        <x:v>40993</x:v>
+        <x:v>41028</x:v>
       </x:c>
       <x:c r="B3411" s="3">
-        <x:v>106761.57</x:v>
+        <x:v>106871.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3412" spans="1:2">
       <x:c r="A3412" s="2">
-        <x:v>40990</x:v>
+        <x:v>41025</x:v>
       </x:c>
       <x:c r="B3412" s="3">
-        <x:v>106756.83</x:v>
+        <x:v>106862.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3413" spans="1:2">
       <x:c r="A3413" s="2">
-        <x:v>40989</x:v>
+        <x:v>41024</x:v>
       </x:c>
       <x:c r="B3413" s="3">
-        <x:v>106754.19</x:v>
+        <x:v>106859.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3414" spans="1:2">
       <x:c r="A3414" s="2">
-        <x:v>40988</x:v>
+        <x:v>41023</x:v>
       </x:c>
       <x:c r="B3414" s="3">
-        <x:v>106749.1</x:v>
+        <x:v>106856.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3415" spans="1:2">
       <x:c r="A3415" s="2">
-        <x:v>40987</x:v>
+        <x:v>41022</x:v>
       </x:c>
       <x:c r="B3415" s="3">
-        <x:v>106745.33</x:v>
+        <x:v>106854.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3416" spans="1:2">
       <x:c r="A3416" s="2">
-        <x:v>40986</x:v>
+        <x:v>41021</x:v>
       </x:c>
       <x:c r="B3416" s="3">
-        <x:v>106739.94</x:v>
+        <x:v>106850.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3417" spans="1:2">
       <x:c r="A3417" s="2">
-        <x:v>40983</x:v>
+        <x:v>41018</x:v>
       </x:c>
       <x:c r="B3417" s="3">
-        <x:v>106730.93</x:v>
+        <x:v>106842.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3418" spans="1:2">
       <x:c r="A3418" s="2">
-        <x:v>40982</x:v>
+        <x:v>41017</x:v>
       </x:c>
       <x:c r="B3418" s="3">
-        <x:v>106726.23</x:v>
+        <x:v>106841.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3419" spans="1:2">
       <x:c r="A3419" s="2">
-        <x:v>40981</x:v>
+        <x:v>41016</x:v>
       </x:c>
       <x:c r="B3419" s="3">
-        <x:v>106720.52</x:v>
+        <x:v>106838.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3420" spans="1:2">
       <x:c r="A3420" s="2">
-        <x:v>40980</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="B3420" s="3">
-        <x:v>106714.99</x:v>
+        <x:v>106836.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3421" spans="1:2">
       <x:c r="A3421" s="2">
-        <x:v>40979</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="B3421" s="3">
-        <x:v>106709.95</x:v>
+        <x:v>106833.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3422" spans="1:2">
       <x:c r="A3422" s="2">
-        <x:v>40976</x:v>
+        <x:v>41011</x:v>
       </x:c>
       <x:c r="B3422" s="3">
-        <x:v>106696.57</x:v>
+        <x:v>106824.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3423" spans="1:2">
       <x:c r="A3423" s="2">
-        <x:v>40975</x:v>
+        <x:v>41010</x:v>
       </x:c>
       <x:c r="B3423" s="3">
-        <x:v>106691.81</x:v>
+        <x:v>106822.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3424" spans="1:2">
       <x:c r="A3424" s="2">
-        <x:v>40974</x:v>
+        <x:v>41009</x:v>
       </x:c>
       <x:c r="B3424" s="3">
-        <x:v>106686.7</x:v>
+        <x:v>106820.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3425" spans="1:2">
       <x:c r="A3425" s="2">
-        <x:v>40973</x:v>
+        <x:v>41008</x:v>
       </x:c>
       <x:c r="B3425" s="3">
-        <x:v>106683.08</x:v>
+        <x:v>106816.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3426" spans="1:2">
       <x:c r="A3426" s="2">
-        <x:v>40972</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="B3426" s="3">
-        <x:v>106678.8</x:v>
+        <x:v>106802.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3427" spans="1:2">
       <x:c r="A3427" s="2">
-        <x:v>40969</x:v>
+        <x:v>41002</x:v>
       </x:c>
       <x:c r="B3427" s="3">
-        <x:v>106666.59</x:v>
+        <x:v>106800.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3428" spans="1:2">
       <x:c r="A3428" s="2">
-        <x:v>40968</x:v>
+        <x:v>41001</x:v>
       </x:c>
       <x:c r="B3428" s="3">
-        <x:v>106656.9</x:v>
+        <x:v>106795.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3429" spans="1:2">
       <x:c r="A3429" s="2">
-        <x:v>40967</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="B3429" s="3">
-        <x:v>106650.08</x:v>
+        <x:v>106790.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3430" spans="1:2">
       <x:c r="A3430" s="2">
-        <x:v>40966</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="B3430" s="3">
-        <x:v>106648.12</x:v>
+        <x:v>106778.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3431" spans="1:2">
       <x:c r="A3431" s="2">
-        <x:v>40965</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="B3431" s="3">
-        <x:v>106642.2</x:v>
+        <x:v>106775.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3432" spans="1:2">
       <x:c r="A3432" s="2">
-        <x:v>40962</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="B3432" s="3">
-        <x:v>106629.32</x:v>
+        <x:v>106771.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3433" spans="1:2">
       <x:c r="A3433" s="2">
-        <x:v>40961</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="B3433" s="3">
-        <x:v>106624.58</x:v>
+        <x:v>106763.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3434" spans="1:2">
       <x:c r="A3434" s="2">
-        <x:v>40960</x:v>
+        <x:v>40993</x:v>
       </x:c>
       <x:c r="B3434" s="3">
-        <x:v>106619.02</x:v>
+        <x:v>106761.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3435" spans="1:2">
       <x:c r="A3435" s="2">
-        <x:v>40959</x:v>
+        <x:v>40990</x:v>
       </x:c>
       <x:c r="B3435" s="3">
-        <x:v>106615.28</x:v>
+        <x:v>106756.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3436" spans="1:2">
       <x:c r="A3436" s="2">
-        <x:v>40958</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="B3436" s="3">
-        <x:v>106610.15</x:v>
+        <x:v>106754.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3437" spans="1:2">
       <x:c r="A3437" s="2">
-        <x:v>40955</x:v>
+        <x:v>40988</x:v>
       </x:c>
       <x:c r="B3437" s="3">
-        <x:v>106599.19</x:v>
+        <x:v>106749.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3438" spans="1:2">
       <x:c r="A3438" s="2">
-        <x:v>40954</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="B3438" s="3">
-        <x:v>106595.9</x:v>
+        <x:v>106745.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3439" spans="1:2">
       <x:c r="A3439" s="2">
-        <x:v>40953</x:v>
+        <x:v>40986</x:v>
       </x:c>
       <x:c r="B3439" s="3">
-        <x:v>106591.96</x:v>
+        <x:v>106739.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3440" spans="1:2">
       <x:c r="A3440" s="2">
-        <x:v>40952</x:v>
+        <x:v>40983</x:v>
       </x:c>
       <x:c r="B3440" s="3">
-        <x:v>106588.62</x:v>
+        <x:v>106730.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3441" spans="1:2">
       <x:c r="A3441" s="2">
-        <x:v>40951</x:v>
+        <x:v>40982</x:v>
       </x:c>
       <x:c r="B3441" s="3">
-        <x:v>106584.53</x:v>
+        <x:v>106726.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3442" spans="1:2">
       <x:c r="A3442" s="2">
-        <x:v>40948</x:v>
+        <x:v>40981</x:v>
       </x:c>
       <x:c r="B3442" s="3">
-        <x:v>106573.05</x:v>
+        <x:v>106720.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3443" spans="1:2">
       <x:c r="A3443" s="2">
-        <x:v>40947</x:v>
+        <x:v>40980</x:v>
       </x:c>
       <x:c r="B3443" s="3">
-        <x:v>106570.93</x:v>
+        <x:v>106714.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3444" spans="1:2">
       <x:c r="A3444" s="2">
-        <x:v>40946</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="B3444" s="3">
-        <x:v>106562.39</x:v>
+        <x:v>106709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3445" spans="1:2">
       <x:c r="A3445" s="2">
-        <x:v>40945</x:v>
+        <x:v>40976</x:v>
       </x:c>
       <x:c r="B3445" s="3">
-        <x:v>106558.21</x:v>
+        <x:v>106696.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3446" spans="1:2">
       <x:c r="A3446" s="2">
-        <x:v>40944</x:v>
+        <x:v>40975</x:v>
       </x:c>
       <x:c r="B3446" s="3">
-        <x:v>106554.35</x:v>
+        <x:v>106691.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3447" spans="1:2">
       <x:c r="A3447" s="2">
-        <x:v>40941</x:v>
+        <x:v>40974</x:v>
       </x:c>
       <x:c r="B3447" s="3">
-        <x:v>106542.19</x:v>
+        <x:v>106686.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3448" spans="1:2">
       <x:c r="A3448" s="2">
-        <x:v>40940</x:v>
+        <x:v>40973</x:v>
       </x:c>
       <x:c r="B3448" s="3">
-        <x:v>106537.91</x:v>
+        <x:v>106683.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3449" spans="1:2">
       <x:c r="A3449" s="2">
-        <x:v>40939</x:v>
+        <x:v>40972</x:v>
       </x:c>
       <x:c r="B3449" s="3">
-        <x:v>106531.89</x:v>
+        <x:v>106678.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3450" spans="1:2">
       <x:c r="A3450" s="2">
-        <x:v>40938</x:v>
+        <x:v>40969</x:v>
       </x:c>
       <x:c r="B3450" s="3">
-        <x:v>106529.15</x:v>
+        <x:v>106666.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3451" spans="1:2">
       <x:c r="A3451" s="2">
-        <x:v>40937</x:v>
+        <x:v>40968</x:v>
       </x:c>
       <x:c r="B3451" s="3">
-        <x:v>106523.48</x:v>
+        <x:v>106656.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3452" spans="1:2">
       <x:c r="A3452" s="2">
-        <x:v>40934</x:v>
+        <x:v>40967</x:v>
       </x:c>
       <x:c r="B3452" s="3">
-        <x:v>106510.87</x:v>
+        <x:v>106650.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3453" spans="1:2">
       <x:c r="A3453" s="2">
-        <x:v>40933</x:v>
+        <x:v>40966</x:v>
       </x:c>
       <x:c r="B3453" s="3">
-        <x:v>106508.68</x:v>
+        <x:v>106648.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3454" spans="1:2">
       <x:c r="A3454" s="2">
-        <x:v>40932</x:v>
+        <x:v>40965</x:v>
       </x:c>
       <x:c r="B3454" s="3">
-        <x:v>106503.92</x:v>
+        <x:v>106642.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3455" spans="1:2">
       <x:c r="A3455" s="2">
-        <x:v>40931</x:v>
+        <x:v>40962</x:v>
       </x:c>
       <x:c r="B3455" s="3">
-        <x:v>106497.73</x:v>
+        <x:v>106629.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3456" spans="1:2">
       <x:c r="A3456" s="2">
-        <x:v>40930</x:v>
+        <x:v>40961</x:v>
       </x:c>
       <x:c r="B3456" s="3">
-        <x:v>106492.73</x:v>
+        <x:v>106624.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3457" spans="1:2">
       <x:c r="A3457" s="2">
-        <x:v>40927</x:v>
+        <x:v>40960</x:v>
       </x:c>
       <x:c r="B3457" s="3">
-        <x:v>106480.87</x:v>
+        <x:v>106619.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3458" spans="1:2">
       <x:c r="A3458" s="2">
-        <x:v>40926</x:v>
+        <x:v>40959</x:v>
       </x:c>
       <x:c r="B3458" s="3">
-        <x:v>106478.85</x:v>
+        <x:v>106615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3459" spans="1:2">
       <x:c r="A3459" s="2">
-        <x:v>40925</x:v>
+        <x:v>40958</x:v>
       </x:c>
       <x:c r="B3459" s="3">
-        <x:v>106474.52</x:v>
+        <x:v>106610.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3460" spans="1:2">
       <x:c r="A3460" s="2">
-        <x:v>40924</x:v>
+        <x:v>40955</x:v>
       </x:c>
       <x:c r="B3460" s="3">
-        <x:v>106470.53</x:v>
+        <x:v>106599.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3461" spans="1:2">
       <x:c r="A3461" s="2">
-        <x:v>40923</x:v>
+        <x:v>40954</x:v>
       </x:c>
       <x:c r="B3461" s="3">
-        <x:v>106468.2</x:v>
+        <x:v>106595.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3462" spans="1:2">
       <x:c r="A3462" s="2">
-        <x:v>40920</x:v>
+        <x:v>40953</x:v>
       </x:c>
       <x:c r="B3462" s="3">
-        <x:v>106456.75</x:v>
+        <x:v>106591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3463" spans="1:2">
       <x:c r="A3463" s="2">
-        <x:v>40919</x:v>
+        <x:v>40952</x:v>
       </x:c>
       <x:c r="B3463" s="3">
-        <x:v>106453.09</x:v>
+        <x:v>106588.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3464" spans="1:2">
       <x:c r="A3464" s="2">
-        <x:v>40918</x:v>
+        <x:v>40951</x:v>
       </x:c>
       <x:c r="B3464" s="3">
-        <x:v>106448.38</x:v>
+        <x:v>106584.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3465" spans="1:2">
       <x:c r="A3465" s="2">
-        <x:v>40917</x:v>
+        <x:v>40948</x:v>
       </x:c>
       <x:c r="B3465" s="3">
-        <x:v>106442.67</x:v>
+        <x:v>106573.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3466" spans="1:2">
       <x:c r="A3466" s="2">
-        <x:v>40916</x:v>
+        <x:v>40947</x:v>
       </x:c>
       <x:c r="B3466" s="3">
-        <x:v>106439.26</x:v>
+        <x:v>106570.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3467" spans="1:2">
       <x:c r="A3467" s="2">
-        <x:v>40913</x:v>
+        <x:v>40946</x:v>
       </x:c>
       <x:c r="B3467" s="3">
-        <x:v>106426.93</x:v>
+        <x:v>106562.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3468" spans="1:2">
       <x:c r="A3468" s="2">
-        <x:v>40912</x:v>
+        <x:v>40945</x:v>
       </x:c>
       <x:c r="B3468" s="3">
-        <x:v>106421.64</x:v>
+        <x:v>106558.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3469" spans="1:2">
       <x:c r="A3469" s="2">
-        <x:v>40911</x:v>
+        <x:v>40944</x:v>
       </x:c>
       <x:c r="B3469" s="3">
-        <x:v>106416.28</x:v>
+        <x:v>106554.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3470" spans="1:2">
       <x:c r="A3470" s="2">
-        <x:v>40910</x:v>
+        <x:v>40941</x:v>
       </x:c>
       <x:c r="B3470" s="3">
-        <x:v>106403.68</x:v>
+        <x:v>106542.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3471" spans="1:2">
       <x:c r="A3471" s="2">
-        <x:v>40909</x:v>
+        <x:v>40940</x:v>
       </x:c>
       <x:c r="B3471" s="3">
-        <x:v>106402.43</x:v>
+        <x:v>106537.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3472" spans="1:2">
       <x:c r="A3472" s="2">
-        <x:v>40906</x:v>
+        <x:v>40939</x:v>
       </x:c>
       <x:c r="B3472" s="3">
-        <x:v>106389.84</x:v>
+        <x:v>106531.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3473" spans="1:2">
       <x:c r="A3473" s="2">
-        <x:v>40905</x:v>
+        <x:v>40938</x:v>
       </x:c>
       <x:c r="B3473" s="3">
-        <x:v>106382.74</x:v>
+        <x:v>106529.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3474" spans="1:2">
       <x:c r="A3474" s="2">
-        <x:v>40904</x:v>
+        <x:v>40937</x:v>
       </x:c>
       <x:c r="B3474" s="3">
-        <x:v>106379.48</x:v>
+        <x:v>106523.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3475" spans="1:2">
       <x:c r="A3475" s="2">
-        <x:v>40903</x:v>
+        <x:v>40934</x:v>
       </x:c>
       <x:c r="B3475" s="3">
-        <x:v>106374.12</x:v>
+        <x:v>106510.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3476" spans="1:2">
       <x:c r="A3476" s="2">
-        <x:v>40899</x:v>
+        <x:v>40933</x:v>
       </x:c>
       <x:c r="B3476" s="3">
-        <x:v>106358.16</x:v>
+        <x:v>106508.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3477" spans="1:2">
       <x:c r="A3477" s="2">
-        <x:v>40898</x:v>
+        <x:v>40932</x:v>
       </x:c>
       <x:c r="B3477" s="3">
-        <x:v>106355.18</x:v>
+        <x:v>106503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3478" spans="1:2">
       <x:c r="A3478" s="2">
-        <x:v>40897</x:v>
+        <x:v>40931</x:v>
       </x:c>
       <x:c r="B3478" s="3">
-        <x:v>106350.96</x:v>
+        <x:v>106497.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3479" spans="1:2">
       <x:c r="A3479" s="2">
-        <x:v>40896</x:v>
+        <x:v>40930</x:v>
       </x:c>
       <x:c r="B3479" s="3">
-        <x:v>106347.21</x:v>
+        <x:v>106492.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3480" spans="1:2">
       <x:c r="A3480" s="2">
-        <x:v>40895</x:v>
+        <x:v>40927</x:v>
       </x:c>
       <x:c r="B3480" s="3">
-        <x:v>106342.54</x:v>
+        <x:v>106480.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3481" spans="1:2">
       <x:c r="A3481" s="2">
-        <x:v>40892</x:v>
+        <x:v>40926</x:v>
       </x:c>
       <x:c r="B3481" s="3">
-        <x:v>106330.4</x:v>
+        <x:v>106478.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3482" spans="1:2">
       <x:c r="A3482" s="2">
-        <x:v>40891</x:v>
+        <x:v>40925</x:v>
       </x:c>
       <x:c r="B3482" s="3">
-        <x:v>106325.68</x:v>
+        <x:v>106474.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3483" spans="1:2">
       <x:c r="A3483" s="2">
-        <x:v>40890</x:v>
+        <x:v>40924</x:v>
       </x:c>
       <x:c r="B3483" s="3">
-        <x:v>106319.88</x:v>
+        <x:v>106470.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3484" spans="1:2">
       <x:c r="A3484" s="2">
-        <x:v>40889</x:v>
+        <x:v>40923</x:v>
       </x:c>
       <x:c r="B3484" s="3">
-        <x:v>106314.24</x:v>
+        <x:v>106468.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3485" spans="1:2">
       <x:c r="A3485" s="2">
-        <x:v>40888</x:v>
+        <x:v>40920</x:v>
       </x:c>
       <x:c r="B3485" s="3">
-        <x:v>106308.84</x:v>
+        <x:v>106456.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3486" spans="1:2">
       <x:c r="A3486" s="2">
-        <x:v>40885</x:v>
+        <x:v>40919</x:v>
       </x:c>
       <x:c r="B3486" s="3">
-        <x:v>106295.39</x:v>
+        <x:v>106453.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3487" spans="1:2">
       <x:c r="A3487" s="2">
-        <x:v>40884</x:v>
+        <x:v>40918</x:v>
       </x:c>
       <x:c r="B3487" s="3">
-        <x:v>106290.78</x:v>
+        <x:v>106448.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3488" spans="1:2">
       <x:c r="A3488" s="2">
-        <x:v>40883</x:v>
+        <x:v>40917</x:v>
       </x:c>
       <x:c r="B3488" s="3">
-        <x:v>106286.7</x:v>
+        <x:v>106442.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3489" spans="1:2">
       <x:c r="A3489" s="2">
-        <x:v>40882</x:v>
+        <x:v>40916</x:v>
       </x:c>
       <x:c r="B3489" s="3">
-        <x:v>106281.35</x:v>
+        <x:v>106439.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3490" spans="1:2">
       <x:c r="A3490" s="2">
-        <x:v>40881</x:v>
+        <x:v>40913</x:v>
       </x:c>
       <x:c r="B3490" s="3">
-        <x:v>106277.41</x:v>
+        <x:v>106426.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3491" spans="1:2">
       <x:c r="A3491" s="2">
-        <x:v>40878</x:v>
+        <x:v>40912</x:v>
       </x:c>
       <x:c r="B3491" s="3">
-        <x:v>106264.46</x:v>
+        <x:v>106421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3492" spans="1:2">
       <x:c r="A3492" s="2">
-        <x:v>40877</x:v>
+        <x:v>40911</x:v>
       </x:c>
       <x:c r="B3492" s="3">
-        <x:v>106260.11</x:v>
+        <x:v>106416.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3493" spans="1:2">
       <x:c r="A3493" s="2">
-        <x:v>40876</x:v>
+        <x:v>40910</x:v>
       </x:c>
       <x:c r="B3493" s="3">
-        <x:v>106256.04</x:v>
+        <x:v>106403.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3494" spans="1:2">
       <x:c r="A3494" s="2">
-        <x:v>40875</x:v>
+        <x:v>40909</x:v>
       </x:c>
       <x:c r="B3494" s="3">
-        <x:v>106252.96</x:v>
+        <x:v>106402.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3495" spans="1:2">
       <x:c r="A3495" s="2">
-        <x:v>40874</x:v>
+        <x:v>40906</x:v>
       </x:c>
       <x:c r="B3495" s="3">
-        <x:v>106248.82</x:v>
+        <x:v>106389.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3496" spans="1:2">
       <x:c r="A3496" s="2">
-        <x:v>40871</x:v>
+        <x:v>40905</x:v>
       </x:c>
       <x:c r="B3496" s="3">
-        <x:v>106237.15</x:v>
+        <x:v>106382.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3497" spans="1:2">
       <x:c r="A3497" s="2">
-        <x:v>40870</x:v>
+        <x:v>40904</x:v>
       </x:c>
       <x:c r="B3497" s="3">
-        <x:v>106233.84</x:v>
+        <x:v>106379.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3498" spans="1:2">
       <x:c r="A3498" s="2">
-        <x:v>40869</x:v>
+        <x:v>40903</x:v>
       </x:c>
       <x:c r="B3498" s="3">
-        <x:v>106230.37</x:v>
+        <x:v>106374.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3499" spans="1:2">
       <x:c r="A3499" s="2">
-        <x:v>40868</x:v>
+        <x:v>40899</x:v>
       </x:c>
       <x:c r="B3499" s="3">
-        <x:v>106227.07</x:v>
+        <x:v>106358.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3500" spans="1:2">
       <x:c r="A3500" s="2">
-        <x:v>40867</x:v>
+        <x:v>40898</x:v>
       </x:c>
       <x:c r="B3500" s="3">
-        <x:v>106222.78</x:v>
+        <x:v>106355.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3501" spans="1:2">
       <x:c r="A3501" s="2">
-        <x:v>40864</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="B3501" s="3">
-        <x:v>106210.66</x:v>
+        <x:v>106350.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3502" spans="1:2">
       <x:c r="A3502" s="2">
-        <x:v>40863</x:v>
+        <x:v>40896</x:v>
       </x:c>
       <x:c r="B3502" s="3">
-        <x:v>106207.92</x:v>
+        <x:v>106347.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3503" spans="1:2">
       <x:c r="A3503" s="2">
-        <x:v>40862</x:v>
+        <x:v>40895</x:v>
       </x:c>
       <x:c r="B3503" s="3">
-        <x:v>106204.1</x:v>
+        <x:v>106342.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3504" spans="1:2">
       <x:c r="A3504" s="2">
-        <x:v>40861</x:v>
+        <x:v>40892</x:v>
       </x:c>
       <x:c r="B3504" s="3">
-        <x:v>106200.49</x:v>
+        <x:v>106330.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3505" spans="1:2">
       <x:c r="A3505" s="2">
-        <x:v>40860</x:v>
+        <x:v>40891</x:v>
       </x:c>
       <x:c r="B3505" s="3">
-        <x:v>106197.2</x:v>
+        <x:v>106325.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3506" spans="1:2">
       <x:c r="A3506" s="2">
-        <x:v>40856</x:v>
+        <x:v>40890</x:v>
       </x:c>
       <x:c r="B3506" s="3">
-        <x:v>106185.27</x:v>
+        <x:v>106319.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3507" spans="1:2">
       <x:c r="A3507" s="2">
-        <x:v>40855</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="B3507" s="3">
-        <x:v>106180.46</x:v>
+        <x:v>106314.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3508" spans="1:2">
       <x:c r="A3508" s="2">
-        <x:v>40854</x:v>
+        <x:v>40888</x:v>
       </x:c>
       <x:c r="B3508" s="3">
-        <x:v>106176.65</x:v>
+        <x:v>106308.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3509" spans="1:2">
       <x:c r="A3509" s="2">
-        <x:v>40853</x:v>
+        <x:v>40885</x:v>
       </x:c>
       <x:c r="B3509" s="3">
-        <x:v>106172.7</x:v>
+        <x:v>106295.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3510" spans="1:2">
       <x:c r="A3510" s="2">
-        <x:v>40850</x:v>
+        <x:v>40884</x:v>
       </x:c>
       <x:c r="B3510" s="3">
-        <x:v>106159.65</x:v>
+        <x:v>106290.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3511" spans="1:2">
       <x:c r="A3511" s="2">
-        <x:v>40849</x:v>
+        <x:v>40883</x:v>
       </x:c>
       <x:c r="B3511" s="3">
-        <x:v>106156.1</x:v>
+        <x:v>106286.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3512" spans="1:2">
       <x:c r="A3512" s="2">
-        <x:v>40848</x:v>
+        <x:v>40882</x:v>
       </x:c>
       <x:c r="B3512" s="3">
-        <x:v>106152.67</x:v>
+        <x:v>106281.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3513" spans="1:2">
       <x:c r="A3513" s="2">
-        <x:v>40846</x:v>
+        <x:v>40881</x:v>
       </x:c>
       <x:c r="B3513" s="3">
-        <x:v>106144.01</x:v>
+        <x:v>106277.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3514" spans="1:2">
       <x:c r="A3514" s="2">
-        <x:v>40843</x:v>
+        <x:v>40878</x:v>
       </x:c>
       <x:c r="B3514" s="3">
-        <x:v>106130.84</x:v>
+        <x:v>106264.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3515" spans="1:2">
       <x:c r="A3515" s="2">
-        <x:v>40842</x:v>
+        <x:v>40877</x:v>
       </x:c>
       <x:c r="B3515" s="3">
-        <x:v>106126.61</x:v>
+        <x:v>106260.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3516" spans="1:2">
       <x:c r="A3516" s="2">
-        <x:v>40841</x:v>
+        <x:v>40876</x:v>
       </x:c>
       <x:c r="B3516" s="3">
-        <x:v>106122.55</x:v>
+        <x:v>106256.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3517" spans="1:2">
       <x:c r="A3517" s="2">
-        <x:v>40840</x:v>
+        <x:v>40875</x:v>
       </x:c>
       <x:c r="B3517" s="3">
-        <x:v>106118.27</x:v>
+        <x:v>106252.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3518" spans="1:2">
       <x:c r="A3518" s="2">
-        <x:v>40839</x:v>
+        <x:v>40874</x:v>
       </x:c>
       <x:c r="B3518" s="3">
-        <x:v>106113.43</x:v>
+        <x:v>106248.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3519" spans="1:2">
       <x:c r="A3519" s="2">
-        <x:v>40836</x:v>
+        <x:v>40871</x:v>
       </x:c>
       <x:c r="B3519" s="3">
-        <x:v>106100.39</x:v>
+        <x:v>106237.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3520" spans="1:2">
       <x:c r="A3520" s="2">
-        <x:v>40835</x:v>
+        <x:v>40870</x:v>
       </x:c>
       <x:c r="B3520" s="3">
-        <x:v>106095.86</x:v>
+        <x:v>106233.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3521" spans="1:2">
       <x:c r="A3521" s="2">
-        <x:v>40834</x:v>
+        <x:v>40869</x:v>
       </x:c>
       <x:c r="B3521" s="3">
-        <x:v>106090.75</x:v>
+        <x:v>106230.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3522" spans="1:2">
       <x:c r="A3522" s="2">
-        <x:v>40833</x:v>
+        <x:v>40868</x:v>
       </x:c>
       <x:c r="B3522" s="3">
-        <x:v>106087.89</x:v>
+        <x:v>106227.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3523" spans="1:2">
       <x:c r="A3523" s="2">
-        <x:v>40832</x:v>
+        <x:v>40867</x:v>
       </x:c>
       <x:c r="B3523" s="3">
-        <x:v>106085.23</x:v>
+        <x:v>106222.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3524" spans="1:2">
       <x:c r="A3524" s="2">
-        <x:v>40829</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="B3524" s="3">
-        <x:v>106076.12</x:v>
+        <x:v>106210.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3525" spans="1:2">
       <x:c r="A3525" s="2">
-        <x:v>40828</x:v>
+        <x:v>40863</x:v>
       </x:c>
       <x:c r="B3525" s="3">
-        <x:v>106073.99</x:v>
+        <x:v>106207.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3526" spans="1:2">
       <x:c r="A3526" s="2">
-        <x:v>40827</x:v>
+        <x:v>40862</x:v>
       </x:c>
       <x:c r="B3526" s="3">
-        <x:v>106069.52</x:v>
+        <x:v>106204.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3527" spans="1:2">
       <x:c r="A3527" s="2">
-        <x:v>40826</x:v>
+        <x:v>40861</x:v>
       </x:c>
       <x:c r="B3527" s="3">
-        <x:v>106065.95</x:v>
+        <x:v>106200.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3528" spans="1:2">
       <x:c r="A3528" s="2">
-        <x:v>40825</x:v>
+        <x:v>40860</x:v>
       </x:c>
       <x:c r="B3528" s="3">
-        <x:v>106061.56</x:v>
+        <x:v>106197.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3529" spans="1:2">
       <x:c r="A3529" s="2">
-        <x:v>40822</x:v>
+        <x:v>40856</x:v>
       </x:c>
       <x:c r="B3529" s="3">
-        <x:v>106052.56</x:v>
+        <x:v>106185.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3530" spans="1:2">
       <x:c r="A3530" s="2">
-        <x:v>40821</x:v>
+        <x:v>40855</x:v>
       </x:c>
       <x:c r="B3530" s="3">
-        <x:v>106049.63</x:v>
+        <x:v>106180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3531" spans="1:2">
       <x:c r="A3531" s="2">
-        <x:v>40820</x:v>
+        <x:v>40854</x:v>
       </x:c>
       <x:c r="B3531" s="3">
-        <x:v>106046.37</x:v>
+        <x:v>106176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3532" spans="1:2">
       <x:c r="A3532" s="2">
-        <x:v>40819</x:v>
+        <x:v>40853</x:v>
       </x:c>
       <x:c r="B3532" s="3">
-        <x:v>106043.24</x:v>
+        <x:v>106172.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3533" spans="1:2">
       <x:c r="A3533" s="2">
-        <x:v>40818</x:v>
+        <x:v>40850</x:v>
       </x:c>
       <x:c r="B3533" s="3">
-        <x:v>106038.67</x:v>
+        <x:v>106159.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3534" spans="1:2">
       <x:c r="A3534" s="2">
-        <x:v>40815</x:v>
+        <x:v>40849</x:v>
       </x:c>
       <x:c r="B3534" s="3">
-        <x:v>106029.16</x:v>
+        <x:v>106156.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3535" spans="1:2">
       <x:c r="A3535" s="2">
-        <x:v>40814</x:v>
+        <x:v>40848</x:v>
       </x:c>
       <x:c r="B3535" s="3">
-        <x:v>106025.58</x:v>
+        <x:v>106152.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3536" spans="1:2">
       <x:c r="A3536" s="2">
-        <x:v>40813</x:v>
+        <x:v>40846</x:v>
       </x:c>
       <x:c r="B3536" s="3">
-        <x:v>106022.3</x:v>
+        <x:v>106144.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3537" spans="1:2">
       <x:c r="A3537" s="2">
-        <x:v>40812</x:v>
+        <x:v>40843</x:v>
       </x:c>
       <x:c r="B3537" s="3">
-        <x:v>106019.04</x:v>
+        <x:v>106130.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3538" spans="1:2">
       <x:c r="A3538" s="2">
-        <x:v>40811</x:v>
+        <x:v>40842</x:v>
       </x:c>
       <x:c r="B3538" s="3">
-        <x:v>106015.77</x:v>
+        <x:v>106126.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3539" spans="1:2">
       <x:c r="A3539" s="2">
-        <x:v>40808</x:v>
+        <x:v>40841</x:v>
       </x:c>
       <x:c r="B3539" s="3">
-        <x:v>106006.02</x:v>
+        <x:v>106122.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3540" spans="1:2">
       <x:c r="A3540" s="2">
-        <x:v>40807</x:v>
+        <x:v>40840</x:v>
       </x:c>
       <x:c r="B3540" s="3">
-        <x:v>106002.9</x:v>
+        <x:v>106118.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3541" spans="1:2">
       <x:c r="A3541" s="2">
-        <x:v>40806</x:v>
+        <x:v>40839</x:v>
       </x:c>
       <x:c r="B3541" s="3">
-        <x:v>105999.54</x:v>
+        <x:v>106113.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3542" spans="1:2">
       <x:c r="A3542" s="2">
-        <x:v>40805</x:v>
+        <x:v>40836</x:v>
       </x:c>
       <x:c r="B3542" s="3">
-        <x:v>105996.31</x:v>
+        <x:v>106100.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3543" spans="1:2">
       <x:c r="A3543" s="2">
-        <x:v>40804</x:v>
+        <x:v>40835</x:v>
       </x:c>
       <x:c r="B3543" s="3">
-        <x:v>105992.9</x:v>
+        <x:v>106095.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3544" spans="1:2">
       <x:c r="A3544" s="2">
-        <x:v>40801</x:v>
+        <x:v>40834</x:v>
       </x:c>
       <x:c r="B3544" s="3">
-        <x:v>105983.95</x:v>
+        <x:v>106090.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3545" spans="1:2">
       <x:c r="A3545" s="2">
-        <x:v>40800</x:v>
+        <x:v>40833</x:v>
       </x:c>
       <x:c r="B3545" s="3">
-        <x:v>105980.99</x:v>
+        <x:v>106087.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3546" spans="1:2">
       <x:c r="A3546" s="2">
-        <x:v>40799</x:v>
+        <x:v>40832</x:v>
       </x:c>
       <x:c r="B3546" s="3">
-        <x:v>105977.48</x:v>
+        <x:v>106085.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3547" spans="1:2">
       <x:c r="A3547" s="2">
-        <x:v>40798</x:v>
+        <x:v>40829</x:v>
       </x:c>
       <x:c r="B3547" s="3">
-        <x:v>105975.91</x:v>
+        <x:v>106076.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3548" spans="1:2">
       <x:c r="A3548" s="2">
-        <x:v>40797</x:v>
+        <x:v>40828</x:v>
       </x:c>
       <x:c r="B3548" s="3">
-        <x:v>105971.93</x:v>
+        <x:v>106073.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3549" spans="1:2">
       <x:c r="A3549" s="2">
-        <x:v>40794</x:v>
+        <x:v>40827</x:v>
       </x:c>
       <x:c r="B3549" s="3">
-        <x:v>105963.72</x:v>
+        <x:v>106069.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3550" spans="1:2">
       <x:c r="A3550" s="2">
-        <x:v>40793</x:v>
+        <x:v>40826</x:v>
       </x:c>
       <x:c r="B3550" s="3">
-        <x:v>105960.96</x:v>
+        <x:v>106065.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3551" spans="1:2">
       <x:c r="A3551" s="2">
-        <x:v>40792</x:v>
+        <x:v>40825</x:v>
       </x:c>
       <x:c r="B3551" s="3">
-        <x:v>105958.35</x:v>
+        <x:v>106061.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3552" spans="1:2">
       <x:c r="A3552" s="2">
-        <x:v>40791</x:v>
+        <x:v>40822</x:v>
       </x:c>
       <x:c r="B3552" s="3">
-        <x:v>105955.68</x:v>
+        <x:v>106052.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3553" spans="1:2">
       <x:c r="A3553" s="2">
-        <x:v>40790</x:v>
+        <x:v>40821</x:v>
       </x:c>
       <x:c r="B3553" s="3">
-        <x:v>105952.89</x:v>
+        <x:v>106049.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3554" spans="1:2">
       <x:c r="A3554" s="2">
-        <x:v>40787</x:v>
+        <x:v>40820</x:v>
       </x:c>
       <x:c r="B3554" s="3">
-        <x:v>105944.57</x:v>
+        <x:v>106046.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3555" spans="1:2">
       <x:c r="A3555" s="2">
-        <x:v>40786</x:v>
+        <x:v>40819</x:v>
       </x:c>
       <x:c r="B3555" s="3">
-        <x:v>105941.89</x:v>
+        <x:v>106043.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3556" spans="1:2">
       <x:c r="A3556" s="2">
-        <x:v>40785</x:v>
+        <x:v>40818</x:v>
       </x:c>
       <x:c r="B3556" s="3">
-        <x:v>105938.9</x:v>
+        <x:v>106038.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3557" spans="1:2">
       <x:c r="A3557" s="2">
-        <x:v>40784</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="B3557" s="3">
-        <x:v>105936.29</x:v>
+        <x:v>106029.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3558" spans="1:2">
       <x:c r="A3558" s="2">
-        <x:v>40783</x:v>
+        <x:v>40814</x:v>
       </x:c>
       <x:c r="B3558" s="3">
-        <x:v>105933.54</x:v>
+        <x:v>106025.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3559" spans="1:2">
       <x:c r="A3559" s="2">
-        <x:v>40780</x:v>
+        <x:v>40813</x:v>
       </x:c>
       <x:c r="B3559" s="3">
-        <x:v>105925.56</x:v>
+        <x:v>106022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3560" spans="1:2">
       <x:c r="A3560" s="2">
-        <x:v>40779</x:v>
+        <x:v>40812</x:v>
       </x:c>
       <x:c r="B3560" s="3">
-        <x:v>105922.44</x:v>
+        <x:v>106019.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3561" spans="1:2">
       <x:c r="A3561" s="2">
-        <x:v>40778</x:v>
+        <x:v>40811</x:v>
       </x:c>
       <x:c r="B3561" s="3">
-        <x:v>105919.7</x:v>
+        <x:v>106015.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3562" spans="1:2">
       <x:c r="A3562" s="2">
-        <x:v>40777</x:v>
+        <x:v>40808</x:v>
       </x:c>
       <x:c r="B3562" s="3">
-        <x:v>105916.87</x:v>
+        <x:v>106006.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3563" spans="1:2">
       <x:c r="A3563" s="2">
-        <x:v>40776</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="B3563" s="3">
-        <x:v>105914.07</x:v>
+        <x:v>106002.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3564" spans="1:2">
       <x:c r="A3564" s="2">
-        <x:v>40773</x:v>
+        <x:v>40806</x:v>
       </x:c>
       <x:c r="B3564" s="3">
-        <x:v>105905.86</x:v>
+        <x:v>105999.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3565" spans="1:2">
       <x:c r="A3565" s="2">
-        <x:v>40772</x:v>
+        <x:v>40805</x:v>
       </x:c>
       <x:c r="B3565" s="3">
-        <x:v>105903.13</x:v>
+        <x:v>105996.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3566" spans="1:2">
       <x:c r="A3566" s="2">
-        <x:v>40771</x:v>
+        <x:v>40804</x:v>
       </x:c>
       <x:c r="B3566" s="3">
-        <x:v>105900.37</x:v>
+        <x:v>105992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3567" spans="1:2">
       <x:c r="A3567" s="2">
-        <x:v>40770</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="B3567" s="3">
-        <x:v>105897.68</x:v>
+        <x:v>105983.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3568" spans="1:2">
       <x:c r="A3568" s="2">
-        <x:v>40766</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="B3568" s="3">
-        <x:v>105886.47</x:v>
+        <x:v>105980.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3569" spans="1:2">
       <x:c r="A3569" s="2">
-        <x:v>40765</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="B3569" s="3">
-        <x:v>105883.37</x:v>
+        <x:v>105977.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3570" spans="1:2">
       <x:c r="A3570" s="2">
-        <x:v>40764</x:v>
+        <x:v>40798</x:v>
       </x:c>
       <x:c r="B3570" s="3">
-        <x:v>105879.7</x:v>
+        <x:v>105975.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3571" spans="1:2">
       <x:c r="A3571" s="2">
-        <x:v>40763</x:v>
+        <x:v>40797</x:v>
       </x:c>
       <x:c r="B3571" s="3">
-        <x:v>105877.06</x:v>
+        <x:v>105971.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3572" spans="1:2">
       <x:c r="A3572" s="2">
-        <x:v>40762</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="B3572" s="3">
-        <x:v>105874.52</x:v>
+        <x:v>105963.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3573" spans="1:2">
       <x:c r="A3573" s="2">
-        <x:v>40759</x:v>
+        <x:v>40793</x:v>
       </x:c>
       <x:c r="B3573" s="3">
-        <x:v>105866.8</x:v>
+        <x:v>105960.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3574" spans="1:2">
       <x:c r="A3574" s="2">
-        <x:v>40758</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="B3574" s="3">
-        <x:v>105864.04</x:v>
+        <x:v>105958.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3575" spans="1:2">
       <x:c r="A3575" s="2">
-        <x:v>40757</x:v>
+        <x:v>40791</x:v>
       </x:c>
       <x:c r="B3575" s="3">
-        <x:v>105861.38</x:v>
+        <x:v>105955.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3576" spans="1:2">
       <x:c r="A3576" s="2">
-        <x:v>40756</x:v>
+        <x:v>40790</x:v>
       </x:c>
       <x:c r="B3576" s="3">
-        <x:v>105858.62</x:v>
+        <x:v>105952.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3577" spans="1:2">
       <x:c r="A3577" s="2">
-        <x:v>40755</x:v>
+        <x:v>40787</x:v>
       </x:c>
       <x:c r="B3577" s="3">
-        <x:v>105854.75</x:v>
+        <x:v>105944.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3578" spans="1:2">
       <x:c r="A3578" s="2">
-        <x:v>40752</x:v>
+        <x:v>40786</x:v>
       </x:c>
       <x:c r="B3578" s="3">
-        <x:v>105845.35</x:v>
+        <x:v>105941.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3579" spans="1:2">
       <x:c r="A3579" s="2">
-        <x:v>40751</x:v>
+        <x:v>40785</x:v>
       </x:c>
       <x:c r="B3579" s="3">
-        <x:v>105841.69</x:v>
+        <x:v>105938.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3580" spans="1:2">
       <x:c r="A3580" s="2">
-        <x:v>40750</x:v>
+        <x:v>40784</x:v>
       </x:c>
       <x:c r="B3580" s="3">
-        <x:v>105838.14</x:v>
+        <x:v>105936.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3581" spans="1:2">
       <x:c r="A3581" s="2">
-        <x:v>40749</x:v>
+        <x:v>40783</x:v>
       </x:c>
       <x:c r="B3581" s="3">
-        <x:v>105834.13</x:v>
+        <x:v>105933.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3582" spans="1:2">
       <x:c r="A3582" s="2">
-        <x:v>40748</x:v>
+        <x:v>40780</x:v>
       </x:c>
       <x:c r="B3582" s="3">
-        <x:v>105830.48</x:v>
+        <x:v>105925.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3583" spans="1:2">
       <x:c r="A3583" s="2">
-        <x:v>40745</x:v>
+        <x:v>40779</x:v>
       </x:c>
       <x:c r="B3583" s="3">
-        <x:v>105821.49</x:v>
+        <x:v>105922.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3584" spans="1:2">
       <x:c r="A3584" s="2">
-        <x:v>40744</x:v>
+        <x:v>40778</x:v>
       </x:c>
       <x:c r="B3584" s="3">
-        <x:v>105817.98</x:v>
+        <x:v>105919.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3585" spans="1:2">
       <x:c r="A3585" s="2">
-        <x:v>40743</x:v>
+        <x:v>40777</x:v>
       </x:c>
       <x:c r="B3585" s="3">
-        <x:v>105813.5</x:v>
+        <x:v>105916.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3586" spans="1:2">
       <x:c r="A3586" s="2">
-        <x:v>40742</x:v>
+        <x:v>40776</x:v>
       </x:c>
       <x:c r="B3586" s="3">
-        <x:v>105809.07</x:v>
+        <x:v>105914.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3587" spans="1:2">
       <x:c r="A3587" s="2">
-        <x:v>40741</x:v>
+        <x:v>40773</x:v>
       </x:c>
       <x:c r="B3587" s="3">
-        <x:v>105804.8</x:v>
+        <x:v>105905.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3588" spans="1:2">
       <x:c r="A3588" s="2">
-        <x:v>40738</x:v>
+        <x:v>40772</x:v>
       </x:c>
       <x:c r="B3588" s="3">
-        <x:v>105791.92</x:v>
+        <x:v>105903.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3589" spans="1:2">
       <x:c r="A3589" s="2">
-        <x:v>40736</x:v>
+        <x:v>40771</x:v>
       </x:c>
       <x:c r="B3589" s="3">
-        <x:v>105785.76</x:v>
+        <x:v>105900.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3590" spans="1:2">
       <x:c r="A3590" s="2">
-        <x:v>40735</x:v>
+        <x:v>40770</x:v>
       </x:c>
       <x:c r="B3590" s="3">
-        <x:v>105783.95</x:v>
+        <x:v>105897.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3591" spans="1:2">
       <x:c r="A3591" s="2">
-        <x:v>40734</x:v>
+        <x:v>40766</x:v>
       </x:c>
       <x:c r="B3591" s="3">
-        <x:v>105780.99</x:v>
+        <x:v>105886.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3592" spans="1:2">
       <x:c r="A3592" s="2">
-        <x:v>40731</x:v>
+        <x:v>40765</x:v>
       </x:c>
       <x:c r="B3592" s="3">
-        <x:v>105773.83</x:v>
+        <x:v>105883.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3593" spans="1:2">
       <x:c r="A3593" s="2">
-        <x:v>40730</x:v>
+        <x:v>40764</x:v>
       </x:c>
       <x:c r="B3593" s="3">
-        <x:v>105771.81</x:v>
+        <x:v>105879.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3594" spans="1:2">
       <x:c r="A3594" s="2">
-        <x:v>40729</x:v>
+        <x:v>40763</x:v>
       </x:c>
       <x:c r="B3594" s="3">
-        <x:v>105768.44</x:v>
+        <x:v>105877.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3595" spans="1:2">
       <x:c r="A3595" s="2">
-        <x:v>40728</x:v>
+        <x:v>40762</x:v>
       </x:c>
       <x:c r="B3595" s="3">
-        <x:v>105765.36</x:v>
+        <x:v>105874.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3596" spans="1:2">
       <x:c r="A3596" s="2">
-        <x:v>40727</x:v>
+        <x:v>40759</x:v>
       </x:c>
       <x:c r="B3596" s="3">
-        <x:v>105764.83</x:v>
+        <x:v>105866.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3597" spans="1:2">
       <x:c r="A3597" s="2">
-        <x:v>40724</x:v>
+        <x:v>40758</x:v>
       </x:c>
       <x:c r="B3597" s="3">
-        <x:v>105748.29</x:v>
+        <x:v>105864.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3598" spans="1:2">
       <x:c r="A3598" s="2">
-        <x:v>40723</x:v>
+        <x:v>40757</x:v>
       </x:c>
       <x:c r="B3598" s="3">
-        <x:v>105743.94</x:v>
+        <x:v>105861.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3599" spans="1:2">
       <x:c r="A3599" s="2">
-        <x:v>40722</x:v>
+        <x:v>40756</x:v>
       </x:c>
       <x:c r="B3599" s="3">
-        <x:v>105741.01</x:v>
+        <x:v>105858.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3600" spans="1:2">
       <x:c r="A3600" s="2">
-        <x:v>40721</x:v>
+        <x:v>40755</x:v>
       </x:c>
       <x:c r="B3600" s="3">
-        <x:v>105737.83</x:v>
+        <x:v>105854.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3601" spans="1:2">
       <x:c r="A3601" s="2">
-        <x:v>40720</x:v>
+        <x:v>40752</x:v>
       </x:c>
       <x:c r="B3601" s="3">
-        <x:v>105735.28</x:v>
+        <x:v>105845.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3602" spans="1:2">
       <x:c r="A3602" s="2">
-        <x:v>40717</x:v>
+        <x:v>40751</x:v>
       </x:c>
       <x:c r="B3602" s="3">
-        <x:v>105725.64</x:v>
+        <x:v>105841.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3603" spans="1:2">
       <x:c r="A3603" s="2">
-        <x:v>40716</x:v>
+        <x:v>40750</x:v>
       </x:c>
       <x:c r="B3603" s="3">
-        <x:v>105721.81</x:v>
+        <x:v>105838.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3604" spans="1:2">
       <x:c r="A3604" s="2">
-        <x:v>40715</x:v>
+        <x:v>40749</x:v>
       </x:c>
       <x:c r="B3604" s="3">
-        <x:v>105716.45</x:v>
+        <x:v>105834.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3605" spans="1:2">
       <x:c r="A3605" s="2">
-        <x:v>40714</x:v>
+        <x:v>40748</x:v>
       </x:c>
       <x:c r="B3605" s="3">
-        <x:v>105712.58</x:v>
+        <x:v>105830.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3606" spans="1:2">
       <x:c r="A3606" s="2">
-        <x:v>40713</x:v>
+        <x:v>40745</x:v>
       </x:c>
       <x:c r="B3606" s="3">
-        <x:v>105707.44</x:v>
+        <x:v>105821.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3607" spans="1:2">
       <x:c r="A3607" s="2">
-        <x:v>40710</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="B3607" s="3">
-        <x:v>105696.06</x:v>
+        <x:v>105817.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3608" spans="1:2">
       <x:c r="A3608" s="2">
-        <x:v>40709</x:v>
+        <x:v>40743</x:v>
       </x:c>
       <x:c r="B3608" s="3">
-        <x:v>105692</x:v>
+        <x:v>105813.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3609" spans="1:2">
       <x:c r="A3609" s="2">
-        <x:v>40708</x:v>
+        <x:v>40742</x:v>
       </x:c>
       <x:c r="B3609" s="3">
-        <x:v>105687.86</x:v>
+        <x:v>105809.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3610" spans="1:2">
       <x:c r="A3610" s="2">
-        <x:v>40707</x:v>
+        <x:v>40741</x:v>
       </x:c>
       <x:c r="B3610" s="3">
-        <x:v>105681.34</x:v>
+        <x:v>105804.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3611" spans="1:2">
       <x:c r="A3611" s="2">
-        <x:v>40703</x:v>
+        <x:v>40738</x:v>
       </x:c>
       <x:c r="B3611" s="3">
-        <x:v>105665.59</x:v>
+        <x:v>105791.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3612" spans="1:2">
       <x:c r="A3612" s="2">
-        <x:v>40702</x:v>
+        <x:v>40736</x:v>
       </x:c>
       <x:c r="B3612" s="3">
-        <x:v>105662.08</x:v>
+        <x:v>105785.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3613" spans="1:2">
       <x:c r="A3613" s="2">
-        <x:v>40701</x:v>
+        <x:v>40735</x:v>
       </x:c>
       <x:c r="B3613" s="3">
-        <x:v>105658.92</x:v>
+        <x:v>105783.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3614" spans="1:2">
       <x:c r="A3614" s="2">
-        <x:v>40700</x:v>
+        <x:v>40734</x:v>
       </x:c>
       <x:c r="B3614" s="3">
-        <x:v>105655.38</x:v>
+        <x:v>105780.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3615" spans="1:2">
       <x:c r="A3615" s="2">
-        <x:v>40699</x:v>
+        <x:v>40731</x:v>
       </x:c>
       <x:c r="B3615" s="3">
-        <x:v>105652.16</x:v>
+        <x:v>105773.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3616" spans="1:2">
       <x:c r="A3616" s="2">
-        <x:v>40696</x:v>
+        <x:v>40730</x:v>
       </x:c>
       <x:c r="B3616" s="3">
-        <x:v>105643.22</x:v>
+        <x:v>105771.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3617" spans="1:2">
       <x:c r="A3617" s="2">
-        <x:v>40694</x:v>
+        <x:v>40729</x:v>
       </x:c>
       <x:c r="B3617" s="3">
-        <x:v>105636.72</x:v>
+        <x:v>105768.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3618" spans="1:2">
       <x:c r="A3618" s="2">
-        <x:v>40693</x:v>
+        <x:v>40728</x:v>
       </x:c>
       <x:c r="B3618" s="3">
-        <x:v>105631.57</x:v>
+        <x:v>105765.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3619" spans="1:2">
       <x:c r="A3619" s="2">
-        <x:v>40692</x:v>
+        <x:v>40727</x:v>
       </x:c>
       <x:c r="B3619" s="3">
-        <x:v>105629.01</x:v>
+        <x:v>105764.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3620" spans="1:2">
       <x:c r="A3620" s="2">
-        <x:v>40689</x:v>
+        <x:v>40724</x:v>
       </x:c>
       <x:c r="B3620" s="3">
-        <x:v>105618.12</x:v>
+        <x:v>105748.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3621" spans="1:2">
       <x:c r="A3621" s="2">
-        <x:v>40688</x:v>
+        <x:v>40723</x:v>
       </x:c>
       <x:c r="B3621" s="3">
-        <x:v>105613.69</x:v>
+        <x:v>105743.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3622" spans="1:2">
       <x:c r="A3622" s="2">
-        <x:v>40687</x:v>
+        <x:v>40722</x:v>
       </x:c>
       <x:c r="B3622" s="3">
-        <x:v>105609.13</x:v>
+        <x:v>105741.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3623" spans="1:2">
       <x:c r="A3623" s="2">
-        <x:v>40686</x:v>
+        <x:v>40721</x:v>
       </x:c>
       <x:c r="B3623" s="3">
-        <x:v>105604.67</x:v>
+        <x:v>105737.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3624" spans="1:2">
       <x:c r="A3624" s="2">
-        <x:v>40685</x:v>
+        <x:v>40720</x:v>
       </x:c>
       <x:c r="B3624" s="3">
-        <x:v>105601.02</x:v>
+        <x:v>105735.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3625" spans="1:2">
       <x:c r="A3625" s="2">
-        <x:v>40682</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="B3625" s="3">
-        <x:v>105589.95</x:v>
+        <x:v>105725.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3626" spans="1:2">
       <x:c r="A3626" s="2">
-        <x:v>40681</x:v>
+        <x:v>40716</x:v>
       </x:c>
       <x:c r="B3626" s="3">
-        <x:v>105586.26</x:v>
+        <x:v>105721.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3627" spans="1:2">
       <x:c r="A3627" s="2">
-        <x:v>40680</x:v>
+        <x:v>40715</x:v>
       </x:c>
       <x:c r="B3627" s="3">
-        <x:v>105582.52</x:v>
+        <x:v>105716.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3628" spans="1:2">
       <x:c r="A3628" s="2">
-        <x:v>40679</x:v>
+        <x:v>40714</x:v>
       </x:c>
       <x:c r="B3628" s="3">
-        <x:v>105578.61</x:v>
+        <x:v>105712.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3629" spans="1:2">
       <x:c r="A3629" s="2">
-        <x:v>40678</x:v>
+        <x:v>40713</x:v>
       </x:c>
       <x:c r="B3629" s="3">
-        <x:v>105574.66</x:v>
+        <x:v>105707.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3630" spans="1:2">
       <x:c r="A3630" s="2">
-        <x:v>40675</x:v>
+        <x:v>40710</x:v>
       </x:c>
       <x:c r="B3630" s="3">
-        <x:v>105564.26</x:v>
+        <x:v>105696.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3631" spans="1:2">
       <x:c r="A3631" s="2">
-        <x:v>40674</x:v>
+        <x:v>40709</x:v>
       </x:c>
       <x:c r="B3631" s="3">
-        <x:v>105559.79</x:v>
+        <x:v>105692</x:v>
       </x:c>
     </x:row>
     <x:row r="3632" spans="1:2">
       <x:c r="A3632" s="2">
-        <x:v>40673</x:v>
+        <x:v>40708</x:v>
       </x:c>
       <x:c r="B3632" s="3">
-        <x:v>105555.79</x:v>
+        <x:v>105687.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3633" spans="1:2">
       <x:c r="A3633" s="2">
-        <x:v>40672</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="B3633" s="3">
-        <x:v>105552.78</x:v>
+        <x:v>105681.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3634" spans="1:2">
       <x:c r="A3634" s="2">
-        <x:v>40671</x:v>
+        <x:v>40703</x:v>
       </x:c>
       <x:c r="B3634" s="3">
-        <x:v>105551.46</x:v>
+        <x:v>105665.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3635" spans="1:2">
       <x:c r="A3635" s="2">
-        <x:v>40668</x:v>
+        <x:v>40702</x:v>
       </x:c>
       <x:c r="B3635" s="3">
-        <x:v>105542.97</x:v>
+        <x:v>105662.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3636" spans="1:2">
       <x:c r="A3636" s="2">
-        <x:v>40667</x:v>
+        <x:v>40701</x:v>
       </x:c>
       <x:c r="B3636" s="3">
-        <x:v>105539.73</x:v>
+        <x:v>105658.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3637" spans="1:2">
       <x:c r="A3637" s="2">
-        <x:v>40666</x:v>
+        <x:v>40700</x:v>
       </x:c>
       <x:c r="B3637" s="3">
-        <x:v>105536</x:v>
+        <x:v>105655.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3638" spans="1:2">
       <x:c r="A3638" s="2">
-        <x:v>40665</x:v>
+        <x:v>40699</x:v>
       </x:c>
       <x:c r="B3638" s="3">
-        <x:v>105531.08</x:v>
+        <x:v>105652.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3639" spans="1:2">
       <x:c r="A3639" s="2">
-        <x:v>40664</x:v>
+        <x:v>40696</x:v>
       </x:c>
       <x:c r="B3639" s="3">
-        <x:v>105525.73</x:v>
+        <x:v>105643.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3640" spans="1:2">
       <x:c r="A3640" s="2">
-        <x:v>40661</x:v>
+        <x:v>40694</x:v>
       </x:c>
       <x:c r="B3640" s="3">
-        <x:v>105514.26</x:v>
+        <x:v>105636.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3641" spans="1:2">
       <x:c r="A3641" s="2">
-        <x:v>40660</x:v>
+        <x:v>40693</x:v>
       </x:c>
       <x:c r="B3641" s="3">
-        <x:v>105509.77</x:v>
+        <x:v>105631.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3642" spans="1:2">
       <x:c r="A3642" s="2">
-        <x:v>40659</x:v>
+        <x:v>40692</x:v>
       </x:c>
       <x:c r="B3642" s="3">
-        <x:v>105505.1</x:v>
+        <x:v>105629.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3643" spans="1:2">
       <x:c r="A3643" s="2">
-        <x:v>40658</x:v>
+        <x:v>40689</x:v>
       </x:c>
       <x:c r="B3643" s="3">
-        <x:v>105497.18</x:v>
+        <x:v>105618.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3644" spans="1:2">
       <x:c r="A3644" s="2">
-        <x:v>40653</x:v>
+        <x:v>40688</x:v>
       </x:c>
       <x:c r="B3644" s="3">
-        <x:v>105478.48</x:v>
+        <x:v>105613.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3645" spans="1:2">
       <x:c r="A3645" s="2">
-        <x:v>40652</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="B3645" s="3">
-        <x:v>105474.7</x:v>
+        <x:v>105609.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3646" spans="1:2">
       <x:c r="A3646" s="2">
-        <x:v>40651</x:v>
+        <x:v>40686</x:v>
       </x:c>
       <x:c r="B3646" s="3">
-        <x:v>105471.12</x:v>
+        <x:v>105604.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3647" spans="1:2">
       <x:c r="A3647" s="2">
-        <x:v>40650</x:v>
+        <x:v>40685</x:v>
       </x:c>
       <x:c r="B3647" s="3">
-        <x:v>105464.94</x:v>
+        <x:v>105601.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3648" spans="1:2">
       <x:c r="A3648" s="2">
-        <x:v>40647</x:v>
+        <x:v>40682</x:v>
       </x:c>
       <x:c r="B3648" s="3">
-        <x:v>105454.73</x:v>
+        <x:v>105589.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3649" spans="1:2">
       <x:c r="A3649" s="2">
-        <x:v>40646</x:v>
+        <x:v>40681</x:v>
       </x:c>
       <x:c r="B3649" s="3">
-        <x:v>105451.14</x:v>
+        <x:v>105586.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3650" spans="1:2">
       <x:c r="A3650" s="2">
-        <x:v>40645</x:v>
+        <x:v>40680</x:v>
       </x:c>
       <x:c r="B3650" s="3">
-        <x:v>105448.02</x:v>
+        <x:v>105582.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3651" spans="1:2">
       <x:c r="A3651" s="2">
-        <x:v>40644</x:v>
+        <x:v>40679</x:v>
       </x:c>
       <x:c r="B3651" s="3">
-        <x:v>105444.64</x:v>
+        <x:v>105578.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3652" spans="1:2">
       <x:c r="A3652" s="2">
-        <x:v>40643</x:v>
+        <x:v>40678</x:v>
       </x:c>
       <x:c r="B3652" s="3">
-        <x:v>105439.71</x:v>
+        <x:v>105574.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3653" spans="1:2">
       <x:c r="A3653" s="2">
-        <x:v>40640</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="B3653" s="3">
-        <x:v>105433.02</x:v>
+        <x:v>105564.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3654" spans="1:2">
       <x:c r="A3654" s="2">
-        <x:v>40639</x:v>
+        <x:v>40674</x:v>
       </x:c>
       <x:c r="B3654" s="3">
-        <x:v>105429.99</x:v>
+        <x:v>105559.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3655" spans="1:2">
       <x:c r="A3655" s="2">
-        <x:v>40638</x:v>
+        <x:v>40673</x:v>
       </x:c>
       <x:c r="B3655" s="3">
-        <x:v>105427.41</x:v>
+        <x:v>105555.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3656" spans="1:2">
       <x:c r="A3656" s="2">
-        <x:v>40637</x:v>
+        <x:v>40672</x:v>
       </x:c>
       <x:c r="B3656" s="3">
-        <x:v>105424.25</x:v>
+        <x:v>105552.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3657" spans="1:2">
       <x:c r="A3657" s="2">
-        <x:v>40636</x:v>
+        <x:v>40671</x:v>
       </x:c>
       <x:c r="B3657" s="3">
-        <x:v>105423.1</x:v>
+        <x:v>105551.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3658" spans="1:2">
       <x:c r="A3658" s="2">
-        <x:v>40633</x:v>
+        <x:v>40668</x:v>
       </x:c>
       <x:c r="B3658" s="3">
-        <x:v>105413.43</x:v>
+        <x:v>105542.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3659" spans="1:2">
       <x:c r="A3659" s="2">
-        <x:v>40632</x:v>
+        <x:v>40667</x:v>
       </x:c>
       <x:c r="B3659" s="3">
-        <x:v>105410.27</x:v>
+        <x:v>105539.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3660" spans="1:2">
       <x:c r="A3660" s="2">
-        <x:v>40631</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="B3660" s="3">
-        <x:v>105406.75</x:v>
+        <x:v>105536</x:v>
       </x:c>
     </x:row>
     <x:row r="3661" spans="1:2">
       <x:c r="A3661" s="2">
-        <x:v>40630</x:v>
+        <x:v>40665</x:v>
       </x:c>
       <x:c r="B3661" s="3">
-        <x:v>105403.78</x:v>
+        <x:v>105531.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3662" spans="1:2">
       <x:c r="A3662" s="2">
-        <x:v>40629</x:v>
+        <x:v>40664</x:v>
       </x:c>
       <x:c r="B3662" s="3">
-        <x:v>105401.31</x:v>
+        <x:v>105525.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3663" spans="1:2">
       <x:c r="A3663" s="2">
-        <x:v>40626</x:v>
+        <x:v>40661</x:v>
       </x:c>
       <x:c r="B3663" s="3">
-        <x:v>105394.19</x:v>
+        <x:v>105514.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3664" spans="1:2">
       <x:c r="A3664" s="2">
-        <x:v>40625</x:v>
+        <x:v>40660</x:v>
       </x:c>
       <x:c r="B3664" s="3">
-        <x:v>105391.85</x:v>
+        <x:v>105509.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3665" spans="1:2">
       <x:c r="A3665" s="2">
-        <x:v>40624</x:v>
+        <x:v>40659</x:v>
       </x:c>
       <x:c r="B3665" s="3">
-        <x:v>105389.09</x:v>
+        <x:v>105505.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3666" spans="1:2">
       <x:c r="A3666" s="2">
-        <x:v>40623</x:v>
+        <x:v>40658</x:v>
       </x:c>
       <x:c r="B3666" s="3">
-        <x:v>105386.61</x:v>
+        <x:v>105497.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3667" spans="1:2">
       <x:c r="A3667" s="2">
-        <x:v>40622</x:v>
+        <x:v>40653</x:v>
       </x:c>
       <x:c r="B3667" s="3">
-        <x:v>105383.76</x:v>
+        <x:v>105478.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3668" spans="1:2">
       <x:c r="A3668" s="2">
-        <x:v>40619</x:v>
+        <x:v>40652</x:v>
       </x:c>
       <x:c r="B3668" s="3">
-        <x:v>105376.61</x:v>
+        <x:v>105474.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3669" spans="1:2">
       <x:c r="A3669" s="2">
-        <x:v>40618</x:v>
+        <x:v>40651</x:v>
       </x:c>
       <x:c r="B3669" s="3">
-        <x:v>105374.18</x:v>
+        <x:v>105471.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3670" spans="1:2">
       <x:c r="A3670" s="2">
-        <x:v>40617</x:v>
+        <x:v>40650</x:v>
       </x:c>
       <x:c r="B3670" s="3">
-        <x:v>105370.78</x:v>
+        <x:v>105464.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3671" spans="1:2">
       <x:c r="A3671" s="2">
-        <x:v>40616</x:v>
+        <x:v>40647</x:v>
       </x:c>
       <x:c r="B3671" s="3">
-        <x:v>105367.77</x:v>
+        <x:v>105454.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3672" spans="1:2">
       <x:c r="A3672" s="2">
-        <x:v>40615</x:v>
+        <x:v>40646</x:v>
       </x:c>
       <x:c r="B3672" s="3">
-        <x:v>105365.46</x:v>
+        <x:v>105451.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3673" spans="1:2">
       <x:c r="A3673" s="2">
-        <x:v>40612</x:v>
+        <x:v>40645</x:v>
       </x:c>
       <x:c r="B3673" s="3">
-        <x:v>105357.58</x:v>
+        <x:v>105448.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3674" spans="1:2">
       <x:c r="A3674" s="2">
-        <x:v>40611</x:v>
+        <x:v>40644</x:v>
       </x:c>
       <x:c r="B3674" s="3">
-        <x:v>105354.13</x:v>
+        <x:v>105444.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3675" spans="1:2">
       <x:c r="A3675" s="2">
-        <x:v>40610</x:v>
+        <x:v>40643</x:v>
       </x:c>
       <x:c r="B3675" s="3">
-        <x:v>105350.65</x:v>
+        <x:v>105439.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3676" spans="1:2">
       <x:c r="A3676" s="2">
-        <x:v>40609</x:v>
+        <x:v>40640</x:v>
       </x:c>
       <x:c r="B3676" s="3">
-        <x:v>105347.61</x:v>
+        <x:v>105433.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3677" spans="1:2">
       <x:c r="A3677" s="2">
-        <x:v>40608</x:v>
+        <x:v>40639</x:v>
       </x:c>
       <x:c r="B3677" s="3">
-        <x:v>105345.84</x:v>
+        <x:v>105429.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3678" spans="1:2">
       <x:c r="A3678" s="2">
-        <x:v>40605</x:v>
+        <x:v>40638</x:v>
       </x:c>
       <x:c r="B3678" s="3">
-        <x:v>105340.82</x:v>
+        <x:v>105427.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3679" spans="1:2">
       <x:c r="A3679" s="2">
-        <x:v>40604</x:v>
+        <x:v>40637</x:v>
       </x:c>
       <x:c r="B3679" s="3">
-        <x:v>105338.76</x:v>
+        <x:v>105424.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3680" spans="1:2">
       <x:c r="A3680" s="2">
-        <x:v>40603</x:v>
+        <x:v>40636</x:v>
       </x:c>
       <x:c r="B3680" s="3">
-        <x:v>105336.66</x:v>
+        <x:v>105423.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3681" spans="1:2">
       <x:c r="A3681" s="2">
-        <x:v>40602</x:v>
+        <x:v>40633</x:v>
       </x:c>
       <x:c r="B3681" s="3">
-        <x:v>105334.32</x:v>
+        <x:v>105413.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3682" spans="1:2">
       <x:c r="A3682" s="2">
-        <x:v>40601</x:v>
+        <x:v>40632</x:v>
       </x:c>
       <x:c r="B3682" s="3">
-        <x:v>105329.94</x:v>
+        <x:v>105410.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3683" spans="1:2">
       <x:c r="A3683" s="2">
-        <x:v>40598</x:v>
+        <x:v>40631</x:v>
       </x:c>
       <x:c r="B3683" s="3">
-        <x:v>105322.5</x:v>
+        <x:v>105406.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3684" spans="1:2">
       <x:c r="A3684" s="2">
-        <x:v>40597</x:v>
+        <x:v>40630</x:v>
       </x:c>
       <x:c r="B3684" s="3">
-        <x:v>105319.41</x:v>
+        <x:v>105403.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3685" spans="1:2">
       <x:c r="A3685" s="2">
-        <x:v>40596</x:v>
+        <x:v>40629</x:v>
       </x:c>
       <x:c r="B3685" s="3">
-        <x:v>105317</x:v>
+        <x:v>105401.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3686" spans="1:2">
       <x:c r="A3686" s="2">
-        <x:v>40595</x:v>
+        <x:v>40626</x:v>
       </x:c>
       <x:c r="B3686" s="3">
-        <x:v>105314.11</x:v>
+        <x:v>105394.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3687" spans="1:2">
       <x:c r="A3687" s="2">
-        <x:v>40594</x:v>
+        <x:v>40625</x:v>
       </x:c>
       <x:c r="B3687" s="3">
-        <x:v>105312.44</x:v>
+        <x:v>105391.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3688" spans="1:2">
       <x:c r="A3688" s="2">
-        <x:v>40591</x:v>
+        <x:v>40624</x:v>
       </x:c>
       <x:c r="B3688" s="3">
-        <x:v>105305.86</x:v>
+        <x:v>105389.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3689" spans="1:2">
       <x:c r="A3689" s="2">
-        <x:v>40590</x:v>
+        <x:v>40623</x:v>
       </x:c>
       <x:c r="B3689" s="3">
-        <x:v>105303.53</x:v>
+        <x:v>105386.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3690" spans="1:2">
       <x:c r="A3690" s="2">
-        <x:v>40589</x:v>
+        <x:v>40622</x:v>
       </x:c>
       <x:c r="B3690" s="3">
-        <x:v>105300.84</x:v>
+        <x:v>105383.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3691" spans="1:2">
       <x:c r="A3691" s="2">
-        <x:v>40588</x:v>
+        <x:v>40619</x:v>
       </x:c>
       <x:c r="B3691" s="3">
-        <x:v>105297.99</x:v>
+        <x:v>105376.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3692" spans="1:2">
       <x:c r="A3692" s="2">
-        <x:v>40587</x:v>
+        <x:v>40618</x:v>
       </x:c>
       <x:c r="B3692" s="3">
-        <x:v>105294.78</x:v>
+        <x:v>105374.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3693" spans="1:2">
       <x:c r="A3693" s="2">
-        <x:v>40584</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="B3693" s="3">
-        <x:v>105285.24</x:v>
+        <x:v>105370.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3694" spans="1:2">
       <x:c r="A3694" s="2">
-        <x:v>40583</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="B3694" s="3">
-        <x:v>105281.68</x:v>
+        <x:v>105367.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3695" spans="1:2">
       <x:c r="A3695" s="2">
-        <x:v>40582</x:v>
+        <x:v>40615</x:v>
       </x:c>
       <x:c r="B3695" s="3">
-        <x:v>105277.68</x:v>
+        <x:v>105365.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3696" spans="1:2">
       <x:c r="A3696" s="2">
-        <x:v>40581</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="B3696" s="3">
-        <x:v>105276.1</x:v>
+        <x:v>105357.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3697" spans="1:2">
       <x:c r="A3697" s="2">
-        <x:v>40580</x:v>
+        <x:v>40611</x:v>
       </x:c>
       <x:c r="B3697" s="3">
-        <x:v>105274.68</x:v>
+        <x:v>105354.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3698" spans="1:2">
       <x:c r="A3698" s="2">
-        <x:v>40577</x:v>
+        <x:v>40610</x:v>
       </x:c>
       <x:c r="B3698" s="3">
-        <x:v>105268.85</x:v>
+        <x:v>105350.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3699" spans="1:2">
       <x:c r="A3699" s="2">
-        <x:v>40576</x:v>
+        <x:v>40609</x:v>
       </x:c>
       <x:c r="B3699" s="3">
-        <x:v>105265.92</x:v>
+        <x:v>105347.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3700" spans="1:2">
       <x:c r="A3700" s="2">
-        <x:v>40575</x:v>
+        <x:v>40608</x:v>
       </x:c>
       <x:c r="B3700" s="3">
-        <x:v>105260.84</x:v>
+        <x:v>105345.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3701" spans="1:2">
       <x:c r="A3701" s="2">
-        <x:v>40574</x:v>
+        <x:v>40605</x:v>
       </x:c>
       <x:c r="B3701" s="3">
-        <x:v>105257.12</x:v>
+        <x:v>105340.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3702" spans="1:2">
       <x:c r="A3702" s="2">
-        <x:v>40573</x:v>
+        <x:v>40604</x:v>
       </x:c>
       <x:c r="B3702" s="3">
-        <x:v>105254.08</x:v>
+        <x:v>105338.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3703" spans="1:2">
       <x:c r="A3703" s="2">
-        <x:v>40570</x:v>
+        <x:v>40603</x:v>
       </x:c>
       <x:c r="B3703" s="3">
-        <x:v>105243.85</x:v>
+        <x:v>105336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3704" spans="1:2">
       <x:c r="A3704" s="2">
-        <x:v>40569</x:v>
+        <x:v>40602</x:v>
       </x:c>
       <x:c r="B3704" s="3">
-        <x:v>105240.46</x:v>
+        <x:v>105334.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3705" spans="1:2">
       <x:c r="A3705" s="2">
-        <x:v>40568</x:v>
+        <x:v>40601</x:v>
       </x:c>
       <x:c r="B3705" s="3">
-        <x:v>105237.17</x:v>
+        <x:v>105329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3706" spans="1:2">
       <x:c r="A3706" s="2">
-        <x:v>40567</x:v>
+        <x:v>40598</x:v>
       </x:c>
       <x:c r="B3706" s="3">
-        <x:v>105234.15</x:v>
+        <x:v>105322.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3707" spans="1:2">
       <x:c r="A3707" s="2">
-        <x:v>40566</x:v>
+        <x:v>40597</x:v>
       </x:c>
       <x:c r="B3707" s="3">
-        <x:v>105230.53</x:v>
+        <x:v>105319.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3708" spans="1:2">
       <x:c r="A3708" s="2">
-        <x:v>40563</x:v>
+        <x:v>40596</x:v>
       </x:c>
       <x:c r="B3708" s="3">
-        <x:v>105223.64</x:v>
+        <x:v>105317</x:v>
       </x:c>
     </x:row>
     <x:row r="3709" spans="1:2">
       <x:c r="A3709" s="2">
-        <x:v>40562</x:v>
+        <x:v>40595</x:v>
       </x:c>
       <x:c r="B3709" s="3">
-        <x:v>105221.62</x:v>
+        <x:v>105314.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3710" spans="1:2">
       <x:c r="A3710" s="2">
-        <x:v>40561</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="B3710" s="3">
-        <x:v>105219.24</x:v>
+        <x:v>105312.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3711" spans="1:2">
       <x:c r="A3711" s="2">
-        <x:v>40560</x:v>
+        <x:v>40591</x:v>
       </x:c>
       <x:c r="B3711" s="3">
-        <x:v>105218.23</x:v>
+        <x:v>105305.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3712" spans="1:2">
       <x:c r="A3712" s="2">
-        <x:v>40559</x:v>
+        <x:v>40590</x:v>
       </x:c>
       <x:c r="B3712" s="3">
-        <x:v>105217.21</x:v>
+        <x:v>105303.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3713" spans="1:2">
       <x:c r="A3713" s="2">
-        <x:v>40556</x:v>
+        <x:v>40589</x:v>
       </x:c>
       <x:c r="B3713" s="3">
-        <x:v>105213.53</x:v>
+        <x:v>105300.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3714" spans="1:2">
       <x:c r="A3714" s="2">
-        <x:v>40555</x:v>
+        <x:v>40588</x:v>
       </x:c>
       <x:c r="B3714" s="3">
-        <x:v>105212.46</x:v>
+        <x:v>105297.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3715" spans="1:2">
       <x:c r="A3715" s="2">
-        <x:v>40554</x:v>
+        <x:v>40587</x:v>
       </x:c>
       <x:c r="B3715" s="3">
-        <x:v>105211.29</x:v>
+        <x:v>105294.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3716" spans="1:2">
       <x:c r="A3716" s="2">
-        <x:v>40553</x:v>
+        <x:v>40584</x:v>
       </x:c>
       <x:c r="B3716" s="3">
-        <x:v>105209.85</x:v>
+        <x:v>105285.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3717" spans="1:2">
       <x:c r="A3717" s="2">
-        <x:v>40552</x:v>
+        <x:v>40583</x:v>
       </x:c>
       <x:c r="B3717" s="3">
-        <x:v>105208.11</x:v>
+        <x:v>105281.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3718" spans="1:2">
       <x:c r="A3718" s="2">
-        <x:v>40549</x:v>
+        <x:v>40582</x:v>
       </x:c>
       <x:c r="B3718" s="3">
-        <x:v>105203.87</x:v>
+        <x:v>105277.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3719" spans="1:2">
       <x:c r="A3719" s="2">
-        <x:v>40548</x:v>
+        <x:v>40581</x:v>
       </x:c>
       <x:c r="B3719" s="3">
-        <x:v>105203.19</x:v>
+        <x:v>105276.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3720" spans="1:2">
       <x:c r="A3720" s="2">
-        <x:v>40547</x:v>
+        <x:v>40580</x:v>
       </x:c>
       <x:c r="B3720" s="3">
-        <x:v>105198.82</x:v>
+        <x:v>105274.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3721" spans="1:2">
       <x:c r="A3721" s="2">
-        <x:v>40546</x:v>
+        <x:v>40577</x:v>
       </x:c>
       <x:c r="B3721" s="3">
-        <x:v>105197.31</x:v>
+        <x:v>105268.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3722" spans="1:2">
       <x:c r="A3722" s="2">
-        <x:v>40545</x:v>
+        <x:v>40576</x:v>
       </x:c>
       <x:c r="B3722" s="3">
-        <x:v>105191.25</x:v>
+        <x:v>105265.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3723" spans="1:2">
       <x:c r="A3723" s="2">
-        <x:v>40542</x:v>
+        <x:v>40575</x:v>
       </x:c>
       <x:c r="B3723" s="3">
-        <x:v>105186.59</x:v>
+        <x:v>105260.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3724" spans="1:2">
       <x:c r="A3724" s="2">
-        <x:v>40541</x:v>
+        <x:v>40574</x:v>
       </x:c>
       <x:c r="B3724" s="3">
-        <x:v>105183.09</x:v>
+        <x:v>105257.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3725" spans="1:2">
       <x:c r="A3725" s="2">
-        <x:v>40540</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="B3725" s="3">
-        <x:v>105181.34</x:v>
+        <x:v>105254.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3726" spans="1:2">
       <x:c r="A3726" s="2">
-        <x:v>40539</x:v>
+        <x:v>40570</x:v>
       </x:c>
       <x:c r="B3726" s="3">
-        <x:v>105179.83</x:v>
+        <x:v>105243.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3727" spans="1:2">
       <x:c r="A3727" s="2">
-        <x:v>40538</x:v>
+        <x:v>40569</x:v>
       </x:c>
       <x:c r="B3727" s="3">
-        <x:v>105177.85</x:v>
+        <x:v>105240.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3728" spans="1:2">
       <x:c r="A3728" s="2">
-        <x:v>40535</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="B3728" s="3">
-        <x:v>105173.69</x:v>
+        <x:v>105237.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3729" spans="1:2">
       <x:c r="A3729" s="2">
-        <x:v>40534</x:v>
+        <x:v>40567</x:v>
       </x:c>
       <x:c r="B3729" s="3">
-        <x:v>105172.6</x:v>
+        <x:v>105234.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3730" spans="1:2">
       <x:c r="A3730" s="2">
-        <x:v>40533</x:v>
+        <x:v>40566</x:v>
       </x:c>
       <x:c r="B3730" s="3">
-        <x:v>105171.09</x:v>
+        <x:v>105230.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3731" spans="1:2">
       <x:c r="A3731" s="2">
-        <x:v>40532</x:v>
+        <x:v>40563</x:v>
       </x:c>
       <x:c r="B3731" s="3">
-        <x:v>105166.57</x:v>
+        <x:v>105223.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3732" spans="1:2">
       <x:c r="A3732" s="2">
-        <x:v>40531</x:v>
+        <x:v>40562</x:v>
       </x:c>
       <x:c r="B3732" s="3">
-        <x:v>105165.23</x:v>
+        <x:v>105221.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3733" spans="1:2">
       <x:c r="A3733" s="2">
-        <x:v>40528</x:v>
+        <x:v>40561</x:v>
       </x:c>
       <x:c r="B3733" s="3">
-        <x:v>105160.23</x:v>
+        <x:v>105219.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3734" spans="1:2">
       <x:c r="A3734" s="2">
-        <x:v>40527</x:v>
+        <x:v>40560</x:v>
       </x:c>
       <x:c r="B3734" s="3">
-        <x:v>105158.37</x:v>
+        <x:v>105218.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3735" spans="1:2">
       <x:c r="A3735" s="2">
-        <x:v>40526</x:v>
+        <x:v>40559</x:v>
       </x:c>
       <x:c r="B3735" s="3">
-        <x:v>105156.48</x:v>
+        <x:v>105217.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3736" spans="1:2">
       <x:c r="A3736" s="2">
-        <x:v>40525</x:v>
+        <x:v>40556</x:v>
       </x:c>
       <x:c r="B3736" s="3">
-        <x:v>105154.38</x:v>
+        <x:v>105213.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3737" spans="1:2">
       <x:c r="A3737" s="2">
-        <x:v>40524</x:v>
+        <x:v>40555</x:v>
       </x:c>
       <x:c r="B3737" s="3">
-        <x:v>105152.16</x:v>
+        <x:v>105212.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3738" spans="1:2">
       <x:c r="A3738" s="2">
-        <x:v>40521</x:v>
+        <x:v>40554</x:v>
       </x:c>
       <x:c r="B3738" s="3">
-        <x:v>105145.5</x:v>
+        <x:v>105211.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3739" spans="1:2">
       <x:c r="A3739" s="2">
-        <x:v>40520</x:v>
+        <x:v>40553</x:v>
       </x:c>
       <x:c r="B3739" s="3">
-        <x:v>105142.82</x:v>
+        <x:v>105209.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3740" spans="1:2">
       <x:c r="A3740" s="2">
-        <x:v>40519</x:v>
+        <x:v>40552</x:v>
       </x:c>
       <x:c r="B3740" s="3">
-        <x:v>105140.62</x:v>
+        <x:v>105208.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3741" spans="1:2">
       <x:c r="A3741" s="2">
-        <x:v>40518</x:v>
+        <x:v>40549</x:v>
       </x:c>
       <x:c r="B3741" s="3">
-        <x:v>105139.07</x:v>
+        <x:v>105203.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3742" spans="1:2">
       <x:c r="A3742" s="2">
-        <x:v>40517</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="B3742" s="3">
-        <x:v>105137.55</x:v>
+        <x:v>105203.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3743" spans="1:2">
       <x:c r="A3743" s="2">
-        <x:v>40514</x:v>
+        <x:v>40547</x:v>
       </x:c>
       <x:c r="B3743" s="3">
-        <x:v>105132.73</x:v>
+        <x:v>105198.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3744" spans="1:2">
       <x:c r="A3744" s="2">
-        <x:v>40513</x:v>
+        <x:v>40546</x:v>
       </x:c>
       <x:c r="B3744" s="3">
-        <x:v>105131.2</x:v>
+        <x:v>105197.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3745" spans="1:2">
       <x:c r="A3745" s="2">
-        <x:v>40512</x:v>
+        <x:v>40545</x:v>
       </x:c>
       <x:c r="B3745" s="3">
-        <x:v>105129.28</x:v>
+        <x:v>105191.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3746" spans="1:2">
       <x:c r="A3746" s="2">
-        <x:v>40511</x:v>
+        <x:v>40542</x:v>
       </x:c>
       <x:c r="B3746" s="3">
-        <x:v>105126.68</x:v>
+        <x:v>105186.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3747" spans="1:2">
       <x:c r="A3747" s="2">
-        <x:v>40510</x:v>
+        <x:v>40541</x:v>
       </x:c>
       <x:c r="B3747" s="3">
-        <x:v>105125</x:v>
+        <x:v>105183.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3748" spans="1:2">
       <x:c r="A3748" s="2">
-        <x:v>40507</x:v>
+        <x:v>40540</x:v>
       </x:c>
       <x:c r="B3748" s="3">
-        <x:v>105120.01</x:v>
+        <x:v>105181.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3749" spans="1:2">
       <x:c r="A3749" s="2">
-        <x:v>40506</x:v>
+        <x:v>40539</x:v>
       </x:c>
       <x:c r="B3749" s="3">
-        <x:v>105118.14</x:v>
+        <x:v>105179.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3750" spans="1:2">
       <x:c r="A3750" s="2">
-        <x:v>40505</x:v>
+        <x:v>40538</x:v>
       </x:c>
       <x:c r="B3750" s="3">
-        <x:v>105115.57</x:v>
+        <x:v>105177.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3751" spans="1:2">
       <x:c r="A3751" s="2">
-        <x:v>40504</x:v>
+        <x:v>40535</x:v>
       </x:c>
       <x:c r="B3751" s="3">
-        <x:v>105112.94</x:v>
+        <x:v>105173.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3752" spans="1:2">
       <x:c r="A3752" s="2">
-        <x:v>40503</x:v>
+        <x:v>40534</x:v>
       </x:c>
       <x:c r="B3752" s="3">
-        <x:v>105111</x:v>
+        <x:v>105172.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3753" spans="1:2">
       <x:c r="A3753" s="2">
-        <x:v>40500</x:v>
+        <x:v>40533</x:v>
       </x:c>
       <x:c r="B3753" s="3">
-        <x:v>105105.34</x:v>
+        <x:v>105171.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3754" spans="1:2">
       <x:c r="A3754" s="2">
-        <x:v>40499</x:v>
+        <x:v>40532</x:v>
       </x:c>
       <x:c r="B3754" s="3">
-        <x:v>105103.03</x:v>
+        <x:v>105166.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3755" spans="1:2">
       <x:c r="A3755" s="2">
-        <x:v>40498</x:v>
+        <x:v>40531</x:v>
       </x:c>
       <x:c r="B3755" s="3">
-        <x:v>105100.13</x:v>
+        <x:v>105165.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3756" spans="1:2">
       <x:c r="A3756" s="2">
-        <x:v>40497</x:v>
+        <x:v>40528</x:v>
       </x:c>
       <x:c r="B3756" s="3">
-        <x:v>105097.89</x:v>
+        <x:v>105160.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3757" spans="1:2">
       <x:c r="A3757" s="2">
-        <x:v>40496</x:v>
+        <x:v>40527</x:v>
       </x:c>
       <x:c r="B3757" s="3">
-        <x:v>105094.6</x:v>
+        <x:v>105158.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3758" spans="1:2">
       <x:c r="A3758" s="2">
-        <x:v>40493</x:v>
+        <x:v>40526</x:v>
       </x:c>
       <x:c r="B3758" s="3">
-        <x:v>105087.18</x:v>
+        <x:v>105156.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3759" spans="1:2">
       <x:c r="A3759" s="2">
-        <x:v>40491</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="B3759" s="3">
-        <x:v>105082.58</x:v>
+        <x:v>105154.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3760" spans="1:2">
       <x:c r="A3760" s="2">
-        <x:v>40490</x:v>
+        <x:v>40524</x:v>
       </x:c>
       <x:c r="B3760" s="3">
-        <x:v>105080.7</x:v>
+        <x:v>105152.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3761" spans="1:2">
       <x:c r="A3761" s="2">
-        <x:v>40489</x:v>
+        <x:v>40521</x:v>
       </x:c>
       <x:c r="B3761" s="3">
-        <x:v>105078.85</x:v>
+        <x:v>105145.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3762" spans="1:2">
       <x:c r="A3762" s="2">
-        <x:v>40486</x:v>
+        <x:v>40520</x:v>
       </x:c>
       <x:c r="B3762" s="3">
-        <x:v>105074.02</x:v>
+        <x:v>105142.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3763" spans="1:2">
       <x:c r="A3763" s="2">
-        <x:v>40485</x:v>
+        <x:v>40519</x:v>
       </x:c>
       <x:c r="B3763" s="3">
-        <x:v>105070.62</x:v>
+        <x:v>105140.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3764" spans="1:2">
       <x:c r="A3764" s="2">
-        <x:v>40484</x:v>
+        <x:v>40518</x:v>
       </x:c>
       <x:c r="B3764" s="3">
-        <x:v>105068.53</x:v>
+        <x:v>105139.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3765" spans="1:2">
       <x:c r="A3765" s="2">
-        <x:v>40483</x:v>
+        <x:v>40517</x:v>
       </x:c>
       <x:c r="B3765" s="3">
-        <x:v>105066.47</x:v>
+        <x:v>105137.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3766" spans="1:2">
       <x:c r="A3766" s="2">
-        <x:v>40479</x:v>
+        <x:v>40514</x:v>
       </x:c>
       <x:c r="B3766" s="3">
-        <x:v>105056.94</x:v>
+        <x:v>105132.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3767" spans="1:2">
       <x:c r="A3767" s="2">
-        <x:v>40478</x:v>
+        <x:v>40513</x:v>
       </x:c>
       <x:c r="B3767" s="3">
-        <x:v>105053.69</x:v>
+        <x:v>105131.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3768" spans="1:2">
       <x:c r="A3768" s="2">
-        <x:v>40477</x:v>
+        <x:v>40512</x:v>
       </x:c>
       <x:c r="B3768" s="3">
-        <x:v>105050.64</x:v>
+        <x:v>105129.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3769" spans="1:2">
       <x:c r="A3769" s="2">
-        <x:v>40476</x:v>
+        <x:v>40511</x:v>
       </x:c>
       <x:c r="B3769" s="3">
-        <x:v>105047.86</x:v>
+        <x:v>105126.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3770" spans="1:2">
       <x:c r="A3770" s="2">
-        <x:v>40475</x:v>
+        <x:v>40510</x:v>
       </x:c>
       <x:c r="B3770" s="3">
-        <x:v>105043.99</x:v>
+        <x:v>105125</x:v>
       </x:c>
     </x:row>
     <x:row r="3771" spans="1:2">
       <x:c r="A3771" s="2">
-        <x:v>40472</x:v>
+        <x:v>40507</x:v>
       </x:c>
       <x:c r="B3771" s="3">
-        <x:v>105035.34</x:v>
+        <x:v>105120.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3772" spans="1:2">
       <x:c r="A3772" s="2">
-        <x:v>40471</x:v>
+        <x:v>40506</x:v>
       </x:c>
       <x:c r="B3772" s="3">
-        <x:v>105030.84</x:v>
+        <x:v>105118.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3773" spans="1:2">
       <x:c r="A3773" s="2">
-        <x:v>40470</x:v>
+        <x:v>40505</x:v>
       </x:c>
       <x:c r="B3773" s="3">
-        <x:v>105028.24</x:v>
+        <x:v>105115.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3774" spans="1:2">
       <x:c r="A3774" s="2">
-        <x:v>40469</x:v>
+        <x:v>40504</x:v>
       </x:c>
       <x:c r="B3774" s="3">
-        <x:v>105025.09</x:v>
+        <x:v>105112.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3775" spans="1:2">
       <x:c r="A3775" s="2">
-        <x:v>40468</x:v>
+        <x:v>40503</x:v>
       </x:c>
       <x:c r="B3775" s="3">
-        <x:v>105022.4</x:v>
+        <x:v>105111</x:v>
       </x:c>
     </x:row>
     <x:row r="3776" spans="1:2">
       <x:c r="A3776" s="2">
-        <x:v>40465</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="B3776" s="3">
-        <x:v>105015.42</x:v>
+        <x:v>105105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3777" spans="1:2">
       <x:c r="A3777" s="2">
-        <x:v>40464</x:v>
+        <x:v>40499</x:v>
       </x:c>
       <x:c r="B3777" s="3">
-        <x:v>105012.2</x:v>
+        <x:v>105103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3778" spans="1:2">
       <x:c r="A3778" s="2">
-        <x:v>40463</x:v>
+        <x:v>40498</x:v>
       </x:c>
       <x:c r="B3778" s="3">
-        <x:v>105009.36</x:v>
+        <x:v>105100.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3779" spans="1:2">
       <x:c r="A3779" s="2">
-        <x:v>40462</x:v>
+        <x:v>40497</x:v>
       </x:c>
       <x:c r="B3779" s="3">
-        <x:v>105007.2</x:v>
+        <x:v>105097.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3780" spans="1:2">
       <x:c r="A3780" s="2">
-        <x:v>40461</x:v>
+        <x:v>40496</x:v>
       </x:c>
       <x:c r="B3780" s="3">
-        <x:v>105005.1</x:v>
+        <x:v>105094.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3781" spans="1:2">
       <x:c r="A3781" s="2">
-        <x:v>40458</x:v>
+        <x:v>40493</x:v>
       </x:c>
       <x:c r="B3781" s="3">
-        <x:v>104999.09</x:v>
+        <x:v>105087.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3782" spans="1:2">
       <x:c r="A3782" s="2">
-        <x:v>40457</x:v>
+        <x:v>40491</x:v>
       </x:c>
       <x:c r="B3782" s="3">
-        <x:v>104996.38</x:v>
+        <x:v>105082.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3783" spans="1:2">
       <x:c r="A3783" s="2">
-        <x:v>40456</x:v>
+        <x:v>40490</x:v>
       </x:c>
       <x:c r="B3783" s="3">
-        <x:v>104993.45</x:v>
+        <x:v>105080.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3784" spans="1:2">
       <x:c r="A3784" s="2">
-        <x:v>40455</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="B3784" s="3">
-        <x:v>104990.1</x:v>
+        <x:v>105078.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3785" spans="1:2">
       <x:c r="A3785" s="2">
-        <x:v>40454</x:v>
+        <x:v>40486</x:v>
       </x:c>
       <x:c r="B3785" s="3">
-        <x:v>104987.76</x:v>
+        <x:v>105074.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3786" spans="1:2">
       <x:c r="A3786" s="2">
-        <x:v>40451</x:v>
+        <x:v>40485</x:v>
       </x:c>
       <x:c r="B3786" s="3">
-        <x:v>104978.47</x:v>
+        <x:v>105070.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3787" spans="1:2">
       <x:c r="A3787" s="2">
-        <x:v>40450</x:v>
+        <x:v>40484</x:v>
       </x:c>
       <x:c r="B3787" s="3">
-        <x:v>104976.16</x:v>
+        <x:v>105068.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3788" spans="1:2">
       <x:c r="A3788" s="2">
-        <x:v>40449</x:v>
+        <x:v>40483</x:v>
       </x:c>
       <x:c r="B3788" s="3">
-        <x:v>104974.37</x:v>
+        <x:v>105066.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3789" spans="1:2">
       <x:c r="A3789" s="2">
-        <x:v>40448</x:v>
+        <x:v>40479</x:v>
       </x:c>
       <x:c r="B3789" s="3">
-        <x:v>104972.64</x:v>
+        <x:v>105056.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3790" spans="1:2">
       <x:c r="A3790" s="2">
-        <x:v>40447</x:v>
+        <x:v>40478</x:v>
       </x:c>
       <x:c r="B3790" s="3">
-        <x:v>104970.71</x:v>
+        <x:v>105053.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3791" spans="1:2">
       <x:c r="A3791" s="2">
-        <x:v>40444</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="B3791" s="3">
-        <x:v>104965.79</x:v>
+        <x:v>105050.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3792" spans="1:2">
       <x:c r="A3792" s="2">
-        <x:v>40443</x:v>
+        <x:v>40476</x:v>
       </x:c>
       <x:c r="B3792" s="3">
-        <x:v>104963.7</x:v>
+        <x:v>105047.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3793" spans="1:2">
       <x:c r="A3793" s="2">
-        <x:v>40442</x:v>
+        <x:v>40475</x:v>
       </x:c>
       <x:c r="B3793" s="3">
-        <x:v>104961.9</x:v>
+        <x:v>105043.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3794" spans="1:2">
       <x:c r="A3794" s="2">
-        <x:v>40441</x:v>
+        <x:v>40472</x:v>
       </x:c>
       <x:c r="B3794" s="3">
-        <x:v>104960.12</x:v>
+        <x:v>105035.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3795" spans="1:2">
       <x:c r="A3795" s="2">
-        <x:v>40440</x:v>
+        <x:v>40471</x:v>
       </x:c>
       <x:c r="B3795" s="3">
-        <x:v>104957.32</x:v>
+        <x:v>105030.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3796" spans="1:2">
       <x:c r="A3796" s="2">
-        <x:v>40437</x:v>
+        <x:v>40470</x:v>
       </x:c>
       <x:c r="B3796" s="3">
-        <x:v>104951.66</x:v>
+        <x:v>105028.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3797" spans="1:2">
       <x:c r="A3797" s="2">
-        <x:v>40436</x:v>
+        <x:v>40469</x:v>
       </x:c>
       <x:c r="B3797" s="3">
-        <x:v>104948.49</x:v>
+        <x:v>105025.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3798" spans="1:2">
       <x:c r="A3798" s="2">
-        <x:v>40435</x:v>
+        <x:v>40468</x:v>
       </x:c>
       <x:c r="B3798" s="3">
-        <x:v>104945.4</x:v>
+        <x:v>105022.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3799" spans="1:2">
       <x:c r="A3799" s="2">
-        <x:v>40434</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="B3799" s="3">
-        <x:v>104942.89</x:v>
+        <x:v>105015.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3800" spans="1:2">
       <x:c r="A3800" s="2">
-        <x:v>40433</x:v>
+        <x:v>40464</x:v>
       </x:c>
       <x:c r="B3800" s="3">
-        <x:v>104940.29</x:v>
+        <x:v>105012.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3801" spans="1:2">
       <x:c r="A3801" s="2">
-        <x:v>40430</x:v>
+        <x:v>40463</x:v>
       </x:c>
       <x:c r="B3801" s="3">
-        <x:v>104934.88</x:v>
+        <x:v>105009.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3802" spans="1:2">
       <x:c r="A3802" s="2">
-        <x:v>40429</x:v>
+        <x:v>40462</x:v>
       </x:c>
       <x:c r="B3802" s="3">
-        <x:v>104933.13</x:v>
+        <x:v>105007.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3803" spans="1:2">
       <x:c r="A3803" s="2">
-        <x:v>40428</x:v>
+        <x:v>40461</x:v>
       </x:c>
       <x:c r="B3803" s="3">
-        <x:v>104930.62</x:v>
+        <x:v>105005.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3804" spans="1:2">
       <x:c r="A3804" s="2">
-        <x:v>40427</x:v>
+        <x:v>40458</x:v>
       </x:c>
       <x:c r="B3804" s="3">
-        <x:v>104928.89</x:v>
+        <x:v>104999.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3805" spans="1:2">
       <x:c r="A3805" s="2">
-        <x:v>40426</x:v>
+        <x:v>40457</x:v>
       </x:c>
       <x:c r="B3805" s="3">
-        <x:v>104927.07</x:v>
+        <x:v>104996.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3806" spans="1:2">
       <x:c r="A3806" s="2">
-        <x:v>40423</x:v>
+        <x:v>40456</x:v>
       </x:c>
       <x:c r="B3806" s="3">
-        <x:v>104922.17</x:v>
+        <x:v>104993.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3807" spans="1:2">
       <x:c r="A3807" s="2">
-        <x:v>40422</x:v>
+        <x:v>40455</x:v>
       </x:c>
       <x:c r="B3807" s="3">
-        <x:v>104920.8</x:v>
+        <x:v>104990.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3808" spans="1:2">
       <x:c r="A3808" s="2">
-        <x:v>40421</x:v>
+        <x:v>40454</x:v>
       </x:c>
       <x:c r="B3808" s="3">
-        <x:v>104919.4</x:v>
+        <x:v>104987.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3809" spans="1:2">
       <x:c r="A3809" s="2">
-        <x:v>40420</x:v>
+        <x:v>40451</x:v>
       </x:c>
       <x:c r="B3809" s="3">
-        <x:v>104917.24</x:v>
+        <x:v>104978.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3810" spans="1:2">
       <x:c r="A3810" s="2">
-        <x:v>40419</x:v>
+        <x:v>40450</x:v>
       </x:c>
       <x:c r="B3810" s="3">
-        <x:v>104915.01</x:v>
+        <x:v>104976.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3811" spans="1:2">
       <x:c r="A3811" s="2">
-        <x:v>40416</x:v>
+        <x:v>40449</x:v>
       </x:c>
       <x:c r="B3811" s="3">
-        <x:v>104910.16</x:v>
+        <x:v>104974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3812" spans="1:2">
       <x:c r="A3812" s="2">
-        <x:v>40415</x:v>
+        <x:v>40448</x:v>
       </x:c>
       <x:c r="B3812" s="3">
-        <x:v>104908.49</x:v>
+        <x:v>104972.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3813" spans="1:2">
       <x:c r="A3813" s="2">
-        <x:v>40414</x:v>
+        <x:v>40447</x:v>
       </x:c>
       <x:c r="B3813" s="3">
-        <x:v>104906.55</x:v>
+        <x:v>104970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3814" spans="1:2">
       <x:c r="A3814" s="2">
-        <x:v>40413</x:v>
+        <x:v>40444</x:v>
       </x:c>
       <x:c r="B3814" s="3">
-        <x:v>104904.5</x:v>
+        <x:v>104965.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3815" spans="1:2">
       <x:c r="A3815" s="2">
-        <x:v>40412</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="B3815" s="3">
-        <x:v>104902.25</x:v>
+        <x:v>104963.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3816" spans="1:2">
       <x:c r="A3816" s="2">
-        <x:v>40409</x:v>
+        <x:v>40442</x:v>
       </x:c>
       <x:c r="B3816" s="3">
-        <x:v>104896.4</x:v>
+        <x:v>104961.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3817" spans="1:2">
       <x:c r="A3817" s="2">
-        <x:v>40408</x:v>
+        <x:v>40441</x:v>
       </x:c>
       <x:c r="B3817" s="3">
-        <x:v>104894.37</x:v>
+        <x:v>104960.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3818" spans="1:2">
       <x:c r="A3818" s="2">
-        <x:v>40407</x:v>
+        <x:v>40440</x:v>
       </x:c>
       <x:c r="B3818" s="3">
-        <x:v>104892.47</x:v>
+        <x:v>104957.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3819" spans="1:2">
       <x:c r="A3819" s="2">
-        <x:v>40406</x:v>
+        <x:v>40437</x:v>
       </x:c>
       <x:c r="B3819" s="3">
-        <x:v>104890.44</x:v>
+        <x:v>104951.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3820" spans="1:2">
       <x:c r="A3820" s="2">
-        <x:v>40405</x:v>
+        <x:v>40436</x:v>
       </x:c>
       <x:c r="B3820" s="3">
-        <x:v>104888.61</x:v>
+        <x:v>104948.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3821" spans="1:2">
       <x:c r="A3821" s="2">
-        <x:v>40402</x:v>
+        <x:v>40435</x:v>
       </x:c>
       <x:c r="B3821" s="3">
-        <x:v>104883.49</x:v>
+        <x:v>104945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3822" spans="1:2">
       <x:c r="A3822" s="2">
-        <x:v>40401</x:v>
+        <x:v>40434</x:v>
       </x:c>
       <x:c r="B3822" s="3">
-        <x:v>104881.72</x:v>
+        <x:v>104942.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3823" spans="1:2">
       <x:c r="A3823" s="2">
-        <x:v>40400</x:v>
+        <x:v>40433</x:v>
       </x:c>
       <x:c r="B3823" s="3">
-        <x:v>104879.45</x:v>
+        <x:v>104940.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3824" spans="1:2">
       <x:c r="A3824" s="2">
-        <x:v>40399</x:v>
+        <x:v>40430</x:v>
       </x:c>
       <x:c r="B3824" s="3">
-        <x:v>104878.42</x:v>
+        <x:v>104934.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3825" spans="1:2">
       <x:c r="A3825" s="2">
-        <x:v>40398</x:v>
+        <x:v>40429</x:v>
       </x:c>
       <x:c r="B3825" s="3">
-        <x:v>104876.53</x:v>
+        <x:v>104933.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3826" spans="1:2">
       <x:c r="A3826" s="2">
-        <x:v>40395</x:v>
+        <x:v>40428</x:v>
       </x:c>
       <x:c r="B3826" s="3">
-        <x:v>104871.95</x:v>
+        <x:v>104930.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3827" spans="1:2">
       <x:c r="A3827" s="2">
-        <x:v>40394</x:v>
+        <x:v>40427</x:v>
       </x:c>
       <x:c r="B3827" s="3">
-        <x:v>104870.48</x:v>
+        <x:v>104928.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3828" spans="1:2">
       <x:c r="A3828" s="2">
-        <x:v>40393</x:v>
+        <x:v>40426</x:v>
       </x:c>
       <x:c r="B3828" s="3">
-        <x:v>104868.97</x:v>
+        <x:v>104927.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3829" spans="1:2">
       <x:c r="A3829" s="2">
-        <x:v>40392</x:v>
+        <x:v>40423</x:v>
       </x:c>
       <x:c r="B3829" s="3">
-        <x:v>104867.41</x:v>
+        <x:v>104922.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3830" spans="1:2">
       <x:c r="A3830" s="2">
-        <x:v>40391</x:v>
+        <x:v>40422</x:v>
       </x:c>
       <x:c r="B3830" s="3">
-        <x:v>104865.8</x:v>
+        <x:v>104920.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3831" spans="1:2">
       <x:c r="A3831" s="2">
-        <x:v>40388</x:v>
+        <x:v>40421</x:v>
       </x:c>
       <x:c r="B3831" s="3">
-        <x:v>104861.13</x:v>
+        <x:v>104919.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3832" spans="1:2">
       <x:c r="A3832" s="2">
-        <x:v>40387</x:v>
+        <x:v>40420</x:v>
       </x:c>
       <x:c r="B3832" s="3">
-        <x:v>104859.4</x:v>
+        <x:v>104917.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3833" spans="1:2">
       <x:c r="A3833" s="2">
-        <x:v>40386</x:v>
+        <x:v>40419</x:v>
       </x:c>
       <x:c r="B3833" s="3">
-        <x:v>104857.57</x:v>
+        <x:v>104915.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3834" spans="1:2">
       <x:c r="A3834" s="2">
-        <x:v>40385</x:v>
+        <x:v>40416</x:v>
       </x:c>
       <x:c r="B3834" s="3">
-        <x:v>104855.84</x:v>
+        <x:v>104910.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3835" spans="1:2">
       <x:c r="A3835" s="2">
-        <x:v>40384</x:v>
+        <x:v>40415</x:v>
       </x:c>
       <x:c r="B3835" s="3">
-        <x:v>104854.1</x:v>
+        <x:v>104908.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3836" spans="1:2">
       <x:c r="A3836" s="2">
-        <x:v>40381</x:v>
+        <x:v>40414</x:v>
       </x:c>
       <x:c r="B3836" s="3">
-        <x:v>104849.02</x:v>
+        <x:v>104906.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3837" spans="1:2">
       <x:c r="A3837" s="2">
-        <x:v>40380</x:v>
+        <x:v>40413</x:v>
       </x:c>
       <x:c r="B3837" s="3">
-        <x:v>104847.22</x:v>
+        <x:v>104904.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3838" spans="1:2">
       <x:c r="A3838" s="2">
-        <x:v>40379</x:v>
+        <x:v>40412</x:v>
       </x:c>
       <x:c r="B3838" s="3">
-        <x:v>104845.41</x:v>
+        <x:v>104902.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3839" spans="1:2">
       <x:c r="A3839" s="2">
-        <x:v>40378</x:v>
+        <x:v>40409</x:v>
       </x:c>
       <x:c r="B3839" s="3">
-        <x:v>104843.48</x:v>
+        <x:v>104896.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3840" spans="1:2">
       <x:c r="A3840" s="2">
-        <x:v>40377</x:v>
+        <x:v>40408</x:v>
       </x:c>
       <x:c r="B3840" s="3">
-        <x:v>104841.57</x:v>
+        <x:v>104894.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3841" spans="1:2">
       <x:c r="A3841" s="2">
-        <x:v>40374</x:v>
+        <x:v>40407</x:v>
       </x:c>
       <x:c r="B3841" s="3">
-        <x:v>104836.39</x:v>
+        <x:v>104892.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3842" spans="1:2">
       <x:c r="A3842" s="2">
-        <x:v>40373</x:v>
+        <x:v>40406</x:v>
       </x:c>
       <x:c r="B3842" s="3">
-        <x:v>104834.02</x:v>
+        <x:v>104890.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3843" spans="1:2">
       <x:c r="A3843" s="2">
-        <x:v>40371</x:v>
+        <x:v>40405</x:v>
       </x:c>
       <x:c r="B3843" s="3">
-        <x:v>104831.33</x:v>
+        <x:v>104888.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3844" spans="1:2">
       <x:c r="A3844" s="2">
-        <x:v>40370</x:v>
+        <x:v>40402</x:v>
       </x:c>
       <x:c r="B3844" s="3">
-        <x:v>104829.99</x:v>
+        <x:v>104883.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3845" spans="1:2">
       <x:c r="A3845" s="2">
-        <x:v>40367</x:v>
+        <x:v>40401</x:v>
       </x:c>
       <x:c r="B3845" s="3">
-        <x:v>104825.76</x:v>
+        <x:v>104881.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3846" spans="1:2">
       <x:c r="A3846" s="2">
-        <x:v>40366</x:v>
+        <x:v>40400</x:v>
       </x:c>
       <x:c r="B3846" s="3">
-        <x:v>104824.34</x:v>
+        <x:v>104879.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3847" spans="1:2">
       <x:c r="A3847" s="2">
-        <x:v>40365</x:v>
+        <x:v>40399</x:v>
       </x:c>
       <x:c r="B3847" s="3">
-        <x:v>104822.9</x:v>
+        <x:v>104878.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3848" spans="1:2">
       <x:c r="A3848" s="2">
-        <x:v>40364</x:v>
+        <x:v>40398</x:v>
       </x:c>
       <x:c r="B3848" s="3">
-        <x:v>104821.48</x:v>
+        <x:v>104876.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3849" spans="1:2">
       <x:c r="A3849" s="2">
-        <x:v>40363</x:v>
+        <x:v>40395</x:v>
       </x:c>
       <x:c r="B3849" s="3">
-        <x:v>104820.24</x:v>
+        <x:v>104871.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3850" spans="1:2">
       <x:c r="A3850" s="2">
-        <x:v>40360</x:v>
+        <x:v>40394</x:v>
       </x:c>
       <x:c r="B3850" s="3">
-        <x:v>104815.07</x:v>
+        <x:v>104870.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3851" spans="1:2">
       <x:c r="A3851" s="2">
-        <x:v>40359</x:v>
+        <x:v>40393</x:v>
       </x:c>
       <x:c r="B3851" s="3">
-        <x:v>104813.41</x:v>
+        <x:v>104868.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3852" spans="1:2">
       <x:c r="A3852" s="2">
-        <x:v>40358</x:v>
+        <x:v>40392</x:v>
       </x:c>
       <x:c r="B3852" s="3">
-        <x:v>104812.31</x:v>
+        <x:v>104867.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3853" spans="1:2">
       <x:c r="A3853" s="2">
-        <x:v>40357</x:v>
+        <x:v>40391</x:v>
       </x:c>
       <x:c r="B3853" s="3">
-        <x:v>104811.27</x:v>
+        <x:v>104865.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3854" spans="1:2">
       <x:c r="A3854" s="2">
-        <x:v>40356</x:v>
+        <x:v>40388</x:v>
       </x:c>
       <x:c r="B3854" s="3">
-        <x:v>104810.05</x:v>
+        <x:v>104861.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3855" spans="1:2">
       <x:c r="A3855" s="2">
-        <x:v>40353</x:v>
+        <x:v>40387</x:v>
       </x:c>
       <x:c r="B3855" s="3">
-        <x:v>104806.64</x:v>
+        <x:v>104859.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3856" spans="1:2">
       <x:c r="A3856" s="2">
-        <x:v>40352</x:v>
+        <x:v>40386</x:v>
       </x:c>
       <x:c r="B3856" s="3">
-        <x:v>104805.26</x:v>
+        <x:v>104857.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3857" spans="1:2">
       <x:c r="A3857" s="2">
-        <x:v>40351</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="B3857" s="3">
-        <x:v>104804.12</x:v>
+        <x:v>104855.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3858" spans="1:2">
       <x:c r="A3858" s="2">
-        <x:v>40350</x:v>
+        <x:v>40384</x:v>
       </x:c>
       <x:c r="B3858" s="3">
-        <x:v>104802.64</x:v>
+        <x:v>104854.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3859" spans="1:2">
       <x:c r="A3859" s="2">
-        <x:v>40349</x:v>
+        <x:v>40381</x:v>
       </x:c>
       <x:c r="B3859" s="3">
-        <x:v>104801.14</x:v>
+        <x:v>104849.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3860" spans="1:2">
       <x:c r="A3860" s="2">
-        <x:v>40346</x:v>
+        <x:v>40380</x:v>
       </x:c>
       <x:c r="B3860" s="3">
-        <x:v>104797.13</x:v>
+        <x:v>104847.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3861" spans="1:2">
       <x:c r="A3861" s="2">
-        <x:v>40345</x:v>
+        <x:v>40379</x:v>
       </x:c>
       <x:c r="B3861" s="3">
-        <x:v>104795.66</x:v>
+        <x:v>104845.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3862" spans="1:2">
       <x:c r="A3862" s="2">
-        <x:v>40344</x:v>
+        <x:v>40378</x:v>
       </x:c>
       <x:c r="B3862" s="3">
-        <x:v>104793.76</x:v>
+        <x:v>104843.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3863" spans="1:2">
       <x:c r="A3863" s="2">
-        <x:v>40343</x:v>
+        <x:v>40377</x:v>
       </x:c>
       <x:c r="B3863" s="3">
-        <x:v>104792.41</x:v>
+        <x:v>104841.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3864" spans="1:2">
       <x:c r="A3864" s="2">
-        <x:v>40342</x:v>
+        <x:v>40374</x:v>
       </x:c>
       <x:c r="B3864" s="3">
-        <x:v>104791.09</x:v>
+        <x:v>104836.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3865" spans="1:2">
       <x:c r="A3865" s="2">
-        <x:v>40339</x:v>
+        <x:v>40373</x:v>
       </x:c>
       <x:c r="B3865" s="3">
-        <x:v>104787.39</x:v>
+        <x:v>104834.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3866" spans="1:2">
       <x:c r="A3866" s="2">
-        <x:v>40338</x:v>
+        <x:v>40371</x:v>
       </x:c>
       <x:c r="B3866" s="3">
-        <x:v>104786.24</x:v>
+        <x:v>104831.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3867" spans="1:2">
       <x:c r="A3867" s="2">
-        <x:v>40337</x:v>
+        <x:v>40370</x:v>
       </x:c>
       <x:c r="B3867" s="3">
-        <x:v>104785.14</x:v>
+        <x:v>104829.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3868" spans="1:2">
       <x:c r="A3868" s="2">
-        <x:v>40336</x:v>
+        <x:v>40367</x:v>
       </x:c>
       <x:c r="B3868" s="3">
-        <x:v>104784.11</x:v>
+        <x:v>104825.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3869" spans="1:2">
       <x:c r="A3869" s="2">
-        <x:v>40335</x:v>
+        <x:v>40366</x:v>
       </x:c>
       <x:c r="B3869" s="3">
-        <x:v>104783.04</x:v>
+        <x:v>104824.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3870" spans="1:2">
       <x:c r="A3870" s="2">
-        <x:v>40332</x:v>
+        <x:v>40365</x:v>
       </x:c>
       <x:c r="B3870" s="3">
-        <x:v>104780.28</x:v>
+        <x:v>104822.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3871" spans="1:2">
       <x:c r="A3871" s="2">
-        <x:v>40331</x:v>
+        <x:v>40364</x:v>
       </x:c>
       <x:c r="B3871" s="3">
-        <x:v>104779.34</x:v>
+        <x:v>104821.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3872" spans="1:2">
       <x:c r="A3872" s="2">
-        <x:v>40330</x:v>
+        <x:v>40363</x:v>
       </x:c>
       <x:c r="B3872" s="3">
-        <x:v>104778.18</x:v>
+        <x:v>104820.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3873" spans="1:2">
       <x:c r="A3873" s="2">
-        <x:v>40329</x:v>
+        <x:v>40360</x:v>
       </x:c>
       <x:c r="B3873" s="3">
-        <x:v>104777.16</x:v>
+        <x:v>104815.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3874" spans="1:2">
       <x:c r="A3874" s="2">
-        <x:v>40328</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="B3874" s="3">
-        <x:v>104775.24</x:v>
+        <x:v>104813.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3875" spans="1:2">
       <x:c r="A3875" s="2">
-        <x:v>40325</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="B3875" s="3">
-        <x:v>104771.32</x:v>
+        <x:v>104812.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3876" spans="1:2">
       <x:c r="A3876" s="2">
-        <x:v>40324</x:v>
+        <x:v>40357</x:v>
       </x:c>
       <x:c r="B3876" s="3">
-        <x:v>104769.95</x:v>
+        <x:v>104811.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3877" spans="1:2">
       <x:c r="A3877" s="2">
-        <x:v>40323</x:v>
+        <x:v>40356</x:v>
       </x:c>
       <x:c r="B3877" s="3">
-        <x:v>104768.87</x:v>
+        <x:v>104810.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3878" spans="1:2">
       <x:c r="A3878" s="2">
-        <x:v>40322</x:v>
+        <x:v>40353</x:v>
       </x:c>
       <x:c r="B3878" s="3">
-        <x:v>104767.83</x:v>
+        <x:v>104806.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3879" spans="1:2">
       <x:c r="A3879" s="2">
-        <x:v>40318</x:v>
+        <x:v>40352</x:v>
       </x:c>
       <x:c r="B3879" s="3">
-        <x:v>104762.44</x:v>
+        <x:v>104805.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3880" spans="1:2">
       <x:c r="A3880" s="2">
-        <x:v>40317</x:v>
+        <x:v>40351</x:v>
       </x:c>
       <x:c r="B3880" s="3">
-        <x:v>104761.31</x:v>
+        <x:v>104804.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3881" spans="1:2">
       <x:c r="A3881" s="2">
-        <x:v>40316</x:v>
+        <x:v>40350</x:v>
       </x:c>
       <x:c r="B3881" s="3">
-        <x:v>104759.51</x:v>
+        <x:v>104802.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3882" spans="1:2">
       <x:c r="A3882" s="2">
-        <x:v>40315</x:v>
+        <x:v>40349</x:v>
       </x:c>
       <x:c r="B3882" s="3">
-        <x:v>104758.38</x:v>
+        <x:v>104801.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3883" spans="1:2">
       <x:c r="A3883" s="2">
-        <x:v>40314</x:v>
+        <x:v>40346</x:v>
       </x:c>
       <x:c r="B3883" s="3">
-        <x:v>104757.19</x:v>
+        <x:v>104797.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3884" spans="1:2">
       <x:c r="A3884" s="2">
-        <x:v>40311</x:v>
+        <x:v>40345</x:v>
       </x:c>
       <x:c r="B3884" s="3">
-        <x:v>104753.87</x:v>
+        <x:v>104795.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3885" spans="1:2">
       <x:c r="A3885" s="2">
-        <x:v>40309</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="B3885" s="3">
-        <x:v>104750.28</x:v>
+        <x:v>104793.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3886" spans="1:2">
       <x:c r="A3886" s="2">
-        <x:v>40308</x:v>
+        <x:v>40343</x:v>
       </x:c>
       <x:c r="B3886" s="3">
-        <x:v>104749.14</x:v>
+        <x:v>104792.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3887" spans="1:2">
       <x:c r="A3887" s="2">
-        <x:v>40307</x:v>
+        <x:v>40342</x:v>
       </x:c>
       <x:c r="B3887" s="3">
-        <x:v>104747.97</x:v>
+        <x:v>104791.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3888" spans="1:2">
       <x:c r="A3888" s="2">
-        <x:v>40304</x:v>
+        <x:v>40339</x:v>
       </x:c>
       <x:c r="B3888" s="3">
-        <x:v>104744.87</x:v>
+        <x:v>104787.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3889" spans="1:2">
       <x:c r="A3889" s="2">
-        <x:v>40303</x:v>
+        <x:v>40338</x:v>
       </x:c>
       <x:c r="B3889" s="3">
-        <x:v>104743.75</x:v>
+        <x:v>104786.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3890" spans="1:2">
       <x:c r="A3890" s="2">
-        <x:v>40302</x:v>
+        <x:v>40337</x:v>
       </x:c>
       <x:c r="B3890" s="3">
-        <x:v>104742.5</x:v>
+        <x:v>104785.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3891" spans="1:2">
       <x:c r="A3891" s="2">
-        <x:v>40301</x:v>
+        <x:v>40336</x:v>
       </x:c>
       <x:c r="B3891" s="3">
-        <x:v>104741.04</x:v>
+        <x:v>104784.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3892" spans="1:2">
       <x:c r="A3892" s="2">
-        <x:v>40300</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="B3892" s="3">
-        <x:v>104739.56</x:v>
+        <x:v>104783.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3893" spans="1:2">
       <x:c r="A3893" s="2">
-        <x:v>40297</x:v>
+        <x:v>40332</x:v>
       </x:c>
       <x:c r="B3893" s="3">
-        <x:v>104735.22</x:v>
+        <x:v>104780.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3894" spans="1:2">
       <x:c r="A3894" s="2">
-        <x:v>40296</x:v>
+        <x:v>40331</x:v>
       </x:c>
       <x:c r="B3894" s="3">
-        <x:v>104733.63</x:v>
+        <x:v>104779.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3895" spans="1:2">
       <x:c r="A3895" s="2">
-        <x:v>40295</x:v>
+        <x:v>40330</x:v>
       </x:c>
       <x:c r="B3895" s="3">
-        <x:v>104732.07</x:v>
+        <x:v>104778.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3896" spans="1:2">
       <x:c r="A3896" s="2">
-        <x:v>40294</x:v>
+        <x:v>40329</x:v>
       </x:c>
       <x:c r="B3896" s="3">
-        <x:v>104730.56</x:v>
+        <x:v>104777.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3897" spans="1:2">
       <x:c r="A3897" s="2">
-        <x:v>40293</x:v>
+        <x:v>40328</x:v>
       </x:c>
       <x:c r="B3897" s="3">
-        <x:v>104728.96</x:v>
+        <x:v>104775.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3898" spans="1:2">
       <x:c r="A3898" s="2">
-        <x:v>40290</x:v>
+        <x:v>40325</x:v>
       </x:c>
       <x:c r="B3898" s="3">
-        <x:v>104723.07</x:v>
+        <x:v>104771.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3899" spans="1:2">
       <x:c r="A3899" s="2">
-        <x:v>40289</x:v>
+        <x:v>40324</x:v>
       </x:c>
       <x:c r="B3899" s="3">
-        <x:v>104721.54</x:v>
+        <x:v>104769.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3900" spans="1:2">
       <x:c r="A3900" s="2">
-        <x:v>40288</x:v>
+        <x:v>40323</x:v>
       </x:c>
       <x:c r="B3900" s="3">
-        <x:v>104720.11</x:v>
+        <x:v>104768.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3901" spans="1:2">
       <x:c r="A3901" s="2">
-        <x:v>40287</x:v>
+        <x:v>40322</x:v>
       </x:c>
       <x:c r="B3901" s="3">
-        <x:v>104718.62</x:v>
+        <x:v>104767.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3902" spans="1:2">
       <x:c r="A3902" s="2">
-        <x:v>40286</x:v>
+        <x:v>40318</x:v>
       </x:c>
       <x:c r="B3902" s="3">
-        <x:v>104717.29</x:v>
+        <x:v>104762.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3903" spans="1:2">
       <x:c r="A3903" s="2">
-        <x:v>40283</x:v>
+        <x:v>40317</x:v>
       </x:c>
       <x:c r="B3903" s="3">
-        <x:v>104711.81</x:v>
+        <x:v>104761.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3904" spans="1:2">
       <x:c r="A3904" s="2">
-        <x:v>40282</x:v>
+        <x:v>40316</x:v>
       </x:c>
       <x:c r="B3904" s="3">
-        <x:v>104709.91</x:v>
+        <x:v>104759.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3905" spans="1:2">
       <x:c r="A3905" s="2">
-        <x:v>40281</x:v>
+        <x:v>40315</x:v>
       </x:c>
       <x:c r="B3905" s="3">
-        <x:v>104707.17</x:v>
+        <x:v>104758.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3906" spans="1:2">
       <x:c r="A3906" s="2">
-        <x:v>40280</x:v>
+        <x:v>40314</x:v>
       </x:c>
       <x:c r="B3906" s="3">
-        <x:v>104705.12</x:v>
+        <x:v>104757.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3907" spans="1:2">
       <x:c r="A3907" s="2">
-        <x:v>40279</x:v>
+        <x:v>40311</x:v>
       </x:c>
       <x:c r="B3907" s="3">
-        <x:v>104702.83</x:v>
+        <x:v>104753.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3908" spans="1:2">
       <x:c r="A3908" s="2">
-        <x:v>40276</x:v>
+        <x:v>40309</x:v>
       </x:c>
       <x:c r="B3908" s="3">
-        <x:v>104698.34</x:v>
+        <x:v>104750.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3909" spans="1:2">
       <x:c r="A3909" s="2">
-        <x:v>40275</x:v>
+        <x:v>40308</x:v>
       </x:c>
       <x:c r="B3909" s="3">
-        <x:v>104696.83</x:v>
+        <x:v>104749.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3910" spans="1:2">
       <x:c r="A3910" s="2">
-        <x:v>40274</x:v>
+        <x:v>40307</x:v>
       </x:c>
       <x:c r="B3910" s="3">
-        <x:v>104694.66</x:v>
+        <x:v>104747.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3911" spans="1:2">
       <x:c r="A3911" s="2">
-        <x:v>40273</x:v>
+        <x:v>40304</x:v>
       </x:c>
       <x:c r="B3911" s="3">
-        <x:v>104693.53</x:v>
+        <x:v>104744.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3912" spans="1:2">
       <x:c r="A3912" s="2">
-        <x:v>40268</x:v>
+        <x:v>40303</x:v>
       </x:c>
       <x:c r="B3912" s="3">
-        <x:v>104684.76</x:v>
+        <x:v>104743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3913" spans="1:2">
       <x:c r="A3913" s="2">
-        <x:v>40267</x:v>
+        <x:v>40302</x:v>
       </x:c>
       <x:c r="B3913" s="3">
-        <x:v>104683.81</x:v>
+        <x:v>104742.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3914" spans="1:2">
       <x:c r="A3914" s="2">
-        <x:v>40266</x:v>
+        <x:v>40301</x:v>
       </x:c>
       <x:c r="B3914" s="3">
-        <x:v>104682.35</x:v>
+        <x:v>104741.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3915" spans="1:2">
       <x:c r="A3915" s="2">
-        <x:v>40265</x:v>
+        <x:v>40300</x:v>
       </x:c>
       <x:c r="B3915" s="3">
-        <x:v>104680.85</x:v>
+        <x:v>104739.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3916" spans="1:2">
       <x:c r="A3916" s="2">
-        <x:v>40262</x:v>
+        <x:v>40297</x:v>
       </x:c>
       <x:c r="B3916" s="3">
-        <x:v>104676.02</x:v>
+        <x:v>104735.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3917" spans="1:2">
       <x:c r="A3917" s="2">
-        <x:v>40261</x:v>
+        <x:v>40296</x:v>
       </x:c>
       <x:c r="B3917" s="3">
-        <x:v>104674.66</x:v>
+        <x:v>104733.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3918" spans="1:2">
       <x:c r="A3918" s="2">
-        <x:v>40260</x:v>
+        <x:v>40295</x:v>
       </x:c>
       <x:c r="B3918" s="3">
-        <x:v>104673.47</x:v>
+        <x:v>104732.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3919" spans="1:2">
       <x:c r="A3919" s="2">
-        <x:v>40259</x:v>
+        <x:v>40294</x:v>
       </x:c>
       <x:c r="B3919" s="3">
-        <x:v>104672.05</x:v>
+        <x:v>104730.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3920" spans="1:2">
       <x:c r="A3920" s="2">
-        <x:v>40258</x:v>
+        <x:v>40293</x:v>
       </x:c>
       <x:c r="B3920" s="3">
-        <x:v>104670.55</x:v>
+        <x:v>104728.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3921" spans="1:2">
       <x:c r="A3921" s="2">
-        <x:v>40255</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="B3921" s="3">
-        <x:v>104666.46</x:v>
+        <x:v>104723.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3922" spans="1:2">
       <x:c r="A3922" s="2">
-        <x:v>40254</x:v>
+        <x:v>40289</x:v>
       </x:c>
       <x:c r="B3922" s="3">
-        <x:v>104665.15</x:v>
+        <x:v>104721.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3923" spans="1:2">
       <x:c r="A3923" s="2">
-        <x:v>40253</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="B3923" s="3">
-        <x:v>104663.82</x:v>
+        <x:v>104720.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3924" spans="1:2">
       <x:c r="A3924" s="2">
-        <x:v>40252</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="B3924" s="3">
-        <x:v>104662.47</x:v>
+        <x:v>104718.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3925" spans="1:2">
       <x:c r="A3925" s="2">
-        <x:v>40251</x:v>
+        <x:v>40286</x:v>
       </x:c>
       <x:c r="B3925" s="3">
-        <x:v>104661.01</x:v>
+        <x:v>104717.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3926" spans="1:2">
       <x:c r="A3926" s="2">
-        <x:v>40248</x:v>
+        <x:v>40283</x:v>
       </x:c>
       <x:c r="B3926" s="3">
-        <x:v>104656.67</x:v>
+        <x:v>104711.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3927" spans="1:2">
       <x:c r="A3927" s="2">
-        <x:v>40247</x:v>
+        <x:v>40282</x:v>
       </x:c>
       <x:c r="B3927" s="3">
-        <x:v>104655.3</x:v>
+        <x:v>104709.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3928" spans="1:2">
       <x:c r="A3928" s="2">
-        <x:v>40246</x:v>
+        <x:v>40281</x:v>
       </x:c>
       <x:c r="B3928" s="3">
-        <x:v>104653.26</x:v>
+        <x:v>104707.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3929" spans="1:2">
       <x:c r="A3929" s="2">
-        <x:v>40245</x:v>
+        <x:v>40280</x:v>
       </x:c>
       <x:c r="B3929" s="3">
-        <x:v>104651.76</x:v>
+        <x:v>104705.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3930" spans="1:2">
       <x:c r="A3930" s="2">
-        <x:v>40244</x:v>
+        <x:v>40279</x:v>
       </x:c>
       <x:c r="B3930" s="3">
-        <x:v>104650.13</x:v>
+        <x:v>104702.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3931" spans="1:2">
       <x:c r="A3931" s="2">
-        <x:v>40241</x:v>
+        <x:v>40276</x:v>
       </x:c>
       <x:c r="B3931" s="3">
-        <x:v>104645.66</x:v>
+        <x:v>104698.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3932" spans="1:2">
       <x:c r="A3932" s="2">
-        <x:v>40240</x:v>
+        <x:v>40275</x:v>
       </x:c>
       <x:c r="B3932" s="3">
-        <x:v>104644.05</x:v>
+        <x:v>104696.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3933" spans="1:2">
       <x:c r="A3933" s="2">
-        <x:v>40239</x:v>
+        <x:v>40274</x:v>
       </x:c>
       <x:c r="B3933" s="3">
-        <x:v>104642.26</x:v>
+        <x:v>104694.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3934" spans="1:2">
       <x:c r="A3934" s="2">
-        <x:v>40238</x:v>
+        <x:v>40273</x:v>
       </x:c>
       <x:c r="B3934" s="3">
-        <x:v>104640.81</x:v>
+        <x:v>104693.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3935" spans="1:2">
       <x:c r="A3935" s="2">
-        <x:v>40237</x:v>
+        <x:v>40268</x:v>
       </x:c>
       <x:c r="B3935" s="3">
-        <x:v>104639.09</x:v>
+        <x:v>104684.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3936" spans="1:2">
       <x:c r="A3936" s="2">
-        <x:v>40234</x:v>
+        <x:v>40267</x:v>
       </x:c>
       <x:c r="B3936" s="3">
-        <x:v>104634.7</x:v>
+        <x:v>104683.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3937" spans="1:2">
       <x:c r="A3937" s="2">
-        <x:v>40233</x:v>
+        <x:v>40266</x:v>
       </x:c>
       <x:c r="B3937" s="3">
-        <x:v>104633.28</x:v>
+        <x:v>104682.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3938" spans="1:2">
       <x:c r="A3938" s="2">
-        <x:v>40232</x:v>
+        <x:v>40265</x:v>
       </x:c>
       <x:c r="B3938" s="3">
-        <x:v>104632.01</x:v>
+        <x:v>104680.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3939" spans="1:2">
       <x:c r="A3939" s="2">
-        <x:v>40231</x:v>
+        <x:v>40262</x:v>
       </x:c>
       <x:c r="B3939" s="3">
-        <x:v>104630.63</x:v>
+        <x:v>104676.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3940" spans="1:2">
       <x:c r="A3940" s="2">
-        <x:v>40230</x:v>
+        <x:v>40261</x:v>
       </x:c>
       <x:c r="B3940" s="3">
-        <x:v>104628.54</x:v>
+        <x:v>104674.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3941" spans="1:2">
       <x:c r="A3941" s="2">
-        <x:v>40227</x:v>
+        <x:v>40260</x:v>
       </x:c>
       <x:c r="B3941" s="3">
-        <x:v>104624</x:v>
+        <x:v>104673.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3942" spans="1:2">
       <x:c r="A3942" s="2">
-        <x:v>40226</x:v>
+        <x:v>40259</x:v>
       </x:c>
       <x:c r="B3942" s="3">
-        <x:v>104622.57</x:v>
+        <x:v>104672.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3943" spans="1:2">
       <x:c r="A3943" s="2">
-        <x:v>40225</x:v>
+        <x:v>40258</x:v>
       </x:c>
       <x:c r="B3943" s="3">
-        <x:v>104621.04</x:v>
+        <x:v>104670.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3944" spans="1:2">
       <x:c r="A3944" s="2">
-        <x:v>40224</x:v>
+        <x:v>40255</x:v>
       </x:c>
       <x:c r="B3944" s="3">
-        <x:v>104619.77</x:v>
+        <x:v>104666.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3945" spans="1:2">
       <x:c r="A3945" s="2">
-        <x:v>40223</x:v>
+        <x:v>40254</x:v>
       </x:c>
       <x:c r="B3945" s="3">
-        <x:v>104618.46</x:v>
+        <x:v>104665.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3946" spans="1:2">
       <x:c r="A3946" s="2">
-        <x:v>40220</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="B3946" s="3">
-        <x:v>104613.58</x:v>
+        <x:v>104663.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3947" spans="1:2">
       <x:c r="A3947" s="2">
-        <x:v>40219</x:v>
+        <x:v>40252</x:v>
       </x:c>
       <x:c r="B3947" s="3">
-        <x:v>104612.09</x:v>
+        <x:v>104662.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3948" spans="1:2">
       <x:c r="A3948" s="2">
-        <x:v>40218</x:v>
+        <x:v>40251</x:v>
       </x:c>
       <x:c r="B3948" s="3">
-        <x:v>104609.52</x:v>
+        <x:v>104661.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3949" spans="1:2">
       <x:c r="A3949" s="2">
-        <x:v>40217</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="B3949" s="3">
-        <x:v>104608.41</x:v>
+        <x:v>104656.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3950" spans="1:2">
       <x:c r="A3950" s="2">
-        <x:v>40216</x:v>
+        <x:v>40247</x:v>
       </x:c>
       <x:c r="B3950" s="3">
-        <x:v>104606.78</x:v>
+        <x:v>104655.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3951" spans="1:2">
       <x:c r="A3951" s="2">
-        <x:v>40213</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="B3951" s="3">
-        <x:v>104603.16</x:v>
+        <x:v>104653.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3952" spans="1:2">
       <x:c r="A3952" s="2">
-        <x:v>40212</x:v>
+        <x:v>40245</x:v>
       </x:c>
       <x:c r="B3952" s="3">
-        <x:v>104602.04</x:v>
+        <x:v>104651.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3953" spans="1:2">
       <x:c r="A3953" s="2">
-        <x:v>40211</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="B3953" s="3">
-        <x:v>104600.91</x:v>
+        <x:v>104650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3954" spans="1:2">
       <x:c r="A3954" s="2">
-        <x:v>40210</x:v>
+        <x:v>40241</x:v>
       </x:c>
       <x:c r="B3954" s="3">
-        <x:v>104599.75</x:v>
+        <x:v>104645.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3955" spans="1:2">
       <x:c r="A3955" s="2">
-        <x:v>40209</x:v>
+        <x:v>40240</x:v>
       </x:c>
       <x:c r="B3955" s="3">
-        <x:v>104598.63</x:v>
+        <x:v>104644.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3956" spans="1:2">
       <x:c r="A3956" s="2">
-        <x:v>40206</x:v>
+        <x:v>40239</x:v>
       </x:c>
       <x:c r="B3956" s="3">
-        <x:v>104594.55</x:v>
+        <x:v>104642.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3957" spans="1:2">
       <x:c r="A3957" s="2">
-        <x:v>40205</x:v>
+        <x:v>40238</x:v>
       </x:c>
       <x:c r="B3957" s="3">
-        <x:v>104593.45</x:v>
+        <x:v>104640.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3958" spans="1:2">
       <x:c r="A3958" s="2">
-        <x:v>40204</x:v>
+        <x:v>40237</x:v>
       </x:c>
       <x:c r="B3958" s="3">
-        <x:v>104592.12</x:v>
+        <x:v>104639.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3959" spans="1:2">
       <x:c r="A3959" s="2">
-        <x:v>40203</x:v>
+        <x:v>40234</x:v>
       </x:c>
       <x:c r="B3959" s="3">
-        <x:v>104590.99</x:v>
+        <x:v>104634.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3960" spans="1:2">
       <x:c r="A3960" s="2">
-        <x:v>40202</x:v>
+        <x:v>40233</x:v>
       </x:c>
       <x:c r="B3960" s="3">
-        <x:v>104589.81</x:v>
+        <x:v>104633.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3961" spans="1:2">
       <x:c r="A3961" s="2">
-        <x:v>40199</x:v>
+        <x:v>40232</x:v>
       </x:c>
       <x:c r="B3961" s="3">
-        <x:v>104586.2</x:v>
+        <x:v>104632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3962" spans="1:2">
       <x:c r="A3962" s="2">
-        <x:v>40198</x:v>
+        <x:v>40231</x:v>
       </x:c>
       <x:c r="B3962" s="3">
-        <x:v>104585.05</x:v>
+        <x:v>104630.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3963" spans="1:2">
       <x:c r="A3963" s="2">
-        <x:v>40197</x:v>
+        <x:v>40230</x:v>
       </x:c>
       <x:c r="B3963" s="3">
-        <x:v>104583.33</x:v>
+        <x:v>104628.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3964" spans="1:2">
       <x:c r="A3964" s="2">
-        <x:v>40196</x:v>
+        <x:v>40227</x:v>
       </x:c>
       <x:c r="B3964" s="3">
-        <x:v>104582.05</x:v>
+        <x:v>104624</x:v>
       </x:c>
     </x:row>
     <x:row r="3965" spans="1:2">
       <x:c r="A3965" s="2">
-        <x:v>40195</x:v>
+        <x:v>40226</x:v>
       </x:c>
       <x:c r="B3965" s="3">
-        <x:v>104580.74</x:v>
+        <x:v>104622.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3966" spans="1:2">
       <x:c r="A3966" s="2">
-        <x:v>40192</x:v>
+        <x:v>40225</x:v>
       </x:c>
       <x:c r="B3966" s="3">
-        <x:v>104577.61</x:v>
+        <x:v>104621.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3967" spans="1:2">
       <x:c r="A3967" s="2">
-        <x:v>40191</x:v>
+        <x:v>40224</x:v>
       </x:c>
       <x:c r="B3967" s="3">
-        <x:v>104576.87</x:v>
+        <x:v>104619.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3968" spans="1:2">
       <x:c r="A3968" s="2">
-        <x:v>40190</x:v>
+        <x:v>40223</x:v>
       </x:c>
       <x:c r="B3968" s="3">
-        <x:v>104574.75</x:v>
+        <x:v>104618.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3969" spans="1:2">
       <x:c r="A3969" s="2">
-        <x:v>40189</x:v>
+        <x:v>40220</x:v>
       </x:c>
       <x:c r="B3969" s="3">
-        <x:v>104573.01</x:v>
+        <x:v>104613.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3970" spans="1:2">
       <x:c r="A3970" s="2">
-        <x:v>40188</x:v>
+        <x:v>40219</x:v>
       </x:c>
       <x:c r="B3970" s="3">
-        <x:v>104571.44</x:v>
+        <x:v>104612.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3971" spans="1:2">
       <x:c r="A3971" s="2">
-        <x:v>40185</x:v>
+        <x:v>40218</x:v>
       </x:c>
       <x:c r="B3971" s="3">
-        <x:v>104566.45</x:v>
+        <x:v>104609.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3972" spans="1:2">
       <x:c r="A3972" s="2">
-        <x:v>40184</x:v>
+        <x:v>40217</x:v>
       </x:c>
       <x:c r="B3972" s="3">
-        <x:v>104564.97</x:v>
+        <x:v>104608.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3973" spans="1:2">
       <x:c r="A3973" s="2">
-        <x:v>40183</x:v>
+        <x:v>40216</x:v>
       </x:c>
       <x:c r="B3973" s="3">
-        <x:v>104563.36</x:v>
+        <x:v>104606.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3974" spans="1:2">
       <x:c r="A3974" s="2">
-        <x:v>40182</x:v>
+        <x:v>40213</x:v>
       </x:c>
       <x:c r="B3974" s="3">
-        <x:v>104561.67</x:v>
+        <x:v>104603.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3975" spans="1:2">
       <x:c r="A3975" s="2">
-        <x:v>40181</x:v>
+        <x:v>40212</x:v>
       </x:c>
       <x:c r="B3975" s="3">
-        <x:v>104558.81</x:v>
+        <x:v>104602.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3976" spans="1:2">
       <x:c r="A3976" s="2">
-        <x:v>40177</x:v>
+        <x:v>40211</x:v>
       </x:c>
       <x:c r="B3976" s="3">
-        <x:v>104552.87</x:v>
+        <x:v>104600.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3977" spans="1:2">
       <x:c r="A3977" s="2">
-        <x:v>40176</x:v>
+        <x:v>40210</x:v>
       </x:c>
       <x:c r="B3977" s="3">
-        <x:v>104550.14</x:v>
+        <x:v>104599.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3978" spans="1:2">
       <x:c r="A3978" s="2">
-        <x:v>40175</x:v>
+        <x:v>40209</x:v>
       </x:c>
       <x:c r="B3978" s="3">
-        <x:v>104548.53</x:v>
+        <x:v>104598.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3979" spans="1:2">
       <x:c r="A3979" s="2">
-        <x:v>40174</x:v>
+        <x:v>40206</x:v>
       </x:c>
       <x:c r="B3979" s="3">
-        <x:v>104546.79</x:v>
+        <x:v>104594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3980" spans="1:2">
       <x:c r="A3980" s="2">
-        <x:v>40170</x:v>
+        <x:v>40205</x:v>
       </x:c>
       <x:c r="B3980" s="3">
-        <x:v>104541.24</x:v>
+        <x:v>104593.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3981" spans="1:2">
       <x:c r="A3981" s="2">
-        <x:v>40169</x:v>
+        <x:v>40204</x:v>
       </x:c>
       <x:c r="B3981" s="3">
-        <x:v>104539.92</x:v>
+        <x:v>104592.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3982" spans="1:2">
       <x:c r="A3982" s="2">
-        <x:v>40168</x:v>
+        <x:v>40203</x:v>
       </x:c>
       <x:c r="B3982" s="3">
-        <x:v>104538.84</x:v>
+        <x:v>104590.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3983" spans="1:2">
       <x:c r="A3983" s="2">
-        <x:v>40167</x:v>
+        <x:v>40202</x:v>
       </x:c>
       <x:c r="B3983" s="3">
-        <x:v>104536.99</x:v>
+        <x:v>104589.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3984" spans="1:2">
       <x:c r="A3984" s="2">
-        <x:v>40164</x:v>
+        <x:v>40199</x:v>
       </x:c>
       <x:c r="B3984" s="3">
-        <x:v>104533.22</x:v>
+        <x:v>104586.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3985" spans="1:2">
       <x:c r="A3985" s="2">
-        <x:v>40163</x:v>
+        <x:v>40198</x:v>
       </x:c>
       <x:c r="B3985" s="3">
-        <x:v>104531.85</x:v>
+        <x:v>104585.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3986" spans="1:2">
       <x:c r="A3986" s="2">
-        <x:v>40162</x:v>
+        <x:v>40197</x:v>
       </x:c>
       <x:c r="B3986" s="3">
-        <x:v>104530.19</x:v>
+        <x:v>104583.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3987" spans="1:2">
       <x:c r="A3987" s="2">
-        <x:v>40161</x:v>
+        <x:v>40196</x:v>
       </x:c>
       <x:c r="B3987" s="3">
-        <x:v>104528.46</x:v>
+        <x:v>104582.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3988" spans="1:2">
       <x:c r="A3988" s="2">
-        <x:v>40160</x:v>
+        <x:v>40195</x:v>
       </x:c>
       <x:c r="B3988" s="3">
-        <x:v>104526.6</x:v>
+        <x:v>104580.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3989" spans="1:2">
       <x:c r="A3989" s="2">
-        <x:v>40157</x:v>
+        <x:v>40192</x:v>
       </x:c>
       <x:c r="B3989" s="3">
-        <x:v>104522.04</x:v>
+        <x:v>104577.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3990" spans="1:2">
       <x:c r="A3990" s="2">
-        <x:v>40156</x:v>
+        <x:v>40191</x:v>
       </x:c>
       <x:c r="B3990" s="3">
-        <x:v>104520.54</x:v>
+        <x:v>104576.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3991" spans="1:2">
       <x:c r="A3991" s="2">
-        <x:v>40155</x:v>
+        <x:v>40190</x:v>
       </x:c>
       <x:c r="B3991" s="3">
-        <x:v>104518.89</x:v>
+        <x:v>104574.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3992" spans="1:2">
       <x:c r="A3992" s="2">
-        <x:v>40154</x:v>
+        <x:v>40189</x:v>
       </x:c>
       <x:c r="B3992" s="3">
-        <x:v>104516.72</x:v>
+        <x:v>104573.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3993" spans="1:2">
       <x:c r="A3993" s="2">
-        <x:v>40153</x:v>
+        <x:v>40188</x:v>
       </x:c>
       <x:c r="B3993" s="3">
-        <x:v>104514.86</x:v>
+        <x:v>104571.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3994" spans="1:2">
       <x:c r="A3994" s="2">
-        <x:v>40150</x:v>
+        <x:v>40185</x:v>
       </x:c>
       <x:c r="B3994" s="3">
-        <x:v>104510.24</x:v>
+        <x:v>104566.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3995" spans="1:2">
       <x:c r="A3995" s="2">
-        <x:v>40149</x:v>
+        <x:v>40184</x:v>
       </x:c>
       <x:c r="B3995" s="3">
-        <x:v>104508.64</x:v>
+        <x:v>104564.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3996" spans="1:2">
       <x:c r="A3996" s="2">
-        <x:v>40148</x:v>
+        <x:v>40183</x:v>
       </x:c>
       <x:c r="B3996" s="3">
-        <x:v>104507.07</x:v>
+        <x:v>104563.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3997" spans="1:2">
       <x:c r="A3997" s="2">
-        <x:v>40147</x:v>
+        <x:v>40182</x:v>
       </x:c>
       <x:c r="B3997" s="3">
-        <x:v>104505.3</x:v>
+        <x:v>104561.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3998" spans="1:2">
       <x:c r="A3998" s="2">
-        <x:v>40146</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="B3998" s="3">
-        <x:v>104504.29</x:v>
+        <x:v>104558.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3999" spans="1:2">
       <x:c r="A3999" s="2">
-        <x:v>40143</x:v>
+        <x:v>40177</x:v>
       </x:c>
       <x:c r="B3999" s="3">
-        <x:v>104499.49</x:v>
+        <x:v>104552.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4000" spans="1:2">
       <x:c r="A4000" s="2">
-        <x:v>40142</x:v>
+        <x:v>40176</x:v>
       </x:c>
       <x:c r="B4000" s="3">
-        <x:v>104498.08</x:v>
+        <x:v>104550.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4001" spans="1:2">
       <x:c r="A4001" s="2">
-        <x:v>40141</x:v>
+        <x:v>40175</x:v>
       </x:c>
       <x:c r="B4001" s="3">
-        <x:v>104496.43</x:v>
+        <x:v>104548.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4002" spans="1:2">
       <x:c r="A4002" s="2">
-        <x:v>40140</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="B4002" s="3">
-        <x:v>104494.48</x:v>
+        <x:v>104546.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4003" spans="1:2">
       <x:c r="A4003" s="2">
-        <x:v>40139</x:v>
+        <x:v>40170</x:v>
       </x:c>
       <x:c r="B4003" s="3">
-        <x:v>104492.75</x:v>
+        <x:v>104541.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4004" spans="1:2">
       <x:c r="A4004" s="2">
-        <x:v>40136</x:v>
+        <x:v>40169</x:v>
       </x:c>
       <x:c r="B4004" s="3">
-        <x:v>104488.39</x:v>
+        <x:v>104539.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4005" spans="1:2">
       <x:c r="A4005" s="2">
-        <x:v>40135</x:v>
+        <x:v>40168</x:v>
       </x:c>
       <x:c r="B4005" s="3">
-        <x:v>104486.58</x:v>
+        <x:v>104538.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4006" spans="1:2">
       <x:c r="A4006" s="2">
-        <x:v>40134</x:v>
+        <x:v>40167</x:v>
       </x:c>
       <x:c r="B4006" s="3">
-        <x:v>104485.01</x:v>
+        <x:v>104536.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4007" spans="1:2">
       <x:c r="A4007" s="2">
-        <x:v>40133</x:v>
+        <x:v>40164</x:v>
       </x:c>
       <x:c r="B4007" s="3">
-        <x:v>104483.45</x:v>
+        <x:v>104533.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4008" spans="1:2">
       <x:c r="A4008" s="2">
-        <x:v>40132</x:v>
+        <x:v>40163</x:v>
       </x:c>
       <x:c r="B4008" s="3">
-        <x:v>104481.34</x:v>
+        <x:v>104531.85</x:v>
       </x:c>
     </x:row>
     <x:row r="4009" spans="1:2">
       <x:c r="A4009" s="2">
-        <x:v>40129</x:v>
+        <x:v>40162</x:v>
       </x:c>
       <x:c r="B4009" s="3">
-        <x:v>104476.65</x:v>
+        <x:v>104530.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4010" spans="1:2">
       <x:c r="A4010" s="2">
-        <x:v>40128</x:v>
+        <x:v>40161</x:v>
       </x:c>
       <x:c r="B4010" s="3">
-        <x:v>104474.53</x:v>
+        <x:v>104528.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4011" spans="1:2">
       <x:c r="A4011" s="2">
-        <x:v>40126</x:v>
+        <x:v>40160</x:v>
       </x:c>
       <x:c r="B4011" s="3">
-        <x:v>104471.23</x:v>
+        <x:v>104526.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4012" spans="1:2">
       <x:c r="A4012" s="2">
-        <x:v>40125</x:v>
+        <x:v>40157</x:v>
       </x:c>
       <x:c r="B4012" s="3">
-        <x:v>104469.25</x:v>
+        <x:v>104522.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4013" spans="1:2">
       <x:c r="A4013" s="2">
-        <x:v>40122</x:v>
+        <x:v>40156</x:v>
       </x:c>
       <x:c r="B4013" s="3">
-        <x:v>104464.52</x:v>
+        <x:v>104520.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4014" spans="1:2">
       <x:c r="A4014" s="2">
-        <x:v>40121</x:v>
+        <x:v>40155</x:v>
       </x:c>
       <x:c r="B4014" s="3">
-        <x:v>104463.02</x:v>
+        <x:v>104518.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4015" spans="1:2">
       <x:c r="A4015" s="2">
-        <x:v>40120</x:v>
+        <x:v>40154</x:v>
       </x:c>
       <x:c r="B4015" s="3">
-        <x:v>104461.17</x:v>
+        <x:v>104516.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4016" spans="1:2">
       <x:c r="A4016" s="2">
-        <x:v>40119</x:v>
+        <x:v>40153</x:v>
       </x:c>
       <x:c r="B4016" s="3">
-        <x:v>104459.72</x:v>
+        <x:v>104514.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4017" spans="1:2">
       <x:c r="A4017" s="2">
-        <x:v>40118</x:v>
+        <x:v>40150</x:v>
       </x:c>
       <x:c r="B4017" s="3">
-        <x:v>104457.88</x:v>
+        <x:v>104510.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4018" spans="1:2">
       <x:c r="A4018" s="2">
-        <x:v>40115</x:v>
+        <x:v>40149</x:v>
       </x:c>
       <x:c r="B4018" s="3">
-        <x:v>104452.87</x:v>
+        <x:v>104508.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4019" spans="1:2">
       <x:c r="A4019" s="2">
-        <x:v>40114</x:v>
+        <x:v>40148</x:v>
       </x:c>
       <x:c r="B4019" s="3">
-        <x:v>104451.44</x:v>
+        <x:v>104507.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4020" spans="1:2">
       <x:c r="A4020" s="2">
-        <x:v>40113</x:v>
+        <x:v>40147</x:v>
       </x:c>
       <x:c r="B4020" s="3">
-        <x:v>104449.79</x:v>
+        <x:v>104505.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4021" spans="1:2">
       <x:c r="A4021" s="2">
-        <x:v>40112</x:v>
+        <x:v>40146</x:v>
       </x:c>
       <x:c r="B4021" s="3">
-        <x:v>104447.93</x:v>
+        <x:v>104504.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4022" spans="1:2">
       <x:c r="A4022" s="2">
-        <x:v>40111</x:v>
+        <x:v>40143</x:v>
       </x:c>
       <x:c r="B4022" s="3">
-        <x:v>104446</x:v>
+        <x:v>104499.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4023" spans="1:2">
       <x:c r="A4023" s="2">
-        <x:v>40108</x:v>
+        <x:v>40142</x:v>
       </x:c>
       <x:c r="B4023" s="3">
-        <x:v>104440.89</x:v>
+        <x:v>104498.08</x:v>
       </x:c>
     </x:row>
     <x:row r="4024" spans="1:2">
       <x:c r="A4024" s="2">
-        <x:v>40107</x:v>
+        <x:v>40141</x:v>
       </x:c>
       <x:c r="B4024" s="3">
-        <x:v>104438.93</x:v>
+        <x:v>104496.43</x:v>
       </x:c>
     </x:row>
     <x:row r="4025" spans="1:2">
       <x:c r="A4025" s="2">
-        <x:v>40106</x:v>
+        <x:v>40140</x:v>
       </x:c>
       <x:c r="B4025" s="3">
-        <x:v>104437.43</x:v>
+        <x:v>104494.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4026" spans="1:2">
       <x:c r="A4026" s="2">
-        <x:v>40105</x:v>
+        <x:v>40139</x:v>
       </x:c>
       <x:c r="B4026" s="3">
-        <x:v>104435.53</x:v>
+        <x:v>104492.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4027" spans="1:2">
       <x:c r="A4027" s="2">
-        <x:v>40104</x:v>
+        <x:v>40136</x:v>
       </x:c>
       <x:c r="B4027" s="3">
-        <x:v>104433.78</x:v>
+        <x:v>104488.39</x:v>
       </x:c>
     </x:row>
     <x:row r="4028" spans="1:2">
       <x:c r="A4028" s="2">
-        <x:v>40101</x:v>
+        <x:v>40135</x:v>
       </x:c>
       <x:c r="B4028" s="3">
-        <x:v>104428.69</x:v>
+        <x:v>104486.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4029" spans="1:2">
       <x:c r="A4029" s="2">
-        <x:v>40100</x:v>
+        <x:v>40134</x:v>
       </x:c>
       <x:c r="B4029" s="3">
-        <x:v>104426.75</x:v>
+        <x:v>104485.01</x:v>
       </x:c>
     </x:row>
     <x:row r="4030" spans="1:2">
       <x:c r="A4030" s="2">
-        <x:v>40099</x:v>
+        <x:v>40133</x:v>
       </x:c>
       <x:c r="B4030" s="3">
-        <x:v>104424.54</x:v>
+        <x:v>104483.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4031" spans="1:2">
       <x:c r="A4031" s="2">
-        <x:v>40098</x:v>
+        <x:v>40132</x:v>
       </x:c>
       <x:c r="B4031" s="3">
-        <x:v>104422.57</x:v>
+        <x:v>104481.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4032" spans="1:2">
       <x:c r="A4032" s="2">
-        <x:v>40097</x:v>
+        <x:v>40129</x:v>
       </x:c>
       <x:c r="B4032" s="3">
-        <x:v>104420.56</x:v>
+        <x:v>104476.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4033" spans="1:2">
       <x:c r="A4033" s="2">
-        <x:v>40094</x:v>
+        <x:v>40128</x:v>
       </x:c>
       <x:c r="B4033" s="3">
-        <x:v>104415.41</x:v>
+        <x:v>104474.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4034" spans="1:2">
       <x:c r="A4034" s="2">
-        <x:v>40093</x:v>
+        <x:v>40126</x:v>
       </x:c>
       <x:c r="B4034" s="3">
-        <x:v>104413.81</x:v>
+        <x:v>104471.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4035" spans="1:2">
       <x:c r="A4035" s="2">
-        <x:v>40092</x:v>
+        <x:v>40125</x:v>
       </x:c>
       <x:c r="B4035" s="3">
-        <x:v>104411.9</x:v>
+        <x:v>104469.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4036" spans="1:2">
       <x:c r="A4036" s="2">
-        <x:v>40091</x:v>
+        <x:v>40122</x:v>
       </x:c>
       <x:c r="B4036" s="3">
-        <x:v>104410.37</x:v>
+        <x:v>104464.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4037" spans="1:2">
       <x:c r="A4037" s="2">
-        <x:v>40090</x:v>
+        <x:v>40121</x:v>
       </x:c>
       <x:c r="B4037" s="3">
-        <x:v>104408.4</x:v>
+        <x:v>104463.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4038" spans="1:2">
       <x:c r="A4038" s="2">
-        <x:v>40087</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="B4038" s="3">
-        <x:v>104402.73</x:v>
+        <x:v>104461.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4039" spans="1:2">
       <x:c r="A4039" s="2">
-        <x:v>40086</x:v>
+        <x:v>40119</x:v>
       </x:c>
       <x:c r="B4039" s="3">
-        <x:v>104399.93</x:v>
+        <x:v>104459.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4040" spans="1:2">
       <x:c r="A4040" s="2">
-        <x:v>40085</x:v>
+        <x:v>40118</x:v>
       </x:c>
       <x:c r="B4040" s="3">
-        <x:v>104398.84</x:v>
+        <x:v>104457.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4041" spans="1:2">
       <x:c r="A4041" s="2">
-        <x:v>40084</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="B4041" s="3">
-        <x:v>104396.63</x:v>
+        <x:v>104452.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4042" spans="1:2">
       <x:c r="A4042" s="2">
-        <x:v>40083</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="B4042" s="3">
-        <x:v>104394.24</x:v>
+        <x:v>104451.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4043" spans="1:2">
       <x:c r="A4043" s="2">
-        <x:v>40080</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="B4043" s="3">
-        <x:v>104388.71</x:v>
+        <x:v>104449.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4044" spans="1:2">
       <x:c r="A4044" s="2">
-        <x:v>40079</x:v>
+        <x:v>40112</x:v>
       </x:c>
       <x:c r="B4044" s="3">
-        <x:v>104386.88</x:v>
+        <x:v>104447.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4045" spans="1:2">
       <x:c r="A4045" s="2">
-        <x:v>40078</x:v>
+        <x:v>40111</x:v>
       </x:c>
       <x:c r="B4045" s="3">
-        <x:v>104384.35</x:v>
+        <x:v>104446</x:v>
       </x:c>
     </x:row>
     <x:row r="4046" spans="1:2">
       <x:c r="A4046" s="2">
-        <x:v>40077</x:v>
+        <x:v>40108</x:v>
       </x:c>
       <x:c r="B4046" s="3">
-        <x:v>104382.41</x:v>
+        <x:v>104440.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4047" spans="1:2">
       <x:c r="A4047" s="2">
-        <x:v>40076</x:v>
+        <x:v>40107</x:v>
       </x:c>
       <x:c r="B4047" s="3">
-        <x:v>104379.88</x:v>
+        <x:v>104438.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4048" spans="1:2">
       <x:c r="A4048" s="2">
-        <x:v>40073</x:v>
+        <x:v>40106</x:v>
       </x:c>
       <x:c r="B4048" s="3">
-        <x:v>104374.22</x:v>
+        <x:v>104437.43</x:v>
       </x:c>
     </x:row>
     <x:row r="4049" spans="1:2">
       <x:c r="A4049" s="2">
-        <x:v>40072</x:v>
+        <x:v>40105</x:v>
       </x:c>
       <x:c r="B4049" s="3">
-        <x:v>104372.25</x:v>
+        <x:v>104435.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4050" spans="1:2">
       <x:c r="A4050" s="2">
-        <x:v>40071</x:v>
+        <x:v>40104</x:v>
       </x:c>
       <x:c r="B4050" s="3">
-        <x:v>104370.12</x:v>
+        <x:v>104433.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4051" spans="1:2">
       <x:c r="A4051" s="2">
-        <x:v>40070</x:v>
+        <x:v>40101</x:v>
       </x:c>
       <x:c r="B4051" s="3">
-        <x:v>104366.73</x:v>
+        <x:v>104428.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4052" spans="1:2">
       <x:c r="A4052" s="2">
-        <x:v>40069</x:v>
+        <x:v>40100</x:v>
       </x:c>
       <x:c r="B4052" s="3">
-        <x:v>104364.37</x:v>
+        <x:v>104426.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4053" spans="1:2">
       <x:c r="A4053" s="2">
-        <x:v>40066</x:v>
+        <x:v>40099</x:v>
       </x:c>
       <x:c r="B4053" s="3">
-        <x:v>104358.76</x:v>
+        <x:v>104424.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4054" spans="1:2">
       <x:c r="A4054" s="2">
-        <x:v>40065</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="B4054" s="3">
-        <x:v>104356.94</x:v>
+        <x:v>104422.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4055" spans="1:2">
       <x:c r="A4055" s="2">
-        <x:v>40064</x:v>
+        <x:v>40097</x:v>
       </x:c>
       <x:c r="B4055" s="3">
-        <x:v>104354.14</x:v>
+        <x:v>104420.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4056" spans="1:2">
       <x:c r="A4056" s="2">
-        <x:v>40063</x:v>
+        <x:v>40094</x:v>
       </x:c>
       <x:c r="B4056" s="3">
-        <x:v>104351.37</x:v>
+        <x:v>104415.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4057" spans="1:2">
       <x:c r="A4057" s="2">
-        <x:v>40062</x:v>
+        <x:v>40093</x:v>
       </x:c>
       <x:c r="B4057" s="3">
-        <x:v>104348.9</x:v>
+        <x:v>104413.81</x:v>
       </x:c>
     </x:row>
     <x:row r="4058" spans="1:2">
       <x:c r="A4058" s="2">
-        <x:v>40059</x:v>
+        <x:v>40092</x:v>
       </x:c>
       <x:c r="B4058" s="3">
-        <x:v>104343.77</x:v>
+        <x:v>104411.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4059" spans="1:2">
       <x:c r="A4059" s="2">
-        <x:v>40058</x:v>
+        <x:v>40091</x:v>
       </x:c>
       <x:c r="B4059" s="3">
-        <x:v>104341.79</x:v>
+        <x:v>104410.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4060" spans="1:2">
       <x:c r="A4060" s="2">
-        <x:v>40057</x:v>
+        <x:v>40090</x:v>
       </x:c>
       <x:c r="B4060" s="3">
-        <x:v>104339.71</x:v>
+        <x:v>104408.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4061" spans="1:2">
       <x:c r="A4061" s="2">
-        <x:v>40056</x:v>
+        <x:v>40087</x:v>
       </x:c>
       <x:c r="B4061" s="3">
-        <x:v>104337.66</x:v>
+        <x:v>104402.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4062" spans="1:2">
       <x:c r="A4062" s="2">
-        <x:v>40055</x:v>
+        <x:v>40086</x:v>
       </x:c>
       <x:c r="B4062" s="3">
-        <x:v>104335.78</x:v>
+        <x:v>104399.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4063" spans="1:2">
       <x:c r="A4063" s="2">
-        <x:v>40052</x:v>
+        <x:v>40085</x:v>
       </x:c>
       <x:c r="B4063" s="3">
-        <x:v>104330.03</x:v>
+        <x:v>104398.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4064" spans="1:2">
       <x:c r="A4064" s="2">
-        <x:v>40051</x:v>
+        <x:v>40084</x:v>
       </x:c>
       <x:c r="B4064" s="3">
-        <x:v>104327.89</x:v>
+        <x:v>104396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4065" spans="1:2">
       <x:c r="A4065" s="2">
-        <x:v>40050</x:v>
+        <x:v>40083</x:v>
       </x:c>
       <x:c r="B4065" s="3">
-        <x:v>104325.72</x:v>
+        <x:v>104394.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4066" spans="1:2">
       <x:c r="A4066" s="2">
-        <x:v>40049</x:v>
+        <x:v>40080</x:v>
       </x:c>
       <x:c r="B4066" s="3">
-        <x:v>104323.51</x:v>
+        <x:v>104388.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4067" spans="1:2">
       <x:c r="A4067" s="2">
-        <x:v>40048</x:v>
+        <x:v>40079</x:v>
       </x:c>
       <x:c r="B4067" s="3">
-        <x:v>104321.09</x:v>
+        <x:v>104386.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4068" spans="1:2">
       <x:c r="A4068" s="2">
-        <x:v>40045</x:v>
+        <x:v>40078</x:v>
       </x:c>
       <x:c r="B4068" s="3">
-        <x:v>104315.61</x:v>
+        <x:v>104384.35</x:v>
       </x:c>
     </x:row>
     <x:row r="4069" spans="1:2">
       <x:c r="A4069" s="2">
-        <x:v>40044</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="B4069" s="3">
-        <x:v>104313.48</x:v>
+        <x:v>104382.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4070" spans="1:2">
       <x:c r="A4070" s="2">
-        <x:v>40043</x:v>
+        <x:v>40076</x:v>
       </x:c>
       <x:c r="B4070" s="3">
-        <x:v>104311.34</x:v>
+        <x:v>104379.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4071" spans="1:2">
       <x:c r="A4071" s="2">
-        <x:v>40042</x:v>
+        <x:v>40073</x:v>
       </x:c>
       <x:c r="B4071" s="3">
-        <x:v>104309.34</x:v>
+        <x:v>104374.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4072" spans="1:2">
       <x:c r="A4072" s="2">
-        <x:v>40041</x:v>
+        <x:v>40072</x:v>
       </x:c>
       <x:c r="B4072" s="3">
-        <x:v>104307.47</x:v>
+        <x:v>104372.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4073" spans="1:2">
       <x:c r="A4073" s="2">
-        <x:v>40038</x:v>
+        <x:v>40071</x:v>
       </x:c>
       <x:c r="B4073" s="3">
-        <x:v>104301.78</x:v>
+        <x:v>104370.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4074" spans="1:2">
       <x:c r="A4074" s="2">
-        <x:v>40037</x:v>
+        <x:v>40070</x:v>
       </x:c>
       <x:c r="B4074" s="3">
-        <x:v>104299.71</x:v>
+        <x:v>104366.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4075" spans="1:2">
       <x:c r="A4075" s="2">
-        <x:v>40036</x:v>
+        <x:v>40069</x:v>
       </x:c>
       <x:c r="B4075" s="3">
-        <x:v>104297.4</x:v>
+        <x:v>104364.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4076" spans="1:2">
       <x:c r="A4076" s="2">
-        <x:v>40035</x:v>
+        <x:v>40066</x:v>
       </x:c>
       <x:c r="B4076" s="3">
-        <x:v>104294.64</x:v>
+        <x:v>104358.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4077" spans="1:2">
       <x:c r="A4077" s="2">
-        <x:v>40034</x:v>
+        <x:v>40065</x:v>
       </x:c>
       <x:c r="B4077" s="3">
-        <x:v>104292.17</x:v>
+        <x:v>104356.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4078" spans="1:2">
       <x:c r="A4078" s="2">
-        <x:v>40031</x:v>
+        <x:v>40064</x:v>
       </x:c>
       <x:c r="B4078" s="3">
-        <x:v>104284.41</x:v>
+        <x:v>104354.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4079" spans="1:2">
       <x:c r="A4079" s="2">
-        <x:v>40030</x:v>
+        <x:v>40063</x:v>
       </x:c>
       <x:c r="B4079" s="3">
-        <x:v>104281.65</x:v>
+        <x:v>104351.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4080" spans="1:2">
       <x:c r="A4080" s="2">
-        <x:v>40029</x:v>
+        <x:v>40062</x:v>
       </x:c>
       <x:c r="B4080" s="3">
-        <x:v>104278.8</x:v>
+        <x:v>104348.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4081" spans="1:2">
       <x:c r="A4081" s="2">
-        <x:v>40028</x:v>
+        <x:v>40059</x:v>
       </x:c>
       <x:c r="B4081" s="3">
-        <x:v>104276.19</x:v>
+        <x:v>104343.77</x:v>
       </x:c>
     </x:row>
     <x:row r="4082" spans="1:2">
       <x:c r="A4082" s="2">
-        <x:v>40027</x:v>
+        <x:v>40058</x:v>
       </x:c>
       <x:c r="B4082" s="3">
-        <x:v>104272.79</x:v>
+        <x:v>104341.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4083" spans="1:2">
       <x:c r="A4083" s="2">
-        <x:v>40024</x:v>
+        <x:v>40057</x:v>
       </x:c>
       <x:c r="B4083" s="3">
-        <x:v>104265.54</x:v>
+        <x:v>104339.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4084" spans="1:2">
       <x:c r="A4084" s="2">
-        <x:v>40023</x:v>
+        <x:v>40056</x:v>
       </x:c>
       <x:c r="B4084" s="3">
-        <x:v>104262.91</x:v>
+        <x:v>104337.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4085" spans="1:2">
       <x:c r="A4085" s="2">
-        <x:v>40022</x:v>
+        <x:v>40055</x:v>
       </x:c>
       <x:c r="B4085" s="3">
-        <x:v>104260.07</x:v>
+        <x:v>104335.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4086" spans="1:2">
       <x:c r="A4086" s="2">
-        <x:v>40021</x:v>
+        <x:v>40052</x:v>
       </x:c>
       <x:c r="B4086" s="3">
-        <x:v>104257.52</x:v>
+        <x:v>104330.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4087" spans="1:2">
       <x:c r="A4087" s="2">
-        <x:v>40020</x:v>
+        <x:v>40051</x:v>
       </x:c>
       <x:c r="B4087" s="3">
-        <x:v>104255.41</x:v>
+        <x:v>104327.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4088" spans="1:2">
       <x:c r="A4088" s="2">
-        <x:v>40017</x:v>
+        <x:v>40050</x:v>
       </x:c>
       <x:c r="B4088" s="3">
-        <x:v>104246.89</x:v>
+        <x:v>104325.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4089" spans="1:2">
       <x:c r="A4089" s="2">
-        <x:v>40016</x:v>
+        <x:v>40049</x:v>
       </x:c>
       <x:c r="B4089" s="3">
-        <x:v>104244.21</x:v>
+        <x:v>104323.51</x:v>
       </x:c>
     </x:row>
     <x:row r="4090" spans="1:2">
       <x:c r="A4090" s="2">
-        <x:v>40015</x:v>
+        <x:v>40048</x:v>
       </x:c>
       <x:c r="B4090" s="3">
-        <x:v>104242.33</x:v>
+        <x:v>104321.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4091" spans="1:2">
       <x:c r="A4091" s="2">
-        <x:v>40014</x:v>
+        <x:v>40045</x:v>
       </x:c>
       <x:c r="B4091" s="3">
-        <x:v>104240.32</x:v>
+        <x:v>104315.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4092" spans="1:2">
       <x:c r="A4092" s="2">
-        <x:v>40013</x:v>
+        <x:v>40044</x:v>
       </x:c>
       <x:c r="B4092" s="3">
-        <x:v>104237.49</x:v>
+        <x:v>104313.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4093" spans="1:2">
       <x:c r="A4093" s="2">
-        <x:v>40010</x:v>
+        <x:v>40043</x:v>
       </x:c>
       <x:c r="B4093" s="3">
-        <x:v>104229.4</x:v>
+        <x:v>104311.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4094" spans="1:2">
       <x:c r="A4094" s="2">
-        <x:v>40009</x:v>
+        <x:v>40042</x:v>
       </x:c>
       <x:c r="B4094" s="3">
-        <x:v>104226.01</x:v>
+        <x:v>104309.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4095" spans="1:2">
       <x:c r="A4095" s="2">
-        <x:v>40008</x:v>
+        <x:v>40041</x:v>
       </x:c>
       <x:c r="B4095" s="3">
-        <x:v>104222.17</x:v>
+        <x:v>104307.47</x:v>
       </x:c>
     </x:row>
     <x:row r="4096" spans="1:2">
       <x:c r="A4096" s="2">
-        <x:v>40006</x:v>
+        <x:v>40038</x:v>
       </x:c>
       <x:c r="B4096" s="3">
-        <x:v>104216.72</x:v>
+        <x:v>104301.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4097" spans="1:2">
       <x:c r="A4097" s="2">
-        <x:v>40003</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="B4097" s="3">
-        <x:v>104208.68</x:v>
+        <x:v>104299.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4098" spans="1:2">
       <x:c r="A4098" s="2">
-        <x:v>40002</x:v>
+        <x:v>40036</x:v>
       </x:c>
       <x:c r="B4098" s="3">
-        <x:v>104207.7</x:v>
+        <x:v>104297.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4099" spans="1:2">
       <x:c r="A4099" s="2">
-        <x:v>40001</x:v>
+        <x:v>40035</x:v>
       </x:c>
       <x:c r="B4099" s="3">
-        <x:v>104203.25</x:v>
+        <x:v>104294.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4100" spans="1:2">
       <x:c r="A4100" s="2">
-        <x:v>40000</x:v>
+        <x:v>40034</x:v>
       </x:c>
       <x:c r="B4100" s="3">
-        <x:v>104201.2</x:v>
+        <x:v>104292.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4101" spans="1:2">
       <x:c r="A4101" s="2">
-        <x:v>39999</x:v>
+        <x:v>40031</x:v>
       </x:c>
       <x:c r="B4101" s="3">
-        <x:v>104198.45</x:v>
+        <x:v>104284.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4102" spans="1:2">
       <x:c r="A4102" s="2">
-        <x:v>39996</x:v>
+        <x:v>40030</x:v>
       </x:c>
       <x:c r="B4102" s="3">
-        <x:v>104188.83</x:v>
+        <x:v>104281.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4103" spans="1:2">
       <x:c r="A4103" s="2">
-        <x:v>39995</x:v>
+        <x:v>40029</x:v>
       </x:c>
       <x:c r="B4103" s="3">
-        <x:v>104185.74</x:v>
+        <x:v>104278.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4104" spans="1:2">
       <x:c r="A4104" s="2">
-        <x:v>39994</x:v>
+        <x:v>40028</x:v>
       </x:c>
       <x:c r="B4104" s="3">
-        <x:v>104180.97</x:v>
+        <x:v>104276.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4105" spans="1:2">
       <x:c r="A4105" s="2">
-        <x:v>39993</x:v>
+        <x:v>40027</x:v>
       </x:c>
       <x:c r="B4105" s="3">
-        <x:v>104176.86</x:v>
+        <x:v>104272.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4106" spans="1:2">
       <x:c r="A4106" s="2">
-        <x:v>39992</x:v>
+        <x:v>40024</x:v>
       </x:c>
       <x:c r="B4106" s="3">
-        <x:v>104174.07</x:v>
+        <x:v>104265.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4107" spans="1:2">
       <x:c r="A4107" s="2">
-        <x:v>39989</x:v>
+        <x:v>40023</x:v>
       </x:c>
       <x:c r="B4107" s="3">
-        <x:v>104166.04</x:v>
+        <x:v>104262.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4108" spans="1:2">
       <x:c r="A4108" s="2">
-        <x:v>39988</x:v>
+        <x:v>40022</x:v>
       </x:c>
       <x:c r="B4108" s="3">
-        <x:v>104160.51</x:v>
+        <x:v>104260.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4109" spans="1:2">
       <x:c r="A4109" s="2">
-        <x:v>39987</x:v>
+        <x:v>40021</x:v>
       </x:c>
       <x:c r="B4109" s="3">
-        <x:v>104157.22</x:v>
+        <x:v>104257.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4110" spans="1:2">
       <x:c r="A4110" s="2">
-        <x:v>39986</x:v>
+        <x:v>40020</x:v>
       </x:c>
       <x:c r="B4110" s="3">
-        <x:v>104153.48</x:v>
+        <x:v>104255.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4111" spans="1:2">
       <x:c r="A4111" s="2">
-        <x:v>39985</x:v>
+        <x:v>40017</x:v>
       </x:c>
       <x:c r="B4111" s="3">
-        <x:v>104149.58</x:v>
+        <x:v>104246.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4112" spans="1:2">
       <x:c r="A4112" s="2">
-        <x:v>39982</x:v>
+        <x:v>40016</x:v>
       </x:c>
       <x:c r="B4112" s="3">
-        <x:v>104139.12</x:v>
+        <x:v>104244.21</x:v>
       </x:c>
     </x:row>
     <x:row r="4113" spans="1:2">
       <x:c r="A4113" s="2">
-        <x:v>39981</x:v>
+        <x:v>40015</x:v>
       </x:c>
       <x:c r="B4113" s="3">
-        <x:v>104134.44</x:v>
+        <x:v>104242.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4114" spans="1:2">
       <x:c r="A4114" s="2">
-        <x:v>39980</x:v>
+        <x:v>40014</x:v>
       </x:c>
       <x:c r="B4114" s="3">
-        <x:v>104129.74</x:v>
+        <x:v>104240.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4115" spans="1:2">
       <x:c r="A4115" s="2">
-        <x:v>39979</x:v>
+        <x:v>40013</x:v>
       </x:c>
       <x:c r="B4115" s="3">
-        <x:v>104125.7</x:v>
+        <x:v>104237.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4116" spans="1:2">
       <x:c r="A4116" s="2">
-        <x:v>39978</x:v>
+        <x:v>40010</x:v>
       </x:c>
       <x:c r="B4116" s="3">
-        <x:v>104120.31</x:v>
+        <x:v>104229.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4117" spans="1:2">
       <x:c r="A4117" s="2">
-        <x:v>39975</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="B4117" s="3">
-        <x:v>104108.98</x:v>
+        <x:v>104226.01</x:v>
       </x:c>
     </x:row>
     <x:row r="4118" spans="1:2">
       <x:c r="A4118" s="2">
-        <x:v>39974</x:v>
+        <x:v>40008</x:v>
       </x:c>
       <x:c r="B4118" s="3">
-        <x:v>104104.71</x:v>
+        <x:v>104222.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4119" spans="1:2">
       <x:c r="A4119" s="2">
-        <x:v>39973</x:v>
+        <x:v>40006</x:v>
       </x:c>
       <x:c r="B4119" s="3">
-        <x:v>104100.76</x:v>
+        <x:v>104216.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4120" spans="1:2">
       <x:c r="A4120" s="2">
-        <x:v>39972</x:v>
+        <x:v>40003</x:v>
       </x:c>
       <x:c r="B4120" s="3">
-        <x:v>104096.85</x:v>
+        <x:v>104208.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4121" spans="1:2">
       <x:c r="A4121" s="2">
-        <x:v>39971</x:v>
+        <x:v>40002</x:v>
       </x:c>
       <x:c r="B4121" s="3">
-        <x:v>104093.4</x:v>
+        <x:v>104207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4122" spans="1:2">
       <x:c r="A4122" s="2">
-        <x:v>39968</x:v>
+        <x:v>40001</x:v>
       </x:c>
       <x:c r="B4122" s="3">
-        <x:v>104082.74</x:v>
+        <x:v>104203.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4123" spans="1:2">
       <x:c r="A4123" s="2">
-        <x:v>39967</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="B4123" s="3">
-        <x:v>104078.86</x:v>
+        <x:v>104201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4124" spans="1:2">
       <x:c r="A4124" s="2">
-        <x:v>39966</x:v>
+        <x:v>39999</x:v>
       </x:c>
       <x:c r="B4124" s="3">
-        <x:v>104074.69</x:v>
+        <x:v>104198.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4125" spans="1:2">
       <x:c r="A4125" s="2">
-        <x:v>39965</x:v>
+        <x:v>39996</x:v>
       </x:c>
       <x:c r="B4125" s="3">
-        <x:v>104069.79</x:v>
+        <x:v>104188.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4126" spans="1:2">
       <x:c r="A4126" s="2">
-        <x:v>39961</x:v>
+        <x:v>39995</x:v>
       </x:c>
       <x:c r="B4126" s="3">
-        <x:v>104053</x:v>
+        <x:v>104185.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4127" spans="1:2">
       <x:c r="A4127" s="2">
-        <x:v>39960</x:v>
+        <x:v>39994</x:v>
       </x:c>
       <x:c r="B4127" s="3">
-        <x:v>104045.92</x:v>
+        <x:v>104180.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4128" spans="1:2">
       <x:c r="A4128" s="2">
-        <x:v>39959</x:v>
+        <x:v>39993</x:v>
       </x:c>
       <x:c r="B4128" s="3">
-        <x:v>104041.65</x:v>
+        <x:v>104176.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4129" spans="1:2">
       <x:c r="A4129" s="2">
-        <x:v>39958</x:v>
+        <x:v>39992</x:v>
       </x:c>
       <x:c r="B4129" s="3">
-        <x:v>104037.67</x:v>
+        <x:v>104174.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4130" spans="1:2">
       <x:c r="A4130" s="2">
-        <x:v>39957</x:v>
+        <x:v>39989</x:v>
       </x:c>
       <x:c r="B4130" s="3">
-        <x:v>104032.04</x:v>
+        <x:v>104166.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4131" spans="1:2">
       <x:c r="A4131" s="2">
-        <x:v>39954</x:v>
+        <x:v>39988</x:v>
       </x:c>
       <x:c r="B4131" s="3">
-        <x:v>104018.97</x:v>
+        <x:v>104160.51</x:v>
       </x:c>
     </x:row>
     <x:row r="4132" spans="1:2">
       <x:c r="A4132" s="2">
-        <x:v>39952</x:v>
+        <x:v>39987</x:v>
       </x:c>
       <x:c r="B4132" s="3">
-        <x:v>104010.34</x:v>
+        <x:v>104157.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4133" spans="1:2">
       <x:c r="A4133" s="2">
-        <x:v>39951</x:v>
+        <x:v>39986</x:v>
       </x:c>
       <x:c r="B4133" s="3">
-        <x:v>104005.98</x:v>
+        <x:v>104153.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4134" spans="1:2">
       <x:c r="A4134" s="2">
-        <x:v>39950</x:v>
+        <x:v>39985</x:v>
       </x:c>
       <x:c r="B4134" s="3">
-        <x:v>104001</x:v>
+        <x:v>104149.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4135" spans="1:2">
       <x:c r="A4135" s="2">
-        <x:v>39947</x:v>
+        <x:v>39982</x:v>
       </x:c>
       <x:c r="B4135" s="3">
-        <x:v>103989.54</x:v>
+        <x:v>104139.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4136" spans="1:2">
       <x:c r="A4136" s="2">
-        <x:v>39946</x:v>
+        <x:v>39981</x:v>
       </x:c>
       <x:c r="B4136" s="3">
-        <x:v>103985.44</x:v>
+        <x:v>104134.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4137" spans="1:2">
       <x:c r="A4137" s="2">
-        <x:v>39945</x:v>
+        <x:v>39980</x:v>
       </x:c>
       <x:c r="B4137" s="3">
-        <x:v>103980.61</x:v>
+        <x:v>104129.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4138" spans="1:2">
       <x:c r="A4138" s="2">
-        <x:v>39944</x:v>
+        <x:v>39979</x:v>
       </x:c>
       <x:c r="B4138" s="3">
-        <x:v>103976.14</x:v>
+        <x:v>104125.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4139" spans="1:2">
       <x:c r="A4139" s="2">
-        <x:v>39943</x:v>
+        <x:v>39978</x:v>
       </x:c>
       <x:c r="B4139" s="3">
-        <x:v>103970.36</x:v>
+        <x:v>104120.31</x:v>
       </x:c>
     </x:row>
     <x:row r="4140" spans="1:2">
       <x:c r="A4140" s="2">
-        <x:v>39939</x:v>
+        <x:v>39975</x:v>
       </x:c>
       <x:c r="B4140" s="3">
-        <x:v>103954.89</x:v>
+        <x:v>104108.98</x:v>
       </x:c>
     </x:row>
     <x:row r="4141" spans="1:2">
       <x:c r="A4141" s="2">
-        <x:v>39938</x:v>
+        <x:v>39974</x:v>
       </x:c>
       <x:c r="B4141" s="3">
-        <x:v>103950.48</x:v>
+        <x:v>104104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4142" spans="1:2">
       <x:c r="A4142" s="2">
-        <x:v>39937</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="B4142" s="3">
-        <x:v>103945.93</x:v>
+        <x:v>104100.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4143" spans="1:2">
       <x:c r="A4143" s="2">
-        <x:v>39936</x:v>
+        <x:v>39972</x:v>
       </x:c>
       <x:c r="B4143" s="3">
-        <x:v>103939.61</x:v>
+        <x:v>104096.85</x:v>
       </x:c>
     </x:row>
     <x:row r="4144" spans="1:2">
       <x:c r="A4144" s="2">
-        <x:v>39932</x:v>
+        <x:v>39971</x:v>
       </x:c>
       <x:c r="B4144" s="3">
-        <x:v>103921.66</x:v>
+        <x:v>104093.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4145" spans="1:2">
       <x:c r="A4145" s="2">
-        <x:v>39931</x:v>
+        <x:v>39968</x:v>
       </x:c>
       <x:c r="B4145" s="3">
-        <x:v>103916.36</x:v>
+        <x:v>104082.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4146" spans="1:2">
       <x:c r="A4146" s="2">
-        <x:v>39930</x:v>
+        <x:v>39967</x:v>
       </x:c>
       <x:c r="B4146" s="3">
-        <x:v>103910.91</x:v>
+        <x:v>104078.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4147" spans="1:2">
       <x:c r="A4147" s="2">
-        <x:v>39929</x:v>
+        <x:v>39966</x:v>
       </x:c>
       <x:c r="B4147" s="3">
-        <x:v>103905.14</x:v>
+        <x:v>104074.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4148" spans="1:2">
       <x:c r="A4148" s="2">
-        <x:v>39926</x:v>
+        <x:v>39965</x:v>
       </x:c>
       <x:c r="B4148" s="3">
-        <x:v>103889.12</x:v>
+        <x:v>104069.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4149" spans="1:2">
       <x:c r="A4149" s="2">
-        <x:v>39925</x:v>
+        <x:v>39961</x:v>
       </x:c>
       <x:c r="B4149" s="3">
-        <x:v>103882.25</x:v>
+        <x:v>104053</x:v>
       </x:c>
     </x:row>
     <x:row r="4150" spans="1:2">
       <x:c r="A4150" s="2">
-        <x:v>39924</x:v>
+        <x:v>39960</x:v>
       </x:c>
       <x:c r="B4150" s="3">
-        <x:v>103875.54</x:v>
+        <x:v>104045.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4151" spans="1:2">
       <x:c r="A4151" s="2">
-        <x:v>39923</x:v>
+        <x:v>39959</x:v>
       </x:c>
       <x:c r="B4151" s="3">
-        <x:v>103869.78</x:v>
+        <x:v>104041.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4152" spans="1:2">
       <x:c r="A4152" s="2">
-        <x:v>39922</x:v>
+        <x:v>39958</x:v>
       </x:c>
       <x:c r="B4152" s="3">
-        <x:v>103863.54</x:v>
+        <x:v>104037.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4153" spans="1:2">
       <x:c r="A4153" s="2">
-        <x:v>39919</x:v>
+        <x:v>39957</x:v>
       </x:c>
       <x:c r="B4153" s="3">
-        <x:v>103847.03</x:v>
+        <x:v>104032.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4154" spans="1:2">
       <x:c r="A4154" s="2">
-        <x:v>39918</x:v>
+        <x:v>39954</x:v>
       </x:c>
       <x:c r="B4154" s="3">
-        <x:v>103841.37</x:v>
+        <x:v>104018.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4155" spans="1:2">
       <x:c r="A4155" s="2">
-        <x:v>39917</x:v>
+        <x:v>39952</x:v>
       </x:c>
       <x:c r="B4155" s="3">
-        <x:v>103835.66</x:v>
+        <x:v>104010.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4156" spans="1:2">
       <x:c r="A4156" s="2">
-        <x:v>39916</x:v>
+        <x:v>39951</x:v>
       </x:c>
       <x:c r="B4156" s="3">
-        <x:v>103827.38</x:v>
+        <x:v>104005.98</x:v>
       </x:c>
     </x:row>
     <x:row r="4157" spans="1:2">
       <x:c r="A4157" s="2">
-        <x:v>39911</x:v>
+        <x:v>39950</x:v>
       </x:c>
       <x:c r="B4157" s="3">
-        <x:v>103800.72</x:v>
+        <x:v>104001</x:v>
       </x:c>
     </x:row>
     <x:row r="4158" spans="1:2">
       <x:c r="A4158" s="2">
-        <x:v>39910</x:v>
+        <x:v>39947</x:v>
       </x:c>
       <x:c r="B4158" s="3">
-        <x:v>103795.51</x:v>
+        <x:v>103989.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4159" spans="1:2">
       <x:c r="A4159" s="2">
-        <x:v>39909</x:v>
+        <x:v>39946</x:v>
       </x:c>
       <x:c r="B4159" s="3">
-        <x:v>103789.41</x:v>
+        <x:v>103985.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4160" spans="1:2">
       <x:c r="A4160" s="2">
-        <x:v>39908</x:v>
+        <x:v>39945</x:v>
       </x:c>
       <x:c r="B4160" s="3">
-        <x:v>103784.3</x:v>
+        <x:v>103980.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4161" spans="1:2">
       <x:c r="A4161" s="2">
-        <x:v>39905</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="B4161" s="3">
-        <x:v>103770.63</x:v>
+        <x:v>103976.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4162" spans="1:2">
       <x:c r="A4162" s="2">
-        <x:v>39904</x:v>
+        <x:v>39943</x:v>
       </x:c>
       <x:c r="B4162" s="3">
-        <x:v>103765.42</x:v>
+        <x:v>103970.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4163" spans="1:2">
       <x:c r="A4163" s="2">
-        <x:v>39903</x:v>
+        <x:v>39939</x:v>
       </x:c>
       <x:c r="B4163" s="3">
-        <x:v>103759.15</x:v>
+        <x:v>103954.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4164" spans="1:2">
       <x:c r="A4164" s="2">
-        <x:v>39902</x:v>
+        <x:v>39938</x:v>
       </x:c>
       <x:c r="B4164" s="3">
-        <x:v>103752.41</x:v>
+        <x:v>103950.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4165" spans="1:2">
       <x:c r="A4165" s="2">
-        <x:v>39901</x:v>
+        <x:v>39937</x:v>
       </x:c>
       <x:c r="B4165" s="3">
-        <x:v>103746.42</x:v>
+        <x:v>103945.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4166" spans="1:2">
       <x:c r="A4166" s="2">
-        <x:v>39898</x:v>
+        <x:v>39936</x:v>
       </x:c>
       <x:c r="B4166" s="3">
-        <x:v>103731.27</x:v>
+        <x:v>103939.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4167" spans="1:2">
       <x:c r="A4167" s="2">
-        <x:v>39897</x:v>
+        <x:v>39932</x:v>
       </x:c>
       <x:c r="B4167" s="3">
-        <x:v>103725.99</x:v>
+        <x:v>103921.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4168" spans="1:2">
       <x:c r="A4168" s="2">
-        <x:v>39896</x:v>
+        <x:v>39931</x:v>
       </x:c>
       <x:c r="B4168" s="3">
-        <x:v>103720.67</x:v>
+        <x:v>103916.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4169" spans="1:2">
       <x:c r="A4169" s="2">
-        <x:v>39895</x:v>
+        <x:v>39930</x:v>
       </x:c>
       <x:c r="B4169" s="3">
-        <x:v>103715.73</x:v>
+        <x:v>103910.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4170" spans="1:2">
       <x:c r="A4170" s="2">
-        <x:v>39894</x:v>
+        <x:v>39929</x:v>
       </x:c>
       <x:c r="B4170" s="3">
-        <x:v>103710.7</x:v>
+        <x:v>103905.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4171" spans="1:2">
       <x:c r="A4171" s="2">
-        <x:v>39891</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="B4171" s="3">
-        <x:v>103696.29</x:v>
+        <x:v>103889.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4172" spans="1:2">
       <x:c r="A4172" s="2">
-        <x:v>39890</x:v>
+        <x:v>39925</x:v>
       </x:c>
       <x:c r="B4172" s="3">
-        <x:v>103690.64</x:v>
+        <x:v>103882.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4173" spans="1:2">
       <x:c r="A4173" s="2">
-        <x:v>39889</x:v>
+        <x:v>39924</x:v>
       </x:c>
       <x:c r="B4173" s="3">
-        <x:v>103685.64</x:v>
+        <x:v>103875.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4174" spans="1:2">
       <x:c r="A4174" s="2">
-        <x:v>39888</x:v>
+        <x:v>39923</x:v>
       </x:c>
       <x:c r="B4174" s="3">
-        <x:v>103680.65</x:v>
+        <x:v>103869.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4175" spans="1:2">
       <x:c r="A4175" s="2">
-        <x:v>39887</x:v>
+        <x:v>39922</x:v>
       </x:c>
       <x:c r="B4175" s="3">
-        <x:v>103675.12</x:v>
+        <x:v>103863.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4176" spans="1:2">
       <x:c r="A4176" s="2">
-        <x:v>39884</x:v>
+        <x:v>39919</x:v>
       </x:c>
       <x:c r="B4176" s="3">
-        <x:v>103661.74</x:v>
+        <x:v>103847.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4177" spans="1:2">
       <x:c r="A4177" s="2">
-        <x:v>39883</x:v>
+        <x:v>39918</x:v>
       </x:c>
       <x:c r="B4177" s="3">
-        <x:v>103656.69</x:v>
+        <x:v>103841.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4178" spans="1:2">
       <x:c r="A4178" s="2">
-        <x:v>39882</x:v>
+        <x:v>39917</x:v>
       </x:c>
       <x:c r="B4178" s="3">
-        <x:v>103651.28</x:v>
+        <x:v>103835.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4179" spans="1:2">
       <x:c r="A4179" s="2">
-        <x:v>39881</x:v>
+        <x:v>39916</x:v>
       </x:c>
       <x:c r="B4179" s="3">
-        <x:v>103645.72</x:v>
+        <x:v>103827.38</x:v>
       </x:c>
     </x:row>
     <x:row r="4180" spans="1:2">
       <x:c r="A4180" s="2">
-        <x:v>39880</x:v>
+        <x:v>39911</x:v>
       </x:c>
       <x:c r="B4180" s="3">
-        <x:v>103639.6</x:v>
+        <x:v>103800.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4181" spans="1:2">
       <x:c r="A4181" s="2">
-        <x:v>39877</x:v>
+        <x:v>39910</x:v>
       </x:c>
       <x:c r="B4181" s="3">
-        <x:v>103623.54</x:v>
+        <x:v>103795.51</x:v>
       </x:c>
     </x:row>
     <x:row r="4182" spans="1:2">
       <x:c r="A4182" s="2">
-        <x:v>39876</x:v>
+        <x:v>39909</x:v>
       </x:c>
       <x:c r="B4182" s="3">
-        <x:v>103617.32</x:v>
+        <x:v>103789.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4183" spans="1:2">
       <x:c r="A4183" s="2">
-        <x:v>39875</x:v>
+        <x:v>39908</x:v>
       </x:c>
       <x:c r="B4183" s="3">
-        <x:v>103610.74</x:v>
+        <x:v>103784.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4184" spans="1:2">
       <x:c r="A4184" s="2">
-        <x:v>39874</x:v>
+        <x:v>39905</x:v>
       </x:c>
       <x:c r="B4184" s="3">
-        <x:v>103604.19</x:v>
+        <x:v>103770.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4185" spans="1:2">
       <x:c r="A4185" s="2">
-        <x:v>39873</x:v>
+        <x:v>39904</x:v>
       </x:c>
       <x:c r="B4185" s="3">
-        <x:v>103596.73</x:v>
+        <x:v>103765.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4186" spans="1:2">
       <x:c r="A4186" s="2">
-        <x:v>39870</x:v>
+        <x:v>39903</x:v>
       </x:c>
       <x:c r="B4186" s="3">
-        <x:v>103579.15</x:v>
+        <x:v>103759.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4187" spans="1:2">
       <x:c r="A4187" s="2">
-        <x:v>39869</x:v>
+        <x:v>39902</x:v>
       </x:c>
       <x:c r="B4187" s="3">
-        <x:v>103572.4</x:v>
+        <x:v>103752.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4188" spans="1:2">
       <x:c r="A4188" s="2">
-        <x:v>39868</x:v>
+        <x:v>39901</x:v>
       </x:c>
       <x:c r="B4188" s="3">
-        <x:v>103565.23</x:v>
+        <x:v>103746.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4189" spans="1:2">
       <x:c r="A4189" s="2">
-        <x:v>39867</x:v>
+        <x:v>39898</x:v>
       </x:c>
       <x:c r="B4189" s="3">
-        <x:v>103558.83</x:v>
+        <x:v>103731.27</x:v>
       </x:c>
     </x:row>
     <x:row r="4190" spans="1:2">
       <x:c r="A4190" s="2">
-        <x:v>39866</x:v>
+        <x:v>39897</x:v>
       </x:c>
       <x:c r="B4190" s="3">
-        <x:v>103551.25</x:v>
+        <x:v>103725.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4191" spans="1:2">
       <x:c r="A4191" s="2">
-        <x:v>39863</x:v>
+        <x:v>39896</x:v>
       </x:c>
       <x:c r="B4191" s="3">
-        <x:v>103533.46</x:v>
+        <x:v>103720.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4192" spans="1:2">
       <x:c r="A4192" s="2">
-        <x:v>39862</x:v>
+        <x:v>39895</x:v>
       </x:c>
       <x:c r="B4192" s="3">
-        <x:v>103527.32</x:v>
+        <x:v>103715.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4193" spans="1:2">
       <x:c r="A4193" s="2">
-        <x:v>39861</x:v>
+        <x:v>39894</x:v>
       </x:c>
       <x:c r="B4193" s="3">
-        <x:v>103520.11</x:v>
+        <x:v>103710.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4194" spans="1:2">
       <x:c r="A4194" s="2">
-        <x:v>39860</x:v>
+        <x:v>39891</x:v>
       </x:c>
       <x:c r="B4194" s="3">
-        <x:v>103512.5</x:v>
+        <x:v>103696.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4195" spans="1:2">
       <x:c r="A4195" s="2">
-        <x:v>39859</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="B4195" s="3">
-        <x:v>103503.89</x:v>
+        <x:v>103690.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4196" spans="1:2">
       <x:c r="A4196" s="2">
-        <x:v>39856</x:v>
+        <x:v>39889</x:v>
       </x:c>
       <x:c r="B4196" s="3">
-        <x:v>103484.09</x:v>
+        <x:v>103685.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4197" spans="1:2">
       <x:c r="A4197" s="2">
-        <x:v>39855</x:v>
+        <x:v>39888</x:v>
       </x:c>
       <x:c r="B4197" s="3">
-        <x:v>103476.93</x:v>
+        <x:v>103680.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4198" spans="1:2">
       <x:c r="A4198" s="2">
-        <x:v>39854</x:v>
+        <x:v>39887</x:v>
       </x:c>
       <x:c r="B4198" s="3">
-        <x:v>103471.71</x:v>
+        <x:v>103675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4199" spans="1:2">
       <x:c r="A4199" s="2">
-        <x:v>39853</x:v>
+        <x:v>39884</x:v>
       </x:c>
       <x:c r="B4199" s="3">
-        <x:v>103463.64</x:v>
+        <x:v>103661.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4200" spans="1:2">
       <x:c r="A4200" s="2">
-        <x:v>39852</x:v>
+        <x:v>39883</x:v>
       </x:c>
       <x:c r="B4200" s="3">
-        <x:v>103456.9</x:v>
+        <x:v>103656.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4201" spans="1:2">
       <x:c r="A4201" s="2">
-        <x:v>39849</x:v>
+        <x:v>39882</x:v>
       </x:c>
       <x:c r="B4201" s="3">
-        <x:v>103439.67</x:v>
+        <x:v>103651.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4202" spans="1:2">
       <x:c r="A4202" s="2">
-        <x:v>39848</x:v>
+        <x:v>39881</x:v>
       </x:c>
       <x:c r="B4202" s="3">
-        <x:v>103432.97</x:v>
+        <x:v>103645.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4203" spans="1:2">
       <x:c r="A4203" s="2">
-        <x:v>39847</x:v>
+        <x:v>39880</x:v>
       </x:c>
       <x:c r="B4203" s="3">
-        <x:v>103426.73</x:v>
+        <x:v>103639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4204" spans="1:2">
       <x:c r="A4204" s="2">
-        <x:v>39846</x:v>
+        <x:v>39877</x:v>
       </x:c>
       <x:c r="B4204" s="3">
-        <x:v>103420.07</x:v>
+        <x:v>103623.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4205" spans="1:2">
       <x:c r="A4205" s="2">
-        <x:v>39845</x:v>
+        <x:v>39876</x:v>
       </x:c>
       <x:c r="B4205" s="3">
-        <x:v>103409.63</x:v>
+        <x:v>103617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4206" spans="1:2">
       <x:c r="A4206" s="2">
-        <x:v>39842</x:v>
+        <x:v>39875</x:v>
       </x:c>
       <x:c r="B4206" s="3">
-        <x:v>103389.84</x:v>
+        <x:v>103610.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4207" spans="1:2">
       <x:c r="A4207" s="2">
-        <x:v>39841</x:v>
+        <x:v>39874</x:v>
       </x:c>
       <x:c r="B4207" s="3">
-        <x:v>103383.12</x:v>
+        <x:v>103604.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4208" spans="1:2">
       <x:c r="A4208" s="2">
-        <x:v>39840</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="B4208" s="3">
-        <x:v>103376.49</x:v>
+        <x:v>103596.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4209" spans="1:2">
       <x:c r="A4209" s="2">
-        <x:v>39839</x:v>
+        <x:v>39870</x:v>
       </x:c>
       <x:c r="B4209" s="3">
-        <x:v>103368</x:v>
+        <x:v>103579.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4210" spans="1:2">
       <x:c r="A4210" s="2">
-        <x:v>39838</x:v>
+        <x:v>39869</x:v>
       </x:c>
       <x:c r="B4210" s="3">
-        <x:v>103361.19</x:v>
+        <x:v>103572.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4211" spans="1:2">
       <x:c r="A4211" s="2">
-        <x:v>39835</x:v>
+        <x:v>39868</x:v>
       </x:c>
       <x:c r="B4211" s="3">
-        <x:v>103341.16</x:v>
+        <x:v>103565.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4212" spans="1:2">
       <x:c r="A4212" s="2">
-        <x:v>39834</x:v>
+        <x:v>39867</x:v>
       </x:c>
       <x:c r="B4212" s="3">
-        <x:v>103333.63</x:v>
+        <x:v>103558.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4213" spans="1:2">
       <x:c r="A4213" s="2">
-        <x:v>39833</x:v>
+        <x:v>39866</x:v>
       </x:c>
       <x:c r="B4213" s="3">
-        <x:v>103325.83</x:v>
+        <x:v>103551.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4214" spans="1:2">
       <x:c r="A4214" s="2">
-        <x:v>39832</x:v>
+        <x:v>39863</x:v>
       </x:c>
       <x:c r="B4214" s="3">
-        <x:v>103316.97</x:v>
+        <x:v>103533.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4215" spans="1:2">
       <x:c r="A4215" s="2">
-        <x:v>39831</x:v>
+        <x:v>39862</x:v>
       </x:c>
       <x:c r="B4215" s="3">
-        <x:v>103305.1</x:v>
+        <x:v>103527.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4216" spans="1:2">
       <x:c r="A4216" s="2">
-        <x:v>39828</x:v>
+        <x:v>39861</x:v>
       </x:c>
       <x:c r="B4216" s="3">
-        <x:v>103279.03</x:v>
+        <x:v>103520.11</x:v>
       </x:c>
     </x:row>
     <x:row r="4217" spans="1:2">
       <x:c r="A4217" s="2">
-        <x:v>39827</x:v>
+        <x:v>39860</x:v>
       </x:c>
       <x:c r="B4217" s="3">
-        <x:v>103269.86</x:v>
+        <x:v>103512.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4218" spans="1:2">
       <x:c r="A4218" s="2">
-        <x:v>39826</x:v>
+        <x:v>39859</x:v>
       </x:c>
       <x:c r="B4218" s="3">
-        <x:v>103260.04</x:v>
+        <x:v>103503.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4219" spans="1:2">
       <x:c r="A4219" s="2">
-        <x:v>39825</x:v>
+        <x:v>39856</x:v>
       </x:c>
       <x:c r="B4219" s="3">
-        <x:v>103250.46</x:v>
+        <x:v>103484.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4220" spans="1:2">
       <x:c r="A4220" s="2">
-        <x:v>39824</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="B4220" s="3">
-        <x:v>103240.41</x:v>
+        <x:v>103476.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4221" spans="1:2">
       <x:c r="A4221" s="2">
-        <x:v>39821</x:v>
+        <x:v>39854</x:v>
       </x:c>
       <x:c r="B4221" s="3">
-        <x:v>103213.23</x:v>
+        <x:v>103471.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4222" spans="1:2">
       <x:c r="A4222" s="2">
-        <x:v>39820</x:v>
+        <x:v>39853</x:v>
       </x:c>
       <x:c r="B4222" s="3">
-        <x:v>103204.19</x:v>
+        <x:v>103463.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4223" spans="1:2">
       <x:c r="A4223" s="2">
-        <x:v>39819</x:v>
+        <x:v>39852</x:v>
       </x:c>
       <x:c r="B4223" s="3">
-        <x:v>103196.41</x:v>
+        <x:v>103456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4224" spans="1:2">
       <x:c r="A4224" s="2">
-        <x:v>39818</x:v>
+        <x:v>39849</x:v>
       </x:c>
       <x:c r="B4224" s="3">
-        <x:v>103189.08</x:v>
+        <x:v>103439.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4225" spans="1:2">
       <x:c r="A4225" s="2">
-        <x:v>39817</x:v>
+        <x:v>39848</x:v>
       </x:c>
       <x:c r="B4225" s="3">
-        <x:v>103180.58</x:v>
+        <x:v>103432.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4226" spans="1:2">
       <x:c r="A4226" s="2">
-        <x:v>39814</x:v>
+        <x:v>39847</x:v>
       </x:c>
       <x:c r="B4226" s="3">
-        <x:v>103153.13</x:v>
+        <x:v>103426.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4227" spans="1:2">
       <x:c r="A4227" s="2">
-        <x:v>39812</x:v>
+        <x:v>39846</x:v>
       </x:c>
       <x:c r="B4227" s="3">
-        <x:v>103136.87</x:v>
+        <x:v>103420.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4228" spans="1:2">
       <x:c r="A4228" s="2">
-        <x:v>39811</x:v>
+        <x:v>39845</x:v>
       </x:c>
       <x:c r="B4228" s="3">
-        <x:v>103127.22</x:v>
+        <x:v>103409.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4229" spans="1:2">
       <x:c r="A4229" s="2">
-        <x:v>39810</x:v>
+        <x:v>39842</x:v>
       </x:c>
       <x:c r="B4229" s="3">
-        <x:v>103120.58</x:v>
+        <x:v>103389.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4230" spans="1:2">
       <x:c r="A4230" s="2">
-        <x:v>39805</x:v>
+        <x:v>39841</x:v>
       </x:c>
       <x:c r="B4230" s="3">
-        <x:v>103073.86</x:v>
+        <x:v>103383.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4231" spans="1:2">
       <x:c r="A4231" s="2">
-        <x:v>39804</x:v>
+        <x:v>39840</x:v>
       </x:c>
       <x:c r="B4231" s="3">
-        <x:v>103064.81</x:v>
+        <x:v>103376.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4232" spans="1:2">
       <x:c r="A4232" s="2">
-        <x:v>39803</x:v>
+        <x:v>39839</x:v>
       </x:c>
       <x:c r="B4232" s="3">
-        <x:v>103055.03</x:v>
+        <x:v>103368</x:v>
       </x:c>
     </x:row>
     <x:row r="4233" spans="1:2">
       <x:c r="A4233" s="2">
-        <x:v>39800</x:v>
+        <x:v>39838</x:v>
       </x:c>
       <x:c r="B4233" s="3">
-        <x:v>103031.28</x:v>
+        <x:v>103361.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4234" spans="1:2">
       <x:c r="A4234" s="2">
-        <x:v>39799</x:v>
+        <x:v>39835</x:v>
       </x:c>
       <x:c r="B4234" s="3">
-        <x:v>103020.84</x:v>
+        <x:v>103341.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4235" spans="1:2">
       <x:c r="A4235" s="2">
-        <x:v>39798</x:v>
+        <x:v>39834</x:v>
       </x:c>
       <x:c r="B4235" s="3">
-        <x:v>103011.94</x:v>
+        <x:v>103333.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4236" spans="1:2">
       <x:c r="A4236" s="2">
-        <x:v>39797</x:v>
+        <x:v>39833</x:v>
       </x:c>
       <x:c r="B4236" s="3">
-        <x:v>103002.91</x:v>
+        <x:v>103325.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4237" spans="1:2">
       <x:c r="A4237" s="2">
-        <x:v>39796</x:v>
+        <x:v>39832</x:v>
       </x:c>
       <x:c r="B4237" s="3">
-        <x:v>102992.09</x:v>
+        <x:v>103316.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4238" spans="1:2">
       <x:c r="A4238" s="2">
-        <x:v>39793</x:v>
+        <x:v>39831</x:v>
       </x:c>
       <x:c r="B4238" s="3">
-        <x:v>102965.52</x:v>
+        <x:v>103305.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4239" spans="1:2">
       <x:c r="A4239" s="2">
-        <x:v>39792</x:v>
+        <x:v>39828</x:v>
       </x:c>
       <x:c r="B4239" s="3">
-        <x:v>102957.94</x:v>
+        <x:v>103279.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4240" spans="1:2">
       <x:c r="A4240" s="2">
-        <x:v>39791</x:v>
+        <x:v>39827</x:v>
       </x:c>
       <x:c r="B4240" s="3">
-        <x:v>102947.28</x:v>
+        <x:v>103269.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4241" spans="1:2">
       <x:c r="A4241" s="2">
-        <x:v>39790</x:v>
+        <x:v>39826</x:v>
       </x:c>
       <x:c r="B4241" s="3">
-        <x:v>102936.17</x:v>
+        <x:v>103260.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4242" spans="1:2">
       <x:c r="A4242" s="2">
-        <x:v>39789</x:v>
+        <x:v>39825</x:v>
       </x:c>
       <x:c r="B4242" s="3">
-        <x:v>102924.6</x:v>
+        <x:v>103250.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4243" spans="1:2">
       <x:c r="A4243" s="2">
-        <x:v>39786</x:v>
+        <x:v>39824</x:v>
       </x:c>
       <x:c r="B4243" s="3">
-        <x:v>102894.29</x:v>
+        <x:v>103240.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4244" spans="1:2">
       <x:c r="A4244" s="2">
-        <x:v>39785</x:v>
+        <x:v>39821</x:v>
       </x:c>
       <x:c r="B4244" s="3">
-        <x:v>102883.54</x:v>
+        <x:v>103213.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4245" spans="1:2">
       <x:c r="A4245" s="2">
-        <x:v>39784</x:v>
+        <x:v>39820</x:v>
       </x:c>
       <x:c r="B4245" s="3">
-        <x:v>102872.04</x:v>
+        <x:v>103204.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4246" spans="1:2">
       <x:c r="A4246" s="2">
-        <x:v>39783</x:v>
+        <x:v>39819</x:v>
       </x:c>
       <x:c r="B4246" s="3">
-        <x:v>102861.79</x:v>
+        <x:v>103196.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4247" spans="1:2">
       <x:c r="A4247" s="2">
-        <x:v>39782</x:v>
+        <x:v>39818</x:v>
       </x:c>
       <x:c r="B4247" s="3">
-        <x:v>102850.44</x:v>
+        <x:v>103189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="4248" spans="1:2">
       <x:c r="A4248" s="2">
-        <x:v>39779</x:v>
+        <x:v>39817</x:v>
       </x:c>
       <x:c r="B4248" s="3">
-        <x:v>102819.82</x:v>
+        <x:v>103180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4249" spans="1:2">
       <x:c r="A4249" s="2">
-        <x:v>39778</x:v>
+        <x:v>39814</x:v>
       </x:c>
       <x:c r="B4249" s="3">
-        <x:v>102809.58</x:v>
+        <x:v>103153.13</x:v>
       </x:c>
     </x:row>
     <x:row r="4250" spans="1:2">
       <x:c r="A4250" s="2">
-        <x:v>39777</x:v>
+        <x:v>39812</x:v>
       </x:c>
       <x:c r="B4250" s="3">
-        <x:v>102799.34</x:v>
+        <x:v>103136.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4251" spans="1:2">
       <x:c r="A4251" s="2">
-        <x:v>39776</x:v>
+        <x:v>39811</x:v>
       </x:c>
       <x:c r="B4251" s="3">
-        <x:v>102783.3</x:v>
+        <x:v>103127.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4252" spans="1:2">
       <x:c r="A4252" s="2">
-        <x:v>39775</x:v>
+        <x:v>39810</x:v>
       </x:c>
       <x:c r="B4252" s="3">
-        <x:v>102774.02</x:v>
+        <x:v>103120.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4253" spans="1:2">
       <x:c r="A4253" s="2">
-        <x:v>39772</x:v>
+        <x:v>39805</x:v>
       </x:c>
       <x:c r="B4253" s="3">
-        <x:v>102745.56</x:v>
+        <x:v>103073.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4254" spans="1:2">
       <x:c r="A4254" s="2">
-        <x:v>39771</x:v>
+        <x:v>39804</x:v>
       </x:c>
       <x:c r="B4254" s="3">
-        <x:v>102733.88</x:v>
+        <x:v>103064.81</x:v>
       </x:c>
     </x:row>
     <x:row r="4255" spans="1:2">
       <x:c r="A4255" s="2">
-        <x:v>39770</x:v>
+        <x:v>39803</x:v>
       </x:c>
       <x:c r="B4255" s="3">
-        <x:v>102723.44</x:v>
+        <x:v>103055.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4256" spans="1:2">
       <x:c r="A4256" s="2">
-        <x:v>39769</x:v>
+        <x:v>39800</x:v>
       </x:c>
       <x:c r="B4256" s="3">
-        <x:v>102715.45</x:v>
+        <x:v>103031.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4257" spans="1:2">
       <x:c r="A4257" s="2">
-        <x:v>39768</x:v>
+        <x:v>39799</x:v>
       </x:c>
       <x:c r="B4257" s="3">
-        <x:v>102703.17</x:v>
+        <x:v>103020.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4258" spans="1:2">
       <x:c r="A4258" s="2">
-        <x:v>39765</x:v>
+        <x:v>39798</x:v>
       </x:c>
       <x:c r="B4258" s="3">
-        <x:v>102672.36</x:v>
+        <x:v>103011.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4259" spans="1:2">
       <x:c r="A4259" s="2">
-        <x:v>39764</x:v>
+        <x:v>39797</x:v>
       </x:c>
       <x:c r="B4259" s="3">
-        <x:v>102662.17</x:v>
+        <x:v>103002.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4260" spans="1:2">
       <x:c r="A4260" s="2">
-        <x:v>39763</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="B4260" s="3">
-        <x:v>102651.86</x:v>
+        <x:v>102992.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4261" spans="1:2">
       <x:c r="A4261" s="2">
-        <x:v>39761</x:v>
+        <x:v>39793</x:v>
       </x:c>
       <x:c r="B4261" s="3">
-        <x:v>102627.17</x:v>
+        <x:v>102965.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4262" spans="1:2">
       <x:c r="A4262" s="2">
-        <x:v>39758</x:v>
+        <x:v>39792</x:v>
       </x:c>
       <x:c r="B4262" s="3">
-        <x:v>102594.76</x:v>
+        <x:v>102957.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4263" spans="1:2">
       <x:c r="A4263" s="2">
-        <x:v>39757</x:v>
+        <x:v>39791</x:v>
       </x:c>
       <x:c r="B4263" s="3">
-        <x:v>102583.7</x:v>
+        <x:v>102947.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4264" spans="1:2">
       <x:c r="A4264" s="2">
-        <x:v>39756</x:v>
+        <x:v>39790</x:v>
       </x:c>
       <x:c r="B4264" s="3">
-        <x:v>102572.7</x:v>
+        <x:v>102936.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4265" spans="1:2">
       <x:c r="A4265" s="2">
-        <x:v>39755</x:v>
+        <x:v>39789</x:v>
       </x:c>
       <x:c r="B4265" s="3">
-        <x:v>102562.05</x:v>
+        <x:v>102924.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4266" spans="1:2">
       <x:c r="A4266" s="2">
-        <x:v>39754</x:v>
+        <x:v>39786</x:v>
       </x:c>
       <x:c r="B4266" s="3">
-        <x:v>102550.19</x:v>
+        <x:v>102894.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4267" spans="1:2">
       <x:c r="A4267" s="2">
-        <x:v>39751</x:v>
+        <x:v>39785</x:v>
       </x:c>
       <x:c r="B4267" s="3">
-        <x:v>102516.73</x:v>
+        <x:v>102883.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4268" spans="1:2">
       <x:c r="A4268" s="2">
-        <x:v>39750</x:v>
+        <x:v>39784</x:v>
       </x:c>
       <x:c r="B4268" s="3">
-        <x:v>102504.31</x:v>
+        <x:v>102872.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4269" spans="1:2">
       <x:c r="A4269" s="2">
-        <x:v>39749</x:v>
+        <x:v>39783</x:v>
       </x:c>
       <x:c r="B4269" s="3">
-        <x:v>102493.5</x:v>
+        <x:v>102861.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4270" spans="1:2">
       <x:c r="A4270" s="2">
-        <x:v>39748</x:v>
+        <x:v>39782</x:v>
       </x:c>
       <x:c r="B4270" s="3">
-        <x:v>102481.56</x:v>
+        <x:v>102850.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4271" spans="1:2">
       <x:c r="A4271" s="2">
-        <x:v>39747</x:v>
+        <x:v>39779</x:v>
       </x:c>
       <x:c r="B4271" s="3">
-        <x:v>102469.64</x:v>
+        <x:v>102819.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4272" spans="1:2">
       <x:c r="A4272" s="2">
-        <x:v>39744</x:v>
+        <x:v>39778</x:v>
       </x:c>
       <x:c r="B4272" s="3">
-        <x:v>102435.58</x:v>
+        <x:v>102809.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4273" spans="1:2">
       <x:c r="A4273" s="2">
-        <x:v>39743</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="B4273" s="3">
-        <x:v>102424.41</x:v>
+        <x:v>102799.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4274" spans="1:2">
       <x:c r="A4274" s="2">
-        <x:v>39742</x:v>
+        <x:v>39776</x:v>
       </x:c>
       <x:c r="B4274" s="3">
-        <x:v>102412.95</x:v>
+        <x:v>102783.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4275" spans="1:2">
       <x:c r="A4275" s="2">
-        <x:v>39741</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="B4275" s="3">
-        <x:v>102401.79</x:v>
+        <x:v>102774.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4276" spans="1:2">
       <x:c r="A4276" s="2">
-        <x:v>39740</x:v>
+        <x:v>39772</x:v>
       </x:c>
       <x:c r="B4276" s="3">
-        <x:v>102390.07</x:v>
+        <x:v>102745.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4277" spans="1:2">
       <x:c r="A4277" s="2">
-        <x:v>39737</x:v>
+        <x:v>39771</x:v>
       </x:c>
       <x:c r="B4277" s="3">
-        <x:v>102355.76</x:v>
+        <x:v>102733.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4278" spans="1:2">
       <x:c r="A4278" s="2">
-        <x:v>39736</x:v>
+        <x:v>39770</x:v>
       </x:c>
       <x:c r="B4278" s="3">
-        <x:v>102343.63</x:v>
+        <x:v>102723.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4279" spans="1:2">
       <x:c r="A4279" s="2">
-        <x:v>39735</x:v>
+        <x:v>39769</x:v>
       </x:c>
       <x:c r="B4279" s="3">
-        <x:v>102332.07</x:v>
+        <x:v>102715.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4280" spans="1:2">
       <x:c r="A4280" s="2">
-        <x:v>39734</x:v>
+        <x:v>39768</x:v>
       </x:c>
       <x:c r="B4280" s="3">
-        <x:v>102320.52</x:v>
+        <x:v>102703.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4281" spans="1:2">
       <x:c r="A4281" s="2">
-        <x:v>39733</x:v>
+        <x:v>39765</x:v>
       </x:c>
       <x:c r="B4281" s="3">
-        <x:v>102307.83</x:v>
+        <x:v>102672.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4282" spans="1:2">
       <x:c r="A4282" s="2">
-        <x:v>39730</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="B4282" s="3">
-        <x:v>102272.39</x:v>
+        <x:v>102662.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4283" spans="1:2">
       <x:c r="A4283" s="2">
-        <x:v>39729</x:v>
+        <x:v>39763</x:v>
       </x:c>
       <x:c r="B4283" s="3">
-        <x:v>102258.85</x:v>
+        <x:v>102651.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4284" spans="1:2">
       <x:c r="A4284" s="2">
-        <x:v>39728</x:v>
+        <x:v>39761</x:v>
       </x:c>
       <x:c r="B4284" s="3">
-        <x:v>102243.95</x:v>
+        <x:v>102627.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4285" spans="1:2">
       <x:c r="A4285" s="2">
-        <x:v>39727</x:v>
+        <x:v>39758</x:v>
       </x:c>
       <x:c r="B4285" s="3">
-        <x:v>102230.9</x:v>
+        <x:v>102594.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4286" spans="1:2">
       <x:c r="A4286" s="2">
-        <x:v>39726</x:v>
+        <x:v>39757</x:v>
       </x:c>
       <x:c r="B4286" s="3">
-        <x:v>102218.12</x:v>
+        <x:v>102583.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4287" spans="1:2">
       <x:c r="A4287" s="2">
-        <x:v>39723</x:v>
+        <x:v>39756</x:v>
       </x:c>
       <x:c r="B4287" s="3">
-        <x:v>102180.04</x:v>
+        <x:v>102572.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4288" spans="1:2">
       <x:c r="A4288" s="2">
-        <x:v>39722</x:v>
+        <x:v>39755</x:v>
       </x:c>
       <x:c r="B4288" s="3">
-        <x:v>102166.32</x:v>
+        <x:v>102562.05</x:v>
       </x:c>
     </x:row>
     <x:row r="4289" spans="1:2">
       <x:c r="A4289" s="2">
-        <x:v>39721</x:v>
+        <x:v>39754</x:v>
       </x:c>
       <x:c r="B4289" s="3">
-        <x:v>102153.97</x:v>
+        <x:v>102550.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4290" spans="1:2">
       <x:c r="A4290" s="2">
-        <x:v>39720</x:v>
+        <x:v>39751</x:v>
       </x:c>
       <x:c r="B4290" s="3">
-        <x:v>102139.82</x:v>
+        <x:v>102516.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4291" spans="1:2">
       <x:c r="A4291" s="2">
-        <x:v>39719</x:v>
+        <x:v>39750</x:v>
       </x:c>
       <x:c r="B4291" s="3">
-        <x:v>102126.61</x:v>
+        <x:v>102504.31</x:v>
       </x:c>
     </x:row>
     <x:row r="4292" spans="1:2">
       <x:c r="A4292" s="2">
-        <x:v>39716</x:v>
+        <x:v>39749</x:v>
       </x:c>
       <x:c r="B4292" s="3">
-        <x:v>102088.93</x:v>
+        <x:v>102493.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4293" spans="1:2">
       <x:c r="A4293" s="2">
-        <x:v>39715</x:v>
+        <x:v>39748</x:v>
       </x:c>
       <x:c r="B4293" s="3">
-        <x:v>102075.54</x:v>
+        <x:v>102481.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4294" spans="1:2">
       <x:c r="A4294" s="2">
-        <x:v>39714</x:v>
+        <x:v>39747</x:v>
       </x:c>
       <x:c r="B4294" s="3">
-        <x:v>102062.09</x:v>
+        <x:v>102469.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4295" spans="1:2">
       <x:c r="A4295" s="2">
-        <x:v>39713</x:v>
+        <x:v>39744</x:v>
       </x:c>
       <x:c r="B4295" s="3">
-        <x:v>102049.22</x:v>
+        <x:v>102435.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4296" spans="1:2">
       <x:c r="A4296" s="2">
-        <x:v>39712</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="B4296" s="3">
-        <x:v>102035.57</x:v>
+        <x:v>102424.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4297" spans="1:2">
       <x:c r="A4297" s="2">
-        <x:v>39709</x:v>
+        <x:v>39742</x:v>
       </x:c>
       <x:c r="B4297" s="3">
-        <x:v>101996.31</x:v>
+        <x:v>102412.95</x:v>
       </x:c>
     </x:row>
     <x:row r="4298" spans="1:2">
       <x:c r="A4298" s="2">
-        <x:v>39708</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="B4298" s="3">
-        <x:v>101983.28</x:v>
+        <x:v>102401.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4299" spans="1:2">
       <x:c r="A4299" s="2">
-        <x:v>39707</x:v>
+        <x:v>39740</x:v>
       </x:c>
       <x:c r="B4299" s="3">
-        <x:v>101971.78</x:v>
+        <x:v>102390.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4300" spans="1:2">
       <x:c r="A4300" s="2">
-        <x:v>39706</x:v>
+        <x:v>39737</x:v>
       </x:c>
       <x:c r="B4300" s="3">
-        <x:v>101957.28</x:v>
+        <x:v>102355.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4301" spans="1:2">
       <x:c r="A4301" s="2">
-        <x:v>39705</x:v>
+        <x:v>39736</x:v>
       </x:c>
       <x:c r="B4301" s="3">
-        <x:v>101941.34</x:v>
+        <x:v>102343.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4302" spans="1:2">
       <x:c r="A4302" s="2">
-        <x:v>39702</x:v>
+        <x:v>39735</x:v>
       </x:c>
       <x:c r="B4302" s="3">
-        <x:v>101903.45</x:v>
+        <x:v>102332.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4303" spans="1:2">
       <x:c r="A4303" s="2">
-        <x:v>39701</x:v>
+        <x:v>39734</x:v>
       </x:c>
       <x:c r="B4303" s="3">
-        <x:v>101890.22</x:v>
+        <x:v>102320.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4304" spans="1:2">
       <x:c r="A4304" s="2">
-        <x:v>39700</x:v>
+        <x:v>39733</x:v>
       </x:c>
       <x:c r="B4304" s="3">
-        <x:v>101877.37</x:v>
+        <x:v>102307.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4305" spans="1:2">
       <x:c r="A4305" s="2">
-        <x:v>39699</x:v>
+        <x:v>39730</x:v>
       </x:c>
       <x:c r="B4305" s="3">
-        <x:v>101863.27</x:v>
+        <x:v>102272.39</x:v>
       </x:c>
     </x:row>
     <x:row r="4306" spans="1:2">
       <x:c r="A4306" s="2">
-        <x:v>39698</x:v>
+        <x:v>39729</x:v>
       </x:c>
       <x:c r="B4306" s="3">
-        <x:v>101847.92</x:v>
+        <x:v>102258.85</x:v>
       </x:c>
     </x:row>
     <x:row r="4307" spans="1:2">
       <x:c r="A4307" s="2">
-        <x:v>39695</x:v>
+        <x:v>39728</x:v>
       </x:c>
       <x:c r="B4307" s="3">
-        <x:v>101809.9</x:v>
+        <x:v>102243.95</x:v>
       </x:c>
     </x:row>
     <x:row r="4308" spans="1:2">
       <x:c r="A4308" s="2">
-        <x:v>39694</x:v>
+        <x:v>39727</x:v>
       </x:c>
       <x:c r="B4308" s="3">
-        <x:v>101796.53</x:v>
+        <x:v>102230.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4309" spans="1:2">
       <x:c r="A4309" s="2">
-        <x:v>39693</x:v>
+        <x:v>39726</x:v>
       </x:c>
       <x:c r="B4309" s="3">
-        <x:v>101782.66</x:v>
+        <x:v>102218.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4310" spans="1:2">
       <x:c r="A4310" s="2">
-        <x:v>39692</x:v>
+        <x:v>39723</x:v>
       </x:c>
       <x:c r="B4310" s="3">
-        <x:v>101769.3</x:v>
+        <x:v>102180.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4311" spans="1:2">
       <x:c r="A4311" s="2">
-        <x:v>39691</x:v>
+        <x:v>39722</x:v>
       </x:c>
       <x:c r="B4311" s="3">
-        <x:v>101753.92</x:v>
+        <x:v>102166.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4312" spans="1:2">
       <x:c r="A4312" s="2">
-        <x:v>39688</x:v>
+        <x:v>39721</x:v>
       </x:c>
       <x:c r="B4312" s="3">
-        <x:v>101714.68</x:v>
+        <x:v>102153.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4313" spans="1:2">
       <x:c r="A4313" s="2">
-        <x:v>39687</x:v>
+        <x:v>39720</x:v>
       </x:c>
       <x:c r="B4313" s="3">
-        <x:v>101700.92</x:v>
+        <x:v>102139.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4314" spans="1:2">
       <x:c r="A4314" s="2">
-        <x:v>39686</x:v>
+        <x:v>39719</x:v>
       </x:c>
       <x:c r="B4314" s="3">
-        <x:v>101687.62</x:v>
+        <x:v>102126.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4315" spans="1:2">
       <x:c r="A4315" s="2">
-        <x:v>39685</x:v>
+        <x:v>39716</x:v>
       </x:c>
       <x:c r="B4315" s="3">
-        <x:v>101673.87</x:v>
+        <x:v>102088.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4316" spans="1:2">
       <x:c r="A4316" s="2">
-        <x:v>39684</x:v>
+        <x:v>39715</x:v>
       </x:c>
       <x:c r="B4316" s="3">
-        <x:v>101658.19</x:v>
+        <x:v>102075.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4317" spans="1:2">
       <x:c r="A4317" s="2">
-        <x:v>39681</x:v>
+        <x:v>39714</x:v>
       </x:c>
       <x:c r="B4317" s="3">
-        <x:v>101620.86</x:v>
+        <x:v>102062.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4318" spans="1:2">
       <x:c r="A4318" s="2">
-        <x:v>39680</x:v>
+        <x:v>39713</x:v>
       </x:c>
       <x:c r="B4318" s="3">
-        <x:v>101607.92</x:v>
+        <x:v>102049.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4319" spans="1:2">
       <x:c r="A4319" s="2">
-        <x:v>39679</x:v>
+        <x:v>39712</x:v>
       </x:c>
       <x:c r="B4319" s="3">
-        <x:v>101595.16</x:v>
+        <x:v>102035.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4320" spans="1:2">
       <x:c r="A4320" s="2">
-        <x:v>39678</x:v>
+        <x:v>39709</x:v>
       </x:c>
       <x:c r="B4320" s="3">
-        <x:v>101582.09</x:v>
+        <x:v>101996.31</x:v>
       </x:c>
     </x:row>
     <x:row r="4321" spans="1:2">
       <x:c r="A4321" s="2">
-        <x:v>39677</x:v>
+        <x:v>39708</x:v>
       </x:c>
       <x:c r="B4321" s="3">
-        <x:v>101565.28</x:v>
+        <x:v>101983.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4322" spans="1:2">
       <x:c r="A4322" s="2">
-        <x:v>39673</x:v>
+        <x:v>39707</x:v>
       </x:c>
       <x:c r="B4322" s="3">
-        <x:v>101515.09</x:v>
+        <x:v>101971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4323" spans="1:2">
       <x:c r="A4323" s="2">
-        <x:v>39672</x:v>
+        <x:v>39706</x:v>
       </x:c>
       <x:c r="B4323" s="3">
-        <x:v>101501.82</x:v>
+        <x:v>101957.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4324" spans="1:2">
       <x:c r="A4324" s="2">
-        <x:v>39671</x:v>
+        <x:v>39705</x:v>
       </x:c>
       <x:c r="B4324" s="3">
-        <x:v>101488.33</x:v>
+        <x:v>101941.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4325" spans="1:2">
       <x:c r="A4325" s="2">
-        <x:v>39670</x:v>
+        <x:v>39702</x:v>
       </x:c>
       <x:c r="B4325" s="3">
-        <x:v>101472.93</x:v>
+        <x:v>101903.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4326" spans="1:2">
       <x:c r="A4326" s="2">
-        <x:v>39667</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="B4326" s="3">
-        <x:v>101434.89</x:v>
+        <x:v>101890.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4327" spans="1:2">
       <x:c r="A4327" s="2">
-        <x:v>39666</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="B4327" s="3">
-        <x:v>101421.75</x:v>
+        <x:v>101877.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4328" spans="1:2">
       <x:c r="A4328" s="2">
-        <x:v>39665</x:v>
+        <x:v>39699</x:v>
       </x:c>
       <x:c r="B4328" s="3">
-        <x:v>101408.5</x:v>
+        <x:v>101863.27</x:v>
       </x:c>
     </x:row>
     <x:row r="4329" spans="1:2">
       <x:c r="A4329" s="2">
-        <x:v>39664</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="B4329" s="3">
-        <x:v>101395.7</x:v>
+        <x:v>101847.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4330" spans="1:2">
       <x:c r="A4330" s="2">
-        <x:v>39663</x:v>
+        <x:v>39695</x:v>
       </x:c>
       <x:c r="B4330" s="3">
-        <x:v>101381.11</x:v>
+        <x:v>101809.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4331" spans="1:2">
       <x:c r="A4331" s="2">
-        <x:v>39660</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="B4331" s="3">
-        <x:v>101343.19</x:v>
+        <x:v>101796.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4332" spans="1:2">
       <x:c r="A4332" s="2">
-        <x:v>39659</x:v>
+        <x:v>39693</x:v>
       </x:c>
       <x:c r="B4332" s="3">
-        <x:v>101329.62</x:v>
+        <x:v>101782.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4333" spans="1:2">
       <x:c r="A4333" s="2">
-        <x:v>39658</x:v>
+        <x:v>39692</x:v>
       </x:c>
       <x:c r="B4333" s="3">
-        <x:v>101315.41</x:v>
+        <x:v>101769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4334" spans="1:2">
       <x:c r="A4334" s="2">
-        <x:v>39657</x:v>
+        <x:v>39691</x:v>
       </x:c>
       <x:c r="B4334" s="3">
-        <x:v>101301.87</x:v>
+        <x:v>101753.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4335" spans="1:2">
       <x:c r="A4335" s="2">
-        <x:v>39656</x:v>
+        <x:v>39688</x:v>
       </x:c>
       <x:c r="B4335" s="3">
-        <x:v>101286.3</x:v>
+        <x:v>101714.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4336" spans="1:2">
       <x:c r="A4336" s="2">
-        <x:v>39653</x:v>
+        <x:v>39687</x:v>
       </x:c>
       <x:c r="B4336" s="3">
-        <x:v>101248.74</x:v>
+        <x:v>101700.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4337" spans="1:2">
       <x:c r="A4337" s="2">
-        <x:v>39652</x:v>
+        <x:v>39686</x:v>
       </x:c>
       <x:c r="B4337" s="3">
-        <x:v>101235.5</x:v>
+        <x:v>101687.62</x:v>
       </x:c>
     </x:row>
     <x:row r="4338" spans="1:2">
       <x:c r="A4338" s="2">
-        <x:v>39651</x:v>
+        <x:v>39685</x:v>
       </x:c>
       <x:c r="B4338" s="3">
-        <x:v>101222.14</x:v>
+        <x:v>101673.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4339" spans="1:2">
       <x:c r="A4339" s="2">
-        <x:v>39650</x:v>
+        <x:v>39684</x:v>
       </x:c>
       <x:c r="B4339" s="3">
-        <x:v>101209.06</x:v>
+        <x:v>101658.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4340" spans="1:2">
       <x:c r="A4340" s="2">
-        <x:v>39649</x:v>
+        <x:v>39681</x:v>
       </x:c>
       <x:c r="B4340" s="3">
-        <x:v>101193.12</x:v>
+        <x:v>101620.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4341" spans="1:2">
       <x:c r="A4341" s="2">
-        <x:v>39646</x:v>
+        <x:v>39680</x:v>
       </x:c>
       <x:c r="B4341" s="3">
-        <x:v>101156.07</x:v>
+        <x:v>101607.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4342" spans="1:2">
       <x:c r="A4342" s="2">
-        <x:v>39645</x:v>
+        <x:v>39679</x:v>
       </x:c>
       <x:c r="B4342" s="3">
-        <x:v>101143.6</x:v>
+        <x:v>101595.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4343" spans="1:2">
       <x:c r="A4343" s="2">
-        <x:v>39644</x:v>
+        <x:v>39678</x:v>
       </x:c>
       <x:c r="B4343" s="3">
-        <x:v>101130.23</x:v>
+        <x:v>101582.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4344" spans="1:2">
       <x:c r="A4344" s="2">
-        <x:v>39643</x:v>
+        <x:v>39677</x:v>
       </x:c>
       <x:c r="B4344" s="3">
-        <x:v>101113.75</x:v>
+        <x:v>101565.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4345" spans="1:2">
       <x:c r="A4345" s="2">
-        <x:v>39639</x:v>
+        <x:v>39673</x:v>
       </x:c>
       <x:c r="B4345" s="3">
-        <x:v>101063.6</x:v>
+        <x:v>101515.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4346" spans="1:2">
       <x:c r="A4346" s="2">
-        <x:v>39638</x:v>
+        <x:v>39672</x:v>
       </x:c>
       <x:c r="B4346" s="3">
-        <x:v>101050.68</x:v>
+        <x:v>101501.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4347" spans="1:2">
       <x:c r="A4347" s="2">
-        <x:v>39637</x:v>
+        <x:v>39671</x:v>
       </x:c>
       <x:c r="B4347" s="3">
-        <x:v>101037.4</x:v>
+        <x:v>101488.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4348" spans="1:2">
       <x:c r="A4348" s="2">
-        <x:v>39636</x:v>
+        <x:v>39670</x:v>
       </x:c>
       <x:c r="B4348" s="3">
-        <x:v>101025.25</x:v>
+        <x:v>101472.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4349" spans="1:2">
       <x:c r="A4349" s="2">
-        <x:v>39635</x:v>
+        <x:v>39667</x:v>
       </x:c>
       <x:c r="B4349" s="3">
-        <x:v>101011.01</x:v>
+        <x:v>101434.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4350" spans="1:2">
       <x:c r="A4350" s="2">
-        <x:v>39632</x:v>
+        <x:v>39666</x:v>
       </x:c>
       <x:c r="B4350" s="3">
-        <x:v>100974.26</x:v>
+        <x:v>101421.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4351" spans="1:2">
       <x:c r="A4351" s="2">
-        <x:v>39631</x:v>
+        <x:v>39665</x:v>
       </x:c>
       <x:c r="B4351" s="3">
-        <x:v>100961.79</x:v>
+        <x:v>101408.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4352" spans="1:2">
       <x:c r="A4352" s="2">
-        <x:v>39630</x:v>
+        <x:v>39664</x:v>
       </x:c>
       <x:c r="B4352" s="3">
-        <x:v>100948.69</x:v>
+        <x:v>101395.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4353" spans="1:2">
       <x:c r="A4353" s="2">
-        <x:v>39629</x:v>
+        <x:v>39663</x:v>
       </x:c>
       <x:c r="B4353" s="3">
-        <x:v>100935.92</x:v>
+        <x:v>101381.11</x:v>
       </x:c>
     </x:row>
     <x:row r="4354" spans="1:2">
       <x:c r="A4354" s="2">
-        <x:v>39628</x:v>
+        <x:v>39660</x:v>
       </x:c>
       <x:c r="B4354" s="3">
-        <x:v>100921.29</x:v>
+        <x:v>101343.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4355" spans="1:2">
       <x:c r="A4355" s="2">
-        <x:v>39625</x:v>
+        <x:v>39659</x:v>
       </x:c>
       <x:c r="B4355" s="3">
-        <x:v>100885</x:v>
+        <x:v>101329.62</x:v>
       </x:c>
     </x:row>
     <x:row r="4356" spans="1:2">
       <x:c r="A4356" s="2">
-        <x:v>39624</x:v>
+        <x:v>39658</x:v>
       </x:c>
       <x:c r="B4356" s="3">
-        <x:v>100872.62</x:v>
+        <x:v>101315.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4357" spans="1:2">
       <x:c r="A4357" s="2">
-        <x:v>39623</x:v>
+        <x:v>39657</x:v>
       </x:c>
       <x:c r="B4357" s="3">
-        <x:v>100859.8</x:v>
+        <x:v>101301.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4358" spans="1:2">
       <x:c r="A4358" s="2">
-        <x:v>39622</x:v>
+        <x:v>39656</x:v>
       </x:c>
       <x:c r="B4358" s="3">
-        <x:v>100847.16</x:v>
+        <x:v>101286.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4359" spans="1:2">
       <x:c r="A4359" s="2">
-        <x:v>39621</x:v>
+        <x:v>39653</x:v>
       </x:c>
       <x:c r="B4359" s="3">
-        <x:v>100832.86</x:v>
+        <x:v>101248.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4360" spans="1:2">
       <x:c r="A4360" s="2">
-        <x:v>39618</x:v>
+        <x:v>39652</x:v>
       </x:c>
       <x:c r="B4360" s="3">
-        <x:v>100797.25</x:v>
+        <x:v>101235.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4361" spans="1:2">
       <x:c r="A4361" s="2">
-        <x:v>39617</x:v>
+        <x:v>39651</x:v>
       </x:c>
       <x:c r="B4361" s="3">
-        <x:v>100784.69</x:v>
+        <x:v>101222.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4362" spans="1:2">
       <x:c r="A4362" s="2">
-        <x:v>39616</x:v>
+        <x:v>39650</x:v>
       </x:c>
       <x:c r="B4362" s="3">
-        <x:v>100771.94</x:v>
+        <x:v>101209.06</x:v>
       </x:c>
     </x:row>
     <x:row r="4363" spans="1:2">
       <x:c r="A4363" s="2">
-        <x:v>39615</x:v>
+        <x:v>39649</x:v>
       </x:c>
       <x:c r="B4363" s="3">
-        <x:v>100759.33</x:v>
+        <x:v>101193.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4364" spans="1:2">
       <x:c r="A4364" s="2">
-        <x:v>39614</x:v>
+        <x:v>39646</x:v>
       </x:c>
       <x:c r="B4364" s="3">
-        <x:v>100745.34</x:v>
+        <x:v>101156.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4365" spans="1:2">
       <x:c r="A4365" s="2">
-        <x:v>39611</x:v>
+        <x:v>39645</x:v>
       </x:c>
       <x:c r="B4365" s="3">
-        <x:v>100709.25</x:v>
+        <x:v>101143.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4366" spans="1:2">
       <x:c r="A4366" s="2">
-        <x:v>39610</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="B4366" s="3">
-        <x:v>100696.69</x:v>
+        <x:v>101130.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4367" spans="1:2">
       <x:c r="A4367" s="2">
-        <x:v>39609</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="B4367" s="3">
-        <x:v>100684.23</x:v>
+        <x:v>101113.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4368" spans="1:2">
       <x:c r="A4368" s="2">
-        <x:v>39608</x:v>
+        <x:v>39639</x:v>
       </x:c>
       <x:c r="B4368" s="3">
-        <x:v>100671.95</x:v>
+        <x:v>101063.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4369" spans="1:2">
       <x:c r="A4369" s="2">
-        <x:v>39607</x:v>
+        <x:v>39638</x:v>
       </x:c>
       <x:c r="B4369" s="3">
-        <x:v>100657.33</x:v>
+        <x:v>101050.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4370" spans="1:2">
       <x:c r="A4370" s="2">
-        <x:v>39604</x:v>
+        <x:v>39637</x:v>
       </x:c>
       <x:c r="B4370" s="3">
-        <x:v>100623.78</x:v>
+        <x:v>101037.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4371" spans="1:2">
       <x:c r="A4371" s="2">
-        <x:v>39603</x:v>
+        <x:v>39636</x:v>
       </x:c>
       <x:c r="B4371" s="3">
-        <x:v>100610.34</x:v>
+        <x:v>101025.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4372" spans="1:2">
       <x:c r="A4372" s="2">
-        <x:v>39602</x:v>
+        <x:v>39635</x:v>
       </x:c>
       <x:c r="B4372" s="3">
-        <x:v>100598.13</x:v>
+        <x:v>101011.01</x:v>
       </x:c>
     </x:row>
     <x:row r="4373" spans="1:2">
       <x:c r="A4373" s="2">
-        <x:v>39601</x:v>
+        <x:v>39632</x:v>
       </x:c>
       <x:c r="B4373" s="3">
-        <x:v>100585.19</x:v>
+        <x:v>100974.26</x:v>
       </x:c>
     </x:row>
     <x:row r="4374" spans="1:2">
       <x:c r="A4374" s="2">
-        <x:v>39600</x:v>
+        <x:v>39631</x:v>
       </x:c>
       <x:c r="B4374" s="3">
-        <x:v>100570.61</x:v>
+        <x:v>100961.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4375" spans="1:2">
       <x:c r="A4375" s="2">
-        <x:v>39597</x:v>
+        <x:v>39630</x:v>
       </x:c>
       <x:c r="B4375" s="3">
-        <x:v>100534.17</x:v>
+        <x:v>100948.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4376" spans="1:2">
       <x:c r="A4376" s="2">
-        <x:v>39596</x:v>
+        <x:v>39629</x:v>
       </x:c>
       <x:c r="B4376" s="3">
-        <x:v>100521.75</x:v>
+        <x:v>100935.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4377" spans="1:2">
       <x:c r="A4377" s="2">
-        <x:v>39595</x:v>
+        <x:v>39628</x:v>
       </x:c>
       <x:c r="B4377" s="3">
-        <x:v>100509.73</x:v>
+        <x:v>100921.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4378" spans="1:2">
       <x:c r="A4378" s="2">
-        <x:v>39594</x:v>
+        <x:v>39625</x:v>
       </x:c>
       <x:c r="B4378" s="3">
-        <x:v>100497.09</x:v>
+        <x:v>100885</x:v>
       </x:c>
     </x:row>
     <x:row r="4379" spans="1:2">
       <x:c r="A4379" s="2">
-        <x:v>39593</x:v>
+        <x:v>39624</x:v>
       </x:c>
       <x:c r="B4379" s="3">
-        <x:v>100482.66</x:v>
+        <x:v>100872.62</x:v>
       </x:c>
     </x:row>
     <x:row r="4380" spans="1:2">
       <x:c r="A4380" s="2">
-        <x:v>39590</x:v>
+        <x:v>39623</x:v>
       </x:c>
       <x:c r="B4380" s="3">
-        <x:v>100447.99</x:v>
+        <x:v>100859.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4381" spans="1:2">
       <x:c r="A4381" s="2">
-        <x:v>39589</x:v>
+        <x:v>39622</x:v>
       </x:c>
       <x:c r="B4381" s="3">
-        <x:v>100436.07</x:v>
+        <x:v>100847.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4382" spans="1:2">
       <x:c r="A4382" s="2">
-        <x:v>39588</x:v>
+        <x:v>39621</x:v>
       </x:c>
       <x:c r="B4382" s="3">
-        <x:v>100424.04</x:v>
+        <x:v>100832.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4383" spans="1:2">
       <x:c r="A4383" s="2">
-        <x:v>39587</x:v>
+        <x:v>39618</x:v>
       </x:c>
       <x:c r="B4383" s="3">
-        <x:v>100411.76</x:v>
+        <x:v>100797.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4384" spans="1:2">
       <x:c r="A4384" s="2">
-        <x:v>39586</x:v>
+        <x:v>39617</x:v>
       </x:c>
       <x:c r="B4384" s="3">
-        <x:v>100397.16</x:v>
+        <x:v>100784.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4385" spans="1:2">
       <x:c r="A4385" s="2">
-        <x:v>39583</x:v>
+        <x:v>39616</x:v>
       </x:c>
       <x:c r="B4385" s="3">
-        <x:v>100362.28</x:v>
+        <x:v>100771.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4386" spans="1:2">
       <x:c r="A4386" s="2">
-        <x:v>39582</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="B4386" s="3">
-        <x:v>100350.42</x:v>
+        <x:v>100759.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4387" spans="1:2">
       <x:c r="A4387" s="2">
-        <x:v>39581</x:v>
+        <x:v>39614</x:v>
       </x:c>
       <x:c r="B4387" s="3">
-        <x:v>100338.34</x:v>
+        <x:v>100745.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4388" spans="1:2">
       <x:c r="A4388" s="2">
-        <x:v>39580</x:v>
+        <x:v>39611</x:v>
       </x:c>
       <x:c r="B4388" s="3">
-        <x:v>100324.49</x:v>
+        <x:v>100709.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4389" spans="1:2">
       <x:c r="A4389" s="2">
-        <x:v>39576</x:v>
+        <x:v>39610</x:v>
       </x:c>
       <x:c r="B4389" s="3">
-        <x:v>100275.99</x:v>
+        <x:v>100696.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4390" spans="1:2">
       <x:c r="A4390" s="2">
-        <x:v>39574</x:v>
+        <x:v>39609</x:v>
       </x:c>
       <x:c r="B4390" s="3">
-        <x:v>100252.97</x:v>
+        <x:v>100684.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4391" spans="1:2">
       <x:c r="A4391" s="2">
-        <x:v>39573</x:v>
+        <x:v>39608</x:v>
       </x:c>
       <x:c r="B4391" s="3">
-        <x:v>100241.6</x:v>
+        <x:v>100671.95</x:v>
       </x:c>
     </x:row>
     <x:row r="4392" spans="1:2">
       <x:c r="A4392" s="2">
-        <x:v>39572</x:v>
+        <x:v>39607</x:v>
       </x:c>
       <x:c r="B4392" s="3">
-        <x:v>100228.36</x:v>
+        <x:v>100657.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4393" spans="1:2">
       <x:c r="A4393" s="2">
-        <x:v>39569</x:v>
+        <x:v>39604</x:v>
       </x:c>
       <x:c r="B4393" s="3">
-        <x:v>100192.19</x:v>
+        <x:v>100623.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4394" spans="1:2">
       <x:c r="A4394" s="2">
-        <x:v>39567</x:v>
+        <x:v>39603</x:v>
       </x:c>
       <x:c r="B4394" s="3">
-        <x:v>100168.1</x:v>
+        <x:v>100610.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4395" spans="1:2">
       <x:c r="A4395" s="2">
-        <x:v>39566</x:v>
+        <x:v>39602</x:v>
       </x:c>
       <x:c r="B4395" s="3">
-        <x:v>100155.74</x:v>
+        <x:v>100598.13</x:v>
       </x:c>
     </x:row>
     <x:row r="4396" spans="1:2">
       <x:c r="A4396" s="2">
-        <x:v>39565</x:v>
+        <x:v>39601</x:v>
       </x:c>
       <x:c r="B4396" s="3">
-        <x:v>100141.06</x:v>
+        <x:v>100585.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4397" spans="1:2">
       <x:c r="A4397" s="2">
-        <x:v>39562</x:v>
+        <x:v>39600</x:v>
       </x:c>
       <x:c r="B4397" s="3">
-        <x:v>100106.42</x:v>
+        <x:v>100570.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4398" spans="1:2">
       <x:c r="A4398" s="2">
-        <x:v>39561</x:v>
+        <x:v>39597</x:v>
       </x:c>
       <x:c r="B4398" s="3">
-        <x:v>100095.38</x:v>
+        <x:v>100534.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4399" spans="1:2">
       <x:c r="A4399" s="2">
-        <x:v>39560</x:v>
+        <x:v>39596</x:v>
       </x:c>
       <x:c r="B4399" s="3">
-        <x:v>100083.74</x:v>
+        <x:v>100521.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4400" spans="1:2">
       <x:c r="A4400" s="2">
-        <x:v>39559</x:v>
+        <x:v>39595</x:v>
       </x:c>
       <x:c r="B4400" s="3">
-        <x:v>100071.61</x:v>
+        <x:v>100509.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4401" spans="1:2">
       <x:c r="A4401" s="2">
-        <x:v>39558</x:v>
+        <x:v>39594</x:v>
       </x:c>
       <x:c r="B4401" s="3">
-        <x:v>100058.82</x:v>
+        <x:v>100497.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4402" spans="1:2">
       <x:c r="A4402" s="2">
-        <x:v>39555</x:v>
+        <x:v>39593</x:v>
       </x:c>
       <x:c r="B4402" s="3">
-        <x:v>100023.98</x:v>
+        <x:v>100482.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4403" spans="1:2">
       <x:c r="A4403" s="2">
-        <x:v>39554</x:v>
+        <x:v>39590</x:v>
       </x:c>
       <x:c r="B4403" s="3">
-        <x:v>100011.97</x:v>
+        <x:v>100447.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4404" spans="1:2">
       <x:c r="A4404" s="2">
+        <x:v>39589</x:v>
+      </x:c>
+      <x:c r="B4404" s="3">
+        <x:v>100436.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4405" spans="1:2">
+      <x:c r="A4405" s="2">
+        <x:v>39588</x:v>
+      </x:c>
+      <x:c r="B4405" s="3">
+        <x:v>100424.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4406" spans="1:2">
+      <x:c r="A4406" s="2">
+        <x:v>39587</x:v>
+      </x:c>
+      <x:c r="B4406" s="3">
+        <x:v>100411.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4407" spans="1:2">
+      <x:c r="A4407" s="2">
+        <x:v>39586</x:v>
+      </x:c>
+      <x:c r="B4407" s="3">
+        <x:v>100397.16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4408" spans="1:2">
+      <x:c r="A4408" s="2">
+        <x:v>39583</x:v>
+      </x:c>
+      <x:c r="B4408" s="3">
+        <x:v>100362.28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4409" spans="1:2">
+      <x:c r="A4409" s="2">
+        <x:v>39582</x:v>
+      </x:c>
+      <x:c r="B4409" s="3">
+        <x:v>100350.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4410" spans="1:2">
+      <x:c r="A4410" s="2">
+        <x:v>39581</x:v>
+      </x:c>
+      <x:c r="B4410" s="3">
+        <x:v>100338.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4411" spans="1:2">
+      <x:c r="A4411" s="2">
+        <x:v>39580</x:v>
+      </x:c>
+      <x:c r="B4411" s="3">
+        <x:v>100324.49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4412" spans="1:2">
+      <x:c r="A4412" s="2">
+        <x:v>39576</x:v>
+      </x:c>
+      <x:c r="B4412" s="3">
+        <x:v>100275.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4413" spans="1:2">
+      <x:c r="A4413" s="2">
+        <x:v>39574</x:v>
+      </x:c>
+      <x:c r="B4413" s="3">
+        <x:v>100252.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4414" spans="1:2">
+      <x:c r="A4414" s="2">
+        <x:v>39573</x:v>
+      </x:c>
+      <x:c r="B4414" s="3">
+        <x:v>100241.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4415" spans="1:2">
+      <x:c r="A4415" s="2">
+        <x:v>39572</x:v>
+      </x:c>
+      <x:c r="B4415" s="3">
+        <x:v>100228.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4416" spans="1:2">
+      <x:c r="A4416" s="2">
+        <x:v>39569</x:v>
+      </x:c>
+      <x:c r="B4416" s="3">
+        <x:v>100192.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4417" spans="1:2">
+      <x:c r="A4417" s="2">
+        <x:v>39567</x:v>
+      </x:c>
+      <x:c r="B4417" s="3">
+        <x:v>100168.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4418" spans="1:2">
+      <x:c r="A4418" s="2">
+        <x:v>39566</x:v>
+      </x:c>
+      <x:c r="B4418" s="3">
+        <x:v>100155.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4419" spans="1:2">
+      <x:c r="A4419" s="2">
+        <x:v>39565</x:v>
+      </x:c>
+      <x:c r="B4419" s="3">
+        <x:v>100141.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4420" spans="1:2">
+      <x:c r="A4420" s="2">
+        <x:v>39562</x:v>
+      </x:c>
+      <x:c r="B4420" s="3">
+        <x:v>100106.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4421" spans="1:2">
+      <x:c r="A4421" s="2">
+        <x:v>39561</x:v>
+      </x:c>
+      <x:c r="B4421" s="3">
+        <x:v>100095.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4422" spans="1:2">
+      <x:c r="A4422" s="2">
+        <x:v>39560</x:v>
+      </x:c>
+      <x:c r="B4422" s="3">
+        <x:v>100083.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4423" spans="1:2">
+      <x:c r="A4423" s="2">
+        <x:v>39559</x:v>
+      </x:c>
+      <x:c r="B4423" s="3">
+        <x:v>100071.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4424" spans="1:2">
+      <x:c r="A4424" s="2">
+        <x:v>39558</x:v>
+      </x:c>
+      <x:c r="B4424" s="3">
+        <x:v>100058.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4425" spans="1:2">
+      <x:c r="A4425" s="2">
+        <x:v>39555</x:v>
+      </x:c>
+      <x:c r="B4425" s="3">
+        <x:v>100023.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4426" spans="1:2">
+      <x:c r="A4426" s="2">
+        <x:v>39554</x:v>
+      </x:c>
+      <x:c r="B4426" s="3">
+        <x:v>100011.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4427" spans="1:2">
+      <x:c r="A4427" s="2">
         <x:v>39553</x:v>
       </x:c>
-      <x:c r="B4404" s="3">
+      <x:c r="B4427" s="3">
         <x:v>100000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0010609115</vt:lpstr>
       <vt:lpstr>nav - FR0010609115!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0010609115!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>