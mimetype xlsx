--- v2 (2025-12-04)
+++ v3 (2025-12-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra441ce1fa1754cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8fe4bf54cf734b35a89ba15a92a9aba1.psmdcp" Id="R2d91001785d84f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb82b8fd548849a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6bd6414a12674012861c2e7b6e40b937.psmdcp" Id="R6e3cedb6094f483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="nav - FR0010609115" sheetId="1" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Date Nav</x:t>
   </x:si>
   <x:si>
     <x:t>Nav</x:t>
   </x:si>
 </x:sst>
@@ -420,35473 +420,35593 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B4427"/>
+  <x:dimension ref="A1:B4442"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="10.996339" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.139196" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="2">
-        <x:v>45994</x:v>
+        <x:v>46015</x:v>
       </x:c>
       <x:c r="B2" s="3">
-        <x:v>117500.48</x:v>
+        <x:v>117673.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="2">
-        <x:v>45993</x:v>
+        <x:v>46014</x:v>
       </x:c>
       <x:c r="B3" s="3">
-        <x:v>117493.88</x:v>
+        <x:v>117642.13</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="2">
-        <x:v>45992</x:v>
+        <x:v>46013</x:v>
       </x:c>
       <x:c r="B4" s="3">
-        <x:v>117486.89</x:v>
+        <x:v>117635.68</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2">
-        <x:v>45989</x:v>
+        <x:v>46010</x:v>
       </x:c>
       <x:c r="B5" s="3">
-        <x:v>117478.66</x:v>
+        <x:v>117626.25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2">
-        <x:v>45988</x:v>
+        <x:v>46009</x:v>
       </x:c>
       <x:c r="B6" s="3">
-        <x:v>117460.1</x:v>
+        <x:v>117607.15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2">
-        <x:v>45987</x:v>
+        <x:v>46008</x:v>
       </x:c>
       <x:c r="B7" s="3">
-        <x:v>117453.1</x:v>
+        <x:v>117599.26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2">
-        <x:v>45986</x:v>
+        <x:v>46007</x:v>
       </x:c>
       <x:c r="B8" s="3">
-        <x:v>117446.31</x:v>
+        <x:v>117592.24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2">
-        <x:v>45985</x:v>
+        <x:v>46006</x:v>
       </x:c>
       <x:c r="B9" s="3">
-        <x:v>117439.26</x:v>
+        <x:v>117585.14</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2">
-        <x:v>45982</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="B10" s="3">
-        <x:v>117430.97</x:v>
+        <x:v>117577.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2">
-        <x:v>45981</x:v>
+        <x:v>46002</x:v>
       </x:c>
       <x:c r="B11" s="3">
-        <x:v>117410.19</x:v>
+        <x:v>117554.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2">
-        <x:v>45980</x:v>
+        <x:v>46001</x:v>
       </x:c>
       <x:c r="B12" s="3">
-        <x:v>117403.56</x:v>
+        <x:v>117547.17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2">
-        <x:v>45979</x:v>
+        <x:v>46000</x:v>
       </x:c>
       <x:c r="B13" s="3">
-        <x:v>117396.75</x:v>
+        <x:v>117540.78</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2">
-        <x:v>45978</x:v>
+        <x:v>45999</x:v>
       </x:c>
       <x:c r="B14" s="3">
-        <x:v>117389.79</x:v>
+        <x:v>117534.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2">
-        <x:v>45975</x:v>
+        <x:v>45996</x:v>
       </x:c>
       <x:c r="B15" s="3">
-        <x:v>117381.53</x:v>
+        <x:v>117526.23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2">
-        <x:v>45974</x:v>
+        <x:v>45995</x:v>
       </x:c>
       <x:c r="B16" s="3">
-        <x:v>117361.16</x:v>
+        <x:v>117507.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2">
-        <x:v>45973</x:v>
+        <x:v>45994</x:v>
       </x:c>
       <x:c r="B17" s="3">
-        <x:v>117354.22</x:v>
+        <x:v>117500.48</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2">
-        <x:v>45971</x:v>
+        <x:v>45993</x:v>
       </x:c>
       <x:c r="B18" s="3">
-        <x:v>117346.97</x:v>
+        <x:v>117493.88</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2">
-        <x:v>45968</x:v>
+        <x:v>45992</x:v>
       </x:c>
       <x:c r="B19" s="3">
-        <x:v>117332.27</x:v>
+        <x:v>117486.89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2">
-        <x:v>45967</x:v>
+        <x:v>45989</x:v>
       </x:c>
       <x:c r="B20" s="3">
-        <x:v>117312.5</x:v>
+        <x:v>117478.66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2">
-        <x:v>45966</x:v>
+        <x:v>45988</x:v>
       </x:c>
       <x:c r="B21" s="3">
-        <x:v>117303.2</x:v>
+        <x:v>117460.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2">
-        <x:v>45965</x:v>
+        <x:v>45987</x:v>
       </x:c>
       <x:c r="B22" s="3">
-        <x:v>117296.55</x:v>
+        <x:v>117453.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2">
-        <x:v>45964</x:v>
+        <x:v>45986</x:v>
       </x:c>
       <x:c r="B23" s="3">
-        <x:v>117289.95</x:v>
+        <x:v>117446.31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2">
-        <x:v>45961</x:v>
+        <x:v>45985</x:v>
       </x:c>
       <x:c r="B24" s="3">
-        <x:v>117282.6</x:v>
+        <x:v>117439.26</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2">
-        <x:v>45960</x:v>
+        <x:v>45982</x:v>
       </x:c>
       <x:c r="B25" s="3">
-        <x:v>117262.53</x:v>
+        <x:v>117430.97</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2">
-        <x:v>45959</x:v>
+        <x:v>45981</x:v>
       </x:c>
       <x:c r="B26" s="3">
-        <x:v>117256.2</x:v>
+        <x:v>117410.19</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2">
-        <x:v>45958</x:v>
+        <x:v>45980</x:v>
       </x:c>
       <x:c r="B27" s="3">
-        <x:v>117249.27</x:v>
+        <x:v>117403.56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2">
-        <x:v>45957</x:v>
+        <x:v>45979</x:v>
       </x:c>
       <x:c r="B28" s="3">
-        <x:v>117242.93</x:v>
+        <x:v>117396.75</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2">
-        <x:v>45954</x:v>
+        <x:v>45978</x:v>
       </x:c>
       <x:c r="B29" s="3">
-        <x:v>117235.54</x:v>
+        <x:v>117389.79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2">
-        <x:v>45953</x:v>
+        <x:v>45975</x:v>
       </x:c>
       <x:c r="B30" s="3">
-        <x:v>117216.48</x:v>
+        <x:v>117381.53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2">
-        <x:v>45952</x:v>
+        <x:v>45974</x:v>
       </x:c>
       <x:c r="B31" s="3">
-        <x:v>117210.28</x:v>
+        <x:v>117361.16</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2">
-        <x:v>45951</x:v>
+        <x:v>45973</x:v>
       </x:c>
       <x:c r="B32" s="3">
-        <x:v>117203.27</x:v>
+        <x:v>117354.22</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2">
-        <x:v>45950</x:v>
+        <x:v>45971</x:v>
       </x:c>
       <x:c r="B33" s="3">
-        <x:v>117196.71</x:v>
+        <x:v>117346.97</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2">
-        <x:v>45947</x:v>
+        <x:v>45968</x:v>
       </x:c>
       <x:c r="B34" s="3">
-        <x:v>117189.13</x:v>
+        <x:v>117332.27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2">
-        <x:v>45946</x:v>
+        <x:v>45967</x:v>
       </x:c>
       <x:c r="B35" s="3">
-        <x:v>117172.69</x:v>
+        <x:v>117312.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2">
-        <x:v>45945</x:v>
+        <x:v>45966</x:v>
       </x:c>
       <x:c r="B36" s="3">
-        <x:v>117166.89</x:v>
+        <x:v>117303.2</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2">
-        <x:v>45944</x:v>
+        <x:v>45965</x:v>
       </x:c>
       <x:c r="B37" s="3">
-        <x:v>117160.63</x:v>
+        <x:v>117296.55</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2">
-        <x:v>45943</x:v>
+        <x:v>45964</x:v>
       </x:c>
       <x:c r="B38" s="3">
-        <x:v>117154.56</x:v>
+        <x:v>117289.95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2">
-        <x:v>45940</x:v>
+        <x:v>45961</x:v>
       </x:c>
       <x:c r="B39" s="3">
-        <x:v>117147.36</x:v>
+        <x:v>117282.6</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2">
-        <x:v>45939</x:v>
+        <x:v>45960</x:v>
       </x:c>
       <x:c r="B40" s="3">
-        <x:v>117128.75</x:v>
+        <x:v>117262.53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2">
-        <x:v>45938</x:v>
+        <x:v>45959</x:v>
       </x:c>
       <x:c r="B41" s="3">
-        <x:v>117122.53</x:v>
+        <x:v>117256.2</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2">
-        <x:v>45937</x:v>
+        <x:v>45958</x:v>
       </x:c>
       <x:c r="B42" s="3">
-        <x:v>117116.13</x:v>
+        <x:v>117249.27</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2">
-        <x:v>45936</x:v>
+        <x:v>45957</x:v>
       </x:c>
       <x:c r="B43" s="3">
-        <x:v>117109.52</x:v>
+        <x:v>117242.93</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2">
-        <x:v>45933</x:v>
+        <x:v>45954</x:v>
       </x:c>
       <x:c r="B44" s="3">
-        <x:v>117102.61</x:v>
+        <x:v>117235.54</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2">
-        <x:v>45932</x:v>
+        <x:v>45953</x:v>
       </x:c>
       <x:c r="B45" s="3">
-        <x:v>117082.13</x:v>
+        <x:v>117216.48</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2">
-        <x:v>45931</x:v>
+        <x:v>45952</x:v>
       </x:c>
       <x:c r="B46" s="3">
-        <x:v>117075.41</x:v>
+        <x:v>117210.28</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2">
-        <x:v>45930</x:v>
+        <x:v>45951</x:v>
       </x:c>
       <x:c r="B47" s="3">
-        <x:v>117069.04</x:v>
+        <x:v>117203.27</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2">
-        <x:v>45929</x:v>
+        <x:v>45950</x:v>
       </x:c>
       <x:c r="B48" s="3">
-        <x:v>117062.17</x:v>
+        <x:v>117196.71</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2">
-        <x:v>45926</x:v>
+        <x:v>45947</x:v>
       </x:c>
       <x:c r="B49" s="3">
-        <x:v>117054.12</x:v>
+        <x:v>117189.13</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2">
-        <x:v>45925</x:v>
+        <x:v>45946</x:v>
       </x:c>
       <x:c r="B50" s="3">
-        <x:v>117035.54</x:v>
+        <x:v>117172.69</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2">
-        <x:v>45924</x:v>
+        <x:v>45945</x:v>
       </x:c>
       <x:c r="B51" s="3">
-        <x:v>117029.22</x:v>
+        <x:v>117166.89</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2">
-        <x:v>45923</x:v>
+        <x:v>45944</x:v>
       </x:c>
       <x:c r="B52" s="3">
-        <x:v>117022.95</x:v>
+        <x:v>117160.63</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:2">
       <x:c r="A53" s="2">
-        <x:v>45922</x:v>
+        <x:v>45943</x:v>
       </x:c>
       <x:c r="B53" s="3">
-        <x:v>117016.6</x:v>
+        <x:v>117154.56</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="2">
-        <x:v>45919</x:v>
+        <x:v>45940</x:v>
       </x:c>
       <x:c r="B54" s="3">
-        <x:v>117009.07</x:v>
+        <x:v>117147.36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2">
       <x:c r="A55" s="2">
-        <x:v>45918</x:v>
+        <x:v>45939</x:v>
       </x:c>
       <x:c r="B55" s="3">
-        <x:v>116990.26</x:v>
+        <x:v>117128.75</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2">
       <x:c r="A56" s="2">
-        <x:v>45917</x:v>
+        <x:v>45938</x:v>
       </x:c>
       <x:c r="B56" s="3">
-        <x:v>116983.7</x:v>
+        <x:v>117122.53</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:2">
       <x:c r="A57" s="2">
-        <x:v>45916</x:v>
+        <x:v>45937</x:v>
       </x:c>
       <x:c r="B57" s="3">
-        <x:v>116977.13</x:v>
+        <x:v>117116.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:2">
       <x:c r="A58" s="2">
-        <x:v>45915</x:v>
+        <x:v>45936</x:v>
       </x:c>
       <x:c r="B58" s="3">
-        <x:v>116969.99</x:v>
+        <x:v>117109.52</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:2">
       <x:c r="A59" s="2">
-        <x:v>45912</x:v>
+        <x:v>45933</x:v>
       </x:c>
       <x:c r="B59" s="3">
-        <x:v>116961.69</x:v>
+        <x:v>117102.61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:2">
       <x:c r="A60" s="2">
-        <x:v>45911</x:v>
+        <x:v>45932</x:v>
       </x:c>
       <x:c r="B60" s="3">
-        <x:v>116942.62</x:v>
+        <x:v>117082.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:2">
       <x:c r="A61" s="2">
-        <x:v>45910</x:v>
+        <x:v>45931</x:v>
       </x:c>
       <x:c r="B61" s="3">
-        <x:v>116935.61</x:v>
+        <x:v>117075.41</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:2">
       <x:c r="A62" s="2">
-        <x:v>45909</x:v>
+        <x:v>45930</x:v>
       </x:c>
       <x:c r="B62" s="3">
-        <x:v>116929.18</x:v>
+        <x:v>117069.04</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:2">
       <x:c r="A63" s="2">
-        <x:v>45908</x:v>
+        <x:v>45929</x:v>
       </x:c>
       <x:c r="B63" s="3">
-        <x:v>116922.48</x:v>
+        <x:v>117062.17</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:2">
       <x:c r="A64" s="2">
-        <x:v>45905</x:v>
+        <x:v>45926</x:v>
       </x:c>
       <x:c r="B64" s="3">
-        <x:v>116913.91</x:v>
+        <x:v>117054.12</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:2">
       <x:c r="A65" s="2">
-        <x:v>45904</x:v>
+        <x:v>45925</x:v>
       </x:c>
       <x:c r="B65" s="3">
-        <x:v>116894.88</x:v>
+        <x:v>117035.54</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:2">
       <x:c r="A66" s="2">
-        <x:v>45903</x:v>
+        <x:v>45924</x:v>
       </x:c>
       <x:c r="B66" s="3">
-        <x:v>116888.02</x:v>
+        <x:v>117029.22</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:2">
       <x:c r="A67" s="2">
-        <x:v>45902</x:v>
+        <x:v>45923</x:v>
       </x:c>
       <x:c r="B67" s="3">
-        <x:v>116881.09</x:v>
+        <x:v>117022.95</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:2">
       <x:c r="A68" s="2">
-        <x:v>45901</x:v>
+        <x:v>45922</x:v>
       </x:c>
       <x:c r="B68" s="3">
-        <x:v>116873.39</x:v>
+        <x:v>117016.6</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:2">
       <x:c r="A69" s="2">
-        <x:v>45898</x:v>
+        <x:v>45919</x:v>
       </x:c>
       <x:c r="B69" s="3">
-        <x:v>116866.71</x:v>
+        <x:v>117009.07</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:2">
       <x:c r="A70" s="2">
-        <x:v>45897</x:v>
+        <x:v>45918</x:v>
       </x:c>
       <x:c r="B70" s="3">
-        <x:v>116846.04</x:v>
+        <x:v>116990.26</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:2">
       <x:c r="A71" s="2">
-        <x:v>45896</x:v>
+        <x:v>45917</x:v>
       </x:c>
       <x:c r="B71" s="3">
-        <x:v>116838.56</x:v>
+        <x:v>116983.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:2">
       <x:c r="A72" s="2">
-        <x:v>45895</x:v>
+        <x:v>45916</x:v>
       </x:c>
       <x:c r="B72" s="3">
-        <x:v>116831.64</x:v>
+        <x:v>116977.13</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:2">
       <x:c r="A73" s="2">
-        <x:v>45894</x:v>
+        <x:v>45915</x:v>
       </x:c>
       <x:c r="B73" s="3">
-        <x:v>116825.33</x:v>
+        <x:v>116969.99</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:2">
       <x:c r="A74" s="2">
-        <x:v>45891</x:v>
+        <x:v>45912</x:v>
       </x:c>
       <x:c r="B74" s="3">
-        <x:v>116817.39</x:v>
+        <x:v>116961.69</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:2">
       <x:c r="A75" s="2">
-        <x:v>45890</x:v>
+        <x:v>45911</x:v>
       </x:c>
       <x:c r="B75" s="3">
-        <x:v>116797.41</x:v>
+        <x:v>116942.62</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:2">
       <x:c r="A76" s="2">
-        <x:v>45889</x:v>
+        <x:v>45910</x:v>
       </x:c>
       <x:c r="B76" s="3">
-        <x:v>116791.24</x:v>
+        <x:v>116935.61</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:2">
       <x:c r="A77" s="2">
-        <x:v>45888</x:v>
+        <x:v>45909</x:v>
       </x:c>
       <x:c r="B77" s="3">
-        <x:v>116784.58</x:v>
+        <x:v>116929.18</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:2">
       <x:c r="A78" s="2">
-        <x:v>45887</x:v>
+        <x:v>45908</x:v>
       </x:c>
       <x:c r="B78" s="3">
-        <x:v>116777.88</x:v>
+        <x:v>116922.48</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:2">
       <x:c r="A79" s="2">
-        <x:v>45883</x:v>
+        <x:v>45905</x:v>
       </x:c>
       <x:c r="B79" s="3">
-        <x:v>116769.23</x:v>
+        <x:v>116913.91</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:2">
       <x:c r="A80" s="2">
-        <x:v>45882</x:v>
+        <x:v>45904</x:v>
       </x:c>
       <x:c r="B80" s="3">
-        <x:v>116744.02</x:v>
+        <x:v>116894.88</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:2">
       <x:c r="A81" s="2">
-        <x:v>45881</x:v>
+        <x:v>45903</x:v>
       </x:c>
       <x:c r="B81" s="3">
-        <x:v>116737.25</x:v>
+        <x:v>116888.02</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:2">
       <x:c r="A82" s="2">
-        <x:v>45880</x:v>
+        <x:v>45902</x:v>
       </x:c>
       <x:c r="B82" s="3">
-        <x:v>116730.14</x:v>
+        <x:v>116881.09</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:2">
       <x:c r="A83" s="2">
-        <x:v>45877</x:v>
+        <x:v>45901</x:v>
       </x:c>
       <x:c r="B83" s="3">
-        <x:v>116720.44</x:v>
+        <x:v>116873.39</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:2">
       <x:c r="A84" s="2">
-        <x:v>45876</x:v>
+        <x:v>45898</x:v>
       </x:c>
       <x:c r="B84" s="3">
-        <x:v>116701.44</x:v>
+        <x:v>116866.71</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:2">
       <x:c r="A85" s="2">
-        <x:v>45875</x:v>
+        <x:v>45897</x:v>
       </x:c>
       <x:c r="B85" s="3">
-        <x:v>116694.99</x:v>
+        <x:v>116846.04</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:2">
       <x:c r="A86" s="2">
-        <x:v>45874</x:v>
+        <x:v>45896</x:v>
       </x:c>
       <x:c r="B86" s="3">
-        <x:v>116688.17</x:v>
+        <x:v>116838.56</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:2">
       <x:c r="A87" s="2">
-        <x:v>45873</x:v>
+        <x:v>45895</x:v>
       </x:c>
       <x:c r="B87" s="3">
-        <x:v>116681.5</x:v>
+        <x:v>116831.64</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:2">
       <x:c r="A88" s="2">
-        <x:v>45870</x:v>
+        <x:v>45894</x:v>
       </x:c>
       <x:c r="B88" s="3">
-        <x:v>116673.19</x:v>
+        <x:v>116825.33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:2">
       <x:c r="A89" s="2">
-        <x:v>45869</x:v>
+        <x:v>45891</x:v>
       </x:c>
       <x:c r="B89" s="3">
-        <x:v>116654.6</x:v>
+        <x:v>116817.39</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:2">
       <x:c r="A90" s="2">
-        <x:v>45868</x:v>
+        <x:v>45890</x:v>
       </x:c>
       <x:c r="B90" s="3">
-        <x:v>116648.48</x:v>
+        <x:v>116797.41</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:2">
       <x:c r="A91" s="2">
-        <x:v>45867</x:v>
+        <x:v>45889</x:v>
       </x:c>
       <x:c r="B91" s="3">
-        <x:v>116642.01</x:v>
+        <x:v>116791.24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:2">
       <x:c r="A92" s="2">
-        <x:v>45866</x:v>
+        <x:v>45888</x:v>
       </x:c>
       <x:c r="B92" s="3">
-        <x:v>116635.57</x:v>
+        <x:v>116784.58</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:2">
       <x:c r="A93" s="2">
-        <x:v>45863</x:v>
+        <x:v>45887</x:v>
       </x:c>
       <x:c r="B93" s="3">
-        <x:v>116627.43</x:v>
+        <x:v>116777.88</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:2">
       <x:c r="A94" s="2">
-        <x:v>45862</x:v>
+        <x:v>45883</x:v>
       </x:c>
       <x:c r="B94" s="3">
-        <x:v>116609.73</x:v>
+        <x:v>116769.23</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:2">
       <x:c r="A95" s="2">
-        <x:v>45861</x:v>
+        <x:v>45882</x:v>
       </x:c>
       <x:c r="B95" s="3">
-        <x:v>116603.14</x:v>
+        <x:v>116744.02</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:2">
       <x:c r="A96" s="2">
-        <x:v>45860</x:v>
+        <x:v>45881</x:v>
       </x:c>
       <x:c r="B96" s="3">
-        <x:v>116596.04</x:v>
+        <x:v>116737.25</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:2">
       <x:c r="A97" s="2">
-        <x:v>45859</x:v>
+        <x:v>45880</x:v>
       </x:c>
       <x:c r="B97" s="3">
-        <x:v>116589.61</x:v>
+        <x:v>116730.14</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:2">
       <x:c r="A98" s="2">
-        <x:v>45856</x:v>
+        <x:v>45877</x:v>
       </x:c>
       <x:c r="B98" s="3">
-        <x:v>116581.27</x:v>
+        <x:v>116720.44</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:2">
       <x:c r="A99" s="2">
-        <x:v>45855</x:v>
+        <x:v>45876</x:v>
       </x:c>
       <x:c r="B99" s="3">
-        <x:v>116562.71</x:v>
+        <x:v>116701.44</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:2">
       <x:c r="A100" s="2">
-        <x:v>45854</x:v>
+        <x:v>45875</x:v>
       </x:c>
       <x:c r="B100" s="3">
-        <x:v>116555.79</x:v>
+        <x:v>116694.99</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:2">
       <x:c r="A101" s="2">
-        <x:v>45853</x:v>
+        <x:v>45874</x:v>
       </x:c>
       <x:c r="B101" s="3">
-        <x:v>116548.86</x:v>
+        <x:v>116688.17</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:2">
       <x:c r="A102" s="2">
-        <x:v>45849</x:v>
+        <x:v>45873</x:v>
       </x:c>
       <x:c r="B102" s="3">
-        <x:v>116539.82</x:v>
+        <x:v>116681.5</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:2">
       <x:c r="A103" s="2">
-        <x:v>45848</x:v>
+        <x:v>45870</x:v>
       </x:c>
       <x:c r="B103" s="3">
-        <x:v>116515.44</x:v>
+        <x:v>116673.19</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:2">
       <x:c r="A104" s="2">
-        <x:v>45847</x:v>
+        <x:v>45869</x:v>
       </x:c>
       <x:c r="B104" s="3">
-        <x:v>116508.19</x:v>
+        <x:v>116654.6</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:2">
       <x:c r="A105" s="2">
-        <x:v>45846</x:v>
+        <x:v>45868</x:v>
       </x:c>
       <x:c r="B105" s="3">
-        <x:v>116502.36</x:v>
+        <x:v>116648.48</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:2">
       <x:c r="A106" s="2">
-        <x:v>45845</x:v>
+        <x:v>45867</x:v>
       </x:c>
       <x:c r="B106" s="3">
-        <x:v>116496.28</x:v>
+        <x:v>116642.01</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:2">
       <x:c r="A107" s="2">
-        <x:v>45842</x:v>
+        <x:v>45866</x:v>
       </x:c>
       <x:c r="B107" s="3">
-        <x:v>116486.75</x:v>
+        <x:v>116635.57</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:2">
       <x:c r="A108" s="2">
-        <x:v>45841</x:v>
+        <x:v>45863</x:v>
       </x:c>
       <x:c r="B108" s="3">
-        <x:v>116464.2</x:v>
+        <x:v>116627.43</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:2">
       <x:c r="A109" s="2">
-        <x:v>45840</x:v>
+        <x:v>45862</x:v>
       </x:c>
       <x:c r="B109" s="3">
-        <x:v>116456.59</x:v>
+        <x:v>116609.73</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:2">
       <x:c r="A110" s="2">
-        <x:v>45839</x:v>
+        <x:v>45861</x:v>
       </x:c>
       <x:c r="B110" s="3">
-        <x:v>116449.13</x:v>
+        <x:v>116603.14</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:2">
       <x:c r="A111" s="2">
-        <x:v>45838</x:v>
+        <x:v>45860</x:v>
       </x:c>
       <x:c r="B111" s="3">
-        <x:v>116440.64</x:v>
+        <x:v>116596.04</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:2">
       <x:c r="A112" s="2">
-        <x:v>45837</x:v>
+        <x:v>45859</x:v>
       </x:c>
       <x:c r="B112" s="3">
-        <x:v>116433.17</x:v>
+        <x:v>116589.61</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:2">
       <x:c r="A113" s="2">
-        <x:v>45834</x:v>
+        <x:v>45856</x:v>
       </x:c>
       <x:c r="B113" s="3">
-        <x:v>116415.52</x:v>
+        <x:v>116581.27</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:2">
       <x:c r="A114" s="2">
-        <x:v>45833</x:v>
+        <x:v>45855</x:v>
       </x:c>
       <x:c r="B114" s="3">
-        <x:v>116406.06</x:v>
+        <x:v>116562.71</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:2">
       <x:c r="A115" s="2">
-        <x:v>45832</x:v>
+        <x:v>45854</x:v>
       </x:c>
       <x:c r="B115" s="3">
-        <x:v>116396.3</x:v>
+        <x:v>116555.79</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:2">
       <x:c r="A116" s="2">
-        <x:v>45831</x:v>
+        <x:v>45853</x:v>
       </x:c>
       <x:c r="B116" s="3">
-        <x:v>116389.46</x:v>
+        <x:v>116548.86</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:2">
       <x:c r="A117" s="2">
-        <x:v>45830</x:v>
+        <x:v>45849</x:v>
       </x:c>
       <x:c r="B117" s="3">
-        <x:v>116383.29</x:v>
+        <x:v>116539.82</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:2">
       <x:c r="A118" s="2">
-        <x:v>45827</x:v>
+        <x:v>45848</x:v>
       </x:c>
       <x:c r="B118" s="3">
-        <x:v>116366.76</x:v>
+        <x:v>116515.44</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:2">
       <x:c r="A119" s="2">
-        <x:v>45826</x:v>
+        <x:v>45847</x:v>
       </x:c>
       <x:c r="B119" s="3">
-        <x:v>116359.43</x:v>
+        <x:v>116508.19</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:2">
       <x:c r="A120" s="2">
-        <x:v>45825</x:v>
+        <x:v>45846</x:v>
       </x:c>
       <x:c r="B120" s="3">
-        <x:v>116352.86</x:v>
+        <x:v>116502.36</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:2">
       <x:c r="A121" s="2">
-        <x:v>45824</x:v>
+        <x:v>45845</x:v>
       </x:c>
       <x:c r="B121" s="3">
-        <x:v>116345.51</x:v>
+        <x:v>116496.28</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:2">
       <x:c r="A122" s="2">
-        <x:v>45823</x:v>
+        <x:v>45842</x:v>
       </x:c>
       <x:c r="B122" s="3">
-        <x:v>116338.88</x:v>
+        <x:v>116486.75</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:2">
       <x:c r="A123" s="2">
-        <x:v>45820</x:v>
+        <x:v>45841</x:v>
       </x:c>
       <x:c r="B123" s="3">
-        <x:v>116321.33</x:v>
+        <x:v>116464.2</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:2">
       <x:c r="A124" s="2">
-        <x:v>45819</x:v>
+        <x:v>45840</x:v>
       </x:c>
       <x:c r="B124" s="3">
-        <x:v>116314.58</x:v>
+        <x:v>116456.59</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:2">
       <x:c r="A125" s="2">
-        <x:v>45818</x:v>
+        <x:v>45839</x:v>
       </x:c>
       <x:c r="B125" s="3">
-        <x:v>116307.63</x:v>
+        <x:v>116449.13</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:2">
       <x:c r="A126" s="2">
-        <x:v>45817</x:v>
+        <x:v>45838</x:v>
       </x:c>
       <x:c r="B126" s="3">
-        <x:v>116293.05</x:v>
+        <x:v>116440.64</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:2">
       <x:c r="A127" s="2">
-        <x:v>45813</x:v>
+        <x:v>45837</x:v>
       </x:c>
       <x:c r="B127" s="3">
-        <x:v>116268.51</x:v>
+        <x:v>116433.17</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:2">
       <x:c r="A128" s="2">
-        <x:v>45812</x:v>
+        <x:v>45834</x:v>
       </x:c>
       <x:c r="B128" s="3">
-        <x:v>116261.97</x:v>
+        <x:v>116415.52</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:2">
       <x:c r="A129" s="2">
-        <x:v>45811</x:v>
+        <x:v>45833</x:v>
       </x:c>
       <x:c r="B129" s="3">
-        <x:v>116254.53</x:v>
+        <x:v>116406.06</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:2">
       <x:c r="A130" s="2">
-        <x:v>45810</x:v>
+        <x:v>45832</x:v>
       </x:c>
       <x:c r="B130" s="3">
-        <x:v>116245.73</x:v>
+        <x:v>116396.3</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:2">
       <x:c r="A131" s="2">
-        <x:v>45809</x:v>
+        <x:v>45831</x:v>
       </x:c>
       <x:c r="B131" s="3">
-        <x:v>116236.59</x:v>
+        <x:v>116389.46</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:2">
       <x:c r="A132" s="2">
-        <x:v>45806</x:v>
+        <x:v>45830</x:v>
       </x:c>
       <x:c r="B132" s="3">
-        <x:v>116216.14</x:v>
+        <x:v>116383.29</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:2">
       <x:c r="A133" s="2">
-        <x:v>45804</x:v>
+        <x:v>45827</x:v>
       </x:c>
       <x:c r="B133" s="3">
-        <x:v>116203.81</x:v>
+        <x:v>116366.76</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:2">
       <x:c r="A134" s="2">
-        <x:v>45803</x:v>
+        <x:v>45826</x:v>
       </x:c>
       <x:c r="B134" s="3">
-        <x:v>116196.14</x:v>
+        <x:v>116359.43</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:2">
       <x:c r="A135" s="2">
-        <x:v>45802</x:v>
+        <x:v>45825</x:v>
       </x:c>
       <x:c r="B135" s="3">
-        <x:v>116186.75</x:v>
+        <x:v>116352.86</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:2">
       <x:c r="A136" s="2">
-        <x:v>45799</x:v>
+        <x:v>45824</x:v>
       </x:c>
       <x:c r="B136" s="3">
-        <x:v>116160.26</x:v>
+        <x:v>116345.51</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:2">
       <x:c r="A137" s="2">
-        <x:v>45798</x:v>
+        <x:v>45823</x:v>
       </x:c>
       <x:c r="B137" s="3">
-        <x:v>116152.79</x:v>
+        <x:v>116338.88</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:2">
       <x:c r="A138" s="2">
-        <x:v>45797</x:v>
+        <x:v>45820</x:v>
       </x:c>
       <x:c r="B138" s="3">
-        <x:v>116145.59</x:v>
+        <x:v>116321.33</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:2">
       <x:c r="A139" s="2">
-        <x:v>45796</x:v>
+        <x:v>45819</x:v>
       </x:c>
       <x:c r="B139" s="3">
-        <x:v>116138.04</x:v>
+        <x:v>116314.58</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:2">
       <x:c r="A140" s="2">
-        <x:v>45795</x:v>
+        <x:v>45818</x:v>
       </x:c>
       <x:c r="B140" s="3">
-        <x:v>116128.87</x:v>
+        <x:v>116307.63</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:2">
       <x:c r="A141" s="2">
-        <x:v>45792</x:v>
+        <x:v>45817</x:v>
       </x:c>
       <x:c r="B141" s="3">
-        <x:v>116109.37</x:v>
+        <x:v>116293.05</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:2">
       <x:c r="A142" s="2">
-        <x:v>45791</x:v>
+        <x:v>45813</x:v>
       </x:c>
       <x:c r="B142" s="3">
-        <x:v>116102.07</x:v>
+        <x:v>116268.51</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:2">
       <x:c r="A143" s="2">
-        <x:v>45790</x:v>
+        <x:v>45812</x:v>
       </x:c>
       <x:c r="B143" s="3">
-        <x:v>116094.35</x:v>
+        <x:v>116261.97</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:2">
       <x:c r="A144" s="2">
-        <x:v>45789</x:v>
+        <x:v>45811</x:v>
       </x:c>
       <x:c r="B144" s="3">
-        <x:v>116085.92</x:v>
+        <x:v>116254.53</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:2">
       <x:c r="A145" s="2">
-        <x:v>45788</x:v>
+        <x:v>45810</x:v>
       </x:c>
       <x:c r="B145" s="3">
-        <x:v>116077.36</x:v>
+        <x:v>116245.73</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:2">
       <x:c r="A146" s="2">
-        <x:v>45785</x:v>
+        <x:v>45809</x:v>
       </x:c>
       <x:c r="B146" s="3">
-        <x:v>116051.85</x:v>
+        <x:v>116236.59</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:2">
       <x:c r="A147" s="2">
-        <x:v>45783</x:v>
+        <x:v>45806</x:v>
       </x:c>
       <x:c r="B147" s="3">
-        <x:v>116037.63</x:v>
+        <x:v>116216.14</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:2">
       <x:c r="A148" s="2">
-        <x:v>45782</x:v>
+        <x:v>45804</x:v>
       </x:c>
       <x:c r="B148" s="3">
-        <x:v>116029.35</x:v>
+        <x:v>116203.81</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:2">
       <x:c r="A149" s="2">
-        <x:v>45781</x:v>
+        <x:v>45803</x:v>
       </x:c>
       <x:c r="B149" s="3">
-        <x:v>116019.24</x:v>
+        <x:v>116196.14</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:2">
       <x:c r="A150" s="2">
-        <x:v>45778</x:v>
+        <x:v>45802</x:v>
       </x:c>
       <x:c r="B150" s="3">
-        <x:v>115999.68</x:v>
+        <x:v>116186.75</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:2">
       <x:c r="A151" s="2">
-        <x:v>45776</x:v>
+        <x:v>45799</x:v>
       </x:c>
       <x:c r="B151" s="3">
-        <x:v>115986.75</x:v>
+        <x:v>116160.26</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:2">
       <x:c r="A152" s="2">
-        <x:v>45775</x:v>
+        <x:v>45798</x:v>
       </x:c>
       <x:c r="B152" s="3">
-        <x:v>115978.4</x:v>
+        <x:v>116152.79</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:2">
       <x:c r="A153" s="2">
-        <x:v>45774</x:v>
+        <x:v>45797</x:v>
       </x:c>
       <x:c r="B153" s="3">
-        <x:v>115969.31</x:v>
+        <x:v>116145.59</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:2">
       <x:c r="A154" s="2">
-        <x:v>45771</x:v>
+        <x:v>45796</x:v>
       </x:c>
       <x:c r="B154" s="3">
-        <x:v>115944.43</x:v>
+        <x:v>116138.04</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:2">
       <x:c r="A155" s="2">
-        <x:v>45770</x:v>
+        <x:v>45795</x:v>
       </x:c>
       <x:c r="B155" s="3">
-        <x:v>115936.99</x:v>
+        <x:v>116128.87</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:2">
       <x:c r="A156" s="2">
-        <x:v>45769</x:v>
+        <x:v>45792</x:v>
       </x:c>
       <x:c r="B156" s="3">
-        <x:v>115928.21</x:v>
+        <x:v>116109.37</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:2">
       <x:c r="A157" s="2">
-        <x:v>45768</x:v>
+        <x:v>45791</x:v>
       </x:c>
       <x:c r="B157" s="3">
-        <x:v>115914.1</x:v>
+        <x:v>116102.07</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:2">
       <x:c r="A158" s="2">
-        <x:v>45763</x:v>
+        <x:v>45790</x:v>
       </x:c>
       <x:c r="B158" s="3">
-        <x:v>115881.13</x:v>
+        <x:v>116094.35</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:2">
       <x:c r="A159" s="2">
-        <x:v>45762</x:v>
+        <x:v>45789</x:v>
       </x:c>
       <x:c r="B159" s="3">
-        <x:v>115873.79</x:v>
+        <x:v>116085.92</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:2">
       <x:c r="A160" s="2">
-        <x:v>45761</x:v>
+        <x:v>45788</x:v>
       </x:c>
       <x:c r="B160" s="3">
-        <x:v>115865.55</x:v>
+        <x:v>116077.36</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:2">
       <x:c r="A161" s="2">
-        <x:v>45760</x:v>
+        <x:v>45785</x:v>
       </x:c>
       <x:c r="B161" s="3">
-        <x:v>115853.95</x:v>
+        <x:v>116051.85</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:2">
       <x:c r="A162" s="2">
-        <x:v>45757</x:v>
+        <x:v>45783</x:v>
       </x:c>
       <x:c r="B162" s="3">
-        <x:v>115839.01</x:v>
+        <x:v>116037.63</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:2">
       <x:c r="A163" s="2">
-        <x:v>45756</x:v>
+        <x:v>45782</x:v>
       </x:c>
       <x:c r="B163" s="3">
-        <x:v>115832.35</x:v>
+        <x:v>116029.35</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:2">
       <x:c r="A164" s="2">
-        <x:v>45755</x:v>
+        <x:v>45781</x:v>
       </x:c>
       <x:c r="B164" s="3">
-        <x:v>115823.39</x:v>
+        <x:v>116019.24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:2">
       <x:c r="A165" s="2">
-        <x:v>45754</x:v>
+        <x:v>45778</x:v>
       </x:c>
       <x:c r="B165" s="3">
-        <x:v>115812.16</x:v>
+        <x:v>115999.68</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:2">
       <x:c r="A166" s="2">
-        <x:v>45753</x:v>
+        <x:v>45776</x:v>
       </x:c>
       <x:c r="B166" s="3">
-        <x:v>115802.06</x:v>
+        <x:v>115986.75</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:2">
       <x:c r="A167" s="2">
-        <x:v>45750</x:v>
+        <x:v>45775</x:v>
       </x:c>
       <x:c r="B167" s="3">
-        <x:v>115780.53</x:v>
+        <x:v>115978.4</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:2">
       <x:c r="A168" s="2">
-        <x:v>45749</x:v>
+        <x:v>45774</x:v>
       </x:c>
       <x:c r="B168" s="3">
-        <x:v>115772.93</x:v>
+        <x:v>115969.31</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:2">
       <x:c r="A169" s="2">
-        <x:v>45748</x:v>
+        <x:v>45771</x:v>
       </x:c>
       <x:c r="B169" s="3">
-        <x:v>115764.5</x:v>
+        <x:v>115944.43</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:2">
       <x:c r="A170" s="2">
-        <x:v>45747</x:v>
+        <x:v>45770</x:v>
       </x:c>
       <x:c r="B170" s="3">
-        <x:v>115755.97</x:v>
+        <x:v>115936.99</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:2">
       <x:c r="A171" s="2">
-        <x:v>45746</x:v>
+        <x:v>45769</x:v>
       </x:c>
       <x:c r="B171" s="3">
-        <x:v>115747.87</x:v>
+        <x:v>115928.21</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:2">
       <x:c r="A172" s="2">
-        <x:v>45743</x:v>
+        <x:v>45768</x:v>
       </x:c>
       <x:c r="B172" s="3">
-        <x:v>115725.99</x:v>
+        <x:v>115914.1</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:2">
       <x:c r="A173" s="2">
-        <x:v>45742</x:v>
+        <x:v>45763</x:v>
       </x:c>
       <x:c r="B173" s="3">
-        <x:v>115717.99</x:v>
+        <x:v>115881.13</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:2">
       <x:c r="A174" s="2">
-        <x:v>45741</x:v>
+        <x:v>45762</x:v>
       </x:c>
       <x:c r="B174" s="3">
-        <x:v>115709.58</x:v>
+        <x:v>115873.79</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:2">
       <x:c r="A175" s="2">
-        <x:v>45740</x:v>
+        <x:v>45761</x:v>
       </x:c>
       <x:c r="B175" s="3">
-        <x:v>115700.51</x:v>
+        <x:v>115865.55</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:2">
       <x:c r="A176" s="2">
-        <x:v>45739</x:v>
+        <x:v>45760</x:v>
       </x:c>
       <x:c r="B176" s="3">
-        <x:v>115690.5</x:v>
+        <x:v>115853.95</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:2">
       <x:c r="A177" s="2">
-        <x:v>45736</x:v>
+        <x:v>45757</x:v>
       </x:c>
       <x:c r="B177" s="3">
-        <x:v>115663.89</x:v>
+        <x:v>115839.01</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:2">
       <x:c r="A178" s="2">
-        <x:v>45735</x:v>
+        <x:v>45756</x:v>
       </x:c>
       <x:c r="B178" s="3">
-        <x:v>115656.01</x:v>
+        <x:v>115832.35</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:2">
       <x:c r="A179" s="2">
-        <x:v>45734</x:v>
+        <x:v>45755</x:v>
       </x:c>
       <x:c r="B179" s="3">
-        <x:v>115647.25</x:v>
+        <x:v>115823.39</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:2">
       <x:c r="A180" s="2">
-        <x:v>45733</x:v>
+        <x:v>45754</x:v>
       </x:c>
       <x:c r="B180" s="3">
-        <x:v>115637.55</x:v>
+        <x:v>115812.16</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:2">
       <x:c r="A181" s="2">
-        <x:v>45732</x:v>
+        <x:v>45753</x:v>
       </x:c>
       <x:c r="B181" s="3">
-        <x:v>115629.35</x:v>
+        <x:v>115802.06</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:2">
       <x:c r="A182" s="2">
-        <x:v>45729</x:v>
+        <x:v>45750</x:v>
       </x:c>
       <x:c r="B182" s="3">
-        <x:v>115607.08</x:v>
+        <x:v>115780.53</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:2">
       <x:c r="A183" s="2">
-        <x:v>45728</x:v>
+        <x:v>45749</x:v>
       </x:c>
       <x:c r="B183" s="3">
-        <x:v>115599.75</x:v>
+        <x:v>115772.93</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:2">
       <x:c r="A184" s="2">
-        <x:v>45727</x:v>
+        <x:v>45748</x:v>
       </x:c>
       <x:c r="B184" s="3">
-        <x:v>115591.63</x:v>
+        <x:v>115764.5</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:2">
       <x:c r="A185" s="2">
-        <x:v>45726</x:v>
+        <x:v>45747</x:v>
       </x:c>
       <x:c r="B185" s="3">
-        <x:v>115582.44</x:v>
+        <x:v>115755.97</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:2">
       <x:c r="A186" s="2">
-        <x:v>45725</x:v>
+        <x:v>45746</x:v>
       </x:c>
       <x:c r="B186" s="3">
-        <x:v>115571.19</x:v>
+        <x:v>115747.87</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:2">
       <x:c r="A187" s="2">
-        <x:v>45722</x:v>
+        <x:v>45743</x:v>
       </x:c>
       <x:c r="B187" s="3">
-        <x:v>115546.01</x:v>
+        <x:v>115725.99</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:2">
       <x:c r="A188" s="2">
-        <x:v>45721</x:v>
+        <x:v>45742</x:v>
       </x:c>
       <x:c r="B188" s="3">
-        <x:v>115537.2</x:v>
+        <x:v>115717.99</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:2">
       <x:c r="A189" s="2">
-        <x:v>45720</x:v>
+        <x:v>45741</x:v>
       </x:c>
       <x:c r="B189" s="3">
-        <x:v>115528.45</x:v>
+        <x:v>115709.58</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:2">
       <x:c r="A190" s="2">
-        <x:v>45719</x:v>
+        <x:v>45740</x:v>
       </x:c>
       <x:c r="B190" s="3">
-        <x:v>115517.29</x:v>
+        <x:v>115700.51</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:2">
       <x:c r="A191" s="2">
-        <x:v>45718</x:v>
+        <x:v>45739</x:v>
       </x:c>
       <x:c r="B191" s="3">
-        <x:v>115507.02</x:v>
+        <x:v>115690.5</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:2">
       <x:c r="A192" s="2">
-        <x:v>45715</x:v>
+        <x:v>45736</x:v>
       </x:c>
       <x:c r="B192" s="3">
-        <x:v>115482.37</x:v>
+        <x:v>115663.89</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:2">
       <x:c r="A193" s="2">
-        <x:v>45714</x:v>
+        <x:v>45735</x:v>
       </x:c>
       <x:c r="B193" s="3">
-        <x:v>115473.12</x:v>
+        <x:v>115656.01</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:2">
       <x:c r="A194" s="2">
-        <x:v>45713</x:v>
+        <x:v>45734</x:v>
       </x:c>
       <x:c r="B194" s="3">
-        <x:v>115464.45</x:v>
+        <x:v>115647.25</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:2">
       <x:c r="A195" s="2">
-        <x:v>45712</x:v>
+        <x:v>45733</x:v>
       </x:c>
       <x:c r="B195" s="3">
-        <x:v>115455.61</x:v>
+        <x:v>115637.55</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:2">
       <x:c r="A196" s="2">
-        <x:v>45711</x:v>
+        <x:v>45732</x:v>
       </x:c>
       <x:c r="B196" s="3">
-        <x:v>115445.99</x:v>
+        <x:v>115629.35</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:2">
       <x:c r="A197" s="2">
-        <x:v>45708</x:v>
+        <x:v>45729</x:v>
       </x:c>
       <x:c r="B197" s="3">
-        <x:v>115421.18</x:v>
+        <x:v>115607.08</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:2">
       <x:c r="A198" s="2">
-        <x:v>45707</x:v>
+        <x:v>45728</x:v>
       </x:c>
       <x:c r="B198" s="3">
-        <x:v>115412.23</x:v>
+        <x:v>115599.75</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:2">
       <x:c r="A199" s="2">
-        <x:v>45706</x:v>
+        <x:v>45727</x:v>
       </x:c>
       <x:c r="B199" s="3">
-        <x:v>115403.64</x:v>
+        <x:v>115591.63</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:2">
       <x:c r="A200" s="2">
-        <x:v>45705</x:v>
+        <x:v>45726</x:v>
       </x:c>
       <x:c r="B200" s="3">
-        <x:v>115394.55</x:v>
+        <x:v>115582.44</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:2">
       <x:c r="A201" s="2">
-        <x:v>45704</x:v>
+        <x:v>45725</x:v>
       </x:c>
       <x:c r="B201" s="3">
-        <x:v>115383.23</x:v>
+        <x:v>115571.19</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:2">
       <x:c r="A202" s="2">
-        <x:v>45701</x:v>
+        <x:v>45722</x:v>
       </x:c>
       <x:c r="B202" s="3">
-        <x:v>115358.01</x:v>
+        <x:v>115546.01</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:2">
       <x:c r="A203" s="2">
-        <x:v>45700</x:v>
+        <x:v>45721</x:v>
       </x:c>
       <x:c r="B203" s="3">
-        <x:v>115348.94</x:v>
+        <x:v>115537.2</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:2">
       <x:c r="A204" s="2">
-        <x:v>45699</x:v>
+        <x:v>45720</x:v>
       </x:c>
       <x:c r="B204" s="3">
-        <x:v>115339.43</x:v>
+        <x:v>115528.45</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:2">
       <x:c r="A205" s="2">
-        <x:v>45698</x:v>
+        <x:v>45719</x:v>
       </x:c>
       <x:c r="B205" s="3">
-        <x:v>115330.9</x:v>
+        <x:v>115517.29</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:2">
       <x:c r="A206" s="2">
-        <x:v>45697</x:v>
+        <x:v>45718</x:v>
       </x:c>
       <x:c r="B206" s="3">
-        <x:v>115320.63</x:v>
+        <x:v>115507.02</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:2">
       <x:c r="A207" s="2">
-        <x:v>45694</x:v>
+        <x:v>45715</x:v>
       </x:c>
       <x:c r="B207" s="3">
-        <x:v>115295.85</x:v>
+        <x:v>115482.37</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:2">
       <x:c r="A208" s="2">
-        <x:v>45693</x:v>
+        <x:v>45714</x:v>
       </x:c>
       <x:c r="B208" s="3">
-        <x:v>115287.46</x:v>
+        <x:v>115473.12</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:2">
       <x:c r="A209" s="2">
-        <x:v>45692</x:v>
+        <x:v>45713</x:v>
       </x:c>
       <x:c r="B209" s="3">
-        <x:v>115278.31</x:v>
+        <x:v>115464.45</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:2">
       <x:c r="A210" s="2">
-        <x:v>45691</x:v>
+        <x:v>45712</x:v>
       </x:c>
       <x:c r="B210" s="3">
-        <x:v>115269.22</x:v>
+        <x:v>115455.61</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:2">
       <x:c r="A211" s="2">
-        <x:v>45690</x:v>
+        <x:v>45711</x:v>
       </x:c>
       <x:c r="B211" s="3">
-        <x:v>115258.29</x:v>
+        <x:v>115445.99</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:2">
       <x:c r="A212" s="2">
-        <x:v>45687</x:v>
+        <x:v>45708</x:v>
       </x:c>
       <x:c r="B212" s="3">
-        <x:v>115231.21</x:v>
+        <x:v>115421.18</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:2">
       <x:c r="A213" s="2">
-        <x:v>45686</x:v>
+        <x:v>45707</x:v>
       </x:c>
       <x:c r="B213" s="3">
-        <x:v>115220.85</x:v>
+        <x:v>115412.23</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:2">
       <x:c r="A214" s="2">
-        <x:v>45685</x:v>
+        <x:v>45706</x:v>
       </x:c>
       <x:c r="B214" s="3">
-        <x:v>115211.26</x:v>
+        <x:v>115403.64</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:2">
       <x:c r="A215" s="2">
-        <x:v>45684</x:v>
+        <x:v>45705</x:v>
       </x:c>
       <x:c r="B215" s="3">
-        <x:v>115201.66</x:v>
+        <x:v>115394.55</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:2">
       <x:c r="A216" s="2">
-        <x:v>45683</x:v>
+        <x:v>45704</x:v>
       </x:c>
       <x:c r="B216" s="3">
-        <x:v>115190.2</x:v>
+        <x:v>115383.23</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:2">
       <x:c r="A217" s="2">
-        <x:v>45680</x:v>
+        <x:v>45701</x:v>
       </x:c>
       <x:c r="B217" s="3">
-        <x:v>115163.46</x:v>
+        <x:v>115358.01</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:2">
       <x:c r="A218" s="2">
-        <x:v>45679</x:v>
+        <x:v>45700</x:v>
       </x:c>
       <x:c r="B218" s="3">
-        <x:v>115153.99</x:v>
+        <x:v>115348.94</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:2">
       <x:c r="A219" s="2">
-        <x:v>45678</x:v>
+        <x:v>45699</x:v>
       </x:c>
       <x:c r="B219" s="3">
-        <x:v>115144.43</x:v>
+        <x:v>115339.43</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:2">
       <x:c r="A220" s="2">
-        <x:v>45677</x:v>
+        <x:v>45698</x:v>
       </x:c>
       <x:c r="B220" s="3">
-        <x:v>115134.4</x:v>
+        <x:v>115330.9</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:2">
       <x:c r="A221" s="2">
-        <x:v>45676</x:v>
+        <x:v>45697</x:v>
       </x:c>
       <x:c r="B221" s="3">
-        <x:v>115122</x:v>
+        <x:v>115320.63</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:2">
       <x:c r="A222" s="2">
-        <x:v>45673</x:v>
+        <x:v>45694</x:v>
       </x:c>
       <x:c r="B222" s="3">
-        <x:v>115094.93</x:v>
+        <x:v>115295.85</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:2">
       <x:c r="A223" s="2">
-        <x:v>45672</x:v>
+        <x:v>45693</x:v>
       </x:c>
       <x:c r="B223" s="3">
-        <x:v>115084.91</x:v>
+        <x:v>115287.46</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:2">
       <x:c r="A224" s="2">
-        <x:v>45671</x:v>
+        <x:v>45692</x:v>
       </x:c>
       <x:c r="B224" s="3">
-        <x:v>115075.53</x:v>
+        <x:v>115278.31</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:2">
       <x:c r="A225" s="2">
-        <x:v>45670</x:v>
+        <x:v>45691</x:v>
       </x:c>
       <x:c r="B225" s="3">
-        <x:v>115065.67</x:v>
+        <x:v>115269.22</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:2">
       <x:c r="A226" s="2">
-        <x:v>45669</x:v>
+        <x:v>45690</x:v>
       </x:c>
       <x:c r="B226" s="3">
-        <x:v>115054.23</x:v>
+        <x:v>115258.29</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:2">
       <x:c r="A227" s="2">
-        <x:v>45666</x:v>
+        <x:v>45687</x:v>
       </x:c>
       <x:c r="B227" s="3">
-        <x:v>115026.91</x:v>
+        <x:v>115231.21</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:2">
       <x:c r="A228" s="2">
-        <x:v>45665</x:v>
+        <x:v>45686</x:v>
       </x:c>
       <x:c r="B228" s="3">
-        <x:v>115016.92</x:v>
+        <x:v>115220.85</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:2">
       <x:c r="A229" s="2">
-        <x:v>45664</x:v>
+        <x:v>45685</x:v>
       </x:c>
       <x:c r="B229" s="3">
-        <x:v>115007.28</x:v>
+        <x:v>115211.26</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:2">
       <x:c r="A230" s="2">
-        <x:v>45663</x:v>
+        <x:v>45684</x:v>
       </x:c>
       <x:c r="B230" s="3">
-        <x:v>114997.16</x:v>
+        <x:v>115201.66</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:2">
       <x:c r="A231" s="2">
-        <x:v>45662</x:v>
+        <x:v>45683</x:v>
       </x:c>
       <x:c r="B231" s="3">
-        <x:v>114986.94</x:v>
+        <x:v>115190.2</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:2">
       <x:c r="A232" s="2">
-        <x:v>45659</x:v>
+        <x:v>45680</x:v>
       </x:c>
       <x:c r="B232" s="3">
-        <x:v>114956.53</x:v>
+        <x:v>115163.46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:2">
       <x:c r="A233" s="2">
-        <x:v>45658</x:v>
+        <x:v>45679</x:v>
       </x:c>
       <x:c r="B233" s="3">
-        <x:v>114946.36</x:v>
+        <x:v>115153.99</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:2">
       <x:c r="A234" s="2">
-        <x:v>45657</x:v>
+        <x:v>45678</x:v>
       </x:c>
       <x:c r="B234" s="3">
-        <x:v>114927.8</x:v>
+        <x:v>115144.43</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:2">
       <x:c r="A235" s="2">
-        <x:v>45656</x:v>
+        <x:v>45677</x:v>
       </x:c>
       <x:c r="B235" s="3">
-        <x:v>114927.8</x:v>
+        <x:v>115134.4</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:2">
       <x:c r="A236" s="2">
-        <x:v>45655</x:v>
+        <x:v>45676</x:v>
       </x:c>
       <x:c r="B236" s="3">
-        <x:v>114914.05</x:v>
+        <x:v>115122</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:2">
       <x:c r="A237" s="2">
-        <x:v>45652</x:v>
+        <x:v>45673</x:v>
       </x:c>
       <x:c r="B237" s="3">
-        <x:v>114888.23</x:v>
+        <x:v>115094.93</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:2">
       <x:c r="A238" s="2">
-        <x:v>45649</x:v>
+        <x:v>45672</x:v>
       </x:c>
       <x:c r="B238" s="3">
-        <x:v>114862.26</x:v>
+        <x:v>115084.91</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:2">
       <x:c r="A239" s="2">
-        <x:v>45648</x:v>
+        <x:v>45671</x:v>
       </x:c>
       <x:c r="B239" s="3">
-        <x:v>114851.97</x:v>
+        <x:v>115075.53</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:2">
       <x:c r="A240" s="2">
-        <x:v>45645</x:v>
+        <x:v>45670</x:v>
       </x:c>
       <x:c r="B240" s="3">
-        <x:v>114823.74</x:v>
+        <x:v>115065.67</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:2">
       <x:c r="A241" s="2">
-        <x:v>45644</x:v>
+        <x:v>45669</x:v>
       </x:c>
       <x:c r="B241" s="3">
-        <x:v>114816.66</x:v>
+        <x:v>115054.23</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:2">
       <x:c r="A242" s="2">
-        <x:v>45643</x:v>
+        <x:v>45666</x:v>
       </x:c>
       <x:c r="B242" s="3">
-        <x:v>114802.3</x:v>
+        <x:v>115026.91</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:2">
       <x:c r="A243" s="2">
-        <x:v>45642</x:v>
+        <x:v>45665</x:v>
       </x:c>
       <x:c r="B243" s="3">
-        <x:v>114792.9</x:v>
+        <x:v>115016.92</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:2">
       <x:c r="A244" s="2">
-        <x:v>45641</x:v>
+        <x:v>45664</x:v>
       </x:c>
       <x:c r="B244" s="3">
-        <x:v>114781.23</x:v>
+        <x:v>115007.28</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:2">
       <x:c r="A245" s="2">
-        <x:v>45638</x:v>
+        <x:v>45663</x:v>
       </x:c>
       <x:c r="B245" s="3">
-        <x:v>114752.23</x:v>
+        <x:v>114997.16</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:2">
       <x:c r="A246" s="2">
-        <x:v>45637</x:v>
+        <x:v>45662</x:v>
       </x:c>
       <x:c r="B246" s="3">
-        <x:v>114743.03</x:v>
+        <x:v>114986.94</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:2">
       <x:c r="A247" s="2">
-        <x:v>45636</x:v>
+        <x:v>45659</x:v>
       </x:c>
       <x:c r="B247" s="3">
-        <x:v>114732.66</x:v>
+        <x:v>114956.53</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:2">
       <x:c r="A248" s="2">
-        <x:v>45635</x:v>
+        <x:v>45658</x:v>
       </x:c>
       <x:c r="B248" s="3">
-        <x:v>114723.09</x:v>
+        <x:v>114946.36</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:2">
       <x:c r="A249" s="2">
-        <x:v>45634</x:v>
+        <x:v>45657</x:v>
       </x:c>
       <x:c r="B249" s="3">
-        <x:v>114710.46</x:v>
+        <x:v>114927.8</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:2">
       <x:c r="A250" s="2">
-        <x:v>45631</x:v>
+        <x:v>45656</x:v>
       </x:c>
       <x:c r="B250" s="3">
-        <x:v>114682.19</x:v>
+        <x:v>114927.8</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:2">
       <x:c r="A251" s="2">
-        <x:v>45630</x:v>
+        <x:v>45655</x:v>
       </x:c>
       <x:c r="B251" s="3">
-        <x:v>114671.22</x:v>
+        <x:v>114914.05</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:2">
       <x:c r="A252" s="2">
-        <x:v>45629</x:v>
+        <x:v>45652</x:v>
       </x:c>
       <x:c r="B252" s="3">
-        <x:v>114661.26</x:v>
+        <x:v>114888.23</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:2">
       <x:c r="A253" s="2">
-        <x:v>45628</x:v>
+        <x:v>45649</x:v>
       </x:c>
       <x:c r="B253" s="3">
-        <x:v>114652.15</x:v>
+        <x:v>114862.26</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:2">
       <x:c r="A254" s="2">
-        <x:v>45627</x:v>
+        <x:v>45648</x:v>
       </x:c>
       <x:c r="B254" s="3">
-        <x:v>114637.87</x:v>
+        <x:v>114851.97</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:2">
       <x:c r="A255" s="2">
-        <x:v>45624</x:v>
+        <x:v>45645</x:v>
       </x:c>
       <x:c r="B255" s="3">
-        <x:v>114610.78</x:v>
+        <x:v>114823.74</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:2">
       <x:c r="A256" s="2">
-        <x:v>45623</x:v>
+        <x:v>45644</x:v>
       </x:c>
       <x:c r="B256" s="3">
-        <x:v>114600.9</x:v>
+        <x:v>114816.66</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:2">
       <x:c r="A257" s="2">
-        <x:v>45622</x:v>
+        <x:v>45643</x:v>
       </x:c>
       <x:c r="B257" s="3">
-        <x:v>114589.89</x:v>
+        <x:v>114802.3</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:2">
       <x:c r="A258" s="2">
-        <x:v>45621</x:v>
+        <x:v>45642</x:v>
       </x:c>
       <x:c r="B258" s="3">
-        <x:v>114578.67</x:v>
+        <x:v>114792.9</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:2">
       <x:c r="A259" s="2">
-        <x:v>45620</x:v>
+        <x:v>45641</x:v>
       </x:c>
       <x:c r="B259" s="3">
-        <x:v>114564.28</x:v>
+        <x:v>114781.23</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:2">
       <x:c r="A260" s="2">
-        <x:v>45617</x:v>
+        <x:v>45638</x:v>
       </x:c>
       <x:c r="B260" s="3">
-        <x:v>114529.84</x:v>
+        <x:v>114752.23</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:2">
       <x:c r="A261" s="2">
-        <x:v>45616</x:v>
+        <x:v>45637</x:v>
       </x:c>
       <x:c r="B261" s="3">
-        <x:v>114519.5</x:v>
+        <x:v>114743.03</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:2">
       <x:c r="A262" s="2">
-        <x:v>45615</x:v>
+        <x:v>45636</x:v>
       </x:c>
       <x:c r="B262" s="3">
-        <x:v>114508.16</x:v>
+        <x:v>114732.66</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:2">
       <x:c r="A263" s="2">
-        <x:v>45614</x:v>
+        <x:v>45635</x:v>
       </x:c>
       <x:c r="B263" s="3">
-        <x:v>114497.58</x:v>
+        <x:v>114723.09</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:2">
       <x:c r="A264" s="2">
-        <x:v>45613</x:v>
+        <x:v>45634</x:v>
       </x:c>
       <x:c r="B264" s="3">
-        <x:v>114486.07</x:v>
+        <x:v>114710.46</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:2">
       <x:c r="A265" s="2">
-        <x:v>45610</x:v>
+        <x:v>45631</x:v>
       </x:c>
       <x:c r="B265" s="3">
-        <x:v>114457.38</x:v>
+        <x:v>114682.19</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:2">
       <x:c r="A266" s="2">
-        <x:v>45609</x:v>
+        <x:v>45630</x:v>
       </x:c>
       <x:c r="B266" s="3">
-        <x:v>114447.06</x:v>
+        <x:v>114671.22</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:2">
       <x:c r="A267" s="2">
-        <x:v>45608</x:v>
+        <x:v>45629</x:v>
       </x:c>
       <x:c r="B267" s="3">
-        <x:v>114437.37</x:v>
+        <x:v>114661.26</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:2">
       <x:c r="A268" s="2">
-        <x:v>45607</x:v>
+        <x:v>45628</x:v>
       </x:c>
       <x:c r="B268" s="3">
-        <x:v>114422.57</x:v>
+        <x:v>114652.15</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:2">
       <x:c r="A269" s="2">
-        <x:v>45603</x:v>
+        <x:v>45627</x:v>
       </x:c>
       <x:c r="B269" s="3">
-        <x:v>114385.29</x:v>
+        <x:v>114637.87</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:2">
       <x:c r="A270" s="2">
-        <x:v>45602</x:v>
+        <x:v>45624</x:v>
       </x:c>
       <x:c r="B270" s="3">
-        <x:v>114375.33</x:v>
+        <x:v>114610.78</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:2">
       <x:c r="A271" s="2">
-        <x:v>45601</x:v>
+        <x:v>45623</x:v>
       </x:c>
       <x:c r="B271" s="3">
-        <x:v>114363</x:v>
+        <x:v>114600.9</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:2">
       <x:c r="A272" s="2">
-        <x:v>45600</x:v>
+        <x:v>45622</x:v>
       </x:c>
       <x:c r="B272" s="3">
-        <x:v>114353.15</x:v>
+        <x:v>114589.89</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:2">
       <x:c r="A273" s="2">
-        <x:v>45599</x:v>
+        <x:v>45621</x:v>
       </x:c>
       <x:c r="B273" s="3">
-        <x:v>114337.95</x:v>
+        <x:v>114578.67</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:2">
       <x:c r="A274" s="2">
-        <x:v>45595</x:v>
+        <x:v>45620</x:v>
       </x:c>
       <x:c r="B274" s="3">
-        <x:v>114303.59</x:v>
+        <x:v>114564.28</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:2">
       <x:c r="A275" s="2">
-        <x:v>45594</x:v>
+        <x:v>45617</x:v>
       </x:c>
       <x:c r="B275" s="3">
-        <x:v>114293.06</x:v>
+        <x:v>114529.84</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:2">
       <x:c r="A276" s="2">
-        <x:v>45593</x:v>
+        <x:v>45616</x:v>
       </x:c>
       <x:c r="B276" s="3">
-        <x:v>114283.56</x:v>
+        <x:v>114519.5</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:2">
       <x:c r="A277" s="2">
-        <x:v>45592</x:v>
+        <x:v>45615</x:v>
       </x:c>
       <x:c r="B277" s="3">
-        <x:v>114271.72</x:v>
+        <x:v>114508.16</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:2">
       <x:c r="A278" s="2">
-        <x:v>45589</x:v>
+        <x:v>45614</x:v>
       </x:c>
       <x:c r="B278" s="3">
-        <x:v>114241.67</x:v>
+        <x:v>114497.58</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:2">
       <x:c r="A279" s="2">
-        <x:v>45588</x:v>
+        <x:v>45613</x:v>
       </x:c>
       <x:c r="B279" s="3">
-        <x:v>114230.71</x:v>
+        <x:v>114486.07</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:2">
       <x:c r="A280" s="2">
-        <x:v>45587</x:v>
+        <x:v>45610</x:v>
       </x:c>
       <x:c r="B280" s="3">
-        <x:v>114218.76</x:v>
+        <x:v>114457.38</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:2">
       <x:c r="A281" s="2">
-        <x:v>45586</x:v>
+        <x:v>45609</x:v>
       </x:c>
       <x:c r="B281" s="3">
-        <x:v>114207.75</x:v>
+        <x:v>114447.06</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:2">
       <x:c r="A282" s="2">
-        <x:v>45585</x:v>
+        <x:v>45608</x:v>
       </x:c>
       <x:c r="B282" s="3">
-        <x:v>114196.84</x:v>
+        <x:v>114437.37</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:2">
       <x:c r="A283" s="2">
-        <x:v>45582</x:v>
+        <x:v>45607</x:v>
       </x:c>
       <x:c r="B283" s="3">
-        <x:v>114163.89</x:v>
+        <x:v>114422.57</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:2">
       <x:c r="A284" s="2">
-        <x:v>45581</x:v>
+        <x:v>45603</x:v>
       </x:c>
       <x:c r="B284" s="3">
-        <x:v>114152.72</x:v>
+        <x:v>114385.29</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:2">
       <x:c r="A285" s="2">
-        <x:v>45580</x:v>
+        <x:v>45602</x:v>
       </x:c>
       <x:c r="B285" s="3">
-        <x:v>114142.61</x:v>
+        <x:v>114375.33</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:2">
       <x:c r="A286" s="2">
-        <x:v>45579</x:v>
+        <x:v>45601</x:v>
       </x:c>
       <x:c r="B286" s="3">
-        <x:v>114132.74</x:v>
+        <x:v>114363</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:2">
       <x:c r="A287" s="2">
-        <x:v>45578</x:v>
+        <x:v>45600</x:v>
       </x:c>
       <x:c r="B287" s="3">
-        <x:v>114120.97</x:v>
+        <x:v>114353.15</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:2">
       <x:c r="A288" s="2">
-        <x:v>45575</x:v>
+        <x:v>45599</x:v>
       </x:c>
       <x:c r="B288" s="3">
-        <x:v>114090.93</x:v>
+        <x:v>114337.95</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:2">
       <x:c r="A289" s="2">
-        <x:v>45574</x:v>
+        <x:v>45595</x:v>
       </x:c>
       <x:c r="B289" s="3">
-        <x:v>114081.28</x:v>
+        <x:v>114303.59</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:2">
       <x:c r="A290" s="2">
-        <x:v>45573</x:v>
+        <x:v>45594</x:v>
       </x:c>
       <x:c r="B290" s="3">
-        <x:v>114071</x:v>
+        <x:v>114293.06</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:2">
       <x:c r="A291" s="2">
-        <x:v>45572</x:v>
+        <x:v>45593</x:v>
       </x:c>
       <x:c r="B291" s="3">
-        <x:v>114060.53</x:v>
+        <x:v>114283.56</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:2">
       <x:c r="A292" s="2">
-        <x:v>45571</x:v>
+        <x:v>45592</x:v>
       </x:c>
       <x:c r="B292" s="3">
-        <x:v>114047.1</x:v>
+        <x:v>114271.72</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:2">
       <x:c r="A293" s="2">
-        <x:v>45568</x:v>
+        <x:v>45589</x:v>
       </x:c>
       <x:c r="B293" s="3">
-        <x:v>114017.77</x:v>
+        <x:v>114241.67</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:2">
       <x:c r="A294" s="2">
-        <x:v>45567</x:v>
+        <x:v>45588</x:v>
       </x:c>
       <x:c r="B294" s="3">
-        <x:v>114007</x:v>
+        <x:v>114230.71</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:2">
       <x:c r="A295" s="2">
-        <x:v>45566</x:v>
+        <x:v>45587</x:v>
       </x:c>
       <x:c r="B295" s="3">
-        <x:v>113995.28</x:v>
+        <x:v>114218.76</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:2">
       <x:c r="A296" s="2">
-        <x:v>45565</x:v>
+        <x:v>45586</x:v>
       </x:c>
       <x:c r="B296" s="3">
-        <x:v>113984.74</x:v>
+        <x:v>114207.75</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:2">
       <x:c r="A297" s="2">
-        <x:v>45564</x:v>
+        <x:v>45585</x:v>
       </x:c>
       <x:c r="B297" s="3">
-        <x:v>113974.32</x:v>
+        <x:v>114196.84</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:2">
       <x:c r="A298" s="2">
-        <x:v>45561</x:v>
+        <x:v>45582</x:v>
       </x:c>
       <x:c r="B298" s="3">
-        <x:v>113938.8</x:v>
+        <x:v>114163.89</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:2">
       <x:c r="A299" s="2">
-        <x:v>45560</x:v>
+        <x:v>45581</x:v>
       </x:c>
       <x:c r="B299" s="3">
-        <x:v>113931.78</x:v>
+        <x:v>114152.72</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:2">
       <x:c r="A300" s="2">
-        <x:v>45559</x:v>
+        <x:v>45580</x:v>
       </x:c>
       <x:c r="B300" s="3">
-        <x:v>113913.81</x:v>
+        <x:v>114142.61</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:2">
       <x:c r="A301" s="2">
-        <x:v>45558</x:v>
+        <x:v>45579</x:v>
       </x:c>
       <x:c r="B301" s="3">
-        <x:v>113901.87</x:v>
+        <x:v>114132.74</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:2">
       <x:c r="A302" s="2">
-        <x:v>45557</x:v>
+        <x:v>45578</x:v>
       </x:c>
       <x:c r="B302" s="3">
-        <x:v>113891.16</x:v>
+        <x:v>114120.97</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:2">
       <x:c r="A303" s="2">
-        <x:v>45554</x:v>
+        <x:v>45575</x:v>
       </x:c>
       <x:c r="B303" s="3">
-        <x:v>113856.98</x:v>
+        <x:v>114090.93</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:2">
       <x:c r="A304" s="2">
-        <x:v>45553</x:v>
+        <x:v>45574</x:v>
       </x:c>
       <x:c r="B304" s="3">
-        <x:v>113844.77</x:v>
+        <x:v>114081.28</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:2">
       <x:c r="A305" s="2">
-        <x:v>45552</x:v>
+        <x:v>45573</x:v>
       </x:c>
       <x:c r="B305" s="3">
-        <x:v>113833.01</x:v>
+        <x:v>114071</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:2">
       <x:c r="A306" s="2">
-        <x:v>45551</x:v>
+        <x:v>45572</x:v>
       </x:c>
       <x:c r="B306" s="3">
-        <x:v>113821.5</x:v>
+        <x:v>114060.53</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:2">
       <x:c r="A307" s="2">
-        <x:v>45550</x:v>
+        <x:v>45571</x:v>
       </x:c>
       <x:c r="B307" s="3">
-        <x:v>113807.43</x:v>
+        <x:v>114047.1</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:2">
       <x:c r="A308" s="2">
-        <x:v>45547</x:v>
+        <x:v>45568</x:v>
       </x:c>
       <x:c r="B308" s="3">
-        <x:v>113774.52</x:v>
+        <x:v>114017.77</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:2">
       <x:c r="A309" s="2">
-        <x:v>45546</x:v>
+        <x:v>45567</x:v>
       </x:c>
       <x:c r="B309" s="3">
-        <x:v>113763.81</x:v>
+        <x:v>114007</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:2">
       <x:c r="A310" s="2">
-        <x:v>45545</x:v>
+        <x:v>45566</x:v>
       </x:c>
       <x:c r="B310" s="3">
-        <x:v>113750.44</x:v>
+        <x:v>113995.28</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:2">
       <x:c r="A311" s="2">
-        <x:v>45544</x:v>
+        <x:v>45565</x:v>
       </x:c>
       <x:c r="B311" s="3">
-        <x:v>113739.03</x:v>
+        <x:v>113984.74</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:2">
       <x:c r="A312" s="2">
-        <x:v>45543</x:v>
+        <x:v>45564</x:v>
       </x:c>
       <x:c r="B312" s="3">
-        <x:v>113725.82</x:v>
+        <x:v>113974.32</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:2">
       <x:c r="A313" s="2">
-        <x:v>45540</x:v>
+        <x:v>45561</x:v>
       </x:c>
       <x:c r="B313" s="3">
-        <x:v>113692.93</x:v>
+        <x:v>113938.8</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:2">
       <x:c r="A314" s="2">
-        <x:v>45539</x:v>
+        <x:v>45560</x:v>
       </x:c>
       <x:c r="B314" s="3">
-        <x:v>113681.28</x:v>
+        <x:v>113931.78</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:2">
       <x:c r="A315" s="2">
-        <x:v>45538</x:v>
+        <x:v>45559</x:v>
       </x:c>
       <x:c r="B315" s="3">
-        <x:v>113669.12</x:v>
+        <x:v>113913.81</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:2">
       <x:c r="A316" s="2">
-        <x:v>45537</x:v>
+        <x:v>45558</x:v>
       </x:c>
       <x:c r="B316" s="3">
-        <x:v>113657.1</x:v>
+        <x:v>113901.87</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:2">
       <x:c r="A317" s="2">
-        <x:v>45536</x:v>
+        <x:v>45557</x:v>
       </x:c>
       <x:c r="B317" s="3">
-        <x:v>113644.79</x:v>
+        <x:v>113891.16</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:2">
       <x:c r="A318" s="2">
-        <x:v>45533</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="B318" s="3">
-        <x:v>113611.79</x:v>
+        <x:v>113856.98</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:2">
       <x:c r="A319" s="2">
-        <x:v>45532</x:v>
+        <x:v>45553</x:v>
       </x:c>
       <x:c r="B319" s="3">
-        <x:v>113600.18</x:v>
+        <x:v>113844.77</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:2">
       <x:c r="A320" s="2">
-        <x:v>45531</x:v>
+        <x:v>45552</x:v>
       </x:c>
       <x:c r="B320" s="3">
-        <x:v>113587.36</x:v>
+        <x:v>113833.01</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:2">
       <x:c r="A321" s="2">
-        <x:v>45530</x:v>
+        <x:v>45551</x:v>
       </x:c>
       <x:c r="B321" s="3">
-        <x:v>113575.17</x:v>
+        <x:v>113821.5</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:2">
       <x:c r="A322" s="2">
-        <x:v>45529</x:v>
+        <x:v>45550</x:v>
       </x:c>
       <x:c r="B322" s="3">
-        <x:v>113563.19</x:v>
+        <x:v>113807.43</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:2">
       <x:c r="A323" s="2">
-        <x:v>45526</x:v>
+        <x:v>45547</x:v>
       </x:c>
       <x:c r="B323" s="3">
-        <x:v>113529.54</x:v>
+        <x:v>113774.52</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:2">
       <x:c r="A324" s="2">
-        <x:v>45525</x:v>
+        <x:v>45546</x:v>
       </x:c>
       <x:c r="B324" s="3">
-        <x:v>113518.67</x:v>
+        <x:v>113763.81</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:2">
       <x:c r="A325" s="2">
-        <x:v>45524</x:v>
+        <x:v>45545</x:v>
       </x:c>
       <x:c r="B325" s="3">
-        <x:v>113507.13</x:v>
+        <x:v>113750.44</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:2">
       <x:c r="A326" s="2">
-        <x:v>45523</x:v>
+        <x:v>45544</x:v>
       </x:c>
       <x:c r="B326" s="3">
-        <x:v>113496.4</x:v>
+        <x:v>113739.03</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:2">
       <x:c r="A327" s="2">
-        <x:v>45522</x:v>
+        <x:v>45543</x:v>
       </x:c>
       <x:c r="B327" s="3">
-        <x:v>113481.78</x:v>
+        <x:v>113725.82</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:2">
       <x:c r="A328" s="2">
-        <x:v>45519</x:v>
+        <x:v>45540</x:v>
       </x:c>
       <x:c r="B328" s="3">
-        <x:v>113448.96</x:v>
+        <x:v>113692.93</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:2">
       <x:c r="A329" s="2">
-        <x:v>45517</x:v>
+        <x:v>45539</x:v>
       </x:c>
       <x:c r="B329" s="3">
-        <x:v>113427.52</x:v>
+        <x:v>113681.28</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:2">
       <x:c r="A330" s="2">
-        <x:v>45516</x:v>
+        <x:v>45538</x:v>
       </x:c>
       <x:c r="B330" s="3">
-        <x:v>113415.95</x:v>
+        <x:v>113669.12</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:2">
       <x:c r="A331" s="2">
-        <x:v>45515</x:v>
+        <x:v>45537</x:v>
       </x:c>
       <x:c r="B331" s="3">
-        <x:v>113402</x:v>
+        <x:v>113657.1</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:2">
       <x:c r="A332" s="2">
-        <x:v>45512</x:v>
+        <x:v>45536</x:v>
       </x:c>
       <x:c r="B332" s="3">
-        <x:v>113368.77</x:v>
+        <x:v>113644.79</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:2">
       <x:c r="A333" s="2">
-        <x:v>45511</x:v>
+        <x:v>45533</x:v>
       </x:c>
       <x:c r="B333" s="3">
-        <x:v>113356.43</x:v>
+        <x:v>113611.79</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:2">
       <x:c r="A334" s="2">
-        <x:v>45510</x:v>
+        <x:v>45532</x:v>
       </x:c>
       <x:c r="B334" s="3">
-        <x:v>113344.44</x:v>
+        <x:v>113600.18</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:2">
       <x:c r="A335" s="2">
-        <x:v>45509</x:v>
+        <x:v>45531</x:v>
       </x:c>
       <x:c r="B335" s="3">
-        <x:v>113333.23</x:v>
+        <x:v>113587.36</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:2">
       <x:c r="A336" s="2">
-        <x:v>45508</x:v>
+        <x:v>45530</x:v>
       </x:c>
       <x:c r="B336" s="3">
-        <x:v>113316.94</x:v>
+        <x:v>113575.17</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:2">
       <x:c r="A337" s="2">
-        <x:v>45505</x:v>
+        <x:v>45529</x:v>
       </x:c>
       <x:c r="B337" s="3">
-        <x:v>113283.32</x:v>
+        <x:v>113563.19</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:2">
       <x:c r="A338" s="2">
-        <x:v>45504</x:v>
+        <x:v>45526</x:v>
       </x:c>
       <x:c r="B338" s="3">
-        <x:v>113272.87</x:v>
+        <x:v>113529.54</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:2">
       <x:c r="A339" s="2">
-        <x:v>45503</x:v>
+        <x:v>45525</x:v>
       </x:c>
       <x:c r="B339" s="3">
-        <x:v>113260.8</x:v>
+        <x:v>113518.67</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:2">
       <x:c r="A340" s="2">
-        <x:v>45502</x:v>
+        <x:v>45524</x:v>
       </x:c>
       <x:c r="B340" s="3">
-        <x:v>113249.51</x:v>
+        <x:v>113507.13</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:2">
       <x:c r="A341" s="2">
-        <x:v>45501</x:v>
+        <x:v>45523</x:v>
       </x:c>
       <x:c r="B341" s="3">
-        <x:v>113236.08</x:v>
+        <x:v>113496.4</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:2">
       <x:c r="A342" s="2">
-        <x:v>45498</x:v>
+        <x:v>45522</x:v>
       </x:c>
       <x:c r="B342" s="3">
-        <x:v>113204.08</x:v>
+        <x:v>113481.78</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:2">
       <x:c r="A343" s="2">
-        <x:v>45497</x:v>
+        <x:v>45519</x:v>
       </x:c>
       <x:c r="B343" s="3">
-        <x:v>113192.42</x:v>
+        <x:v>113448.96</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:2">
       <x:c r="A344" s="2">
-        <x:v>45496</x:v>
+        <x:v>45517</x:v>
       </x:c>
       <x:c r="B344" s="3">
-        <x:v>113180.29</x:v>
+        <x:v>113427.52</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:2">
       <x:c r="A345" s="2">
-        <x:v>45495</x:v>
+        <x:v>45516</x:v>
       </x:c>
       <x:c r="B345" s="3">
-        <x:v>113168.24</x:v>
+        <x:v>113415.95</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:2">
       <x:c r="A346" s="2">
-        <x:v>45494</x:v>
+        <x:v>45515</x:v>
       </x:c>
       <x:c r="B346" s="3">
-        <x:v>113155.46</x:v>
+        <x:v>113402</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:2">
       <x:c r="A347" s="2">
-        <x:v>45491</x:v>
+        <x:v>45512</x:v>
       </x:c>
       <x:c r="B347" s="3">
-        <x:v>113123.13</x:v>
+        <x:v>113368.77</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:2">
       <x:c r="A348" s="2">
-        <x:v>45490</x:v>
+        <x:v>45511</x:v>
       </x:c>
       <x:c r="B348" s="3">
-        <x:v>113110.91</x:v>
+        <x:v>113356.43</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:2">
       <x:c r="A349" s="2">
-        <x:v>45489</x:v>
+        <x:v>45510</x:v>
       </x:c>
       <x:c r="B349" s="3">
-        <x:v>113098.84</x:v>
+        <x:v>113344.44</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:2">
       <x:c r="A350" s="2">
-        <x:v>45488</x:v>
+        <x:v>45509</x:v>
       </x:c>
       <x:c r="B350" s="3">
-        <x:v>113087.19</x:v>
+        <x:v>113333.23</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:2">
       <x:c r="A351" s="2">
-        <x:v>45487</x:v>
+        <x:v>45508</x:v>
       </x:c>
       <x:c r="B351" s="3">
-        <x:v>113073.98</x:v>
+        <x:v>113316.94</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:2">
       <x:c r="A352" s="2">
-        <x:v>45484</x:v>
+        <x:v>45505</x:v>
       </x:c>
       <x:c r="B352" s="3">
-        <x:v>113042.29</x:v>
+        <x:v>113283.32</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:2">
       <x:c r="A353" s="2">
-        <x:v>45483</x:v>
+        <x:v>45504</x:v>
       </x:c>
       <x:c r="B353" s="3">
-        <x:v>113030.89</x:v>
+        <x:v>113272.87</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:2">
       <x:c r="A354" s="2">
-        <x:v>45482</x:v>
+        <x:v>45503</x:v>
       </x:c>
       <x:c r="B354" s="3">
-        <x:v>113019.64</x:v>
+        <x:v>113260.8</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:2">
       <x:c r="A355" s="2">
-        <x:v>45481</x:v>
+        <x:v>45502</x:v>
       </x:c>
       <x:c r="B355" s="3">
-        <x:v>113008.29</x:v>
+        <x:v>113249.51</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:2">
       <x:c r="A356" s="2">
-        <x:v>45480</x:v>
+        <x:v>45501</x:v>
       </x:c>
       <x:c r="B356" s="3">
-        <x:v>112994.9</x:v>
+        <x:v>113236.08</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:2">
       <x:c r="A357" s="2">
-        <x:v>45477</x:v>
+        <x:v>45498</x:v>
       </x:c>
       <x:c r="B357" s="3">
-        <x:v>112963.02</x:v>
+        <x:v>113204.08</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:2">
       <x:c r="A358" s="2">
-        <x:v>45476</x:v>
+        <x:v>45497</x:v>
       </x:c>
       <x:c r="B358" s="3">
-        <x:v>112950.62</x:v>
+        <x:v>113192.42</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:2">
       <x:c r="A359" s="2">
-        <x:v>45475</x:v>
+        <x:v>45496</x:v>
       </x:c>
       <x:c r="B359" s="3">
-        <x:v>112939.13</x:v>
+        <x:v>113180.29</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:2">
       <x:c r="A360" s="2">
-        <x:v>45474</x:v>
+        <x:v>45495</x:v>
       </x:c>
       <x:c r="B360" s="3">
-        <x:v>112927.79</x:v>
+        <x:v>113168.24</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:2">
       <x:c r="A361" s="2">
-        <x:v>45473</x:v>
+        <x:v>45494</x:v>
       </x:c>
       <x:c r="B361" s="3">
-        <x:v>112914.57</x:v>
+        <x:v>113155.46</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:2">
       <x:c r="A362" s="2">
-        <x:v>45470</x:v>
+        <x:v>45491</x:v>
       </x:c>
       <x:c r="B362" s="3">
-        <x:v>112881.03</x:v>
+        <x:v>113123.13</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:2">
       <x:c r="A363" s="2">
-        <x:v>45469</x:v>
+        <x:v>45490</x:v>
       </x:c>
       <x:c r="B363" s="3">
-        <x:v>112869.23</x:v>
+        <x:v>113110.91</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:2">
       <x:c r="A364" s="2">
-        <x:v>45468</x:v>
+        <x:v>45489</x:v>
       </x:c>
       <x:c r="B364" s="3">
-        <x:v>112857.21</x:v>
+        <x:v>113098.84</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:2">
       <x:c r="A365" s="2">
-        <x:v>45467</x:v>
+        <x:v>45488</x:v>
       </x:c>
       <x:c r="B365" s="3">
-        <x:v>112845.7</x:v>
+        <x:v>113087.19</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:2">
       <x:c r="A366" s="2">
-        <x:v>45466</x:v>
+        <x:v>45487</x:v>
       </x:c>
       <x:c r="B366" s="3">
-        <x:v>112832.77</x:v>
+        <x:v>113073.98</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:2">
       <x:c r="A367" s="2">
-        <x:v>45463</x:v>
+        <x:v>45484</x:v>
       </x:c>
       <x:c r="B367" s="3">
-        <x:v>112797.98</x:v>
+        <x:v>113042.29</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:2">
       <x:c r="A368" s="2">
-        <x:v>45462</x:v>
+        <x:v>45483</x:v>
       </x:c>
       <x:c r="B368" s="3">
-        <x:v>112786.64</x:v>
+        <x:v>113030.89</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:2">
       <x:c r="A369" s="2">
-        <x:v>45461</x:v>
+        <x:v>45482</x:v>
       </x:c>
       <x:c r="B369" s="3">
-        <x:v>112774.71</x:v>
+        <x:v>113019.64</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:2">
       <x:c r="A370" s="2">
-        <x:v>45460</x:v>
+        <x:v>45481</x:v>
       </x:c>
       <x:c r="B370" s="3">
-        <x:v>112763.26</x:v>
+        <x:v>113008.29</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:2">
       <x:c r="A371" s="2">
-        <x:v>45459</x:v>
+        <x:v>45480</x:v>
       </x:c>
       <x:c r="B371" s="3">
-        <x:v>112750.34</x:v>
+        <x:v>112994.9</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:2">
       <x:c r="A372" s="2">
-        <x:v>45456</x:v>
+        <x:v>45477</x:v>
       </x:c>
       <x:c r="B372" s="3">
-        <x:v>112717.82</x:v>
+        <x:v>112963.02</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:2">
       <x:c r="A373" s="2">
-        <x:v>45455</x:v>
+        <x:v>45476</x:v>
       </x:c>
       <x:c r="B373" s="3">
-        <x:v>112706.85</x:v>
+        <x:v>112950.62</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:2">
       <x:c r="A374" s="2">
-        <x:v>45454</x:v>
+        <x:v>45475</x:v>
       </x:c>
       <x:c r="B374" s="3">
-        <x:v>112694.56</x:v>
+        <x:v>112939.13</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:2">
       <x:c r="A375" s="2">
-        <x:v>45453</x:v>
+        <x:v>45474</x:v>
       </x:c>
       <x:c r="B375" s="3">
-        <x:v>112681.57</x:v>
+        <x:v>112927.79</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:2">
       <x:c r="A376" s="2">
-        <x:v>45452</x:v>
+        <x:v>45473</x:v>
       </x:c>
       <x:c r="B376" s="3">
-        <x:v>112667.91</x:v>
+        <x:v>112914.57</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:2">
       <x:c r="A377" s="2">
-        <x:v>45449</x:v>
+        <x:v>45470</x:v>
       </x:c>
       <x:c r="B377" s="3">
-        <x:v>112633.66</x:v>
+        <x:v>112881.03</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:2">
       <x:c r="A378" s="2">
-        <x:v>45448</x:v>
+        <x:v>45469</x:v>
       </x:c>
       <x:c r="B378" s="3">
-        <x:v>112621.36</x:v>
+        <x:v>112869.23</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:2">
       <x:c r="A379" s="2">
-        <x:v>45447</x:v>
+        <x:v>45468</x:v>
       </x:c>
       <x:c r="B379" s="3">
-        <x:v>112601.94</x:v>
+        <x:v>112857.21</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:2">
       <x:c r="A380" s="2">
-        <x:v>45446</x:v>
+        <x:v>45467</x:v>
       </x:c>
       <x:c r="B380" s="3">
-        <x:v>112597.06</x:v>
+        <x:v>112845.7</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:2">
       <x:c r="A381" s="2">
-        <x:v>45445</x:v>
+        <x:v>45466</x:v>
       </x:c>
       <x:c r="B381" s="3">
-        <x:v>112583.68</x:v>
+        <x:v>112832.77</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:2">
       <x:c r="A382" s="2">
-        <x:v>45442</x:v>
+        <x:v>45463</x:v>
       </x:c>
       <x:c r="B382" s="3">
-        <x:v>112548.03</x:v>
+        <x:v>112797.98</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:2">
       <x:c r="A383" s="2">
-        <x:v>45441</x:v>
+        <x:v>45462</x:v>
       </x:c>
       <x:c r="B383" s="3">
-        <x:v>112535.35</x:v>
+        <x:v>112786.64</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:2">
       <x:c r="A384" s="2">
-        <x:v>45440</x:v>
+        <x:v>45461</x:v>
       </x:c>
       <x:c r="B384" s="3">
-        <x:v>112523.22</x:v>
+        <x:v>112774.71</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:2">
       <x:c r="A385" s="2">
-        <x:v>45439</x:v>
+        <x:v>45460</x:v>
       </x:c>
       <x:c r="B385" s="3">
-        <x:v>112510.42</x:v>
+        <x:v>112763.26</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:2">
       <x:c r="A386" s="2">
-        <x:v>45438</x:v>
+        <x:v>45459</x:v>
       </x:c>
       <x:c r="B386" s="3">
-        <x:v>112496.33</x:v>
+        <x:v>112750.34</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:2">
       <x:c r="A387" s="2">
-        <x:v>45435</x:v>
+        <x:v>45456</x:v>
       </x:c>
       <x:c r="B387" s="3">
-        <x:v>112461.15</x:v>
+        <x:v>112717.82</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:2">
       <x:c r="A388" s="2">
-        <x:v>45434</x:v>
+        <x:v>45455</x:v>
       </x:c>
       <x:c r="B388" s="3">
-        <x:v>112448.72</x:v>
+        <x:v>112706.85</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:2">
       <x:c r="A389" s="2">
-        <x:v>45433</x:v>
+        <x:v>45454</x:v>
       </x:c>
       <x:c r="B389" s="3">
-        <x:v>112436.6</x:v>
+        <x:v>112694.56</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:2">
       <x:c r="A390" s="2">
-        <x:v>45432</x:v>
+        <x:v>45453</x:v>
       </x:c>
       <x:c r="B390" s="3">
-        <x:v>112421.06</x:v>
+        <x:v>112681.57</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:2">
       <x:c r="A391" s="2">
-        <x:v>45428</x:v>
+        <x:v>45452</x:v>
       </x:c>
       <x:c r="B391" s="3">
-        <x:v>112376.38</x:v>
+        <x:v>112667.91</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:2">
       <x:c r="A392" s="2">
-        <x:v>45427</x:v>
+        <x:v>45449</x:v>
       </x:c>
       <x:c r="B392" s="3">
-        <x:v>112363.08</x:v>
+        <x:v>112633.66</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:2">
       <x:c r="A393" s="2">
-        <x:v>45426</x:v>
+        <x:v>45448</x:v>
       </x:c>
       <x:c r="B393" s="3">
-        <x:v>112350.58</x:v>
+        <x:v>112621.36</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:2">
       <x:c r="A394" s="2">
-        <x:v>45425</x:v>
+        <x:v>45447</x:v>
       </x:c>
       <x:c r="B394" s="3">
-        <x:v>112337.78</x:v>
+        <x:v>112601.94</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:2">
       <x:c r="A395" s="2">
-        <x:v>45424</x:v>
+        <x:v>45446</x:v>
       </x:c>
       <x:c r="B395" s="3">
-        <x:v>112321.78</x:v>
+        <x:v>112597.06</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:2">
       <x:c r="A396" s="2">
-        <x:v>45421</x:v>
+        <x:v>45445</x:v>
       </x:c>
       <x:c r="B396" s="3">
-        <x:v>112282.4</x:v>
+        <x:v>112583.68</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:2">
       <x:c r="A397" s="2">
-        <x:v>45418</x:v>
+        <x:v>45442</x:v>
       </x:c>
       <x:c r="B397" s="3">
-        <x:v>112250.48</x:v>
+        <x:v>112548.03</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:2">
       <x:c r="A398" s="2">
-        <x:v>45417</x:v>
+        <x:v>45441</x:v>
       </x:c>
       <x:c r="B398" s="3">
-        <x:v>112235.13</x:v>
+        <x:v>112535.35</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:2">
       <x:c r="A399" s="2">
-        <x:v>45414</x:v>
+        <x:v>45440</x:v>
       </x:c>
       <x:c r="B399" s="3">
-        <x:v>112201.36</x:v>
+        <x:v>112523.22</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:2">
       <x:c r="A400" s="2">
-        <x:v>45413</x:v>
+        <x:v>45439</x:v>
       </x:c>
       <x:c r="B400" s="3">
-        <x:v>112189.54</x:v>
+        <x:v>112510.42</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:2">
       <x:c r="A401" s="2">
-        <x:v>45411</x:v>
+        <x:v>45438</x:v>
       </x:c>
       <x:c r="B401" s="3">
-        <x:v>112165.45</x:v>
+        <x:v>112496.33</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:2">
       <x:c r="A402" s="2">
-        <x:v>45410</x:v>
+        <x:v>45435</x:v>
       </x:c>
       <x:c r="B402" s="3">
-        <x:v>112149.38</x:v>
+        <x:v>112461.15</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:2">
       <x:c r="A403" s="2">
-        <x:v>45407</x:v>
+        <x:v>45434</x:v>
       </x:c>
       <x:c r="B403" s="3">
-        <x:v>112114.37</x:v>
+        <x:v>112448.72</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:2">
       <x:c r="A404" s="2">
-        <x:v>45406</x:v>
+        <x:v>45433</x:v>
       </x:c>
       <x:c r="B404" s="3">
-        <x:v>112101.72</x:v>
+        <x:v>112436.6</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:2">
       <x:c r="A405" s="2">
-        <x:v>45405</x:v>
+        <x:v>45432</x:v>
       </x:c>
       <x:c r="B405" s="3">
-        <x:v>112089.03</x:v>
+        <x:v>112421.06</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:2">
       <x:c r="A406" s="2">
-        <x:v>45404</x:v>
+        <x:v>45428</x:v>
       </x:c>
       <x:c r="B406" s="3">
-        <x:v>112076.16</x:v>
+        <x:v>112376.38</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:2">
       <x:c r="A407" s="2">
-        <x:v>45403</x:v>
+        <x:v>45427</x:v>
       </x:c>
       <x:c r="B407" s="3">
-        <x:v>112061</x:v>
+        <x:v>112363.08</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:2">
       <x:c r="A408" s="2">
-        <x:v>45400</x:v>
+        <x:v>45426</x:v>
       </x:c>
       <x:c r="B408" s="3">
-        <x:v>112025.7</x:v>
+        <x:v>112350.58</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:2">
       <x:c r="A409" s="2">
-        <x:v>45399</x:v>
+        <x:v>45425</x:v>
       </x:c>
       <x:c r="B409" s="3">
-        <x:v>112012.8</x:v>
+        <x:v>112337.78</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:2">
       <x:c r="A410" s="2">
-        <x:v>45398</x:v>
+        <x:v>45424</x:v>
       </x:c>
       <x:c r="B410" s="3">
-        <x:v>112000.47</x:v>
+        <x:v>112321.78</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:2">
       <x:c r="A411" s="2">
-        <x:v>45397</x:v>
+        <x:v>45421</x:v>
       </x:c>
       <x:c r="B411" s="3">
-        <x:v>111988.48</x:v>
+        <x:v>112282.4</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:2">
       <x:c r="A412" s="2">
-        <x:v>45396</x:v>
+        <x:v>45418</x:v>
       </x:c>
       <x:c r="B412" s="3">
-        <x:v>111972.75</x:v>
+        <x:v>112250.48</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:2">
       <x:c r="A413" s="2">
-        <x:v>45393</x:v>
+        <x:v>45417</x:v>
       </x:c>
       <x:c r="B413" s="3">
-        <x:v>111938.21</x:v>
+        <x:v>112235.13</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:2">
       <x:c r="A414" s="2">
-        <x:v>45392</x:v>
+        <x:v>45414</x:v>
       </x:c>
       <x:c r="B414" s="3">
-        <x:v>111927.29</x:v>
+        <x:v>112201.36</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:2">
       <x:c r="A415" s="2">
-        <x:v>45391</x:v>
+        <x:v>45413</x:v>
       </x:c>
       <x:c r="B415" s="3">
-        <x:v>111916.16</x:v>
+        <x:v>112189.54</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:2">
       <x:c r="A416" s="2">
-        <x:v>45390</x:v>
+        <x:v>45411</x:v>
       </x:c>
       <x:c r="B416" s="3">
-        <x:v>111904.18</x:v>
+        <x:v>112165.45</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:2">
       <x:c r="A417" s="2">
-        <x:v>45389</x:v>
+        <x:v>45410</x:v>
       </x:c>
       <x:c r="B417" s="3">
-        <x:v>111891.32</x:v>
+        <x:v>112149.38</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:2">
       <x:c r="A418" s="2">
-        <x:v>45386</x:v>
+        <x:v>45407</x:v>
       </x:c>
       <x:c r="B418" s="3">
-        <x:v>111854.84</x:v>
+        <x:v>112114.37</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:2">
       <x:c r="A419" s="2">
-        <x:v>45385</x:v>
+        <x:v>45406</x:v>
       </x:c>
       <x:c r="B419" s="3">
-        <x:v>111842.21</x:v>
+        <x:v>112101.72</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:2">
       <x:c r="A420" s="2">
-        <x:v>45384</x:v>
+        <x:v>45405</x:v>
       </x:c>
       <x:c r="B420" s="3">
-        <x:v>111826.49</x:v>
+        <x:v>112089.03</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:2">
       <x:c r="A421" s="2">
-        <x:v>45383</x:v>
+        <x:v>45404</x:v>
       </x:c>
       <x:c r="B421" s="3">
-        <x:v>111813.03</x:v>
+        <x:v>112076.16</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:2">
       <x:c r="A422" s="2">
-        <x:v>45378</x:v>
+        <x:v>45403</x:v>
       </x:c>
       <x:c r="B422" s="3">
-        <x:v>111757.17</x:v>
+        <x:v>112061</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:2">
       <x:c r="A423" s="2">
-        <x:v>45377</x:v>
+        <x:v>45400</x:v>
       </x:c>
       <x:c r="B423" s="3">
-        <x:v>111744.31</x:v>
+        <x:v>112025.7</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:2">
       <x:c r="A424" s="2">
-        <x:v>45376</x:v>
+        <x:v>45399</x:v>
       </x:c>
       <x:c r="B424" s="3">
-        <x:v>111732.1</x:v>
+        <x:v>112012.8</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:2">
       <x:c r="A425" s="2">
-        <x:v>45375</x:v>
+        <x:v>45398</x:v>
       </x:c>
       <x:c r="B425" s="3">
-        <x:v>111716.85</x:v>
+        <x:v>112000.47</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:2">
       <x:c r="A426" s="2">
-        <x:v>45372</x:v>
+        <x:v>45397</x:v>
       </x:c>
       <x:c r="B426" s="3">
-        <x:v>111681.74</x:v>
+        <x:v>111988.48</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:2">
       <x:c r="A427" s="2">
-        <x:v>45371</x:v>
+        <x:v>45396</x:v>
       </x:c>
       <x:c r="B427" s="3">
-        <x:v>111669.02</x:v>
+        <x:v>111972.75</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:2">
       <x:c r="A428" s="2">
-        <x:v>45370</x:v>
+        <x:v>45393</x:v>
       </x:c>
       <x:c r="B428" s="3">
-        <x:v>111656.31</x:v>
+        <x:v>111938.21</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:2">
       <x:c r="A429" s="2">
-        <x:v>45369</x:v>
+        <x:v>45392</x:v>
       </x:c>
       <x:c r="B429" s="3">
-        <x:v>111643.92</x:v>
+        <x:v>111927.29</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:2">
       <x:c r="A430" s="2">
-        <x:v>45368</x:v>
+        <x:v>45391</x:v>
       </x:c>
       <x:c r="B430" s="3">
-        <x:v>111627.19</x:v>
+        <x:v>111916.16</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:2">
       <x:c r="A431" s="2">
-        <x:v>45365</x:v>
+        <x:v>45390</x:v>
       </x:c>
       <x:c r="B431" s="3">
-        <x:v>111591.21</x:v>
+        <x:v>111904.18</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:2">
       <x:c r="A432" s="2">
-        <x:v>45364</x:v>
+        <x:v>45389</x:v>
       </x:c>
       <x:c r="B432" s="3">
-        <x:v>111578.78</x:v>
+        <x:v>111891.32</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:2">
       <x:c r="A433" s="2">
-        <x:v>45363</x:v>
+        <x:v>45386</x:v>
       </x:c>
       <x:c r="B433" s="3">
-        <x:v>111566.11</x:v>
+        <x:v>111854.84</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:2">
       <x:c r="A434" s="2">
-        <x:v>45362</x:v>
+        <x:v>45385</x:v>
       </x:c>
       <x:c r="B434" s="3">
-        <x:v>111552.9</x:v>
+        <x:v>111842.21</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:2">
       <x:c r="A435" s="2">
-        <x:v>45361</x:v>
+        <x:v>45384</x:v>
       </x:c>
       <x:c r="B435" s="3">
-        <x:v>111539.62</x:v>
+        <x:v>111826.49</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:2">
       <x:c r="A436" s="2">
-        <x:v>45358</x:v>
+        <x:v>45383</x:v>
       </x:c>
       <x:c r="B436" s="3">
-        <x:v>111503.05</x:v>
+        <x:v>111813.03</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:2">
       <x:c r="A437" s="2">
-        <x:v>45357</x:v>
+        <x:v>45378</x:v>
       </x:c>
       <x:c r="B437" s="3">
-        <x:v>111489.98</x:v>
+        <x:v>111757.17</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:2">
       <x:c r="A438" s="2">
-        <x:v>45356</x:v>
+        <x:v>45377</x:v>
       </x:c>
       <x:c r="B438" s="3">
-        <x:v>111477.3</x:v>
+        <x:v>111744.31</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:2">
       <x:c r="A439" s="2">
-        <x:v>45355</x:v>
+        <x:v>45376</x:v>
       </x:c>
       <x:c r="B439" s="3">
-        <x:v>111464.78</x:v>
+        <x:v>111732.1</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:2">
       <x:c r="A440" s="2">
-        <x:v>45354</x:v>
+        <x:v>45375</x:v>
       </x:c>
       <x:c r="B440" s="3">
-        <x:v>111450.81</x:v>
+        <x:v>111716.85</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:2">
       <x:c r="A441" s="2">
-        <x:v>45351</x:v>
+        <x:v>45372</x:v>
       </x:c>
       <x:c r="B441" s="3">
-        <x:v>111417.52</x:v>
+        <x:v>111681.74</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:2">
       <x:c r="A442" s="2">
-        <x:v>45350</x:v>
+        <x:v>45371</x:v>
       </x:c>
       <x:c r="B442" s="3">
-        <x:v>111404.31</x:v>
+        <x:v>111669.02</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:2">
       <x:c r="A443" s="2">
-        <x:v>45349</x:v>
+        <x:v>45370</x:v>
       </x:c>
       <x:c r="B443" s="3">
-        <x:v>111391.34</x:v>
+        <x:v>111656.31</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:2">
       <x:c r="A444" s="2">
-        <x:v>45348</x:v>
+        <x:v>45369</x:v>
       </x:c>
       <x:c r="B444" s="3">
-        <x:v>111378.91</x:v>
+        <x:v>111643.92</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:2">
       <x:c r="A445" s="2">
-        <x:v>45347</x:v>
+        <x:v>45368</x:v>
       </x:c>
       <x:c r="B445" s="3">
-        <x:v>111363.02</x:v>
+        <x:v>111627.19</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:2">
       <x:c r="A446" s="2">
-        <x:v>45344</x:v>
+        <x:v>45365</x:v>
       </x:c>
       <x:c r="B446" s="3">
-        <x:v>111328.02</x:v>
+        <x:v>111591.21</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:2">
       <x:c r="A447" s="2">
-        <x:v>45343</x:v>
+        <x:v>45364</x:v>
       </x:c>
       <x:c r="B447" s="3">
-        <x:v>111316.11</x:v>
+        <x:v>111578.78</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:2">
       <x:c r="A448" s="2">
-        <x:v>45342</x:v>
+        <x:v>45363</x:v>
       </x:c>
       <x:c r="B448" s="3">
-        <x:v>111303.43</x:v>
+        <x:v>111566.11</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:2">
       <x:c r="A449" s="2">
-        <x:v>45341</x:v>
+        <x:v>45362</x:v>
       </x:c>
       <x:c r="B449" s="3">
-        <x:v>111291.43</x:v>
+        <x:v>111552.9</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:2">
       <x:c r="A450" s="2">
-        <x:v>45340</x:v>
+        <x:v>45361</x:v>
       </x:c>
       <x:c r="B450" s="3">
-        <x:v>111274.59</x:v>
+        <x:v>111539.62</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:2">
       <x:c r="A451" s="2">
-        <x:v>45337</x:v>
+        <x:v>45358</x:v>
       </x:c>
       <x:c r="B451" s="3">
-        <x:v>111239.75</x:v>
+        <x:v>111503.05</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:2">
       <x:c r="A452" s="2">
-        <x:v>45336</x:v>
+        <x:v>45357</x:v>
       </x:c>
       <x:c r="B452" s="3">
-        <x:v>111227.48</x:v>
+        <x:v>111489.98</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:2">
       <x:c r="A453" s="2">
-        <x:v>45335</x:v>
+        <x:v>45356</x:v>
       </x:c>
       <x:c r="B453" s="3">
-        <x:v>111215.21</x:v>
+        <x:v>111477.3</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:2">
       <x:c r="A454" s="2">
-        <x:v>45334</x:v>
+        <x:v>45355</x:v>
       </x:c>
       <x:c r="B454" s="3">
-        <x:v>111202.08</x:v>
+        <x:v>111464.78</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:2">
       <x:c r="A455" s="2">
-        <x:v>45333</x:v>
+        <x:v>45354</x:v>
       </x:c>
       <x:c r="B455" s="3">
-        <x:v>111184.84</x:v>
+        <x:v>111450.81</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:2">
       <x:c r="A456" s="2">
-        <x:v>45330</x:v>
+        <x:v>45351</x:v>
       </x:c>
       <x:c r="B456" s="3">
-        <x:v>111148.91</x:v>
+        <x:v>111417.52</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:2">
       <x:c r="A457" s="2">
-        <x:v>45329</x:v>
+        <x:v>45350</x:v>
       </x:c>
       <x:c r="B457" s="3">
-        <x:v>111136.95</x:v>
+        <x:v>111404.31</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:2">
       <x:c r="A458" s="2">
-        <x:v>45328</x:v>
+        <x:v>45349</x:v>
       </x:c>
       <x:c r="B458" s="3">
-        <x:v>111124.43</x:v>
+        <x:v>111391.34</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:2">
       <x:c r="A459" s="2">
-        <x:v>45327</x:v>
+        <x:v>45348</x:v>
       </x:c>
       <x:c r="B459" s="3">
-        <x:v>111112.05</x:v>
+        <x:v>111378.91</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:2">
       <x:c r="A460" s="2">
-        <x:v>45326</x:v>
+        <x:v>45347</x:v>
       </x:c>
       <x:c r="B460" s="3">
-        <x:v>111097.89</x:v>
+        <x:v>111363.02</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:2">
       <x:c r="A461" s="2">
-        <x:v>45323</x:v>
+        <x:v>45344</x:v>
       </x:c>
       <x:c r="B461" s="3">
-        <x:v>111063.13</x:v>
+        <x:v>111328.02</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:2">
       <x:c r="A462" s="2">
-        <x:v>45322</x:v>
+        <x:v>45343</x:v>
       </x:c>
       <x:c r="B462" s="3">
-        <x:v>111051.34</x:v>
+        <x:v>111316.11</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:2">
       <x:c r="A463" s="2">
-        <x:v>45321</x:v>
+        <x:v>45342</x:v>
       </x:c>
       <x:c r="B463" s="3">
-        <x:v>111039.28</x:v>
+        <x:v>111303.43</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:2">
       <x:c r="A464" s="2">
-        <x:v>45320</x:v>
+        <x:v>45341</x:v>
       </x:c>
       <x:c r="B464" s="3">
-        <x:v>111026.19</x:v>
+        <x:v>111291.43</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:2">
       <x:c r="A465" s="2">
-        <x:v>45319</x:v>
+        <x:v>45340</x:v>
       </x:c>
       <x:c r="B465" s="3">
-        <x:v>111007.96</x:v>
+        <x:v>111274.59</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:2">
       <x:c r="A466" s="2">
-        <x:v>45316</x:v>
+        <x:v>45337</x:v>
       </x:c>
       <x:c r="B466" s="3">
-        <x:v>110973.21</x:v>
+        <x:v>111239.75</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:2">
       <x:c r="A467" s="2">
-        <x:v>45315</x:v>
+        <x:v>45336</x:v>
       </x:c>
       <x:c r="B467" s="3">
-        <x:v>110960.64</x:v>
+        <x:v>111227.48</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:2">
       <x:c r="A468" s="2">
-        <x:v>45314</x:v>
+        <x:v>45335</x:v>
       </x:c>
       <x:c r="B468" s="3">
-        <x:v>110948.41</x:v>
+        <x:v>111215.21</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:2">
       <x:c r="A469" s="2">
-        <x:v>45313</x:v>
+        <x:v>45334</x:v>
       </x:c>
       <x:c r="B469" s="3">
-        <x:v>110936.79</x:v>
+        <x:v>111202.08</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:2">
       <x:c r="A470" s="2">
-        <x:v>45312</x:v>
+        <x:v>45333</x:v>
       </x:c>
       <x:c r="B470" s="3">
-        <x:v>110922.34</x:v>
+        <x:v>111184.84</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:2">
       <x:c r="A471" s="2">
-        <x:v>45309</x:v>
+        <x:v>45330</x:v>
       </x:c>
       <x:c r="B471" s="3">
-        <x:v>110887.81</x:v>
+        <x:v>111148.91</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:2">
       <x:c r="A472" s="2">
-        <x:v>45308</x:v>
+        <x:v>45329</x:v>
       </x:c>
       <x:c r="B472" s="3">
-        <x:v>110874.88</x:v>
+        <x:v>111136.95</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:2">
       <x:c r="A473" s="2">
-        <x:v>45307</x:v>
+        <x:v>45328</x:v>
       </x:c>
       <x:c r="B473" s="3">
-        <x:v>110862.21</x:v>
+        <x:v>111124.43</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:2">
       <x:c r="A474" s="2">
-        <x:v>45306</x:v>
+        <x:v>45327</x:v>
       </x:c>
       <x:c r="B474" s="3">
-        <x:v>110849.21</x:v>
+        <x:v>111112.05</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:2">
       <x:c r="A475" s="2">
-        <x:v>45305</x:v>
+        <x:v>45326</x:v>
       </x:c>
       <x:c r="B475" s="3">
-        <x:v>110833.89</x:v>
+        <x:v>111097.89</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:2">
       <x:c r="A476" s="2">
-        <x:v>45302</x:v>
+        <x:v>45323</x:v>
       </x:c>
       <x:c r="B476" s="3">
-        <x:v>110797.95</x:v>
+        <x:v>111063.13</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:2">
       <x:c r="A477" s="2">
-        <x:v>45301</x:v>
+        <x:v>45322</x:v>
       </x:c>
       <x:c r="B477" s="3">
-        <x:v>110784.93</x:v>
+        <x:v>111051.34</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:2">
       <x:c r="A478" s="2">
-        <x:v>45300</x:v>
+        <x:v>45321</x:v>
       </x:c>
       <x:c r="B478" s="3">
-        <x:v>110772.63</x:v>
+        <x:v>111039.28</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:2">
       <x:c r="A479" s="2">
-        <x:v>45299</x:v>
+        <x:v>45320</x:v>
       </x:c>
       <x:c r="B479" s="3">
-        <x:v>110760.35</x:v>
+        <x:v>111026.19</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:2">
       <x:c r="A480" s="2">
-        <x:v>45298</x:v>
+        <x:v>45319</x:v>
       </x:c>
       <x:c r="B480" s="3">
-        <x:v>110744.9</x:v>
+        <x:v>111007.96</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:2">
       <x:c r="A481" s="2">
-        <x:v>45295</x:v>
+        <x:v>45316</x:v>
       </x:c>
       <x:c r="B481" s="3">
-        <x:v>110708.73</x:v>
+        <x:v>110973.21</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:2">
       <x:c r="A482" s="2">
-        <x:v>45294</x:v>
+        <x:v>45315</x:v>
       </x:c>
       <x:c r="B482" s="3">
-        <x:v>110695.19</x:v>
+        <x:v>110960.64</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:2">
       <x:c r="A483" s="2">
-        <x:v>45293</x:v>
+        <x:v>45314</x:v>
       </x:c>
       <x:c r="B483" s="3">
-        <x:v>110685.39</x:v>
+        <x:v>110948.41</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:2">
       <x:c r="A484" s="2">
-        <x:v>45292</x:v>
+        <x:v>45313</x:v>
       </x:c>
       <x:c r="B484" s="3">
-        <x:v>110672.58</x:v>
+        <x:v>110936.79</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:2">
       <x:c r="A485" s="2">
-        <x:v>45288</x:v>
+        <x:v>45312</x:v>
       </x:c>
       <x:c r="B485" s="3">
-        <x:v>110629.36</x:v>
+        <x:v>110922.34</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:2">
       <x:c r="A486" s="2">
-        <x:v>45287</x:v>
+        <x:v>45309</x:v>
       </x:c>
       <x:c r="B486" s="3">
-        <x:v>110615.54</x:v>
+        <x:v>110887.81</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:2">
       <x:c r="A487" s="2">
-        <x:v>45286</x:v>
+        <x:v>45308</x:v>
       </x:c>
       <x:c r="B487" s="3">
-        <x:v>110598.94</x:v>
+        <x:v>110874.88</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:2">
       <x:c r="A488" s="2">
-        <x:v>45281</x:v>
+        <x:v>45307</x:v>
       </x:c>
       <x:c r="B488" s="3">
-        <x:v>110543.03</x:v>
+        <x:v>110862.21</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:2">
       <x:c r="A489" s="2">
-        <x:v>45280</x:v>
+        <x:v>45306</x:v>
       </x:c>
       <x:c r="B489" s="3">
-        <x:v>110530.31</x:v>
+        <x:v>110849.21</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:2">
       <x:c r="A490" s="2">
-        <x:v>45279</x:v>
+        <x:v>45305</x:v>
       </x:c>
       <x:c r="B490" s="3">
-        <x:v>110516.85</x:v>
+        <x:v>110833.89</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:2">
       <x:c r="A491" s="2">
-        <x:v>45278</x:v>
+        <x:v>45302</x:v>
       </x:c>
       <x:c r="B491" s="3">
-        <x:v>110504.68</x:v>
+        <x:v>110797.95</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:2">
       <x:c r="A492" s="2">
-        <x:v>45277</x:v>
+        <x:v>45301</x:v>
       </x:c>
       <x:c r="B492" s="3">
-        <x:v>110489.82</x:v>
+        <x:v>110784.93</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:2">
       <x:c r="A493" s="2">
-        <x:v>45274</x:v>
+        <x:v>45300</x:v>
       </x:c>
       <x:c r="B493" s="3">
-        <x:v>110453.57</x:v>
+        <x:v>110772.63</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:2">
       <x:c r="A494" s="2">
-        <x:v>45273</x:v>
+        <x:v>45299</x:v>
       </x:c>
       <x:c r="B494" s="3">
-        <x:v>110439.96</x:v>
+        <x:v>110760.35</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:2">
       <x:c r="A495" s="2">
-        <x:v>45272</x:v>
+        <x:v>45298</x:v>
       </x:c>
       <x:c r="B495" s="3">
-        <x:v>110427.81</x:v>
+        <x:v>110744.9</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:2">
       <x:c r="A496" s="2">
-        <x:v>45271</x:v>
+        <x:v>45295</x:v>
       </x:c>
       <x:c r="B496" s="3">
-        <x:v>110415.32</x:v>
+        <x:v>110708.73</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:2">
       <x:c r="A497" s="2">
-        <x:v>45270</x:v>
+        <x:v>45294</x:v>
       </x:c>
       <x:c r="B497" s="3">
-        <x:v>110400.16</x:v>
+        <x:v>110695.19</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:2">
       <x:c r="A498" s="2">
-        <x:v>45267</x:v>
+        <x:v>45293</x:v>
       </x:c>
       <x:c r="B498" s="3">
-        <x:v>110365.4</x:v>
+        <x:v>110685.39</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:2">
       <x:c r="A499" s="2">
-        <x:v>45266</x:v>
+        <x:v>45292</x:v>
       </x:c>
       <x:c r="B499" s="3">
-        <x:v>110353.32</x:v>
+        <x:v>110672.58</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:2">
       <x:c r="A500" s="2">
-        <x:v>45265</x:v>
+        <x:v>45288</x:v>
       </x:c>
       <x:c r="B500" s="3">
-        <x:v>110340.07</x:v>
+        <x:v>110629.36</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:2">
       <x:c r="A501" s="2">
-        <x:v>45264</x:v>
+        <x:v>45287</x:v>
       </x:c>
       <x:c r="B501" s="3">
-        <x:v>110327.73</x:v>
+        <x:v>110615.54</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:2">
       <x:c r="A502" s="2">
-        <x:v>45263</x:v>
+        <x:v>45286</x:v>
       </x:c>
       <x:c r="B502" s="3">
-        <x:v>110309.92</x:v>
+        <x:v>110598.94</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:2">
       <x:c r="A503" s="2">
-        <x:v>45260</x:v>
+        <x:v>45281</x:v>
       </x:c>
       <x:c r="B503" s="3">
-        <x:v>110275.82</x:v>
+        <x:v>110543.03</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:2">
       <x:c r="A504" s="2">
-        <x:v>45259</x:v>
+        <x:v>45280</x:v>
       </x:c>
       <x:c r="B504" s="3">
-        <x:v>110262.86</x:v>
+        <x:v>110530.31</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:2">
       <x:c r="A505" s="2">
-        <x:v>45258</x:v>
+        <x:v>45279</x:v>
       </x:c>
       <x:c r="B505" s="3">
-        <x:v>110251.82</x:v>
+        <x:v>110516.85</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:2">
       <x:c r="A506" s="2">
-        <x:v>45257</x:v>
+        <x:v>45278</x:v>
       </x:c>
       <x:c r="B506" s="3">
-        <x:v>110239.84</x:v>
+        <x:v>110504.68</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:2">
       <x:c r="A507" s="2">
-        <x:v>45256</x:v>
+        <x:v>45277</x:v>
       </x:c>
       <x:c r="B507" s="3">
-        <x:v>110224.19</x:v>
+        <x:v>110489.82</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:2">
       <x:c r="A508" s="2">
-        <x:v>45253</x:v>
+        <x:v>45274</x:v>
       </x:c>
       <x:c r="B508" s="3">
-        <x:v>110190.59</x:v>
+        <x:v>110453.57</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:2">
       <x:c r="A509" s="2">
-        <x:v>45252</x:v>
+        <x:v>45273</x:v>
       </x:c>
       <x:c r="B509" s="3">
-        <x:v>110179.27</x:v>
+        <x:v>110439.96</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:2">
       <x:c r="A510" s="2">
-        <x:v>45251</x:v>
+        <x:v>45272</x:v>
       </x:c>
       <x:c r="B510" s="3">
-        <x:v>110166.76</x:v>
+        <x:v>110427.81</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:2">
       <x:c r="A511" s="2">
-        <x:v>45250</x:v>
+        <x:v>45271</x:v>
       </x:c>
       <x:c r="B511" s="3">
-        <x:v>110154.02</x:v>
+        <x:v>110415.32</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:2">
       <x:c r="A512" s="2">
-        <x:v>45249</x:v>
+        <x:v>45270</x:v>
       </x:c>
       <x:c r="B512" s="3">
-        <x:v>110138.81</x:v>
+        <x:v>110400.16</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:2">
       <x:c r="A513" s="2">
-        <x:v>45246</x:v>
+        <x:v>45267</x:v>
       </x:c>
       <x:c r="B513" s="3">
-        <x:v>110104.33</x:v>
+        <x:v>110365.4</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:2">
       <x:c r="A514" s="2">
-        <x:v>45245</x:v>
+        <x:v>45266</x:v>
       </x:c>
       <x:c r="B514" s="3">
-        <x:v>110091.32</x:v>
+        <x:v>110353.32</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:2">
       <x:c r="A515" s="2">
-        <x:v>45244</x:v>
+        <x:v>45265</x:v>
       </x:c>
       <x:c r="B515" s="3">
-        <x:v>110077.7</x:v>
+        <x:v>110340.07</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:2">
       <x:c r="A516" s="2">
-        <x:v>45243</x:v>
+        <x:v>45264</x:v>
       </x:c>
       <x:c r="B516" s="3">
-        <x:v>110064.16</x:v>
+        <x:v>110327.73</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:2">
       <x:c r="A517" s="2">
-        <x:v>45242</x:v>
+        <x:v>45263</x:v>
       </x:c>
       <x:c r="B517" s="3">
-        <x:v>110050.4</x:v>
+        <x:v>110309.92</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:2">
       <x:c r="A518" s="2">
-        <x:v>45239</x:v>
+        <x:v>45260</x:v>
       </x:c>
       <x:c r="B518" s="3">
-        <x:v>110015.67</x:v>
+        <x:v>110275.82</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:2">
       <x:c r="A519" s="2">
-        <x:v>45238</x:v>
+        <x:v>45259</x:v>
       </x:c>
       <x:c r="B519" s="3">
-        <x:v>110003.1</x:v>
+        <x:v>110262.86</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:2">
       <x:c r="A520" s="2">
-        <x:v>45237</x:v>
+        <x:v>45258</x:v>
       </x:c>
       <x:c r="B520" s="3">
-        <x:v>109990.76</x:v>
+        <x:v>110251.82</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:2">
       <x:c r="A521" s="2">
-        <x:v>45236</x:v>
+        <x:v>45257</x:v>
       </x:c>
       <x:c r="B521" s="3">
-        <x:v>109978.52</x:v>
+        <x:v>110239.84</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:2">
       <x:c r="A522" s="2">
-        <x:v>45235</x:v>
+        <x:v>45256</x:v>
       </x:c>
       <x:c r="B522" s="3">
-        <x:v>109960.56</x:v>
+        <x:v>110224.19</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:2">
       <x:c r="A523" s="2">
-        <x:v>45232</x:v>
+        <x:v>45253</x:v>
       </x:c>
       <x:c r="B523" s="3">
-        <x:v>109926.8</x:v>
+        <x:v>110190.59</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:2">
       <x:c r="A524" s="2">
-        <x:v>45231</x:v>
+        <x:v>45252</x:v>
       </x:c>
       <x:c r="B524" s="3">
-        <x:v>109911.77</x:v>
+        <x:v>110179.27</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:2">
       <x:c r="A525" s="2">
-        <x:v>45229</x:v>
+        <x:v>45251</x:v>
       </x:c>
       <x:c r="B525" s="3">
-        <x:v>109890.85</x:v>
+        <x:v>110166.76</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:2">
       <x:c r="A526" s="2">
-        <x:v>45228</x:v>
+        <x:v>45250</x:v>
       </x:c>
       <x:c r="B526" s="3">
-        <x:v>109877.6</x:v>
+        <x:v>110154.02</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:2">
       <x:c r="A527" s="2">
-        <x:v>45225</x:v>
+        <x:v>45249</x:v>
       </x:c>
       <x:c r="B527" s="3">
-        <x:v>109843.49</x:v>
+        <x:v>110138.81</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:2">
       <x:c r="A528" s="2">
-        <x:v>45224</x:v>
+        <x:v>45246</x:v>
       </x:c>
       <x:c r="B528" s="3">
-        <x:v>109831.53</x:v>
+        <x:v>110104.33</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:2">
       <x:c r="A529" s="2">
-        <x:v>45223</x:v>
+        <x:v>45245</x:v>
       </x:c>
       <x:c r="B529" s="3">
-        <x:v>109819.67</x:v>
+        <x:v>110091.32</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:2">
       <x:c r="A530" s="2">
-        <x:v>45222</x:v>
+        <x:v>45244</x:v>
       </x:c>
       <x:c r="B530" s="3">
-        <x:v>109807.77</x:v>
+        <x:v>110077.7</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:2">
       <x:c r="A531" s="2">
-        <x:v>45221</x:v>
+        <x:v>45243</x:v>
       </x:c>
       <x:c r="B531" s="3">
-        <x:v>109789.14</x:v>
+        <x:v>110064.16</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:2">
       <x:c r="A532" s="2">
-        <x:v>45218</x:v>
+        <x:v>45242</x:v>
       </x:c>
       <x:c r="B532" s="3">
-        <x:v>109753.46</x:v>
+        <x:v>110050.4</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:2">
       <x:c r="A533" s="2">
-        <x:v>45217</x:v>
+        <x:v>45239</x:v>
       </x:c>
       <x:c r="B533" s="3">
-        <x:v>109741.5</x:v>
+        <x:v>110015.67</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:2">
       <x:c r="A534" s="2">
-        <x:v>45216</x:v>
+        <x:v>45238</x:v>
       </x:c>
       <x:c r="B534" s="3">
-        <x:v>109729.38</x:v>
+        <x:v>110003.1</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:2">
       <x:c r="A535" s="2">
-        <x:v>45215</x:v>
+        <x:v>45237</x:v>
       </x:c>
       <x:c r="B535" s="3">
-        <x:v>109717.08</x:v>
+        <x:v>109990.76</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:2">
       <x:c r="A536" s="2">
-        <x:v>45214</x:v>
+        <x:v>45236</x:v>
       </x:c>
       <x:c r="B536" s="3">
-        <x:v>109704.21</x:v>
+        <x:v>109978.52</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:2">
       <x:c r="A537" s="2">
-        <x:v>45211</x:v>
+        <x:v>45235</x:v>
       </x:c>
       <x:c r="B537" s="3">
-        <x:v>109669.57</x:v>
+        <x:v>109960.56</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:2">
       <x:c r="A538" s="2">
-        <x:v>45210</x:v>
+        <x:v>45232</x:v>
       </x:c>
       <x:c r="B538" s="3">
-        <x:v>109656.67</x:v>
+        <x:v>109926.8</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:2">
       <x:c r="A539" s="2">
-        <x:v>45209</x:v>
+        <x:v>45231</x:v>
       </x:c>
       <x:c r="B539" s="3">
-        <x:v>109644.42</x:v>
+        <x:v>109911.77</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:2">
       <x:c r="A540" s="2">
-        <x:v>45208</x:v>
+        <x:v>45229</x:v>
       </x:c>
       <x:c r="B540" s="3">
-        <x:v>109631.31</x:v>
+        <x:v>109890.85</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:2">
       <x:c r="A541" s="2">
-        <x:v>45207</x:v>
+        <x:v>45228</x:v>
       </x:c>
       <x:c r="B541" s="3">
-        <x:v>109615.75</x:v>
+        <x:v>109877.6</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:2">
       <x:c r="A542" s="2">
-        <x:v>45204</x:v>
+        <x:v>45225</x:v>
       </x:c>
       <x:c r="B542" s="3">
-        <x:v>109580.92</x:v>
+        <x:v>109843.49</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:2">
       <x:c r="A543" s="2">
-        <x:v>45203</x:v>
+        <x:v>45224</x:v>
       </x:c>
       <x:c r="B543" s="3">
-        <x:v>109567.28</x:v>
+        <x:v>109831.53</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:2">
       <x:c r="A544" s="2">
-        <x:v>45202</x:v>
+        <x:v>45223</x:v>
       </x:c>
       <x:c r="B544" s="3">
-        <x:v>109557.78</x:v>
+        <x:v>109819.67</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:2">
       <x:c r="A545" s="2">
-        <x:v>45201</x:v>
+        <x:v>45222</x:v>
       </x:c>
       <x:c r="B545" s="3">
-        <x:v>109547.88</x:v>
+        <x:v>109807.77</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:2">
       <x:c r="A546" s="2">
-        <x:v>45200</x:v>
+        <x:v>45221</x:v>
       </x:c>
       <x:c r="B546" s="3">
-        <x:v>109531.62</x:v>
+        <x:v>109789.14</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:2">
       <x:c r="A547" s="2">
-        <x:v>45198</x:v>
+        <x:v>45218</x:v>
       </x:c>
       <x:c r="B547" s="3">
-        <x:v>109499.98</x:v>
+        <x:v>109753.46</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:2">
       <x:c r="A548" s="2">
-        <x:v>45197</x:v>
+        <x:v>45217</x:v>
       </x:c>
       <x:c r="B548" s="3">
-        <x:v>109499.98</x:v>
+        <x:v>109741.5</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:2">
       <x:c r="A549" s="2">
-        <x:v>45196</x:v>
+        <x:v>45216</x:v>
       </x:c>
       <x:c r="B549" s="3">
-        <x:v>109488.47</x:v>
+        <x:v>109729.38</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:2">
       <x:c r="A550" s="2">
-        <x:v>45195</x:v>
+        <x:v>45215</x:v>
       </x:c>
       <x:c r="B550" s="3">
-        <x:v>109475.8</x:v>
+        <x:v>109717.08</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:2">
       <x:c r="A551" s="2">
-        <x:v>45194</x:v>
+        <x:v>45214</x:v>
       </x:c>
       <x:c r="B551" s="3">
-        <x:v>109463.18</x:v>
+        <x:v>109704.21</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:2">
       <x:c r="A552" s="2">
-        <x:v>45193</x:v>
+        <x:v>45211</x:v>
       </x:c>
       <x:c r="B552" s="3">
-        <x:v>109446</x:v>
+        <x:v>109669.57</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:2">
       <x:c r="A553" s="2">
-        <x:v>45190</x:v>
+        <x:v>45210</x:v>
       </x:c>
       <x:c r="B553" s="3">
-        <x:v>109411.69</x:v>
+        <x:v>109656.67</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:2">
       <x:c r="A554" s="2">
-        <x:v>45189</x:v>
+        <x:v>45209</x:v>
       </x:c>
       <x:c r="B554" s="3">
-        <x:v>109399.94</x:v>
+        <x:v>109644.42</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:2">
       <x:c r="A555" s="2">
-        <x:v>45188</x:v>
+        <x:v>45208</x:v>
       </x:c>
       <x:c r="B555" s="3">
-        <x:v>109389.84</x:v>
+        <x:v>109631.31</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:2">
       <x:c r="A556" s="2">
-        <x:v>45187</x:v>
+        <x:v>45207</x:v>
       </x:c>
       <x:c r="B556" s="3">
-        <x:v>109378.91</x:v>
+        <x:v>109615.75</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:2">
       <x:c r="A557" s="2">
-        <x:v>45186</x:v>
+        <x:v>45204</x:v>
       </x:c>
       <x:c r="B557" s="3">
-        <x:v>109361.94</x:v>
+        <x:v>109580.92</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:2">
       <x:c r="A558" s="2">
-        <x:v>45183</x:v>
+        <x:v>45203</x:v>
       </x:c>
       <x:c r="B558" s="3">
-        <x:v>109332.39</x:v>
+        <x:v>109567.28</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:2">
       <x:c r="A559" s="2">
-        <x:v>45182</x:v>
+        <x:v>45202</x:v>
       </x:c>
       <x:c r="B559" s="3">
-        <x:v>109321.74</x:v>
+        <x:v>109557.78</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:2">
       <x:c r="A560" s="2">
-        <x:v>45181</x:v>
+        <x:v>45201</x:v>
       </x:c>
       <x:c r="B560" s="3">
-        <x:v>109312.6</x:v>
+        <x:v>109547.88</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:2">
       <x:c r="A561" s="2">
-        <x:v>45180</x:v>
+        <x:v>45200</x:v>
       </x:c>
       <x:c r="B561" s="3">
-        <x:v>109300.67</x:v>
+        <x:v>109531.62</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:2">
       <x:c r="A562" s="2">
-        <x:v>45179</x:v>
+        <x:v>45198</x:v>
       </x:c>
       <x:c r="B562" s="3">
-        <x:v>109286.5</x:v>
+        <x:v>109499.98</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:2">
       <x:c r="A563" s="2">
-        <x:v>45176</x:v>
+        <x:v>45197</x:v>
       </x:c>
       <x:c r="B563" s="3">
-        <x:v>109254.33</x:v>
+        <x:v>109499.98</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:2">
       <x:c r="A564" s="2">
-        <x:v>45175</x:v>
+        <x:v>45196</x:v>
       </x:c>
       <x:c r="B564" s="3">
-        <x:v>109243.07</x:v>
+        <x:v>109488.47</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:2">
       <x:c r="A565" s="2">
-        <x:v>45174</x:v>
+        <x:v>45195</x:v>
       </x:c>
       <x:c r="B565" s="3">
-        <x:v>109231.54</x:v>
+        <x:v>109475.8</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:2">
       <x:c r="A566" s="2">
-        <x:v>45173</x:v>
+        <x:v>45194</x:v>
       </x:c>
       <x:c r="B566" s="3">
-        <x:v>109219.88</x:v>
+        <x:v>109463.18</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:2">
       <x:c r="A567" s="2">
-        <x:v>45172</x:v>
+        <x:v>45193</x:v>
       </x:c>
       <x:c r="B567" s="3">
-        <x:v>109208.54</x:v>
+        <x:v>109446</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:2">
       <x:c r="A568" s="2">
-        <x:v>45169</x:v>
+        <x:v>45190</x:v>
       </x:c>
       <x:c r="B568" s="3">
-        <x:v>109173.52</x:v>
+        <x:v>109411.69</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:2">
       <x:c r="A569" s="2">
-        <x:v>45168</x:v>
+        <x:v>45189</x:v>
       </x:c>
       <x:c r="B569" s="3">
-        <x:v>109163.88</x:v>
+        <x:v>109399.94</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:2">
       <x:c r="A570" s="2">
-        <x:v>45167</x:v>
+        <x:v>45188</x:v>
       </x:c>
       <x:c r="B570" s="3">
-        <x:v>109153.44</x:v>
+        <x:v>109389.84</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:2">
       <x:c r="A571" s="2">
-        <x:v>45166</x:v>
+        <x:v>45187</x:v>
       </x:c>
       <x:c r="B571" s="3">
-        <x:v>109141.4</x:v>
+        <x:v>109378.91</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:2">
       <x:c r="A572" s="2">
-        <x:v>45165</x:v>
+        <x:v>45186</x:v>
       </x:c>
       <x:c r="B572" s="3">
-        <x:v>109128.07</x:v>
+        <x:v>109361.94</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:2">
       <x:c r="A573" s="2">
-        <x:v>45162</x:v>
+        <x:v>45183</x:v>
       </x:c>
       <x:c r="B573" s="3">
-        <x:v>109097.56</x:v>
+        <x:v>109332.39</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:2">
       <x:c r="A574" s="2">
-        <x:v>45161</x:v>
+        <x:v>45182</x:v>
       </x:c>
       <x:c r="B574" s="3">
-        <x:v>109084.63</x:v>
+        <x:v>109321.74</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:2">
       <x:c r="A575" s="2">
-        <x:v>45160</x:v>
+        <x:v>45181</x:v>
       </x:c>
       <x:c r="B575" s="3">
-        <x:v>109071.42</x:v>
+        <x:v>109312.6</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:2">
       <x:c r="A576" s="2">
-        <x:v>45159</x:v>
+        <x:v>45180</x:v>
       </x:c>
       <x:c r="B576" s="3">
-        <x:v>109061.78</x:v>
+        <x:v>109300.67</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:2">
       <x:c r="A577" s="2">
-        <x:v>45158</x:v>
+        <x:v>45179</x:v>
       </x:c>
       <x:c r="B577" s="3">
-        <x:v>109047.05</x:v>
+        <x:v>109286.5</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:2">
       <x:c r="A578" s="2">
-        <x:v>45155</x:v>
+        <x:v>45176</x:v>
       </x:c>
       <x:c r="B578" s="3">
-        <x:v>109016.91</x:v>
+        <x:v>109254.33</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:2">
       <x:c r="A579" s="2">
-        <x:v>45154</x:v>
+        <x:v>45175</x:v>
       </x:c>
       <x:c r="B579" s="3">
-        <x:v>109005.09</x:v>
+        <x:v>109243.07</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:2">
       <x:c r="A580" s="2">
-        <x:v>45153</x:v>
+        <x:v>45174</x:v>
       </x:c>
       <x:c r="B580" s="3">
-        <x:v>108991.43</x:v>
+        <x:v>109231.54</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:2">
       <x:c r="A581" s="2">
-        <x:v>45151</x:v>
+        <x:v>45173</x:v>
       </x:c>
       <x:c r="B581" s="3">
-        <x:v>108968.6</x:v>
+        <x:v>109219.88</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:2">
       <x:c r="A582" s="2">
-        <x:v>45148</x:v>
+        <x:v>45172</x:v>
       </x:c>
       <x:c r="B582" s="3">
-        <x:v>108935.03</x:v>
+        <x:v>109208.54</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:2">
       <x:c r="A583" s="2">
-        <x:v>45147</x:v>
+        <x:v>45169</x:v>
       </x:c>
       <x:c r="B583" s="3">
-        <x:v>108924.37</x:v>
+        <x:v>109173.52</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:2">
       <x:c r="A584" s="2">
-        <x:v>45146</x:v>
+        <x:v>45168</x:v>
       </x:c>
       <x:c r="B584" s="3">
-        <x:v>108911.86</x:v>
+        <x:v>109163.88</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:2">
       <x:c r="A585" s="2">
-        <x:v>45145</x:v>
+        <x:v>45167</x:v>
       </x:c>
       <x:c r="B585" s="3">
-        <x:v>108900.48</x:v>
+        <x:v>109153.44</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:2">
       <x:c r="A586" s="2">
-        <x:v>45144</x:v>
+        <x:v>45166</x:v>
       </x:c>
       <x:c r="B586" s="3">
-        <x:v>108886.99</x:v>
+        <x:v>109141.4</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:2">
       <x:c r="A587" s="2">
-        <x:v>45141</x:v>
+        <x:v>45165</x:v>
       </x:c>
       <x:c r="B587" s="3">
-        <x:v>108855.71</x:v>
+        <x:v>109128.07</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:2">
       <x:c r="A588" s="2">
-        <x:v>45140</x:v>
+        <x:v>45162</x:v>
       </x:c>
       <x:c r="B588" s="3">
-        <x:v>108844.84</x:v>
+        <x:v>109097.56</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:2">
       <x:c r="A589" s="2">
-        <x:v>45139</x:v>
+        <x:v>45161</x:v>
       </x:c>
       <x:c r="B589" s="3">
-        <x:v>108833.41</x:v>
+        <x:v>109084.63</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:2">
       <x:c r="A590" s="2">
-        <x:v>45138</x:v>
+        <x:v>45160</x:v>
       </x:c>
       <x:c r="B590" s="3">
-        <x:v>108822.63</x:v>
+        <x:v>109071.42</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:2">
       <x:c r="A591" s="2">
-        <x:v>45137</x:v>
+        <x:v>45159</x:v>
       </x:c>
       <x:c r="B591" s="3">
-        <x:v>108809.83</x:v>
+        <x:v>109061.78</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:2">
       <x:c r="A592" s="2">
-        <x:v>45134</x:v>
+        <x:v>45158</x:v>
       </x:c>
       <x:c r="B592" s="3">
-        <x:v>108780.49</x:v>
+        <x:v>109047.05</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:2">
       <x:c r="A593" s="2">
-        <x:v>45133</x:v>
+        <x:v>45155</x:v>
       </x:c>
       <x:c r="B593" s="3">
-        <x:v>108770.64</x:v>
+        <x:v>109016.91</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:2">
       <x:c r="A594" s="2">
-        <x:v>45132</x:v>
+        <x:v>45154</x:v>
       </x:c>
       <x:c r="B594" s="3">
-        <x:v>108759.81</x:v>
+        <x:v>109005.09</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:2">
       <x:c r="A595" s="2">
-        <x:v>45131</x:v>
+        <x:v>45153</x:v>
       </x:c>
       <x:c r="B595" s="3">
-        <x:v>108748.22</x:v>
+        <x:v>108991.43</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:2">
       <x:c r="A596" s="2">
-        <x:v>45130</x:v>
+        <x:v>45151</x:v>
       </x:c>
       <x:c r="B596" s="3">
-        <x:v>108735.58</x:v>
+        <x:v>108968.6</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:2">
       <x:c r="A597" s="2">
-        <x:v>45127</x:v>
+        <x:v>45148</x:v>
       </x:c>
       <x:c r="B597" s="3">
-        <x:v>108706.47</x:v>
+        <x:v>108935.03</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:2">
       <x:c r="A598" s="2">
-        <x:v>45126</x:v>
+        <x:v>45147</x:v>
       </x:c>
       <x:c r="B598" s="3">
-        <x:v>108694.78</x:v>
+        <x:v>108924.37</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:2">
       <x:c r="A599" s="2">
-        <x:v>45125</x:v>
+        <x:v>45146</x:v>
       </x:c>
       <x:c r="B599" s="3">
-        <x:v>108683.49</x:v>
+        <x:v>108911.86</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:2">
       <x:c r="A600" s="2">
-        <x:v>45124</x:v>
+        <x:v>45145</x:v>
       </x:c>
       <x:c r="B600" s="3">
-        <x:v>108671.9</x:v>
+        <x:v>108900.48</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:2">
       <x:c r="A601" s="2">
-        <x:v>45123</x:v>
+        <x:v>45144</x:v>
       </x:c>
       <x:c r="B601" s="3">
-        <x:v>108655.87</x:v>
+        <x:v>108886.99</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:2">
       <x:c r="A602" s="2">
-        <x:v>45119</x:v>
+        <x:v>45141</x:v>
       </x:c>
       <x:c r="B602" s="3">
-        <x:v>108619.29</x:v>
+        <x:v>108855.71</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:2">
       <x:c r="A603" s="2">
-        <x:v>45118</x:v>
+        <x:v>45140</x:v>
       </x:c>
       <x:c r="B603" s="3">
-        <x:v>108610.25</x:v>
+        <x:v>108844.84</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:2">
       <x:c r="A604" s="2">
-        <x:v>45117</x:v>
+        <x:v>45139</x:v>
       </x:c>
       <x:c r="B604" s="3">
-        <x:v>108600.25</x:v>
+        <x:v>108833.41</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:2">
       <x:c r="A605" s="2">
-        <x:v>45116</x:v>
+        <x:v>45138</x:v>
       </x:c>
       <x:c r="B605" s="3">
-        <x:v>108589.42</x:v>
+        <x:v>108822.63</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:2">
       <x:c r="A606" s="2">
-        <x:v>45113</x:v>
+        <x:v>45137</x:v>
       </x:c>
       <x:c r="B606" s="3">
-        <x:v>108558.95</x:v>
+        <x:v>108809.83</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:2">
       <x:c r="A607" s="2">
-        <x:v>45112</x:v>
+        <x:v>45134</x:v>
       </x:c>
       <x:c r="B607" s="3">
-        <x:v>108549.64</x:v>
+        <x:v>108780.49</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:2">
       <x:c r="A608" s="2">
-        <x:v>45111</x:v>
+        <x:v>45133</x:v>
       </x:c>
       <x:c r="B608" s="3">
-        <x:v>108539.19</x:v>
+        <x:v>108770.64</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:2">
       <x:c r="A609" s="2">
-        <x:v>45110</x:v>
+        <x:v>45132</x:v>
       </x:c>
       <x:c r="B609" s="3">
-        <x:v>108528.78</x:v>
+        <x:v>108759.81</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:2">
       <x:c r="A610" s="2">
-        <x:v>45109</x:v>
+        <x:v>45131</x:v>
       </x:c>
       <x:c r="B610" s="3">
-        <x:v>108515.58</x:v>
+        <x:v>108748.22</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:2">
       <x:c r="A611" s="2">
-        <x:v>45106</x:v>
+        <x:v>45130</x:v>
       </x:c>
       <x:c r="B611" s="3">
-        <x:v>108487.08</x:v>
+        <x:v>108735.58</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:2">
       <x:c r="A612" s="2">
-        <x:v>45105</x:v>
+        <x:v>45127</x:v>
       </x:c>
       <x:c r="B612" s="3">
-        <x:v>108476.32</x:v>
+        <x:v>108706.47</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:2">
       <x:c r="A613" s="2">
-        <x:v>45104</x:v>
+        <x:v>45126</x:v>
       </x:c>
       <x:c r="B613" s="3">
-        <x:v>108465.77</x:v>
+        <x:v>108694.78</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:2">
       <x:c r="A614" s="2">
-        <x:v>45103</x:v>
+        <x:v>45125</x:v>
       </x:c>
       <x:c r="B614" s="3">
-        <x:v>108454.76</x:v>
+        <x:v>108683.49</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:2">
       <x:c r="A615" s="2">
-        <x:v>45102</x:v>
+        <x:v>45124</x:v>
       </x:c>
       <x:c r="B615" s="3">
-        <x:v>108442.12</x:v>
+        <x:v>108671.9</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:2">
       <x:c r="A616" s="2">
-        <x:v>45099</x:v>
+        <x:v>45123</x:v>
       </x:c>
       <x:c r="B616" s="3">
-        <x:v>108413.39</x:v>
+        <x:v>108655.87</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:2">
       <x:c r="A617" s="2">
-        <x:v>45098</x:v>
+        <x:v>45119</x:v>
       </x:c>
       <x:c r="B617" s="3">
-        <x:v>108402.64</x:v>
+        <x:v>108619.29</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:2">
       <x:c r="A618" s="2">
-        <x:v>45097</x:v>
+        <x:v>45118</x:v>
       </x:c>
       <x:c r="B618" s="3">
-        <x:v>108391.76</x:v>
+        <x:v>108610.25</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:2">
       <x:c r="A619" s="2">
-        <x:v>45096</x:v>
+        <x:v>45117</x:v>
       </x:c>
       <x:c r="B619" s="3">
-        <x:v>108381.75</x:v>
+        <x:v>108600.25</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:2">
       <x:c r="A620" s="2">
-        <x:v>45095</x:v>
+        <x:v>45116</x:v>
       </x:c>
       <x:c r="B620" s="3">
-        <x:v>108369.58</x:v>
+        <x:v>108589.42</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:2">
       <x:c r="A621" s="2">
-        <x:v>45092</x:v>
+        <x:v>45113</x:v>
       </x:c>
       <x:c r="B621" s="3">
-        <x:v>108342.82</x:v>
+        <x:v>108558.95</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:2">
       <x:c r="A622" s="2">
-        <x:v>45091</x:v>
+        <x:v>45112</x:v>
       </x:c>
       <x:c r="B622" s="3">
-        <x:v>108333.56</x:v>
+        <x:v>108549.64</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:2">
       <x:c r="A623" s="2">
-        <x:v>45090</x:v>
+        <x:v>45111</x:v>
       </x:c>
       <x:c r="B623" s="3">
-        <x:v>108323.5</x:v>
+        <x:v>108539.19</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:2">
       <x:c r="A624" s="2">
-        <x:v>45089</x:v>
+        <x:v>45110</x:v>
       </x:c>
       <x:c r="B624" s="3">
-        <x:v>108314.22</x:v>
+        <x:v>108528.78</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:2">
       <x:c r="A625" s="2">
-        <x:v>45088</x:v>
+        <x:v>45109</x:v>
       </x:c>
       <x:c r="B625" s="3">
-        <x:v>108301.43</x:v>
+        <x:v>108515.58</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:2">
       <x:c r="A626" s="2">
-        <x:v>45085</x:v>
+        <x:v>45106</x:v>
       </x:c>
       <x:c r="B626" s="3">
-        <x:v>108274.18</x:v>
+        <x:v>108487.08</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:2">
       <x:c r="A627" s="2">
-        <x:v>45084</x:v>
+        <x:v>45105</x:v>
       </x:c>
       <x:c r="B627" s="3">
-        <x:v>108265.18</x:v>
+        <x:v>108476.32</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:2">
       <x:c r="A628" s="2">
-        <x:v>45083</x:v>
+        <x:v>45104</x:v>
       </x:c>
       <x:c r="B628" s="3">
-        <x:v>108255.7</x:v>
+        <x:v>108465.77</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:2">
       <x:c r="A629" s="2">
-        <x:v>45082</x:v>
+        <x:v>45103</x:v>
       </x:c>
       <x:c r="B629" s="3">
-        <x:v>108245.33</x:v>
+        <x:v>108454.76</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:2">
       <x:c r="A630" s="2">
-        <x:v>45081</x:v>
+        <x:v>45102</x:v>
       </x:c>
       <x:c r="B630" s="3">
-        <x:v>108232.11</x:v>
+        <x:v>108442.12</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:2">
       <x:c r="A631" s="2">
-        <x:v>45078</x:v>
+        <x:v>45099</x:v>
       </x:c>
       <x:c r="B631" s="3">
-        <x:v>108205.49</x:v>
+        <x:v>108413.39</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:2">
       <x:c r="A632" s="2">
-        <x:v>45077</x:v>
+        <x:v>45098</x:v>
       </x:c>
       <x:c r="B632" s="3">
-        <x:v>108195.75</x:v>
+        <x:v>108402.64</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:2">
       <x:c r="A633" s="2">
-        <x:v>45076</x:v>
+        <x:v>45097</x:v>
       </x:c>
       <x:c r="B633" s="3">
-        <x:v>108187.03</x:v>
+        <x:v>108391.76</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:2">
       <x:c r="A634" s="2">
-        <x:v>45075</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="B634" s="3">
-        <x:v>108174.26</x:v>
+        <x:v>108381.75</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:2">
       <x:c r="A635" s="2">
-        <x:v>45071</x:v>
+        <x:v>45095</x:v>
       </x:c>
       <x:c r="B635" s="3">
-        <x:v>108140.43</x:v>
+        <x:v>108369.58</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:2">
       <x:c r="A636" s="2">
-        <x:v>45070</x:v>
+        <x:v>45092</x:v>
       </x:c>
       <x:c r="B636" s="3">
-        <x:v>108131.5</x:v>
+        <x:v>108342.82</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:2">
       <x:c r="A637" s="2">
-        <x:v>45069</x:v>
+        <x:v>45091</x:v>
       </x:c>
       <x:c r="B637" s="3">
-        <x:v>108121.43</x:v>
+        <x:v>108333.56</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:2">
       <x:c r="A638" s="2">
-        <x:v>45068</x:v>
+        <x:v>45090</x:v>
       </x:c>
       <x:c r="B638" s="3">
-        <x:v>108111.52</x:v>
+        <x:v>108323.5</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:2">
       <x:c r="A639" s="2">
-        <x:v>45067</x:v>
+        <x:v>45089</x:v>
       </x:c>
       <x:c r="B639" s="3">
-        <x:v>108100.12</x:v>
+        <x:v>108314.22</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:2">
       <x:c r="A640" s="2">
-        <x:v>45064</x:v>
+        <x:v>45088</x:v>
       </x:c>
       <x:c r="B640" s="3">
-        <x:v>108072.82</x:v>
+        <x:v>108301.43</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:2">
       <x:c r="A641" s="2">
-        <x:v>45062</x:v>
+        <x:v>45085</x:v>
       </x:c>
       <x:c r="B641" s="3">
-        <x:v>108055.97</x:v>
+        <x:v>108274.18</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:2">
       <x:c r="A642" s="2">
-        <x:v>45061</x:v>
+        <x:v>45084</x:v>
       </x:c>
       <x:c r="B642" s="3">
-        <x:v>108044.99</x:v>
+        <x:v>108265.18</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:2">
       <x:c r="A643" s="2">
-        <x:v>45060</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="B643" s="3">
-        <x:v>108034.66</x:v>
+        <x:v>108255.7</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:2">
       <x:c r="A644" s="2">
-        <x:v>45057</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="B644" s="3">
-        <x:v>108009.41</x:v>
+        <x:v>108245.33</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:2">
       <x:c r="A645" s="2">
-        <x:v>45056</x:v>
+        <x:v>45081</x:v>
       </x:c>
       <x:c r="B645" s="3">
-        <x:v>107999.82</x:v>
+        <x:v>108232.11</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:2">
       <x:c r="A646" s="2">
-        <x:v>45055</x:v>
+        <x:v>45078</x:v>
       </x:c>
       <x:c r="B646" s="3">
-        <x:v>107991.73</x:v>
+        <x:v>108205.49</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:2">
       <x:c r="A647" s="2">
-        <x:v>45054</x:v>
+        <x:v>45077</x:v>
       </x:c>
       <x:c r="B647" s="3">
-        <x:v>107980.75</x:v>
+        <x:v>108195.75</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:2">
       <x:c r="A648" s="2">
-        <x:v>45050</x:v>
+        <x:v>45076</x:v>
       </x:c>
       <x:c r="B648" s="3">
-        <x:v>107948.79</x:v>
+        <x:v>108187.03</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:2">
       <x:c r="A649" s="2">
-        <x:v>45049</x:v>
+        <x:v>45075</x:v>
       </x:c>
       <x:c r="B649" s="3">
-        <x:v>107940.56</x:v>
+        <x:v>108174.26</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:2">
       <x:c r="A650" s="2">
-        <x:v>45048</x:v>
+        <x:v>45071</x:v>
       </x:c>
       <x:c r="B650" s="3">
-        <x:v>107929.57</x:v>
+        <x:v>108140.43</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:2">
       <x:c r="A651" s="2">
-        <x:v>45047</x:v>
+        <x:v>45070</x:v>
       </x:c>
       <x:c r="B651" s="3">
-        <x:v>107918.84</x:v>
+        <x:v>108131.5</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:2">
       <x:c r="A652" s="2">
-        <x:v>45043</x:v>
+        <x:v>45069</x:v>
       </x:c>
       <x:c r="B652" s="3">
-        <x:v>107883.57</x:v>
+        <x:v>108121.43</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:2">
       <x:c r="A653" s="2">
-        <x:v>45042</x:v>
+        <x:v>45068</x:v>
       </x:c>
       <x:c r="B653" s="3">
-        <x:v>107876.02</x:v>
+        <x:v>108111.52</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:2">
       <x:c r="A654" s="2">
-        <x:v>45041</x:v>
+        <x:v>45067</x:v>
       </x:c>
       <x:c r="B654" s="3">
-        <x:v>107866.6</x:v>
+        <x:v>108100.12</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:2">
       <x:c r="A655" s="2">
-        <x:v>45040</x:v>
+        <x:v>45064</x:v>
       </x:c>
       <x:c r="B655" s="3">
-        <x:v>107858.31</x:v>
+        <x:v>108072.82</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:2">
       <x:c r="A656" s="2">
-        <x:v>45039</x:v>
+        <x:v>45062</x:v>
       </x:c>
       <x:c r="B656" s="3">
-        <x:v>107849.13</x:v>
+        <x:v>108055.97</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:2">
       <x:c r="A657" s="2">
-        <x:v>45036</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="B657" s="3">
-        <x:v>107825.11</x:v>
+        <x:v>108044.99</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:2">
       <x:c r="A658" s="2">
-        <x:v>45035</x:v>
+        <x:v>45060</x:v>
       </x:c>
       <x:c r="B658" s="3">
-        <x:v>107815.48</x:v>
+        <x:v>108034.66</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:2">
       <x:c r="A659" s="2">
-        <x:v>45034</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="B659" s="3">
-        <x:v>107806.93</x:v>
+        <x:v>108009.41</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:2">
       <x:c r="A660" s="2">
-        <x:v>45033</x:v>
+        <x:v>45056</x:v>
       </x:c>
       <x:c r="B660" s="3">
-        <x:v>107796.61</x:v>
+        <x:v>107999.82</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:2">
       <x:c r="A661" s="2">
-        <x:v>45032</x:v>
+        <x:v>45055</x:v>
       </x:c>
       <x:c r="B661" s="3">
-        <x:v>107786.92</x:v>
+        <x:v>107991.73</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:2">
       <x:c r="A662" s="2">
-        <x:v>45029</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="B662" s="3">
-        <x:v>107763.63</x:v>
+        <x:v>107980.75</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:2">
       <x:c r="A663" s="2">
-        <x:v>45028</x:v>
+        <x:v>45050</x:v>
       </x:c>
       <x:c r="B663" s="3">
-        <x:v>107754.26</x:v>
+        <x:v>107948.79</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:2">
       <x:c r="A664" s="2">
-        <x:v>45027</x:v>
+        <x:v>45049</x:v>
       </x:c>
       <x:c r="B664" s="3">
-        <x:v>107743.5</x:v>
+        <x:v>107940.56</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:2">
       <x:c r="A665" s="2">
-        <x:v>45026</x:v>
+        <x:v>45048</x:v>
       </x:c>
       <x:c r="B665" s="3">
-        <x:v>107731.24</x:v>
+        <x:v>107929.57</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:2">
       <x:c r="A666" s="2">
-        <x:v>45021</x:v>
+        <x:v>45047</x:v>
       </x:c>
       <x:c r="B666" s="3">
-        <x:v>107691.87</x:v>
+        <x:v>107918.84</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:2">
       <x:c r="A667" s="2">
-        <x:v>45020</x:v>
+        <x:v>45043</x:v>
       </x:c>
       <x:c r="B667" s="3">
-        <x:v>107683.31</x:v>
+        <x:v>107883.57</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:2">
       <x:c r="A668" s="2">
-        <x:v>45019</x:v>
+        <x:v>45042</x:v>
       </x:c>
       <x:c r="B668" s="3">
-        <x:v>107674.33</x:v>
+        <x:v>107876.02</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:2">
       <x:c r="A669" s="2">
-        <x:v>45018</x:v>
+        <x:v>45041</x:v>
       </x:c>
       <x:c r="B669" s="3">
-        <x:v>107666.26</x:v>
+        <x:v>107866.6</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:2">
       <x:c r="A670" s="2">
-        <x:v>45015</x:v>
+        <x:v>45040</x:v>
       </x:c>
       <x:c r="B670" s="3">
-        <x:v>107641.69</x:v>
+        <x:v>107858.31</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:2">
       <x:c r="A671" s="2">
-        <x:v>45014</x:v>
+        <x:v>45039</x:v>
       </x:c>
       <x:c r="B671" s="3">
-        <x:v>107634.37</x:v>
+        <x:v>107849.13</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:2">
       <x:c r="A672" s="2">
-        <x:v>45013</x:v>
+        <x:v>45036</x:v>
       </x:c>
       <x:c r="B672" s="3">
-        <x:v>107625.53</x:v>
+        <x:v>107825.11</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:2">
       <x:c r="A673" s="2">
-        <x:v>45012</x:v>
+        <x:v>45035</x:v>
       </x:c>
       <x:c r="B673" s="3">
-        <x:v>107616.15</x:v>
+        <x:v>107815.48</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:2">
       <x:c r="A674" s="2">
-        <x:v>45011</x:v>
+        <x:v>45034</x:v>
       </x:c>
       <x:c r="B674" s="3">
-        <x:v>107605.92</x:v>
+        <x:v>107806.93</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:2">
       <x:c r="A675" s="2">
-        <x:v>45008</x:v>
+        <x:v>45033</x:v>
       </x:c>
       <x:c r="B675" s="3">
-        <x:v>107579.51</x:v>
+        <x:v>107796.61</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:2">
       <x:c r="A676" s="2">
-        <x:v>45007</x:v>
+        <x:v>45032</x:v>
       </x:c>
       <x:c r="B676" s="3">
-        <x:v>107571.41</x:v>
+        <x:v>107786.92</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:2">
       <x:c r="A677" s="2">
-        <x:v>45006</x:v>
+        <x:v>45029</x:v>
       </x:c>
       <x:c r="B677" s="3">
-        <x:v>107563.04</x:v>
+        <x:v>107763.63</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:2">
       <x:c r="A678" s="2">
-        <x:v>45005</x:v>
+        <x:v>45028</x:v>
       </x:c>
       <x:c r="B678" s="3">
-        <x:v>107557.64</x:v>
+        <x:v>107754.26</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:2">
       <x:c r="A679" s="2">
-        <x:v>45004</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="B679" s="3">
-        <x:v>107549.99</x:v>
+        <x:v>107743.5</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:2">
       <x:c r="A680" s="2">
-        <x:v>45001</x:v>
+        <x:v>45026</x:v>
       </x:c>
       <x:c r="B680" s="3">
-        <x:v>107533.38</x:v>
+        <x:v>107731.24</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:2">
       <x:c r="A681" s="2">
-        <x:v>45000</x:v>
+        <x:v>45021</x:v>
       </x:c>
       <x:c r="B681" s="3">
-        <x:v>107521.65</x:v>
+        <x:v>107691.87</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:2">
       <x:c r="A682" s="2">
-        <x:v>44999</x:v>
+        <x:v>45020</x:v>
       </x:c>
       <x:c r="B682" s="3">
-        <x:v>107513.86</x:v>
+        <x:v>107683.31</x:v>
       </x:c>
     </x:row>
     <x:row r="683" spans="1:2">
       <x:c r="A683" s="2">
-        <x:v>44998</x:v>
+        <x:v>45019</x:v>
       </x:c>
       <x:c r="B683" s="3">
-        <x:v>107502.37</x:v>
+        <x:v>107674.33</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:2">
       <x:c r="A684" s="2">
-        <x:v>44997</x:v>
+        <x:v>45018</x:v>
       </x:c>
       <x:c r="B684" s="3">
-        <x:v>107492.84</x:v>
+        <x:v>107666.26</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:2">
       <x:c r="A685" s="2">
-        <x:v>44994</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="B685" s="3">
-        <x:v>107467.72</x:v>
+        <x:v>107641.69</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:2">
       <x:c r="A686" s="2">
-        <x:v>44993</x:v>
+        <x:v>45014</x:v>
       </x:c>
       <x:c r="B686" s="3">
-        <x:v>107460.45</x:v>
+        <x:v>107634.37</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:2">
       <x:c r="A687" s="2">
-        <x:v>44992</x:v>
+        <x:v>45013</x:v>
       </x:c>
       <x:c r="B687" s="3">
-        <x:v>107453.03</x:v>
+        <x:v>107625.53</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:2">
       <x:c r="A688" s="2">
-        <x:v>44991</x:v>
+        <x:v>45012</x:v>
       </x:c>
       <x:c r="B688" s="3">
-        <x:v>107445.95</x:v>
+        <x:v>107616.15</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:2">
       <x:c r="A689" s="2">
-        <x:v>44990</x:v>
+        <x:v>45011</x:v>
       </x:c>
       <x:c r="B689" s="3">
-        <x:v>107438.08</x:v>
+        <x:v>107605.92</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:2">
       <x:c r="A690" s="2">
-        <x:v>44987</x:v>
+        <x:v>45008</x:v>
       </x:c>
       <x:c r="B690" s="3">
-        <x:v>107414.72</x:v>
+        <x:v>107579.51</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:2">
       <x:c r="A691" s="2">
-        <x:v>44986</x:v>
+        <x:v>45007</x:v>
       </x:c>
       <x:c r="B691" s="3">
-        <x:v>107408.04</x:v>
+        <x:v>107571.41</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:2">
       <x:c r="A692" s="2">
-        <x:v>44985</x:v>
+        <x:v>45006</x:v>
       </x:c>
       <x:c r="B692" s="3">
-        <x:v>107400.5</x:v>
+        <x:v>107563.04</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:2">
       <x:c r="A693" s="2">
-        <x:v>44984</x:v>
+        <x:v>45005</x:v>
       </x:c>
       <x:c r="B693" s="3">
-        <x:v>107391.62</x:v>
+        <x:v>107557.64</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:2">
       <x:c r="A694" s="2">
-        <x:v>44983</x:v>
+        <x:v>45004</x:v>
       </x:c>
       <x:c r="B694" s="3">
-        <x:v>107385.65</x:v>
+        <x:v>107549.99</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:2">
       <x:c r="A695" s="2">
-        <x:v>44980</x:v>
+        <x:v>45001</x:v>
       </x:c>
       <x:c r="B695" s="3">
-        <x:v>107363.33</x:v>
+        <x:v>107533.38</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:2">
       <x:c r="A696" s="2">
-        <x:v>44979</x:v>
+        <x:v>45000</x:v>
       </x:c>
       <x:c r="B696" s="3">
-        <x:v>107355.48</x:v>
+        <x:v>107521.65</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:2">
       <x:c r="A697" s="2">
-        <x:v>44978</x:v>
+        <x:v>44999</x:v>
       </x:c>
       <x:c r="B697" s="3">
-        <x:v>107348.66</x:v>
+        <x:v>107513.86</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:2">
       <x:c r="A698" s="2">
-        <x:v>44977</x:v>
+        <x:v>44998</x:v>
       </x:c>
       <x:c r="B698" s="3">
-        <x:v>107341.17</x:v>
+        <x:v>107502.37</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:2">
       <x:c r="A699" s="2">
-        <x:v>44976</x:v>
+        <x:v>44997</x:v>
       </x:c>
       <x:c r="B699" s="3">
-        <x:v>107333.38</x:v>
+        <x:v>107492.84</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:2">
       <x:c r="A700" s="2">
-        <x:v>44973</x:v>
+        <x:v>44994</x:v>
       </x:c>
       <x:c r="B700" s="3">
-        <x:v>107312.31</x:v>
+        <x:v>107467.72</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:2">
       <x:c r="A701" s="2">
-        <x:v>44972</x:v>
+        <x:v>44993</x:v>
       </x:c>
       <x:c r="B701" s="3">
-        <x:v>107304.89</x:v>
+        <x:v>107460.45</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:2">
       <x:c r="A702" s="2">
-        <x:v>44971</x:v>
+        <x:v>44992</x:v>
       </x:c>
       <x:c r="B702" s="3">
-        <x:v>107296.54</x:v>
+        <x:v>107453.03</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:2">
       <x:c r="A703" s="2">
-        <x:v>44970</x:v>
+        <x:v>44991</x:v>
       </x:c>
       <x:c r="B703" s="3">
-        <x:v>107288.48</x:v>
+        <x:v>107445.95</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:2">
       <x:c r="A704" s="2">
-        <x:v>44969</x:v>
+        <x:v>44990</x:v>
       </x:c>
       <x:c r="B704" s="3">
-        <x:v>107280.15</x:v>
+        <x:v>107438.08</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:2">
       <x:c r="A705" s="2">
-        <x:v>44966</x:v>
+        <x:v>44987</x:v>
       </x:c>
       <x:c r="B705" s="3">
-        <x:v>107255.1</x:v>
+        <x:v>107414.72</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:2">
       <x:c r="A706" s="2">
-        <x:v>44965</x:v>
+        <x:v>44986</x:v>
       </x:c>
       <x:c r="B706" s="3">
-        <x:v>107247.66</x:v>
+        <x:v>107408.04</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:2">
       <x:c r="A707" s="2">
-        <x:v>44964</x:v>
+        <x:v>44985</x:v>
       </x:c>
       <x:c r="B707" s="3">
-        <x:v>107240.73</x:v>
+        <x:v>107400.5</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:2">
       <x:c r="A708" s="2">
-        <x:v>44963</x:v>
+        <x:v>44984</x:v>
       </x:c>
       <x:c r="B708" s="3">
-        <x:v>107234.85</x:v>
+        <x:v>107391.62</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:2">
       <x:c r="A709" s="2">
-        <x:v>44962</x:v>
+        <x:v>44983</x:v>
       </x:c>
       <x:c r="B709" s="3">
-        <x:v>107228.13</x:v>
+        <x:v>107385.65</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:2">
       <x:c r="A710" s="2">
-        <x:v>44959</x:v>
+        <x:v>44980</x:v>
       </x:c>
       <x:c r="B710" s="3">
-        <x:v>107209.71</x:v>
+        <x:v>107363.33</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:2">
       <x:c r="A711" s="2">
-        <x:v>44958</x:v>
+        <x:v>44979</x:v>
       </x:c>
       <x:c r="B711" s="3">
-        <x:v>107202.02</x:v>
+        <x:v>107355.48</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:2">
       <x:c r="A712" s="2">
-        <x:v>44957</x:v>
+        <x:v>44978</x:v>
       </x:c>
       <x:c r="B712" s="3">
-        <x:v>107195.6</x:v>
+        <x:v>107348.66</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:2">
       <x:c r="A713" s="2">
-        <x:v>44956</x:v>
+        <x:v>44977</x:v>
       </x:c>
       <x:c r="B713" s="3">
-        <x:v>107187.41</x:v>
+        <x:v>107341.17</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:2">
       <x:c r="A714" s="2">
-        <x:v>44955</x:v>
+        <x:v>44976</x:v>
       </x:c>
       <x:c r="B714" s="3">
-        <x:v>107181.83</x:v>
+        <x:v>107333.38</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:2">
       <x:c r="A715" s="2">
-        <x:v>44952</x:v>
+        <x:v>44973</x:v>
       </x:c>
       <x:c r="B715" s="3">
-        <x:v>107164.31</x:v>
+        <x:v>107312.31</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:2">
       <x:c r="A716" s="2">
-        <x:v>44951</x:v>
+        <x:v>44972</x:v>
       </x:c>
       <x:c r="B716" s="3">
-        <x:v>107157.52</x:v>
+        <x:v>107304.89</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:2">
       <x:c r="A717" s="2">
-        <x:v>44950</x:v>
+        <x:v>44971</x:v>
       </x:c>
       <x:c r="B717" s="3">
-        <x:v>107150.92</x:v>
+        <x:v>107296.54</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:2">
       <x:c r="A718" s="2">
-        <x:v>44949</x:v>
+        <x:v>44970</x:v>
       </x:c>
       <x:c r="B718" s="3">
-        <x:v>107144.47</x:v>
+        <x:v>107288.48</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:2">
       <x:c r="A719" s="2">
-        <x:v>44948</x:v>
+        <x:v>44969</x:v>
       </x:c>
       <x:c r="B719" s="3">
-        <x:v>107138.07</x:v>
+        <x:v>107280.15</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:2">
       <x:c r="A720" s="2">
-        <x:v>44945</x:v>
+        <x:v>44966</x:v>
       </x:c>
       <x:c r="B720" s="3">
-        <x:v>107121.7</x:v>
+        <x:v>107255.1</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:2">
       <x:c r="A721" s="2">
-        <x:v>44944</x:v>
+        <x:v>44965</x:v>
       </x:c>
       <x:c r="B721" s="3">
-        <x:v>107116.26</x:v>
+        <x:v>107247.66</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:2">
       <x:c r="A722" s="2">
-        <x:v>44943</x:v>
+        <x:v>44964</x:v>
       </x:c>
       <x:c r="B722" s="3">
-        <x:v>107110.55</x:v>
+        <x:v>107240.73</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:2">
       <x:c r="A723" s="2">
-        <x:v>44942</x:v>
+        <x:v>44963</x:v>
       </x:c>
       <x:c r="B723" s="3">
-        <x:v>107102.57</x:v>
+        <x:v>107234.85</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:2">
       <x:c r="A724" s="2">
-        <x:v>44941</x:v>
+        <x:v>44962</x:v>
       </x:c>
       <x:c r="B724" s="3">
-        <x:v>107096.67</x:v>
+        <x:v>107228.13</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:2">
       <x:c r="A725" s="2">
-        <x:v>44938</x:v>
+        <x:v>44959</x:v>
       </x:c>
       <x:c r="B725" s="3">
-        <x:v>107079.52</x:v>
+        <x:v>107209.71</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:2">
       <x:c r="A726" s="2">
-        <x:v>44937</x:v>
+        <x:v>44958</x:v>
       </x:c>
       <x:c r="B726" s="3">
-        <x:v>107073.38</x:v>
+        <x:v>107202.02</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:2">
       <x:c r="A727" s="2">
-        <x:v>44936</x:v>
+        <x:v>44957</x:v>
       </x:c>
       <x:c r="B727" s="3">
-        <x:v>107067.05</x:v>
+        <x:v>107195.6</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:2">
       <x:c r="A728" s="2">
-        <x:v>44935</x:v>
+        <x:v>44956</x:v>
       </x:c>
       <x:c r="B728" s="3">
-        <x:v>107060.7</x:v>
+        <x:v>107187.41</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:2">
       <x:c r="A729" s="2">
-        <x:v>44934</x:v>
+        <x:v>44955</x:v>
       </x:c>
       <x:c r="B729" s="3">
-        <x:v>107055.12</x:v>
+        <x:v>107181.83</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:2">
       <x:c r="A730" s="2">
-        <x:v>44931</x:v>
+        <x:v>44952</x:v>
       </x:c>
       <x:c r="B730" s="3">
-        <x:v>107039.95</x:v>
+        <x:v>107164.31</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:2">
       <x:c r="A731" s="2">
-        <x:v>44930</x:v>
+        <x:v>44951</x:v>
       </x:c>
       <x:c r="B731" s="3">
-        <x:v>107034.5</x:v>
+        <x:v>107157.52</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:2">
       <x:c r="A732" s="2">
-        <x:v>44929</x:v>
+        <x:v>44950</x:v>
       </x:c>
       <x:c r="B732" s="3">
-        <x:v>107026.85</x:v>
+        <x:v>107150.92</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:2">
       <x:c r="A733" s="2">
-        <x:v>44928</x:v>
+        <x:v>44949</x:v>
       </x:c>
       <x:c r="B733" s="3">
-        <x:v>107022.1</x:v>
+        <x:v>107144.47</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:2">
       <x:c r="A734" s="2">
-        <x:v>44927</x:v>
+        <x:v>44948</x:v>
       </x:c>
       <x:c r="B734" s="3">
-        <x:v>107015.19</x:v>
+        <x:v>107138.07</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:2">
       <x:c r="A735" s="2">
-        <x:v>44924</x:v>
+        <x:v>44945</x:v>
       </x:c>
       <x:c r="B735" s="3">
-        <x:v>106998.35</x:v>
+        <x:v>107121.7</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:2">
       <x:c r="A736" s="2">
-        <x:v>44923</x:v>
+        <x:v>44944</x:v>
       </x:c>
       <x:c r="B736" s="3">
-        <x:v>106993.8</x:v>
+        <x:v>107116.26</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:2">
       <x:c r="A737" s="2">
-        <x:v>44922</x:v>
+        <x:v>44943</x:v>
       </x:c>
       <x:c r="B737" s="3">
-        <x:v>106984.98</x:v>
+        <x:v>107110.55</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:2">
       <x:c r="A738" s="2">
-        <x:v>44921</x:v>
+        <x:v>44942</x:v>
       </x:c>
       <x:c r="B738" s="3">
-        <x:v>106978.05</x:v>
+        <x:v>107102.57</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:2">
       <x:c r="A739" s="2">
-        <x:v>44917</x:v>
+        <x:v>44941</x:v>
       </x:c>
       <x:c r="B739" s="3">
-        <x:v>106954.85</x:v>
+        <x:v>107096.67</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:2">
       <x:c r="A740" s="2">
-        <x:v>44916</x:v>
+        <x:v>44938</x:v>
       </x:c>
       <x:c r="B740" s="3">
-        <x:v>106948.79</x:v>
+        <x:v>107079.52</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:2">
       <x:c r="A741" s="2">
-        <x:v>44915</x:v>
+        <x:v>44937</x:v>
       </x:c>
       <x:c r="B741" s="3">
-        <x:v>106944.35</x:v>
+        <x:v>107073.38</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:2">
       <x:c r="A742" s="2">
-        <x:v>44914</x:v>
+        <x:v>44936</x:v>
       </x:c>
       <x:c r="B742" s="3">
-        <x:v>106938.93</x:v>
+        <x:v>107067.05</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:2">
       <x:c r="A743" s="2">
-        <x:v>44913</x:v>
+        <x:v>44935</x:v>
       </x:c>
       <x:c r="B743" s="3">
-        <x:v>106934.06</x:v>
+        <x:v>107060.7</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:2">
       <x:c r="A744" s="2">
-        <x:v>44910</x:v>
+        <x:v>44934</x:v>
       </x:c>
       <x:c r="B744" s="3">
-        <x:v>106921.72</x:v>
+        <x:v>107055.12</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:2">
       <x:c r="A745" s="2">
-        <x:v>44909</x:v>
+        <x:v>44931</x:v>
       </x:c>
       <x:c r="B745" s="3">
-        <x:v>106916.95</x:v>
+        <x:v>107039.95</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:2">
       <x:c r="A746" s="2">
-        <x:v>44908</x:v>
+        <x:v>44930</x:v>
       </x:c>
       <x:c r="B746" s="3">
-        <x:v>106911.48</x:v>
+        <x:v>107034.5</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:2">
       <x:c r="A747" s="2">
-        <x:v>44907</x:v>
+        <x:v>44929</x:v>
       </x:c>
       <x:c r="B747" s="3">
-        <x:v>106906.49</x:v>
+        <x:v>107026.85</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:2">
       <x:c r="A748" s="2">
-        <x:v>44906</x:v>
+        <x:v>44928</x:v>
       </x:c>
       <x:c r="B748" s="3">
-        <x:v>106900.34</x:v>
+        <x:v>107022.1</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:2">
       <x:c r="A749" s="2">
-        <x:v>44903</x:v>
+        <x:v>44927</x:v>
       </x:c>
       <x:c r="B749" s="3">
-        <x:v>106887.16</x:v>
+        <x:v>107015.19</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:2">
       <x:c r="A750" s="2">
-        <x:v>44902</x:v>
+        <x:v>44924</x:v>
       </x:c>
       <x:c r="B750" s="3">
-        <x:v>106883.85</x:v>
+        <x:v>106998.35</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:2">
       <x:c r="A751" s="2">
-        <x:v>44901</x:v>
+        <x:v>44923</x:v>
       </x:c>
       <x:c r="B751" s="3">
-        <x:v>106879.49</x:v>
+        <x:v>106993.8</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:2">
       <x:c r="A752" s="2">
-        <x:v>44900</x:v>
+        <x:v>44922</x:v>
       </x:c>
       <x:c r="B752" s="3">
-        <x:v>106874.27</x:v>
+        <x:v>106984.98</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:2">
       <x:c r="A753" s="2">
-        <x:v>44899</x:v>
+        <x:v>44921</x:v>
       </x:c>
       <x:c r="B753" s="3">
-        <x:v>106868.73</x:v>
+        <x:v>106978.05</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:2">
       <x:c r="A754" s="2">
-        <x:v>44896</x:v>
+        <x:v>44917</x:v>
       </x:c>
       <x:c r="B754" s="3">
-        <x:v>106856.62</x:v>
+        <x:v>106954.85</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:2">
       <x:c r="A755" s="2">
-        <x:v>44895</x:v>
+        <x:v>44916</x:v>
       </x:c>
       <x:c r="B755" s="3">
-        <x:v>106852.02</x:v>
+        <x:v>106948.79</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:2">
       <x:c r="A756" s="2">
-        <x:v>44894</x:v>
+        <x:v>44915</x:v>
       </x:c>
       <x:c r="B756" s="3">
-        <x:v>106847.08</x:v>
+        <x:v>106944.35</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:2">
       <x:c r="A757" s="2">
-        <x:v>44893</x:v>
+        <x:v>44914</x:v>
       </x:c>
       <x:c r="B757" s="3">
-        <x:v>106842.45</x:v>
+        <x:v>106938.93</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:2">
       <x:c r="A758" s="2">
-        <x:v>44892</x:v>
+        <x:v>44913</x:v>
       </x:c>
       <x:c r="B758" s="3">
-        <x:v>106837.84</x:v>
+        <x:v>106934.06</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:2">
       <x:c r="A759" s="2">
-        <x:v>44889</x:v>
+        <x:v>44910</x:v>
       </x:c>
       <x:c r="B759" s="3">
-        <x:v>106825.37</x:v>
+        <x:v>106921.72</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:2">
       <x:c r="A760" s="2">
-        <x:v>44888</x:v>
+        <x:v>44909</x:v>
       </x:c>
       <x:c r="B760" s="3">
-        <x:v>106820.84</x:v>
+        <x:v>106916.95</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:2">
       <x:c r="A761" s="2">
-        <x:v>44887</x:v>
+        <x:v>44908</x:v>
       </x:c>
       <x:c r="B761" s="3">
-        <x:v>106816.72</x:v>
+        <x:v>106911.48</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:2">
       <x:c r="A762" s="2">
-        <x:v>44886</x:v>
+        <x:v>44907</x:v>
       </x:c>
       <x:c r="B762" s="3">
-        <x:v>106810.99</x:v>
+        <x:v>106906.49</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:2">
       <x:c r="A763" s="2">
-        <x:v>44885</x:v>
+        <x:v>44906</x:v>
       </x:c>
       <x:c r="B763" s="3">
-        <x:v>106806.46</x:v>
+        <x:v>106900.34</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:2">
       <x:c r="A764" s="2">
-        <x:v>44882</x:v>
+        <x:v>44903</x:v>
       </x:c>
       <x:c r="B764" s="3">
-        <x:v>106795.82</x:v>
+        <x:v>106887.16</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:2">
       <x:c r="A765" s="2">
-        <x:v>44881</x:v>
+        <x:v>44902</x:v>
       </x:c>
       <x:c r="B765" s="3">
-        <x:v>106791.05</x:v>
+        <x:v>106883.85</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:2">
       <x:c r="A766" s="2">
-        <x:v>44880</x:v>
+        <x:v>44901</x:v>
       </x:c>
       <x:c r="B766" s="3">
-        <x:v>106785.53</x:v>
+        <x:v>106879.49</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:2">
       <x:c r="A767" s="2">
-        <x:v>44879</x:v>
+        <x:v>44900</x:v>
       </x:c>
       <x:c r="B767" s="3">
-        <x:v>106782.58</x:v>
+        <x:v>106874.27</x:v>
       </x:c>
     </x:row>
     <x:row r="768" spans="1:2">
       <x:c r="A768" s="2">
-        <x:v>44878</x:v>
+        <x:v>44899</x:v>
       </x:c>
       <x:c r="B768" s="3">
-        <x:v>106775.31</x:v>
+        <x:v>106868.73</x:v>
       </x:c>
     </x:row>
     <x:row r="769" spans="1:2">
       <x:c r="A769" s="2">
-        <x:v>44874</x:v>
+        <x:v>44896</x:v>
       </x:c>
       <x:c r="B769" s="3">
-        <x:v>106757.75</x:v>
+        <x:v>106856.62</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:2">
       <x:c r="A770" s="2">
-        <x:v>44873</x:v>
+        <x:v>44895</x:v>
       </x:c>
       <x:c r="B770" s="3">
-        <x:v>106753.45</x:v>
+        <x:v>106852.02</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:2">
       <x:c r="A771" s="2">
-        <x:v>44872</x:v>
+        <x:v>44894</x:v>
       </x:c>
       <x:c r="B771" s="3">
-        <x:v>106749.51</x:v>
+        <x:v>106847.08</x:v>
       </x:c>
     </x:row>
     <x:row r="772" spans="1:2">
       <x:c r="A772" s="2">
-        <x:v>44871</x:v>
+        <x:v>44893</x:v>
       </x:c>
       <x:c r="B772" s="3">
-        <x:v>106743.14</x:v>
+        <x:v>106842.45</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:2">
       <x:c r="A773" s="2">
-        <x:v>44868</x:v>
+        <x:v>44892</x:v>
       </x:c>
       <x:c r="B773" s="3">
-        <x:v>106731.55</x:v>
+        <x:v>106837.84</x:v>
       </x:c>
     </x:row>
     <x:row r="774" spans="1:2">
       <x:c r="A774" s="2">
-        <x:v>44867</x:v>
+        <x:v>44889</x:v>
       </x:c>
       <x:c r="B774" s="3">
-        <x:v>106725.97</x:v>
+        <x:v>106825.37</x:v>
       </x:c>
     </x:row>
     <x:row r="775" spans="1:2">
       <x:c r="A775" s="2">
-        <x:v>44866</x:v>
+        <x:v>44888</x:v>
       </x:c>
       <x:c r="B775" s="3">
-        <x:v>106723.61</x:v>
+        <x:v>106820.84</x:v>
       </x:c>
     </x:row>
     <x:row r="776" spans="1:2">
       <x:c r="A776" s="2">
-        <x:v>44864</x:v>
+        <x:v>44887</x:v>
       </x:c>
       <x:c r="B776" s="3">
-        <x:v>106717.29</x:v>
+        <x:v>106816.72</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:2">
       <x:c r="A777" s="2">
-        <x:v>44861</x:v>
+        <x:v>44886</x:v>
       </x:c>
       <x:c r="B777" s="3">
-        <x:v>106709.8</x:v>
+        <x:v>106810.99</x:v>
       </x:c>
     </x:row>
     <x:row r="778" spans="1:2">
       <x:c r="A778" s="2">
-        <x:v>44860</x:v>
+        <x:v>44885</x:v>
       </x:c>
       <x:c r="B778" s="3">
-        <x:v>106707.69</x:v>
+        <x:v>106806.46</x:v>
       </x:c>
     </x:row>
     <x:row r="779" spans="1:2">
       <x:c r="A779" s="2">
-        <x:v>44859</x:v>
+        <x:v>44882</x:v>
       </x:c>
       <x:c r="B779" s="3">
-        <x:v>106705.52</x:v>
+        <x:v>106795.82</x:v>
       </x:c>
     </x:row>
     <x:row r="780" spans="1:2">
       <x:c r="A780" s="2">
-        <x:v>44858</x:v>
+        <x:v>44881</x:v>
       </x:c>
       <x:c r="B780" s="3">
-        <x:v>106703.19</x:v>
+        <x:v>106791.05</x:v>
       </x:c>
     </x:row>
     <x:row r="781" spans="1:2">
       <x:c r="A781" s="2">
-        <x:v>44857</x:v>
+        <x:v>44880</x:v>
       </x:c>
       <x:c r="B781" s="3">
-        <x:v>106701.22</x:v>
+        <x:v>106785.53</x:v>
       </x:c>
     </x:row>
     <x:row r="782" spans="1:2">
       <x:c r="A782" s="2">
-        <x:v>44854</x:v>
+        <x:v>44879</x:v>
       </x:c>
       <x:c r="B782" s="3">
-        <x:v>106697.56</x:v>
+        <x:v>106782.58</x:v>
       </x:c>
     </x:row>
     <x:row r="783" spans="1:2">
       <x:c r="A783" s="2">
-        <x:v>44853</x:v>
+        <x:v>44878</x:v>
       </x:c>
       <x:c r="B783" s="3">
-        <x:v>106695.25</x:v>
+        <x:v>106775.31</x:v>
       </x:c>
     </x:row>
     <x:row r="784" spans="1:2">
       <x:c r="A784" s="2">
-        <x:v>44852</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="B784" s="3">
-        <x:v>106692.73</x:v>
+        <x:v>106757.75</x:v>
       </x:c>
     </x:row>
     <x:row r="785" spans="1:2">
       <x:c r="A785" s="2">
-        <x:v>44851</x:v>
+        <x:v>44873</x:v>
       </x:c>
       <x:c r="B785" s="3">
-        <x:v>106690.87</x:v>
+        <x:v>106753.45</x:v>
       </x:c>
     </x:row>
     <x:row r="786" spans="1:2">
       <x:c r="A786" s="2">
-        <x:v>44850</x:v>
+        <x:v>44872</x:v>
       </x:c>
       <x:c r="B786" s="3">
-        <x:v>106686.87</x:v>
+        <x:v>106749.51</x:v>
       </x:c>
     </x:row>
     <x:row r="787" spans="1:2">
       <x:c r="A787" s="2">
-        <x:v>44847</x:v>
+        <x:v>44871</x:v>
       </x:c>
       <x:c r="B787" s="3">
-        <x:v>106686.09</x:v>
+        <x:v>106743.14</x:v>
       </x:c>
     </x:row>
     <x:row r="788" spans="1:2">
       <x:c r="A788" s="2">
-        <x:v>44846</x:v>
+        <x:v>44868</x:v>
       </x:c>
       <x:c r="B788" s="3">
-        <x:v>106686.22</x:v>
+        <x:v>106731.55</x:v>
       </x:c>
     </x:row>
     <x:row r="789" spans="1:2">
       <x:c r="A789" s="2">
-        <x:v>44845</x:v>
+        <x:v>44867</x:v>
       </x:c>
       <x:c r="B789" s="3">
-        <x:v>106682.68</x:v>
+        <x:v>106725.97</x:v>
       </x:c>
     </x:row>
     <x:row r="790" spans="1:2">
       <x:c r="A790" s="2">
-        <x:v>44844</x:v>
+        <x:v>44866</x:v>
       </x:c>
       <x:c r="B790" s="3">
-        <x:v>106679.72</x:v>
+        <x:v>106723.61</x:v>
       </x:c>
     </x:row>
     <x:row r="791" spans="1:2">
       <x:c r="A791" s="2">
-        <x:v>44843</x:v>
+        <x:v>44864</x:v>
       </x:c>
       <x:c r="B791" s="3">
-        <x:v>106675.46</x:v>
+        <x:v>106717.29</x:v>
       </x:c>
     </x:row>
     <x:row r="792" spans="1:2">
       <x:c r="A792" s="2">
-        <x:v>44840</x:v>
+        <x:v>44861</x:v>
       </x:c>
       <x:c r="B792" s="3">
-        <x:v>106670.89</x:v>
+        <x:v>106709.8</x:v>
       </x:c>
     </x:row>
     <x:row r="793" spans="1:2">
       <x:c r="A793" s="2">
-        <x:v>44839</x:v>
+        <x:v>44860</x:v>
       </x:c>
       <x:c r="B793" s="3">
-        <x:v>106668.57</x:v>
+        <x:v>106707.69</x:v>
       </x:c>
     </x:row>
     <x:row r="794" spans="1:2">
       <x:c r="A794" s="2">
-        <x:v>44838</x:v>
+        <x:v>44859</x:v>
       </x:c>
       <x:c r="B794" s="3">
-        <x:v>106664.05</x:v>
+        <x:v>106705.52</x:v>
       </x:c>
     </x:row>
     <x:row r="795" spans="1:2">
       <x:c r="A795" s="2">
-        <x:v>44837</x:v>
+        <x:v>44858</x:v>
       </x:c>
       <x:c r="B795" s="3">
-        <x:v>106667.9</x:v>
+        <x:v>106703.19</x:v>
       </x:c>
     </x:row>
     <x:row r="796" spans="1:2">
       <x:c r="A796" s="2">
-        <x:v>44836</x:v>
+        <x:v>44857</x:v>
       </x:c>
       <x:c r="B796" s="3">
-        <x:v>106661.43</x:v>
+        <x:v>106701.22</x:v>
       </x:c>
     </x:row>
     <x:row r="797" spans="1:2">
       <x:c r="A797" s="2">
-        <x:v>44834</x:v>
+        <x:v>44854</x:v>
       </x:c>
       <x:c r="B797" s="3">
-        <x:v>106661.43</x:v>
+        <x:v>106697.56</x:v>
       </x:c>
     </x:row>
     <x:row r="798" spans="1:2">
       <x:c r="A798" s="2">
-        <x:v>44833</x:v>
+        <x:v>44853</x:v>
       </x:c>
       <x:c r="B798" s="3">
-        <x:v>106661.43</x:v>
+        <x:v>106695.25</x:v>
       </x:c>
     </x:row>
     <x:row r="799" spans="1:2">
       <x:c r="A799" s="2">
-        <x:v>44832</x:v>
+        <x:v>44852</x:v>
       </x:c>
       <x:c r="B799" s="3">
-        <x:v>106662.4</x:v>
+        <x:v>106692.73</x:v>
       </x:c>
     </x:row>
     <x:row r="800" spans="1:2">
       <x:c r="A800" s="2">
-        <x:v>44831</x:v>
+        <x:v>44851</x:v>
       </x:c>
       <x:c r="B800" s="3">
-        <x:v>106660.57</x:v>
+        <x:v>106690.87</x:v>
       </x:c>
     </x:row>
     <x:row r="801" spans="1:2">
       <x:c r="A801" s="2">
-        <x:v>44830</x:v>
+        <x:v>44850</x:v>
       </x:c>
       <x:c r="B801" s="3">
-        <x:v>106658.99</x:v>
+        <x:v>106686.87</x:v>
       </x:c>
     </x:row>
     <x:row r="802" spans="1:2">
       <x:c r="A802" s="2">
-        <x:v>44829</x:v>
+        <x:v>44847</x:v>
       </x:c>
       <x:c r="B802" s="3">
-        <x:v>106658.38</x:v>
+        <x:v>106686.09</x:v>
       </x:c>
     </x:row>
     <x:row r="803" spans="1:2">
       <x:c r="A803" s="2">
-        <x:v>44826</x:v>
+        <x:v>44846</x:v>
       </x:c>
       <x:c r="B803" s="3">
-        <x:v>106657.19</x:v>
+        <x:v>106686.22</x:v>
       </x:c>
     </x:row>
     <x:row r="804" spans="1:2">
       <x:c r="A804" s="2">
-        <x:v>44825</x:v>
+        <x:v>44845</x:v>
       </x:c>
       <x:c r="B804" s="3">
-        <x:v>106658.22</x:v>
+        <x:v>106682.68</x:v>
       </x:c>
     </x:row>
     <x:row r="805" spans="1:2">
       <x:c r="A805" s="2">
-        <x:v>44824</x:v>
+        <x:v>44844</x:v>
       </x:c>
       <x:c r="B805" s="3">
-        <x:v>106656.8</x:v>
+        <x:v>106679.72</x:v>
       </x:c>
     </x:row>
     <x:row r="806" spans="1:2">
       <x:c r="A806" s="2">
-        <x:v>44823</x:v>
+        <x:v>44843</x:v>
       </x:c>
       <x:c r="B806" s="3">
-        <x:v>106655.68</x:v>
+        <x:v>106675.46</x:v>
       </x:c>
     </x:row>
     <x:row r="807" spans="1:2">
       <x:c r="A807" s="2">
-        <x:v>44822</x:v>
+        <x:v>44840</x:v>
       </x:c>
       <x:c r="B807" s="3">
-        <x:v>106657.49</x:v>
+        <x:v>106670.89</x:v>
       </x:c>
     </x:row>
     <x:row r="808" spans="1:2">
       <x:c r="A808" s="2">
-        <x:v>44819</x:v>
+        <x:v>44839</x:v>
       </x:c>
       <x:c r="B808" s="3">
-        <x:v>106653.13</x:v>
+        <x:v>106668.57</x:v>
       </x:c>
     </x:row>
     <x:row r="809" spans="1:2">
       <x:c r="A809" s="2">
-        <x:v>44818</x:v>
+        <x:v>44838</x:v>
       </x:c>
       <x:c r="B809" s="3">
-        <x:v>106645.67</x:v>
+        <x:v>106664.05</x:v>
       </x:c>
     </x:row>
     <x:row r="810" spans="1:2">
       <x:c r="A810" s="2">
-        <x:v>44817</x:v>
+        <x:v>44837</x:v>
       </x:c>
       <x:c r="B810" s="3">
-        <x:v>106639.46</x:v>
+        <x:v>106667.9</x:v>
       </x:c>
     </x:row>
     <x:row r="811" spans="1:2">
       <x:c r="A811" s="2">
-        <x:v>44816</x:v>
+        <x:v>44836</x:v>
       </x:c>
       <x:c r="B811" s="3">
-        <x:v>106642.98</x:v>
+        <x:v>106661.43</x:v>
       </x:c>
     </x:row>
     <x:row r="812" spans="1:2">
       <x:c r="A812" s="2">
-        <x:v>44815</x:v>
+        <x:v>44834</x:v>
       </x:c>
       <x:c r="B812" s="3">
-        <x:v>106642.25</x:v>
+        <x:v>106661.43</x:v>
       </x:c>
     </x:row>
     <x:row r="813" spans="1:2">
       <x:c r="A813" s="2">
-        <x:v>44812</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="B813" s="3">
-        <x:v>106652.58</x:v>
+        <x:v>106661.43</x:v>
       </x:c>
     </x:row>
     <x:row r="814" spans="1:2">
       <x:c r="A814" s="2">
-        <x:v>44811</x:v>
+        <x:v>44832</x:v>
       </x:c>
       <x:c r="B814" s="3">
-        <x:v>106651.97</x:v>
+        <x:v>106662.4</x:v>
       </x:c>
     </x:row>
     <x:row r="815" spans="1:2">
       <x:c r="A815" s="2">
-        <x:v>44810</x:v>
+        <x:v>44831</x:v>
       </x:c>
       <x:c r="B815" s="3">
-        <x:v>106652.45</x:v>
+        <x:v>106660.57</x:v>
       </x:c>
     </x:row>
     <x:row r="816" spans="1:2">
       <x:c r="A816" s="2">
-        <x:v>44809</x:v>
+        <x:v>44830</x:v>
       </x:c>
       <x:c r="B816" s="3">
-        <x:v>106658.88</x:v>
+        <x:v>106658.99</x:v>
       </x:c>
     </x:row>
     <x:row r="817" spans="1:2">
       <x:c r="A817" s="2">
-        <x:v>44808</x:v>
+        <x:v>44829</x:v>
       </x:c>
       <x:c r="B817" s="3">
-        <x:v>106666.45</x:v>
+        <x:v>106658.38</x:v>
       </x:c>
     </x:row>
     <x:row r="818" spans="1:2">
       <x:c r="A818" s="2">
-        <x:v>44805</x:v>
+        <x:v>44826</x:v>
       </x:c>
       <x:c r="B818" s="3">
-        <x:v>106668.76</x:v>
+        <x:v>106657.19</x:v>
       </x:c>
     </x:row>
     <x:row r="819" spans="1:2">
       <x:c r="A819" s="2">
-        <x:v>44804</x:v>
+        <x:v>44825</x:v>
       </x:c>
       <x:c r="B819" s="3">
-        <x:v>106672.62</x:v>
+        <x:v>106658.22</x:v>
       </x:c>
     </x:row>
     <x:row r="820" spans="1:2">
       <x:c r="A820" s="2">
-        <x:v>44803</x:v>
+        <x:v>44824</x:v>
       </x:c>
       <x:c r="B820" s="3">
-        <x:v>106675.45</x:v>
+        <x:v>106656.8</x:v>
       </x:c>
     </x:row>
     <x:row r="821" spans="1:2">
       <x:c r="A821" s="2">
-        <x:v>44802</x:v>
+        <x:v>44823</x:v>
       </x:c>
       <x:c r="B821" s="3">
-        <x:v>106681.67</x:v>
+        <x:v>106655.68</x:v>
       </x:c>
     </x:row>
     <x:row r="822" spans="1:2">
       <x:c r="A822" s="2">
-        <x:v>44801</x:v>
+        <x:v>44822</x:v>
       </x:c>
       <x:c r="B822" s="3">
-        <x:v>106691.86</x:v>
+        <x:v>106657.49</x:v>
       </x:c>
     </x:row>
     <x:row r="823" spans="1:2">
       <x:c r="A823" s="2">
-        <x:v>44798</x:v>
+        <x:v>44819</x:v>
       </x:c>
       <x:c r="B823" s="3">
-        <x:v>106690.86</x:v>
+        <x:v>106653.13</x:v>
       </x:c>
     </x:row>
     <x:row r="824" spans="1:2">
       <x:c r="A824" s="2">
-        <x:v>44797</x:v>
+        <x:v>44818</x:v>
       </x:c>
       <x:c r="B824" s="3">
-        <x:v>106693.64</x:v>
+        <x:v>106645.67</x:v>
       </x:c>
     </x:row>
     <x:row r="825" spans="1:2">
       <x:c r="A825" s="2">
-        <x:v>44796</x:v>
+        <x:v>44817</x:v>
       </x:c>
       <x:c r="B825" s="3">
-        <x:v>106692.72</x:v>
+        <x:v>106639.46</x:v>
       </x:c>
     </x:row>
     <x:row r="826" spans="1:2">
       <x:c r="A826" s="2">
-        <x:v>44795</x:v>
+        <x:v>44816</x:v>
       </x:c>
       <x:c r="B826" s="3">
-        <x:v>106691.54</x:v>
+        <x:v>106642.98</x:v>
       </x:c>
     </x:row>
     <x:row r="827" spans="1:2">
       <x:c r="A827" s="2">
-        <x:v>44794</x:v>
+        <x:v>44815</x:v>
       </x:c>
       <x:c r="B827" s="3">
-        <x:v>106690.09</x:v>
+        <x:v>106642.25</x:v>
       </x:c>
     </x:row>
     <x:row r="828" spans="1:2">
       <x:c r="A828" s="2">
-        <x:v>44791</x:v>
+        <x:v>44812</x:v>
       </x:c>
       <x:c r="B828" s="3">
-        <x:v>106690.32</x:v>
+        <x:v>106652.58</x:v>
       </x:c>
     </x:row>
     <x:row r="829" spans="1:2">
       <x:c r="A829" s="2">
-        <x:v>44790</x:v>
+        <x:v>44811</x:v>
       </x:c>
       <x:c r="B829" s="3">
-        <x:v>106695.69</x:v>
+        <x:v>106651.97</x:v>
       </x:c>
     </x:row>
     <x:row r="830" spans="1:2">
       <x:c r="A830" s="2">
-        <x:v>44789</x:v>
+        <x:v>44810</x:v>
       </x:c>
       <x:c r="B830" s="3">
-        <x:v>106695.83</x:v>
+        <x:v>106652.45</x:v>
       </x:c>
     </x:row>
     <x:row r="831" spans="1:2">
       <x:c r="A831" s="2">
-        <x:v>44788</x:v>
+        <x:v>44809</x:v>
       </x:c>
       <x:c r="B831" s="3">
-        <x:v>106694.61</x:v>
+        <x:v>106658.88</x:v>
       </x:c>
     </x:row>
     <x:row r="832" spans="1:2">
       <x:c r="A832" s="2">
-        <x:v>44784</x:v>
+        <x:v>44808</x:v>
       </x:c>
       <x:c r="B832" s="3">
-        <x:v>106692.47</x:v>
+        <x:v>106666.45</x:v>
       </x:c>
     </x:row>
     <x:row r="833" spans="1:2">
       <x:c r="A833" s="2">
-        <x:v>44783</x:v>
+        <x:v>44805</x:v>
       </x:c>
       <x:c r="B833" s="3">
-        <x:v>106692.12</x:v>
+        <x:v>106668.76</x:v>
       </x:c>
     </x:row>
     <x:row r="834" spans="1:2">
       <x:c r="A834" s="2">
-        <x:v>44782</x:v>
+        <x:v>44804</x:v>
       </x:c>
       <x:c r="B834" s="3">
-        <x:v>106692.92</x:v>
+        <x:v>106672.62</x:v>
       </x:c>
     </x:row>
     <x:row r="835" spans="1:2">
       <x:c r="A835" s="2">
-        <x:v>44781</x:v>
+        <x:v>44803</x:v>
       </x:c>
       <x:c r="B835" s="3">
-        <x:v>106690.09</x:v>
+        <x:v>106675.45</x:v>
       </x:c>
     </x:row>
     <x:row r="836" spans="1:2">
       <x:c r="A836" s="2">
-        <x:v>44780</x:v>
+        <x:v>44802</x:v>
       </x:c>
       <x:c r="B836" s="3">
-        <x:v>106690.11</x:v>
+        <x:v>106681.67</x:v>
       </x:c>
     </x:row>
     <x:row r="837" spans="1:2">
       <x:c r="A837" s="2">
-        <x:v>44777</x:v>
+        <x:v>44801</x:v>
       </x:c>
       <x:c r="B837" s="3">
-        <x:v>106688.77</x:v>
+        <x:v>106691.86</x:v>
       </x:c>
     </x:row>
     <x:row r="838" spans="1:2">
       <x:c r="A838" s="2">
-        <x:v>44776</x:v>
+        <x:v>44798</x:v>
       </x:c>
       <x:c r="B838" s="3">
-        <x:v>106690.96</x:v>
+        <x:v>106690.86</x:v>
       </x:c>
     </x:row>
     <x:row r="839" spans="1:2">
       <x:c r="A839" s="2">
-        <x:v>44775</x:v>
+        <x:v>44797</x:v>
       </x:c>
       <x:c r="B839" s="3">
-        <x:v>106690.88</x:v>
+        <x:v>106693.64</x:v>
       </x:c>
     </x:row>
     <x:row r="840" spans="1:2">
       <x:c r="A840" s="2">
-        <x:v>44774</x:v>
+        <x:v>44796</x:v>
       </x:c>
       <x:c r="B840" s="3">
-        <x:v>106689.42</x:v>
+        <x:v>106692.72</x:v>
       </x:c>
     </x:row>
     <x:row r="841" spans="1:2">
       <x:c r="A841" s="2">
-        <x:v>44773</x:v>
+        <x:v>44795</x:v>
       </x:c>
       <x:c r="B841" s="3">
-        <x:v>106688.71</x:v>
+        <x:v>106691.54</x:v>
       </x:c>
     </x:row>
     <x:row r="842" spans="1:2">
       <x:c r="A842" s="2">
-        <x:v>44770</x:v>
+        <x:v>44794</x:v>
       </x:c>
       <x:c r="B842" s="3">
-        <x:v>106681.05</x:v>
+        <x:v>106690.09</x:v>
       </x:c>
     </x:row>
     <x:row r="843" spans="1:2">
       <x:c r="A843" s="2">
-        <x:v>44769</x:v>
+        <x:v>44791</x:v>
       </x:c>
       <x:c r="B843" s="3">
-        <x:v>106684.42</x:v>
+        <x:v>106690.32</x:v>
       </x:c>
     </x:row>
     <x:row r="844" spans="1:2">
       <x:c r="A844" s="2">
-        <x:v>44768</x:v>
+        <x:v>44790</x:v>
       </x:c>
       <x:c r="B844" s="3">
-        <x:v>106685.57</x:v>
+        <x:v>106695.69</x:v>
       </x:c>
     </x:row>
     <x:row r="845" spans="1:2">
       <x:c r="A845" s="2">
-        <x:v>44767</x:v>
+        <x:v>44789</x:v>
       </x:c>
       <x:c r="B845" s="3">
-        <x:v>106686.42</x:v>
+        <x:v>106695.83</x:v>
       </x:c>
     </x:row>
     <x:row r="846" spans="1:2">
       <x:c r="A846" s="2">
-        <x:v>44766</x:v>
+        <x:v>44788</x:v>
       </x:c>
       <x:c r="B846" s="3">
-        <x:v>106687</x:v>
+        <x:v>106694.61</x:v>
       </x:c>
     </x:row>
     <x:row r="847" spans="1:2">
       <x:c r="A847" s="2">
-        <x:v>44763</x:v>
+        <x:v>44784</x:v>
       </x:c>
       <x:c r="B847" s="3">
-        <x:v>106691.19</x:v>
+        <x:v>106692.47</x:v>
       </x:c>
     </x:row>
     <x:row r="848" spans="1:2">
       <x:c r="A848" s="2">
-        <x:v>44762</x:v>
+        <x:v>44783</x:v>
       </x:c>
       <x:c r="B848" s="3">
-        <x:v>106690.55</x:v>
+        <x:v>106692.12</x:v>
       </x:c>
     </x:row>
     <x:row r="849" spans="1:2">
       <x:c r="A849" s="2">
-        <x:v>44761</x:v>
+        <x:v>44782</x:v>
       </x:c>
       <x:c r="B849" s="3">
-        <x:v>106698.44</x:v>
+        <x:v>106692.92</x:v>
       </x:c>
     </x:row>
     <x:row r="850" spans="1:2">
       <x:c r="A850" s="2">
-        <x:v>44760</x:v>
+        <x:v>44781</x:v>
       </x:c>
       <x:c r="B850" s="3">
-        <x:v>106698.35</x:v>
+        <x:v>106690.09</x:v>
       </x:c>
     </x:row>
     <x:row r="851" spans="1:2">
       <x:c r="A851" s="2">
-        <x:v>44759</x:v>
+        <x:v>44780</x:v>
       </x:c>
       <x:c r="B851" s="3">
-        <x:v>106694.09</x:v>
+        <x:v>106690.11</x:v>
       </x:c>
     </x:row>
     <x:row r="852" spans="1:2">
       <x:c r="A852" s="2">
-        <x:v>44756</x:v>
+        <x:v>44777</x:v>
       </x:c>
       <x:c r="B852" s="3">
-        <x:v>106716.57</x:v>
+        <x:v>106688.77</x:v>
       </x:c>
     </x:row>
     <x:row r="853" spans="1:2">
       <x:c r="A853" s="2">
-        <x:v>44754</x:v>
+        <x:v>44776</x:v>
       </x:c>
       <x:c r="B853" s="3">
-        <x:v>106720.98</x:v>
+        <x:v>106690.96</x:v>
       </x:c>
     </x:row>
     <x:row r="854" spans="1:2">
       <x:c r="A854" s="2">
-        <x:v>44753</x:v>
+        <x:v>44775</x:v>
       </x:c>
       <x:c r="B854" s="3">
-        <x:v>106719.48</x:v>
+        <x:v>106690.88</x:v>
       </x:c>
     </x:row>
     <x:row r="855" spans="1:2">
       <x:c r="A855" s="2">
-        <x:v>44752</x:v>
+        <x:v>44774</x:v>
       </x:c>
       <x:c r="B855" s="3">
-        <x:v>106720.71</x:v>
+        <x:v>106689.42</x:v>
       </x:c>
     </x:row>
     <x:row r="856" spans="1:2">
       <x:c r="A856" s="2">
-        <x:v>44749</x:v>
+        <x:v>44773</x:v>
       </x:c>
       <x:c r="B856" s="3">
-        <x:v>106717.31</x:v>
+        <x:v>106688.71</x:v>
       </x:c>
     </x:row>
     <x:row r="857" spans="1:2">
       <x:c r="A857" s="2">
-        <x:v>44748</x:v>
+        <x:v>44770</x:v>
       </x:c>
       <x:c r="B857" s="3">
-        <x:v>106717.99</x:v>
+        <x:v>106681.05</x:v>
       </x:c>
     </x:row>
     <x:row r="858" spans="1:2">
       <x:c r="A858" s="2">
-        <x:v>44747</x:v>
+        <x:v>44769</x:v>
       </x:c>
       <x:c r="B858" s="3">
-        <x:v>106717.62</x:v>
+        <x:v>106684.42</x:v>
       </x:c>
     </x:row>
     <x:row r="859" spans="1:2">
       <x:c r="A859" s="2">
-        <x:v>44746</x:v>
+        <x:v>44768</x:v>
       </x:c>
       <x:c r="B859" s="3">
-        <x:v>106718.15</x:v>
+        <x:v>106685.57</x:v>
       </x:c>
     </x:row>
     <x:row r="860" spans="1:2">
       <x:c r="A860" s="2">
-        <x:v>44745</x:v>
+        <x:v>44767</x:v>
       </x:c>
       <x:c r="B860" s="3">
-        <x:v>106718.89</x:v>
+        <x:v>106686.42</x:v>
       </x:c>
     </x:row>
     <x:row r="861" spans="1:2">
       <x:c r="A861" s="2">
-        <x:v>44742</x:v>
+        <x:v>44766</x:v>
       </x:c>
       <x:c r="B861" s="3">
-        <x:v>106722.7</x:v>
+        <x:v>106687</x:v>
       </x:c>
     </x:row>
     <x:row r="862" spans="1:2">
       <x:c r="A862" s="2">
-        <x:v>44741</x:v>
+        <x:v>44763</x:v>
       </x:c>
       <x:c r="B862" s="3">
-        <x:v>106722.07</x:v>
+        <x:v>106691.19</x:v>
       </x:c>
     </x:row>
     <x:row r="863" spans="1:2">
       <x:c r="A863" s="2">
-        <x:v>44740</x:v>
+        <x:v>44762</x:v>
       </x:c>
       <x:c r="B863" s="3">
-        <x:v>106723.94</x:v>
+        <x:v>106690.55</x:v>
       </x:c>
     </x:row>
     <x:row r="864" spans="1:2">
       <x:c r="A864" s="2">
-        <x:v>44739</x:v>
+        <x:v>44761</x:v>
       </x:c>
       <x:c r="B864" s="3">
-        <x:v>106726.94</x:v>
+        <x:v>106698.44</x:v>
       </x:c>
     </x:row>
     <x:row r="865" spans="1:2">
       <x:c r="A865" s="2">
-        <x:v>44738</x:v>
+        <x:v>44760</x:v>
       </x:c>
       <x:c r="B865" s="3">
-        <x:v>106727.69</x:v>
+        <x:v>106698.35</x:v>
       </x:c>
     </x:row>
     <x:row r="866" spans="1:2">
       <x:c r="A866" s="2">
-        <x:v>44735</x:v>
+        <x:v>44759</x:v>
       </x:c>
       <x:c r="B866" s="3">
-        <x:v>106724.91</x:v>
+        <x:v>106694.09</x:v>
       </x:c>
     </x:row>
     <x:row r="867" spans="1:2">
       <x:c r="A867" s="2">
-        <x:v>44734</x:v>
+        <x:v>44756</x:v>
       </x:c>
       <x:c r="B867" s="3">
-        <x:v>106725</x:v>
+        <x:v>106716.57</x:v>
       </x:c>
     </x:row>
     <x:row r="868" spans="1:2">
       <x:c r="A868" s="2">
-        <x:v>44733</x:v>
+        <x:v>44754</x:v>
       </x:c>
       <x:c r="B868" s="3">
-        <x:v>106726.98</x:v>
+        <x:v>106720.98</x:v>
       </x:c>
     </x:row>
     <x:row r="869" spans="1:2">
       <x:c r="A869" s="2">
-        <x:v>44732</x:v>
+        <x:v>44753</x:v>
       </x:c>
       <x:c r="B869" s="3">
-        <x:v>106728.11</x:v>
+        <x:v>106719.48</x:v>
       </x:c>
     </x:row>
     <x:row r="870" spans="1:2">
       <x:c r="A870" s="2">
-        <x:v>44731</x:v>
+        <x:v>44752</x:v>
       </x:c>
       <x:c r="B870" s="3">
-        <x:v>106727.46</x:v>
+        <x:v>106720.71</x:v>
       </x:c>
     </x:row>
     <x:row r="871" spans="1:2">
       <x:c r="A871" s="2">
-        <x:v>44728</x:v>
+        <x:v>44749</x:v>
       </x:c>
       <x:c r="B871" s="3">
-        <x:v>106728.86</x:v>
+        <x:v>106717.31</x:v>
       </x:c>
     </x:row>
     <x:row r="872" spans="1:2">
       <x:c r="A872" s="2">
-        <x:v>44727</x:v>
+        <x:v>44748</x:v>
       </x:c>
       <x:c r="B872" s="3">
-        <x:v>106730.25</x:v>
+        <x:v>106717.99</x:v>
       </x:c>
     </x:row>
     <x:row r="873" spans="1:2">
       <x:c r="A873" s="2">
-        <x:v>44726</x:v>
+        <x:v>44747</x:v>
       </x:c>
       <x:c r="B873" s="3">
-        <x:v>106750.19</x:v>
+        <x:v>106717.62</x:v>
       </x:c>
     </x:row>
     <x:row r="874" spans="1:2">
       <x:c r="A874" s="2">
-        <x:v>44725</x:v>
+        <x:v>44746</x:v>
       </x:c>
       <x:c r="B874" s="3">
-        <x:v>106764.71</x:v>
+        <x:v>106718.15</x:v>
       </x:c>
     </x:row>
     <x:row r="875" spans="1:2">
       <x:c r="A875" s="2">
-        <x:v>44724</x:v>
+        <x:v>44745</x:v>
       </x:c>
       <x:c r="B875" s="3">
-        <x:v>106775.87</x:v>
+        <x:v>106718.89</x:v>
       </x:c>
     </x:row>
     <x:row r="876" spans="1:2">
       <x:c r="A876" s="2">
-        <x:v>44721</x:v>
+        <x:v>44742</x:v>
       </x:c>
       <x:c r="B876" s="3">
-        <x:v>106788.6</x:v>
+        <x:v>106722.7</x:v>
       </x:c>
     </x:row>
     <x:row r="877" spans="1:2">
       <x:c r="A877" s="2">
-        <x:v>44720</x:v>
+        <x:v>44741</x:v>
       </x:c>
       <x:c r="B877" s="3">
-        <x:v>106792.33</x:v>
+        <x:v>106722.07</x:v>
       </x:c>
     </x:row>
     <x:row r="878" spans="1:2">
       <x:c r="A878" s="2">
-        <x:v>44719</x:v>
+        <x:v>44740</x:v>
       </x:c>
       <x:c r="B878" s="3">
-        <x:v>106797.72</x:v>
+        <x:v>106723.94</x:v>
       </x:c>
     </x:row>
     <x:row r="879" spans="1:2">
       <x:c r="A879" s="2">
-        <x:v>44718</x:v>
+        <x:v>44739</x:v>
       </x:c>
       <x:c r="B879" s="3">
-        <x:v>106804.23</x:v>
+        <x:v>106726.94</x:v>
       </x:c>
     </x:row>
     <x:row r="880" spans="1:2">
       <x:c r="A880" s="2">
-        <x:v>44714</x:v>
+        <x:v>44738</x:v>
       </x:c>
       <x:c r="B880" s="3">
-        <x:v>106809.96</x:v>
+        <x:v>106727.69</x:v>
       </x:c>
     </x:row>
     <x:row r="881" spans="1:2">
       <x:c r="A881" s="2">
-        <x:v>44713</x:v>
+        <x:v>44735</x:v>
       </x:c>
       <x:c r="B881" s="3">
-        <x:v>106811.5</x:v>
+        <x:v>106724.91</x:v>
       </x:c>
     </x:row>
     <x:row r="882" spans="1:2">
       <x:c r="A882" s="2">
-        <x:v>44712</x:v>
+        <x:v>44734</x:v>
       </x:c>
       <x:c r="B882" s="3">
-        <x:v>106815.25</x:v>
+        <x:v>106725</x:v>
       </x:c>
     </x:row>
     <x:row r="883" spans="1:2">
       <x:c r="A883" s="2">
-        <x:v>44711</x:v>
+        <x:v>44733</x:v>
       </x:c>
       <x:c r="B883" s="3">
-        <x:v>106817.42</x:v>
+        <x:v>106726.98</x:v>
       </x:c>
     </x:row>
     <x:row r="884" spans="1:2">
       <x:c r="A884" s="2">
-        <x:v>44710</x:v>
+        <x:v>44732</x:v>
       </x:c>
       <x:c r="B884" s="3">
-        <x:v>106819.83</x:v>
+        <x:v>106728.11</x:v>
       </x:c>
     </x:row>
     <x:row r="885" spans="1:2">
       <x:c r="A885" s="2">
-        <x:v>44707</x:v>
+        <x:v>44731</x:v>
       </x:c>
       <x:c r="B885" s="3">
-        <x:v>106821.6</x:v>
+        <x:v>106727.46</x:v>
       </x:c>
     </x:row>
     <x:row r="886" spans="1:2">
       <x:c r="A886" s="2">
-        <x:v>44705</x:v>
+        <x:v>44728</x:v>
       </x:c>
       <x:c r="B886" s="3">
-        <x:v>106824.05</x:v>
+        <x:v>106728.86</x:v>
       </x:c>
     </x:row>
     <x:row r="887" spans="1:2">
       <x:c r="A887" s="2">
-        <x:v>44704</x:v>
+        <x:v>44727</x:v>
       </x:c>
       <x:c r="B887" s="3">
-        <x:v>106827.82</x:v>
+        <x:v>106730.25</x:v>
       </x:c>
     </x:row>
     <x:row r="888" spans="1:2">
       <x:c r="A888" s="2">
-        <x:v>44703</x:v>
+        <x:v>44726</x:v>
       </x:c>
       <x:c r="B888" s="3">
-        <x:v>106828.75</x:v>
+        <x:v>106750.19</x:v>
       </x:c>
     </x:row>
     <x:row r="889" spans="1:2">
       <x:c r="A889" s="2">
-        <x:v>44700</x:v>
+        <x:v>44725</x:v>
       </x:c>
       <x:c r="B889" s="3">
-        <x:v>106831.57</x:v>
+        <x:v>106764.71</x:v>
       </x:c>
     </x:row>
     <x:row r="890" spans="1:2">
       <x:c r="A890" s="2">
-        <x:v>44699</x:v>
+        <x:v>44724</x:v>
       </x:c>
       <x:c r="B890" s="3">
-        <x:v>106835.6</x:v>
+        <x:v>106775.87</x:v>
       </x:c>
     </x:row>
     <x:row r="891" spans="1:2">
       <x:c r="A891" s="2">
-        <x:v>44698</x:v>
+        <x:v>44721</x:v>
       </x:c>
       <x:c r="B891" s="3">
-        <x:v>106837.9</x:v>
+        <x:v>106788.6</x:v>
       </x:c>
     </x:row>
     <x:row r="892" spans="1:2">
       <x:c r="A892" s="2">
-        <x:v>44697</x:v>
+        <x:v>44720</x:v>
       </x:c>
       <x:c r="B892" s="3">
-        <x:v>106839.93</x:v>
+        <x:v>106792.33</x:v>
       </x:c>
     </x:row>
     <x:row r="893" spans="1:2">
       <x:c r="A893" s="2">
-        <x:v>44696</x:v>
+        <x:v>44719</x:v>
       </x:c>
       <x:c r="B893" s="3">
-        <x:v>106840.48</x:v>
+        <x:v>106797.72</x:v>
       </x:c>
     </x:row>
     <x:row r="894" spans="1:2">
       <x:c r="A894" s="2">
-        <x:v>44693</x:v>
+        <x:v>44718</x:v>
       </x:c>
       <x:c r="B894" s="3">
-        <x:v>106847.78</x:v>
+        <x:v>106804.23</x:v>
       </x:c>
     </x:row>
     <x:row r="895" spans="1:2">
       <x:c r="A895" s="2">
-        <x:v>44692</x:v>
+        <x:v>44714</x:v>
       </x:c>
       <x:c r="B895" s="3">
-        <x:v>106847.01</x:v>
+        <x:v>106809.96</x:v>
       </x:c>
     </x:row>
     <x:row r="896" spans="1:2">
       <x:c r="A896" s="2">
-        <x:v>44691</x:v>
+        <x:v>44713</x:v>
       </x:c>
       <x:c r="B896" s="3">
-        <x:v>106846.53</x:v>
+        <x:v>106811.5</x:v>
       </x:c>
     </x:row>
     <x:row r="897" spans="1:2">
       <x:c r="A897" s="2">
-        <x:v>44690</x:v>
+        <x:v>44712</x:v>
       </x:c>
       <x:c r="B897" s="3">
-        <x:v>106847.55</x:v>
+        <x:v>106815.25</x:v>
       </x:c>
     </x:row>
     <x:row r="898" spans="1:2">
       <x:c r="A898" s="2">
-        <x:v>44689</x:v>
+        <x:v>44711</x:v>
       </x:c>
       <x:c r="B898" s="3">
-        <x:v>106854.17</x:v>
+        <x:v>106817.42</x:v>
       </x:c>
     </x:row>
     <x:row r="899" spans="1:2">
       <x:c r="A899" s="2">
-        <x:v>44686</x:v>
+        <x:v>44710</x:v>
       </x:c>
       <x:c r="B899" s="3">
-        <x:v>106859.66</x:v>
+        <x:v>106819.83</x:v>
       </x:c>
     </x:row>
     <x:row r="900" spans="1:2">
       <x:c r="A900" s="2">
-        <x:v>44685</x:v>
+        <x:v>44707</x:v>
       </x:c>
       <x:c r="B900" s="3">
-        <x:v>106861.3</x:v>
+        <x:v>106821.6</x:v>
       </x:c>
     </x:row>
     <x:row r="901" spans="1:2">
       <x:c r="A901" s="2">
-        <x:v>44684</x:v>
+        <x:v>44705</x:v>
       </x:c>
       <x:c r="B901" s="3">
-        <x:v>106863.27</x:v>
+        <x:v>106824.05</x:v>
       </x:c>
     </x:row>
     <x:row r="902" spans="1:2">
       <x:c r="A902" s="2">
-        <x:v>44683</x:v>
+        <x:v>44704</x:v>
       </x:c>
       <x:c r="B902" s="3">
-        <x:v>106866.25</x:v>
+        <x:v>106827.82</x:v>
       </x:c>
     </x:row>
     <x:row r="903" spans="1:2">
       <x:c r="A903" s="2">
-        <x:v>44682</x:v>
+        <x:v>44703</x:v>
       </x:c>
       <x:c r="B903" s="3">
-        <x:v>106865.93</x:v>
+        <x:v>106828.75</x:v>
       </x:c>
     </x:row>
     <x:row r="904" spans="1:2">
       <x:c r="A904" s="2">
-        <x:v>44679</x:v>
+        <x:v>44700</x:v>
       </x:c>
       <x:c r="B904" s="3">
-        <x:v>106871.57</x:v>
+        <x:v>106831.57</x:v>
       </x:c>
     </x:row>
     <x:row r="905" spans="1:2">
       <x:c r="A905" s="2">
-        <x:v>44678</x:v>
+        <x:v>44699</x:v>
       </x:c>
       <x:c r="B905" s="3">
-        <x:v>106872.92</x:v>
+        <x:v>106835.6</x:v>
       </x:c>
     </x:row>
     <x:row r="906" spans="1:2">
       <x:c r="A906" s="2">
-        <x:v>44677</x:v>
+        <x:v>44698</x:v>
       </x:c>
       <x:c r="B906" s="3">
-        <x:v>106873.4</x:v>
+        <x:v>106837.9</x:v>
       </x:c>
     </x:row>
     <x:row r="907" spans="1:2">
       <x:c r="A907" s="2">
-        <x:v>44676</x:v>
+        <x:v>44697</x:v>
       </x:c>
       <x:c r="B907" s="3">
-        <x:v>106870.94</x:v>
+        <x:v>106839.93</x:v>
       </x:c>
     </x:row>
     <x:row r="908" spans="1:2">
       <x:c r="A908" s="2">
-        <x:v>44675</x:v>
+        <x:v>44696</x:v>
       </x:c>
       <x:c r="B908" s="3">
-        <x:v>106875.37</x:v>
+        <x:v>106840.48</x:v>
       </x:c>
     </x:row>
     <x:row r="909" spans="1:2">
       <x:c r="A909" s="2">
-        <x:v>44672</x:v>
+        <x:v>44693</x:v>
       </x:c>
       <x:c r="B909" s="3">
-        <x:v>106887.71</x:v>
+        <x:v>106847.78</x:v>
       </x:c>
     </x:row>
     <x:row r="910" spans="1:2">
       <x:c r="A910" s="2">
-        <x:v>44671</x:v>
+        <x:v>44692</x:v>
       </x:c>
       <x:c r="B910" s="3">
-        <x:v>106891.61</x:v>
+        <x:v>106847.01</x:v>
       </x:c>
     </x:row>
     <x:row r="911" spans="1:2">
       <x:c r="A911" s="2">
-        <x:v>44670</x:v>
+        <x:v>44691</x:v>
       </x:c>
       <x:c r="B911" s="3">
-        <x:v>106889.3</x:v>
+        <x:v>106846.53</x:v>
       </x:c>
     </x:row>
     <x:row r="912" spans="1:2">
       <x:c r="A912" s="2">
-        <x:v>44669</x:v>
+        <x:v>44690</x:v>
       </x:c>
       <x:c r="B912" s="3">
-        <x:v>106891.76</x:v>
+        <x:v>106847.55</x:v>
       </x:c>
     </x:row>
     <x:row r="913" spans="1:2">
       <x:c r="A913" s="2">
-        <x:v>44664</x:v>
+        <x:v>44689</x:v>
       </x:c>
       <x:c r="B913" s="3">
-        <x:v>106899.02</x:v>
+        <x:v>106854.17</x:v>
       </x:c>
     </x:row>
     <x:row r="914" spans="1:2">
       <x:c r="A914" s="2">
-        <x:v>44663</x:v>
+        <x:v>44686</x:v>
       </x:c>
       <x:c r="B914" s="3">
-        <x:v>106899.5</x:v>
+        <x:v>106859.66</x:v>
       </x:c>
     </x:row>
     <x:row r="915" spans="1:2">
       <x:c r="A915" s="2">
-        <x:v>44662</x:v>
+        <x:v>44685</x:v>
       </x:c>
       <x:c r="B915" s="3">
-        <x:v>106902.8</x:v>
+        <x:v>106861.3</x:v>
       </x:c>
     </x:row>
     <x:row r="916" spans="1:2">
       <x:c r="A916" s="2">
-        <x:v>44661</x:v>
+        <x:v>44684</x:v>
       </x:c>
       <x:c r="B916" s="3">
-        <x:v>106906.42</x:v>
+        <x:v>106863.27</x:v>
       </x:c>
     </x:row>
     <x:row r="917" spans="1:2">
       <x:c r="A917" s="2">
-        <x:v>44658</x:v>
+        <x:v>44683</x:v>
       </x:c>
       <x:c r="B917" s="3">
-        <x:v>106911.37</x:v>
+        <x:v>106866.25</x:v>
       </x:c>
     </x:row>
     <x:row r="918" spans="1:2">
       <x:c r="A918" s="2">
-        <x:v>44657</x:v>
+        <x:v>44682</x:v>
       </x:c>
       <x:c r="B918" s="3">
-        <x:v>106912.69</x:v>
+        <x:v>106865.93</x:v>
       </x:c>
     </x:row>
     <x:row r="919" spans="1:2">
       <x:c r="A919" s="2">
-        <x:v>44656</x:v>
+        <x:v>44679</x:v>
       </x:c>
       <x:c r="B919" s="3">
-        <x:v>106914.14</x:v>
+        <x:v>106871.57</x:v>
       </x:c>
     </x:row>
     <x:row r="920" spans="1:2">
       <x:c r="A920" s="2">
-        <x:v>44655</x:v>
+        <x:v>44678</x:v>
       </x:c>
       <x:c r="B920" s="3">
-        <x:v>106914.98</x:v>
+        <x:v>106872.92</x:v>
       </x:c>
     </x:row>
     <x:row r="921" spans="1:2">
       <x:c r="A921" s="2">
-        <x:v>44654</x:v>
+        <x:v>44677</x:v>
       </x:c>
       <x:c r="B921" s="3">
-        <x:v>106915.66</x:v>
+        <x:v>106873.4</x:v>
       </x:c>
     </x:row>
     <x:row r="922" spans="1:2">
       <x:c r="A922" s="2">
-        <x:v>44651</x:v>
+        <x:v>44676</x:v>
       </x:c>
       <x:c r="B922" s="3">
-        <x:v>106918.21</x:v>
+        <x:v>106870.94</x:v>
       </x:c>
     </x:row>
     <x:row r="923" spans="1:2">
       <x:c r="A923" s="2">
-        <x:v>44650</x:v>
+        <x:v>44675</x:v>
       </x:c>
       <x:c r="B923" s="3">
-        <x:v>106917.61</x:v>
+        <x:v>106875.37</x:v>
       </x:c>
     </x:row>
     <x:row r="924" spans="1:2">
       <x:c r="A924" s="2">
-        <x:v>44649</x:v>
+        <x:v>44672</x:v>
       </x:c>
       <x:c r="B924" s="3">
-        <x:v>106919.89</x:v>
+        <x:v>106887.71</x:v>
       </x:c>
     </x:row>
     <x:row r="925" spans="1:2">
       <x:c r="A925" s="2">
-        <x:v>44648</x:v>
+        <x:v>44671</x:v>
       </x:c>
       <x:c r="B925" s="3">
-        <x:v>106923.61</x:v>
+        <x:v>106891.61</x:v>
       </x:c>
     </x:row>
     <x:row r="926" spans="1:2">
       <x:c r="A926" s="2">
-        <x:v>44647</x:v>
+        <x:v>44670</x:v>
       </x:c>
       <x:c r="B926" s="3">
-        <x:v>106925.57</x:v>
+        <x:v>106889.3</x:v>
       </x:c>
     </x:row>
     <x:row r="927" spans="1:2">
       <x:c r="A927" s="2">
-        <x:v>44644</x:v>
+        <x:v>44669</x:v>
       </x:c>
       <x:c r="B927" s="3">
-        <x:v>106930.55</x:v>
+        <x:v>106891.76</x:v>
       </x:c>
     </x:row>
     <x:row r="928" spans="1:2">
       <x:c r="A928" s="2">
-        <x:v>44643</x:v>
+        <x:v>44664</x:v>
       </x:c>
       <x:c r="B928" s="3">
-        <x:v>106931.19</x:v>
+        <x:v>106899.02</x:v>
       </x:c>
     </x:row>
     <x:row r="929" spans="1:2">
       <x:c r="A929" s="2">
-        <x:v>44642</x:v>
+        <x:v>44663</x:v>
       </x:c>
       <x:c r="B929" s="3">
-        <x:v>106932.81</x:v>
+        <x:v>106899.5</x:v>
       </x:c>
     </x:row>
     <x:row r="930" spans="1:2">
       <x:c r="A930" s="2">
-        <x:v>44641</x:v>
+        <x:v>44662</x:v>
       </x:c>
       <x:c r="B930" s="3">
-        <x:v>106934.62</x:v>
+        <x:v>106902.8</x:v>
       </x:c>
     </x:row>
     <x:row r="931" spans="1:2">
       <x:c r="A931" s="2">
-        <x:v>44640</x:v>
+        <x:v>44661</x:v>
       </x:c>
       <x:c r="B931" s="3">
-        <x:v>106936.37</x:v>
+        <x:v>106906.42</x:v>
       </x:c>
     </x:row>
     <x:row r="932" spans="1:2">
       <x:c r="A932" s="2">
-        <x:v>44637</x:v>
+        <x:v>44658</x:v>
       </x:c>
       <x:c r="B932" s="3">
-        <x:v>106943.29</x:v>
+        <x:v>106911.37</x:v>
       </x:c>
     </x:row>
     <x:row r="933" spans="1:2">
       <x:c r="A933" s="2">
-        <x:v>44636</x:v>
+        <x:v>44657</x:v>
       </x:c>
       <x:c r="B933" s="3">
-        <x:v>106945.7</x:v>
+        <x:v>106912.69</x:v>
       </x:c>
     </x:row>
     <x:row r="934" spans="1:2">
       <x:c r="A934" s="2">
-        <x:v>44635</x:v>
+        <x:v>44656</x:v>
       </x:c>
       <x:c r="B934" s="3">
-        <x:v>106945.4</x:v>
+        <x:v>106914.14</x:v>
       </x:c>
     </x:row>
     <x:row r="935" spans="1:2">
       <x:c r="A935" s="2">
-        <x:v>44634</x:v>
+        <x:v>44655</x:v>
       </x:c>
       <x:c r="B935" s="3">
-        <x:v>106949.35</x:v>
+        <x:v>106914.98</x:v>
       </x:c>
     </x:row>
     <x:row r="936" spans="1:2">
       <x:c r="A936" s="2">
-        <x:v>44633</x:v>
+        <x:v>44654</x:v>
       </x:c>
       <x:c r="B936" s="3">
-        <x:v>106952.58</x:v>
+        <x:v>106915.66</x:v>
       </x:c>
     </x:row>
     <x:row r="937" spans="1:2">
       <x:c r="A937" s="2">
-        <x:v>44630</x:v>
+        <x:v>44651</x:v>
       </x:c>
       <x:c r="B937" s="3">
-        <x:v>106958.96</x:v>
+        <x:v>106918.21</x:v>
       </x:c>
     </x:row>
     <x:row r="938" spans="1:2">
       <x:c r="A938" s="2">
-        <x:v>44629</x:v>
+        <x:v>44650</x:v>
       </x:c>
       <x:c r="B938" s="3">
-        <x:v>106963.74</x:v>
+        <x:v>106917.61</x:v>
       </x:c>
     </x:row>
     <x:row r="939" spans="1:2">
       <x:c r="A939" s="2">
-        <x:v>44628</x:v>
+        <x:v>44649</x:v>
       </x:c>
       <x:c r="B939" s="3">
-        <x:v>106970.13</x:v>
+        <x:v>106919.89</x:v>
       </x:c>
     </x:row>
     <x:row r="940" spans="1:2">
       <x:c r="A940" s="2">
-        <x:v>44627</x:v>
+        <x:v>44648</x:v>
       </x:c>
       <x:c r="B940" s="3">
-        <x:v>106978.18</x:v>
+        <x:v>106923.61</x:v>
       </x:c>
     </x:row>
     <x:row r="941" spans="1:2">
       <x:c r="A941" s="2">
-        <x:v>44626</x:v>
+        <x:v>44647</x:v>
       </x:c>
       <x:c r="B941" s="3">
-        <x:v>106975.16</x:v>
+        <x:v>106925.57</x:v>
       </x:c>
     </x:row>
     <x:row r="942" spans="1:2">
       <x:c r="A942" s="2">
-        <x:v>44623</x:v>
+        <x:v>44644</x:v>
       </x:c>
       <x:c r="B942" s="3">
-        <x:v>106983.78</x:v>
+        <x:v>106930.55</x:v>
       </x:c>
     </x:row>
     <x:row r="943" spans="1:2">
       <x:c r="A943" s="2">
-        <x:v>44622</x:v>
+        <x:v>44643</x:v>
       </x:c>
       <x:c r="B943" s="3">
-        <x:v>106987.14</x:v>
+        <x:v>106931.19</x:v>
       </x:c>
     </x:row>
     <x:row r="944" spans="1:2">
       <x:c r="A944" s="2">
-        <x:v>44621</x:v>
+        <x:v>44642</x:v>
       </x:c>
       <x:c r="B944" s="3">
-        <x:v>106989.05</x:v>
+        <x:v>106932.81</x:v>
       </x:c>
     </x:row>
     <x:row r="945" spans="1:2">
       <x:c r="A945" s="2">
-        <x:v>44620</x:v>
+        <x:v>44641</x:v>
       </x:c>
       <x:c r="B945" s="3">
-        <x:v>106991.28</x:v>
+        <x:v>106934.62</x:v>
       </x:c>
     </x:row>
     <x:row r="946" spans="1:2">
       <x:c r="A946" s="2">
-        <x:v>44619</x:v>
+        <x:v>44640</x:v>
       </x:c>
       <x:c r="B946" s="3">
-        <x:v>106993.3</x:v>
+        <x:v>106936.37</x:v>
       </x:c>
     </x:row>
     <x:row r="947" spans="1:2">
       <x:c r="A947" s="2">
-        <x:v>44616</x:v>
+        <x:v>44637</x:v>
       </x:c>
       <x:c r="B947" s="3">
-        <x:v>106999.19</x:v>
+        <x:v>106943.29</x:v>
       </x:c>
     </x:row>
     <x:row r="948" spans="1:2">
       <x:c r="A948" s="2">
-        <x:v>44615</x:v>
+        <x:v>44636</x:v>
       </x:c>
       <x:c r="B948" s="3">
-        <x:v>107001.89</x:v>
+        <x:v>106945.7</x:v>
       </x:c>
     </x:row>
     <x:row r="949" spans="1:2">
       <x:c r="A949" s="2">
-        <x:v>44614</x:v>
+        <x:v>44635</x:v>
       </x:c>
       <x:c r="B949" s="3">
-        <x:v>107005.96</x:v>
+        <x:v>106945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="950" spans="1:2">
       <x:c r="A950" s="2">
-        <x:v>44613</x:v>
+        <x:v>44634</x:v>
       </x:c>
       <x:c r="B950" s="3">
-        <x:v>107011.74</x:v>
+        <x:v>106949.35</x:v>
       </x:c>
     </x:row>
     <x:row r="951" spans="1:2">
       <x:c r="A951" s="2">
-        <x:v>44612</x:v>
+        <x:v>44633</x:v>
       </x:c>
       <x:c r="B951" s="3">
-        <x:v>107012.7</x:v>
+        <x:v>106952.58</x:v>
       </x:c>
     </x:row>
     <x:row r="952" spans="1:2">
       <x:c r="A952" s="2">
-        <x:v>44609</x:v>
+        <x:v>44630</x:v>
       </x:c>
       <x:c r="B952" s="3">
-        <x:v>107022.64</x:v>
+        <x:v>106958.96</x:v>
       </x:c>
     </x:row>
     <x:row r="953" spans="1:2">
       <x:c r="A953" s="2">
-        <x:v>44608</x:v>
+        <x:v>44629</x:v>
       </x:c>
       <x:c r="B953" s="3">
-        <x:v>107022.2</x:v>
+        <x:v>106963.74</x:v>
       </x:c>
     </x:row>
     <x:row r="954" spans="1:2">
       <x:c r="A954" s="2">
-        <x:v>44607</x:v>
+        <x:v>44628</x:v>
       </x:c>
       <x:c r="B954" s="3">
-        <x:v>107022.29</x:v>
+        <x:v>106970.13</x:v>
       </x:c>
     </x:row>
     <x:row r="955" spans="1:2">
       <x:c r="A955" s="2">
-        <x:v>44606</x:v>
+        <x:v>44627</x:v>
       </x:c>
       <x:c r="B955" s="3">
-        <x:v>107022.55</x:v>
+        <x:v>106978.18</x:v>
       </x:c>
     </x:row>
     <x:row r="956" spans="1:2">
       <x:c r="A956" s="2">
-        <x:v>44605</x:v>
+        <x:v>44626</x:v>
       </x:c>
       <x:c r="B956" s="3">
-        <x:v>107023.94</x:v>
+        <x:v>106975.16</x:v>
       </x:c>
     </x:row>
     <x:row r="957" spans="1:2">
       <x:c r="A957" s="2">
-        <x:v>44602</x:v>
+        <x:v>44623</x:v>
       </x:c>
       <x:c r="B957" s="3">
-        <x:v>107030.17</x:v>
+        <x:v>106983.78</x:v>
       </x:c>
     </x:row>
     <x:row r="958" spans="1:2">
       <x:c r="A958" s="2">
-        <x:v>44601</x:v>
+        <x:v>44622</x:v>
       </x:c>
       <x:c r="B958" s="3">
-        <x:v>107031.92</x:v>
+        <x:v>106987.14</x:v>
       </x:c>
     </x:row>
     <x:row r="959" spans="1:2">
       <x:c r="A959" s="2">
-        <x:v>44600</x:v>
+        <x:v>44621</x:v>
       </x:c>
       <x:c r="B959" s="3">
-        <x:v>107033.88</x:v>
+        <x:v>106989.05</x:v>
       </x:c>
     </x:row>
     <x:row r="960" spans="1:2">
       <x:c r="A960" s="2">
-        <x:v>44599</x:v>
+        <x:v>44620</x:v>
       </x:c>
       <x:c r="B960" s="3">
-        <x:v>107039.78</x:v>
+        <x:v>106991.28</x:v>
       </x:c>
     </x:row>
     <x:row r="961" spans="1:2">
       <x:c r="A961" s="2">
-        <x:v>44598</x:v>
+        <x:v>44619</x:v>
       </x:c>
       <x:c r="B961" s="3">
-        <x:v>107043.57</x:v>
+        <x:v>106993.3</x:v>
       </x:c>
     </x:row>
     <x:row r="962" spans="1:2">
       <x:c r="A962" s="2">
-        <x:v>44595</x:v>
+        <x:v>44616</x:v>
       </x:c>
       <x:c r="B962" s="3">
-        <x:v>107049.84</x:v>
+        <x:v>106999.19</x:v>
       </x:c>
     </x:row>
     <x:row r="963" spans="1:2">
       <x:c r="A963" s="2">
-        <x:v>44594</x:v>
+        <x:v>44615</x:v>
       </x:c>
       <x:c r="B963" s="3">
-        <x:v>107052.95</x:v>
+        <x:v>107001.89</x:v>
       </x:c>
     </x:row>
     <x:row r="964" spans="1:2">
       <x:c r="A964" s="2">
-        <x:v>44593</x:v>
+        <x:v>44614</x:v>
       </x:c>
       <x:c r="B964" s="3">
-        <x:v>107055.88</x:v>
+        <x:v>107005.96</x:v>
       </x:c>
     </x:row>
     <x:row r="965" spans="1:2">
       <x:c r="A965" s="2">
-        <x:v>44592</x:v>
+        <x:v>44613</x:v>
       </x:c>
       <x:c r="B965" s="3">
-        <x:v>107057.77</x:v>
+        <x:v>107011.74</x:v>
       </x:c>
     </x:row>
     <x:row r="966" spans="1:2">
       <x:c r="A966" s="2">
-        <x:v>44591</x:v>
+        <x:v>44612</x:v>
       </x:c>
       <x:c r="B966" s="3">
-        <x:v>107060.69</x:v>
+        <x:v>107012.7</x:v>
       </x:c>
     </x:row>
     <x:row r="967" spans="1:2">
       <x:c r="A967" s="2">
-        <x:v>44588</x:v>
+        <x:v>44609</x:v>
       </x:c>
       <x:c r="B967" s="3">
-        <x:v>107066.08</x:v>
+        <x:v>107022.64</x:v>
       </x:c>
     </x:row>
     <x:row r="968" spans="1:2">
       <x:c r="A968" s="2">
-        <x:v>44587</x:v>
+        <x:v>44608</x:v>
       </x:c>
       <x:c r="B968" s="3">
-        <x:v>107067.96</x:v>
+        <x:v>107022.2</x:v>
       </x:c>
     </x:row>
     <x:row r="969" spans="1:2">
       <x:c r="A969" s="2">
-        <x:v>44586</x:v>
+        <x:v>44607</x:v>
       </x:c>
       <x:c r="B969" s="3">
-        <x:v>107069.8</x:v>
+        <x:v>107022.29</x:v>
       </x:c>
     </x:row>
     <x:row r="970" spans="1:2">
       <x:c r="A970" s="2">
-        <x:v>44585</x:v>
+        <x:v>44606</x:v>
       </x:c>
       <x:c r="B970" s="3">
-        <x:v>107071.68</x:v>
+        <x:v>107022.55</x:v>
       </x:c>
     </x:row>
     <x:row r="971" spans="1:2">
       <x:c r="A971" s="2">
-        <x:v>44584</x:v>
+        <x:v>44605</x:v>
       </x:c>
       <x:c r="B971" s="3">
-        <x:v>107072.79</x:v>
+        <x:v>107023.94</x:v>
       </x:c>
     </x:row>
     <x:row r="972" spans="1:2">
       <x:c r="A972" s="2">
-        <x:v>44581</x:v>
+        <x:v>44602</x:v>
       </x:c>
       <x:c r="B972" s="3">
-        <x:v>107078.18</x:v>
+        <x:v>107030.17</x:v>
       </x:c>
     </x:row>
     <x:row r="973" spans="1:2">
       <x:c r="A973" s="2">
-        <x:v>44580</x:v>
+        <x:v>44601</x:v>
       </x:c>
       <x:c r="B973" s="3">
-        <x:v>107079.63</x:v>
+        <x:v>107031.92</x:v>
       </x:c>
     </x:row>
     <x:row r="974" spans="1:2">
       <x:c r="A974" s="2">
-        <x:v>44579</x:v>
+        <x:v>44600</x:v>
       </x:c>
       <x:c r="B974" s="3">
-        <x:v>107081.19</x:v>
+        <x:v>107033.88</x:v>
       </x:c>
     </x:row>
     <x:row r="975" spans="1:2">
       <x:c r="A975" s="2">
-        <x:v>44578</x:v>
+        <x:v>44599</x:v>
       </x:c>
       <x:c r="B975" s="3">
-        <x:v>107083.72</x:v>
+        <x:v>107039.78</x:v>
       </x:c>
     </x:row>
     <x:row r="976" spans="1:2">
       <x:c r="A976" s="2">
-        <x:v>44577</x:v>
+        <x:v>44598</x:v>
       </x:c>
       <x:c r="B976" s="3">
-        <x:v>107086.92</x:v>
+        <x:v>107043.57</x:v>
       </x:c>
     </x:row>
     <x:row r="977" spans="1:2">
       <x:c r="A977" s="2">
-        <x:v>44574</x:v>
+        <x:v>44595</x:v>
       </x:c>
       <x:c r="B977" s="3">
-        <x:v>107092.05</x:v>
+        <x:v>107049.84</x:v>
       </x:c>
     </x:row>
     <x:row r="978" spans="1:2">
       <x:c r="A978" s="2">
-        <x:v>44573</x:v>
+        <x:v>44594</x:v>
       </x:c>
       <x:c r="B978" s="3">
-        <x:v>107094.15</x:v>
+        <x:v>107052.95</x:v>
       </x:c>
     </x:row>
     <x:row r="979" spans="1:2">
       <x:c r="A979" s="2">
-        <x:v>44572</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="B979" s="3">
-        <x:v>107095.75</x:v>
+        <x:v>107055.88</x:v>
       </x:c>
     </x:row>
     <x:row r="980" spans="1:2">
       <x:c r="A980" s="2">
-        <x:v>44571</x:v>
+        <x:v>44592</x:v>
       </x:c>
       <x:c r="B980" s="3">
-        <x:v>107097.98</x:v>
+        <x:v>107057.77</x:v>
       </x:c>
     </x:row>
     <x:row r="981" spans="1:2">
       <x:c r="A981" s="2">
-        <x:v>44570</x:v>
+        <x:v>44591</x:v>
       </x:c>
       <x:c r="B981" s="3">
-        <x:v>107099.62</x:v>
+        <x:v>107060.69</x:v>
       </x:c>
     </x:row>
     <x:row r="982" spans="1:2">
       <x:c r="A982" s="2">
-        <x:v>44567</x:v>
+        <x:v>44588</x:v>
       </x:c>
       <x:c r="B982" s="3">
-        <x:v>107103.92</x:v>
+        <x:v>107066.08</x:v>
       </x:c>
     </x:row>
     <x:row r="983" spans="1:2">
       <x:c r="A983" s="2">
-        <x:v>44566</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="B983" s="3">
-        <x:v>107105.55</x:v>
+        <x:v>107067.96</x:v>
       </x:c>
     </x:row>
     <x:row r="984" spans="1:2">
       <x:c r="A984" s="2">
-        <x:v>44565</x:v>
+        <x:v>44586</x:v>
       </x:c>
       <x:c r="B984" s="3">
-        <x:v>107107.62</x:v>
+        <x:v>107069.8</x:v>
       </x:c>
     </x:row>
     <x:row r="985" spans="1:2">
       <x:c r="A985" s="2">
-        <x:v>44564</x:v>
+        <x:v>44585</x:v>
       </x:c>
       <x:c r="B985" s="3">
-        <x:v>107109.44</x:v>
+        <x:v>107071.68</x:v>
       </x:c>
     </x:row>
     <x:row r="986" spans="1:2">
       <x:c r="A986" s="2">
-        <x:v>44563</x:v>
+        <x:v>44584</x:v>
       </x:c>
       <x:c r="B986" s="3">
-        <x:v>107111.22</x:v>
+        <x:v>107072.79</x:v>
       </x:c>
     </x:row>
     <x:row r="987" spans="1:2">
       <x:c r="A987" s="2">
-        <x:v>44560</x:v>
+        <x:v>44581</x:v>
       </x:c>
       <x:c r="B987" s="3">
-        <x:v>107116.11</x:v>
+        <x:v>107078.18</x:v>
       </x:c>
     </x:row>
     <x:row r="988" spans="1:2">
       <x:c r="A988" s="2">
-        <x:v>44559</x:v>
+        <x:v>44580</x:v>
       </x:c>
       <x:c r="B988" s="3">
-        <x:v>107118.53</x:v>
+        <x:v>107079.63</x:v>
       </x:c>
     </x:row>
     <x:row r="989" spans="1:2">
       <x:c r="A989" s="2">
-        <x:v>44558</x:v>
+        <x:v>44579</x:v>
       </x:c>
       <x:c r="B989" s="3">
-        <x:v>107119.17</x:v>
+        <x:v>107081.19</x:v>
       </x:c>
     </x:row>
     <x:row r="990" spans="1:2">
       <x:c r="A990" s="2">
-        <x:v>44557</x:v>
+        <x:v>44578</x:v>
       </x:c>
       <x:c r="B990" s="3">
-        <x:v>107122.14</x:v>
+        <x:v>107083.72</x:v>
       </x:c>
     </x:row>
     <x:row r="991" spans="1:2">
       <x:c r="A991" s="2">
-        <x:v>44556</x:v>
+        <x:v>44577</x:v>
       </x:c>
       <x:c r="B991" s="3">
-        <x:v>107123.31</x:v>
+        <x:v>107086.92</x:v>
       </x:c>
     </x:row>
     <x:row r="992" spans="1:2">
       <x:c r="A992" s="2">
-        <x:v>44553</x:v>
+        <x:v>44574</x:v>
       </x:c>
       <x:c r="B992" s="3">
-        <x:v>107128.92</x:v>
+        <x:v>107092.05</x:v>
       </x:c>
     </x:row>
     <x:row r="993" spans="1:2">
       <x:c r="A993" s="2">
-        <x:v>44552</x:v>
+        <x:v>44573</x:v>
       </x:c>
       <x:c r="B993" s="3">
-        <x:v>107129.76</x:v>
+        <x:v>107094.15</x:v>
       </x:c>
     </x:row>
     <x:row r="994" spans="1:2">
       <x:c r="A994" s="2">
-        <x:v>44551</x:v>
+        <x:v>44572</x:v>
       </x:c>
       <x:c r="B994" s="3">
-        <x:v>107132.42</x:v>
+        <x:v>107095.75</x:v>
       </x:c>
     </x:row>
     <x:row r="995" spans="1:2">
       <x:c r="A995" s="2">
-        <x:v>44550</x:v>
+        <x:v>44571</x:v>
       </x:c>
       <x:c r="B995" s="3">
-        <x:v>107134.89</x:v>
+        <x:v>107097.98</x:v>
       </x:c>
     </x:row>
     <x:row r="996" spans="1:2">
       <x:c r="A996" s="2">
-        <x:v>44549</x:v>
+        <x:v>44570</x:v>
       </x:c>
       <x:c r="B996" s="3">
-        <x:v>107136.54</x:v>
+        <x:v>107099.62</x:v>
       </x:c>
     </x:row>
     <x:row r="997" spans="1:2">
       <x:c r="A997" s="2">
-        <x:v>44546</x:v>
+        <x:v>44567</x:v>
       </x:c>
       <x:c r="B997" s="3">
-        <x:v>107140.38</x:v>
+        <x:v>107103.92</x:v>
       </x:c>
     </x:row>
     <x:row r="998" spans="1:2">
       <x:c r="A998" s="2">
-        <x:v>44545</x:v>
+        <x:v>44566</x:v>
       </x:c>
       <x:c r="B998" s="3">
-        <x:v>107142.65</x:v>
+        <x:v>107105.55</x:v>
       </x:c>
     </x:row>
     <x:row r="999" spans="1:2">
       <x:c r="A999" s="2">
-        <x:v>44544</x:v>
+        <x:v>44565</x:v>
       </x:c>
       <x:c r="B999" s="3">
-        <x:v>107143.97</x:v>
+        <x:v>107107.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1000" spans="1:2">
       <x:c r="A1000" s="2">
-        <x:v>44543</x:v>
+        <x:v>44564</x:v>
       </x:c>
       <x:c r="B1000" s="3">
-        <x:v>107146.05</x:v>
+        <x:v>107109.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1001" spans="1:2">
       <x:c r="A1001" s="2">
-        <x:v>44542</x:v>
+        <x:v>44563</x:v>
       </x:c>
       <x:c r="B1001" s="3">
-        <x:v>107146.97</x:v>
+        <x:v>107111.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1002" spans="1:2">
       <x:c r="A1002" s="2">
-        <x:v>44539</x:v>
+        <x:v>44560</x:v>
       </x:c>
       <x:c r="B1002" s="3">
-        <x:v>107150.78</x:v>
+        <x:v>107116.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1003" spans="1:2">
       <x:c r="A1003" s="2">
-        <x:v>44538</x:v>
+        <x:v>44559</x:v>
       </x:c>
       <x:c r="B1003" s="3">
-        <x:v>107153.54</x:v>
+        <x:v>107118.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1004" spans="1:2">
       <x:c r="A1004" s="2">
-        <x:v>44537</x:v>
+        <x:v>44558</x:v>
       </x:c>
       <x:c r="B1004" s="3">
-        <x:v>107154.8</x:v>
+        <x:v>107119.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1005" spans="1:2">
       <x:c r="A1005" s="2">
-        <x:v>44536</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="B1005" s="3">
-        <x:v>107157.27</x:v>
+        <x:v>107122.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1006" spans="1:2">
       <x:c r="A1006" s="2">
-        <x:v>44535</x:v>
+        <x:v>44556</x:v>
       </x:c>
       <x:c r="B1006" s="3">
-        <x:v>107158.08</x:v>
+        <x:v>107123.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1007" spans="1:2">
       <x:c r="A1007" s="2">
-        <x:v>44532</x:v>
+        <x:v>44553</x:v>
       </x:c>
       <x:c r="B1007" s="3">
-        <x:v>107162.68</x:v>
+        <x:v>107128.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1008" spans="1:2">
       <x:c r="A1008" s="2">
-        <x:v>44531</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="B1008" s="3">
-        <x:v>107164.95</x:v>
+        <x:v>107129.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1009" spans="1:2">
       <x:c r="A1009" s="2">
-        <x:v>44530</x:v>
+        <x:v>44551</x:v>
       </x:c>
       <x:c r="B1009" s="3">
-        <x:v>107165.8</x:v>
+        <x:v>107132.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1010" spans="1:2">
       <x:c r="A1010" s="2">
-        <x:v>44529</x:v>
+        <x:v>44550</x:v>
       </x:c>
       <x:c r="B1010" s="3">
-        <x:v>107168.85</x:v>
+        <x:v>107134.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1011" spans="1:2">
       <x:c r="A1011" s="2">
-        <x:v>44528</x:v>
+        <x:v>44549</x:v>
       </x:c>
       <x:c r="B1011" s="3">
-        <x:v>107170.18</x:v>
+        <x:v>107136.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1012" spans="1:2">
       <x:c r="A1012" s="2">
-        <x:v>44525</x:v>
+        <x:v>44546</x:v>
       </x:c>
       <x:c r="B1012" s="3">
-        <x:v>107175.48</x:v>
+        <x:v>107140.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1013" spans="1:2">
       <x:c r="A1013" s="2">
-        <x:v>44524</x:v>
+        <x:v>44545</x:v>
       </x:c>
       <x:c r="B1013" s="3">
-        <x:v>107176.56</x:v>
+        <x:v>107142.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1014" spans="1:2">
       <x:c r="A1014" s="2">
-        <x:v>44523</x:v>
+        <x:v>44544</x:v>
       </x:c>
       <x:c r="B1014" s="3">
-        <x:v>107179.37</x:v>
+        <x:v>107143.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1015" spans="1:2">
       <x:c r="A1015" s="2">
-        <x:v>44522</x:v>
+        <x:v>44543</x:v>
       </x:c>
       <x:c r="B1015" s="3">
-        <x:v>107180.95</x:v>
+        <x:v>107146.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1016" spans="1:2">
       <x:c r="A1016" s="2">
-        <x:v>44521</x:v>
+        <x:v>44542</x:v>
       </x:c>
       <x:c r="B1016" s="3">
-        <x:v>107183.24</x:v>
+        <x:v>107146.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1017" spans="1:2">
       <x:c r="A1017" s="2">
-        <x:v>44518</x:v>
+        <x:v>44539</x:v>
       </x:c>
       <x:c r="B1017" s="3">
-        <x:v>107188.64</x:v>
+        <x:v>107150.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1018" spans="1:2">
       <x:c r="A1018" s="2">
-        <x:v>44517</x:v>
+        <x:v>44538</x:v>
       </x:c>
       <x:c r="B1018" s="3">
-        <x:v>107190.16</x:v>
+        <x:v>107153.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1019" spans="1:2">
       <x:c r="A1019" s="2">
-        <x:v>44516</x:v>
+        <x:v>44537</x:v>
       </x:c>
       <x:c r="B1019" s="3">
-        <x:v>107191.51</x:v>
+        <x:v>107154.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1020" spans="1:2">
       <x:c r="A1020" s="2">
-        <x:v>44515</x:v>
+        <x:v>44536</x:v>
       </x:c>
       <x:c r="B1020" s="3">
-        <x:v>107192.88</x:v>
+        <x:v>107157.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1021" spans="1:2">
       <x:c r="A1021" s="2">
-        <x:v>44514</x:v>
+        <x:v>44535</x:v>
       </x:c>
       <x:c r="B1021" s="3">
-        <x:v>107194.99</x:v>
+        <x:v>107158.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1022" spans="1:2">
       <x:c r="A1022" s="2">
-        <x:v>44511</x:v>
+        <x:v>44532</x:v>
       </x:c>
       <x:c r="B1022" s="3">
-        <x:v>107200.18</x:v>
+        <x:v>107162.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1023" spans="1:2">
       <x:c r="A1023" s="2">
-        <x:v>44509</x:v>
+        <x:v>44531</x:v>
       </x:c>
       <x:c r="B1023" s="3">
-        <x:v>107203.15</x:v>
+        <x:v>107164.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1024" spans="1:2">
       <x:c r="A1024" s="2">
-        <x:v>44508</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="B1024" s="3">
-        <x:v>107202.67</x:v>
+        <x:v>107165.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1025" spans="1:2">
       <x:c r="A1025" s="2">
-        <x:v>44507</x:v>
+        <x:v>44529</x:v>
       </x:c>
       <x:c r="B1025" s="3">
-        <x:v>107204.45</x:v>
+        <x:v>107168.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1026" spans="1:2">
       <x:c r="A1026" s="2">
-        <x:v>44504</x:v>
+        <x:v>44528</x:v>
       </x:c>
       <x:c r="B1026" s="3">
-        <x:v>107209.33</x:v>
+        <x:v>107170.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1027" spans="1:2">
       <x:c r="A1027" s="2">
-        <x:v>44503</x:v>
+        <x:v>44525</x:v>
       </x:c>
       <x:c r="B1027" s="3">
-        <x:v>107211.51</x:v>
+        <x:v>107175.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1028" spans="1:2">
       <x:c r="A1028" s="2">
-        <x:v>44502</x:v>
+        <x:v>44524</x:v>
       </x:c>
       <x:c r="B1028" s="3">
-        <x:v>107214.54</x:v>
+        <x:v>107176.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1029" spans="1:2">
       <x:c r="A1029" s="2">
-        <x:v>44501</x:v>
+        <x:v>44523</x:v>
       </x:c>
       <x:c r="B1029" s="3">
-        <x:v>107213.57</x:v>
+        <x:v>107179.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1030" spans="1:2">
       <x:c r="A1030" s="2">
-        <x:v>44497</x:v>
+        <x:v>44522</x:v>
       </x:c>
       <x:c r="B1030" s="3">
-        <x:v>107222.66</x:v>
+        <x:v>107180.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1031" spans="1:2">
       <x:c r="A1031" s="2">
-        <x:v>44496</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="B1031" s="3">
-        <x:v>107222.95</x:v>
+        <x:v>107183.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1032" spans="1:2">
       <x:c r="A1032" s="2">
-        <x:v>44495</x:v>
+        <x:v>44518</x:v>
       </x:c>
       <x:c r="B1032" s="3">
-        <x:v>107224.37</x:v>
+        <x:v>107188.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1033" spans="1:2">
       <x:c r="A1033" s="2">
-        <x:v>44494</x:v>
+        <x:v>44517</x:v>
       </x:c>
       <x:c r="B1033" s="3">
-        <x:v>107224.82</x:v>
+        <x:v>107190.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1034" spans="1:2">
       <x:c r="A1034" s="2">
-        <x:v>44493</x:v>
+        <x:v>44516</x:v>
       </x:c>
       <x:c r="B1034" s="3">
-        <x:v>107225.89</x:v>
+        <x:v>107191.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1035" spans="1:2">
       <x:c r="A1035" s="2">
-        <x:v>44490</x:v>
+        <x:v>44515</x:v>
       </x:c>
       <x:c r="B1035" s="3">
-        <x:v>107232.2</x:v>
+        <x:v>107192.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1036" spans="1:2">
       <x:c r="A1036" s="2">
-        <x:v>44489</x:v>
+        <x:v>44514</x:v>
       </x:c>
       <x:c r="B1036" s="3">
-        <x:v>107232.41</x:v>
+        <x:v>107194.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1037" spans="1:2">
       <x:c r="A1037" s="2">
-        <x:v>44488</x:v>
+        <x:v>44511</x:v>
       </x:c>
       <x:c r="B1037" s="3">
-        <x:v>107233.92</x:v>
+        <x:v>107200.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1038" spans="1:2">
       <x:c r="A1038" s="2">
-        <x:v>44487</x:v>
+        <x:v>44509</x:v>
       </x:c>
       <x:c r="B1038" s="3">
-        <x:v>107237.06</x:v>
+        <x:v>107203.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1039" spans="1:2">
       <x:c r="A1039" s="2">
-        <x:v>44486</x:v>
+        <x:v>44508</x:v>
       </x:c>
       <x:c r="B1039" s="3">
-        <x:v>107238.72</x:v>
+        <x:v>107202.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1040" spans="1:2">
       <x:c r="A1040" s="2">
-        <x:v>44483</x:v>
+        <x:v>44507</x:v>
       </x:c>
       <x:c r="B1040" s="3">
-        <x:v>107243.11</x:v>
+        <x:v>107204.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1041" spans="1:2">
       <x:c r="A1041" s="2">
-        <x:v>44482</x:v>
+        <x:v>44504</x:v>
       </x:c>
       <x:c r="B1041" s="3">
-        <x:v>107244.95</x:v>
+        <x:v>107209.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1042" spans="1:2">
       <x:c r="A1042" s="2">
-        <x:v>44481</x:v>
+        <x:v>44503</x:v>
       </x:c>
       <x:c r="B1042" s="3">
-        <x:v>107246.7</x:v>
+        <x:v>107211.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1043" spans="1:2">
       <x:c r="A1043" s="2">
-        <x:v>44480</x:v>
+        <x:v>44502</x:v>
       </x:c>
       <x:c r="B1043" s="3">
-        <x:v>107248.3</x:v>
+        <x:v>107214.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1044" spans="1:2">
       <x:c r="A1044" s="2">
-        <x:v>44479</x:v>
+        <x:v>44501</x:v>
       </x:c>
       <x:c r="B1044" s="3">
-        <x:v>107251.24</x:v>
+        <x:v>107213.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1045" spans="1:2">
       <x:c r="A1045" s="2">
-        <x:v>44476</x:v>
+        <x:v>44497</x:v>
       </x:c>
       <x:c r="B1045" s="3">
-        <x:v>107256.16</x:v>
+        <x:v>107222.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1046" spans="1:2">
       <x:c r="A1046" s="2">
-        <x:v>44475</x:v>
+        <x:v>44496</x:v>
       </x:c>
       <x:c r="B1046" s="3">
-        <x:v>107257.51</x:v>
+        <x:v>107222.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1047" spans="1:2">
       <x:c r="A1047" s="2">
-        <x:v>44474</x:v>
+        <x:v>44495</x:v>
       </x:c>
       <x:c r="B1047" s="3">
-        <x:v>107258.93</x:v>
+        <x:v>107224.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1048" spans="1:2">
       <x:c r="A1048" s="2">
-        <x:v>44473</x:v>
+        <x:v>44494</x:v>
       </x:c>
       <x:c r="B1048" s="3">
-        <x:v>107260.39</x:v>
+        <x:v>107224.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1049" spans="1:2">
       <x:c r="A1049" s="2">
-        <x:v>44472</x:v>
+        <x:v>44493</x:v>
       </x:c>
       <x:c r="B1049" s="3">
-        <x:v>107262.16</x:v>
+        <x:v>107225.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1050" spans="1:2">
       <x:c r="A1050" s="2">
-        <x:v>44469</x:v>
+        <x:v>44490</x:v>
       </x:c>
       <x:c r="B1050" s="3">
-        <x:v>107265.9</x:v>
+        <x:v>107232.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1051" spans="1:2">
       <x:c r="A1051" s="2">
-        <x:v>44468</x:v>
+        <x:v>44489</x:v>
       </x:c>
       <x:c r="B1051" s="3">
-        <x:v>107267.7</x:v>
+        <x:v>107232.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1052" spans="1:2">
       <x:c r="A1052" s="2">
-        <x:v>44467</x:v>
+        <x:v>44488</x:v>
       </x:c>
       <x:c r="B1052" s="3">
-        <x:v>107270.02</x:v>
+        <x:v>107233.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1053" spans="1:2">
       <x:c r="A1053" s="2">
-        <x:v>44466</x:v>
+        <x:v>44487</x:v>
       </x:c>
       <x:c r="B1053" s="3">
-        <x:v>107271.35</x:v>
+        <x:v>107237.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1054" spans="1:2">
       <x:c r="A1054" s="2">
-        <x:v>44465</x:v>
+        <x:v>44486</x:v>
       </x:c>
       <x:c r="B1054" s="3">
-        <x:v>107272.01</x:v>
+        <x:v>107238.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1055" spans="1:2">
       <x:c r="A1055" s="2">
-        <x:v>44462</x:v>
+        <x:v>44483</x:v>
       </x:c>
       <x:c r="B1055" s="3">
-        <x:v>107276.26</x:v>
+        <x:v>107243.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1056" spans="1:2">
       <x:c r="A1056" s="2">
-        <x:v>44461</x:v>
+        <x:v>44482</x:v>
       </x:c>
       <x:c r="B1056" s="3">
-        <x:v>107278.81</x:v>
+        <x:v>107244.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1057" spans="1:2">
       <x:c r="A1057" s="2">
-        <x:v>44460</x:v>
+        <x:v>44481</x:v>
       </x:c>
       <x:c r="B1057" s="3">
-        <x:v>107279.89</x:v>
+        <x:v>107246.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1058" spans="1:2">
       <x:c r="A1058" s="2">
-        <x:v>44459</x:v>
+        <x:v>44480</x:v>
       </x:c>
       <x:c r="B1058" s="3">
-        <x:v>107281.55</x:v>
+        <x:v>107248.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1059" spans="1:2">
       <x:c r="A1059" s="2">
-        <x:v>44458</x:v>
+        <x:v>44479</x:v>
       </x:c>
       <x:c r="B1059" s="3">
-        <x:v>107284.66</x:v>
+        <x:v>107251.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1060" spans="1:2">
       <x:c r="A1060" s="2">
-        <x:v>44455</x:v>
+        <x:v>44476</x:v>
       </x:c>
       <x:c r="B1060" s="3">
-        <x:v>107288.78</x:v>
+        <x:v>107256.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1061" spans="1:2">
       <x:c r="A1061" s="2">
-        <x:v>44454</x:v>
+        <x:v>44475</x:v>
       </x:c>
       <x:c r="B1061" s="3">
-        <x:v>107290.01</x:v>
+        <x:v>107257.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1062" spans="1:2">
       <x:c r="A1062" s="2">
-        <x:v>44453</x:v>
+        <x:v>44474</x:v>
       </x:c>
       <x:c r="B1062" s="3">
-        <x:v>107291.64</x:v>
+        <x:v>107258.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1063" spans="1:2">
       <x:c r="A1063" s="2">
-        <x:v>44452</x:v>
+        <x:v>44473</x:v>
       </x:c>
       <x:c r="B1063" s="3">
-        <x:v>107292.05</x:v>
+        <x:v>107260.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1064" spans="1:2">
       <x:c r="A1064" s="2">
-        <x:v>44451</x:v>
+        <x:v>44472</x:v>
       </x:c>
       <x:c r="B1064" s="3">
-        <x:v>107292.67</x:v>
+        <x:v>107262.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1065" spans="1:2">
       <x:c r="A1065" s="2">
-        <x:v>44448</x:v>
+        <x:v>44469</x:v>
       </x:c>
       <x:c r="B1065" s="3">
-        <x:v>107296.11</x:v>
+        <x:v>107265.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1066" spans="1:2">
       <x:c r="A1066" s="2">
-        <x:v>44447</x:v>
+        <x:v>44468</x:v>
       </x:c>
       <x:c r="B1066" s="3">
-        <x:v>107298.58</x:v>
+        <x:v>107267.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1067" spans="1:2">
       <x:c r="A1067" s="2">
-        <x:v>44446</x:v>
+        <x:v>44467</x:v>
       </x:c>
       <x:c r="B1067" s="3">
-        <x:v>107301.28</x:v>
+        <x:v>107270.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1068" spans="1:2">
       <x:c r="A1068" s="2">
-        <x:v>44445</x:v>
+        <x:v>44466</x:v>
       </x:c>
       <x:c r="B1068" s="3">
-        <x:v>107302.2</x:v>
+        <x:v>107271.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1069" spans="1:2">
       <x:c r="A1069" s="2">
-        <x:v>44444</x:v>
+        <x:v>44465</x:v>
       </x:c>
       <x:c r="B1069" s="3">
-        <x:v>107303.83</x:v>
+        <x:v>107272.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1070" spans="1:2">
       <x:c r="A1070" s="2">
-        <x:v>44441</x:v>
+        <x:v>44462</x:v>
       </x:c>
       <x:c r="B1070" s="3">
-        <x:v>107307.68</x:v>
+        <x:v>107276.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1071" spans="1:2">
       <x:c r="A1071" s="2">
-        <x:v>44440</x:v>
+        <x:v>44461</x:v>
       </x:c>
       <x:c r="B1071" s="3">
-        <x:v>107308.68</x:v>
+        <x:v>107278.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1072" spans="1:2">
       <x:c r="A1072" s="2">
-        <x:v>44439</x:v>
+        <x:v>44460</x:v>
       </x:c>
       <x:c r="B1072" s="3">
-        <x:v>107310.36</x:v>
+        <x:v>107279.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1073" spans="1:2">
       <x:c r="A1073" s="2">
-        <x:v>44438</x:v>
+        <x:v>44459</x:v>
       </x:c>
       <x:c r="B1073" s="3">
-        <x:v>107311.16</x:v>
+        <x:v>107281.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1074" spans="1:2">
       <x:c r="A1074" s="2">
-        <x:v>44437</x:v>
+        <x:v>44458</x:v>
       </x:c>
       <x:c r="B1074" s="3">
-        <x:v>107312.25</x:v>
+        <x:v>107284.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1075" spans="1:2">
       <x:c r="A1075" s="2">
-        <x:v>44434</x:v>
+        <x:v>44455</x:v>
       </x:c>
       <x:c r="B1075" s="3">
-        <x:v>107318.05</x:v>
+        <x:v>107288.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1076" spans="1:2">
       <x:c r="A1076" s="2">
-        <x:v>44433</x:v>
+        <x:v>44454</x:v>
       </x:c>
       <x:c r="B1076" s="3">
-        <x:v>107319.81</x:v>
+        <x:v>107290.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1077" spans="1:2">
       <x:c r="A1077" s="2">
-        <x:v>44432</x:v>
+        <x:v>44453</x:v>
       </x:c>
       <x:c r="B1077" s="3">
-        <x:v>107321.33</x:v>
+        <x:v>107291.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1078" spans="1:2">
       <x:c r="A1078" s="2">
-        <x:v>44431</x:v>
+        <x:v>44452</x:v>
       </x:c>
       <x:c r="B1078" s="3">
-        <x:v>107322.76</x:v>
+        <x:v>107292.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1079" spans="1:2">
       <x:c r="A1079" s="2">
-        <x:v>44430</x:v>
+        <x:v>44451</x:v>
       </x:c>
       <x:c r="B1079" s="3">
-        <x:v>107324.42</x:v>
+        <x:v>107292.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1080" spans="1:2">
       <x:c r="A1080" s="2">
-        <x:v>44427</x:v>
+        <x:v>44448</x:v>
       </x:c>
       <x:c r="B1080" s="3">
-        <x:v>107328.97</x:v>
+        <x:v>107296.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1081" spans="1:2">
       <x:c r="A1081" s="2">
-        <x:v>44426</x:v>
+        <x:v>44447</x:v>
       </x:c>
       <x:c r="B1081" s="3">
-        <x:v>107330.1</x:v>
+        <x:v>107298.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1082" spans="1:2">
       <x:c r="A1082" s="2">
-        <x:v>44425</x:v>
+        <x:v>44446</x:v>
       </x:c>
       <x:c r="B1082" s="3">
-        <x:v>107331.77</x:v>
+        <x:v>107301.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1083" spans="1:2">
       <x:c r="A1083" s="2">
-        <x:v>44424</x:v>
+        <x:v>44445</x:v>
       </x:c>
       <x:c r="B1083" s="3">
-        <x:v>107332.95</x:v>
+        <x:v>107302.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1084" spans="1:2">
       <x:c r="A1084" s="2">
-        <x:v>44423</x:v>
+        <x:v>44444</x:v>
       </x:c>
       <x:c r="B1084" s="3">
-        <x:v>107335.06</x:v>
+        <x:v>107303.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1085" spans="1:2">
       <x:c r="A1085" s="2">
-        <x:v>44420</x:v>
+        <x:v>44441</x:v>
       </x:c>
       <x:c r="B1085" s="3">
-        <x:v>107339</x:v>
+        <x:v>107307.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1086" spans="1:2">
       <x:c r="A1086" s="2">
-        <x:v>44419</x:v>
+        <x:v>44440</x:v>
       </x:c>
       <x:c r="B1086" s="3">
-        <x:v>107339.91</x:v>
+        <x:v>107308.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1087" spans="1:2">
       <x:c r="A1087" s="2">
-        <x:v>44418</x:v>
+        <x:v>44439</x:v>
       </x:c>
       <x:c r="B1087" s="3">
-        <x:v>107341.74</x:v>
+        <x:v>107310.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1088" spans="1:2">
       <x:c r="A1088" s="2">
-        <x:v>44417</x:v>
+        <x:v>44438</x:v>
       </x:c>
       <x:c r="B1088" s="3">
-        <x:v>107342.91</x:v>
+        <x:v>107311.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1089" spans="1:2">
       <x:c r="A1089" s="2">
-        <x:v>44416</x:v>
+        <x:v>44437</x:v>
       </x:c>
       <x:c r="B1089" s="3">
-        <x:v>107344.11</x:v>
+        <x:v>107312.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1090" spans="1:2">
       <x:c r="A1090" s="2">
-        <x:v>44413</x:v>
+        <x:v>44434</x:v>
       </x:c>
       <x:c r="B1090" s="3">
-        <x:v>107349.19</x:v>
+        <x:v>107318.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1091" spans="1:2">
       <x:c r="A1091" s="2">
-        <x:v>44412</x:v>
+        <x:v>44433</x:v>
       </x:c>
       <x:c r="B1091" s="3">
-        <x:v>107350.47</x:v>
+        <x:v>107319.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1092" spans="1:2">
       <x:c r="A1092" s="2">
-        <x:v>44411</x:v>
+        <x:v>44432</x:v>
       </x:c>
       <x:c r="B1092" s="3">
-        <x:v>107352.29</x:v>
+        <x:v>107321.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1093" spans="1:2">
       <x:c r="A1093" s="2">
-        <x:v>44410</x:v>
+        <x:v>44431</x:v>
       </x:c>
       <x:c r="B1093" s="3">
-        <x:v>107352.62</x:v>
+        <x:v>107322.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1094" spans="1:2">
       <x:c r="A1094" s="2">
-        <x:v>44409</x:v>
+        <x:v>44430</x:v>
       </x:c>
       <x:c r="B1094" s="3">
-        <x:v>107354.98</x:v>
+        <x:v>107324.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1095" spans="1:2">
       <x:c r="A1095" s="2">
-        <x:v>44406</x:v>
+        <x:v>44427</x:v>
       </x:c>
       <x:c r="B1095" s="3">
-        <x:v>107359.52</x:v>
+        <x:v>107328.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1096" spans="1:2">
       <x:c r="A1096" s="2">
-        <x:v>44405</x:v>
+        <x:v>44426</x:v>
       </x:c>
       <x:c r="B1096" s="3">
-        <x:v>107360.49</x:v>
+        <x:v>107330.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1097" spans="1:2">
       <x:c r="A1097" s="2">
-        <x:v>44404</x:v>
+        <x:v>44425</x:v>
       </x:c>
       <x:c r="B1097" s="3">
-        <x:v>107363.11</x:v>
+        <x:v>107331.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1098" spans="1:2">
       <x:c r="A1098" s="2">
-        <x:v>44403</x:v>
+        <x:v>44424</x:v>
       </x:c>
       <x:c r="B1098" s="3">
-        <x:v>107365.1</x:v>
+        <x:v>107332.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1099" spans="1:2">
       <x:c r="A1099" s="2">
-        <x:v>44402</x:v>
+        <x:v>44423</x:v>
       </x:c>
       <x:c r="B1099" s="3">
-        <x:v>107364.87</x:v>
+        <x:v>107335.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1100" spans="1:2">
       <x:c r="A1100" s="2">
-        <x:v>44399</x:v>
+        <x:v>44420</x:v>
       </x:c>
       <x:c r="B1100" s="3">
-        <x:v>107367.82</x:v>
+        <x:v>107339</x:v>
       </x:c>
     </x:row>
     <x:row r="1101" spans="1:2">
       <x:c r="A1101" s="2">
-        <x:v>44398</x:v>
+        <x:v>44419</x:v>
       </x:c>
       <x:c r="B1101" s="3">
-        <x:v>107369.81</x:v>
+        <x:v>107339.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1102" spans="1:2">
       <x:c r="A1102" s="2">
-        <x:v>44397</x:v>
+        <x:v>44418</x:v>
       </x:c>
       <x:c r="B1102" s="3">
-        <x:v>107371.34</x:v>
+        <x:v>107341.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1103" spans="1:2">
       <x:c r="A1103" s="2">
-        <x:v>44396</x:v>
+        <x:v>44417</x:v>
       </x:c>
       <x:c r="B1103" s="3">
-        <x:v>107372.17</x:v>
+        <x:v>107342.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1104" spans="1:2">
       <x:c r="A1104" s="2">
-        <x:v>44395</x:v>
+        <x:v>44416</x:v>
       </x:c>
       <x:c r="B1104" s="3">
-        <x:v>107371.76</x:v>
+        <x:v>107344.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1105" spans="1:2">
       <x:c r="A1105" s="2">
-        <x:v>44392</x:v>
+        <x:v>44413</x:v>
       </x:c>
       <x:c r="B1105" s="3">
-        <x:v>107376.71</x:v>
+        <x:v>107349.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1106" spans="1:2">
       <x:c r="A1106" s="2">
-        <x:v>44391</x:v>
+        <x:v>44412</x:v>
       </x:c>
       <x:c r="B1106" s="3">
-        <x:v>107378.5</x:v>
+        <x:v>107350.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1107" spans="1:2">
       <x:c r="A1107" s="2">
-        <x:v>44389</x:v>
+        <x:v>44411</x:v>
       </x:c>
       <x:c r="B1107" s="3">
-        <x:v>107380.32</x:v>
+        <x:v>107352.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1108" spans="1:2">
       <x:c r="A1108" s="2">
-        <x:v>44388</x:v>
+        <x:v>44410</x:v>
       </x:c>
       <x:c r="B1108" s="3">
-        <x:v>107382.47</x:v>
+        <x:v>107352.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1109" spans="1:2">
       <x:c r="A1109" s="2">
-        <x:v>44385</x:v>
+        <x:v>44409</x:v>
       </x:c>
       <x:c r="B1109" s="3">
-        <x:v>107387.04</x:v>
+        <x:v>107354.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1110" spans="1:2">
       <x:c r="A1110" s="2">
-        <x:v>44384</x:v>
+        <x:v>44406</x:v>
       </x:c>
       <x:c r="B1110" s="3">
-        <x:v>107388.71</x:v>
+        <x:v>107359.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1111" spans="1:2">
       <x:c r="A1111" s="2">
-        <x:v>44383</x:v>
+        <x:v>44405</x:v>
       </x:c>
       <x:c r="B1111" s="3">
-        <x:v>107389.89</x:v>
+        <x:v>107360.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1112" spans="1:2">
       <x:c r="A1112" s="2">
-        <x:v>44382</x:v>
+        <x:v>44404</x:v>
       </x:c>
       <x:c r="B1112" s="3">
-        <x:v>107391.71</x:v>
+        <x:v>107363.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1113" spans="1:2">
       <x:c r="A1113" s="2">
-        <x:v>44381</x:v>
+        <x:v>44403</x:v>
       </x:c>
       <x:c r="B1113" s="3">
-        <x:v>107392.99</x:v>
+        <x:v>107365.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1114" spans="1:2">
       <x:c r="A1114" s="2">
-        <x:v>44378</x:v>
+        <x:v>44402</x:v>
       </x:c>
       <x:c r="B1114" s="3">
-        <x:v>107397.01</x:v>
+        <x:v>107364.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1115" spans="1:2">
       <x:c r="A1115" s="2">
-        <x:v>44377</x:v>
+        <x:v>44399</x:v>
       </x:c>
       <x:c r="B1115" s="3">
-        <x:v>107398.3</x:v>
+        <x:v>107367.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1116" spans="1:2">
       <x:c r="A1116" s="2">
-        <x:v>44376</x:v>
+        <x:v>44398</x:v>
       </x:c>
       <x:c r="B1116" s="3">
-        <x:v>107398.8</x:v>
+        <x:v>107369.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1117" spans="1:2">
       <x:c r="A1117" s="2">
-        <x:v>44375</x:v>
+        <x:v>44397</x:v>
       </x:c>
       <x:c r="B1117" s="3">
-        <x:v>107401.09</x:v>
+        <x:v>107371.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1118" spans="1:2">
       <x:c r="A1118" s="2">
-        <x:v>44374</x:v>
+        <x:v>44396</x:v>
       </x:c>
       <x:c r="B1118" s="3">
-        <x:v>107402.35</x:v>
+        <x:v>107372.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1119" spans="1:2">
       <x:c r="A1119" s="2">
-        <x:v>44371</x:v>
+        <x:v>44395</x:v>
       </x:c>
       <x:c r="B1119" s="3">
-        <x:v>107406.54</x:v>
+        <x:v>107371.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1120" spans="1:2">
       <x:c r="A1120" s="2">
-        <x:v>44370</x:v>
+        <x:v>44392</x:v>
       </x:c>
       <x:c r="B1120" s="3">
-        <x:v>107407.05</x:v>
+        <x:v>107376.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1121" spans="1:2">
       <x:c r="A1121" s="2">
-        <x:v>44369</x:v>
+        <x:v>44391</x:v>
       </x:c>
       <x:c r="B1121" s="3">
-        <x:v>107408.66</x:v>
+        <x:v>107378.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1122" spans="1:2">
       <x:c r="A1122" s="2">
-        <x:v>44368</x:v>
+        <x:v>44389</x:v>
       </x:c>
       <x:c r="B1122" s="3">
-        <x:v>107409.6</x:v>
+        <x:v>107380.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1123" spans="1:2">
       <x:c r="A1123" s="2">
-        <x:v>44367</x:v>
+        <x:v>44388</x:v>
       </x:c>
       <x:c r="B1123" s="3">
-        <x:v>107411.79</x:v>
+        <x:v>107382.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1124" spans="1:2">
       <x:c r="A1124" s="2">
-        <x:v>44364</x:v>
+        <x:v>44385</x:v>
       </x:c>
       <x:c r="B1124" s="3">
-        <x:v>107416.2</x:v>
+        <x:v>107387.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1125" spans="1:2">
       <x:c r="A1125" s="2">
-        <x:v>44363</x:v>
+        <x:v>44384</x:v>
       </x:c>
       <x:c r="B1125" s="3">
-        <x:v>107418.55</x:v>
+        <x:v>107388.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1126" spans="1:2">
       <x:c r="A1126" s="2">
-        <x:v>44362</x:v>
+        <x:v>44383</x:v>
       </x:c>
       <x:c r="B1126" s="3">
-        <x:v>107418.93</x:v>
+        <x:v>107389.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1127" spans="1:2">
       <x:c r="A1127" s="2">
-        <x:v>44361</x:v>
+        <x:v>44382</x:v>
       </x:c>
       <x:c r="B1127" s="3">
-        <x:v>107420.53</x:v>
+        <x:v>107391.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1128" spans="1:2">
       <x:c r="A1128" s="2">
-        <x:v>44360</x:v>
+        <x:v>44381</x:v>
       </x:c>
       <x:c r="B1128" s="3">
-        <x:v>107422.42</x:v>
+        <x:v>107392.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1129" spans="1:2">
       <x:c r="A1129" s="2">
-        <x:v>44357</x:v>
+        <x:v>44378</x:v>
       </x:c>
       <x:c r="B1129" s="3">
-        <x:v>107427.03</x:v>
+        <x:v>107397.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1130" spans="1:2">
       <x:c r="A1130" s="2">
-        <x:v>44356</x:v>
+        <x:v>44377</x:v>
       </x:c>
       <x:c r="B1130" s="3">
-        <x:v>107428.05</x:v>
+        <x:v>107398.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1131" spans="1:2">
       <x:c r="A1131" s="2">
-        <x:v>44355</x:v>
+        <x:v>44376</x:v>
       </x:c>
       <x:c r="B1131" s="3">
-        <x:v>107429.61</x:v>
+        <x:v>107398.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1132" spans="1:2">
       <x:c r="A1132" s="2">
-        <x:v>44354</x:v>
+        <x:v>44375</x:v>
       </x:c>
       <x:c r="B1132" s="3">
-        <x:v>107431.1</x:v>
+        <x:v>107401.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1133" spans="1:2">
       <x:c r="A1133" s="2">
-        <x:v>44353</x:v>
+        <x:v>44374</x:v>
       </x:c>
       <x:c r="B1133" s="3">
-        <x:v>107432.16</x:v>
+        <x:v>107402.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1134" spans="1:2">
       <x:c r="A1134" s="2">
-        <x:v>44350</x:v>
+        <x:v>44371</x:v>
       </x:c>
       <x:c r="B1134" s="3">
-        <x:v>107436.2</x:v>
+        <x:v>107406.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1135" spans="1:2">
       <x:c r="A1135" s="2">
-        <x:v>44349</x:v>
+        <x:v>44370</x:v>
       </x:c>
       <x:c r="B1135" s="3">
-        <x:v>107438.12</x:v>
+        <x:v>107407.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1136" spans="1:2">
       <x:c r="A1136" s="2">
-        <x:v>44348</x:v>
+        <x:v>44369</x:v>
       </x:c>
       <x:c r="B1136" s="3">
-        <x:v>107438.88</x:v>
+        <x:v>107408.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1137" spans="1:2">
       <x:c r="A1137" s="2">
-        <x:v>44347</x:v>
+        <x:v>44368</x:v>
       </x:c>
       <x:c r="B1137" s="3">
-        <x:v>107440.36</x:v>
+        <x:v>107409.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1138" spans="1:2">
       <x:c r="A1138" s="2">
-        <x:v>44346</x:v>
+        <x:v>44367</x:v>
       </x:c>
       <x:c r="B1138" s="3">
-        <x:v>107440.96</x:v>
+        <x:v>107411.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1139" spans="1:2">
       <x:c r="A1139" s="2">
-        <x:v>44343</x:v>
+        <x:v>44364</x:v>
       </x:c>
       <x:c r="B1139" s="3">
-        <x:v>107445.67</x:v>
+        <x:v>107416.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1140" spans="1:2">
       <x:c r="A1140" s="2">
-        <x:v>44342</x:v>
+        <x:v>44363</x:v>
       </x:c>
       <x:c r="B1140" s="3">
-        <x:v>107446.45</x:v>
+        <x:v>107418.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1141" spans="1:2">
       <x:c r="A1141" s="2">
-        <x:v>44341</x:v>
+        <x:v>44362</x:v>
       </x:c>
       <x:c r="B1141" s="3">
-        <x:v>107447.25</x:v>
+        <x:v>107418.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1142" spans="1:2">
       <x:c r="A1142" s="2">
-        <x:v>44340</x:v>
+        <x:v>44361</x:v>
       </x:c>
       <x:c r="B1142" s="3">
-        <x:v>107449.38</x:v>
+        <x:v>107420.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1143" spans="1:2">
       <x:c r="A1143" s="2">
-        <x:v>44336</x:v>
+        <x:v>44360</x:v>
       </x:c>
       <x:c r="B1143" s="3">
-        <x:v>107454.15</x:v>
+        <x:v>107422.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1144" spans="1:2">
       <x:c r="A1144" s="2">
-        <x:v>44335</x:v>
+        <x:v>44357</x:v>
       </x:c>
       <x:c r="B1144" s="3">
-        <x:v>107455.98</x:v>
+        <x:v>107427.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1145" spans="1:2">
       <x:c r="A1145" s="2">
-        <x:v>44334</x:v>
+        <x:v>44356</x:v>
       </x:c>
       <x:c r="B1145" s="3">
-        <x:v>107457.03</x:v>
+        <x:v>107428.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1146" spans="1:2">
       <x:c r="A1146" s="2">
-        <x:v>44333</x:v>
+        <x:v>44355</x:v>
       </x:c>
       <x:c r="B1146" s="3">
-        <x:v>107459.31</x:v>
+        <x:v>107429.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1147" spans="1:2">
       <x:c r="A1147" s="2">
-        <x:v>44332</x:v>
+        <x:v>44354</x:v>
       </x:c>
       <x:c r="B1147" s="3">
-        <x:v>107460.41</x:v>
+        <x:v>107431.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1148" spans="1:2">
       <x:c r="A1148" s="2">
-        <x:v>44329</x:v>
+        <x:v>44353</x:v>
       </x:c>
       <x:c r="B1148" s="3">
-        <x:v>107464.65</x:v>
+        <x:v>107432.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1149" spans="1:2">
       <x:c r="A1149" s="2">
-        <x:v>44327</x:v>
+        <x:v>44350</x:v>
       </x:c>
       <x:c r="B1149" s="3">
-        <x:v>107467.92</x:v>
+        <x:v>107436.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1150" spans="1:2">
       <x:c r="A1150" s="2">
-        <x:v>44326</x:v>
+        <x:v>44349</x:v>
       </x:c>
       <x:c r="B1150" s="3">
-        <x:v>107468.56</x:v>
+        <x:v>107438.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1151" spans="1:2">
       <x:c r="A1151" s="2">
-        <x:v>44325</x:v>
+        <x:v>44348</x:v>
       </x:c>
       <x:c r="B1151" s="3">
-        <x:v>107470.31</x:v>
+        <x:v>107438.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1152" spans="1:2">
       <x:c r="A1152" s="2">
-        <x:v>44322</x:v>
+        <x:v>44347</x:v>
       </x:c>
       <x:c r="B1152" s="3">
-        <x:v>107474.53</x:v>
+        <x:v>107440.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1153" spans="1:2">
       <x:c r="A1153" s="2">
-        <x:v>44321</x:v>
+        <x:v>44346</x:v>
       </x:c>
       <x:c r="B1153" s="3">
-        <x:v>107476.7</x:v>
+        <x:v>107440.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1154" spans="1:2">
       <x:c r="A1154" s="2">
-        <x:v>44320</x:v>
+        <x:v>44343</x:v>
       </x:c>
       <x:c r="B1154" s="3">
-        <x:v>107477.59</x:v>
+        <x:v>107445.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1155" spans="1:2">
       <x:c r="A1155" s="2">
-        <x:v>44319</x:v>
+        <x:v>44342</x:v>
       </x:c>
       <x:c r="B1155" s="3">
-        <x:v>107479.39</x:v>
+        <x:v>107446.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1156" spans="1:2">
       <x:c r="A1156" s="2">
-        <x:v>44318</x:v>
+        <x:v>44341</x:v>
       </x:c>
       <x:c r="B1156" s="3">
-        <x:v>107480.71</x:v>
+        <x:v>107447.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1157" spans="1:2">
       <x:c r="A1157" s="2">
-        <x:v>44315</x:v>
+        <x:v>44340</x:v>
       </x:c>
       <x:c r="B1157" s="3">
-        <x:v>107484.4</x:v>
+        <x:v>107449.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1158" spans="1:2">
       <x:c r="A1158" s="2">
-        <x:v>44314</x:v>
+        <x:v>44336</x:v>
       </x:c>
       <x:c r="B1158" s="3">
-        <x:v>107485.4</x:v>
+        <x:v>107454.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1159" spans="1:2">
       <x:c r="A1159" s="2">
-        <x:v>44313</x:v>
+        <x:v>44335</x:v>
       </x:c>
       <x:c r="B1159" s="3">
-        <x:v>107486.96</x:v>
+        <x:v>107455.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1160" spans="1:2">
       <x:c r="A1160" s="2">
-        <x:v>44312</x:v>
+        <x:v>44334</x:v>
       </x:c>
       <x:c r="B1160" s="3">
-        <x:v>107488.3</x:v>
+        <x:v>107457.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1161" spans="1:2">
       <x:c r="A1161" s="2">
-        <x:v>44311</x:v>
+        <x:v>44333</x:v>
       </x:c>
       <x:c r="B1161" s="3">
-        <x:v>107489.94</x:v>
+        <x:v>107459.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1162" spans="1:2">
       <x:c r="A1162" s="2">
-        <x:v>44308</x:v>
+        <x:v>44332</x:v>
       </x:c>
       <x:c r="B1162" s="3">
-        <x:v>107493.89</x:v>
+        <x:v>107460.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1163" spans="1:2">
       <x:c r="A1163" s="2">
-        <x:v>44307</x:v>
+        <x:v>44329</x:v>
       </x:c>
       <x:c r="B1163" s="3">
-        <x:v>107494.93</x:v>
+        <x:v>107464.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1164" spans="1:2">
       <x:c r="A1164" s="2">
-        <x:v>44306</x:v>
+        <x:v>44327</x:v>
       </x:c>
       <x:c r="B1164" s="3">
-        <x:v>107496.25</x:v>
+        <x:v>107467.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1165" spans="1:2">
       <x:c r="A1165" s="2">
-        <x:v>44305</x:v>
+        <x:v>44326</x:v>
       </x:c>
       <x:c r="B1165" s="3">
-        <x:v>107496.52</x:v>
+        <x:v>107468.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1166" spans="1:2">
       <x:c r="A1166" s="2">
-        <x:v>44304</x:v>
+        <x:v>44325</x:v>
       </x:c>
       <x:c r="B1166" s="3">
-        <x:v>107498.79</x:v>
+        <x:v>107470.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1167" spans="1:2">
       <x:c r="A1167" s="2">
-        <x:v>44301</x:v>
+        <x:v>44322</x:v>
       </x:c>
       <x:c r="B1167" s="3">
-        <x:v>107502.92</x:v>
+        <x:v>107474.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1168" spans="1:2">
       <x:c r="A1168" s="2">
-        <x:v>44300</x:v>
+        <x:v>44321</x:v>
       </x:c>
       <x:c r="B1168" s="3">
-        <x:v>107504.21</x:v>
+        <x:v>107476.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1169" spans="1:2">
       <x:c r="A1169" s="2">
-        <x:v>44299</x:v>
+        <x:v>44320</x:v>
       </x:c>
       <x:c r="B1169" s="3">
-        <x:v>107505.27</x:v>
+        <x:v>107477.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1170" spans="1:2">
       <x:c r="A1170" s="2">
-        <x:v>44298</x:v>
+        <x:v>44319</x:v>
       </x:c>
       <x:c r="B1170" s="3">
-        <x:v>107506.92</x:v>
+        <x:v>107479.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1171" spans="1:2">
       <x:c r="A1171" s="2">
-        <x:v>44297</x:v>
+        <x:v>44318</x:v>
       </x:c>
       <x:c r="B1171" s="3">
-        <x:v>107508.04</x:v>
+        <x:v>107480.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1172" spans="1:2">
       <x:c r="A1172" s="2">
-        <x:v>44294</x:v>
+        <x:v>44315</x:v>
       </x:c>
       <x:c r="B1172" s="3">
-        <x:v>107513.02</x:v>
+        <x:v>107484.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1173" spans="1:2">
       <x:c r="A1173" s="2">
-        <x:v>44293</x:v>
+        <x:v>44314</x:v>
       </x:c>
       <x:c r="B1173" s="3">
-        <x:v>107512.86</x:v>
+        <x:v>107485.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1174" spans="1:2">
       <x:c r="A1174" s="2">
-        <x:v>44292</x:v>
+        <x:v>44313</x:v>
       </x:c>
       <x:c r="B1174" s="3">
-        <x:v>107515.05</x:v>
+        <x:v>107486.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1175" spans="1:2">
       <x:c r="A1175" s="2">
-        <x:v>44291</x:v>
+        <x:v>44312</x:v>
       </x:c>
       <x:c r="B1175" s="3">
-        <x:v>107515.26</x:v>
+        <x:v>107488.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1176" spans="1:2">
       <x:c r="A1176" s="2">
-        <x:v>44286</x:v>
+        <x:v>44311</x:v>
       </x:c>
       <x:c r="B1176" s="3">
-        <x:v>107522.77</x:v>
+        <x:v>107489.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1177" spans="1:2">
       <x:c r="A1177" s="2">
-        <x:v>44285</x:v>
+        <x:v>44308</x:v>
       </x:c>
       <x:c r="B1177" s="3">
-        <x:v>107523.98</x:v>
+        <x:v>107493.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1178" spans="1:2">
       <x:c r="A1178" s="2">
-        <x:v>44284</x:v>
+        <x:v>44307</x:v>
       </x:c>
       <x:c r="B1178" s="3">
-        <x:v>107525.42</x:v>
+        <x:v>107494.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1179" spans="1:2">
       <x:c r="A1179" s="2">
-        <x:v>44283</x:v>
+        <x:v>44306</x:v>
       </x:c>
       <x:c r="B1179" s="3">
-        <x:v>107526.51</x:v>
+        <x:v>107496.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1180" spans="1:2">
       <x:c r="A1180" s="2">
-        <x:v>44280</x:v>
+        <x:v>44305</x:v>
       </x:c>
       <x:c r="B1180" s="3">
-        <x:v>107530.29</x:v>
+        <x:v>107496.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1181" spans="1:2">
       <x:c r="A1181" s="2">
-        <x:v>44279</x:v>
+        <x:v>44304</x:v>
       </x:c>
       <x:c r="B1181" s="3">
-        <x:v>107531.4</x:v>
+        <x:v>107498.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1182" spans="1:2">
       <x:c r="A1182" s="2">
-        <x:v>44278</x:v>
+        <x:v>44301</x:v>
       </x:c>
       <x:c r="B1182" s="3">
-        <x:v>107532.82</x:v>
+        <x:v>107502.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1183" spans="1:2">
       <x:c r="A1183" s="2">
-        <x:v>44277</x:v>
+        <x:v>44300</x:v>
       </x:c>
       <x:c r="B1183" s="3">
-        <x:v>107534.81</x:v>
+        <x:v>107504.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1184" spans="1:2">
       <x:c r="A1184" s="2">
-        <x:v>44276</x:v>
+        <x:v>44299</x:v>
       </x:c>
       <x:c r="B1184" s="3">
-        <x:v>107535.88</x:v>
+        <x:v>107505.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1185" spans="1:2">
       <x:c r="A1185" s="2">
-        <x:v>44273</x:v>
+        <x:v>44298</x:v>
       </x:c>
       <x:c r="B1185" s="3">
-        <x:v>107539.65</x:v>
+        <x:v>107506.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1186" spans="1:2">
       <x:c r="A1186" s="2">
-        <x:v>44272</x:v>
+        <x:v>44297</x:v>
       </x:c>
       <x:c r="B1186" s="3">
-        <x:v>107542.18</x:v>
+        <x:v>107508.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1187" spans="1:2">
       <x:c r="A1187" s="2">
-        <x:v>44271</x:v>
+        <x:v>44294</x:v>
       </x:c>
       <x:c r="B1187" s="3">
-        <x:v>107542.61</x:v>
+        <x:v>107513.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1188" spans="1:2">
       <x:c r="A1188" s="2">
-        <x:v>44270</x:v>
+        <x:v>44293</x:v>
       </x:c>
       <x:c r="B1188" s="3">
-        <x:v>107544.11</x:v>
+        <x:v>107512.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1189" spans="1:2">
       <x:c r="A1189" s="2">
-        <x:v>44269</x:v>
+        <x:v>44292</x:v>
       </x:c>
       <x:c r="B1189" s="3">
-        <x:v>107545.68</x:v>
+        <x:v>107515.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1190" spans="1:2">
       <x:c r="A1190" s="2">
-        <x:v>44266</x:v>
+        <x:v>44291</x:v>
       </x:c>
       <x:c r="B1190" s="3">
-        <x:v>107549.52</x:v>
+        <x:v>107515.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1191" spans="1:2">
       <x:c r="A1191" s="2">
-        <x:v>44265</x:v>
+        <x:v>44286</x:v>
       </x:c>
       <x:c r="B1191" s="3">
-        <x:v>107550.37</x:v>
+        <x:v>107522.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1192" spans="1:2">
       <x:c r="A1192" s="2">
-        <x:v>44264</x:v>
+        <x:v>44285</x:v>
       </x:c>
       <x:c r="B1192" s="3">
-        <x:v>107551.58</x:v>
+        <x:v>107523.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1193" spans="1:2">
       <x:c r="A1193" s="2">
-        <x:v>44263</x:v>
+        <x:v>44284</x:v>
       </x:c>
       <x:c r="B1193" s="3">
-        <x:v>107553.58</x:v>
+        <x:v>107525.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1194" spans="1:2">
       <x:c r="A1194" s="2">
-        <x:v>44262</x:v>
+        <x:v>44283</x:v>
       </x:c>
       <x:c r="B1194" s="3">
-        <x:v>107554.08</x:v>
+        <x:v>107526.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1195" spans="1:2">
       <x:c r="A1195" s="2">
-        <x:v>44259</x:v>
+        <x:v>44280</x:v>
       </x:c>
       <x:c r="B1195" s="3">
-        <x:v>107559.01</x:v>
+        <x:v>107530.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1196" spans="1:2">
       <x:c r="A1196" s="2">
-        <x:v>44258</x:v>
+        <x:v>44279</x:v>
       </x:c>
       <x:c r="B1196" s="3">
-        <x:v>107559.13</x:v>
+        <x:v>107531.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1197" spans="1:2">
       <x:c r="A1197" s="2">
-        <x:v>44257</x:v>
+        <x:v>44278</x:v>
       </x:c>
       <x:c r="B1197" s="3">
-        <x:v>107560.87</x:v>
+        <x:v>107532.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1198" spans="1:2">
       <x:c r="A1198" s="2">
-        <x:v>44256</x:v>
+        <x:v>44277</x:v>
       </x:c>
       <x:c r="B1198" s="3">
-        <x:v>107561.37</x:v>
+        <x:v>107534.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1199" spans="1:2">
       <x:c r="A1199" s="2">
-        <x:v>44255</x:v>
+        <x:v>44276</x:v>
       </x:c>
       <x:c r="B1199" s="3">
-        <x:v>107562.81</x:v>
+        <x:v>107535.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1200" spans="1:2">
       <x:c r="A1200" s="2">
-        <x:v>44252</x:v>
+        <x:v>44273</x:v>
       </x:c>
       <x:c r="B1200" s="3">
-        <x:v>107566.65</x:v>
+        <x:v>107539.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1201" spans="1:2">
       <x:c r="A1201" s="2">
-        <x:v>44251</x:v>
+        <x:v>44272</x:v>
       </x:c>
       <x:c r="B1201" s="3">
-        <x:v>107568.28</x:v>
+        <x:v>107542.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1202" spans="1:2">
       <x:c r="A1202" s="2">
-        <x:v>44250</x:v>
+        <x:v>44271</x:v>
       </x:c>
       <x:c r="B1202" s="3">
-        <x:v>107569.59</x:v>
+        <x:v>107542.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1203" spans="1:2">
       <x:c r="A1203" s="2">
-        <x:v>44249</x:v>
+        <x:v>44270</x:v>
       </x:c>
       <x:c r="B1203" s="3">
-        <x:v>107571.59</x:v>
+        <x:v>107544.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1204" spans="1:2">
       <x:c r="A1204" s="2">
-        <x:v>44248</x:v>
+        <x:v>44269</x:v>
       </x:c>
       <x:c r="B1204" s="3">
-        <x:v>107572.21</x:v>
+        <x:v>107545.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1205" spans="1:2">
       <x:c r="A1205" s="2">
-        <x:v>44245</x:v>
+        <x:v>44266</x:v>
       </x:c>
       <x:c r="B1205" s="3">
-        <x:v>107576.78</x:v>
+        <x:v>107549.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1206" spans="1:2">
       <x:c r="A1206" s="2">
-        <x:v>44244</x:v>
+        <x:v>44265</x:v>
       </x:c>
       <x:c r="B1206" s="3">
-        <x:v>107578.53</x:v>
+        <x:v>107550.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1207" spans="1:2">
       <x:c r="A1207" s="2">
-        <x:v>44243</x:v>
+        <x:v>44264</x:v>
       </x:c>
       <x:c r="B1207" s="3">
-        <x:v>107579.05</x:v>
+        <x:v>107551.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1208" spans="1:2">
       <x:c r="A1208" s="2">
-        <x:v>44242</x:v>
+        <x:v>44263</x:v>
       </x:c>
       <x:c r="B1208" s="3">
-        <x:v>107580.97</x:v>
+        <x:v>107553.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1209" spans="1:2">
       <x:c r="A1209" s="2">
-        <x:v>44241</x:v>
+        <x:v>44262</x:v>
       </x:c>
       <x:c r="B1209" s="3">
-        <x:v>107581.7</x:v>
+        <x:v>107554.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1210" spans="1:2">
       <x:c r="A1210" s="2">
-        <x:v>44238</x:v>
+        <x:v>44259</x:v>
       </x:c>
       <x:c r="B1210" s="3">
-        <x:v>107585.69</x:v>
+        <x:v>107559.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1211" spans="1:2">
       <x:c r="A1211" s="2">
-        <x:v>44237</x:v>
+        <x:v>44258</x:v>
       </x:c>
       <x:c r="B1211" s="3">
-        <x:v>107587.09</x:v>
+        <x:v>107559.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1212" spans="1:2">
       <x:c r="A1212" s="2">
-        <x:v>44236</x:v>
+        <x:v>44257</x:v>
       </x:c>
       <x:c r="B1212" s="3">
-        <x:v>107587.68</x:v>
+        <x:v>107560.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1213" spans="1:2">
       <x:c r="A1213" s="2">
-        <x:v>44235</x:v>
+        <x:v>44256</x:v>
       </x:c>
       <x:c r="B1213" s="3">
-        <x:v>107588.86</x:v>
+        <x:v>107561.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1214" spans="1:2">
       <x:c r="A1214" s="2">
-        <x:v>44234</x:v>
+        <x:v>44255</x:v>
       </x:c>
       <x:c r="B1214" s="3">
-        <x:v>107589.69</x:v>
+        <x:v>107562.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1215" spans="1:2">
       <x:c r="A1215" s="2">
-        <x:v>44231</x:v>
+        <x:v>44252</x:v>
       </x:c>
       <x:c r="B1215" s="3">
-        <x:v>107594.3</x:v>
+        <x:v>107566.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1216" spans="1:2">
       <x:c r="A1216" s="2">
-        <x:v>44230</x:v>
+        <x:v>44251</x:v>
       </x:c>
       <x:c r="B1216" s="3">
-        <x:v>107594.71</x:v>
+        <x:v>107568.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1217" spans="1:2">
       <x:c r="A1217" s="2">
-        <x:v>44229</x:v>
+        <x:v>44250</x:v>
       </x:c>
       <x:c r="B1217" s="3">
-        <x:v>107595.57</x:v>
+        <x:v>107569.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1218" spans="1:2">
       <x:c r="A1218" s="2">
-        <x:v>44228</x:v>
+        <x:v>44249</x:v>
       </x:c>
       <x:c r="B1218" s="3">
-        <x:v>107596.42</x:v>
+        <x:v>107571.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1219" spans="1:2">
       <x:c r="A1219" s="2">
-        <x:v>44227</x:v>
+        <x:v>44248</x:v>
       </x:c>
       <x:c r="B1219" s="3">
-        <x:v>107598.27</x:v>
+        <x:v>107572.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1220" spans="1:2">
       <x:c r="A1220" s="2">
-        <x:v>44224</x:v>
+        <x:v>44245</x:v>
       </x:c>
       <x:c r="B1220" s="3">
-        <x:v>107603.52</x:v>
+        <x:v>107576.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1221" spans="1:2">
       <x:c r="A1221" s="2">
-        <x:v>44223</x:v>
+        <x:v>44244</x:v>
       </x:c>
       <x:c r="B1221" s="3">
-        <x:v>107601.98</x:v>
+        <x:v>107578.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1222" spans="1:2">
       <x:c r="A1222" s="2">
-        <x:v>44222</x:v>
+        <x:v>44243</x:v>
       </x:c>
       <x:c r="B1222" s="3">
-        <x:v>107602.98</x:v>
+        <x:v>107579.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1223" spans="1:2">
       <x:c r="A1223" s="2">
-        <x:v>44221</x:v>
+        <x:v>44242</x:v>
       </x:c>
       <x:c r="B1223" s="3">
-        <x:v>107604.69</x:v>
+        <x:v>107580.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1224" spans="1:2">
       <x:c r="A1224" s="2">
-        <x:v>44220</x:v>
+        <x:v>44241</x:v>
       </x:c>
       <x:c r="B1224" s="3">
-        <x:v>107606.1</x:v>
+        <x:v>107581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1225" spans="1:2">
       <x:c r="A1225" s="2">
-        <x:v>44217</x:v>
+        <x:v>44238</x:v>
       </x:c>
       <x:c r="B1225" s="3">
-        <x:v>107612.15</x:v>
+        <x:v>107585.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1226" spans="1:2">
       <x:c r="A1226" s="2">
-        <x:v>44216</x:v>
+        <x:v>44237</x:v>
       </x:c>
       <x:c r="B1226" s="3">
-        <x:v>107612.88</x:v>
+        <x:v>107587.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1227" spans="1:2">
       <x:c r="A1227" s="2">
-        <x:v>44215</x:v>
+        <x:v>44236</x:v>
       </x:c>
       <x:c r="B1227" s="3">
-        <x:v>107614.22</x:v>
+        <x:v>107587.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1228" spans="1:2">
       <x:c r="A1228" s="2">
-        <x:v>44214</x:v>
+        <x:v>44235</x:v>
       </x:c>
       <x:c r="B1228" s="3">
-        <x:v>107615.3</x:v>
+        <x:v>107588.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1229" spans="1:2">
       <x:c r="A1229" s="2">
-        <x:v>44213</x:v>
+        <x:v>44234</x:v>
       </x:c>
       <x:c r="B1229" s="3">
-        <x:v>107615.63</x:v>
+        <x:v>107589.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1230" spans="1:2">
       <x:c r="A1230" s="2">
-        <x:v>44210</x:v>
+        <x:v>44231</x:v>
       </x:c>
       <x:c r="B1230" s="3">
-        <x:v>107620.13</x:v>
+        <x:v>107594.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1231" spans="1:2">
       <x:c r="A1231" s="2">
-        <x:v>44209</x:v>
+        <x:v>44230</x:v>
       </x:c>
       <x:c r="B1231" s="3">
-        <x:v>107620.05</x:v>
+        <x:v>107594.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1232" spans="1:2">
       <x:c r="A1232" s="2">
-        <x:v>44208</x:v>
+        <x:v>44229</x:v>
       </x:c>
       <x:c r="B1232" s="3">
-        <x:v>107622.45</x:v>
+        <x:v>107595.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1233" spans="1:2">
       <x:c r="A1233" s="2">
-        <x:v>44207</x:v>
+        <x:v>44228</x:v>
       </x:c>
       <x:c r="B1233" s="3">
-        <x:v>107624.43</x:v>
+        <x:v>107596.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1234" spans="1:2">
       <x:c r="A1234" s="2">
-        <x:v>44206</x:v>
+        <x:v>44227</x:v>
       </x:c>
       <x:c r="B1234" s="3">
-        <x:v>107626.02</x:v>
+        <x:v>107598.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1235" spans="1:2">
       <x:c r="A1235" s="2">
-        <x:v>44203</x:v>
+        <x:v>44224</x:v>
       </x:c>
       <x:c r="B1235" s="3">
-        <x:v>107629.61</x:v>
+        <x:v>107603.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1236" spans="1:2">
       <x:c r="A1236" s="2">
-        <x:v>44202</x:v>
+        <x:v>44223</x:v>
       </x:c>
       <x:c r="B1236" s="3">
-        <x:v>107628.47</x:v>
+        <x:v>107601.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1237" spans="1:2">
       <x:c r="A1237" s="2">
-        <x:v>44201</x:v>
+        <x:v>44222</x:v>
       </x:c>
       <x:c r="B1237" s="3">
-        <x:v>107629.73</x:v>
+        <x:v>107602.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1238" spans="1:2">
       <x:c r="A1238" s="2">
-        <x:v>44200</x:v>
+        <x:v>44221</x:v>
       </x:c>
       <x:c r="B1238" s="3">
-        <x:v>107632.2</x:v>
+        <x:v>107604.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1239" spans="1:2">
       <x:c r="A1239" s="2">
-        <x:v>44199</x:v>
+        <x:v>44220</x:v>
       </x:c>
       <x:c r="B1239" s="3">
-        <x:v>107632.53</x:v>
+        <x:v>107606.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1240" spans="1:2">
       <x:c r="A1240" s="2">
-        <x:v>44195</x:v>
+        <x:v>44217</x:v>
       </x:c>
       <x:c r="B1240" s="3">
-        <x:v>107637.96</x:v>
+        <x:v>107612.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1241" spans="1:2">
       <x:c r="A1241" s="2">
-        <x:v>44194</x:v>
+        <x:v>44216</x:v>
       </x:c>
       <x:c r="B1241" s="3">
-        <x:v>107636.01</x:v>
+        <x:v>107612.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1242" spans="1:2">
       <x:c r="A1242" s="2">
-        <x:v>44193</x:v>
+        <x:v>44215</x:v>
       </x:c>
       <x:c r="B1242" s="3">
-        <x:v>107637.14</x:v>
+        <x:v>107614.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1243" spans="1:2">
       <x:c r="A1243" s="2">
-        <x:v>44192</x:v>
+        <x:v>44214</x:v>
       </x:c>
       <x:c r="B1243" s="3">
-        <x:v>107636.87</x:v>
+        <x:v>107615.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1244" spans="1:2">
       <x:c r="A1244" s="2">
-        <x:v>44188</x:v>
+        <x:v>44213</x:v>
       </x:c>
       <x:c r="B1244" s="3">
-        <x:v>107641.46</x:v>
+        <x:v>107615.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1245" spans="1:2">
       <x:c r="A1245" s="2">
-        <x:v>44187</x:v>
+        <x:v>44210</x:v>
       </x:c>
       <x:c r="B1245" s="3">
-        <x:v>107642.78</x:v>
+        <x:v>107620.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1246" spans="1:2">
       <x:c r="A1246" s="2">
-        <x:v>44186</x:v>
+        <x:v>44209</x:v>
       </x:c>
       <x:c r="B1246" s="3">
-        <x:v>107645.13</x:v>
+        <x:v>107620.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1247" spans="1:2">
       <x:c r="A1247" s="2">
-        <x:v>44185</x:v>
+        <x:v>44208</x:v>
       </x:c>
       <x:c r="B1247" s="3">
-        <x:v>107647</x:v>
+        <x:v>107622.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1248" spans="1:2">
       <x:c r="A1248" s="2">
-        <x:v>44182</x:v>
+        <x:v>44207</x:v>
       </x:c>
       <x:c r="B1248" s="3">
-        <x:v>107650.81</x:v>
+        <x:v>107624.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1249" spans="1:2">
       <x:c r="A1249" s="2">
-        <x:v>44181</x:v>
+        <x:v>44206</x:v>
       </x:c>
       <x:c r="B1249" s="3">
-        <x:v>107653.4</x:v>
+        <x:v>107626.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1250" spans="1:2">
       <x:c r="A1250" s="2">
-        <x:v>44180</x:v>
+        <x:v>44203</x:v>
       </x:c>
       <x:c r="B1250" s="3">
-        <x:v>107653</x:v>
+        <x:v>107629.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1251" spans="1:2">
       <x:c r="A1251" s="2">
-        <x:v>44179</x:v>
+        <x:v>44202</x:v>
       </x:c>
       <x:c r="B1251" s="3">
-        <x:v>107654.48</x:v>
+        <x:v>107628.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1252" spans="1:2">
       <x:c r="A1252" s="2">
-        <x:v>44178</x:v>
+        <x:v>44201</x:v>
       </x:c>
       <x:c r="B1252" s="3">
-        <x:v>107654.85</x:v>
+        <x:v>107629.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1253" spans="1:2">
       <x:c r="A1253" s="2">
-        <x:v>44175</x:v>
+        <x:v>44200</x:v>
       </x:c>
       <x:c r="B1253" s="3">
-        <x:v>107658.87</x:v>
+        <x:v>107632.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1254" spans="1:2">
       <x:c r="A1254" s="2">
-        <x:v>44174</x:v>
+        <x:v>44199</x:v>
       </x:c>
       <x:c r="B1254" s="3">
-        <x:v>107659.74</x:v>
+        <x:v>107632.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1255" spans="1:2">
       <x:c r="A1255" s="2">
-        <x:v>44173</x:v>
+        <x:v>44195</x:v>
       </x:c>
       <x:c r="B1255" s="3">
-        <x:v>107660.02</x:v>
+        <x:v>107637.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1256" spans="1:2">
       <x:c r="A1256" s="2">
-        <x:v>44172</x:v>
+        <x:v>44194</x:v>
       </x:c>
       <x:c r="B1256" s="3">
-        <x:v>107659.96</x:v>
+        <x:v>107636.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1257" spans="1:2">
       <x:c r="A1257" s="2">
-        <x:v>44171</x:v>
+        <x:v>44193</x:v>
       </x:c>
       <x:c r="B1257" s="3">
-        <x:v>107660.04</x:v>
+        <x:v>107637.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1258" spans="1:2">
       <x:c r="A1258" s="2">
-        <x:v>44168</x:v>
+        <x:v>44192</x:v>
       </x:c>
       <x:c r="B1258" s="3">
-        <x:v>107662.5</x:v>
+        <x:v>107636.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1259" spans="1:2">
       <x:c r="A1259" s="2">
-        <x:v>44167</x:v>
+        <x:v>44188</x:v>
       </x:c>
       <x:c r="B1259" s="3">
-        <x:v>107663.32</x:v>
+        <x:v>107641.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1260" spans="1:2">
       <x:c r="A1260" s="2">
-        <x:v>44166</x:v>
+        <x:v>44187</x:v>
       </x:c>
       <x:c r="B1260" s="3">
-        <x:v>107664.62</x:v>
+        <x:v>107642.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1261" spans="1:2">
       <x:c r="A1261" s="2">
-        <x:v>44165</x:v>
+        <x:v>44186</x:v>
       </x:c>
       <x:c r="B1261" s="3">
-        <x:v>107665.47</x:v>
+        <x:v>107645.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1262" spans="1:2">
       <x:c r="A1262" s="2">
-        <x:v>44164</x:v>
+        <x:v>44185</x:v>
       </x:c>
       <x:c r="B1262" s="3">
-        <x:v>107666.31</x:v>
+        <x:v>107647</x:v>
       </x:c>
     </x:row>
     <x:row r="1263" spans="1:2">
       <x:c r="A1263" s="2">
-        <x:v>44161</x:v>
+        <x:v>44182</x:v>
       </x:c>
       <x:c r="B1263" s="3">
-        <x:v>107668.84</x:v>
+        <x:v>107650.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1264" spans="1:2">
       <x:c r="A1264" s="2">
-        <x:v>44160</x:v>
+        <x:v>44181</x:v>
       </x:c>
       <x:c r="B1264" s="3">
-        <x:v>107669.54</x:v>
+        <x:v>107653.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1265" spans="1:2">
       <x:c r="A1265" s="2">
-        <x:v>44159</x:v>
+        <x:v>44180</x:v>
       </x:c>
       <x:c r="B1265" s="3">
-        <x:v>107670.01</x:v>
+        <x:v>107653</x:v>
       </x:c>
     </x:row>
     <x:row r="1266" spans="1:2">
       <x:c r="A1266" s="2">
-        <x:v>44158</x:v>
+        <x:v>44179</x:v>
       </x:c>
       <x:c r="B1266" s="3">
-        <x:v>107669.94</x:v>
+        <x:v>107654.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1267" spans="1:2">
       <x:c r="A1267" s="2">
-        <x:v>44157</x:v>
+        <x:v>44178</x:v>
       </x:c>
       <x:c r="B1267" s="3">
-        <x:v>107669.56</x:v>
+        <x:v>107654.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1268" spans="1:2">
       <x:c r="A1268" s="2">
-        <x:v>44154</x:v>
+        <x:v>44175</x:v>
       </x:c>
       <x:c r="B1268" s="3">
-        <x:v>107673.41</x:v>
+        <x:v>107658.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1269" spans="1:2">
       <x:c r="A1269" s="2">
-        <x:v>44153</x:v>
+        <x:v>44174</x:v>
       </x:c>
       <x:c r="B1269" s="3">
-        <x:v>107673.73</x:v>
+        <x:v>107659.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1270" spans="1:2">
       <x:c r="A1270" s="2">
-        <x:v>44152</x:v>
+        <x:v>44173</x:v>
       </x:c>
       <x:c r="B1270" s="3">
-        <x:v>107674.54</x:v>
+        <x:v>107660.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1271" spans="1:2">
       <x:c r="A1271" s="2">
-        <x:v>44151</x:v>
+        <x:v>44172</x:v>
       </x:c>
       <x:c r="B1271" s="3">
-        <x:v>107674.93</x:v>
+        <x:v>107659.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1272" spans="1:2">
       <x:c r="A1272" s="2">
-        <x:v>44150</x:v>
+        <x:v>44171</x:v>
       </x:c>
       <x:c r="B1272" s="3">
-        <x:v>107675.13</x:v>
+        <x:v>107660.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1273" spans="1:2">
       <x:c r="A1273" s="2">
-        <x:v>44147</x:v>
+        <x:v>44168</x:v>
       </x:c>
       <x:c r="B1273" s="3">
-        <x:v>107676.09</x:v>
+        <x:v>107662.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1274" spans="1:2">
       <x:c r="A1274" s="2">
-        <x:v>44146</x:v>
+        <x:v>44167</x:v>
       </x:c>
       <x:c r="B1274" s="3">
-        <x:v>107677.97</x:v>
+        <x:v>107663.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1275" spans="1:2">
       <x:c r="A1275" s="2">
-        <x:v>44144</x:v>
+        <x:v>44166</x:v>
       </x:c>
       <x:c r="B1275" s="3">
-        <x:v>107678.08</x:v>
+        <x:v>107664.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1276" spans="1:2">
       <x:c r="A1276" s="2">
-        <x:v>44143</x:v>
+        <x:v>44165</x:v>
       </x:c>
       <x:c r="B1276" s="3">
-        <x:v>107677.8</x:v>
+        <x:v>107665.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1277" spans="1:2">
       <x:c r="A1277" s="2">
-        <x:v>44140</x:v>
+        <x:v>44164</x:v>
       </x:c>
       <x:c r="B1277" s="3">
-        <x:v>107677.47</x:v>
+        <x:v>107666.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1278" spans="1:2">
       <x:c r="A1278" s="2">
-        <x:v>44139</x:v>
+        <x:v>44161</x:v>
       </x:c>
       <x:c r="B1278" s="3">
-        <x:v>107676.72</x:v>
+        <x:v>107668.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1279" spans="1:2">
       <x:c r="A1279" s="2">
-        <x:v>44138</x:v>
+        <x:v>44160</x:v>
       </x:c>
       <x:c r="B1279" s="3">
-        <x:v>107676.27</x:v>
+        <x:v>107669.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1280" spans="1:2">
       <x:c r="A1280" s="2">
-        <x:v>44137</x:v>
+        <x:v>44159</x:v>
       </x:c>
       <x:c r="B1280" s="3">
-        <x:v>107677.54</x:v>
+        <x:v>107670.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1281" spans="1:2">
       <x:c r="A1281" s="2">
-        <x:v>44136</x:v>
+        <x:v>44158</x:v>
       </x:c>
       <x:c r="B1281" s="3">
-        <x:v>107676.75</x:v>
+        <x:v>107669.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1282" spans="1:2">
       <x:c r="A1282" s="2">
-        <x:v>44133</x:v>
+        <x:v>44157</x:v>
       </x:c>
       <x:c r="B1282" s="3">
-        <x:v>107681.25</x:v>
+        <x:v>107669.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1283" spans="1:2">
       <x:c r="A1283" s="2">
-        <x:v>44132</x:v>
+        <x:v>44154</x:v>
       </x:c>
       <x:c r="B1283" s="3">
-        <x:v>107682.96</x:v>
+        <x:v>107673.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1284" spans="1:2">
       <x:c r="A1284" s="2">
-        <x:v>44131</x:v>
+        <x:v>44153</x:v>
       </x:c>
       <x:c r="B1284" s="3">
-        <x:v>107683.51</x:v>
+        <x:v>107673.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1285" spans="1:2">
       <x:c r="A1285" s="2">
-        <x:v>44130</x:v>
+        <x:v>44152</x:v>
       </x:c>
       <x:c r="B1285" s="3">
-        <x:v>107683.02</x:v>
+        <x:v>107674.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1286" spans="1:2">
       <x:c r="A1286" s="2">
-        <x:v>44129</x:v>
+        <x:v>44151</x:v>
       </x:c>
       <x:c r="B1286" s="3">
-        <x:v>107683.98</x:v>
+        <x:v>107674.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1287" spans="1:2">
       <x:c r="A1287" s="2">
-        <x:v>44126</x:v>
+        <x:v>44150</x:v>
       </x:c>
       <x:c r="B1287" s="3">
-        <x:v>107685.78</x:v>
+        <x:v>107675.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1288" spans="1:2">
       <x:c r="A1288" s="2">
-        <x:v>44125</x:v>
+        <x:v>44147</x:v>
       </x:c>
       <x:c r="B1288" s="3">
-        <x:v>107685.63</x:v>
+        <x:v>107676.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1289" spans="1:2">
       <x:c r="A1289" s="2">
-        <x:v>44124</x:v>
+        <x:v>44146</x:v>
       </x:c>
       <x:c r="B1289" s="3">
-        <x:v>107685.16</x:v>
+        <x:v>107677.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1290" spans="1:2">
       <x:c r="A1290" s="2">
-        <x:v>44123</x:v>
+        <x:v>44144</x:v>
       </x:c>
       <x:c r="B1290" s="3">
-        <x:v>107687.63</x:v>
+        <x:v>107678.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1291" spans="1:2">
       <x:c r="A1291" s="2">
-        <x:v>44122</x:v>
+        <x:v>44143</x:v>
       </x:c>
       <x:c r="B1291" s="3">
-        <x:v>107686.52</x:v>
+        <x:v>107677.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1292" spans="1:2">
       <x:c r="A1292" s="2">
-        <x:v>44119</x:v>
+        <x:v>44140</x:v>
       </x:c>
       <x:c r="B1292" s="3">
-        <x:v>107690.86</x:v>
+        <x:v>107677.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1293" spans="1:2">
       <x:c r="A1293" s="2">
-        <x:v>44118</x:v>
+        <x:v>44139</x:v>
       </x:c>
       <x:c r="B1293" s="3">
-        <x:v>107692.07</x:v>
+        <x:v>107676.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1294" spans="1:2">
       <x:c r="A1294" s="2">
-        <x:v>44117</x:v>
+        <x:v>44138</x:v>
       </x:c>
       <x:c r="B1294" s="3">
-        <x:v>107692.83</x:v>
+        <x:v>107676.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1295" spans="1:2">
       <x:c r="A1295" s="2">
-        <x:v>44116</x:v>
+        <x:v>44137</x:v>
       </x:c>
       <x:c r="B1295" s="3">
-        <x:v>107692.05</x:v>
+        <x:v>107677.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1296" spans="1:2">
       <x:c r="A1296" s="2">
-        <x:v>44115</x:v>
+        <x:v>44136</x:v>
       </x:c>
       <x:c r="B1296" s="3">
-        <x:v>107690.52</x:v>
+        <x:v>107676.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1297" spans="1:2">
       <x:c r="A1297" s="2">
-        <x:v>44112</x:v>
+        <x:v>44133</x:v>
       </x:c>
       <x:c r="B1297" s="3">
-        <x:v>107690.9</x:v>
+        <x:v>107681.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1298" spans="1:2">
       <x:c r="A1298" s="2">
-        <x:v>44111</x:v>
+        <x:v>44132</x:v>
       </x:c>
       <x:c r="B1298" s="3">
-        <x:v>107690.2</x:v>
+        <x:v>107682.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1299" spans="1:2">
       <x:c r="A1299" s="2">
-        <x:v>44110</x:v>
+        <x:v>44131</x:v>
       </x:c>
       <x:c r="B1299" s="3">
-        <x:v>107689.29</x:v>
+        <x:v>107683.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1300" spans="1:2">
       <x:c r="A1300" s="2">
-        <x:v>44109</x:v>
+        <x:v>44130</x:v>
       </x:c>
       <x:c r="B1300" s="3">
-        <x:v>107689.04</x:v>
+        <x:v>107683.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1301" spans="1:2">
       <x:c r="A1301" s="2">
-        <x:v>44108</x:v>
+        <x:v>44129</x:v>
       </x:c>
       <x:c r="B1301" s="3">
-        <x:v>107688.15</x:v>
+        <x:v>107683.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1302" spans="1:2">
       <x:c r="A1302" s="2">
-        <x:v>44105</x:v>
+        <x:v>44126</x:v>
       </x:c>
       <x:c r="B1302" s="3">
-        <x:v>107686.37</x:v>
+        <x:v>107685.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1303" spans="1:2">
       <x:c r="A1303" s="2">
-        <x:v>44104</x:v>
+        <x:v>44125</x:v>
       </x:c>
       <x:c r="B1303" s="3">
-        <x:v>107684.44</x:v>
+        <x:v>107685.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1304" spans="1:2">
       <x:c r="A1304" s="2">
-        <x:v>44103</x:v>
+        <x:v>44124</x:v>
       </x:c>
       <x:c r="B1304" s="3">
-        <x:v>107684.74</x:v>
+        <x:v>107685.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1305" spans="1:2">
       <x:c r="A1305" s="2">
-        <x:v>44102</x:v>
+        <x:v>44123</x:v>
       </x:c>
       <x:c r="B1305" s="3">
-        <x:v>107684.98</x:v>
+        <x:v>107687.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1306" spans="1:2">
       <x:c r="A1306" s="2">
-        <x:v>44101</x:v>
+        <x:v>44122</x:v>
       </x:c>
       <x:c r="B1306" s="3">
-        <x:v>107682.51</x:v>
+        <x:v>107686.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1307" spans="1:2">
       <x:c r="A1307" s="2">
-        <x:v>44098</x:v>
+        <x:v>44119</x:v>
       </x:c>
       <x:c r="B1307" s="3">
-        <x:v>107686.12</x:v>
+        <x:v>107690.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1308" spans="1:2">
       <x:c r="A1308" s="2">
-        <x:v>44097</x:v>
+        <x:v>44118</x:v>
       </x:c>
       <x:c r="B1308" s="3">
-        <x:v>107685.73</x:v>
+        <x:v>107692.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1309" spans="1:2">
       <x:c r="A1309" s="2">
-        <x:v>44096</x:v>
+        <x:v>44117</x:v>
       </x:c>
       <x:c r="B1309" s="3">
-        <x:v>107685.85</x:v>
+        <x:v>107692.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1310" spans="1:2">
       <x:c r="A1310" s="2">
-        <x:v>44095</x:v>
+        <x:v>44116</x:v>
       </x:c>
       <x:c r="B1310" s="3">
-        <x:v>107687.2</x:v>
+        <x:v>107692.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1311" spans="1:2">
       <x:c r="A1311" s="2">
-        <x:v>44094</x:v>
+        <x:v>44115</x:v>
       </x:c>
       <x:c r="B1311" s="3">
-        <x:v>107688.46</x:v>
+        <x:v>107690.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1312" spans="1:2">
       <x:c r="A1312" s="2">
-        <x:v>44091</x:v>
+        <x:v>44112</x:v>
       </x:c>
       <x:c r="B1312" s="3">
-        <x:v>107689.22</x:v>
+        <x:v>107690.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1313" spans="1:2">
       <x:c r="A1313" s="2">
-        <x:v>44090</x:v>
+        <x:v>44111</x:v>
       </x:c>
       <x:c r="B1313" s="3">
-        <x:v>107687.72</x:v>
+        <x:v>107690.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1314" spans="1:2">
       <x:c r="A1314" s="2">
-        <x:v>44089</x:v>
+        <x:v>44110</x:v>
       </x:c>
       <x:c r="B1314" s="3">
-        <x:v>107687.07</x:v>
+        <x:v>107689.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1315" spans="1:2">
       <x:c r="A1315" s="2">
-        <x:v>44088</x:v>
+        <x:v>44109</x:v>
       </x:c>
       <x:c r="B1315" s="3">
-        <x:v>107685.94</x:v>
+        <x:v>107689.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1316" spans="1:2">
       <x:c r="A1316" s="2">
-        <x:v>44087</x:v>
+        <x:v>44108</x:v>
       </x:c>
       <x:c r="B1316" s="3">
-        <x:v>107686.04</x:v>
+        <x:v>107688.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1317" spans="1:2">
       <x:c r="A1317" s="2">
-        <x:v>44084</x:v>
+        <x:v>44105</x:v>
       </x:c>
       <x:c r="B1317" s="3">
-        <x:v>107684.14</x:v>
+        <x:v>107686.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1318" spans="1:2">
       <x:c r="A1318" s="2">
-        <x:v>44083</x:v>
+        <x:v>44104</x:v>
       </x:c>
       <x:c r="B1318" s="3">
-        <x:v>107683.86</x:v>
+        <x:v>107684.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1319" spans="1:2">
       <x:c r="A1319" s="2">
-        <x:v>44082</x:v>
+        <x:v>44103</x:v>
       </x:c>
       <x:c r="B1319" s="3">
-        <x:v>107684.83</x:v>
+        <x:v>107684.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1320" spans="1:2">
       <x:c r="A1320" s="2">
-        <x:v>44081</x:v>
+        <x:v>44102</x:v>
       </x:c>
       <x:c r="B1320" s="3">
-        <x:v>107684.39</x:v>
+        <x:v>107684.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1321" spans="1:2">
       <x:c r="A1321" s="2">
-        <x:v>44080</x:v>
+        <x:v>44101</x:v>
       </x:c>
       <x:c r="B1321" s="3">
-        <x:v>107684.43</x:v>
+        <x:v>107682.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1322" spans="1:2">
       <x:c r="A1322" s="2">
-        <x:v>44077</x:v>
+        <x:v>44098</x:v>
       </x:c>
       <x:c r="B1322" s="3">
-        <x:v>107686.82</x:v>
+        <x:v>107686.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1323" spans="1:2">
       <x:c r="A1323" s="2">
-        <x:v>44076</x:v>
+        <x:v>44097</x:v>
       </x:c>
       <x:c r="B1323" s="3">
-        <x:v>107684.95</x:v>
+        <x:v>107685.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1324" spans="1:2">
       <x:c r="A1324" s="2">
-        <x:v>44075</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="B1324" s="3">
-        <x:v>107683.35</x:v>
+        <x:v>107685.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1325" spans="1:2">
       <x:c r="A1325" s="2">
-        <x:v>44074</x:v>
+        <x:v>44095</x:v>
       </x:c>
       <x:c r="B1325" s="3">
-        <x:v>107683.9</x:v>
+        <x:v>107687.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1326" spans="1:2">
       <x:c r="A1326" s="2">
-        <x:v>44073</x:v>
+        <x:v>44094</x:v>
       </x:c>
       <x:c r="B1326" s="3">
-        <x:v>107682.12</x:v>
+        <x:v>107688.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1327" spans="1:2">
       <x:c r="A1327" s="2">
-        <x:v>44070</x:v>
+        <x:v>44091</x:v>
       </x:c>
       <x:c r="B1327" s="3">
-        <x:v>107684.13</x:v>
+        <x:v>107689.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1328" spans="1:2">
       <x:c r="A1328" s="2">
-        <x:v>44069</x:v>
+        <x:v>44090</x:v>
       </x:c>
       <x:c r="B1328" s="3">
-        <x:v>107685.64</x:v>
+        <x:v>107687.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1329" spans="1:2">
       <x:c r="A1329" s="2">
-        <x:v>44068</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="B1329" s="3">
-        <x:v>107685.35</x:v>
+        <x:v>107687.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1330" spans="1:2">
       <x:c r="A1330" s="2">
-        <x:v>44067</x:v>
+        <x:v>44088</x:v>
       </x:c>
       <x:c r="B1330" s="3">
-        <x:v>107686.5</x:v>
+        <x:v>107685.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1331" spans="1:2">
       <x:c r="A1331" s="2">
-        <x:v>44066</x:v>
+        <x:v>44087</x:v>
       </x:c>
       <x:c r="B1331" s="3">
-        <x:v>107685.52</x:v>
+        <x:v>107686.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1332" spans="1:2">
       <x:c r="A1332" s="2">
-        <x:v>44063</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="B1332" s="3">
-        <x:v>107684.76</x:v>
+        <x:v>107684.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1333" spans="1:2">
       <x:c r="A1333" s="2">
-        <x:v>44062</x:v>
+        <x:v>44083</x:v>
       </x:c>
       <x:c r="B1333" s="3">
-        <x:v>107687.31</x:v>
+        <x:v>107683.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1334" spans="1:2">
       <x:c r="A1334" s="2">
-        <x:v>44061</x:v>
+        <x:v>44082</x:v>
       </x:c>
       <x:c r="B1334" s="3">
-        <x:v>107684.72</x:v>
+        <x:v>107684.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1335" spans="1:2">
       <x:c r="A1335" s="2">
-        <x:v>44060</x:v>
+        <x:v>44081</x:v>
       </x:c>
       <x:c r="B1335" s="3">
-        <x:v>107684.1</x:v>
+        <x:v>107684.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1336" spans="1:2">
       <x:c r="A1336" s="2">
-        <x:v>44059</x:v>
+        <x:v>44080</x:v>
       </x:c>
       <x:c r="B1336" s="3">
-        <x:v>107685.82</x:v>
+        <x:v>107684.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1337" spans="1:2">
       <x:c r="A1337" s="2">
-        <x:v>44056</x:v>
+        <x:v>44077</x:v>
       </x:c>
       <x:c r="B1337" s="3">
-        <x:v>107685.51</x:v>
+        <x:v>107686.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1338" spans="1:2">
       <x:c r="A1338" s="2">
-        <x:v>44055</x:v>
+        <x:v>44076</x:v>
       </x:c>
       <x:c r="B1338" s="3">
-        <x:v>107682.92</x:v>
+        <x:v>107684.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1339" spans="1:2">
       <x:c r="A1339" s="2">
-        <x:v>44054</x:v>
+        <x:v>44075</x:v>
       </x:c>
       <x:c r="B1339" s="3">
-        <x:v>107682.36</x:v>
+        <x:v>107683.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1340" spans="1:2">
       <x:c r="A1340" s="2">
-        <x:v>44053</x:v>
+        <x:v>44074</x:v>
       </x:c>
       <x:c r="B1340" s="3">
-        <x:v>107680.29</x:v>
+        <x:v>107683.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1341" spans="1:2">
       <x:c r="A1341" s="2">
-        <x:v>44052</x:v>
+        <x:v>44073</x:v>
       </x:c>
       <x:c r="B1341" s="3">
-        <x:v>107680.98</x:v>
+        <x:v>107682.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1342" spans="1:2">
       <x:c r="A1342" s="2">
-        <x:v>44049</x:v>
+        <x:v>44070</x:v>
       </x:c>
       <x:c r="B1342" s="3">
-        <x:v>107680.09</x:v>
+        <x:v>107684.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1343" spans="1:2">
       <x:c r="A1343" s="2">
-        <x:v>44048</x:v>
+        <x:v>44069</x:v>
       </x:c>
       <x:c r="B1343" s="3">
-        <x:v>107682.17</x:v>
+        <x:v>107685.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1344" spans="1:2">
       <x:c r="A1344" s="2">
-        <x:v>44047</x:v>
+        <x:v>44068</x:v>
       </x:c>
       <x:c r="B1344" s="3">
-        <x:v>107679.41</x:v>
+        <x:v>107685.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1345" spans="1:2">
       <x:c r="A1345" s="2">
-        <x:v>44046</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="B1345" s="3">
-        <x:v>107679.34</x:v>
+        <x:v>107686.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1346" spans="1:2">
       <x:c r="A1346" s="2">
-        <x:v>44045</x:v>
+        <x:v>44066</x:v>
       </x:c>
       <x:c r="B1346" s="3">
-        <x:v>107679.3</x:v>
+        <x:v>107685.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1347" spans="1:2">
       <x:c r="A1347" s="2">
-        <x:v>44042</x:v>
+        <x:v>44063</x:v>
       </x:c>
       <x:c r="B1347" s="3">
-        <x:v>107677.77</x:v>
+        <x:v>107684.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1348" spans="1:2">
       <x:c r="A1348" s="2">
-        <x:v>44041</x:v>
+        <x:v>44062</x:v>
       </x:c>
       <x:c r="B1348" s="3">
-        <x:v>107674.72</x:v>
+        <x:v>107687.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1349" spans="1:2">
       <x:c r="A1349" s="2">
-        <x:v>44040</x:v>
+        <x:v>44061</x:v>
       </x:c>
       <x:c r="B1349" s="3">
-        <x:v>107673.96</x:v>
+        <x:v>107684.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1350" spans="1:2">
       <x:c r="A1350" s="2">
-        <x:v>44039</x:v>
+        <x:v>44060</x:v>
       </x:c>
       <x:c r="B1350" s="3">
-        <x:v>107672.83</x:v>
+        <x:v>107684.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1351" spans="1:2">
       <x:c r="A1351" s="2">
-        <x:v>44038</x:v>
+        <x:v>44059</x:v>
       </x:c>
       <x:c r="B1351" s="3">
-        <x:v>107672.42</x:v>
+        <x:v>107685.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1352" spans="1:2">
       <x:c r="A1352" s="2">
-        <x:v>44035</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="B1352" s="3">
-        <x:v>107673.25</x:v>
+        <x:v>107685.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1353" spans="1:2">
       <x:c r="A1353" s="2">
-        <x:v>44034</x:v>
+        <x:v>44055</x:v>
       </x:c>
       <x:c r="B1353" s="3">
-        <x:v>107671.08</x:v>
+        <x:v>107682.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1354" spans="1:2">
       <x:c r="A1354" s="2">
-        <x:v>44033</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="B1354" s="3">
-        <x:v>107667.79</x:v>
+        <x:v>107682.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1355" spans="1:2">
       <x:c r="A1355" s="2">
-        <x:v>44032</x:v>
+        <x:v>44053</x:v>
       </x:c>
       <x:c r="B1355" s="3">
-        <x:v>107664.92</x:v>
+        <x:v>107680.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1356" spans="1:2">
       <x:c r="A1356" s="2">
-        <x:v>44031</x:v>
+        <x:v>44052</x:v>
       </x:c>
       <x:c r="B1356" s="3">
-        <x:v>107664.25</x:v>
+        <x:v>107680.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1357" spans="1:2">
       <x:c r="A1357" s="2">
-        <x:v>44028</x:v>
+        <x:v>44049</x:v>
       </x:c>
       <x:c r="B1357" s="3">
-        <x:v>107660.34</x:v>
+        <x:v>107680.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1358" spans="1:2">
       <x:c r="A1358" s="2">
-        <x:v>44027</x:v>
+        <x:v>44048</x:v>
       </x:c>
       <x:c r="B1358" s="3">
-        <x:v>107655.82</x:v>
+        <x:v>107682.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1359" spans="1:2">
       <x:c r="A1359" s="2">
-        <x:v>44026</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="B1359" s="3">
-        <x:v>107653.09</x:v>
+        <x:v>107679.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1360" spans="1:2">
       <x:c r="A1360" s="2">
-        <x:v>44024</x:v>
+        <x:v>44046</x:v>
       </x:c>
       <x:c r="B1360" s="3">
-        <x:v>107643.05</x:v>
+        <x:v>107679.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1361" spans="1:2">
       <x:c r="A1361" s="2">
-        <x:v>44021</x:v>
+        <x:v>44045</x:v>
       </x:c>
       <x:c r="B1361" s="3">
-        <x:v>107643.99</x:v>
+        <x:v>107679.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1362" spans="1:2">
       <x:c r="A1362" s="2">
-        <x:v>44020</x:v>
+        <x:v>44042</x:v>
       </x:c>
       <x:c r="B1362" s="3">
-        <x:v>107643.89</x:v>
+        <x:v>107677.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1363" spans="1:2">
       <x:c r="A1363" s="2">
-        <x:v>44019</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="B1363" s="3">
-        <x:v>107645.32</x:v>
+        <x:v>107674.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1364" spans="1:2">
       <x:c r="A1364" s="2">
-        <x:v>44018</x:v>
+        <x:v>44040</x:v>
       </x:c>
       <x:c r="B1364" s="3">
-        <x:v>107644.7</x:v>
+        <x:v>107673.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1365" spans="1:2">
       <x:c r="A1365" s="2">
-        <x:v>44017</x:v>
+        <x:v>44039</x:v>
       </x:c>
       <x:c r="B1365" s="3">
-        <x:v>107640.74</x:v>
+        <x:v>107672.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1366" spans="1:2">
       <x:c r="A1366" s="2">
-        <x:v>44014</x:v>
+        <x:v>44038</x:v>
       </x:c>
       <x:c r="B1366" s="3">
-        <x:v>107638.87</x:v>
+        <x:v>107672.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1367" spans="1:2">
       <x:c r="A1367" s="2">
-        <x:v>44013</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="B1367" s="3">
-        <x:v>107634.12</x:v>
+        <x:v>107673.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1368" spans="1:2">
       <x:c r="A1368" s="2">
-        <x:v>44012</x:v>
+        <x:v>44034</x:v>
       </x:c>
       <x:c r="B1368" s="3">
-        <x:v>107631.53</x:v>
+        <x:v>107671.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1369" spans="1:2">
       <x:c r="A1369" s="2">
-        <x:v>44011</x:v>
+        <x:v>44033</x:v>
       </x:c>
       <x:c r="B1369" s="3">
-        <x:v>107628.15</x:v>
+        <x:v>107667.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1370" spans="1:2">
       <x:c r="A1370" s="2">
-        <x:v>44010</x:v>
+        <x:v>44032</x:v>
       </x:c>
       <x:c r="B1370" s="3">
-        <x:v>107621.48</x:v>
+        <x:v>107664.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1371" spans="1:2">
       <x:c r="A1371" s="2">
-        <x:v>44007</x:v>
+        <x:v>44031</x:v>
       </x:c>
       <x:c r="B1371" s="3">
-        <x:v>107620.83</x:v>
+        <x:v>107664.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1372" spans="1:2">
       <x:c r="A1372" s="2">
-        <x:v>44006</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="B1372" s="3">
-        <x:v>107619.85</x:v>
+        <x:v>107660.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1373" spans="1:2">
       <x:c r="A1373" s="2">
-        <x:v>44005</x:v>
+        <x:v>44027</x:v>
       </x:c>
       <x:c r="B1373" s="3">
-        <x:v>107612.97</x:v>
+        <x:v>107655.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1374" spans="1:2">
       <x:c r="A1374" s="2">
-        <x:v>44004</x:v>
+        <x:v>44026</x:v>
       </x:c>
       <x:c r="B1374" s="3">
-        <x:v>107611.03</x:v>
+        <x:v>107653.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1375" spans="1:2">
       <x:c r="A1375" s="2">
-        <x:v>44003</x:v>
+        <x:v>44024</x:v>
       </x:c>
       <x:c r="B1375" s="3">
-        <x:v>107608.96</x:v>
+        <x:v>107643.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1376" spans="1:2">
       <x:c r="A1376" s="2">
-        <x:v>44000</x:v>
+        <x:v>44021</x:v>
       </x:c>
       <x:c r="B1376" s="3">
-        <x:v>107607.17</x:v>
+        <x:v>107643.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1377" spans="1:2">
       <x:c r="A1377" s="2">
-        <x:v>43999</x:v>
+        <x:v>44020</x:v>
       </x:c>
       <x:c r="B1377" s="3">
-        <x:v>107606.51</x:v>
+        <x:v>107643.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1378" spans="1:2">
       <x:c r="A1378" s="2">
-        <x:v>43998</x:v>
+        <x:v>44019</x:v>
       </x:c>
       <x:c r="B1378" s="3">
-        <x:v>107597.67</x:v>
+        <x:v>107645.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1379" spans="1:2">
       <x:c r="A1379" s="2">
-        <x:v>43997</x:v>
+        <x:v>44018</x:v>
       </x:c>
       <x:c r="B1379" s="3">
-        <x:v>107596.08</x:v>
+        <x:v>107644.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1380" spans="1:2">
       <x:c r="A1380" s="2">
-        <x:v>43996</x:v>
+        <x:v>44017</x:v>
       </x:c>
       <x:c r="B1380" s="3">
-        <x:v>107594.04</x:v>
+        <x:v>107640.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1381" spans="1:2">
       <x:c r="A1381" s="2">
-        <x:v>43993</x:v>
+        <x:v>44014</x:v>
       </x:c>
       <x:c r="B1381" s="3">
-        <x:v>107591.66</x:v>
+        <x:v>107638.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1382" spans="1:2">
       <x:c r="A1382" s="2">
-        <x:v>43992</x:v>
+        <x:v>44013</x:v>
       </x:c>
       <x:c r="B1382" s="3">
-        <x:v>107590.75</x:v>
+        <x:v>107634.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1383" spans="1:2">
       <x:c r="A1383" s="2">
-        <x:v>43991</x:v>
+        <x:v>44012</x:v>
       </x:c>
       <x:c r="B1383" s="3">
-        <x:v>107591.13</x:v>
+        <x:v>107631.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1384" spans="1:2">
       <x:c r="A1384" s="2">
-        <x:v>43990</x:v>
+        <x:v>44011</x:v>
       </x:c>
       <x:c r="B1384" s="3">
-        <x:v>107586.01</x:v>
+        <x:v>107628.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1385" spans="1:2">
       <x:c r="A1385" s="2">
-        <x:v>43989</x:v>
+        <x:v>44010</x:v>
       </x:c>
       <x:c r="B1385" s="3">
-        <x:v>107577.42</x:v>
+        <x:v>107621.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1386" spans="1:2">
       <x:c r="A1386" s="2">
-        <x:v>43986</x:v>
+        <x:v>44007</x:v>
       </x:c>
       <x:c r="B1386" s="3">
-        <x:v>107569.61</x:v>
+        <x:v>107620.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1387" spans="1:2">
       <x:c r="A1387" s="2">
-        <x:v>43985</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="B1387" s="3">
-        <x:v>107559.92</x:v>
+        <x:v>107619.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1388" spans="1:2">
       <x:c r="A1388" s="2">
-        <x:v>43984</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="B1388" s="3">
-        <x:v>107548.92</x:v>
+        <x:v>107612.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1389" spans="1:2">
       <x:c r="A1389" s="2">
-        <x:v>43983</x:v>
+        <x:v>44004</x:v>
       </x:c>
       <x:c r="B1389" s="3">
-        <x:v>107544.05</x:v>
+        <x:v>107611.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1390" spans="1:2">
       <x:c r="A1390" s="2">
-        <x:v>43979</x:v>
+        <x:v>44003</x:v>
       </x:c>
       <x:c r="B1390" s="3">
-        <x:v>107534.73</x:v>
+        <x:v>107608.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1391" spans="1:2">
       <x:c r="A1391" s="2">
-        <x:v>43978</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="B1391" s="3">
-        <x:v>107525.2</x:v>
+        <x:v>107607.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1392" spans="1:2">
       <x:c r="A1392" s="2">
-        <x:v>43977</x:v>
+        <x:v>43999</x:v>
       </x:c>
       <x:c r="B1392" s="3">
-        <x:v>107520.78</x:v>
+        <x:v>107606.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1393" spans="1:2">
       <x:c r="A1393" s="2">
-        <x:v>43976</x:v>
+        <x:v>43998</x:v>
       </x:c>
       <x:c r="B1393" s="3">
-        <x:v>107521.51</x:v>
+        <x:v>107597.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1394" spans="1:2">
       <x:c r="A1394" s="2">
-        <x:v>43975</x:v>
+        <x:v>43997</x:v>
       </x:c>
       <x:c r="B1394" s="3">
-        <x:v>107514.12</x:v>
+        <x:v>107596.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1395" spans="1:2">
       <x:c r="A1395" s="2">
-        <x:v>43972</x:v>
+        <x:v>43996</x:v>
       </x:c>
       <x:c r="B1395" s="3">
-        <x:v>107514.36</x:v>
+        <x:v>107594.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1396" spans="1:2">
       <x:c r="A1396" s="2">
-        <x:v>43970</x:v>
+        <x:v>43993</x:v>
       </x:c>
       <x:c r="B1396" s="3">
-        <x:v>107511.6</x:v>
+        <x:v>107591.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1397" spans="1:2">
       <x:c r="A1397" s="2">
-        <x:v>43969</x:v>
+        <x:v>43992</x:v>
       </x:c>
       <x:c r="B1397" s="3">
-        <x:v>107508.93</x:v>
+        <x:v>107590.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1398" spans="1:2">
       <x:c r="A1398" s="2">
-        <x:v>43968</x:v>
+        <x:v>43991</x:v>
       </x:c>
       <x:c r="B1398" s="3">
-        <x:v>107508.78</x:v>
+        <x:v>107591.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1399" spans="1:2">
       <x:c r="A1399" s="2">
-        <x:v>43965</x:v>
+        <x:v>43990</x:v>
       </x:c>
       <x:c r="B1399" s="3">
-        <x:v>107508.42</x:v>
+        <x:v>107586.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1400" spans="1:2">
       <x:c r="A1400" s="2">
-        <x:v>43964</x:v>
+        <x:v>43989</x:v>
       </x:c>
       <x:c r="B1400" s="3">
-        <x:v>107508.64</x:v>
+        <x:v>107577.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1401" spans="1:2">
       <x:c r="A1401" s="2">
-        <x:v>43963</x:v>
+        <x:v>43986</x:v>
       </x:c>
       <x:c r="B1401" s="3">
-        <x:v>107506.49</x:v>
+        <x:v>107569.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1402" spans="1:2">
       <x:c r="A1402" s="2">
-        <x:v>43962</x:v>
+        <x:v>43985</x:v>
       </x:c>
       <x:c r="B1402" s="3">
-        <x:v>107499.91</x:v>
+        <x:v>107559.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1403" spans="1:2">
       <x:c r="A1403" s="2">
-        <x:v>43961</x:v>
+        <x:v>43984</x:v>
       </x:c>
       <x:c r="B1403" s="3">
-        <x:v>107492.97</x:v>
+        <x:v>107548.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1404" spans="1:2">
       <x:c r="A1404" s="2">
-        <x:v>43957</x:v>
+        <x:v>43983</x:v>
       </x:c>
       <x:c r="B1404" s="3">
-        <x:v>107491.34</x:v>
+        <x:v>107544.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1405" spans="1:2">
       <x:c r="A1405" s="2">
-        <x:v>43956</x:v>
+        <x:v>43979</x:v>
       </x:c>
       <x:c r="B1405" s="3">
-        <x:v>107488.81</x:v>
+        <x:v>107534.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1406" spans="1:2">
       <x:c r="A1406" s="2">
-        <x:v>43955</x:v>
+        <x:v>43978</x:v>
       </x:c>
       <x:c r="B1406" s="3">
-        <x:v>107487.35</x:v>
+        <x:v>107525.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1407" spans="1:2">
       <x:c r="A1407" s="2">
-        <x:v>43954</x:v>
+        <x:v>43977</x:v>
       </x:c>
       <x:c r="B1407" s="3">
-        <x:v>107483.28</x:v>
+        <x:v>107520.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1408" spans="1:2">
       <x:c r="A1408" s="2">
-        <x:v>43950</x:v>
+        <x:v>43976</x:v>
       </x:c>
       <x:c r="B1408" s="3">
-        <x:v>107476.24</x:v>
+        <x:v>107521.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1409" spans="1:2">
       <x:c r="A1409" s="2">
-        <x:v>43949</x:v>
+        <x:v>43975</x:v>
       </x:c>
       <x:c r="B1409" s="3">
-        <x:v>107473.71</x:v>
+        <x:v>107514.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1410" spans="1:2">
       <x:c r="A1410" s="2">
-        <x:v>43948</x:v>
+        <x:v>43972</x:v>
       </x:c>
       <x:c r="B1410" s="3">
-        <x:v>107469.11</x:v>
+        <x:v>107514.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1411" spans="1:2">
       <x:c r="A1411" s="2">
-        <x:v>43947</x:v>
+        <x:v>43970</x:v>
       </x:c>
       <x:c r="B1411" s="3">
-        <x:v>107468.9</x:v>
+        <x:v>107511.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1412" spans="1:2">
       <x:c r="A1412" s="2">
-        <x:v>43944</x:v>
+        <x:v>43969</x:v>
       </x:c>
       <x:c r="B1412" s="3">
-        <x:v>107471.39</x:v>
+        <x:v>107508.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1413" spans="1:2">
       <x:c r="A1413" s="2">
-        <x:v>43943</x:v>
+        <x:v>43968</x:v>
       </x:c>
       <x:c r="B1413" s="3">
-        <x:v>107472.53</x:v>
+        <x:v>107508.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1414" spans="1:2">
       <x:c r="A1414" s="2">
-        <x:v>43942</x:v>
+        <x:v>43965</x:v>
       </x:c>
       <x:c r="B1414" s="3">
-        <x:v>107477.03</x:v>
+        <x:v>107508.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1415" spans="1:2">
       <x:c r="A1415" s="2">
-        <x:v>43941</x:v>
+        <x:v>43964</x:v>
       </x:c>
       <x:c r="B1415" s="3">
-        <x:v>107479.38</x:v>
+        <x:v>107508.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1416" spans="1:2">
       <x:c r="A1416" s="2">
-        <x:v>43940</x:v>
+        <x:v>43963</x:v>
       </x:c>
       <x:c r="B1416" s="3">
-        <x:v>107478.13</x:v>
+        <x:v>107506.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1417" spans="1:2">
       <x:c r="A1417" s="2">
-        <x:v>43937</x:v>
+        <x:v>43962</x:v>
       </x:c>
       <x:c r="B1417" s="3">
-        <x:v>107477.5</x:v>
+        <x:v>107499.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1418" spans="1:2">
       <x:c r="A1418" s="2">
-        <x:v>43936</x:v>
+        <x:v>43961</x:v>
       </x:c>
       <x:c r="B1418" s="3">
-        <x:v>107476.79</x:v>
+        <x:v>107492.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1419" spans="1:2">
       <x:c r="A1419" s="2">
-        <x:v>43935</x:v>
+        <x:v>43957</x:v>
       </x:c>
       <x:c r="B1419" s="3">
-        <x:v>107466.64</x:v>
+        <x:v>107491.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1420" spans="1:2">
       <x:c r="A1420" s="2">
-        <x:v>43934</x:v>
+        <x:v>43956</x:v>
       </x:c>
       <x:c r="B1420" s="3">
-        <x:v>107445.22</x:v>
+        <x:v>107488.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1421" spans="1:2">
       <x:c r="A1421" s="2">
-        <x:v>43929</x:v>
+        <x:v>43955</x:v>
       </x:c>
       <x:c r="B1421" s="3">
-        <x:v>107445.93</x:v>
+        <x:v>107487.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1422" spans="1:2">
       <x:c r="A1422" s="2">
-        <x:v>43928</x:v>
+        <x:v>43954</x:v>
       </x:c>
       <x:c r="B1422" s="3">
-        <x:v>107436.37</x:v>
+        <x:v>107483.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1423" spans="1:2">
       <x:c r="A1423" s="2">
-        <x:v>43927</x:v>
+        <x:v>43950</x:v>
       </x:c>
       <x:c r="B1423" s="3">
-        <x:v>107433.98</x:v>
+        <x:v>107476.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1424" spans="1:2">
       <x:c r="A1424" s="2">
-        <x:v>43926</x:v>
+        <x:v>43949</x:v>
       </x:c>
       <x:c r="B1424" s="3">
-        <x:v>107444.51</x:v>
+        <x:v>107473.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1425" spans="1:2">
       <x:c r="A1425" s="2">
-        <x:v>43923</x:v>
+        <x:v>43948</x:v>
       </x:c>
       <x:c r="B1425" s="3">
-        <x:v>107439.52</x:v>
+        <x:v>107469.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1426" spans="1:2">
       <x:c r="A1426" s="2">
-        <x:v>43922</x:v>
+        <x:v>43947</x:v>
       </x:c>
       <x:c r="B1426" s="3">
-        <x:v>107435.67</x:v>
+        <x:v>107468.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1427" spans="1:2">
       <x:c r="A1427" s="2">
-        <x:v>43921</x:v>
+        <x:v>43944</x:v>
       </x:c>
       <x:c r="B1427" s="3">
-        <x:v>107434.44</x:v>
+        <x:v>107471.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1428" spans="1:2">
       <x:c r="A1428" s="2">
-        <x:v>43920</x:v>
+        <x:v>43943</x:v>
       </x:c>
       <x:c r="B1428" s="3">
-        <x:v>107442.05</x:v>
+        <x:v>107472.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1429" spans="1:2">
       <x:c r="A1429" s="2">
-        <x:v>43919</x:v>
+        <x:v>43942</x:v>
       </x:c>
       <x:c r="B1429" s="3">
-        <x:v>107449.73</x:v>
+        <x:v>107477.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1430" spans="1:2">
       <x:c r="A1430" s="2">
-        <x:v>43916</x:v>
+        <x:v>43941</x:v>
       </x:c>
       <x:c r="B1430" s="3">
-        <x:v>107468.43</x:v>
+        <x:v>107479.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1431" spans="1:2">
       <x:c r="A1431" s="2">
-        <x:v>43915</x:v>
+        <x:v>43940</x:v>
       </x:c>
       <x:c r="B1431" s="3">
-        <x:v>107477.34</x:v>
+        <x:v>107478.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1432" spans="1:2">
       <x:c r="A1432" s="2">
-        <x:v>43914</x:v>
+        <x:v>43937</x:v>
       </x:c>
       <x:c r="B1432" s="3">
-        <x:v>107492.84</x:v>
+        <x:v>107477.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1433" spans="1:2">
       <x:c r="A1433" s="2">
-        <x:v>43913</x:v>
+        <x:v>43936</x:v>
       </x:c>
       <x:c r="B1433" s="3">
-        <x:v>107524.94</x:v>
+        <x:v>107476.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1434" spans="1:2">
       <x:c r="A1434" s="2">
-        <x:v>43912</x:v>
+        <x:v>43935</x:v>
       </x:c>
       <x:c r="B1434" s="3">
-        <x:v>107539.3</x:v>
+        <x:v>107466.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1435" spans="1:2">
       <x:c r="A1435" s="2">
-        <x:v>43909</x:v>
+        <x:v>43934</x:v>
       </x:c>
       <x:c r="B1435" s="3">
-        <x:v>107552.09</x:v>
+        <x:v>107445.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1436" spans="1:2">
       <x:c r="A1436" s="2">
-        <x:v>43908</x:v>
+        <x:v>43929</x:v>
       </x:c>
       <x:c r="B1436" s="3">
-        <x:v>107601.95</x:v>
+        <x:v>107445.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1437" spans="1:2">
       <x:c r="A1437" s="2">
-        <x:v>43907</x:v>
+        <x:v>43928</x:v>
       </x:c>
       <x:c r="B1437" s="3">
-        <x:v>107629.09</x:v>
+        <x:v>107436.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1438" spans="1:2">
       <x:c r="A1438" s="2">
-        <x:v>43906</x:v>
+        <x:v>43927</x:v>
       </x:c>
       <x:c r="B1438" s="3">
-        <x:v>107659.85</x:v>
+        <x:v>107433.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1439" spans="1:2">
       <x:c r="A1439" s="2">
-        <x:v>43905</x:v>
+        <x:v>43926</x:v>
       </x:c>
       <x:c r="B1439" s="3">
-        <x:v>107684.66</x:v>
+        <x:v>107444.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1440" spans="1:2">
       <x:c r="A1440" s="2">
-        <x:v>43902</x:v>
+        <x:v>43923</x:v>
       </x:c>
       <x:c r="B1440" s="3">
-        <x:v>107718.79</x:v>
+        <x:v>107439.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1441" spans="1:2">
       <x:c r="A1441" s="2">
-        <x:v>43901</x:v>
+        <x:v>43922</x:v>
       </x:c>
       <x:c r="B1441" s="3">
-        <x:v>107727.58</x:v>
+        <x:v>107435.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1442" spans="1:2">
       <x:c r="A1442" s="2">
-        <x:v>43900</x:v>
+        <x:v>43921</x:v>
       </x:c>
       <x:c r="B1442" s="3">
-        <x:v>107735.34</x:v>
+        <x:v>107434.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1443" spans="1:2">
       <x:c r="A1443" s="2">
-        <x:v>43899</x:v>
+        <x:v>43920</x:v>
       </x:c>
       <x:c r="B1443" s="3">
-        <x:v>107752.93</x:v>
+        <x:v>107442.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1444" spans="1:2">
       <x:c r="A1444" s="2">
-        <x:v>43898</x:v>
+        <x:v>43919</x:v>
       </x:c>
       <x:c r="B1444" s="3">
-        <x:v>107760.05</x:v>
+        <x:v>107449.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1445" spans="1:2">
       <x:c r="A1445" s="2">
-        <x:v>43895</x:v>
+        <x:v>43916</x:v>
       </x:c>
       <x:c r="B1445" s="3">
-        <x:v>107763.35</x:v>
+        <x:v>107468.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1446" spans="1:2">
       <x:c r="A1446" s="2">
-        <x:v>43894</x:v>
+        <x:v>43915</x:v>
       </x:c>
       <x:c r="B1446" s="3">
-        <x:v>107762.93</x:v>
+        <x:v>107477.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1447" spans="1:2">
       <x:c r="A1447" s="2">
-        <x:v>43893</x:v>
+        <x:v>43914</x:v>
       </x:c>
       <x:c r="B1447" s="3">
-        <x:v>107763.18</x:v>
+        <x:v>107492.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1448" spans="1:2">
       <x:c r="A1448" s="2">
-        <x:v>43892</x:v>
+        <x:v>43913</x:v>
       </x:c>
       <x:c r="B1448" s="3">
-        <x:v>107764.27</x:v>
+        <x:v>107524.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1449" spans="1:2">
       <x:c r="A1449" s="2">
-        <x:v>43891</x:v>
+        <x:v>43912</x:v>
       </x:c>
       <x:c r="B1449" s="3">
-        <x:v>107766.44</x:v>
+        <x:v>107539.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1450" spans="1:2">
       <x:c r="A1450" s="2">
-        <x:v>43888</x:v>
+        <x:v>43909</x:v>
       </x:c>
       <x:c r="B1450" s="3">
-        <x:v>107770.91</x:v>
+        <x:v>107552.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1451" spans="1:2">
       <x:c r="A1451" s="2">
-        <x:v>43887</x:v>
+        <x:v>43908</x:v>
       </x:c>
       <x:c r="B1451" s="3">
-        <x:v>107771.92</x:v>
+        <x:v>107601.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1452" spans="1:2">
       <x:c r="A1452" s="2">
-        <x:v>43886</x:v>
+        <x:v>43907</x:v>
       </x:c>
       <x:c r="B1452" s="3">
-        <x:v>107772.15</x:v>
+        <x:v>107629.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1453" spans="1:2">
       <x:c r="A1453" s="2">
-        <x:v>43885</x:v>
+        <x:v>43906</x:v>
       </x:c>
       <x:c r="B1453" s="3">
-        <x:v>107774.06</x:v>
+        <x:v>107659.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1454" spans="1:2">
       <x:c r="A1454" s="2">
-        <x:v>43884</x:v>
+        <x:v>43905</x:v>
       </x:c>
       <x:c r="B1454" s="3">
-        <x:v>107775.02</x:v>
+        <x:v>107684.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1455" spans="1:2">
       <x:c r="A1455" s="2">
-        <x:v>43881</x:v>
+        <x:v>43902</x:v>
       </x:c>
       <x:c r="B1455" s="3">
-        <x:v>107776.74</x:v>
+        <x:v>107718.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1456" spans="1:2">
       <x:c r="A1456" s="2">
-        <x:v>43880</x:v>
+        <x:v>43901</x:v>
       </x:c>
       <x:c r="B1456" s="3">
-        <x:v>107777.87</x:v>
+        <x:v>107727.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1457" spans="1:2">
       <x:c r="A1457" s="2">
-        <x:v>43879</x:v>
+        <x:v>43900</x:v>
       </x:c>
       <x:c r="B1457" s="3">
-        <x:v>107779.37</x:v>
+        <x:v>107735.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1458" spans="1:2">
       <x:c r="A1458" s="2">
-        <x:v>43878</x:v>
+        <x:v>43899</x:v>
       </x:c>
       <x:c r="B1458" s="3">
-        <x:v>107779.84</x:v>
+        <x:v>107752.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1459" spans="1:2">
       <x:c r="A1459" s="2">
-        <x:v>43877</x:v>
+        <x:v>43898</x:v>
       </x:c>
       <x:c r="B1459" s="3">
-        <x:v>107780.23</x:v>
+        <x:v>107760.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1460" spans="1:2">
       <x:c r="A1460" s="2">
-        <x:v>43874</x:v>
+        <x:v>43895</x:v>
       </x:c>
       <x:c r="B1460" s="3">
-        <x:v>107784.16</x:v>
+        <x:v>107763.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1461" spans="1:2">
       <x:c r="A1461" s="2">
-        <x:v>43873</x:v>
+        <x:v>43894</x:v>
       </x:c>
       <x:c r="B1461" s="3">
-        <x:v>107784.81</x:v>
+        <x:v>107762.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1462" spans="1:2">
       <x:c r="A1462" s="2">
-        <x:v>43872</x:v>
+        <x:v>43893</x:v>
       </x:c>
       <x:c r="B1462" s="3">
-        <x:v>107784.82</x:v>
+        <x:v>107763.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1463" spans="1:2">
       <x:c r="A1463" s="2">
-        <x:v>43871</x:v>
+        <x:v>43892</x:v>
       </x:c>
       <x:c r="B1463" s="3">
-        <x:v>107786.18</x:v>
+        <x:v>107764.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1464" spans="1:2">
       <x:c r="A1464" s="2">
-        <x:v>43870</x:v>
+        <x:v>43891</x:v>
       </x:c>
       <x:c r="B1464" s="3">
-        <x:v>107786.79</x:v>
+        <x:v>107766.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1465" spans="1:2">
       <x:c r="A1465" s="2">
-        <x:v>43867</x:v>
+        <x:v>43888</x:v>
       </x:c>
       <x:c r="B1465" s="3">
-        <x:v>107790.47</x:v>
+        <x:v>107770.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1466" spans="1:2">
       <x:c r="A1466" s="2">
-        <x:v>43866</x:v>
+        <x:v>43887</x:v>
       </x:c>
       <x:c r="B1466" s="3">
-        <x:v>107789.9</x:v>
+        <x:v>107771.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1467" spans="1:2">
       <x:c r="A1467" s="2">
-        <x:v>43865</x:v>
+        <x:v>43886</x:v>
       </x:c>
       <x:c r="B1467" s="3">
-        <x:v>107790.44</x:v>
+        <x:v>107772.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1468" spans="1:2">
       <x:c r="A1468" s="2">
-        <x:v>43864</x:v>
+        <x:v>43885</x:v>
       </x:c>
       <x:c r="B1468" s="3">
-        <x:v>107790.98</x:v>
+        <x:v>107774.06</x:v>
       </x:c>
     </x:row>
     <x:row r="1469" spans="1:2">
       <x:c r="A1469" s="2">
-        <x:v>43863</x:v>
+        <x:v>43884</x:v>
       </x:c>
       <x:c r="B1469" s="3">
-        <x:v>107792.22</x:v>
+        <x:v>107775.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1470" spans="1:2">
       <x:c r="A1470" s="2">
-        <x:v>43860</x:v>
+        <x:v>43881</x:v>
       </x:c>
       <x:c r="B1470" s="3">
-        <x:v>107795.78</x:v>
+        <x:v>107776.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1471" spans="1:2">
       <x:c r="A1471" s="2">
-        <x:v>43859</x:v>
+        <x:v>43880</x:v>
       </x:c>
       <x:c r="B1471" s="3">
-        <x:v>107796.97</x:v>
+        <x:v>107777.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1472" spans="1:2">
       <x:c r="A1472" s="2">
-        <x:v>43858</x:v>
+        <x:v>43879</x:v>
       </x:c>
       <x:c r="B1472" s="3">
-        <x:v>107797.66</x:v>
+        <x:v>107779.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1473" spans="1:2">
       <x:c r="A1473" s="2">
-        <x:v>43857</x:v>
+        <x:v>43878</x:v>
       </x:c>
       <x:c r="B1473" s="3">
-        <x:v>107798.72</x:v>
+        <x:v>107779.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1474" spans="1:2">
       <x:c r="A1474" s="2">
-        <x:v>43856</x:v>
+        <x:v>43877</x:v>
       </x:c>
       <x:c r="B1474" s="3">
-        <x:v>107799.51</x:v>
+        <x:v>107780.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1475" spans="1:2">
       <x:c r="A1475" s="2">
-        <x:v>43853</x:v>
+        <x:v>43874</x:v>
       </x:c>
       <x:c r="B1475" s="3">
-        <x:v>107801.85</x:v>
+        <x:v>107784.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1476" spans="1:2">
       <x:c r="A1476" s="2">
-        <x:v>43852</x:v>
+        <x:v>43873</x:v>
       </x:c>
       <x:c r="B1476" s="3">
-        <x:v>107803.55</x:v>
+        <x:v>107784.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1477" spans="1:2">
       <x:c r="A1477" s="2">
-        <x:v>43851</x:v>
+        <x:v>43872</x:v>
       </x:c>
       <x:c r="B1477" s="3">
-        <x:v>107805.24</x:v>
+        <x:v>107784.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1478" spans="1:2">
       <x:c r="A1478" s="2">
-        <x:v>43850</x:v>
+        <x:v>43871</x:v>
       </x:c>
       <x:c r="B1478" s="3">
-        <x:v>107806.2</x:v>
+        <x:v>107786.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1479" spans="1:2">
       <x:c r="A1479" s="2">
-        <x:v>43849</x:v>
+        <x:v>43870</x:v>
       </x:c>
       <x:c r="B1479" s="3">
-        <x:v>107807.59</x:v>
+        <x:v>107786.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1480" spans="1:2">
       <x:c r="A1480" s="2">
-        <x:v>43846</x:v>
+        <x:v>43867</x:v>
       </x:c>
       <x:c r="B1480" s="3">
-        <x:v>107809.66</x:v>
+        <x:v>107790.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1481" spans="1:2">
       <x:c r="A1481" s="2">
-        <x:v>43845</x:v>
+        <x:v>43866</x:v>
       </x:c>
       <x:c r="B1481" s="3">
-        <x:v>107810.27</x:v>
+        <x:v>107789.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1482" spans="1:2">
       <x:c r="A1482" s="2">
-        <x:v>43844</x:v>
+        <x:v>43865</x:v>
       </x:c>
       <x:c r="B1482" s="3">
-        <x:v>107812.08</x:v>
+        <x:v>107790.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1483" spans="1:2">
       <x:c r="A1483" s="2">
-        <x:v>43843</x:v>
+        <x:v>43864</x:v>
       </x:c>
       <x:c r="B1483" s="3">
-        <x:v>107813.31</x:v>
+        <x:v>107790.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1484" spans="1:2">
       <x:c r="A1484" s="2">
-        <x:v>43842</x:v>
+        <x:v>43863</x:v>
       </x:c>
       <x:c r="B1484" s="3">
-        <x:v>107812.86</x:v>
+        <x:v>107792.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1485" spans="1:2">
       <x:c r="A1485" s="2">
-        <x:v>43839</x:v>
+        <x:v>43860</x:v>
       </x:c>
       <x:c r="B1485" s="3">
-        <x:v>107816.38</x:v>
+        <x:v>107795.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1486" spans="1:2">
       <x:c r="A1486" s="2">
-        <x:v>43838</x:v>
+        <x:v>43859</x:v>
       </x:c>
       <x:c r="B1486" s="3">
-        <x:v>107816.84</x:v>
+        <x:v>107796.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1487" spans="1:2">
       <x:c r="A1487" s="2">
-        <x:v>43837</x:v>
+        <x:v>43858</x:v>
       </x:c>
       <x:c r="B1487" s="3">
-        <x:v>107817.51</x:v>
+        <x:v>107797.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1488" spans="1:2">
       <x:c r="A1488" s="2">
-        <x:v>43836</x:v>
+        <x:v>43857</x:v>
       </x:c>
       <x:c r="B1488" s="3">
-        <x:v>107818.79</x:v>
+        <x:v>107798.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1489" spans="1:2">
       <x:c r="A1489" s="2">
-        <x:v>43835</x:v>
+        <x:v>43856</x:v>
       </x:c>
       <x:c r="B1489" s="3">
-        <x:v>107819.57</x:v>
+        <x:v>107799.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1490" spans="1:2">
       <x:c r="A1490" s="2">
-        <x:v>43832</x:v>
+        <x:v>43853</x:v>
       </x:c>
       <x:c r="B1490" s="3">
-        <x:v>107822.37</x:v>
+        <x:v>107801.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1491" spans="1:2">
       <x:c r="A1491" s="2">
-        <x:v>43831</x:v>
+        <x:v>43852</x:v>
       </x:c>
       <x:c r="B1491" s="3">
-        <x:v>107822.63</x:v>
+        <x:v>107803.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1492" spans="1:2">
       <x:c r="A1492" s="2">
-        <x:v>43829</x:v>
+        <x:v>43851</x:v>
       </x:c>
       <x:c r="B1492" s="3">
-        <x:v>107823.99</x:v>
+        <x:v>107805.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1493" spans="1:2">
       <x:c r="A1493" s="2">
-        <x:v>43828</x:v>
+        <x:v>43850</x:v>
       </x:c>
       <x:c r="B1493" s="3">
-        <x:v>107826.62</x:v>
+        <x:v>107806.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1494" spans="1:2">
       <x:c r="A1494" s="2">
-        <x:v>43825</x:v>
+        <x:v>43849</x:v>
       </x:c>
       <x:c r="B1494" s="3">
-        <x:v>107829.28</x:v>
+        <x:v>107807.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1495" spans="1:2">
       <x:c r="A1495" s="2">
-        <x:v>43822</x:v>
+        <x:v>43846</x:v>
       </x:c>
       <x:c r="B1495" s="3">
-        <x:v>107831.51</x:v>
+        <x:v>107809.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1496" spans="1:2">
       <x:c r="A1496" s="2">
-        <x:v>43821</x:v>
+        <x:v>43845</x:v>
       </x:c>
       <x:c r="B1496" s="3">
-        <x:v>107833.44</x:v>
+        <x:v>107810.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1497" spans="1:2">
       <x:c r="A1497" s="2">
-        <x:v>43818</x:v>
+        <x:v>43844</x:v>
       </x:c>
       <x:c r="B1497" s="3">
-        <x:v>107837.96</x:v>
+        <x:v>107812.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1498" spans="1:2">
       <x:c r="A1498" s="2">
-        <x:v>43817</x:v>
+        <x:v>43843</x:v>
       </x:c>
       <x:c r="B1498" s="3">
-        <x:v>107839.15</x:v>
+        <x:v>107813.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1499" spans="1:2">
       <x:c r="A1499" s="2">
-        <x:v>43816</x:v>
+        <x:v>43842</x:v>
       </x:c>
       <x:c r="B1499" s="3">
-        <x:v>107840.08</x:v>
+        <x:v>107812.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1500" spans="1:2">
       <x:c r="A1500" s="2">
-        <x:v>43815</x:v>
+        <x:v>43839</x:v>
       </x:c>
       <x:c r="B1500" s="3">
-        <x:v>107841.47</x:v>
+        <x:v>107816.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1501" spans="1:2">
       <x:c r="A1501" s="2">
-        <x:v>43814</x:v>
+        <x:v>43838</x:v>
       </x:c>
       <x:c r="B1501" s="3">
-        <x:v>107840.54</x:v>
+        <x:v>107816.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1502" spans="1:2">
       <x:c r="A1502" s="2">
-        <x:v>43811</x:v>
+        <x:v>43837</x:v>
       </x:c>
       <x:c r="B1502" s="3">
-        <x:v>107844.3</x:v>
+        <x:v>107817.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1503" spans="1:2">
       <x:c r="A1503" s="2">
-        <x:v>43810</x:v>
+        <x:v>43836</x:v>
       </x:c>
       <x:c r="B1503" s="3">
-        <x:v>107845.45</x:v>
+        <x:v>107818.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1504" spans="1:2">
       <x:c r="A1504" s="2">
-        <x:v>43809</x:v>
+        <x:v>43835</x:v>
       </x:c>
       <x:c r="B1504" s="3">
-        <x:v>107846.74</x:v>
+        <x:v>107819.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1505" spans="1:2">
       <x:c r="A1505" s="2">
-        <x:v>43808</x:v>
+        <x:v>43832</x:v>
       </x:c>
       <x:c r="B1505" s="3">
-        <x:v>107847.39</x:v>
+        <x:v>107822.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1506" spans="1:2">
       <x:c r="A1506" s="2">
-        <x:v>43807</x:v>
+        <x:v>43831</x:v>
       </x:c>
       <x:c r="B1506" s="3">
-        <x:v>107847.41</x:v>
+        <x:v>107822.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1507" spans="1:2">
       <x:c r="A1507" s="2">
-        <x:v>43804</x:v>
+        <x:v>43829</x:v>
       </x:c>
       <x:c r="B1507" s="3">
-        <x:v>107850.11</x:v>
+        <x:v>107823.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1508" spans="1:2">
       <x:c r="A1508" s="2">
-        <x:v>43803</x:v>
+        <x:v>43828</x:v>
       </x:c>
       <x:c r="B1508" s="3">
-        <x:v>107852.39</x:v>
+        <x:v>107826.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1509" spans="1:2">
       <x:c r="A1509" s="2">
-        <x:v>43802</x:v>
+        <x:v>43825</x:v>
       </x:c>
       <x:c r="B1509" s="3">
-        <x:v>107852.84</x:v>
+        <x:v>107829.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1510" spans="1:2">
       <x:c r="A1510" s="2">
-        <x:v>43801</x:v>
+        <x:v>43822</x:v>
       </x:c>
       <x:c r="B1510" s="3">
-        <x:v>107854.62</x:v>
+        <x:v>107831.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1511" spans="1:2">
       <x:c r="A1511" s="2">
-        <x:v>43800</x:v>
+        <x:v>43821</x:v>
       </x:c>
       <x:c r="B1511" s="3">
-        <x:v>107855.3</x:v>
+        <x:v>107833.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1512" spans="1:2">
       <x:c r="A1512" s="2">
-        <x:v>43797</x:v>
+        <x:v>43818</x:v>
       </x:c>
       <x:c r="B1512" s="3">
-        <x:v>107859.53</x:v>
+        <x:v>107837.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1513" spans="1:2">
       <x:c r="A1513" s="2">
-        <x:v>43796</x:v>
+        <x:v>43817</x:v>
       </x:c>
       <x:c r="B1513" s="3">
-        <x:v>107860.81</x:v>
+        <x:v>107839.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1514" spans="1:2">
       <x:c r="A1514" s="2">
-        <x:v>43795</x:v>
+        <x:v>43816</x:v>
       </x:c>
       <x:c r="B1514" s="3">
-        <x:v>107862.49</x:v>
+        <x:v>107840.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1515" spans="1:2">
       <x:c r="A1515" s="2">
-        <x:v>43794</x:v>
+        <x:v>43815</x:v>
       </x:c>
       <x:c r="B1515" s="3">
-        <x:v>107863.7</x:v>
+        <x:v>107841.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1516" spans="1:2">
       <x:c r="A1516" s="2">
-        <x:v>43793</x:v>
+        <x:v>43814</x:v>
       </x:c>
       <x:c r="B1516" s="3">
-        <x:v>107865.25</x:v>
+        <x:v>107840.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1517" spans="1:2">
       <x:c r="A1517" s="2">
-        <x:v>43790</x:v>
+        <x:v>43811</x:v>
       </x:c>
       <x:c r="B1517" s="3">
-        <x:v>107868.45</x:v>
+        <x:v>107844.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1518" spans="1:2">
       <x:c r="A1518" s="2">
-        <x:v>43789</x:v>
+        <x:v>43810</x:v>
       </x:c>
       <x:c r="B1518" s="3">
-        <x:v>107869.46</x:v>
+        <x:v>107845.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1519" spans="1:2">
       <x:c r="A1519" s="2">
-        <x:v>43788</x:v>
+        <x:v>43809</x:v>
       </x:c>
       <x:c r="B1519" s="3">
-        <x:v>107869.94</x:v>
+        <x:v>107846.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1520" spans="1:2">
       <x:c r="A1520" s="2">
-        <x:v>43787</x:v>
+        <x:v>43808</x:v>
       </x:c>
       <x:c r="B1520" s="3">
-        <x:v>107870.6</x:v>
+        <x:v>107847.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1521" spans="1:2">
       <x:c r="A1521" s="2">
-        <x:v>43786</x:v>
+        <x:v>43807</x:v>
       </x:c>
       <x:c r="B1521" s="3">
-        <x:v>107873.27</x:v>
+        <x:v>107847.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1522" spans="1:2">
       <x:c r="A1522" s="2">
-        <x:v>43783</x:v>
+        <x:v>43804</x:v>
       </x:c>
       <x:c r="B1522" s="3">
-        <x:v>107875.73</x:v>
+        <x:v>107850.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1523" spans="1:2">
       <x:c r="A1523" s="2">
-        <x:v>43782</x:v>
+        <x:v>43803</x:v>
       </x:c>
       <x:c r="B1523" s="3">
-        <x:v>107876.81</x:v>
+        <x:v>107852.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1524" spans="1:2">
       <x:c r="A1524" s="2">
-        <x:v>43781</x:v>
+        <x:v>43802</x:v>
       </x:c>
       <x:c r="B1524" s="3">
-        <x:v>107877.59</x:v>
+        <x:v>107852.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1525" spans="1:2">
       <x:c r="A1525" s="2">
-        <x:v>43780</x:v>
+        <x:v>43801</x:v>
       </x:c>
       <x:c r="B1525" s="3">
-        <x:v>107878.99</x:v>
+        <x:v>107854.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1526" spans="1:2">
       <x:c r="A1526" s="2">
-        <x:v>43776</x:v>
+        <x:v>43800</x:v>
       </x:c>
       <x:c r="B1526" s="3">
-        <x:v>107883.1</x:v>
+        <x:v>107855.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1527" spans="1:2">
       <x:c r="A1527" s="2">
-        <x:v>43775</x:v>
+        <x:v>43797</x:v>
       </x:c>
       <x:c r="B1527" s="3">
-        <x:v>107884.01</x:v>
+        <x:v>107859.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1528" spans="1:2">
       <x:c r="A1528" s="2">
-        <x:v>43774</x:v>
+        <x:v>43796</x:v>
       </x:c>
       <x:c r="B1528" s="3">
-        <x:v>107884.87</x:v>
+        <x:v>107860.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1529" spans="1:2">
       <x:c r="A1529" s="2">
-        <x:v>43773</x:v>
+        <x:v>43795</x:v>
       </x:c>
       <x:c r="B1529" s="3">
-        <x:v>107886.76</x:v>
+        <x:v>107862.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1530" spans="1:2">
       <x:c r="A1530" s="2">
-        <x:v>43772</x:v>
+        <x:v>43794</x:v>
       </x:c>
       <x:c r="B1530" s="3">
-        <x:v>107888.02</x:v>
+        <x:v>107863.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1531" spans="1:2">
       <x:c r="A1531" s="2">
-        <x:v>43768</x:v>
+        <x:v>43793</x:v>
       </x:c>
       <x:c r="B1531" s="3">
-        <x:v>107891.1</x:v>
+        <x:v>107865.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1532" spans="1:2">
       <x:c r="A1532" s="2">
-        <x:v>43767</x:v>
+        <x:v>43790</x:v>
       </x:c>
       <x:c r="B1532" s="3">
-        <x:v>107893.12</x:v>
+        <x:v>107868.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1533" spans="1:2">
       <x:c r="A1533" s="2">
-        <x:v>43766</x:v>
+        <x:v>43789</x:v>
       </x:c>
       <x:c r="B1533" s="3">
-        <x:v>107894.07</x:v>
+        <x:v>107869.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1534" spans="1:2">
       <x:c r="A1534" s="2">
-        <x:v>43765</x:v>
+        <x:v>43788</x:v>
       </x:c>
       <x:c r="B1534" s="3">
-        <x:v>107895.82</x:v>
+        <x:v>107869.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1535" spans="1:2">
       <x:c r="A1535" s="2">
-        <x:v>43762</x:v>
+        <x:v>43787</x:v>
       </x:c>
       <x:c r="B1535" s="3">
-        <x:v>107897.95</x:v>
+        <x:v>107870.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1536" spans="1:2">
       <x:c r="A1536" s="2">
-        <x:v>43761</x:v>
+        <x:v>43786</x:v>
       </x:c>
       <x:c r="B1536" s="3">
-        <x:v>107899.22</x:v>
+        <x:v>107873.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1537" spans="1:2">
       <x:c r="A1537" s="2">
-        <x:v>43760</x:v>
+        <x:v>43783</x:v>
       </x:c>
       <x:c r="B1537" s="3">
-        <x:v>107900.23</x:v>
+        <x:v>107875.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1538" spans="1:2">
       <x:c r="A1538" s="2">
-        <x:v>43759</x:v>
+        <x:v>43782</x:v>
       </x:c>
       <x:c r="B1538" s="3">
-        <x:v>107901.14</x:v>
+        <x:v>107876.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1539" spans="1:2">
       <x:c r="A1539" s="2">
-        <x:v>43758</x:v>
+        <x:v>43781</x:v>
       </x:c>
       <x:c r="B1539" s="3">
-        <x:v>107902.44</x:v>
+        <x:v>107877.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1540" spans="1:2">
       <x:c r="A1540" s="2">
-        <x:v>43755</x:v>
+        <x:v>43780</x:v>
       </x:c>
       <x:c r="B1540" s="3">
-        <x:v>107904.81</x:v>
+        <x:v>107878.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1541" spans="1:2">
       <x:c r="A1541" s="2">
-        <x:v>43754</x:v>
+        <x:v>43776</x:v>
       </x:c>
       <x:c r="B1541" s="3">
-        <x:v>107905.92</x:v>
+        <x:v>107883.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1542" spans="1:2">
       <x:c r="A1542" s="2">
-        <x:v>43753</x:v>
+        <x:v>43775</x:v>
       </x:c>
       <x:c r="B1542" s="3">
-        <x:v>107908.6</x:v>
+        <x:v>107884.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1543" spans="1:2">
       <x:c r="A1543" s="2">
-        <x:v>43752</x:v>
+        <x:v>43774</x:v>
       </x:c>
       <x:c r="B1543" s="3">
-        <x:v>107911.1</x:v>
+        <x:v>107884.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1544" spans="1:2">
       <x:c r="A1544" s="2">
-        <x:v>43751</x:v>
+        <x:v>43773</x:v>
       </x:c>
       <x:c r="B1544" s="3">
-        <x:v>107909.02</x:v>
+        <x:v>107886.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1545" spans="1:2">
       <x:c r="A1545" s="2">
-        <x:v>43748</x:v>
+        <x:v>43772</x:v>
       </x:c>
       <x:c r="B1545" s="3">
-        <x:v>107914.28</x:v>
+        <x:v>107888.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1546" spans="1:2">
       <x:c r="A1546" s="2">
-        <x:v>43747</x:v>
+        <x:v>43768</x:v>
       </x:c>
       <x:c r="B1546" s="3">
-        <x:v>107917.32</x:v>
+        <x:v>107891.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1547" spans="1:2">
       <x:c r="A1547" s="2">
-        <x:v>43746</x:v>
+        <x:v>43767</x:v>
       </x:c>
       <x:c r="B1547" s="3">
-        <x:v>107919.28</x:v>
+        <x:v>107893.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1548" spans="1:2">
       <x:c r="A1548" s="2">
-        <x:v>43745</x:v>
+        <x:v>43766</x:v>
       </x:c>
       <x:c r="B1548" s="3">
-        <x:v>107920.6</x:v>
+        <x:v>107894.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1549" spans="1:2">
       <x:c r="A1549" s="2">
-        <x:v>43744</x:v>
+        <x:v>43765</x:v>
       </x:c>
       <x:c r="B1549" s="3">
-        <x:v>107922.29</x:v>
+        <x:v>107895.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1550" spans="1:2">
       <x:c r="A1550" s="2">
-        <x:v>43741</x:v>
+        <x:v>43762</x:v>
       </x:c>
       <x:c r="B1550" s="3">
-        <x:v>107924.47</x:v>
+        <x:v>107897.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1551" spans="1:2">
       <x:c r="A1551" s="2">
-        <x:v>43740</x:v>
+        <x:v>43761</x:v>
       </x:c>
       <x:c r="B1551" s="3">
-        <x:v>107926.91</x:v>
+        <x:v>107899.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1552" spans="1:2">
       <x:c r="A1552" s="2">
-        <x:v>43739</x:v>
+        <x:v>43760</x:v>
       </x:c>
       <x:c r="B1552" s="3">
-        <x:v>107927.46</x:v>
+        <x:v>107900.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1553" spans="1:2">
       <x:c r="A1553" s="2">
-        <x:v>43738</x:v>
+        <x:v>43759</x:v>
       </x:c>
       <x:c r="B1553" s="3">
-        <x:v>107927.68</x:v>
+        <x:v>107901.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1554" spans="1:2">
       <x:c r="A1554" s="2">
-        <x:v>43737</x:v>
+        <x:v>43758</x:v>
       </x:c>
       <x:c r="B1554" s="3">
-        <x:v>107929.35</x:v>
+        <x:v>107902.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1555" spans="1:2">
       <x:c r="A1555" s="2">
-        <x:v>43734</x:v>
+        <x:v>43755</x:v>
       </x:c>
       <x:c r="B1555" s="3">
-        <x:v>107932.3</x:v>
+        <x:v>107904.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1556" spans="1:2">
       <x:c r="A1556" s="2">
-        <x:v>43733</x:v>
+        <x:v>43754</x:v>
       </x:c>
       <x:c r="B1556" s="3">
-        <x:v>107932.97</x:v>
+        <x:v>107905.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1557" spans="1:2">
       <x:c r="A1557" s="2">
-        <x:v>43732</x:v>
+        <x:v>43753</x:v>
       </x:c>
       <x:c r="B1557" s="3">
-        <x:v>107933.57</x:v>
+        <x:v>107908.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1558" spans="1:2">
       <x:c r="A1558" s="2">
-        <x:v>43731</x:v>
+        <x:v>43752</x:v>
       </x:c>
       <x:c r="B1558" s="3">
-        <x:v>107934.35</x:v>
+        <x:v>107911.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1559" spans="1:2">
       <x:c r="A1559" s="2">
-        <x:v>43730</x:v>
+        <x:v>43751</x:v>
       </x:c>
       <x:c r="B1559" s="3">
-        <x:v>107933.87</x:v>
+        <x:v>107909.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1560" spans="1:2">
       <x:c r="A1560" s="2">
-        <x:v>43727</x:v>
+        <x:v>43748</x:v>
       </x:c>
       <x:c r="B1560" s="3">
-        <x:v>107938.25</x:v>
+        <x:v>107914.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1561" spans="1:2">
       <x:c r="A1561" s="2">
-        <x:v>43726</x:v>
+        <x:v>43747</x:v>
       </x:c>
       <x:c r="B1561" s="3">
-        <x:v>107940.17</x:v>
+        <x:v>107917.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1562" spans="1:2">
       <x:c r="A1562" s="2">
-        <x:v>43725</x:v>
+        <x:v>43746</x:v>
       </x:c>
       <x:c r="B1562" s="3">
-        <x:v>107935.73</x:v>
+        <x:v>107919.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1563" spans="1:2">
       <x:c r="A1563" s="2">
-        <x:v>43724</x:v>
+        <x:v>43745</x:v>
       </x:c>
       <x:c r="B1563" s="3">
-        <x:v>107936.36</x:v>
+        <x:v>107920.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1564" spans="1:2">
       <x:c r="A1564" s="2">
-        <x:v>43723</x:v>
+        <x:v>43744</x:v>
       </x:c>
       <x:c r="B1564" s="3">
-        <x:v>107938.18</x:v>
+        <x:v>107922.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1565" spans="1:2">
       <x:c r="A1565" s="2">
-        <x:v>43720</x:v>
+        <x:v>43741</x:v>
       </x:c>
       <x:c r="B1565" s="3">
-        <x:v>107949.56</x:v>
+        <x:v>107924.47</x:v>
       </x:c>
     </x:row>
     <x:row r="1566" spans="1:2">
       <x:c r="A1566" s="2">
-        <x:v>43719</x:v>
+        <x:v>43740</x:v>
       </x:c>
       <x:c r="B1566" s="3">
-        <x:v>107951.26</x:v>
+        <x:v>107926.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1567" spans="1:2">
       <x:c r="A1567" s="2">
-        <x:v>43718</x:v>
+        <x:v>43739</x:v>
       </x:c>
       <x:c r="B1567" s="3">
-        <x:v>107952.5</x:v>
+        <x:v>107927.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1568" spans="1:2">
       <x:c r="A1568" s="2">
-        <x:v>43717</x:v>
+        <x:v>43738</x:v>
       </x:c>
       <x:c r="B1568" s="3">
-        <x:v>107954.46</x:v>
+        <x:v>107927.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1569" spans="1:2">
       <x:c r="A1569" s="2">
-        <x:v>43716</x:v>
+        <x:v>43737</x:v>
       </x:c>
       <x:c r="B1569" s="3">
-        <x:v>107951.69</x:v>
+        <x:v>107929.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1570" spans="1:2">
       <x:c r="A1570" s="2">
-        <x:v>43713</x:v>
+        <x:v>43734</x:v>
       </x:c>
       <x:c r="B1570" s="3">
-        <x:v>107958.63</x:v>
+        <x:v>107932.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1571" spans="1:2">
       <x:c r="A1571" s="2">
-        <x:v>43712</x:v>
+        <x:v>43733</x:v>
       </x:c>
       <x:c r="B1571" s="3">
-        <x:v>107958.37</x:v>
+        <x:v>107932.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1572" spans="1:2">
       <x:c r="A1572" s="2">
-        <x:v>43711</x:v>
+        <x:v>43732</x:v>
       </x:c>
       <x:c r="B1572" s="3">
-        <x:v>107958.42</x:v>
+        <x:v>107933.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1573" spans="1:2">
       <x:c r="A1573" s="2">
-        <x:v>43710</x:v>
+        <x:v>43731</x:v>
       </x:c>
       <x:c r="B1573" s="3">
-        <x:v>107956.53</x:v>
+        <x:v>107934.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1574" spans="1:2">
       <x:c r="A1574" s="2">
-        <x:v>43709</x:v>
+        <x:v>43730</x:v>
       </x:c>
       <x:c r="B1574" s="3">
-        <x:v>107955.44</x:v>
+        <x:v>107933.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1575" spans="1:2">
       <x:c r="A1575" s="2">
-        <x:v>43706</x:v>
+        <x:v>43727</x:v>
       </x:c>
       <x:c r="B1575" s="3">
-        <x:v>107956.49</x:v>
+        <x:v>107938.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1576" spans="1:2">
       <x:c r="A1576" s="2">
-        <x:v>43705</x:v>
+        <x:v>43726</x:v>
       </x:c>
       <x:c r="B1576" s="3">
-        <x:v>107957.08</x:v>
+        <x:v>107940.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1577" spans="1:2">
       <x:c r="A1577" s="2">
-        <x:v>43704</x:v>
+        <x:v>43725</x:v>
       </x:c>
       <x:c r="B1577" s="3">
-        <x:v>107953.11</x:v>
+        <x:v>107935.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1578" spans="1:2">
       <x:c r="A1578" s="2">
-        <x:v>43703</x:v>
+        <x:v>43724</x:v>
       </x:c>
       <x:c r="B1578" s="3">
-        <x:v>107952.9</x:v>
+        <x:v>107936.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1579" spans="1:2">
       <x:c r="A1579" s="2">
-        <x:v>43702</x:v>
+        <x:v>43723</x:v>
       </x:c>
       <x:c r="B1579" s="3">
-        <x:v>107953.48</x:v>
+        <x:v>107938.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1580" spans="1:2">
       <x:c r="A1580" s="2">
-        <x:v>43699</x:v>
+        <x:v>43720</x:v>
       </x:c>
       <x:c r="B1580" s="3">
-        <x:v>107957.07</x:v>
+        <x:v>107949.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1581" spans="1:2">
       <x:c r="A1581" s="2">
-        <x:v>43698</x:v>
+        <x:v>43719</x:v>
       </x:c>
       <x:c r="B1581" s="3">
-        <x:v>107960.82</x:v>
+        <x:v>107951.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1582" spans="1:2">
       <x:c r="A1582" s="2">
-        <x:v>43697</x:v>
+        <x:v>43718</x:v>
       </x:c>
       <x:c r="B1582" s="3">
-        <x:v>107960.89</x:v>
+        <x:v>107952.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1583" spans="1:2">
       <x:c r="A1583" s="2">
-        <x:v>43696</x:v>
+        <x:v>43717</x:v>
       </x:c>
       <x:c r="B1583" s="3">
-        <x:v>107959.95</x:v>
+        <x:v>107954.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1584" spans="1:2">
       <x:c r="A1584" s="2">
-        <x:v>43695</x:v>
+        <x:v>43716</x:v>
       </x:c>
       <x:c r="B1584" s="3">
-        <x:v>107962.94</x:v>
+        <x:v>107951.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1585" spans="1:2">
       <x:c r="A1585" s="2">
-        <x:v>43692</x:v>
+        <x:v>43713</x:v>
       </x:c>
       <x:c r="B1585" s="3">
-        <x:v>107958.86</x:v>
+        <x:v>107958.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1586" spans="1:2">
       <x:c r="A1586" s="2">
-        <x:v>43690</x:v>
+        <x:v>43712</x:v>
       </x:c>
       <x:c r="B1586" s="3">
-        <x:v>107959.43</x:v>
+        <x:v>107958.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1587" spans="1:2">
       <x:c r="A1587" s="2">
-        <x:v>43689</x:v>
+        <x:v>43711</x:v>
       </x:c>
       <x:c r="B1587" s="3">
-        <x:v>107959.72</x:v>
+        <x:v>107958.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1588" spans="1:2">
       <x:c r="A1588" s="2">
-        <x:v>43688</x:v>
+        <x:v>43710</x:v>
       </x:c>
       <x:c r="B1588" s="3">
-        <x:v>107965.38</x:v>
+        <x:v>107956.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1589" spans="1:2">
       <x:c r="A1589" s="2">
-        <x:v>43685</x:v>
+        <x:v>43709</x:v>
       </x:c>
       <x:c r="B1589" s="3">
-        <x:v>107967.77</x:v>
+        <x:v>107955.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1590" spans="1:2">
       <x:c r="A1590" s="2">
-        <x:v>43684</x:v>
+        <x:v>43706</x:v>
       </x:c>
       <x:c r="B1590" s="3">
-        <x:v>107965.23</x:v>
+        <x:v>107956.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1591" spans="1:2">
       <x:c r="A1591" s="2">
-        <x:v>43683</x:v>
+        <x:v>43705</x:v>
       </x:c>
       <x:c r="B1591" s="3">
-        <x:v>107968.53</x:v>
+        <x:v>107957.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1592" spans="1:2">
       <x:c r="A1592" s="2">
-        <x:v>43682</x:v>
+        <x:v>43704</x:v>
       </x:c>
       <x:c r="B1592" s="3">
-        <x:v>107966.56</x:v>
+        <x:v>107953.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1593" spans="1:2">
       <x:c r="A1593" s="2">
-        <x:v>43681</x:v>
+        <x:v>43703</x:v>
       </x:c>
       <x:c r="B1593" s="3">
-        <x:v>107967.79</x:v>
+        <x:v>107952.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1594" spans="1:2">
       <x:c r="A1594" s="2">
-        <x:v>43678</x:v>
+        <x:v>43702</x:v>
       </x:c>
       <x:c r="B1594" s="3">
-        <x:v>107969.73</x:v>
+        <x:v>107953.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1595" spans="1:2">
       <x:c r="A1595" s="2">
-        <x:v>43677</x:v>
+        <x:v>43699</x:v>
       </x:c>
       <x:c r="B1595" s="3">
-        <x:v>107969.31</x:v>
+        <x:v>107957.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1596" spans="1:2">
       <x:c r="A1596" s="2">
-        <x:v>43676</x:v>
+        <x:v>43698</x:v>
       </x:c>
       <x:c r="B1596" s="3">
-        <x:v>107970.21</x:v>
+        <x:v>107960.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1597" spans="1:2">
       <x:c r="A1597" s="2">
-        <x:v>43675</x:v>
+        <x:v>43697</x:v>
       </x:c>
       <x:c r="B1597" s="3">
-        <x:v>107969.46</x:v>
+        <x:v>107960.89</x:v>
       </x:c>
     </x:row>
     <x:row r="1598" spans="1:2">
       <x:c r="A1598" s="2">
-        <x:v>43674</x:v>
+        <x:v>43696</x:v>
       </x:c>
       <x:c r="B1598" s="3">
-        <x:v>107973.13</x:v>
+        <x:v>107959.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1599" spans="1:2">
       <x:c r="A1599" s="2">
-        <x:v>43671</x:v>
+        <x:v>43695</x:v>
       </x:c>
       <x:c r="B1599" s="3">
-        <x:v>107975.79</x:v>
+        <x:v>107962.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1600" spans="1:2">
       <x:c r="A1600" s="2">
-        <x:v>43670</x:v>
+        <x:v>43692</x:v>
       </x:c>
       <x:c r="B1600" s="3">
-        <x:v>107973.43</x:v>
+        <x:v>107958.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1601" spans="1:2">
       <x:c r="A1601" s="2">
-        <x:v>43669</x:v>
+        <x:v>43690</x:v>
       </x:c>
       <x:c r="B1601" s="3">
-        <x:v>107972.69</x:v>
+        <x:v>107959.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1602" spans="1:2">
       <x:c r="A1602" s="2">
-        <x:v>43668</x:v>
+        <x:v>43689</x:v>
       </x:c>
       <x:c r="B1602" s="3">
-        <x:v>107973.71</x:v>
+        <x:v>107959.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1603" spans="1:2">
       <x:c r="A1603" s="2">
-        <x:v>43667</x:v>
+        <x:v>43688</x:v>
       </x:c>
       <x:c r="B1603" s="3">
-        <x:v>107973.94</x:v>
+        <x:v>107965.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1604" spans="1:2">
       <x:c r="A1604" s="2">
-        <x:v>43664</x:v>
+        <x:v>43685</x:v>
       </x:c>
       <x:c r="B1604" s="3">
-        <x:v>107976.48</x:v>
+        <x:v>107967.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1605" spans="1:2">
       <x:c r="A1605" s="2">
-        <x:v>43663</x:v>
+        <x:v>43684</x:v>
       </x:c>
       <x:c r="B1605" s="3">
-        <x:v>107975.19</x:v>
+        <x:v>107965.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1606" spans="1:2">
       <x:c r="A1606" s="2">
-        <x:v>43662</x:v>
+        <x:v>43683</x:v>
       </x:c>
       <x:c r="B1606" s="3">
-        <x:v>107974.5</x:v>
+        <x:v>107968.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1607" spans="1:2">
       <x:c r="A1607" s="2">
-        <x:v>43661</x:v>
+        <x:v>43682</x:v>
       </x:c>
       <x:c r="B1607" s="3">
-        <x:v>107971.19</x:v>
+        <x:v>107966.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1608" spans="1:2">
       <x:c r="A1608" s="2">
-        <x:v>43660</x:v>
+        <x:v>43681</x:v>
       </x:c>
       <x:c r="B1608" s="3">
-        <x:v>107972.98</x:v>
+        <x:v>107967.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1609" spans="1:2">
       <x:c r="A1609" s="2">
-        <x:v>43657</x:v>
+        <x:v>43678</x:v>
       </x:c>
       <x:c r="B1609" s="3">
-        <x:v>107973.41</x:v>
+        <x:v>107969.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1610" spans="1:2">
       <x:c r="A1610" s="2">
-        <x:v>43656</x:v>
+        <x:v>43677</x:v>
       </x:c>
       <x:c r="B1610" s="3">
-        <x:v>107971.72</x:v>
+        <x:v>107969.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1611" spans="1:2">
       <x:c r="A1611" s="2">
-        <x:v>43655</x:v>
+        <x:v>43676</x:v>
       </x:c>
       <x:c r="B1611" s="3">
-        <x:v>107973.85</x:v>
+        <x:v>107970.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1612" spans="1:2">
       <x:c r="A1612" s="2">
-        <x:v>43654</x:v>
+        <x:v>43675</x:v>
       </x:c>
       <x:c r="B1612" s="3">
-        <x:v>107974.42</x:v>
+        <x:v>107969.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1613" spans="1:2">
       <x:c r="A1613" s="2">
-        <x:v>43653</x:v>
+        <x:v>43674</x:v>
       </x:c>
       <x:c r="B1613" s="3">
-        <x:v>107976.87</x:v>
+        <x:v>107973.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1614" spans="1:2">
       <x:c r="A1614" s="2">
-        <x:v>43650</x:v>
+        <x:v>43671</x:v>
       </x:c>
       <x:c r="B1614" s="3">
-        <x:v>107977.85</x:v>
+        <x:v>107975.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1615" spans="1:2">
       <x:c r="A1615" s="2">
-        <x:v>43649</x:v>
+        <x:v>43670</x:v>
       </x:c>
       <x:c r="B1615" s="3">
-        <x:v>107979.01</x:v>
+        <x:v>107973.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1616" spans="1:2">
       <x:c r="A1616" s="2">
-        <x:v>43648</x:v>
+        <x:v>43669</x:v>
       </x:c>
       <x:c r="B1616" s="3">
-        <x:v>107978.23</x:v>
+        <x:v>107972.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1617" spans="1:2">
       <x:c r="A1617" s="2">
-        <x:v>43647</x:v>
+        <x:v>43668</x:v>
       </x:c>
       <x:c r="B1617" s="3">
-        <x:v>107975</x:v>
+        <x:v>107973.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1618" spans="1:2">
       <x:c r="A1618" s="2">
-        <x:v>43646</x:v>
+        <x:v>43667</x:v>
       </x:c>
       <x:c r="B1618" s="3">
-        <x:v>107974.37</x:v>
+        <x:v>107973.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1619" spans="1:2">
       <x:c r="A1619" s="2">
-        <x:v>43643</x:v>
+        <x:v>43664</x:v>
       </x:c>
       <x:c r="B1619" s="3">
-        <x:v>107977.14</x:v>
+        <x:v>107976.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1620" spans="1:2">
       <x:c r="A1620" s="2">
-        <x:v>43642</x:v>
+        <x:v>43663</x:v>
       </x:c>
       <x:c r="B1620" s="3">
-        <x:v>107977.56</x:v>
+        <x:v>107975.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1621" spans="1:2">
       <x:c r="A1621" s="2">
-        <x:v>43641</x:v>
+        <x:v>43662</x:v>
       </x:c>
       <x:c r="B1621" s="3">
-        <x:v>107977.25</x:v>
+        <x:v>107974.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1622" spans="1:2">
       <x:c r="A1622" s="2">
-        <x:v>43640</x:v>
+        <x:v>43661</x:v>
       </x:c>
       <x:c r="B1622" s="3">
-        <x:v>107976.34</x:v>
+        <x:v>107971.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1623" spans="1:2">
       <x:c r="A1623" s="2">
-        <x:v>43639</x:v>
+        <x:v>43660</x:v>
       </x:c>
       <x:c r="B1623" s="3">
-        <x:v>107979.33</x:v>
+        <x:v>107972.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1624" spans="1:2">
       <x:c r="A1624" s="2">
-        <x:v>43636</x:v>
+        <x:v>43657</x:v>
       </x:c>
       <x:c r="B1624" s="3">
-        <x:v>107977.29</x:v>
+        <x:v>107973.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1625" spans="1:2">
       <x:c r="A1625" s="2">
-        <x:v>43635</x:v>
+        <x:v>43656</x:v>
       </x:c>
       <x:c r="B1625" s="3">
-        <x:v>107978.65</x:v>
+        <x:v>107971.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1626" spans="1:2">
       <x:c r="A1626" s="2">
-        <x:v>43634</x:v>
+        <x:v>43655</x:v>
       </x:c>
       <x:c r="B1626" s="3">
-        <x:v>107969.76</x:v>
+        <x:v>107973.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1627" spans="1:2">
       <x:c r="A1627" s="2">
-        <x:v>43633</x:v>
+        <x:v>43654</x:v>
       </x:c>
       <x:c r="B1627" s="3">
-        <x:v>107968</x:v>
+        <x:v>107974.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1628" spans="1:2">
       <x:c r="A1628" s="2">
-        <x:v>43632</x:v>
+        <x:v>43653</x:v>
       </x:c>
       <x:c r="B1628" s="3">
-        <x:v>107968.94</x:v>
+        <x:v>107976.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1629" spans="1:2">
       <x:c r="A1629" s="2">
-        <x:v>43629</x:v>
+        <x:v>43650</x:v>
       </x:c>
       <x:c r="B1629" s="3">
-        <x:v>107972.19</x:v>
+        <x:v>107977.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1630" spans="1:2">
       <x:c r="A1630" s="2">
-        <x:v>43628</x:v>
+        <x:v>43649</x:v>
       </x:c>
       <x:c r="B1630" s="3">
-        <x:v>107971.36</x:v>
+        <x:v>107979.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1631" spans="1:2">
       <x:c r="A1631" s="2">
-        <x:v>43627</x:v>
+        <x:v>43648</x:v>
       </x:c>
       <x:c r="B1631" s="3">
-        <x:v>107970.93</x:v>
+        <x:v>107978.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1632" spans="1:2">
       <x:c r="A1632" s="2">
-        <x:v>43626</x:v>
+        <x:v>43647</x:v>
       </x:c>
       <x:c r="B1632" s="3">
-        <x:v>107970.17</x:v>
+        <x:v>107975</x:v>
       </x:c>
     </x:row>
     <x:row r="1633" spans="1:2">
       <x:c r="A1633" s="2">
-        <x:v>43622</x:v>
+        <x:v>43646</x:v>
       </x:c>
       <x:c r="B1633" s="3">
-        <x:v>107973.1</x:v>
+        <x:v>107974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1634" spans="1:2">
       <x:c r="A1634" s="2">
-        <x:v>43621</x:v>
+        <x:v>43643</x:v>
       </x:c>
       <x:c r="B1634" s="3">
-        <x:v>107972.19</x:v>
+        <x:v>107977.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1635" spans="1:2">
       <x:c r="A1635" s="2">
-        <x:v>43620</x:v>
+        <x:v>43642</x:v>
       </x:c>
       <x:c r="B1635" s="3">
-        <x:v>107973.44</x:v>
+        <x:v>107977.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1636" spans="1:2">
       <x:c r="A1636" s="2">
-        <x:v>43619</x:v>
+        <x:v>43641</x:v>
       </x:c>
       <x:c r="B1636" s="3">
-        <x:v>107973.39</x:v>
+        <x:v>107977.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1637" spans="1:2">
       <x:c r="A1637" s="2">
-        <x:v>43618</x:v>
+        <x:v>43640</x:v>
       </x:c>
       <x:c r="B1637" s="3">
-        <x:v>107973.99</x:v>
+        <x:v>107976.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1638" spans="1:2">
       <x:c r="A1638" s="2">
-        <x:v>43615</x:v>
+        <x:v>43639</x:v>
       </x:c>
       <x:c r="B1638" s="3">
-        <x:v>107975.27</x:v>
+        <x:v>107979.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1639" spans="1:2">
       <x:c r="A1639" s="2">
-        <x:v>43613</x:v>
+        <x:v>43636</x:v>
       </x:c>
       <x:c r="B1639" s="3">
-        <x:v>107975.16</x:v>
+        <x:v>107977.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1640" spans="1:2">
       <x:c r="A1640" s="2">
-        <x:v>43612</x:v>
+        <x:v>43635</x:v>
       </x:c>
       <x:c r="B1640" s="3">
-        <x:v>107976.71</x:v>
+        <x:v>107978.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1641" spans="1:2">
       <x:c r="A1641" s="2">
-        <x:v>43611</x:v>
+        <x:v>43634</x:v>
       </x:c>
       <x:c r="B1641" s="3">
-        <x:v>107976.22</x:v>
+        <x:v>107969.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1642" spans="1:2">
       <x:c r="A1642" s="2">
-        <x:v>43608</x:v>
+        <x:v>43633</x:v>
       </x:c>
       <x:c r="B1642" s="3">
-        <x:v>107977.42</x:v>
+        <x:v>107968</x:v>
       </x:c>
     </x:row>
     <x:row r="1643" spans="1:2">
       <x:c r="A1643" s="2">
-        <x:v>43607</x:v>
+        <x:v>43632</x:v>
       </x:c>
       <x:c r="B1643" s="3">
-        <x:v>107978.27</x:v>
+        <x:v>107968.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1644" spans="1:2">
       <x:c r="A1644" s="2">
-        <x:v>43606</x:v>
+        <x:v>43629</x:v>
       </x:c>
       <x:c r="B1644" s="3">
-        <x:v>107979.39</x:v>
+        <x:v>107972.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1645" spans="1:2">
       <x:c r="A1645" s="2">
-        <x:v>43605</x:v>
+        <x:v>43628</x:v>
       </x:c>
       <x:c r="B1645" s="3">
-        <x:v>107979.57</x:v>
+        <x:v>107971.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1646" spans="1:2">
       <x:c r="A1646" s="2">
-        <x:v>43604</x:v>
+        <x:v>43627</x:v>
       </x:c>
       <x:c r="B1646" s="3">
-        <x:v>107978.25</x:v>
+        <x:v>107970.93</x:v>
       </x:c>
     </x:row>
     <x:row r="1647" spans="1:2">
       <x:c r="A1647" s="2">
-        <x:v>43601</x:v>
+        <x:v>43626</x:v>
       </x:c>
       <x:c r="B1647" s="3">
-        <x:v>107980.16</x:v>
+        <x:v>107970.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1648" spans="1:2">
       <x:c r="A1648" s="2">
-        <x:v>43600</x:v>
+        <x:v>43622</x:v>
       </x:c>
       <x:c r="B1648" s="3">
-        <x:v>107981.63</x:v>
+        <x:v>107973.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1649" spans="1:2">
       <x:c r="A1649" s="2">
-        <x:v>43599</x:v>
+        <x:v>43621</x:v>
       </x:c>
       <x:c r="B1649" s="3">
-        <x:v>107983.5</x:v>
+        <x:v>107972.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1650" spans="1:2">
       <x:c r="A1650" s="2">
-        <x:v>43598</x:v>
+        <x:v>43620</x:v>
       </x:c>
       <x:c r="B1650" s="3">
-        <x:v>107983.63</x:v>
+        <x:v>107973.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1651" spans="1:2">
       <x:c r="A1651" s="2">
-        <x:v>43597</x:v>
+        <x:v>43619</x:v>
       </x:c>
       <x:c r="B1651" s="3">
-        <x:v>107984.07</x:v>
+        <x:v>107973.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1652" spans="1:2">
       <x:c r="A1652" s="2">
-        <x:v>43594</x:v>
+        <x:v>43618</x:v>
       </x:c>
       <x:c r="B1652" s="3">
-        <x:v>107986.86</x:v>
+        <x:v>107973.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1653" spans="1:2">
       <x:c r="A1653" s="2">
-        <x:v>43593</x:v>
+        <x:v>43615</x:v>
       </x:c>
       <x:c r="B1653" s="3">
-        <x:v>107986.63</x:v>
+        <x:v>107975.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1654" spans="1:2">
       <x:c r="A1654" s="2">
-        <x:v>43591</x:v>
+        <x:v>43613</x:v>
       </x:c>
       <x:c r="B1654" s="3">
-        <x:v>107988.17</x:v>
+        <x:v>107975.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1655" spans="1:2">
       <x:c r="A1655" s="2">
-        <x:v>43590</x:v>
+        <x:v>43612</x:v>
       </x:c>
       <x:c r="B1655" s="3">
-        <x:v>107987.46</x:v>
+        <x:v>107976.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1656" spans="1:2">
       <x:c r="A1656" s="2">
-        <x:v>43587</x:v>
+        <x:v>43611</x:v>
       </x:c>
       <x:c r="B1656" s="3">
-        <x:v>107989.21</x:v>
+        <x:v>107976.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1657" spans="1:2">
       <x:c r="A1657" s="2">
-        <x:v>43586</x:v>
+        <x:v>43608</x:v>
       </x:c>
       <x:c r="B1657" s="3">
-        <x:v>107989.03</x:v>
+        <x:v>107977.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1658" spans="1:2">
       <x:c r="A1658" s="2">
-        <x:v>43584</x:v>
+        <x:v>43607</x:v>
       </x:c>
       <x:c r="B1658" s="3">
-        <x:v>107988.73</x:v>
+        <x:v>107978.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1659" spans="1:2">
       <x:c r="A1659" s="2">
-        <x:v>43583</x:v>
+        <x:v>43606</x:v>
       </x:c>
       <x:c r="B1659" s="3">
-        <x:v>107988.57</x:v>
+        <x:v>107979.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1660" spans="1:2">
       <x:c r="A1660" s="2">
-        <x:v>43580</x:v>
+        <x:v>43605</x:v>
       </x:c>
       <x:c r="B1660" s="3">
-        <x:v>107991.05</x:v>
+        <x:v>107979.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1661" spans="1:2">
       <x:c r="A1661" s="2">
-        <x:v>43579</x:v>
+        <x:v>43604</x:v>
       </x:c>
       <x:c r="B1661" s="3">
-        <x:v>107990.57</x:v>
+        <x:v>107978.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1662" spans="1:2">
       <x:c r="A1662" s="2">
-        <x:v>43578</x:v>
+        <x:v>43601</x:v>
       </x:c>
       <x:c r="B1662" s="3">
-        <x:v>107992.26</x:v>
+        <x:v>107980.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1663" spans="1:2">
       <x:c r="A1663" s="2">
-        <x:v>43577</x:v>
+        <x:v>43600</x:v>
       </x:c>
       <x:c r="B1663" s="3">
-        <x:v>107991.79</x:v>
+        <x:v>107981.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1664" spans="1:2">
       <x:c r="A1664" s="2">
-        <x:v>43572</x:v>
+        <x:v>43599</x:v>
       </x:c>
       <x:c r="B1664" s="3">
-        <x:v>107995.6</x:v>
+        <x:v>107983.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1665" spans="1:2">
       <x:c r="A1665" s="2">
-        <x:v>43571</x:v>
+        <x:v>43598</x:v>
       </x:c>
       <x:c r="B1665" s="3">
-        <x:v>107995.03</x:v>
+        <x:v>107983.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1666" spans="1:2">
       <x:c r="A1666" s="2">
-        <x:v>43570</x:v>
+        <x:v>43597</x:v>
       </x:c>
       <x:c r="B1666" s="3">
-        <x:v>107995.94</x:v>
+        <x:v>107984.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1667" spans="1:2">
       <x:c r="A1667" s="2">
-        <x:v>43569</x:v>
+        <x:v>43594</x:v>
       </x:c>
       <x:c r="B1667" s="3">
-        <x:v>107995.24</x:v>
+        <x:v>107986.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1668" spans="1:2">
       <x:c r="A1668" s="2">
-        <x:v>43566</x:v>
+        <x:v>43593</x:v>
       </x:c>
       <x:c r="B1668" s="3">
-        <x:v>107997.92</x:v>
+        <x:v>107986.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1669" spans="1:2">
       <x:c r="A1669" s="2">
-        <x:v>43565</x:v>
+        <x:v>43591</x:v>
       </x:c>
       <x:c r="B1669" s="3">
-        <x:v>107997.71</x:v>
+        <x:v>107988.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1670" spans="1:2">
       <x:c r="A1670" s="2">
-        <x:v>43564</x:v>
+        <x:v>43590</x:v>
       </x:c>
       <x:c r="B1670" s="3">
-        <x:v>107998.43</x:v>
+        <x:v>107987.46</x:v>
       </x:c>
     </x:row>
     <x:row r="1671" spans="1:2">
       <x:c r="A1671" s="2">
-        <x:v>43563</x:v>
+        <x:v>43587</x:v>
       </x:c>
       <x:c r="B1671" s="3">
-        <x:v>107998.69</x:v>
+        <x:v>107989.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1672" spans="1:2">
       <x:c r="A1672" s="2">
-        <x:v>43562</x:v>
+        <x:v>43586</x:v>
       </x:c>
       <x:c r="B1672" s="3">
-        <x:v>107997.76</x:v>
+        <x:v>107989.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1673" spans="1:2">
       <x:c r="A1673" s="2">
-        <x:v>43559</x:v>
+        <x:v>43584</x:v>
       </x:c>
       <x:c r="B1673" s="3">
-        <x:v>107999.51</x:v>
+        <x:v>107988.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1674" spans="1:2">
       <x:c r="A1674" s="2">
-        <x:v>43558</x:v>
+        <x:v>43583</x:v>
       </x:c>
       <x:c r="B1674" s="3">
-        <x:v>108001.38</x:v>
+        <x:v>107988.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1675" spans="1:2">
       <x:c r="A1675" s="2">
-        <x:v>43557</x:v>
+        <x:v>43580</x:v>
       </x:c>
       <x:c r="B1675" s="3">
-        <x:v>108001.8</x:v>
+        <x:v>107991.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1676" spans="1:2">
       <x:c r="A1676" s="2">
-        <x:v>43556</x:v>
+        <x:v>43579</x:v>
       </x:c>
       <x:c r="B1676" s="3">
-        <x:v>108001.75</x:v>
+        <x:v>107990.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1677" spans="1:2">
       <x:c r="A1677" s="2">
-        <x:v>43555</x:v>
+        <x:v>43578</x:v>
       </x:c>
       <x:c r="B1677" s="3">
-        <x:v>108003.67</x:v>
+        <x:v>107992.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1678" spans="1:2">
       <x:c r="A1678" s="2">
-        <x:v>43552</x:v>
+        <x:v>43577</x:v>
       </x:c>
       <x:c r="B1678" s="3">
-        <x:v>108007.33</x:v>
+        <x:v>107991.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1679" spans="1:2">
       <x:c r="A1679" s="2">
-        <x:v>43551</x:v>
+        <x:v>43572</x:v>
       </x:c>
       <x:c r="B1679" s="3">
-        <x:v>108008.02</x:v>
+        <x:v>107995.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1680" spans="1:2">
       <x:c r="A1680" s="2">
-        <x:v>43550</x:v>
+        <x:v>43571</x:v>
       </x:c>
       <x:c r="B1680" s="3">
-        <x:v>108008.44</x:v>
+        <x:v>107995.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1681" spans="1:2">
       <x:c r="A1681" s="2">
-        <x:v>43549</x:v>
+        <x:v>43570</x:v>
       </x:c>
       <x:c r="B1681" s="3">
-        <x:v>108008.77</x:v>
+        <x:v>107995.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1682" spans="1:2">
       <x:c r="A1682" s="2">
-        <x:v>43548</x:v>
+        <x:v>43569</x:v>
       </x:c>
       <x:c r="B1682" s="3">
-        <x:v>108008.52</x:v>
+        <x:v>107995.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1683" spans="1:2">
       <x:c r="A1683" s="2">
-        <x:v>43545</x:v>
+        <x:v>43566</x:v>
       </x:c>
       <x:c r="B1683" s="3">
-        <x:v>108010.22</x:v>
+        <x:v>107997.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1684" spans="1:2">
       <x:c r="A1684" s="2">
-        <x:v>43544</x:v>
+        <x:v>43565</x:v>
       </x:c>
       <x:c r="B1684" s="3">
-        <x:v>108010.08</x:v>
+        <x:v>107997.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1685" spans="1:2">
       <x:c r="A1685" s="2">
-        <x:v>43543</x:v>
+        <x:v>43564</x:v>
       </x:c>
       <x:c r="B1685" s="3">
-        <x:v>108009.4</x:v>
+        <x:v>107998.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1686" spans="1:2">
       <x:c r="A1686" s="2">
-        <x:v>43542</x:v>
+        <x:v>43563</x:v>
       </x:c>
       <x:c r="B1686" s="3">
-        <x:v>108010.68</x:v>
+        <x:v>107998.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1687" spans="1:2">
       <x:c r="A1687" s="2">
-        <x:v>43541</x:v>
+        <x:v>43562</x:v>
       </x:c>
       <x:c r="B1687" s="3">
-        <x:v>108009.49</x:v>
+        <x:v>107997.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1688" spans="1:2">
       <x:c r="A1688" s="2">
-        <x:v>43538</x:v>
+        <x:v>43559</x:v>
       </x:c>
       <x:c r="B1688" s="3">
-        <x:v>108010.38</x:v>
+        <x:v>107999.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1689" spans="1:2">
       <x:c r="A1689" s="2">
-        <x:v>43537</x:v>
+        <x:v>43558</x:v>
       </x:c>
       <x:c r="B1689" s="3">
-        <x:v>108010.64</x:v>
+        <x:v>108001.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1690" spans="1:2">
       <x:c r="A1690" s="2">
-        <x:v>43536</x:v>
+        <x:v>43557</x:v>
       </x:c>
       <x:c r="B1690" s="3">
-        <x:v>108011.92</x:v>
+        <x:v>108001.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1691" spans="1:2">
       <x:c r="A1691" s="2">
-        <x:v>43535</x:v>
+        <x:v>43556</x:v>
       </x:c>
       <x:c r="B1691" s="3">
-        <x:v>108012.02</x:v>
+        <x:v>108001.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1692" spans="1:2">
       <x:c r="A1692" s="2">
-        <x:v>43534</x:v>
+        <x:v>43555</x:v>
       </x:c>
       <x:c r="B1692" s="3">
-        <x:v>108012.22</x:v>
+        <x:v>108003.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1693" spans="1:2">
       <x:c r="A1693" s="2">
-        <x:v>43531</x:v>
+        <x:v>43552</x:v>
       </x:c>
       <x:c r="B1693" s="3">
-        <x:v>108012.42</x:v>
+        <x:v>108007.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1694" spans="1:2">
       <x:c r="A1694" s="2">
-        <x:v>43530</x:v>
+        <x:v>43551</x:v>
       </x:c>
       <x:c r="B1694" s="3">
-        <x:v>108013.18</x:v>
+        <x:v>108008.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1695" spans="1:2">
       <x:c r="A1695" s="2">
-        <x:v>43529</x:v>
+        <x:v>43550</x:v>
       </x:c>
       <x:c r="B1695" s="3">
-        <x:v>108011.68</x:v>
+        <x:v>108008.44</x:v>
       </x:c>
     </x:row>
     <x:row r="1696" spans="1:2">
       <x:c r="A1696" s="2">
-        <x:v>43528</x:v>
+        <x:v>43549</x:v>
       </x:c>
       <x:c r="B1696" s="3">
-        <x:v>108013.56</x:v>
+        <x:v>108008.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1697" spans="1:2">
       <x:c r="A1697" s="2">
-        <x:v>43527</x:v>
+        <x:v>43548</x:v>
       </x:c>
       <x:c r="B1697" s="3">
-        <x:v>108013.43</x:v>
+        <x:v>108008.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1698" spans="1:2">
       <x:c r="A1698" s="2">
-        <x:v>43524</x:v>
+        <x:v>43545</x:v>
       </x:c>
       <x:c r="B1698" s="3">
-        <x:v>108015.22</x:v>
+        <x:v>108010.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1699" spans="1:2">
       <x:c r="A1699" s="2">
-        <x:v>43523</x:v>
+        <x:v>43544</x:v>
       </x:c>
       <x:c r="B1699" s="3">
-        <x:v>108014.99</x:v>
+        <x:v>108010.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1700" spans="1:2">
       <x:c r="A1700" s="2">
-        <x:v>43522</x:v>
+        <x:v>43543</x:v>
       </x:c>
       <x:c r="B1700" s="3">
-        <x:v>108014.77</x:v>
+        <x:v>108009.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1701" spans="1:2">
       <x:c r="A1701" s="2">
-        <x:v>43521</x:v>
+        <x:v>43542</x:v>
       </x:c>
       <x:c r="B1701" s="3">
-        <x:v>108016.39</x:v>
+        <x:v>108010.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1702" spans="1:2">
       <x:c r="A1702" s="2">
-        <x:v>43520</x:v>
+        <x:v>43541</x:v>
       </x:c>
       <x:c r="B1702" s="3">
-        <x:v>108014.59</x:v>
+        <x:v>108009.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1703" spans="1:2">
       <x:c r="A1703" s="2">
-        <x:v>43517</x:v>
+        <x:v>43538</x:v>
       </x:c>
       <x:c r="B1703" s="3">
-        <x:v>108016.6</x:v>
+        <x:v>108010.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1704" spans="1:2">
       <x:c r="A1704" s="2">
-        <x:v>43516</x:v>
+        <x:v>43537</x:v>
       </x:c>
       <x:c r="B1704" s="3">
-        <x:v>108015.73</x:v>
+        <x:v>108010.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1705" spans="1:2">
       <x:c r="A1705" s="2">
-        <x:v>43515</x:v>
+        <x:v>43536</x:v>
       </x:c>
       <x:c r="B1705" s="3">
-        <x:v>108014.69</x:v>
+        <x:v>108011.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1706" spans="1:2">
       <x:c r="A1706" s="2">
-        <x:v>43514</x:v>
+        <x:v>43535</x:v>
       </x:c>
       <x:c r="B1706" s="3">
-        <x:v>108013.85</x:v>
+        <x:v>108012.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1707" spans="1:2">
       <x:c r="A1707" s="2">
-        <x:v>43513</x:v>
+        <x:v>43534</x:v>
       </x:c>
       <x:c r="B1707" s="3">
-        <x:v>108013.11</x:v>
+        <x:v>108012.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1708" spans="1:2">
       <x:c r="A1708" s="2">
-        <x:v>43510</x:v>
+        <x:v>43531</x:v>
       </x:c>
       <x:c r="B1708" s="3">
-        <x:v>108015.03</x:v>
+        <x:v>108012.42</x:v>
       </x:c>
     </x:row>
     <x:row r="1709" spans="1:2">
       <x:c r="A1709" s="2">
-        <x:v>43509</x:v>
+        <x:v>43530</x:v>
       </x:c>
       <x:c r="B1709" s="3">
-        <x:v>108013.94</x:v>
+        <x:v>108013.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1710" spans="1:2">
       <x:c r="A1710" s="2">
-        <x:v>43508</x:v>
+        <x:v>43529</x:v>
       </x:c>
       <x:c r="B1710" s="3">
-        <x:v>108014.74</x:v>
+        <x:v>108011.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1711" spans="1:2">
       <x:c r="A1711" s="2">
-        <x:v>43507</x:v>
+        <x:v>43528</x:v>
       </x:c>
       <x:c r="B1711" s="3">
-        <x:v>108014.62</x:v>
+        <x:v>108013.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1712" spans="1:2">
       <x:c r="A1712" s="2">
-        <x:v>43506</x:v>
+        <x:v>43527</x:v>
       </x:c>
       <x:c r="B1712" s="3">
-        <x:v>108015.07</x:v>
+        <x:v>108013.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1713" spans="1:2">
       <x:c r="A1713" s="2">
-        <x:v>43503</x:v>
+        <x:v>43524</x:v>
       </x:c>
       <x:c r="B1713" s="3">
-        <x:v>108017.1</x:v>
+        <x:v>108015.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1714" spans="1:2">
       <x:c r="A1714" s="2">
-        <x:v>43502</x:v>
+        <x:v>43523</x:v>
       </x:c>
       <x:c r="B1714" s="3">
-        <x:v>108018.65</x:v>
+        <x:v>108014.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1715" spans="1:2">
       <x:c r="A1715" s="2">
-        <x:v>43501</x:v>
+        <x:v>43522</x:v>
       </x:c>
       <x:c r="B1715" s="3">
-        <x:v>108018.79</x:v>
+        <x:v>108014.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1716" spans="1:2">
       <x:c r="A1716" s="2">
-        <x:v>43500</x:v>
+        <x:v>43521</x:v>
       </x:c>
       <x:c r="B1716" s="3">
-        <x:v>108018.99</x:v>
+        <x:v>108016.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1717" spans="1:2">
       <x:c r="A1717" s="2">
-        <x:v>43499</x:v>
+        <x:v>43520</x:v>
       </x:c>
       <x:c r="B1717" s="3">
-        <x:v>108018.83</x:v>
+        <x:v>108014.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1718" spans="1:2">
       <x:c r="A1718" s="2">
-        <x:v>43496</x:v>
+        <x:v>43517</x:v>
       </x:c>
       <x:c r="B1718" s="3">
-        <x:v>108020.32</x:v>
+        <x:v>108016.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1719" spans="1:2">
       <x:c r="A1719" s="2">
-        <x:v>43495</x:v>
+        <x:v>43516</x:v>
       </x:c>
       <x:c r="B1719" s="3">
-        <x:v>108023.41</x:v>
+        <x:v>108015.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1720" spans="1:2">
       <x:c r="A1720" s="2">
-        <x:v>43494</x:v>
+        <x:v>43515</x:v>
       </x:c>
       <x:c r="B1720" s="3">
-        <x:v>108021.16</x:v>
+        <x:v>108014.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1721" spans="1:2">
       <x:c r="A1721" s="2">
-        <x:v>43493</x:v>
+        <x:v>43514</x:v>
       </x:c>
       <x:c r="B1721" s="3">
-        <x:v>108020.98</x:v>
+        <x:v>108013.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1722" spans="1:2">
       <x:c r="A1722" s="2">
-        <x:v>43492</x:v>
+        <x:v>43513</x:v>
       </x:c>
       <x:c r="B1722" s="3">
-        <x:v>108022</x:v>
+        <x:v>108013.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1723" spans="1:2">
       <x:c r="A1723" s="2">
-        <x:v>43489</x:v>
+        <x:v>43510</x:v>
       </x:c>
       <x:c r="B1723" s="3">
-        <x:v>108024.23</x:v>
+        <x:v>108015.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1724" spans="1:2">
       <x:c r="A1724" s="2">
-        <x:v>43488</x:v>
+        <x:v>43509</x:v>
       </x:c>
       <x:c r="B1724" s="3">
-        <x:v>108023.48</x:v>
+        <x:v>108013.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1725" spans="1:2">
       <x:c r="A1725" s="2">
-        <x:v>43487</x:v>
+        <x:v>43508</x:v>
       </x:c>
       <x:c r="B1725" s="3">
-        <x:v>108023.13</x:v>
+        <x:v>108014.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1726" spans="1:2">
       <x:c r="A1726" s="2">
-        <x:v>43486</x:v>
+        <x:v>43507</x:v>
       </x:c>
       <x:c r="B1726" s="3">
-        <x:v>108023.18</x:v>
+        <x:v>108014.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1727" spans="1:2">
       <x:c r="A1727" s="2">
-        <x:v>43485</x:v>
+        <x:v>43506</x:v>
       </x:c>
       <x:c r="B1727" s="3">
-        <x:v>108023.13</x:v>
+        <x:v>108015.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1728" spans="1:2">
       <x:c r="A1728" s="2">
-        <x:v>43482</x:v>
+        <x:v>43503</x:v>
       </x:c>
       <x:c r="B1728" s="3">
-        <x:v>108024.96</x:v>
+        <x:v>108017.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1729" spans="1:2">
       <x:c r="A1729" s="2">
-        <x:v>43481</x:v>
+        <x:v>43502</x:v>
       </x:c>
       <x:c r="B1729" s="3">
-        <x:v>108025.43</x:v>
+        <x:v>108018.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1730" spans="1:2">
       <x:c r="A1730" s="2">
-        <x:v>43480</x:v>
+        <x:v>43501</x:v>
       </x:c>
       <x:c r="B1730" s="3">
-        <x:v>108024.9</x:v>
+        <x:v>108018.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1731" spans="1:2">
       <x:c r="A1731" s="2">
-        <x:v>43479</x:v>
+        <x:v>43500</x:v>
       </x:c>
       <x:c r="B1731" s="3">
-        <x:v>108026.02</x:v>
+        <x:v>108018.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1732" spans="1:2">
       <x:c r="A1732" s="2">
-        <x:v>43478</x:v>
+        <x:v>43499</x:v>
       </x:c>
       <x:c r="B1732" s="3">
-        <x:v>108026.16</x:v>
+        <x:v>108018.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1733" spans="1:2">
       <x:c r="A1733" s="2">
-        <x:v>43475</x:v>
+        <x:v>43496</x:v>
       </x:c>
       <x:c r="B1733" s="3">
-        <x:v>108028.91</x:v>
+        <x:v>108020.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1734" spans="1:2">
       <x:c r="A1734" s="2">
-        <x:v>43474</x:v>
+        <x:v>43495</x:v>
       </x:c>
       <x:c r="B1734" s="3">
-        <x:v>108029.43</x:v>
+        <x:v>108023.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1735" spans="1:2">
       <x:c r="A1735" s="2">
-        <x:v>43473</x:v>
+        <x:v>43494</x:v>
       </x:c>
       <x:c r="B1735" s="3">
-        <x:v>108030.81</x:v>
+        <x:v>108021.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1736" spans="1:2">
       <x:c r="A1736" s="2">
-        <x:v>43472</x:v>
+        <x:v>43493</x:v>
       </x:c>
       <x:c r="B1736" s="3">
-        <x:v>108031.98</x:v>
+        <x:v>108020.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1737" spans="1:2">
       <x:c r="A1737" s="2">
-        <x:v>43471</x:v>
+        <x:v>43492</x:v>
       </x:c>
       <x:c r="B1737" s="3">
-        <x:v>108032.26</x:v>
+        <x:v>108022</x:v>
       </x:c>
     </x:row>
     <x:row r="1738" spans="1:2">
       <x:c r="A1738" s="2">
-        <x:v>43468</x:v>
+        <x:v>43489</x:v>
       </x:c>
       <x:c r="B1738" s="3">
-        <x:v>108034.27</x:v>
+        <x:v>108024.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1739" spans="1:2">
       <x:c r="A1739" s="2">
-        <x:v>43467</x:v>
+        <x:v>43488</x:v>
       </x:c>
       <x:c r="B1739" s="3">
-        <x:v>108035.12</x:v>
+        <x:v>108023.48</x:v>
       </x:c>
     </x:row>
     <x:row r="1740" spans="1:2">
       <x:c r="A1740" s="2">
-        <x:v>43466</x:v>
+        <x:v>43487</x:v>
       </x:c>
       <x:c r="B1740" s="3">
-        <x:v>108036.24</x:v>
+        <x:v>108023.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1741" spans="1:2">
       <x:c r="A1741" s="2">
-        <x:v>43464</x:v>
+        <x:v>43486</x:v>
       </x:c>
       <x:c r="B1741" s="3">
-        <x:v>108036.54</x:v>
+        <x:v>108023.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1742" spans="1:2">
       <x:c r="A1742" s="2">
-        <x:v>43461</x:v>
+        <x:v>43485</x:v>
       </x:c>
       <x:c r="B1742" s="3">
-        <x:v>108040.58</x:v>
+        <x:v>108023.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1743" spans="1:2">
       <x:c r="A1743" s="2">
-        <x:v>43460</x:v>
+        <x:v>43482</x:v>
       </x:c>
       <x:c r="B1743" s="3">
-        <x:v>108038.95</x:v>
+        <x:v>108024.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1744" spans="1:2">
       <x:c r="A1744" s="2">
-        <x:v>43457</x:v>
+        <x:v>43481</x:v>
       </x:c>
       <x:c r="B1744" s="3">
-        <x:v>108041.1</x:v>
+        <x:v>108025.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1745" spans="1:2">
       <x:c r="A1745" s="2">
-        <x:v>43454</x:v>
+        <x:v>43480</x:v>
       </x:c>
       <x:c r="B1745" s="3">
-        <x:v>108047.17</x:v>
+        <x:v>108024.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1746" spans="1:2">
       <x:c r="A1746" s="2">
-        <x:v>43453</x:v>
+        <x:v>43479</x:v>
       </x:c>
       <x:c r="B1746" s="3">
-        <x:v>108048.15</x:v>
+        <x:v>108026.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1747" spans="1:2">
       <x:c r="A1747" s="2">
-        <x:v>43452</x:v>
+        <x:v>43478</x:v>
       </x:c>
       <x:c r="B1747" s="3">
-        <x:v>108050.63</x:v>
+        <x:v>108026.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1748" spans="1:2">
       <x:c r="A1748" s="2">
-        <x:v>43451</x:v>
+        <x:v>43475</x:v>
       </x:c>
       <x:c r="B1748" s="3">
-        <x:v>108051.7</x:v>
+        <x:v>108028.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1749" spans="1:2">
       <x:c r="A1749" s="2">
-        <x:v>43450</x:v>
+        <x:v>43474</x:v>
       </x:c>
       <x:c r="B1749" s="3">
-        <x:v>108052.32</x:v>
+        <x:v>108029.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1750" spans="1:2">
       <x:c r="A1750" s="2">
-        <x:v>43447</x:v>
+        <x:v>43473</x:v>
       </x:c>
       <x:c r="B1750" s="3">
-        <x:v>108054.74</x:v>
+        <x:v>108030.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1751" spans="1:2">
       <x:c r="A1751" s="2">
-        <x:v>43446</x:v>
+        <x:v>43472</x:v>
       </x:c>
       <x:c r="B1751" s="3">
-        <x:v>108056.1</x:v>
+        <x:v>108031.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1752" spans="1:2">
       <x:c r="A1752" s="2">
-        <x:v>43445</x:v>
+        <x:v>43471</x:v>
       </x:c>
       <x:c r="B1752" s="3">
-        <x:v>108056.58</x:v>
+        <x:v>108032.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1753" spans="1:2">
       <x:c r="A1753" s="2">
-        <x:v>43444</x:v>
+        <x:v>43468</x:v>
       </x:c>
       <x:c r="B1753" s="3">
-        <x:v>108058.95</x:v>
+        <x:v>108034.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1754" spans="1:2">
       <x:c r="A1754" s="2">
-        <x:v>43443</x:v>
+        <x:v>43467</x:v>
       </x:c>
       <x:c r="B1754" s="3">
-        <x:v>108060.39</x:v>
+        <x:v>108035.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1755" spans="1:2">
       <x:c r="A1755" s="2">
-        <x:v>43440</x:v>
+        <x:v>43466</x:v>
       </x:c>
       <x:c r="B1755" s="3">
-        <x:v>108063.69</x:v>
+        <x:v>108036.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1756" spans="1:2">
       <x:c r="A1756" s="2">
-        <x:v>43439</x:v>
+        <x:v>43464</x:v>
       </x:c>
       <x:c r="B1756" s="3">
-        <x:v>108065.58</x:v>
+        <x:v>108036.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1757" spans="1:2">
       <x:c r="A1757" s="2">
-        <x:v>43438</x:v>
+        <x:v>43461</x:v>
       </x:c>
       <x:c r="B1757" s="3">
-        <x:v>108065.32</x:v>
+        <x:v>108040.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1758" spans="1:2">
       <x:c r="A1758" s="2">
-        <x:v>43437</x:v>
+        <x:v>43460</x:v>
       </x:c>
       <x:c r="B1758" s="3">
-        <x:v>108067.24</x:v>
+        <x:v>108038.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1759" spans="1:2">
       <x:c r="A1759" s="2">
-        <x:v>43436</x:v>
+        <x:v>43457</x:v>
       </x:c>
       <x:c r="B1759" s="3">
-        <x:v>108069.25</x:v>
+        <x:v>108041.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1760" spans="1:2">
       <x:c r="A1760" s="2">
-        <x:v>43433</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="B1760" s="3">
-        <x:v>108072.64</x:v>
+        <x:v>108047.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1761" spans="1:2">
       <x:c r="A1761" s="2">
-        <x:v>43432</x:v>
+        <x:v>43453</x:v>
       </x:c>
       <x:c r="B1761" s="3">
-        <x:v>108073.87</x:v>
+        <x:v>108048.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1762" spans="1:2">
       <x:c r="A1762" s="2">
-        <x:v>43431</x:v>
+        <x:v>43452</x:v>
       </x:c>
       <x:c r="B1762" s="3">
-        <x:v>108075.01</x:v>
+        <x:v>108050.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1763" spans="1:2">
       <x:c r="A1763" s="2">
-        <x:v>43430</x:v>
+        <x:v>43451</x:v>
       </x:c>
       <x:c r="B1763" s="3">
-        <x:v>108075.5</x:v>
+        <x:v>108051.7</x:v>
       </x:c>
     </x:row>
     <x:row r="1764" spans="1:2">
       <x:c r="A1764" s="2">
-        <x:v>43429</x:v>
+        <x:v>43450</x:v>
       </x:c>
       <x:c r="B1764" s="3">
-        <x:v>108079.13</x:v>
+        <x:v>108052.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1765" spans="1:2">
       <x:c r="A1765" s="2">
-        <x:v>43426</x:v>
+        <x:v>43447</x:v>
       </x:c>
       <x:c r="B1765" s="3">
-        <x:v>108081.87</x:v>
+        <x:v>108054.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1766" spans="1:2">
       <x:c r="A1766" s="2">
-        <x:v>43425</x:v>
+        <x:v>43446</x:v>
       </x:c>
       <x:c r="B1766" s="3">
-        <x:v>108083.94</x:v>
+        <x:v>108056.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1767" spans="1:2">
       <x:c r="A1767" s="2">
-        <x:v>43424</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="B1767" s="3">
-        <x:v>108085.75</x:v>
+        <x:v>108056.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1768" spans="1:2">
       <x:c r="A1768" s="2">
-        <x:v>43423</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="B1768" s="3">
-        <x:v>108087.84</x:v>
+        <x:v>108058.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1769" spans="1:2">
       <x:c r="A1769" s="2">
-        <x:v>43422</x:v>
+        <x:v>43443</x:v>
       </x:c>
       <x:c r="B1769" s="3">
-        <x:v>108089.65</x:v>
+        <x:v>108060.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1770" spans="1:2">
       <x:c r="A1770" s="2">
-        <x:v>43419</x:v>
+        <x:v>43440</x:v>
       </x:c>
       <x:c r="B1770" s="3">
-        <x:v>108092.39</x:v>
+        <x:v>108063.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1771" spans="1:2">
       <x:c r="A1771" s="2">
-        <x:v>43418</x:v>
+        <x:v>43439</x:v>
       </x:c>
       <x:c r="B1771" s="3">
-        <x:v>108090.88</x:v>
+        <x:v>108065.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1772" spans="1:2">
       <x:c r="A1772" s="2">
-        <x:v>43417</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="B1772" s="3">
-        <x:v>108091.76</x:v>
+        <x:v>108065.32</x:v>
       </x:c>
     </x:row>
     <x:row r="1773" spans="1:2">
       <x:c r="A1773" s="2">
-        <x:v>43416</x:v>
+        <x:v>43437</x:v>
       </x:c>
       <x:c r="B1773" s="3">
-        <x:v>108092.54</x:v>
+        <x:v>108067.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1774" spans="1:2">
       <x:c r="A1774" s="2">
-        <x:v>43415</x:v>
+        <x:v>43436</x:v>
       </x:c>
       <x:c r="B1774" s="3">
-        <x:v>108093.07</x:v>
+        <x:v>108069.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1775" spans="1:2">
       <x:c r="A1775" s="2">
-        <x:v>43412</x:v>
+        <x:v>43433</x:v>
       </x:c>
       <x:c r="B1775" s="3">
-        <x:v>108095.18</x:v>
+        <x:v>108072.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1776" spans="1:2">
       <x:c r="A1776" s="2">
-        <x:v>43411</x:v>
+        <x:v>43432</x:v>
       </x:c>
       <x:c r="B1776" s="3">
-        <x:v>108097.41</x:v>
+        <x:v>108073.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1777" spans="1:2">
       <x:c r="A1777" s="2">
-        <x:v>43410</x:v>
+        <x:v>43431</x:v>
       </x:c>
       <x:c r="B1777" s="3">
-        <x:v>108097.23</x:v>
+        <x:v>108075.01</x:v>
       </x:c>
     </x:row>
     <x:row r="1778" spans="1:2">
       <x:c r="A1778" s="2">
-        <x:v>43409</x:v>
+        <x:v>43430</x:v>
       </x:c>
       <x:c r="B1778" s="3">
-        <x:v>108098.69</x:v>
+        <x:v>108075.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1779" spans="1:2">
       <x:c r="A1779" s="2">
-        <x:v>43408</x:v>
+        <x:v>43429</x:v>
       </x:c>
       <x:c r="B1779" s="3">
-        <x:v>108100.36</x:v>
+        <x:v>108079.13</x:v>
       </x:c>
     </x:row>
     <x:row r="1780" spans="1:2">
       <x:c r="A1780" s="2">
-        <x:v>43405</x:v>
+        <x:v>43426</x:v>
       </x:c>
       <x:c r="B1780" s="3">
-        <x:v>108102</x:v>
+        <x:v>108081.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1781" spans="1:2">
       <x:c r="A1781" s="2">
-        <x:v>43403</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="B1781" s="3">
-        <x:v>108103.3</x:v>
+        <x:v>108083.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1782" spans="1:2">
       <x:c r="A1782" s="2">
-        <x:v>43402</x:v>
+        <x:v>43424</x:v>
       </x:c>
       <x:c r="B1782" s="3">
-        <x:v>108104.18</x:v>
+        <x:v>108085.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1783" spans="1:2">
       <x:c r="A1783" s="2">
-        <x:v>43401</x:v>
+        <x:v>43423</x:v>
       </x:c>
       <x:c r="B1783" s="3">
-        <x:v>108104.95</x:v>
+        <x:v>108087.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1784" spans="1:2">
       <x:c r="A1784" s="2">
-        <x:v>43398</x:v>
+        <x:v>43422</x:v>
       </x:c>
       <x:c r="B1784" s="3">
-        <x:v>108107.33</x:v>
+        <x:v>108089.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1785" spans="1:2">
       <x:c r="A1785" s="2">
-        <x:v>43397</x:v>
+        <x:v>43419</x:v>
       </x:c>
       <x:c r="B1785" s="3">
-        <x:v>108108.71</x:v>
+        <x:v>108092.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1786" spans="1:2">
       <x:c r="A1786" s="2">
-        <x:v>43396</x:v>
+        <x:v>43418</x:v>
       </x:c>
       <x:c r="B1786" s="3">
-        <x:v>108109.49</x:v>
+        <x:v>108090.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1787" spans="1:2">
       <x:c r="A1787" s="2">
-        <x:v>43395</x:v>
+        <x:v>43417</x:v>
       </x:c>
       <x:c r="B1787" s="3">
-        <x:v>108110.28</x:v>
+        <x:v>108091.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1788" spans="1:2">
       <x:c r="A1788" s="2">
-        <x:v>43394</x:v>
+        <x:v>43416</x:v>
       </x:c>
       <x:c r="B1788" s="3">
-        <x:v>108111.17</x:v>
+        <x:v>108092.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1789" spans="1:2">
       <x:c r="A1789" s="2">
-        <x:v>43391</x:v>
+        <x:v>43415</x:v>
       </x:c>
       <x:c r="B1789" s="3">
-        <x:v>108114.04</x:v>
+        <x:v>108093.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1790" spans="1:2">
       <x:c r="A1790" s="2">
-        <x:v>43390</x:v>
+        <x:v>43412</x:v>
       </x:c>
       <x:c r="B1790" s="3">
-        <x:v>108114.96</x:v>
+        <x:v>108095.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1791" spans="1:2">
       <x:c r="A1791" s="2">
-        <x:v>43389</x:v>
+        <x:v>43411</x:v>
       </x:c>
       <x:c r="B1791" s="3">
-        <x:v>108116.11</x:v>
+        <x:v>108097.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1792" spans="1:2">
       <x:c r="A1792" s="2">
-        <x:v>43388</x:v>
+        <x:v>43410</x:v>
       </x:c>
       <x:c r="B1792" s="3">
-        <x:v>108116.91</x:v>
+        <x:v>108097.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1793" spans="1:2">
       <x:c r="A1793" s="2">
-        <x:v>43387</x:v>
+        <x:v>43409</x:v>
       </x:c>
       <x:c r="B1793" s="3">
-        <x:v>108117.19</x:v>
+        <x:v>108098.69</x:v>
       </x:c>
     </x:row>
     <x:row r="1794" spans="1:2">
       <x:c r="A1794" s="2">
-        <x:v>43384</x:v>
+        <x:v>43408</x:v>
       </x:c>
       <x:c r="B1794" s="3">
-        <x:v>108119.71</x:v>
+        <x:v>108100.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1795" spans="1:2">
       <x:c r="A1795" s="2">
-        <x:v>43383</x:v>
+        <x:v>43405</x:v>
       </x:c>
       <x:c r="B1795" s="3">
-        <x:v>108120.19</x:v>
+        <x:v>108102</x:v>
       </x:c>
     </x:row>
     <x:row r="1796" spans="1:2">
       <x:c r="A1796" s="2">
-        <x:v>43382</x:v>
+        <x:v>43403</x:v>
       </x:c>
       <x:c r="B1796" s="3">
-        <x:v>108121.43</x:v>
+        <x:v>108103.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1797" spans="1:2">
       <x:c r="A1797" s="2">
-        <x:v>43381</x:v>
+        <x:v>43402</x:v>
       </x:c>
       <x:c r="B1797" s="3">
-        <x:v>108121.57</x:v>
+        <x:v>108104.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1798" spans="1:2">
       <x:c r="A1798" s="2">
-        <x:v>43380</x:v>
+        <x:v>43401</x:v>
       </x:c>
       <x:c r="B1798" s="3">
-        <x:v>108122.99</x:v>
+        <x:v>108104.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1799" spans="1:2">
       <x:c r="A1799" s="2">
-        <x:v>43377</x:v>
+        <x:v>43398</x:v>
       </x:c>
       <x:c r="B1799" s="3">
-        <x:v>108126.08</x:v>
+        <x:v>108107.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1800" spans="1:2">
       <x:c r="A1800" s="2">
-        <x:v>43376</x:v>
+        <x:v>43397</x:v>
       </x:c>
       <x:c r="B1800" s="3">
-        <x:v>108126.68</x:v>
+        <x:v>108108.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1801" spans="1:2">
       <x:c r="A1801" s="2">
-        <x:v>43375</x:v>
+        <x:v>43396</x:v>
       </x:c>
       <x:c r="B1801" s="3">
-        <x:v>108126.79</x:v>
+        <x:v>108109.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1802" spans="1:2">
       <x:c r="A1802" s="2">
-        <x:v>43374</x:v>
+        <x:v>43395</x:v>
       </x:c>
       <x:c r="B1802" s="3">
-        <x:v>108127.54</x:v>
+        <x:v>108110.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1803" spans="1:2">
       <x:c r="A1803" s="2">
-        <x:v>43373</x:v>
+        <x:v>43394</x:v>
       </x:c>
       <x:c r="B1803" s="3">
-        <x:v>108128.26</x:v>
+        <x:v>108111.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1804" spans="1:2">
       <x:c r="A1804" s="2">
-        <x:v>43371</x:v>
+        <x:v>43391</x:v>
       </x:c>
       <x:c r="B1804" s="3">
-        <x:v>108129.09</x:v>
+        <x:v>108114.04</x:v>
       </x:c>
     </x:row>
     <x:row r="1805" spans="1:2">
       <x:c r="A1805" s="2">
-        <x:v>43370</x:v>
+        <x:v>43390</x:v>
       </x:c>
       <x:c r="B1805" s="3">
-        <x:v>108131.53</x:v>
+        <x:v>108114.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1806" spans="1:2">
       <x:c r="A1806" s="2">
-        <x:v>43369</x:v>
+        <x:v>43389</x:v>
       </x:c>
       <x:c r="B1806" s="3">
-        <x:v>108133.36</x:v>
+        <x:v>108116.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1807" spans="1:2">
       <x:c r="A1807" s="2">
-        <x:v>43368</x:v>
+        <x:v>43388</x:v>
       </x:c>
       <x:c r="B1807" s="3">
-        <x:v>108134.23</x:v>
+        <x:v>108116.91</x:v>
       </x:c>
     </x:row>
     <x:row r="1808" spans="1:2">
       <x:c r="A1808" s="2">
-        <x:v>43367</x:v>
+        <x:v>43387</x:v>
       </x:c>
       <x:c r="B1808" s="3">
-        <x:v>108135.67</x:v>
+        <x:v>108117.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1809" spans="1:2">
       <x:c r="A1809" s="2">
-        <x:v>43366</x:v>
+        <x:v>43384</x:v>
       </x:c>
       <x:c r="B1809" s="3">
-        <x:v>108136.15</x:v>
+        <x:v>108119.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1810" spans="1:2">
       <x:c r="A1810" s="2">
-        <x:v>43363</x:v>
+        <x:v>43383</x:v>
       </x:c>
       <x:c r="B1810" s="3">
-        <x:v>108138.58</x:v>
+        <x:v>108120.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1811" spans="1:2">
       <x:c r="A1811" s="2">
-        <x:v>43362</x:v>
+        <x:v>43382</x:v>
       </x:c>
       <x:c r="B1811" s="3">
-        <x:v>108139.25</x:v>
+        <x:v>108121.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1812" spans="1:2">
       <x:c r="A1812" s="2">
-        <x:v>43361</x:v>
+        <x:v>43381</x:v>
       </x:c>
       <x:c r="B1812" s="3">
-        <x:v>108140.65</x:v>
+        <x:v>108121.57</x:v>
       </x:c>
     </x:row>
     <x:row r="1813" spans="1:2">
       <x:c r="A1813" s="2">
-        <x:v>43360</x:v>
+        <x:v>43380</x:v>
       </x:c>
       <x:c r="B1813" s="3">
-        <x:v>108141.21</x:v>
+        <x:v>108122.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1814" spans="1:2">
       <x:c r="A1814" s="2">
-        <x:v>43359</x:v>
+        <x:v>43377</x:v>
       </x:c>
       <x:c r="B1814" s="3">
-        <x:v>108141.59</x:v>
+        <x:v>108126.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1815" spans="1:2">
       <x:c r="A1815" s="2">
-        <x:v>43356</x:v>
+        <x:v>43376</x:v>
       </x:c>
       <x:c r="B1815" s="3">
-        <x:v>108143.52</x:v>
+        <x:v>108126.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1816" spans="1:2">
       <x:c r="A1816" s="2">
-        <x:v>43355</x:v>
+        <x:v>43375</x:v>
       </x:c>
       <x:c r="B1816" s="3">
-        <x:v>108144.51</x:v>
+        <x:v>108126.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1817" spans="1:2">
       <x:c r="A1817" s="2">
-        <x:v>43354</x:v>
+        <x:v>43374</x:v>
       </x:c>
       <x:c r="B1817" s="3">
-        <x:v>108145.02</x:v>
+        <x:v>108127.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1818" spans="1:2">
       <x:c r="A1818" s="2">
-        <x:v>43353</x:v>
+        <x:v>43373</x:v>
       </x:c>
       <x:c r="B1818" s="3">
-        <x:v>108146.27</x:v>
+        <x:v>108128.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1819" spans="1:2">
       <x:c r="A1819" s="2">
-        <x:v>43352</x:v>
+        <x:v>43371</x:v>
       </x:c>
       <x:c r="B1819" s="3">
-        <x:v>108146.54</x:v>
+        <x:v>108129.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1820" spans="1:2">
       <x:c r="A1820" s="2">
-        <x:v>43349</x:v>
+        <x:v>43370</x:v>
       </x:c>
       <x:c r="B1820" s="3">
-        <x:v>108149.27</x:v>
+        <x:v>108131.53</x:v>
       </x:c>
     </x:row>
     <x:row r="1821" spans="1:2">
       <x:c r="A1821" s="2">
-        <x:v>43348</x:v>
+        <x:v>43369</x:v>
       </x:c>
       <x:c r="B1821" s="3">
-        <x:v>108150.59</x:v>
+        <x:v>108133.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1822" spans="1:2">
       <x:c r="A1822" s="2">
-        <x:v>43347</x:v>
+        <x:v>43368</x:v>
       </x:c>
       <x:c r="B1822" s="3">
-        <x:v>108150.28</x:v>
+        <x:v>108134.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1823" spans="1:2">
       <x:c r="A1823" s="2">
-        <x:v>43346</x:v>
+        <x:v>43367</x:v>
       </x:c>
       <x:c r="B1823" s="3">
-        <x:v>108151.97</x:v>
+        <x:v>108135.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1824" spans="1:2">
       <x:c r="A1824" s="2">
-        <x:v>43345</x:v>
+        <x:v>43366</x:v>
       </x:c>
       <x:c r="B1824" s="3">
-        <x:v>108152.16</x:v>
+        <x:v>108136.15</x:v>
       </x:c>
     </x:row>
     <x:row r="1825" spans="1:2">
       <x:c r="A1825" s="2">
-        <x:v>43342</x:v>
+        <x:v>43363</x:v>
       </x:c>
       <x:c r="B1825" s="3">
-        <x:v>108155.36</x:v>
+        <x:v>108138.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1826" spans="1:2">
       <x:c r="A1826" s="2">
-        <x:v>43341</x:v>
+        <x:v>43362</x:v>
       </x:c>
       <x:c r="B1826" s="3">
-        <x:v>108156.6</x:v>
+        <x:v>108139.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1827" spans="1:2">
       <x:c r="A1827" s="2">
-        <x:v>43340</x:v>
+        <x:v>43361</x:v>
       </x:c>
       <x:c r="B1827" s="3">
-        <x:v>108157.55</x:v>
+        <x:v>108140.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1828" spans="1:2">
       <x:c r="A1828" s="2">
-        <x:v>43339</x:v>
+        <x:v>43360</x:v>
       </x:c>
       <x:c r="B1828" s="3">
-        <x:v>108158.6</x:v>
+        <x:v>108141.21</x:v>
       </x:c>
     </x:row>
     <x:row r="1829" spans="1:2">
       <x:c r="A1829" s="2">
-        <x:v>43338</x:v>
+        <x:v>43359</x:v>
       </x:c>
       <x:c r="B1829" s="3">
-        <x:v>108159.76</x:v>
+        <x:v>108141.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1830" spans="1:2">
       <x:c r="A1830" s="2">
-        <x:v>43335</x:v>
+        <x:v>43356</x:v>
       </x:c>
       <x:c r="B1830" s="3">
-        <x:v>108162.78</x:v>
+        <x:v>108143.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1831" spans="1:2">
       <x:c r="A1831" s="2">
-        <x:v>43334</x:v>
+        <x:v>43355</x:v>
       </x:c>
       <x:c r="B1831" s="3">
-        <x:v>108163.65</x:v>
+        <x:v>108144.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1832" spans="1:2">
       <x:c r="A1832" s="2">
-        <x:v>43333</x:v>
+        <x:v>43354</x:v>
       </x:c>
       <x:c r="B1832" s="3">
-        <x:v>108165.27</x:v>
+        <x:v>108145.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1833" spans="1:2">
       <x:c r="A1833" s="2">
-        <x:v>43332</x:v>
+        <x:v>43353</x:v>
       </x:c>
       <x:c r="B1833" s="3">
-        <x:v>108165.29</x:v>
+        <x:v>108146.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1834" spans="1:2">
       <x:c r="A1834" s="2">
-        <x:v>43331</x:v>
+        <x:v>43352</x:v>
       </x:c>
       <x:c r="B1834" s="3">
-        <x:v>108166.09</x:v>
+        <x:v>108146.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1835" spans="1:2">
       <x:c r="A1835" s="2">
-        <x:v>43328</x:v>
+        <x:v>43349</x:v>
       </x:c>
       <x:c r="B1835" s="3">
-        <x:v>108168.22</x:v>
+        <x:v>108149.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1836" spans="1:2">
       <x:c r="A1836" s="2">
-        <x:v>43327</x:v>
+        <x:v>43348</x:v>
       </x:c>
       <x:c r="B1836" s="3">
-        <x:v>108168.82</x:v>
+        <x:v>108150.59</x:v>
       </x:c>
     </x:row>
     <x:row r="1837" spans="1:2">
       <x:c r="A1837" s="2">
-        <x:v>43325</x:v>
+        <x:v>43347</x:v>
       </x:c>
       <x:c r="B1837" s="3">
-        <x:v>108170.8</x:v>
+        <x:v>108150.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1838" spans="1:2">
       <x:c r="A1838" s="2">
-        <x:v>43324</x:v>
+        <x:v>43346</x:v>
       </x:c>
       <x:c r="B1838" s="3">
-        <x:v>108171.23</x:v>
+        <x:v>108151.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1839" spans="1:2">
       <x:c r="A1839" s="2">
-        <x:v>43322</x:v>
+        <x:v>43345</x:v>
       </x:c>
       <x:c r="B1839" s="3">
-        <x:v>108171.23</x:v>
+        <x:v>108152.16</x:v>
       </x:c>
     </x:row>
     <x:row r="1840" spans="1:2">
       <x:c r="A1840" s="2">
-        <x:v>43321</x:v>
+        <x:v>43342</x:v>
       </x:c>
       <x:c r="B1840" s="3">
-        <x:v>108174.22</x:v>
+        <x:v>108155.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1841" spans="1:2">
       <x:c r="A1841" s="2">
-        <x:v>43320</x:v>
+        <x:v>43341</x:v>
       </x:c>
       <x:c r="B1841" s="3">
-        <x:v>108175.09</x:v>
+        <x:v>108156.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1842" spans="1:2">
       <x:c r="A1842" s="2">
-        <x:v>43319</x:v>
+        <x:v>43340</x:v>
       </x:c>
       <x:c r="B1842" s="3">
-        <x:v>108175.37</x:v>
+        <x:v>108157.55</x:v>
       </x:c>
     </x:row>
     <x:row r="1843" spans="1:2">
       <x:c r="A1843" s="2">
-        <x:v>43318</x:v>
+        <x:v>43339</x:v>
       </x:c>
       <x:c r="B1843" s="3">
-        <x:v>108176.61</x:v>
+        <x:v>108158.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1844" spans="1:2">
       <x:c r="A1844" s="2">
-        <x:v>43317</x:v>
+        <x:v>43338</x:v>
       </x:c>
       <x:c r="B1844" s="3">
-        <x:v>108177.97</x:v>
+        <x:v>108159.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1845" spans="1:2">
       <x:c r="A1845" s="2">
-        <x:v>43314</x:v>
+        <x:v>43335</x:v>
       </x:c>
       <x:c r="B1845" s="3">
-        <x:v>108181.2</x:v>
+        <x:v>108162.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1846" spans="1:2">
       <x:c r="A1846" s="2">
-        <x:v>43313</x:v>
+        <x:v>43334</x:v>
       </x:c>
       <x:c r="B1846" s="3">
-        <x:v>108181.92</x:v>
+        <x:v>108163.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1847" spans="1:2">
       <x:c r="A1847" s="2">
-        <x:v>43312</x:v>
+        <x:v>43333</x:v>
       </x:c>
       <x:c r="B1847" s="3">
-        <x:v>108182.79</x:v>
+        <x:v>108165.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1848" spans="1:2">
       <x:c r="A1848" s="2">
-        <x:v>43311</x:v>
+        <x:v>43332</x:v>
       </x:c>
       <x:c r="B1848" s="3">
-        <x:v>108183.29</x:v>
+        <x:v>108165.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1849" spans="1:2">
       <x:c r="A1849" s="2">
-        <x:v>43310</x:v>
+        <x:v>43331</x:v>
       </x:c>
       <x:c r="B1849" s="3">
-        <x:v>108184.12</x:v>
+        <x:v>108166.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1850" spans="1:2">
       <x:c r="A1850" s="2">
-        <x:v>43307</x:v>
+        <x:v>43328</x:v>
       </x:c>
       <x:c r="B1850" s="3">
-        <x:v>108186.51</x:v>
+        <x:v>108168.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1851" spans="1:2">
       <x:c r="A1851" s="2">
-        <x:v>43306</x:v>
+        <x:v>43327</x:v>
       </x:c>
       <x:c r="B1851" s="3">
-        <x:v>108187.43</x:v>
+        <x:v>108168.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1852" spans="1:2">
       <x:c r="A1852" s="2">
-        <x:v>43305</x:v>
+        <x:v>43325</x:v>
       </x:c>
       <x:c r="B1852" s="3">
-        <x:v>108188.02</x:v>
+        <x:v>108170.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1853" spans="1:2">
       <x:c r="A1853" s="2">
-        <x:v>43304</x:v>
+        <x:v>43324</x:v>
       </x:c>
       <x:c r="B1853" s="3">
-        <x:v>108188.63</x:v>
+        <x:v>108171.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1854" spans="1:2">
       <x:c r="A1854" s="2">
-        <x:v>43303</x:v>
+        <x:v>43322</x:v>
       </x:c>
       <x:c r="B1854" s="3">
-        <x:v>108190.65</x:v>
+        <x:v>108171.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1855" spans="1:2">
       <x:c r="A1855" s="2">
-        <x:v>43300</x:v>
+        <x:v>43321</x:v>
       </x:c>
       <x:c r="B1855" s="3">
-        <x:v>108192.84</x:v>
+        <x:v>108174.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1856" spans="1:2">
       <x:c r="A1856" s="2">
-        <x:v>43299</x:v>
+        <x:v>43320</x:v>
       </x:c>
       <x:c r="B1856" s="3">
-        <x:v>108193.17</x:v>
+        <x:v>108175.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1857" spans="1:2">
       <x:c r="A1857" s="2">
-        <x:v>43298</x:v>
+        <x:v>43319</x:v>
       </x:c>
       <x:c r="B1857" s="3">
-        <x:v>108194.77</x:v>
+        <x:v>108175.37</x:v>
       </x:c>
     </x:row>
     <x:row r="1858" spans="1:2">
       <x:c r="A1858" s="2">
-        <x:v>43297</x:v>
+        <x:v>43318</x:v>
       </x:c>
       <x:c r="B1858" s="3">
-        <x:v>108195.83</x:v>
+        <x:v>108176.61</x:v>
       </x:c>
     </x:row>
     <x:row r="1859" spans="1:2">
       <x:c r="A1859" s="2">
-        <x:v>43296</x:v>
+        <x:v>43317</x:v>
       </x:c>
       <x:c r="B1859" s="3">
-        <x:v>108196.14</x:v>
+        <x:v>108177.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1860" spans="1:2">
       <x:c r="A1860" s="2">
-        <x:v>43293</x:v>
+        <x:v>43314</x:v>
       </x:c>
       <x:c r="B1860" s="3">
-        <x:v>108197.73</x:v>
+        <x:v>108181.2</x:v>
       </x:c>
     </x:row>
     <x:row r="1861" spans="1:2">
       <x:c r="A1861" s="2">
-        <x:v>43292</x:v>
+        <x:v>43313</x:v>
       </x:c>
       <x:c r="B1861" s="3">
-        <x:v>108198.34</x:v>
+        <x:v>108181.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1862" spans="1:2">
       <x:c r="A1862" s="2">
-        <x:v>43291</x:v>
+        <x:v>43312</x:v>
       </x:c>
       <x:c r="B1862" s="3">
-        <x:v>108200.27</x:v>
+        <x:v>108182.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1863" spans="1:2">
       <x:c r="A1863" s="2">
-        <x:v>43290</x:v>
+        <x:v>43311</x:v>
       </x:c>
       <x:c r="B1863" s="3">
-        <x:v>108201.54</x:v>
+        <x:v>108183.29</x:v>
       </x:c>
     </x:row>
     <x:row r="1864" spans="1:2">
       <x:c r="A1864" s="2">
-        <x:v>43289</x:v>
+        <x:v>43310</x:v>
       </x:c>
       <x:c r="B1864" s="3">
-        <x:v>108203.26</x:v>
+        <x:v>108184.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1865" spans="1:2">
       <x:c r="A1865" s="2">
-        <x:v>43286</x:v>
+        <x:v>43307</x:v>
       </x:c>
       <x:c r="B1865" s="3">
-        <x:v>108206.8</x:v>
+        <x:v>108186.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1866" spans="1:2">
       <x:c r="A1866" s="2">
-        <x:v>43285</x:v>
+        <x:v>43306</x:v>
       </x:c>
       <x:c r="B1866" s="3">
-        <x:v>108207.83</x:v>
+        <x:v>108187.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1867" spans="1:2">
       <x:c r="A1867" s="2">
-        <x:v>43284</x:v>
+        <x:v>43305</x:v>
       </x:c>
       <x:c r="B1867" s="3">
-        <x:v>108208.83</x:v>
+        <x:v>108188.02</x:v>
       </x:c>
     </x:row>
     <x:row r="1868" spans="1:2">
       <x:c r="A1868" s="2">
-        <x:v>43283</x:v>
+        <x:v>43304</x:v>
       </x:c>
       <x:c r="B1868" s="3">
-        <x:v>108209.75</x:v>
+        <x:v>108188.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1869" spans="1:2">
       <x:c r="A1869" s="2">
-        <x:v>43282</x:v>
+        <x:v>43303</x:v>
       </x:c>
       <x:c r="B1869" s="3">
-        <x:v>108210.71</x:v>
+        <x:v>108190.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1870" spans="1:2">
       <x:c r="A1870" s="2">
-        <x:v>43279</x:v>
+        <x:v>43300</x:v>
       </x:c>
       <x:c r="B1870" s="3">
-        <x:v>108213.76</x:v>
+        <x:v>108192.84</x:v>
       </x:c>
     </x:row>
     <x:row r="1871" spans="1:2">
       <x:c r="A1871" s="2">
-        <x:v>43278</x:v>
+        <x:v>43299</x:v>
       </x:c>
       <x:c r="B1871" s="3">
-        <x:v>108215.19</x:v>
+        <x:v>108193.17</x:v>
       </x:c>
     </x:row>
     <x:row r="1872" spans="1:2">
       <x:c r="A1872" s="2">
-        <x:v>43277</x:v>
+        <x:v>43298</x:v>
       </x:c>
       <x:c r="B1872" s="3">
-        <x:v>108216.31</x:v>
+        <x:v>108194.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1873" spans="1:2">
       <x:c r="A1873" s="2">
-        <x:v>43276</x:v>
+        <x:v>43297</x:v>
       </x:c>
       <x:c r="B1873" s="3">
-        <x:v>108217.43</x:v>
+        <x:v>108195.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1874" spans="1:2">
       <x:c r="A1874" s="2">
-        <x:v>43275</x:v>
+        <x:v>43296</x:v>
       </x:c>
       <x:c r="B1874" s="3">
-        <x:v>108218.51</x:v>
+        <x:v>108196.14</x:v>
       </x:c>
     </x:row>
     <x:row r="1875" spans="1:2">
       <x:c r="A1875" s="2">
-        <x:v>43272</x:v>
+        <x:v>43293</x:v>
       </x:c>
       <x:c r="B1875" s="3">
-        <x:v>108223.38</x:v>
+        <x:v>108197.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1876" spans="1:2">
       <x:c r="A1876" s="2">
-        <x:v>43271</x:v>
+        <x:v>43292</x:v>
       </x:c>
       <x:c r="B1876" s="3">
-        <x:v>108225.03</x:v>
+        <x:v>108198.34</x:v>
       </x:c>
     </x:row>
     <x:row r="1877" spans="1:2">
       <x:c r="A1877" s="2">
-        <x:v>43270</x:v>
+        <x:v>43291</x:v>
       </x:c>
       <x:c r="B1877" s="3">
-        <x:v>108226.08</x:v>
+        <x:v>108200.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1878" spans="1:2">
       <x:c r="A1878" s="2">
-        <x:v>43269</x:v>
+        <x:v>43290</x:v>
       </x:c>
       <x:c r="B1878" s="3">
-        <x:v>108225.95</x:v>
+        <x:v>108201.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1879" spans="1:2">
       <x:c r="A1879" s="2">
-        <x:v>43268</x:v>
+        <x:v>43289</x:v>
       </x:c>
       <x:c r="B1879" s="3">
-        <x:v>108226.94</x:v>
+        <x:v>108203.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1880" spans="1:2">
       <x:c r="A1880" s="2">
-        <x:v>43265</x:v>
+        <x:v>43286</x:v>
       </x:c>
       <x:c r="B1880" s="3">
-        <x:v>108229.71</x:v>
+        <x:v>108206.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1881" spans="1:2">
       <x:c r="A1881" s="2">
-        <x:v>43264</x:v>
+        <x:v>43285</x:v>
       </x:c>
       <x:c r="B1881" s="3">
-        <x:v>108229.6</x:v>
+        <x:v>108207.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1882" spans="1:2">
       <x:c r="A1882" s="2">
-        <x:v>43263</x:v>
+        <x:v>43284</x:v>
       </x:c>
       <x:c r="B1882" s="3">
-        <x:v>108231.51</x:v>
+        <x:v>108208.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1883" spans="1:2">
       <x:c r="A1883" s="2">
-        <x:v>43262</x:v>
+        <x:v>43283</x:v>
       </x:c>
       <x:c r="B1883" s="3">
-        <x:v>108233.23</x:v>
+        <x:v>108209.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1884" spans="1:2">
       <x:c r="A1884" s="2">
-        <x:v>43261</x:v>
+        <x:v>43282</x:v>
       </x:c>
       <x:c r="B1884" s="3">
-        <x:v>108233.36</x:v>
+        <x:v>108210.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1885" spans="1:2">
       <x:c r="A1885" s="2">
-        <x:v>43258</x:v>
+        <x:v>43279</x:v>
       </x:c>
       <x:c r="B1885" s="3">
-        <x:v>108237.09</x:v>
+        <x:v>108213.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1886" spans="1:2">
       <x:c r="A1886" s="2">
-        <x:v>43257</x:v>
+        <x:v>43278</x:v>
       </x:c>
       <x:c r="B1886" s="3">
-        <x:v>108237.78</x:v>
+        <x:v>108215.19</x:v>
       </x:c>
     </x:row>
     <x:row r="1887" spans="1:2">
       <x:c r="A1887" s="2">
-        <x:v>43256</x:v>
+        <x:v>43277</x:v>
       </x:c>
       <x:c r="B1887" s="3">
-        <x:v>108238.49</x:v>
+        <x:v>108216.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1888" spans="1:2">
       <x:c r="A1888" s="2">
-        <x:v>43255</x:v>
+        <x:v>43276</x:v>
       </x:c>
       <x:c r="B1888" s="3">
-        <x:v>108240.31</x:v>
+        <x:v>108217.43</x:v>
       </x:c>
     </x:row>
     <x:row r="1889" spans="1:2">
       <x:c r="A1889" s="2">
-        <x:v>43254</x:v>
+        <x:v>43275</x:v>
       </x:c>
       <x:c r="B1889" s="3">
-        <x:v>108241.9</x:v>
+        <x:v>108218.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1890" spans="1:2">
       <x:c r="A1890" s="2">
-        <x:v>43251</x:v>
+        <x:v>43272</x:v>
       </x:c>
       <x:c r="B1890" s="3">
-        <x:v>108246.11</x:v>
+        <x:v>108223.38</x:v>
       </x:c>
     </x:row>
     <x:row r="1891" spans="1:2">
       <x:c r="A1891" s="2">
-        <x:v>43250</x:v>
+        <x:v>43271</x:v>
       </x:c>
       <x:c r="B1891" s="3">
-        <x:v>108247.72</x:v>
+        <x:v>108225.03</x:v>
       </x:c>
     </x:row>
     <x:row r="1892" spans="1:2">
       <x:c r="A1892" s="2">
-        <x:v>43249</x:v>
+        <x:v>43270</x:v>
       </x:c>
       <x:c r="B1892" s="3">
-        <x:v>108253.28</x:v>
+        <x:v>108226.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1893" spans="1:2">
       <x:c r="A1893" s="2">
-        <x:v>43248</x:v>
+        <x:v>43269</x:v>
       </x:c>
       <x:c r="B1893" s="3">
-        <x:v>108254.74</x:v>
+        <x:v>108225.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1894" spans="1:2">
       <x:c r="A1894" s="2">
-        <x:v>43247</x:v>
+        <x:v>43268</x:v>
       </x:c>
       <x:c r="B1894" s="3">
-        <x:v>108257.82</x:v>
+        <x:v>108226.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1895" spans="1:2">
       <x:c r="A1895" s="2">
-        <x:v>43244</x:v>
+        <x:v>43265</x:v>
       </x:c>
       <x:c r="B1895" s="3">
-        <x:v>108260.99</x:v>
+        <x:v>108229.71</x:v>
       </x:c>
     </x:row>
     <x:row r="1896" spans="1:2">
       <x:c r="A1896" s="2">
-        <x:v>43243</x:v>
+        <x:v>43264</x:v>
       </x:c>
       <x:c r="B1896" s="3">
-        <x:v>108263.65</x:v>
+        <x:v>108229.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1897" spans="1:2">
       <x:c r="A1897" s="2">
-        <x:v>43242</x:v>
+        <x:v>43263</x:v>
       </x:c>
       <x:c r="B1897" s="3">
-        <x:v>108264.18</x:v>
+        <x:v>108231.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1898" spans="1:2">
       <x:c r="A1898" s="2">
-        <x:v>43241</x:v>
+        <x:v>43262</x:v>
       </x:c>
       <x:c r="B1898" s="3">
-        <x:v>108265.36</x:v>
+        <x:v>108233.23</x:v>
       </x:c>
     </x:row>
     <x:row r="1899" spans="1:2">
       <x:c r="A1899" s="2">
-        <x:v>43237</x:v>
+        <x:v>43261</x:v>
       </x:c>
       <x:c r="B1899" s="3">
-        <x:v>108269.28</x:v>
+        <x:v>108233.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1900" spans="1:2">
       <x:c r="A1900" s="2">
-        <x:v>43236</x:v>
+        <x:v>43258</x:v>
       </x:c>
       <x:c r="B1900" s="3">
-        <x:v>108270.45</x:v>
+        <x:v>108237.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1901" spans="1:2">
       <x:c r="A1901" s="2">
-        <x:v>43235</x:v>
+        <x:v>43257</x:v>
       </x:c>
       <x:c r="B1901" s="3">
-        <x:v>108271.79</x:v>
+        <x:v>108237.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1902" spans="1:2">
       <x:c r="A1902" s="2">
-        <x:v>43234</x:v>
+        <x:v>43256</x:v>
       </x:c>
       <x:c r="B1902" s="3">
-        <x:v>108272.67</x:v>
+        <x:v>108238.49</x:v>
       </x:c>
     </x:row>
     <x:row r="1903" spans="1:2">
       <x:c r="A1903" s="2">
-        <x:v>43233</x:v>
+        <x:v>43255</x:v>
       </x:c>
       <x:c r="B1903" s="3">
-        <x:v>108273.07</x:v>
+        <x:v>108240.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1904" spans="1:2">
       <x:c r="A1904" s="2">
-        <x:v>43231</x:v>
+        <x:v>43254</x:v>
       </x:c>
       <x:c r="B1904" s="3">
-        <x:v>108273.07</x:v>
+        <x:v>108241.9</x:v>
       </x:c>
     </x:row>
     <x:row r="1905" spans="1:2">
       <x:c r="A1905" s="2">
-        <x:v>43230</x:v>
+        <x:v>43251</x:v>
       </x:c>
       <x:c r="B1905" s="3">
-        <x:v>108277.86</x:v>
+        <x:v>108246.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1906" spans="1:2">
       <x:c r="A1906" s="2">
-        <x:v>43228</x:v>
+        <x:v>43250</x:v>
       </x:c>
       <x:c r="B1906" s="3">
-        <x:v>108279.75</x:v>
+        <x:v>108247.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1907" spans="1:2">
       <x:c r="A1907" s="2">
-        <x:v>43226</x:v>
+        <x:v>43249</x:v>
       </x:c>
       <x:c r="B1907" s="3">
-        <x:v>108281.56</x:v>
+        <x:v>108253.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1908" spans="1:2">
       <x:c r="A1908" s="2">
-        <x:v>43223</x:v>
+        <x:v>43248</x:v>
       </x:c>
       <x:c r="B1908" s="3">
-        <x:v>108284.41</x:v>
+        <x:v>108254.74</x:v>
       </x:c>
     </x:row>
     <x:row r="1909" spans="1:2">
       <x:c r="A1909" s="2">
-        <x:v>43222</x:v>
+        <x:v>43247</x:v>
       </x:c>
       <x:c r="B1909" s="3">
-        <x:v>108284.96</x:v>
+        <x:v>108257.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1910" spans="1:2">
       <x:c r="A1910" s="2">
-        <x:v>43221</x:v>
+        <x:v>43244</x:v>
       </x:c>
       <x:c r="B1910" s="3">
-        <x:v>108285.8</x:v>
+        <x:v>108260.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1911" spans="1:2">
       <x:c r="A1911" s="2">
-        <x:v>43219</x:v>
+        <x:v>43243</x:v>
       </x:c>
       <x:c r="B1911" s="3">
-        <x:v>108287.8</x:v>
+        <x:v>108263.65</x:v>
       </x:c>
     </x:row>
     <x:row r="1912" spans="1:2">
       <x:c r="A1912" s="2">
-        <x:v>43216</x:v>
+        <x:v>43242</x:v>
       </x:c>
       <x:c r="B1912" s="3">
-        <x:v>108290.41</x:v>
+        <x:v>108264.18</x:v>
       </x:c>
     </x:row>
     <x:row r="1913" spans="1:2">
       <x:c r="A1913" s="2">
-        <x:v>43215</x:v>
+        <x:v>43241</x:v>
       </x:c>
       <x:c r="B1913" s="3">
-        <x:v>108292.33</x:v>
+        <x:v>108265.36</x:v>
       </x:c>
     </x:row>
     <x:row r="1914" spans="1:2">
       <x:c r="A1914" s="2">
-        <x:v>43214</x:v>
+        <x:v>43237</x:v>
       </x:c>
       <x:c r="B1914" s="3">
-        <x:v>108293.27</x:v>
+        <x:v>108269.28</x:v>
       </x:c>
     </x:row>
     <x:row r="1915" spans="1:2">
       <x:c r="A1915" s="2">
-        <x:v>43213</x:v>
+        <x:v>43236</x:v>
       </x:c>
       <x:c r="B1915" s="3">
-        <x:v>108294.09</x:v>
+        <x:v>108270.45</x:v>
       </x:c>
     </x:row>
     <x:row r="1916" spans="1:2">
       <x:c r="A1916" s="2">
-        <x:v>43212</x:v>
+        <x:v>43235</x:v>
       </x:c>
       <x:c r="B1916" s="3">
-        <x:v>108295.11</x:v>
+        <x:v>108271.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1917" spans="1:2">
       <x:c r="A1917" s="2">
-        <x:v>43209</x:v>
+        <x:v>43234</x:v>
       </x:c>
       <x:c r="B1917" s="3">
-        <x:v>108297.76</x:v>
+        <x:v>108272.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1918" spans="1:2">
       <x:c r="A1918" s="2">
-        <x:v>43208</x:v>
+        <x:v>43233</x:v>
       </x:c>
       <x:c r="B1918" s="3">
-        <x:v>108298.88</x:v>
+        <x:v>108273.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1919" spans="1:2">
       <x:c r="A1919" s="2">
-        <x:v>43207</x:v>
+        <x:v>43231</x:v>
       </x:c>
       <x:c r="B1919" s="3">
-        <x:v>108299.85</x:v>
+        <x:v>108273.07</x:v>
       </x:c>
     </x:row>
     <x:row r="1920" spans="1:2">
       <x:c r="A1920" s="2">
-        <x:v>43206</x:v>
+        <x:v>43230</x:v>
       </x:c>
       <x:c r="B1920" s="3">
-        <x:v>108300.72</x:v>
+        <x:v>108277.86</x:v>
       </x:c>
     </x:row>
     <x:row r="1921" spans="1:2">
       <x:c r="A1921" s="2">
-        <x:v>43205</x:v>
+        <x:v>43228</x:v>
       </x:c>
       <x:c r="B1921" s="3">
-        <x:v>108301.5</x:v>
+        <x:v>108279.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1922" spans="1:2">
       <x:c r="A1922" s="2">
-        <x:v>43202</x:v>
+        <x:v>43226</x:v>
       </x:c>
       <x:c r="B1922" s="3">
-        <x:v>108304.1</x:v>
+        <x:v>108281.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1923" spans="1:2">
       <x:c r="A1923" s="2">
-        <x:v>43201</x:v>
+        <x:v>43223</x:v>
       </x:c>
       <x:c r="B1923" s="3">
-        <x:v>108304.76</x:v>
+        <x:v>108284.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1924" spans="1:2">
       <x:c r="A1924" s="2">
-        <x:v>43200</x:v>
+        <x:v>43222</x:v>
       </x:c>
       <x:c r="B1924" s="3">
-        <x:v>108305.87</x:v>
+        <x:v>108284.96</x:v>
       </x:c>
     </x:row>
     <x:row r="1925" spans="1:2">
       <x:c r="A1925" s="2">
-        <x:v>43199</x:v>
+        <x:v>43221</x:v>
       </x:c>
       <x:c r="B1925" s="3">
-        <x:v>108306.64</x:v>
+        <x:v>108285.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1926" spans="1:2">
       <x:c r="A1926" s="2">
-        <x:v>43198</x:v>
+        <x:v>43219</x:v>
       </x:c>
       <x:c r="B1926" s="3">
-        <x:v>108306.56</x:v>
+        <x:v>108287.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1927" spans="1:2">
       <x:c r="A1927" s="2">
-        <x:v>43195</x:v>
+        <x:v>43216</x:v>
       </x:c>
       <x:c r="B1927" s="3">
-        <x:v>108310.05</x:v>
+        <x:v>108290.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1928" spans="1:2">
       <x:c r="A1928" s="2">
-        <x:v>43194</x:v>
+        <x:v>43215</x:v>
       </x:c>
       <x:c r="B1928" s="3">
-        <x:v>108310.73</x:v>
+        <x:v>108292.33</x:v>
       </x:c>
     </x:row>
     <x:row r="1929" spans="1:2">
       <x:c r="A1929" s="2">
-        <x:v>43193</x:v>
+        <x:v>43214</x:v>
       </x:c>
       <x:c r="B1929" s="3">
-        <x:v>108311.73</x:v>
+        <x:v>108293.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1930" spans="1:2">
       <x:c r="A1930" s="2">
-        <x:v>43192</x:v>
+        <x:v>43213</x:v>
       </x:c>
       <x:c r="B1930" s="3">
-        <x:v>108313.25</x:v>
+        <x:v>108294.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1931" spans="1:2">
       <x:c r="A1931" s="2">
-        <x:v>43187</x:v>
+        <x:v>43212</x:v>
       </x:c>
       <x:c r="B1931" s="3">
-        <x:v>108317.79</x:v>
+        <x:v>108295.11</x:v>
       </x:c>
     </x:row>
     <x:row r="1932" spans="1:2">
       <x:c r="A1932" s="2">
-        <x:v>43186</x:v>
+        <x:v>43209</x:v>
       </x:c>
       <x:c r="B1932" s="3">
-        <x:v>108318.3</x:v>
+        <x:v>108297.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1933" spans="1:2">
       <x:c r="A1933" s="2">
-        <x:v>43185</x:v>
+        <x:v>43208</x:v>
       </x:c>
       <x:c r="B1933" s="3">
-        <x:v>108319.97</x:v>
+        <x:v>108298.88</x:v>
       </x:c>
     </x:row>
     <x:row r="1934" spans="1:2">
       <x:c r="A1934" s="2">
-        <x:v>43184</x:v>
+        <x:v>43207</x:v>
       </x:c>
       <x:c r="B1934" s="3">
-        <x:v>108320.99</x:v>
+        <x:v>108299.85</x:v>
       </x:c>
     </x:row>
     <x:row r="1935" spans="1:2">
       <x:c r="A1935" s="2">
-        <x:v>43181</x:v>
+        <x:v>43206</x:v>
       </x:c>
       <x:c r="B1935" s="3">
-        <x:v>108323.67</x:v>
+        <x:v>108300.72</x:v>
       </x:c>
     </x:row>
     <x:row r="1936" spans="1:2">
       <x:c r="A1936" s="2">
-        <x:v>43180</x:v>
+        <x:v>43205</x:v>
       </x:c>
       <x:c r="B1936" s="3">
-        <x:v>108324.79</x:v>
+        <x:v>108301.5</x:v>
       </x:c>
     </x:row>
     <x:row r="1937" spans="1:2">
       <x:c r="A1937" s="2">
-        <x:v>43179</x:v>
+        <x:v>43202</x:v>
       </x:c>
       <x:c r="B1937" s="3">
-        <x:v>108325.63</x:v>
+        <x:v>108304.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1938" spans="1:2">
       <x:c r="A1938" s="2">
-        <x:v>43178</x:v>
+        <x:v>43201</x:v>
       </x:c>
       <x:c r="B1938" s="3">
-        <x:v>108326.52</x:v>
+        <x:v>108304.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1939" spans="1:2">
       <x:c r="A1939" s="2">
-        <x:v>43177</x:v>
+        <x:v>43200</x:v>
       </x:c>
       <x:c r="B1939" s="3">
-        <x:v>108327.27</x:v>
+        <x:v>108305.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1940" spans="1:2">
       <x:c r="A1940" s="2">
-        <x:v>43174</x:v>
+        <x:v>43199</x:v>
       </x:c>
       <x:c r="B1940" s="3">
-        <x:v>108330.35</x:v>
+        <x:v>108306.64</x:v>
       </x:c>
     </x:row>
     <x:row r="1941" spans="1:2">
       <x:c r="A1941" s="2">
-        <x:v>43173</x:v>
+        <x:v>43198</x:v>
       </x:c>
       <x:c r="B1941" s="3">
-        <x:v>108331.08</x:v>
+        <x:v>108306.56</x:v>
       </x:c>
     </x:row>
     <x:row r="1942" spans="1:2">
       <x:c r="A1942" s="2">
-        <x:v>43172</x:v>
+        <x:v>43195</x:v>
       </x:c>
       <x:c r="B1942" s="3">
-        <x:v>108331.92</x:v>
+        <x:v>108310.05</x:v>
       </x:c>
     </x:row>
     <x:row r="1943" spans="1:2">
       <x:c r="A1943" s="2">
-        <x:v>43171</x:v>
+        <x:v>43194</x:v>
       </x:c>
       <x:c r="B1943" s="3">
-        <x:v>108333.12</x:v>
+        <x:v>108310.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1944" spans="1:2">
       <x:c r="A1944" s="2">
-        <x:v>43170</x:v>
+        <x:v>43193</x:v>
       </x:c>
       <x:c r="B1944" s="3">
-        <x:v>108333.98</x:v>
+        <x:v>108311.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1945" spans="1:2">
       <x:c r="A1945" s="2">
-        <x:v>43167</x:v>
+        <x:v>43192</x:v>
       </x:c>
       <x:c r="B1945" s="3">
-        <x:v>108336.68</x:v>
+        <x:v>108313.25</x:v>
       </x:c>
     </x:row>
     <x:row r="1946" spans="1:2">
       <x:c r="A1946" s="2">
-        <x:v>43166</x:v>
+        <x:v>43187</x:v>
       </x:c>
       <x:c r="B1946" s="3">
-        <x:v>108337.26</x:v>
+        <x:v>108317.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1947" spans="1:2">
       <x:c r="A1947" s="2">
-        <x:v>43165</x:v>
+        <x:v>43186</x:v>
       </x:c>
       <x:c r="B1947" s="3">
-        <x:v>108338.66</x:v>
+        <x:v>108318.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1948" spans="1:2">
       <x:c r="A1948" s="2">
-        <x:v>43164</x:v>
+        <x:v>43185</x:v>
       </x:c>
       <x:c r="B1948" s="3">
-        <x:v>108339.24</x:v>
+        <x:v>108319.97</x:v>
       </x:c>
     </x:row>
     <x:row r="1949" spans="1:2">
       <x:c r="A1949" s="2">
-        <x:v>43163</x:v>
+        <x:v>43184</x:v>
       </x:c>
       <x:c r="B1949" s="3">
-        <x:v>108339.8</x:v>
+        <x:v>108320.99</x:v>
       </x:c>
     </x:row>
     <x:row r="1950" spans="1:2">
       <x:c r="A1950" s="2">
-        <x:v>43160</x:v>
+        <x:v>43181</x:v>
       </x:c>
       <x:c r="B1950" s="3">
-        <x:v>108342.66</x:v>
+        <x:v>108323.67</x:v>
       </x:c>
     </x:row>
     <x:row r="1951" spans="1:2">
       <x:c r="A1951" s="2">
-        <x:v>43159</x:v>
+        <x:v>43180</x:v>
       </x:c>
       <x:c r="B1951" s="3">
-        <x:v>108343.4</x:v>
+        <x:v>108324.79</x:v>
       </x:c>
     </x:row>
     <x:row r="1952" spans="1:2">
       <x:c r="A1952" s="2">
-        <x:v>43158</x:v>
+        <x:v>43179</x:v>
       </x:c>
       <x:c r="B1952" s="3">
-        <x:v>108344</x:v>
+        <x:v>108325.63</x:v>
       </x:c>
     </x:row>
     <x:row r="1953" spans="1:2">
       <x:c r="A1953" s="2">
-        <x:v>43157</x:v>
+        <x:v>43178</x:v>
       </x:c>
       <x:c r="B1953" s="3">
-        <x:v>108344.6</x:v>
+        <x:v>108326.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1954" spans="1:2">
       <x:c r="A1954" s="2">
-        <x:v>43156</x:v>
+        <x:v>43177</x:v>
       </x:c>
       <x:c r="B1954" s="3">
-        <x:v>108344.75</x:v>
+        <x:v>108327.27</x:v>
       </x:c>
     </x:row>
     <x:row r="1955" spans="1:2">
       <x:c r="A1955" s="2">
-        <x:v>43153</x:v>
+        <x:v>43174</x:v>
       </x:c>
       <x:c r="B1955" s="3">
-        <x:v>108348.41</x:v>
+        <x:v>108330.35</x:v>
       </x:c>
     </x:row>
     <x:row r="1956" spans="1:2">
       <x:c r="A1956" s="2">
-        <x:v>43152</x:v>
+        <x:v>43173</x:v>
       </x:c>
       <x:c r="B1956" s="3">
-        <x:v>108349.83</x:v>
+        <x:v>108331.08</x:v>
       </x:c>
     </x:row>
     <x:row r="1957" spans="1:2">
       <x:c r="A1957" s="2">
-        <x:v>43151</x:v>
+        <x:v>43172</x:v>
       </x:c>
       <x:c r="B1957" s="3">
-        <x:v>108351.31</x:v>
+        <x:v>108331.92</x:v>
       </x:c>
     </x:row>
     <x:row r="1958" spans="1:2">
       <x:c r="A1958" s="2">
-        <x:v>43150</x:v>
+        <x:v>43171</x:v>
       </x:c>
       <x:c r="B1958" s="3">
-        <x:v>108352.3</x:v>
+        <x:v>108333.12</x:v>
       </x:c>
     </x:row>
     <x:row r="1959" spans="1:2">
       <x:c r="A1959" s="2">
-        <x:v>43149</x:v>
+        <x:v>43170</x:v>
       </x:c>
       <x:c r="B1959" s="3">
-        <x:v>108353.26</x:v>
+        <x:v>108333.98</x:v>
       </x:c>
     </x:row>
     <x:row r="1960" spans="1:2">
       <x:c r="A1960" s="2">
-        <x:v>43146</x:v>
+        <x:v>43167</x:v>
       </x:c>
       <x:c r="B1960" s="3">
-        <x:v>108355.78</x:v>
+        <x:v>108336.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1961" spans="1:2">
       <x:c r="A1961" s="2">
-        <x:v>43145</x:v>
+        <x:v>43166</x:v>
       </x:c>
       <x:c r="B1961" s="3">
-        <x:v>108356.94</x:v>
+        <x:v>108337.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1962" spans="1:2">
       <x:c r="A1962" s="2">
-        <x:v>43144</x:v>
+        <x:v>43165</x:v>
       </x:c>
       <x:c r="B1962" s="3">
-        <x:v>108357.82</x:v>
+        <x:v>108338.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1963" spans="1:2">
       <x:c r="A1963" s="2">
-        <x:v>43143</x:v>
+        <x:v>43164</x:v>
       </x:c>
       <x:c r="B1963" s="3">
-        <x:v>108358.52</x:v>
+        <x:v>108339.24</x:v>
       </x:c>
     </x:row>
     <x:row r="1964" spans="1:2">
       <x:c r="A1964" s="2">
-        <x:v>43142</x:v>
+        <x:v>43163</x:v>
       </x:c>
       <x:c r="B1964" s="3">
-        <x:v>108359.62</x:v>
+        <x:v>108339.8</x:v>
       </x:c>
     </x:row>
     <x:row r="1965" spans="1:2">
       <x:c r="A1965" s="2">
-        <x:v>43139</x:v>
+        <x:v>43160</x:v>
       </x:c>
       <x:c r="B1965" s="3">
-        <x:v>108363.39</x:v>
+        <x:v>108342.66</x:v>
       </x:c>
     </x:row>
     <x:row r="1966" spans="1:2">
       <x:c r="A1966" s="2">
-        <x:v>43138</x:v>
+        <x:v>43159</x:v>
       </x:c>
       <x:c r="B1966" s="3">
-        <x:v>108363.87</x:v>
+        <x:v>108343.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1967" spans="1:2">
       <x:c r="A1967" s="2">
-        <x:v>43137</x:v>
+        <x:v>43158</x:v>
       </x:c>
       <x:c r="B1967" s="3">
-        <x:v>108364.95</x:v>
+        <x:v>108344</x:v>
       </x:c>
     </x:row>
     <x:row r="1968" spans="1:2">
       <x:c r="A1968" s="2">
-        <x:v>43136</x:v>
+        <x:v>43157</x:v>
       </x:c>
       <x:c r="B1968" s="3">
-        <x:v>108365.82</x:v>
+        <x:v>108344.6</x:v>
       </x:c>
     </x:row>
     <x:row r="1969" spans="1:2">
       <x:c r="A1969" s="2">
-        <x:v>43135</x:v>
+        <x:v>43156</x:v>
       </x:c>
       <x:c r="B1969" s="3">
-        <x:v>108366.83</x:v>
+        <x:v>108344.75</x:v>
       </x:c>
     </x:row>
     <x:row r="1970" spans="1:2">
       <x:c r="A1970" s="2">
-        <x:v>43132</x:v>
+        <x:v>43153</x:v>
       </x:c>
       <x:c r="B1970" s="3">
-        <x:v>108369.52</x:v>
+        <x:v>108348.41</x:v>
       </x:c>
     </x:row>
     <x:row r="1971" spans="1:2">
       <x:c r="A1971" s="2">
-        <x:v>43131</x:v>
+        <x:v>43152</x:v>
       </x:c>
       <x:c r="B1971" s="3">
-        <x:v>108369.73</x:v>
+        <x:v>108349.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1972" spans="1:2">
       <x:c r="A1972" s="2">
-        <x:v>43130</x:v>
+        <x:v>43151</x:v>
       </x:c>
       <x:c r="B1972" s="3">
-        <x:v>108370.77</x:v>
+        <x:v>108351.31</x:v>
       </x:c>
     </x:row>
     <x:row r="1973" spans="1:2">
       <x:c r="A1973" s="2">
-        <x:v>43129</x:v>
+        <x:v>43150</x:v>
       </x:c>
       <x:c r="B1973" s="3">
-        <x:v>108371.51</x:v>
+        <x:v>108352.3</x:v>
       </x:c>
     </x:row>
     <x:row r="1974" spans="1:2">
       <x:c r="A1974" s="2">
-        <x:v>43128</x:v>
+        <x:v>43149</x:v>
       </x:c>
       <x:c r="B1974" s="3">
-        <x:v>108372.22</x:v>
+        <x:v>108353.26</x:v>
       </x:c>
     </x:row>
     <x:row r="1975" spans="1:2">
       <x:c r="A1975" s="2">
-        <x:v>43125</x:v>
+        <x:v>43146</x:v>
       </x:c>
       <x:c r="B1975" s="3">
-        <x:v>108375.76</x:v>
+        <x:v>108355.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1976" spans="1:2">
       <x:c r="A1976" s="2">
-        <x:v>43124</x:v>
+        <x:v>43145</x:v>
       </x:c>
       <x:c r="B1976" s="3">
-        <x:v>108375.81</x:v>
+        <x:v>108356.94</x:v>
       </x:c>
     </x:row>
     <x:row r="1977" spans="1:2">
       <x:c r="A1977" s="2">
-        <x:v>43123</x:v>
+        <x:v>43144</x:v>
       </x:c>
       <x:c r="B1977" s="3">
-        <x:v>108376.68</x:v>
+        <x:v>108357.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1978" spans="1:2">
       <x:c r="A1978" s="2">
-        <x:v>43122</x:v>
+        <x:v>43143</x:v>
       </x:c>
       <x:c r="B1978" s="3">
-        <x:v>108377.58</x:v>
+        <x:v>108358.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1979" spans="1:2">
       <x:c r="A1979" s="2">
-        <x:v>43121</x:v>
+        <x:v>43142</x:v>
       </x:c>
       <x:c r="B1979" s="3">
-        <x:v>108378.09</x:v>
+        <x:v>108359.62</x:v>
       </x:c>
     </x:row>
     <x:row r="1980" spans="1:2">
       <x:c r="A1980" s="2">
-        <x:v>43118</x:v>
+        <x:v>43139</x:v>
       </x:c>
       <x:c r="B1980" s="3">
-        <x:v>108380.78</x:v>
+        <x:v>108363.39</x:v>
       </x:c>
     </x:row>
     <x:row r="1981" spans="1:2">
       <x:c r="A1981" s="2">
-        <x:v>43117</x:v>
+        <x:v>43138</x:v>
       </x:c>
       <x:c r="B1981" s="3">
-        <x:v>108380.54</x:v>
+        <x:v>108363.87</x:v>
       </x:c>
     </x:row>
     <x:row r="1982" spans="1:2">
       <x:c r="A1982" s="2">
-        <x:v>43116</x:v>
+        <x:v>43137</x:v>
       </x:c>
       <x:c r="B1982" s="3">
-        <x:v>108381.4</x:v>
+        <x:v>108364.95</x:v>
       </x:c>
     </x:row>
     <x:row r="1983" spans="1:2">
       <x:c r="A1983" s="2">
-        <x:v>43115</x:v>
+        <x:v>43136</x:v>
       </x:c>
       <x:c r="B1983" s="3">
-        <x:v>108383.1</x:v>
+        <x:v>108365.82</x:v>
       </x:c>
     </x:row>
     <x:row r="1984" spans="1:2">
       <x:c r="A1984" s="2">
-        <x:v>43114</x:v>
+        <x:v>43135</x:v>
       </x:c>
       <x:c r="B1984" s="3">
-        <x:v>108384.04</x:v>
+        <x:v>108366.83</x:v>
       </x:c>
     </x:row>
     <x:row r="1985" spans="1:2">
       <x:c r="A1985" s="2">
-        <x:v>43111</x:v>
+        <x:v>43132</x:v>
       </x:c>
       <x:c r="B1985" s="3">
-        <x:v>108387.64</x:v>
+        <x:v>108369.52</x:v>
       </x:c>
     </x:row>
     <x:row r="1986" spans="1:2">
       <x:c r="A1986" s="2">
-        <x:v>43110</x:v>
+        <x:v>43131</x:v>
       </x:c>
       <x:c r="B1986" s="3">
-        <x:v>108388.94</x:v>
+        <x:v>108369.73</x:v>
       </x:c>
     </x:row>
     <x:row r="1987" spans="1:2">
       <x:c r="A1987" s="2">
-        <x:v>43109</x:v>
+        <x:v>43130</x:v>
       </x:c>
       <x:c r="B1987" s="3">
-        <x:v>108389.81</x:v>
+        <x:v>108370.77</x:v>
       </x:c>
     </x:row>
     <x:row r="1988" spans="1:2">
       <x:c r="A1988" s="2">
-        <x:v>43108</x:v>
+        <x:v>43129</x:v>
       </x:c>
       <x:c r="B1988" s="3">
-        <x:v>108390.4</x:v>
+        <x:v>108371.51</x:v>
       </x:c>
     </x:row>
     <x:row r="1989" spans="1:2">
       <x:c r="A1989" s="2">
-        <x:v>43107</x:v>
+        <x:v>43128</x:v>
       </x:c>
       <x:c r="B1989" s="3">
-        <x:v>108391.52</x:v>
+        <x:v>108372.22</x:v>
       </x:c>
     </x:row>
     <x:row r="1990" spans="1:2">
       <x:c r="A1990" s="2">
-        <x:v>43104</x:v>
+        <x:v>43125</x:v>
       </x:c>
       <x:c r="B1990" s="3">
-        <x:v>108393.95</x:v>
+        <x:v>108375.76</x:v>
       </x:c>
     </x:row>
     <x:row r="1991" spans="1:2">
       <x:c r="A1991" s="2">
-        <x:v>43103</x:v>
+        <x:v>43124</x:v>
       </x:c>
       <x:c r="B1991" s="3">
-        <x:v>108394.47</x:v>
+        <x:v>108375.81</x:v>
       </x:c>
     </x:row>
     <x:row r="1992" spans="1:2">
       <x:c r="A1992" s="2">
-        <x:v>43102</x:v>
+        <x:v>43123</x:v>
       </x:c>
       <x:c r="B1992" s="3">
-        <x:v>108396.76</x:v>
+        <x:v>108376.68</x:v>
       </x:c>
     </x:row>
     <x:row r="1993" spans="1:2">
       <x:c r="A1993" s="2">
-        <x:v>43101</x:v>
+        <x:v>43122</x:v>
       </x:c>
       <x:c r="B1993" s="3">
-        <x:v>108397.78</x:v>
+        <x:v>108377.58</x:v>
       </x:c>
     </x:row>
     <x:row r="1994" spans="1:2">
       <x:c r="A1994" s="2">
-        <x:v>43097</x:v>
+        <x:v>43121</x:v>
       </x:c>
       <x:c r="B1994" s="3">
-        <x:v>108400.8</x:v>
+        <x:v>108378.09</x:v>
       </x:c>
     </x:row>
     <x:row r="1995" spans="1:2">
       <x:c r="A1995" s="2">
-        <x:v>43096</x:v>
+        <x:v>43118</x:v>
       </x:c>
       <x:c r="B1995" s="3">
-        <x:v>108401.28</x:v>
+        <x:v>108380.78</x:v>
       </x:c>
     </x:row>
     <x:row r="1996" spans="1:2">
       <x:c r="A1996" s="2">
-        <x:v>43095</x:v>
+        <x:v>43117</x:v>
       </x:c>
       <x:c r="B1996" s="3">
-        <x:v>108401.77</x:v>
+        <x:v>108380.54</x:v>
       </x:c>
     </x:row>
     <x:row r="1997" spans="1:2">
       <x:c r="A1997" s="2">
-        <x:v>43090</x:v>
+        <x:v>43116</x:v>
       </x:c>
       <x:c r="B1997" s="3">
-        <x:v>108406.79</x:v>
+        <x:v>108381.4</x:v>
       </x:c>
     </x:row>
     <x:row r="1998" spans="1:2">
       <x:c r="A1998" s="2">
-        <x:v>43089</x:v>
+        <x:v>43115</x:v>
       </x:c>
       <x:c r="B1998" s="3">
-        <x:v>108407.54</x:v>
+        <x:v>108383.1</x:v>
       </x:c>
     </x:row>
     <x:row r="1999" spans="1:2">
       <x:c r="A1999" s="2">
-        <x:v>43088</x:v>
+        <x:v>43114</x:v>
       </x:c>
       <x:c r="B1999" s="3">
-        <x:v>108407.45</x:v>
+        <x:v>108384.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2000" spans="1:2">
       <x:c r="A2000" s="2">
-        <x:v>43087</x:v>
+        <x:v>43111</x:v>
       </x:c>
       <x:c r="B2000" s="3">
-        <x:v>108407.53</x:v>
+        <x:v>108387.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2001" spans="1:2">
       <x:c r="A2001" s="2">
-        <x:v>43086</x:v>
+        <x:v>43110</x:v>
       </x:c>
       <x:c r="B2001" s="3">
-        <x:v>108407.86</x:v>
+        <x:v>108388.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2002" spans="1:2">
       <x:c r="A2002" s="2">
-        <x:v>43083</x:v>
+        <x:v>43109</x:v>
       </x:c>
       <x:c r="B2002" s="3">
-        <x:v>108409.63</x:v>
+        <x:v>108389.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2003" spans="1:2">
       <x:c r="A2003" s="2">
-        <x:v>43082</x:v>
+        <x:v>43108</x:v>
       </x:c>
       <x:c r="B2003" s="3">
-        <x:v>108410.21</x:v>
+        <x:v>108390.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2004" spans="1:2">
       <x:c r="A2004" s="2">
-        <x:v>43081</x:v>
+        <x:v>43107</x:v>
       </x:c>
       <x:c r="B2004" s="3">
-        <x:v>108410.74</x:v>
+        <x:v>108391.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2005" spans="1:2">
       <x:c r="A2005" s="2">
-        <x:v>43080</x:v>
+        <x:v>43104</x:v>
       </x:c>
       <x:c r="B2005" s="3">
-        <x:v>108411.46</x:v>
+        <x:v>108393.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2006" spans="1:2">
       <x:c r="A2006" s="2">
-        <x:v>43079</x:v>
+        <x:v>43103</x:v>
       </x:c>
       <x:c r="B2006" s="3">
-        <x:v>108412.2</x:v>
+        <x:v>108394.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2007" spans="1:2">
       <x:c r="A2007" s="2">
-        <x:v>43076</x:v>
+        <x:v>43102</x:v>
       </x:c>
       <x:c r="B2007" s="3">
-        <x:v>108414.31</x:v>
+        <x:v>108396.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2008" spans="1:2">
       <x:c r="A2008" s="2">
-        <x:v>43075</x:v>
+        <x:v>43101</x:v>
       </x:c>
       <x:c r="B2008" s="3">
-        <x:v>108414.84</x:v>
+        <x:v>108397.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2009" spans="1:2">
       <x:c r="A2009" s="2">
-        <x:v>43074</x:v>
+        <x:v>43097</x:v>
       </x:c>
       <x:c r="B2009" s="3">
-        <x:v>108415.21</x:v>
+        <x:v>108400.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2010" spans="1:2">
       <x:c r="A2010" s="2">
-        <x:v>43073</x:v>
+        <x:v>43096</x:v>
       </x:c>
       <x:c r="B2010" s="3">
-        <x:v>108416.12</x:v>
+        <x:v>108401.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2011" spans="1:2">
       <x:c r="A2011" s="2">
-        <x:v>43072</x:v>
+        <x:v>43095</x:v>
       </x:c>
       <x:c r="B2011" s="3">
-        <x:v>108416.46</x:v>
+        <x:v>108401.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2012" spans="1:2">
       <x:c r="A2012" s="2">
-        <x:v>43069</x:v>
+        <x:v>43090</x:v>
       </x:c>
       <x:c r="B2012" s="3">
-        <x:v>108420.87</x:v>
+        <x:v>108406.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2013" spans="1:2">
       <x:c r="A2013" s="2">
-        <x:v>43068</x:v>
+        <x:v>43089</x:v>
       </x:c>
       <x:c r="B2013" s="3">
-        <x:v>108421.4</x:v>
+        <x:v>108407.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2014" spans="1:2">
       <x:c r="A2014" s="2">
-        <x:v>43067</x:v>
+        <x:v>43088</x:v>
       </x:c>
       <x:c r="B2014" s="3">
-        <x:v>108422.28</x:v>
+        <x:v>108407.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2015" spans="1:2">
       <x:c r="A2015" s="2">
-        <x:v>43066</x:v>
+        <x:v>43087</x:v>
       </x:c>
       <x:c r="B2015" s="3">
-        <x:v>108423.23</x:v>
+        <x:v>108407.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2016" spans="1:2">
       <x:c r="A2016" s="2">
-        <x:v>43065</x:v>
+        <x:v>43086</x:v>
       </x:c>
       <x:c r="B2016" s="3">
-        <x:v>108423.83</x:v>
+        <x:v>108407.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2017" spans="1:2">
       <x:c r="A2017" s="2">
-        <x:v>43062</x:v>
+        <x:v>43083</x:v>
       </x:c>
       <x:c r="B2017" s="3">
-        <x:v>108426.09</x:v>
+        <x:v>108409.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2018" spans="1:2">
       <x:c r="A2018" s="2">
-        <x:v>43061</x:v>
+        <x:v>43082</x:v>
       </x:c>
       <x:c r="B2018" s="3">
-        <x:v>108426.83</x:v>
+        <x:v>108410.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2019" spans="1:2">
       <x:c r="A2019" s="2">
-        <x:v>43060</x:v>
+        <x:v>43081</x:v>
       </x:c>
       <x:c r="B2019" s="3">
-        <x:v>108427.54</x:v>
+        <x:v>108410.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2020" spans="1:2">
       <x:c r="A2020" s="2">
-        <x:v>43059</x:v>
+        <x:v>43080</x:v>
       </x:c>
       <x:c r="B2020" s="3">
-        <x:v>108428.19</x:v>
+        <x:v>108411.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2021" spans="1:2">
       <x:c r="A2021" s="2">
-        <x:v>43058</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="B2021" s="3">
-        <x:v>108428.85</x:v>
+        <x:v>108412.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2022" spans="1:2">
       <x:c r="A2022" s="2">
-        <x:v>43055</x:v>
+        <x:v>43076</x:v>
       </x:c>
       <x:c r="B2022" s="3">
-        <x:v>108431.61</x:v>
+        <x:v>108414.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2023" spans="1:2">
       <x:c r="A2023" s="2">
-        <x:v>43054</x:v>
+        <x:v>43075</x:v>
       </x:c>
       <x:c r="B2023" s="3">
-        <x:v>108432.34</x:v>
+        <x:v>108414.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2024" spans="1:2">
       <x:c r="A2024" s="2">
-        <x:v>43053</x:v>
+        <x:v>43074</x:v>
       </x:c>
       <x:c r="B2024" s="3">
-        <x:v>108433.4</x:v>
+        <x:v>108415.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2025" spans="1:2">
       <x:c r="A2025" s="2">
-        <x:v>43052</x:v>
+        <x:v>43073</x:v>
       </x:c>
       <x:c r="B2025" s="3">
-        <x:v>108434.3</x:v>
+        <x:v>108416.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2026" spans="1:2">
       <x:c r="A2026" s="2">
-        <x:v>43051</x:v>
+        <x:v>43072</x:v>
       </x:c>
       <x:c r="B2026" s="3">
-        <x:v>108435.27</x:v>
+        <x:v>108416.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2027" spans="1:2">
       <x:c r="A2027" s="2">
-        <x:v>43048</x:v>
+        <x:v>43069</x:v>
       </x:c>
       <x:c r="B2027" s="3">
-        <x:v>108437.46</x:v>
+        <x:v>108420.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2028" spans="1:2">
       <x:c r="A2028" s="2">
-        <x:v>43047</x:v>
+        <x:v>43068</x:v>
       </x:c>
       <x:c r="B2028" s="3">
-        <x:v>108438.1</x:v>
+        <x:v>108421.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2029" spans="1:2">
       <x:c r="A2029" s="2">
-        <x:v>43046</x:v>
+        <x:v>43067</x:v>
       </x:c>
       <x:c r="B2029" s="3">
-        <x:v>108438.72</x:v>
+        <x:v>108422.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2030" spans="1:2">
       <x:c r="A2030" s="2">
-        <x:v>43045</x:v>
+        <x:v>43066</x:v>
       </x:c>
       <x:c r="B2030" s="3">
-        <x:v>108439.46</x:v>
+        <x:v>108423.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2031" spans="1:2">
       <x:c r="A2031" s="2">
-        <x:v>43044</x:v>
+        <x:v>43065</x:v>
       </x:c>
       <x:c r="B2031" s="3">
-        <x:v>108439.73</x:v>
+        <x:v>108423.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2032" spans="1:2">
       <x:c r="A2032" s="2">
-        <x:v>43041</x:v>
+        <x:v>43062</x:v>
       </x:c>
       <x:c r="B2032" s="3">
-        <x:v>108441.97</x:v>
+        <x:v>108426.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2033" spans="1:2">
       <x:c r="A2033" s="2">
-        <x:v>43040</x:v>
+        <x:v>43061</x:v>
       </x:c>
       <x:c r="B2033" s="3">
-        <x:v>108443.08</x:v>
+        <x:v>108426.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2034" spans="1:2">
       <x:c r="A2034" s="2">
-        <x:v>43038</x:v>
+        <x:v>43060</x:v>
       </x:c>
       <x:c r="B2034" s="3">
-        <x:v>108444.24</x:v>
+        <x:v>108427.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2035" spans="1:2">
       <x:c r="A2035" s="2">
-        <x:v>43037</x:v>
+        <x:v>43059</x:v>
       </x:c>
       <x:c r="B2035" s="3">
-        <x:v>108445.08</x:v>
+        <x:v>108428.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2036" spans="1:2">
       <x:c r="A2036" s="2">
-        <x:v>43034</x:v>
+        <x:v>43058</x:v>
       </x:c>
       <x:c r="B2036" s="3">
-        <x:v>108446.75</x:v>
+        <x:v>108428.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2037" spans="1:2">
       <x:c r="A2037" s="2">
-        <x:v>43033</x:v>
+        <x:v>43055</x:v>
       </x:c>
       <x:c r="B2037" s="3">
-        <x:v>108447.05</x:v>
+        <x:v>108431.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2038" spans="1:2">
       <x:c r="A2038" s="2">
-        <x:v>43032</x:v>
+        <x:v>43054</x:v>
       </x:c>
       <x:c r="B2038" s="3">
-        <x:v>108447.31</x:v>
+        <x:v>108432.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2039" spans="1:2">
       <x:c r="A2039" s="2">
-        <x:v>43031</x:v>
+        <x:v>43053</x:v>
       </x:c>
       <x:c r="B2039" s="3">
-        <x:v>108447.34</x:v>
+        <x:v>108433.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2040" spans="1:2">
       <x:c r="A2040" s="2">
-        <x:v>43030</x:v>
+        <x:v>43052</x:v>
       </x:c>
       <x:c r="B2040" s="3">
-        <x:v>108447.82</x:v>
+        <x:v>108434.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2041" spans="1:2">
       <x:c r="A2041" s="2">
-        <x:v>43027</x:v>
+        <x:v>43051</x:v>
       </x:c>
       <x:c r="B2041" s="3">
-        <x:v>108449.55</x:v>
+        <x:v>108435.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2042" spans="1:2">
       <x:c r="A2042" s="2">
-        <x:v>43026</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="B2042" s="3">
-        <x:v>108450.09</x:v>
+        <x:v>108437.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2043" spans="1:2">
       <x:c r="A2043" s="2">
-        <x:v>43025</x:v>
+        <x:v>43047</x:v>
       </x:c>
       <x:c r="B2043" s="3">
-        <x:v>108450.66</x:v>
+        <x:v>108438.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2044" spans="1:2">
       <x:c r="A2044" s="2">
-        <x:v>43024</x:v>
+        <x:v>43046</x:v>
       </x:c>
       <x:c r="B2044" s="3">
-        <x:v>108451.51</x:v>
+        <x:v>108438.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2045" spans="1:2">
       <x:c r="A2045" s="2">
-        <x:v>43023</x:v>
+        <x:v>43045</x:v>
       </x:c>
       <x:c r="B2045" s="3">
-        <x:v>108451.92</x:v>
+        <x:v>108439.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2046" spans="1:2">
       <x:c r="A2046" s="2">
-        <x:v>43020</x:v>
+        <x:v>43044</x:v>
       </x:c>
       <x:c r="B2046" s="3">
-        <x:v>108454.47</x:v>
+        <x:v>108439.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2047" spans="1:2">
       <x:c r="A2047" s="2">
-        <x:v>43019</x:v>
+        <x:v>43041</x:v>
       </x:c>
       <x:c r="B2047" s="3">
-        <x:v>108455.47</x:v>
+        <x:v>108441.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2048" spans="1:2">
       <x:c r="A2048" s="2">
-        <x:v>43018</x:v>
+        <x:v>43040</x:v>
       </x:c>
       <x:c r="B2048" s="3">
-        <x:v>108456.45</x:v>
+        <x:v>108443.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2049" spans="1:2">
       <x:c r="A2049" s="2">
-        <x:v>43017</x:v>
+        <x:v>43038</x:v>
       </x:c>
       <x:c r="B2049" s="3">
-        <x:v>108456.93</x:v>
+        <x:v>108444.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2050" spans="1:2">
       <x:c r="A2050" s="2">
-        <x:v>43016</x:v>
+        <x:v>43037</x:v>
       </x:c>
       <x:c r="B2050" s="3">
-        <x:v>108457.88</x:v>
+        <x:v>108445.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2051" spans="1:2">
       <x:c r="A2051" s="2">
-        <x:v>43013</x:v>
+        <x:v>43034</x:v>
       </x:c>
       <x:c r="B2051" s="3">
-        <x:v>108460.34</x:v>
+        <x:v>108446.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2052" spans="1:2">
       <x:c r="A2052" s="2">
-        <x:v>43012</x:v>
+        <x:v>43033</x:v>
       </x:c>
       <x:c r="B2052" s="3">
-        <x:v>108461.28</x:v>
+        <x:v>108447.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2053" spans="1:2">
       <x:c r="A2053" s="2">
-        <x:v>43011</x:v>
+        <x:v>43032</x:v>
       </x:c>
       <x:c r="B2053" s="3">
-        <x:v>108461.84</x:v>
+        <x:v>108447.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2054" spans="1:2">
       <x:c r="A2054" s="2">
-        <x:v>43010</x:v>
+        <x:v>43031</x:v>
       </x:c>
       <x:c r="B2054" s="3">
-        <x:v>108462.64</x:v>
+        <x:v>108447.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2055" spans="1:2">
       <x:c r="A2055" s="2">
-        <x:v>43009</x:v>
+        <x:v>43030</x:v>
       </x:c>
       <x:c r="B2055" s="3">
-        <x:v>108462.65</x:v>
+        <x:v>108447.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2056" spans="1:2">
       <x:c r="A2056" s="2">
-        <x:v>43006</x:v>
+        <x:v>43027</x:v>
       </x:c>
       <x:c r="B2056" s="3">
-        <x:v>108465.14</x:v>
+        <x:v>108449.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2057" spans="1:2">
       <x:c r="A2057" s="2">
-        <x:v>43005</x:v>
+        <x:v>43026</x:v>
       </x:c>
       <x:c r="B2057" s="3">
-        <x:v>108465.7</x:v>
+        <x:v>108450.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2058" spans="1:2">
       <x:c r="A2058" s="2">
-        <x:v>43004</x:v>
+        <x:v>43025</x:v>
       </x:c>
       <x:c r="B2058" s="3">
-        <x:v>108466.22</x:v>
+        <x:v>108450.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2059" spans="1:2">
       <x:c r="A2059" s="2">
-        <x:v>43003</x:v>
+        <x:v>43024</x:v>
       </x:c>
       <x:c r="B2059" s="3">
-        <x:v>108466.68</x:v>
+        <x:v>108451.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2060" spans="1:2">
       <x:c r="A2060" s="2">
-        <x:v>43002</x:v>
+        <x:v>43023</x:v>
       </x:c>
       <x:c r="B2060" s="3">
-        <x:v>108467.24</x:v>
+        <x:v>108451.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2061" spans="1:2">
       <x:c r="A2061" s="2">
-        <x:v>42999</x:v>
+        <x:v>43020</x:v>
       </x:c>
       <x:c r="B2061" s="3">
-        <x:v>108468.84</x:v>
+        <x:v>108454.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2062" spans="1:2">
       <x:c r="A2062" s="2">
-        <x:v>42998</x:v>
+        <x:v>43019</x:v>
       </x:c>
       <x:c r="B2062" s="3">
-        <x:v>108469.52</x:v>
+        <x:v>108455.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2063" spans="1:2">
       <x:c r="A2063" s="2">
-        <x:v>42997</x:v>
+        <x:v>43018</x:v>
       </x:c>
       <x:c r="B2063" s="3">
-        <x:v>108470.1</x:v>
+        <x:v>108456.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2064" spans="1:2">
       <x:c r="A2064" s="2">
-        <x:v>42996</x:v>
+        <x:v>43017</x:v>
       </x:c>
       <x:c r="B2064" s="3">
-        <x:v>108470.37</x:v>
+        <x:v>108456.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2065" spans="1:2">
       <x:c r="A2065" s="2">
-        <x:v>42995</x:v>
+        <x:v>43016</x:v>
       </x:c>
       <x:c r="B2065" s="3">
-        <x:v>108471.37</x:v>
+        <x:v>108457.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2066" spans="1:2">
       <x:c r="A2066" s="2">
-        <x:v>42992</x:v>
+        <x:v>43013</x:v>
       </x:c>
       <x:c r="B2066" s="3">
-        <x:v>108473.95</x:v>
+        <x:v>108460.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2067" spans="1:2">
       <x:c r="A2067" s="2">
-        <x:v>42991</x:v>
+        <x:v>43012</x:v>
       </x:c>
       <x:c r="B2067" s="3">
-        <x:v>108474.2</x:v>
+        <x:v>108461.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2068" spans="1:2">
       <x:c r="A2068" s="2">
-        <x:v>42990</x:v>
+        <x:v>43011</x:v>
       </x:c>
       <x:c r="B2068" s="3">
-        <x:v>108474.95</x:v>
+        <x:v>108461.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2069" spans="1:2">
       <x:c r="A2069" s="2">
-        <x:v>42989</x:v>
+        <x:v>43010</x:v>
       </x:c>
       <x:c r="B2069" s="3">
-        <x:v>108475.55</x:v>
+        <x:v>108462.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2070" spans="1:2">
       <x:c r="A2070" s="2">
-        <x:v>42988</x:v>
+        <x:v>43009</x:v>
       </x:c>
       <x:c r="B2070" s="3">
-        <x:v>108476.11</x:v>
+        <x:v>108462.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2071" spans="1:2">
       <x:c r="A2071" s="2">
-        <x:v>42985</x:v>
+        <x:v>43006</x:v>
       </x:c>
       <x:c r="B2071" s="3">
-        <x:v>108477.92</x:v>
+        <x:v>108465.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2072" spans="1:2">
       <x:c r="A2072" s="2">
-        <x:v>42984</x:v>
+        <x:v>43005</x:v>
       </x:c>
       <x:c r="B2072" s="3">
-        <x:v>108478.35</x:v>
+        <x:v>108465.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2073" spans="1:2">
       <x:c r="A2073" s="2">
-        <x:v>42983</x:v>
+        <x:v>43004</x:v>
       </x:c>
       <x:c r="B2073" s="3">
-        <x:v>108478.91</x:v>
+        <x:v>108466.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2074" spans="1:2">
       <x:c r="A2074" s="2">
-        <x:v>42982</x:v>
+        <x:v>43003</x:v>
       </x:c>
       <x:c r="B2074" s="3">
-        <x:v>108479.52</x:v>
+        <x:v>108466.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2075" spans="1:2">
       <x:c r="A2075" s="2">
-        <x:v>42981</x:v>
+        <x:v>43002</x:v>
       </x:c>
       <x:c r="B2075" s="3">
-        <x:v>108480.36</x:v>
+        <x:v>108467.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2076" spans="1:2">
       <x:c r="A2076" s="2">
-        <x:v>42978</x:v>
+        <x:v>42999</x:v>
       </x:c>
       <x:c r="B2076" s="3">
-        <x:v>108482.2</x:v>
+        <x:v>108468.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2077" spans="1:2">
       <x:c r="A2077" s="2">
-        <x:v>42977</x:v>
+        <x:v>42998</x:v>
       </x:c>
       <x:c r="B2077" s="3">
-        <x:v>108483.1</x:v>
+        <x:v>108469.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2078" spans="1:2">
       <x:c r="A2078" s="2">
-        <x:v>42976</x:v>
+        <x:v>42997</x:v>
       </x:c>
       <x:c r="B2078" s="3">
-        <x:v>108483.87</x:v>
+        <x:v>108470.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2079" spans="1:2">
       <x:c r="A2079" s="2">
-        <x:v>42975</x:v>
+        <x:v>42996</x:v>
       </x:c>
       <x:c r="B2079" s="3">
-        <x:v>108484.51</x:v>
+        <x:v>108470.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2080" spans="1:2">
       <x:c r="A2080" s="2">
-        <x:v>42974</x:v>
+        <x:v>42995</x:v>
       </x:c>
       <x:c r="B2080" s="3">
-        <x:v>108485.24</x:v>
+        <x:v>108471.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2081" spans="1:2">
       <x:c r="A2081" s="2">
-        <x:v>42971</x:v>
+        <x:v>42992</x:v>
       </x:c>
       <x:c r="B2081" s="3">
-        <x:v>108487.16</x:v>
+        <x:v>108473.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2082" spans="1:2">
       <x:c r="A2082" s="2">
-        <x:v>42970</x:v>
+        <x:v>42991</x:v>
       </x:c>
       <x:c r="B2082" s="3">
-        <x:v>108487.83</x:v>
+        <x:v>108474.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2083" spans="1:2">
       <x:c r="A2083" s="2">
-        <x:v>42969</x:v>
+        <x:v>42990</x:v>
       </x:c>
       <x:c r="B2083" s="3">
-        <x:v>108488.59</x:v>
+        <x:v>108474.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2084" spans="1:2">
       <x:c r="A2084" s="2">
-        <x:v>42968</x:v>
+        <x:v>42989</x:v>
       </x:c>
       <x:c r="B2084" s="3">
-        <x:v>108489.37</x:v>
+        <x:v>108475.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2085" spans="1:2">
       <x:c r="A2085" s="2">
-        <x:v>42967</x:v>
+        <x:v>42988</x:v>
       </x:c>
       <x:c r="B2085" s="3">
-        <x:v>108489.08</x:v>
+        <x:v>108476.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2086" spans="1:2">
       <x:c r="A2086" s="2">
-        <x:v>42964</x:v>
+        <x:v>42985</x:v>
       </x:c>
       <x:c r="B2086" s="3">
-        <x:v>108491.02</x:v>
+        <x:v>108477.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2087" spans="1:2">
       <x:c r="A2087" s="2">
-        <x:v>42963</x:v>
+        <x:v>42984</x:v>
       </x:c>
       <x:c r="B2087" s="3">
-        <x:v>108491.39</x:v>
+        <x:v>108478.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2088" spans="1:2">
       <x:c r="A2088" s="2">
-        <x:v>42962</x:v>
+        <x:v>42983</x:v>
       </x:c>
       <x:c r="B2088" s="3">
-        <x:v>108492.04</x:v>
+        <x:v>108478.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2089" spans="1:2">
       <x:c r="A2089" s="2">
-        <x:v>42960</x:v>
+        <x:v>42982</x:v>
       </x:c>
       <x:c r="B2089" s="3">
-        <x:v>108492.66</x:v>
+        <x:v>108479.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2090" spans="1:2">
       <x:c r="A2090" s="2">
-        <x:v>42957</x:v>
+        <x:v>42981</x:v>
       </x:c>
       <x:c r="B2090" s="3">
-        <x:v>108494.21</x:v>
+        <x:v>108480.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2091" spans="1:2">
       <x:c r="A2091" s="2">
-        <x:v>42956</x:v>
+        <x:v>42978</x:v>
       </x:c>
       <x:c r="B2091" s="3">
-        <x:v>108494.79</x:v>
+        <x:v>108482.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2092" spans="1:2">
       <x:c r="A2092" s="2">
-        <x:v>42955</x:v>
+        <x:v>42977</x:v>
       </x:c>
       <x:c r="B2092" s="3">
-        <x:v>108495.46</x:v>
+        <x:v>108483.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2093" spans="1:2">
       <x:c r="A2093" s="2">
-        <x:v>42954</x:v>
+        <x:v>42976</x:v>
       </x:c>
       <x:c r="B2093" s="3">
-        <x:v>108495.91</x:v>
+        <x:v>108483.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2094" spans="1:2">
       <x:c r="A2094" s="2">
-        <x:v>42953</x:v>
+        <x:v>42975</x:v>
       </x:c>
       <x:c r="B2094" s="3">
-        <x:v>108496.45</x:v>
+        <x:v>108484.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2095" spans="1:2">
       <x:c r="A2095" s="2">
-        <x:v>42950</x:v>
+        <x:v>42974</x:v>
       </x:c>
       <x:c r="B2095" s="3">
-        <x:v>108498.14</x:v>
+        <x:v>108485.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2096" spans="1:2">
       <x:c r="A2096" s="2">
-        <x:v>42949</x:v>
+        <x:v>42971</x:v>
       </x:c>
       <x:c r="B2096" s="3">
-        <x:v>108498.77</x:v>
+        <x:v>108487.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2097" spans="1:2">
       <x:c r="A2097" s="2">
-        <x:v>42948</x:v>
+        <x:v>42970</x:v>
       </x:c>
       <x:c r="B2097" s="3">
-        <x:v>108499.38</x:v>
+        <x:v>108487.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2098" spans="1:2">
       <x:c r="A2098" s="2">
-        <x:v>42947</x:v>
+        <x:v>42969</x:v>
       </x:c>
       <x:c r="B2098" s="3">
-        <x:v>108499.87</x:v>
+        <x:v>108488.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2099" spans="1:2">
       <x:c r="A2099" s="2">
-        <x:v>42946</x:v>
+        <x:v>42968</x:v>
       </x:c>
       <x:c r="B2099" s="3">
-        <x:v>108500.77</x:v>
+        <x:v>108489.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2100" spans="1:2">
       <x:c r="A2100" s="2">
-        <x:v>42943</x:v>
+        <x:v>42967</x:v>
       </x:c>
       <x:c r="B2100" s="3">
-        <x:v>108502.83</x:v>
+        <x:v>108489.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2101" spans="1:2">
       <x:c r="A2101" s="2">
-        <x:v>42942</x:v>
+        <x:v>42964</x:v>
       </x:c>
       <x:c r="B2101" s="3">
-        <x:v>108503.48</x:v>
+        <x:v>108491.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2102" spans="1:2">
       <x:c r="A2102" s="2">
-        <x:v>42941</x:v>
+        <x:v>42963</x:v>
       </x:c>
       <x:c r="B2102" s="3">
-        <x:v>108504.35</x:v>
+        <x:v>108491.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2103" spans="1:2">
       <x:c r="A2103" s="2">
-        <x:v>42940</x:v>
+        <x:v>42962</x:v>
       </x:c>
       <x:c r="B2103" s="3">
-        <x:v>108504.93</x:v>
+        <x:v>108492.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2104" spans="1:2">
       <x:c r="A2104" s="2">
-        <x:v>42939</x:v>
+        <x:v>42960</x:v>
       </x:c>
       <x:c r="B2104" s="3">
-        <x:v>108505.53</x:v>
+        <x:v>108492.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2105" spans="1:2">
       <x:c r="A2105" s="2">
-        <x:v>42936</x:v>
+        <x:v>42957</x:v>
       </x:c>
       <x:c r="B2105" s="3">
-        <x:v>108507.31</x:v>
+        <x:v>108494.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2106" spans="1:2">
       <x:c r="A2106" s="2">
-        <x:v>42935</x:v>
+        <x:v>42956</x:v>
       </x:c>
       <x:c r="B2106" s="3">
-        <x:v>108507.78</x:v>
+        <x:v>108494.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2107" spans="1:2">
       <x:c r="A2107" s="2">
-        <x:v>42934</x:v>
+        <x:v>42955</x:v>
       </x:c>
       <x:c r="B2107" s="3">
-        <x:v>108508.49</x:v>
+        <x:v>108495.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2108" spans="1:2">
       <x:c r="A2108" s="2">
-        <x:v>42933</x:v>
+        <x:v>42954</x:v>
       </x:c>
       <x:c r="B2108" s="3">
-        <x:v>108508.82</x:v>
+        <x:v>108495.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2109" spans="1:2">
       <x:c r="A2109" s="2">
-        <x:v>42932</x:v>
+        <x:v>42953</x:v>
       </x:c>
       <x:c r="B2109" s="3">
-        <x:v>108509.19</x:v>
+        <x:v>108496.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2110" spans="1:2">
       <x:c r="A2110" s="2">
-        <x:v>42928</x:v>
+        <x:v>42950</x:v>
       </x:c>
       <x:c r="B2110" s="3">
-        <x:v>108511.4</x:v>
+        <x:v>108498.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2111" spans="1:2">
       <x:c r="A2111" s="2">
-        <x:v>42927</x:v>
+        <x:v>42949</x:v>
       </x:c>
       <x:c r="B2111" s="3">
-        <x:v>108511.53</x:v>
+        <x:v>108498.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2112" spans="1:2">
       <x:c r="A2112" s="2">
-        <x:v>42926</x:v>
+        <x:v>42948</x:v>
       </x:c>
       <x:c r="B2112" s="3">
-        <x:v>108512.14</x:v>
+        <x:v>108499.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2113" spans="1:2">
       <x:c r="A2113" s="2">
-        <x:v>42925</x:v>
+        <x:v>42947</x:v>
       </x:c>
       <x:c r="B2113" s="3">
-        <x:v>108512.65</x:v>
+        <x:v>108499.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2114" spans="1:2">
       <x:c r="A2114" s="2">
-        <x:v>42922</x:v>
+        <x:v>42946</x:v>
       </x:c>
       <x:c r="B2114" s="3">
-        <x:v>108514.25</x:v>
+        <x:v>108500.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2115" spans="1:2">
       <x:c r="A2115" s="2">
-        <x:v>42921</x:v>
+        <x:v>42943</x:v>
       </x:c>
       <x:c r="B2115" s="3">
-        <x:v>108514.4</x:v>
+        <x:v>108502.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2116" spans="1:2">
       <x:c r="A2116" s="2">
-        <x:v>42920</x:v>
+        <x:v>42942</x:v>
       </x:c>
       <x:c r="B2116" s="3">
-        <x:v>108514.98</x:v>
+        <x:v>108503.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2117" spans="1:2">
       <x:c r="A2117" s="2">
-        <x:v>42919</x:v>
+        <x:v>42941</x:v>
       </x:c>
       <x:c r="B2117" s="3">
-        <x:v>108515.22</x:v>
+        <x:v>108504.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2118" spans="1:2">
       <x:c r="A2118" s="2">
-        <x:v>42918</x:v>
+        <x:v>42940</x:v>
       </x:c>
       <x:c r="B2118" s="3">
-        <x:v>108515.99</x:v>
+        <x:v>108504.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2119" spans="1:2">
       <x:c r="A2119" s="2">
-        <x:v>42915</x:v>
+        <x:v>42939</x:v>
       </x:c>
       <x:c r="B2119" s="3">
-        <x:v>108518.25</x:v>
+        <x:v>108505.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2120" spans="1:2">
       <x:c r="A2120" s="2">
-        <x:v>42914</x:v>
+        <x:v>42936</x:v>
       </x:c>
       <x:c r="B2120" s="3">
-        <x:v>108519.25</x:v>
+        <x:v>108507.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2121" spans="1:2">
       <x:c r="A2121" s="2">
-        <x:v>42913</x:v>
+        <x:v>42935</x:v>
       </x:c>
       <x:c r="B2121" s="3">
-        <x:v>108520.11</x:v>
+        <x:v>108507.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2122" spans="1:2">
       <x:c r="A2122" s="2">
-        <x:v>42912</x:v>
+        <x:v>42934</x:v>
       </x:c>
       <x:c r="B2122" s="3">
-        <x:v>108520.55</x:v>
+        <x:v>108508.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2123" spans="1:2">
       <x:c r="A2123" s="2">
-        <x:v>42911</x:v>
+        <x:v>42933</x:v>
       </x:c>
       <x:c r="B2123" s="3">
-        <x:v>108520.82</x:v>
+        <x:v>108508.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2124" spans="1:2">
       <x:c r="A2124" s="2">
-        <x:v>42908</x:v>
+        <x:v>42932</x:v>
       </x:c>
       <x:c r="B2124" s="3">
-        <x:v>108522.25</x:v>
+        <x:v>108509.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2125" spans="1:2">
       <x:c r="A2125" s="2">
-        <x:v>42907</x:v>
+        <x:v>42928</x:v>
       </x:c>
       <x:c r="B2125" s="3">
-        <x:v>108522.73</x:v>
+        <x:v>108511.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2126" spans="1:2">
       <x:c r="A2126" s="2">
-        <x:v>42906</x:v>
+        <x:v>42927</x:v>
       </x:c>
       <x:c r="B2126" s="3">
-        <x:v>108522.95</x:v>
+        <x:v>108511.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2127" spans="1:2">
       <x:c r="A2127" s="2">
-        <x:v>42905</x:v>
+        <x:v>42926</x:v>
       </x:c>
       <x:c r="B2127" s="3">
-        <x:v>108523.39</x:v>
+        <x:v>108512.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2128" spans="1:2">
       <x:c r="A2128" s="2">
-        <x:v>42904</x:v>
+        <x:v>42925</x:v>
       </x:c>
       <x:c r="B2128" s="3">
-        <x:v>108523.71</x:v>
+        <x:v>108512.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2129" spans="1:2">
       <x:c r="A2129" s="2">
-        <x:v>42901</x:v>
+        <x:v>42922</x:v>
       </x:c>
       <x:c r="B2129" s="3">
-        <x:v>108525.93</x:v>
+        <x:v>108514.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2130" spans="1:2">
       <x:c r="A2130" s="2">
-        <x:v>42900</x:v>
+        <x:v>42921</x:v>
       </x:c>
       <x:c r="B2130" s="3">
-        <x:v>108526.42</x:v>
+        <x:v>108514.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2131" spans="1:2">
       <x:c r="A2131" s="2">
-        <x:v>42899</x:v>
+        <x:v>42920</x:v>
       </x:c>
       <x:c r="B2131" s="3">
-        <x:v>108526.77</x:v>
+        <x:v>108514.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2132" spans="1:2">
       <x:c r="A2132" s="2">
-        <x:v>42898</x:v>
+        <x:v>42919</x:v>
       </x:c>
       <x:c r="B2132" s="3">
-        <x:v>108527.35</x:v>
+        <x:v>108515.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2133" spans="1:2">
       <x:c r="A2133" s="2">
-        <x:v>42897</x:v>
+        <x:v>42918</x:v>
       </x:c>
       <x:c r="B2133" s="3">
-        <x:v>108527.53</x:v>
+        <x:v>108515.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2134" spans="1:2">
       <x:c r="A2134" s="2">
-        <x:v>42894</x:v>
+        <x:v>42915</x:v>
       </x:c>
       <x:c r="B2134" s="3">
-        <x:v>108528.92</x:v>
+        <x:v>108518.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2135" spans="1:2">
       <x:c r="A2135" s="2">
-        <x:v>42893</x:v>
+        <x:v>42914</x:v>
       </x:c>
       <x:c r="B2135" s="3">
-        <x:v>108529.67</x:v>
+        <x:v>108519.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2136" spans="1:2">
       <x:c r="A2136" s="2">
-        <x:v>42892</x:v>
+        <x:v>42913</x:v>
       </x:c>
       <x:c r="B2136" s="3">
-        <x:v>108529.95</x:v>
+        <x:v>108520.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2137" spans="1:2">
       <x:c r="A2137" s="2">
-        <x:v>42891</x:v>
+        <x:v>42912</x:v>
       </x:c>
       <x:c r="B2137" s="3">
-        <x:v>108530.29</x:v>
+        <x:v>108520.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2138" spans="1:2">
       <x:c r="A2138" s="2">
-        <x:v>42887</x:v>
+        <x:v>42911</x:v>
       </x:c>
       <x:c r="B2138" s="3">
-        <x:v>108532.19</x:v>
+        <x:v>108520.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2139" spans="1:2">
       <x:c r="A2139" s="2">
-        <x:v>42886</x:v>
+        <x:v>42908</x:v>
       </x:c>
       <x:c r="B2139" s="3">
-        <x:v>108532.66</x:v>
+        <x:v>108522.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2140" spans="1:2">
       <x:c r="A2140" s="2">
-        <x:v>42885</x:v>
+        <x:v>42907</x:v>
       </x:c>
       <x:c r="B2140" s="3">
-        <x:v>108533.3</x:v>
+        <x:v>108522.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2141" spans="1:2">
       <x:c r="A2141" s="2">
-        <x:v>42884</x:v>
+        <x:v>42906</x:v>
       </x:c>
       <x:c r="B2141" s="3">
-        <x:v>108533.59</x:v>
+        <x:v>108522.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2142" spans="1:2">
       <x:c r="A2142" s="2">
-        <x:v>42883</x:v>
+        <x:v>42905</x:v>
       </x:c>
       <x:c r="B2142" s="3">
-        <x:v>108534.21</x:v>
+        <x:v>108523.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2143" spans="1:2">
       <x:c r="A2143" s="2">
-        <x:v>42880</x:v>
+        <x:v>42904</x:v>
       </x:c>
       <x:c r="B2143" s="3">
-        <x:v>108535.13</x:v>
+        <x:v>108523.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2144" spans="1:2">
       <x:c r="A2144" s="2">
-        <x:v>42878</x:v>
+        <x:v>42901</x:v>
       </x:c>
       <x:c r="B2144" s="3">
-        <x:v>108536.04</x:v>
+        <x:v>108525.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2145" spans="1:2">
       <x:c r="A2145" s="2">
-        <x:v>42877</x:v>
+        <x:v>42900</x:v>
       </x:c>
       <x:c r="B2145" s="3">
-        <x:v>108536.68</x:v>
+        <x:v>108526.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2146" spans="1:2">
       <x:c r="A2146" s="2">
-        <x:v>42876</x:v>
+        <x:v>42899</x:v>
       </x:c>
       <x:c r="B2146" s="3">
-        <x:v>108537.47</x:v>
+        <x:v>108526.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2147" spans="1:2">
       <x:c r="A2147" s="2">
-        <x:v>42873</x:v>
+        <x:v>42898</x:v>
       </x:c>
       <x:c r="B2147" s="3">
-        <x:v>108538.77</x:v>
+        <x:v>108527.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2148" spans="1:2">
       <x:c r="A2148" s="2">
-        <x:v>42872</x:v>
+        <x:v>42897</x:v>
       </x:c>
       <x:c r="B2148" s="3">
-        <x:v>108538.99</x:v>
+        <x:v>108527.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2149" spans="1:2">
       <x:c r="A2149" s="2">
-        <x:v>42871</x:v>
+        <x:v>42894</x:v>
       </x:c>
       <x:c r="B2149" s="3">
-        <x:v>108539.22</x:v>
+        <x:v>108528.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2150" spans="1:2">
       <x:c r="A2150" s="2">
-        <x:v>42870</x:v>
+        <x:v>42893</x:v>
       </x:c>
       <x:c r="B2150" s="3">
-        <x:v>108539.43</x:v>
+        <x:v>108529.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2151" spans="1:2">
       <x:c r="A2151" s="2">
-        <x:v>42869</x:v>
+        <x:v>42892</x:v>
       </x:c>
       <x:c r="B2151" s="3">
-        <x:v>108540.11</x:v>
+        <x:v>108529.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2152" spans="1:2">
       <x:c r="A2152" s="2">
-        <x:v>42866</x:v>
+        <x:v>42891</x:v>
       </x:c>
       <x:c r="B2152" s="3">
-        <x:v>108541.86</x:v>
+        <x:v>108530.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2153" spans="1:2">
       <x:c r="A2153" s="2">
-        <x:v>42865</x:v>
+        <x:v>42887</x:v>
       </x:c>
       <x:c r="B2153" s="3">
-        <x:v>108541.9</x:v>
+        <x:v>108532.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2154" spans="1:2">
       <x:c r="A2154" s="2">
-        <x:v>42864</x:v>
+        <x:v>42886</x:v>
       </x:c>
       <x:c r="B2154" s="3">
-        <x:v>108542.44</x:v>
+        <x:v>108532.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2155" spans="1:2">
       <x:c r="A2155" s="2">
-        <x:v>42863</x:v>
+        <x:v>42885</x:v>
       </x:c>
       <x:c r="B2155" s="3">
-        <x:v>108542.93</x:v>
+        <x:v>108533.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2156" spans="1:2">
       <x:c r="A2156" s="2">
-        <x:v>42859</x:v>
+        <x:v>42884</x:v>
       </x:c>
       <x:c r="B2156" s="3">
-        <x:v>108545.34</x:v>
+        <x:v>108533.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2157" spans="1:2">
       <x:c r="A2157" s="2">
-        <x:v>42858</x:v>
+        <x:v>42883</x:v>
       </x:c>
       <x:c r="B2157" s="3">
-        <x:v>108545.53</x:v>
+        <x:v>108534.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2158" spans="1:2">
       <x:c r="A2158" s="2">
-        <x:v>42857</x:v>
+        <x:v>42880</x:v>
       </x:c>
       <x:c r="B2158" s="3">
-        <x:v>108546.02</x:v>
+        <x:v>108535.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2159" spans="1:2">
       <x:c r="A2159" s="2">
-        <x:v>42856</x:v>
+        <x:v>42878</x:v>
       </x:c>
       <x:c r="B2159" s="3">
-        <x:v>108546.54</x:v>
+        <x:v>108536.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2160" spans="1:2">
       <x:c r="A2160" s="2">
-        <x:v>42852</x:v>
+        <x:v>42877</x:v>
       </x:c>
       <x:c r="B2160" s="3">
-        <x:v>108547.63</x:v>
+        <x:v>108536.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2161" spans="1:2">
       <x:c r="A2161" s="2">
-        <x:v>42851</x:v>
+        <x:v>42876</x:v>
       </x:c>
       <x:c r="B2161" s="3">
-        <x:v>108548.39</x:v>
+        <x:v>108537.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2162" spans="1:2">
       <x:c r="A2162" s="2">
-        <x:v>42850</x:v>
+        <x:v>42873</x:v>
       </x:c>
       <x:c r="B2162" s="3">
-        <x:v>108549.19</x:v>
+        <x:v>108538.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2163" spans="1:2">
       <x:c r="A2163" s="2">
-        <x:v>42849</x:v>
+        <x:v>42872</x:v>
       </x:c>
       <x:c r="B2163" s="3">
-        <x:v>108549.62</x:v>
+        <x:v>108538.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2164" spans="1:2">
       <x:c r="A2164" s="2">
-        <x:v>42848</x:v>
+        <x:v>42871</x:v>
       </x:c>
       <x:c r="B2164" s="3">
-        <x:v>108549.8</x:v>
+        <x:v>108539.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2165" spans="1:2">
       <x:c r="A2165" s="2">
-        <x:v>42845</x:v>
+        <x:v>42870</x:v>
       </x:c>
       <x:c r="B2165" s="3">
-        <x:v>108552.4</x:v>
+        <x:v>108539.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2166" spans="1:2">
       <x:c r="A2166" s="2">
-        <x:v>42844</x:v>
+        <x:v>42869</x:v>
       </x:c>
       <x:c r="B2166" s="3">
-        <x:v>108552.7</x:v>
+        <x:v>108540.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2167" spans="1:2">
       <x:c r="A2167" s="2">
-        <x:v>42843</x:v>
+        <x:v>42866</x:v>
       </x:c>
       <x:c r="B2167" s="3">
-        <x:v>108552.82</x:v>
+        <x:v>108541.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2168" spans="1:2">
       <x:c r="A2168" s="2">
-        <x:v>42842</x:v>
+        <x:v>42865</x:v>
       </x:c>
       <x:c r="B2168" s="3">
-        <x:v>108552.94</x:v>
+        <x:v>108541.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2169" spans="1:2">
       <x:c r="A2169" s="2">
-        <x:v>42837</x:v>
+        <x:v>42864</x:v>
       </x:c>
       <x:c r="B2169" s="3">
-        <x:v>108554.39</x:v>
+        <x:v>108542.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2170" spans="1:2">
       <x:c r="A2170" s="2">
-        <x:v>42836</x:v>
+        <x:v>42863</x:v>
       </x:c>
       <x:c r="B2170" s="3">
-        <x:v>108554.57</x:v>
+        <x:v>108542.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2171" spans="1:2">
       <x:c r="A2171" s="2">
-        <x:v>42835</x:v>
+        <x:v>42859</x:v>
       </x:c>
       <x:c r="B2171" s="3">
-        <x:v>108554.73</x:v>
+        <x:v>108545.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2172" spans="1:2">
       <x:c r="A2172" s="2">
-        <x:v>42834</x:v>
+        <x:v>42858</x:v>
       </x:c>
       <x:c r="B2172" s="3">
-        <x:v>108554.72</x:v>
+        <x:v>108545.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2173" spans="1:2">
       <x:c r="A2173" s="2">
-        <x:v>42831</x:v>
+        <x:v>42857</x:v>
       </x:c>
       <x:c r="B2173" s="3">
-        <x:v>108556.1</x:v>
+        <x:v>108546.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2174" spans="1:2">
       <x:c r="A2174" s="2">
-        <x:v>42830</x:v>
+        <x:v>42856</x:v>
       </x:c>
       <x:c r="B2174" s="3">
-        <x:v>108556.26</x:v>
+        <x:v>108546.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2175" spans="1:2">
       <x:c r="A2175" s="2">
-        <x:v>42829</x:v>
+        <x:v>42852</x:v>
       </x:c>
       <x:c r="B2175" s="3">
-        <x:v>108556.64</x:v>
+        <x:v>108547.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2176" spans="1:2">
       <x:c r="A2176" s="2">
-        <x:v>42828</x:v>
+        <x:v>42851</x:v>
       </x:c>
       <x:c r="B2176" s="3">
-        <x:v>108556.81</x:v>
+        <x:v>108548.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2177" spans="1:2">
       <x:c r="A2177" s="2">
-        <x:v>42827</x:v>
+        <x:v>42850</x:v>
       </x:c>
       <x:c r="B2177" s="3">
-        <x:v>108557.06</x:v>
+        <x:v>108549.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2178" spans="1:2">
       <x:c r="A2178" s="2">
-        <x:v>42824</x:v>
+        <x:v>42849</x:v>
       </x:c>
       <x:c r="B2178" s="3">
-        <x:v>108557.97</x:v>
+        <x:v>108549.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2179" spans="1:2">
       <x:c r="A2179" s="2">
-        <x:v>42823</x:v>
+        <x:v>42848</x:v>
       </x:c>
       <x:c r="B2179" s="3">
-        <x:v>108558.14</x:v>
+        <x:v>108549.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2180" spans="1:2">
       <x:c r="A2180" s="2">
-        <x:v>42822</x:v>
+        <x:v>42845</x:v>
       </x:c>
       <x:c r="B2180" s="3">
-        <x:v>108558.39</x:v>
+        <x:v>108552.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2181" spans="1:2">
       <x:c r="A2181" s="2">
-        <x:v>42821</x:v>
+        <x:v>42844</x:v>
       </x:c>
       <x:c r="B2181" s="3">
-        <x:v>108558.64</x:v>
+        <x:v>108552.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2182" spans="1:2">
       <x:c r="A2182" s="2">
-        <x:v>42820</x:v>
+        <x:v>42843</x:v>
       </x:c>
       <x:c r="B2182" s="3">
-        <x:v>108558.89</x:v>
+        <x:v>108552.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2183" spans="1:2">
       <x:c r="A2183" s="2">
-        <x:v>42817</x:v>
+        <x:v>42842</x:v>
       </x:c>
       <x:c r="B2183" s="3">
-        <x:v>108559.76</x:v>
+        <x:v>108552.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2184" spans="1:2">
       <x:c r="A2184" s="2">
-        <x:v>42816</x:v>
+        <x:v>42837</x:v>
       </x:c>
       <x:c r="B2184" s="3">
-        <x:v>108559.99</x:v>
+        <x:v>108554.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2185" spans="1:2">
       <x:c r="A2185" s="2">
-        <x:v>42815</x:v>
+        <x:v>42836</x:v>
       </x:c>
       <x:c r="B2185" s="3">
-        <x:v>108560.03</x:v>
+        <x:v>108554.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2186" spans="1:2">
       <x:c r="A2186" s="2">
-        <x:v>42814</x:v>
+        <x:v>42835</x:v>
       </x:c>
       <x:c r="B2186" s="3">
-        <x:v>108560.13</x:v>
+        <x:v>108554.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2187" spans="1:2">
       <x:c r="A2187" s="2">
-        <x:v>42813</x:v>
+        <x:v>42834</x:v>
       </x:c>
       <x:c r="B2187" s="3">
-        <x:v>108560.83</x:v>
+        <x:v>108554.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2188" spans="1:2">
       <x:c r="A2188" s="2">
-        <x:v>42810</x:v>
+        <x:v>42831</x:v>
       </x:c>
       <x:c r="B2188" s="3">
-        <x:v>108562.97</x:v>
+        <x:v>108556.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2189" spans="1:2">
       <x:c r="A2189" s="2">
-        <x:v>42809</x:v>
+        <x:v>42830</x:v>
       </x:c>
       <x:c r="B2189" s="3">
-        <x:v>108563.27</x:v>
+        <x:v>108556.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2190" spans="1:2">
       <x:c r="A2190" s="2">
-        <x:v>42808</x:v>
+        <x:v>42829</x:v>
       </x:c>
       <x:c r="B2190" s="3">
-        <x:v>108564.22</x:v>
+        <x:v>108556.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2191" spans="1:2">
       <x:c r="A2191" s="2">
-        <x:v>42807</x:v>
+        <x:v>42828</x:v>
       </x:c>
       <x:c r="B2191" s="3">
-        <x:v>108564.87</x:v>
+        <x:v>108556.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2192" spans="1:2">
       <x:c r="A2192" s="2">
-        <x:v>42806</x:v>
+        <x:v>42827</x:v>
       </x:c>
       <x:c r="B2192" s="3">
-        <x:v>108565.13</x:v>
+        <x:v>108557.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2193" spans="1:2">
       <x:c r="A2193" s="2">
-        <x:v>42803</x:v>
+        <x:v>42824</x:v>
       </x:c>
       <x:c r="B2193" s="3">
-        <x:v>108566.14</x:v>
+        <x:v>108557.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2194" spans="1:2">
       <x:c r="A2194" s="2">
-        <x:v>42802</x:v>
+        <x:v>42823</x:v>
       </x:c>
       <x:c r="B2194" s="3">
-        <x:v>108566.34</x:v>
+        <x:v>108558.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2195" spans="1:2">
       <x:c r="A2195" s="2">
-        <x:v>42801</x:v>
+        <x:v>42822</x:v>
       </x:c>
       <x:c r="B2195" s="3">
-        <x:v>108566.42</x:v>
+        <x:v>108558.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2196" spans="1:2">
       <x:c r="A2196" s="2">
-        <x:v>42800</x:v>
+        <x:v>42821</x:v>
       </x:c>
       <x:c r="B2196" s="3">
-        <x:v>108566.83</x:v>
+        <x:v>108558.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2197" spans="1:2">
       <x:c r="A2197" s="2">
-        <x:v>42799</x:v>
+        <x:v>42820</x:v>
       </x:c>
       <x:c r="B2197" s="3">
-        <x:v>108567.01</x:v>
+        <x:v>108558.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2198" spans="1:2">
       <x:c r="A2198" s="2">
-        <x:v>42796</x:v>
+        <x:v>42817</x:v>
       </x:c>
       <x:c r="B2198" s="3">
-        <x:v>108566.97</x:v>
+        <x:v>108559.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2199" spans="1:2">
       <x:c r="A2199" s="2">
-        <x:v>42795</x:v>
+        <x:v>42816</x:v>
       </x:c>
       <x:c r="B2199" s="3">
-        <x:v>108567.02</x:v>
+        <x:v>108559.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2200" spans="1:2">
       <x:c r="A2200" s="2">
-        <x:v>42794</x:v>
+        <x:v>42815</x:v>
       </x:c>
       <x:c r="B2200" s="3">
-        <x:v>108567.3</x:v>
+        <x:v>108560.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2201" spans="1:2">
       <x:c r="A2201" s="2">
-        <x:v>42793</x:v>
+        <x:v>42814</x:v>
       </x:c>
       <x:c r="B2201" s="3">
-        <x:v>108567.4</x:v>
+        <x:v>108560.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2202" spans="1:2">
       <x:c r="A2202" s="2">
-        <x:v>42792</x:v>
+        <x:v>42813</x:v>
       </x:c>
       <x:c r="B2202" s="3">
-        <x:v>108567.38</x:v>
+        <x:v>108560.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2203" spans="1:2">
       <x:c r="A2203" s="2">
-        <x:v>42789</x:v>
+        <x:v>42810</x:v>
       </x:c>
       <x:c r="B2203" s="3">
-        <x:v>108567.84</x:v>
+        <x:v>108562.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2204" spans="1:2">
       <x:c r="A2204" s="2">
-        <x:v>42788</x:v>
+        <x:v>42809</x:v>
       </x:c>
       <x:c r="B2204" s="3">
-        <x:v>108567.89</x:v>
+        <x:v>108563.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2205" spans="1:2">
       <x:c r="A2205" s="2">
-        <x:v>42787</x:v>
+        <x:v>42808</x:v>
       </x:c>
       <x:c r="B2205" s="3">
-        <x:v>108568.24</x:v>
+        <x:v>108564.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2206" spans="1:2">
       <x:c r="A2206" s="2">
-        <x:v>42786</x:v>
+        <x:v>42807</x:v>
       </x:c>
       <x:c r="B2206" s="3">
-        <x:v>108568.51</x:v>
+        <x:v>108564.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2207" spans="1:2">
       <x:c r="A2207" s="2">
-        <x:v>42785</x:v>
+        <x:v>42806</x:v>
       </x:c>
       <x:c r="B2207" s="3">
-        <x:v>108568.66</x:v>
+        <x:v>108565.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2208" spans="1:2">
       <x:c r="A2208" s="2">
-        <x:v>42782</x:v>
+        <x:v>42803</x:v>
       </x:c>
       <x:c r="B2208" s="3">
-        <x:v>108569.79</x:v>
+        <x:v>108566.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2209" spans="1:2">
       <x:c r="A2209" s="2">
-        <x:v>42781</x:v>
+        <x:v>42802</x:v>
       </x:c>
       <x:c r="B2209" s="3">
-        <x:v>108570.02</x:v>
+        <x:v>108566.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2210" spans="1:2">
       <x:c r="A2210" s="2">
-        <x:v>42780</x:v>
+        <x:v>42801</x:v>
       </x:c>
       <x:c r="B2210" s="3">
-        <x:v>108570.24</x:v>
+        <x:v>108566.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2211" spans="1:2">
       <x:c r="A2211" s="2">
-        <x:v>42779</x:v>
+        <x:v>42800</x:v>
       </x:c>
       <x:c r="B2211" s="3">
-        <x:v>108570.23</x:v>
+        <x:v>108566.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2212" spans="1:2">
       <x:c r="A2212" s="2">
-        <x:v>42778</x:v>
+        <x:v>42799</x:v>
       </x:c>
       <x:c r="B2212" s="3">
-        <x:v>108570.77</x:v>
+        <x:v>108567.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2213" spans="1:2">
       <x:c r="A2213" s="2">
-        <x:v>42775</x:v>
+        <x:v>42796</x:v>
       </x:c>
       <x:c r="B2213" s="3">
-        <x:v>108571.04</x:v>
+        <x:v>108566.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2214" spans="1:2">
       <x:c r="A2214" s="2">
-        <x:v>42774</x:v>
+        <x:v>42795</x:v>
       </x:c>
       <x:c r="B2214" s="3">
-        <x:v>108571.21</x:v>
+        <x:v>108567.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2215" spans="1:2">
       <x:c r="A2215" s="2">
-        <x:v>42773</x:v>
+        <x:v>42794</x:v>
       </x:c>
       <x:c r="B2215" s="3">
-        <x:v>108571.44</x:v>
+        <x:v>108567.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2216" spans="1:2">
       <x:c r="A2216" s="2">
-        <x:v>42772</x:v>
+        <x:v>42793</x:v>
       </x:c>
       <x:c r="B2216" s="3">
-        <x:v>108571.89</x:v>
+        <x:v>108567.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2217" spans="1:2">
       <x:c r="A2217" s="2">
-        <x:v>42771</x:v>
+        <x:v>42792</x:v>
       </x:c>
       <x:c r="B2217" s="3">
-        <x:v>108572.1</x:v>
+        <x:v>108567.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2218" spans="1:2">
       <x:c r="A2218" s="2">
-        <x:v>42768</x:v>
+        <x:v>42789</x:v>
       </x:c>
       <x:c r="B2218" s="3">
-        <x:v>108573.01</x:v>
+        <x:v>108567.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2219" spans="1:2">
       <x:c r="A2219" s="2">
-        <x:v>42767</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="B2219" s="3">
-        <x:v>108573.29</x:v>
+        <x:v>108567.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2220" spans="1:2">
       <x:c r="A2220" s="2">
-        <x:v>42766</x:v>
+        <x:v>42787</x:v>
       </x:c>
       <x:c r="B2220" s="3">
-        <x:v>108573.56</x:v>
+        <x:v>108568.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2221" spans="1:2">
       <x:c r="A2221" s="2">
-        <x:v>42765</x:v>
+        <x:v>42786</x:v>
       </x:c>
       <x:c r="B2221" s="3">
-        <x:v>108573.76</x:v>
+        <x:v>108568.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2222" spans="1:2">
       <x:c r="A2222" s="2">
-        <x:v>42764</x:v>
+        <x:v>42785</x:v>
       </x:c>
       <x:c r="B2222" s="3">
-        <x:v>108574.08</x:v>
+        <x:v>108568.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2223" spans="1:2">
       <x:c r="A2223" s="2">
-        <x:v>42761</x:v>
+        <x:v>42782</x:v>
       </x:c>
       <x:c r="B2223" s="3">
-        <x:v>108575.51</x:v>
+        <x:v>108569.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2224" spans="1:2">
       <x:c r="A2224" s="2">
-        <x:v>42760</x:v>
+        <x:v>42781</x:v>
       </x:c>
       <x:c r="B2224" s="3">
-        <x:v>108575.71</x:v>
+        <x:v>108570.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2225" spans="1:2">
       <x:c r="A2225" s="2">
-        <x:v>42759</x:v>
+        <x:v>42780</x:v>
       </x:c>
       <x:c r="B2225" s="3">
-        <x:v>108575.97</x:v>
+        <x:v>108570.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2226" spans="1:2">
       <x:c r="A2226" s="2">
-        <x:v>42758</x:v>
+        <x:v>42779</x:v>
       </x:c>
       <x:c r="B2226" s="3">
-        <x:v>108576.14</x:v>
+        <x:v>108570.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2227" spans="1:2">
       <x:c r="A2227" s="2">
-        <x:v>42757</x:v>
+        <x:v>42778</x:v>
       </x:c>
       <x:c r="B2227" s="3">
-        <x:v>108576.37</x:v>
+        <x:v>108570.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2228" spans="1:2">
       <x:c r="A2228" s="2">
-        <x:v>42754</x:v>
+        <x:v>42775</x:v>
       </x:c>
       <x:c r="B2228" s="3">
-        <x:v>108577.29</x:v>
+        <x:v>108571.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2229" spans="1:2">
       <x:c r="A2229" s="2">
-        <x:v>42753</x:v>
+        <x:v>42774</x:v>
       </x:c>
       <x:c r="B2229" s="3">
-        <x:v>108577.5</x:v>
+        <x:v>108571.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2230" spans="1:2">
       <x:c r="A2230" s="2">
-        <x:v>42752</x:v>
+        <x:v>42773</x:v>
       </x:c>
       <x:c r="B2230" s="3">
-        <x:v>108577.69</x:v>
+        <x:v>108571.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2231" spans="1:2">
       <x:c r="A2231" s="2">
-        <x:v>42751</x:v>
+        <x:v>42772</x:v>
       </x:c>
       <x:c r="B2231" s="3">
-        <x:v>108577.8</x:v>
+        <x:v>108571.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2232" spans="1:2">
       <x:c r="A2232" s="2">
-        <x:v>42750</x:v>
+        <x:v>42771</x:v>
       </x:c>
       <x:c r="B2232" s="3">
-        <x:v>108578.62</x:v>
+        <x:v>108572.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2233" spans="1:2">
       <x:c r="A2233" s="2">
-        <x:v>42747</x:v>
+        <x:v>42768</x:v>
       </x:c>
       <x:c r="B2233" s="3">
-        <x:v>108579.2</x:v>
+        <x:v>108573.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2234" spans="1:2">
       <x:c r="A2234" s="2">
-        <x:v>42746</x:v>
+        <x:v>42767</x:v>
       </x:c>
       <x:c r="B2234" s="3">
-        <x:v>108579.37</x:v>
+        <x:v>108573.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2235" spans="1:2">
       <x:c r="A2235" s="2">
-        <x:v>42745</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="B2235" s="3">
-        <x:v>108579.65</x:v>
+        <x:v>108573.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2236" spans="1:2">
       <x:c r="A2236" s="2">
-        <x:v>42744</x:v>
+        <x:v>42765</x:v>
       </x:c>
       <x:c r="B2236" s="3">
-        <x:v>108579.72</x:v>
+        <x:v>108573.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2237" spans="1:2">
       <x:c r="A2237" s="2">
-        <x:v>42743</x:v>
+        <x:v>42764</x:v>
       </x:c>
       <x:c r="B2237" s="3">
-        <x:v>108579.71</x:v>
+        <x:v>108574.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2238" spans="1:2">
       <x:c r="A2238" s="2">
-        <x:v>42740</x:v>
+        <x:v>42761</x:v>
       </x:c>
       <x:c r="B2238" s="3">
-        <x:v>108581.79</x:v>
+        <x:v>108575.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2239" spans="1:2">
       <x:c r="A2239" s="2">
-        <x:v>42739</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="B2239" s="3">
-        <x:v>108581.87</x:v>
+        <x:v>108575.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2240" spans="1:2">
       <x:c r="A2240" s="2">
-        <x:v>42738</x:v>
+        <x:v>42759</x:v>
       </x:c>
       <x:c r="B2240" s="3">
-        <x:v>108582.05</x:v>
+        <x:v>108575.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2241" spans="1:2">
       <x:c r="A2241" s="2">
-        <x:v>42737</x:v>
+        <x:v>42758</x:v>
       </x:c>
       <x:c r="B2241" s="3">
-        <x:v>108582.17</x:v>
+        <x:v>108576.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2242" spans="1:2">
       <x:c r="A2242" s="2">
-        <x:v>42736</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="B2242" s="3">
-        <x:v>108582.36</x:v>
+        <x:v>108576.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2243" spans="1:2">
       <x:c r="A2243" s="2">
-        <x:v>42733</x:v>
+        <x:v>42754</x:v>
       </x:c>
       <x:c r="B2243" s="3">
-        <x:v>108582.48</x:v>
+        <x:v>108577.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2244" spans="1:2">
       <x:c r="A2244" s="2">
-        <x:v>42732</x:v>
+        <x:v>42753</x:v>
       </x:c>
       <x:c r="B2244" s="3">
-        <x:v>108582.43</x:v>
+        <x:v>108577.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2245" spans="1:2">
       <x:c r="A2245" s="2">
-        <x:v>42731</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="B2245" s="3">
-        <x:v>108582.48</x:v>
+        <x:v>108577.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2246" spans="1:2">
       <x:c r="A2246" s="2">
-        <x:v>42730</x:v>
+        <x:v>42751</x:v>
       </x:c>
       <x:c r="B2246" s="3">
-        <x:v>108582.32</x:v>
+        <x:v>108577.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2247" spans="1:2">
       <x:c r="A2247" s="2">
-        <x:v>42726</x:v>
+        <x:v>42750</x:v>
       </x:c>
       <x:c r="B2247" s="3">
-        <x:v>108584.93</x:v>
+        <x:v>108578.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2248" spans="1:2">
       <x:c r="A2248" s="2">
-        <x:v>42725</x:v>
+        <x:v>42747</x:v>
       </x:c>
       <x:c r="B2248" s="3">
-        <x:v>108584.95</x:v>
+        <x:v>108579.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2249" spans="1:2">
       <x:c r="A2249" s="2">
-        <x:v>42724</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="B2249" s="3">
-        <x:v>108585.1</x:v>
+        <x:v>108579.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2250" spans="1:2">
       <x:c r="A2250" s="2">
-        <x:v>42723</x:v>
+        <x:v>42745</x:v>
       </x:c>
       <x:c r="B2250" s="3">
-        <x:v>108585.19</x:v>
+        <x:v>108579.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2251" spans="1:2">
       <x:c r="A2251" s="2">
-        <x:v>42722</x:v>
+        <x:v>42744</x:v>
       </x:c>
       <x:c r="B2251" s="3">
-        <x:v>108585.3</x:v>
+        <x:v>108579.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2252" spans="1:2">
       <x:c r="A2252" s="2">
-        <x:v>42719</x:v>
+        <x:v>42743</x:v>
       </x:c>
       <x:c r="B2252" s="3">
-        <x:v>108585.58</x:v>
+        <x:v>108579.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2253" spans="1:2">
       <x:c r="A2253" s="2">
-        <x:v>42718</x:v>
+        <x:v>42740</x:v>
       </x:c>
       <x:c r="B2253" s="3">
-        <x:v>108585.66</x:v>
+        <x:v>108581.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2254" spans="1:2">
       <x:c r="A2254" s="2">
-        <x:v>42717</x:v>
+        <x:v>42739</x:v>
       </x:c>
       <x:c r="B2254" s="3">
-        <x:v>108585.61</x:v>
+        <x:v>108581.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2255" spans="1:2">
       <x:c r="A2255" s="2">
-        <x:v>42716</x:v>
+        <x:v>42738</x:v>
       </x:c>
       <x:c r="B2255" s="3">
-        <x:v>108585.68</x:v>
+        <x:v>108582.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2256" spans="1:2">
       <x:c r="A2256" s="2">
-        <x:v>42715</x:v>
+        <x:v>42737</x:v>
       </x:c>
       <x:c r="B2256" s="3">
-        <x:v>108585.28</x:v>
+        <x:v>108582.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2257" spans="1:2">
       <x:c r="A2257" s="2">
-        <x:v>42712</x:v>
+        <x:v>42736</x:v>
       </x:c>
       <x:c r="B2257" s="3">
-        <x:v>108584.29</x:v>
+        <x:v>108582.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2258" spans="1:2">
       <x:c r="A2258" s="2">
-        <x:v>42711</x:v>
+        <x:v>42733</x:v>
       </x:c>
       <x:c r="B2258" s="3">
-        <x:v>108584.93</x:v>
+        <x:v>108582.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2259" spans="1:2">
       <x:c r="A2259" s="2">
-        <x:v>42710</x:v>
+        <x:v>42732</x:v>
       </x:c>
       <x:c r="B2259" s="3">
-        <x:v>108584.62</x:v>
+        <x:v>108582.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2260" spans="1:2">
       <x:c r="A2260" s="2">
-        <x:v>42709</x:v>
+        <x:v>42731</x:v>
       </x:c>
       <x:c r="B2260" s="3">
-        <x:v>108585.71</x:v>
+        <x:v>108582.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2261" spans="1:2">
       <x:c r="A2261" s="2">
-        <x:v>42708</x:v>
+        <x:v>42730</x:v>
       </x:c>
       <x:c r="B2261" s="3">
-        <x:v>108585.9</x:v>
+        <x:v>108582.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2262" spans="1:2">
       <x:c r="A2262" s="2">
-        <x:v>42705</x:v>
+        <x:v>42726</x:v>
       </x:c>
       <x:c r="B2262" s="3">
-        <x:v>108589.55</x:v>
+        <x:v>108584.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2263" spans="1:2">
       <x:c r="A2263" s="2">
-        <x:v>42704</x:v>
+        <x:v>42725</x:v>
       </x:c>
       <x:c r="B2263" s="3">
-        <x:v>108589.67</x:v>
+        <x:v>108584.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2264" spans="1:2">
       <x:c r="A2264" s="2">
-        <x:v>42703</x:v>
+        <x:v>42724</x:v>
       </x:c>
       <x:c r="B2264" s="3">
-        <x:v>108590.01</x:v>
+        <x:v>108585.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2265" spans="1:2">
       <x:c r="A2265" s="2">
-        <x:v>42702</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="B2265" s="3">
-        <x:v>108590.29</x:v>
+        <x:v>108585.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2266" spans="1:2">
       <x:c r="A2266" s="2">
-        <x:v>42701</x:v>
+        <x:v>42722</x:v>
       </x:c>
       <x:c r="B2266" s="3">
-        <x:v>108590.86</x:v>
+        <x:v>108585.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2267" spans="1:2">
       <x:c r="A2267" s="2">
-        <x:v>42698</x:v>
+        <x:v>42719</x:v>
       </x:c>
       <x:c r="B2267" s="3">
-        <x:v>108591.78</x:v>
+        <x:v>108585.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2268" spans="1:2">
       <x:c r="A2268" s="2">
-        <x:v>42697</x:v>
+        <x:v>42718</x:v>
       </x:c>
       <x:c r="B2268" s="3">
-        <x:v>108592.06</x:v>
+        <x:v>108585.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2269" spans="1:2">
       <x:c r="A2269" s="2">
-        <x:v>42696</x:v>
+        <x:v>42717</x:v>
       </x:c>
       <x:c r="B2269" s="3">
-        <x:v>108592.1</x:v>
+        <x:v>108585.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2270" spans="1:2">
       <x:c r="A2270" s="2">
-        <x:v>42695</x:v>
+        <x:v>42716</x:v>
       </x:c>
       <x:c r="B2270" s="3">
-        <x:v>108592.16</x:v>
+        <x:v>108585.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2271" spans="1:2">
       <x:c r="A2271" s="2">
-        <x:v>42694</x:v>
+        <x:v>42715</x:v>
       </x:c>
       <x:c r="B2271" s="3">
-        <x:v>108592.28</x:v>
+        <x:v>108585.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2272" spans="1:2">
       <x:c r="A2272" s="2">
-        <x:v>42691</x:v>
+        <x:v>42712</x:v>
       </x:c>
       <x:c r="B2272" s="3">
-        <x:v>108592.86</x:v>
+        <x:v>108584.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2273" spans="1:2">
       <x:c r="A2273" s="2">
-        <x:v>42690</x:v>
+        <x:v>42711</x:v>
       </x:c>
       <x:c r="B2273" s="3">
-        <x:v>108593.42</x:v>
+        <x:v>108584.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2274" spans="1:2">
       <x:c r="A2274" s="2">
-        <x:v>42689</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="B2274" s="3">
-        <x:v>108593.41</x:v>
+        <x:v>108584.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2275" spans="1:2">
       <x:c r="A2275" s="2">
-        <x:v>42688</x:v>
+        <x:v>42709</x:v>
       </x:c>
       <x:c r="B2275" s="3">
-        <x:v>108593.84</x:v>
+        <x:v>108585.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2276" spans="1:2">
       <x:c r="A2276" s="2">
-        <x:v>42687</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="B2276" s="3">
-        <x:v>108594.4</x:v>
+        <x:v>108585.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2277" spans="1:2">
       <x:c r="A2277" s="2">
-        <x:v>42683</x:v>
+        <x:v>42705</x:v>
       </x:c>
       <x:c r="B2277" s="3">
-        <x:v>108594.62</x:v>
+        <x:v>108589.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2278" spans="1:2">
       <x:c r="A2278" s="2">
-        <x:v>42682</x:v>
+        <x:v>42704</x:v>
       </x:c>
       <x:c r="B2278" s="3">
-        <x:v>108594.66</x:v>
+        <x:v>108589.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2279" spans="1:2">
       <x:c r="A2279" s="2">
-        <x:v>42681</x:v>
+        <x:v>42703</x:v>
       </x:c>
       <x:c r="B2279" s="3">
-        <x:v>108594.59</x:v>
+        <x:v>108590.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2280" spans="1:2">
       <x:c r="A2280" s="2">
-        <x:v>42680</x:v>
+        <x:v>42702</x:v>
       </x:c>
       <x:c r="B2280" s="3">
-        <x:v>108594.5</x:v>
+        <x:v>108590.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2281" spans="1:2">
       <x:c r="A2281" s="2">
-        <x:v>42677</x:v>
+        <x:v>42701</x:v>
       </x:c>
       <x:c r="B2281" s="3">
-        <x:v>108594.22</x:v>
+        <x:v>108590.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2282" spans="1:2">
       <x:c r="A2282" s="2">
-        <x:v>42676</x:v>
+        <x:v>42698</x:v>
       </x:c>
       <x:c r="B2282" s="3">
-        <x:v>108594.41</x:v>
+        <x:v>108591.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2283" spans="1:2">
       <x:c r="A2283" s="2">
-        <x:v>42675</x:v>
+        <x:v>42697</x:v>
       </x:c>
       <x:c r="B2283" s="3">
-        <x:v>108594.36</x:v>
+        <x:v>108592.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2284" spans="1:2">
       <x:c r="A2284" s="2">
-        <x:v>42673</x:v>
+        <x:v>42696</x:v>
       </x:c>
       <x:c r="B2284" s="3">
-        <x:v>108594.59</x:v>
+        <x:v>108592.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2285" spans="1:2">
       <x:c r="A2285" s="2">
-        <x:v>42670</x:v>
+        <x:v>42695</x:v>
       </x:c>
       <x:c r="B2285" s="3">
-        <x:v>108595.16</x:v>
+        <x:v>108592.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2286" spans="1:2">
       <x:c r="A2286" s="2">
-        <x:v>42669</x:v>
+        <x:v>42694</x:v>
       </x:c>
       <x:c r="B2286" s="3">
-        <x:v>108595.27</x:v>
+        <x:v>108592.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2287" spans="1:2">
       <x:c r="A2287" s="2">
-        <x:v>42668</x:v>
+        <x:v>42691</x:v>
       </x:c>
       <x:c r="B2287" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108592.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2288" spans="1:2">
       <x:c r="A2288" s="2">
-        <x:v>42667</x:v>
+        <x:v>42690</x:v>
       </x:c>
       <x:c r="B2288" s="3">
-        <x:v>108595.38</x:v>
+        <x:v>108593.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2289" spans="1:2">
       <x:c r="A2289" s="2">
-        <x:v>42666</x:v>
+        <x:v>42689</x:v>
       </x:c>
       <x:c r="B2289" s="3">
-        <x:v>108595.41</x:v>
+        <x:v>108593.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2290" spans="1:2">
       <x:c r="A2290" s="2">
-        <x:v>42663</x:v>
+        <x:v>42688</x:v>
       </x:c>
       <x:c r="B2290" s="3">
-        <x:v>108595.51</x:v>
+        <x:v>108593.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2291" spans="1:2">
       <x:c r="A2291" s="2">
-        <x:v>42662</x:v>
+        <x:v>42687</x:v>
       </x:c>
       <x:c r="B2291" s="3">
-        <x:v>108595.44</x:v>
+        <x:v>108594.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2292" spans="1:2">
       <x:c r="A2292" s="2">
-        <x:v>42661</x:v>
+        <x:v>42683</x:v>
       </x:c>
       <x:c r="B2292" s="3">
-        <x:v>108595.25</x:v>
+        <x:v>108594.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2293" spans="1:2">
       <x:c r="A2293" s="2">
-        <x:v>42660</x:v>
+        <x:v>42682</x:v>
       </x:c>
       <x:c r="B2293" s="3">
-        <x:v>108595.22</x:v>
+        <x:v>108594.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2294" spans="1:2">
       <x:c r="A2294" s="2">
-        <x:v>42659</x:v>
+        <x:v>42681</x:v>
       </x:c>
       <x:c r="B2294" s="3">
-        <x:v>108595.13</x:v>
+        <x:v>108594.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2295" spans="1:2">
       <x:c r="A2295" s="2">
-        <x:v>42656</x:v>
+        <x:v>42680</x:v>
       </x:c>
       <x:c r="B2295" s="3">
-        <x:v>108594.69</x:v>
+        <x:v>108594.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2296" spans="1:2">
       <x:c r="A2296" s="2">
-        <x:v>42655</x:v>
+        <x:v>42677</x:v>
       </x:c>
       <x:c r="B2296" s="3">
-        <x:v>108594.54</x:v>
+        <x:v>108594.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2297" spans="1:2">
       <x:c r="A2297" s="2">
-        <x:v>42654</x:v>
+        <x:v>42676</x:v>
       </x:c>
       <x:c r="B2297" s="3">
-        <x:v>108594.21</x:v>
+        <x:v>108594.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2298" spans="1:2">
       <x:c r="A2298" s="2">
-        <x:v>42653</x:v>
+        <x:v>42675</x:v>
       </x:c>
       <x:c r="B2298" s="3">
-        <x:v>108594.21</x:v>
+        <x:v>108594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2299" spans="1:2">
       <x:c r="A2299" s="2">
-        <x:v>42652</x:v>
+        <x:v>42673</x:v>
       </x:c>
       <x:c r="B2299" s="3">
-        <x:v>108594.19</x:v>
+        <x:v>108594.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2300" spans="1:2">
       <x:c r="A2300" s="2">
-        <x:v>42649</x:v>
+        <x:v>42670</x:v>
       </x:c>
       <x:c r="B2300" s="3">
-        <x:v>108593.96</x:v>
+        <x:v>108595.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2301" spans="1:2">
       <x:c r="A2301" s="2">
-        <x:v>42648</x:v>
+        <x:v>42669</x:v>
       </x:c>
       <x:c r="B2301" s="3">
-        <x:v>108593.85</x:v>
+        <x:v>108595.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2302" spans="1:2">
       <x:c r="A2302" s="2">
-        <x:v>42647</x:v>
+        <x:v>42668</x:v>
       </x:c>
       <x:c r="B2302" s="3">
-        <x:v>108593.57</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2303" spans="1:2">
       <x:c r="A2303" s="2">
-        <x:v>42646</x:v>
+        <x:v>42667</x:v>
       </x:c>
       <x:c r="B2303" s="3">
-        <x:v>108593.41</x:v>
+        <x:v>108595.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2304" spans="1:2">
       <x:c r="A2304" s="2">
-        <x:v>42645</x:v>
+        <x:v>42666</x:v>
       </x:c>
       <x:c r="B2304" s="3">
-        <x:v>108593.81</x:v>
+        <x:v>108595.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2305" spans="1:2">
       <x:c r="A2305" s="2">
-        <x:v>42642</x:v>
+        <x:v>42663</x:v>
       </x:c>
       <x:c r="B2305" s="3">
-        <x:v>108595.34</x:v>
+        <x:v>108595.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2306" spans="1:2">
       <x:c r="A2306" s="2">
-        <x:v>42641</x:v>
+        <x:v>42662</x:v>
       </x:c>
       <x:c r="B2306" s="3">
-        <x:v>108595.33</x:v>
+        <x:v>108595.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2307" spans="1:2">
       <x:c r="A2307" s="2">
-        <x:v>42640</x:v>
+        <x:v>42661</x:v>
       </x:c>
       <x:c r="B2307" s="3">
-        <x:v>108595.64</x:v>
+        <x:v>108595.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2308" spans="1:2">
       <x:c r="A2308" s="2">
-        <x:v>42639</x:v>
+        <x:v>42660</x:v>
       </x:c>
       <x:c r="B2308" s="3">
-        <x:v>108595.67</x:v>
+        <x:v>108595.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2309" spans="1:2">
       <x:c r="A2309" s="2">
-        <x:v>42638</x:v>
+        <x:v>42659</x:v>
       </x:c>
       <x:c r="B2309" s="3">
-        <x:v>108595.6</x:v>
+        <x:v>108595.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2310" spans="1:2">
       <x:c r="A2310" s="2">
-        <x:v>42635</x:v>
+        <x:v>42656</x:v>
       </x:c>
       <x:c r="B2310" s="3">
-        <x:v>108595.62</x:v>
+        <x:v>108594.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2311" spans="1:2">
       <x:c r="A2311" s="2">
-        <x:v>42634</x:v>
+        <x:v>42655</x:v>
       </x:c>
       <x:c r="B2311" s="3">
-        <x:v>108595.72</x:v>
+        <x:v>108594.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2312" spans="1:2">
       <x:c r="A2312" s="2">
-        <x:v>42633</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="B2312" s="3">
-        <x:v>108595.67</x:v>
+        <x:v>108594.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2313" spans="1:2">
       <x:c r="A2313" s="2">
-        <x:v>42632</x:v>
+        <x:v>42653</x:v>
       </x:c>
       <x:c r="B2313" s="3">
-        <x:v>108595.53</x:v>
+        <x:v>108594.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2314" spans="1:2">
       <x:c r="A2314" s="2">
-        <x:v>42631</x:v>
+        <x:v>42652</x:v>
       </x:c>
       <x:c r="B2314" s="3">
-        <x:v>108595.61</x:v>
+        <x:v>108594.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2315" spans="1:2">
       <x:c r="A2315" s="2">
-        <x:v>42628</x:v>
+        <x:v>42649</x:v>
       </x:c>
       <x:c r="B2315" s="3">
-        <x:v>108595.49</x:v>
+        <x:v>108593.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2316" spans="1:2">
       <x:c r="A2316" s="2">
-        <x:v>42627</x:v>
+        <x:v>42648</x:v>
       </x:c>
       <x:c r="B2316" s="3">
-        <x:v>108595.44</x:v>
+        <x:v>108593.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2317" spans="1:2">
       <x:c r="A2317" s="2">
-        <x:v>42626</x:v>
+        <x:v>42647</x:v>
       </x:c>
       <x:c r="B2317" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108593.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2318" spans="1:2">
       <x:c r="A2318" s="2">
-        <x:v>42625</x:v>
+        <x:v>42646</x:v>
       </x:c>
       <x:c r="B2318" s="3">
-        <x:v>108595.22</x:v>
+        <x:v>108593.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2319" spans="1:2">
       <x:c r="A2319" s="2">
-        <x:v>42624</x:v>
+        <x:v>42645</x:v>
       </x:c>
       <x:c r="B2319" s="3">
-        <x:v>108595.51</x:v>
+        <x:v>108593.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2320" spans="1:2">
       <x:c r="A2320" s="2">
-        <x:v>42621</x:v>
+        <x:v>42642</x:v>
       </x:c>
       <x:c r="B2320" s="3">
-        <x:v>108595.43</x:v>
+        <x:v>108595.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2321" spans="1:2">
       <x:c r="A2321" s="2">
-        <x:v>42620</x:v>
+        <x:v>42641</x:v>
       </x:c>
       <x:c r="B2321" s="3">
-        <x:v>108595.39</x:v>
+        <x:v>108595.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2322" spans="1:2">
       <x:c r="A2322" s="2">
-        <x:v>42619</x:v>
+        <x:v>42640</x:v>
       </x:c>
       <x:c r="B2322" s="3">
-        <x:v>108595.41</x:v>
+        <x:v>108595.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2323" spans="1:2">
       <x:c r="A2323" s="2">
-        <x:v>42618</x:v>
+        <x:v>42639</x:v>
       </x:c>
       <x:c r="B2323" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108595.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2324" spans="1:2">
       <x:c r="A2324" s="2">
-        <x:v>42617</x:v>
+        <x:v>42638</x:v>
       </x:c>
       <x:c r="B2324" s="3">
-        <x:v>108595.33</x:v>
+        <x:v>108595.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2325" spans="1:2">
       <x:c r="A2325" s="2">
-        <x:v>42614</x:v>
+        <x:v>42635</x:v>
       </x:c>
       <x:c r="B2325" s="3">
-        <x:v>108595.35</x:v>
+        <x:v>108595.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2326" spans="1:2">
       <x:c r="A2326" s="2">
-        <x:v>42613</x:v>
+        <x:v>42634</x:v>
       </x:c>
       <x:c r="B2326" s="3">
-        <x:v>108595.3</x:v>
+        <x:v>108595.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2327" spans="1:2">
       <x:c r="A2327" s="2">
-        <x:v>42612</x:v>
+        <x:v>42633</x:v>
       </x:c>
       <x:c r="B2327" s="3">
-        <x:v>108595.2</x:v>
+        <x:v>108595.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2328" spans="1:2">
       <x:c r="A2328" s="2">
-        <x:v>42611</x:v>
+        <x:v>42632</x:v>
       </x:c>
       <x:c r="B2328" s="3">
-        <x:v>108595.12</x:v>
+        <x:v>108595.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2329" spans="1:2">
       <x:c r="A2329" s="2">
-        <x:v>42610</x:v>
+        <x:v>42631</x:v>
       </x:c>
       <x:c r="B2329" s="3">
-        <x:v>108595.11</x:v>
+        <x:v>108595.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2330" spans="1:2">
       <x:c r="A2330" s="2">
-        <x:v>42607</x:v>
+        <x:v>42628</x:v>
       </x:c>
       <x:c r="B2330" s="3">
-        <x:v>108595.02</x:v>
+        <x:v>108595.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2331" spans="1:2">
       <x:c r="A2331" s="2">
-        <x:v>42606</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="B2331" s="3">
-        <x:v>108595.11</x:v>
+        <x:v>108595.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2332" spans="1:2">
       <x:c r="A2332" s="2">
-        <x:v>42605</x:v>
+        <x:v>42626</x:v>
       </x:c>
       <x:c r="B2332" s="3">
-        <x:v>108595.11</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2333" spans="1:2">
       <x:c r="A2333" s="2">
-        <x:v>42604</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="B2333" s="3">
-        <x:v>108595.06</x:v>
+        <x:v>108595.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2334" spans="1:2">
       <x:c r="A2334" s="2">
-        <x:v>42603</x:v>
+        <x:v>42624</x:v>
       </x:c>
       <x:c r="B2334" s="3">
-        <x:v>108595.02</x:v>
+        <x:v>108595.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2335" spans="1:2">
       <x:c r="A2335" s="2">
-        <x:v>42600</x:v>
+        <x:v>42621</x:v>
       </x:c>
       <x:c r="B2335" s="3">
-        <x:v>108594.94</x:v>
+        <x:v>108595.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2336" spans="1:2">
       <x:c r="A2336" s="2">
-        <x:v>42599</x:v>
+        <x:v>42620</x:v>
       </x:c>
       <x:c r="B2336" s="3">
-        <x:v>108594.89</x:v>
+        <x:v>108595.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2337" spans="1:2">
       <x:c r="A2337" s="2">
-        <x:v>42598</x:v>
+        <x:v>42619</x:v>
       </x:c>
       <x:c r="B2337" s="3">
-        <x:v>108594.85</x:v>
+        <x:v>108595.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2338" spans="1:2">
       <x:c r="A2338" s="2">
-        <x:v>42597</x:v>
+        <x:v>42618</x:v>
       </x:c>
       <x:c r="B2338" s="3">
-        <x:v>108594.81</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2339" spans="1:2">
       <x:c r="A2339" s="2">
-        <x:v>42593</x:v>
+        <x:v>42617</x:v>
       </x:c>
       <x:c r="B2339" s="3">
-        <x:v>108594.71</x:v>
+        <x:v>108595.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2340" spans="1:2">
       <x:c r="A2340" s="2">
-        <x:v>42592</x:v>
+        <x:v>42614</x:v>
       </x:c>
       <x:c r="B2340" s="3">
-        <x:v>108594.66</x:v>
+        <x:v>108595.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2341" spans="1:2">
       <x:c r="A2341" s="2">
-        <x:v>42591</x:v>
+        <x:v>42613</x:v>
       </x:c>
       <x:c r="B2341" s="3">
-        <x:v>108594.58</x:v>
+        <x:v>108595.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2342" spans="1:2">
       <x:c r="A2342" s="2">
-        <x:v>42590</x:v>
+        <x:v>42612</x:v>
       </x:c>
       <x:c r="B2342" s="3">
-        <x:v>108594.56</x:v>
+        <x:v>108595.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2343" spans="1:2">
       <x:c r="A2343" s="2">
-        <x:v>42589</x:v>
+        <x:v>42611</x:v>
       </x:c>
       <x:c r="B2343" s="3">
-        <x:v>108594.54</x:v>
+        <x:v>108595.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2344" spans="1:2">
       <x:c r="A2344" s="2">
-        <x:v>42586</x:v>
+        <x:v>42610</x:v>
       </x:c>
       <x:c r="B2344" s="3">
-        <x:v>108594.49</x:v>
+        <x:v>108595.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2345" spans="1:2">
       <x:c r="A2345" s="2">
-        <x:v>42585</x:v>
+        <x:v>42607</x:v>
       </x:c>
       <x:c r="B2345" s="3">
-        <x:v>108594.47</x:v>
+        <x:v>108595.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2346" spans="1:2">
       <x:c r="A2346" s="2">
-        <x:v>42584</x:v>
+        <x:v>42606</x:v>
       </x:c>
       <x:c r="B2346" s="3">
-        <x:v>108594.39</x:v>
+        <x:v>108595.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2347" spans="1:2">
       <x:c r="A2347" s="2">
-        <x:v>42583</x:v>
+        <x:v>42605</x:v>
       </x:c>
       <x:c r="B2347" s="3">
-        <x:v>108594.36</x:v>
+        <x:v>108595.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2348" spans="1:2">
       <x:c r="A2348" s="2">
-        <x:v>42582</x:v>
+        <x:v>42604</x:v>
       </x:c>
       <x:c r="B2348" s="3">
-        <x:v>108594.33</x:v>
+        <x:v>108595.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2349" spans="1:2">
       <x:c r="A2349" s="2">
-        <x:v>42579</x:v>
+        <x:v>42603</x:v>
       </x:c>
       <x:c r="B2349" s="3">
-        <x:v>108594.25</x:v>
+        <x:v>108595.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2350" spans="1:2">
       <x:c r="A2350" s="2">
-        <x:v>42578</x:v>
+        <x:v>42600</x:v>
       </x:c>
       <x:c r="B2350" s="3">
-        <x:v>108594.12</x:v>
+        <x:v>108594.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2351" spans="1:2">
       <x:c r="A2351" s="2">
-        <x:v>42577</x:v>
+        <x:v>42599</x:v>
       </x:c>
       <x:c r="B2351" s="3">
-        <x:v>108594.1</x:v>
+        <x:v>108594.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2352" spans="1:2">
       <x:c r="A2352" s="2">
-        <x:v>42576</x:v>
+        <x:v>42598</x:v>
       </x:c>
       <x:c r="B2352" s="3">
-        <x:v>108594.07</x:v>
+        <x:v>108594.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2353" spans="1:2">
       <x:c r="A2353" s="2">
-        <x:v>42575</x:v>
+        <x:v>42597</x:v>
       </x:c>
       <x:c r="B2353" s="3">
-        <x:v>108594.01</x:v>
+        <x:v>108594.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2354" spans="1:2">
       <x:c r="A2354" s="2">
-        <x:v>42572</x:v>
+        <x:v>42593</x:v>
       </x:c>
       <x:c r="B2354" s="3">
-        <x:v>108593.94</x:v>
+        <x:v>108594.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2355" spans="1:2">
       <x:c r="A2355" s="2">
-        <x:v>42571</x:v>
+        <x:v>42592</x:v>
       </x:c>
       <x:c r="B2355" s="3">
-        <x:v>108593.92</x:v>
+        <x:v>108594.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2356" spans="1:2">
       <x:c r="A2356" s="2">
-        <x:v>42570</x:v>
+        <x:v>42591</x:v>
       </x:c>
       <x:c r="B2356" s="3">
-        <x:v>108593.92</x:v>
+        <x:v>108594.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2357" spans="1:2">
       <x:c r="A2357" s="2">
-        <x:v>42569</x:v>
+        <x:v>42590</x:v>
       </x:c>
       <x:c r="B2357" s="3">
-        <x:v>108593.83</x:v>
+        <x:v>108594.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2358" spans="1:2">
       <x:c r="A2358" s="2">
-        <x:v>42568</x:v>
+        <x:v>42589</x:v>
       </x:c>
       <x:c r="B2358" s="3">
-        <x:v>108593.83</x:v>
+        <x:v>108594.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2359" spans="1:2">
       <x:c r="A2359" s="2">
-        <x:v>42565</x:v>
+        <x:v>42586</x:v>
       </x:c>
       <x:c r="B2359" s="3">
-        <x:v>108593.78</x:v>
+        <x:v>108594.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2360" spans="1:2">
       <x:c r="A2360" s="2">
-        <x:v>42563</x:v>
+        <x:v>42585</x:v>
       </x:c>
       <x:c r="B2360" s="3">
-        <x:v>108593.84</x:v>
+        <x:v>108594.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2361" spans="1:2">
       <x:c r="A2361" s="2">
-        <x:v>42562</x:v>
+        <x:v>42584</x:v>
       </x:c>
       <x:c r="B2361" s="3">
-        <x:v>108593.84</x:v>
+        <x:v>108594.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2362" spans="1:2">
       <x:c r="A2362" s="2">
-        <x:v>42561</x:v>
+        <x:v>42583</x:v>
       </x:c>
       <x:c r="B2362" s="3">
-        <x:v>108593.78</x:v>
+        <x:v>108594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2363" spans="1:2">
       <x:c r="A2363" s="2">
-        <x:v>42558</x:v>
+        <x:v>42582</x:v>
       </x:c>
       <x:c r="B2363" s="3">
-        <x:v>108593.73</x:v>
+        <x:v>108594.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2364" spans="1:2">
       <x:c r="A2364" s="2">
-        <x:v>42557</x:v>
+        <x:v>42579</x:v>
       </x:c>
       <x:c r="B2364" s="3">
-        <x:v>108593.66</x:v>
+        <x:v>108594.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2365" spans="1:2">
       <x:c r="A2365" s="2">
-        <x:v>42556</x:v>
+        <x:v>42578</x:v>
       </x:c>
       <x:c r="B2365" s="3">
-        <x:v>108593.6</x:v>
+        <x:v>108594.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2366" spans="1:2">
       <x:c r="A2366" s="2">
-        <x:v>42555</x:v>
+        <x:v>42577</x:v>
       </x:c>
       <x:c r="B2366" s="3">
-        <x:v>108593.55</x:v>
+        <x:v>108594.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2367" spans="1:2">
       <x:c r="A2367" s="2">
-        <x:v>42554</x:v>
+        <x:v>42576</x:v>
       </x:c>
       <x:c r="B2367" s="3">
-        <x:v>108593.52</x:v>
+        <x:v>108594.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2368" spans="1:2">
       <x:c r="A2368" s="2">
-        <x:v>42551</x:v>
+        <x:v>42575</x:v>
       </x:c>
       <x:c r="B2368" s="3">
-        <x:v>108593.49</x:v>
+        <x:v>108594.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2369" spans="1:2">
       <x:c r="A2369" s="2">
-        <x:v>42550</x:v>
+        <x:v>42572</x:v>
       </x:c>
       <x:c r="B2369" s="3">
-        <x:v>108593.45</x:v>
+        <x:v>108593.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2370" spans="1:2">
       <x:c r="A2370" s="2">
-        <x:v>42549</x:v>
+        <x:v>42571</x:v>
       </x:c>
       <x:c r="B2370" s="3">
-        <x:v>108593.44</x:v>
+        <x:v>108593.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2371" spans="1:2">
       <x:c r="A2371" s="2">
-        <x:v>42548</x:v>
+        <x:v>42570</x:v>
       </x:c>
       <x:c r="B2371" s="3">
-        <x:v>108593.41</x:v>
+        <x:v>108593.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2372" spans="1:2">
       <x:c r="A2372" s="2">
-        <x:v>42547</x:v>
+        <x:v>42569</x:v>
       </x:c>
       <x:c r="B2372" s="3">
-        <x:v>108593.33</x:v>
+        <x:v>108593.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2373" spans="1:2">
       <x:c r="A2373" s="2">
-        <x:v>42544</x:v>
+        <x:v>42568</x:v>
       </x:c>
       <x:c r="B2373" s="3">
-        <x:v>108593.28</x:v>
+        <x:v>108593.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2374" spans="1:2">
       <x:c r="A2374" s="2">
-        <x:v>42543</x:v>
+        <x:v>42565</x:v>
       </x:c>
       <x:c r="B2374" s="3">
-        <x:v>108593.24</x:v>
+        <x:v>108593.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2375" spans="1:2">
       <x:c r="A2375" s="2">
-        <x:v>42542</x:v>
+        <x:v>42563</x:v>
       </x:c>
       <x:c r="B2375" s="3">
-        <x:v>108593.18</x:v>
+        <x:v>108593.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2376" spans="1:2">
       <x:c r="A2376" s="2">
-        <x:v>42541</x:v>
+        <x:v>42562</x:v>
       </x:c>
       <x:c r="B2376" s="3">
-        <x:v>108593.16</x:v>
+        <x:v>108593.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2377" spans="1:2">
       <x:c r="A2377" s="2">
-        <x:v>42540</x:v>
+        <x:v>42561</x:v>
       </x:c>
       <x:c r="B2377" s="3">
-        <x:v>108593.15</x:v>
+        <x:v>108593.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2378" spans="1:2">
       <x:c r="A2378" s="2">
-        <x:v>42537</x:v>
+        <x:v>42558</x:v>
       </x:c>
       <x:c r="B2378" s="3">
-        <x:v>108593.06</x:v>
+        <x:v>108593.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2379" spans="1:2">
       <x:c r="A2379" s="2">
-        <x:v>42536</x:v>
+        <x:v>42557</x:v>
       </x:c>
       <x:c r="B2379" s="3">
-        <x:v>108593.03</x:v>
+        <x:v>108593.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2380" spans="1:2">
       <x:c r="A2380" s="2">
-        <x:v>42535</x:v>
+        <x:v>42556</x:v>
       </x:c>
       <x:c r="B2380" s="3">
-        <x:v>108593.01</x:v>
+        <x:v>108593.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2381" spans="1:2">
       <x:c r="A2381" s="2">
-        <x:v>42534</x:v>
+        <x:v>42555</x:v>
       </x:c>
       <x:c r="B2381" s="3">
-        <x:v>108593.01</x:v>
+        <x:v>108593.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2382" spans="1:2">
       <x:c r="A2382" s="2">
-        <x:v>42533</x:v>
+        <x:v>42554</x:v>
       </x:c>
       <x:c r="B2382" s="3">
-        <x:v>108592.96</x:v>
+        <x:v>108593.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2383" spans="1:2">
       <x:c r="A2383" s="2">
-        <x:v>42530</x:v>
+        <x:v>42551</x:v>
       </x:c>
       <x:c r="B2383" s="3">
-        <x:v>108592.84</x:v>
+        <x:v>108593.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2384" spans="1:2">
       <x:c r="A2384" s="2">
-        <x:v>42529</x:v>
+        <x:v>42550</x:v>
       </x:c>
       <x:c r="B2384" s="3">
-        <x:v>108592.77</x:v>
+        <x:v>108593.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2385" spans="1:2">
       <x:c r="A2385" s="2">
-        <x:v>42528</x:v>
+        <x:v>42549</x:v>
       </x:c>
       <x:c r="B2385" s="3">
-        <x:v>108592.71</x:v>
+        <x:v>108593.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2386" spans="1:2">
       <x:c r="A2386" s="2">
-        <x:v>42527</x:v>
+        <x:v>42548</x:v>
       </x:c>
       <x:c r="B2386" s="3">
-        <x:v>108592.65</x:v>
+        <x:v>108593.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2387" spans="1:2">
       <x:c r="A2387" s="2">
-        <x:v>42526</x:v>
+        <x:v>42547</x:v>
       </x:c>
       <x:c r="B2387" s="3">
-        <x:v>108592.56</x:v>
+        <x:v>108593.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2388" spans="1:2">
       <x:c r="A2388" s="2">
-        <x:v>42523</x:v>
+        <x:v>42544</x:v>
       </x:c>
       <x:c r="B2388" s="3">
-        <x:v>108592.43</x:v>
+        <x:v>108593.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2389" spans="1:2">
       <x:c r="A2389" s="2">
-        <x:v>42522</x:v>
+        <x:v>42543</x:v>
       </x:c>
       <x:c r="B2389" s="3">
-        <x:v>108592.36</x:v>
+        <x:v>108593.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2390" spans="1:2">
       <x:c r="A2390" s="2">
-        <x:v>42521</x:v>
+        <x:v>42542</x:v>
       </x:c>
       <x:c r="B2390" s="3">
-        <x:v>108592.3</x:v>
+        <x:v>108593.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2391" spans="1:2">
       <x:c r="A2391" s="2">
-        <x:v>42520</x:v>
+        <x:v>42541</x:v>
       </x:c>
       <x:c r="B2391" s="3">
-        <x:v>108592.27</x:v>
+        <x:v>108593.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2392" spans="1:2">
       <x:c r="A2392" s="2">
-        <x:v>42519</x:v>
+        <x:v>42540</x:v>
       </x:c>
       <x:c r="B2392" s="3">
-        <x:v>108592.2</x:v>
+        <x:v>108593.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2393" spans="1:2">
       <x:c r="A2393" s="2">
-        <x:v>42516</x:v>
+        <x:v>42537</x:v>
       </x:c>
       <x:c r="B2393" s="3">
-        <x:v>108592.06</x:v>
+        <x:v>108593.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2394" spans="1:2">
       <x:c r="A2394" s="2">
-        <x:v>42515</x:v>
+        <x:v>42536</x:v>
       </x:c>
       <x:c r="B2394" s="3">
-        <x:v>108592.05</x:v>
+        <x:v>108593.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2395" spans="1:2">
       <x:c r="A2395" s="2">
-        <x:v>42514</x:v>
+        <x:v>42535</x:v>
       </x:c>
       <x:c r="B2395" s="3">
-        <x:v>108591.94</x:v>
+        <x:v>108593.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2396" spans="1:2">
       <x:c r="A2396" s="2">
-        <x:v>42513</x:v>
+        <x:v>42534</x:v>
       </x:c>
       <x:c r="B2396" s="3">
-        <x:v>108591.89</x:v>
+        <x:v>108593.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2397" spans="1:2">
       <x:c r="A2397" s="2">
-        <x:v>42512</x:v>
+        <x:v>42533</x:v>
       </x:c>
       <x:c r="B2397" s="3">
-        <x:v>108591.83</x:v>
+        <x:v>108592.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2398" spans="1:2">
       <x:c r="A2398" s="2">
-        <x:v>42509</x:v>
+        <x:v>42530</x:v>
       </x:c>
       <x:c r="B2398" s="3">
-        <x:v>108591.7</x:v>
+        <x:v>108592.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2399" spans="1:2">
       <x:c r="A2399" s="2">
-        <x:v>42508</x:v>
+        <x:v>42529</x:v>
       </x:c>
       <x:c r="B2399" s="3">
-        <x:v>108591.61</x:v>
+        <x:v>108592.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2400" spans="1:2">
       <x:c r="A2400" s="2">
-        <x:v>42507</x:v>
+        <x:v>42528</x:v>
       </x:c>
       <x:c r="B2400" s="3">
-        <x:v>108591.53</x:v>
+        <x:v>108592.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2401" spans="1:2">
       <x:c r="A2401" s="2">
-        <x:v>42506</x:v>
+        <x:v>42527</x:v>
       </x:c>
       <x:c r="B2401" s="3">
-        <x:v>108591.37</x:v>
+        <x:v>108592.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2402" spans="1:2">
       <x:c r="A2402" s="2">
-        <x:v>42502</x:v>
+        <x:v>42526</x:v>
       </x:c>
       <x:c r="B2402" s="3">
-        <x:v>108591.06</x:v>
+        <x:v>108592.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2403" spans="1:2">
       <x:c r="A2403" s="2">
-        <x:v>42501</x:v>
+        <x:v>42523</x:v>
       </x:c>
       <x:c r="B2403" s="3">
-        <x:v>108590.89</x:v>
+        <x:v>108592.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2404" spans="1:2">
       <x:c r="A2404" s="2">
-        <x:v>42500</x:v>
+        <x:v>42522</x:v>
       </x:c>
       <x:c r="B2404" s="3">
-        <x:v>108590.71</x:v>
+        <x:v>108592.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2405" spans="1:2">
       <x:c r="A2405" s="2">
-        <x:v>42499</x:v>
+        <x:v>42521</x:v>
       </x:c>
       <x:c r="B2405" s="3">
-        <x:v>108590.6</x:v>
+        <x:v>108592.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2406" spans="1:2">
       <x:c r="A2406" s="2">
-        <x:v>42498</x:v>
+        <x:v>42520</x:v>
       </x:c>
       <x:c r="B2406" s="3">
-        <x:v>108590.37</x:v>
+        <x:v>108592.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2407" spans="1:2">
       <x:c r="A2407" s="2">
-        <x:v>42495</x:v>
+        <x:v>42519</x:v>
       </x:c>
       <x:c r="B2407" s="3">
-        <x:v>108590.11</x:v>
+        <x:v>108592.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2408" spans="1:2">
       <x:c r="A2408" s="2">
-        <x:v>42493</x:v>
+        <x:v>42516</x:v>
       </x:c>
       <x:c r="B2408" s="3">
-        <x:v>108589.9</x:v>
+        <x:v>108592.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2409" spans="1:2">
       <x:c r="A2409" s="2">
-        <x:v>42492</x:v>
+        <x:v>42515</x:v>
       </x:c>
       <x:c r="B2409" s="3">
-        <x:v>108589.73</x:v>
+        <x:v>108592.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2410" spans="1:2">
       <x:c r="A2410" s="2">
-        <x:v>42491</x:v>
+        <x:v>42514</x:v>
       </x:c>
       <x:c r="B2410" s="3">
-        <x:v>108589.6</x:v>
+        <x:v>108591.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2411" spans="1:2">
       <x:c r="A2411" s="2">
-        <x:v>42488</x:v>
+        <x:v>42513</x:v>
       </x:c>
       <x:c r="B2411" s="3">
-        <x:v>108589.4</x:v>
+        <x:v>108591.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2412" spans="1:2">
       <x:c r="A2412" s="2">
-        <x:v>42487</x:v>
+        <x:v>42512</x:v>
       </x:c>
       <x:c r="B2412" s="3">
-        <x:v>108589.28</x:v>
+        <x:v>108591.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2413" spans="1:2">
       <x:c r="A2413" s="2">
-        <x:v>42486</x:v>
+        <x:v>42509</x:v>
       </x:c>
       <x:c r="B2413" s="3">
-        <x:v>108589.19</x:v>
+        <x:v>108591.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2414" spans="1:2">
       <x:c r="A2414" s="2">
-        <x:v>42485</x:v>
+        <x:v>42508</x:v>
       </x:c>
       <x:c r="B2414" s="3">
-        <x:v>108589.12</x:v>
+        <x:v>108591.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2415" spans="1:2">
       <x:c r="A2415" s="2">
-        <x:v>42484</x:v>
+        <x:v>42507</x:v>
       </x:c>
       <x:c r="B2415" s="3">
-        <x:v>108589.04</x:v>
+        <x:v>108591.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2416" spans="1:2">
       <x:c r="A2416" s="2">
-        <x:v>42481</x:v>
+        <x:v>42506</x:v>
       </x:c>
       <x:c r="B2416" s="3">
-        <x:v>108588.8</x:v>
+        <x:v>108591.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2417" spans="1:2">
       <x:c r="A2417" s="2">
-        <x:v>42480</x:v>
+        <x:v>42502</x:v>
       </x:c>
       <x:c r="B2417" s="3">
-        <x:v>108588.61</x:v>
+        <x:v>108591.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2418" spans="1:2">
       <x:c r="A2418" s="2">
-        <x:v>42479</x:v>
+        <x:v>42501</x:v>
       </x:c>
       <x:c r="B2418" s="3">
-        <x:v>108588.43</x:v>
+        <x:v>108590.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2419" spans="1:2">
       <x:c r="A2419" s="2">
-        <x:v>42478</x:v>
+        <x:v>42500</x:v>
       </x:c>
       <x:c r="B2419" s="3">
-        <x:v>108588.29</x:v>
+        <x:v>108590.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2420" spans="1:2">
       <x:c r="A2420" s="2">
-        <x:v>42477</x:v>
+        <x:v>42499</x:v>
       </x:c>
       <x:c r="B2420" s="3">
-        <x:v>108588.08</x:v>
+        <x:v>108590.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2421" spans="1:2">
       <x:c r="A2421" s="2">
-        <x:v>42474</x:v>
+        <x:v>42498</x:v>
       </x:c>
       <x:c r="B2421" s="3">
-        <x:v>108587.78</x:v>
+        <x:v>108590.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2422" spans="1:2">
       <x:c r="A2422" s="2">
-        <x:v>42473</x:v>
+        <x:v>42495</x:v>
       </x:c>
       <x:c r="B2422" s="3">
-        <x:v>108587.6</x:v>
+        <x:v>108590.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2423" spans="1:2">
       <x:c r="A2423" s="2">
-        <x:v>42472</x:v>
+        <x:v>42493</x:v>
       </x:c>
       <x:c r="B2423" s="3">
-        <x:v>108587.58</x:v>
+        <x:v>108589.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2424" spans="1:2">
       <x:c r="A2424" s="2">
-        <x:v>42471</x:v>
+        <x:v>42492</x:v>
       </x:c>
       <x:c r="B2424" s="3">
-        <x:v>108587.48</x:v>
+        <x:v>108589.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2425" spans="1:2">
       <x:c r="A2425" s="2">
-        <x:v>42470</x:v>
+        <x:v>42491</x:v>
       </x:c>
       <x:c r="B2425" s="3">
-        <x:v>108587.3</x:v>
+        <x:v>108589.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2426" spans="1:2">
       <x:c r="A2426" s="2">
-        <x:v>42467</x:v>
+        <x:v>42488</x:v>
       </x:c>
       <x:c r="B2426" s="3">
-        <x:v>108586.79</x:v>
+        <x:v>108589.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2427" spans="1:2">
       <x:c r="A2427" s="2">
-        <x:v>42466</x:v>
+        <x:v>42487</x:v>
       </x:c>
       <x:c r="B2427" s="3">
-        <x:v>108586.64</x:v>
+        <x:v>108589.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2428" spans="1:2">
       <x:c r="A2428" s="2">
-        <x:v>42465</x:v>
+        <x:v>42486</x:v>
       </x:c>
       <x:c r="B2428" s="3">
-        <x:v>108586.46</x:v>
+        <x:v>108589.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2429" spans="1:2">
       <x:c r="A2429" s="2">
-        <x:v>42464</x:v>
+        <x:v>42485</x:v>
       </x:c>
       <x:c r="B2429" s="3">
-        <x:v>108586.29</x:v>
+        <x:v>108589.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2430" spans="1:2">
       <x:c r="A2430" s="2">
-        <x:v>42463</x:v>
+        <x:v>42484</x:v>
       </x:c>
       <x:c r="B2430" s="3">
-        <x:v>108586.08</x:v>
+        <x:v>108589.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2431" spans="1:2">
       <x:c r="A2431" s="2">
-        <x:v>42460</x:v>
+        <x:v>42481</x:v>
       </x:c>
       <x:c r="B2431" s="3">
-        <x:v>108585.52</x:v>
+        <x:v>108588.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2432" spans="1:2">
       <x:c r="A2432" s="2">
-        <x:v>42459</x:v>
+        <x:v>42480</x:v>
       </x:c>
       <x:c r="B2432" s="3">
-        <x:v>108585.37</x:v>
+        <x:v>108588.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2433" spans="1:2">
       <x:c r="A2433" s="2">
-        <x:v>42458</x:v>
+        <x:v>42479</x:v>
       </x:c>
       <x:c r="B2433" s="3">
-        <x:v>108585.18</x:v>
+        <x:v>108588.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2434" spans="1:2">
       <x:c r="A2434" s="2">
-        <x:v>42457</x:v>
+        <x:v>42478</x:v>
       </x:c>
       <x:c r="B2434" s="3">
-        <x:v>108584.97</x:v>
+        <x:v>108588.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2435" spans="1:2">
       <x:c r="A2435" s="2">
-        <x:v>42452</x:v>
+        <x:v>42477</x:v>
       </x:c>
       <x:c r="B2435" s="3">
-        <x:v>108583.94</x:v>
+        <x:v>108588.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2436" spans="1:2">
       <x:c r="A2436" s="2">
-        <x:v>42451</x:v>
+        <x:v>42474</x:v>
       </x:c>
       <x:c r="B2436" s="3">
-        <x:v>108583.73</x:v>
+        <x:v>108587.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2437" spans="1:2">
       <x:c r="A2437" s="2">
-        <x:v>42450</x:v>
+        <x:v>42473</x:v>
       </x:c>
       <x:c r="B2437" s="3">
-        <x:v>108583.51</x:v>
+        <x:v>108587.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2438" spans="1:2">
       <x:c r="A2438" s="2">
-        <x:v>42449</x:v>
+        <x:v>42472</x:v>
       </x:c>
       <x:c r="B2438" s="3">
-        <x:v>108583.27</x:v>
+        <x:v>108587.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2439" spans="1:2">
       <x:c r="A2439" s="2">
-        <x:v>42446</x:v>
+        <x:v>42471</x:v>
       </x:c>
       <x:c r="B2439" s="3">
-        <x:v>108582.44</x:v>
+        <x:v>108587.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2440" spans="1:2">
       <x:c r="A2440" s="2">
-        <x:v>42445</x:v>
+        <x:v>42470</x:v>
       </x:c>
       <x:c r="B2440" s="3">
-        <x:v>108582.16</x:v>
+        <x:v>108587.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2441" spans="1:2">
       <x:c r="A2441" s="2">
-        <x:v>42444</x:v>
+        <x:v>42467</x:v>
       </x:c>
       <x:c r="B2441" s="3">
-        <x:v>108581.94</x:v>
+        <x:v>108586.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2442" spans="1:2">
       <x:c r="A2442" s="2">
-        <x:v>42443</x:v>
+        <x:v>42466</x:v>
       </x:c>
       <x:c r="B2442" s="3">
-        <x:v>108581.7</x:v>
+        <x:v>108586.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2443" spans="1:2">
       <x:c r="A2443" s="2">
-        <x:v>42442</x:v>
+        <x:v>42465</x:v>
       </x:c>
       <x:c r="B2443" s="3">
-        <x:v>108581.54</x:v>
+        <x:v>108586.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2444" spans="1:2">
       <x:c r="A2444" s="2">
-        <x:v>42439</x:v>
+        <x:v>42464</x:v>
       </x:c>
       <x:c r="B2444" s="3">
-        <x:v>108580.96</x:v>
+        <x:v>108586.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2445" spans="1:2">
       <x:c r="A2445" s="2">
-        <x:v>42438</x:v>
+        <x:v>42463</x:v>
       </x:c>
       <x:c r="B2445" s="3">
-        <x:v>108580.77</x:v>
+        <x:v>108586.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2446" spans="1:2">
       <x:c r="A2446" s="2">
-        <x:v>42437</x:v>
+        <x:v>42460</x:v>
       </x:c>
       <x:c r="B2446" s="3">
-        <x:v>108580.56</x:v>
+        <x:v>108585.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2447" spans="1:2">
       <x:c r="A2447" s="2">
-        <x:v>42436</x:v>
+        <x:v>42459</x:v>
       </x:c>
       <x:c r="B2447" s="3">
-        <x:v>108580.37</x:v>
+        <x:v>108585.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2448" spans="1:2">
       <x:c r="A2448" s="2">
-        <x:v>42435</x:v>
+        <x:v>42458</x:v>
       </x:c>
       <x:c r="B2448" s="3">
-        <x:v>108580.18</x:v>
+        <x:v>108585.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2449" spans="1:2">
       <x:c r="A2449" s="2">
-        <x:v>42432</x:v>
+        <x:v>42457</x:v>
       </x:c>
       <x:c r="B2449" s="3">
-        <x:v>108579.76</x:v>
+        <x:v>108584.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2450" spans="1:2">
       <x:c r="A2450" s="2">
-        <x:v>42431</x:v>
+        <x:v>42452</x:v>
       </x:c>
       <x:c r="B2450" s="3">
-        <x:v>108579.57</x:v>
+        <x:v>108583.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2451" spans="1:2">
       <x:c r="A2451" s="2">
-        <x:v>42430</x:v>
+        <x:v>42451</x:v>
       </x:c>
       <x:c r="B2451" s="3">
-        <x:v>108579.39</x:v>
+        <x:v>108583.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2452" spans="1:2">
       <x:c r="A2452" s="2">
-        <x:v>42429</x:v>
+        <x:v>42450</x:v>
       </x:c>
       <x:c r="B2452" s="3">
-        <x:v>108579.23</x:v>
+        <x:v>108583.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2453" spans="1:2">
       <x:c r="A2453" s="2">
-        <x:v>42428</x:v>
+        <x:v>42449</x:v>
       </x:c>
       <x:c r="B2453" s="3">
-        <x:v>108579.12</x:v>
+        <x:v>108583.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2454" spans="1:2">
       <x:c r="A2454" s="2">
-        <x:v>42425</x:v>
+        <x:v>42446</x:v>
       </x:c>
       <x:c r="B2454" s="3">
-        <x:v>108578.82</x:v>
+        <x:v>108582.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2455" spans="1:2">
       <x:c r="A2455" s="2">
-        <x:v>42424</x:v>
+        <x:v>42445</x:v>
       </x:c>
       <x:c r="B2455" s="3">
-        <x:v>108578.68</x:v>
+        <x:v>108582.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2456" spans="1:2">
       <x:c r="A2456" s="2">
-        <x:v>42423</x:v>
+        <x:v>42444</x:v>
       </x:c>
       <x:c r="B2456" s="3">
-        <x:v>108578.63</x:v>
+        <x:v>108581.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2457" spans="1:2">
       <x:c r="A2457" s="2">
-        <x:v>42422</x:v>
+        <x:v>42443</x:v>
       </x:c>
       <x:c r="B2457" s="3">
-        <x:v>108578.57</x:v>
+        <x:v>108581.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2458" spans="1:2">
       <x:c r="A2458" s="2">
-        <x:v>42421</x:v>
+        <x:v>42442</x:v>
       </x:c>
       <x:c r="B2458" s="3">
-        <x:v>108578.45</x:v>
+        <x:v>108581.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2459" spans="1:2">
       <x:c r="A2459" s="2">
-        <x:v>42418</x:v>
+        <x:v>42439</x:v>
       </x:c>
       <x:c r="B2459" s="3">
-        <x:v>108577.83</x:v>
+        <x:v>108580.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2460" spans="1:2">
       <x:c r="A2460" s="2">
-        <x:v>42417</x:v>
+        <x:v>42438</x:v>
       </x:c>
       <x:c r="B2460" s="3">
-        <x:v>108577.73</x:v>
+        <x:v>108580.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2461" spans="1:2">
       <x:c r="A2461" s="2">
-        <x:v>42416</x:v>
+        <x:v>42437</x:v>
       </x:c>
       <x:c r="B2461" s="3">
-        <x:v>108577.58</x:v>
+        <x:v>108580.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2462" spans="1:2">
       <x:c r="A2462" s="2">
-        <x:v>42415</x:v>
+        <x:v>42436</x:v>
       </x:c>
       <x:c r="B2462" s="3">
-        <x:v>108577.44</x:v>
+        <x:v>108580.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2463" spans="1:2">
       <x:c r="A2463" s="2">
-        <x:v>42414</x:v>
+        <x:v>42435</x:v>
       </x:c>
       <x:c r="B2463" s="3">
-        <x:v>108577.29</x:v>
+        <x:v>108580.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2464" spans="1:2">
       <x:c r="A2464" s="2">
-        <x:v>42411</x:v>
+        <x:v>42432</x:v>
       </x:c>
       <x:c r="B2464" s="3">
-        <x:v>108576.73</x:v>
+        <x:v>108579.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2465" spans="1:2">
       <x:c r="A2465" s="2">
-        <x:v>42410</x:v>
+        <x:v>42431</x:v>
       </x:c>
       <x:c r="B2465" s="3">
-        <x:v>108576.53</x:v>
+        <x:v>108579.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2466" spans="1:2">
       <x:c r="A2466" s="2">
-        <x:v>42409</x:v>
+        <x:v>42430</x:v>
       </x:c>
       <x:c r="B2466" s="3">
-        <x:v>108576.33</x:v>
+        <x:v>108579.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2467" spans="1:2">
       <x:c r="A2467" s="2">
-        <x:v>42408</x:v>
+        <x:v>42429</x:v>
       </x:c>
       <x:c r="B2467" s="3">
-        <x:v>108576.15</x:v>
+        <x:v>108579.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2468" spans="1:2">
       <x:c r="A2468" s="2">
-        <x:v>42407</x:v>
+        <x:v>42428</x:v>
       </x:c>
       <x:c r="B2468" s="3">
-        <x:v>108575.92</x:v>
+        <x:v>108579.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2469" spans="1:2">
       <x:c r="A2469" s="2">
-        <x:v>42404</x:v>
+        <x:v>42425</x:v>
       </x:c>
       <x:c r="B2469" s="3">
-        <x:v>108575.29</x:v>
+        <x:v>108578.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2470" spans="1:2">
       <x:c r="A2470" s="2">
-        <x:v>42403</x:v>
+        <x:v>42424</x:v>
       </x:c>
       <x:c r="B2470" s="3">
-        <x:v>108575.05</x:v>
+        <x:v>108578.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2471" spans="1:2">
       <x:c r="A2471" s="2">
-        <x:v>42402</x:v>
+        <x:v>42423</x:v>
       </x:c>
       <x:c r="B2471" s="3">
-        <x:v>108574.84</x:v>
+        <x:v>108578.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2472" spans="1:2">
       <x:c r="A2472" s="2">
-        <x:v>42401</x:v>
+        <x:v>42422</x:v>
       </x:c>
       <x:c r="B2472" s="3">
-        <x:v>108574.65</x:v>
+        <x:v>108578.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2473" spans="1:2">
       <x:c r="A2473" s="2">
-        <x:v>42400</x:v>
+        <x:v>42421</x:v>
       </x:c>
       <x:c r="B2473" s="3">
-        <x:v>108574.41</x:v>
+        <x:v>108578.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2474" spans="1:2">
       <x:c r="A2474" s="2">
-        <x:v>42397</x:v>
+        <x:v>42418</x:v>
       </x:c>
       <x:c r="B2474" s="3">
-        <x:v>108573.88</x:v>
+        <x:v>108577.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2475" spans="1:2">
       <x:c r="A2475" s="2">
-        <x:v>42396</x:v>
+        <x:v>42417</x:v>
       </x:c>
       <x:c r="B2475" s="3">
-        <x:v>108573.73</x:v>
+        <x:v>108577.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2476" spans="1:2">
       <x:c r="A2476" s="2">
-        <x:v>42395</x:v>
+        <x:v>42416</x:v>
       </x:c>
       <x:c r="B2476" s="3">
-        <x:v>108573.59</x:v>
+        <x:v>108577.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2477" spans="1:2">
       <x:c r="A2477" s="2">
-        <x:v>42394</x:v>
+        <x:v>42415</x:v>
       </x:c>
       <x:c r="B2477" s="3">
-        <x:v>108573.42</x:v>
+        <x:v>108577.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2478" spans="1:2">
       <x:c r="A2478" s="2">
-        <x:v>42393</x:v>
+        <x:v>42414</x:v>
       </x:c>
       <x:c r="B2478" s="3">
-        <x:v>108573.24</x:v>
+        <x:v>108577.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2479" spans="1:2">
       <x:c r="A2479" s="2">
-        <x:v>42390</x:v>
+        <x:v>42411</x:v>
       </x:c>
       <x:c r="B2479" s="3">
-        <x:v>108572.63</x:v>
+        <x:v>108576.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2480" spans="1:2">
       <x:c r="A2480" s="2">
-        <x:v>42389</x:v>
+        <x:v>42410</x:v>
       </x:c>
       <x:c r="B2480" s="3">
-        <x:v>108572.44</x:v>
+        <x:v>108576.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2481" spans="1:2">
       <x:c r="A2481" s="2">
-        <x:v>42388</x:v>
+        <x:v>42409</x:v>
       </x:c>
       <x:c r="B2481" s="3">
-        <x:v>108572.25</x:v>
+        <x:v>108576.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2482" spans="1:2">
       <x:c r="A2482" s="2">
-        <x:v>42387</x:v>
+        <x:v>42408</x:v>
       </x:c>
       <x:c r="B2482" s="3">
-        <x:v>108572.07</x:v>
+        <x:v>108576.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2483" spans="1:2">
       <x:c r="A2483" s="2">
-        <x:v>42386</x:v>
+        <x:v>42407</x:v>
       </x:c>
       <x:c r="B2483" s="3">
-        <x:v>108571.89</x:v>
+        <x:v>108575.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2484" spans="1:2">
       <x:c r="A2484" s="2">
-        <x:v>42383</x:v>
+        <x:v>42404</x:v>
       </x:c>
       <x:c r="B2484" s="3">
-        <x:v>108571.35</x:v>
+        <x:v>108575.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2485" spans="1:2">
       <x:c r="A2485" s="2">
-        <x:v>42382</x:v>
+        <x:v>42403</x:v>
       </x:c>
       <x:c r="B2485" s="3">
-        <x:v>108571.17</x:v>
+        <x:v>108575.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2486" spans="1:2">
       <x:c r="A2486" s="2">
-        <x:v>42381</x:v>
+        <x:v>42402</x:v>
       </x:c>
       <x:c r="B2486" s="3">
-        <x:v>108570.97</x:v>
+        <x:v>108574.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2487" spans="1:2">
       <x:c r="A2487" s="2">
-        <x:v>42380</x:v>
+        <x:v>42401</x:v>
       </x:c>
       <x:c r="B2487" s="3">
-        <x:v>108570.71</x:v>
+        <x:v>108574.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2488" spans="1:2">
       <x:c r="A2488" s="2">
-        <x:v>42379</x:v>
+        <x:v>42400</x:v>
       </x:c>
       <x:c r="B2488" s="3">
-        <x:v>108570.4</x:v>
+        <x:v>108574.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2489" spans="1:2">
       <x:c r="A2489" s="2">
-        <x:v>42376</x:v>
+        <x:v>42397</x:v>
       </x:c>
       <x:c r="B2489" s="3">
-        <x:v>108569.47</x:v>
+        <x:v>108573.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2490" spans="1:2">
       <x:c r="A2490" s="2">
-        <x:v>42375</x:v>
+        <x:v>42396</x:v>
       </x:c>
       <x:c r="B2490" s="3">
-        <x:v>108569.19</x:v>
+        <x:v>108573.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2491" spans="1:2">
       <x:c r="A2491" s="2">
-        <x:v>42374</x:v>
+        <x:v>42395</x:v>
       </x:c>
       <x:c r="B2491" s="3">
-        <x:v>108569</x:v>
+        <x:v>108573.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2492" spans="1:2">
       <x:c r="A2492" s="2">
-        <x:v>42373</x:v>
+        <x:v>42394</x:v>
       </x:c>
       <x:c r="B2492" s="3">
-        <x:v>108568.72</x:v>
+        <x:v>108573.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2493" spans="1:2">
       <x:c r="A2493" s="2">
-        <x:v>42372</x:v>
+        <x:v>42393</x:v>
       </x:c>
       <x:c r="B2493" s="3">
-        <x:v>108568.51</x:v>
+        <x:v>108573.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2494" spans="1:2">
       <x:c r="A2494" s="2">
-        <x:v>42368</x:v>
+        <x:v>42390</x:v>
       </x:c>
       <x:c r="B2494" s="3">
-        <x:v>108567.43</x:v>
+        <x:v>108572.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2495" spans="1:2">
       <x:c r="A2495" s="2">
-        <x:v>42367</x:v>
+        <x:v>42389</x:v>
       </x:c>
       <x:c r="B2495" s="3">
-        <x:v>108567.23</x:v>
+        <x:v>108572.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2496" spans="1:2">
       <x:c r="A2496" s="2">
-        <x:v>42366</x:v>
+        <x:v>42388</x:v>
       </x:c>
       <x:c r="B2496" s="3">
-        <x:v>108567.03</x:v>
+        <x:v>108572.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2497" spans="1:2">
       <x:c r="A2497" s="2">
-        <x:v>42365</x:v>
+        <x:v>42387</x:v>
       </x:c>
       <x:c r="B2497" s="3">
-        <x:v>108566.75</x:v>
+        <x:v>108572.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2498" spans="1:2">
       <x:c r="A2498" s="2">
-        <x:v>42361</x:v>
+        <x:v>42386</x:v>
       </x:c>
       <x:c r="B2498" s="3">
-        <x:v>108565.81</x:v>
+        <x:v>108571.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2499" spans="1:2">
       <x:c r="A2499" s="2">
-        <x:v>42360</x:v>
+        <x:v>42383</x:v>
       </x:c>
       <x:c r="B2499" s="3">
-        <x:v>108565.64</x:v>
+        <x:v>108571.35</x:v>
       </x:c>
     </x:row>
     <x:row r="2500" spans="1:2">
       <x:c r="A2500" s="2">
-        <x:v>42359</x:v>
+        <x:v>42382</x:v>
       </x:c>
       <x:c r="B2500" s="3">
-        <x:v>108565.43</x:v>
+        <x:v>108571.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2501" spans="1:2">
       <x:c r="A2501" s="2">
-        <x:v>42358</x:v>
+        <x:v>42381</x:v>
       </x:c>
       <x:c r="B2501" s="3">
-        <x:v>108565.17</x:v>
+        <x:v>108570.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2502" spans="1:2">
       <x:c r="A2502" s="2">
-        <x:v>42355</x:v>
+        <x:v>42380</x:v>
       </x:c>
       <x:c r="B2502" s="3">
-        <x:v>108564.49</x:v>
+        <x:v>108570.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2503" spans="1:2">
       <x:c r="A2503" s="2">
-        <x:v>42354</x:v>
+        <x:v>42379</x:v>
       </x:c>
       <x:c r="B2503" s="3">
-        <x:v>108564.28</x:v>
+        <x:v>108570.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2504" spans="1:2">
       <x:c r="A2504" s="2">
-        <x:v>42353</x:v>
+        <x:v>42376</x:v>
       </x:c>
       <x:c r="B2504" s="3">
-        <x:v>108564.09</x:v>
+        <x:v>108569.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2505" spans="1:2">
       <x:c r="A2505" s="2">
-        <x:v>42352</x:v>
+        <x:v>42375</x:v>
       </x:c>
       <x:c r="B2505" s="3">
-        <x:v>108563.88</x:v>
+        <x:v>108569.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2506" spans="1:2">
       <x:c r="A2506" s="2">
-        <x:v>42351</x:v>
+        <x:v>42374</x:v>
       </x:c>
       <x:c r="B2506" s="3">
-        <x:v>108563.69</x:v>
+        <x:v>108569</x:v>
       </x:c>
     </x:row>
     <x:row r="2507" spans="1:2">
       <x:c r="A2507" s="2">
-        <x:v>42348</x:v>
+        <x:v>42373</x:v>
       </x:c>
       <x:c r="B2507" s="3">
-        <x:v>108563.09</x:v>
+        <x:v>108568.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2508" spans="1:2">
       <x:c r="A2508" s="2">
-        <x:v>42347</x:v>
+        <x:v>42372</x:v>
       </x:c>
       <x:c r="B2508" s="3">
-        <x:v>108562.83</x:v>
+        <x:v>108568.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2509" spans="1:2">
       <x:c r="A2509" s="2">
-        <x:v>42346</x:v>
+        <x:v>42368</x:v>
       </x:c>
       <x:c r="B2509" s="3">
-        <x:v>108562.56</x:v>
+        <x:v>108567.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2510" spans="1:2">
       <x:c r="A2510" s="2">
-        <x:v>42345</x:v>
+        <x:v>42367</x:v>
       </x:c>
       <x:c r="B2510" s="3">
-        <x:v>108562.31</x:v>
+        <x:v>108567.23</x:v>
       </x:c>
     </x:row>
     <x:row r="2511" spans="1:2">
       <x:c r="A2511" s="2">
-        <x:v>42344</x:v>
+        <x:v>42366</x:v>
       </x:c>
       <x:c r="B2511" s="3">
-        <x:v>108562.07</x:v>
+        <x:v>108567.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2512" spans="1:2">
       <x:c r="A2512" s="2">
-        <x:v>42341</x:v>
+        <x:v>42365</x:v>
       </x:c>
       <x:c r="B2512" s="3">
-        <x:v>108561.27</x:v>
+        <x:v>108566.75</x:v>
       </x:c>
     </x:row>
     <x:row r="2513" spans="1:2">
       <x:c r="A2513" s="2">
-        <x:v>42340</x:v>
+        <x:v>42361</x:v>
       </x:c>
       <x:c r="B2513" s="3">
-        <x:v>108560.94</x:v>
+        <x:v>108565.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2514" spans="1:2">
       <x:c r="A2514" s="2">
-        <x:v>42339</x:v>
+        <x:v>42360</x:v>
       </x:c>
       <x:c r="B2514" s="3">
-        <x:v>108560.64</x:v>
+        <x:v>108565.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2515" spans="1:2">
       <x:c r="A2515" s="2">
-        <x:v>42338</x:v>
+        <x:v>42359</x:v>
       </x:c>
       <x:c r="B2515" s="3">
-        <x:v>108560.33</x:v>
+        <x:v>108565.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2516" spans="1:2">
       <x:c r="A2516" s="2">
-        <x:v>42337</x:v>
+        <x:v>42358</x:v>
       </x:c>
       <x:c r="B2516" s="3">
-        <x:v>108560.02</x:v>
+        <x:v>108565.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2517" spans="1:2">
       <x:c r="A2517" s="2">
-        <x:v>42334</x:v>
+        <x:v>42355</x:v>
       </x:c>
       <x:c r="B2517" s="3">
-        <x:v>108558.88</x:v>
+        <x:v>108564.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2518" spans="1:2">
       <x:c r="A2518" s="2">
-        <x:v>42333</x:v>
+        <x:v>42354</x:v>
       </x:c>
       <x:c r="B2518" s="3">
-        <x:v>108558.64</x:v>
+        <x:v>108564.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2519" spans="1:2">
       <x:c r="A2519" s="2">
-        <x:v>42332</x:v>
+        <x:v>42353</x:v>
       </x:c>
       <x:c r="B2519" s="3">
-        <x:v>108558.36</x:v>
+        <x:v>108564.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2520" spans="1:2">
       <x:c r="A2520" s="2">
-        <x:v>42331</x:v>
+        <x:v>42352</x:v>
       </x:c>
       <x:c r="B2520" s="3">
-        <x:v>108558.05</x:v>
+        <x:v>108563.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2521" spans="1:2">
       <x:c r="A2521" s="2">
-        <x:v>42330</x:v>
+        <x:v>42351</x:v>
       </x:c>
       <x:c r="B2521" s="3">
-        <x:v>108557.73</x:v>
+        <x:v>108563.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2522" spans="1:2">
       <x:c r="A2522" s="2">
-        <x:v>42327</x:v>
+        <x:v>42348</x:v>
       </x:c>
       <x:c r="B2522" s="3">
-        <x:v>108556.83</x:v>
+        <x:v>108563.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2523" spans="1:2">
       <x:c r="A2523" s="2">
-        <x:v>42326</x:v>
+        <x:v>42347</x:v>
       </x:c>
       <x:c r="B2523" s="3">
-        <x:v>108556.55</x:v>
+        <x:v>108562.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2524" spans="1:2">
       <x:c r="A2524" s="2">
-        <x:v>42325</x:v>
+        <x:v>42346</x:v>
       </x:c>
       <x:c r="B2524" s="3">
-        <x:v>108556.28</x:v>
+        <x:v>108562.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2525" spans="1:2">
       <x:c r="A2525" s="2">
-        <x:v>42324</x:v>
+        <x:v>42345</x:v>
       </x:c>
       <x:c r="B2525" s="3">
-        <x:v>108556.01</x:v>
+        <x:v>108562.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2526" spans="1:2">
       <x:c r="A2526" s="2">
-        <x:v>42323</x:v>
+        <x:v>42344</x:v>
       </x:c>
       <x:c r="B2526" s="3">
-        <x:v>108555.8</x:v>
+        <x:v>108562.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2527" spans="1:2">
       <x:c r="A2527" s="2">
-        <x:v>42320</x:v>
+        <x:v>42341</x:v>
       </x:c>
       <x:c r="B2527" s="3">
-        <x:v>108555</x:v>
+        <x:v>108561.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2528" spans="1:2">
       <x:c r="A2528" s="2">
-        <x:v>42319</x:v>
+        <x:v>42340</x:v>
       </x:c>
       <x:c r="B2528" s="3">
-        <x:v>108554.8</x:v>
+        <x:v>108560.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2529" spans="1:2">
       <x:c r="A2529" s="2">
-        <x:v>42317</x:v>
+        <x:v>42339</x:v>
       </x:c>
       <x:c r="B2529" s="3">
-        <x:v>108554.38</x:v>
+        <x:v>108560.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2530" spans="1:2">
       <x:c r="A2530" s="2">
-        <x:v>42316</x:v>
+        <x:v>42338</x:v>
       </x:c>
       <x:c r="B2530" s="3">
-        <x:v>108554.18</x:v>
+        <x:v>108560.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2531" spans="1:2">
       <x:c r="A2531" s="2">
-        <x:v>42313</x:v>
+        <x:v>42337</x:v>
       </x:c>
       <x:c r="B2531" s="3">
-        <x:v>108553.55</x:v>
+        <x:v>108560.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2532" spans="1:2">
       <x:c r="A2532" s="2">
-        <x:v>42312</x:v>
+        <x:v>42334</x:v>
       </x:c>
       <x:c r="B2532" s="3">
-        <x:v>108553.37</x:v>
+        <x:v>108558.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2533" spans="1:2">
       <x:c r="A2533" s="2">
-        <x:v>42311</x:v>
+        <x:v>42333</x:v>
       </x:c>
       <x:c r="B2533" s="3">
-        <x:v>108553.18</x:v>
+        <x:v>108558.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2534" spans="1:2">
       <x:c r="A2534" s="2">
-        <x:v>42310</x:v>
+        <x:v>42332</x:v>
       </x:c>
       <x:c r="B2534" s="3">
-        <x:v>108552.92</x:v>
+        <x:v>108558.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2535" spans="1:2">
       <x:c r="A2535" s="2">
-        <x:v>42309</x:v>
+        <x:v>42331</x:v>
       </x:c>
       <x:c r="B2535" s="3">
-        <x:v>108552.74</x:v>
+        <x:v>108558.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2536" spans="1:2">
       <x:c r="A2536" s="2">
-        <x:v>42306</x:v>
+        <x:v>42330</x:v>
       </x:c>
       <x:c r="B2536" s="3">
-        <x:v>108552.18</x:v>
+        <x:v>108557.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2537" spans="1:2">
       <x:c r="A2537" s="2">
-        <x:v>42305</x:v>
+        <x:v>42327</x:v>
       </x:c>
       <x:c r="B2537" s="3">
-        <x:v>108551.88</x:v>
+        <x:v>108556.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2538" spans="1:2">
       <x:c r="A2538" s="2">
-        <x:v>42304</x:v>
+        <x:v>42326</x:v>
       </x:c>
       <x:c r="B2538" s="3">
-        <x:v>108551.68</x:v>
+        <x:v>108556.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2539" spans="1:2">
       <x:c r="A2539" s="2">
-        <x:v>42303</x:v>
+        <x:v>42325</x:v>
       </x:c>
       <x:c r="B2539" s="3">
-        <x:v>108551.46</x:v>
+        <x:v>108556.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2540" spans="1:2">
       <x:c r="A2540" s="2">
-        <x:v>42302</x:v>
+        <x:v>42324</x:v>
       </x:c>
       <x:c r="B2540" s="3">
-        <x:v>108551.27</x:v>
+        <x:v>108556.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2541" spans="1:2">
       <x:c r="A2541" s="2">
-        <x:v>42299</x:v>
+        <x:v>42323</x:v>
       </x:c>
       <x:c r="B2541" s="3">
-        <x:v>108550.64</x:v>
+        <x:v>108555.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2542" spans="1:2">
       <x:c r="A2542" s="2">
-        <x:v>42298</x:v>
+        <x:v>42320</x:v>
       </x:c>
       <x:c r="B2542" s="3">
-        <x:v>108550.43</x:v>
+        <x:v>108555</x:v>
       </x:c>
     </x:row>
     <x:row r="2543" spans="1:2">
       <x:c r="A2543" s="2">
-        <x:v>42297</x:v>
+        <x:v>42319</x:v>
       </x:c>
       <x:c r="B2543" s="3">
-        <x:v>108550.22</x:v>
+        <x:v>108554.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2544" spans="1:2">
       <x:c r="A2544" s="2">
-        <x:v>42296</x:v>
+        <x:v>42317</x:v>
       </x:c>
       <x:c r="B2544" s="3">
-        <x:v>108550</x:v>
+        <x:v>108554.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2545" spans="1:2">
       <x:c r="A2545" s="2">
-        <x:v>42295</x:v>
+        <x:v>42316</x:v>
       </x:c>
       <x:c r="B2545" s="3">
-        <x:v>108549.76</x:v>
+        <x:v>108554.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2546" spans="1:2">
       <x:c r="A2546" s="2">
-        <x:v>42292</x:v>
+        <x:v>42313</x:v>
       </x:c>
       <x:c r="B2546" s="3">
-        <x:v>108549.17</x:v>
+        <x:v>108553.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2547" spans="1:2">
       <x:c r="A2547" s="2">
-        <x:v>42291</x:v>
+        <x:v>42312</x:v>
       </x:c>
       <x:c r="B2547" s="3">
-        <x:v>108548.95</x:v>
+        <x:v>108553.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2548" spans="1:2">
       <x:c r="A2548" s="2">
-        <x:v>42290</x:v>
+        <x:v>42311</x:v>
       </x:c>
       <x:c r="B2548" s="3">
-        <x:v>108548.74</x:v>
+        <x:v>108553.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2549" spans="1:2">
       <x:c r="A2549" s="2">
-        <x:v>42289</x:v>
+        <x:v>42310</x:v>
       </x:c>
       <x:c r="B2549" s="3">
-        <x:v>108548.52</x:v>
+        <x:v>108552.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2550" spans="1:2">
       <x:c r="A2550" s="2">
-        <x:v>42288</x:v>
+        <x:v>42309</x:v>
       </x:c>
       <x:c r="B2550" s="3">
-        <x:v>108548.28</x:v>
+        <x:v>108552.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2551" spans="1:2">
       <x:c r="A2551" s="2">
-        <x:v>42285</x:v>
+        <x:v>42306</x:v>
       </x:c>
       <x:c r="B2551" s="3">
-        <x:v>108547.66</x:v>
+        <x:v>108552.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2552" spans="1:2">
       <x:c r="A2552" s="2">
-        <x:v>42284</x:v>
+        <x:v>42305</x:v>
       </x:c>
       <x:c r="B2552" s="3">
-        <x:v>108547.48</x:v>
+        <x:v>108551.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2553" spans="1:2">
       <x:c r="A2553" s="2">
-        <x:v>42283</x:v>
+        <x:v>42304</x:v>
       </x:c>
       <x:c r="B2553" s="3">
-        <x:v>108547.19</x:v>
+        <x:v>108551.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2554" spans="1:2">
       <x:c r="A2554" s="2">
-        <x:v>42282</x:v>
+        <x:v>42303</x:v>
       </x:c>
       <x:c r="B2554" s="3">
-        <x:v>108546.98</x:v>
+        <x:v>108551.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2555" spans="1:2">
       <x:c r="A2555" s="2">
-        <x:v>42281</x:v>
+        <x:v>42302</x:v>
       </x:c>
       <x:c r="B2555" s="3">
-        <x:v>108546.78</x:v>
+        <x:v>108551.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2556" spans="1:2">
       <x:c r="A2556" s="2">
-        <x:v>42278</x:v>
+        <x:v>42299</x:v>
       </x:c>
       <x:c r="B2556" s="3">
-        <x:v>108546.16</x:v>
+        <x:v>108550.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2557" spans="1:2">
       <x:c r="A2557" s="2">
-        <x:v>42277</x:v>
+        <x:v>42298</x:v>
       </x:c>
       <x:c r="B2557" s="3">
-        <x:v>108545.96</x:v>
+        <x:v>108550.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2558" spans="1:2">
       <x:c r="A2558" s="2">
-        <x:v>42276</x:v>
+        <x:v>42297</x:v>
       </x:c>
       <x:c r="B2558" s="3">
-        <x:v>108545.54</x:v>
+        <x:v>108550.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2559" spans="1:2">
       <x:c r="A2559" s="2">
-        <x:v>42275</x:v>
+        <x:v>42296</x:v>
       </x:c>
       <x:c r="B2559" s="3">
-        <x:v>108545.1</x:v>
+        <x:v>108550</x:v>
       </x:c>
     </x:row>
     <x:row r="2560" spans="1:2">
       <x:c r="A2560" s="2">
-        <x:v>42274</x:v>
+        <x:v>42295</x:v>
       </x:c>
       <x:c r="B2560" s="3">
-        <x:v>108544.62</x:v>
+        <x:v>108549.76</x:v>
       </x:c>
     </x:row>
     <x:row r="2561" spans="1:2">
       <x:c r="A2561" s="2">
-        <x:v>42271</x:v>
+        <x:v>42292</x:v>
       </x:c>
       <x:c r="B2561" s="3">
-        <x:v>108543.58</x:v>
+        <x:v>108549.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2562" spans="1:2">
       <x:c r="A2562" s="2">
-        <x:v>42270</x:v>
+        <x:v>42291</x:v>
       </x:c>
       <x:c r="B2562" s="3">
-        <x:v>108543.09</x:v>
+        <x:v>108548.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2563" spans="1:2">
       <x:c r="A2563" s="2">
-        <x:v>42269</x:v>
+        <x:v>42290</x:v>
       </x:c>
       <x:c r="B2563" s="3">
-        <x:v>108542.59</x:v>
+        <x:v>108548.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2564" spans="1:2">
       <x:c r="A2564" s="2">
-        <x:v>42268</x:v>
+        <x:v>42289</x:v>
       </x:c>
       <x:c r="B2564" s="3">
-        <x:v>108542.06</x:v>
+        <x:v>108548.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2565" spans="1:2">
       <x:c r="A2565" s="2">
-        <x:v>42267</x:v>
+        <x:v>42288</x:v>
       </x:c>
       <x:c r="B2565" s="3">
-        <x:v>108541.5</x:v>
+        <x:v>108548.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2566" spans="1:2">
       <x:c r="A2566" s="2">
-        <x:v>42264</x:v>
+        <x:v>42285</x:v>
       </x:c>
       <x:c r="B2566" s="3">
-        <x:v>108540.09</x:v>
+        <x:v>108547.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2567" spans="1:2">
       <x:c r="A2567" s="2">
-        <x:v>42263</x:v>
+        <x:v>42284</x:v>
       </x:c>
       <x:c r="B2567" s="3">
-        <x:v>108539.63</x:v>
+        <x:v>108547.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2568" spans="1:2">
       <x:c r="A2568" s="2">
-        <x:v>42262</x:v>
+        <x:v>42283</x:v>
       </x:c>
       <x:c r="B2568" s="3">
-        <x:v>108539.13</x:v>
+        <x:v>108547.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2569" spans="1:2">
       <x:c r="A2569" s="2">
-        <x:v>42261</x:v>
+        <x:v>42282</x:v>
       </x:c>
       <x:c r="B2569" s="3">
-        <x:v>108538.64</x:v>
+        <x:v>108546.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2570" spans="1:2">
       <x:c r="A2570" s="2">
-        <x:v>42260</x:v>
+        <x:v>42281</x:v>
       </x:c>
       <x:c r="B2570" s="3">
-        <x:v>108538.18</x:v>
+        <x:v>108546.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2571" spans="1:2">
       <x:c r="A2571" s="2">
-        <x:v>42257</x:v>
+        <x:v>42278</x:v>
       </x:c>
       <x:c r="B2571" s="3">
-        <x:v>108536.95</x:v>
+        <x:v>108546.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2572" spans="1:2">
       <x:c r="A2572" s="2">
-        <x:v>42256</x:v>
+        <x:v>42277</x:v>
       </x:c>
       <x:c r="B2572" s="3">
-        <x:v>108536.37</x:v>
+        <x:v>108545.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2573" spans="1:2">
       <x:c r="A2573" s="2">
-        <x:v>42255</x:v>
+        <x:v>42276</x:v>
       </x:c>
       <x:c r="B2573" s="3">
-        <x:v>108535.86</x:v>
+        <x:v>108545.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2574" spans="1:2">
       <x:c r="A2574" s="2">
-        <x:v>42254</x:v>
+        <x:v>42275</x:v>
       </x:c>
       <x:c r="B2574" s="3">
-        <x:v>108535.38</x:v>
+        <x:v>108545.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2575" spans="1:2">
       <x:c r="A2575" s="2">
-        <x:v>42253</x:v>
+        <x:v>42274</x:v>
       </x:c>
       <x:c r="B2575" s="3">
-        <x:v>108534.92</x:v>
+        <x:v>108544.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2576" spans="1:2">
       <x:c r="A2576" s="2">
-        <x:v>42250</x:v>
+        <x:v>42271</x:v>
       </x:c>
       <x:c r="B2576" s="3">
-        <x:v>108533.88</x:v>
+        <x:v>108543.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2577" spans="1:2">
       <x:c r="A2577" s="2">
-        <x:v>42249</x:v>
+        <x:v>42270</x:v>
       </x:c>
       <x:c r="B2577" s="3">
-        <x:v>108533.41</x:v>
+        <x:v>108543.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2578" spans="1:2">
       <x:c r="A2578" s="2">
-        <x:v>42248</x:v>
+        <x:v>42269</x:v>
       </x:c>
       <x:c r="B2578" s="3">
-        <x:v>108532.9</x:v>
+        <x:v>108542.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2579" spans="1:2">
       <x:c r="A2579" s="2">
-        <x:v>42247</x:v>
+        <x:v>42268</x:v>
       </x:c>
       <x:c r="B2579" s="3">
-        <x:v>108532.39</x:v>
+        <x:v>108542.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2580" spans="1:2">
       <x:c r="A2580" s="2">
-        <x:v>42246</x:v>
+        <x:v>42267</x:v>
       </x:c>
       <x:c r="B2580" s="3">
-        <x:v>108531.92</x:v>
+        <x:v>108541.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2581" spans="1:2">
       <x:c r="A2581" s="2">
-        <x:v>42243</x:v>
+        <x:v>42264</x:v>
       </x:c>
       <x:c r="B2581" s="3">
-        <x:v>108530.77</x:v>
+        <x:v>108540.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2582" spans="1:2">
       <x:c r="A2582" s="2">
-        <x:v>42242</x:v>
+        <x:v>42263</x:v>
       </x:c>
       <x:c r="B2582" s="3">
-        <x:v>108530.28</x:v>
+        <x:v>108539.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2583" spans="1:2">
       <x:c r="A2583" s="2">
-        <x:v>42241</x:v>
+        <x:v>42262</x:v>
       </x:c>
       <x:c r="B2583" s="3">
-        <x:v>108529.79</x:v>
+        <x:v>108539.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2584" spans="1:2">
       <x:c r="A2584" s="2">
-        <x:v>42240</x:v>
+        <x:v>42261</x:v>
       </x:c>
       <x:c r="B2584" s="3">
-        <x:v>108529.57</x:v>
+        <x:v>108538.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2585" spans="1:2">
       <x:c r="A2585" s="2">
-        <x:v>42239</x:v>
+        <x:v>42260</x:v>
       </x:c>
       <x:c r="B2585" s="3">
-        <x:v>108529.2</x:v>
+        <x:v>108538.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2586" spans="1:2">
       <x:c r="A2586" s="2">
-        <x:v>42236</x:v>
+        <x:v>42257</x:v>
       </x:c>
       <x:c r="B2586" s="3">
-        <x:v>108528.7</x:v>
+        <x:v>108536.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2587" spans="1:2">
       <x:c r="A2587" s="2">
-        <x:v>42235</x:v>
+        <x:v>42256</x:v>
       </x:c>
       <x:c r="B2587" s="3">
-        <x:v>108528.41</x:v>
+        <x:v>108536.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2588" spans="1:2">
       <x:c r="A2588" s="2">
-        <x:v>42234</x:v>
+        <x:v>42255</x:v>
       </x:c>
       <x:c r="B2588" s="3">
-        <x:v>108528.16</x:v>
+        <x:v>108535.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2589" spans="1:2">
       <x:c r="A2589" s="2">
-        <x:v>42233</x:v>
+        <x:v>42254</x:v>
       </x:c>
       <x:c r="B2589" s="3">
-        <x:v>108527.8</x:v>
+        <x:v>108535.38</x:v>
       </x:c>
     </x:row>
     <x:row r="2590" spans="1:2">
       <x:c r="A2590" s="2">
-        <x:v>42232</x:v>
+        <x:v>42253</x:v>
       </x:c>
       <x:c r="B2590" s="3">
-        <x:v>108527.49</x:v>
+        <x:v>108534.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2591" spans="1:2">
       <x:c r="A2591" s="2">
-        <x:v>42229</x:v>
+        <x:v>42250</x:v>
       </x:c>
       <x:c r="B2591" s="3">
-        <x:v>108526.82</x:v>
+        <x:v>108533.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2592" spans="1:2">
       <x:c r="A2592" s="2">
-        <x:v>42228</x:v>
+        <x:v>42249</x:v>
       </x:c>
       <x:c r="B2592" s="3">
-        <x:v>108526.6</x:v>
+        <x:v>108533.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2593" spans="1:2">
       <x:c r="A2593" s="2">
-        <x:v>42227</x:v>
+        <x:v>42248</x:v>
       </x:c>
       <x:c r="B2593" s="3">
-        <x:v>108526.43</x:v>
+        <x:v>108532.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2594" spans="1:2">
       <x:c r="A2594" s="2">
-        <x:v>42226</x:v>
+        <x:v>42247</x:v>
       </x:c>
       <x:c r="B2594" s="3">
-        <x:v>108526.18</x:v>
+        <x:v>108532.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2595" spans="1:2">
       <x:c r="A2595" s="2">
-        <x:v>42225</x:v>
+        <x:v>42246</x:v>
       </x:c>
       <x:c r="B2595" s="3">
-        <x:v>108525.65</x:v>
+        <x:v>108531.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2596" spans="1:2">
       <x:c r="A2596" s="2">
-        <x:v>42222</x:v>
+        <x:v>42243</x:v>
       </x:c>
       <x:c r="B2596" s="3">
-        <x:v>108525.22</x:v>
+        <x:v>108530.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2597" spans="1:2">
       <x:c r="A2597" s="2">
-        <x:v>42221</x:v>
+        <x:v>42242</x:v>
       </x:c>
       <x:c r="B2597" s="3">
-        <x:v>108525.17</x:v>
+        <x:v>108530.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2598" spans="1:2">
       <x:c r="A2598" s="2">
-        <x:v>42220</x:v>
+        <x:v>42241</x:v>
       </x:c>
       <x:c r="B2598" s="3">
-        <x:v>108524.92</x:v>
+        <x:v>108529.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2599" spans="1:2">
       <x:c r="A2599" s="2">
-        <x:v>42219</x:v>
+        <x:v>42240</x:v>
       </x:c>
       <x:c r="B2599" s="3">
-        <x:v>108524.73</x:v>
+        <x:v>108529.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2600" spans="1:2">
       <x:c r="A2600" s="2">
-        <x:v>42218</x:v>
+        <x:v>42239</x:v>
       </x:c>
       <x:c r="B2600" s="3">
-        <x:v>108524.36</x:v>
+        <x:v>108529.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2601" spans="1:2">
       <x:c r="A2601" s="2">
-        <x:v>42215</x:v>
+        <x:v>42236</x:v>
       </x:c>
       <x:c r="B2601" s="3">
-        <x:v>108523.74</x:v>
+        <x:v>108528.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2602" spans="1:2">
       <x:c r="A2602" s="2">
-        <x:v>42214</x:v>
+        <x:v>42235</x:v>
       </x:c>
       <x:c r="B2602" s="3">
-        <x:v>108523.59</x:v>
+        <x:v>108528.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2603" spans="1:2">
       <x:c r="A2603" s="2">
-        <x:v>42213</x:v>
+        <x:v>42234</x:v>
       </x:c>
       <x:c r="B2603" s="3">
-        <x:v>108523.31</x:v>
+        <x:v>108528.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2604" spans="1:2">
       <x:c r="A2604" s="2">
-        <x:v>42212</x:v>
+        <x:v>42233</x:v>
       </x:c>
       <x:c r="B2604" s="3">
-        <x:v>108523.01</x:v>
+        <x:v>108527.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2605" spans="1:2">
       <x:c r="A2605" s="2">
-        <x:v>42211</x:v>
+        <x:v>42232</x:v>
       </x:c>
       <x:c r="B2605" s="3">
-        <x:v>108522.91</x:v>
+        <x:v>108527.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2606" spans="1:2">
       <x:c r="A2606" s="2">
-        <x:v>42208</x:v>
+        <x:v>42229</x:v>
       </x:c>
       <x:c r="B2606" s="3">
-        <x:v>108522.39</x:v>
+        <x:v>108526.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2607" spans="1:2">
       <x:c r="A2607" s="2">
-        <x:v>42207</x:v>
+        <x:v>42228</x:v>
       </x:c>
       <x:c r="B2607" s="3">
-        <x:v>108522.24</x:v>
+        <x:v>108526.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2608" spans="1:2">
       <x:c r="A2608" s="2">
-        <x:v>42206</x:v>
+        <x:v>42227</x:v>
       </x:c>
       <x:c r="B2608" s="3">
-        <x:v>108522.04</x:v>
+        <x:v>108526.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2609" spans="1:2">
       <x:c r="A2609" s="2">
-        <x:v>42205</x:v>
+        <x:v>42226</x:v>
       </x:c>
       <x:c r="B2609" s="3">
-        <x:v>108521.85</x:v>
+        <x:v>108526.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2610" spans="1:2">
       <x:c r="A2610" s="2">
-        <x:v>42204</x:v>
+        <x:v>42225</x:v>
       </x:c>
       <x:c r="B2610" s="3">
-        <x:v>108521.7</x:v>
+        <x:v>108525.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2611" spans="1:2">
       <x:c r="A2611" s="2">
-        <x:v>42201</x:v>
+        <x:v>42222</x:v>
       </x:c>
       <x:c r="B2611" s="3">
-        <x:v>108521.1</x:v>
+        <x:v>108525.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2612" spans="1:2">
       <x:c r="A2612" s="2">
-        <x:v>42200</x:v>
+        <x:v>42221</x:v>
       </x:c>
       <x:c r="B2612" s="3">
-        <x:v>108520.79</x:v>
+        <x:v>108525.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2613" spans="1:2">
       <x:c r="A2613" s="2">
-        <x:v>42199</x:v>
+        <x:v>42220</x:v>
       </x:c>
       <x:c r="B2613" s="3">
-        <x:v>108520.49</x:v>
+        <x:v>108524.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2614" spans="1:2">
       <x:c r="A2614" s="2">
-        <x:v>42197</x:v>
+        <x:v>42219</x:v>
       </x:c>
       <x:c r="B2614" s="3">
-        <x:v>108519.89</x:v>
+        <x:v>108524.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2615" spans="1:2">
       <x:c r="A2615" s="2">
-        <x:v>42194</x:v>
+        <x:v>42218</x:v>
       </x:c>
       <x:c r="B2615" s="3">
-        <x:v>108519.44</x:v>
+        <x:v>108524.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2616" spans="1:2">
       <x:c r="A2616" s="2">
-        <x:v>42193</x:v>
+        <x:v>42215</x:v>
       </x:c>
       <x:c r="B2616" s="3">
-        <x:v>108519.1</x:v>
+        <x:v>108523.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2617" spans="1:2">
       <x:c r="A2617" s="2">
-        <x:v>42192</x:v>
+        <x:v>42214</x:v>
       </x:c>
       <x:c r="B2617" s="3">
-        <x:v>108518.6</x:v>
+        <x:v>108523.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2618" spans="1:2">
       <x:c r="A2618" s="2">
-        <x:v>42191</x:v>
+        <x:v>42213</x:v>
       </x:c>
       <x:c r="B2618" s="3">
-        <x:v>108518.32</x:v>
+        <x:v>108523.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2619" spans="1:2">
       <x:c r="A2619" s="2">
-        <x:v>42190</x:v>
+        <x:v>42212</x:v>
       </x:c>
       <x:c r="B2619" s="3">
-        <x:v>108517.92</x:v>
+        <x:v>108523.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2620" spans="1:2">
       <x:c r="A2620" s="2">
-        <x:v>42187</x:v>
+        <x:v>42211</x:v>
       </x:c>
       <x:c r="B2620" s="3">
-        <x:v>108517.1</x:v>
+        <x:v>108522.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2621" spans="1:2">
       <x:c r="A2621" s="2">
-        <x:v>42186</x:v>
+        <x:v>42208</x:v>
       </x:c>
       <x:c r="B2621" s="3">
-        <x:v>108516.74</x:v>
+        <x:v>108522.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2622" spans="1:2">
       <x:c r="A2622" s="2">
-        <x:v>42185</x:v>
+        <x:v>42207</x:v>
       </x:c>
       <x:c r="B2622" s="3">
-        <x:v>108515.92</x:v>
+        <x:v>108522.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2623" spans="1:2">
       <x:c r="A2623" s="2">
-        <x:v>42184</x:v>
+        <x:v>42206</x:v>
       </x:c>
       <x:c r="B2623" s="3">
-        <x:v>108515.49</x:v>
+        <x:v>108522.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2624" spans="1:2">
       <x:c r="A2624" s="2">
-        <x:v>42183</x:v>
+        <x:v>42205</x:v>
       </x:c>
       <x:c r="B2624" s="3">
-        <x:v>108515.11</x:v>
+        <x:v>108521.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2625" spans="1:2">
       <x:c r="A2625" s="2">
-        <x:v>42180</x:v>
+        <x:v>42204</x:v>
       </x:c>
       <x:c r="B2625" s="3">
-        <x:v>108513.93</x:v>
+        <x:v>108521.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2626" spans="1:2">
       <x:c r="A2626" s="2">
-        <x:v>42179</x:v>
+        <x:v>42201</x:v>
       </x:c>
       <x:c r="B2626" s="3">
-        <x:v>108513.63</x:v>
+        <x:v>108521.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2627" spans="1:2">
       <x:c r="A2627" s="2">
-        <x:v>42178</x:v>
+        <x:v>42200</x:v>
       </x:c>
       <x:c r="B2627" s="3">
-        <x:v>108513.26</x:v>
+        <x:v>108520.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2628" spans="1:2">
       <x:c r="A2628" s="2">
-        <x:v>42177</x:v>
+        <x:v>42199</x:v>
       </x:c>
       <x:c r="B2628" s="3">
-        <x:v>108512.73</x:v>
+        <x:v>108520.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2629" spans="1:2">
       <x:c r="A2629" s="2">
-        <x:v>42176</x:v>
+        <x:v>42197</x:v>
       </x:c>
       <x:c r="B2629" s="3">
-        <x:v>108512.29</x:v>
+        <x:v>108519.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2630" spans="1:2">
       <x:c r="A2630" s="2">
-        <x:v>42173</x:v>
+        <x:v>42194</x:v>
       </x:c>
       <x:c r="B2630" s="3">
-        <x:v>108511.42</x:v>
+        <x:v>108519.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2631" spans="1:2">
       <x:c r="A2631" s="2">
-        <x:v>42172</x:v>
+        <x:v>42193</x:v>
       </x:c>
       <x:c r="B2631" s="3">
-        <x:v>108511.16</x:v>
+        <x:v>108519.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2632" spans="1:2">
       <x:c r="A2632" s="2">
-        <x:v>42171</x:v>
+        <x:v>42192</x:v>
       </x:c>
       <x:c r="B2632" s="3">
-        <x:v>108510.6</x:v>
+        <x:v>108518.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2633" spans="1:2">
       <x:c r="A2633" s="2">
-        <x:v>42170</x:v>
+        <x:v>42191</x:v>
       </x:c>
       <x:c r="B2633" s="3">
-        <x:v>108510.36</x:v>
+        <x:v>108518.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2634" spans="1:2">
       <x:c r="A2634" s="2">
-        <x:v>42169</x:v>
+        <x:v>42190</x:v>
       </x:c>
       <x:c r="B2634" s="3">
-        <x:v>108509.96</x:v>
+        <x:v>108517.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2635" spans="1:2">
       <x:c r="A2635" s="2">
-        <x:v>42166</x:v>
+        <x:v>42187</x:v>
       </x:c>
       <x:c r="B2635" s="3">
-        <x:v>108508.72</x:v>
+        <x:v>108517.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2636" spans="1:2">
       <x:c r="A2636" s="2">
-        <x:v>42165</x:v>
+        <x:v>42186</x:v>
       </x:c>
       <x:c r="B2636" s="3">
-        <x:v>108508.32</x:v>
+        <x:v>108516.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2637" spans="1:2">
       <x:c r="A2637" s="2">
-        <x:v>42164</x:v>
+        <x:v>42185</x:v>
       </x:c>
       <x:c r="B2637" s="3">
-        <x:v>108507.96</x:v>
+        <x:v>108515.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2638" spans="1:2">
       <x:c r="A2638" s="2">
-        <x:v>42163</x:v>
+        <x:v>42184</x:v>
       </x:c>
       <x:c r="B2638" s="3">
-        <x:v>108507.25</x:v>
+        <x:v>108515.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2639" spans="1:2">
       <x:c r="A2639" s="2">
-        <x:v>42162</x:v>
+        <x:v>42183</x:v>
       </x:c>
       <x:c r="B2639" s="3">
-        <x:v>108507.01</x:v>
+        <x:v>108515.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2640" spans="1:2">
       <x:c r="A2640" s="2">
-        <x:v>42159</x:v>
+        <x:v>42180</x:v>
       </x:c>
       <x:c r="B2640" s="3">
-        <x:v>108505.8</x:v>
+        <x:v>108513.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2641" spans="1:2">
       <x:c r="A2641" s="2">
-        <x:v>42158</x:v>
+        <x:v>42179</x:v>
       </x:c>
       <x:c r="B2641" s="3">
-        <x:v>108505.17</x:v>
+        <x:v>108513.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2642" spans="1:2">
       <x:c r="A2642" s="2">
-        <x:v>42157</x:v>
+        <x:v>42178</x:v>
       </x:c>
       <x:c r="B2642" s="3">
-        <x:v>108504.54</x:v>
+        <x:v>108513.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2643" spans="1:2">
       <x:c r="A2643" s="2">
-        <x:v>42156</x:v>
+        <x:v>42177</x:v>
       </x:c>
       <x:c r="B2643" s="3">
-        <x:v>108504.02</x:v>
+        <x:v>108512.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2644" spans="1:2">
       <x:c r="A2644" s="2">
-        <x:v>42155</x:v>
+        <x:v>42176</x:v>
       </x:c>
       <x:c r="B2644" s="3">
-        <x:v>108503.29</x:v>
+        <x:v>108512.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2645" spans="1:2">
       <x:c r="A2645" s="2">
-        <x:v>42152</x:v>
+        <x:v>42173</x:v>
       </x:c>
       <x:c r="B2645" s="3">
-        <x:v>108502.21</x:v>
+        <x:v>108511.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2646" spans="1:2">
       <x:c r="A2646" s="2">
-        <x:v>42151</x:v>
+        <x:v>42172</x:v>
       </x:c>
       <x:c r="B2646" s="3">
-        <x:v>108501.72</x:v>
+        <x:v>108511.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2647" spans="1:2">
       <x:c r="A2647" s="2">
-        <x:v>42150</x:v>
+        <x:v>42171</x:v>
       </x:c>
       <x:c r="B2647" s="3">
-        <x:v>108501.15</x:v>
+        <x:v>108510.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2648" spans="1:2">
       <x:c r="A2648" s="2">
-        <x:v>42149</x:v>
+        <x:v>42170</x:v>
       </x:c>
       <x:c r="B2648" s="3">
-        <x:v>108500.68</x:v>
+        <x:v>108510.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2649" spans="1:2">
       <x:c r="A2649" s="2">
-        <x:v>42145</x:v>
+        <x:v>42169</x:v>
       </x:c>
       <x:c r="B2649" s="3">
-        <x:v>108497.88</x:v>
+        <x:v>108509.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2650" spans="1:2">
       <x:c r="A2650" s="2">
-        <x:v>42144</x:v>
+        <x:v>42166</x:v>
       </x:c>
       <x:c r="B2650" s="3">
-        <x:v>108497.27</x:v>
+        <x:v>108508.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2651" spans="1:2">
       <x:c r="A2651" s="2">
-        <x:v>42143</x:v>
+        <x:v>42165</x:v>
       </x:c>
       <x:c r="B2651" s="3">
-        <x:v>108496.44</x:v>
+        <x:v>108508.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2652" spans="1:2">
       <x:c r="A2652" s="2">
-        <x:v>42142</x:v>
+        <x:v>42164</x:v>
       </x:c>
       <x:c r="B2652" s="3">
-        <x:v>108496.1</x:v>
+        <x:v>108507.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2653" spans="1:2">
       <x:c r="A2653" s="2">
-        <x:v>42141</x:v>
+        <x:v>42163</x:v>
       </x:c>
       <x:c r="B2653" s="3">
-        <x:v>108494.9</x:v>
+        <x:v>108507.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2654" spans="1:2">
       <x:c r="A2654" s="2">
-        <x:v>42138</x:v>
+        <x:v>42162</x:v>
       </x:c>
       <x:c r="B2654" s="3">
-        <x:v>108493.61</x:v>
+        <x:v>108507.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2655" spans="1:2">
       <x:c r="A2655" s="2">
-        <x:v>42136</x:v>
+        <x:v>42159</x:v>
       </x:c>
       <x:c r="B2655" s="3">
-        <x:v>108492.61</x:v>
+        <x:v>108505.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2656" spans="1:2">
       <x:c r="A2656" s="2">
-        <x:v>42135</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="B2656" s="3">
-        <x:v>108492.19</x:v>
+        <x:v>108505.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2657" spans="1:2">
       <x:c r="A2657" s="2">
-        <x:v>42134</x:v>
+        <x:v>42157</x:v>
       </x:c>
       <x:c r="B2657" s="3">
-        <x:v>108491.86</x:v>
+        <x:v>108504.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2658" spans="1:2">
       <x:c r="A2658" s="2">
-        <x:v>42130</x:v>
+        <x:v>42156</x:v>
       </x:c>
       <x:c r="B2658" s="3">
-        <x:v>108490.14</x:v>
+        <x:v>108504.02</x:v>
       </x:c>
     </x:row>
     <x:row r="2659" spans="1:2">
       <x:c r="A2659" s="2">
-        <x:v>42129</x:v>
+        <x:v>42155</x:v>
       </x:c>
       <x:c r="B2659" s="3">
-        <x:v>108489.83</x:v>
+        <x:v>108503.29</x:v>
       </x:c>
     </x:row>
     <x:row r="2660" spans="1:2">
       <x:c r="A2660" s="2">
-        <x:v>42128</x:v>
+        <x:v>42152</x:v>
       </x:c>
       <x:c r="B2660" s="3">
-        <x:v>108489.55</x:v>
+        <x:v>108502.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2661" spans="1:2">
       <x:c r="A2661" s="2">
-        <x:v>42127</x:v>
+        <x:v>42151</x:v>
       </x:c>
       <x:c r="B2661" s="3">
-        <x:v>108488.95</x:v>
+        <x:v>108501.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2662" spans="1:2">
       <x:c r="A2662" s="2">
-        <x:v>42123</x:v>
+        <x:v>42150</x:v>
       </x:c>
       <x:c r="B2662" s="3">
-        <x:v>108487.42</x:v>
+        <x:v>108501.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2663" spans="1:2">
       <x:c r="A2663" s="2">
-        <x:v>42122</x:v>
+        <x:v>42149</x:v>
       </x:c>
       <x:c r="B2663" s="3">
-        <x:v>108487.05</x:v>
+        <x:v>108500.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2664" spans="1:2">
       <x:c r="A2664" s="2">
-        <x:v>42121</x:v>
+        <x:v>42145</x:v>
       </x:c>
       <x:c r="B2664" s="3">
-        <x:v>108486.12</x:v>
+        <x:v>108497.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2665" spans="1:2">
       <x:c r="A2665" s="2">
-        <x:v>42120</x:v>
+        <x:v>42144</x:v>
       </x:c>
       <x:c r="B2665" s="3">
-        <x:v>108485.71</x:v>
+        <x:v>108497.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2666" spans="1:2">
       <x:c r="A2666" s="2">
-        <x:v>42117</x:v>
+        <x:v>42143</x:v>
       </x:c>
       <x:c r="B2666" s="3">
-        <x:v>108484.33</x:v>
+        <x:v>108496.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2667" spans="1:2">
       <x:c r="A2667" s="2">
-        <x:v>42116</x:v>
+        <x:v>42142</x:v>
       </x:c>
       <x:c r="B2667" s="3">
-        <x:v>108484.05</x:v>
+        <x:v>108496.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2668" spans="1:2">
       <x:c r="A2668" s="2">
-        <x:v>42115</x:v>
+        <x:v>42141</x:v>
       </x:c>
       <x:c r="B2668" s="3">
-        <x:v>108483.41</x:v>
+        <x:v>108494.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2669" spans="1:2">
       <x:c r="A2669" s="2">
-        <x:v>42114</x:v>
+        <x:v>42138</x:v>
       </x:c>
       <x:c r="B2669" s="3">
-        <x:v>108483.03</x:v>
+        <x:v>108493.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2670" spans="1:2">
       <x:c r="A2670" s="2">
-        <x:v>42113</x:v>
+        <x:v>42136</x:v>
       </x:c>
       <x:c r="B2670" s="3">
-        <x:v>108482.61</x:v>
+        <x:v>108492.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2671" spans="1:2">
       <x:c r="A2671" s="2">
-        <x:v>42110</x:v>
+        <x:v>42135</x:v>
       </x:c>
       <x:c r="B2671" s="3">
-        <x:v>108480.56</x:v>
+        <x:v>108492.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2672" spans="1:2">
       <x:c r="A2672" s="2">
-        <x:v>42109</x:v>
+        <x:v>42134</x:v>
       </x:c>
       <x:c r="B2672" s="3">
-        <x:v>108479.32</x:v>
+        <x:v>108491.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2673" spans="1:2">
       <x:c r="A2673" s="2">
-        <x:v>42108</x:v>
+        <x:v>42130</x:v>
       </x:c>
       <x:c r="B2673" s="3">
-        <x:v>108478.3</x:v>
+        <x:v>108490.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2674" spans="1:2">
       <x:c r="A2674" s="2">
-        <x:v>42107</x:v>
+        <x:v>42129</x:v>
       </x:c>
       <x:c r="B2674" s="3">
-        <x:v>108477.19</x:v>
+        <x:v>108489.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2675" spans="1:2">
       <x:c r="A2675" s="2">
-        <x:v>42106</x:v>
+        <x:v>42128</x:v>
       </x:c>
       <x:c r="B2675" s="3">
-        <x:v>108476.27</x:v>
+        <x:v>108489.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2676" spans="1:2">
       <x:c r="A2676" s="2">
-        <x:v>42103</x:v>
+        <x:v>42127</x:v>
       </x:c>
       <x:c r="B2676" s="3">
-        <x:v>108473.45</x:v>
+        <x:v>108488.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2677" spans="1:2">
       <x:c r="A2677" s="2">
-        <x:v>42102</x:v>
+        <x:v>42123</x:v>
       </x:c>
       <x:c r="B2677" s="3">
-        <x:v>108472.7</x:v>
+        <x:v>108487.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2678" spans="1:2">
       <x:c r="A2678" s="2">
-        <x:v>42101</x:v>
+        <x:v>42122</x:v>
       </x:c>
       <x:c r="B2678" s="3">
-        <x:v>108472.34</x:v>
+        <x:v>108487.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2679" spans="1:2">
       <x:c r="A2679" s="2">
-        <x:v>42100</x:v>
+        <x:v>42121</x:v>
       </x:c>
       <x:c r="B2679" s="3">
-        <x:v>108471.12</x:v>
+        <x:v>108486.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2680" spans="1:2">
       <x:c r="A2680" s="2">
-        <x:v>42095</x:v>
+        <x:v>42120</x:v>
       </x:c>
       <x:c r="B2680" s="3">
-        <x:v>108467.85</x:v>
+        <x:v>108485.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2681" spans="1:2">
       <x:c r="A2681" s="2">
-        <x:v>42094</x:v>
+        <x:v>42117</x:v>
       </x:c>
       <x:c r="B2681" s="3">
-        <x:v>108467.36</x:v>
+        <x:v>108484.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2682" spans="1:2">
       <x:c r="A2682" s="2">
-        <x:v>42093</x:v>
+        <x:v>42116</x:v>
       </x:c>
       <x:c r="B2682" s="3">
-        <x:v>108466.88</x:v>
+        <x:v>108484.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2683" spans="1:2">
       <x:c r="A2683" s="2">
-        <x:v>42092</x:v>
+        <x:v>42115</x:v>
       </x:c>
       <x:c r="B2683" s="3">
-        <x:v>108465.68</x:v>
+        <x:v>108483.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2684" spans="1:2">
       <x:c r="A2684" s="2">
-        <x:v>42089</x:v>
+        <x:v>42114</x:v>
       </x:c>
       <x:c r="B2684" s="3">
-        <x:v>108464.18</x:v>
+        <x:v>108483.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2685" spans="1:2">
       <x:c r="A2685" s="2">
-        <x:v>42088</x:v>
+        <x:v>42113</x:v>
       </x:c>
       <x:c r="B2685" s="3">
-        <x:v>108463.78</x:v>
+        <x:v>108482.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2686" spans="1:2">
       <x:c r="A2686" s="2">
-        <x:v>42087</x:v>
+        <x:v>42110</x:v>
       </x:c>
       <x:c r="B2686" s="3">
-        <x:v>108463.44</x:v>
+        <x:v>108480.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2687" spans="1:2">
       <x:c r="A2687" s="2">
-        <x:v>42086</x:v>
+        <x:v>42109</x:v>
       </x:c>
       <x:c r="B2687" s="3">
-        <x:v>108462.94</x:v>
+        <x:v>108479.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2688" spans="1:2">
       <x:c r="A2688" s="2">
-        <x:v>42085</x:v>
+        <x:v>42108</x:v>
       </x:c>
       <x:c r="B2688" s="3">
-        <x:v>108462.53</x:v>
+        <x:v>108478.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2689" spans="1:2">
       <x:c r="A2689" s="2">
-        <x:v>42082</x:v>
+        <x:v>42107</x:v>
       </x:c>
       <x:c r="B2689" s="3">
-        <x:v>108460.88</x:v>
+        <x:v>108477.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2690" spans="1:2">
       <x:c r="A2690" s="2">
-        <x:v>42081</x:v>
+        <x:v>42106</x:v>
       </x:c>
       <x:c r="B2690" s="3">
-        <x:v>108460.47</x:v>
+        <x:v>108476.27</x:v>
       </x:c>
     </x:row>
     <x:row r="2691" spans="1:2">
       <x:c r="A2691" s="2">
-        <x:v>42080</x:v>
+        <x:v>42103</x:v>
       </x:c>
       <x:c r="B2691" s="3">
-        <x:v>108460.06</x:v>
+        <x:v>108473.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2692" spans="1:2">
       <x:c r="A2692" s="2">
-        <x:v>42079</x:v>
+        <x:v>42102</x:v>
       </x:c>
       <x:c r="B2692" s="3">
-        <x:v>108459.72</x:v>
+        <x:v>108472.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2693" spans="1:2">
       <x:c r="A2693" s="2">
-        <x:v>42078</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="B2693" s="3">
-        <x:v>108459.25</x:v>
+        <x:v>108472.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2694" spans="1:2">
       <x:c r="A2694" s="2">
-        <x:v>42075</x:v>
+        <x:v>42100</x:v>
       </x:c>
       <x:c r="B2694" s="3">
-        <x:v>108456.63</x:v>
+        <x:v>108471.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2695" spans="1:2">
       <x:c r="A2695" s="2">
-        <x:v>42074</x:v>
+        <x:v>42095</x:v>
       </x:c>
       <x:c r="B2695" s="3">
-        <x:v>108455.46</x:v>
+        <x:v>108467.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2696" spans="1:2">
       <x:c r="A2696" s="2">
-        <x:v>42073</x:v>
+        <x:v>42094</x:v>
       </x:c>
       <x:c r="B2696" s="3">
-        <x:v>108453.8</x:v>
+        <x:v>108467.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2697" spans="1:2">
       <x:c r="A2697" s="2">
-        <x:v>42072</x:v>
+        <x:v>42093</x:v>
       </x:c>
       <x:c r="B2697" s="3">
-        <x:v>108452.71</x:v>
+        <x:v>108466.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2698" spans="1:2">
       <x:c r="A2698" s="2">
-        <x:v>42071</x:v>
+        <x:v>42092</x:v>
       </x:c>
       <x:c r="B2698" s="3">
-        <x:v>108450.56</x:v>
+        <x:v>108465.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2699" spans="1:2">
       <x:c r="A2699" s="2">
-        <x:v>42068</x:v>
+        <x:v>42089</x:v>
       </x:c>
       <x:c r="B2699" s="3">
-        <x:v>108447.26</x:v>
+        <x:v>108464.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2700" spans="1:2">
       <x:c r="A2700" s="2">
-        <x:v>42067</x:v>
+        <x:v>42088</x:v>
       </x:c>
       <x:c r="B2700" s="3">
-        <x:v>108446.81</x:v>
+        <x:v>108463.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2701" spans="1:2">
       <x:c r="A2701" s="2">
-        <x:v>42066</x:v>
+        <x:v>42087</x:v>
       </x:c>
       <x:c r="B2701" s="3">
-        <x:v>108445.65</x:v>
+        <x:v>108463.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2702" spans="1:2">
       <x:c r="A2702" s="2">
-        <x:v>42065</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="B2702" s="3">
-        <x:v>108443.92</x:v>
+        <x:v>108462.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2703" spans="1:2">
       <x:c r="A2703" s="2">
-        <x:v>42064</x:v>
+        <x:v>42085</x:v>
       </x:c>
       <x:c r="B2703" s="3">
-        <x:v>108442.67</x:v>
+        <x:v>108462.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2704" spans="1:2">
       <x:c r="A2704" s="2">
-        <x:v>42061</x:v>
+        <x:v>42082</x:v>
       </x:c>
       <x:c r="B2704" s="3">
-        <x:v>108438.74</x:v>
+        <x:v>108460.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2705" spans="1:2">
       <x:c r="A2705" s="2">
-        <x:v>42060</x:v>
+        <x:v>42081</x:v>
       </x:c>
       <x:c r="B2705" s="3">
-        <x:v>108436.21</x:v>
+        <x:v>108460.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2706" spans="1:2">
       <x:c r="A2706" s="2">
-        <x:v>42059</x:v>
+        <x:v>42080</x:v>
       </x:c>
       <x:c r="B2706" s="3">
-        <x:v>108434.57</x:v>
+        <x:v>108460.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2707" spans="1:2">
       <x:c r="A2707" s="2">
-        <x:v>42058</x:v>
+        <x:v>42079</x:v>
       </x:c>
       <x:c r="B2707" s="3">
-        <x:v>108434.21</x:v>
+        <x:v>108459.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2708" spans="1:2">
       <x:c r="A2708" s="2">
-        <x:v>42057</x:v>
+        <x:v>42078</x:v>
       </x:c>
       <x:c r="B2708" s="3">
-        <x:v>108433.55</x:v>
+        <x:v>108459.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2709" spans="1:2">
       <x:c r="A2709" s="2">
-        <x:v>42054</x:v>
+        <x:v>42075</x:v>
       </x:c>
       <x:c r="B2709" s="3">
-        <x:v>108431.79</x:v>
+        <x:v>108456.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2710" spans="1:2">
       <x:c r="A2710" s="2">
-        <x:v>42053</x:v>
+        <x:v>42074</x:v>
       </x:c>
       <x:c r="B2710" s="3">
-        <x:v>108430.52</x:v>
+        <x:v>108455.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2711" spans="1:2">
       <x:c r="A2711" s="2">
-        <x:v>42052</x:v>
+        <x:v>42073</x:v>
       </x:c>
       <x:c r="B2711" s="3">
-        <x:v>108428.67</x:v>
+        <x:v>108453.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2712" spans="1:2">
       <x:c r="A2712" s="2">
-        <x:v>42051</x:v>
+        <x:v>42072</x:v>
       </x:c>
       <x:c r="B2712" s="3">
-        <x:v>108428.31</x:v>
+        <x:v>108452.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2713" spans="1:2">
       <x:c r="A2713" s="2">
-        <x:v>42050</x:v>
+        <x:v>42071</x:v>
       </x:c>
       <x:c r="B2713" s="3">
-        <x:v>108427.45</x:v>
+        <x:v>108450.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2714" spans="1:2">
       <x:c r="A2714" s="2">
-        <x:v>42047</x:v>
+        <x:v>42068</x:v>
       </x:c>
       <x:c r="B2714" s="3">
-        <x:v>108425.48</x:v>
+        <x:v>108447.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2715" spans="1:2">
       <x:c r="A2715" s="2">
-        <x:v>42046</x:v>
+        <x:v>42067</x:v>
       </x:c>
       <x:c r="B2715" s="3">
-        <x:v>108424.68</x:v>
+        <x:v>108446.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2716" spans="1:2">
       <x:c r="A2716" s="2">
-        <x:v>42045</x:v>
+        <x:v>42066</x:v>
       </x:c>
       <x:c r="B2716" s="3">
-        <x:v>108424.26</x:v>
+        <x:v>108445.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2717" spans="1:2">
       <x:c r="A2717" s="2">
-        <x:v>42044</x:v>
+        <x:v>42065</x:v>
       </x:c>
       <x:c r="B2717" s="3">
-        <x:v>108423.89</x:v>
+        <x:v>108443.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2718" spans="1:2">
       <x:c r="A2718" s="2">
-        <x:v>42043</x:v>
+        <x:v>42064</x:v>
       </x:c>
       <x:c r="B2718" s="3">
-        <x:v>108423.53</x:v>
+        <x:v>108442.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2719" spans="1:2">
       <x:c r="A2719" s="2">
-        <x:v>42040</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="B2719" s="3">
-        <x:v>108421.1</x:v>
+        <x:v>108438.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2720" spans="1:2">
       <x:c r="A2720" s="2">
-        <x:v>42039</x:v>
+        <x:v>42060</x:v>
       </x:c>
       <x:c r="B2720" s="3">
-        <x:v>108420.79</x:v>
+        <x:v>108436.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2721" spans="1:2">
       <x:c r="A2721" s="2">
-        <x:v>42038</x:v>
+        <x:v>42059</x:v>
       </x:c>
       <x:c r="B2721" s="3">
-        <x:v>108420.52</x:v>
+        <x:v>108434.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2722" spans="1:2">
       <x:c r="A2722" s="2">
-        <x:v>42037</x:v>
+        <x:v>42058</x:v>
       </x:c>
       <x:c r="B2722" s="3">
-        <x:v>108420.2</x:v>
+        <x:v>108434.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2723" spans="1:2">
       <x:c r="A2723" s="2">
-        <x:v>42036</x:v>
+        <x:v>42057</x:v>
       </x:c>
       <x:c r="B2723" s="3">
-        <x:v>108419.71</x:v>
+        <x:v>108433.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2724" spans="1:2">
       <x:c r="A2724" s="2">
-        <x:v>42033</x:v>
+        <x:v>42054</x:v>
       </x:c>
       <x:c r="B2724" s="3">
-        <x:v>108418.85</x:v>
+        <x:v>108431.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2725" spans="1:2">
       <x:c r="A2725" s="2">
-        <x:v>42032</x:v>
+        <x:v>42053</x:v>
       </x:c>
       <x:c r="B2725" s="3">
-        <x:v>108418.52</x:v>
+        <x:v>108430.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2726" spans="1:2">
       <x:c r="A2726" s="2">
-        <x:v>42031</x:v>
+        <x:v>42052</x:v>
       </x:c>
       <x:c r="B2726" s="3">
-        <x:v>108418.15</x:v>
+        <x:v>108428.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2727" spans="1:2">
       <x:c r="A2727" s="2">
-        <x:v>42030</x:v>
+        <x:v>42051</x:v>
       </x:c>
       <x:c r="B2727" s="3">
-        <x:v>108417.83</x:v>
+        <x:v>108428.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2728" spans="1:2">
       <x:c r="A2728" s="2">
-        <x:v>42029</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="B2728" s="3">
-        <x:v>108417.44</x:v>
+        <x:v>108427.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2729" spans="1:2">
       <x:c r="A2729" s="2">
-        <x:v>42026</x:v>
+        <x:v>42047</x:v>
       </x:c>
       <x:c r="B2729" s="3">
-        <x:v>108416.31</x:v>
+        <x:v>108425.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2730" spans="1:2">
       <x:c r="A2730" s="2">
-        <x:v>42025</x:v>
+        <x:v>42046</x:v>
       </x:c>
       <x:c r="B2730" s="3">
-        <x:v>108416.05</x:v>
+        <x:v>108424.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2731" spans="1:2">
       <x:c r="A2731" s="2">
-        <x:v>42024</x:v>
+        <x:v>42045</x:v>
       </x:c>
       <x:c r="B2731" s="3">
-        <x:v>108415.44</x:v>
+        <x:v>108424.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2732" spans="1:2">
       <x:c r="A2732" s="2">
-        <x:v>42023</x:v>
+        <x:v>42044</x:v>
       </x:c>
       <x:c r="B2732" s="3">
-        <x:v>108414.7</x:v>
+        <x:v>108423.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2733" spans="1:2">
       <x:c r="A2733" s="2">
-        <x:v>42022</x:v>
+        <x:v>42043</x:v>
       </x:c>
       <x:c r="B2733" s="3">
-        <x:v>108413.46</x:v>
+        <x:v>108423.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2734" spans="1:2">
       <x:c r="A2734" s="2">
-        <x:v>42019</x:v>
+        <x:v>42040</x:v>
       </x:c>
       <x:c r="B2734" s="3">
-        <x:v>108411.73</x:v>
+        <x:v>108421.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2735" spans="1:2">
       <x:c r="A2735" s="2">
-        <x:v>42018</x:v>
+        <x:v>42039</x:v>
       </x:c>
       <x:c r="B2735" s="3">
-        <x:v>108410.33</x:v>
+        <x:v>108420.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2736" spans="1:2">
       <x:c r="A2736" s="2">
-        <x:v>42017</x:v>
+        <x:v>42038</x:v>
       </x:c>
       <x:c r="B2736" s="3">
-        <x:v>108409.34</x:v>
+        <x:v>108420.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2737" spans="1:2">
       <x:c r="A2737" s="2">
-        <x:v>42016</x:v>
+        <x:v>42037</x:v>
       </x:c>
       <x:c r="B2737" s="3">
-        <x:v>108408.7</x:v>
+        <x:v>108420.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2738" spans="1:2">
       <x:c r="A2738" s="2">
-        <x:v>42015</x:v>
+        <x:v>42036</x:v>
       </x:c>
       <x:c r="B2738" s="3">
-        <x:v>108408.15</x:v>
+        <x:v>108419.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2739" spans="1:2">
       <x:c r="A2739" s="2">
-        <x:v>42012</x:v>
+        <x:v>42033</x:v>
       </x:c>
       <x:c r="B2739" s="3">
-        <x:v>108406.88</x:v>
+        <x:v>108418.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2740" spans="1:2">
       <x:c r="A2740" s="2">
-        <x:v>42011</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="B2740" s="3">
-        <x:v>108406.32</x:v>
+        <x:v>108418.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2741" spans="1:2">
       <x:c r="A2741" s="2">
-        <x:v>42010</x:v>
+        <x:v>42031</x:v>
       </x:c>
       <x:c r="B2741" s="3">
-        <x:v>108405.99</x:v>
+        <x:v>108418.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2742" spans="1:2">
       <x:c r="A2742" s="2">
-        <x:v>42009</x:v>
+        <x:v>42030</x:v>
       </x:c>
       <x:c r="B2742" s="3">
-        <x:v>108405.41</x:v>
+        <x:v>108417.83</x:v>
       </x:c>
     </x:row>
     <x:row r="2743" spans="1:2">
       <x:c r="A2743" s="2">
-        <x:v>42008</x:v>
+        <x:v>42029</x:v>
       </x:c>
       <x:c r="B2743" s="3">
-        <x:v>108399.85</x:v>
+        <x:v>108417.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2744" spans="1:2">
       <x:c r="A2744" s="2">
-        <x:v>42005</x:v>
+        <x:v>42026</x:v>
       </x:c>
       <x:c r="B2744" s="3">
-        <x:v>108398.54</x:v>
+        <x:v>108416.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2745" spans="1:2">
       <x:c r="A2745" s="2">
-        <x:v>42003</x:v>
+        <x:v>42025</x:v>
       </x:c>
       <x:c r="B2745" s="3">
-        <x:v>108393.9</x:v>
+        <x:v>108416.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2746" spans="1:2">
       <x:c r="A2746" s="2">
-        <x:v>42002</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="B2746" s="3">
-        <x:v>108393.45</x:v>
+        <x:v>108415.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2747" spans="1:2">
       <x:c r="A2747" s="2">
-        <x:v>42001</x:v>
+        <x:v>42023</x:v>
       </x:c>
       <x:c r="B2747" s="3">
-        <x:v>108389.98</x:v>
+        <x:v>108414.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2748" spans="1:2">
       <x:c r="A2748" s="2">
-        <x:v>41996</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="B2748" s="3">
-        <x:v>108387.01</x:v>
+        <x:v>108413.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2749" spans="1:2">
       <x:c r="A2749" s="2">
-        <x:v>41995</x:v>
+        <x:v>42019</x:v>
       </x:c>
       <x:c r="B2749" s="3">
-        <x:v>108386.42</x:v>
+        <x:v>108411.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2750" spans="1:2">
       <x:c r="A2750" s="2">
-        <x:v>41994</x:v>
+        <x:v>42018</x:v>
       </x:c>
       <x:c r="B2750" s="3">
-        <x:v>108385.85</x:v>
+        <x:v>108410.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2751" spans="1:2">
       <x:c r="A2751" s="2">
-        <x:v>41991</x:v>
+        <x:v>42017</x:v>
       </x:c>
       <x:c r="B2751" s="3">
-        <x:v>108383.12</x:v>
+        <x:v>108409.34</x:v>
       </x:c>
     </x:row>
     <x:row r="2752" spans="1:2">
       <x:c r="A2752" s="2">
-        <x:v>41990</x:v>
+        <x:v>42016</x:v>
       </x:c>
       <x:c r="B2752" s="3">
-        <x:v>108382.46</x:v>
+        <x:v>108408.7</x:v>
       </x:c>
     </x:row>
     <x:row r="2753" spans="1:2">
       <x:c r="A2753" s="2">
-        <x:v>41989</x:v>
+        <x:v>42015</x:v>
       </x:c>
       <x:c r="B2753" s="3">
-        <x:v>108382.07</x:v>
+        <x:v>108408.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2754" spans="1:2">
       <x:c r="A2754" s="2">
-        <x:v>41988</x:v>
+        <x:v>42012</x:v>
       </x:c>
       <x:c r="B2754" s="3">
-        <x:v>108381.69</x:v>
+        <x:v>108406.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2755" spans="1:2">
       <x:c r="A2755" s="2">
-        <x:v>41987</x:v>
+        <x:v>42011</x:v>
       </x:c>
       <x:c r="B2755" s="3">
-        <x:v>108381.19</x:v>
+        <x:v>108406.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2756" spans="1:2">
       <x:c r="A2756" s="2">
-        <x:v>41984</x:v>
+        <x:v>42010</x:v>
       </x:c>
       <x:c r="B2756" s="3">
-        <x:v>108379.51</x:v>
+        <x:v>108405.99</x:v>
       </x:c>
     </x:row>
     <x:row r="2757" spans="1:2">
       <x:c r="A2757" s="2">
-        <x:v>41983</x:v>
+        <x:v>42009</x:v>
       </x:c>
       <x:c r="B2757" s="3">
-        <x:v>108379.12</x:v>
+        <x:v>108405.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2758" spans="1:2">
       <x:c r="A2758" s="2">
-        <x:v>41982</x:v>
+        <x:v>42008</x:v>
       </x:c>
       <x:c r="B2758" s="3">
-        <x:v>108378.74</x:v>
+        <x:v>108399.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2759" spans="1:2">
       <x:c r="A2759" s="2">
-        <x:v>41981</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="B2759" s="3">
-        <x:v>108378.3</x:v>
+        <x:v>108398.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2760" spans="1:2">
       <x:c r="A2760" s="2">
-        <x:v>41980</x:v>
+        <x:v>42003</x:v>
       </x:c>
       <x:c r="B2760" s="3">
-        <x:v>108377.89</x:v>
+        <x:v>108393.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2761" spans="1:2">
       <x:c r="A2761" s="2">
-        <x:v>41977</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="B2761" s="3">
-        <x:v>108376.46</x:v>
+        <x:v>108393.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2762" spans="1:2">
       <x:c r="A2762" s="2">
-        <x:v>41976</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="B2762" s="3">
-        <x:v>108374.95</x:v>
+        <x:v>108389.98</x:v>
       </x:c>
     </x:row>
     <x:row r="2763" spans="1:2">
       <x:c r="A2763" s="2">
-        <x:v>41975</x:v>
+        <x:v>41996</x:v>
       </x:c>
       <x:c r="B2763" s="3">
-        <x:v>108373.67</x:v>
+        <x:v>108387.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2764" spans="1:2">
       <x:c r="A2764" s="2">
-        <x:v>41974</x:v>
+        <x:v>41995</x:v>
       </x:c>
       <x:c r="B2764" s="3">
-        <x:v>108372.44</x:v>
+        <x:v>108386.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2765" spans="1:2">
       <x:c r="A2765" s="2">
-        <x:v>41973</x:v>
+        <x:v>41994</x:v>
       </x:c>
       <x:c r="B2765" s="3">
-        <x:v>108370.81</x:v>
+        <x:v>108385.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2766" spans="1:2">
       <x:c r="A2766" s="2">
-        <x:v>41970</x:v>
+        <x:v>41991</x:v>
       </x:c>
       <x:c r="B2766" s="3">
-        <x:v>108368.64</x:v>
+        <x:v>108383.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2767" spans="1:2">
       <x:c r="A2767" s="2">
-        <x:v>41969</x:v>
+        <x:v>41990</x:v>
       </x:c>
       <x:c r="B2767" s="3">
-        <x:v>108367.66</x:v>
+        <x:v>108382.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2768" spans="1:2">
       <x:c r="A2768" s="2">
-        <x:v>41968</x:v>
+        <x:v>41989</x:v>
       </x:c>
       <x:c r="B2768" s="3">
-        <x:v>108367.01</x:v>
+        <x:v>108382.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2769" spans="1:2">
       <x:c r="A2769" s="2">
-        <x:v>41967</x:v>
+        <x:v>41988</x:v>
       </x:c>
       <x:c r="B2769" s="3">
-        <x:v>108365.93</x:v>
+        <x:v>108381.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2770" spans="1:2">
       <x:c r="A2770" s="2">
-        <x:v>41966</x:v>
+        <x:v>41987</x:v>
       </x:c>
       <x:c r="B2770" s="3">
-        <x:v>108364.89</x:v>
+        <x:v>108381.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2771" spans="1:2">
       <x:c r="A2771" s="2">
-        <x:v>41963</x:v>
+        <x:v>41984</x:v>
       </x:c>
       <x:c r="B2771" s="3">
-        <x:v>108362</x:v>
+        <x:v>108379.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2772" spans="1:2">
       <x:c r="A2772" s="2">
-        <x:v>41962</x:v>
+        <x:v>41983</x:v>
       </x:c>
       <x:c r="B2772" s="3">
-        <x:v>108361.33</x:v>
+        <x:v>108379.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2773" spans="1:2">
       <x:c r="A2773" s="2">
-        <x:v>41961</x:v>
+        <x:v>41982</x:v>
       </x:c>
       <x:c r="B2773" s="3">
-        <x:v>108360.58</x:v>
+        <x:v>108378.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2774" spans="1:2">
       <x:c r="A2774" s="2">
-        <x:v>41960</x:v>
+        <x:v>41981</x:v>
       </x:c>
       <x:c r="B2774" s="3">
-        <x:v>108359.42</x:v>
+        <x:v>108378.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2775" spans="1:2">
       <x:c r="A2775" s="2">
-        <x:v>41959</x:v>
+        <x:v>41980</x:v>
       </x:c>
       <x:c r="B2775" s="3">
-        <x:v>108358.2</x:v>
+        <x:v>108377.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2776" spans="1:2">
       <x:c r="A2776" s="2">
-        <x:v>41956</x:v>
+        <x:v>41977</x:v>
       </x:c>
       <x:c r="B2776" s="3">
-        <x:v>108355.26</x:v>
+        <x:v>108376.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2777" spans="1:2">
       <x:c r="A2777" s="2">
-        <x:v>41955</x:v>
+        <x:v>41976</x:v>
       </x:c>
       <x:c r="B2777" s="3">
-        <x:v>108354.18</x:v>
+        <x:v>108374.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2778" spans="1:2">
       <x:c r="A2778" s="2">
-        <x:v>41954</x:v>
+        <x:v>41975</x:v>
       </x:c>
       <x:c r="B2778" s="3">
-        <x:v>108353.13</x:v>
+        <x:v>108373.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2779" spans="1:2">
       <x:c r="A2779" s="2">
-        <x:v>41952</x:v>
+        <x:v>41974</x:v>
       </x:c>
       <x:c r="B2779" s="3">
-        <x:v>108350.95</x:v>
+        <x:v>108372.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2780" spans="1:2">
       <x:c r="A2780" s="2">
-        <x:v>41949</x:v>
+        <x:v>41973</x:v>
       </x:c>
       <x:c r="B2780" s="3">
-        <x:v>108347.88</x:v>
+        <x:v>108370.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2781" spans="1:2">
       <x:c r="A2781" s="2">
-        <x:v>41948</x:v>
+        <x:v>41970</x:v>
       </x:c>
       <x:c r="B2781" s="3">
-        <x:v>108346.64</x:v>
+        <x:v>108368.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2782" spans="1:2">
       <x:c r="A2782" s="2">
-        <x:v>41947</x:v>
+        <x:v>41969</x:v>
       </x:c>
       <x:c r="B2782" s="3">
-        <x:v>108345.42</x:v>
+        <x:v>108367.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2783" spans="1:2">
       <x:c r="A2783" s="2">
-        <x:v>41946</x:v>
+        <x:v>41968</x:v>
       </x:c>
       <x:c r="B2783" s="3">
-        <x:v>108344.26</x:v>
+        <x:v>108367.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2784" spans="1:2">
       <x:c r="A2784" s="2">
-        <x:v>41945</x:v>
+        <x:v>41967</x:v>
       </x:c>
       <x:c r="B2784" s="3">
-        <x:v>108343.04</x:v>
+        <x:v>108365.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2785" spans="1:2">
       <x:c r="A2785" s="2">
-        <x:v>41942</x:v>
+        <x:v>41966</x:v>
       </x:c>
       <x:c r="B2785" s="3">
-        <x:v>108340.4</x:v>
+        <x:v>108364.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2786" spans="1:2">
       <x:c r="A2786" s="2">
-        <x:v>41941</x:v>
+        <x:v>41963</x:v>
       </x:c>
       <x:c r="B2786" s="3">
-        <x:v>108339.42</x:v>
+        <x:v>108362</x:v>
       </x:c>
     </x:row>
     <x:row r="2787" spans="1:2">
       <x:c r="A2787" s="2">
-        <x:v>41940</x:v>
+        <x:v>41962</x:v>
       </x:c>
       <x:c r="B2787" s="3">
-        <x:v>108338.56</x:v>
+        <x:v>108361.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2788" spans="1:2">
       <x:c r="A2788" s="2">
-        <x:v>41939</x:v>
+        <x:v>41961</x:v>
       </x:c>
       <x:c r="B2788" s="3">
-        <x:v>108337.49</x:v>
+        <x:v>108360.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2789" spans="1:2">
       <x:c r="A2789" s="2">
-        <x:v>41938</x:v>
+        <x:v>41960</x:v>
       </x:c>
       <x:c r="B2789" s="3">
-        <x:v>108336.64</x:v>
+        <x:v>108359.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2790" spans="1:2">
       <x:c r="A2790" s="2">
-        <x:v>41935</x:v>
+        <x:v>41959</x:v>
       </x:c>
       <x:c r="B2790" s="3">
-        <x:v>108334.06</x:v>
+        <x:v>108358.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2791" spans="1:2">
       <x:c r="A2791" s="2">
-        <x:v>41934</x:v>
+        <x:v>41956</x:v>
       </x:c>
       <x:c r="B2791" s="3">
-        <x:v>108333.11</x:v>
+        <x:v>108355.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2792" spans="1:2">
       <x:c r="A2792" s="2">
-        <x:v>41933</x:v>
+        <x:v>41955</x:v>
       </x:c>
       <x:c r="B2792" s="3">
-        <x:v>108332.24</x:v>
+        <x:v>108354.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2793" spans="1:2">
       <x:c r="A2793" s="2">
-        <x:v>41932</x:v>
+        <x:v>41954</x:v>
       </x:c>
       <x:c r="B2793" s="3">
-        <x:v>108331.3</x:v>
+        <x:v>108353.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2794" spans="1:2">
       <x:c r="A2794" s="2">
-        <x:v>41931</x:v>
+        <x:v>41952</x:v>
       </x:c>
       <x:c r="B2794" s="3">
-        <x:v>108330.28</x:v>
+        <x:v>108350.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2795" spans="1:2">
       <x:c r="A2795" s="2">
-        <x:v>41928</x:v>
+        <x:v>41949</x:v>
       </x:c>
       <x:c r="B2795" s="3">
-        <x:v>108328.13</x:v>
+        <x:v>108347.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2796" spans="1:2">
       <x:c r="A2796" s="2">
-        <x:v>41927</x:v>
+        <x:v>41948</x:v>
       </x:c>
       <x:c r="B2796" s="3">
-        <x:v>108327.14</x:v>
+        <x:v>108346.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2797" spans="1:2">
       <x:c r="A2797" s="2">
-        <x:v>41926</x:v>
+        <x:v>41947</x:v>
       </x:c>
       <x:c r="B2797" s="3">
-        <x:v>108326.11</x:v>
+        <x:v>108345.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2798" spans="1:2">
       <x:c r="A2798" s="2">
-        <x:v>41925</x:v>
+        <x:v>41946</x:v>
       </x:c>
       <x:c r="B2798" s="3">
-        <x:v>108325.05</x:v>
+        <x:v>108344.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2799" spans="1:2">
       <x:c r="A2799" s="2">
-        <x:v>41924</x:v>
+        <x:v>41945</x:v>
       </x:c>
       <x:c r="B2799" s="3">
-        <x:v>108323.92</x:v>
+        <x:v>108343.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2800" spans="1:2">
       <x:c r="A2800" s="2">
-        <x:v>41921</x:v>
+        <x:v>41942</x:v>
       </x:c>
       <x:c r="B2800" s="3">
-        <x:v>108320.93</x:v>
+        <x:v>108340.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2801" spans="1:2">
       <x:c r="A2801" s="2">
-        <x:v>41920</x:v>
+        <x:v>41941</x:v>
       </x:c>
       <x:c r="B2801" s="3">
-        <x:v>108319.89</x:v>
+        <x:v>108339.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2802" spans="1:2">
       <x:c r="A2802" s="2">
-        <x:v>41919</x:v>
+        <x:v>41940</x:v>
       </x:c>
       <x:c r="B2802" s="3">
-        <x:v>108318.54</x:v>
+        <x:v>108338.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2803" spans="1:2">
       <x:c r="A2803" s="2">
-        <x:v>41918</x:v>
+        <x:v>41939</x:v>
       </x:c>
       <x:c r="B2803" s="3">
-        <x:v>108317.49</x:v>
+        <x:v>108337.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2804" spans="1:2">
       <x:c r="A2804" s="2">
-        <x:v>41917</x:v>
+        <x:v>41938</x:v>
       </x:c>
       <x:c r="B2804" s="3">
-        <x:v>108316.52</x:v>
+        <x:v>108336.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2805" spans="1:2">
       <x:c r="A2805" s="2">
-        <x:v>41914</x:v>
+        <x:v>41935</x:v>
       </x:c>
       <x:c r="B2805" s="3">
-        <x:v>108312.64</x:v>
+        <x:v>108334.06</x:v>
       </x:c>
     </x:row>
     <x:row r="2806" spans="1:2">
       <x:c r="A2806" s="2">
-        <x:v>41913</x:v>
+        <x:v>41934</x:v>
       </x:c>
       <x:c r="B2806" s="3">
-        <x:v>108311.65</x:v>
+        <x:v>108333.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2807" spans="1:2">
       <x:c r="A2807" s="2">
-        <x:v>41912</x:v>
+        <x:v>41933</x:v>
       </x:c>
       <x:c r="B2807" s="3">
-        <x:v>108310.32</x:v>
+        <x:v>108332.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2808" spans="1:2">
       <x:c r="A2808" s="2">
-        <x:v>41911</x:v>
+        <x:v>41932</x:v>
       </x:c>
       <x:c r="B2808" s="3">
-        <x:v>108309.12</x:v>
+        <x:v>108331.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2809" spans="1:2">
       <x:c r="A2809" s="2">
-        <x:v>41910</x:v>
+        <x:v>41931</x:v>
       </x:c>
       <x:c r="B2809" s="3">
-        <x:v>108308.08</x:v>
+        <x:v>108330.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2810" spans="1:2">
       <x:c r="A2810" s="2">
-        <x:v>41907</x:v>
+        <x:v>41928</x:v>
       </x:c>
       <x:c r="B2810" s="3">
-        <x:v>108304.42</x:v>
+        <x:v>108328.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2811" spans="1:2">
       <x:c r="A2811" s="2">
-        <x:v>41906</x:v>
+        <x:v>41927</x:v>
       </x:c>
       <x:c r="B2811" s="3">
-        <x:v>108303.09</x:v>
+        <x:v>108327.14</x:v>
       </x:c>
     </x:row>
     <x:row r="2812" spans="1:2">
       <x:c r="A2812" s="2">
-        <x:v>41905</x:v>
+        <x:v>41926</x:v>
       </x:c>
       <x:c r="B2812" s="3">
-        <x:v>108301.89</x:v>
+        <x:v>108326.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2813" spans="1:2">
       <x:c r="A2813" s="2">
-        <x:v>41904</x:v>
+        <x:v>41925</x:v>
       </x:c>
       <x:c r="B2813" s="3">
-        <x:v>108300.63</x:v>
+        <x:v>108325.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2814" spans="1:2">
       <x:c r="A2814" s="2">
-        <x:v>41903</x:v>
+        <x:v>41924</x:v>
       </x:c>
       <x:c r="B2814" s="3">
-        <x:v>108299.28</x:v>
+        <x:v>108323.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2815" spans="1:2">
       <x:c r="A2815" s="2">
-        <x:v>41900</x:v>
+        <x:v>41921</x:v>
       </x:c>
       <x:c r="B2815" s="3">
-        <x:v>108296.01</x:v>
+        <x:v>108320.93</x:v>
       </x:c>
     </x:row>
     <x:row r="2816" spans="1:2">
       <x:c r="A2816" s="2">
-        <x:v>41899</x:v>
+        <x:v>41920</x:v>
       </x:c>
       <x:c r="B2816" s="3">
-        <x:v>108294.86</x:v>
+        <x:v>108319.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2817" spans="1:2">
       <x:c r="A2817" s="2">
-        <x:v>41898</x:v>
+        <x:v>41919</x:v>
       </x:c>
       <x:c r="B2817" s="3">
-        <x:v>108293.85</x:v>
+        <x:v>108318.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2818" spans="1:2">
       <x:c r="A2818" s="2">
-        <x:v>41897</x:v>
+        <x:v>41918</x:v>
       </x:c>
       <x:c r="B2818" s="3">
-        <x:v>108292.57</x:v>
+        <x:v>108317.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2819" spans="1:2">
       <x:c r="A2819" s="2">
-        <x:v>41896</x:v>
+        <x:v>41917</x:v>
       </x:c>
       <x:c r="B2819" s="3">
-        <x:v>108291.36</x:v>
+        <x:v>108316.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2820" spans="1:2">
       <x:c r="A2820" s="2">
-        <x:v>41893</x:v>
+        <x:v>41914</x:v>
       </x:c>
       <x:c r="B2820" s="3">
-        <x:v>108287.79</x:v>
+        <x:v>108312.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2821" spans="1:2">
       <x:c r="A2821" s="2">
-        <x:v>41892</x:v>
+        <x:v>41913</x:v>
       </x:c>
       <x:c r="B2821" s="3">
-        <x:v>108286.57</x:v>
+        <x:v>108311.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2822" spans="1:2">
       <x:c r="A2822" s="2">
-        <x:v>41891</x:v>
+        <x:v>41912</x:v>
       </x:c>
       <x:c r="B2822" s="3">
-        <x:v>108285.37</x:v>
+        <x:v>108310.32</x:v>
       </x:c>
     </x:row>
     <x:row r="2823" spans="1:2">
       <x:c r="A2823" s="2">
-        <x:v>41890</x:v>
+        <x:v>41911</x:v>
       </x:c>
       <x:c r="B2823" s="3">
-        <x:v>108284.25</x:v>
+        <x:v>108309.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2824" spans="1:2">
       <x:c r="A2824" s="2">
-        <x:v>41889</x:v>
+        <x:v>41910</x:v>
       </x:c>
       <x:c r="B2824" s="3">
-        <x:v>108283.01</x:v>
+        <x:v>108308.08</x:v>
       </x:c>
     </x:row>
     <x:row r="2825" spans="1:2">
       <x:c r="A2825" s="2">
-        <x:v>41886</x:v>
+        <x:v>41907</x:v>
       </x:c>
       <x:c r="B2825" s="3">
-        <x:v>108279.72</x:v>
+        <x:v>108304.42</x:v>
       </x:c>
     </x:row>
     <x:row r="2826" spans="1:2">
       <x:c r="A2826" s="2">
-        <x:v>41885</x:v>
+        <x:v>41906</x:v>
       </x:c>
       <x:c r="B2826" s="3">
-        <x:v>108278.6</x:v>
+        <x:v>108303.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2827" spans="1:2">
       <x:c r="A2827" s="2">
-        <x:v>41884</x:v>
+        <x:v>41905</x:v>
       </x:c>
       <x:c r="B2827" s="3">
-        <x:v>108277.15</x:v>
+        <x:v>108301.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2828" spans="1:2">
       <x:c r="A2828" s="2">
-        <x:v>41883</x:v>
+        <x:v>41904</x:v>
       </x:c>
       <x:c r="B2828" s="3">
-        <x:v>108276</x:v>
+        <x:v>108300.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2829" spans="1:2">
       <x:c r="A2829" s="2">
-        <x:v>41882</x:v>
+        <x:v>41903</x:v>
       </x:c>
       <x:c r="B2829" s="3">
-        <x:v>108274.65</x:v>
+        <x:v>108299.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2830" spans="1:2">
       <x:c r="A2830" s="2">
-        <x:v>41879</x:v>
+        <x:v>41900</x:v>
       </x:c>
       <x:c r="B2830" s="3">
-        <x:v>108271.28</x:v>
+        <x:v>108296.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2831" spans="1:2">
       <x:c r="A2831" s="2">
-        <x:v>41878</x:v>
+        <x:v>41899</x:v>
       </x:c>
       <x:c r="B2831" s="3">
-        <x:v>108270.04</x:v>
+        <x:v>108294.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2832" spans="1:2">
       <x:c r="A2832" s="2">
-        <x:v>41877</x:v>
+        <x:v>41898</x:v>
       </x:c>
       <x:c r="B2832" s="3">
-        <x:v>108268.63</x:v>
+        <x:v>108293.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2833" spans="1:2">
       <x:c r="A2833" s="2">
-        <x:v>41876</x:v>
+        <x:v>41897</x:v>
       </x:c>
       <x:c r="B2833" s="3">
-        <x:v>108267.43</x:v>
+        <x:v>108292.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2834" spans="1:2">
       <x:c r="A2834" s="2">
-        <x:v>41875</x:v>
+        <x:v>41896</x:v>
       </x:c>
       <x:c r="B2834" s="3">
-        <x:v>108265.96</x:v>
+        <x:v>108291.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2835" spans="1:2">
       <x:c r="A2835" s="2">
-        <x:v>41872</x:v>
+        <x:v>41893</x:v>
       </x:c>
       <x:c r="B2835" s="3">
-        <x:v>108262.43</x:v>
+        <x:v>108287.79</x:v>
       </x:c>
     </x:row>
     <x:row r="2836" spans="1:2">
       <x:c r="A2836" s="2">
-        <x:v>41871</x:v>
+        <x:v>41892</x:v>
       </x:c>
       <x:c r="B2836" s="3">
-        <x:v>108261.11</x:v>
+        <x:v>108286.57</x:v>
       </x:c>
     </x:row>
     <x:row r="2837" spans="1:2">
       <x:c r="A2837" s="2">
-        <x:v>41870</x:v>
+        <x:v>41891</x:v>
       </x:c>
       <x:c r="B2837" s="3">
-        <x:v>108259.62</x:v>
+        <x:v>108285.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2838" spans="1:2">
       <x:c r="A2838" s="2">
-        <x:v>41869</x:v>
+        <x:v>41890</x:v>
       </x:c>
       <x:c r="B2838" s="3">
-        <x:v>108258.24</x:v>
+        <x:v>108284.25</x:v>
       </x:c>
     </x:row>
     <x:row r="2839" spans="1:2">
       <x:c r="A2839" s="2">
-        <x:v>41868</x:v>
+        <x:v>41889</x:v>
       </x:c>
       <x:c r="B2839" s="3">
-        <x:v>108256.48</x:v>
+        <x:v>108283.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2840" spans="1:2">
       <x:c r="A2840" s="2">
-        <x:v>41864</x:v>
+        <x:v>41886</x:v>
       </x:c>
       <x:c r="B2840" s="3">
-        <x:v>108251.67</x:v>
+        <x:v>108279.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2841" spans="1:2">
       <x:c r="A2841" s="2">
-        <x:v>41863</x:v>
+        <x:v>41885</x:v>
       </x:c>
       <x:c r="B2841" s="3">
-        <x:v>108250.52</x:v>
+        <x:v>108278.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2842" spans="1:2">
       <x:c r="A2842" s="2">
-        <x:v>41862</x:v>
+        <x:v>41884</x:v>
       </x:c>
       <x:c r="B2842" s="3">
-        <x:v>108249.26</x:v>
+        <x:v>108277.15</x:v>
       </x:c>
     </x:row>
     <x:row r="2843" spans="1:2">
       <x:c r="A2843" s="2">
-        <x:v>41861</x:v>
+        <x:v>41883</x:v>
       </x:c>
       <x:c r="B2843" s="3">
-        <x:v>108247.94</x:v>
+        <x:v>108276</x:v>
       </x:c>
     </x:row>
     <x:row r="2844" spans="1:2">
       <x:c r="A2844" s="2">
-        <x:v>41858</x:v>
+        <x:v>41882</x:v>
       </x:c>
       <x:c r="B2844" s="3">
-        <x:v>108243.92</x:v>
+        <x:v>108274.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2845" spans="1:2">
       <x:c r="A2845" s="2">
-        <x:v>41857</x:v>
+        <x:v>41879</x:v>
       </x:c>
       <x:c r="B2845" s="3">
-        <x:v>108242.54</x:v>
+        <x:v>108271.28</x:v>
       </x:c>
     </x:row>
     <x:row r="2846" spans="1:2">
       <x:c r="A2846" s="2">
-        <x:v>41856</x:v>
+        <x:v>41878</x:v>
       </x:c>
       <x:c r="B2846" s="3">
-        <x:v>108241.21</x:v>
+        <x:v>108270.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2847" spans="1:2">
       <x:c r="A2847" s="2">
-        <x:v>41855</x:v>
+        <x:v>41877</x:v>
       </x:c>
       <x:c r="B2847" s="3">
-        <x:v>108239.92</x:v>
+        <x:v>108268.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2848" spans="1:2">
       <x:c r="A2848" s="2">
-        <x:v>41854</x:v>
+        <x:v>41876</x:v>
       </x:c>
       <x:c r="B2848" s="3">
-        <x:v>108238.74</x:v>
+        <x:v>108267.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2849" spans="1:2">
       <x:c r="A2849" s="2">
-        <x:v>41851</x:v>
+        <x:v>41875</x:v>
       </x:c>
       <x:c r="B2849" s="3">
-        <x:v>108234.45</x:v>
+        <x:v>108265.96</x:v>
       </x:c>
     </x:row>
     <x:row r="2850" spans="1:2">
       <x:c r="A2850" s="2">
-        <x:v>41850</x:v>
+        <x:v>41872</x:v>
       </x:c>
       <x:c r="B2850" s="3">
-        <x:v>108233.19</x:v>
+        <x:v>108262.43</x:v>
       </x:c>
     </x:row>
     <x:row r="2851" spans="1:2">
       <x:c r="A2851" s="2">
-        <x:v>41849</x:v>
+        <x:v>41871</x:v>
       </x:c>
       <x:c r="B2851" s="3">
-        <x:v>108231.82</x:v>
+        <x:v>108261.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2852" spans="1:2">
       <x:c r="A2852" s="2">
-        <x:v>41848</x:v>
+        <x:v>41870</x:v>
       </x:c>
       <x:c r="B2852" s="3">
-        <x:v>108230.55</x:v>
+        <x:v>108259.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2853" spans="1:2">
       <x:c r="A2853" s="2">
-        <x:v>41847</x:v>
+        <x:v>41869</x:v>
       </x:c>
       <x:c r="B2853" s="3">
-        <x:v>108228.88</x:v>
+        <x:v>108258.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2854" spans="1:2">
       <x:c r="A2854" s="2">
-        <x:v>41844</x:v>
+        <x:v>41868</x:v>
       </x:c>
       <x:c r="B2854" s="3">
-        <x:v>108225.09</x:v>
+        <x:v>108256.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2855" spans="1:2">
       <x:c r="A2855" s="2">
-        <x:v>41843</x:v>
+        <x:v>41864</x:v>
       </x:c>
       <x:c r="B2855" s="3">
-        <x:v>108223.89</x:v>
+        <x:v>108251.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2856" spans="1:2">
       <x:c r="A2856" s="2">
-        <x:v>41842</x:v>
+        <x:v>41863</x:v>
       </x:c>
       <x:c r="B2856" s="3">
-        <x:v>108222.41</x:v>
+        <x:v>108250.52</x:v>
       </x:c>
     </x:row>
     <x:row r="2857" spans="1:2">
       <x:c r="A2857" s="2">
-        <x:v>41841</x:v>
+        <x:v>41862</x:v>
       </x:c>
       <x:c r="B2857" s="3">
-        <x:v>108221.01</x:v>
+        <x:v>108249.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2858" spans="1:2">
       <x:c r="A2858" s="2">
-        <x:v>41840</x:v>
+        <x:v>41861</x:v>
       </x:c>
       <x:c r="B2858" s="3">
-        <x:v>108219.61</x:v>
+        <x:v>108247.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2859" spans="1:2">
       <x:c r="A2859" s="2">
-        <x:v>41837</x:v>
+        <x:v>41858</x:v>
       </x:c>
       <x:c r="B2859" s="3">
-        <x:v>108215.1</x:v>
+        <x:v>108243.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2860" spans="1:2">
       <x:c r="A2860" s="2">
-        <x:v>41836</x:v>
+        <x:v>41857</x:v>
       </x:c>
       <x:c r="B2860" s="3">
-        <x:v>108213.73</x:v>
+        <x:v>108242.54</x:v>
       </x:c>
     </x:row>
     <x:row r="2861" spans="1:2">
       <x:c r="A2861" s="2">
-        <x:v>41835</x:v>
+        <x:v>41856</x:v>
       </x:c>
       <x:c r="B2861" s="3">
-        <x:v>108212.45</x:v>
+        <x:v>108241.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2862" spans="1:2">
       <x:c r="A2862" s="2">
-        <x:v>41834</x:v>
+        <x:v>41855</x:v>
       </x:c>
       <x:c r="B2862" s="3">
-        <x:v>108211.3</x:v>
+        <x:v>108239.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2863" spans="1:2">
       <x:c r="A2863" s="2">
-        <x:v>41830</x:v>
+        <x:v>41854</x:v>
       </x:c>
       <x:c r="B2863" s="3">
-        <x:v>108205.84</x:v>
+        <x:v>108238.74</x:v>
       </x:c>
     </x:row>
     <x:row r="2864" spans="1:2">
       <x:c r="A2864" s="2">
-        <x:v>41829</x:v>
+        <x:v>41851</x:v>
       </x:c>
       <x:c r="B2864" s="3">
-        <x:v>108204.89</x:v>
+        <x:v>108234.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2865" spans="1:2">
       <x:c r="A2865" s="2">
-        <x:v>41828</x:v>
+        <x:v>41850</x:v>
       </x:c>
       <x:c r="B2865" s="3">
-        <x:v>108203.47</x:v>
+        <x:v>108233.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2866" spans="1:2">
       <x:c r="A2866" s="2">
-        <x:v>41827</x:v>
+        <x:v>41849</x:v>
       </x:c>
       <x:c r="B2866" s="3">
-        <x:v>108202.65</x:v>
+        <x:v>108231.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2867" spans="1:2">
       <x:c r="A2867" s="2">
-        <x:v>41826</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="B2867" s="3">
-        <x:v>108201.62</x:v>
+        <x:v>108230.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2868" spans="1:2">
       <x:c r="A2868" s="2">
-        <x:v>41823</x:v>
+        <x:v>41847</x:v>
       </x:c>
       <x:c r="B2868" s="3">
-        <x:v>108198.22</x:v>
+        <x:v>108228.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2869" spans="1:2">
       <x:c r="A2869" s="2">
-        <x:v>41822</x:v>
+        <x:v>41844</x:v>
       </x:c>
       <x:c r="B2869" s="3">
-        <x:v>108197.04</x:v>
+        <x:v>108225.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2870" spans="1:2">
       <x:c r="A2870" s="2">
-        <x:v>41821</x:v>
+        <x:v>41843</x:v>
       </x:c>
       <x:c r="B2870" s="3">
-        <x:v>108196.13</x:v>
+        <x:v>108223.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2871" spans="1:2">
       <x:c r="A2871" s="2">
-        <x:v>41820</x:v>
+        <x:v>41842</x:v>
       </x:c>
       <x:c r="B2871" s="3">
-        <x:v>108194.65</x:v>
+        <x:v>108222.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2872" spans="1:2">
       <x:c r="A2872" s="2">
-        <x:v>41819</x:v>
+        <x:v>41841</x:v>
       </x:c>
       <x:c r="B2872" s="3">
-        <x:v>108194.13</x:v>
+        <x:v>108221.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2873" spans="1:2">
       <x:c r="A2873" s="2">
-        <x:v>41816</x:v>
+        <x:v>41840</x:v>
       </x:c>
       <x:c r="B2873" s="3">
-        <x:v>108190.87</x:v>
+        <x:v>108219.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2874" spans="1:2">
       <x:c r="A2874" s="2">
-        <x:v>41815</x:v>
+        <x:v>41837</x:v>
       </x:c>
       <x:c r="B2874" s="3">
-        <x:v>108190.09</x:v>
+        <x:v>108215.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2875" spans="1:2">
       <x:c r="A2875" s="2">
-        <x:v>41814</x:v>
+        <x:v>41836</x:v>
       </x:c>
       <x:c r="B2875" s="3">
-        <x:v>108188.36</x:v>
+        <x:v>108213.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2876" spans="1:2">
       <x:c r="A2876" s="2">
-        <x:v>41813</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="B2876" s="3">
-        <x:v>108187.49</x:v>
+        <x:v>108212.45</x:v>
       </x:c>
     </x:row>
     <x:row r="2877" spans="1:2">
       <x:c r="A2877" s="2">
-        <x:v>41812</x:v>
+        <x:v>41834</x:v>
       </x:c>
       <x:c r="B2877" s="3">
-        <x:v>108186.56</x:v>
+        <x:v>108211.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2878" spans="1:2">
       <x:c r="A2878" s="2">
-        <x:v>41809</x:v>
+        <x:v>41830</x:v>
       </x:c>
       <x:c r="B2878" s="3">
-        <x:v>108181.9</x:v>
+        <x:v>108205.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2879" spans="1:2">
       <x:c r="A2879" s="2">
-        <x:v>41808</x:v>
+        <x:v>41829</x:v>
       </x:c>
       <x:c r="B2879" s="3">
-        <x:v>108181.21</x:v>
+        <x:v>108204.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2880" spans="1:2">
       <x:c r="A2880" s="2">
-        <x:v>41807</x:v>
+        <x:v>41828</x:v>
       </x:c>
       <x:c r="B2880" s="3">
-        <x:v>108180.6</x:v>
+        <x:v>108203.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2881" spans="1:2">
       <x:c r="A2881" s="2">
-        <x:v>41806</x:v>
+        <x:v>41827</x:v>
       </x:c>
       <x:c r="B2881" s="3">
-        <x:v>108179.2</x:v>
+        <x:v>108202.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2882" spans="1:2">
       <x:c r="A2882" s="2">
-        <x:v>41805</x:v>
+        <x:v>41826</x:v>
       </x:c>
       <x:c r="B2882" s="3">
-        <x:v>108177.82</x:v>
+        <x:v>108201.62</x:v>
       </x:c>
     </x:row>
     <x:row r="2883" spans="1:2">
       <x:c r="A2883" s="2">
-        <x:v>41802</x:v>
+        <x:v>41823</x:v>
       </x:c>
       <x:c r="B2883" s="3">
-        <x:v>108173.48</x:v>
+        <x:v>108198.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2884" spans="1:2">
       <x:c r="A2884" s="2">
-        <x:v>41801</x:v>
+        <x:v>41822</x:v>
       </x:c>
       <x:c r="B2884" s="3">
-        <x:v>108172.09</x:v>
+        <x:v>108197.04</x:v>
       </x:c>
     </x:row>
     <x:row r="2885" spans="1:2">
       <x:c r="A2885" s="2">
-        <x:v>41800</x:v>
+        <x:v>41821</x:v>
       </x:c>
       <x:c r="B2885" s="3">
-        <x:v>108171.5</x:v>
+        <x:v>108196.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2886" spans="1:2">
       <x:c r="A2886" s="2">
-        <x:v>41799</x:v>
+        <x:v>41820</x:v>
       </x:c>
       <x:c r="B2886" s="3">
-        <x:v>108171.18</x:v>
+        <x:v>108194.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2887" spans="1:2">
       <x:c r="A2887" s="2">
-        <x:v>41795</x:v>
+        <x:v>41819</x:v>
       </x:c>
       <x:c r="B2887" s="3">
-        <x:v>108165.07</x:v>
+        <x:v>108194.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2888" spans="1:2">
       <x:c r="A2888" s="2">
-        <x:v>41794</x:v>
+        <x:v>41816</x:v>
       </x:c>
       <x:c r="B2888" s="3">
-        <x:v>108163.63</x:v>
+        <x:v>108190.87</x:v>
       </x:c>
     </x:row>
     <x:row r="2889" spans="1:2">
       <x:c r="A2889" s="2">
-        <x:v>41793</x:v>
+        <x:v>41815</x:v>
       </x:c>
       <x:c r="B2889" s="3">
-        <x:v>108162.03</x:v>
+        <x:v>108190.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2890" spans="1:2">
       <x:c r="A2890" s="2">
-        <x:v>41792</x:v>
+        <x:v>41814</x:v>
       </x:c>
       <x:c r="B2890" s="3">
-        <x:v>108160.58</x:v>
+        <x:v>108188.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2891" spans="1:2">
       <x:c r="A2891" s="2">
-        <x:v>41791</x:v>
+        <x:v>41813</x:v>
       </x:c>
       <x:c r="B2891" s="3">
-        <x:v>108158.81</x:v>
+        <x:v>108187.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2892" spans="1:2">
       <x:c r="A2892" s="2">
-        <x:v>41788</x:v>
+        <x:v>41812</x:v>
       </x:c>
       <x:c r="B2892" s="3">
-        <x:v>108153.9</x:v>
+        <x:v>108186.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2893" spans="1:2">
       <x:c r="A2893" s="2">
-        <x:v>41786</x:v>
+        <x:v>41809</x:v>
       </x:c>
       <x:c r="B2893" s="3">
-        <x:v>108149.16</x:v>
+        <x:v>108181.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2894" spans="1:2">
       <x:c r="A2894" s="2">
-        <x:v>41785</x:v>
+        <x:v>41808</x:v>
       </x:c>
       <x:c r="B2894" s="3">
-        <x:v>108147.11</x:v>
+        <x:v>108181.21</x:v>
       </x:c>
     </x:row>
     <x:row r="2895" spans="1:2">
       <x:c r="A2895" s="2">
-        <x:v>41784</x:v>
+        <x:v>41807</x:v>
       </x:c>
       <x:c r="B2895" s="3">
-        <x:v>108145.37</x:v>
+        <x:v>108180.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2896" spans="1:2">
       <x:c r="A2896" s="2">
-        <x:v>41781</x:v>
+        <x:v>41806</x:v>
       </x:c>
       <x:c r="B2896" s="3">
-        <x:v>108140.31</x:v>
+        <x:v>108179.2</x:v>
       </x:c>
     </x:row>
     <x:row r="2897" spans="1:2">
       <x:c r="A2897" s="2">
-        <x:v>41780</x:v>
+        <x:v>41805</x:v>
       </x:c>
       <x:c r="B2897" s="3">
-        <x:v>108139.09</x:v>
+        <x:v>108177.82</x:v>
       </x:c>
     </x:row>
     <x:row r="2898" spans="1:2">
       <x:c r="A2898" s="2">
-        <x:v>41779</x:v>
+        <x:v>41802</x:v>
       </x:c>
       <x:c r="B2898" s="3">
-        <x:v>108138.33</x:v>
+        <x:v>108173.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2899" spans="1:2">
       <x:c r="A2899" s="2">
-        <x:v>41778</x:v>
+        <x:v>41801</x:v>
       </x:c>
       <x:c r="B2899" s="3">
-        <x:v>108137.47</x:v>
+        <x:v>108172.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2900" spans="1:2">
       <x:c r="A2900" s="2">
-        <x:v>41777</x:v>
+        <x:v>41800</x:v>
       </x:c>
       <x:c r="B2900" s="3">
-        <x:v>108136.5</x:v>
+        <x:v>108171.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2901" spans="1:2">
       <x:c r="A2901" s="2">
-        <x:v>41774</x:v>
+        <x:v>41799</x:v>
       </x:c>
       <x:c r="B2901" s="3">
-        <x:v>108133.1</x:v>
+        <x:v>108171.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2902" spans="1:2">
       <x:c r="A2902" s="2">
-        <x:v>41773</x:v>
+        <x:v>41795</x:v>
       </x:c>
       <x:c r="B2902" s="3">
-        <x:v>108131.78</x:v>
+        <x:v>108165.07</x:v>
       </x:c>
     </x:row>
     <x:row r="2903" spans="1:2">
       <x:c r="A2903" s="2">
-        <x:v>41772</x:v>
+        <x:v>41794</x:v>
       </x:c>
       <x:c r="B2903" s="3">
-        <x:v>108130.65</x:v>
+        <x:v>108163.63</x:v>
       </x:c>
     </x:row>
     <x:row r="2904" spans="1:2">
       <x:c r="A2904" s="2">
-        <x:v>41771</x:v>
+        <x:v>41793</x:v>
       </x:c>
       <x:c r="B2904" s="3">
-        <x:v>108129.19</x:v>
+        <x:v>108162.03</x:v>
       </x:c>
     </x:row>
     <x:row r="2905" spans="1:2">
       <x:c r="A2905" s="2">
-        <x:v>41770</x:v>
+        <x:v>41792</x:v>
       </x:c>
       <x:c r="B2905" s="3">
-        <x:v>108127.69</x:v>
+        <x:v>108160.58</x:v>
       </x:c>
     </x:row>
     <x:row r="2906" spans="1:2">
       <x:c r="A2906" s="2">
-        <x:v>41767</x:v>
+        <x:v>41791</x:v>
       </x:c>
       <x:c r="B2906" s="3">
-        <x:v>108123.12</x:v>
+        <x:v>108158.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2907" spans="1:2">
       <x:c r="A2907" s="2">
-        <x:v>41765</x:v>
+        <x:v>41788</x:v>
       </x:c>
       <x:c r="B2907" s="3">
-        <x:v>108120.55</x:v>
+        <x:v>108153.9</x:v>
       </x:c>
     </x:row>
     <x:row r="2908" spans="1:2">
       <x:c r="A2908" s="2">
-        <x:v>41764</x:v>
+        <x:v>41786</x:v>
       </x:c>
       <x:c r="B2908" s="3">
-        <x:v>108119.18</x:v>
+        <x:v>108149.16</x:v>
       </x:c>
     </x:row>
     <x:row r="2909" spans="1:2">
       <x:c r="A2909" s="2">
-        <x:v>41763</x:v>
+        <x:v>41785</x:v>
       </x:c>
       <x:c r="B2909" s="3">
-        <x:v>108117.84</x:v>
+        <x:v>108147.11</x:v>
       </x:c>
     </x:row>
     <x:row r="2910" spans="1:2">
       <x:c r="A2910" s="2">
-        <x:v>41760</x:v>
+        <x:v>41784</x:v>
       </x:c>
       <x:c r="B2910" s="3">
-        <x:v>108112.89</x:v>
+        <x:v>108145.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2911" spans="1:2">
       <x:c r="A2911" s="2">
-        <x:v>41758</x:v>
+        <x:v>41781</x:v>
       </x:c>
       <x:c r="B2911" s="3">
-        <x:v>108109.41</x:v>
+        <x:v>108140.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2912" spans="1:2">
       <x:c r="A2912" s="2">
-        <x:v>41757</x:v>
+        <x:v>41780</x:v>
       </x:c>
       <x:c r="B2912" s="3">
-        <x:v>108107.73</x:v>
+        <x:v>108139.09</x:v>
       </x:c>
     </x:row>
     <x:row r="2913" spans="1:2">
       <x:c r="A2913" s="2">
-        <x:v>41756</x:v>
+        <x:v>41779</x:v>
       </x:c>
       <x:c r="B2913" s="3">
-        <x:v>108104.17</x:v>
+        <x:v>108138.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2914" spans="1:2">
       <x:c r="A2914" s="2">
-        <x:v>41753</x:v>
+        <x:v>41778</x:v>
       </x:c>
       <x:c r="B2914" s="3">
-        <x:v>108100.91</x:v>
+        <x:v>108137.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2915" spans="1:2">
       <x:c r="A2915" s="2">
-        <x:v>41752</x:v>
+        <x:v>41777</x:v>
       </x:c>
       <x:c r="B2915" s="3">
-        <x:v>108099.85</x:v>
+        <x:v>108136.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2916" spans="1:2">
       <x:c r="A2916" s="2">
-        <x:v>41751</x:v>
+        <x:v>41774</x:v>
       </x:c>
       <x:c r="B2916" s="3">
-        <x:v>108098.59</x:v>
+        <x:v>108133.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2917" spans="1:2">
       <x:c r="A2917" s="2">
-        <x:v>41750</x:v>
+        <x:v>41773</x:v>
       </x:c>
       <x:c r="B2917" s="3">
-        <x:v>108097.1</x:v>
+        <x:v>108131.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2918" spans="1:2">
       <x:c r="A2918" s="2">
-        <x:v>41745</x:v>
+        <x:v>41772</x:v>
       </x:c>
       <x:c r="B2918" s="3">
-        <x:v>108090.56</x:v>
+        <x:v>108130.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2919" spans="1:2">
       <x:c r="A2919" s="2">
-        <x:v>41744</x:v>
+        <x:v>41771</x:v>
       </x:c>
       <x:c r="B2919" s="3">
-        <x:v>108089.65</x:v>
+        <x:v>108129.19</x:v>
       </x:c>
     </x:row>
     <x:row r="2920" spans="1:2">
       <x:c r="A2920" s="2">
-        <x:v>41743</x:v>
+        <x:v>41770</x:v>
       </x:c>
       <x:c r="B2920" s="3">
-        <x:v>108088.71</x:v>
+        <x:v>108127.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2921" spans="1:2">
       <x:c r="A2921" s="2">
-        <x:v>41742</x:v>
+        <x:v>41767</x:v>
       </x:c>
       <x:c r="B2921" s="3">
-        <x:v>108087.71</x:v>
+        <x:v>108123.12</x:v>
       </x:c>
     </x:row>
     <x:row r="2922" spans="1:2">
       <x:c r="A2922" s="2">
-        <x:v>41739</x:v>
+        <x:v>41765</x:v>
       </x:c>
       <x:c r="B2922" s="3">
-        <x:v>108083.47</x:v>
+        <x:v>108120.55</x:v>
       </x:c>
     </x:row>
     <x:row r="2923" spans="1:2">
       <x:c r="A2923" s="2">
-        <x:v>41738</x:v>
+        <x:v>41764</x:v>
       </x:c>
       <x:c r="B2923" s="3">
-        <x:v>108082.66</x:v>
+        <x:v>108119.18</x:v>
       </x:c>
     </x:row>
     <x:row r="2924" spans="1:2">
       <x:c r="A2924" s="2">
-        <x:v>41737</x:v>
+        <x:v>41763</x:v>
       </x:c>
       <x:c r="B2924" s="3">
-        <x:v>108080.86</x:v>
+        <x:v>108117.84</x:v>
       </x:c>
     </x:row>
     <x:row r="2925" spans="1:2">
       <x:c r="A2925" s="2">
-        <x:v>41736</x:v>
+        <x:v>41760</x:v>
       </x:c>
       <x:c r="B2925" s="3">
-        <x:v>108079.8</x:v>
+        <x:v>108112.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2926" spans="1:2">
       <x:c r="A2926" s="2">
-        <x:v>41735</x:v>
+        <x:v>41758</x:v>
       </x:c>
       <x:c r="B2926" s="3">
-        <x:v>108078.78</x:v>
+        <x:v>108109.41</x:v>
       </x:c>
     </x:row>
     <x:row r="2927" spans="1:2">
       <x:c r="A2927" s="2">
-        <x:v>41732</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="B2927" s="3">
-        <x:v>108075.4</x:v>
+        <x:v>108107.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2928" spans="1:2">
       <x:c r="A2928" s="2">
-        <x:v>41731</x:v>
+        <x:v>41756</x:v>
       </x:c>
       <x:c r="B2928" s="3">
-        <x:v>108074.49</x:v>
+        <x:v>108104.17</x:v>
       </x:c>
     </x:row>
     <x:row r="2929" spans="1:2">
       <x:c r="A2929" s="2">
-        <x:v>41730</x:v>
+        <x:v>41753</x:v>
       </x:c>
       <x:c r="B2929" s="3">
-        <x:v>108073.61</x:v>
+        <x:v>108100.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2930" spans="1:2">
       <x:c r="A2930" s="2">
-        <x:v>41729</x:v>
+        <x:v>41752</x:v>
       </x:c>
       <x:c r="B2930" s="3">
-        <x:v>108071.22</x:v>
+        <x:v>108099.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2931" spans="1:2">
       <x:c r="A2931" s="2">
-        <x:v>41728</x:v>
+        <x:v>41751</x:v>
       </x:c>
       <x:c r="B2931" s="3">
-        <x:v>108070.01</x:v>
+        <x:v>108098.59</x:v>
       </x:c>
     </x:row>
     <x:row r="2932" spans="1:2">
       <x:c r="A2932" s="2">
-        <x:v>41726</x:v>
+        <x:v>41750</x:v>
       </x:c>
       <x:c r="B2932" s="3">
-        <x:v>108070.01</x:v>
+        <x:v>108097.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2933" spans="1:2">
       <x:c r="A2933" s="2">
-        <x:v>41725</x:v>
+        <x:v>41745</x:v>
       </x:c>
       <x:c r="B2933" s="3">
-        <x:v>108065.89</x:v>
+        <x:v>108090.56</x:v>
       </x:c>
     </x:row>
     <x:row r="2934" spans="1:2">
       <x:c r="A2934" s="2">
-        <x:v>41724</x:v>
+        <x:v>41744</x:v>
       </x:c>
       <x:c r="B2934" s="3">
-        <x:v>108064.46</x:v>
+        <x:v>108089.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2935" spans="1:2">
       <x:c r="A2935" s="2">
-        <x:v>41723</x:v>
+        <x:v>41743</x:v>
       </x:c>
       <x:c r="B2935" s="3">
-        <x:v>108063.33</x:v>
+        <x:v>108088.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2936" spans="1:2">
       <x:c r="A2936" s="2">
-        <x:v>41722</x:v>
+        <x:v>41742</x:v>
       </x:c>
       <x:c r="B2936" s="3">
-        <x:v>108062.31</x:v>
+        <x:v>108087.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2937" spans="1:2">
       <x:c r="A2937" s="2">
-        <x:v>41721</x:v>
+        <x:v>41739</x:v>
       </x:c>
       <x:c r="B2937" s="3">
-        <x:v>108060.81</x:v>
+        <x:v>108083.47</x:v>
       </x:c>
     </x:row>
     <x:row r="2938" spans="1:2">
       <x:c r="A2938" s="2">
-        <x:v>41718</x:v>
+        <x:v>41738</x:v>
       </x:c>
       <x:c r="B2938" s="3">
-        <x:v>108058.13</x:v>
+        <x:v>108082.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2939" spans="1:2">
       <x:c r="A2939" s="2">
-        <x:v>41717</x:v>
+        <x:v>41737</x:v>
       </x:c>
       <x:c r="B2939" s="3">
-        <x:v>108057.39</x:v>
+        <x:v>108080.86</x:v>
       </x:c>
     </x:row>
     <x:row r="2940" spans="1:2">
       <x:c r="A2940" s="2">
-        <x:v>41716</x:v>
+        <x:v>41736</x:v>
       </x:c>
       <x:c r="B2940" s="3">
-        <x:v>108056.36</x:v>
+        <x:v>108079.8</x:v>
       </x:c>
     </x:row>
     <x:row r="2941" spans="1:2">
       <x:c r="A2941" s="2">
-        <x:v>41715</x:v>
+        <x:v>41735</x:v>
       </x:c>
       <x:c r="B2941" s="3">
-        <x:v>108055.46</x:v>
+        <x:v>108078.78</x:v>
       </x:c>
     </x:row>
     <x:row r="2942" spans="1:2">
       <x:c r="A2942" s="2">
-        <x:v>41714</x:v>
+        <x:v>41732</x:v>
       </x:c>
       <x:c r="B2942" s="3">
-        <x:v>108054.69</x:v>
+        <x:v>108075.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2943" spans="1:2">
       <x:c r="A2943" s="2">
-        <x:v>41711</x:v>
+        <x:v>41731</x:v>
       </x:c>
       <x:c r="B2943" s="3">
-        <x:v>108049.88</x:v>
+        <x:v>108074.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2944" spans="1:2">
       <x:c r="A2944" s="2">
-        <x:v>41710</x:v>
+        <x:v>41730</x:v>
       </x:c>
       <x:c r="B2944" s="3">
-        <x:v>108048.88</x:v>
+        <x:v>108073.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2945" spans="1:2">
       <x:c r="A2945" s="2">
-        <x:v>41709</x:v>
+        <x:v>41729</x:v>
       </x:c>
       <x:c r="B2945" s="3">
-        <x:v>108047.67</x:v>
+        <x:v>108071.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2946" spans="1:2">
       <x:c r="A2946" s="2">
-        <x:v>41708</x:v>
+        <x:v>41728</x:v>
       </x:c>
       <x:c r="B2946" s="3">
-        <x:v>108046.5</x:v>
+        <x:v>108070.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2947" spans="1:2">
       <x:c r="A2947" s="2">
-        <x:v>41707</x:v>
+        <x:v>41726</x:v>
       </x:c>
       <x:c r="B2947" s="3">
-        <x:v>108045.61</x:v>
+        <x:v>108070.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2948" spans="1:2">
       <x:c r="A2948" s="2">
-        <x:v>41704</x:v>
+        <x:v>41725</x:v>
       </x:c>
       <x:c r="B2948" s="3">
-        <x:v>108042.94</x:v>
+        <x:v>108065.89</x:v>
       </x:c>
     </x:row>
     <x:row r="2949" spans="1:2">
       <x:c r="A2949" s="2">
-        <x:v>41703</x:v>
+        <x:v>41724</x:v>
       </x:c>
       <x:c r="B2949" s="3">
-        <x:v>108041.91</x:v>
+        <x:v>108064.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2950" spans="1:2">
       <x:c r="A2950" s="2">
-        <x:v>41702</x:v>
+        <x:v>41723</x:v>
       </x:c>
       <x:c r="B2950" s="3">
-        <x:v>108039.91</x:v>
+        <x:v>108063.33</x:v>
       </x:c>
     </x:row>
     <x:row r="2951" spans="1:2">
       <x:c r="A2951" s="2">
-        <x:v>41701</x:v>
+        <x:v>41722</x:v>
       </x:c>
       <x:c r="B2951" s="3">
-        <x:v>108038.64</x:v>
+        <x:v>108062.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2952" spans="1:2">
       <x:c r="A2952" s="2">
-        <x:v>41700</x:v>
+        <x:v>41721</x:v>
       </x:c>
       <x:c r="B2952" s="3">
-        <x:v>108037.49</x:v>
+        <x:v>108060.81</x:v>
       </x:c>
     </x:row>
     <x:row r="2953" spans="1:2">
       <x:c r="A2953" s="2">
-        <x:v>41697</x:v>
+        <x:v>41718</x:v>
       </x:c>
       <x:c r="B2953" s="3">
-        <x:v>108033.6</x:v>
+        <x:v>108058.13</x:v>
       </x:c>
     </x:row>
     <x:row r="2954" spans="1:2">
       <x:c r="A2954" s="2">
-        <x:v>41696</x:v>
+        <x:v>41717</x:v>
       </x:c>
       <x:c r="B2954" s="3">
-        <x:v>108032.53</x:v>
+        <x:v>108057.39</x:v>
       </x:c>
     </x:row>
     <x:row r="2955" spans="1:2">
       <x:c r="A2955" s="2">
-        <x:v>41695</x:v>
+        <x:v>41716</x:v>
       </x:c>
       <x:c r="B2955" s="3">
-        <x:v>108031.4</x:v>
+        <x:v>108056.36</x:v>
       </x:c>
     </x:row>
     <x:row r="2956" spans="1:2">
       <x:c r="A2956" s="2">
-        <x:v>41694</x:v>
+        <x:v>41715</x:v>
       </x:c>
       <x:c r="B2956" s="3">
-        <x:v>108029.85</x:v>
+        <x:v>108055.46</x:v>
       </x:c>
     </x:row>
     <x:row r="2957" spans="1:2">
       <x:c r="A2957" s="2">
-        <x:v>41693</x:v>
+        <x:v>41714</x:v>
       </x:c>
       <x:c r="B2957" s="3">
-        <x:v>108028.97</x:v>
+        <x:v>108054.69</x:v>
       </x:c>
     </x:row>
     <x:row r="2958" spans="1:2">
       <x:c r="A2958" s="2">
-        <x:v>41690</x:v>
+        <x:v>41711</x:v>
       </x:c>
       <x:c r="B2958" s="3">
-        <x:v>108025.48</x:v>
+        <x:v>108049.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2959" spans="1:2">
       <x:c r="A2959" s="2">
-        <x:v>41689</x:v>
+        <x:v>41710</x:v>
       </x:c>
       <x:c r="B2959" s="3">
-        <x:v>108024.65</x:v>
+        <x:v>108048.88</x:v>
       </x:c>
     </x:row>
     <x:row r="2960" spans="1:2">
       <x:c r="A2960" s="2">
-        <x:v>41688</x:v>
+        <x:v>41709</x:v>
       </x:c>
       <x:c r="B2960" s="3">
-        <x:v>108023.31</x:v>
+        <x:v>108047.67</x:v>
       </x:c>
     </x:row>
     <x:row r="2961" spans="1:2">
       <x:c r="A2961" s="2">
-        <x:v>41687</x:v>
+        <x:v>41708</x:v>
       </x:c>
       <x:c r="B2961" s="3">
-        <x:v>108022.1</x:v>
+        <x:v>108046.5</x:v>
       </x:c>
     </x:row>
     <x:row r="2962" spans="1:2">
       <x:c r="A2962" s="2">
-        <x:v>41686</x:v>
+        <x:v>41707</x:v>
       </x:c>
       <x:c r="B2962" s="3">
-        <x:v>108020.95</x:v>
+        <x:v>108045.61</x:v>
       </x:c>
     </x:row>
     <x:row r="2963" spans="1:2">
       <x:c r="A2963" s="2">
-        <x:v>41683</x:v>
+        <x:v>41704</x:v>
       </x:c>
       <x:c r="B2963" s="3">
-        <x:v>108017.72</x:v>
+        <x:v>108042.94</x:v>
       </x:c>
     </x:row>
     <x:row r="2964" spans="1:2">
       <x:c r="A2964" s="2">
-        <x:v>41682</x:v>
+        <x:v>41703</x:v>
       </x:c>
       <x:c r="B2964" s="3">
-        <x:v>108016.26</x:v>
+        <x:v>108041.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2965" spans="1:2">
       <x:c r="A2965" s="2">
-        <x:v>41681</x:v>
+        <x:v>41702</x:v>
       </x:c>
       <x:c r="B2965" s="3">
-        <x:v>108015.49</x:v>
+        <x:v>108039.91</x:v>
       </x:c>
     </x:row>
     <x:row r="2966" spans="1:2">
       <x:c r="A2966" s="2">
-        <x:v>41680</x:v>
+        <x:v>41701</x:v>
       </x:c>
       <x:c r="B2966" s="3">
-        <x:v>108014.3</x:v>
+        <x:v>108038.64</x:v>
       </x:c>
     </x:row>
     <x:row r="2967" spans="1:2">
       <x:c r="A2967" s="2">
-        <x:v>41679</x:v>
+        <x:v>41700</x:v>
       </x:c>
       <x:c r="B2967" s="3">
-        <x:v>108012.68</x:v>
+        <x:v>108037.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2968" spans="1:2">
       <x:c r="A2968" s="2">
-        <x:v>41676</x:v>
+        <x:v>41697</x:v>
       </x:c>
       <x:c r="B2968" s="3">
-        <x:v>108008.24</x:v>
+        <x:v>108033.6</x:v>
       </x:c>
     </x:row>
     <x:row r="2969" spans="1:2">
       <x:c r="A2969" s="2">
-        <x:v>41675</x:v>
+        <x:v>41696</x:v>
       </x:c>
       <x:c r="B2969" s="3">
-        <x:v>108007.24</x:v>
+        <x:v>108032.53</x:v>
       </x:c>
     </x:row>
     <x:row r="2970" spans="1:2">
       <x:c r="A2970" s="2">
-        <x:v>41674</x:v>
+        <x:v>41695</x:v>
       </x:c>
       <x:c r="B2970" s="3">
-        <x:v>108006.37</x:v>
+        <x:v>108031.4</x:v>
       </x:c>
     </x:row>
     <x:row r="2971" spans="1:2">
       <x:c r="A2971" s="2">
-        <x:v>41673</x:v>
+        <x:v>41694</x:v>
       </x:c>
       <x:c r="B2971" s="3">
-        <x:v>108004.92</x:v>
+        <x:v>108029.85</x:v>
       </x:c>
     </x:row>
     <x:row r="2972" spans="1:2">
       <x:c r="A2972" s="2">
-        <x:v>41672</x:v>
+        <x:v>41693</x:v>
       </x:c>
       <x:c r="B2972" s="3">
-        <x:v>108003.77</x:v>
+        <x:v>108028.97</x:v>
       </x:c>
     </x:row>
     <x:row r="2973" spans="1:2">
       <x:c r="A2973" s="2">
-        <x:v>41669</x:v>
+        <x:v>41690</x:v>
       </x:c>
       <x:c r="B2973" s="3">
-        <x:v>107998.66</x:v>
+        <x:v>108025.48</x:v>
       </x:c>
     </x:row>
     <x:row r="2974" spans="1:2">
       <x:c r="A2974" s="2">
-        <x:v>41668</x:v>
+        <x:v>41689</x:v>
       </x:c>
       <x:c r="B2974" s="3">
-        <x:v>107997.05</x:v>
+        <x:v>108024.65</x:v>
       </x:c>
     </x:row>
     <x:row r="2975" spans="1:2">
       <x:c r="A2975" s="2">
-        <x:v>41667</x:v>
+        <x:v>41688</x:v>
       </x:c>
       <x:c r="B2975" s="3">
-        <x:v>107995.71</x:v>
+        <x:v>108023.31</x:v>
       </x:c>
     </x:row>
     <x:row r="2976" spans="1:2">
       <x:c r="A2976" s="2">
-        <x:v>41666</x:v>
+        <x:v>41687</x:v>
       </x:c>
       <x:c r="B2976" s="3">
-        <x:v>107994.51</x:v>
+        <x:v>108022.1</x:v>
       </x:c>
     </x:row>
     <x:row r="2977" spans="1:2">
       <x:c r="A2977" s="2">
-        <x:v>41665</x:v>
+        <x:v>41686</x:v>
       </x:c>
       <x:c r="B2977" s="3">
-        <x:v>107993.77</x:v>
+        <x:v>108020.95</x:v>
       </x:c>
     </x:row>
     <x:row r="2978" spans="1:2">
       <x:c r="A2978" s="2">
-        <x:v>41662</x:v>
+        <x:v>41683</x:v>
       </x:c>
       <x:c r="B2978" s="3">
-        <x:v>107989.44</x:v>
+        <x:v>108017.72</x:v>
       </x:c>
     </x:row>
     <x:row r="2979" spans="1:2">
       <x:c r="A2979" s="2">
-        <x:v>41661</x:v>
+        <x:v>41682</x:v>
       </x:c>
       <x:c r="B2979" s="3">
-        <x:v>107988.73</x:v>
+        <x:v>108016.26</x:v>
       </x:c>
     </x:row>
     <x:row r="2980" spans="1:2">
       <x:c r="A2980" s="2">
-        <x:v>41660</x:v>
+        <x:v>41681</x:v>
       </x:c>
       <x:c r="B2980" s="3">
-        <x:v>107987.01</x:v>
+        <x:v>108015.49</x:v>
       </x:c>
     </x:row>
     <x:row r="2981" spans="1:2">
       <x:c r="A2981" s="2">
-        <x:v>41659</x:v>
+        <x:v>41680</x:v>
       </x:c>
       <x:c r="B2981" s="3">
-        <x:v>107985.22</x:v>
+        <x:v>108014.3</x:v>
       </x:c>
     </x:row>
     <x:row r="2982" spans="1:2">
       <x:c r="A2982" s="2">
-        <x:v>41658</x:v>
+        <x:v>41679</x:v>
       </x:c>
       <x:c r="B2982" s="3">
-        <x:v>107983.66</x:v>
+        <x:v>108012.68</x:v>
       </x:c>
     </x:row>
     <x:row r="2983" spans="1:2">
       <x:c r="A2983" s="2">
-        <x:v>41655</x:v>
+        <x:v>41676</x:v>
       </x:c>
       <x:c r="B2983" s="3">
-        <x:v>107979.71</x:v>
+        <x:v>108008.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2984" spans="1:2">
       <x:c r="A2984" s="2">
-        <x:v>41654</x:v>
+        <x:v>41675</x:v>
       </x:c>
       <x:c r="B2984" s="3">
-        <x:v>107979.09</x:v>
+        <x:v>108007.24</x:v>
       </x:c>
     </x:row>
     <x:row r="2985" spans="1:2">
       <x:c r="A2985" s="2">
-        <x:v>41653</x:v>
+        <x:v>41674</x:v>
       </x:c>
       <x:c r="B2985" s="3">
-        <x:v>107978.51</x:v>
+        <x:v>108006.37</x:v>
       </x:c>
     </x:row>
     <x:row r="2986" spans="1:2">
       <x:c r="A2986" s="2">
-        <x:v>41652</x:v>
+        <x:v>41673</x:v>
       </x:c>
       <x:c r="B2986" s="3">
-        <x:v>107977.48</x:v>
+        <x:v>108004.92</x:v>
       </x:c>
     </x:row>
     <x:row r="2987" spans="1:2">
       <x:c r="A2987" s="2">
-        <x:v>41651</x:v>
+        <x:v>41672</x:v>
       </x:c>
       <x:c r="B2987" s="3">
-        <x:v>107976.68</x:v>
+        <x:v>108003.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2988" spans="1:2">
       <x:c r="A2988" s="2">
-        <x:v>41648</x:v>
+        <x:v>41669</x:v>
       </x:c>
       <x:c r="B2988" s="3">
-        <x:v>107973.33</x:v>
+        <x:v>107998.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2989" spans="1:2">
       <x:c r="A2989" s="2">
-        <x:v>41647</x:v>
+        <x:v>41668</x:v>
       </x:c>
       <x:c r="B2989" s="3">
-        <x:v>107971.99</x:v>
+        <x:v>107997.05</x:v>
       </x:c>
     </x:row>
     <x:row r="2990" spans="1:2">
       <x:c r="A2990" s="2">
-        <x:v>41646</x:v>
+        <x:v>41667</x:v>
       </x:c>
       <x:c r="B2990" s="3">
-        <x:v>107970.71</x:v>
+        <x:v>107995.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2991" spans="1:2">
       <x:c r="A2991" s="2">
-        <x:v>41645</x:v>
+        <x:v>41666</x:v>
       </x:c>
       <x:c r="B2991" s="3">
-        <x:v>107968.99</x:v>
+        <x:v>107994.51</x:v>
       </x:c>
     </x:row>
     <x:row r="2992" spans="1:2">
       <x:c r="A2992" s="2">
-        <x:v>41644</x:v>
+        <x:v>41665</x:v>
       </x:c>
       <x:c r="B2992" s="3">
-        <x:v>107967.7</x:v>
+        <x:v>107993.77</x:v>
       </x:c>
     </x:row>
     <x:row r="2993" spans="1:2">
       <x:c r="A2993" s="2">
-        <x:v>41641</x:v>
+        <x:v>41662</x:v>
       </x:c>
       <x:c r="B2993" s="3">
-        <x:v>107963.47</x:v>
+        <x:v>107989.44</x:v>
       </x:c>
     </x:row>
     <x:row r="2994" spans="1:2">
       <x:c r="A2994" s="2">
-        <x:v>41640</x:v>
+        <x:v>41661</x:v>
       </x:c>
       <x:c r="B2994" s="3">
-        <x:v>107961.02</x:v>
+        <x:v>107988.73</x:v>
       </x:c>
     </x:row>
     <x:row r="2995" spans="1:2">
       <x:c r="A2995" s="2">
-        <x:v>41638</x:v>
+        <x:v>41660</x:v>
       </x:c>
       <x:c r="B2995" s="3">
-        <x:v>107956.27</x:v>
+        <x:v>107987.01</x:v>
       </x:c>
     </x:row>
     <x:row r="2996" spans="1:2">
       <x:c r="A2996" s="2">
-        <x:v>41637</x:v>
+        <x:v>41659</x:v>
       </x:c>
       <x:c r="B2996" s="3">
-        <x:v>107955.03</x:v>
+        <x:v>107985.22</x:v>
       </x:c>
     </x:row>
     <x:row r="2997" spans="1:2">
       <x:c r="A2997" s="2">
-        <x:v>41634</x:v>
+        <x:v>41658</x:v>
       </x:c>
       <x:c r="B2997" s="3">
-        <x:v>107950.29</x:v>
+        <x:v>107983.66</x:v>
       </x:c>
     </x:row>
     <x:row r="2998" spans="1:2">
       <x:c r="A2998" s="2">
-        <x:v>41631</x:v>
+        <x:v>41655</x:v>
       </x:c>
       <x:c r="B2998" s="3">
-        <x:v>107945.55</x:v>
+        <x:v>107979.71</x:v>
       </x:c>
     </x:row>
     <x:row r="2999" spans="1:2">
       <x:c r="A2999" s="2">
-        <x:v>41630</x:v>
+        <x:v>41654</x:v>
       </x:c>
       <x:c r="B2999" s="3">
-        <x:v>107944.46</x:v>
+        <x:v>107979.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3000" spans="1:2">
       <x:c r="A3000" s="2">
-        <x:v>41627</x:v>
+        <x:v>41653</x:v>
       </x:c>
       <x:c r="B3000" s="3">
-        <x:v>107938.33</x:v>
+        <x:v>107978.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3001" spans="1:2">
       <x:c r="A3001" s="2">
-        <x:v>41626</x:v>
+        <x:v>41652</x:v>
       </x:c>
       <x:c r="B3001" s="3">
-        <x:v>107937.69</x:v>
+        <x:v>107977.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3002" spans="1:2">
       <x:c r="A3002" s="2">
-        <x:v>41625</x:v>
+        <x:v>41651</x:v>
       </x:c>
       <x:c r="B3002" s="3">
-        <x:v>107936.51</x:v>
+        <x:v>107976.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3003" spans="1:2">
       <x:c r="A3003" s="2">
-        <x:v>41624</x:v>
+        <x:v>41648</x:v>
       </x:c>
       <x:c r="B3003" s="3">
-        <x:v>107934.83</x:v>
+        <x:v>107973.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3004" spans="1:2">
       <x:c r="A3004" s="2">
-        <x:v>41623</x:v>
+        <x:v>41647</x:v>
       </x:c>
       <x:c r="B3004" s="3">
-        <x:v>107933.34</x:v>
+        <x:v>107971.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3005" spans="1:2">
       <x:c r="A3005" s="2">
-        <x:v>41620</x:v>
+        <x:v>41646</x:v>
       </x:c>
       <x:c r="B3005" s="3">
-        <x:v>107929.18</x:v>
+        <x:v>107970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3006" spans="1:2">
       <x:c r="A3006" s="2">
-        <x:v>41619</x:v>
+        <x:v>41645</x:v>
       </x:c>
       <x:c r="B3006" s="3">
-        <x:v>107928.56</x:v>
+        <x:v>107968.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3007" spans="1:2">
       <x:c r="A3007" s="2">
-        <x:v>41618</x:v>
+        <x:v>41644</x:v>
       </x:c>
       <x:c r="B3007" s="3">
-        <x:v>107928</x:v>
+        <x:v>107967.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3008" spans="1:2">
       <x:c r="A3008" s="2">
-        <x:v>41617</x:v>
+        <x:v>41641</x:v>
       </x:c>
       <x:c r="B3008" s="3">
-        <x:v>107926.3</x:v>
+        <x:v>107963.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3009" spans="1:2">
       <x:c r="A3009" s="2">
-        <x:v>41616</x:v>
+        <x:v>41640</x:v>
       </x:c>
       <x:c r="B3009" s="3">
-        <x:v>107925.78</x:v>
+        <x:v>107961.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3010" spans="1:2">
       <x:c r="A3010" s="2">
-        <x:v>41613</x:v>
+        <x:v>41638</x:v>
       </x:c>
       <x:c r="B3010" s="3">
-        <x:v>107923.32</x:v>
+        <x:v>107956.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3011" spans="1:2">
       <x:c r="A3011" s="2">
-        <x:v>41612</x:v>
+        <x:v>41637</x:v>
       </x:c>
       <x:c r="B3011" s="3">
-        <x:v>107922.76</x:v>
+        <x:v>107955.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3012" spans="1:2">
       <x:c r="A3012" s="2">
-        <x:v>41611</x:v>
+        <x:v>41634</x:v>
       </x:c>
       <x:c r="B3012" s="3">
-        <x:v>107922.18</x:v>
+        <x:v>107950.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3013" spans="1:2">
       <x:c r="A3013" s="2">
-        <x:v>41610</x:v>
+        <x:v>41631</x:v>
       </x:c>
       <x:c r="B3013" s="3">
-        <x:v>107920.72</x:v>
+        <x:v>107945.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3014" spans="1:2">
       <x:c r="A3014" s="2">
-        <x:v>41609</x:v>
+        <x:v>41630</x:v>
       </x:c>
       <x:c r="B3014" s="3">
-        <x:v>107918.59</x:v>
+        <x:v>107944.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3015" spans="1:2">
       <x:c r="A3015" s="2">
-        <x:v>41606</x:v>
+        <x:v>41627</x:v>
       </x:c>
       <x:c r="B3015" s="3">
-        <x:v>107915.29</x:v>
+        <x:v>107938.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3016" spans="1:2">
       <x:c r="A3016" s="2">
-        <x:v>41605</x:v>
+        <x:v>41626</x:v>
       </x:c>
       <x:c r="B3016" s="3">
-        <x:v>107914.69</x:v>
+        <x:v>107937.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3017" spans="1:2">
       <x:c r="A3017" s="2">
-        <x:v>41604</x:v>
+        <x:v>41625</x:v>
       </x:c>
       <x:c r="B3017" s="3">
-        <x:v>107913.72</x:v>
+        <x:v>107936.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3018" spans="1:2">
       <x:c r="A3018" s="2">
-        <x:v>41603</x:v>
+        <x:v>41624</x:v>
       </x:c>
       <x:c r="B3018" s="3">
-        <x:v>107912.79</x:v>
+        <x:v>107934.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3019" spans="1:2">
       <x:c r="A3019" s="2">
-        <x:v>41602</x:v>
+        <x:v>41623</x:v>
       </x:c>
       <x:c r="B3019" s="3">
-        <x:v>107911.49</x:v>
+        <x:v>107933.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3020" spans="1:2">
       <x:c r="A3020" s="2">
-        <x:v>41599</x:v>
+        <x:v>41620</x:v>
       </x:c>
       <x:c r="B3020" s="3">
-        <x:v>107907.61</x:v>
+        <x:v>107929.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3021" spans="1:2">
       <x:c r="A3021" s="2">
-        <x:v>41598</x:v>
+        <x:v>41619</x:v>
       </x:c>
       <x:c r="B3021" s="3">
-        <x:v>107906.75</x:v>
+        <x:v>107928.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3022" spans="1:2">
       <x:c r="A3022" s="2">
-        <x:v>41597</x:v>
+        <x:v>41618</x:v>
       </x:c>
       <x:c r="B3022" s="3">
-        <x:v>107905.81</x:v>
+        <x:v>107928</x:v>
       </x:c>
     </x:row>
     <x:row r="3023" spans="1:2">
       <x:c r="A3023" s="2">
-        <x:v>41596</x:v>
+        <x:v>41617</x:v>
       </x:c>
       <x:c r="B3023" s="3">
-        <x:v>107905.1</x:v>
+        <x:v>107926.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3024" spans="1:2">
       <x:c r="A3024" s="2">
-        <x:v>41595</x:v>
+        <x:v>41616</x:v>
       </x:c>
       <x:c r="B3024" s="3">
-        <x:v>107904.11</x:v>
+        <x:v>107925.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3025" spans="1:2">
       <x:c r="A3025" s="2">
-        <x:v>41592</x:v>
+        <x:v>41613</x:v>
       </x:c>
       <x:c r="B3025" s="3">
-        <x:v>107901.51</x:v>
+        <x:v>107923.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3026" spans="1:2">
       <x:c r="A3026" s="2">
-        <x:v>41591</x:v>
+        <x:v>41612</x:v>
       </x:c>
       <x:c r="B3026" s="3">
-        <x:v>107900.51</x:v>
+        <x:v>107922.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3027" spans="1:2">
       <x:c r="A3027" s="2">
-        <x:v>41590</x:v>
+        <x:v>41611</x:v>
       </x:c>
       <x:c r="B3027" s="3">
-        <x:v>107899.27</x:v>
+        <x:v>107922.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3028" spans="1:2">
       <x:c r="A3028" s="2">
-        <x:v>41589</x:v>
+        <x:v>41610</x:v>
       </x:c>
       <x:c r="B3028" s="3">
-        <x:v>107898.6</x:v>
+        <x:v>107920.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3029" spans="1:2">
       <x:c r="A3029" s="2">
-        <x:v>41585</x:v>
+        <x:v>41609</x:v>
       </x:c>
       <x:c r="B3029" s="3">
-        <x:v>107892.39</x:v>
+        <x:v>107918.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3030" spans="1:2">
       <x:c r="A3030" s="2">
-        <x:v>41584</x:v>
+        <x:v>41606</x:v>
       </x:c>
       <x:c r="B3030" s="3">
-        <x:v>107891.71</x:v>
+        <x:v>107915.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3031" spans="1:2">
       <x:c r="A3031" s="2">
-        <x:v>41583</x:v>
+        <x:v>41605</x:v>
       </x:c>
       <x:c r="B3031" s="3">
-        <x:v>107890.35</x:v>
+        <x:v>107914.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3032" spans="1:2">
       <x:c r="A3032" s="2">
-        <x:v>41582</x:v>
+        <x:v>41604</x:v>
       </x:c>
       <x:c r="B3032" s="3">
-        <x:v>107888.87</x:v>
+        <x:v>107913.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3033" spans="1:2">
       <x:c r="A3033" s="2">
-        <x:v>41581</x:v>
+        <x:v>41603</x:v>
       </x:c>
       <x:c r="B3033" s="3">
-        <x:v>107885.4</x:v>
+        <x:v>107912.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3034" spans="1:2">
       <x:c r="A3034" s="2">
-        <x:v>41577</x:v>
+        <x:v>41602</x:v>
       </x:c>
       <x:c r="B3034" s="3">
-        <x:v>107881.37</x:v>
+        <x:v>107911.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3035" spans="1:2">
       <x:c r="A3035" s="2">
-        <x:v>41576</x:v>
+        <x:v>41599</x:v>
       </x:c>
       <x:c r="B3035" s="3">
-        <x:v>107879.78</x:v>
+        <x:v>107907.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3036" spans="1:2">
       <x:c r="A3036" s="2">
-        <x:v>41575</x:v>
+        <x:v>41598</x:v>
       </x:c>
       <x:c r="B3036" s="3">
-        <x:v>107878.36</x:v>
+        <x:v>107906.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3037" spans="1:2">
       <x:c r="A3037" s="2">
-        <x:v>41574</x:v>
+        <x:v>41597</x:v>
       </x:c>
       <x:c r="B3037" s="3">
-        <x:v>107877.31</x:v>
+        <x:v>107905.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3038" spans="1:2">
       <x:c r="A3038" s="2">
-        <x:v>41571</x:v>
+        <x:v>41596</x:v>
       </x:c>
       <x:c r="B3038" s="3">
-        <x:v>107875.02</x:v>
+        <x:v>107905.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3039" spans="1:2">
       <x:c r="A3039" s="2">
-        <x:v>41570</x:v>
+        <x:v>41595</x:v>
       </x:c>
       <x:c r="B3039" s="3">
-        <x:v>107874.31</x:v>
+        <x:v>107904.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3040" spans="1:2">
       <x:c r="A3040" s="2">
-        <x:v>41569</x:v>
+        <x:v>41592</x:v>
       </x:c>
       <x:c r="B3040" s="3">
-        <x:v>107872.83</x:v>
+        <x:v>107901.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3041" spans="1:2">
       <x:c r="A3041" s="2">
-        <x:v>41568</x:v>
+        <x:v>41591</x:v>
       </x:c>
       <x:c r="B3041" s="3">
-        <x:v>107871.26</x:v>
+        <x:v>107900.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3042" spans="1:2">
       <x:c r="A3042" s="2">
-        <x:v>41567</x:v>
+        <x:v>41590</x:v>
       </x:c>
       <x:c r="B3042" s="3">
-        <x:v>107868.62</x:v>
+        <x:v>107899.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3043" spans="1:2">
       <x:c r="A3043" s="2">
-        <x:v>41564</x:v>
+        <x:v>41589</x:v>
       </x:c>
       <x:c r="B3043" s="3">
-        <x:v>107864.05</x:v>
+        <x:v>107898.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3044" spans="1:2">
       <x:c r="A3044" s="2">
-        <x:v>41563</x:v>
+        <x:v>41585</x:v>
       </x:c>
       <x:c r="B3044" s="3">
-        <x:v>107862.94</x:v>
+        <x:v>107892.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3045" spans="1:2">
       <x:c r="A3045" s="2">
-        <x:v>41562</x:v>
+        <x:v>41584</x:v>
       </x:c>
       <x:c r="B3045" s="3">
-        <x:v>107862.01</x:v>
+        <x:v>107891.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3046" spans="1:2">
       <x:c r="A3046" s="2">
-        <x:v>41561</x:v>
+        <x:v>41583</x:v>
       </x:c>
       <x:c r="B3046" s="3">
-        <x:v>107860.12</x:v>
+        <x:v>107890.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3047" spans="1:2">
       <x:c r="A3047" s="2">
-        <x:v>41560</x:v>
+        <x:v>41582</x:v>
       </x:c>
       <x:c r="B3047" s="3">
-        <x:v>107859.11</x:v>
+        <x:v>107888.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3048" spans="1:2">
       <x:c r="A3048" s="2">
-        <x:v>41557</x:v>
+        <x:v>41581</x:v>
       </x:c>
       <x:c r="B3048" s="3">
-        <x:v>107855.95</x:v>
+        <x:v>107885.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3049" spans="1:2">
       <x:c r="A3049" s="2">
-        <x:v>41556</x:v>
+        <x:v>41577</x:v>
       </x:c>
       <x:c r="B3049" s="3">
-        <x:v>107855.04</x:v>
+        <x:v>107881.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3050" spans="1:2">
       <x:c r="A3050" s="2">
-        <x:v>41555</x:v>
+        <x:v>41576</x:v>
       </x:c>
       <x:c r="B3050" s="3">
-        <x:v>107854.1</x:v>
+        <x:v>107879.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3051" spans="1:2">
       <x:c r="A3051" s="2">
-        <x:v>41554</x:v>
+        <x:v>41575</x:v>
       </x:c>
       <x:c r="B3051" s="3">
-        <x:v>107852.96</x:v>
+        <x:v>107878.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3052" spans="1:2">
       <x:c r="A3052" s="2">
-        <x:v>41553</x:v>
+        <x:v>41574</x:v>
       </x:c>
       <x:c r="B3052" s="3">
-        <x:v>107851.79</x:v>
+        <x:v>107877.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3053" spans="1:2">
       <x:c r="A3053" s="2">
-        <x:v>41550</x:v>
+        <x:v>41571</x:v>
       </x:c>
       <x:c r="B3053" s="3">
-        <x:v>107847.6</x:v>
+        <x:v>107875.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3054" spans="1:2">
       <x:c r="A3054" s="2">
-        <x:v>41549</x:v>
+        <x:v>41570</x:v>
       </x:c>
       <x:c r="B3054" s="3">
-        <x:v>107846.65</x:v>
+        <x:v>107874.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3055" spans="1:2">
       <x:c r="A3055" s="2">
-        <x:v>41548</x:v>
+        <x:v>41569</x:v>
       </x:c>
       <x:c r="B3055" s="3">
-        <x:v>107845.13</x:v>
+        <x:v>107872.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3056" spans="1:2">
       <x:c r="A3056" s="2">
-        <x:v>41547</x:v>
+        <x:v>41568</x:v>
       </x:c>
       <x:c r="B3056" s="3">
-        <x:v>107844.24</x:v>
+        <x:v>107871.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3057" spans="1:2">
       <x:c r="A3057" s="2">
-        <x:v>41546</x:v>
+        <x:v>41567</x:v>
       </x:c>
       <x:c r="B3057" s="3">
-        <x:v>107843.12</x:v>
+        <x:v>107868.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3058" spans="1:2">
       <x:c r="A3058" s="2">
-        <x:v>41543</x:v>
+        <x:v>41564</x:v>
       </x:c>
       <x:c r="B3058" s="3">
-        <x:v>107838.94</x:v>
+        <x:v>107864.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3059" spans="1:2">
       <x:c r="A3059" s="2">
-        <x:v>41542</x:v>
+        <x:v>41563</x:v>
       </x:c>
       <x:c r="B3059" s="3">
-        <x:v>107838.06</x:v>
+        <x:v>107862.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3060" spans="1:2">
       <x:c r="A3060" s="2">
-        <x:v>41541</x:v>
+        <x:v>41562</x:v>
       </x:c>
       <x:c r="B3060" s="3">
-        <x:v>107837</x:v>
+        <x:v>107862.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3061" spans="1:2">
       <x:c r="A3061" s="2">
-        <x:v>41540</x:v>
+        <x:v>41561</x:v>
       </x:c>
       <x:c r="B3061" s="3">
-        <x:v>107836.16</x:v>
+        <x:v>107860.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3062" spans="1:2">
       <x:c r="A3062" s="2">
-        <x:v>41539</x:v>
+        <x:v>41560</x:v>
       </x:c>
       <x:c r="B3062" s="3">
-        <x:v>107834.71</x:v>
+        <x:v>107859.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3063" spans="1:2">
       <x:c r="A3063" s="2">
-        <x:v>41536</x:v>
+        <x:v>41557</x:v>
       </x:c>
       <x:c r="B3063" s="3">
-        <x:v>107831.06</x:v>
+        <x:v>107855.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3064" spans="1:2">
       <x:c r="A3064" s="2">
-        <x:v>41535</x:v>
+        <x:v>41556</x:v>
       </x:c>
       <x:c r="B3064" s="3">
-        <x:v>107830.28</x:v>
+        <x:v>107855.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3065" spans="1:2">
       <x:c r="A3065" s="2">
-        <x:v>41534</x:v>
+        <x:v>41555</x:v>
       </x:c>
       <x:c r="B3065" s="3">
-        <x:v>107828.7</x:v>
+        <x:v>107854.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3066" spans="1:2">
       <x:c r="A3066" s="2">
-        <x:v>41533</x:v>
+        <x:v>41554</x:v>
       </x:c>
       <x:c r="B3066" s="3">
-        <x:v>107826.67</x:v>
+        <x:v>107852.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3067" spans="1:2">
       <x:c r="A3067" s="2">
-        <x:v>41532</x:v>
+        <x:v>41553</x:v>
       </x:c>
       <x:c r="B3067" s="3">
-        <x:v>107825.17</x:v>
+        <x:v>107851.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3068" spans="1:2">
       <x:c r="A3068" s="2">
-        <x:v>41529</x:v>
+        <x:v>41550</x:v>
       </x:c>
       <x:c r="B3068" s="3">
-        <x:v>107820.97</x:v>
+        <x:v>107847.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3069" spans="1:2">
       <x:c r="A3069" s="2">
-        <x:v>41528</x:v>
+        <x:v>41549</x:v>
       </x:c>
       <x:c r="B3069" s="3">
-        <x:v>107819.75</x:v>
+        <x:v>107846.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3070" spans="1:2">
       <x:c r="A3070" s="2">
-        <x:v>41527</x:v>
+        <x:v>41548</x:v>
       </x:c>
       <x:c r="B3070" s="3">
-        <x:v>107817.93</x:v>
+        <x:v>107845.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3071" spans="1:2">
       <x:c r="A3071" s="2">
-        <x:v>41526</x:v>
+        <x:v>41547</x:v>
       </x:c>
       <x:c r="B3071" s="3">
-        <x:v>107817.23</x:v>
+        <x:v>107844.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3072" spans="1:2">
       <x:c r="A3072" s="2">
-        <x:v>41525</x:v>
+        <x:v>41546</x:v>
       </x:c>
       <x:c r="B3072" s="3">
-        <x:v>107816.65</x:v>
+        <x:v>107843.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3073" spans="1:2">
       <x:c r="A3073" s="2">
-        <x:v>41522</x:v>
+        <x:v>41543</x:v>
       </x:c>
       <x:c r="B3073" s="3">
-        <x:v>107812.92</x:v>
+        <x:v>107838.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3074" spans="1:2">
       <x:c r="A3074" s="2">
-        <x:v>41521</x:v>
+        <x:v>41542</x:v>
       </x:c>
       <x:c r="B3074" s="3">
-        <x:v>107812.38</x:v>
+        <x:v>107838.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3075" spans="1:2">
       <x:c r="A3075" s="2">
-        <x:v>41520</x:v>
+        <x:v>41541</x:v>
       </x:c>
       <x:c r="B3075" s="3">
-        <x:v>107811.6</x:v>
+        <x:v>107837</x:v>
       </x:c>
     </x:row>
     <x:row r="3076" spans="1:2">
       <x:c r="A3076" s="2">
-        <x:v>41519</x:v>
+        <x:v>41540</x:v>
       </x:c>
       <x:c r="B3076" s="3">
-        <x:v>107810.08</x:v>
+        <x:v>107836.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3077" spans="1:2">
       <x:c r="A3077" s="2">
-        <x:v>41518</x:v>
+        <x:v>41539</x:v>
       </x:c>
       <x:c r="B3077" s="3">
-        <x:v>107809.11</x:v>
+        <x:v>107834.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3078" spans="1:2">
       <x:c r="A3078" s="2">
-        <x:v>41515</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="B3078" s="3">
-        <x:v>107805.27</x:v>
+        <x:v>107831.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3079" spans="1:2">
       <x:c r="A3079" s="2">
-        <x:v>41514</x:v>
+        <x:v>41535</x:v>
       </x:c>
       <x:c r="B3079" s="3">
-        <x:v>107804.45</x:v>
+        <x:v>107830.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3080" spans="1:2">
       <x:c r="A3080" s="2">
-        <x:v>41513</x:v>
+        <x:v>41534</x:v>
       </x:c>
       <x:c r="B3080" s="3">
-        <x:v>107803.63</x:v>
+        <x:v>107828.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3081" spans="1:2">
       <x:c r="A3081" s="2">
-        <x:v>41512</x:v>
+        <x:v>41533</x:v>
       </x:c>
       <x:c r="B3081" s="3">
-        <x:v>107802.9</x:v>
+        <x:v>107826.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3082" spans="1:2">
       <x:c r="A3082" s="2">
-        <x:v>41511</x:v>
+        <x:v>41532</x:v>
       </x:c>
       <x:c r="B3082" s="3">
-        <x:v>107801.71</x:v>
+        <x:v>107825.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3083" spans="1:2">
       <x:c r="A3083" s="2">
-        <x:v>41508</x:v>
+        <x:v>41529</x:v>
       </x:c>
       <x:c r="B3083" s="3">
-        <x:v>107799.89</x:v>
+        <x:v>107820.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3084" spans="1:2">
       <x:c r="A3084" s="2">
-        <x:v>41507</x:v>
+        <x:v>41528</x:v>
       </x:c>
       <x:c r="B3084" s="3">
-        <x:v>107799.26</x:v>
+        <x:v>107819.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3085" spans="1:2">
       <x:c r="A3085" s="2">
-        <x:v>41506</x:v>
+        <x:v>41527</x:v>
       </x:c>
       <x:c r="B3085" s="3">
-        <x:v>107797.34</x:v>
+        <x:v>107817.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3086" spans="1:2">
       <x:c r="A3086" s="2">
-        <x:v>41505</x:v>
+        <x:v>41526</x:v>
       </x:c>
       <x:c r="B3086" s="3">
-        <x:v>107796.1</x:v>
+        <x:v>107817.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3087" spans="1:2">
       <x:c r="A3087" s="2">
-        <x:v>41504</x:v>
+        <x:v>41525</x:v>
       </x:c>
       <x:c r="B3087" s="3">
-        <x:v>107795.21</x:v>
+        <x:v>107816.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3088" spans="1:2">
       <x:c r="A3088" s="2">
-        <x:v>41501</x:v>
+        <x:v>41522</x:v>
       </x:c>
       <x:c r="B3088" s="3">
-        <x:v>107792.09</x:v>
+        <x:v>107812.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3089" spans="1:2">
       <x:c r="A3089" s="2">
-        <x:v>41499</x:v>
+        <x:v>41521</x:v>
       </x:c>
       <x:c r="B3089" s="3">
-        <x:v>107789.08</x:v>
+        <x:v>107812.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3090" spans="1:2">
       <x:c r="A3090" s="2">
-        <x:v>41498</x:v>
+        <x:v>41520</x:v>
       </x:c>
       <x:c r="B3090" s="3">
-        <x:v>107787.83</x:v>
+        <x:v>107811.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3091" spans="1:2">
       <x:c r="A3091" s="2">
-        <x:v>41497</x:v>
+        <x:v>41519</x:v>
       </x:c>
       <x:c r="B3091" s="3">
-        <x:v>107786.32</x:v>
+        <x:v>107810.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3092" spans="1:2">
       <x:c r="A3092" s="2">
-        <x:v>41494</x:v>
+        <x:v>41518</x:v>
       </x:c>
       <x:c r="B3092" s="3">
-        <x:v>107782.32</x:v>
+        <x:v>107809.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3093" spans="1:2">
       <x:c r="A3093" s="2">
-        <x:v>41493</x:v>
+        <x:v>41515</x:v>
       </x:c>
       <x:c r="B3093" s="3">
-        <x:v>107781.07</x:v>
+        <x:v>107805.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3094" spans="1:2">
       <x:c r="A3094" s="2">
-        <x:v>41492</x:v>
+        <x:v>41514</x:v>
       </x:c>
       <x:c r="B3094" s="3">
-        <x:v>107779.1</x:v>
+        <x:v>107804.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3095" spans="1:2">
       <x:c r="A3095" s="2">
-        <x:v>41491</x:v>
+        <x:v>41513</x:v>
       </x:c>
       <x:c r="B3095" s="3">
-        <x:v>107777.44</x:v>
+        <x:v>107803.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3096" spans="1:2">
       <x:c r="A3096" s="2">
-        <x:v>41490</x:v>
+        <x:v>41512</x:v>
       </x:c>
       <x:c r="B3096" s="3">
-        <x:v>107775.5</x:v>
+        <x:v>107802.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3097" spans="1:2">
       <x:c r="A3097" s="2">
-        <x:v>41487</x:v>
+        <x:v>41511</x:v>
       </x:c>
       <x:c r="B3097" s="3">
-        <x:v>107771.95</x:v>
+        <x:v>107801.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3098" spans="1:2">
       <x:c r="A3098" s="2">
-        <x:v>41486</x:v>
+        <x:v>41508</x:v>
       </x:c>
       <x:c r="B3098" s="3">
-        <x:v>107770.73</x:v>
+        <x:v>107799.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3099" spans="1:2">
       <x:c r="A3099" s="2">
-        <x:v>41485</x:v>
+        <x:v>41507</x:v>
       </x:c>
       <x:c r="B3099" s="3">
-        <x:v>107769.44</x:v>
+        <x:v>107799.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3100" spans="1:2">
       <x:c r="A3100" s="2">
-        <x:v>41484</x:v>
+        <x:v>41506</x:v>
       </x:c>
       <x:c r="B3100" s="3">
-        <x:v>107768.44</x:v>
+        <x:v>107797.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3101" spans="1:2">
       <x:c r="A3101" s="2">
-        <x:v>41483</x:v>
+        <x:v>41505</x:v>
       </x:c>
       <x:c r="B3101" s="3">
-        <x:v>107767.39</x:v>
+        <x:v>107796.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3102" spans="1:2">
       <x:c r="A3102" s="2">
-        <x:v>41480</x:v>
+        <x:v>41504</x:v>
       </x:c>
       <x:c r="B3102" s="3">
-        <x:v>107763.7</x:v>
+        <x:v>107795.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3103" spans="1:2">
       <x:c r="A3103" s="2">
-        <x:v>41479</x:v>
+        <x:v>41501</x:v>
       </x:c>
       <x:c r="B3103" s="3">
-        <x:v>107762.89</x:v>
+        <x:v>107792.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3104" spans="1:2">
       <x:c r="A3104" s="2">
-        <x:v>41478</x:v>
+        <x:v>41499</x:v>
       </x:c>
       <x:c r="B3104" s="3">
-        <x:v>107761.98</x:v>
+        <x:v>107789.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3105" spans="1:2">
       <x:c r="A3105" s="2">
-        <x:v>41477</x:v>
+        <x:v>41498</x:v>
       </x:c>
       <x:c r="B3105" s="3">
-        <x:v>107760.16</x:v>
+        <x:v>107787.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3106" spans="1:2">
       <x:c r="A3106" s="2">
-        <x:v>41476</x:v>
+        <x:v>41497</x:v>
       </x:c>
       <x:c r="B3106" s="3">
-        <x:v>107759.29</x:v>
+        <x:v>107786.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3107" spans="1:2">
       <x:c r="A3107" s="2">
-        <x:v>41473</x:v>
+        <x:v>41494</x:v>
       </x:c>
       <x:c r="B3107" s="3">
-        <x:v>107754.53</x:v>
+        <x:v>107782.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3108" spans="1:2">
       <x:c r="A3108" s="2">
-        <x:v>41472</x:v>
+        <x:v>41493</x:v>
       </x:c>
       <x:c r="B3108" s="3">
-        <x:v>107753.9</x:v>
+        <x:v>107781.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3109" spans="1:2">
       <x:c r="A3109" s="2">
-        <x:v>41471</x:v>
+        <x:v>41492</x:v>
       </x:c>
       <x:c r="B3109" s="3">
-        <x:v>107752.67</x:v>
+        <x:v>107779.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3110" spans="1:2">
       <x:c r="A3110" s="2">
-        <x:v>41470</x:v>
+        <x:v>41491</x:v>
       </x:c>
       <x:c r="B3110" s="3">
-        <x:v>107750.84</x:v>
+        <x:v>107777.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3111" spans="1:2">
       <x:c r="A3111" s="2">
-        <x:v>41469</x:v>
+        <x:v>41490</x:v>
       </x:c>
       <x:c r="B3111" s="3">
-        <x:v>107748.99</x:v>
+        <x:v>107775.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3112" spans="1:2">
       <x:c r="A3112" s="2">
-        <x:v>41466</x:v>
+        <x:v>41487</x:v>
       </x:c>
       <x:c r="B3112" s="3">
-        <x:v>107745.24</x:v>
+        <x:v>107771.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3113" spans="1:2">
       <x:c r="A3113" s="2">
-        <x:v>41465</x:v>
+        <x:v>41486</x:v>
       </x:c>
       <x:c r="B3113" s="3">
-        <x:v>107743.84</x:v>
+        <x:v>107770.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3114" spans="1:2">
       <x:c r="A3114" s="2">
-        <x:v>41464</x:v>
+        <x:v>41485</x:v>
       </x:c>
       <x:c r="B3114" s="3">
-        <x:v>107742.17</x:v>
+        <x:v>107769.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3115" spans="1:2">
       <x:c r="A3115" s="2">
-        <x:v>41463</x:v>
+        <x:v>41484</x:v>
       </x:c>
       <x:c r="B3115" s="3">
-        <x:v>107740.89</x:v>
+        <x:v>107768.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3116" spans="1:2">
       <x:c r="A3116" s="2">
-        <x:v>41462</x:v>
+        <x:v>41483</x:v>
       </x:c>
       <x:c r="B3116" s="3">
-        <x:v>107739.33</x:v>
+        <x:v>107767.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3117" spans="1:2">
       <x:c r="A3117" s="2">
-        <x:v>41459</x:v>
+        <x:v>41480</x:v>
       </x:c>
       <x:c r="B3117" s="3">
-        <x:v>107734.84</x:v>
+        <x:v>107763.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3118" spans="1:2">
       <x:c r="A3118" s="2">
-        <x:v>41458</x:v>
+        <x:v>41479</x:v>
       </x:c>
       <x:c r="B3118" s="3">
-        <x:v>107734.15</x:v>
+        <x:v>107762.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3119" spans="1:2">
       <x:c r="A3119" s="2">
-        <x:v>41457</x:v>
+        <x:v>41478</x:v>
       </x:c>
       <x:c r="B3119" s="3">
-        <x:v>107733.26</x:v>
+        <x:v>107761.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3120" spans="1:2">
       <x:c r="A3120" s="2">
-        <x:v>41456</x:v>
+        <x:v>41477</x:v>
       </x:c>
       <x:c r="B3120" s="3">
-        <x:v>107731</x:v>
+        <x:v>107760.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3121" spans="1:2">
       <x:c r="A3121" s="2">
-        <x:v>41455</x:v>
+        <x:v>41476</x:v>
       </x:c>
       <x:c r="B3121" s="3">
-        <x:v>107730.11</x:v>
+        <x:v>107759.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3122" spans="1:2">
       <x:c r="A3122" s="2">
-        <x:v>41452</x:v>
+        <x:v>41473</x:v>
       </x:c>
       <x:c r="B3122" s="3">
-        <x:v>107726</x:v>
+        <x:v>107754.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3123" spans="1:2">
       <x:c r="A3123" s="2">
-        <x:v>41451</x:v>
+        <x:v>41472</x:v>
       </x:c>
       <x:c r="B3123" s="3">
-        <x:v>107724.9</x:v>
+        <x:v>107753.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3124" spans="1:2">
       <x:c r="A3124" s="2">
-        <x:v>41450</x:v>
+        <x:v>41471</x:v>
       </x:c>
       <x:c r="B3124" s="3">
-        <x:v>107723.79</x:v>
+        <x:v>107752.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3125" spans="1:2">
       <x:c r="A3125" s="2">
-        <x:v>41449</x:v>
+        <x:v>41470</x:v>
       </x:c>
       <x:c r="B3125" s="3">
-        <x:v>107722.79</x:v>
+        <x:v>107750.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3126" spans="1:2">
       <x:c r="A3126" s="2">
-        <x:v>41448</x:v>
+        <x:v>41469</x:v>
       </x:c>
       <x:c r="B3126" s="3">
-        <x:v>107721.91</x:v>
+        <x:v>107748.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3127" spans="1:2">
       <x:c r="A3127" s="2">
-        <x:v>41445</x:v>
+        <x:v>41466</x:v>
       </x:c>
       <x:c r="B3127" s="3">
-        <x:v>107719.02</x:v>
+        <x:v>107745.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3128" spans="1:2">
       <x:c r="A3128" s="2">
-        <x:v>41444</x:v>
+        <x:v>41465</x:v>
       </x:c>
       <x:c r="B3128" s="3">
-        <x:v>107718.22</x:v>
+        <x:v>107743.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3129" spans="1:2">
       <x:c r="A3129" s="2">
-        <x:v>41443</x:v>
+        <x:v>41464</x:v>
       </x:c>
       <x:c r="B3129" s="3">
-        <x:v>107717.66</x:v>
+        <x:v>107742.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3130" spans="1:2">
       <x:c r="A3130" s="2">
-        <x:v>41442</x:v>
+        <x:v>41463</x:v>
       </x:c>
       <x:c r="B3130" s="3">
-        <x:v>107716.33</x:v>
+        <x:v>107740.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3131" spans="1:2">
       <x:c r="A3131" s="2">
-        <x:v>41441</x:v>
+        <x:v>41462</x:v>
       </x:c>
       <x:c r="B3131" s="3">
-        <x:v>107715.83</x:v>
+        <x:v>107739.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3132" spans="1:2">
       <x:c r="A3132" s="2">
-        <x:v>41438</x:v>
+        <x:v>41459</x:v>
       </x:c>
       <x:c r="B3132" s="3">
-        <x:v>107714.22</x:v>
+        <x:v>107734.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3133" spans="1:2">
       <x:c r="A3133" s="2">
-        <x:v>41437</x:v>
+        <x:v>41458</x:v>
       </x:c>
       <x:c r="B3133" s="3">
-        <x:v>107713.81</x:v>
+        <x:v>107734.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3134" spans="1:2">
       <x:c r="A3134" s="2">
-        <x:v>41436</x:v>
+        <x:v>41457</x:v>
       </x:c>
       <x:c r="B3134" s="3">
-        <x:v>107713.45</x:v>
+        <x:v>107733.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3135" spans="1:2">
       <x:c r="A3135" s="2">
-        <x:v>41435</x:v>
+        <x:v>41456</x:v>
       </x:c>
       <x:c r="B3135" s="3">
-        <x:v>107713.16</x:v>
+        <x:v>107731</x:v>
       </x:c>
     </x:row>
     <x:row r="3136" spans="1:2">
       <x:c r="A3136" s="2">
-        <x:v>41434</x:v>
+        <x:v>41455</x:v>
       </x:c>
       <x:c r="B3136" s="3">
-        <x:v>107712.06</x:v>
+        <x:v>107730.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3137" spans="1:2">
       <x:c r="A3137" s="2">
-        <x:v>41431</x:v>
+        <x:v>41452</x:v>
       </x:c>
       <x:c r="B3137" s="3">
-        <x:v>107710.51</x:v>
+        <x:v>107726</x:v>
       </x:c>
     </x:row>
     <x:row r="3138" spans="1:2">
       <x:c r="A3138" s="2">
-        <x:v>41430</x:v>
+        <x:v>41451</x:v>
       </x:c>
       <x:c r="B3138" s="3">
-        <x:v>107710.03</x:v>
+        <x:v>107724.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3139" spans="1:2">
       <x:c r="A3139" s="2">
-        <x:v>41429</x:v>
+        <x:v>41450</x:v>
       </x:c>
       <x:c r="B3139" s="3">
-        <x:v>107709.51</x:v>
+        <x:v>107723.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3140" spans="1:2">
       <x:c r="A3140" s="2">
-        <x:v>41428</x:v>
+        <x:v>41449</x:v>
       </x:c>
       <x:c r="B3140" s="3">
-        <x:v>107708.83</x:v>
+        <x:v>107722.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3141" spans="1:2">
       <x:c r="A3141" s="2">
-        <x:v>41427</x:v>
+        <x:v>41448</x:v>
       </x:c>
       <x:c r="B3141" s="3">
-        <x:v>107708.29</x:v>
+        <x:v>107721.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3142" spans="1:2">
       <x:c r="A3142" s="2">
-        <x:v>41424</x:v>
+        <x:v>41445</x:v>
       </x:c>
       <x:c r="B3142" s="3">
-        <x:v>107706.81</x:v>
+        <x:v>107719.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3143" spans="1:2">
       <x:c r="A3143" s="2">
-        <x:v>41423</x:v>
+        <x:v>41444</x:v>
       </x:c>
       <x:c r="B3143" s="3">
-        <x:v>107706.47</x:v>
+        <x:v>107718.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3144" spans="1:2">
       <x:c r="A3144" s="2">
-        <x:v>41422</x:v>
+        <x:v>41443</x:v>
       </x:c>
       <x:c r="B3144" s="3">
-        <x:v>107704.79</x:v>
+        <x:v>107717.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3145" spans="1:2">
       <x:c r="A3145" s="2">
-        <x:v>41421</x:v>
+        <x:v>41442</x:v>
       </x:c>
       <x:c r="B3145" s="3">
-        <x:v>107703.85</x:v>
+        <x:v>107716.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3146" spans="1:2">
       <x:c r="A3146" s="2">
-        <x:v>41420</x:v>
+        <x:v>41441</x:v>
       </x:c>
       <x:c r="B3146" s="3">
-        <x:v>107702.18</x:v>
+        <x:v>107715.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3147" spans="1:2">
       <x:c r="A3147" s="2">
-        <x:v>41417</x:v>
+        <x:v>41438</x:v>
       </x:c>
       <x:c r="B3147" s="3">
-        <x:v>107700.22</x:v>
+        <x:v>107714.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3148" spans="1:2">
       <x:c r="A3148" s="2">
-        <x:v>41416</x:v>
+        <x:v>41437</x:v>
       </x:c>
       <x:c r="B3148" s="3">
-        <x:v>107699.63</x:v>
+        <x:v>107713.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3149" spans="1:2">
       <x:c r="A3149" s="2">
-        <x:v>41415</x:v>
+        <x:v>41436</x:v>
       </x:c>
       <x:c r="B3149" s="3">
-        <x:v>107699.04</x:v>
+        <x:v>107713.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3150" spans="1:2">
       <x:c r="A3150" s="2">
-        <x:v>41414</x:v>
+        <x:v>41435</x:v>
       </x:c>
       <x:c r="B3150" s="3">
-        <x:v>107697.87</x:v>
+        <x:v>107713.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3151" spans="1:2">
       <x:c r="A3151" s="2">
-        <x:v>41410</x:v>
+        <x:v>41434</x:v>
       </x:c>
       <x:c r="B3151" s="3">
-        <x:v>107692.7</x:v>
+        <x:v>107712.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3152" spans="1:2">
       <x:c r="A3152" s="2">
-        <x:v>41409</x:v>
+        <x:v>41431</x:v>
       </x:c>
       <x:c r="B3152" s="3">
-        <x:v>107690.97</x:v>
+        <x:v>107710.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3153" spans="1:2">
       <x:c r="A3153" s="2">
-        <x:v>41408</x:v>
+        <x:v>41430</x:v>
       </x:c>
       <x:c r="B3153" s="3">
-        <x:v>107689.68</x:v>
+        <x:v>107710.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3154" spans="1:2">
       <x:c r="A3154" s="2">
-        <x:v>41407</x:v>
+        <x:v>41429</x:v>
       </x:c>
       <x:c r="B3154" s="3">
-        <x:v>107689.3</x:v>
+        <x:v>107709.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3155" spans="1:2">
       <x:c r="A3155" s="2">
-        <x:v>41406</x:v>
+        <x:v>41428</x:v>
       </x:c>
       <x:c r="B3155" s="3">
-        <x:v>107688.19</x:v>
+        <x:v>107708.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3156" spans="1:2">
       <x:c r="A3156" s="2">
-        <x:v>41403</x:v>
+        <x:v>41427</x:v>
       </x:c>
       <x:c r="B3156" s="3">
-        <x:v>107684.6</x:v>
+        <x:v>107708.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3157" spans="1:2">
       <x:c r="A3157" s="2">
-        <x:v>41400</x:v>
+        <x:v>41424</x:v>
       </x:c>
       <x:c r="B3157" s="3">
-        <x:v>107680.58</x:v>
+        <x:v>107706.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3158" spans="1:2">
       <x:c r="A3158" s="2">
-        <x:v>41399</x:v>
+        <x:v>41423</x:v>
       </x:c>
       <x:c r="B3158" s="3">
-        <x:v>107679.32</x:v>
+        <x:v>107706.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3159" spans="1:2">
       <x:c r="A3159" s="2">
-        <x:v>41396</x:v>
+        <x:v>41422</x:v>
       </x:c>
       <x:c r="B3159" s="3">
-        <x:v>107673.76</x:v>
+        <x:v>107704.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3160" spans="1:2">
       <x:c r="A3160" s="2">
-        <x:v>41395</x:v>
+        <x:v>41421</x:v>
       </x:c>
       <x:c r="B3160" s="3">
-        <x:v>107672.16</x:v>
+        <x:v>107703.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3161" spans="1:2">
       <x:c r="A3161" s="2">
-        <x:v>41393</x:v>
+        <x:v>41420</x:v>
       </x:c>
       <x:c r="B3161" s="3">
-        <x:v>107670.53</x:v>
+        <x:v>107702.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3162" spans="1:2">
       <x:c r="A3162" s="2">
-        <x:v>41392</x:v>
+        <x:v>41417</x:v>
       </x:c>
       <x:c r="B3162" s="3">
-        <x:v>107669.91</x:v>
+        <x:v>107700.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3163" spans="1:2">
       <x:c r="A3163" s="2">
-        <x:v>41389</x:v>
+        <x:v>41416</x:v>
       </x:c>
       <x:c r="B3163" s="3">
-        <x:v>107666.09</x:v>
+        <x:v>107699.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3164" spans="1:2">
       <x:c r="A3164" s="2">
-        <x:v>41388</x:v>
+        <x:v>41415</x:v>
       </x:c>
       <x:c r="B3164" s="3">
-        <x:v>107664.36</x:v>
+        <x:v>107699.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3165" spans="1:2">
       <x:c r="A3165" s="2">
-        <x:v>41387</x:v>
+        <x:v>41414</x:v>
       </x:c>
       <x:c r="B3165" s="3">
-        <x:v>107663.94</x:v>
+        <x:v>107697.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3166" spans="1:2">
       <x:c r="A3166" s="2">
-        <x:v>41386</x:v>
+        <x:v>41410</x:v>
       </x:c>
       <x:c r="B3166" s="3">
-        <x:v>107662.52</x:v>
+        <x:v>107692.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3167" spans="1:2">
       <x:c r="A3167" s="2">
-        <x:v>41385</x:v>
+        <x:v>41409</x:v>
       </x:c>
       <x:c r="B3167" s="3">
-        <x:v>107661.28</x:v>
+        <x:v>107690.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3168" spans="1:2">
       <x:c r="A3168" s="2">
-        <x:v>41382</x:v>
+        <x:v>41408</x:v>
       </x:c>
       <x:c r="B3168" s="3">
-        <x:v>107657.32</x:v>
+        <x:v>107689.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3169" spans="1:2">
       <x:c r="A3169" s="2">
-        <x:v>41381</x:v>
+        <x:v>41407</x:v>
       </x:c>
       <x:c r="B3169" s="3">
-        <x:v>107656.89</x:v>
+        <x:v>107689.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3170" spans="1:2">
       <x:c r="A3170" s="2">
-        <x:v>41380</x:v>
+        <x:v>41406</x:v>
       </x:c>
       <x:c r="B3170" s="3">
-        <x:v>107656.19</x:v>
+        <x:v>107688.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3171" spans="1:2">
       <x:c r="A3171" s="2">
-        <x:v>41379</x:v>
+        <x:v>41403</x:v>
       </x:c>
       <x:c r="B3171" s="3">
-        <x:v>107653.8</x:v>
+        <x:v>107684.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3172" spans="1:2">
       <x:c r="A3172" s="2">
-        <x:v>41378</x:v>
+        <x:v>41400</x:v>
       </x:c>
       <x:c r="B3172" s="3">
-        <x:v>107652.97</x:v>
+        <x:v>107680.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3173" spans="1:2">
       <x:c r="A3173" s="2">
-        <x:v>41375</x:v>
+        <x:v>41399</x:v>
       </x:c>
       <x:c r="B3173" s="3">
-        <x:v>107648.5</x:v>
+        <x:v>107679.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3174" spans="1:2">
       <x:c r="A3174" s="2">
-        <x:v>41374</x:v>
+        <x:v>41396</x:v>
       </x:c>
       <x:c r="B3174" s="3">
-        <x:v>107647.59</x:v>
+        <x:v>107673.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3175" spans="1:2">
       <x:c r="A3175" s="2">
-        <x:v>41373</x:v>
+        <x:v>41395</x:v>
       </x:c>
       <x:c r="B3175" s="3">
-        <x:v>107646.01</x:v>
+        <x:v>107672.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3176" spans="1:2">
       <x:c r="A3176" s="2">
-        <x:v>41372</x:v>
+        <x:v>41393</x:v>
       </x:c>
       <x:c r="B3176" s="3">
-        <x:v>107643.72</x:v>
+        <x:v>107670.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3177" spans="1:2">
       <x:c r="A3177" s="2">
-        <x:v>41371</x:v>
+        <x:v>41392</x:v>
       </x:c>
       <x:c r="B3177" s="3">
-        <x:v>107642.75</x:v>
+        <x:v>107669.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3178" spans="1:2">
       <x:c r="A3178" s="2">
-        <x:v>41368</x:v>
+        <x:v>41389</x:v>
       </x:c>
       <x:c r="B3178" s="3">
-        <x:v>107639.06</x:v>
+        <x:v>107666.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3179" spans="1:2">
       <x:c r="A3179" s="2">
-        <x:v>41367</x:v>
+        <x:v>41388</x:v>
       </x:c>
       <x:c r="B3179" s="3">
-        <x:v>107637.89</x:v>
+        <x:v>107664.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3180" spans="1:2">
       <x:c r="A3180" s="2">
-        <x:v>41366</x:v>
+        <x:v>41387</x:v>
       </x:c>
       <x:c r="B3180" s="3">
-        <x:v>107634.51</x:v>
+        <x:v>107663.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3181" spans="1:2">
       <x:c r="A3181" s="2">
-        <x:v>41365</x:v>
+        <x:v>41386</x:v>
       </x:c>
       <x:c r="B3181" s="3">
-        <x:v>107632.96</x:v>
+        <x:v>107662.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3182" spans="1:2">
       <x:c r="A3182" s="2">
-        <x:v>41360</x:v>
+        <x:v>41385</x:v>
       </x:c>
       <x:c r="B3182" s="3">
-        <x:v>107627.66</x:v>
+        <x:v>107661.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3183" spans="1:2">
       <x:c r="A3183" s="2">
-        <x:v>41359</x:v>
+        <x:v>41382</x:v>
       </x:c>
       <x:c r="B3183" s="3">
-        <x:v>107625.21</x:v>
+        <x:v>107657.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3184" spans="1:2">
       <x:c r="A3184" s="2">
-        <x:v>41358</x:v>
+        <x:v>41381</x:v>
       </x:c>
       <x:c r="B3184" s="3">
-        <x:v>107624.59</x:v>
+        <x:v>107656.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3185" spans="1:2">
       <x:c r="A3185" s="2">
-        <x:v>41357</x:v>
+        <x:v>41380</x:v>
       </x:c>
       <x:c r="B3185" s="3">
-        <x:v>107621.69</x:v>
+        <x:v>107656.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3186" spans="1:2">
       <x:c r="A3186" s="2">
-        <x:v>41354</x:v>
+        <x:v>41379</x:v>
       </x:c>
       <x:c r="B3186" s="3">
-        <x:v>107618.75</x:v>
+        <x:v>107653.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3187" spans="1:2">
       <x:c r="A3187" s="2">
-        <x:v>41353</x:v>
+        <x:v>41378</x:v>
       </x:c>
       <x:c r="B3187" s="3">
-        <x:v>107618.04</x:v>
+        <x:v>107652.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3188" spans="1:2">
       <x:c r="A3188" s="2">
-        <x:v>41352</x:v>
+        <x:v>41375</x:v>
       </x:c>
       <x:c r="B3188" s="3">
-        <x:v>107617.18</x:v>
+        <x:v>107648.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3189" spans="1:2">
       <x:c r="A3189" s="2">
-        <x:v>41351</x:v>
+        <x:v>41374</x:v>
       </x:c>
       <x:c r="B3189" s="3">
-        <x:v>107616.13</x:v>
+        <x:v>107647.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3190" spans="1:2">
       <x:c r="A3190" s="2">
-        <x:v>41350</x:v>
+        <x:v>41373</x:v>
       </x:c>
       <x:c r="B3190" s="3">
-        <x:v>107615.02</x:v>
+        <x:v>107646.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3191" spans="1:2">
       <x:c r="A3191" s="2">
-        <x:v>41347</x:v>
+        <x:v>41372</x:v>
       </x:c>
       <x:c r="B3191" s="3">
-        <x:v>107610.05</x:v>
+        <x:v>107643.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3192" spans="1:2">
       <x:c r="A3192" s="2">
-        <x:v>41346</x:v>
+        <x:v>41371</x:v>
       </x:c>
       <x:c r="B3192" s="3">
-        <x:v>107608.9</x:v>
+        <x:v>107642.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3193" spans="1:2">
       <x:c r="A3193" s="2">
-        <x:v>41345</x:v>
+        <x:v>41368</x:v>
       </x:c>
       <x:c r="B3193" s="3">
-        <x:v>107607.91</x:v>
+        <x:v>107639.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3194" spans="1:2">
       <x:c r="A3194" s="2">
-        <x:v>41344</x:v>
+        <x:v>41367</x:v>
       </x:c>
       <x:c r="B3194" s="3">
-        <x:v>107606.58</x:v>
+        <x:v>107637.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3195" spans="1:2">
       <x:c r="A3195" s="2">
-        <x:v>41343</x:v>
+        <x:v>41366</x:v>
       </x:c>
       <x:c r="B3195" s="3">
-        <x:v>107605.42</x:v>
+        <x:v>107634.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3196" spans="1:2">
       <x:c r="A3196" s="2">
-        <x:v>41340</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="B3196" s="3">
-        <x:v>107599.9</x:v>
+        <x:v>107632.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3197" spans="1:2">
       <x:c r="A3197" s="2">
-        <x:v>41339</x:v>
+        <x:v>41360</x:v>
       </x:c>
       <x:c r="B3197" s="3">
-        <x:v>107598.36</x:v>
+        <x:v>107627.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3198" spans="1:2">
       <x:c r="A3198" s="2">
-        <x:v>41338</x:v>
+        <x:v>41359</x:v>
       </x:c>
       <x:c r="B3198" s="3">
-        <x:v>107597.17</x:v>
+        <x:v>107625.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3199" spans="1:2">
       <x:c r="A3199" s="2">
-        <x:v>41337</x:v>
+        <x:v>41358</x:v>
       </x:c>
       <x:c r="B3199" s="3">
-        <x:v>107595.55</x:v>
+        <x:v>107624.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3200" spans="1:2">
       <x:c r="A3200" s="2">
-        <x:v>41336</x:v>
+        <x:v>41357</x:v>
       </x:c>
       <x:c r="B3200" s="3">
-        <x:v>107594.36</x:v>
+        <x:v>107621.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3201" spans="1:2">
       <x:c r="A3201" s="2">
-        <x:v>41333</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="B3201" s="3">
-        <x:v>107588.5</x:v>
+        <x:v>107618.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3202" spans="1:2">
       <x:c r="A3202" s="2">
-        <x:v>41332</x:v>
+        <x:v>41353</x:v>
       </x:c>
       <x:c r="B3202" s="3">
-        <x:v>107587.66</x:v>
+        <x:v>107618.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3203" spans="1:2">
       <x:c r="A3203" s="2">
-        <x:v>41331</x:v>
+        <x:v>41352</x:v>
       </x:c>
       <x:c r="B3203" s="3">
-        <x:v>107586.9</x:v>
+        <x:v>107617.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3204" spans="1:2">
       <x:c r="A3204" s="2">
-        <x:v>41330</x:v>
+        <x:v>41351</x:v>
       </x:c>
       <x:c r="B3204" s="3">
-        <x:v>107583.96</x:v>
+        <x:v>107616.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3205" spans="1:2">
       <x:c r="A3205" s="2">
-        <x:v>41329</x:v>
+        <x:v>41350</x:v>
       </x:c>
       <x:c r="B3205" s="3">
-        <x:v>107581.84</x:v>
+        <x:v>107615.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3206" spans="1:2">
       <x:c r="A3206" s="2">
-        <x:v>41326</x:v>
+        <x:v>41347</x:v>
       </x:c>
       <x:c r="B3206" s="3">
-        <x:v>107577.19</x:v>
+        <x:v>107610.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3207" spans="1:2">
       <x:c r="A3207" s="2">
-        <x:v>41325</x:v>
+        <x:v>41346</x:v>
       </x:c>
       <x:c r="B3207" s="3">
-        <x:v>107574.69</x:v>
+        <x:v>107608.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3208" spans="1:2">
       <x:c r="A3208" s="2">
-        <x:v>41324</x:v>
+        <x:v>41345</x:v>
       </x:c>
       <x:c r="B3208" s="3">
-        <x:v>107572.89</x:v>
+        <x:v>107607.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3209" spans="1:2">
       <x:c r="A3209" s="2">
-        <x:v>41323</x:v>
+        <x:v>41344</x:v>
       </x:c>
       <x:c r="B3209" s="3">
-        <x:v>107571.3</x:v>
+        <x:v>107606.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3210" spans="1:2">
       <x:c r="A3210" s="2">
-        <x:v>41322</x:v>
+        <x:v>41343</x:v>
       </x:c>
       <x:c r="B3210" s="3">
-        <x:v>107568.48</x:v>
+        <x:v>107605.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3211" spans="1:2">
       <x:c r="A3211" s="2">
-        <x:v>41319</x:v>
+        <x:v>41340</x:v>
       </x:c>
       <x:c r="B3211" s="3">
-        <x:v>107563.59</x:v>
+        <x:v>107599.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3212" spans="1:2">
       <x:c r="A3212" s="2">
-        <x:v>41318</x:v>
+        <x:v>41339</x:v>
       </x:c>
       <x:c r="B3212" s="3">
-        <x:v>107561.17</x:v>
+        <x:v>107598.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3213" spans="1:2">
       <x:c r="A3213" s="2">
-        <x:v>41317</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="B3213" s="3">
-        <x:v>107559.56</x:v>
+        <x:v>107597.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3214" spans="1:2">
       <x:c r="A3214" s="2">
-        <x:v>41316</x:v>
+        <x:v>41337</x:v>
       </x:c>
       <x:c r="B3214" s="3">
-        <x:v>107557.8</x:v>
+        <x:v>107595.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3215" spans="1:2">
       <x:c r="A3215" s="2">
-        <x:v>41315</x:v>
+        <x:v>41336</x:v>
       </x:c>
       <x:c r="B3215" s="3">
-        <x:v>107555.5</x:v>
+        <x:v>107594.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3216" spans="1:2">
       <x:c r="A3216" s="2">
-        <x:v>41312</x:v>
+        <x:v>41333</x:v>
       </x:c>
       <x:c r="B3216" s="3">
-        <x:v>107549.79</x:v>
+        <x:v>107588.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3217" spans="1:2">
       <x:c r="A3217" s="2">
-        <x:v>41311</x:v>
+        <x:v>41332</x:v>
       </x:c>
       <x:c r="B3217" s="3">
-        <x:v>107548.63</x:v>
+        <x:v>107587.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3218" spans="1:2">
       <x:c r="A3218" s="2">
-        <x:v>41310</x:v>
+        <x:v>41331</x:v>
       </x:c>
       <x:c r="B3218" s="3">
-        <x:v>107544.21</x:v>
+        <x:v>107586.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3219" spans="1:2">
       <x:c r="A3219" s="2">
-        <x:v>41309</x:v>
+        <x:v>41330</x:v>
       </x:c>
       <x:c r="B3219" s="3">
-        <x:v>107542.66</x:v>
+        <x:v>107583.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3220" spans="1:2">
       <x:c r="A3220" s="2">
-        <x:v>41308</x:v>
+        <x:v>41329</x:v>
       </x:c>
       <x:c r="B3220" s="3">
-        <x:v>107542.05</x:v>
+        <x:v>107581.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3221" spans="1:2">
       <x:c r="A3221" s="2">
-        <x:v>41305</x:v>
+        <x:v>41326</x:v>
       </x:c>
       <x:c r="B3221" s="3">
-        <x:v>107537.72</x:v>
+        <x:v>107577.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3222" spans="1:2">
       <x:c r="A3222" s="2">
-        <x:v>41304</x:v>
+        <x:v>41325</x:v>
       </x:c>
       <x:c r="B3222" s="3">
-        <x:v>107536.74</x:v>
+        <x:v>107574.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3223" spans="1:2">
       <x:c r="A3223" s="2">
-        <x:v>41303</x:v>
+        <x:v>41324</x:v>
       </x:c>
       <x:c r="B3223" s="3">
-        <x:v>107535.23</x:v>
+        <x:v>107572.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3224" spans="1:2">
       <x:c r="A3224" s="2">
-        <x:v>41302</x:v>
+        <x:v>41323</x:v>
       </x:c>
       <x:c r="B3224" s="3">
-        <x:v>107533.48</x:v>
+        <x:v>107571.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3225" spans="1:2">
       <x:c r="A3225" s="2">
-        <x:v>41301</x:v>
+        <x:v>41322</x:v>
       </x:c>
       <x:c r="B3225" s="3">
-        <x:v>107532.67</x:v>
+        <x:v>107568.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3226" spans="1:2">
       <x:c r="A3226" s="2">
-        <x:v>41298</x:v>
+        <x:v>41319</x:v>
       </x:c>
       <x:c r="B3226" s="3">
-        <x:v>107530.15</x:v>
+        <x:v>107563.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3227" spans="1:2">
       <x:c r="A3227" s="2">
-        <x:v>41297</x:v>
+        <x:v>41318</x:v>
       </x:c>
       <x:c r="B3227" s="3">
-        <x:v>107527.62</x:v>
+        <x:v>107561.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3228" spans="1:2">
       <x:c r="A3228" s="2">
-        <x:v>41296</x:v>
+        <x:v>41317</x:v>
       </x:c>
       <x:c r="B3228" s="3">
-        <x:v>107524.87</x:v>
+        <x:v>107559.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3229" spans="1:2">
       <x:c r="A3229" s="2">
-        <x:v>41295</x:v>
+        <x:v>41316</x:v>
       </x:c>
       <x:c r="B3229" s="3">
-        <x:v>107522.35</x:v>
+        <x:v>107557.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3230" spans="1:2">
       <x:c r="A3230" s="2">
-        <x:v>41294</x:v>
+        <x:v>41315</x:v>
       </x:c>
       <x:c r="B3230" s="3">
-        <x:v>107518.93</x:v>
+        <x:v>107555.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3231" spans="1:2">
       <x:c r="A3231" s="2">
-        <x:v>41291</x:v>
+        <x:v>41312</x:v>
       </x:c>
       <x:c r="B3231" s="3">
-        <x:v>107512.61</x:v>
+        <x:v>107549.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3232" spans="1:2">
       <x:c r="A3232" s="2">
-        <x:v>41290</x:v>
+        <x:v>41311</x:v>
       </x:c>
       <x:c r="B3232" s="3">
-        <x:v>107511.26</x:v>
+        <x:v>107548.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3233" spans="1:2">
       <x:c r="A3233" s="2">
-        <x:v>41289</x:v>
+        <x:v>41310</x:v>
       </x:c>
       <x:c r="B3233" s="3">
-        <x:v>107508.38</x:v>
+        <x:v>107544.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3234" spans="1:2">
       <x:c r="A3234" s="2">
-        <x:v>41288</x:v>
+        <x:v>41309</x:v>
       </x:c>
       <x:c r="B3234" s="3">
-        <x:v>107505</x:v>
+        <x:v>107542.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3235" spans="1:2">
       <x:c r="A3235" s="2">
-        <x:v>41287</x:v>
+        <x:v>41308</x:v>
       </x:c>
       <x:c r="B3235" s="3">
-        <x:v>107503.21</x:v>
+        <x:v>107542.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3236" spans="1:2">
       <x:c r="A3236" s="2">
-        <x:v>41284</x:v>
+        <x:v>41305</x:v>
       </x:c>
       <x:c r="B3236" s="3">
-        <x:v>107497.43</x:v>
+        <x:v>107537.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3237" spans="1:2">
       <x:c r="A3237" s="2">
-        <x:v>41283</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="B3237" s="3">
-        <x:v>107495.59</x:v>
+        <x:v>107536.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3238" spans="1:2">
       <x:c r="A3238" s="2">
-        <x:v>41282</x:v>
+        <x:v>41303</x:v>
       </x:c>
       <x:c r="B3238" s="3">
-        <x:v>107492.06</x:v>
+        <x:v>107535.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3239" spans="1:2">
       <x:c r="A3239" s="2">
-        <x:v>41281</x:v>
+        <x:v>41302</x:v>
       </x:c>
       <x:c r="B3239" s="3">
-        <x:v>107489.32</x:v>
+        <x:v>107533.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3240" spans="1:2">
       <x:c r="A3240" s="2">
-        <x:v>41280</x:v>
+        <x:v>41301</x:v>
       </x:c>
       <x:c r="B3240" s="3">
-        <x:v>107485.73</x:v>
+        <x:v>107532.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3241" spans="1:2">
       <x:c r="A3241" s="2">
-        <x:v>41277</x:v>
+        <x:v>41298</x:v>
       </x:c>
       <x:c r="B3241" s="3">
-        <x:v>107480.66</x:v>
+        <x:v>107530.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3242" spans="1:2">
       <x:c r="A3242" s="2">
-        <x:v>41276</x:v>
+        <x:v>41297</x:v>
       </x:c>
       <x:c r="B3242" s="3">
-        <x:v>107480.02</x:v>
+        <x:v>107527.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3243" spans="1:2">
       <x:c r="A3243" s="2">
-        <x:v>41275</x:v>
+        <x:v>41296</x:v>
       </x:c>
       <x:c r="B3243" s="3">
-        <x:v>107478.14</x:v>
+        <x:v>107524.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3244" spans="1:2">
       <x:c r="A3244" s="2">
-        <x:v>41273</x:v>
+        <x:v>41295</x:v>
       </x:c>
       <x:c r="B3244" s="3">
-        <x:v>107475.29</x:v>
+        <x:v>107522.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3245" spans="1:2">
       <x:c r="A3245" s="2">
-        <x:v>41270</x:v>
+        <x:v>41294</x:v>
       </x:c>
       <x:c r="B3245" s="3">
-        <x:v>107471.17</x:v>
+        <x:v>107518.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3246" spans="1:2">
       <x:c r="A3246" s="2">
-        <x:v>41269</x:v>
+        <x:v>41291</x:v>
       </x:c>
       <x:c r="B3246" s="3">
-        <x:v>107470.03</x:v>
+        <x:v>107512.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3247" spans="1:2">
       <x:c r="A3247" s="2">
-        <x:v>41266</x:v>
+        <x:v>41290</x:v>
       </x:c>
       <x:c r="B3247" s="3">
-        <x:v>107463.87</x:v>
+        <x:v>107511.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3248" spans="1:2">
       <x:c r="A3248" s="2">
-        <x:v>41263</x:v>
+        <x:v>41289</x:v>
       </x:c>
       <x:c r="B3248" s="3">
-        <x:v>107457.43</x:v>
+        <x:v>107508.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3249" spans="1:2">
       <x:c r="A3249" s="2">
-        <x:v>41262</x:v>
+        <x:v>41288</x:v>
       </x:c>
       <x:c r="B3249" s="3">
-        <x:v>107455.1</x:v>
+        <x:v>107505</x:v>
       </x:c>
     </x:row>
     <x:row r="3250" spans="1:2">
       <x:c r="A3250" s="2">
-        <x:v>41261</x:v>
+        <x:v>41287</x:v>
       </x:c>
       <x:c r="B3250" s="3">
-        <x:v>107452.47</x:v>
+        <x:v>107503.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3251" spans="1:2">
       <x:c r="A3251" s="2">
-        <x:v>41260</x:v>
+        <x:v>41284</x:v>
       </x:c>
       <x:c r="B3251" s="3">
-        <x:v>107448.68</x:v>
+        <x:v>107497.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3252" spans="1:2">
       <x:c r="A3252" s="2">
-        <x:v>41259</x:v>
+        <x:v>41283</x:v>
       </x:c>
       <x:c r="B3252" s="3">
-        <x:v>107446.88</x:v>
+        <x:v>107495.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3253" spans="1:2">
       <x:c r="A3253" s="2">
-        <x:v>41256</x:v>
+        <x:v>41282</x:v>
       </x:c>
       <x:c r="B3253" s="3">
-        <x:v>107440.62</x:v>
+        <x:v>107492.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3254" spans="1:2">
       <x:c r="A3254" s="2">
-        <x:v>41255</x:v>
+        <x:v>41281</x:v>
       </x:c>
       <x:c r="B3254" s="3">
-        <x:v>107439.51</x:v>
+        <x:v>107489.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3255" spans="1:2">
       <x:c r="A3255" s="2">
-        <x:v>41254</x:v>
+        <x:v>41280</x:v>
       </x:c>
       <x:c r="B3255" s="3">
-        <x:v>107438.17</x:v>
+        <x:v>107485.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3256" spans="1:2">
       <x:c r="A3256" s="2">
-        <x:v>41253</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="B3256" s="3">
-        <x:v>107437.16</x:v>
+        <x:v>107480.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3257" spans="1:2">
       <x:c r="A3257" s="2">
-        <x:v>41252</x:v>
+        <x:v>41276</x:v>
       </x:c>
       <x:c r="B3257" s="3">
-        <x:v>107435.61</x:v>
+        <x:v>107480.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3258" spans="1:2">
       <x:c r="A3258" s="2">
-        <x:v>41249</x:v>
+        <x:v>41275</x:v>
       </x:c>
       <x:c r="B3258" s="3">
-        <x:v>107429.88</x:v>
+        <x:v>107478.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3259" spans="1:2">
       <x:c r="A3259" s="2">
-        <x:v>41248</x:v>
+        <x:v>41273</x:v>
       </x:c>
       <x:c r="B3259" s="3">
-        <x:v>107428.4</x:v>
+        <x:v>107475.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3260" spans="1:2">
       <x:c r="A3260" s="2">
-        <x:v>41247</x:v>
+        <x:v>41270</x:v>
       </x:c>
       <x:c r="B3260" s="3">
-        <x:v>107425.25</x:v>
+        <x:v>107471.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3261" spans="1:2">
       <x:c r="A3261" s="2">
-        <x:v>41246</x:v>
+        <x:v>41269</x:v>
       </x:c>
       <x:c r="B3261" s="3">
-        <x:v>107422.65</x:v>
+        <x:v>107470.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3262" spans="1:2">
       <x:c r="A3262" s="2">
-        <x:v>41245</x:v>
+        <x:v>41266</x:v>
       </x:c>
       <x:c r="B3262" s="3">
-        <x:v>107420.38</x:v>
+        <x:v>107463.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3263" spans="1:2">
       <x:c r="A3263" s="2">
-        <x:v>41242</x:v>
+        <x:v>41263</x:v>
       </x:c>
       <x:c r="B3263" s="3">
-        <x:v>107413.87</x:v>
+        <x:v>107457.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3264" spans="1:2">
       <x:c r="A3264" s="2">
-        <x:v>41241</x:v>
+        <x:v>41262</x:v>
       </x:c>
       <x:c r="B3264" s="3">
-        <x:v>107411.85</x:v>
+        <x:v>107455.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3265" spans="1:2">
       <x:c r="A3265" s="2">
-        <x:v>41240</x:v>
+        <x:v>41261</x:v>
       </x:c>
       <x:c r="B3265" s="3">
-        <x:v>107410.28</x:v>
+        <x:v>107452.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3266" spans="1:2">
       <x:c r="A3266" s="2">
-        <x:v>41239</x:v>
+        <x:v>41260</x:v>
       </x:c>
       <x:c r="B3266" s="3">
-        <x:v>107408.46</x:v>
+        <x:v>107448.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3267" spans="1:2">
       <x:c r="A3267" s="2">
-        <x:v>41238</x:v>
+        <x:v>41259</x:v>
       </x:c>
       <x:c r="B3267" s="3">
-        <x:v>107406.42</x:v>
+        <x:v>107446.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3268" spans="1:2">
       <x:c r="A3268" s="2">
-        <x:v>41235</x:v>
+        <x:v>41256</x:v>
       </x:c>
       <x:c r="B3268" s="3">
-        <x:v>107401.33</x:v>
+        <x:v>107440.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3269" spans="1:2">
       <x:c r="A3269" s="2">
-        <x:v>41234</x:v>
+        <x:v>41255</x:v>
       </x:c>
       <x:c r="B3269" s="3">
-        <x:v>107400.86</x:v>
+        <x:v>107439.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3270" spans="1:2">
       <x:c r="A3270" s="2">
-        <x:v>41233</x:v>
+        <x:v>41254</x:v>
       </x:c>
       <x:c r="B3270" s="3">
-        <x:v>107399.19</x:v>
+        <x:v>107438.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3271" spans="1:2">
       <x:c r="A3271" s="2">
-        <x:v>41232</x:v>
+        <x:v>41253</x:v>
       </x:c>
       <x:c r="B3271" s="3">
-        <x:v>107397.03</x:v>
+        <x:v>107437.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3272" spans="1:2">
       <x:c r="A3272" s="2">
-        <x:v>41231</x:v>
+        <x:v>41252</x:v>
       </x:c>
       <x:c r="B3272" s="3">
-        <x:v>107395.88</x:v>
+        <x:v>107435.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3273" spans="1:2">
       <x:c r="A3273" s="2">
-        <x:v>41228</x:v>
+        <x:v>41249</x:v>
       </x:c>
       <x:c r="B3273" s="3">
-        <x:v>107391.7</x:v>
+        <x:v>107429.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3274" spans="1:2">
       <x:c r="A3274" s="2">
-        <x:v>41227</x:v>
+        <x:v>41248</x:v>
       </x:c>
       <x:c r="B3274" s="3">
-        <x:v>107389.19</x:v>
+        <x:v>107428.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3275" spans="1:2">
       <x:c r="A3275" s="2">
-        <x:v>41226</x:v>
+        <x:v>41247</x:v>
       </x:c>
       <x:c r="B3275" s="3">
-        <x:v>107387.64</x:v>
+        <x:v>107425.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3276" spans="1:2">
       <x:c r="A3276" s="2">
-        <x:v>41225</x:v>
+        <x:v>41246</x:v>
       </x:c>
       <x:c r="B3276" s="3">
-        <x:v>107386.24</x:v>
+        <x:v>107422.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3277" spans="1:2">
       <x:c r="A3277" s="2">
-        <x:v>41224</x:v>
+        <x:v>41245</x:v>
       </x:c>
       <x:c r="B3277" s="3">
-        <x:v>107385.1</x:v>
+        <x:v>107420.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3278" spans="1:2">
       <x:c r="A3278" s="2">
-        <x:v>41221</x:v>
+        <x:v>41242</x:v>
       </x:c>
       <x:c r="B3278" s="3">
-        <x:v>107380.49</x:v>
+        <x:v>107413.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3279" spans="1:2">
       <x:c r="A3279" s="2">
-        <x:v>41220</x:v>
+        <x:v>41241</x:v>
       </x:c>
       <x:c r="B3279" s="3">
-        <x:v>107378.96</x:v>
+        <x:v>107411.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3280" spans="1:2">
       <x:c r="A3280" s="2">
-        <x:v>41219</x:v>
+        <x:v>41240</x:v>
       </x:c>
       <x:c r="B3280" s="3">
-        <x:v>107378.01</x:v>
+        <x:v>107410.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3281" spans="1:2">
       <x:c r="A3281" s="2">
-        <x:v>41218</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="B3281" s="3">
-        <x:v>107375.99</x:v>
+        <x:v>107408.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3282" spans="1:2">
       <x:c r="A3282" s="2">
-        <x:v>41217</x:v>
+        <x:v>41238</x:v>
       </x:c>
       <x:c r="B3282" s="3">
-        <x:v>107374.44</x:v>
+        <x:v>107406.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3283" spans="1:2">
       <x:c r="A3283" s="2">
-        <x:v>41214</x:v>
+        <x:v>41235</x:v>
       </x:c>
       <x:c r="B3283" s="3">
-        <x:v>107370.75</x:v>
+        <x:v>107401.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3284" spans="1:2">
       <x:c r="A3284" s="2">
-        <x:v>41212</x:v>
+        <x:v>41234</x:v>
       </x:c>
       <x:c r="B3284" s="3">
-        <x:v>107368.04</x:v>
+        <x:v>107400.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3285" spans="1:2">
       <x:c r="A3285" s="2">
-        <x:v>41211</x:v>
+        <x:v>41233</x:v>
       </x:c>
       <x:c r="B3285" s="3">
-        <x:v>107367.12</x:v>
+        <x:v>107399.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3286" spans="1:2">
       <x:c r="A3286" s="2">
-        <x:v>41210</x:v>
+        <x:v>41232</x:v>
       </x:c>
       <x:c r="B3286" s="3">
-        <x:v>107365.05</x:v>
+        <x:v>107397.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3287" spans="1:2">
       <x:c r="A3287" s="2">
-        <x:v>41207</x:v>
+        <x:v>41231</x:v>
       </x:c>
       <x:c r="B3287" s="3">
-        <x:v>107359.3</x:v>
+        <x:v>107395.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3288" spans="1:2">
       <x:c r="A3288" s="2">
-        <x:v>41206</x:v>
+        <x:v>41228</x:v>
       </x:c>
       <x:c r="B3288" s="3">
-        <x:v>107356.51</x:v>
+        <x:v>107391.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3289" spans="1:2">
       <x:c r="A3289" s="2">
-        <x:v>41205</x:v>
+        <x:v>41227</x:v>
       </x:c>
       <x:c r="B3289" s="3">
-        <x:v>107355.44</x:v>
+        <x:v>107389.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3290" spans="1:2">
       <x:c r="A3290" s="2">
-        <x:v>41204</x:v>
+        <x:v>41226</x:v>
       </x:c>
       <x:c r="B3290" s="3">
-        <x:v>107350.52</x:v>
+        <x:v>107387.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3291" spans="1:2">
       <x:c r="A3291" s="2">
-        <x:v>41203</x:v>
+        <x:v>41225</x:v>
       </x:c>
       <x:c r="B3291" s="3">
-        <x:v>107347.68</x:v>
+        <x:v>107386.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3292" spans="1:2">
       <x:c r="A3292" s="2">
-        <x:v>41200</x:v>
+        <x:v>41224</x:v>
       </x:c>
       <x:c r="B3292" s="3">
-        <x:v>107344.42</x:v>
+        <x:v>107385.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3293" spans="1:2">
       <x:c r="A3293" s="2">
-        <x:v>41199</x:v>
+        <x:v>41221</x:v>
       </x:c>
       <x:c r="B3293" s="3">
-        <x:v>107342.87</x:v>
+        <x:v>107380.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3294" spans="1:2">
       <x:c r="A3294" s="2">
-        <x:v>41198</x:v>
+        <x:v>41220</x:v>
       </x:c>
       <x:c r="B3294" s="3">
-        <x:v>107340.43</x:v>
+        <x:v>107378.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3295" spans="1:2">
       <x:c r="A3295" s="2">
-        <x:v>41197</x:v>
+        <x:v>41219</x:v>
       </x:c>
       <x:c r="B3295" s="3">
-        <x:v>107338.28</x:v>
+        <x:v>107378.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3296" spans="1:2">
       <x:c r="A3296" s="2">
-        <x:v>41196</x:v>
+        <x:v>41218</x:v>
       </x:c>
       <x:c r="B3296" s="3">
-        <x:v>107335.75</x:v>
+        <x:v>107375.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3297" spans="1:2">
       <x:c r="A3297" s="2">
-        <x:v>41193</x:v>
+        <x:v>41217</x:v>
       </x:c>
       <x:c r="B3297" s="3">
-        <x:v>107327.6</x:v>
+        <x:v>107374.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3298" spans="1:2">
       <x:c r="A3298" s="2">
-        <x:v>41192</x:v>
+        <x:v>41214</x:v>
       </x:c>
       <x:c r="B3298" s="3">
-        <x:v>107325.06</x:v>
+        <x:v>107370.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3299" spans="1:2">
       <x:c r="A3299" s="2">
-        <x:v>41191</x:v>
+        <x:v>41212</x:v>
       </x:c>
       <x:c r="B3299" s="3">
-        <x:v>107323.89</x:v>
+        <x:v>107368.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3300" spans="1:2">
       <x:c r="A3300" s="2">
-        <x:v>41190</x:v>
+        <x:v>41211</x:v>
       </x:c>
       <x:c r="B3300" s="3">
-        <x:v>107322.41</x:v>
+        <x:v>107367.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3301" spans="1:2">
       <x:c r="A3301" s="2">
-        <x:v>41189</x:v>
+        <x:v>41210</x:v>
       </x:c>
       <x:c r="B3301" s="3">
-        <x:v>107319.75</x:v>
+        <x:v>107365.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3302" spans="1:2">
       <x:c r="A3302" s="2">
-        <x:v>41186</x:v>
+        <x:v>41207</x:v>
       </x:c>
       <x:c r="B3302" s="3">
-        <x:v>107314.35</x:v>
+        <x:v>107359.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3303" spans="1:2">
       <x:c r="A3303" s="2">
-        <x:v>41185</x:v>
+        <x:v>41206</x:v>
       </x:c>
       <x:c r="B3303" s="3">
-        <x:v>107312.13</x:v>
+        <x:v>107356.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3304" spans="1:2">
       <x:c r="A3304" s="2">
-        <x:v>41184</x:v>
+        <x:v>41205</x:v>
       </x:c>
       <x:c r="B3304" s="3">
-        <x:v>107307.25</x:v>
+        <x:v>107355.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3305" spans="1:2">
       <x:c r="A3305" s="2">
-        <x:v>41183</x:v>
+        <x:v>41204</x:v>
       </x:c>
       <x:c r="B3305" s="3">
-        <x:v>107304.45</x:v>
+        <x:v>107350.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3306" spans="1:2">
       <x:c r="A3306" s="2">
-        <x:v>41182</x:v>
+        <x:v>41203</x:v>
       </x:c>
       <x:c r="B3306" s="3">
-        <x:v>107302.54</x:v>
+        <x:v>107347.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3307" spans="1:2">
       <x:c r="A3307" s="2">
-        <x:v>41179</x:v>
+        <x:v>41200</x:v>
       </x:c>
       <x:c r="B3307" s="3">
-        <x:v>107295.77</x:v>
+        <x:v>107344.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3308" spans="1:2">
       <x:c r="A3308" s="2">
-        <x:v>41178</x:v>
+        <x:v>41199</x:v>
       </x:c>
       <x:c r="B3308" s="3">
-        <x:v>107294.18</x:v>
+        <x:v>107342.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3309" spans="1:2">
       <x:c r="A3309" s="2">
-        <x:v>41177</x:v>
+        <x:v>41198</x:v>
       </x:c>
       <x:c r="B3309" s="3">
-        <x:v>107293.59</x:v>
+        <x:v>107340.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3310" spans="1:2">
       <x:c r="A3310" s="2">
-        <x:v>41176</x:v>
+        <x:v>41197</x:v>
       </x:c>
       <x:c r="B3310" s="3">
-        <x:v>107291.46</x:v>
+        <x:v>107338.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3311" spans="1:2">
       <x:c r="A3311" s="2">
-        <x:v>41175</x:v>
+        <x:v>41196</x:v>
       </x:c>
       <x:c r="B3311" s="3">
-        <x:v>107289.62</x:v>
+        <x:v>107335.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3312" spans="1:2">
       <x:c r="A3312" s="2">
-        <x:v>41172</x:v>
+        <x:v>41193</x:v>
       </x:c>
       <x:c r="B3312" s="3">
-        <x:v>107283.76</x:v>
+        <x:v>107327.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3313" spans="1:2">
       <x:c r="A3313" s="2">
-        <x:v>41171</x:v>
+        <x:v>41192</x:v>
       </x:c>
       <x:c r="B3313" s="3">
-        <x:v>107280.51</x:v>
+        <x:v>107325.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3314" spans="1:2">
       <x:c r="A3314" s="2">
-        <x:v>41170</x:v>
+        <x:v>41191</x:v>
       </x:c>
       <x:c r="B3314" s="3">
-        <x:v>107277.09</x:v>
+        <x:v>107323.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3315" spans="1:2">
       <x:c r="A3315" s="2">
-        <x:v>41169</x:v>
+        <x:v>41190</x:v>
       </x:c>
       <x:c r="B3315" s="3">
-        <x:v>107274.01</x:v>
+        <x:v>107322.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3316" spans="1:2">
       <x:c r="A3316" s="2">
-        <x:v>41168</x:v>
+        <x:v>41189</x:v>
       </x:c>
       <x:c r="B3316" s="3">
-        <x:v>107271.33</x:v>
+        <x:v>107319.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3317" spans="1:2">
       <x:c r="A3317" s="2">
-        <x:v>41165</x:v>
+        <x:v>41186</x:v>
       </x:c>
       <x:c r="B3317" s="3">
-        <x:v>107265.34</x:v>
+        <x:v>107314.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3318" spans="1:2">
       <x:c r="A3318" s="2">
-        <x:v>41164</x:v>
+        <x:v>41185</x:v>
       </x:c>
       <x:c r="B3318" s="3">
-        <x:v>107262.02</x:v>
+        <x:v>107312.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3319" spans="1:2">
       <x:c r="A3319" s="2">
-        <x:v>41163</x:v>
+        <x:v>41184</x:v>
       </x:c>
       <x:c r="B3319" s="3">
-        <x:v>107259.5</x:v>
+        <x:v>107307.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3320" spans="1:2">
       <x:c r="A3320" s="2">
-        <x:v>41162</x:v>
+        <x:v>41183</x:v>
       </x:c>
       <x:c r="B3320" s="3">
-        <x:v>107256.54</x:v>
+        <x:v>107304.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3321" spans="1:2">
       <x:c r="A3321" s="2">
-        <x:v>41161</x:v>
+        <x:v>41182</x:v>
       </x:c>
       <x:c r="B3321" s="3">
-        <x:v>107251.49</x:v>
+        <x:v>107302.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3322" spans="1:2">
       <x:c r="A3322" s="2">
-        <x:v>41158</x:v>
+        <x:v>41179</x:v>
       </x:c>
       <x:c r="B3322" s="3">
-        <x:v>107245.11</x:v>
+        <x:v>107295.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3323" spans="1:2">
       <x:c r="A3323" s="2">
-        <x:v>41157</x:v>
+        <x:v>41178</x:v>
       </x:c>
       <x:c r="B3323" s="3">
-        <x:v>107241.74</x:v>
+        <x:v>107294.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3324" spans="1:2">
       <x:c r="A3324" s="2">
-        <x:v>41156</x:v>
+        <x:v>41177</x:v>
       </x:c>
       <x:c r="B3324" s="3">
-        <x:v>107239.63</x:v>
+        <x:v>107293.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3325" spans="1:2">
       <x:c r="A3325" s="2">
-        <x:v>41155</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="B3325" s="3">
-        <x:v>107231.88</x:v>
+        <x:v>107291.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3326" spans="1:2">
       <x:c r="A3326" s="2">
-        <x:v>41154</x:v>
+        <x:v>41175</x:v>
       </x:c>
       <x:c r="B3326" s="3">
-        <x:v>107215.03</x:v>
+        <x:v>107289.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3327" spans="1:2">
       <x:c r="A3327" s="2">
-        <x:v>41151</x:v>
+        <x:v>41172</x:v>
       </x:c>
       <x:c r="B3327" s="3">
-        <x:v>107209.59</x:v>
+        <x:v>107283.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3328" spans="1:2">
       <x:c r="A3328" s="2">
-        <x:v>41150</x:v>
+        <x:v>41171</x:v>
       </x:c>
       <x:c r="B3328" s="3">
-        <x:v>107204.5</x:v>
+        <x:v>107280.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3329" spans="1:2">
       <x:c r="A3329" s="2">
-        <x:v>41149</x:v>
+        <x:v>41170</x:v>
       </x:c>
       <x:c r="B3329" s="3">
-        <x:v>107199.83</x:v>
+        <x:v>107277.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3330" spans="1:2">
       <x:c r="A3330" s="2">
-        <x:v>41148</x:v>
+        <x:v>41169</x:v>
       </x:c>
       <x:c r="B3330" s="3">
-        <x:v>107195.38</x:v>
+        <x:v>107274.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3331" spans="1:2">
       <x:c r="A3331" s="2">
-        <x:v>41147</x:v>
+        <x:v>41168</x:v>
       </x:c>
       <x:c r="B3331" s="3">
-        <x:v>107193.78</x:v>
+        <x:v>107271.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3332" spans="1:2">
       <x:c r="A3332" s="2">
-        <x:v>41144</x:v>
+        <x:v>41165</x:v>
       </x:c>
       <x:c r="B3332" s="3">
-        <x:v>107188.64</x:v>
+        <x:v>107265.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3333" spans="1:2">
       <x:c r="A3333" s="2">
-        <x:v>41143</x:v>
+        <x:v>41164</x:v>
       </x:c>
       <x:c r="B3333" s="3">
-        <x:v>107187.12</x:v>
+        <x:v>107262.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3334" spans="1:2">
       <x:c r="A3334" s="2">
-        <x:v>41142</x:v>
+        <x:v>41163</x:v>
       </x:c>
       <x:c r="B3334" s="3">
-        <x:v>107184.7</x:v>
+        <x:v>107259.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3335" spans="1:2">
       <x:c r="A3335" s="2">
-        <x:v>41141</x:v>
+        <x:v>41162</x:v>
       </x:c>
       <x:c r="B3335" s="3">
-        <x:v>107180.48</x:v>
+        <x:v>107256.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3336" spans="1:2">
       <x:c r="A3336" s="2">
-        <x:v>41140</x:v>
+        <x:v>41161</x:v>
       </x:c>
       <x:c r="B3336" s="3">
-        <x:v>107176.82</x:v>
+        <x:v>107251.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3337" spans="1:2">
       <x:c r="A3337" s="2">
-        <x:v>41137</x:v>
+        <x:v>41158</x:v>
       </x:c>
       <x:c r="B3337" s="3">
-        <x:v>107168.52</x:v>
+        <x:v>107245.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3338" spans="1:2">
       <x:c r="A3338" s="2">
-        <x:v>41136</x:v>
+        <x:v>41157</x:v>
       </x:c>
       <x:c r="B3338" s="3">
-        <x:v>107163.13</x:v>
+        <x:v>107241.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3339" spans="1:2">
       <x:c r="A3339" s="2">
-        <x:v>41134</x:v>
+        <x:v>41156</x:v>
       </x:c>
       <x:c r="B3339" s="3">
-        <x:v>107157.85</x:v>
+        <x:v>107239.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3340" spans="1:2">
       <x:c r="A3340" s="2">
-        <x:v>41133</x:v>
+        <x:v>41155</x:v>
       </x:c>
       <x:c r="B3340" s="3">
-        <x:v>107155.01</x:v>
+        <x:v>107231.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3341" spans="1:2">
       <x:c r="A3341" s="2">
-        <x:v>41130</x:v>
+        <x:v>41154</x:v>
       </x:c>
       <x:c r="B3341" s="3">
-        <x:v>107147.11</x:v>
+        <x:v>107215.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3342" spans="1:2">
       <x:c r="A3342" s="2">
-        <x:v>41129</x:v>
+        <x:v>41151</x:v>
       </x:c>
       <x:c r="B3342" s="3">
-        <x:v>107143.05</x:v>
+        <x:v>107209.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3343" spans="1:2">
       <x:c r="A3343" s="2">
-        <x:v>41128</x:v>
+        <x:v>41150</x:v>
       </x:c>
       <x:c r="B3343" s="3">
-        <x:v>107138.63</x:v>
+        <x:v>107204.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3344" spans="1:2">
       <x:c r="A3344" s="2">
-        <x:v>41127</x:v>
+        <x:v>41149</x:v>
       </x:c>
       <x:c r="B3344" s="3">
-        <x:v>107134.19</x:v>
+        <x:v>107199.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3345" spans="1:2">
       <x:c r="A3345" s="2">
-        <x:v>41126</x:v>
+        <x:v>41148</x:v>
       </x:c>
       <x:c r="B3345" s="3">
-        <x:v>107129.78</x:v>
+        <x:v>107195.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3346" spans="1:2">
       <x:c r="A3346" s="2">
-        <x:v>41123</x:v>
+        <x:v>41147</x:v>
       </x:c>
       <x:c r="B3346" s="3">
-        <x:v>107120.72</x:v>
+        <x:v>107193.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3347" spans="1:2">
       <x:c r="A3347" s="2">
-        <x:v>41122</x:v>
+        <x:v>41144</x:v>
       </x:c>
       <x:c r="B3347" s="3">
-        <x:v>107118.8</x:v>
+        <x:v>107188.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3348" spans="1:2">
       <x:c r="A3348" s="2">
-        <x:v>41121</x:v>
+        <x:v>41143</x:v>
       </x:c>
       <x:c r="B3348" s="3">
-        <x:v>107115.13</x:v>
+        <x:v>107187.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3349" spans="1:2">
       <x:c r="A3349" s="2">
-        <x:v>41120</x:v>
+        <x:v>41142</x:v>
       </x:c>
       <x:c r="B3349" s="3">
-        <x:v>107113.27</x:v>
+        <x:v>107184.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3350" spans="1:2">
       <x:c r="A3350" s="2">
-        <x:v>41119</x:v>
+        <x:v>41141</x:v>
       </x:c>
       <x:c r="B3350" s="3">
-        <x:v>107111.27</x:v>
+        <x:v>107180.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3351" spans="1:2">
       <x:c r="A3351" s="2">
-        <x:v>41116</x:v>
+        <x:v>41140</x:v>
       </x:c>
       <x:c r="B3351" s="3">
-        <x:v>107103.4</x:v>
+        <x:v>107176.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3352" spans="1:2">
       <x:c r="A3352" s="2">
-        <x:v>41115</x:v>
+        <x:v>41137</x:v>
       </x:c>
       <x:c r="B3352" s="3">
-        <x:v>107101.09</x:v>
+        <x:v>107168.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3353" spans="1:2">
       <x:c r="A3353" s="2">
-        <x:v>41114</x:v>
+        <x:v>41136</x:v>
       </x:c>
       <x:c r="B3353" s="3">
-        <x:v>107098.43</x:v>
+        <x:v>107163.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3354" spans="1:2">
       <x:c r="A3354" s="2">
-        <x:v>41113</x:v>
+        <x:v>41134</x:v>
       </x:c>
       <x:c r="B3354" s="3">
-        <x:v>107097.82</x:v>
+        <x:v>107157.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3355" spans="1:2">
       <x:c r="A3355" s="2">
-        <x:v>41112</x:v>
+        <x:v>41133</x:v>
       </x:c>
       <x:c r="B3355" s="3">
-        <x:v>107096.06</x:v>
+        <x:v>107155.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3356" spans="1:2">
       <x:c r="A3356" s="2">
-        <x:v>41109</x:v>
+        <x:v>41130</x:v>
       </x:c>
       <x:c r="B3356" s="3">
-        <x:v>107089.45</x:v>
+        <x:v>107147.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3357" spans="1:2">
       <x:c r="A3357" s="2">
-        <x:v>41108</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="B3357" s="3">
-        <x:v>107087.64</x:v>
+        <x:v>107143.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3358" spans="1:2">
       <x:c r="A3358" s="2">
-        <x:v>41107</x:v>
+        <x:v>41128</x:v>
       </x:c>
       <x:c r="B3358" s="3">
-        <x:v>107084.94</x:v>
+        <x:v>107138.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3359" spans="1:2">
       <x:c r="A3359" s="2">
-        <x:v>41106</x:v>
+        <x:v>41127</x:v>
       </x:c>
       <x:c r="B3359" s="3">
-        <x:v>107083.06</x:v>
+        <x:v>107134.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3360" spans="1:2">
       <x:c r="A3360" s="2">
-        <x:v>41105</x:v>
+        <x:v>41126</x:v>
       </x:c>
       <x:c r="B3360" s="3">
-        <x:v>107078.45</x:v>
+        <x:v>107129.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3361" spans="1:2">
       <x:c r="A3361" s="2">
-        <x:v>41102</x:v>
+        <x:v>41123</x:v>
       </x:c>
       <x:c r="B3361" s="3">
-        <x:v>107071.39</x:v>
+        <x:v>107120.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3362" spans="1:2">
       <x:c r="A3362" s="2">
-        <x:v>41101</x:v>
+        <x:v>41122</x:v>
       </x:c>
       <x:c r="B3362" s="3">
-        <x:v>107065.22</x:v>
+        <x:v>107118.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3363" spans="1:2">
       <x:c r="A3363" s="2">
-        <x:v>41100</x:v>
+        <x:v>41121</x:v>
       </x:c>
       <x:c r="B3363" s="3">
-        <x:v>107058.73</x:v>
+        <x:v>107115.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3364" spans="1:2">
       <x:c r="A3364" s="2">
-        <x:v>41099</x:v>
+        <x:v>41120</x:v>
       </x:c>
       <x:c r="B3364" s="3">
-        <x:v>107053.03</x:v>
+        <x:v>107113.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3365" spans="1:2">
       <x:c r="A3365" s="2">
-        <x:v>41098</x:v>
+        <x:v>41119</x:v>
       </x:c>
       <x:c r="B3365" s="3">
-        <x:v>107049.41</x:v>
+        <x:v>107111.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3366" spans="1:2">
       <x:c r="A3366" s="2">
-        <x:v>41095</x:v>
+        <x:v>41116</x:v>
       </x:c>
       <x:c r="B3366" s="3">
-        <x:v>107039.84</x:v>
+        <x:v>107103.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3367" spans="1:2">
       <x:c r="A3367" s="2">
-        <x:v>41094</x:v>
+        <x:v>41115</x:v>
       </x:c>
       <x:c r="B3367" s="3">
-        <x:v>107038.78</x:v>
+        <x:v>107101.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3368" spans="1:2">
       <x:c r="A3368" s="2">
-        <x:v>41093</x:v>
+        <x:v>41114</x:v>
       </x:c>
       <x:c r="B3368" s="3">
-        <x:v>107034.55</x:v>
+        <x:v>107098.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3369" spans="1:2">
       <x:c r="A3369" s="2">
-        <x:v>41092</x:v>
+        <x:v>41113</x:v>
       </x:c>
       <x:c r="B3369" s="3">
-        <x:v>107031.31</x:v>
+        <x:v>107097.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3370" spans="1:2">
       <x:c r="A3370" s="2">
-        <x:v>41091</x:v>
+        <x:v>41112</x:v>
       </x:c>
       <x:c r="B3370" s="3">
-        <x:v>107026.57</x:v>
+        <x:v>107096.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3371" spans="1:2">
       <x:c r="A3371" s="2">
-        <x:v>41088</x:v>
+        <x:v>41109</x:v>
       </x:c>
       <x:c r="B3371" s="3">
-        <x:v>107018.54</x:v>
+        <x:v>107089.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3372" spans="1:2">
       <x:c r="A3372" s="2">
-        <x:v>41087</x:v>
+        <x:v>41108</x:v>
       </x:c>
       <x:c r="B3372" s="3">
-        <x:v>107015.69</x:v>
+        <x:v>107087.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3373" spans="1:2">
       <x:c r="A3373" s="2">
-        <x:v>41086</x:v>
+        <x:v>41107</x:v>
       </x:c>
       <x:c r="B3373" s="3">
-        <x:v>107013.94</x:v>
+        <x:v>107084.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3374" spans="1:2">
       <x:c r="A3374" s="2">
-        <x:v>41085</x:v>
+        <x:v>41106</x:v>
       </x:c>
       <x:c r="B3374" s="3">
-        <x:v>107011.83</x:v>
+        <x:v>107083.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3375" spans="1:2">
       <x:c r="A3375" s="2">
-        <x:v>41084</x:v>
+        <x:v>41105</x:v>
       </x:c>
       <x:c r="B3375" s="3">
-        <x:v>107008.35</x:v>
+        <x:v>107078.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3376" spans="1:2">
       <x:c r="A3376" s="2">
-        <x:v>41081</x:v>
+        <x:v>41102</x:v>
       </x:c>
       <x:c r="B3376" s="3">
-        <x:v>106998.64</x:v>
+        <x:v>107071.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3377" spans="1:2">
       <x:c r="A3377" s="2">
-        <x:v>41080</x:v>
+        <x:v>41101</x:v>
       </x:c>
       <x:c r="B3377" s="3">
-        <x:v>106995.97</x:v>
+        <x:v>107065.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3378" spans="1:2">
       <x:c r="A3378" s="2">
-        <x:v>41079</x:v>
+        <x:v>41100</x:v>
       </x:c>
       <x:c r="B3378" s="3">
-        <x:v>106993.35</x:v>
+        <x:v>107058.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3379" spans="1:2">
       <x:c r="A3379" s="2">
-        <x:v>41078</x:v>
+        <x:v>41099</x:v>
       </x:c>
       <x:c r="B3379" s="3">
-        <x:v>106991.24</x:v>
+        <x:v>107053.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3380" spans="1:2">
       <x:c r="A3380" s="2">
-        <x:v>41077</x:v>
+        <x:v>41098</x:v>
       </x:c>
       <x:c r="B3380" s="3">
-        <x:v>106988.38</x:v>
+        <x:v>107049.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3381" spans="1:2">
       <x:c r="A3381" s="2">
-        <x:v>41074</x:v>
+        <x:v>41095</x:v>
       </x:c>
       <x:c r="B3381" s="3">
-        <x:v>106980.24</x:v>
+        <x:v>107039.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3382" spans="1:2">
       <x:c r="A3382" s="2">
-        <x:v>41073</x:v>
+        <x:v>41094</x:v>
       </x:c>
       <x:c r="B3382" s="3">
-        <x:v>106978.33</x:v>
+        <x:v>107038.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3383" spans="1:2">
       <x:c r="A3383" s="2">
-        <x:v>41072</x:v>
+        <x:v>41093</x:v>
       </x:c>
       <x:c r="B3383" s="3">
-        <x:v>106976.09</x:v>
+        <x:v>107034.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3384" spans="1:2">
       <x:c r="A3384" s="2">
-        <x:v>41071</x:v>
+        <x:v>41092</x:v>
       </x:c>
       <x:c r="B3384" s="3">
-        <x:v>106973.55</x:v>
+        <x:v>107031.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3385" spans="1:2">
       <x:c r="A3385" s="2">
-        <x:v>41070</x:v>
+        <x:v>41091</x:v>
       </x:c>
       <x:c r="B3385" s="3">
-        <x:v>106970.64</x:v>
+        <x:v>107026.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3386" spans="1:2">
       <x:c r="A3386" s="2">
-        <x:v>41067</x:v>
+        <x:v>41088</x:v>
       </x:c>
       <x:c r="B3386" s="3">
-        <x:v>106963.19</x:v>
+        <x:v>107018.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3387" spans="1:2">
       <x:c r="A3387" s="2">
-        <x:v>41066</x:v>
+        <x:v>41087</x:v>
       </x:c>
       <x:c r="B3387" s="3">
-        <x:v>106961.41</x:v>
+        <x:v>107015.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3388" spans="1:2">
       <x:c r="A3388" s="2">
-        <x:v>41065</x:v>
+        <x:v>41086</x:v>
       </x:c>
       <x:c r="B3388" s="3">
-        <x:v>106958.2</x:v>
+        <x:v>107013.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3389" spans="1:2">
       <x:c r="A3389" s="2">
-        <x:v>41064</x:v>
+        <x:v>41085</x:v>
       </x:c>
       <x:c r="B3389" s="3">
-        <x:v>106955.21</x:v>
+        <x:v>107011.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3390" spans="1:2">
       <x:c r="A3390" s="2">
-        <x:v>41063</x:v>
+        <x:v>41084</x:v>
       </x:c>
       <x:c r="B3390" s="3">
-        <x:v>106952.88</x:v>
+        <x:v>107008.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3391" spans="1:2">
       <x:c r="A3391" s="2">
-        <x:v>41060</x:v>
+        <x:v>41081</x:v>
       </x:c>
       <x:c r="B3391" s="3">
-        <x:v>106946.29</x:v>
+        <x:v>106998.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3392" spans="1:2">
       <x:c r="A3392" s="2">
-        <x:v>41059</x:v>
+        <x:v>41080</x:v>
       </x:c>
       <x:c r="B3392" s="3">
-        <x:v>106944.59</x:v>
+        <x:v>106995.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3393" spans="1:2">
       <x:c r="A3393" s="2">
-        <x:v>41058</x:v>
+        <x:v>41079</x:v>
       </x:c>
       <x:c r="B3393" s="3">
-        <x:v>106942.1</x:v>
+        <x:v>106993.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3394" spans="1:2">
       <x:c r="A3394" s="2">
-        <x:v>41057</x:v>
+        <x:v>41078</x:v>
       </x:c>
       <x:c r="B3394" s="3">
-        <x:v>106940.1</x:v>
+        <x:v>106991.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3395" spans="1:2">
       <x:c r="A3395" s="2">
-        <x:v>41053</x:v>
+        <x:v>41077</x:v>
       </x:c>
       <x:c r="B3395" s="3">
-        <x:v>106930.41</x:v>
+        <x:v>106988.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3396" spans="1:2">
       <x:c r="A3396" s="2">
-        <x:v>41052</x:v>
+        <x:v>41074</x:v>
       </x:c>
       <x:c r="B3396" s="3">
-        <x:v>106928.92</x:v>
+        <x:v>106980.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3397" spans="1:2">
       <x:c r="A3397" s="2">
-        <x:v>41051</x:v>
+        <x:v>41073</x:v>
       </x:c>
       <x:c r="B3397" s="3">
-        <x:v>106925.91</x:v>
+        <x:v>106978.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3398" spans="1:2">
       <x:c r="A3398" s="2">
-        <x:v>41050</x:v>
+        <x:v>41072</x:v>
       </x:c>
       <x:c r="B3398" s="3">
-        <x:v>106923.41</x:v>
+        <x:v>106976.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3399" spans="1:2">
       <x:c r="A3399" s="2">
-        <x:v>41049</x:v>
+        <x:v>41071</x:v>
       </x:c>
       <x:c r="B3399" s="3">
-        <x:v>106922.13</x:v>
+        <x:v>106973.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3400" spans="1:2">
       <x:c r="A3400" s="2">
-        <x:v>41046</x:v>
+        <x:v>41070</x:v>
       </x:c>
       <x:c r="B3400" s="3">
-        <x:v>106915.75</x:v>
+        <x:v>106970.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3401" spans="1:2">
       <x:c r="A3401" s="2">
-        <x:v>41044</x:v>
+        <x:v>41067</x:v>
       </x:c>
       <x:c r="B3401" s="3">
-        <x:v>106912.09</x:v>
+        <x:v>106963.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3402" spans="1:2">
       <x:c r="A3402" s="2">
-        <x:v>41043</x:v>
+        <x:v>41066</x:v>
       </x:c>
       <x:c r="B3402" s="3">
-        <x:v>106910.04</x:v>
+        <x:v>106961.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3403" spans="1:2">
       <x:c r="A3403" s="2">
-        <x:v>41042</x:v>
+        <x:v>41065</x:v>
       </x:c>
       <x:c r="B3403" s="3">
-        <x:v>106906.44</x:v>
+        <x:v>106958.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3404" spans="1:2">
       <x:c r="A3404" s="2">
-        <x:v>41039</x:v>
+        <x:v>41064</x:v>
       </x:c>
       <x:c r="B3404" s="3">
-        <x:v>106899.71</x:v>
+        <x:v>106955.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3405" spans="1:2">
       <x:c r="A3405" s="2">
-        <x:v>41038</x:v>
+        <x:v>41063</x:v>
       </x:c>
       <x:c r="B3405" s="3">
-        <x:v>106898.2</x:v>
+        <x:v>106952.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3406" spans="1:2">
       <x:c r="A3406" s="2">
-        <x:v>41037</x:v>
+        <x:v>41060</x:v>
       </x:c>
       <x:c r="B3406" s="3">
-        <x:v>106896.02</x:v>
+        <x:v>106946.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3407" spans="1:2">
       <x:c r="A3407" s="2">
-        <x:v>41035</x:v>
+        <x:v>41059</x:v>
       </x:c>
       <x:c r="B3407" s="3">
-        <x:v>106890.25</x:v>
+        <x:v>106944.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3408" spans="1:2">
       <x:c r="A3408" s="2">
-        <x:v>41032</x:v>
+        <x:v>41058</x:v>
       </x:c>
       <x:c r="B3408" s="3">
-        <x:v>106883.6</x:v>
+        <x:v>106942.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3409" spans="1:2">
       <x:c r="A3409" s="2">
-        <x:v>41031</x:v>
+        <x:v>41057</x:v>
       </x:c>
       <x:c r="B3409" s="3">
-        <x:v>106882.69</x:v>
+        <x:v>106940.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3410" spans="1:2">
       <x:c r="A3410" s="2">
-        <x:v>41030</x:v>
+        <x:v>41053</x:v>
       </x:c>
       <x:c r="B3410" s="3">
-        <x:v>106879.16</x:v>
+        <x:v>106930.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3411" spans="1:2">
       <x:c r="A3411" s="2">
-        <x:v>41028</x:v>
+        <x:v>41052</x:v>
       </x:c>
       <x:c r="B3411" s="3">
-        <x:v>106871.64</x:v>
+        <x:v>106928.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3412" spans="1:2">
       <x:c r="A3412" s="2">
-        <x:v>41025</x:v>
+        <x:v>41051</x:v>
       </x:c>
       <x:c r="B3412" s="3">
-        <x:v>106862.93</x:v>
+        <x:v>106925.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3413" spans="1:2">
       <x:c r="A3413" s="2">
-        <x:v>41024</x:v>
+        <x:v>41050</x:v>
       </x:c>
       <x:c r="B3413" s="3">
-        <x:v>106859.67</x:v>
+        <x:v>106923.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3414" spans="1:2">
       <x:c r="A3414" s="2">
-        <x:v>41023</x:v>
+        <x:v>41049</x:v>
       </x:c>
       <x:c r="B3414" s="3">
-        <x:v>106856.23</x:v>
+        <x:v>106922.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3415" spans="1:2">
       <x:c r="A3415" s="2">
-        <x:v>41022</x:v>
+        <x:v>41046</x:v>
       </x:c>
       <x:c r="B3415" s="3">
-        <x:v>106854.26</x:v>
+        <x:v>106915.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3416" spans="1:2">
       <x:c r="A3416" s="2">
-        <x:v>41021</x:v>
+        <x:v>41044</x:v>
       </x:c>
       <x:c r="B3416" s="3">
-        <x:v>106850.31</x:v>
+        <x:v>106912.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3417" spans="1:2">
       <x:c r="A3417" s="2">
-        <x:v>41018</x:v>
+        <x:v>41043</x:v>
       </x:c>
       <x:c r="B3417" s="3">
-        <x:v>106842.83</x:v>
+        <x:v>106910.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3418" spans="1:2">
       <x:c r="A3418" s="2">
-        <x:v>41017</x:v>
+        <x:v>41042</x:v>
       </x:c>
       <x:c r="B3418" s="3">
-        <x:v>106841.23</x:v>
+        <x:v>106906.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3419" spans="1:2">
       <x:c r="A3419" s="2">
-        <x:v>41016</x:v>
+        <x:v>41039</x:v>
       </x:c>
       <x:c r="B3419" s="3">
-        <x:v>106838.24</x:v>
+        <x:v>106899.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3420" spans="1:2">
       <x:c r="A3420" s="2">
-        <x:v>41015</x:v>
+        <x:v>41038</x:v>
       </x:c>
       <x:c r="B3420" s="3">
-        <x:v>106836.03</x:v>
+        <x:v>106898.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3421" spans="1:2">
       <x:c r="A3421" s="2">
-        <x:v>41014</x:v>
+        <x:v>41037</x:v>
       </x:c>
       <x:c r="B3421" s="3">
-        <x:v>106833.46</x:v>
+        <x:v>106896.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3422" spans="1:2">
       <x:c r="A3422" s="2">
-        <x:v>41011</x:v>
+        <x:v>41035</x:v>
       </x:c>
       <x:c r="B3422" s="3">
-        <x:v>106824.78</x:v>
+        <x:v>106890.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3423" spans="1:2">
       <x:c r="A3423" s="2">
-        <x:v>41010</x:v>
+        <x:v>41032</x:v>
       </x:c>
       <x:c r="B3423" s="3">
-        <x:v>106822.46</x:v>
+        <x:v>106883.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3424" spans="1:2">
       <x:c r="A3424" s="2">
-        <x:v>41009</x:v>
+        <x:v>41031</x:v>
       </x:c>
       <x:c r="B3424" s="3">
-        <x:v>106820.03</x:v>
+        <x:v>106882.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3425" spans="1:2">
       <x:c r="A3425" s="2">
-        <x:v>41008</x:v>
+        <x:v>41030</x:v>
       </x:c>
       <x:c r="B3425" s="3">
-        <x:v>106816.45</x:v>
+        <x:v>106879.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3426" spans="1:2">
       <x:c r="A3426" s="2">
-        <x:v>41003</x:v>
+        <x:v>41028</x:v>
       </x:c>
       <x:c r="B3426" s="3">
-        <x:v>106802.85</x:v>
+        <x:v>106871.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3427" spans="1:2">
       <x:c r="A3427" s="2">
-        <x:v>41002</x:v>
+        <x:v>41025</x:v>
       </x:c>
       <x:c r="B3427" s="3">
-        <x:v>106800.25</x:v>
+        <x:v>106862.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3428" spans="1:2">
       <x:c r="A3428" s="2">
-        <x:v>41001</x:v>
+        <x:v>41024</x:v>
       </x:c>
       <x:c r="B3428" s="3">
-        <x:v>106795.43</x:v>
+        <x:v>106859.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3429" spans="1:2">
       <x:c r="A3429" s="2">
-        <x:v>41000</x:v>
+        <x:v>41023</x:v>
       </x:c>
       <x:c r="B3429" s="3">
-        <x:v>106790.53</x:v>
+        <x:v>106856.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3430" spans="1:2">
       <x:c r="A3430" s="2">
-        <x:v>40997</x:v>
+        <x:v>41022</x:v>
       </x:c>
       <x:c r="B3430" s="3">
-        <x:v>106778.96</x:v>
+        <x:v>106854.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3431" spans="1:2">
       <x:c r="A3431" s="2">
-        <x:v>40996</x:v>
+        <x:v>41021</x:v>
       </x:c>
       <x:c r="B3431" s="3">
-        <x:v>106775.81</x:v>
+        <x:v>106850.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3432" spans="1:2">
       <x:c r="A3432" s="2">
-        <x:v>40995</x:v>
+        <x:v>41018</x:v>
       </x:c>
       <x:c r="B3432" s="3">
-        <x:v>106771.54</x:v>
+        <x:v>106842.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3433" spans="1:2">
       <x:c r="A3433" s="2">
-        <x:v>40994</x:v>
+        <x:v>41017</x:v>
       </x:c>
       <x:c r="B3433" s="3">
-        <x:v>106763.33</x:v>
+        <x:v>106841.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3434" spans="1:2">
       <x:c r="A3434" s="2">
-        <x:v>40993</x:v>
+        <x:v>41016</x:v>
       </x:c>
       <x:c r="B3434" s="3">
-        <x:v>106761.57</x:v>
+        <x:v>106838.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3435" spans="1:2">
       <x:c r="A3435" s="2">
-        <x:v>40990</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="B3435" s="3">
-        <x:v>106756.83</x:v>
+        <x:v>106836.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3436" spans="1:2">
       <x:c r="A3436" s="2">
-        <x:v>40989</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="B3436" s="3">
-        <x:v>106754.19</x:v>
+        <x:v>106833.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3437" spans="1:2">
       <x:c r="A3437" s="2">
-        <x:v>40988</x:v>
+        <x:v>41011</x:v>
       </x:c>
       <x:c r="B3437" s="3">
-        <x:v>106749.1</x:v>
+        <x:v>106824.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3438" spans="1:2">
       <x:c r="A3438" s="2">
-        <x:v>40987</x:v>
+        <x:v>41010</x:v>
       </x:c>
       <x:c r="B3438" s="3">
-        <x:v>106745.33</x:v>
+        <x:v>106822.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3439" spans="1:2">
       <x:c r="A3439" s="2">
-        <x:v>40986</x:v>
+        <x:v>41009</x:v>
       </x:c>
       <x:c r="B3439" s="3">
-        <x:v>106739.94</x:v>
+        <x:v>106820.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3440" spans="1:2">
       <x:c r="A3440" s="2">
-        <x:v>40983</x:v>
+        <x:v>41008</x:v>
       </x:c>
       <x:c r="B3440" s="3">
-        <x:v>106730.93</x:v>
+        <x:v>106816.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3441" spans="1:2">
       <x:c r="A3441" s="2">
-        <x:v>40982</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="B3441" s="3">
-        <x:v>106726.23</x:v>
+        <x:v>106802.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3442" spans="1:2">
       <x:c r="A3442" s="2">
-        <x:v>40981</x:v>
+        <x:v>41002</x:v>
       </x:c>
       <x:c r="B3442" s="3">
-        <x:v>106720.52</x:v>
+        <x:v>106800.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3443" spans="1:2">
       <x:c r="A3443" s="2">
-        <x:v>40980</x:v>
+        <x:v>41001</x:v>
       </x:c>
       <x:c r="B3443" s="3">
-        <x:v>106714.99</x:v>
+        <x:v>106795.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3444" spans="1:2">
       <x:c r="A3444" s="2">
-        <x:v>40979</x:v>
+        <x:v>41000</x:v>
       </x:c>
       <x:c r="B3444" s="3">
-        <x:v>106709.95</x:v>
+        <x:v>106790.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3445" spans="1:2">
       <x:c r="A3445" s="2">
-        <x:v>40976</x:v>
+        <x:v>40997</x:v>
       </x:c>
       <x:c r="B3445" s="3">
-        <x:v>106696.57</x:v>
+        <x:v>106778.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3446" spans="1:2">
       <x:c r="A3446" s="2">
-        <x:v>40975</x:v>
+        <x:v>40996</x:v>
       </x:c>
       <x:c r="B3446" s="3">
-        <x:v>106691.81</x:v>
+        <x:v>106775.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3447" spans="1:2">
       <x:c r="A3447" s="2">
-        <x:v>40974</x:v>
+        <x:v>40995</x:v>
       </x:c>
       <x:c r="B3447" s="3">
-        <x:v>106686.7</x:v>
+        <x:v>106771.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3448" spans="1:2">
       <x:c r="A3448" s="2">
-        <x:v>40973</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="B3448" s="3">
-        <x:v>106683.08</x:v>
+        <x:v>106763.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3449" spans="1:2">
       <x:c r="A3449" s="2">
-        <x:v>40972</x:v>
+        <x:v>40993</x:v>
       </x:c>
       <x:c r="B3449" s="3">
-        <x:v>106678.8</x:v>
+        <x:v>106761.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3450" spans="1:2">
       <x:c r="A3450" s="2">
-        <x:v>40969</x:v>
+        <x:v>40990</x:v>
       </x:c>
       <x:c r="B3450" s="3">
-        <x:v>106666.59</x:v>
+        <x:v>106756.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3451" spans="1:2">
       <x:c r="A3451" s="2">
-        <x:v>40968</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="B3451" s="3">
-        <x:v>106656.9</x:v>
+        <x:v>106754.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3452" spans="1:2">
       <x:c r="A3452" s="2">
-        <x:v>40967</x:v>
+        <x:v>40988</x:v>
       </x:c>
       <x:c r="B3452" s="3">
-        <x:v>106650.08</x:v>
+        <x:v>106749.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3453" spans="1:2">
       <x:c r="A3453" s="2">
-        <x:v>40966</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="B3453" s="3">
-        <x:v>106648.12</x:v>
+        <x:v>106745.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3454" spans="1:2">
       <x:c r="A3454" s="2">
-        <x:v>40965</x:v>
+        <x:v>40986</x:v>
       </x:c>
       <x:c r="B3454" s="3">
-        <x:v>106642.2</x:v>
+        <x:v>106739.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3455" spans="1:2">
       <x:c r="A3455" s="2">
-        <x:v>40962</x:v>
+        <x:v>40983</x:v>
       </x:c>
       <x:c r="B3455" s="3">
-        <x:v>106629.32</x:v>
+        <x:v>106730.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3456" spans="1:2">
       <x:c r="A3456" s="2">
-        <x:v>40961</x:v>
+        <x:v>40982</x:v>
       </x:c>
       <x:c r="B3456" s="3">
-        <x:v>106624.58</x:v>
+        <x:v>106726.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3457" spans="1:2">
       <x:c r="A3457" s="2">
-        <x:v>40960</x:v>
+        <x:v>40981</x:v>
       </x:c>
       <x:c r="B3457" s="3">
-        <x:v>106619.02</x:v>
+        <x:v>106720.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3458" spans="1:2">
       <x:c r="A3458" s="2">
-        <x:v>40959</x:v>
+        <x:v>40980</x:v>
       </x:c>
       <x:c r="B3458" s="3">
-        <x:v>106615.28</x:v>
+        <x:v>106714.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3459" spans="1:2">
       <x:c r="A3459" s="2">
-        <x:v>40958</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="B3459" s="3">
-        <x:v>106610.15</x:v>
+        <x:v>106709.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3460" spans="1:2">
       <x:c r="A3460" s="2">
-        <x:v>40955</x:v>
+        <x:v>40976</x:v>
       </x:c>
       <x:c r="B3460" s="3">
-        <x:v>106599.19</x:v>
+        <x:v>106696.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3461" spans="1:2">
       <x:c r="A3461" s="2">
-        <x:v>40954</x:v>
+        <x:v>40975</x:v>
       </x:c>
       <x:c r="B3461" s="3">
-        <x:v>106595.9</x:v>
+        <x:v>106691.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3462" spans="1:2">
       <x:c r="A3462" s="2">
-        <x:v>40953</x:v>
+        <x:v>40974</x:v>
       </x:c>
       <x:c r="B3462" s="3">
-        <x:v>106591.96</x:v>
+        <x:v>106686.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3463" spans="1:2">
       <x:c r="A3463" s="2">
-        <x:v>40952</x:v>
+        <x:v>40973</x:v>
       </x:c>
       <x:c r="B3463" s="3">
-        <x:v>106588.62</x:v>
+        <x:v>106683.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3464" spans="1:2">
       <x:c r="A3464" s="2">
-        <x:v>40951</x:v>
+        <x:v>40972</x:v>
       </x:c>
       <x:c r="B3464" s="3">
-        <x:v>106584.53</x:v>
+        <x:v>106678.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3465" spans="1:2">
       <x:c r="A3465" s="2">
-        <x:v>40948</x:v>
+        <x:v>40969</x:v>
       </x:c>
       <x:c r="B3465" s="3">
-        <x:v>106573.05</x:v>
+        <x:v>106666.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3466" spans="1:2">
       <x:c r="A3466" s="2">
-        <x:v>40947</x:v>
+        <x:v>40968</x:v>
       </x:c>
       <x:c r="B3466" s="3">
-        <x:v>106570.93</x:v>
+        <x:v>106656.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3467" spans="1:2">
       <x:c r="A3467" s="2">
-        <x:v>40946</x:v>
+        <x:v>40967</x:v>
       </x:c>
       <x:c r="B3467" s="3">
-        <x:v>106562.39</x:v>
+        <x:v>106650.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3468" spans="1:2">
       <x:c r="A3468" s="2">
-        <x:v>40945</x:v>
+        <x:v>40966</x:v>
       </x:c>
       <x:c r="B3468" s="3">
-        <x:v>106558.21</x:v>
+        <x:v>106648.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3469" spans="1:2">
       <x:c r="A3469" s="2">
-        <x:v>40944</x:v>
+        <x:v>40965</x:v>
       </x:c>
       <x:c r="B3469" s="3">
-        <x:v>106554.35</x:v>
+        <x:v>106642.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3470" spans="1:2">
       <x:c r="A3470" s="2">
-        <x:v>40941</x:v>
+        <x:v>40962</x:v>
       </x:c>
       <x:c r="B3470" s="3">
-        <x:v>106542.19</x:v>
+        <x:v>106629.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3471" spans="1:2">
       <x:c r="A3471" s="2">
-        <x:v>40940</x:v>
+        <x:v>40961</x:v>
       </x:c>
       <x:c r="B3471" s="3">
-        <x:v>106537.91</x:v>
+        <x:v>106624.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3472" spans="1:2">
       <x:c r="A3472" s="2">
-        <x:v>40939</x:v>
+        <x:v>40960</x:v>
       </x:c>
       <x:c r="B3472" s="3">
-        <x:v>106531.89</x:v>
+        <x:v>106619.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3473" spans="1:2">
       <x:c r="A3473" s="2">
-        <x:v>40938</x:v>
+        <x:v>40959</x:v>
       </x:c>
       <x:c r="B3473" s="3">
-        <x:v>106529.15</x:v>
+        <x:v>106615.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3474" spans="1:2">
       <x:c r="A3474" s="2">
-        <x:v>40937</x:v>
+        <x:v>40958</x:v>
       </x:c>
       <x:c r="B3474" s="3">
-        <x:v>106523.48</x:v>
+        <x:v>106610.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3475" spans="1:2">
       <x:c r="A3475" s="2">
-        <x:v>40934</x:v>
+        <x:v>40955</x:v>
       </x:c>
       <x:c r="B3475" s="3">
-        <x:v>106510.87</x:v>
+        <x:v>106599.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3476" spans="1:2">
       <x:c r="A3476" s="2">
-        <x:v>40933</x:v>
+        <x:v>40954</x:v>
       </x:c>
       <x:c r="B3476" s="3">
-        <x:v>106508.68</x:v>
+        <x:v>106595.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3477" spans="1:2">
       <x:c r="A3477" s="2">
-        <x:v>40932</x:v>
+        <x:v>40953</x:v>
       </x:c>
       <x:c r="B3477" s="3">
-        <x:v>106503.92</x:v>
+        <x:v>106591.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3478" spans="1:2">
       <x:c r="A3478" s="2">
-        <x:v>40931</x:v>
+        <x:v>40952</x:v>
       </x:c>
       <x:c r="B3478" s="3">
-        <x:v>106497.73</x:v>
+        <x:v>106588.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3479" spans="1:2">
       <x:c r="A3479" s="2">
-        <x:v>40930</x:v>
+        <x:v>40951</x:v>
       </x:c>
       <x:c r="B3479" s="3">
-        <x:v>106492.73</x:v>
+        <x:v>106584.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3480" spans="1:2">
       <x:c r="A3480" s="2">
-        <x:v>40927</x:v>
+        <x:v>40948</x:v>
       </x:c>
       <x:c r="B3480" s="3">
-        <x:v>106480.87</x:v>
+        <x:v>106573.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3481" spans="1:2">
       <x:c r="A3481" s="2">
-        <x:v>40926</x:v>
+        <x:v>40947</x:v>
       </x:c>
       <x:c r="B3481" s="3">
-        <x:v>106478.85</x:v>
+        <x:v>106570.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3482" spans="1:2">
       <x:c r="A3482" s="2">
-        <x:v>40925</x:v>
+        <x:v>40946</x:v>
       </x:c>
       <x:c r="B3482" s="3">
-        <x:v>106474.52</x:v>
+        <x:v>106562.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3483" spans="1:2">
       <x:c r="A3483" s="2">
-        <x:v>40924</x:v>
+        <x:v>40945</x:v>
       </x:c>
       <x:c r="B3483" s="3">
-        <x:v>106470.53</x:v>
+        <x:v>106558.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3484" spans="1:2">
       <x:c r="A3484" s="2">
-        <x:v>40923</x:v>
+        <x:v>40944</x:v>
       </x:c>
       <x:c r="B3484" s="3">
-        <x:v>106468.2</x:v>
+        <x:v>106554.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3485" spans="1:2">
       <x:c r="A3485" s="2">
-        <x:v>40920</x:v>
+        <x:v>40941</x:v>
       </x:c>
       <x:c r="B3485" s="3">
-        <x:v>106456.75</x:v>
+        <x:v>106542.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3486" spans="1:2">
       <x:c r="A3486" s="2">
-        <x:v>40919</x:v>
+        <x:v>40940</x:v>
       </x:c>
       <x:c r="B3486" s="3">
-        <x:v>106453.09</x:v>
+        <x:v>106537.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3487" spans="1:2">
       <x:c r="A3487" s="2">
-        <x:v>40918</x:v>
+        <x:v>40939</x:v>
       </x:c>
       <x:c r="B3487" s="3">
-        <x:v>106448.38</x:v>
+        <x:v>106531.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3488" spans="1:2">
       <x:c r="A3488" s="2">
-        <x:v>40917</x:v>
+        <x:v>40938</x:v>
       </x:c>
       <x:c r="B3488" s="3">
-        <x:v>106442.67</x:v>
+        <x:v>106529.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3489" spans="1:2">
       <x:c r="A3489" s="2">
-        <x:v>40916</x:v>
+        <x:v>40937</x:v>
       </x:c>
       <x:c r="B3489" s="3">
-        <x:v>106439.26</x:v>
+        <x:v>106523.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3490" spans="1:2">
       <x:c r="A3490" s="2">
-        <x:v>40913</x:v>
+        <x:v>40934</x:v>
       </x:c>
       <x:c r="B3490" s="3">
-        <x:v>106426.93</x:v>
+        <x:v>106510.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3491" spans="1:2">
       <x:c r="A3491" s="2">
-        <x:v>40912</x:v>
+        <x:v>40933</x:v>
       </x:c>
       <x:c r="B3491" s="3">
-        <x:v>106421.64</x:v>
+        <x:v>106508.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3492" spans="1:2">
       <x:c r="A3492" s="2">
-        <x:v>40911</x:v>
+        <x:v>40932</x:v>
       </x:c>
       <x:c r="B3492" s="3">
-        <x:v>106416.28</x:v>
+        <x:v>106503.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3493" spans="1:2">
       <x:c r="A3493" s="2">
-        <x:v>40910</x:v>
+        <x:v>40931</x:v>
       </x:c>
       <x:c r="B3493" s="3">
-        <x:v>106403.68</x:v>
+        <x:v>106497.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3494" spans="1:2">
       <x:c r="A3494" s="2">
-        <x:v>40909</x:v>
+        <x:v>40930</x:v>
       </x:c>
       <x:c r="B3494" s="3">
-        <x:v>106402.43</x:v>
+        <x:v>106492.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3495" spans="1:2">
       <x:c r="A3495" s="2">
-        <x:v>40906</x:v>
+        <x:v>40927</x:v>
       </x:c>
       <x:c r="B3495" s="3">
-        <x:v>106389.84</x:v>
+        <x:v>106480.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3496" spans="1:2">
       <x:c r="A3496" s="2">
-        <x:v>40905</x:v>
+        <x:v>40926</x:v>
       </x:c>
       <x:c r="B3496" s="3">
-        <x:v>106382.74</x:v>
+        <x:v>106478.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3497" spans="1:2">
       <x:c r="A3497" s="2">
-        <x:v>40904</x:v>
+        <x:v>40925</x:v>
       </x:c>
       <x:c r="B3497" s="3">
-        <x:v>106379.48</x:v>
+        <x:v>106474.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3498" spans="1:2">
       <x:c r="A3498" s="2">
-        <x:v>40903</x:v>
+        <x:v>40924</x:v>
       </x:c>
       <x:c r="B3498" s="3">
-        <x:v>106374.12</x:v>
+        <x:v>106470.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3499" spans="1:2">
       <x:c r="A3499" s="2">
-        <x:v>40899</x:v>
+        <x:v>40923</x:v>
       </x:c>
       <x:c r="B3499" s="3">
-        <x:v>106358.16</x:v>
+        <x:v>106468.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3500" spans="1:2">
       <x:c r="A3500" s="2">
-        <x:v>40898</x:v>
+        <x:v>40920</x:v>
       </x:c>
       <x:c r="B3500" s="3">
-        <x:v>106355.18</x:v>
+        <x:v>106456.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3501" spans="1:2">
       <x:c r="A3501" s="2">
-        <x:v>40897</x:v>
+        <x:v>40919</x:v>
       </x:c>
       <x:c r="B3501" s="3">
-        <x:v>106350.96</x:v>
+        <x:v>106453.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3502" spans="1:2">
       <x:c r="A3502" s="2">
-        <x:v>40896</x:v>
+        <x:v>40918</x:v>
       </x:c>
       <x:c r="B3502" s="3">
-        <x:v>106347.21</x:v>
+        <x:v>106448.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3503" spans="1:2">
       <x:c r="A3503" s="2">
-        <x:v>40895</x:v>
+        <x:v>40917</x:v>
       </x:c>
       <x:c r="B3503" s="3">
-        <x:v>106342.54</x:v>
+        <x:v>106442.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3504" spans="1:2">
       <x:c r="A3504" s="2">
-        <x:v>40892</x:v>
+        <x:v>40916</x:v>
       </x:c>
       <x:c r="B3504" s="3">
-        <x:v>106330.4</x:v>
+        <x:v>106439.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3505" spans="1:2">
       <x:c r="A3505" s="2">
-        <x:v>40891</x:v>
+        <x:v>40913</x:v>
       </x:c>
       <x:c r="B3505" s="3">
-        <x:v>106325.68</x:v>
+        <x:v>106426.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3506" spans="1:2">
       <x:c r="A3506" s="2">
-        <x:v>40890</x:v>
+        <x:v>40912</x:v>
       </x:c>
       <x:c r="B3506" s="3">
-        <x:v>106319.88</x:v>
+        <x:v>106421.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3507" spans="1:2">
       <x:c r="A3507" s="2">
-        <x:v>40889</x:v>
+        <x:v>40911</x:v>
       </x:c>
       <x:c r="B3507" s="3">
-        <x:v>106314.24</x:v>
+        <x:v>106416.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3508" spans="1:2">
       <x:c r="A3508" s="2">
-        <x:v>40888</x:v>
+        <x:v>40910</x:v>
       </x:c>
       <x:c r="B3508" s="3">
-        <x:v>106308.84</x:v>
+        <x:v>106403.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3509" spans="1:2">
       <x:c r="A3509" s="2">
-        <x:v>40885</x:v>
+        <x:v>40909</x:v>
       </x:c>
       <x:c r="B3509" s="3">
-        <x:v>106295.39</x:v>
+        <x:v>106402.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3510" spans="1:2">
       <x:c r="A3510" s="2">
-        <x:v>40884</x:v>
+        <x:v>40906</x:v>
       </x:c>
       <x:c r="B3510" s="3">
-        <x:v>106290.78</x:v>
+        <x:v>106389.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3511" spans="1:2">
       <x:c r="A3511" s="2">
-        <x:v>40883</x:v>
+        <x:v>40905</x:v>
       </x:c>
       <x:c r="B3511" s="3">
-        <x:v>106286.7</x:v>
+        <x:v>106382.74</x:v>
       </x:c>
     </x:row>
     <x:row r="3512" spans="1:2">
       <x:c r="A3512" s="2">
-        <x:v>40882</x:v>
+        <x:v>40904</x:v>
       </x:c>
       <x:c r="B3512" s="3">
-        <x:v>106281.35</x:v>
+        <x:v>106379.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3513" spans="1:2">
       <x:c r="A3513" s="2">
-        <x:v>40881</x:v>
+        <x:v>40903</x:v>
       </x:c>
       <x:c r="B3513" s="3">
-        <x:v>106277.41</x:v>
+        <x:v>106374.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3514" spans="1:2">
       <x:c r="A3514" s="2">
-        <x:v>40878</x:v>
+        <x:v>40899</x:v>
       </x:c>
       <x:c r="B3514" s="3">
-        <x:v>106264.46</x:v>
+        <x:v>106358.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3515" spans="1:2">
       <x:c r="A3515" s="2">
-        <x:v>40877</x:v>
+        <x:v>40898</x:v>
       </x:c>
       <x:c r="B3515" s="3">
-        <x:v>106260.11</x:v>
+        <x:v>106355.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3516" spans="1:2">
       <x:c r="A3516" s="2">
-        <x:v>40876</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="B3516" s="3">
-        <x:v>106256.04</x:v>
+        <x:v>106350.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3517" spans="1:2">
       <x:c r="A3517" s="2">
-        <x:v>40875</x:v>
+        <x:v>40896</x:v>
       </x:c>
       <x:c r="B3517" s="3">
-        <x:v>106252.96</x:v>
+        <x:v>106347.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3518" spans="1:2">
       <x:c r="A3518" s="2">
-        <x:v>40874</x:v>
+        <x:v>40895</x:v>
       </x:c>
       <x:c r="B3518" s="3">
-        <x:v>106248.82</x:v>
+        <x:v>106342.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3519" spans="1:2">
       <x:c r="A3519" s="2">
-        <x:v>40871</x:v>
+        <x:v>40892</x:v>
       </x:c>
       <x:c r="B3519" s="3">
-        <x:v>106237.15</x:v>
+        <x:v>106330.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3520" spans="1:2">
       <x:c r="A3520" s="2">
-        <x:v>40870</x:v>
+        <x:v>40891</x:v>
       </x:c>
       <x:c r="B3520" s="3">
-        <x:v>106233.84</x:v>
+        <x:v>106325.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3521" spans="1:2">
       <x:c r="A3521" s="2">
-        <x:v>40869</x:v>
+        <x:v>40890</x:v>
       </x:c>
       <x:c r="B3521" s="3">
-        <x:v>106230.37</x:v>
+        <x:v>106319.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3522" spans="1:2">
       <x:c r="A3522" s="2">
-        <x:v>40868</x:v>
+        <x:v>40889</x:v>
       </x:c>
       <x:c r="B3522" s="3">
-        <x:v>106227.07</x:v>
+        <x:v>106314.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3523" spans="1:2">
       <x:c r="A3523" s="2">
-        <x:v>40867</x:v>
+        <x:v>40888</x:v>
       </x:c>
       <x:c r="B3523" s="3">
-        <x:v>106222.78</x:v>
+        <x:v>106308.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3524" spans="1:2">
       <x:c r="A3524" s="2">
-        <x:v>40864</x:v>
+        <x:v>40885</x:v>
       </x:c>
       <x:c r="B3524" s="3">
-        <x:v>106210.66</x:v>
+        <x:v>106295.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3525" spans="1:2">
       <x:c r="A3525" s="2">
-        <x:v>40863</x:v>
+        <x:v>40884</x:v>
       </x:c>
       <x:c r="B3525" s="3">
-        <x:v>106207.92</x:v>
+        <x:v>106290.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3526" spans="1:2">
       <x:c r="A3526" s="2">
-        <x:v>40862</x:v>
+        <x:v>40883</x:v>
       </x:c>
       <x:c r="B3526" s="3">
-        <x:v>106204.1</x:v>
+        <x:v>106286.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3527" spans="1:2">
       <x:c r="A3527" s="2">
-        <x:v>40861</x:v>
+        <x:v>40882</x:v>
       </x:c>
       <x:c r="B3527" s="3">
-        <x:v>106200.49</x:v>
+        <x:v>106281.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3528" spans="1:2">
       <x:c r="A3528" s="2">
-        <x:v>40860</x:v>
+        <x:v>40881</x:v>
       </x:c>
       <x:c r="B3528" s="3">
-        <x:v>106197.2</x:v>
+        <x:v>106277.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3529" spans="1:2">
       <x:c r="A3529" s="2">
-        <x:v>40856</x:v>
+        <x:v>40878</x:v>
       </x:c>
       <x:c r="B3529" s="3">
-        <x:v>106185.27</x:v>
+        <x:v>106264.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3530" spans="1:2">
       <x:c r="A3530" s="2">
-        <x:v>40855</x:v>
+        <x:v>40877</x:v>
       </x:c>
       <x:c r="B3530" s="3">
-        <x:v>106180.46</x:v>
+        <x:v>106260.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3531" spans="1:2">
       <x:c r="A3531" s="2">
-        <x:v>40854</x:v>
+        <x:v>40876</x:v>
       </x:c>
       <x:c r="B3531" s="3">
-        <x:v>106176.65</x:v>
+        <x:v>106256.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3532" spans="1:2">
       <x:c r="A3532" s="2">
-        <x:v>40853</x:v>
+        <x:v>40875</x:v>
       </x:c>
       <x:c r="B3532" s="3">
-        <x:v>106172.7</x:v>
+        <x:v>106252.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3533" spans="1:2">
       <x:c r="A3533" s="2">
-        <x:v>40850</x:v>
+        <x:v>40874</x:v>
       </x:c>
       <x:c r="B3533" s="3">
-        <x:v>106159.65</x:v>
+        <x:v>106248.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3534" spans="1:2">
       <x:c r="A3534" s="2">
-        <x:v>40849</x:v>
+        <x:v>40871</x:v>
       </x:c>
       <x:c r="B3534" s="3">
-        <x:v>106156.1</x:v>
+        <x:v>106237.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3535" spans="1:2">
       <x:c r="A3535" s="2">
-        <x:v>40848</x:v>
+        <x:v>40870</x:v>
       </x:c>
       <x:c r="B3535" s="3">
-        <x:v>106152.67</x:v>
+        <x:v>106233.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3536" spans="1:2">
       <x:c r="A3536" s="2">
-        <x:v>40846</x:v>
+        <x:v>40869</x:v>
       </x:c>
       <x:c r="B3536" s="3">
-        <x:v>106144.01</x:v>
+        <x:v>106230.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3537" spans="1:2">
       <x:c r="A3537" s="2">
-        <x:v>40843</x:v>
+        <x:v>40868</x:v>
       </x:c>
       <x:c r="B3537" s="3">
-        <x:v>106130.84</x:v>
+        <x:v>106227.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3538" spans="1:2">
       <x:c r="A3538" s="2">
-        <x:v>40842</x:v>
+        <x:v>40867</x:v>
       </x:c>
       <x:c r="B3538" s="3">
-        <x:v>106126.61</x:v>
+        <x:v>106222.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3539" spans="1:2">
       <x:c r="A3539" s="2">
-        <x:v>40841</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="B3539" s="3">
-        <x:v>106122.55</x:v>
+        <x:v>106210.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3540" spans="1:2">
       <x:c r="A3540" s="2">
-        <x:v>40840</x:v>
+        <x:v>40863</x:v>
       </x:c>
       <x:c r="B3540" s="3">
-        <x:v>106118.27</x:v>
+        <x:v>106207.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3541" spans="1:2">
       <x:c r="A3541" s="2">
-        <x:v>40839</x:v>
+        <x:v>40862</x:v>
       </x:c>
       <x:c r="B3541" s="3">
-        <x:v>106113.43</x:v>
+        <x:v>106204.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3542" spans="1:2">
       <x:c r="A3542" s="2">
-        <x:v>40836</x:v>
+        <x:v>40861</x:v>
       </x:c>
       <x:c r="B3542" s="3">
-        <x:v>106100.39</x:v>
+        <x:v>106200.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3543" spans="1:2">
       <x:c r="A3543" s="2">
-        <x:v>40835</x:v>
+        <x:v>40860</x:v>
       </x:c>
       <x:c r="B3543" s="3">
-        <x:v>106095.86</x:v>
+        <x:v>106197.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3544" spans="1:2">
       <x:c r="A3544" s="2">
-        <x:v>40834</x:v>
+        <x:v>40856</x:v>
       </x:c>
       <x:c r="B3544" s="3">
-        <x:v>106090.75</x:v>
+        <x:v>106185.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3545" spans="1:2">
       <x:c r="A3545" s="2">
-        <x:v>40833</x:v>
+        <x:v>40855</x:v>
       </x:c>
       <x:c r="B3545" s="3">
-        <x:v>106087.89</x:v>
+        <x:v>106180.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3546" spans="1:2">
       <x:c r="A3546" s="2">
-        <x:v>40832</x:v>
+        <x:v>40854</x:v>
       </x:c>
       <x:c r="B3546" s="3">
-        <x:v>106085.23</x:v>
+        <x:v>106176.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3547" spans="1:2">
       <x:c r="A3547" s="2">
-        <x:v>40829</x:v>
+        <x:v>40853</x:v>
       </x:c>
       <x:c r="B3547" s="3">
-        <x:v>106076.12</x:v>
+        <x:v>106172.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3548" spans="1:2">
       <x:c r="A3548" s="2">
-        <x:v>40828</x:v>
+        <x:v>40850</x:v>
       </x:c>
       <x:c r="B3548" s="3">
-        <x:v>106073.99</x:v>
+        <x:v>106159.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3549" spans="1:2">
       <x:c r="A3549" s="2">
-        <x:v>40827</x:v>
+        <x:v>40849</x:v>
       </x:c>
       <x:c r="B3549" s="3">
-        <x:v>106069.52</x:v>
+        <x:v>106156.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3550" spans="1:2">
       <x:c r="A3550" s="2">
-        <x:v>40826</x:v>
+        <x:v>40848</x:v>
       </x:c>
       <x:c r="B3550" s="3">
-        <x:v>106065.95</x:v>
+        <x:v>106152.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3551" spans="1:2">
       <x:c r="A3551" s="2">
-        <x:v>40825</x:v>
+        <x:v>40846</x:v>
       </x:c>
       <x:c r="B3551" s="3">
-        <x:v>106061.56</x:v>
+        <x:v>106144.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3552" spans="1:2">
       <x:c r="A3552" s="2">
-        <x:v>40822</x:v>
+        <x:v>40843</x:v>
       </x:c>
       <x:c r="B3552" s="3">
-        <x:v>106052.56</x:v>
+        <x:v>106130.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3553" spans="1:2">
       <x:c r="A3553" s="2">
-        <x:v>40821</x:v>
+        <x:v>40842</x:v>
       </x:c>
       <x:c r="B3553" s="3">
-        <x:v>106049.63</x:v>
+        <x:v>106126.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3554" spans="1:2">
       <x:c r="A3554" s="2">
-        <x:v>40820</x:v>
+        <x:v>40841</x:v>
       </x:c>
       <x:c r="B3554" s="3">
-        <x:v>106046.37</x:v>
+        <x:v>106122.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3555" spans="1:2">
       <x:c r="A3555" s="2">
-        <x:v>40819</x:v>
+        <x:v>40840</x:v>
       </x:c>
       <x:c r="B3555" s="3">
-        <x:v>106043.24</x:v>
+        <x:v>106118.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3556" spans="1:2">
       <x:c r="A3556" s="2">
-        <x:v>40818</x:v>
+        <x:v>40839</x:v>
       </x:c>
       <x:c r="B3556" s="3">
-        <x:v>106038.67</x:v>
+        <x:v>106113.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3557" spans="1:2">
       <x:c r="A3557" s="2">
-        <x:v>40815</x:v>
+        <x:v>40836</x:v>
       </x:c>
       <x:c r="B3557" s="3">
-        <x:v>106029.16</x:v>
+        <x:v>106100.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3558" spans="1:2">
       <x:c r="A3558" s="2">
-        <x:v>40814</x:v>
+        <x:v>40835</x:v>
       </x:c>
       <x:c r="B3558" s="3">
-        <x:v>106025.58</x:v>
+        <x:v>106095.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3559" spans="1:2">
       <x:c r="A3559" s="2">
-        <x:v>40813</x:v>
+        <x:v>40834</x:v>
       </x:c>
       <x:c r="B3559" s="3">
-        <x:v>106022.3</x:v>
+        <x:v>106090.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3560" spans="1:2">
       <x:c r="A3560" s="2">
-        <x:v>40812</x:v>
+        <x:v>40833</x:v>
       </x:c>
       <x:c r="B3560" s="3">
-        <x:v>106019.04</x:v>
+        <x:v>106087.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3561" spans="1:2">
       <x:c r="A3561" s="2">
-        <x:v>40811</x:v>
+        <x:v>40832</x:v>
       </x:c>
       <x:c r="B3561" s="3">
-        <x:v>106015.77</x:v>
+        <x:v>106085.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3562" spans="1:2">
       <x:c r="A3562" s="2">
-        <x:v>40808</x:v>
+        <x:v>40829</x:v>
       </x:c>
       <x:c r="B3562" s="3">
-        <x:v>106006.02</x:v>
+        <x:v>106076.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3563" spans="1:2">
       <x:c r="A3563" s="2">
-        <x:v>40807</x:v>
+        <x:v>40828</x:v>
       </x:c>
       <x:c r="B3563" s="3">
-        <x:v>106002.9</x:v>
+        <x:v>106073.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3564" spans="1:2">
       <x:c r="A3564" s="2">
-        <x:v>40806</x:v>
+        <x:v>40827</x:v>
       </x:c>
       <x:c r="B3564" s="3">
-        <x:v>105999.54</x:v>
+        <x:v>106069.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3565" spans="1:2">
       <x:c r="A3565" s="2">
-        <x:v>40805</x:v>
+        <x:v>40826</x:v>
       </x:c>
       <x:c r="B3565" s="3">
-        <x:v>105996.31</x:v>
+        <x:v>106065.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3566" spans="1:2">
       <x:c r="A3566" s="2">
-        <x:v>40804</x:v>
+        <x:v>40825</x:v>
       </x:c>
       <x:c r="B3566" s="3">
-        <x:v>105992.9</x:v>
+        <x:v>106061.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3567" spans="1:2">
       <x:c r="A3567" s="2">
-        <x:v>40801</x:v>
+        <x:v>40822</x:v>
       </x:c>
       <x:c r="B3567" s="3">
-        <x:v>105983.95</x:v>
+        <x:v>106052.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3568" spans="1:2">
       <x:c r="A3568" s="2">
-        <x:v>40800</x:v>
+        <x:v>40821</x:v>
       </x:c>
       <x:c r="B3568" s="3">
-        <x:v>105980.99</x:v>
+        <x:v>106049.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3569" spans="1:2">
       <x:c r="A3569" s="2">
-        <x:v>40799</x:v>
+        <x:v>40820</x:v>
       </x:c>
       <x:c r="B3569" s="3">
-        <x:v>105977.48</x:v>
+        <x:v>106046.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3570" spans="1:2">
       <x:c r="A3570" s="2">
-        <x:v>40798</x:v>
+        <x:v>40819</x:v>
       </x:c>
       <x:c r="B3570" s="3">
-        <x:v>105975.91</x:v>
+        <x:v>106043.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3571" spans="1:2">
       <x:c r="A3571" s="2">
-        <x:v>40797</x:v>
+        <x:v>40818</x:v>
       </x:c>
       <x:c r="B3571" s="3">
-        <x:v>105971.93</x:v>
+        <x:v>106038.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3572" spans="1:2">
       <x:c r="A3572" s="2">
-        <x:v>40794</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="B3572" s="3">
-        <x:v>105963.72</x:v>
+        <x:v>106029.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3573" spans="1:2">
       <x:c r="A3573" s="2">
-        <x:v>40793</x:v>
+        <x:v>40814</x:v>
       </x:c>
       <x:c r="B3573" s="3">
-        <x:v>105960.96</x:v>
+        <x:v>106025.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3574" spans="1:2">
       <x:c r="A3574" s="2">
-        <x:v>40792</x:v>
+        <x:v>40813</x:v>
       </x:c>
       <x:c r="B3574" s="3">
-        <x:v>105958.35</x:v>
+        <x:v>106022.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3575" spans="1:2">
       <x:c r="A3575" s="2">
-        <x:v>40791</x:v>
+        <x:v>40812</x:v>
       </x:c>
       <x:c r="B3575" s="3">
-        <x:v>105955.68</x:v>
+        <x:v>106019.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3576" spans="1:2">
       <x:c r="A3576" s="2">
-        <x:v>40790</x:v>
+        <x:v>40811</x:v>
       </x:c>
       <x:c r="B3576" s="3">
-        <x:v>105952.89</x:v>
+        <x:v>106015.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3577" spans="1:2">
       <x:c r="A3577" s="2">
-        <x:v>40787</x:v>
+        <x:v>40808</x:v>
       </x:c>
       <x:c r="B3577" s="3">
-        <x:v>105944.57</x:v>
+        <x:v>106006.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3578" spans="1:2">
       <x:c r="A3578" s="2">
-        <x:v>40786</x:v>
+        <x:v>40807</x:v>
       </x:c>
       <x:c r="B3578" s="3">
-        <x:v>105941.89</x:v>
+        <x:v>106002.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3579" spans="1:2">
       <x:c r="A3579" s="2">
-        <x:v>40785</x:v>
+        <x:v>40806</x:v>
       </x:c>
       <x:c r="B3579" s="3">
-        <x:v>105938.9</x:v>
+        <x:v>105999.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3580" spans="1:2">
       <x:c r="A3580" s="2">
-        <x:v>40784</x:v>
+        <x:v>40805</x:v>
       </x:c>
       <x:c r="B3580" s="3">
-        <x:v>105936.29</x:v>
+        <x:v>105996.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3581" spans="1:2">
       <x:c r="A3581" s="2">
-        <x:v>40783</x:v>
+        <x:v>40804</x:v>
       </x:c>
       <x:c r="B3581" s="3">
-        <x:v>105933.54</x:v>
+        <x:v>105992.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3582" spans="1:2">
       <x:c r="A3582" s="2">
-        <x:v>40780</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="B3582" s="3">
-        <x:v>105925.56</x:v>
+        <x:v>105983.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3583" spans="1:2">
       <x:c r="A3583" s="2">
-        <x:v>40779</x:v>
+        <x:v>40800</x:v>
       </x:c>
       <x:c r="B3583" s="3">
-        <x:v>105922.44</x:v>
+        <x:v>105980.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3584" spans="1:2">
       <x:c r="A3584" s="2">
-        <x:v>40778</x:v>
+        <x:v>40799</x:v>
       </x:c>
       <x:c r="B3584" s="3">
-        <x:v>105919.7</x:v>
+        <x:v>105977.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3585" spans="1:2">
       <x:c r="A3585" s="2">
-        <x:v>40777</x:v>
+        <x:v>40798</x:v>
       </x:c>
       <x:c r="B3585" s="3">
-        <x:v>105916.87</x:v>
+        <x:v>105975.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3586" spans="1:2">
       <x:c r="A3586" s="2">
-        <x:v>40776</x:v>
+        <x:v>40797</x:v>
       </x:c>
       <x:c r="B3586" s="3">
-        <x:v>105914.07</x:v>
+        <x:v>105971.93</x:v>
       </x:c>
     </x:row>
     <x:row r="3587" spans="1:2">
       <x:c r="A3587" s="2">
-        <x:v>40773</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="B3587" s="3">
-        <x:v>105905.86</x:v>
+        <x:v>105963.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3588" spans="1:2">
       <x:c r="A3588" s="2">
-        <x:v>40772</x:v>
+        <x:v>40793</x:v>
       </x:c>
       <x:c r="B3588" s="3">
-        <x:v>105903.13</x:v>
+        <x:v>105960.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3589" spans="1:2">
       <x:c r="A3589" s="2">
-        <x:v>40771</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="B3589" s="3">
-        <x:v>105900.37</x:v>
+        <x:v>105958.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3590" spans="1:2">
       <x:c r="A3590" s="2">
-        <x:v>40770</x:v>
+        <x:v>40791</x:v>
       </x:c>
       <x:c r="B3590" s="3">
-        <x:v>105897.68</x:v>
+        <x:v>105955.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3591" spans="1:2">
       <x:c r="A3591" s="2">
-        <x:v>40766</x:v>
+        <x:v>40790</x:v>
       </x:c>
       <x:c r="B3591" s="3">
-        <x:v>105886.47</x:v>
+        <x:v>105952.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3592" spans="1:2">
       <x:c r="A3592" s="2">
-        <x:v>40765</x:v>
+        <x:v>40787</x:v>
       </x:c>
       <x:c r="B3592" s="3">
-        <x:v>105883.37</x:v>
+        <x:v>105944.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3593" spans="1:2">
       <x:c r="A3593" s="2">
-        <x:v>40764</x:v>
+        <x:v>40786</x:v>
       </x:c>
       <x:c r="B3593" s="3">
-        <x:v>105879.7</x:v>
+        <x:v>105941.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3594" spans="1:2">
       <x:c r="A3594" s="2">
-        <x:v>40763</x:v>
+        <x:v>40785</x:v>
       </x:c>
       <x:c r="B3594" s="3">
-        <x:v>105877.06</x:v>
+        <x:v>105938.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3595" spans="1:2">
       <x:c r="A3595" s="2">
-        <x:v>40762</x:v>
+        <x:v>40784</x:v>
       </x:c>
       <x:c r="B3595" s="3">
-        <x:v>105874.52</x:v>
+        <x:v>105936.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3596" spans="1:2">
       <x:c r="A3596" s="2">
-        <x:v>40759</x:v>
+        <x:v>40783</x:v>
       </x:c>
       <x:c r="B3596" s="3">
-        <x:v>105866.8</x:v>
+        <x:v>105933.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3597" spans="1:2">
       <x:c r="A3597" s="2">
-        <x:v>40758</x:v>
+        <x:v>40780</x:v>
       </x:c>
       <x:c r="B3597" s="3">
-        <x:v>105864.04</x:v>
+        <x:v>105925.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3598" spans="1:2">
       <x:c r="A3598" s="2">
-        <x:v>40757</x:v>
+        <x:v>40779</x:v>
       </x:c>
       <x:c r="B3598" s="3">
-        <x:v>105861.38</x:v>
+        <x:v>105922.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3599" spans="1:2">
       <x:c r="A3599" s="2">
-        <x:v>40756</x:v>
+        <x:v>40778</x:v>
       </x:c>
       <x:c r="B3599" s="3">
-        <x:v>105858.62</x:v>
+        <x:v>105919.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3600" spans="1:2">
       <x:c r="A3600" s="2">
-        <x:v>40755</x:v>
+        <x:v>40777</x:v>
       </x:c>
       <x:c r="B3600" s="3">
-        <x:v>105854.75</x:v>
+        <x:v>105916.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3601" spans="1:2">
       <x:c r="A3601" s="2">
-        <x:v>40752</x:v>
+        <x:v>40776</x:v>
       </x:c>
       <x:c r="B3601" s="3">
-        <x:v>105845.35</x:v>
+        <x:v>105914.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3602" spans="1:2">
       <x:c r="A3602" s="2">
-        <x:v>40751</x:v>
+        <x:v>40773</x:v>
       </x:c>
       <x:c r="B3602" s="3">
-        <x:v>105841.69</x:v>
+        <x:v>105905.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3603" spans="1:2">
       <x:c r="A3603" s="2">
-        <x:v>40750</x:v>
+        <x:v>40772</x:v>
       </x:c>
       <x:c r="B3603" s="3">
-        <x:v>105838.14</x:v>
+        <x:v>105903.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3604" spans="1:2">
       <x:c r="A3604" s="2">
-        <x:v>40749</x:v>
+        <x:v>40771</x:v>
       </x:c>
       <x:c r="B3604" s="3">
-        <x:v>105834.13</x:v>
+        <x:v>105900.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3605" spans="1:2">
       <x:c r="A3605" s="2">
-        <x:v>40748</x:v>
+        <x:v>40770</x:v>
       </x:c>
       <x:c r="B3605" s="3">
-        <x:v>105830.48</x:v>
+        <x:v>105897.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3606" spans="1:2">
       <x:c r="A3606" s="2">
-        <x:v>40745</x:v>
+        <x:v>40766</x:v>
       </x:c>
       <x:c r="B3606" s="3">
-        <x:v>105821.49</x:v>
+        <x:v>105886.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3607" spans="1:2">
       <x:c r="A3607" s="2">
-        <x:v>40744</x:v>
+        <x:v>40765</x:v>
       </x:c>
       <x:c r="B3607" s="3">
-        <x:v>105817.98</x:v>
+        <x:v>105883.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3608" spans="1:2">
       <x:c r="A3608" s="2">
-        <x:v>40743</x:v>
+        <x:v>40764</x:v>
       </x:c>
       <x:c r="B3608" s="3">
-        <x:v>105813.5</x:v>
+        <x:v>105879.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3609" spans="1:2">
       <x:c r="A3609" s="2">
-        <x:v>40742</x:v>
+        <x:v>40763</x:v>
       </x:c>
       <x:c r="B3609" s="3">
-        <x:v>105809.07</x:v>
+        <x:v>105877.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3610" spans="1:2">
       <x:c r="A3610" s="2">
-        <x:v>40741</x:v>
+        <x:v>40762</x:v>
       </x:c>
       <x:c r="B3610" s="3">
-        <x:v>105804.8</x:v>
+        <x:v>105874.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3611" spans="1:2">
       <x:c r="A3611" s="2">
-        <x:v>40738</x:v>
+        <x:v>40759</x:v>
       </x:c>
       <x:c r="B3611" s="3">
-        <x:v>105791.92</x:v>
+        <x:v>105866.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3612" spans="1:2">
       <x:c r="A3612" s="2">
-        <x:v>40736</x:v>
+        <x:v>40758</x:v>
       </x:c>
       <x:c r="B3612" s="3">
-        <x:v>105785.76</x:v>
+        <x:v>105864.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3613" spans="1:2">
       <x:c r="A3613" s="2">
-        <x:v>40735</x:v>
+        <x:v>40757</x:v>
       </x:c>
       <x:c r="B3613" s="3">
-        <x:v>105783.95</x:v>
+        <x:v>105861.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3614" spans="1:2">
       <x:c r="A3614" s="2">
-        <x:v>40734</x:v>
+        <x:v>40756</x:v>
       </x:c>
       <x:c r="B3614" s="3">
-        <x:v>105780.99</x:v>
+        <x:v>105858.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3615" spans="1:2">
       <x:c r="A3615" s="2">
-        <x:v>40731</x:v>
+        <x:v>40755</x:v>
       </x:c>
       <x:c r="B3615" s="3">
-        <x:v>105773.83</x:v>
+        <x:v>105854.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3616" spans="1:2">
       <x:c r="A3616" s="2">
-        <x:v>40730</x:v>
+        <x:v>40752</x:v>
       </x:c>
       <x:c r="B3616" s="3">
-        <x:v>105771.81</x:v>
+        <x:v>105845.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3617" spans="1:2">
       <x:c r="A3617" s="2">
-        <x:v>40729</x:v>
+        <x:v>40751</x:v>
       </x:c>
       <x:c r="B3617" s="3">
-        <x:v>105768.44</x:v>
+        <x:v>105841.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3618" spans="1:2">
       <x:c r="A3618" s="2">
-        <x:v>40728</x:v>
+        <x:v>40750</x:v>
       </x:c>
       <x:c r="B3618" s="3">
-        <x:v>105765.36</x:v>
+        <x:v>105838.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3619" spans="1:2">
       <x:c r="A3619" s="2">
-        <x:v>40727</x:v>
+        <x:v>40749</x:v>
       </x:c>
       <x:c r="B3619" s="3">
-        <x:v>105764.83</x:v>
+        <x:v>105834.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3620" spans="1:2">
       <x:c r="A3620" s="2">
-        <x:v>40724</x:v>
+        <x:v>40748</x:v>
       </x:c>
       <x:c r="B3620" s="3">
-        <x:v>105748.29</x:v>
+        <x:v>105830.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3621" spans="1:2">
       <x:c r="A3621" s="2">
-        <x:v>40723</x:v>
+        <x:v>40745</x:v>
       </x:c>
       <x:c r="B3621" s="3">
-        <x:v>105743.94</x:v>
+        <x:v>105821.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3622" spans="1:2">
       <x:c r="A3622" s="2">
-        <x:v>40722</x:v>
+        <x:v>40744</x:v>
       </x:c>
       <x:c r="B3622" s="3">
-        <x:v>105741.01</x:v>
+        <x:v>105817.98</x:v>
       </x:c>
     </x:row>
     <x:row r="3623" spans="1:2">
       <x:c r="A3623" s="2">
-        <x:v>40721</x:v>
+        <x:v>40743</x:v>
       </x:c>
       <x:c r="B3623" s="3">
-        <x:v>105737.83</x:v>
+        <x:v>105813.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3624" spans="1:2">
       <x:c r="A3624" s="2">
-        <x:v>40720</x:v>
+        <x:v>40742</x:v>
       </x:c>
       <x:c r="B3624" s="3">
-        <x:v>105735.28</x:v>
+        <x:v>105809.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3625" spans="1:2">
       <x:c r="A3625" s="2">
-        <x:v>40717</x:v>
+        <x:v>40741</x:v>
       </x:c>
       <x:c r="B3625" s="3">
-        <x:v>105725.64</x:v>
+        <x:v>105804.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3626" spans="1:2">
       <x:c r="A3626" s="2">
-        <x:v>40716</x:v>
+        <x:v>40738</x:v>
       </x:c>
       <x:c r="B3626" s="3">
-        <x:v>105721.81</x:v>
+        <x:v>105791.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3627" spans="1:2">
       <x:c r="A3627" s="2">
-        <x:v>40715</x:v>
+        <x:v>40736</x:v>
       </x:c>
       <x:c r="B3627" s="3">
-        <x:v>105716.45</x:v>
+        <x:v>105785.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3628" spans="1:2">
       <x:c r="A3628" s="2">
-        <x:v>40714</x:v>
+        <x:v>40735</x:v>
       </x:c>
       <x:c r="B3628" s="3">
-        <x:v>105712.58</x:v>
+        <x:v>105783.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3629" spans="1:2">
       <x:c r="A3629" s="2">
-        <x:v>40713</x:v>
+        <x:v>40734</x:v>
       </x:c>
       <x:c r="B3629" s="3">
-        <x:v>105707.44</x:v>
+        <x:v>105780.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3630" spans="1:2">
       <x:c r="A3630" s="2">
-        <x:v>40710</x:v>
+        <x:v>40731</x:v>
       </x:c>
       <x:c r="B3630" s="3">
-        <x:v>105696.06</x:v>
+        <x:v>105773.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3631" spans="1:2">
       <x:c r="A3631" s="2">
-        <x:v>40709</x:v>
+        <x:v>40730</x:v>
       </x:c>
       <x:c r="B3631" s="3">
-        <x:v>105692</x:v>
+        <x:v>105771.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3632" spans="1:2">
       <x:c r="A3632" s="2">
-        <x:v>40708</x:v>
+        <x:v>40729</x:v>
       </x:c>
       <x:c r="B3632" s="3">
-        <x:v>105687.86</x:v>
+        <x:v>105768.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3633" spans="1:2">
       <x:c r="A3633" s="2">
-        <x:v>40707</x:v>
+        <x:v>40728</x:v>
       </x:c>
       <x:c r="B3633" s="3">
-        <x:v>105681.34</x:v>
+        <x:v>105765.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3634" spans="1:2">
       <x:c r="A3634" s="2">
-        <x:v>40703</x:v>
+        <x:v>40727</x:v>
       </x:c>
       <x:c r="B3634" s="3">
-        <x:v>105665.59</x:v>
+        <x:v>105764.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3635" spans="1:2">
       <x:c r="A3635" s="2">
-        <x:v>40702</x:v>
+        <x:v>40724</x:v>
       </x:c>
       <x:c r="B3635" s="3">
-        <x:v>105662.08</x:v>
+        <x:v>105748.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3636" spans="1:2">
       <x:c r="A3636" s="2">
-        <x:v>40701</x:v>
+        <x:v>40723</x:v>
       </x:c>
       <x:c r="B3636" s="3">
-        <x:v>105658.92</x:v>
+        <x:v>105743.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3637" spans="1:2">
       <x:c r="A3637" s="2">
-        <x:v>40700</x:v>
+        <x:v>40722</x:v>
       </x:c>
       <x:c r="B3637" s="3">
-        <x:v>105655.38</x:v>
+        <x:v>105741.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3638" spans="1:2">
       <x:c r="A3638" s="2">
-        <x:v>40699</x:v>
+        <x:v>40721</x:v>
       </x:c>
       <x:c r="B3638" s="3">
-        <x:v>105652.16</x:v>
+        <x:v>105737.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3639" spans="1:2">
       <x:c r="A3639" s="2">
-        <x:v>40696</x:v>
+        <x:v>40720</x:v>
       </x:c>
       <x:c r="B3639" s="3">
-        <x:v>105643.22</x:v>
+        <x:v>105735.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3640" spans="1:2">
       <x:c r="A3640" s="2">
-        <x:v>40694</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="B3640" s="3">
-        <x:v>105636.72</x:v>
+        <x:v>105725.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3641" spans="1:2">
       <x:c r="A3641" s="2">
-        <x:v>40693</x:v>
+        <x:v>40716</x:v>
       </x:c>
       <x:c r="B3641" s="3">
-        <x:v>105631.57</x:v>
+        <x:v>105721.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3642" spans="1:2">
       <x:c r="A3642" s="2">
-        <x:v>40692</x:v>
+        <x:v>40715</x:v>
       </x:c>
       <x:c r="B3642" s="3">
-        <x:v>105629.01</x:v>
+        <x:v>105716.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3643" spans="1:2">
       <x:c r="A3643" s="2">
-        <x:v>40689</x:v>
+        <x:v>40714</x:v>
       </x:c>
       <x:c r="B3643" s="3">
-        <x:v>105618.12</x:v>
+        <x:v>105712.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3644" spans="1:2">
       <x:c r="A3644" s="2">
-        <x:v>40688</x:v>
+        <x:v>40713</x:v>
       </x:c>
       <x:c r="B3644" s="3">
-        <x:v>105613.69</x:v>
+        <x:v>105707.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3645" spans="1:2">
       <x:c r="A3645" s="2">
-        <x:v>40687</x:v>
+        <x:v>40710</x:v>
       </x:c>
       <x:c r="B3645" s="3">
-        <x:v>105609.13</x:v>
+        <x:v>105696.06</x:v>
       </x:c>
     </x:row>
     <x:row r="3646" spans="1:2">
       <x:c r="A3646" s="2">
-        <x:v>40686</x:v>
+        <x:v>40709</x:v>
       </x:c>
       <x:c r="B3646" s="3">
-        <x:v>105604.67</x:v>
+        <x:v>105692</x:v>
       </x:c>
     </x:row>
     <x:row r="3647" spans="1:2">
       <x:c r="A3647" s="2">
-        <x:v>40685</x:v>
+        <x:v>40708</x:v>
       </x:c>
       <x:c r="B3647" s="3">
-        <x:v>105601.02</x:v>
+        <x:v>105687.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3648" spans="1:2">
       <x:c r="A3648" s="2">
-        <x:v>40682</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="B3648" s="3">
-        <x:v>105589.95</x:v>
+        <x:v>105681.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3649" spans="1:2">
       <x:c r="A3649" s="2">
-        <x:v>40681</x:v>
+        <x:v>40703</x:v>
       </x:c>
       <x:c r="B3649" s="3">
-        <x:v>105586.26</x:v>
+        <x:v>105665.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3650" spans="1:2">
       <x:c r="A3650" s="2">
-        <x:v>40680</x:v>
+        <x:v>40702</x:v>
       </x:c>
       <x:c r="B3650" s="3">
-        <x:v>105582.52</x:v>
+        <x:v>105662.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3651" spans="1:2">
       <x:c r="A3651" s="2">
-        <x:v>40679</x:v>
+        <x:v>40701</x:v>
       </x:c>
       <x:c r="B3651" s="3">
-        <x:v>105578.61</x:v>
+        <x:v>105658.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3652" spans="1:2">
       <x:c r="A3652" s="2">
-        <x:v>40678</x:v>
+        <x:v>40700</x:v>
       </x:c>
       <x:c r="B3652" s="3">
-        <x:v>105574.66</x:v>
+        <x:v>105655.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3653" spans="1:2">
       <x:c r="A3653" s="2">
-        <x:v>40675</x:v>
+        <x:v>40699</x:v>
       </x:c>
       <x:c r="B3653" s="3">
-        <x:v>105564.26</x:v>
+        <x:v>105652.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3654" spans="1:2">
       <x:c r="A3654" s="2">
-        <x:v>40674</x:v>
+        <x:v>40696</x:v>
       </x:c>
       <x:c r="B3654" s="3">
-        <x:v>105559.79</x:v>
+        <x:v>105643.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3655" spans="1:2">
       <x:c r="A3655" s="2">
-        <x:v>40673</x:v>
+        <x:v>40694</x:v>
       </x:c>
       <x:c r="B3655" s="3">
-        <x:v>105555.79</x:v>
+        <x:v>105636.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3656" spans="1:2">
       <x:c r="A3656" s="2">
-        <x:v>40672</x:v>
+        <x:v>40693</x:v>
       </x:c>
       <x:c r="B3656" s="3">
-        <x:v>105552.78</x:v>
+        <x:v>105631.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3657" spans="1:2">
       <x:c r="A3657" s="2">
-        <x:v>40671</x:v>
+        <x:v>40692</x:v>
       </x:c>
       <x:c r="B3657" s="3">
-        <x:v>105551.46</x:v>
+        <x:v>105629.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3658" spans="1:2">
       <x:c r="A3658" s="2">
-        <x:v>40668</x:v>
+        <x:v>40689</x:v>
       </x:c>
       <x:c r="B3658" s="3">
-        <x:v>105542.97</x:v>
+        <x:v>105618.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3659" spans="1:2">
       <x:c r="A3659" s="2">
-        <x:v>40667</x:v>
+        <x:v>40688</x:v>
       </x:c>
       <x:c r="B3659" s="3">
-        <x:v>105539.73</x:v>
+        <x:v>105613.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3660" spans="1:2">
       <x:c r="A3660" s="2">
-        <x:v>40666</x:v>
+        <x:v>40687</x:v>
       </x:c>
       <x:c r="B3660" s="3">
-        <x:v>105536</x:v>
+        <x:v>105609.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3661" spans="1:2">
       <x:c r="A3661" s="2">
-        <x:v>40665</x:v>
+        <x:v>40686</x:v>
       </x:c>
       <x:c r="B3661" s="3">
-        <x:v>105531.08</x:v>
+        <x:v>105604.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3662" spans="1:2">
       <x:c r="A3662" s="2">
-        <x:v>40664</x:v>
+        <x:v>40685</x:v>
       </x:c>
       <x:c r="B3662" s="3">
-        <x:v>105525.73</x:v>
+        <x:v>105601.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3663" spans="1:2">
       <x:c r="A3663" s="2">
-        <x:v>40661</x:v>
+        <x:v>40682</x:v>
       </x:c>
       <x:c r="B3663" s="3">
-        <x:v>105514.26</x:v>
+        <x:v>105589.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3664" spans="1:2">
       <x:c r="A3664" s="2">
-        <x:v>40660</x:v>
+        <x:v>40681</x:v>
       </x:c>
       <x:c r="B3664" s="3">
-        <x:v>105509.77</x:v>
+        <x:v>105586.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3665" spans="1:2">
       <x:c r="A3665" s="2">
-        <x:v>40659</x:v>
+        <x:v>40680</x:v>
       </x:c>
       <x:c r="B3665" s="3">
-        <x:v>105505.1</x:v>
+        <x:v>105582.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3666" spans="1:2">
       <x:c r="A3666" s="2">
-        <x:v>40658</x:v>
+        <x:v>40679</x:v>
       </x:c>
       <x:c r="B3666" s="3">
-        <x:v>105497.18</x:v>
+        <x:v>105578.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3667" spans="1:2">
       <x:c r="A3667" s="2">
-        <x:v>40653</x:v>
+        <x:v>40678</x:v>
       </x:c>
       <x:c r="B3667" s="3">
-        <x:v>105478.48</x:v>
+        <x:v>105574.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3668" spans="1:2">
       <x:c r="A3668" s="2">
-        <x:v>40652</x:v>
+        <x:v>40675</x:v>
       </x:c>
       <x:c r="B3668" s="3">
-        <x:v>105474.7</x:v>
+        <x:v>105564.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3669" spans="1:2">
       <x:c r="A3669" s="2">
-        <x:v>40651</x:v>
+        <x:v>40674</x:v>
       </x:c>
       <x:c r="B3669" s="3">
-        <x:v>105471.12</x:v>
+        <x:v>105559.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3670" spans="1:2">
       <x:c r="A3670" s="2">
-        <x:v>40650</x:v>
+        <x:v>40673</x:v>
       </x:c>
       <x:c r="B3670" s="3">
-        <x:v>105464.94</x:v>
+        <x:v>105555.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3671" spans="1:2">
       <x:c r="A3671" s="2">
-        <x:v>40647</x:v>
+        <x:v>40672</x:v>
       </x:c>
       <x:c r="B3671" s="3">
-        <x:v>105454.73</x:v>
+        <x:v>105552.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3672" spans="1:2">
       <x:c r="A3672" s="2">
-        <x:v>40646</x:v>
+        <x:v>40671</x:v>
       </x:c>
       <x:c r="B3672" s="3">
-        <x:v>105451.14</x:v>
+        <x:v>105551.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3673" spans="1:2">
       <x:c r="A3673" s="2">
-        <x:v>40645</x:v>
+        <x:v>40668</x:v>
       </x:c>
       <x:c r="B3673" s="3">
-        <x:v>105448.02</x:v>
+        <x:v>105542.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3674" spans="1:2">
       <x:c r="A3674" s="2">
-        <x:v>40644</x:v>
+        <x:v>40667</x:v>
       </x:c>
       <x:c r="B3674" s="3">
-        <x:v>105444.64</x:v>
+        <x:v>105539.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3675" spans="1:2">
       <x:c r="A3675" s="2">
-        <x:v>40643</x:v>
+        <x:v>40666</x:v>
       </x:c>
       <x:c r="B3675" s="3">
-        <x:v>105439.71</x:v>
+        <x:v>105536</x:v>
       </x:c>
     </x:row>
     <x:row r="3676" spans="1:2">
       <x:c r="A3676" s="2">
-        <x:v>40640</x:v>
+        <x:v>40665</x:v>
       </x:c>
       <x:c r="B3676" s="3">
-        <x:v>105433.02</x:v>
+        <x:v>105531.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3677" spans="1:2">
       <x:c r="A3677" s="2">
-        <x:v>40639</x:v>
+        <x:v>40664</x:v>
       </x:c>
       <x:c r="B3677" s="3">
-        <x:v>105429.99</x:v>
+        <x:v>105525.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3678" spans="1:2">
       <x:c r="A3678" s="2">
-        <x:v>40638</x:v>
+        <x:v>40661</x:v>
       </x:c>
       <x:c r="B3678" s="3">
-        <x:v>105427.41</x:v>
+        <x:v>105514.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3679" spans="1:2">
       <x:c r="A3679" s="2">
-        <x:v>40637</x:v>
+        <x:v>40660</x:v>
       </x:c>
       <x:c r="B3679" s="3">
-        <x:v>105424.25</x:v>
+        <x:v>105509.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3680" spans="1:2">
       <x:c r="A3680" s="2">
-        <x:v>40636</x:v>
+        <x:v>40659</x:v>
       </x:c>
       <x:c r="B3680" s="3">
-        <x:v>105423.1</x:v>
+        <x:v>105505.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3681" spans="1:2">
       <x:c r="A3681" s="2">
-        <x:v>40633</x:v>
+        <x:v>40658</x:v>
       </x:c>
       <x:c r="B3681" s="3">
-        <x:v>105413.43</x:v>
+        <x:v>105497.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3682" spans="1:2">
       <x:c r="A3682" s="2">
-        <x:v>40632</x:v>
+        <x:v>40653</x:v>
       </x:c>
       <x:c r="B3682" s="3">
-        <x:v>105410.27</x:v>
+        <x:v>105478.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3683" spans="1:2">
       <x:c r="A3683" s="2">
-        <x:v>40631</x:v>
+        <x:v>40652</x:v>
       </x:c>
       <x:c r="B3683" s="3">
-        <x:v>105406.75</x:v>
+        <x:v>105474.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3684" spans="1:2">
       <x:c r="A3684" s="2">
-        <x:v>40630</x:v>
+        <x:v>40651</x:v>
       </x:c>
       <x:c r="B3684" s="3">
-        <x:v>105403.78</x:v>
+        <x:v>105471.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3685" spans="1:2">
       <x:c r="A3685" s="2">
-        <x:v>40629</x:v>
+        <x:v>40650</x:v>
       </x:c>
       <x:c r="B3685" s="3">
-        <x:v>105401.31</x:v>
+        <x:v>105464.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3686" spans="1:2">
       <x:c r="A3686" s="2">
-        <x:v>40626</x:v>
+        <x:v>40647</x:v>
       </x:c>
       <x:c r="B3686" s="3">
-        <x:v>105394.19</x:v>
+        <x:v>105454.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3687" spans="1:2">
       <x:c r="A3687" s="2">
-        <x:v>40625</x:v>
+        <x:v>40646</x:v>
       </x:c>
       <x:c r="B3687" s="3">
-        <x:v>105391.85</x:v>
+        <x:v>105451.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3688" spans="1:2">
       <x:c r="A3688" s="2">
-        <x:v>40624</x:v>
+        <x:v>40645</x:v>
       </x:c>
       <x:c r="B3688" s="3">
-        <x:v>105389.09</x:v>
+        <x:v>105448.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3689" spans="1:2">
       <x:c r="A3689" s="2">
-        <x:v>40623</x:v>
+        <x:v>40644</x:v>
       </x:c>
       <x:c r="B3689" s="3">
-        <x:v>105386.61</x:v>
+        <x:v>105444.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3690" spans="1:2">
       <x:c r="A3690" s="2">
-        <x:v>40622</x:v>
+        <x:v>40643</x:v>
       </x:c>
       <x:c r="B3690" s="3">
-        <x:v>105383.76</x:v>
+        <x:v>105439.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3691" spans="1:2">
       <x:c r="A3691" s="2">
-        <x:v>40619</x:v>
+        <x:v>40640</x:v>
       </x:c>
       <x:c r="B3691" s="3">
-        <x:v>105376.61</x:v>
+        <x:v>105433.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3692" spans="1:2">
       <x:c r="A3692" s="2">
-        <x:v>40618</x:v>
+        <x:v>40639</x:v>
       </x:c>
       <x:c r="B3692" s="3">
-        <x:v>105374.18</x:v>
+        <x:v>105429.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3693" spans="1:2">
       <x:c r="A3693" s="2">
-        <x:v>40617</x:v>
+        <x:v>40638</x:v>
       </x:c>
       <x:c r="B3693" s="3">
-        <x:v>105370.78</x:v>
+        <x:v>105427.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3694" spans="1:2">
       <x:c r="A3694" s="2">
-        <x:v>40616</x:v>
+        <x:v>40637</x:v>
       </x:c>
       <x:c r="B3694" s="3">
-        <x:v>105367.77</x:v>
+        <x:v>105424.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3695" spans="1:2">
       <x:c r="A3695" s="2">
-        <x:v>40615</x:v>
+        <x:v>40636</x:v>
       </x:c>
       <x:c r="B3695" s="3">
-        <x:v>105365.46</x:v>
+        <x:v>105423.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3696" spans="1:2">
       <x:c r="A3696" s="2">
-        <x:v>40612</x:v>
+        <x:v>40633</x:v>
       </x:c>
       <x:c r="B3696" s="3">
-        <x:v>105357.58</x:v>
+        <x:v>105413.43</x:v>
       </x:c>
     </x:row>
     <x:row r="3697" spans="1:2">
       <x:c r="A3697" s="2">
-        <x:v>40611</x:v>
+        <x:v>40632</x:v>
       </x:c>
       <x:c r="B3697" s="3">
-        <x:v>105354.13</x:v>
+        <x:v>105410.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3698" spans="1:2">
       <x:c r="A3698" s="2">
-        <x:v>40610</x:v>
+        <x:v>40631</x:v>
       </x:c>
       <x:c r="B3698" s="3">
-        <x:v>105350.65</x:v>
+        <x:v>105406.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3699" spans="1:2">
       <x:c r="A3699" s="2">
-        <x:v>40609</x:v>
+        <x:v>40630</x:v>
       </x:c>
       <x:c r="B3699" s="3">
-        <x:v>105347.61</x:v>
+        <x:v>105403.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3700" spans="1:2">
       <x:c r="A3700" s="2">
-        <x:v>40608</x:v>
+        <x:v>40629</x:v>
       </x:c>
       <x:c r="B3700" s="3">
-        <x:v>105345.84</x:v>
+        <x:v>105401.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3701" spans="1:2">
       <x:c r="A3701" s="2">
-        <x:v>40605</x:v>
+        <x:v>40626</x:v>
       </x:c>
       <x:c r="B3701" s="3">
-        <x:v>105340.82</x:v>
+        <x:v>105394.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3702" spans="1:2">
       <x:c r="A3702" s="2">
-        <x:v>40604</x:v>
+        <x:v>40625</x:v>
       </x:c>
       <x:c r="B3702" s="3">
-        <x:v>105338.76</x:v>
+        <x:v>105391.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3703" spans="1:2">
       <x:c r="A3703" s="2">
-        <x:v>40603</x:v>
+        <x:v>40624</x:v>
       </x:c>
       <x:c r="B3703" s="3">
-        <x:v>105336.66</x:v>
+        <x:v>105389.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3704" spans="1:2">
       <x:c r="A3704" s="2">
-        <x:v>40602</x:v>
+        <x:v>40623</x:v>
       </x:c>
       <x:c r="B3704" s="3">
-        <x:v>105334.32</x:v>
+        <x:v>105386.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3705" spans="1:2">
       <x:c r="A3705" s="2">
-        <x:v>40601</x:v>
+        <x:v>40622</x:v>
       </x:c>
       <x:c r="B3705" s="3">
-        <x:v>105329.94</x:v>
+        <x:v>105383.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3706" spans="1:2">
       <x:c r="A3706" s="2">
-        <x:v>40598</x:v>
+        <x:v>40619</x:v>
       </x:c>
       <x:c r="B3706" s="3">
-        <x:v>105322.5</x:v>
+        <x:v>105376.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3707" spans="1:2">
       <x:c r="A3707" s="2">
-        <x:v>40597</x:v>
+        <x:v>40618</x:v>
       </x:c>
       <x:c r="B3707" s="3">
-        <x:v>105319.41</x:v>
+        <x:v>105374.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3708" spans="1:2">
       <x:c r="A3708" s="2">
-        <x:v>40596</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="B3708" s="3">
-        <x:v>105317</x:v>
+        <x:v>105370.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3709" spans="1:2">
       <x:c r="A3709" s="2">
-        <x:v>40595</x:v>
+        <x:v>40616</x:v>
       </x:c>
       <x:c r="B3709" s="3">
-        <x:v>105314.11</x:v>
+        <x:v>105367.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3710" spans="1:2">
       <x:c r="A3710" s="2">
-        <x:v>40594</x:v>
+        <x:v>40615</x:v>
       </x:c>
       <x:c r="B3710" s="3">
-        <x:v>105312.44</x:v>
+        <x:v>105365.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3711" spans="1:2">
       <x:c r="A3711" s="2">
-        <x:v>40591</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="B3711" s="3">
-        <x:v>105305.86</x:v>
+        <x:v>105357.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3712" spans="1:2">
       <x:c r="A3712" s="2">
-        <x:v>40590</x:v>
+        <x:v>40611</x:v>
       </x:c>
       <x:c r="B3712" s="3">
-        <x:v>105303.53</x:v>
+        <x:v>105354.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3713" spans="1:2">
       <x:c r="A3713" s="2">
-        <x:v>40589</x:v>
+        <x:v>40610</x:v>
       </x:c>
       <x:c r="B3713" s="3">
-        <x:v>105300.84</x:v>
+        <x:v>105350.65</x:v>
       </x:c>
     </x:row>
     <x:row r="3714" spans="1:2">
       <x:c r="A3714" s="2">
-        <x:v>40588</x:v>
+        <x:v>40609</x:v>
       </x:c>
       <x:c r="B3714" s="3">
-        <x:v>105297.99</x:v>
+        <x:v>105347.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3715" spans="1:2">
       <x:c r="A3715" s="2">
-        <x:v>40587</x:v>
+        <x:v>40608</x:v>
       </x:c>
       <x:c r="B3715" s="3">
-        <x:v>105294.78</x:v>
+        <x:v>105345.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3716" spans="1:2">
       <x:c r="A3716" s="2">
-        <x:v>40584</x:v>
+        <x:v>40605</x:v>
       </x:c>
       <x:c r="B3716" s="3">
-        <x:v>105285.24</x:v>
+        <x:v>105340.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3717" spans="1:2">
       <x:c r="A3717" s="2">
-        <x:v>40583</x:v>
+        <x:v>40604</x:v>
       </x:c>
       <x:c r="B3717" s="3">
-        <x:v>105281.68</x:v>
+        <x:v>105338.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3718" spans="1:2">
       <x:c r="A3718" s="2">
-        <x:v>40582</x:v>
+        <x:v>40603</x:v>
       </x:c>
       <x:c r="B3718" s="3">
-        <x:v>105277.68</x:v>
+        <x:v>105336.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3719" spans="1:2">
       <x:c r="A3719" s="2">
-        <x:v>40581</x:v>
+        <x:v>40602</x:v>
       </x:c>
       <x:c r="B3719" s="3">
-        <x:v>105276.1</x:v>
+        <x:v>105334.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3720" spans="1:2">
       <x:c r="A3720" s="2">
-        <x:v>40580</x:v>
+        <x:v>40601</x:v>
       </x:c>
       <x:c r="B3720" s="3">
-        <x:v>105274.68</x:v>
+        <x:v>105329.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3721" spans="1:2">
       <x:c r="A3721" s="2">
-        <x:v>40577</x:v>
+        <x:v>40598</x:v>
       </x:c>
       <x:c r="B3721" s="3">
-        <x:v>105268.85</x:v>
+        <x:v>105322.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3722" spans="1:2">
       <x:c r="A3722" s="2">
-        <x:v>40576</x:v>
+        <x:v>40597</x:v>
       </x:c>
       <x:c r="B3722" s="3">
-        <x:v>105265.92</x:v>
+        <x:v>105319.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3723" spans="1:2">
       <x:c r="A3723" s="2">
-        <x:v>40575</x:v>
+        <x:v>40596</x:v>
       </x:c>
       <x:c r="B3723" s="3">
-        <x:v>105260.84</x:v>
+        <x:v>105317</x:v>
       </x:c>
     </x:row>
     <x:row r="3724" spans="1:2">
       <x:c r="A3724" s="2">
-        <x:v>40574</x:v>
+        <x:v>40595</x:v>
       </x:c>
       <x:c r="B3724" s="3">
-        <x:v>105257.12</x:v>
+        <x:v>105314.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3725" spans="1:2">
       <x:c r="A3725" s="2">
-        <x:v>40573</x:v>
+        <x:v>40594</x:v>
       </x:c>
       <x:c r="B3725" s="3">
-        <x:v>105254.08</x:v>
+        <x:v>105312.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3726" spans="1:2">
       <x:c r="A3726" s="2">
-        <x:v>40570</x:v>
+        <x:v>40591</x:v>
       </x:c>
       <x:c r="B3726" s="3">
-        <x:v>105243.85</x:v>
+        <x:v>105305.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3727" spans="1:2">
       <x:c r="A3727" s="2">
-        <x:v>40569</x:v>
+        <x:v>40590</x:v>
       </x:c>
       <x:c r="B3727" s="3">
-        <x:v>105240.46</x:v>
+        <x:v>105303.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3728" spans="1:2">
       <x:c r="A3728" s="2">
-        <x:v>40568</x:v>
+        <x:v>40589</x:v>
       </x:c>
       <x:c r="B3728" s="3">
-        <x:v>105237.17</x:v>
+        <x:v>105300.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3729" spans="1:2">
       <x:c r="A3729" s="2">
-        <x:v>40567</x:v>
+        <x:v>40588</x:v>
       </x:c>
       <x:c r="B3729" s="3">
-        <x:v>105234.15</x:v>
+        <x:v>105297.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3730" spans="1:2">
       <x:c r="A3730" s="2">
-        <x:v>40566</x:v>
+        <x:v>40587</x:v>
       </x:c>
       <x:c r="B3730" s="3">
-        <x:v>105230.53</x:v>
+        <x:v>105294.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3731" spans="1:2">
       <x:c r="A3731" s="2">
-        <x:v>40563</x:v>
+        <x:v>40584</x:v>
       </x:c>
       <x:c r="B3731" s="3">
-        <x:v>105223.64</x:v>
+        <x:v>105285.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3732" spans="1:2">
       <x:c r="A3732" s="2">
-        <x:v>40562</x:v>
+        <x:v>40583</x:v>
       </x:c>
       <x:c r="B3732" s="3">
-        <x:v>105221.62</x:v>
+        <x:v>105281.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3733" spans="1:2">
       <x:c r="A3733" s="2">
-        <x:v>40561</x:v>
+        <x:v>40582</x:v>
       </x:c>
       <x:c r="B3733" s="3">
-        <x:v>105219.24</x:v>
+        <x:v>105277.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3734" spans="1:2">
       <x:c r="A3734" s="2">
-        <x:v>40560</x:v>
+        <x:v>40581</x:v>
       </x:c>
       <x:c r="B3734" s="3">
-        <x:v>105218.23</x:v>
+        <x:v>105276.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3735" spans="1:2">
       <x:c r="A3735" s="2">
-        <x:v>40559</x:v>
+        <x:v>40580</x:v>
       </x:c>
       <x:c r="B3735" s="3">
-        <x:v>105217.21</x:v>
+        <x:v>105274.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3736" spans="1:2">
       <x:c r="A3736" s="2">
-        <x:v>40556</x:v>
+        <x:v>40577</x:v>
       </x:c>
       <x:c r="B3736" s="3">
-        <x:v>105213.53</x:v>
+        <x:v>105268.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3737" spans="1:2">
       <x:c r="A3737" s="2">
-        <x:v>40555</x:v>
+        <x:v>40576</x:v>
       </x:c>
       <x:c r="B3737" s="3">
-        <x:v>105212.46</x:v>
+        <x:v>105265.92</x:v>
       </x:c>
     </x:row>
     <x:row r="3738" spans="1:2">
       <x:c r="A3738" s="2">
-        <x:v>40554</x:v>
+        <x:v>40575</x:v>
       </x:c>
       <x:c r="B3738" s="3">
-        <x:v>105211.29</x:v>
+        <x:v>105260.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3739" spans="1:2">
       <x:c r="A3739" s="2">
-        <x:v>40553</x:v>
+        <x:v>40574</x:v>
       </x:c>
       <x:c r="B3739" s="3">
-        <x:v>105209.85</x:v>
+        <x:v>105257.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3740" spans="1:2">
       <x:c r="A3740" s="2">
-        <x:v>40552</x:v>
+        <x:v>40573</x:v>
       </x:c>
       <x:c r="B3740" s="3">
-        <x:v>105208.11</x:v>
+        <x:v>105254.08</x:v>
       </x:c>
     </x:row>
     <x:row r="3741" spans="1:2">
       <x:c r="A3741" s="2">
-        <x:v>40549</x:v>
+        <x:v>40570</x:v>
       </x:c>
       <x:c r="B3741" s="3">
-        <x:v>105203.87</x:v>
+        <x:v>105243.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3742" spans="1:2">
       <x:c r="A3742" s="2">
-        <x:v>40548</x:v>
+        <x:v>40569</x:v>
       </x:c>
       <x:c r="B3742" s="3">
-        <x:v>105203.19</x:v>
+        <x:v>105240.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3743" spans="1:2">
       <x:c r="A3743" s="2">
-        <x:v>40547</x:v>
+        <x:v>40568</x:v>
       </x:c>
       <x:c r="B3743" s="3">
-        <x:v>105198.82</x:v>
+        <x:v>105237.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3744" spans="1:2">
       <x:c r="A3744" s="2">
-        <x:v>40546</x:v>
+        <x:v>40567</x:v>
       </x:c>
       <x:c r="B3744" s="3">
-        <x:v>105197.31</x:v>
+        <x:v>105234.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3745" spans="1:2">
       <x:c r="A3745" s="2">
-        <x:v>40545</x:v>
+        <x:v>40566</x:v>
       </x:c>
       <x:c r="B3745" s="3">
-        <x:v>105191.25</x:v>
+        <x:v>105230.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3746" spans="1:2">
       <x:c r="A3746" s="2">
-        <x:v>40542</x:v>
+        <x:v>40563</x:v>
       </x:c>
       <x:c r="B3746" s="3">
-        <x:v>105186.59</x:v>
+        <x:v>105223.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3747" spans="1:2">
       <x:c r="A3747" s="2">
-        <x:v>40541</x:v>
+        <x:v>40562</x:v>
       </x:c>
       <x:c r="B3747" s="3">
-        <x:v>105183.09</x:v>
+        <x:v>105221.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3748" spans="1:2">
       <x:c r="A3748" s="2">
-        <x:v>40540</x:v>
+        <x:v>40561</x:v>
       </x:c>
       <x:c r="B3748" s="3">
-        <x:v>105181.34</x:v>
+        <x:v>105219.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3749" spans="1:2">
       <x:c r="A3749" s="2">
-        <x:v>40539</x:v>
+        <x:v>40560</x:v>
       </x:c>
       <x:c r="B3749" s="3">
-        <x:v>105179.83</x:v>
+        <x:v>105218.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3750" spans="1:2">
       <x:c r="A3750" s="2">
-        <x:v>40538</x:v>
+        <x:v>40559</x:v>
       </x:c>
       <x:c r="B3750" s="3">
-        <x:v>105177.85</x:v>
+        <x:v>105217.21</x:v>
       </x:c>
     </x:row>
     <x:row r="3751" spans="1:2">
       <x:c r="A3751" s="2">
-        <x:v>40535</x:v>
+        <x:v>40556</x:v>
       </x:c>
       <x:c r="B3751" s="3">
-        <x:v>105173.69</x:v>
+        <x:v>105213.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3752" spans="1:2">
       <x:c r="A3752" s="2">
-        <x:v>40534</x:v>
+        <x:v>40555</x:v>
       </x:c>
       <x:c r="B3752" s="3">
-        <x:v>105172.6</x:v>
+        <x:v>105212.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3753" spans="1:2">
       <x:c r="A3753" s="2">
-        <x:v>40533</x:v>
+        <x:v>40554</x:v>
       </x:c>
       <x:c r="B3753" s="3">
-        <x:v>105171.09</x:v>
+        <x:v>105211.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3754" spans="1:2">
       <x:c r="A3754" s="2">
-        <x:v>40532</x:v>
+        <x:v>40553</x:v>
       </x:c>
       <x:c r="B3754" s="3">
-        <x:v>105166.57</x:v>
+        <x:v>105209.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3755" spans="1:2">
       <x:c r="A3755" s="2">
-        <x:v>40531</x:v>
+        <x:v>40552</x:v>
       </x:c>
       <x:c r="B3755" s="3">
-        <x:v>105165.23</x:v>
+        <x:v>105208.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3756" spans="1:2">
       <x:c r="A3756" s="2">
-        <x:v>40528</x:v>
+        <x:v>40549</x:v>
       </x:c>
       <x:c r="B3756" s="3">
-        <x:v>105160.23</x:v>
+        <x:v>105203.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3757" spans="1:2">
       <x:c r="A3757" s="2">
-        <x:v>40527</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="B3757" s="3">
-        <x:v>105158.37</x:v>
+        <x:v>105203.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3758" spans="1:2">
       <x:c r="A3758" s="2">
-        <x:v>40526</x:v>
+        <x:v>40547</x:v>
       </x:c>
       <x:c r="B3758" s="3">
-        <x:v>105156.48</x:v>
+        <x:v>105198.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3759" spans="1:2">
       <x:c r="A3759" s="2">
-        <x:v>40525</x:v>
+        <x:v>40546</x:v>
       </x:c>
       <x:c r="B3759" s="3">
-        <x:v>105154.38</x:v>
+        <x:v>105197.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3760" spans="1:2">
       <x:c r="A3760" s="2">
-        <x:v>40524</x:v>
+        <x:v>40545</x:v>
       </x:c>
       <x:c r="B3760" s="3">
-        <x:v>105152.16</x:v>
+        <x:v>105191.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3761" spans="1:2">
       <x:c r="A3761" s="2">
-        <x:v>40521</x:v>
+        <x:v>40542</x:v>
       </x:c>
       <x:c r="B3761" s="3">
-        <x:v>105145.5</x:v>
+        <x:v>105186.59</x:v>
       </x:c>
     </x:row>
     <x:row r="3762" spans="1:2">
       <x:c r="A3762" s="2">
-        <x:v>40520</x:v>
+        <x:v>40541</x:v>
       </x:c>
       <x:c r="B3762" s="3">
-        <x:v>105142.82</x:v>
+        <x:v>105183.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3763" spans="1:2">
       <x:c r="A3763" s="2">
-        <x:v>40519</x:v>
+        <x:v>40540</x:v>
       </x:c>
       <x:c r="B3763" s="3">
-        <x:v>105140.62</x:v>
+        <x:v>105181.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3764" spans="1:2">
       <x:c r="A3764" s="2">
-        <x:v>40518</x:v>
+        <x:v>40539</x:v>
       </x:c>
       <x:c r="B3764" s="3">
-        <x:v>105139.07</x:v>
+        <x:v>105179.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3765" spans="1:2">
       <x:c r="A3765" s="2">
-        <x:v>40517</x:v>
+        <x:v>40538</x:v>
       </x:c>
       <x:c r="B3765" s="3">
-        <x:v>105137.55</x:v>
+        <x:v>105177.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3766" spans="1:2">
       <x:c r="A3766" s="2">
-        <x:v>40514</x:v>
+        <x:v>40535</x:v>
       </x:c>
       <x:c r="B3766" s="3">
-        <x:v>105132.73</x:v>
+        <x:v>105173.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3767" spans="1:2">
       <x:c r="A3767" s="2">
-        <x:v>40513</x:v>
+        <x:v>40534</x:v>
       </x:c>
       <x:c r="B3767" s="3">
-        <x:v>105131.2</x:v>
+        <x:v>105172.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3768" spans="1:2">
       <x:c r="A3768" s="2">
-        <x:v>40512</x:v>
+        <x:v>40533</x:v>
       </x:c>
       <x:c r="B3768" s="3">
-        <x:v>105129.28</x:v>
+        <x:v>105171.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3769" spans="1:2">
       <x:c r="A3769" s="2">
-        <x:v>40511</x:v>
+        <x:v>40532</x:v>
       </x:c>
       <x:c r="B3769" s="3">
-        <x:v>105126.68</x:v>
+        <x:v>105166.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3770" spans="1:2">
       <x:c r="A3770" s="2">
-        <x:v>40510</x:v>
+        <x:v>40531</x:v>
       </x:c>
       <x:c r="B3770" s="3">
-        <x:v>105125</x:v>
+        <x:v>105165.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3771" spans="1:2">
       <x:c r="A3771" s="2">
-        <x:v>40507</x:v>
+        <x:v>40528</x:v>
       </x:c>
       <x:c r="B3771" s="3">
-        <x:v>105120.01</x:v>
+        <x:v>105160.23</x:v>
       </x:c>
     </x:row>
     <x:row r="3772" spans="1:2">
       <x:c r="A3772" s="2">
-        <x:v>40506</x:v>
+        <x:v>40527</x:v>
       </x:c>
       <x:c r="B3772" s="3">
-        <x:v>105118.14</x:v>
+        <x:v>105158.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3773" spans="1:2">
       <x:c r="A3773" s="2">
-        <x:v>40505</x:v>
+        <x:v>40526</x:v>
       </x:c>
       <x:c r="B3773" s="3">
-        <x:v>105115.57</x:v>
+        <x:v>105156.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3774" spans="1:2">
       <x:c r="A3774" s="2">
-        <x:v>40504</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="B3774" s="3">
-        <x:v>105112.94</x:v>
+        <x:v>105154.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3775" spans="1:2">
       <x:c r="A3775" s="2">
-        <x:v>40503</x:v>
+        <x:v>40524</x:v>
       </x:c>
       <x:c r="B3775" s="3">
-        <x:v>105111</x:v>
+        <x:v>105152.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3776" spans="1:2">
       <x:c r="A3776" s="2">
-        <x:v>40500</x:v>
+        <x:v>40521</x:v>
       </x:c>
       <x:c r="B3776" s="3">
-        <x:v>105105.34</x:v>
+        <x:v>105145.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3777" spans="1:2">
       <x:c r="A3777" s="2">
-        <x:v>40499</x:v>
+        <x:v>40520</x:v>
       </x:c>
       <x:c r="B3777" s="3">
-        <x:v>105103.03</x:v>
+        <x:v>105142.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3778" spans="1:2">
       <x:c r="A3778" s="2">
-        <x:v>40498</x:v>
+        <x:v>40519</x:v>
       </x:c>
       <x:c r="B3778" s="3">
-        <x:v>105100.13</x:v>
+        <x:v>105140.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3779" spans="1:2">
       <x:c r="A3779" s="2">
-        <x:v>40497</x:v>
+        <x:v>40518</x:v>
       </x:c>
       <x:c r="B3779" s="3">
-        <x:v>105097.89</x:v>
+        <x:v>105139.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3780" spans="1:2">
       <x:c r="A3780" s="2">
-        <x:v>40496</x:v>
+        <x:v>40517</x:v>
       </x:c>
       <x:c r="B3780" s="3">
-        <x:v>105094.6</x:v>
+        <x:v>105137.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3781" spans="1:2">
       <x:c r="A3781" s="2">
-        <x:v>40493</x:v>
+        <x:v>40514</x:v>
       </x:c>
       <x:c r="B3781" s="3">
-        <x:v>105087.18</x:v>
+        <x:v>105132.73</x:v>
       </x:c>
     </x:row>
     <x:row r="3782" spans="1:2">
       <x:c r="A3782" s="2">
-        <x:v>40491</x:v>
+        <x:v>40513</x:v>
       </x:c>
       <x:c r="B3782" s="3">
-        <x:v>105082.58</x:v>
+        <x:v>105131.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3783" spans="1:2">
       <x:c r="A3783" s="2">
-        <x:v>40490</x:v>
+        <x:v>40512</x:v>
       </x:c>
       <x:c r="B3783" s="3">
-        <x:v>105080.7</x:v>
+        <x:v>105129.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3784" spans="1:2">
       <x:c r="A3784" s="2">
-        <x:v>40489</x:v>
+        <x:v>40511</x:v>
       </x:c>
       <x:c r="B3784" s="3">
-        <x:v>105078.85</x:v>
+        <x:v>105126.68</x:v>
       </x:c>
     </x:row>
     <x:row r="3785" spans="1:2">
       <x:c r="A3785" s="2">
-        <x:v>40486</x:v>
+        <x:v>40510</x:v>
       </x:c>
       <x:c r="B3785" s="3">
-        <x:v>105074.02</x:v>
+        <x:v>105125</x:v>
       </x:c>
     </x:row>
     <x:row r="3786" spans="1:2">
       <x:c r="A3786" s="2">
-        <x:v>40485</x:v>
+        <x:v>40507</x:v>
       </x:c>
       <x:c r="B3786" s="3">
-        <x:v>105070.62</x:v>
+        <x:v>105120.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3787" spans="1:2">
       <x:c r="A3787" s="2">
-        <x:v>40484</x:v>
+        <x:v>40506</x:v>
       </x:c>
       <x:c r="B3787" s="3">
-        <x:v>105068.53</x:v>
+        <x:v>105118.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3788" spans="1:2">
       <x:c r="A3788" s="2">
-        <x:v>40483</x:v>
+        <x:v>40505</x:v>
       </x:c>
       <x:c r="B3788" s="3">
-        <x:v>105066.47</x:v>
+        <x:v>105115.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3789" spans="1:2">
       <x:c r="A3789" s="2">
-        <x:v>40479</x:v>
+        <x:v>40504</x:v>
       </x:c>
       <x:c r="B3789" s="3">
-        <x:v>105056.94</x:v>
+        <x:v>105112.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3790" spans="1:2">
       <x:c r="A3790" s="2">
-        <x:v>40478</x:v>
+        <x:v>40503</x:v>
       </x:c>
       <x:c r="B3790" s="3">
-        <x:v>105053.69</x:v>
+        <x:v>105111</x:v>
       </x:c>
     </x:row>
     <x:row r="3791" spans="1:2">
       <x:c r="A3791" s="2">
-        <x:v>40477</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="B3791" s="3">
-        <x:v>105050.64</x:v>
+        <x:v>105105.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3792" spans="1:2">
       <x:c r="A3792" s="2">
-        <x:v>40476</x:v>
+        <x:v>40499</x:v>
       </x:c>
       <x:c r="B3792" s="3">
-        <x:v>105047.86</x:v>
+        <x:v>105103.03</x:v>
       </x:c>
     </x:row>
     <x:row r="3793" spans="1:2">
       <x:c r="A3793" s="2">
-        <x:v>40475</x:v>
+        <x:v>40498</x:v>
       </x:c>
       <x:c r="B3793" s="3">
-        <x:v>105043.99</x:v>
+        <x:v>105100.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3794" spans="1:2">
       <x:c r="A3794" s="2">
-        <x:v>40472</x:v>
+        <x:v>40497</x:v>
       </x:c>
       <x:c r="B3794" s="3">
-        <x:v>105035.34</x:v>
+        <x:v>105097.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3795" spans="1:2">
       <x:c r="A3795" s="2">
-        <x:v>40471</x:v>
+        <x:v>40496</x:v>
       </x:c>
       <x:c r="B3795" s="3">
-        <x:v>105030.84</x:v>
+        <x:v>105094.6</x:v>
       </x:c>
     </x:row>
     <x:row r="3796" spans="1:2">
       <x:c r="A3796" s="2">
-        <x:v>40470</x:v>
+        <x:v>40493</x:v>
       </x:c>
       <x:c r="B3796" s="3">
-        <x:v>105028.24</x:v>
+        <x:v>105087.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3797" spans="1:2">
       <x:c r="A3797" s="2">
-        <x:v>40469</x:v>
+        <x:v>40491</x:v>
       </x:c>
       <x:c r="B3797" s="3">
-        <x:v>105025.09</x:v>
+        <x:v>105082.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3798" spans="1:2">
       <x:c r="A3798" s="2">
-        <x:v>40468</x:v>
+        <x:v>40490</x:v>
       </x:c>
       <x:c r="B3798" s="3">
-        <x:v>105022.4</x:v>
+        <x:v>105080.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3799" spans="1:2">
       <x:c r="A3799" s="2">
-        <x:v>40465</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="B3799" s="3">
-        <x:v>105015.42</x:v>
+        <x:v>105078.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3800" spans="1:2">
       <x:c r="A3800" s="2">
-        <x:v>40464</x:v>
+        <x:v>40486</x:v>
       </x:c>
       <x:c r="B3800" s="3">
-        <x:v>105012.2</x:v>
+        <x:v>105074.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3801" spans="1:2">
       <x:c r="A3801" s="2">
-        <x:v>40463</x:v>
+        <x:v>40485</x:v>
       </x:c>
       <x:c r="B3801" s="3">
-        <x:v>105009.36</x:v>
+        <x:v>105070.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3802" spans="1:2">
       <x:c r="A3802" s="2">
-        <x:v>40462</x:v>
+        <x:v>40484</x:v>
       </x:c>
       <x:c r="B3802" s="3">
-        <x:v>105007.2</x:v>
+        <x:v>105068.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3803" spans="1:2">
       <x:c r="A3803" s="2">
-        <x:v>40461</x:v>
+        <x:v>40483</x:v>
       </x:c>
       <x:c r="B3803" s="3">
-        <x:v>105005.1</x:v>
+        <x:v>105066.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3804" spans="1:2">
       <x:c r="A3804" s="2">
-        <x:v>40458</x:v>
+        <x:v>40479</x:v>
       </x:c>
       <x:c r="B3804" s="3">
-        <x:v>104999.09</x:v>
+        <x:v>105056.94</x:v>
       </x:c>
     </x:row>
     <x:row r="3805" spans="1:2">
       <x:c r="A3805" s="2">
-        <x:v>40457</x:v>
+        <x:v>40478</x:v>
       </x:c>
       <x:c r="B3805" s="3">
-        <x:v>104996.38</x:v>
+        <x:v>105053.69</x:v>
       </x:c>
     </x:row>
     <x:row r="3806" spans="1:2">
       <x:c r="A3806" s="2">
-        <x:v>40456</x:v>
+        <x:v>40477</x:v>
       </x:c>
       <x:c r="B3806" s="3">
-        <x:v>104993.45</x:v>
+        <x:v>105050.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3807" spans="1:2">
       <x:c r="A3807" s="2">
-        <x:v>40455</x:v>
+        <x:v>40476</x:v>
       </x:c>
       <x:c r="B3807" s="3">
-        <x:v>104990.1</x:v>
+        <x:v>105047.86</x:v>
       </x:c>
     </x:row>
     <x:row r="3808" spans="1:2">
       <x:c r="A3808" s="2">
-        <x:v>40454</x:v>
+        <x:v>40475</x:v>
       </x:c>
       <x:c r="B3808" s="3">
-        <x:v>104987.76</x:v>
+        <x:v>105043.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3809" spans="1:2">
       <x:c r="A3809" s="2">
-        <x:v>40451</x:v>
+        <x:v>40472</x:v>
       </x:c>
       <x:c r="B3809" s="3">
-        <x:v>104978.47</x:v>
+        <x:v>105035.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3810" spans="1:2">
       <x:c r="A3810" s="2">
-        <x:v>40450</x:v>
+        <x:v>40471</x:v>
       </x:c>
       <x:c r="B3810" s="3">
-        <x:v>104976.16</x:v>
+        <x:v>105030.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3811" spans="1:2">
       <x:c r="A3811" s="2">
-        <x:v>40449</x:v>
+        <x:v>40470</x:v>
       </x:c>
       <x:c r="B3811" s="3">
-        <x:v>104974.37</x:v>
+        <x:v>105028.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3812" spans="1:2">
       <x:c r="A3812" s="2">
-        <x:v>40448</x:v>
+        <x:v>40469</x:v>
       </x:c>
       <x:c r="B3812" s="3">
-        <x:v>104972.64</x:v>
+        <x:v>105025.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3813" spans="1:2">
       <x:c r="A3813" s="2">
-        <x:v>40447</x:v>
+        <x:v>40468</x:v>
       </x:c>
       <x:c r="B3813" s="3">
-        <x:v>104970.71</x:v>
+        <x:v>105022.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3814" spans="1:2">
       <x:c r="A3814" s="2">
-        <x:v>40444</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="B3814" s="3">
-        <x:v>104965.79</x:v>
+        <x:v>105015.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3815" spans="1:2">
       <x:c r="A3815" s="2">
-        <x:v>40443</x:v>
+        <x:v>40464</x:v>
       </x:c>
       <x:c r="B3815" s="3">
-        <x:v>104963.7</x:v>
+        <x:v>105012.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3816" spans="1:2">
       <x:c r="A3816" s="2">
-        <x:v>40442</x:v>
+        <x:v>40463</x:v>
       </x:c>
       <x:c r="B3816" s="3">
-        <x:v>104961.9</x:v>
+        <x:v>105009.36</x:v>
       </x:c>
     </x:row>
     <x:row r="3817" spans="1:2">
       <x:c r="A3817" s="2">
-        <x:v>40441</x:v>
+        <x:v>40462</x:v>
       </x:c>
       <x:c r="B3817" s="3">
-        <x:v>104960.12</x:v>
+        <x:v>105007.2</x:v>
       </x:c>
     </x:row>
     <x:row r="3818" spans="1:2">
       <x:c r="A3818" s="2">
-        <x:v>40440</x:v>
+        <x:v>40461</x:v>
       </x:c>
       <x:c r="B3818" s="3">
-        <x:v>104957.32</x:v>
+        <x:v>105005.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3819" spans="1:2">
       <x:c r="A3819" s="2">
-        <x:v>40437</x:v>
+        <x:v>40458</x:v>
       </x:c>
       <x:c r="B3819" s="3">
-        <x:v>104951.66</x:v>
+        <x:v>104999.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3820" spans="1:2">
       <x:c r="A3820" s="2">
-        <x:v>40436</x:v>
+        <x:v>40457</x:v>
       </x:c>
       <x:c r="B3820" s="3">
-        <x:v>104948.49</x:v>
+        <x:v>104996.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3821" spans="1:2">
       <x:c r="A3821" s="2">
-        <x:v>40435</x:v>
+        <x:v>40456</x:v>
       </x:c>
       <x:c r="B3821" s="3">
-        <x:v>104945.4</x:v>
+        <x:v>104993.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3822" spans="1:2">
       <x:c r="A3822" s="2">
-        <x:v>40434</x:v>
+        <x:v>40455</x:v>
       </x:c>
       <x:c r="B3822" s="3">
-        <x:v>104942.89</x:v>
+        <x:v>104990.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3823" spans="1:2">
       <x:c r="A3823" s="2">
-        <x:v>40433</x:v>
+        <x:v>40454</x:v>
       </x:c>
       <x:c r="B3823" s="3">
-        <x:v>104940.29</x:v>
+        <x:v>104987.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3824" spans="1:2">
       <x:c r="A3824" s="2">
-        <x:v>40430</x:v>
+        <x:v>40451</x:v>
       </x:c>
       <x:c r="B3824" s="3">
-        <x:v>104934.88</x:v>
+        <x:v>104978.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3825" spans="1:2">
       <x:c r="A3825" s="2">
-        <x:v>40429</x:v>
+        <x:v>40450</x:v>
       </x:c>
       <x:c r="B3825" s="3">
-        <x:v>104933.13</x:v>
+        <x:v>104976.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3826" spans="1:2">
       <x:c r="A3826" s="2">
-        <x:v>40428</x:v>
+        <x:v>40449</x:v>
       </x:c>
       <x:c r="B3826" s="3">
-        <x:v>104930.62</x:v>
+        <x:v>104974.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3827" spans="1:2">
       <x:c r="A3827" s="2">
-        <x:v>40427</x:v>
+        <x:v>40448</x:v>
       </x:c>
       <x:c r="B3827" s="3">
-        <x:v>104928.89</x:v>
+        <x:v>104972.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3828" spans="1:2">
       <x:c r="A3828" s="2">
-        <x:v>40426</x:v>
+        <x:v>40447</x:v>
       </x:c>
       <x:c r="B3828" s="3">
-        <x:v>104927.07</x:v>
+        <x:v>104970.71</x:v>
       </x:c>
     </x:row>
     <x:row r="3829" spans="1:2">
       <x:c r="A3829" s="2">
-        <x:v>40423</x:v>
+        <x:v>40444</x:v>
       </x:c>
       <x:c r="B3829" s="3">
-        <x:v>104922.17</x:v>
+        <x:v>104965.79</x:v>
       </x:c>
     </x:row>
     <x:row r="3830" spans="1:2">
       <x:c r="A3830" s="2">
-        <x:v>40422</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="B3830" s="3">
-        <x:v>104920.8</x:v>
+        <x:v>104963.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3831" spans="1:2">
       <x:c r="A3831" s="2">
-        <x:v>40421</x:v>
+        <x:v>40442</x:v>
       </x:c>
       <x:c r="B3831" s="3">
-        <x:v>104919.4</x:v>
+        <x:v>104961.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3832" spans="1:2">
       <x:c r="A3832" s="2">
-        <x:v>40420</x:v>
+        <x:v>40441</x:v>
       </x:c>
       <x:c r="B3832" s="3">
-        <x:v>104917.24</x:v>
+        <x:v>104960.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3833" spans="1:2">
       <x:c r="A3833" s="2">
-        <x:v>40419</x:v>
+        <x:v>40440</x:v>
       </x:c>
       <x:c r="B3833" s="3">
-        <x:v>104915.01</x:v>
+        <x:v>104957.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3834" spans="1:2">
       <x:c r="A3834" s="2">
-        <x:v>40416</x:v>
+        <x:v>40437</x:v>
       </x:c>
       <x:c r="B3834" s="3">
-        <x:v>104910.16</x:v>
+        <x:v>104951.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3835" spans="1:2">
       <x:c r="A3835" s="2">
-        <x:v>40415</x:v>
+        <x:v>40436</x:v>
       </x:c>
       <x:c r="B3835" s="3">
-        <x:v>104908.49</x:v>
+        <x:v>104948.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3836" spans="1:2">
       <x:c r="A3836" s="2">
-        <x:v>40414</x:v>
+        <x:v>40435</x:v>
       </x:c>
       <x:c r="B3836" s="3">
-        <x:v>104906.55</x:v>
+        <x:v>104945.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3837" spans="1:2">
       <x:c r="A3837" s="2">
-        <x:v>40413</x:v>
+        <x:v>40434</x:v>
       </x:c>
       <x:c r="B3837" s="3">
-        <x:v>104904.5</x:v>
+        <x:v>104942.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3838" spans="1:2">
       <x:c r="A3838" s="2">
-        <x:v>40412</x:v>
+        <x:v>40433</x:v>
       </x:c>
       <x:c r="B3838" s="3">
-        <x:v>104902.25</x:v>
+        <x:v>104940.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3839" spans="1:2">
       <x:c r="A3839" s="2">
-        <x:v>40409</x:v>
+        <x:v>40430</x:v>
       </x:c>
       <x:c r="B3839" s="3">
-        <x:v>104896.4</x:v>
+        <x:v>104934.88</x:v>
       </x:c>
     </x:row>
     <x:row r="3840" spans="1:2">
       <x:c r="A3840" s="2">
-        <x:v>40408</x:v>
+        <x:v>40429</x:v>
       </x:c>
       <x:c r="B3840" s="3">
-        <x:v>104894.37</x:v>
+        <x:v>104933.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3841" spans="1:2">
       <x:c r="A3841" s="2">
-        <x:v>40407</x:v>
+        <x:v>40428</x:v>
       </x:c>
       <x:c r="B3841" s="3">
-        <x:v>104892.47</x:v>
+        <x:v>104930.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3842" spans="1:2">
       <x:c r="A3842" s="2">
-        <x:v>40406</x:v>
+        <x:v>40427</x:v>
       </x:c>
       <x:c r="B3842" s="3">
-        <x:v>104890.44</x:v>
+        <x:v>104928.89</x:v>
       </x:c>
     </x:row>
     <x:row r="3843" spans="1:2">
       <x:c r="A3843" s="2">
-        <x:v>40405</x:v>
+        <x:v>40426</x:v>
       </x:c>
       <x:c r="B3843" s="3">
-        <x:v>104888.61</x:v>
+        <x:v>104927.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3844" spans="1:2">
       <x:c r="A3844" s="2">
-        <x:v>40402</x:v>
+        <x:v>40423</x:v>
       </x:c>
       <x:c r="B3844" s="3">
-        <x:v>104883.49</x:v>
+        <x:v>104922.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3845" spans="1:2">
       <x:c r="A3845" s="2">
-        <x:v>40401</x:v>
+        <x:v>40422</x:v>
       </x:c>
       <x:c r="B3845" s="3">
-        <x:v>104881.72</x:v>
+        <x:v>104920.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3846" spans="1:2">
       <x:c r="A3846" s="2">
-        <x:v>40400</x:v>
+        <x:v>40421</x:v>
       </x:c>
       <x:c r="B3846" s="3">
-        <x:v>104879.45</x:v>
+        <x:v>104919.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3847" spans="1:2">
       <x:c r="A3847" s="2">
-        <x:v>40399</x:v>
+        <x:v>40420</x:v>
       </x:c>
       <x:c r="B3847" s="3">
-        <x:v>104878.42</x:v>
+        <x:v>104917.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3848" spans="1:2">
       <x:c r="A3848" s="2">
-        <x:v>40398</x:v>
+        <x:v>40419</x:v>
       </x:c>
       <x:c r="B3848" s="3">
-        <x:v>104876.53</x:v>
+        <x:v>104915.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3849" spans="1:2">
       <x:c r="A3849" s="2">
-        <x:v>40395</x:v>
+        <x:v>40416</x:v>
       </x:c>
       <x:c r="B3849" s="3">
-        <x:v>104871.95</x:v>
+        <x:v>104910.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3850" spans="1:2">
       <x:c r="A3850" s="2">
-        <x:v>40394</x:v>
+        <x:v>40415</x:v>
       </x:c>
       <x:c r="B3850" s="3">
-        <x:v>104870.48</x:v>
+        <x:v>104908.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3851" spans="1:2">
       <x:c r="A3851" s="2">
-        <x:v>40393</x:v>
+        <x:v>40414</x:v>
       </x:c>
       <x:c r="B3851" s="3">
-        <x:v>104868.97</x:v>
+        <x:v>104906.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3852" spans="1:2">
       <x:c r="A3852" s="2">
-        <x:v>40392</x:v>
+        <x:v>40413</x:v>
       </x:c>
       <x:c r="B3852" s="3">
-        <x:v>104867.41</x:v>
+        <x:v>104904.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3853" spans="1:2">
       <x:c r="A3853" s="2">
-        <x:v>40391</x:v>
+        <x:v>40412</x:v>
       </x:c>
       <x:c r="B3853" s="3">
-        <x:v>104865.8</x:v>
+        <x:v>104902.25</x:v>
       </x:c>
     </x:row>
     <x:row r="3854" spans="1:2">
       <x:c r="A3854" s="2">
-        <x:v>40388</x:v>
+        <x:v>40409</x:v>
       </x:c>
       <x:c r="B3854" s="3">
-        <x:v>104861.13</x:v>
+        <x:v>104896.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3855" spans="1:2">
       <x:c r="A3855" s="2">
-        <x:v>40387</x:v>
+        <x:v>40408</x:v>
       </x:c>
       <x:c r="B3855" s="3">
-        <x:v>104859.4</x:v>
+        <x:v>104894.37</x:v>
       </x:c>
     </x:row>
     <x:row r="3856" spans="1:2">
       <x:c r="A3856" s="2">
-        <x:v>40386</x:v>
+        <x:v>40407</x:v>
       </x:c>
       <x:c r="B3856" s="3">
-        <x:v>104857.57</x:v>
+        <x:v>104892.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3857" spans="1:2">
       <x:c r="A3857" s="2">
-        <x:v>40385</x:v>
+        <x:v>40406</x:v>
       </x:c>
       <x:c r="B3857" s="3">
-        <x:v>104855.84</x:v>
+        <x:v>104890.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3858" spans="1:2">
       <x:c r="A3858" s="2">
-        <x:v>40384</x:v>
+        <x:v>40405</x:v>
       </x:c>
       <x:c r="B3858" s="3">
-        <x:v>104854.1</x:v>
+        <x:v>104888.61</x:v>
       </x:c>
     </x:row>
     <x:row r="3859" spans="1:2">
       <x:c r="A3859" s="2">
-        <x:v>40381</x:v>
+        <x:v>40402</x:v>
       </x:c>
       <x:c r="B3859" s="3">
-        <x:v>104849.02</x:v>
+        <x:v>104883.49</x:v>
       </x:c>
     </x:row>
     <x:row r="3860" spans="1:2">
       <x:c r="A3860" s="2">
-        <x:v>40380</x:v>
+        <x:v>40401</x:v>
       </x:c>
       <x:c r="B3860" s="3">
-        <x:v>104847.22</x:v>
+        <x:v>104881.72</x:v>
       </x:c>
     </x:row>
     <x:row r="3861" spans="1:2">
       <x:c r="A3861" s="2">
-        <x:v>40379</x:v>
+        <x:v>40400</x:v>
       </x:c>
       <x:c r="B3861" s="3">
-        <x:v>104845.41</x:v>
+        <x:v>104879.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3862" spans="1:2">
       <x:c r="A3862" s="2">
-        <x:v>40378</x:v>
+        <x:v>40399</x:v>
       </x:c>
       <x:c r="B3862" s="3">
-        <x:v>104843.48</x:v>
+        <x:v>104878.42</x:v>
       </x:c>
     </x:row>
     <x:row r="3863" spans="1:2">
       <x:c r="A3863" s="2">
-        <x:v>40377</x:v>
+        <x:v>40398</x:v>
       </x:c>
       <x:c r="B3863" s="3">
-        <x:v>104841.57</x:v>
+        <x:v>104876.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3864" spans="1:2">
       <x:c r="A3864" s="2">
-        <x:v>40374</x:v>
+        <x:v>40395</x:v>
       </x:c>
       <x:c r="B3864" s="3">
-        <x:v>104836.39</x:v>
+        <x:v>104871.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3865" spans="1:2">
       <x:c r="A3865" s="2">
-        <x:v>40373</x:v>
+        <x:v>40394</x:v>
       </x:c>
       <x:c r="B3865" s="3">
-        <x:v>104834.02</x:v>
+        <x:v>104870.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3866" spans="1:2">
       <x:c r="A3866" s="2">
-        <x:v>40371</x:v>
+        <x:v>40393</x:v>
       </x:c>
       <x:c r="B3866" s="3">
-        <x:v>104831.33</x:v>
+        <x:v>104868.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3867" spans="1:2">
       <x:c r="A3867" s="2">
-        <x:v>40370</x:v>
+        <x:v>40392</x:v>
       </x:c>
       <x:c r="B3867" s="3">
-        <x:v>104829.99</x:v>
+        <x:v>104867.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3868" spans="1:2">
       <x:c r="A3868" s="2">
-        <x:v>40367</x:v>
+        <x:v>40391</x:v>
       </x:c>
       <x:c r="B3868" s="3">
-        <x:v>104825.76</x:v>
+        <x:v>104865.8</x:v>
       </x:c>
     </x:row>
     <x:row r="3869" spans="1:2">
       <x:c r="A3869" s="2">
-        <x:v>40366</x:v>
+        <x:v>40388</x:v>
       </x:c>
       <x:c r="B3869" s="3">
-        <x:v>104824.34</x:v>
+        <x:v>104861.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3870" spans="1:2">
       <x:c r="A3870" s="2">
-        <x:v>40365</x:v>
+        <x:v>40387</x:v>
       </x:c>
       <x:c r="B3870" s="3">
-        <x:v>104822.9</x:v>
+        <x:v>104859.4</x:v>
       </x:c>
     </x:row>
     <x:row r="3871" spans="1:2">
       <x:c r="A3871" s="2">
-        <x:v>40364</x:v>
+        <x:v>40386</x:v>
       </x:c>
       <x:c r="B3871" s="3">
-        <x:v>104821.48</x:v>
+        <x:v>104857.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3872" spans="1:2">
       <x:c r="A3872" s="2">
-        <x:v>40363</x:v>
+        <x:v>40385</x:v>
       </x:c>
       <x:c r="B3872" s="3">
-        <x:v>104820.24</x:v>
+        <x:v>104855.84</x:v>
       </x:c>
     </x:row>
     <x:row r="3873" spans="1:2">
       <x:c r="A3873" s="2">
-        <x:v>40360</x:v>
+        <x:v>40384</x:v>
       </x:c>
       <x:c r="B3873" s="3">
-        <x:v>104815.07</x:v>
+        <x:v>104854.1</x:v>
       </x:c>
     </x:row>
     <x:row r="3874" spans="1:2">
       <x:c r="A3874" s="2">
-        <x:v>40359</x:v>
+        <x:v>40381</x:v>
       </x:c>
       <x:c r="B3874" s="3">
-        <x:v>104813.41</x:v>
+        <x:v>104849.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3875" spans="1:2">
       <x:c r="A3875" s="2">
-        <x:v>40358</x:v>
+        <x:v>40380</x:v>
       </x:c>
       <x:c r="B3875" s="3">
-        <x:v>104812.31</x:v>
+        <x:v>104847.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3876" spans="1:2">
       <x:c r="A3876" s="2">
-        <x:v>40357</x:v>
+        <x:v>40379</x:v>
       </x:c>
       <x:c r="B3876" s="3">
-        <x:v>104811.27</x:v>
+        <x:v>104845.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3877" spans="1:2">
       <x:c r="A3877" s="2">
-        <x:v>40356</x:v>
+        <x:v>40378</x:v>
       </x:c>
       <x:c r="B3877" s="3">
-        <x:v>104810.05</x:v>
+        <x:v>104843.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3878" spans="1:2">
       <x:c r="A3878" s="2">
-        <x:v>40353</x:v>
+        <x:v>40377</x:v>
       </x:c>
       <x:c r="B3878" s="3">
-        <x:v>104806.64</x:v>
+        <x:v>104841.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3879" spans="1:2">
       <x:c r="A3879" s="2">
-        <x:v>40352</x:v>
+        <x:v>40374</x:v>
       </x:c>
       <x:c r="B3879" s="3">
-        <x:v>104805.26</x:v>
+        <x:v>104836.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3880" spans="1:2">
       <x:c r="A3880" s="2">
-        <x:v>40351</x:v>
+        <x:v>40373</x:v>
       </x:c>
       <x:c r="B3880" s="3">
-        <x:v>104804.12</x:v>
+        <x:v>104834.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3881" spans="1:2">
       <x:c r="A3881" s="2">
-        <x:v>40350</x:v>
+        <x:v>40371</x:v>
       </x:c>
       <x:c r="B3881" s="3">
-        <x:v>104802.64</x:v>
+        <x:v>104831.33</x:v>
       </x:c>
     </x:row>
     <x:row r="3882" spans="1:2">
       <x:c r="A3882" s="2">
-        <x:v>40349</x:v>
+        <x:v>40370</x:v>
       </x:c>
       <x:c r="B3882" s="3">
-        <x:v>104801.14</x:v>
+        <x:v>104829.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3883" spans="1:2">
       <x:c r="A3883" s="2">
-        <x:v>40346</x:v>
+        <x:v>40367</x:v>
       </x:c>
       <x:c r="B3883" s="3">
-        <x:v>104797.13</x:v>
+        <x:v>104825.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3884" spans="1:2">
       <x:c r="A3884" s="2">
-        <x:v>40345</x:v>
+        <x:v>40366</x:v>
       </x:c>
       <x:c r="B3884" s="3">
-        <x:v>104795.66</x:v>
+        <x:v>104824.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3885" spans="1:2">
       <x:c r="A3885" s="2">
-        <x:v>40344</x:v>
+        <x:v>40365</x:v>
       </x:c>
       <x:c r="B3885" s="3">
-        <x:v>104793.76</x:v>
+        <x:v>104822.9</x:v>
       </x:c>
     </x:row>
     <x:row r="3886" spans="1:2">
       <x:c r="A3886" s="2">
-        <x:v>40343</x:v>
+        <x:v>40364</x:v>
       </x:c>
       <x:c r="B3886" s="3">
-        <x:v>104792.41</x:v>
+        <x:v>104821.48</x:v>
       </x:c>
     </x:row>
     <x:row r="3887" spans="1:2">
       <x:c r="A3887" s="2">
-        <x:v>40342</x:v>
+        <x:v>40363</x:v>
       </x:c>
       <x:c r="B3887" s="3">
-        <x:v>104791.09</x:v>
+        <x:v>104820.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3888" spans="1:2">
       <x:c r="A3888" s="2">
-        <x:v>40339</x:v>
+        <x:v>40360</x:v>
       </x:c>
       <x:c r="B3888" s="3">
-        <x:v>104787.39</x:v>
+        <x:v>104815.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3889" spans="1:2">
       <x:c r="A3889" s="2">
-        <x:v>40338</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="B3889" s="3">
-        <x:v>104786.24</x:v>
+        <x:v>104813.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3890" spans="1:2">
       <x:c r="A3890" s="2">
-        <x:v>40337</x:v>
+        <x:v>40358</x:v>
       </x:c>
       <x:c r="B3890" s="3">
-        <x:v>104785.14</x:v>
+        <x:v>104812.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3891" spans="1:2">
       <x:c r="A3891" s="2">
-        <x:v>40336</x:v>
+        <x:v>40357</x:v>
       </x:c>
       <x:c r="B3891" s="3">
-        <x:v>104784.11</x:v>
+        <x:v>104811.27</x:v>
       </x:c>
     </x:row>
     <x:row r="3892" spans="1:2">
       <x:c r="A3892" s="2">
-        <x:v>40335</x:v>
+        <x:v>40356</x:v>
       </x:c>
       <x:c r="B3892" s="3">
-        <x:v>104783.04</x:v>
+        <x:v>104810.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3893" spans="1:2">
       <x:c r="A3893" s="2">
-        <x:v>40332</x:v>
+        <x:v>40353</x:v>
       </x:c>
       <x:c r="B3893" s="3">
-        <x:v>104780.28</x:v>
+        <x:v>104806.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3894" spans="1:2">
       <x:c r="A3894" s="2">
-        <x:v>40331</x:v>
+        <x:v>40352</x:v>
       </x:c>
       <x:c r="B3894" s="3">
-        <x:v>104779.34</x:v>
+        <x:v>104805.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3895" spans="1:2">
       <x:c r="A3895" s="2">
-        <x:v>40330</x:v>
+        <x:v>40351</x:v>
       </x:c>
       <x:c r="B3895" s="3">
-        <x:v>104778.18</x:v>
+        <x:v>104804.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3896" spans="1:2">
       <x:c r="A3896" s="2">
-        <x:v>40329</x:v>
+        <x:v>40350</x:v>
       </x:c>
       <x:c r="B3896" s="3">
-        <x:v>104777.16</x:v>
+        <x:v>104802.64</x:v>
       </x:c>
     </x:row>
     <x:row r="3897" spans="1:2">
       <x:c r="A3897" s="2">
-        <x:v>40328</x:v>
+        <x:v>40349</x:v>
       </x:c>
       <x:c r="B3897" s="3">
-        <x:v>104775.24</x:v>
+        <x:v>104801.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3898" spans="1:2">
       <x:c r="A3898" s="2">
-        <x:v>40325</x:v>
+        <x:v>40346</x:v>
       </x:c>
       <x:c r="B3898" s="3">
-        <x:v>104771.32</x:v>
+        <x:v>104797.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3899" spans="1:2">
       <x:c r="A3899" s="2">
-        <x:v>40324</x:v>
+        <x:v>40345</x:v>
       </x:c>
       <x:c r="B3899" s="3">
-        <x:v>104769.95</x:v>
+        <x:v>104795.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3900" spans="1:2">
       <x:c r="A3900" s="2">
-        <x:v>40323</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="B3900" s="3">
-        <x:v>104768.87</x:v>
+        <x:v>104793.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3901" spans="1:2">
       <x:c r="A3901" s="2">
-        <x:v>40322</x:v>
+        <x:v>40343</x:v>
       </x:c>
       <x:c r="B3901" s="3">
-        <x:v>104767.83</x:v>
+        <x:v>104792.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3902" spans="1:2">
       <x:c r="A3902" s="2">
-        <x:v>40318</x:v>
+        <x:v>40342</x:v>
       </x:c>
       <x:c r="B3902" s="3">
-        <x:v>104762.44</x:v>
+        <x:v>104791.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3903" spans="1:2">
       <x:c r="A3903" s="2">
-        <x:v>40317</x:v>
+        <x:v>40339</x:v>
       </x:c>
       <x:c r="B3903" s="3">
-        <x:v>104761.31</x:v>
+        <x:v>104787.39</x:v>
       </x:c>
     </x:row>
     <x:row r="3904" spans="1:2">
       <x:c r="A3904" s="2">
-        <x:v>40316</x:v>
+        <x:v>40338</x:v>
       </x:c>
       <x:c r="B3904" s="3">
-        <x:v>104759.51</x:v>
+        <x:v>104786.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3905" spans="1:2">
       <x:c r="A3905" s="2">
-        <x:v>40315</x:v>
+        <x:v>40337</x:v>
       </x:c>
       <x:c r="B3905" s="3">
-        <x:v>104758.38</x:v>
+        <x:v>104785.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3906" spans="1:2">
       <x:c r="A3906" s="2">
-        <x:v>40314</x:v>
+        <x:v>40336</x:v>
       </x:c>
       <x:c r="B3906" s="3">
-        <x:v>104757.19</x:v>
+        <x:v>104784.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3907" spans="1:2">
       <x:c r="A3907" s="2">
-        <x:v>40311</x:v>
+        <x:v>40335</x:v>
       </x:c>
       <x:c r="B3907" s="3">
-        <x:v>104753.87</x:v>
+        <x:v>104783.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3908" spans="1:2">
       <x:c r="A3908" s="2">
-        <x:v>40309</x:v>
+        <x:v>40332</x:v>
       </x:c>
       <x:c r="B3908" s="3">
-        <x:v>104750.28</x:v>
+        <x:v>104780.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3909" spans="1:2">
       <x:c r="A3909" s="2">
-        <x:v>40308</x:v>
+        <x:v>40331</x:v>
       </x:c>
       <x:c r="B3909" s="3">
-        <x:v>104749.14</x:v>
+        <x:v>104779.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3910" spans="1:2">
       <x:c r="A3910" s="2">
-        <x:v>40307</x:v>
+        <x:v>40330</x:v>
       </x:c>
       <x:c r="B3910" s="3">
-        <x:v>104747.97</x:v>
+        <x:v>104778.18</x:v>
       </x:c>
     </x:row>
     <x:row r="3911" spans="1:2">
       <x:c r="A3911" s="2">
-        <x:v>40304</x:v>
+        <x:v>40329</x:v>
       </x:c>
       <x:c r="B3911" s="3">
-        <x:v>104744.87</x:v>
+        <x:v>104777.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3912" spans="1:2">
       <x:c r="A3912" s="2">
-        <x:v>40303</x:v>
+        <x:v>40328</x:v>
       </x:c>
       <x:c r="B3912" s="3">
-        <x:v>104743.75</x:v>
+        <x:v>104775.24</x:v>
       </x:c>
     </x:row>
     <x:row r="3913" spans="1:2">
       <x:c r="A3913" s="2">
-        <x:v>40302</x:v>
+        <x:v>40325</x:v>
       </x:c>
       <x:c r="B3913" s="3">
-        <x:v>104742.5</x:v>
+        <x:v>104771.32</x:v>
       </x:c>
     </x:row>
     <x:row r="3914" spans="1:2">
       <x:c r="A3914" s="2">
-        <x:v>40301</x:v>
+        <x:v>40324</x:v>
       </x:c>
       <x:c r="B3914" s="3">
-        <x:v>104741.04</x:v>
+        <x:v>104769.95</x:v>
       </x:c>
     </x:row>
     <x:row r="3915" spans="1:2">
       <x:c r="A3915" s="2">
-        <x:v>40300</x:v>
+        <x:v>40323</x:v>
       </x:c>
       <x:c r="B3915" s="3">
-        <x:v>104739.56</x:v>
+        <x:v>104768.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3916" spans="1:2">
       <x:c r="A3916" s="2">
-        <x:v>40297</x:v>
+        <x:v>40322</x:v>
       </x:c>
       <x:c r="B3916" s="3">
-        <x:v>104735.22</x:v>
+        <x:v>104767.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3917" spans="1:2">
       <x:c r="A3917" s="2">
-        <x:v>40296</x:v>
+        <x:v>40318</x:v>
       </x:c>
       <x:c r="B3917" s="3">
-        <x:v>104733.63</x:v>
+        <x:v>104762.44</x:v>
       </x:c>
     </x:row>
     <x:row r="3918" spans="1:2">
       <x:c r="A3918" s="2">
-        <x:v>40295</x:v>
+        <x:v>40317</x:v>
       </x:c>
       <x:c r="B3918" s="3">
-        <x:v>104732.07</x:v>
+        <x:v>104761.31</x:v>
       </x:c>
     </x:row>
     <x:row r="3919" spans="1:2">
       <x:c r="A3919" s="2">
-        <x:v>40294</x:v>
+        <x:v>40316</x:v>
       </x:c>
       <x:c r="B3919" s="3">
-        <x:v>104730.56</x:v>
+        <x:v>104759.51</x:v>
       </x:c>
     </x:row>
     <x:row r="3920" spans="1:2">
       <x:c r="A3920" s="2">
-        <x:v>40293</x:v>
+        <x:v>40315</x:v>
       </x:c>
       <x:c r="B3920" s="3">
-        <x:v>104728.96</x:v>
+        <x:v>104758.38</x:v>
       </x:c>
     </x:row>
     <x:row r="3921" spans="1:2">
       <x:c r="A3921" s="2">
-        <x:v>40290</x:v>
+        <x:v>40314</x:v>
       </x:c>
       <x:c r="B3921" s="3">
-        <x:v>104723.07</x:v>
+        <x:v>104757.19</x:v>
       </x:c>
     </x:row>
     <x:row r="3922" spans="1:2">
       <x:c r="A3922" s="2">
-        <x:v>40289</x:v>
+        <x:v>40311</x:v>
       </x:c>
       <x:c r="B3922" s="3">
-        <x:v>104721.54</x:v>
+        <x:v>104753.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3923" spans="1:2">
       <x:c r="A3923" s="2">
-        <x:v>40288</x:v>
+        <x:v>40309</x:v>
       </x:c>
       <x:c r="B3923" s="3">
-        <x:v>104720.11</x:v>
+        <x:v>104750.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3924" spans="1:2">
       <x:c r="A3924" s="2">
-        <x:v>40287</x:v>
+        <x:v>40308</x:v>
       </x:c>
       <x:c r="B3924" s="3">
-        <x:v>104718.62</x:v>
+        <x:v>104749.14</x:v>
       </x:c>
     </x:row>
     <x:row r="3925" spans="1:2">
       <x:c r="A3925" s="2">
-        <x:v>40286</x:v>
+        <x:v>40307</x:v>
       </x:c>
       <x:c r="B3925" s="3">
-        <x:v>104717.29</x:v>
+        <x:v>104747.97</x:v>
       </x:c>
     </x:row>
     <x:row r="3926" spans="1:2">
       <x:c r="A3926" s="2">
-        <x:v>40283</x:v>
+        <x:v>40304</x:v>
       </x:c>
       <x:c r="B3926" s="3">
-        <x:v>104711.81</x:v>
+        <x:v>104744.87</x:v>
       </x:c>
     </x:row>
     <x:row r="3927" spans="1:2">
       <x:c r="A3927" s="2">
-        <x:v>40282</x:v>
+        <x:v>40303</x:v>
       </x:c>
       <x:c r="B3927" s="3">
-        <x:v>104709.91</x:v>
+        <x:v>104743.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3928" spans="1:2">
       <x:c r="A3928" s="2">
-        <x:v>40281</x:v>
+        <x:v>40302</x:v>
       </x:c>
       <x:c r="B3928" s="3">
-        <x:v>104707.17</x:v>
+        <x:v>104742.5</x:v>
       </x:c>
     </x:row>
     <x:row r="3929" spans="1:2">
       <x:c r="A3929" s="2">
-        <x:v>40280</x:v>
+        <x:v>40301</x:v>
       </x:c>
       <x:c r="B3929" s="3">
-        <x:v>104705.12</x:v>
+        <x:v>104741.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3930" spans="1:2">
       <x:c r="A3930" s="2">
-        <x:v>40279</x:v>
+        <x:v>40300</x:v>
       </x:c>
       <x:c r="B3930" s="3">
-        <x:v>104702.83</x:v>
+        <x:v>104739.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3931" spans="1:2">
       <x:c r="A3931" s="2">
-        <x:v>40276</x:v>
+        <x:v>40297</x:v>
       </x:c>
       <x:c r="B3931" s="3">
-        <x:v>104698.34</x:v>
+        <x:v>104735.22</x:v>
       </x:c>
     </x:row>
     <x:row r="3932" spans="1:2">
       <x:c r="A3932" s="2">
-        <x:v>40275</x:v>
+        <x:v>40296</x:v>
       </x:c>
       <x:c r="B3932" s="3">
-        <x:v>104696.83</x:v>
+        <x:v>104733.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3933" spans="1:2">
       <x:c r="A3933" s="2">
-        <x:v>40274</x:v>
+        <x:v>40295</x:v>
       </x:c>
       <x:c r="B3933" s="3">
-        <x:v>104694.66</x:v>
+        <x:v>104732.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3934" spans="1:2">
       <x:c r="A3934" s="2">
-        <x:v>40273</x:v>
+        <x:v>40294</x:v>
       </x:c>
       <x:c r="B3934" s="3">
-        <x:v>104693.53</x:v>
+        <x:v>104730.56</x:v>
       </x:c>
     </x:row>
     <x:row r="3935" spans="1:2">
       <x:c r="A3935" s="2">
-        <x:v>40268</x:v>
+        <x:v>40293</x:v>
       </x:c>
       <x:c r="B3935" s="3">
-        <x:v>104684.76</x:v>
+        <x:v>104728.96</x:v>
       </x:c>
     </x:row>
     <x:row r="3936" spans="1:2">
       <x:c r="A3936" s="2">
-        <x:v>40267</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="B3936" s="3">
-        <x:v>104683.81</x:v>
+        <x:v>104723.07</x:v>
       </x:c>
     </x:row>
     <x:row r="3937" spans="1:2">
       <x:c r="A3937" s="2">
-        <x:v>40266</x:v>
+        <x:v>40289</x:v>
       </x:c>
       <x:c r="B3937" s="3">
-        <x:v>104682.35</x:v>
+        <x:v>104721.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3938" spans="1:2">
       <x:c r="A3938" s="2">
-        <x:v>40265</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="B3938" s="3">
-        <x:v>104680.85</x:v>
+        <x:v>104720.11</x:v>
       </x:c>
     </x:row>
     <x:row r="3939" spans="1:2">
       <x:c r="A3939" s="2">
-        <x:v>40262</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="B3939" s="3">
-        <x:v>104676.02</x:v>
+        <x:v>104718.62</x:v>
       </x:c>
     </x:row>
     <x:row r="3940" spans="1:2">
       <x:c r="A3940" s="2">
-        <x:v>40261</x:v>
+        <x:v>40286</x:v>
       </x:c>
       <x:c r="B3940" s="3">
-        <x:v>104674.66</x:v>
+        <x:v>104717.29</x:v>
       </x:c>
     </x:row>
     <x:row r="3941" spans="1:2">
       <x:c r="A3941" s="2">
-        <x:v>40260</x:v>
+        <x:v>40283</x:v>
       </x:c>
       <x:c r="B3941" s="3">
-        <x:v>104673.47</x:v>
+        <x:v>104711.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3942" spans="1:2">
       <x:c r="A3942" s="2">
-        <x:v>40259</x:v>
+        <x:v>40282</x:v>
       </x:c>
       <x:c r="B3942" s="3">
-        <x:v>104672.05</x:v>
+        <x:v>104709.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3943" spans="1:2">
       <x:c r="A3943" s="2">
-        <x:v>40258</x:v>
+        <x:v>40281</x:v>
       </x:c>
       <x:c r="B3943" s="3">
-        <x:v>104670.55</x:v>
+        <x:v>104707.17</x:v>
       </x:c>
     </x:row>
     <x:row r="3944" spans="1:2">
       <x:c r="A3944" s="2">
-        <x:v>40255</x:v>
+        <x:v>40280</x:v>
       </x:c>
       <x:c r="B3944" s="3">
-        <x:v>104666.46</x:v>
+        <x:v>104705.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3945" spans="1:2">
       <x:c r="A3945" s="2">
-        <x:v>40254</x:v>
+        <x:v>40279</x:v>
       </x:c>
       <x:c r="B3945" s="3">
-        <x:v>104665.15</x:v>
+        <x:v>104702.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3946" spans="1:2">
       <x:c r="A3946" s="2">
-        <x:v>40253</x:v>
+        <x:v>40276</x:v>
       </x:c>
       <x:c r="B3946" s="3">
-        <x:v>104663.82</x:v>
+        <x:v>104698.34</x:v>
       </x:c>
     </x:row>
     <x:row r="3947" spans="1:2">
       <x:c r="A3947" s="2">
-        <x:v>40252</x:v>
+        <x:v>40275</x:v>
       </x:c>
       <x:c r="B3947" s="3">
-        <x:v>104662.47</x:v>
+        <x:v>104696.83</x:v>
       </x:c>
     </x:row>
     <x:row r="3948" spans="1:2">
       <x:c r="A3948" s="2">
-        <x:v>40251</x:v>
+        <x:v>40274</x:v>
       </x:c>
       <x:c r="B3948" s="3">
-        <x:v>104661.01</x:v>
+        <x:v>104694.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3949" spans="1:2">
       <x:c r="A3949" s="2">
-        <x:v>40248</x:v>
+        <x:v>40273</x:v>
       </x:c>
       <x:c r="B3949" s="3">
-        <x:v>104656.67</x:v>
+        <x:v>104693.53</x:v>
       </x:c>
     </x:row>
     <x:row r="3950" spans="1:2">
       <x:c r="A3950" s="2">
-        <x:v>40247</x:v>
+        <x:v>40268</x:v>
       </x:c>
       <x:c r="B3950" s="3">
-        <x:v>104655.3</x:v>
+        <x:v>104684.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3951" spans="1:2">
       <x:c r="A3951" s="2">
-        <x:v>40246</x:v>
+        <x:v>40267</x:v>
       </x:c>
       <x:c r="B3951" s="3">
-        <x:v>104653.26</x:v>
+        <x:v>104683.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3952" spans="1:2">
       <x:c r="A3952" s="2">
-        <x:v>40245</x:v>
+        <x:v>40266</x:v>
       </x:c>
       <x:c r="B3952" s="3">
-        <x:v>104651.76</x:v>
+        <x:v>104682.35</x:v>
       </x:c>
     </x:row>
     <x:row r="3953" spans="1:2">
       <x:c r="A3953" s="2">
-        <x:v>40244</x:v>
+        <x:v>40265</x:v>
       </x:c>
       <x:c r="B3953" s="3">
-        <x:v>104650.13</x:v>
+        <x:v>104680.85</x:v>
       </x:c>
     </x:row>
     <x:row r="3954" spans="1:2">
       <x:c r="A3954" s="2">
-        <x:v>40241</x:v>
+        <x:v>40262</x:v>
       </x:c>
       <x:c r="B3954" s="3">
-        <x:v>104645.66</x:v>
+        <x:v>104676.02</x:v>
       </x:c>
     </x:row>
     <x:row r="3955" spans="1:2">
       <x:c r="A3955" s="2">
-        <x:v>40240</x:v>
+        <x:v>40261</x:v>
       </x:c>
       <x:c r="B3955" s="3">
-        <x:v>104644.05</x:v>
+        <x:v>104674.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3956" spans="1:2">
       <x:c r="A3956" s="2">
-        <x:v>40239</x:v>
+        <x:v>40260</x:v>
       </x:c>
       <x:c r="B3956" s="3">
-        <x:v>104642.26</x:v>
+        <x:v>104673.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3957" spans="1:2">
       <x:c r="A3957" s="2">
-        <x:v>40238</x:v>
+        <x:v>40259</x:v>
       </x:c>
       <x:c r="B3957" s="3">
-        <x:v>104640.81</x:v>
+        <x:v>104672.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3958" spans="1:2">
       <x:c r="A3958" s="2">
-        <x:v>40237</x:v>
+        <x:v>40258</x:v>
       </x:c>
       <x:c r="B3958" s="3">
-        <x:v>104639.09</x:v>
+        <x:v>104670.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3959" spans="1:2">
       <x:c r="A3959" s="2">
-        <x:v>40234</x:v>
+        <x:v>40255</x:v>
       </x:c>
       <x:c r="B3959" s="3">
-        <x:v>104634.7</x:v>
+        <x:v>104666.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3960" spans="1:2">
       <x:c r="A3960" s="2">
-        <x:v>40233</x:v>
+        <x:v>40254</x:v>
       </x:c>
       <x:c r="B3960" s="3">
-        <x:v>104633.28</x:v>
+        <x:v>104665.15</x:v>
       </x:c>
     </x:row>
     <x:row r="3961" spans="1:2">
       <x:c r="A3961" s="2">
-        <x:v>40232</x:v>
+        <x:v>40253</x:v>
       </x:c>
       <x:c r="B3961" s="3">
-        <x:v>104632.01</x:v>
+        <x:v>104663.82</x:v>
       </x:c>
     </x:row>
     <x:row r="3962" spans="1:2">
       <x:c r="A3962" s="2">
-        <x:v>40231</x:v>
+        <x:v>40252</x:v>
       </x:c>
       <x:c r="B3962" s="3">
-        <x:v>104630.63</x:v>
+        <x:v>104662.47</x:v>
       </x:c>
     </x:row>
     <x:row r="3963" spans="1:2">
       <x:c r="A3963" s="2">
-        <x:v>40230</x:v>
+        <x:v>40251</x:v>
       </x:c>
       <x:c r="B3963" s="3">
-        <x:v>104628.54</x:v>
+        <x:v>104661.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3964" spans="1:2">
       <x:c r="A3964" s="2">
-        <x:v>40227</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="B3964" s="3">
-        <x:v>104624</x:v>
+        <x:v>104656.67</x:v>
       </x:c>
     </x:row>
     <x:row r="3965" spans="1:2">
       <x:c r="A3965" s="2">
-        <x:v>40226</x:v>
+        <x:v>40247</x:v>
       </x:c>
       <x:c r="B3965" s="3">
-        <x:v>104622.57</x:v>
+        <x:v>104655.3</x:v>
       </x:c>
     </x:row>
     <x:row r="3966" spans="1:2">
       <x:c r="A3966" s="2">
-        <x:v>40225</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="B3966" s="3">
-        <x:v>104621.04</x:v>
+        <x:v>104653.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3967" spans="1:2">
       <x:c r="A3967" s="2">
-        <x:v>40224</x:v>
+        <x:v>40245</x:v>
       </x:c>
       <x:c r="B3967" s="3">
-        <x:v>104619.77</x:v>
+        <x:v>104651.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3968" spans="1:2">
       <x:c r="A3968" s="2">
-        <x:v>40223</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="B3968" s="3">
-        <x:v>104618.46</x:v>
+        <x:v>104650.13</x:v>
       </x:c>
     </x:row>
     <x:row r="3969" spans="1:2">
       <x:c r="A3969" s="2">
-        <x:v>40220</x:v>
+        <x:v>40241</x:v>
       </x:c>
       <x:c r="B3969" s="3">
-        <x:v>104613.58</x:v>
+        <x:v>104645.66</x:v>
       </x:c>
     </x:row>
     <x:row r="3970" spans="1:2">
       <x:c r="A3970" s="2">
-        <x:v>40219</x:v>
+        <x:v>40240</x:v>
       </x:c>
       <x:c r="B3970" s="3">
-        <x:v>104612.09</x:v>
+        <x:v>104644.05</x:v>
       </x:c>
     </x:row>
     <x:row r="3971" spans="1:2">
       <x:c r="A3971" s="2">
-        <x:v>40218</x:v>
+        <x:v>40239</x:v>
       </x:c>
       <x:c r="B3971" s="3">
-        <x:v>104609.52</x:v>
+        <x:v>104642.26</x:v>
       </x:c>
     </x:row>
     <x:row r="3972" spans="1:2">
       <x:c r="A3972" s="2">
-        <x:v>40217</x:v>
+        <x:v>40238</x:v>
       </x:c>
       <x:c r="B3972" s="3">
-        <x:v>104608.41</x:v>
+        <x:v>104640.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3973" spans="1:2">
       <x:c r="A3973" s="2">
-        <x:v>40216</x:v>
+        <x:v>40237</x:v>
       </x:c>
       <x:c r="B3973" s="3">
-        <x:v>104606.78</x:v>
+        <x:v>104639.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3974" spans="1:2">
       <x:c r="A3974" s="2">
-        <x:v>40213</x:v>
+        <x:v>40234</x:v>
       </x:c>
       <x:c r="B3974" s="3">
-        <x:v>104603.16</x:v>
+        <x:v>104634.7</x:v>
       </x:c>
     </x:row>
     <x:row r="3975" spans="1:2">
       <x:c r="A3975" s="2">
-        <x:v>40212</x:v>
+        <x:v>40233</x:v>
       </x:c>
       <x:c r="B3975" s="3">
-        <x:v>104602.04</x:v>
+        <x:v>104633.28</x:v>
       </x:c>
     </x:row>
     <x:row r="3976" spans="1:2">
       <x:c r="A3976" s="2">
-        <x:v>40211</x:v>
+        <x:v>40232</x:v>
       </x:c>
       <x:c r="B3976" s="3">
-        <x:v>104600.91</x:v>
+        <x:v>104632.01</x:v>
       </x:c>
     </x:row>
     <x:row r="3977" spans="1:2">
       <x:c r="A3977" s="2">
-        <x:v>40210</x:v>
+        <x:v>40231</x:v>
       </x:c>
       <x:c r="B3977" s="3">
-        <x:v>104599.75</x:v>
+        <x:v>104630.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3978" spans="1:2">
       <x:c r="A3978" s="2">
-        <x:v>40209</x:v>
+        <x:v>40230</x:v>
       </x:c>
       <x:c r="B3978" s="3">
-        <x:v>104598.63</x:v>
+        <x:v>104628.54</x:v>
       </x:c>
     </x:row>
     <x:row r="3979" spans="1:2">
       <x:c r="A3979" s="2">
-        <x:v>40206</x:v>
+        <x:v>40227</x:v>
       </x:c>
       <x:c r="B3979" s="3">
-        <x:v>104594.55</x:v>
+        <x:v>104624</x:v>
       </x:c>
     </x:row>
     <x:row r="3980" spans="1:2">
       <x:c r="A3980" s="2">
-        <x:v>40205</x:v>
+        <x:v>40226</x:v>
       </x:c>
       <x:c r="B3980" s="3">
-        <x:v>104593.45</x:v>
+        <x:v>104622.57</x:v>
       </x:c>
     </x:row>
     <x:row r="3981" spans="1:2">
       <x:c r="A3981" s="2">
-        <x:v>40204</x:v>
+        <x:v>40225</x:v>
       </x:c>
       <x:c r="B3981" s="3">
-        <x:v>104592.12</x:v>
+        <x:v>104621.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3982" spans="1:2">
       <x:c r="A3982" s="2">
-        <x:v>40203</x:v>
+        <x:v>40224</x:v>
       </x:c>
       <x:c r="B3982" s="3">
-        <x:v>104590.99</x:v>
+        <x:v>104619.77</x:v>
       </x:c>
     </x:row>
     <x:row r="3983" spans="1:2">
       <x:c r="A3983" s="2">
-        <x:v>40202</x:v>
+        <x:v>40223</x:v>
       </x:c>
       <x:c r="B3983" s="3">
-        <x:v>104589.81</x:v>
+        <x:v>104618.46</x:v>
       </x:c>
     </x:row>
     <x:row r="3984" spans="1:2">
       <x:c r="A3984" s="2">
-        <x:v>40199</x:v>
+        <x:v>40220</x:v>
       </x:c>
       <x:c r="B3984" s="3">
-        <x:v>104586.2</x:v>
+        <x:v>104613.58</x:v>
       </x:c>
     </x:row>
     <x:row r="3985" spans="1:2">
       <x:c r="A3985" s="2">
-        <x:v>40198</x:v>
+        <x:v>40219</x:v>
       </x:c>
       <x:c r="B3985" s="3">
-        <x:v>104585.05</x:v>
+        <x:v>104612.09</x:v>
       </x:c>
     </x:row>
     <x:row r="3986" spans="1:2">
       <x:c r="A3986" s="2">
-        <x:v>40197</x:v>
+        <x:v>40218</x:v>
       </x:c>
       <x:c r="B3986" s="3">
-        <x:v>104583.33</x:v>
+        <x:v>104609.52</x:v>
       </x:c>
     </x:row>
     <x:row r="3987" spans="1:2">
       <x:c r="A3987" s="2">
-        <x:v>40196</x:v>
+        <x:v>40217</x:v>
       </x:c>
       <x:c r="B3987" s="3">
-        <x:v>104582.05</x:v>
+        <x:v>104608.41</x:v>
       </x:c>
     </x:row>
     <x:row r="3988" spans="1:2">
       <x:c r="A3988" s="2">
-        <x:v>40195</x:v>
+        <x:v>40216</x:v>
       </x:c>
       <x:c r="B3988" s="3">
-        <x:v>104580.74</x:v>
+        <x:v>104606.78</x:v>
       </x:c>
     </x:row>
     <x:row r="3989" spans="1:2">
       <x:c r="A3989" s="2">
-        <x:v>40192</x:v>
+        <x:v>40213</x:v>
       </x:c>
       <x:c r="B3989" s="3">
-        <x:v>104577.61</x:v>
+        <x:v>104603.16</x:v>
       </x:c>
     </x:row>
     <x:row r="3990" spans="1:2">
       <x:c r="A3990" s="2">
-        <x:v>40191</x:v>
+        <x:v>40212</x:v>
       </x:c>
       <x:c r="B3990" s="3">
-        <x:v>104576.87</x:v>
+        <x:v>104602.04</x:v>
       </x:c>
     </x:row>
     <x:row r="3991" spans="1:2">
       <x:c r="A3991" s="2">
-        <x:v>40190</x:v>
+        <x:v>40211</x:v>
       </x:c>
       <x:c r="B3991" s="3">
-        <x:v>104574.75</x:v>
+        <x:v>104600.91</x:v>
       </x:c>
     </x:row>
     <x:row r="3992" spans="1:2">
       <x:c r="A3992" s="2">
-        <x:v>40189</x:v>
+        <x:v>40210</x:v>
       </x:c>
       <x:c r="B3992" s="3">
-        <x:v>104573.01</x:v>
+        <x:v>104599.75</x:v>
       </x:c>
     </x:row>
     <x:row r="3993" spans="1:2">
       <x:c r="A3993" s="2">
-        <x:v>40188</x:v>
+        <x:v>40209</x:v>
       </x:c>
       <x:c r="B3993" s="3">
-        <x:v>104571.44</x:v>
+        <x:v>104598.63</x:v>
       </x:c>
     </x:row>
     <x:row r="3994" spans="1:2">
       <x:c r="A3994" s="2">
-        <x:v>40185</x:v>
+        <x:v>40206</x:v>
       </x:c>
       <x:c r="B3994" s="3">
-        <x:v>104566.45</x:v>
+        <x:v>104594.55</x:v>
       </x:c>
     </x:row>
     <x:row r="3995" spans="1:2">
       <x:c r="A3995" s="2">
-        <x:v>40184</x:v>
+        <x:v>40205</x:v>
       </x:c>
       <x:c r="B3995" s="3">
-        <x:v>104564.97</x:v>
+        <x:v>104593.45</x:v>
       </x:c>
     </x:row>
     <x:row r="3996" spans="1:2">
       <x:c r="A3996" s="2">
-        <x:v>40183</x:v>
+        <x:v>40204</x:v>
       </x:c>
       <x:c r="B3996" s="3">
-        <x:v>104563.36</x:v>
+        <x:v>104592.12</x:v>
       </x:c>
     </x:row>
     <x:row r="3997" spans="1:2">
       <x:c r="A3997" s="2">
-        <x:v>40182</x:v>
+        <x:v>40203</x:v>
       </x:c>
       <x:c r="B3997" s="3">
-        <x:v>104561.67</x:v>
+        <x:v>104590.99</x:v>
       </x:c>
     </x:row>
     <x:row r="3998" spans="1:2">
       <x:c r="A3998" s="2">
-        <x:v>40181</x:v>
+        <x:v>40202</x:v>
       </x:c>
       <x:c r="B3998" s="3">
-        <x:v>104558.81</x:v>
+        <x:v>104589.81</x:v>
       </x:c>
     </x:row>
     <x:row r="3999" spans="1:2">
       <x:c r="A3999" s="2">
-        <x:v>40177</x:v>
+        <x:v>40199</x:v>
       </x:c>
       <x:c r="B3999" s="3">
-        <x:v>104552.87</x:v>
+        <x:v>104586.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4000" spans="1:2">
       <x:c r="A4000" s="2">
-        <x:v>40176</x:v>
+        <x:v>40198</x:v>
       </x:c>
       <x:c r="B4000" s="3">
-        <x:v>104550.14</x:v>
+        <x:v>104585.05</x:v>
       </x:c>
     </x:row>
     <x:row r="4001" spans="1:2">
       <x:c r="A4001" s="2">
-        <x:v>40175</x:v>
+        <x:v>40197</x:v>
       </x:c>
       <x:c r="B4001" s="3">
-        <x:v>104548.53</x:v>
+        <x:v>104583.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4002" spans="1:2">
       <x:c r="A4002" s="2">
-        <x:v>40174</x:v>
+        <x:v>40196</x:v>
       </x:c>
       <x:c r="B4002" s="3">
-        <x:v>104546.79</x:v>
+        <x:v>104582.05</x:v>
       </x:c>
     </x:row>
     <x:row r="4003" spans="1:2">
       <x:c r="A4003" s="2">
-        <x:v>40170</x:v>
+        <x:v>40195</x:v>
       </x:c>
       <x:c r="B4003" s="3">
-        <x:v>104541.24</x:v>
+        <x:v>104580.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4004" spans="1:2">
       <x:c r="A4004" s="2">
-        <x:v>40169</x:v>
+        <x:v>40192</x:v>
       </x:c>
       <x:c r="B4004" s="3">
-        <x:v>104539.92</x:v>
+        <x:v>104577.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4005" spans="1:2">
       <x:c r="A4005" s="2">
-        <x:v>40168</x:v>
+        <x:v>40191</x:v>
       </x:c>
       <x:c r="B4005" s="3">
-        <x:v>104538.84</x:v>
+        <x:v>104576.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4006" spans="1:2">
       <x:c r="A4006" s="2">
-        <x:v>40167</x:v>
+        <x:v>40190</x:v>
       </x:c>
       <x:c r="B4006" s="3">
-        <x:v>104536.99</x:v>
+        <x:v>104574.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4007" spans="1:2">
       <x:c r="A4007" s="2">
-        <x:v>40164</x:v>
+        <x:v>40189</x:v>
       </x:c>
       <x:c r="B4007" s="3">
-        <x:v>104533.22</x:v>
+        <x:v>104573.01</x:v>
       </x:c>
     </x:row>
     <x:row r="4008" spans="1:2">
       <x:c r="A4008" s="2">
-        <x:v>40163</x:v>
+        <x:v>40188</x:v>
       </x:c>
       <x:c r="B4008" s="3">
-        <x:v>104531.85</x:v>
+        <x:v>104571.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4009" spans="1:2">
       <x:c r="A4009" s="2">
-        <x:v>40162</x:v>
+        <x:v>40185</x:v>
       </x:c>
       <x:c r="B4009" s="3">
-        <x:v>104530.19</x:v>
+        <x:v>104566.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4010" spans="1:2">
       <x:c r="A4010" s="2">
-        <x:v>40161</x:v>
+        <x:v>40184</x:v>
       </x:c>
       <x:c r="B4010" s="3">
-        <x:v>104528.46</x:v>
+        <x:v>104564.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4011" spans="1:2">
       <x:c r="A4011" s="2">
-        <x:v>40160</x:v>
+        <x:v>40183</x:v>
       </x:c>
       <x:c r="B4011" s="3">
-        <x:v>104526.6</x:v>
+        <x:v>104563.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4012" spans="1:2">
       <x:c r="A4012" s="2">
-        <x:v>40157</x:v>
+        <x:v>40182</x:v>
       </x:c>
       <x:c r="B4012" s="3">
-        <x:v>104522.04</x:v>
+        <x:v>104561.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4013" spans="1:2">
       <x:c r="A4013" s="2">
-        <x:v>40156</x:v>
+        <x:v>40181</x:v>
       </x:c>
       <x:c r="B4013" s="3">
-        <x:v>104520.54</x:v>
+        <x:v>104558.81</x:v>
       </x:c>
     </x:row>
     <x:row r="4014" spans="1:2">
       <x:c r="A4014" s="2">
-        <x:v>40155</x:v>
+        <x:v>40177</x:v>
       </x:c>
       <x:c r="B4014" s="3">
-        <x:v>104518.89</x:v>
+        <x:v>104552.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4015" spans="1:2">
       <x:c r="A4015" s="2">
-        <x:v>40154</x:v>
+        <x:v>40176</x:v>
       </x:c>
       <x:c r="B4015" s="3">
-        <x:v>104516.72</x:v>
+        <x:v>104550.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4016" spans="1:2">
       <x:c r="A4016" s="2">
-        <x:v>40153</x:v>
+        <x:v>40175</x:v>
       </x:c>
       <x:c r="B4016" s="3">
-        <x:v>104514.86</x:v>
+        <x:v>104548.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4017" spans="1:2">
       <x:c r="A4017" s="2">
-        <x:v>40150</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="B4017" s="3">
-        <x:v>104510.24</x:v>
+        <x:v>104546.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4018" spans="1:2">
       <x:c r="A4018" s="2">
-        <x:v>40149</x:v>
+        <x:v>40170</x:v>
       </x:c>
       <x:c r="B4018" s="3">
-        <x:v>104508.64</x:v>
+        <x:v>104541.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4019" spans="1:2">
       <x:c r="A4019" s="2">
-        <x:v>40148</x:v>
+        <x:v>40169</x:v>
       </x:c>
       <x:c r="B4019" s="3">
-        <x:v>104507.07</x:v>
+        <x:v>104539.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4020" spans="1:2">
       <x:c r="A4020" s="2">
-        <x:v>40147</x:v>
+        <x:v>40168</x:v>
       </x:c>
       <x:c r="B4020" s="3">
-        <x:v>104505.3</x:v>
+        <x:v>104538.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4021" spans="1:2">
       <x:c r="A4021" s="2">
-        <x:v>40146</x:v>
+        <x:v>40167</x:v>
       </x:c>
       <x:c r="B4021" s="3">
-        <x:v>104504.29</x:v>
+        <x:v>104536.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4022" spans="1:2">
       <x:c r="A4022" s="2">
-        <x:v>40143</x:v>
+        <x:v>40164</x:v>
       </x:c>
       <x:c r="B4022" s="3">
-        <x:v>104499.49</x:v>
+        <x:v>104533.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4023" spans="1:2">
       <x:c r="A4023" s="2">
-        <x:v>40142</x:v>
+        <x:v>40163</x:v>
       </x:c>
       <x:c r="B4023" s="3">
-        <x:v>104498.08</x:v>
+        <x:v>104531.85</x:v>
       </x:c>
     </x:row>
     <x:row r="4024" spans="1:2">
       <x:c r="A4024" s="2">
-        <x:v>40141</x:v>
+        <x:v>40162</x:v>
       </x:c>
       <x:c r="B4024" s="3">
-        <x:v>104496.43</x:v>
+        <x:v>104530.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4025" spans="1:2">
       <x:c r="A4025" s="2">
-        <x:v>40140</x:v>
+        <x:v>40161</x:v>
       </x:c>
       <x:c r="B4025" s="3">
-        <x:v>104494.48</x:v>
+        <x:v>104528.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4026" spans="1:2">
       <x:c r="A4026" s="2">
-        <x:v>40139</x:v>
+        <x:v>40160</x:v>
       </x:c>
       <x:c r="B4026" s="3">
-        <x:v>104492.75</x:v>
+        <x:v>104526.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4027" spans="1:2">
       <x:c r="A4027" s="2">
-        <x:v>40136</x:v>
+        <x:v>40157</x:v>
       </x:c>
       <x:c r="B4027" s="3">
-        <x:v>104488.39</x:v>
+        <x:v>104522.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4028" spans="1:2">
       <x:c r="A4028" s="2">
-        <x:v>40135</x:v>
+        <x:v>40156</x:v>
       </x:c>
       <x:c r="B4028" s="3">
-        <x:v>104486.58</x:v>
+        <x:v>104520.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4029" spans="1:2">
       <x:c r="A4029" s="2">
-        <x:v>40134</x:v>
+        <x:v>40155</x:v>
       </x:c>
       <x:c r="B4029" s="3">
-        <x:v>104485.01</x:v>
+        <x:v>104518.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4030" spans="1:2">
       <x:c r="A4030" s="2">
-        <x:v>40133</x:v>
+        <x:v>40154</x:v>
       </x:c>
       <x:c r="B4030" s="3">
-        <x:v>104483.45</x:v>
+        <x:v>104516.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4031" spans="1:2">
       <x:c r="A4031" s="2">
-        <x:v>40132</x:v>
+        <x:v>40153</x:v>
       </x:c>
       <x:c r="B4031" s="3">
-        <x:v>104481.34</x:v>
+        <x:v>104514.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4032" spans="1:2">
       <x:c r="A4032" s="2">
-        <x:v>40129</x:v>
+        <x:v>40150</x:v>
       </x:c>
       <x:c r="B4032" s="3">
-        <x:v>104476.65</x:v>
+        <x:v>104510.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4033" spans="1:2">
       <x:c r="A4033" s="2">
-        <x:v>40128</x:v>
+        <x:v>40149</x:v>
       </x:c>
       <x:c r="B4033" s="3">
-        <x:v>104474.53</x:v>
+        <x:v>104508.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4034" spans="1:2">
       <x:c r="A4034" s="2">
-        <x:v>40126</x:v>
+        <x:v>40148</x:v>
       </x:c>
       <x:c r="B4034" s="3">
-        <x:v>104471.23</x:v>
+        <x:v>104507.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4035" spans="1:2">
       <x:c r="A4035" s="2">
-        <x:v>40125</x:v>
+        <x:v>40147</x:v>
       </x:c>
       <x:c r="B4035" s="3">
-        <x:v>104469.25</x:v>
+        <x:v>104505.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4036" spans="1:2">
       <x:c r="A4036" s="2">
-        <x:v>40122</x:v>
+        <x:v>40146</x:v>
       </x:c>
       <x:c r="B4036" s="3">
-        <x:v>104464.52</x:v>
+        <x:v>104504.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4037" spans="1:2">
       <x:c r="A4037" s="2">
-        <x:v>40121</x:v>
+        <x:v>40143</x:v>
       </x:c>
       <x:c r="B4037" s="3">
-        <x:v>104463.02</x:v>
+        <x:v>104499.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4038" spans="1:2">
       <x:c r="A4038" s="2">
-        <x:v>40120</x:v>
+        <x:v>40142</x:v>
       </x:c>
       <x:c r="B4038" s="3">
-        <x:v>104461.17</x:v>
+        <x:v>104498.08</x:v>
       </x:c>
     </x:row>
     <x:row r="4039" spans="1:2">
       <x:c r="A4039" s="2">
-        <x:v>40119</x:v>
+        <x:v>40141</x:v>
       </x:c>
       <x:c r="B4039" s="3">
-        <x:v>104459.72</x:v>
+        <x:v>104496.43</x:v>
       </x:c>
     </x:row>
     <x:row r="4040" spans="1:2">
       <x:c r="A4040" s="2">
-        <x:v>40118</x:v>
+        <x:v>40140</x:v>
       </x:c>
       <x:c r="B4040" s="3">
-        <x:v>104457.88</x:v>
+        <x:v>104494.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4041" spans="1:2">
       <x:c r="A4041" s="2">
-        <x:v>40115</x:v>
+        <x:v>40139</x:v>
       </x:c>
       <x:c r="B4041" s="3">
-        <x:v>104452.87</x:v>
+        <x:v>104492.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4042" spans="1:2">
       <x:c r="A4042" s="2">
-        <x:v>40114</x:v>
+        <x:v>40136</x:v>
       </x:c>
       <x:c r="B4042" s="3">
-        <x:v>104451.44</x:v>
+        <x:v>104488.39</x:v>
       </x:c>
     </x:row>
     <x:row r="4043" spans="1:2">
       <x:c r="A4043" s="2">
-        <x:v>40113</x:v>
+        <x:v>40135</x:v>
       </x:c>
       <x:c r="B4043" s="3">
-        <x:v>104449.79</x:v>
+        <x:v>104486.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4044" spans="1:2">
       <x:c r="A4044" s="2">
-        <x:v>40112</x:v>
+        <x:v>40134</x:v>
       </x:c>
       <x:c r="B4044" s="3">
-        <x:v>104447.93</x:v>
+        <x:v>104485.01</x:v>
       </x:c>
     </x:row>
     <x:row r="4045" spans="1:2">
       <x:c r="A4045" s="2">
-        <x:v>40111</x:v>
+        <x:v>40133</x:v>
       </x:c>
       <x:c r="B4045" s="3">
-        <x:v>104446</x:v>
+        <x:v>104483.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4046" spans="1:2">
       <x:c r="A4046" s="2">
-        <x:v>40108</x:v>
+        <x:v>40132</x:v>
       </x:c>
       <x:c r="B4046" s="3">
-        <x:v>104440.89</x:v>
+        <x:v>104481.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4047" spans="1:2">
       <x:c r="A4047" s="2">
-        <x:v>40107</x:v>
+        <x:v>40129</x:v>
       </x:c>
       <x:c r="B4047" s="3">
-        <x:v>104438.93</x:v>
+        <x:v>104476.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4048" spans="1:2">
       <x:c r="A4048" s="2">
-        <x:v>40106</x:v>
+        <x:v>40128</x:v>
       </x:c>
       <x:c r="B4048" s="3">
-        <x:v>104437.43</x:v>
+        <x:v>104474.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4049" spans="1:2">
       <x:c r="A4049" s="2">
-        <x:v>40105</x:v>
+        <x:v>40126</x:v>
       </x:c>
       <x:c r="B4049" s="3">
-        <x:v>104435.53</x:v>
+        <x:v>104471.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4050" spans="1:2">
       <x:c r="A4050" s="2">
-        <x:v>40104</x:v>
+        <x:v>40125</x:v>
       </x:c>
       <x:c r="B4050" s="3">
-        <x:v>104433.78</x:v>
+        <x:v>104469.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4051" spans="1:2">
       <x:c r="A4051" s="2">
-        <x:v>40101</x:v>
+        <x:v>40122</x:v>
       </x:c>
       <x:c r="B4051" s="3">
-        <x:v>104428.69</x:v>
+        <x:v>104464.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4052" spans="1:2">
       <x:c r="A4052" s="2">
-        <x:v>40100</x:v>
+        <x:v>40121</x:v>
       </x:c>
       <x:c r="B4052" s="3">
-        <x:v>104426.75</x:v>
+        <x:v>104463.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4053" spans="1:2">
       <x:c r="A4053" s="2">
-        <x:v>40099</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="B4053" s="3">
-        <x:v>104424.54</x:v>
+        <x:v>104461.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4054" spans="1:2">
       <x:c r="A4054" s="2">
-        <x:v>40098</x:v>
+        <x:v>40119</x:v>
       </x:c>
       <x:c r="B4054" s="3">
-        <x:v>104422.57</x:v>
+        <x:v>104459.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4055" spans="1:2">
       <x:c r="A4055" s="2">
-        <x:v>40097</x:v>
+        <x:v>40118</x:v>
       </x:c>
       <x:c r="B4055" s="3">
-        <x:v>104420.56</x:v>
+        <x:v>104457.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4056" spans="1:2">
       <x:c r="A4056" s="2">
-        <x:v>40094</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="B4056" s="3">
-        <x:v>104415.41</x:v>
+        <x:v>104452.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4057" spans="1:2">
       <x:c r="A4057" s="2">
-        <x:v>40093</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="B4057" s="3">
-        <x:v>104413.81</x:v>
+        <x:v>104451.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4058" spans="1:2">
       <x:c r="A4058" s="2">
-        <x:v>40092</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="B4058" s="3">
-        <x:v>104411.9</x:v>
+        <x:v>104449.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4059" spans="1:2">
       <x:c r="A4059" s="2">
-        <x:v>40091</x:v>
+        <x:v>40112</x:v>
       </x:c>
       <x:c r="B4059" s="3">
-        <x:v>104410.37</x:v>
+        <x:v>104447.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4060" spans="1:2">
       <x:c r="A4060" s="2">
-        <x:v>40090</x:v>
+        <x:v>40111</x:v>
       </x:c>
       <x:c r="B4060" s="3">
-        <x:v>104408.4</x:v>
+        <x:v>104446</x:v>
       </x:c>
     </x:row>
     <x:row r="4061" spans="1:2">
       <x:c r="A4061" s="2">
-        <x:v>40087</x:v>
+        <x:v>40108</x:v>
       </x:c>
       <x:c r="B4061" s="3">
-        <x:v>104402.73</x:v>
+        <x:v>104440.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4062" spans="1:2">
       <x:c r="A4062" s="2">
-        <x:v>40086</x:v>
+        <x:v>40107</x:v>
       </x:c>
       <x:c r="B4062" s="3">
-        <x:v>104399.93</x:v>
+        <x:v>104438.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4063" spans="1:2">
       <x:c r="A4063" s="2">
-        <x:v>40085</x:v>
+        <x:v>40106</x:v>
       </x:c>
       <x:c r="B4063" s="3">
-        <x:v>104398.84</x:v>
+        <x:v>104437.43</x:v>
       </x:c>
     </x:row>
     <x:row r="4064" spans="1:2">
       <x:c r="A4064" s="2">
-        <x:v>40084</x:v>
+        <x:v>40105</x:v>
       </x:c>
       <x:c r="B4064" s="3">
-        <x:v>104396.63</x:v>
+        <x:v>104435.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4065" spans="1:2">
       <x:c r="A4065" s="2">
-        <x:v>40083</x:v>
+        <x:v>40104</x:v>
       </x:c>
       <x:c r="B4065" s="3">
-        <x:v>104394.24</x:v>
+        <x:v>104433.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4066" spans="1:2">
       <x:c r="A4066" s="2">
-        <x:v>40080</x:v>
+        <x:v>40101</x:v>
       </x:c>
       <x:c r="B4066" s="3">
-        <x:v>104388.71</x:v>
+        <x:v>104428.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4067" spans="1:2">
       <x:c r="A4067" s="2">
-        <x:v>40079</x:v>
+        <x:v>40100</x:v>
       </x:c>
       <x:c r="B4067" s="3">
-        <x:v>104386.88</x:v>
+        <x:v>104426.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4068" spans="1:2">
       <x:c r="A4068" s="2">
-        <x:v>40078</x:v>
+        <x:v>40099</x:v>
       </x:c>
       <x:c r="B4068" s="3">
-        <x:v>104384.35</x:v>
+        <x:v>104424.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4069" spans="1:2">
       <x:c r="A4069" s="2">
-        <x:v>40077</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="B4069" s="3">
-        <x:v>104382.41</x:v>
+        <x:v>104422.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4070" spans="1:2">
       <x:c r="A4070" s="2">
-        <x:v>40076</x:v>
+        <x:v>40097</x:v>
       </x:c>
       <x:c r="B4070" s="3">
-        <x:v>104379.88</x:v>
+        <x:v>104420.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4071" spans="1:2">
       <x:c r="A4071" s="2">
-        <x:v>40073</x:v>
+        <x:v>40094</x:v>
       </x:c>
       <x:c r="B4071" s="3">
-        <x:v>104374.22</x:v>
+        <x:v>104415.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4072" spans="1:2">
       <x:c r="A4072" s="2">
-        <x:v>40072</x:v>
+        <x:v>40093</x:v>
       </x:c>
       <x:c r="B4072" s="3">
-        <x:v>104372.25</x:v>
+        <x:v>104413.81</x:v>
       </x:c>
     </x:row>
     <x:row r="4073" spans="1:2">
       <x:c r="A4073" s="2">
-        <x:v>40071</x:v>
+        <x:v>40092</x:v>
       </x:c>
       <x:c r="B4073" s="3">
-        <x:v>104370.12</x:v>
+        <x:v>104411.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4074" spans="1:2">
       <x:c r="A4074" s="2">
-        <x:v>40070</x:v>
+        <x:v>40091</x:v>
       </x:c>
       <x:c r="B4074" s="3">
-        <x:v>104366.73</x:v>
+        <x:v>104410.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4075" spans="1:2">
       <x:c r="A4075" s="2">
-        <x:v>40069</x:v>
+        <x:v>40090</x:v>
       </x:c>
       <x:c r="B4075" s="3">
-        <x:v>104364.37</x:v>
+        <x:v>104408.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4076" spans="1:2">
       <x:c r="A4076" s="2">
-        <x:v>40066</x:v>
+        <x:v>40087</x:v>
       </x:c>
       <x:c r="B4076" s="3">
-        <x:v>104358.76</x:v>
+        <x:v>104402.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4077" spans="1:2">
       <x:c r="A4077" s="2">
-        <x:v>40065</x:v>
+        <x:v>40086</x:v>
       </x:c>
       <x:c r="B4077" s="3">
-        <x:v>104356.94</x:v>
+        <x:v>104399.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4078" spans="1:2">
       <x:c r="A4078" s="2">
-        <x:v>40064</x:v>
+        <x:v>40085</x:v>
       </x:c>
       <x:c r="B4078" s="3">
-        <x:v>104354.14</x:v>
+        <x:v>104398.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4079" spans="1:2">
       <x:c r="A4079" s="2">
-        <x:v>40063</x:v>
+        <x:v>40084</x:v>
       </x:c>
       <x:c r="B4079" s="3">
-        <x:v>104351.37</x:v>
+        <x:v>104396.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4080" spans="1:2">
       <x:c r="A4080" s="2">
-        <x:v>40062</x:v>
+        <x:v>40083</x:v>
       </x:c>
       <x:c r="B4080" s="3">
-        <x:v>104348.9</x:v>
+        <x:v>104394.24</x:v>
       </x:c>
     </x:row>
     <x:row r="4081" spans="1:2">
       <x:c r="A4081" s="2">
-        <x:v>40059</x:v>
+        <x:v>40080</x:v>
       </x:c>
       <x:c r="B4081" s="3">
-        <x:v>104343.77</x:v>
+        <x:v>104388.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4082" spans="1:2">
       <x:c r="A4082" s="2">
-        <x:v>40058</x:v>
+        <x:v>40079</x:v>
       </x:c>
       <x:c r="B4082" s="3">
-        <x:v>104341.79</x:v>
+        <x:v>104386.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4083" spans="1:2">
       <x:c r="A4083" s="2">
-        <x:v>40057</x:v>
+        <x:v>40078</x:v>
       </x:c>
       <x:c r="B4083" s="3">
-        <x:v>104339.71</x:v>
+        <x:v>104384.35</x:v>
       </x:c>
     </x:row>
     <x:row r="4084" spans="1:2">
       <x:c r="A4084" s="2">
-        <x:v>40056</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="B4084" s="3">
-        <x:v>104337.66</x:v>
+        <x:v>104382.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4085" spans="1:2">
       <x:c r="A4085" s="2">
-        <x:v>40055</x:v>
+        <x:v>40076</x:v>
       </x:c>
       <x:c r="B4085" s="3">
-        <x:v>104335.78</x:v>
+        <x:v>104379.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4086" spans="1:2">
       <x:c r="A4086" s="2">
-        <x:v>40052</x:v>
+        <x:v>40073</x:v>
       </x:c>
       <x:c r="B4086" s="3">
-        <x:v>104330.03</x:v>
+        <x:v>104374.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4087" spans="1:2">
       <x:c r="A4087" s="2">
-        <x:v>40051</x:v>
+        <x:v>40072</x:v>
       </x:c>
       <x:c r="B4087" s="3">
-        <x:v>104327.89</x:v>
+        <x:v>104372.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4088" spans="1:2">
       <x:c r="A4088" s="2">
-        <x:v>40050</x:v>
+        <x:v>40071</x:v>
       </x:c>
       <x:c r="B4088" s="3">
-        <x:v>104325.72</x:v>
+        <x:v>104370.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4089" spans="1:2">
       <x:c r="A4089" s="2">
-        <x:v>40049</x:v>
+        <x:v>40070</x:v>
       </x:c>
       <x:c r="B4089" s="3">
-        <x:v>104323.51</x:v>
+        <x:v>104366.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4090" spans="1:2">
       <x:c r="A4090" s="2">
-        <x:v>40048</x:v>
+        <x:v>40069</x:v>
       </x:c>
       <x:c r="B4090" s="3">
-        <x:v>104321.09</x:v>
+        <x:v>104364.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4091" spans="1:2">
       <x:c r="A4091" s="2">
-        <x:v>40045</x:v>
+        <x:v>40066</x:v>
       </x:c>
       <x:c r="B4091" s="3">
-        <x:v>104315.61</x:v>
+        <x:v>104358.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4092" spans="1:2">
       <x:c r="A4092" s="2">
-        <x:v>40044</x:v>
+        <x:v>40065</x:v>
       </x:c>
       <x:c r="B4092" s="3">
-        <x:v>104313.48</x:v>
+        <x:v>104356.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4093" spans="1:2">
       <x:c r="A4093" s="2">
-        <x:v>40043</x:v>
+        <x:v>40064</x:v>
       </x:c>
       <x:c r="B4093" s="3">
-        <x:v>104311.34</x:v>
+        <x:v>104354.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4094" spans="1:2">
       <x:c r="A4094" s="2">
-        <x:v>40042</x:v>
+        <x:v>40063</x:v>
       </x:c>
       <x:c r="B4094" s="3">
-        <x:v>104309.34</x:v>
+        <x:v>104351.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4095" spans="1:2">
       <x:c r="A4095" s="2">
-        <x:v>40041</x:v>
+        <x:v>40062</x:v>
       </x:c>
       <x:c r="B4095" s="3">
-        <x:v>104307.47</x:v>
+        <x:v>104348.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4096" spans="1:2">
       <x:c r="A4096" s="2">
-        <x:v>40038</x:v>
+        <x:v>40059</x:v>
       </x:c>
       <x:c r="B4096" s="3">
-        <x:v>104301.78</x:v>
+        <x:v>104343.77</x:v>
       </x:c>
     </x:row>
     <x:row r="4097" spans="1:2">
       <x:c r="A4097" s="2">
-        <x:v>40037</x:v>
+        <x:v>40058</x:v>
       </x:c>
       <x:c r="B4097" s="3">
-        <x:v>104299.71</x:v>
+        <x:v>104341.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4098" spans="1:2">
       <x:c r="A4098" s="2">
-        <x:v>40036</x:v>
+        <x:v>40057</x:v>
       </x:c>
       <x:c r="B4098" s="3">
-        <x:v>104297.4</x:v>
+        <x:v>104339.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4099" spans="1:2">
       <x:c r="A4099" s="2">
-        <x:v>40035</x:v>
+        <x:v>40056</x:v>
       </x:c>
       <x:c r="B4099" s="3">
-        <x:v>104294.64</x:v>
+        <x:v>104337.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4100" spans="1:2">
       <x:c r="A4100" s="2">
-        <x:v>40034</x:v>
+        <x:v>40055</x:v>
       </x:c>
       <x:c r="B4100" s="3">
-        <x:v>104292.17</x:v>
+        <x:v>104335.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4101" spans="1:2">
       <x:c r="A4101" s="2">
-        <x:v>40031</x:v>
+        <x:v>40052</x:v>
       </x:c>
       <x:c r="B4101" s="3">
-        <x:v>104284.41</x:v>
+        <x:v>104330.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4102" spans="1:2">
       <x:c r="A4102" s="2">
-        <x:v>40030</x:v>
+        <x:v>40051</x:v>
       </x:c>
       <x:c r="B4102" s="3">
-        <x:v>104281.65</x:v>
+        <x:v>104327.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4103" spans="1:2">
       <x:c r="A4103" s="2">
-        <x:v>40029</x:v>
+        <x:v>40050</x:v>
       </x:c>
       <x:c r="B4103" s="3">
-        <x:v>104278.8</x:v>
+        <x:v>104325.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4104" spans="1:2">
       <x:c r="A4104" s="2">
-        <x:v>40028</x:v>
+        <x:v>40049</x:v>
       </x:c>
       <x:c r="B4104" s="3">
-        <x:v>104276.19</x:v>
+        <x:v>104323.51</x:v>
       </x:c>
     </x:row>
     <x:row r="4105" spans="1:2">
       <x:c r="A4105" s="2">
-        <x:v>40027</x:v>
+        <x:v>40048</x:v>
       </x:c>
       <x:c r="B4105" s="3">
-        <x:v>104272.79</x:v>
+        <x:v>104321.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4106" spans="1:2">
       <x:c r="A4106" s="2">
-        <x:v>40024</x:v>
+        <x:v>40045</x:v>
       </x:c>
       <x:c r="B4106" s="3">
-        <x:v>104265.54</x:v>
+        <x:v>104315.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4107" spans="1:2">
       <x:c r="A4107" s="2">
-        <x:v>40023</x:v>
+        <x:v>40044</x:v>
       </x:c>
       <x:c r="B4107" s="3">
-        <x:v>104262.91</x:v>
+        <x:v>104313.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4108" spans="1:2">
       <x:c r="A4108" s="2">
-        <x:v>40022</x:v>
+        <x:v>40043</x:v>
       </x:c>
       <x:c r="B4108" s="3">
-        <x:v>104260.07</x:v>
+        <x:v>104311.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4109" spans="1:2">
       <x:c r="A4109" s="2">
-        <x:v>40021</x:v>
+        <x:v>40042</x:v>
       </x:c>
       <x:c r="B4109" s="3">
-        <x:v>104257.52</x:v>
+        <x:v>104309.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4110" spans="1:2">
       <x:c r="A4110" s="2">
-        <x:v>40020</x:v>
+        <x:v>40041</x:v>
       </x:c>
       <x:c r="B4110" s="3">
-        <x:v>104255.41</x:v>
+        <x:v>104307.47</x:v>
       </x:c>
     </x:row>
     <x:row r="4111" spans="1:2">
       <x:c r="A4111" s="2">
-        <x:v>40017</x:v>
+        <x:v>40038</x:v>
       </x:c>
       <x:c r="B4111" s="3">
-        <x:v>104246.89</x:v>
+        <x:v>104301.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4112" spans="1:2">
       <x:c r="A4112" s="2">
-        <x:v>40016</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="B4112" s="3">
-        <x:v>104244.21</x:v>
+        <x:v>104299.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4113" spans="1:2">
       <x:c r="A4113" s="2">
-        <x:v>40015</x:v>
+        <x:v>40036</x:v>
       </x:c>
       <x:c r="B4113" s="3">
-        <x:v>104242.33</x:v>
+        <x:v>104297.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4114" spans="1:2">
       <x:c r="A4114" s="2">
-        <x:v>40014</x:v>
+        <x:v>40035</x:v>
       </x:c>
       <x:c r="B4114" s="3">
-        <x:v>104240.32</x:v>
+        <x:v>104294.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4115" spans="1:2">
       <x:c r="A4115" s="2">
-        <x:v>40013</x:v>
+        <x:v>40034</x:v>
       </x:c>
       <x:c r="B4115" s="3">
-        <x:v>104237.49</x:v>
+        <x:v>104292.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4116" spans="1:2">
       <x:c r="A4116" s="2">
-        <x:v>40010</x:v>
+        <x:v>40031</x:v>
       </x:c>
       <x:c r="B4116" s="3">
-        <x:v>104229.4</x:v>
+        <x:v>104284.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4117" spans="1:2">
       <x:c r="A4117" s="2">
-        <x:v>40009</x:v>
+        <x:v>40030</x:v>
       </x:c>
       <x:c r="B4117" s="3">
-        <x:v>104226.01</x:v>
+        <x:v>104281.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4118" spans="1:2">
       <x:c r="A4118" s="2">
-        <x:v>40008</x:v>
+        <x:v>40029</x:v>
       </x:c>
       <x:c r="B4118" s="3">
-        <x:v>104222.17</x:v>
+        <x:v>104278.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4119" spans="1:2">
       <x:c r="A4119" s="2">
-        <x:v>40006</x:v>
+        <x:v>40028</x:v>
       </x:c>
       <x:c r="B4119" s="3">
-        <x:v>104216.72</x:v>
+        <x:v>104276.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4120" spans="1:2">
       <x:c r="A4120" s="2">
-        <x:v>40003</x:v>
+        <x:v>40027</x:v>
       </x:c>
       <x:c r="B4120" s="3">
-        <x:v>104208.68</x:v>
+        <x:v>104272.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4121" spans="1:2">
       <x:c r="A4121" s="2">
-        <x:v>40002</x:v>
+        <x:v>40024</x:v>
       </x:c>
       <x:c r="B4121" s="3">
-        <x:v>104207.7</x:v>
+        <x:v>104265.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4122" spans="1:2">
       <x:c r="A4122" s="2">
-        <x:v>40001</x:v>
+        <x:v>40023</x:v>
       </x:c>
       <x:c r="B4122" s="3">
-        <x:v>104203.25</x:v>
+        <x:v>104262.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4123" spans="1:2">
       <x:c r="A4123" s="2">
-        <x:v>40000</x:v>
+        <x:v>40022</x:v>
       </x:c>
       <x:c r="B4123" s="3">
-        <x:v>104201.2</x:v>
+        <x:v>104260.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4124" spans="1:2">
       <x:c r="A4124" s="2">
-        <x:v>39999</x:v>
+        <x:v>40021</x:v>
       </x:c>
       <x:c r="B4124" s="3">
-        <x:v>104198.45</x:v>
+        <x:v>104257.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4125" spans="1:2">
       <x:c r="A4125" s="2">
-        <x:v>39996</x:v>
+        <x:v>40020</x:v>
       </x:c>
       <x:c r="B4125" s="3">
-        <x:v>104188.83</x:v>
+        <x:v>104255.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4126" spans="1:2">
       <x:c r="A4126" s="2">
-        <x:v>39995</x:v>
+        <x:v>40017</x:v>
       </x:c>
       <x:c r="B4126" s="3">
-        <x:v>104185.74</x:v>
+        <x:v>104246.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4127" spans="1:2">
       <x:c r="A4127" s="2">
-        <x:v>39994</x:v>
+        <x:v>40016</x:v>
       </x:c>
       <x:c r="B4127" s="3">
-        <x:v>104180.97</x:v>
+        <x:v>104244.21</x:v>
       </x:c>
     </x:row>
     <x:row r="4128" spans="1:2">
       <x:c r="A4128" s="2">
-        <x:v>39993</x:v>
+        <x:v>40015</x:v>
       </x:c>
       <x:c r="B4128" s="3">
-        <x:v>104176.86</x:v>
+        <x:v>104242.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4129" spans="1:2">
       <x:c r="A4129" s="2">
-        <x:v>39992</x:v>
+        <x:v>40014</x:v>
       </x:c>
       <x:c r="B4129" s="3">
-        <x:v>104174.07</x:v>
+        <x:v>104240.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4130" spans="1:2">
       <x:c r="A4130" s="2">
-        <x:v>39989</x:v>
+        <x:v>40013</x:v>
       </x:c>
       <x:c r="B4130" s="3">
-        <x:v>104166.04</x:v>
+        <x:v>104237.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4131" spans="1:2">
       <x:c r="A4131" s="2">
-        <x:v>39988</x:v>
+        <x:v>40010</x:v>
       </x:c>
       <x:c r="B4131" s="3">
-        <x:v>104160.51</x:v>
+        <x:v>104229.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4132" spans="1:2">
       <x:c r="A4132" s="2">
-        <x:v>39987</x:v>
+        <x:v>40009</x:v>
       </x:c>
       <x:c r="B4132" s="3">
-        <x:v>104157.22</x:v>
+        <x:v>104226.01</x:v>
       </x:c>
     </x:row>
     <x:row r="4133" spans="1:2">
       <x:c r="A4133" s="2">
-        <x:v>39986</x:v>
+        <x:v>40008</x:v>
       </x:c>
       <x:c r="B4133" s="3">
-        <x:v>104153.48</x:v>
+        <x:v>104222.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4134" spans="1:2">
       <x:c r="A4134" s="2">
-        <x:v>39985</x:v>
+        <x:v>40006</x:v>
       </x:c>
       <x:c r="B4134" s="3">
-        <x:v>104149.58</x:v>
+        <x:v>104216.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4135" spans="1:2">
       <x:c r="A4135" s="2">
-        <x:v>39982</x:v>
+        <x:v>40003</x:v>
       </x:c>
       <x:c r="B4135" s="3">
-        <x:v>104139.12</x:v>
+        <x:v>104208.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4136" spans="1:2">
       <x:c r="A4136" s="2">
-        <x:v>39981</x:v>
+        <x:v>40002</x:v>
       </x:c>
       <x:c r="B4136" s="3">
-        <x:v>104134.44</x:v>
+        <x:v>104207.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4137" spans="1:2">
       <x:c r="A4137" s="2">
-        <x:v>39980</x:v>
+        <x:v>40001</x:v>
       </x:c>
       <x:c r="B4137" s="3">
-        <x:v>104129.74</x:v>
+        <x:v>104203.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4138" spans="1:2">
       <x:c r="A4138" s="2">
-        <x:v>39979</x:v>
+        <x:v>40000</x:v>
       </x:c>
       <x:c r="B4138" s="3">
-        <x:v>104125.7</x:v>
+        <x:v>104201.2</x:v>
       </x:c>
     </x:row>
     <x:row r="4139" spans="1:2">
       <x:c r="A4139" s="2">
-        <x:v>39978</x:v>
+        <x:v>39999</x:v>
       </x:c>
       <x:c r="B4139" s="3">
-        <x:v>104120.31</x:v>
+        <x:v>104198.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4140" spans="1:2">
       <x:c r="A4140" s="2">
-        <x:v>39975</x:v>
+        <x:v>39996</x:v>
       </x:c>
       <x:c r="B4140" s="3">
-        <x:v>104108.98</x:v>
+        <x:v>104188.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4141" spans="1:2">
       <x:c r="A4141" s="2">
-        <x:v>39974</x:v>
+        <x:v>39995</x:v>
       </x:c>
       <x:c r="B4141" s="3">
-        <x:v>104104.71</x:v>
+        <x:v>104185.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4142" spans="1:2">
       <x:c r="A4142" s="2">
-        <x:v>39973</x:v>
+        <x:v>39994</x:v>
       </x:c>
       <x:c r="B4142" s="3">
-        <x:v>104100.76</x:v>
+        <x:v>104180.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4143" spans="1:2">
       <x:c r="A4143" s="2">
-        <x:v>39972</x:v>
+        <x:v>39993</x:v>
       </x:c>
       <x:c r="B4143" s="3">
-        <x:v>104096.85</x:v>
+        <x:v>104176.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4144" spans="1:2">
       <x:c r="A4144" s="2">
-        <x:v>39971</x:v>
+        <x:v>39992</x:v>
       </x:c>
       <x:c r="B4144" s="3">
-        <x:v>104093.4</x:v>
+        <x:v>104174.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4145" spans="1:2">
       <x:c r="A4145" s="2">
-        <x:v>39968</x:v>
+        <x:v>39989</x:v>
       </x:c>
       <x:c r="B4145" s="3">
-        <x:v>104082.74</x:v>
+        <x:v>104166.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4146" spans="1:2">
       <x:c r="A4146" s="2">
-        <x:v>39967</x:v>
+        <x:v>39988</x:v>
       </x:c>
       <x:c r="B4146" s="3">
-        <x:v>104078.86</x:v>
+        <x:v>104160.51</x:v>
       </x:c>
     </x:row>
     <x:row r="4147" spans="1:2">
       <x:c r="A4147" s="2">
-        <x:v>39966</x:v>
+        <x:v>39987</x:v>
       </x:c>
       <x:c r="B4147" s="3">
-        <x:v>104074.69</x:v>
+        <x:v>104157.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4148" spans="1:2">
       <x:c r="A4148" s="2">
-        <x:v>39965</x:v>
+        <x:v>39986</x:v>
       </x:c>
       <x:c r="B4148" s="3">
-        <x:v>104069.79</x:v>
+        <x:v>104153.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4149" spans="1:2">
       <x:c r="A4149" s="2">
-        <x:v>39961</x:v>
+        <x:v>39985</x:v>
       </x:c>
       <x:c r="B4149" s="3">
-        <x:v>104053</x:v>
+        <x:v>104149.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4150" spans="1:2">
       <x:c r="A4150" s="2">
-        <x:v>39960</x:v>
+        <x:v>39982</x:v>
       </x:c>
       <x:c r="B4150" s="3">
-        <x:v>104045.92</x:v>
+        <x:v>104139.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4151" spans="1:2">
       <x:c r="A4151" s="2">
-        <x:v>39959</x:v>
+        <x:v>39981</x:v>
       </x:c>
       <x:c r="B4151" s="3">
-        <x:v>104041.65</x:v>
+        <x:v>104134.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4152" spans="1:2">
       <x:c r="A4152" s="2">
-        <x:v>39958</x:v>
+        <x:v>39980</x:v>
       </x:c>
       <x:c r="B4152" s="3">
-        <x:v>104037.67</x:v>
+        <x:v>104129.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4153" spans="1:2">
       <x:c r="A4153" s="2">
-        <x:v>39957</x:v>
+        <x:v>39979</x:v>
       </x:c>
       <x:c r="B4153" s="3">
-        <x:v>104032.04</x:v>
+        <x:v>104125.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4154" spans="1:2">
       <x:c r="A4154" s="2">
-        <x:v>39954</x:v>
+        <x:v>39978</x:v>
       </x:c>
       <x:c r="B4154" s="3">
-        <x:v>104018.97</x:v>
+        <x:v>104120.31</x:v>
       </x:c>
     </x:row>
     <x:row r="4155" spans="1:2">
       <x:c r="A4155" s="2">
-        <x:v>39952</x:v>
+        <x:v>39975</x:v>
       </x:c>
       <x:c r="B4155" s="3">
-        <x:v>104010.34</x:v>
+        <x:v>104108.98</x:v>
       </x:c>
     </x:row>
     <x:row r="4156" spans="1:2">
       <x:c r="A4156" s="2">
-        <x:v>39951</x:v>
+        <x:v>39974</x:v>
       </x:c>
       <x:c r="B4156" s="3">
-        <x:v>104005.98</x:v>
+        <x:v>104104.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4157" spans="1:2">
       <x:c r="A4157" s="2">
-        <x:v>39950</x:v>
+        <x:v>39973</x:v>
       </x:c>
       <x:c r="B4157" s="3">
-        <x:v>104001</x:v>
+        <x:v>104100.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4158" spans="1:2">
       <x:c r="A4158" s="2">
-        <x:v>39947</x:v>
+        <x:v>39972</x:v>
       </x:c>
       <x:c r="B4158" s="3">
-        <x:v>103989.54</x:v>
+        <x:v>104096.85</x:v>
       </x:c>
     </x:row>
     <x:row r="4159" spans="1:2">
       <x:c r="A4159" s="2">
-        <x:v>39946</x:v>
+        <x:v>39971</x:v>
       </x:c>
       <x:c r="B4159" s="3">
-        <x:v>103985.44</x:v>
+        <x:v>104093.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4160" spans="1:2">
       <x:c r="A4160" s="2">
-        <x:v>39945</x:v>
+        <x:v>39968</x:v>
       </x:c>
       <x:c r="B4160" s="3">
-        <x:v>103980.61</x:v>
+        <x:v>104082.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4161" spans="1:2">
       <x:c r="A4161" s="2">
-        <x:v>39944</x:v>
+        <x:v>39967</x:v>
       </x:c>
       <x:c r="B4161" s="3">
-        <x:v>103976.14</x:v>
+        <x:v>104078.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4162" spans="1:2">
       <x:c r="A4162" s="2">
-        <x:v>39943</x:v>
+        <x:v>39966</x:v>
       </x:c>
       <x:c r="B4162" s="3">
-        <x:v>103970.36</x:v>
+        <x:v>104074.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4163" spans="1:2">
       <x:c r="A4163" s="2">
-        <x:v>39939</x:v>
+        <x:v>39965</x:v>
       </x:c>
       <x:c r="B4163" s="3">
-        <x:v>103954.89</x:v>
+        <x:v>104069.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4164" spans="1:2">
       <x:c r="A4164" s="2">
-        <x:v>39938</x:v>
+        <x:v>39961</x:v>
       </x:c>
       <x:c r="B4164" s="3">
-        <x:v>103950.48</x:v>
+        <x:v>104053</x:v>
       </x:c>
     </x:row>
     <x:row r="4165" spans="1:2">
       <x:c r="A4165" s="2">
-        <x:v>39937</x:v>
+        <x:v>39960</x:v>
       </x:c>
       <x:c r="B4165" s="3">
-        <x:v>103945.93</x:v>
+        <x:v>104045.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4166" spans="1:2">
       <x:c r="A4166" s="2">
-        <x:v>39936</x:v>
+        <x:v>39959</x:v>
       </x:c>
       <x:c r="B4166" s="3">
-        <x:v>103939.61</x:v>
+        <x:v>104041.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4167" spans="1:2">
       <x:c r="A4167" s="2">
-        <x:v>39932</x:v>
+        <x:v>39958</x:v>
       </x:c>
       <x:c r="B4167" s="3">
-        <x:v>103921.66</x:v>
+        <x:v>104037.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4168" spans="1:2">
       <x:c r="A4168" s="2">
-        <x:v>39931</x:v>
+        <x:v>39957</x:v>
       </x:c>
       <x:c r="B4168" s="3">
-        <x:v>103916.36</x:v>
+        <x:v>104032.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4169" spans="1:2">
       <x:c r="A4169" s="2">
-        <x:v>39930</x:v>
+        <x:v>39954</x:v>
       </x:c>
       <x:c r="B4169" s="3">
-        <x:v>103910.91</x:v>
+        <x:v>104018.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4170" spans="1:2">
       <x:c r="A4170" s="2">
-        <x:v>39929</x:v>
+        <x:v>39952</x:v>
       </x:c>
       <x:c r="B4170" s="3">
-        <x:v>103905.14</x:v>
+        <x:v>104010.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4171" spans="1:2">
       <x:c r="A4171" s="2">
-        <x:v>39926</x:v>
+        <x:v>39951</x:v>
       </x:c>
       <x:c r="B4171" s="3">
-        <x:v>103889.12</x:v>
+        <x:v>104005.98</x:v>
       </x:c>
     </x:row>
     <x:row r="4172" spans="1:2">
       <x:c r="A4172" s="2">
-        <x:v>39925</x:v>
+        <x:v>39950</x:v>
       </x:c>
       <x:c r="B4172" s="3">
-        <x:v>103882.25</x:v>
+        <x:v>104001</x:v>
       </x:c>
     </x:row>
     <x:row r="4173" spans="1:2">
       <x:c r="A4173" s="2">
-        <x:v>39924</x:v>
+        <x:v>39947</x:v>
       </x:c>
       <x:c r="B4173" s="3">
-        <x:v>103875.54</x:v>
+        <x:v>103989.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4174" spans="1:2">
       <x:c r="A4174" s="2">
-        <x:v>39923</x:v>
+        <x:v>39946</x:v>
       </x:c>
       <x:c r="B4174" s="3">
-        <x:v>103869.78</x:v>
+        <x:v>103985.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4175" spans="1:2">
       <x:c r="A4175" s="2">
-        <x:v>39922</x:v>
+        <x:v>39945</x:v>
       </x:c>
       <x:c r="B4175" s="3">
-        <x:v>103863.54</x:v>
+        <x:v>103980.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4176" spans="1:2">
       <x:c r="A4176" s="2">
-        <x:v>39919</x:v>
+        <x:v>39944</x:v>
       </x:c>
       <x:c r="B4176" s="3">
-        <x:v>103847.03</x:v>
+        <x:v>103976.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4177" spans="1:2">
       <x:c r="A4177" s="2">
-        <x:v>39918</x:v>
+        <x:v>39943</x:v>
       </x:c>
       <x:c r="B4177" s="3">
-        <x:v>103841.37</x:v>
+        <x:v>103970.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4178" spans="1:2">
       <x:c r="A4178" s="2">
-        <x:v>39917</x:v>
+        <x:v>39939</x:v>
       </x:c>
       <x:c r="B4178" s="3">
-        <x:v>103835.66</x:v>
+        <x:v>103954.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4179" spans="1:2">
       <x:c r="A4179" s="2">
-        <x:v>39916</x:v>
+        <x:v>39938</x:v>
       </x:c>
       <x:c r="B4179" s="3">
-        <x:v>103827.38</x:v>
+        <x:v>103950.48</x:v>
       </x:c>
     </x:row>
     <x:row r="4180" spans="1:2">
       <x:c r="A4180" s="2">
-        <x:v>39911</x:v>
+        <x:v>39937</x:v>
       </x:c>
       <x:c r="B4180" s="3">
-        <x:v>103800.72</x:v>
+        <x:v>103945.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4181" spans="1:2">
       <x:c r="A4181" s="2">
-        <x:v>39910</x:v>
+        <x:v>39936</x:v>
       </x:c>
       <x:c r="B4181" s="3">
-        <x:v>103795.51</x:v>
+        <x:v>103939.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4182" spans="1:2">
       <x:c r="A4182" s="2">
-        <x:v>39909</x:v>
+        <x:v>39932</x:v>
       </x:c>
       <x:c r="B4182" s="3">
-        <x:v>103789.41</x:v>
+        <x:v>103921.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4183" spans="1:2">
       <x:c r="A4183" s="2">
-        <x:v>39908</x:v>
+        <x:v>39931</x:v>
       </x:c>
       <x:c r="B4183" s="3">
-        <x:v>103784.3</x:v>
+        <x:v>103916.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4184" spans="1:2">
       <x:c r="A4184" s="2">
-        <x:v>39905</x:v>
+        <x:v>39930</x:v>
       </x:c>
       <x:c r="B4184" s="3">
-        <x:v>103770.63</x:v>
+        <x:v>103910.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4185" spans="1:2">
       <x:c r="A4185" s="2">
-        <x:v>39904</x:v>
+        <x:v>39929</x:v>
       </x:c>
       <x:c r="B4185" s="3">
-        <x:v>103765.42</x:v>
+        <x:v>103905.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4186" spans="1:2">
       <x:c r="A4186" s="2">
-        <x:v>39903</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="B4186" s="3">
-        <x:v>103759.15</x:v>
+        <x:v>103889.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4187" spans="1:2">
       <x:c r="A4187" s="2">
-        <x:v>39902</x:v>
+        <x:v>39925</x:v>
       </x:c>
       <x:c r="B4187" s="3">
-        <x:v>103752.41</x:v>
+        <x:v>103882.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4188" spans="1:2">
       <x:c r="A4188" s="2">
-        <x:v>39901</x:v>
+        <x:v>39924</x:v>
       </x:c>
       <x:c r="B4188" s="3">
-        <x:v>103746.42</x:v>
+        <x:v>103875.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4189" spans="1:2">
       <x:c r="A4189" s="2">
-        <x:v>39898</x:v>
+        <x:v>39923</x:v>
       </x:c>
       <x:c r="B4189" s="3">
-        <x:v>103731.27</x:v>
+        <x:v>103869.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4190" spans="1:2">
       <x:c r="A4190" s="2">
-        <x:v>39897</x:v>
+        <x:v>39922</x:v>
       </x:c>
       <x:c r="B4190" s="3">
-        <x:v>103725.99</x:v>
+        <x:v>103863.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4191" spans="1:2">
       <x:c r="A4191" s="2">
-        <x:v>39896</x:v>
+        <x:v>39919</x:v>
       </x:c>
       <x:c r="B4191" s="3">
-        <x:v>103720.67</x:v>
+        <x:v>103847.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4192" spans="1:2">
       <x:c r="A4192" s="2">
-        <x:v>39895</x:v>
+        <x:v>39918</x:v>
       </x:c>
       <x:c r="B4192" s="3">
-        <x:v>103715.73</x:v>
+        <x:v>103841.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4193" spans="1:2">
       <x:c r="A4193" s="2">
-        <x:v>39894</x:v>
+        <x:v>39917</x:v>
       </x:c>
       <x:c r="B4193" s="3">
-        <x:v>103710.7</x:v>
+        <x:v>103835.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4194" spans="1:2">
       <x:c r="A4194" s="2">
-        <x:v>39891</x:v>
+        <x:v>39916</x:v>
       </x:c>
       <x:c r="B4194" s="3">
-        <x:v>103696.29</x:v>
+        <x:v>103827.38</x:v>
       </x:c>
     </x:row>
     <x:row r="4195" spans="1:2">
       <x:c r="A4195" s="2">
-        <x:v>39890</x:v>
+        <x:v>39911</x:v>
       </x:c>
       <x:c r="B4195" s="3">
-        <x:v>103690.64</x:v>
+        <x:v>103800.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4196" spans="1:2">
       <x:c r="A4196" s="2">
-        <x:v>39889</x:v>
+        <x:v>39910</x:v>
       </x:c>
       <x:c r="B4196" s="3">
-        <x:v>103685.64</x:v>
+        <x:v>103795.51</x:v>
       </x:c>
     </x:row>
     <x:row r="4197" spans="1:2">
       <x:c r="A4197" s="2">
-        <x:v>39888</x:v>
+        <x:v>39909</x:v>
       </x:c>
       <x:c r="B4197" s="3">
-        <x:v>103680.65</x:v>
+        <x:v>103789.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4198" spans="1:2">
       <x:c r="A4198" s="2">
-        <x:v>39887</x:v>
+        <x:v>39908</x:v>
       </x:c>
       <x:c r="B4198" s="3">
-        <x:v>103675.12</x:v>
+        <x:v>103784.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4199" spans="1:2">
       <x:c r="A4199" s="2">
-        <x:v>39884</x:v>
+        <x:v>39905</x:v>
       </x:c>
       <x:c r="B4199" s="3">
-        <x:v>103661.74</x:v>
+        <x:v>103770.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4200" spans="1:2">
       <x:c r="A4200" s="2">
-        <x:v>39883</x:v>
+        <x:v>39904</x:v>
       </x:c>
       <x:c r="B4200" s="3">
-        <x:v>103656.69</x:v>
+        <x:v>103765.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4201" spans="1:2">
       <x:c r="A4201" s="2">
-        <x:v>39882</x:v>
+        <x:v>39903</x:v>
       </x:c>
       <x:c r="B4201" s="3">
-        <x:v>103651.28</x:v>
+        <x:v>103759.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4202" spans="1:2">
       <x:c r="A4202" s="2">
-        <x:v>39881</x:v>
+        <x:v>39902</x:v>
       </x:c>
       <x:c r="B4202" s="3">
-        <x:v>103645.72</x:v>
+        <x:v>103752.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4203" spans="1:2">
       <x:c r="A4203" s="2">
-        <x:v>39880</x:v>
+        <x:v>39901</x:v>
       </x:c>
       <x:c r="B4203" s="3">
-        <x:v>103639.6</x:v>
+        <x:v>103746.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4204" spans="1:2">
       <x:c r="A4204" s="2">
-        <x:v>39877</x:v>
+        <x:v>39898</x:v>
       </x:c>
       <x:c r="B4204" s="3">
-        <x:v>103623.54</x:v>
+        <x:v>103731.27</x:v>
       </x:c>
     </x:row>
     <x:row r="4205" spans="1:2">
       <x:c r="A4205" s="2">
-        <x:v>39876</x:v>
+        <x:v>39897</x:v>
       </x:c>
       <x:c r="B4205" s="3">
-        <x:v>103617.32</x:v>
+        <x:v>103725.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4206" spans="1:2">
       <x:c r="A4206" s="2">
-        <x:v>39875</x:v>
+        <x:v>39896</x:v>
       </x:c>
       <x:c r="B4206" s="3">
-        <x:v>103610.74</x:v>
+        <x:v>103720.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4207" spans="1:2">
       <x:c r="A4207" s="2">
-        <x:v>39874</x:v>
+        <x:v>39895</x:v>
       </x:c>
       <x:c r="B4207" s="3">
-        <x:v>103604.19</x:v>
+        <x:v>103715.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4208" spans="1:2">
       <x:c r="A4208" s="2">
-        <x:v>39873</x:v>
+        <x:v>39894</x:v>
       </x:c>
       <x:c r="B4208" s="3">
-        <x:v>103596.73</x:v>
+        <x:v>103710.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4209" spans="1:2">
       <x:c r="A4209" s="2">
-        <x:v>39870</x:v>
+        <x:v>39891</x:v>
       </x:c>
       <x:c r="B4209" s="3">
-        <x:v>103579.15</x:v>
+        <x:v>103696.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4210" spans="1:2">
       <x:c r="A4210" s="2">
-        <x:v>39869</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="B4210" s="3">
-        <x:v>103572.4</x:v>
+        <x:v>103690.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4211" spans="1:2">
       <x:c r="A4211" s="2">
-        <x:v>39868</x:v>
+        <x:v>39889</x:v>
       </x:c>
       <x:c r="B4211" s="3">
-        <x:v>103565.23</x:v>
+        <x:v>103685.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4212" spans="1:2">
       <x:c r="A4212" s="2">
-        <x:v>39867</x:v>
+        <x:v>39888</x:v>
       </x:c>
       <x:c r="B4212" s="3">
-        <x:v>103558.83</x:v>
+        <x:v>103680.65</x:v>
       </x:c>
     </x:row>
     <x:row r="4213" spans="1:2">
       <x:c r="A4213" s="2">
-        <x:v>39866</x:v>
+        <x:v>39887</x:v>
       </x:c>
       <x:c r="B4213" s="3">
-        <x:v>103551.25</x:v>
+        <x:v>103675.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4214" spans="1:2">
       <x:c r="A4214" s="2">
-        <x:v>39863</x:v>
+        <x:v>39884</x:v>
       </x:c>
       <x:c r="B4214" s="3">
-        <x:v>103533.46</x:v>
+        <x:v>103661.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4215" spans="1:2">
       <x:c r="A4215" s="2">
-        <x:v>39862</x:v>
+        <x:v>39883</x:v>
       </x:c>
       <x:c r="B4215" s="3">
-        <x:v>103527.32</x:v>
+        <x:v>103656.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4216" spans="1:2">
       <x:c r="A4216" s="2">
-        <x:v>39861</x:v>
+        <x:v>39882</x:v>
       </x:c>
       <x:c r="B4216" s="3">
-        <x:v>103520.11</x:v>
+        <x:v>103651.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4217" spans="1:2">
       <x:c r="A4217" s="2">
-        <x:v>39860</x:v>
+        <x:v>39881</x:v>
       </x:c>
       <x:c r="B4217" s="3">
-        <x:v>103512.5</x:v>
+        <x:v>103645.72</x:v>
       </x:c>
     </x:row>
     <x:row r="4218" spans="1:2">
       <x:c r="A4218" s="2">
-        <x:v>39859</x:v>
+        <x:v>39880</x:v>
       </x:c>
       <x:c r="B4218" s="3">
-        <x:v>103503.89</x:v>
+        <x:v>103639.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4219" spans="1:2">
       <x:c r="A4219" s="2">
-        <x:v>39856</x:v>
+        <x:v>39877</x:v>
       </x:c>
       <x:c r="B4219" s="3">
-        <x:v>103484.09</x:v>
+        <x:v>103623.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4220" spans="1:2">
       <x:c r="A4220" s="2">
-        <x:v>39855</x:v>
+        <x:v>39876</x:v>
       </x:c>
       <x:c r="B4220" s="3">
-        <x:v>103476.93</x:v>
+        <x:v>103617.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4221" spans="1:2">
       <x:c r="A4221" s="2">
-        <x:v>39854</x:v>
+        <x:v>39875</x:v>
       </x:c>
       <x:c r="B4221" s="3">
-        <x:v>103471.71</x:v>
+        <x:v>103610.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4222" spans="1:2">
       <x:c r="A4222" s="2">
-        <x:v>39853</x:v>
+        <x:v>39874</x:v>
       </x:c>
       <x:c r="B4222" s="3">
-        <x:v>103463.64</x:v>
+        <x:v>103604.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4223" spans="1:2">
       <x:c r="A4223" s="2">
-        <x:v>39852</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="B4223" s="3">
-        <x:v>103456.9</x:v>
+        <x:v>103596.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4224" spans="1:2">
       <x:c r="A4224" s="2">
-        <x:v>39849</x:v>
+        <x:v>39870</x:v>
       </x:c>
       <x:c r="B4224" s="3">
-        <x:v>103439.67</x:v>
+        <x:v>103579.15</x:v>
       </x:c>
     </x:row>
     <x:row r="4225" spans="1:2">
       <x:c r="A4225" s="2">
-        <x:v>39848</x:v>
+        <x:v>39869</x:v>
       </x:c>
       <x:c r="B4225" s="3">
-        <x:v>103432.97</x:v>
+        <x:v>103572.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4226" spans="1:2">
       <x:c r="A4226" s="2">
-        <x:v>39847</x:v>
+        <x:v>39868</x:v>
       </x:c>
       <x:c r="B4226" s="3">
-        <x:v>103426.73</x:v>
+        <x:v>103565.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4227" spans="1:2">
       <x:c r="A4227" s="2">
-        <x:v>39846</x:v>
+        <x:v>39867</x:v>
       </x:c>
       <x:c r="B4227" s="3">
-        <x:v>103420.07</x:v>
+        <x:v>103558.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4228" spans="1:2">
       <x:c r="A4228" s="2">
-        <x:v>39845</x:v>
+        <x:v>39866</x:v>
       </x:c>
       <x:c r="B4228" s="3">
-        <x:v>103409.63</x:v>
+        <x:v>103551.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4229" spans="1:2">
       <x:c r="A4229" s="2">
-        <x:v>39842</x:v>
+        <x:v>39863</x:v>
       </x:c>
       <x:c r="B4229" s="3">
-        <x:v>103389.84</x:v>
+        <x:v>103533.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4230" spans="1:2">
       <x:c r="A4230" s="2">
-        <x:v>39841</x:v>
+        <x:v>39862</x:v>
       </x:c>
       <x:c r="B4230" s="3">
-        <x:v>103383.12</x:v>
+        <x:v>103527.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4231" spans="1:2">
       <x:c r="A4231" s="2">
-        <x:v>39840</x:v>
+        <x:v>39861</x:v>
       </x:c>
       <x:c r="B4231" s="3">
-        <x:v>103376.49</x:v>
+        <x:v>103520.11</x:v>
       </x:c>
     </x:row>
     <x:row r="4232" spans="1:2">
       <x:c r="A4232" s="2">
-        <x:v>39839</x:v>
+        <x:v>39860</x:v>
       </x:c>
       <x:c r="B4232" s="3">
-        <x:v>103368</x:v>
+        <x:v>103512.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4233" spans="1:2">
       <x:c r="A4233" s="2">
-        <x:v>39838</x:v>
+        <x:v>39859</x:v>
       </x:c>
       <x:c r="B4233" s="3">
-        <x:v>103361.19</x:v>
+        <x:v>103503.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4234" spans="1:2">
       <x:c r="A4234" s="2">
-        <x:v>39835</x:v>
+        <x:v>39856</x:v>
       </x:c>
       <x:c r="B4234" s="3">
-        <x:v>103341.16</x:v>
+        <x:v>103484.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4235" spans="1:2">
       <x:c r="A4235" s="2">
-        <x:v>39834</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="B4235" s="3">
-        <x:v>103333.63</x:v>
+        <x:v>103476.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4236" spans="1:2">
       <x:c r="A4236" s="2">
-        <x:v>39833</x:v>
+        <x:v>39854</x:v>
       </x:c>
       <x:c r="B4236" s="3">
-        <x:v>103325.83</x:v>
+        <x:v>103471.71</x:v>
       </x:c>
     </x:row>
     <x:row r="4237" spans="1:2">
       <x:c r="A4237" s="2">
-        <x:v>39832</x:v>
+        <x:v>39853</x:v>
       </x:c>
       <x:c r="B4237" s="3">
-        <x:v>103316.97</x:v>
+        <x:v>103463.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4238" spans="1:2">
       <x:c r="A4238" s="2">
-        <x:v>39831</x:v>
+        <x:v>39852</x:v>
       </x:c>
       <x:c r="B4238" s="3">
-        <x:v>103305.1</x:v>
+        <x:v>103456.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4239" spans="1:2">
       <x:c r="A4239" s="2">
-        <x:v>39828</x:v>
+        <x:v>39849</x:v>
       </x:c>
       <x:c r="B4239" s="3">
-        <x:v>103279.03</x:v>
+        <x:v>103439.67</x:v>
       </x:c>
     </x:row>
     <x:row r="4240" spans="1:2">
       <x:c r="A4240" s="2">
-        <x:v>39827</x:v>
+        <x:v>39848</x:v>
       </x:c>
       <x:c r="B4240" s="3">
-        <x:v>103269.86</x:v>
+        <x:v>103432.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4241" spans="1:2">
       <x:c r="A4241" s="2">
-        <x:v>39826</x:v>
+        <x:v>39847</x:v>
       </x:c>
       <x:c r="B4241" s="3">
-        <x:v>103260.04</x:v>
+        <x:v>103426.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4242" spans="1:2">
       <x:c r="A4242" s="2">
-        <x:v>39825</x:v>
+        <x:v>39846</x:v>
       </x:c>
       <x:c r="B4242" s="3">
-        <x:v>103250.46</x:v>
+        <x:v>103420.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4243" spans="1:2">
       <x:c r="A4243" s="2">
-        <x:v>39824</x:v>
+        <x:v>39845</x:v>
       </x:c>
       <x:c r="B4243" s="3">
-        <x:v>103240.41</x:v>
+        <x:v>103409.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4244" spans="1:2">
       <x:c r="A4244" s="2">
-        <x:v>39821</x:v>
+        <x:v>39842</x:v>
       </x:c>
       <x:c r="B4244" s="3">
-        <x:v>103213.23</x:v>
+        <x:v>103389.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4245" spans="1:2">
       <x:c r="A4245" s="2">
-        <x:v>39820</x:v>
+        <x:v>39841</x:v>
       </x:c>
       <x:c r="B4245" s="3">
-        <x:v>103204.19</x:v>
+        <x:v>103383.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4246" spans="1:2">
       <x:c r="A4246" s="2">
-        <x:v>39819</x:v>
+        <x:v>39840</x:v>
       </x:c>
       <x:c r="B4246" s="3">
-        <x:v>103196.41</x:v>
+        <x:v>103376.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4247" spans="1:2">
       <x:c r="A4247" s="2">
-        <x:v>39818</x:v>
+        <x:v>39839</x:v>
       </x:c>
       <x:c r="B4247" s="3">
-        <x:v>103189.08</x:v>
+        <x:v>103368</x:v>
       </x:c>
     </x:row>
     <x:row r="4248" spans="1:2">
       <x:c r="A4248" s="2">
-        <x:v>39817</x:v>
+        <x:v>39838</x:v>
       </x:c>
       <x:c r="B4248" s="3">
-        <x:v>103180.58</x:v>
+        <x:v>103361.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4249" spans="1:2">
       <x:c r="A4249" s="2">
-        <x:v>39814</x:v>
+        <x:v>39835</x:v>
       </x:c>
       <x:c r="B4249" s="3">
-        <x:v>103153.13</x:v>
+        <x:v>103341.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4250" spans="1:2">
       <x:c r="A4250" s="2">
-        <x:v>39812</x:v>
+        <x:v>39834</x:v>
       </x:c>
       <x:c r="B4250" s="3">
-        <x:v>103136.87</x:v>
+        <x:v>103333.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4251" spans="1:2">
       <x:c r="A4251" s="2">
-        <x:v>39811</x:v>
+        <x:v>39833</x:v>
       </x:c>
       <x:c r="B4251" s="3">
-        <x:v>103127.22</x:v>
+        <x:v>103325.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4252" spans="1:2">
       <x:c r="A4252" s="2">
-        <x:v>39810</x:v>
+        <x:v>39832</x:v>
       </x:c>
       <x:c r="B4252" s="3">
-        <x:v>103120.58</x:v>
+        <x:v>103316.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4253" spans="1:2">
       <x:c r="A4253" s="2">
-        <x:v>39805</x:v>
+        <x:v>39831</x:v>
       </x:c>
       <x:c r="B4253" s="3">
-        <x:v>103073.86</x:v>
+        <x:v>103305.1</x:v>
       </x:c>
     </x:row>
     <x:row r="4254" spans="1:2">
       <x:c r="A4254" s="2">
-        <x:v>39804</x:v>
+        <x:v>39828</x:v>
       </x:c>
       <x:c r="B4254" s="3">
-        <x:v>103064.81</x:v>
+        <x:v>103279.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4255" spans="1:2">
       <x:c r="A4255" s="2">
-        <x:v>39803</x:v>
+        <x:v>39827</x:v>
       </x:c>
       <x:c r="B4255" s="3">
-        <x:v>103055.03</x:v>
+        <x:v>103269.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4256" spans="1:2">
       <x:c r="A4256" s="2">
-        <x:v>39800</x:v>
+        <x:v>39826</x:v>
       </x:c>
       <x:c r="B4256" s="3">
-        <x:v>103031.28</x:v>
+        <x:v>103260.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4257" spans="1:2">
       <x:c r="A4257" s="2">
-        <x:v>39799</x:v>
+        <x:v>39825</x:v>
       </x:c>
       <x:c r="B4257" s="3">
-        <x:v>103020.84</x:v>
+        <x:v>103250.46</x:v>
       </x:c>
     </x:row>
     <x:row r="4258" spans="1:2">
       <x:c r="A4258" s="2">
-        <x:v>39798</x:v>
+        <x:v>39824</x:v>
       </x:c>
       <x:c r="B4258" s="3">
-        <x:v>103011.94</x:v>
+        <x:v>103240.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4259" spans="1:2">
       <x:c r="A4259" s="2">
-        <x:v>39797</x:v>
+        <x:v>39821</x:v>
       </x:c>
       <x:c r="B4259" s="3">
-        <x:v>103002.91</x:v>
+        <x:v>103213.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4260" spans="1:2">
       <x:c r="A4260" s="2">
-        <x:v>39796</x:v>
+        <x:v>39820</x:v>
       </x:c>
       <x:c r="B4260" s="3">
-        <x:v>102992.09</x:v>
+        <x:v>103204.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4261" spans="1:2">
       <x:c r="A4261" s="2">
-        <x:v>39793</x:v>
+        <x:v>39819</x:v>
       </x:c>
       <x:c r="B4261" s="3">
-        <x:v>102965.52</x:v>
+        <x:v>103196.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4262" spans="1:2">
       <x:c r="A4262" s="2">
-        <x:v>39792</x:v>
+        <x:v>39818</x:v>
       </x:c>
       <x:c r="B4262" s="3">
-        <x:v>102957.94</x:v>
+        <x:v>103189.08</x:v>
       </x:c>
     </x:row>
     <x:row r="4263" spans="1:2">
       <x:c r="A4263" s="2">
-        <x:v>39791</x:v>
+        <x:v>39817</x:v>
       </x:c>
       <x:c r="B4263" s="3">
-        <x:v>102947.28</x:v>
+        <x:v>103180.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4264" spans="1:2">
       <x:c r="A4264" s="2">
-        <x:v>39790</x:v>
+        <x:v>39814</x:v>
       </x:c>
       <x:c r="B4264" s="3">
-        <x:v>102936.17</x:v>
+        <x:v>103153.13</x:v>
       </x:c>
     </x:row>
     <x:row r="4265" spans="1:2">
       <x:c r="A4265" s="2">
-        <x:v>39789</x:v>
+        <x:v>39812</x:v>
       </x:c>
       <x:c r="B4265" s="3">
-        <x:v>102924.6</x:v>
+        <x:v>103136.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4266" spans="1:2">
       <x:c r="A4266" s="2">
-        <x:v>39786</x:v>
+        <x:v>39811</x:v>
       </x:c>
       <x:c r="B4266" s="3">
-        <x:v>102894.29</x:v>
+        <x:v>103127.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4267" spans="1:2">
       <x:c r="A4267" s="2">
-        <x:v>39785</x:v>
+        <x:v>39810</x:v>
       </x:c>
       <x:c r="B4267" s="3">
-        <x:v>102883.54</x:v>
+        <x:v>103120.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4268" spans="1:2">
       <x:c r="A4268" s="2">
-        <x:v>39784</x:v>
+        <x:v>39805</x:v>
       </x:c>
       <x:c r="B4268" s="3">
-        <x:v>102872.04</x:v>
+        <x:v>103073.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4269" spans="1:2">
       <x:c r="A4269" s="2">
-        <x:v>39783</x:v>
+        <x:v>39804</x:v>
       </x:c>
       <x:c r="B4269" s="3">
-        <x:v>102861.79</x:v>
+        <x:v>103064.81</x:v>
       </x:c>
     </x:row>
     <x:row r="4270" spans="1:2">
       <x:c r="A4270" s="2">
-        <x:v>39782</x:v>
+        <x:v>39803</x:v>
       </x:c>
       <x:c r="B4270" s="3">
-        <x:v>102850.44</x:v>
+        <x:v>103055.03</x:v>
       </x:c>
     </x:row>
     <x:row r="4271" spans="1:2">
       <x:c r="A4271" s="2">
-        <x:v>39779</x:v>
+        <x:v>39800</x:v>
       </x:c>
       <x:c r="B4271" s="3">
-        <x:v>102819.82</x:v>
+        <x:v>103031.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4272" spans="1:2">
       <x:c r="A4272" s="2">
-        <x:v>39778</x:v>
+        <x:v>39799</x:v>
       </x:c>
       <x:c r="B4272" s="3">
-        <x:v>102809.58</x:v>
+        <x:v>103020.84</x:v>
       </x:c>
     </x:row>
     <x:row r="4273" spans="1:2">
       <x:c r="A4273" s="2">
-        <x:v>39777</x:v>
+        <x:v>39798</x:v>
       </x:c>
       <x:c r="B4273" s="3">
-        <x:v>102799.34</x:v>
+        <x:v>103011.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4274" spans="1:2">
       <x:c r="A4274" s="2">
-        <x:v>39776</x:v>
+        <x:v>39797</x:v>
       </x:c>
       <x:c r="B4274" s="3">
-        <x:v>102783.3</x:v>
+        <x:v>103002.91</x:v>
       </x:c>
     </x:row>
     <x:row r="4275" spans="1:2">
       <x:c r="A4275" s="2">
-        <x:v>39775</x:v>
+        <x:v>39796</x:v>
       </x:c>
       <x:c r="B4275" s="3">
-        <x:v>102774.02</x:v>
+        <x:v>102992.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4276" spans="1:2">
       <x:c r="A4276" s="2">
-        <x:v>39772</x:v>
+        <x:v>39793</x:v>
       </x:c>
       <x:c r="B4276" s="3">
-        <x:v>102745.56</x:v>
+        <x:v>102965.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4277" spans="1:2">
       <x:c r="A4277" s="2">
-        <x:v>39771</x:v>
+        <x:v>39792</x:v>
       </x:c>
       <x:c r="B4277" s="3">
-        <x:v>102733.88</x:v>
+        <x:v>102957.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4278" spans="1:2">
       <x:c r="A4278" s="2">
-        <x:v>39770</x:v>
+        <x:v>39791</x:v>
       </x:c>
       <x:c r="B4278" s="3">
-        <x:v>102723.44</x:v>
+        <x:v>102947.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4279" spans="1:2">
       <x:c r="A4279" s="2">
-        <x:v>39769</x:v>
+        <x:v>39790</x:v>
       </x:c>
       <x:c r="B4279" s="3">
-        <x:v>102715.45</x:v>
+        <x:v>102936.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4280" spans="1:2">
       <x:c r="A4280" s="2">
-        <x:v>39768</x:v>
+        <x:v>39789</x:v>
       </x:c>
       <x:c r="B4280" s="3">
-        <x:v>102703.17</x:v>
+        <x:v>102924.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4281" spans="1:2">
       <x:c r="A4281" s="2">
-        <x:v>39765</x:v>
+        <x:v>39786</x:v>
       </x:c>
       <x:c r="B4281" s="3">
-        <x:v>102672.36</x:v>
+        <x:v>102894.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4282" spans="1:2">
       <x:c r="A4282" s="2">
-        <x:v>39764</x:v>
+        <x:v>39785</x:v>
       </x:c>
       <x:c r="B4282" s="3">
-        <x:v>102662.17</x:v>
+        <x:v>102883.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4283" spans="1:2">
       <x:c r="A4283" s="2">
-        <x:v>39763</x:v>
+        <x:v>39784</x:v>
       </x:c>
       <x:c r="B4283" s="3">
-        <x:v>102651.86</x:v>
+        <x:v>102872.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4284" spans="1:2">
       <x:c r="A4284" s="2">
-        <x:v>39761</x:v>
+        <x:v>39783</x:v>
       </x:c>
       <x:c r="B4284" s="3">
-        <x:v>102627.17</x:v>
+        <x:v>102861.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4285" spans="1:2">
       <x:c r="A4285" s="2">
-        <x:v>39758</x:v>
+        <x:v>39782</x:v>
       </x:c>
       <x:c r="B4285" s="3">
-        <x:v>102594.76</x:v>
+        <x:v>102850.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4286" spans="1:2">
       <x:c r="A4286" s="2">
-        <x:v>39757</x:v>
+        <x:v>39779</x:v>
       </x:c>
       <x:c r="B4286" s="3">
-        <x:v>102583.7</x:v>
+        <x:v>102819.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4287" spans="1:2">
       <x:c r="A4287" s="2">
-        <x:v>39756</x:v>
+        <x:v>39778</x:v>
       </x:c>
       <x:c r="B4287" s="3">
-        <x:v>102572.7</x:v>
+        <x:v>102809.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4288" spans="1:2">
       <x:c r="A4288" s="2">
-        <x:v>39755</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="B4288" s="3">
-        <x:v>102562.05</x:v>
+        <x:v>102799.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4289" spans="1:2">
       <x:c r="A4289" s="2">
-        <x:v>39754</x:v>
+        <x:v>39776</x:v>
       </x:c>
       <x:c r="B4289" s="3">
-        <x:v>102550.19</x:v>
+        <x:v>102783.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4290" spans="1:2">
       <x:c r="A4290" s="2">
-        <x:v>39751</x:v>
+        <x:v>39775</x:v>
       </x:c>
       <x:c r="B4290" s="3">
-        <x:v>102516.73</x:v>
+        <x:v>102774.02</x:v>
       </x:c>
     </x:row>
     <x:row r="4291" spans="1:2">
       <x:c r="A4291" s="2">
-        <x:v>39750</x:v>
+        <x:v>39772</x:v>
       </x:c>
       <x:c r="B4291" s="3">
-        <x:v>102504.31</x:v>
+        <x:v>102745.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4292" spans="1:2">
       <x:c r="A4292" s="2">
-        <x:v>39749</x:v>
+        <x:v>39771</x:v>
       </x:c>
       <x:c r="B4292" s="3">
-        <x:v>102493.5</x:v>
+        <x:v>102733.88</x:v>
       </x:c>
     </x:row>
     <x:row r="4293" spans="1:2">
       <x:c r="A4293" s="2">
-        <x:v>39748</x:v>
+        <x:v>39770</x:v>
       </x:c>
       <x:c r="B4293" s="3">
-        <x:v>102481.56</x:v>
+        <x:v>102723.44</x:v>
       </x:c>
     </x:row>
     <x:row r="4294" spans="1:2">
       <x:c r="A4294" s="2">
-        <x:v>39747</x:v>
+        <x:v>39769</x:v>
       </x:c>
       <x:c r="B4294" s="3">
-        <x:v>102469.64</x:v>
+        <x:v>102715.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4295" spans="1:2">
       <x:c r="A4295" s="2">
-        <x:v>39744</x:v>
+        <x:v>39768</x:v>
       </x:c>
       <x:c r="B4295" s="3">
-        <x:v>102435.58</x:v>
+        <x:v>102703.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4296" spans="1:2">
       <x:c r="A4296" s="2">
-        <x:v>39743</x:v>
+        <x:v>39765</x:v>
       </x:c>
       <x:c r="B4296" s="3">
-        <x:v>102424.41</x:v>
+        <x:v>102672.36</x:v>
       </x:c>
     </x:row>
     <x:row r="4297" spans="1:2">
       <x:c r="A4297" s="2">
-        <x:v>39742</x:v>
+        <x:v>39764</x:v>
       </x:c>
       <x:c r="B4297" s="3">
-        <x:v>102412.95</x:v>
+        <x:v>102662.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4298" spans="1:2">
       <x:c r="A4298" s="2">
-        <x:v>39741</x:v>
+        <x:v>39763</x:v>
       </x:c>
       <x:c r="B4298" s="3">
-        <x:v>102401.79</x:v>
+        <x:v>102651.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4299" spans="1:2">
       <x:c r="A4299" s="2">
-        <x:v>39740</x:v>
+        <x:v>39761</x:v>
       </x:c>
       <x:c r="B4299" s="3">
-        <x:v>102390.07</x:v>
+        <x:v>102627.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4300" spans="1:2">
       <x:c r="A4300" s="2">
-        <x:v>39737</x:v>
+        <x:v>39758</x:v>
       </x:c>
       <x:c r="B4300" s="3">
-        <x:v>102355.76</x:v>
+        <x:v>102594.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4301" spans="1:2">
       <x:c r="A4301" s="2">
-        <x:v>39736</x:v>
+        <x:v>39757</x:v>
       </x:c>
       <x:c r="B4301" s="3">
-        <x:v>102343.63</x:v>
+        <x:v>102583.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4302" spans="1:2">
       <x:c r="A4302" s="2">
-        <x:v>39735</x:v>
+        <x:v>39756</x:v>
       </x:c>
       <x:c r="B4302" s="3">
-        <x:v>102332.07</x:v>
+        <x:v>102572.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4303" spans="1:2">
       <x:c r="A4303" s="2">
-        <x:v>39734</x:v>
+        <x:v>39755</x:v>
       </x:c>
       <x:c r="B4303" s="3">
-        <x:v>102320.52</x:v>
+        <x:v>102562.05</x:v>
       </x:c>
     </x:row>
     <x:row r="4304" spans="1:2">
       <x:c r="A4304" s="2">
-        <x:v>39733</x:v>
+        <x:v>39754</x:v>
       </x:c>
       <x:c r="B4304" s="3">
-        <x:v>102307.83</x:v>
+        <x:v>102550.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4305" spans="1:2">
       <x:c r="A4305" s="2">
-        <x:v>39730</x:v>
+        <x:v>39751</x:v>
       </x:c>
       <x:c r="B4305" s="3">
-        <x:v>102272.39</x:v>
+        <x:v>102516.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4306" spans="1:2">
       <x:c r="A4306" s="2">
-        <x:v>39729</x:v>
+        <x:v>39750</x:v>
       </x:c>
       <x:c r="B4306" s="3">
-        <x:v>102258.85</x:v>
+        <x:v>102504.31</x:v>
       </x:c>
     </x:row>
     <x:row r="4307" spans="1:2">
       <x:c r="A4307" s="2">
-        <x:v>39728</x:v>
+        <x:v>39749</x:v>
       </x:c>
       <x:c r="B4307" s="3">
-        <x:v>102243.95</x:v>
+        <x:v>102493.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4308" spans="1:2">
       <x:c r="A4308" s="2">
-        <x:v>39727</x:v>
+        <x:v>39748</x:v>
       </x:c>
       <x:c r="B4308" s="3">
-        <x:v>102230.9</x:v>
+        <x:v>102481.56</x:v>
       </x:c>
     </x:row>
     <x:row r="4309" spans="1:2">
       <x:c r="A4309" s="2">
-        <x:v>39726</x:v>
+        <x:v>39747</x:v>
       </x:c>
       <x:c r="B4309" s="3">
-        <x:v>102218.12</x:v>
+        <x:v>102469.64</x:v>
       </x:c>
     </x:row>
     <x:row r="4310" spans="1:2">
       <x:c r="A4310" s="2">
-        <x:v>39723</x:v>
+        <x:v>39744</x:v>
       </x:c>
       <x:c r="B4310" s="3">
-        <x:v>102180.04</x:v>
+        <x:v>102435.58</x:v>
       </x:c>
     </x:row>
     <x:row r="4311" spans="1:2">
       <x:c r="A4311" s="2">
-        <x:v>39722</x:v>
+        <x:v>39743</x:v>
       </x:c>
       <x:c r="B4311" s="3">
-        <x:v>102166.32</x:v>
+        <x:v>102424.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4312" spans="1:2">
       <x:c r="A4312" s="2">
-        <x:v>39721</x:v>
+        <x:v>39742</x:v>
       </x:c>
       <x:c r="B4312" s="3">
-        <x:v>102153.97</x:v>
+        <x:v>102412.95</x:v>
       </x:c>
     </x:row>
     <x:row r="4313" spans="1:2">
       <x:c r="A4313" s="2">
-        <x:v>39720</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="B4313" s="3">
-        <x:v>102139.82</x:v>
+        <x:v>102401.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4314" spans="1:2">
       <x:c r="A4314" s="2">
-        <x:v>39719</x:v>
+        <x:v>39740</x:v>
       </x:c>
       <x:c r="B4314" s="3">
-        <x:v>102126.61</x:v>
+        <x:v>102390.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4315" spans="1:2">
       <x:c r="A4315" s="2">
-        <x:v>39716</x:v>
+        <x:v>39737</x:v>
       </x:c>
       <x:c r="B4315" s="3">
-        <x:v>102088.93</x:v>
+        <x:v>102355.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4316" spans="1:2">
       <x:c r="A4316" s="2">
-        <x:v>39715</x:v>
+        <x:v>39736</x:v>
       </x:c>
       <x:c r="B4316" s="3">
-        <x:v>102075.54</x:v>
+        <x:v>102343.63</x:v>
       </x:c>
     </x:row>
     <x:row r="4317" spans="1:2">
       <x:c r="A4317" s="2">
-        <x:v>39714</x:v>
+        <x:v>39735</x:v>
       </x:c>
       <x:c r="B4317" s="3">
-        <x:v>102062.09</x:v>
+        <x:v>102332.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4318" spans="1:2">
       <x:c r="A4318" s="2">
-        <x:v>39713</x:v>
+        <x:v>39734</x:v>
       </x:c>
       <x:c r="B4318" s="3">
-        <x:v>102049.22</x:v>
+        <x:v>102320.52</x:v>
       </x:c>
     </x:row>
     <x:row r="4319" spans="1:2">
       <x:c r="A4319" s="2">
-        <x:v>39712</x:v>
+        <x:v>39733</x:v>
       </x:c>
       <x:c r="B4319" s="3">
-        <x:v>102035.57</x:v>
+        <x:v>102307.83</x:v>
       </x:c>
     </x:row>
     <x:row r="4320" spans="1:2">
       <x:c r="A4320" s="2">
-        <x:v>39709</x:v>
+        <x:v>39730</x:v>
       </x:c>
       <x:c r="B4320" s="3">
-        <x:v>101996.31</x:v>
+        <x:v>102272.39</x:v>
       </x:c>
     </x:row>
     <x:row r="4321" spans="1:2">
       <x:c r="A4321" s="2">
-        <x:v>39708</x:v>
+        <x:v>39729</x:v>
       </x:c>
       <x:c r="B4321" s="3">
-        <x:v>101983.28</x:v>
+        <x:v>102258.85</x:v>
       </x:c>
     </x:row>
     <x:row r="4322" spans="1:2">
       <x:c r="A4322" s="2">
-        <x:v>39707</x:v>
+        <x:v>39728</x:v>
       </x:c>
       <x:c r="B4322" s="3">
-        <x:v>101971.78</x:v>
+        <x:v>102243.95</x:v>
       </x:c>
     </x:row>
     <x:row r="4323" spans="1:2">
       <x:c r="A4323" s="2">
-        <x:v>39706</x:v>
+        <x:v>39727</x:v>
       </x:c>
       <x:c r="B4323" s="3">
-        <x:v>101957.28</x:v>
+        <x:v>102230.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4324" spans="1:2">
       <x:c r="A4324" s="2">
-        <x:v>39705</x:v>
+        <x:v>39726</x:v>
       </x:c>
       <x:c r="B4324" s="3">
-        <x:v>101941.34</x:v>
+        <x:v>102218.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4325" spans="1:2">
       <x:c r="A4325" s="2">
-        <x:v>39702</x:v>
+        <x:v>39723</x:v>
       </x:c>
       <x:c r="B4325" s="3">
-        <x:v>101903.45</x:v>
+        <x:v>102180.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4326" spans="1:2">
       <x:c r="A4326" s="2">
-        <x:v>39701</x:v>
+        <x:v>39722</x:v>
       </x:c>
       <x:c r="B4326" s="3">
-        <x:v>101890.22</x:v>
+        <x:v>102166.32</x:v>
       </x:c>
     </x:row>
     <x:row r="4327" spans="1:2">
       <x:c r="A4327" s="2">
-        <x:v>39700</x:v>
+        <x:v>39721</x:v>
       </x:c>
       <x:c r="B4327" s="3">
-        <x:v>101877.37</x:v>
+        <x:v>102153.97</x:v>
       </x:c>
     </x:row>
     <x:row r="4328" spans="1:2">
       <x:c r="A4328" s="2">
-        <x:v>39699</x:v>
+        <x:v>39720</x:v>
       </x:c>
       <x:c r="B4328" s="3">
-        <x:v>101863.27</x:v>
+        <x:v>102139.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4329" spans="1:2">
       <x:c r="A4329" s="2">
-        <x:v>39698</x:v>
+        <x:v>39719</x:v>
       </x:c>
       <x:c r="B4329" s="3">
-        <x:v>101847.92</x:v>
+        <x:v>102126.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4330" spans="1:2">
       <x:c r="A4330" s="2">
-        <x:v>39695</x:v>
+        <x:v>39716</x:v>
       </x:c>
       <x:c r="B4330" s="3">
-        <x:v>101809.9</x:v>
+        <x:v>102088.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4331" spans="1:2">
       <x:c r="A4331" s="2">
-        <x:v>39694</x:v>
+        <x:v>39715</x:v>
       </x:c>
       <x:c r="B4331" s="3">
-        <x:v>101796.53</x:v>
+        <x:v>102075.54</x:v>
       </x:c>
     </x:row>
     <x:row r="4332" spans="1:2">
       <x:c r="A4332" s="2">
-        <x:v>39693</x:v>
+        <x:v>39714</x:v>
       </x:c>
       <x:c r="B4332" s="3">
-        <x:v>101782.66</x:v>
+        <x:v>102062.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4333" spans="1:2">
       <x:c r="A4333" s="2">
-        <x:v>39692</x:v>
+        <x:v>39713</x:v>
       </x:c>
       <x:c r="B4333" s="3">
-        <x:v>101769.3</x:v>
+        <x:v>102049.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4334" spans="1:2">
       <x:c r="A4334" s="2">
-        <x:v>39691</x:v>
+        <x:v>39712</x:v>
       </x:c>
       <x:c r="B4334" s="3">
-        <x:v>101753.92</x:v>
+        <x:v>102035.57</x:v>
       </x:c>
     </x:row>
     <x:row r="4335" spans="1:2">
       <x:c r="A4335" s="2">
-        <x:v>39688</x:v>
+        <x:v>39709</x:v>
       </x:c>
       <x:c r="B4335" s="3">
-        <x:v>101714.68</x:v>
+        <x:v>101996.31</x:v>
       </x:c>
     </x:row>
     <x:row r="4336" spans="1:2">
       <x:c r="A4336" s="2">
-        <x:v>39687</x:v>
+        <x:v>39708</x:v>
       </x:c>
       <x:c r="B4336" s="3">
-        <x:v>101700.92</x:v>
+        <x:v>101983.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4337" spans="1:2">
       <x:c r="A4337" s="2">
-        <x:v>39686</x:v>
+        <x:v>39707</x:v>
       </x:c>
       <x:c r="B4337" s="3">
-        <x:v>101687.62</x:v>
+        <x:v>101971.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4338" spans="1:2">
       <x:c r="A4338" s="2">
-        <x:v>39685</x:v>
+        <x:v>39706</x:v>
       </x:c>
       <x:c r="B4338" s="3">
-        <x:v>101673.87</x:v>
+        <x:v>101957.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4339" spans="1:2">
       <x:c r="A4339" s="2">
-        <x:v>39684</x:v>
+        <x:v>39705</x:v>
       </x:c>
       <x:c r="B4339" s="3">
-        <x:v>101658.19</x:v>
+        <x:v>101941.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4340" spans="1:2">
       <x:c r="A4340" s="2">
-        <x:v>39681</x:v>
+        <x:v>39702</x:v>
       </x:c>
       <x:c r="B4340" s="3">
-        <x:v>101620.86</x:v>
+        <x:v>101903.45</x:v>
       </x:c>
     </x:row>
     <x:row r="4341" spans="1:2">
       <x:c r="A4341" s="2">
-        <x:v>39680</x:v>
+        <x:v>39701</x:v>
       </x:c>
       <x:c r="B4341" s="3">
-        <x:v>101607.92</x:v>
+        <x:v>101890.22</x:v>
       </x:c>
     </x:row>
     <x:row r="4342" spans="1:2">
       <x:c r="A4342" s="2">
-        <x:v>39679</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="B4342" s="3">
-        <x:v>101595.16</x:v>
+        <x:v>101877.37</x:v>
       </x:c>
     </x:row>
     <x:row r="4343" spans="1:2">
       <x:c r="A4343" s="2">
-        <x:v>39678</x:v>
+        <x:v>39699</x:v>
       </x:c>
       <x:c r="B4343" s="3">
-        <x:v>101582.09</x:v>
+        <x:v>101863.27</x:v>
       </x:c>
     </x:row>
     <x:row r="4344" spans="1:2">
       <x:c r="A4344" s="2">
-        <x:v>39677</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="B4344" s="3">
-        <x:v>101565.28</x:v>
+        <x:v>101847.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4345" spans="1:2">
       <x:c r="A4345" s="2">
-        <x:v>39673</x:v>
+        <x:v>39695</x:v>
       </x:c>
       <x:c r="B4345" s="3">
-        <x:v>101515.09</x:v>
+        <x:v>101809.9</x:v>
       </x:c>
     </x:row>
     <x:row r="4346" spans="1:2">
       <x:c r="A4346" s="2">
-        <x:v>39672</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="B4346" s="3">
-        <x:v>101501.82</x:v>
+        <x:v>101796.53</x:v>
       </x:c>
     </x:row>
     <x:row r="4347" spans="1:2">
       <x:c r="A4347" s="2">
-        <x:v>39671</x:v>
+        <x:v>39693</x:v>
       </x:c>
       <x:c r="B4347" s="3">
-        <x:v>101488.33</x:v>
+        <x:v>101782.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4348" spans="1:2">
       <x:c r="A4348" s="2">
-        <x:v>39670</x:v>
+        <x:v>39692</x:v>
       </x:c>
       <x:c r="B4348" s="3">
-        <x:v>101472.93</x:v>
+        <x:v>101769.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4349" spans="1:2">
       <x:c r="A4349" s="2">
-        <x:v>39667</x:v>
+        <x:v>39691</x:v>
       </x:c>
       <x:c r="B4349" s="3">
-        <x:v>101434.89</x:v>
+        <x:v>101753.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4350" spans="1:2">
       <x:c r="A4350" s="2">
-        <x:v>39666</x:v>
+        <x:v>39688</x:v>
       </x:c>
       <x:c r="B4350" s="3">
-        <x:v>101421.75</x:v>
+        <x:v>101714.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4351" spans="1:2">
       <x:c r="A4351" s="2">
-        <x:v>39665</x:v>
+        <x:v>39687</x:v>
       </x:c>
       <x:c r="B4351" s="3">
-        <x:v>101408.5</x:v>
+        <x:v>101700.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4352" spans="1:2">
       <x:c r="A4352" s="2">
-        <x:v>39664</x:v>
+        <x:v>39686</x:v>
       </x:c>
       <x:c r="B4352" s="3">
-        <x:v>101395.7</x:v>
+        <x:v>101687.62</x:v>
       </x:c>
     </x:row>
     <x:row r="4353" spans="1:2">
       <x:c r="A4353" s="2">
-        <x:v>39663</x:v>
+        <x:v>39685</x:v>
       </x:c>
       <x:c r="B4353" s="3">
-        <x:v>101381.11</x:v>
+        <x:v>101673.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4354" spans="1:2">
       <x:c r="A4354" s="2">
-        <x:v>39660</x:v>
+        <x:v>39684</x:v>
       </x:c>
       <x:c r="B4354" s="3">
-        <x:v>101343.19</x:v>
+        <x:v>101658.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4355" spans="1:2">
       <x:c r="A4355" s="2">
-        <x:v>39659</x:v>
+        <x:v>39681</x:v>
       </x:c>
       <x:c r="B4355" s="3">
-        <x:v>101329.62</x:v>
+        <x:v>101620.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4356" spans="1:2">
       <x:c r="A4356" s="2">
-        <x:v>39658</x:v>
+        <x:v>39680</x:v>
       </x:c>
       <x:c r="B4356" s="3">
-        <x:v>101315.41</x:v>
+        <x:v>101607.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4357" spans="1:2">
       <x:c r="A4357" s="2">
-        <x:v>39657</x:v>
+        <x:v>39679</x:v>
       </x:c>
       <x:c r="B4357" s="3">
-        <x:v>101301.87</x:v>
+        <x:v>101595.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4358" spans="1:2">
       <x:c r="A4358" s="2">
-        <x:v>39656</x:v>
+        <x:v>39678</x:v>
       </x:c>
       <x:c r="B4358" s="3">
-        <x:v>101286.3</x:v>
+        <x:v>101582.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4359" spans="1:2">
       <x:c r="A4359" s="2">
-        <x:v>39653</x:v>
+        <x:v>39677</x:v>
       </x:c>
       <x:c r="B4359" s="3">
-        <x:v>101248.74</x:v>
+        <x:v>101565.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4360" spans="1:2">
       <x:c r="A4360" s="2">
-        <x:v>39652</x:v>
+        <x:v>39673</x:v>
       </x:c>
       <x:c r="B4360" s="3">
-        <x:v>101235.5</x:v>
+        <x:v>101515.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4361" spans="1:2">
       <x:c r="A4361" s="2">
-        <x:v>39651</x:v>
+        <x:v>39672</x:v>
       </x:c>
       <x:c r="B4361" s="3">
-        <x:v>101222.14</x:v>
+        <x:v>101501.82</x:v>
       </x:c>
     </x:row>
     <x:row r="4362" spans="1:2">
       <x:c r="A4362" s="2">
-        <x:v>39650</x:v>
+        <x:v>39671</x:v>
       </x:c>
       <x:c r="B4362" s="3">
-        <x:v>101209.06</x:v>
+        <x:v>101488.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4363" spans="1:2">
       <x:c r="A4363" s="2">
-        <x:v>39649</x:v>
+        <x:v>39670</x:v>
       </x:c>
       <x:c r="B4363" s="3">
-        <x:v>101193.12</x:v>
+        <x:v>101472.93</x:v>
       </x:c>
     </x:row>
     <x:row r="4364" spans="1:2">
       <x:c r="A4364" s="2">
-        <x:v>39646</x:v>
+        <x:v>39667</x:v>
       </x:c>
       <x:c r="B4364" s="3">
-        <x:v>101156.07</x:v>
+        <x:v>101434.89</x:v>
       </x:c>
     </x:row>
     <x:row r="4365" spans="1:2">
       <x:c r="A4365" s="2">
-        <x:v>39645</x:v>
+        <x:v>39666</x:v>
       </x:c>
       <x:c r="B4365" s="3">
-        <x:v>101143.6</x:v>
+        <x:v>101421.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4366" spans="1:2">
       <x:c r="A4366" s="2">
-        <x:v>39644</x:v>
+        <x:v>39665</x:v>
       </x:c>
       <x:c r="B4366" s="3">
-        <x:v>101130.23</x:v>
+        <x:v>101408.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4367" spans="1:2">
       <x:c r="A4367" s="2">
-        <x:v>39643</x:v>
+        <x:v>39664</x:v>
       </x:c>
       <x:c r="B4367" s="3">
-        <x:v>101113.75</x:v>
+        <x:v>101395.7</x:v>
       </x:c>
     </x:row>
     <x:row r="4368" spans="1:2">
       <x:c r="A4368" s="2">
-        <x:v>39639</x:v>
+        <x:v>39663</x:v>
       </x:c>
       <x:c r="B4368" s="3">
-        <x:v>101063.6</x:v>
+        <x:v>101381.11</x:v>
       </x:c>
     </x:row>
     <x:row r="4369" spans="1:2">
       <x:c r="A4369" s="2">
-        <x:v>39638</x:v>
+        <x:v>39660</x:v>
       </x:c>
       <x:c r="B4369" s="3">
-        <x:v>101050.68</x:v>
+        <x:v>101343.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4370" spans="1:2">
       <x:c r="A4370" s="2">
-        <x:v>39637</x:v>
+        <x:v>39659</x:v>
       </x:c>
       <x:c r="B4370" s="3">
-        <x:v>101037.4</x:v>
+        <x:v>101329.62</x:v>
       </x:c>
     </x:row>
     <x:row r="4371" spans="1:2">
       <x:c r="A4371" s="2">
-        <x:v>39636</x:v>
+        <x:v>39658</x:v>
       </x:c>
       <x:c r="B4371" s="3">
-        <x:v>101025.25</x:v>
+        <x:v>101315.41</x:v>
       </x:c>
     </x:row>
     <x:row r="4372" spans="1:2">
       <x:c r="A4372" s="2">
-        <x:v>39635</x:v>
+        <x:v>39657</x:v>
       </x:c>
       <x:c r="B4372" s="3">
-        <x:v>101011.01</x:v>
+        <x:v>101301.87</x:v>
       </x:c>
     </x:row>
     <x:row r="4373" spans="1:2">
       <x:c r="A4373" s="2">
-        <x:v>39632</x:v>
+        <x:v>39656</x:v>
       </x:c>
       <x:c r="B4373" s="3">
-        <x:v>100974.26</x:v>
+        <x:v>101286.3</x:v>
       </x:c>
     </x:row>
     <x:row r="4374" spans="1:2">
       <x:c r="A4374" s="2">
-        <x:v>39631</x:v>
+        <x:v>39653</x:v>
       </x:c>
       <x:c r="B4374" s="3">
-        <x:v>100961.79</x:v>
+        <x:v>101248.74</x:v>
       </x:c>
     </x:row>
     <x:row r="4375" spans="1:2">
       <x:c r="A4375" s="2">
-        <x:v>39630</x:v>
+        <x:v>39652</x:v>
       </x:c>
       <x:c r="B4375" s="3">
-        <x:v>100948.69</x:v>
+        <x:v>101235.5</x:v>
       </x:c>
     </x:row>
     <x:row r="4376" spans="1:2">
       <x:c r="A4376" s="2">
-        <x:v>39629</x:v>
+        <x:v>39651</x:v>
       </x:c>
       <x:c r="B4376" s="3">
-        <x:v>100935.92</x:v>
+        <x:v>101222.14</x:v>
       </x:c>
     </x:row>
     <x:row r="4377" spans="1:2">
       <x:c r="A4377" s="2">
-        <x:v>39628</x:v>
+        <x:v>39650</x:v>
       </x:c>
       <x:c r="B4377" s="3">
-        <x:v>100921.29</x:v>
+        <x:v>101209.06</x:v>
       </x:c>
     </x:row>
     <x:row r="4378" spans="1:2">
       <x:c r="A4378" s="2">
-        <x:v>39625</x:v>
+        <x:v>39649</x:v>
       </x:c>
       <x:c r="B4378" s="3">
-        <x:v>100885</x:v>
+        <x:v>101193.12</x:v>
       </x:c>
     </x:row>
     <x:row r="4379" spans="1:2">
       <x:c r="A4379" s="2">
-        <x:v>39624</x:v>
+        <x:v>39646</x:v>
       </x:c>
       <x:c r="B4379" s="3">
-        <x:v>100872.62</x:v>
+        <x:v>101156.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4380" spans="1:2">
       <x:c r="A4380" s="2">
-        <x:v>39623</x:v>
+        <x:v>39645</x:v>
       </x:c>
       <x:c r="B4380" s="3">
-        <x:v>100859.8</x:v>
+        <x:v>101143.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4381" spans="1:2">
       <x:c r="A4381" s="2">
-        <x:v>39622</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="B4381" s="3">
-        <x:v>100847.16</x:v>
+        <x:v>101130.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4382" spans="1:2">
       <x:c r="A4382" s="2">
-        <x:v>39621</x:v>
+        <x:v>39643</x:v>
       </x:c>
       <x:c r="B4382" s="3">
-        <x:v>100832.86</x:v>
+        <x:v>101113.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4383" spans="1:2">
       <x:c r="A4383" s="2">
-        <x:v>39618</x:v>
+        <x:v>39639</x:v>
       </x:c>
       <x:c r="B4383" s="3">
-        <x:v>100797.25</x:v>
+        <x:v>101063.6</x:v>
       </x:c>
     </x:row>
     <x:row r="4384" spans="1:2">
       <x:c r="A4384" s="2">
-        <x:v>39617</x:v>
+        <x:v>39638</x:v>
       </x:c>
       <x:c r="B4384" s="3">
-        <x:v>100784.69</x:v>
+        <x:v>101050.68</x:v>
       </x:c>
     </x:row>
     <x:row r="4385" spans="1:2">
       <x:c r="A4385" s="2">
-        <x:v>39616</x:v>
+        <x:v>39637</x:v>
       </x:c>
       <x:c r="B4385" s="3">
-        <x:v>100771.94</x:v>
+        <x:v>101037.4</x:v>
       </x:c>
     </x:row>
     <x:row r="4386" spans="1:2">
       <x:c r="A4386" s="2">
-        <x:v>39615</x:v>
+        <x:v>39636</x:v>
       </x:c>
       <x:c r="B4386" s="3">
-        <x:v>100759.33</x:v>
+        <x:v>101025.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4387" spans="1:2">
       <x:c r="A4387" s="2">
-        <x:v>39614</x:v>
+        <x:v>39635</x:v>
       </x:c>
       <x:c r="B4387" s="3">
-        <x:v>100745.34</x:v>
+        <x:v>101011.01</x:v>
       </x:c>
     </x:row>
     <x:row r="4388" spans="1:2">
       <x:c r="A4388" s="2">
-        <x:v>39611</x:v>
+        <x:v>39632</x:v>
       </x:c>
       <x:c r="B4388" s="3">
-        <x:v>100709.25</x:v>
+        <x:v>100974.26</x:v>
       </x:c>
     </x:row>
     <x:row r="4389" spans="1:2">
       <x:c r="A4389" s="2">
-        <x:v>39610</x:v>
+        <x:v>39631</x:v>
       </x:c>
       <x:c r="B4389" s="3">
-        <x:v>100696.69</x:v>
+        <x:v>100961.79</x:v>
       </x:c>
     </x:row>
     <x:row r="4390" spans="1:2">
       <x:c r="A4390" s="2">
-        <x:v>39609</x:v>
+        <x:v>39630</x:v>
       </x:c>
       <x:c r="B4390" s="3">
-        <x:v>100684.23</x:v>
+        <x:v>100948.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4391" spans="1:2">
       <x:c r="A4391" s="2">
-        <x:v>39608</x:v>
+        <x:v>39629</x:v>
       </x:c>
       <x:c r="B4391" s="3">
-        <x:v>100671.95</x:v>
+        <x:v>100935.92</x:v>
       </x:c>
     </x:row>
     <x:row r="4392" spans="1:2">
       <x:c r="A4392" s="2">
-        <x:v>39607</x:v>
+        <x:v>39628</x:v>
       </x:c>
       <x:c r="B4392" s="3">
-        <x:v>100657.33</x:v>
+        <x:v>100921.29</x:v>
       </x:c>
     </x:row>
     <x:row r="4393" spans="1:2">
       <x:c r="A4393" s="2">
-        <x:v>39604</x:v>
+        <x:v>39625</x:v>
       </x:c>
       <x:c r="B4393" s="3">
-        <x:v>100623.78</x:v>
+        <x:v>100885</x:v>
       </x:c>
     </x:row>
     <x:row r="4394" spans="1:2">
       <x:c r="A4394" s="2">
-        <x:v>39603</x:v>
+        <x:v>39624</x:v>
       </x:c>
       <x:c r="B4394" s="3">
-        <x:v>100610.34</x:v>
+        <x:v>100872.62</x:v>
       </x:c>
     </x:row>
     <x:row r="4395" spans="1:2">
       <x:c r="A4395" s="2">
-        <x:v>39602</x:v>
+        <x:v>39623</x:v>
       </x:c>
       <x:c r="B4395" s="3">
-        <x:v>100598.13</x:v>
+        <x:v>100859.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4396" spans="1:2">
       <x:c r="A4396" s="2">
-        <x:v>39601</x:v>
+        <x:v>39622</x:v>
       </x:c>
       <x:c r="B4396" s="3">
-        <x:v>100585.19</x:v>
+        <x:v>100847.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4397" spans="1:2">
       <x:c r="A4397" s="2">
-        <x:v>39600</x:v>
+        <x:v>39621</x:v>
       </x:c>
       <x:c r="B4397" s="3">
-        <x:v>100570.61</x:v>
+        <x:v>100832.86</x:v>
       </x:c>
     </x:row>
     <x:row r="4398" spans="1:2">
       <x:c r="A4398" s="2">
-        <x:v>39597</x:v>
+        <x:v>39618</x:v>
       </x:c>
       <x:c r="B4398" s="3">
-        <x:v>100534.17</x:v>
+        <x:v>100797.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4399" spans="1:2">
       <x:c r="A4399" s="2">
-        <x:v>39596</x:v>
+        <x:v>39617</x:v>
       </x:c>
       <x:c r="B4399" s="3">
-        <x:v>100521.75</x:v>
+        <x:v>100784.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4400" spans="1:2">
       <x:c r="A4400" s="2">
-        <x:v>39595</x:v>
+        <x:v>39616</x:v>
       </x:c>
       <x:c r="B4400" s="3">
-        <x:v>100509.73</x:v>
+        <x:v>100771.94</x:v>
       </x:c>
     </x:row>
     <x:row r="4401" spans="1:2">
       <x:c r="A4401" s="2">
-        <x:v>39594</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="B4401" s="3">
-        <x:v>100497.09</x:v>
+        <x:v>100759.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4402" spans="1:2">
       <x:c r="A4402" s="2">
-        <x:v>39593</x:v>
+        <x:v>39614</x:v>
       </x:c>
       <x:c r="B4402" s="3">
-        <x:v>100482.66</x:v>
+        <x:v>100745.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4403" spans="1:2">
       <x:c r="A4403" s="2">
-        <x:v>39590</x:v>
+        <x:v>39611</x:v>
       </x:c>
       <x:c r="B4403" s="3">
-        <x:v>100447.99</x:v>
+        <x:v>100709.25</x:v>
       </x:c>
     </x:row>
     <x:row r="4404" spans="1:2">
       <x:c r="A4404" s="2">
-        <x:v>39589</x:v>
+        <x:v>39610</x:v>
       </x:c>
       <x:c r="B4404" s="3">
-        <x:v>100436.07</x:v>
+        <x:v>100696.69</x:v>
       </x:c>
     </x:row>
     <x:row r="4405" spans="1:2">
       <x:c r="A4405" s="2">
-        <x:v>39588</x:v>
+        <x:v>39609</x:v>
       </x:c>
       <x:c r="B4405" s="3">
-        <x:v>100424.04</x:v>
+        <x:v>100684.23</x:v>
       </x:c>
     </x:row>
     <x:row r="4406" spans="1:2">
       <x:c r="A4406" s="2">
-        <x:v>39587</x:v>
+        <x:v>39608</x:v>
       </x:c>
       <x:c r="B4406" s="3">
-        <x:v>100411.76</x:v>
+        <x:v>100671.95</x:v>
       </x:c>
     </x:row>
     <x:row r="4407" spans="1:2">
       <x:c r="A4407" s="2">
-        <x:v>39586</x:v>
+        <x:v>39607</x:v>
       </x:c>
       <x:c r="B4407" s="3">
-        <x:v>100397.16</x:v>
+        <x:v>100657.33</x:v>
       </x:c>
     </x:row>
     <x:row r="4408" spans="1:2">
       <x:c r="A4408" s="2">
-        <x:v>39583</x:v>
+        <x:v>39604</x:v>
       </x:c>
       <x:c r="B4408" s="3">
-        <x:v>100362.28</x:v>
+        <x:v>100623.78</x:v>
       </x:c>
     </x:row>
     <x:row r="4409" spans="1:2">
       <x:c r="A4409" s="2">
-        <x:v>39582</x:v>
+        <x:v>39603</x:v>
       </x:c>
       <x:c r="B4409" s="3">
-        <x:v>100350.42</x:v>
+        <x:v>100610.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4410" spans="1:2">
       <x:c r="A4410" s="2">
-        <x:v>39581</x:v>
+        <x:v>39602</x:v>
       </x:c>
       <x:c r="B4410" s="3">
-        <x:v>100338.34</x:v>
+        <x:v>100598.13</x:v>
       </x:c>
     </x:row>
     <x:row r="4411" spans="1:2">
       <x:c r="A4411" s="2">
-        <x:v>39580</x:v>
+        <x:v>39601</x:v>
       </x:c>
       <x:c r="B4411" s="3">
-        <x:v>100324.49</x:v>
+        <x:v>100585.19</x:v>
       </x:c>
     </x:row>
     <x:row r="4412" spans="1:2">
       <x:c r="A4412" s="2">
-        <x:v>39576</x:v>
+        <x:v>39600</x:v>
       </x:c>
       <x:c r="B4412" s="3">
-        <x:v>100275.99</x:v>
+        <x:v>100570.61</x:v>
       </x:c>
     </x:row>
     <x:row r="4413" spans="1:2">
       <x:c r="A4413" s="2">
-        <x:v>39574</x:v>
+        <x:v>39597</x:v>
       </x:c>
       <x:c r="B4413" s="3">
-        <x:v>100252.97</x:v>
+        <x:v>100534.17</x:v>
       </x:c>
     </x:row>
     <x:row r="4414" spans="1:2">
       <x:c r="A4414" s="2">
-        <x:v>39573</x:v>
+        <x:v>39596</x:v>
       </x:c>
       <x:c r="B4414" s="3">
-        <x:v>100241.6</x:v>
+        <x:v>100521.75</x:v>
       </x:c>
     </x:row>
     <x:row r="4415" spans="1:2">
       <x:c r="A4415" s="2">
-        <x:v>39572</x:v>
+        <x:v>39595</x:v>
       </x:c>
       <x:c r="B4415" s="3">
-        <x:v>100228.36</x:v>
+        <x:v>100509.73</x:v>
       </x:c>
     </x:row>
     <x:row r="4416" spans="1:2">
       <x:c r="A4416" s="2">
-        <x:v>39569</x:v>
+        <x:v>39594</x:v>
       </x:c>
       <x:c r="B4416" s="3">
-        <x:v>100192.19</x:v>
+        <x:v>100497.09</x:v>
       </x:c>
     </x:row>
     <x:row r="4417" spans="1:2">
       <x:c r="A4417" s="2">
-        <x:v>39567</x:v>
+        <x:v>39593</x:v>
       </x:c>
       <x:c r="B4417" s="3">
-        <x:v>100168.1</x:v>
+        <x:v>100482.66</x:v>
       </x:c>
     </x:row>
     <x:row r="4418" spans="1:2">
       <x:c r="A4418" s="2">
-        <x:v>39566</x:v>
+        <x:v>39590</x:v>
       </x:c>
       <x:c r="B4418" s="3">
-        <x:v>100155.74</x:v>
+        <x:v>100447.99</x:v>
       </x:c>
     </x:row>
     <x:row r="4419" spans="1:2">
       <x:c r="A4419" s="2">
-        <x:v>39565</x:v>
+        <x:v>39589</x:v>
       </x:c>
       <x:c r="B4419" s="3">
-        <x:v>100141.06</x:v>
+        <x:v>100436.07</x:v>
       </x:c>
     </x:row>
     <x:row r="4420" spans="1:2">
       <x:c r="A4420" s="2">
-        <x:v>39562</x:v>
+        <x:v>39588</x:v>
       </x:c>
       <x:c r="B4420" s="3">
-        <x:v>100106.42</x:v>
+        <x:v>100424.04</x:v>
       </x:c>
     </x:row>
     <x:row r="4421" spans="1:2">
       <x:c r="A4421" s="2">
-        <x:v>39561</x:v>
+        <x:v>39587</x:v>
       </x:c>
       <x:c r="B4421" s="3">
-        <x:v>100095.38</x:v>
+        <x:v>100411.76</x:v>
       </x:c>
     </x:row>
     <x:row r="4422" spans="1:2">
       <x:c r="A4422" s="2">
-        <x:v>39560</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="B4422" s="3">
-        <x:v>100083.74</x:v>
+        <x:v>100397.16</x:v>
       </x:c>
     </x:row>
     <x:row r="4423" spans="1:2">
       <x:c r="A4423" s="2">
-        <x:v>39559</x:v>
+        <x:v>39583</x:v>
       </x:c>
       <x:c r="B4423" s="3">
-        <x:v>100071.61</x:v>
+        <x:v>100362.28</x:v>
       </x:c>
     </x:row>
     <x:row r="4424" spans="1:2">
       <x:c r="A4424" s="2">
-        <x:v>39558</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="B4424" s="3">
-        <x:v>100058.82</x:v>
+        <x:v>100350.42</x:v>
       </x:c>
     </x:row>
     <x:row r="4425" spans="1:2">
       <x:c r="A4425" s="2">
-        <x:v>39555</x:v>
+        <x:v>39581</x:v>
       </x:c>
       <x:c r="B4425" s="3">
-        <x:v>100023.98</x:v>
+        <x:v>100338.34</x:v>
       </x:c>
     </x:row>
     <x:row r="4426" spans="1:2">
       <x:c r="A4426" s="2">
-        <x:v>39554</x:v>
+        <x:v>39580</x:v>
       </x:c>
       <x:c r="B4426" s="3">
-        <x:v>100011.97</x:v>
+        <x:v>100324.49</x:v>
       </x:c>
     </x:row>
     <x:row r="4427" spans="1:2">
       <x:c r="A4427" s="2">
+        <x:v>39576</x:v>
+      </x:c>
+      <x:c r="B4427" s="3">
+        <x:v>100275.99</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4428" spans="1:2">
+      <x:c r="A4428" s="2">
+        <x:v>39574</x:v>
+      </x:c>
+      <x:c r="B4428" s="3">
+        <x:v>100252.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4429" spans="1:2">
+      <x:c r="A4429" s="2">
+        <x:v>39573</x:v>
+      </x:c>
+      <x:c r="B4429" s="3">
+        <x:v>100241.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4430" spans="1:2">
+      <x:c r="A4430" s="2">
+        <x:v>39572</x:v>
+      </x:c>
+      <x:c r="B4430" s="3">
+        <x:v>100228.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4431" spans="1:2">
+      <x:c r="A4431" s="2">
+        <x:v>39569</x:v>
+      </x:c>
+      <x:c r="B4431" s="3">
+        <x:v>100192.19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4432" spans="1:2">
+      <x:c r="A4432" s="2">
+        <x:v>39567</x:v>
+      </x:c>
+      <x:c r="B4432" s="3">
+        <x:v>100168.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4433" spans="1:2">
+      <x:c r="A4433" s="2">
+        <x:v>39566</x:v>
+      </x:c>
+      <x:c r="B4433" s="3">
+        <x:v>100155.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4434" spans="1:2">
+      <x:c r="A4434" s="2">
+        <x:v>39565</x:v>
+      </x:c>
+      <x:c r="B4434" s="3">
+        <x:v>100141.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4435" spans="1:2">
+      <x:c r="A4435" s="2">
+        <x:v>39562</x:v>
+      </x:c>
+      <x:c r="B4435" s="3">
+        <x:v>100106.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4436" spans="1:2">
+      <x:c r="A4436" s="2">
+        <x:v>39561</x:v>
+      </x:c>
+      <x:c r="B4436" s="3">
+        <x:v>100095.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4437" spans="1:2">
+      <x:c r="A4437" s="2">
+        <x:v>39560</x:v>
+      </x:c>
+      <x:c r="B4437" s="3">
+        <x:v>100083.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4438" spans="1:2">
+      <x:c r="A4438" s="2">
+        <x:v>39559</x:v>
+      </x:c>
+      <x:c r="B4438" s="3">
+        <x:v>100071.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4439" spans="1:2">
+      <x:c r="A4439" s="2">
+        <x:v>39558</x:v>
+      </x:c>
+      <x:c r="B4439" s="3">
+        <x:v>100058.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4440" spans="1:2">
+      <x:c r="A4440" s="2">
+        <x:v>39555</x:v>
+      </x:c>
+      <x:c r="B4440" s="3">
+        <x:v>100023.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4441" spans="1:2">
+      <x:c r="A4441" s="2">
+        <x:v>39554</x:v>
+      </x:c>
+      <x:c r="B4441" s="3">
+        <x:v>100011.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4442" spans="1:2">
+      <x:c r="A4442" s="2">
         <x:v>39553</x:v>
       </x:c>
-      <x:c r="B4427" s="3">
+      <x:c r="B4442" s="3">
         <x:v>100000</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>nav - FR0010609115</vt:lpstr>
       <vt:lpstr>nav - FR0010609115!Print_Area</vt:lpstr>
       <vt:lpstr>nav - FR0010609115!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>